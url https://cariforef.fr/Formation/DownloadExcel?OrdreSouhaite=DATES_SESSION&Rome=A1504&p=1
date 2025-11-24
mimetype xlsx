--- v0 (2025-10-09)
+++ v1 (2025-11-24)
@@ -24,51 +24,51 @@
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:loext="http://schemas.libreoffice.org/" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:fileVersion appName="Calc"/>
   <x:workbookPr showObjects="all" backupFile="false" codeName="ThisWorkbook"/>
   <x:workbookProtection/>
   <x:bookViews>
     <x:workbookView showHorizontalScroll="true" showVerticalScroll="true" showSheetTabs="true" xWindow="0" yWindow="0" windowWidth="16384" windowHeight="8192" tabRatio="500" firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="resultats d'extraction" sheetId="1" r:id="rId3"/>
     <x:sheet name="rappel des filtres" sheetId="2" r:id="rId4"/>
   </x:sheets>
   <x:definedNames>
     <x:definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'resultats d''extraction'!$A$1:$U$1</x:definedName>
   </x:definedNames>
   <x:calcPr refMode="A1" iterate="false" iterateCount="100" iterateDelta="0.0001"/>
   <x:extLst>
     <x:ext xmlns:loext="http://schemas.libreoffice.org/" uri="{7626C862-2A13-11E5-B345-FEFF819CDC9F}">
       <loext:extCalcPr stringRefSyntax="ExcelA1"/>
     </x:ext>
   </x:extLst>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="116" uniqueCount="116">
+<x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="131" uniqueCount="131">
   <x:si>
     <x:t>Formation 
  (professionnelle continue / en contrat de pro /
 scolaire, universitaire / en apprentissage)</x:t>
   </x:si>
   <x:si>
     <x:t>Intitulé Formation</x:t>
   </x:si>
   <x:si>
     <x:t>Code RNCP</x:t>
   </x:si>
   <x:si>
     <x:t>Code RS (Répertoire Spécifique)</x:t>
   </x:si>
   <x:si>
     <x:t>Financeur</x:t>
   </x:si>
   <x:si>
     <x:t>Programme 
 (PRF, etc.)</x:t>
   </x:si>
   <x:si>
     <x:t>Organisme responsable</x:t>
   </x:si>
   <x:si>
@@ -335,129 +335,174 @@
   <x:si>
     <x:t>Autre public</x:t>
   </x:si>
   <x:si>
     <x:t>formation mixte</x:t>
   </x:si>
   <x:si>
     <x:t>GARDANNE</x:t>
   </x:si>
   <x:si>
     <x:t>05/26/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>05/25/2027 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Auxiliaire spécialisé vétérinaire</x:t>
   </x:si>
   <x:si>
     <x:t>08/01/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>09/01/2025 00:00:00</x:t>
   </x:si>
   <x:si>
+    <x:t>09/08/2025 00:00:00</x:t>
+  </x:si>
+  <x:si>
     <x:t>Institut Privé du Para-Médical</x:t>
   </x:si>
   <x:si>
     <x:t>IPAM</x:t>
   </x:si>
   <x:si>
     <x:t>59200</x:t>
   </x:si>
   <x:si>
     <x:t>Institut Privé du Para-Médical - Antenne Toulon</x:t>
   </x:si>
   <x:si>
-    <x:t>09/08/2025 00:00:00</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>06/25/2027 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>09/15/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>09/14/2027 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Groupe Belmont - Antenne Aix en Provence</x:t>
   </x:si>
   <x:si>
     <x:t>13290</x:t>
   </x:si>
   <x:si>
     <x:t>AIX - LES MILLES</x:t>
   </x:si>
   <x:si>
     <x:t>04/30/2027 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Groupe Belmont - Antenne Mougins</x:t>
   </x:si>
   <x:si>
     <x:t>06250</x:t>
   </x:si>
   <x:si>
     <x:t>MOUGINS</x:t>
   </x:si>
   <x:si>
     <x:t>ANTIBES</x:t>
   </x:si>
   <x:si>
     <x:t>10/20/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>10/19/2027 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>11/17/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>11/16/2027 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>01/01/2026 00:00:00</x:t>
   </x:si>
   <x:si>
+    <x:t>02/23/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>02/22/2028 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>05/26/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>05/22/2028 00:00:00</x:t>
+  </x:si>
+  <x:si>
     <x:t>Formation scolaire, universitaire</x:t>
   </x:si>
   <x:si>
     <x:t>Groupe Belmont (Anciennement ERUDIS FORMATION)</x:t>
   </x:si>
   <x:si>
     <x:t>Public de la formation initiale</x:t>
   </x:si>
   <x:si>
     <x:t>ÉRUDIS Formation</x:t>
   </x:si>
   <x:si>
     <x:t>09/01/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>06/30/2028 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ostéopathie animale (animostéo)</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Animosteo</x:t>
+  </x:si>
+  <x:si>
+    <x:t>13320</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BOUC-BEL-AIR</x:t>
+  </x:si>
+  <x:si>
+    <x:t>06/30/2031 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>09/14/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>09/13/2028 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>10/19/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>10/18/2028 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>11/16/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>11/15/2028 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Périmètre :</x:t>
   </x:si>
 </x:sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts count="2">
     <x:numFmt numFmtId="164" formatCode="General"/>
     <x:numFmt numFmtId="165" formatCode="@"/>
   </x:numFmts>
   <x:fonts count="8">
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="FF333333"/>
       <x:name val="Aptos Narrow"/>
       <x:family val="2"/>
       <x:charset val="1"/>
     </x:font>
     <x:font>
       <x:sz val="10"/>
       <x:name val="Arial"/>
       <x:family val="0"/>
@@ -1849,147 +1894,148 @@
       </x:c>
       <x:c r="S17" s="0" t="n">
         <x:v>560871</x:v>
       </x:c>
       <x:c r="T17" s="4" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="U17" s="4" t="s">
         <x:v>35</x:v>
       </x:c>
     </x:row>
     <x:row r="18" spans="1:21">
       <x:c r="A18" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B18" s="14" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="C18" s="15" t="n">
         <x:v>40580</x:v>
       </x:c>
       <x:c r="D18" s="15" t="s"/>
       <x:c r="E18" s="14" t="s"/>
       <x:c r="F18" s="14" t="s"/>
       <x:c r="G18" s="14" t="s">
-        <x:v>88</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>58</x:v>
+      </x:c>
+      <x:c r="H18" s="14" t="s"/>
       <x:c r="I18" s="16" t="s">
-        <x:v>90</x:v>
+        <x:v>59</x:v>
       </x:c>
       <x:c r="J18" s="14" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="K18" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L18" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M18" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N18" s="15" t="n">
         <x:v>35035</x:v>
       </x:c>
       <x:c r="O18" s="14" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="P18" s="14" t="s">
-        <x:v>91</x:v>
+        <x:v>58</x:v>
       </x:c>
       <x:c r="Q18" s="16" t="s">
-        <x:v>38</x:v>
+        <x:v>59</x:v>
       </x:c>
       <x:c r="R18" s="14" t="s">
-        <x:v>42</x:v>
+        <x:v>60</x:v>
       </x:c>
       <x:c r="S18" s="14" t="n">
-        <x:v>575913</x:v>
+        <x:v>575831</x:v>
       </x:c>
       <x:c r="T18" s="16" t="s">
-        <x:v>92</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="U18" s="16" t="s">
-        <x:v>93</x:v>
+        <x:v>35</x:v>
       </x:c>
     </x:row>
     <x:row r="19" spans="1:21">
       <x:c r="A19" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B19" s="0" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="C19" s="3" t="n">
         <x:v>40580</x:v>
       </x:c>
       <x:c r="D19" s="3" t="s"/>
       <x:c r="G19" s="0" t="s">
-        <x:v>58</x:v>
+        <x:v>89</x:v>
+      </x:c>
+      <x:c r="H19" s="0" t="s">
+        <x:v>90</x:v>
       </x:c>
       <x:c r="I19" s="4" t="s">
-        <x:v>59</x:v>
+        <x:v>91</x:v>
       </x:c>
       <x:c r="J19" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="K19" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L19" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M19" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N19" s="3" t="n">
         <x:v>35035</x:v>
       </x:c>
       <x:c r="O19" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="P19" s="0" t="s">
-        <x:v>58</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="Q19" s="4" t="s">
-        <x:v>59</x:v>
+        <x:v>38</x:v>
       </x:c>
       <x:c r="R19" s="0" t="s">
-        <x:v>60</x:v>
+        <x:v>42</x:v>
       </x:c>
       <x:c r="S19" s="0" t="n">
-        <x:v>575831</x:v>
+        <x:v>575913</x:v>
       </x:c>
       <x:c r="T19" s="4" t="s">
-        <x:v>92</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="U19" s="4" t="s">
-        <x:v>35</x:v>
+        <x:v>93</x:v>
       </x:c>
     </x:row>
     <x:row r="20" spans="1:21">
       <x:c r="A20" s="13" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="B20" s="14" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="C20" s="15" t="n">
         <x:v>40344</x:v>
       </x:c>
       <x:c r="D20" s="15" t="s"/>
       <x:c r="E20" s="14" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="F20" s="14" t="s"/>
       <x:c r="G20" s="14" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="H20" s="14" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="I20" s="16" t="s">
         <x:v>79</x:v>
@@ -2014,150 +2060,149 @@
       </x:c>
       <x:c r="P20" s="14" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="Q20" s="16" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="R20" s="14" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="S20" s="14" t="n">
         <x:v>573815</x:v>
       </x:c>
       <x:c r="T20" s="16" t="s">
         <x:v>94</x:v>
       </x:c>
       <x:c r="U20" s="16" t="s">
         <x:v>95</x:v>
       </x:c>
     </x:row>
     <x:row r="21" spans="1:21">
       <x:c r="A21" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B21" s="0" t="s">
-        <x:v>85</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>57</x:v>
+      </x:c>
+      <x:c r="C21" s="3" t="s"/>
       <x:c r="D21" s="3" t="s"/>
       <x:c r="G21" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="I21" s="4" t="s">
         <x:v>59</x:v>
       </x:c>
-      <x:c r="J21" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="K21" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L21" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M21" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N21" s="3" t="n">
-        <x:v>35035</x:v>
+        <x:v>42022</x:v>
       </x:c>
       <x:c r="O21" s="0" t="s">
-        <x:v>65</x:v>
+        <x:v>30</x:v>
       </x:c>
       <x:c r="P21" s="0" t="s">
-        <x:v>58</x:v>
+        <x:v>96</x:v>
       </x:c>
       <x:c r="Q21" s="4" t="s">
-        <x:v>59</x:v>
+        <x:v>97</x:v>
       </x:c>
       <x:c r="R21" s="0" t="s">
-        <x:v>66</x:v>
+        <x:v>98</x:v>
       </x:c>
       <x:c r="S21" s="0" t="n">
-        <x:v>576800</x:v>
+        <x:v>560669</x:v>
       </x:c>
       <x:c r="T21" s="4" t="s">
         <x:v>94</x:v>
       </x:c>
       <x:c r="U21" s="4" t="s">
-        <x:v>35</x:v>
+        <x:v>99</x:v>
       </x:c>
     </x:row>
     <x:row r="22" spans="1:21">
       <x:c r="A22" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B22" s="14" t="s">
-        <x:v>57</x:v>
-[...1 lines deleted...]
-      <x:c r="C22" s="15" t="s"/>
+        <x:v>85</x:v>
+      </x:c>
+      <x:c r="C22" s="15" t="n">
+        <x:v>40580</x:v>
+      </x:c>
       <x:c r="D22" s="15" t="s"/>
       <x:c r="E22" s="14" t="s"/>
       <x:c r="F22" s="14" t="s"/>
       <x:c r="G22" s="14" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="H22" s="14" t="s"/>
       <x:c r="I22" s="16" t="s">
         <x:v>59</x:v>
       </x:c>
-      <x:c r="J22" s="14" t="s"/>
+      <x:c r="J22" s="14" t="s">
+        <x:v>63</x:v>
+      </x:c>
       <x:c r="K22" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L22" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M22" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N22" s="15" t="n">
-        <x:v>42022</x:v>
+        <x:v>35035</x:v>
       </x:c>
       <x:c r="O22" s="14" t="s">
-        <x:v>30</x:v>
+        <x:v>65</x:v>
       </x:c>
       <x:c r="P22" s="14" t="s">
-        <x:v>96</x:v>
+        <x:v>58</x:v>
       </x:c>
       <x:c r="Q22" s="16" t="s">
-        <x:v>97</x:v>
+        <x:v>59</x:v>
       </x:c>
       <x:c r="R22" s="14" t="s">
-        <x:v>98</x:v>
+        <x:v>66</x:v>
       </x:c>
       <x:c r="S22" s="14" t="n">
-        <x:v>560669</x:v>
+        <x:v>576800</x:v>
       </x:c>
       <x:c r="T22" s="16" t="s">
         <x:v>94</x:v>
       </x:c>
       <x:c r="U22" s="16" t="s">
-        <x:v>99</x:v>
+        <x:v>35</x:v>
       </x:c>
     </x:row>
     <x:row r="23" spans="1:21">
       <x:c r="A23" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B23" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="C23" s="3" t="s"/>
       <x:c r="D23" s="3" t="s"/>
       <x:c r="G23" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="I23" s="4" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="K23" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L23" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M23" s="0" t="s">
         <x:v>29</x:v>
@@ -2394,142 +2439,494 @@
       </x:c>
       <x:c r="O27" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="P27" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="Q27" s="4" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="R27" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="S27" s="0" t="n">
         <x:v>572600</x:v>
       </x:c>
       <x:c r="T27" s="4" t="s">
         <x:v>108</x:v>
       </x:c>
       <x:c r="U27" s="4" t="s">
         <x:v>55</x:v>
       </x:c>
     </x:row>
     <x:row r="28" spans="1:21">
       <x:c r="A28" s="13" t="s">
-        <x:v>109</x:v>
+        <x:v>74</x:v>
       </x:c>
       <x:c r="B28" s="14" t="s">
-        <x:v>85</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="C28" s="15" t="n">
-        <x:v>40580</x:v>
+        <x:v>40344</x:v>
       </x:c>
       <x:c r="D28" s="15" t="s"/>
-      <x:c r="E28" s="14" t="s"/>
+      <x:c r="E28" s="14" t="s">
+        <x:v>76</x:v>
+      </x:c>
       <x:c r="F28" s="14" t="s"/>
       <x:c r="G28" s="14" t="s">
-        <x:v>110</x:v>
-[...1 lines deleted...]
-      <x:c r="H28" s="14" t="s"/>
+        <x:v>77</x:v>
+      </x:c>
+      <x:c r="H28" s="14" t="s">
+        <x:v>78</x:v>
+      </x:c>
       <x:c r="I28" s="16" t="s">
-        <x:v>59</x:v>
+        <x:v>79</x:v>
       </x:c>
       <x:c r="J28" s="14" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="K28" s="14" t="s">
-        <x:v>111</x:v>
+        <x:v>80</x:v>
       </x:c>
       <x:c r="L28" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M28" s="14" t="s">
+        <x:v>81</x:v>
+      </x:c>
+      <x:c r="N28" s="15" t="n">
+        <x:v>42022</x:v>
+      </x:c>
+      <x:c r="O28" s="14" t="s">
+        <x:v>30</x:v>
+      </x:c>
+      <x:c r="P28" s="14" t="s">
+        <x:v>77</x:v>
+      </x:c>
+      <x:c r="Q28" s="16" t="s">
+        <x:v>79</x:v>
+      </x:c>
+      <x:c r="R28" s="14" t="s">
+        <x:v>82</x:v>
+      </x:c>
+      <x:c r="S28" s="14" t="n">
+        <x:v>599689</x:v>
+      </x:c>
+      <x:c r="T28" s="16" t="s">
+        <x:v>109</x:v>
+      </x:c>
+      <x:c r="U28" s="16" t="s">
+        <x:v>110</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="29" spans="1:21">
+      <x:c r="A29" s="1" t="s">
+        <x:v>74</x:v>
+      </x:c>
+      <x:c r="B29" s="0" t="s">
+        <x:v>75</x:v>
+      </x:c>
+      <x:c r="C29" s="3" t="n">
+        <x:v>40344</x:v>
+      </x:c>
+      <x:c r="D29" s="3" t="s"/>
+      <x:c r="E29" s="0" t="s">
+        <x:v>76</x:v>
+      </x:c>
+      <x:c r="G29" s="0" t="s">
+        <x:v>77</x:v>
+      </x:c>
+      <x:c r="H29" s="0" t="s">
+        <x:v>78</x:v>
+      </x:c>
+      <x:c r="I29" s="4" t="s">
+        <x:v>79</x:v>
+      </x:c>
+      <x:c r="J29" s="0" t="s">
+        <x:v>63</x:v>
+      </x:c>
+      <x:c r="K29" s="0" t="s">
+        <x:v>80</x:v>
+      </x:c>
+      <x:c r="L29" s="0" t="s">
+        <x:v>28</x:v>
+      </x:c>
+      <x:c r="M29" s="0" t="s">
+        <x:v>81</x:v>
+      </x:c>
+      <x:c r="N29" s="3" t="n">
+        <x:v>42022</x:v>
+      </x:c>
+      <x:c r="O29" s="0" t="s">
+        <x:v>30</x:v>
+      </x:c>
+      <x:c r="P29" s="0" t="s">
+        <x:v>77</x:v>
+      </x:c>
+      <x:c r="Q29" s="4" t="s">
+        <x:v>79</x:v>
+      </x:c>
+      <x:c r="R29" s="0" t="s">
+        <x:v>82</x:v>
+      </x:c>
+      <x:c r="S29" s="0" t="n">
+        <x:v>599690</x:v>
+      </x:c>
+      <x:c r="T29" s="4" t="s">
+        <x:v>111</x:v>
+      </x:c>
+      <x:c r="U29" s="4" t="s">
+        <x:v>112</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="30" spans="1:21">
+      <x:c r="A30" s="13" t="s">
+        <x:v>113</x:v>
+      </x:c>
+      <x:c r="B30" s="14" t="s">
+        <x:v>85</x:v>
+      </x:c>
+      <x:c r="C30" s="15" t="n">
+        <x:v>40580</x:v>
+      </x:c>
+      <x:c r="D30" s="15" t="s"/>
+      <x:c r="E30" s="14" t="s"/>
+      <x:c r="F30" s="14" t="s"/>
+      <x:c r="G30" s="14" t="s">
+        <x:v>114</x:v>
+      </x:c>
+      <x:c r="H30" s="14" t="s"/>
+      <x:c r="I30" s="16" t="s">
+        <x:v>59</x:v>
+      </x:c>
+      <x:c r="J30" s="14" t="s">
+        <x:v>63</x:v>
+      </x:c>
+      <x:c r="K30" s="14" t="s">
+        <x:v>115</x:v>
+      </x:c>
+      <x:c r="L30" s="14" t="s">
+        <x:v>28</x:v>
+      </x:c>
+      <x:c r="M30" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
-      <x:c r="N28" s="15" t="n">
+      <x:c r="N30" s="15" t="n">
         <x:v>35035</x:v>
       </x:c>
-      <x:c r="O28" s="14" t="s">
+      <x:c r="O30" s="14" t="s">
         <x:v>65</x:v>
       </x:c>
-      <x:c r="P28" s="14" t="s">
-[...2 lines deleted...]
-      <x:c r="Q28" s="16" t="s">
+      <x:c r="P30" s="14" t="s">
+        <x:v>116</x:v>
+      </x:c>
+      <x:c r="Q30" s="16" t="s">
         <x:v>59</x:v>
       </x:c>
-      <x:c r="R28" s="14" t="s">
+      <x:c r="R30" s="14" t="s">
         <x:v>60</x:v>
       </x:c>
-      <x:c r="S28" s="14" t="n">
+      <x:c r="S30" s="14" t="n">
         <x:v>592559</x:v>
       </x:c>
-      <x:c r="T28" s="16" t="s">
+      <x:c r="T30" s="16" t="s">
+        <x:v>117</x:v>
+      </x:c>
+      <x:c r="U30" s="16" t="s">
+        <x:v>118</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="31" spans="1:21">
+      <x:c r="A31" s="1" t="s">
         <x:v>113</x:v>
       </x:c>
-      <x:c r="U28" s="16" t="s">
-        <x:v>114</x:v>
+      <x:c r="B31" s="0" t="s">
+        <x:v>119</x:v>
+      </x:c>
+      <x:c r="C31" s="3" t="s"/>
+      <x:c r="D31" s="3" t="s"/>
+      <x:c r="G31" s="0" t="s">
+        <x:v>120</x:v>
+      </x:c>
+      <x:c r="I31" s="4" t="s">
+        <x:v>121</x:v>
+      </x:c>
+      <x:c r="K31" s="0" t="s">
+        <x:v>115</x:v>
+      </x:c>
+      <x:c r="L31" s="0" t="s">
+        <x:v>28</x:v>
+      </x:c>
+      <x:c r="M31" s="0" t="s">
+        <x:v>29</x:v>
+      </x:c>
+      <x:c r="N31" s="3" t="n">
+        <x:v>42024</x:v>
+      </x:c>
+      <x:c r="O31" s="0" t="s">
+        <x:v>48</x:v>
+      </x:c>
+      <x:c r="P31" s="0" t="s">
+        <x:v>120</x:v>
+      </x:c>
+      <x:c r="Q31" s="4" t="s">
+        <x:v>121</x:v>
+      </x:c>
+      <x:c r="R31" s="0" t="s">
+        <x:v>122</x:v>
+      </x:c>
+      <x:c r="S31" s="0" t="n">
+        <x:v>597090</x:v>
+      </x:c>
+      <x:c r="T31" s="4" t="s">
+        <x:v>117</x:v>
+      </x:c>
+      <x:c r="U31" s="4" t="s">
+        <x:v>123</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="32" spans="1:21">
+      <x:c r="A32" s="13" t="s">
+        <x:v>74</x:v>
+      </x:c>
+      <x:c r="B32" s="14" t="s">
+        <x:v>75</x:v>
+      </x:c>
+      <x:c r="C32" s="15" t="n">
+        <x:v>40344</x:v>
+      </x:c>
+      <x:c r="D32" s="15" t="s"/>
+      <x:c r="E32" s="14" t="s">
+        <x:v>76</x:v>
+      </x:c>
+      <x:c r="F32" s="14" t="s"/>
+      <x:c r="G32" s="14" t="s">
+        <x:v>77</x:v>
+      </x:c>
+      <x:c r="H32" s="14" t="s">
+        <x:v>78</x:v>
+      </x:c>
+      <x:c r="I32" s="16" t="s">
+        <x:v>79</x:v>
+      </x:c>
+      <x:c r="J32" s="14" t="s">
+        <x:v>63</x:v>
+      </x:c>
+      <x:c r="K32" s="14" t="s">
+        <x:v>80</x:v>
+      </x:c>
+      <x:c r="L32" s="14" t="s">
+        <x:v>28</x:v>
+      </x:c>
+      <x:c r="M32" s="14" t="s">
+        <x:v>81</x:v>
+      </x:c>
+      <x:c r="N32" s="15" t="n">
+        <x:v>42022</x:v>
+      </x:c>
+      <x:c r="O32" s="14" t="s">
+        <x:v>30</x:v>
+      </x:c>
+      <x:c r="P32" s="14" t="s">
+        <x:v>77</x:v>
+      </x:c>
+      <x:c r="Q32" s="16" t="s">
+        <x:v>79</x:v>
+      </x:c>
+      <x:c r="R32" s="14" t="s">
+        <x:v>82</x:v>
+      </x:c>
+      <x:c r="S32" s="14" t="n">
+        <x:v>599691</x:v>
+      </x:c>
+      <x:c r="T32" s="16" t="s">
+        <x:v>124</x:v>
+      </x:c>
+      <x:c r="U32" s="16" t="s">
+        <x:v>125</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="33" spans="1:21">
+      <x:c r="A33" s="1" t="s">
+        <x:v>74</x:v>
+      </x:c>
+      <x:c r="B33" s="0" t="s">
+        <x:v>75</x:v>
+      </x:c>
+      <x:c r="C33" s="3" t="n">
+        <x:v>40344</x:v>
+      </x:c>
+      <x:c r="D33" s="3" t="s"/>
+      <x:c r="E33" s="0" t="s">
+        <x:v>76</x:v>
+      </x:c>
+      <x:c r="G33" s="0" t="s">
+        <x:v>77</x:v>
+      </x:c>
+      <x:c r="H33" s="0" t="s">
+        <x:v>78</x:v>
+      </x:c>
+      <x:c r="I33" s="4" t="s">
+        <x:v>79</x:v>
+      </x:c>
+      <x:c r="J33" s="0" t="s">
+        <x:v>63</x:v>
+      </x:c>
+      <x:c r="K33" s="0" t="s">
+        <x:v>80</x:v>
+      </x:c>
+      <x:c r="L33" s="0" t="s">
+        <x:v>28</x:v>
+      </x:c>
+      <x:c r="M33" s="0" t="s">
+        <x:v>81</x:v>
+      </x:c>
+      <x:c r="N33" s="3" t="n">
+        <x:v>42022</x:v>
+      </x:c>
+      <x:c r="O33" s="0" t="s">
+        <x:v>30</x:v>
+      </x:c>
+      <x:c r="P33" s="0" t="s">
+        <x:v>77</x:v>
+      </x:c>
+      <x:c r="Q33" s="4" t="s">
+        <x:v>79</x:v>
+      </x:c>
+      <x:c r="R33" s="0" t="s">
+        <x:v>103</x:v>
+      </x:c>
+      <x:c r="S33" s="0" t="n">
+        <x:v>599688</x:v>
+      </x:c>
+      <x:c r="T33" s="4" t="s">
+        <x:v>126</x:v>
+      </x:c>
+      <x:c r="U33" s="4" t="s">
+        <x:v>127</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="34" spans="1:21">
+      <x:c r="A34" s="13" t="s">
+        <x:v>74</x:v>
+      </x:c>
+      <x:c r="B34" s="14" t="s">
+        <x:v>75</x:v>
+      </x:c>
+      <x:c r="C34" s="15" t="n">
+        <x:v>40344</x:v>
+      </x:c>
+      <x:c r="D34" s="15" t="s"/>
+      <x:c r="E34" s="14" t="s">
+        <x:v>76</x:v>
+      </x:c>
+      <x:c r="F34" s="14" t="s"/>
+      <x:c r="G34" s="14" t="s">
+        <x:v>77</x:v>
+      </x:c>
+      <x:c r="H34" s="14" t="s">
+        <x:v>78</x:v>
+      </x:c>
+      <x:c r="I34" s="16" t="s">
+        <x:v>79</x:v>
+      </x:c>
+      <x:c r="J34" s="14" t="s">
+        <x:v>63</x:v>
+      </x:c>
+      <x:c r="K34" s="14" t="s">
+        <x:v>80</x:v>
+      </x:c>
+      <x:c r="L34" s="14" t="s">
+        <x:v>28</x:v>
+      </x:c>
+      <x:c r="M34" s="14" t="s">
+        <x:v>81</x:v>
+      </x:c>
+      <x:c r="N34" s="15" t="n">
+        <x:v>42022</x:v>
+      </x:c>
+      <x:c r="O34" s="14" t="s">
+        <x:v>30</x:v>
+      </x:c>
+      <x:c r="P34" s="14" t="s">
+        <x:v>77</x:v>
+      </x:c>
+      <x:c r="Q34" s="16" t="s">
+        <x:v>79</x:v>
+      </x:c>
+      <x:c r="R34" s="14" t="s">
+        <x:v>82</x:v>
+      </x:c>
+      <x:c r="S34" s="14" t="n">
+        <x:v>599692</x:v>
+      </x:c>
+      <x:c r="T34" s="16" t="s">
+        <x:v>128</x:v>
+      </x:c>
+      <x:c r="U34" s="16" t="s">
+        <x:v>129</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:autoFilter ref="A1:U1"/>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0" gridLinesSet="true"/>
   <x:pageMargins left="0.7875" right="0.7875" top="1.05277777777778" bottom="1.05277777777778" header="0.7875" footer="0.7875"/>
   <x:pageSetup paperSize="9" scale="100" pageOrder="downThenOver" orientation="portrait" blackAndWhite="0" draft="0" cellComments="none" errors="displayed" horizontalDpi="300" verticalDpi="300" copies="1"/>
   <x:headerFooter differentOddEven="0" differentFirst="0" scaleWithDoc="1" alignWithMargins="1">
     <x:oddHeader>&amp;C&amp;"Times New Roman,Normal"&amp;12&amp;Kffffff&amp;A</x:oddHeader>
     <x:oddFooter>&amp;C&amp;"Times New Roman,Normal"&amp;12&amp;KffffffPage &amp;P</x:oddFooter>
     <x:evenHeader/>
     <x:evenFooter/>
     <x:firstHeader/>
     <x:firstFooter/>
   </x:headerFooter>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetPr filterMode="false">
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
     <x:pageSetUpPr fitToPage="false"/>
   </x:sheetPr>
   <x:dimension ref="A1:A12"/>
   <x:sheetViews>
     <x:sheetView defaultGridColor="true" colorId="64" workbookViewId="0">
       <x:selection activeCell="A6" sqref="A6"/>
     </x:sheetView>
   </x:sheetViews>
   <x:sheetFormatPr defaultColWidth="12.144219" defaultRowHeight="15" zeroHeight="false"/>
   <x:cols>
     <x:col min="1" max="1" width="36.71" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:1" ht="15" customHeight="1" outlineLevel="0">
       <x:c r="A1" s="8" t="s">
-        <x:v>115</x:v>
+        <x:v>130</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:1" ht="15" customHeight="1" outlineLevel="0">
       <x:c r="A6" s="8" t="s"/>
     </x:row>
     <x:row r="8" spans="1:1" ht="15" customHeight="1" outlineLevel="0">
       <x:c r="A8" s="8" t="s"/>
     </x:row>
     <x:row r="12" spans="1:1" ht="15" customHeight="1" outlineLevel="0">
       <x:c r="A12" s="8" t="s"/>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0" gridLinesSet="true"/>
   <x:pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.511811023622047" footer="0.511811023622047"/>
   <x:pageSetup paperSize="9" scale="100" pageOrder="downThenOver" orientation="portrait" blackAndWhite="0" draft="0" cellComments="none" errors="displayed" horizontalDpi="300" verticalDpi="300" copies="1"/>
   <x:headerFooter differentOddEven="false" differentFirst="false">
     <x:oddHeader/>
     <x:oddFooter/>
   </x:headerFooter>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <ap:Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:ap="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">