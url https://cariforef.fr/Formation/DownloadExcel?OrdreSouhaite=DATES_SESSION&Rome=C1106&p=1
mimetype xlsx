--- v0 (2025-10-09)
+++ v1 (2025-11-24)
@@ -182,78 +182,78 @@
   <x:si>
     <x:t>dates fixes</x:t>
   </x:si>
   <x:si>
     <x:t>formation entièrement présentielle</x:t>
   </x:si>
   <x:si>
     <x:t>Assurance entreprise</x:t>
   </x:si>
   <x:si>
     <x:t>Lycée Professionnel Charles Péguy</x:t>
   </x:si>
   <x:si>
     <x:t>13006</x:t>
   </x:si>
   <x:si>
     <x:t>MARSEILLE- 6e</x:t>
   </x:si>
   <x:si>
     <x:t>09/01/2024 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>06/30/2026 00:00:00</x:t>
   </x:si>
   <x:si>
+    <x:t>Chargé d'indemnisation en assurance (Apprentissage)</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Institut de Formation de la Profession de l'Assurance</x:t>
+  </x:si>
+  <x:si>
+    <x:t>IFPASS</x:t>
+  </x:si>
+  <x:si>
+    <x:t>92800</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Bac + 3 et 4</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Assurance</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Institut de Formation de la Profession de l'Assurance - Antenne Marseille</x:t>
+  </x:si>
+  <x:si>
     <x:t>09/01/2025 00:00:00</x:t>
   </x:si>
   <x:si>
+    <x:t>07/31/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
     <x:t>06/30/2027 00:00:00</x:t>
-  </x:si>
-[...22 lines deleted...]
-    <x:t>07/31/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Greta-Cfa Marseille Méditerranée</x:t>
   </x:si>
   <x:si>
     <x:t>GMM</x:t>
   </x:si>
   <x:si>
     <x:t>13010</x:t>
   </x:si>
   <x:si>
     <x:t>Lycée Général et Technologique Victor Hugo</x:t>
   </x:si>
   <x:si>
     <x:t>13003</x:t>
   </x:si>
   <x:si>
     <x:t>MARSEILLE- 3e</x:t>
   </x:si>
   <x:si>
     <x:t>09/15/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>09/30/2026 00:00:00</x:t>
   </x:si>
@@ -901,206 +901,206 @@
       </x:c>
       <x:c r="P2" s="14" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="Q2" s="16" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="R2" s="14" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="S2" s="14" t="n">
         <x:v>508759</x:v>
       </x:c>
       <x:c r="T2" s="16" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="U2" s="16" t="s">
         <x:v>36</x:v>
       </x:c>
     </x:row>
     <x:row r="3" spans="1:21">
       <x:c r="A3" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B3" s="0" t="s">
-        <x:v>22</x:v>
+        <x:v>37</x:v>
       </x:c>
       <x:c r="C3" s="3" t="n">
-        <x:v>37349</x:v>
+        <x:v>39615</x:v>
       </x:c>
       <x:c r="D3" s="3" t="s"/>
       <x:c r="E3" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G3" s="0" t="s">
-        <x:v>24</x:v>
+        <x:v>38</x:v>
       </x:c>
       <x:c r="H3" s="0" t="s">
-        <x:v>25</x:v>
+        <x:v>39</x:v>
       </x:c>
       <x:c r="I3" s="4" t="s">
-        <x:v>26</x:v>
+        <x:v>40</x:v>
       </x:c>
       <x:c r="J3" s="0" t="s">
-        <x:v>27</x:v>
+        <x:v>41</x:v>
       </x:c>
       <x:c r="K3" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L3" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M3" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N3" s="3" t="n">
-        <x:v>41049</x:v>
+        <x:v>41036</x:v>
       </x:c>
       <x:c r="O3" s="0" t="s">
-        <x:v>31</x:v>
+        <x:v>42</x:v>
       </x:c>
       <x:c r="P3" s="0" t="s">
-        <x:v>32</x:v>
+        <x:v>43</x:v>
       </x:c>
       <x:c r="Q3" s="4" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="R3" s="0" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="S3" s="0" t="n">
-        <x:v>557159</x:v>
+        <x:v>549087</x:v>
       </x:c>
       <x:c r="T3" s="4" t="s">
-        <x:v>37</x:v>
+        <x:v>44</x:v>
       </x:c>
       <x:c r="U3" s="4" t="s">
-        <x:v>38</x:v>
+        <x:v>45</x:v>
       </x:c>
     </x:row>
     <x:row r="4" spans="1:21">
       <x:c r="A4" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B4" s="14" t="s">
-        <x:v>39</x:v>
+        <x:v>22</x:v>
       </x:c>
       <x:c r="C4" s="15" t="n">
-        <x:v>39615</x:v>
+        <x:v>37349</x:v>
       </x:c>
       <x:c r="D4" s="15" t="s"/>
       <x:c r="E4" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F4" s="14" t="s"/>
       <x:c r="G4" s="14" t="s">
-        <x:v>40</x:v>
+        <x:v>24</x:v>
       </x:c>
       <x:c r="H4" s="14" t="s">
-        <x:v>41</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="I4" s="16" t="s">
-        <x:v>42</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="J4" s="14" t="s">
-        <x:v>43</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="K4" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L4" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M4" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N4" s="15" t="n">
-        <x:v>41036</x:v>
+        <x:v>41049</x:v>
       </x:c>
       <x:c r="O4" s="14" t="s">
-        <x:v>44</x:v>
+        <x:v>31</x:v>
       </x:c>
       <x:c r="P4" s="14" t="s">
-        <x:v>45</x:v>
+        <x:v>32</x:v>
       </x:c>
       <x:c r="Q4" s="16" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="R4" s="14" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="S4" s="14" t="n">
-        <x:v>549087</x:v>
+        <x:v>557159</x:v>
       </x:c>
       <x:c r="T4" s="16" t="s">
-        <x:v>37</x:v>
+        <x:v>44</x:v>
       </x:c>
       <x:c r="U4" s="16" t="s">
         <x:v>46</x:v>
       </x:c>
     </x:row>
     <x:row r="5" spans="1:21">
       <x:c r="A5" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B5" s="0" t="s">
-        <x:v>39</x:v>
+        <x:v>37</x:v>
       </x:c>
       <x:c r="C5" s="3" t="n">
         <x:v>39615</x:v>
       </x:c>
       <x:c r="D5" s="3" t="s"/>
       <x:c r="E5" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G5" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="H5" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="I5" s="4" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="J5" s="0" t="s">
-        <x:v>43</x:v>
+        <x:v>41</x:v>
       </x:c>
       <x:c r="K5" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L5" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M5" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N5" s="3" t="n">
         <x:v>41036</x:v>
       </x:c>
       <x:c r="O5" s="0" t="s">
-        <x:v>44</x:v>
+        <x:v>42</x:v>
       </x:c>
       <x:c r="P5" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="Q5" s="4" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="R5" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="S5" s="0" t="n">
         <x:v>573921</x:v>
       </x:c>
       <x:c r="T5" s="4" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="U5" s="4" t="s">
         <x:v>54</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:21">
       <x:c r="A6" s="13" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="B6" s="14" t="s">