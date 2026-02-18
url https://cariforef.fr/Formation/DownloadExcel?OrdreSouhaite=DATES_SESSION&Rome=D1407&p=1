--- v2 (2026-02-18)
+++ v3 (2026-02-18)
@@ -539,59 +539,59 @@
   <x:si>
     <x:t>CRET</x:t>
   </x:si>
   <x:si>
     <x:t>05100</x:t>
   </x:si>
   <x:si>
     <x:t>Azur Enerj Formation</x:t>
   </x:si>
   <x:si>
     <x:t>83210</x:t>
   </x:si>
   <x:si>
     <x:t>SOLLIES-PONT</x:t>
   </x:si>
   <x:si>
     <x:t>BTS Conseil et commercialisation de solutions techniques</x:t>
   </x:si>
   <x:si>
     <x:t>Groupement d’Intérêt Public pour la Formation et l’Insertion Professionnelles de l'Académie de Nice - CFA Régional de l'Académie de Nice</x:t>
   </x:si>
   <x:si>
     <x:t>GIP FIPAN</x:t>
   </x:si>
   <x:si>
+    <x:t>SIX-FOURS-LES-PLAGES</x:t>
+  </x:si>
+  <x:si>
+    <x:t>09/02/2024 00:00:00</x:t>
+  </x:si>
+  <x:si>
     <x:t>LE MUY</x:t>
   </x:si>
   <x:si>
-    <x:t>09/02/2024 00:00:00</x:t>
-[...4 lines deleted...]
-  <x:si>
     <x:t>BTS FED - Fluides Energies Domotique - Option C Domotique et bâtiment communicants</x:t>
   </x:si>
   <x:si>
     <x:t>Greta-Cfa Alpes Provence</x:t>
   </x:si>
   <x:si>
     <x:t>DIGNE LES BAINS</x:t>
   </x:si>
   <x:si>
     <x:t>FREJUS</x:t>
   </x:si>
   <x:si>
     <x:t>Lycée Professionnel Régional La Coudoulière</x:t>
   </x:si>
   <x:si>
     <x:t>83140</x:t>
   </x:si>
   <x:si>
     <x:t>Lycée des Métiers Louis Martin Bret</x:t>
   </x:si>
   <x:si>
     <x:t>12/31/2027 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Manager en ingénierie d'affaires (Apprentissage)</x:t>
@@ -809,65 +809,65 @@
   <x:si>
     <x:t>Responsable du développement commercial France et International BC 3 Négocier et mettre en place les contrats et les partenariats</x:t>
   </x:si>
   <x:si>
     <x:t>Visiplus</x:t>
   </x:si>
   <x:si>
     <x:t>BIOT</x:t>
   </x:si>
   <x:si>
     <x:t>01/01/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>07/31/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>03/31/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Responsable du développement commercial France et International</x:t>
   </x:si>
   <x:si>
     <x:t>12/30/2026 00:00:00</x:t>
   </x:si>
   <x:si>
+    <x:t>Responsable du développement commercial France et International BC 2 Détecter les opportunités commerciales et développer un portefeuille clients en France et à l'international</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Responsable du développement commercial France et International BC 1 Assurer une veille commerciale, concurrentielle, technologique et définir les plans d'actions marketing en France et à l'international</x:t>
+  </x:si>
+  <x:si>
     <x:t>La Factory</x:t>
   </x:si>
   <x:si>
     <x:t>13370</x:t>
   </x:si>
   <x:si>
     <x:t>MALLEMORT</x:t>
   </x:si>
   <x:si>
-    <x:t>Responsable du développement commercial France et International BC 2 Détecter les opportunités commerciales et développer un portefeuille clients en France et à l'international</x:t>
-[...4 lines deleted...]
-  <x:si>
     <x:t>02/15/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Fanfani</x:t>
   </x:si>
   <x:si>
     <x:t>PARIS</x:t>
   </x:si>
   <x:si>
     <x:t>02/17/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>02/18/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Perspectivia</x:t>
   </x:si>
   <x:si>
     <x:t>06200</x:t>
   </x:si>
   <x:si>
     <x:t>04/02/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>04/01/2026 00:00:00</x:t>
@@ -1283,374 +1283,374 @@
   <x:si>
     <x:t>LA VALETTE-DU-VAR</x:t>
   </x:si>
   <x:si>
     <x:t>Business developer en hautes technologies spécialisation marketing (Apprentissage)</x:t>
   </x:si>
   <x:si>
     <x:t>09/01/2027 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Ecole Supérieure de Commerce et de Communication - Antenne Cannes (Migno)</x:t>
   </x:si>
   <x:si>
     <x:t>Kaali Formation</x:t>
   </x:si>
   <x:si>
     <x:t>13290</x:t>
   </x:si>
   <x:si>
     <x:t>AIX - LES MILLES</x:t>
   </x:si>
   <x:si>
     <x:t>Licence pro mention management et gestion des organisations parcours gestion des établissements sanitaires, sociaux et médico-sociaux</x:t>
   </x:si>
   <x:si>
+    <x:t>Licence pro mention management et gestion des organisations parcours gestion des établissements sanitaires, sociaux et médico-sociaux (Contrat de Professionnalisation)</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Lycée Polyvalent Régional Paul Langevin</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Institut de Préparation à l'Administration et à la Gestion</x:t>
+  </x:si>
+  <x:si>
+    <x:t>IPAG BUSINESS SCHOOL</x:t>
+  </x:si>
+  <x:si>
+    <x:t>75006</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Institut de Préparation à l'Administration et à la Gestion - Antenne Nice</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Eloce - Walter Learning</x:t>
+  </x:si>
+  <x:si>
+    <x:t>13002</x:t>
+  </x:si>
+  <x:si>
+    <x:t>MARSEILLE- 2e</x:t>
+  </x:si>
+  <x:si>
     <x:t>Licence pro mention optique professionnelle parcours santé visuelle</x:t>
   </x:si>
   <x:si>
     <x:t>Aix Marseille Université - IUT Aix-Marseille (Site Saint Jérôme)</x:t>
   </x:si>
   <x:si>
     <x:t>Weno Ies</x:t>
   </x:si>
   <x:si>
     <x:t>93110</x:t>
   </x:si>
   <x:si>
-    <x:t>Eloce - Walter Learning</x:t>
-[...5 lines deleted...]
-    <x:t>MARSEILLE- 2e</x:t>
+    <x:t>Ingénieur diplômé de l'école polytechnique universitaire de Marseille de l'université d'Aix-Marseille spécialité génie biomédical</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Résolution problème</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Responsable du développement des affaires (Apprentissage)</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BTSA technico-commercial univers jardins et animaux de compagnie (Contrat de Professionnalisation)</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CFPPA</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Jeune 16-25 ans</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Igpepm - Groupe Eductive</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Ecole Supérieure de Commerce et de Communication - Antenne Nice</x:t>
+  </x:si>
+  <x:si>
+    <x:t>09/02/2025 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>12/31/2028 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>09/03/2025 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>A3fa</x:t>
+  </x:si>
+  <x:si>
+    <x:t>06210</x:t>
+  </x:si>
+  <x:si>
+    <x:t>MANDELIEU-LA-NAPOULE</x:t>
+  </x:si>
+  <x:si>
+    <x:t>09/04/2025 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>06/25/2027 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>09/08/2025 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>11/03/2025 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>10/31/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Ogec Saint Vincent de Paul - Formations des Apprentis</x:t>
+  </x:si>
+  <x:si>
+    <x:t>06300</x:t>
+  </x:si>
+  <x:si>
+    <x:t>10/20/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Titre professionnel négociateur technico-commercial spécialisation marketing sportif</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Association Régionale Formation Apprentis Métiers Sport, Animation, Tourisme - CFA Régional Métiers du Sport, de l'Animation et du Tourisme - Futurosud</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ARFAMSTA</x:t>
+  </x:si>
+  <x:si>
+    <x:t>MIRAMAS</x:t>
+  </x:si>
+  <x:si>
+    <x:t>08/25/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>09/15/2025 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Responsable de développement commercial</x:t>
+  </x:si>
+  <x:si>
+    <x:t>09/07/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>09/25/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>France Travail</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AFC</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Institut National de Formation et de Recherche sur l'Education Permanente - Antenne Carpentras</x:t>
+  </x:si>
+  <x:si>
+    <x:t>INFREP</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Demandeur d'emploi</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Association pour l'Education Cognitive et le Développement</x:t>
+  </x:si>
+  <x:si>
+    <x:t>09/22/2025 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>05/28/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Ingénieur d'affaires (Apprentissage)</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Cfa Perspective - Isim</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Ingénieur d'affaires</x:t>
+  </x:si>
+  <x:si>
+    <x:t>09/24/2025 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>07/12/2027 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>09/25/2025 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>09/29/2025 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>08/27/2027 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Institut Supérieur de Formation et de Préparation</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ISFP - HEM SANTE</x:t>
+  </x:si>
+  <x:si>
+    <x:t>69008</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Institut Supérieur de Formation et de Préparation - Antenne Marseille</x:t>
+  </x:si>
+  <x:si>
+    <x:t>13005</x:t>
+  </x:si>
+  <x:si>
+    <x:t>MARSEILLE- 5e</x:t>
+  </x:si>
+  <x:si>
+    <x:t>05/27/2027 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Institut du Sport et de la Formation - Sportsup</x:t>
+  </x:si>
+  <x:si>
+    <x:t>13300</x:t>
+  </x:si>
+  <x:si>
+    <x:t>09/30/2025 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>09/29/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>10/01/2025 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Skill Up - Edup Business School</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Idea Formation +</x:t>
+  </x:si>
+  <x:si>
+    <x:t>13500</x:t>
+  </x:si>
+  <x:si>
+    <x:t>MARTIGUES</x:t>
+  </x:si>
+  <x:si>
+    <x:t>05/01/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>07/31/2027 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>10/06/2025 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>07/30/2027 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>10/15/2025 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Titre professionnel conseiller commercial (préparation également possible par Bloc(s) de compétences)</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Demandeur d'emploi , Jeune 16-25 ans , Particulier, individuel , Salarié , Tout public</x:t>
+  </x:si>
+  <x:si>
+    <x:t>10/20/2025 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>02/20/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>10/29/2025 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>07/12/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>11/01/2025 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>06/01/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>JUAN LES PINS</x:t>
+  </x:si>
+  <x:si>
+    <x:t>11/05/2025 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>11/04/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>11/17/2025 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>03/20/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>09/28/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>11/26/2025 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>11/30/2025 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>11/29/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>12/01/2025 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>11/30/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>12/02/2025 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>12/03/2025 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>12/02/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>12/15/2025 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>12/18/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>12/31/2025 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>01/08/2027 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>01/01/2026 00:00:00</x:t>
   </x:si>
   <x:si>
-    <x:t>Institut de Préparation à l'Administration et à la Gestion</x:t>
-[...298 lines deleted...]
-  <x:si>
     <x:t>08/01/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>01/02/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Stéphane Auger Com - Fabrik Tête d'Affiche</x:t>
   </x:si>
   <x:si>
     <x:t>01/05/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>10/15/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>07/03/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>01/07/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>01/06/2027 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>01/12/2026 00:00:00</x:t>
@@ -1979,81 +1979,81 @@
   <x:si>
     <x:t>06633</x:t>
   </x:si>
   <x:si>
     <x:t>ANTIBES CEDEX</x:t>
   </x:si>
   <x:si>
     <x:t>Académie Vaucluse Provence Industries - Antenne Pertuis</x:t>
   </x:si>
   <x:si>
     <x:t>Lycée Montesquieu</x:t>
   </x:si>
   <x:si>
     <x:t>84700</x:t>
   </x:si>
   <x:si>
     <x:t>Lycée J Perrin</x:t>
   </x:si>
   <x:si>
     <x:t>13395</x:t>
   </x:si>
   <x:si>
     <x:t>MARSEILLE CEDEX 10</x:t>
   </x:si>
   <x:si>
+    <x:t>Lycée régional César Baldaccini (anciennement lycée du Rempart)</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Lycée polyvalent Rempart-Vinci</x:t>
+  </x:si>
+  <x:si>
+    <x:t>MARSEILLE- 7e</x:t>
+  </x:si>
+  <x:si>
     <x:t>Attaché commercial</x:t>
   </x:si>
   <x:si>
-    <x:t>Lycée régional César Baldaccini (anciennement lycée du Rempart)</x:t>
-[...5 lines deleted...]
-    <x:t>MARSEILLE- 7e</x:t>
+    <x:t>LPO St-Vincent de Paul</x:t>
   </x:si>
   <x:si>
     <x:t>Lycée Paul Langevin</x:t>
   </x:si>
   <x:si>
     <x:t>83514</x:t>
   </x:si>
   <x:si>
     <x:t>LA SEYNE SUR MER CEDEX</x:t>
   </x:si>
   <x:si>
     <x:t>Manager du développement commercial (Apprentissage)</x:t>
   </x:si>
   <x:si>
     <x:t>Management transversal</x:t>
   </x:si>
   <x:si>
     <x:t>Institut de Formation Perrimond</x:t>
-  </x:si>
-[...1 lines deleted...]
-    <x:t>LPO St-Vincent de Paul</x:t>
   </x:si>
   <x:si>
     <x:t>09/03/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Novétude Santé Pro I - Esol</x:t>
   </x:si>
   <x:si>
     <x:t>34430</x:t>
   </x:si>
   <x:si>
     <x:t>Novétude Santé Pro I - Esol - Antenne Nice</x:t>
   </x:si>
   <x:si>
     <x:t>07/30/2028 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>09/06/2029 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>08/25/2028 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Licence pro mention domotique (Apprentissage)</x:t>
   </x:si>
@@ -4730,51 +4730,51 @@
       <x:c r="K36" s="14" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="L36" s="14" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="M36" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N36" s="15" t="n">
         <x:v>34581</x:v>
       </x:c>
       <x:c r="O36" s="14" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="P36" s="14" t="s">
         <x:v>154</x:v>
       </x:c>
       <x:c r="Q36" s="16" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="R36" s="14" t="s">
         <x:v>156</x:v>
       </x:c>
       <x:c r="S36" s="14" t="n">
-        <x:v>504157</x:v>
+        <x:v>507554</x:v>
       </x:c>
       <x:c r="T36" s="16" t="s">
         <x:v>157</x:v>
       </x:c>
       <x:c r="U36" s="16" t="s">
         <x:v>61</x:v>
       </x:c>
     </x:row>
     <x:row r="37" spans="1:21">
       <x:c r="A37" s="1" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="B37" s="0" t="s">
         <x:v>153</x:v>
       </x:c>
       <x:c r="C37" s="3" t="n">
         <x:v>35801</x:v>
       </x:c>
       <x:c r="D37" s="3" t="s"/>
       <x:c r="G37" s="0" t="s">
         <x:v>154</x:v>
       </x:c>
       <x:c r="H37" s="0" t="s">
         <x:v>155</x:v>
       </x:c>
@@ -4787,221 +4787,221 @@
       <x:c r="K37" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="L37" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="M37" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N37" s="3" t="n">
         <x:v>34581</x:v>
       </x:c>
       <x:c r="O37" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="P37" s="0" t="s">
         <x:v>154</x:v>
       </x:c>
       <x:c r="Q37" s="4" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="R37" s="0" t="s">
         <x:v>158</x:v>
       </x:c>
       <x:c r="S37" s="0" t="n">
-        <x:v>507554</x:v>
+        <x:v>504157</x:v>
       </x:c>
       <x:c r="T37" s="4" t="s">
         <x:v>157</x:v>
       </x:c>
       <x:c r="U37" s="4" t="s">
         <x:v>61</x:v>
       </x:c>
     </x:row>
     <x:row r="38" spans="1:21">
       <x:c r="A38" s="13" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="B38" s="14" t="s">
         <x:v>159</x:v>
       </x:c>
       <x:c r="C38" s="15" t="n">
         <x:v>38361</x:v>
       </x:c>
       <x:c r="D38" s="15" t="s"/>
       <x:c r="E38" s="14" t="s"/>
       <x:c r="F38" s="14" t="s"/>
       <x:c r="G38" s="14" t="s">
-        <x:v>160</x:v>
-[...1 lines deleted...]
-      <x:c r="H38" s="14" t="s"/>
+        <x:v>154</x:v>
+      </x:c>
+      <x:c r="H38" s="14" t="s">
+        <x:v>155</x:v>
+      </x:c>
       <x:c r="I38" s="16" t="s">
-        <x:v>68</x:v>
+        <x:v>81</x:v>
       </x:c>
       <x:c r="J38" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="K38" s="14" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="L38" s="14" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="M38" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N38" s="15" t="n">
         <x:v>22499</x:v>
       </x:c>
       <x:c r="O38" s="14" t="s">
         <x:v>101</x:v>
       </x:c>
       <x:c r="P38" s="14" t="s">
-        <x:v>160</x:v>
+        <x:v>154</x:v>
       </x:c>
       <x:c r="Q38" s="16" t="s">
-        <x:v>68</x:v>
+        <x:v>81</x:v>
       </x:c>
       <x:c r="R38" s="14" t="s">
-        <x:v>161</x:v>
+        <x:v>129</x:v>
       </x:c>
       <x:c r="S38" s="14" t="n">
-        <x:v>493629</x:v>
+        <x:v>564380</x:v>
       </x:c>
       <x:c r="T38" s="16" t="s">
         <x:v>157</x:v>
       </x:c>
       <x:c r="U38" s="16" t="s">
         <x:v>61</x:v>
       </x:c>
     </x:row>
     <x:row r="39" spans="1:21">
       <x:c r="A39" s="1" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="B39" s="0" t="s">
-        <x:v>153</x:v>
+        <x:v>159</x:v>
       </x:c>
       <x:c r="C39" s="3" t="n">
-        <x:v>35801</x:v>
+        <x:v>38361</x:v>
       </x:c>
       <x:c r="D39" s="3" t="s"/>
       <x:c r="G39" s="0" t="s">
         <x:v>160</x:v>
       </x:c>
       <x:c r="I39" s="4" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="J39" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="K39" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="L39" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="M39" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N39" s="3" t="n">
-        <x:v>34581</x:v>
+        <x:v>22499</x:v>
       </x:c>
       <x:c r="O39" s="0" t="s">
-        <x:v>51</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="P39" s="0" t="s">
         <x:v>160</x:v>
       </x:c>
       <x:c r="Q39" s="4" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="R39" s="0" t="s">
-        <x:v>133</x:v>
+        <x:v>161</x:v>
       </x:c>
       <x:c r="S39" s="0" t="n">
-        <x:v>510104</x:v>
+        <x:v>493629</x:v>
       </x:c>
       <x:c r="T39" s="4" t="s">
         <x:v>157</x:v>
       </x:c>
       <x:c r="U39" s="4" t="s">
         <x:v>61</x:v>
       </x:c>
     </x:row>
     <x:row r="40" spans="1:21">
       <x:c r="A40" s="13" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="B40" s="14" t="s">
-        <x:v>159</x:v>
+        <x:v>153</x:v>
       </x:c>
       <x:c r="C40" s="15" t="n">
-        <x:v>38361</x:v>
+        <x:v>35801</x:v>
       </x:c>
       <x:c r="D40" s="15" t="s"/>
       <x:c r="E40" s="14" t="s"/>
       <x:c r="F40" s="14" t="s"/>
       <x:c r="G40" s="14" t="s">
-        <x:v>154</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>160</x:v>
+      </x:c>
+      <x:c r="H40" s="14" t="s"/>
       <x:c r="I40" s="16" t="s">
-        <x:v>81</x:v>
+        <x:v>68</x:v>
       </x:c>
       <x:c r="J40" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="K40" s="14" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="L40" s="14" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="M40" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N40" s="15" t="n">
-        <x:v>22499</x:v>
+        <x:v>34581</x:v>
       </x:c>
       <x:c r="O40" s="14" t="s">
-        <x:v>101</x:v>
+        <x:v>51</x:v>
       </x:c>
       <x:c r="P40" s="14" t="s">
-        <x:v>154</x:v>
+        <x:v>160</x:v>
       </x:c>
       <x:c r="Q40" s="16" t="s">
-        <x:v>81</x:v>
+        <x:v>68</x:v>
       </x:c>
       <x:c r="R40" s="14" t="s">
-        <x:v>129</x:v>
+        <x:v>133</x:v>
       </x:c>
       <x:c r="S40" s="14" t="n">
-        <x:v>564380</x:v>
+        <x:v>510104</x:v>
       </x:c>
       <x:c r="T40" s="16" t="s">
         <x:v>157</x:v>
       </x:c>
       <x:c r="U40" s="16" t="s">
         <x:v>61</x:v>
       </x:c>
     </x:row>
     <x:row r="41" spans="1:21">
       <x:c r="A41" s="1" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="B41" s="0" t="s">
         <x:v>159</x:v>
       </x:c>
       <x:c r="C41" s="3" t="n">
         <x:v>38361</x:v>
       </x:c>
       <x:c r="D41" s="3" t="s"/>
       <x:c r="G41" s="0" t="s">
         <x:v>154</x:v>
       </x:c>
       <x:c r="H41" s="0" t="s">
         <x:v>155</x:v>
       </x:c>
@@ -5072,51 +5072,51 @@
       <x:c r="J42" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="K42" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L42" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M42" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N42" s="15" t="n">
         <x:v>34581</x:v>
       </x:c>
       <x:c r="O42" s="14" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="P42" s="14" t="s">
         <x:v>163</x:v>
       </x:c>
       <x:c r="Q42" s="16" t="s">
         <x:v>164</x:v>
       </x:c>
       <x:c r="R42" s="14" t="s">
-        <x:v>158</x:v>
+        <x:v>156</x:v>
       </x:c>
       <x:c r="S42" s="14" t="n">
         <x:v>511009</x:v>
       </x:c>
       <x:c r="T42" s="16" t="s">
         <x:v>157</x:v>
       </x:c>
       <x:c r="U42" s="16" t="s">
         <x:v>61</x:v>
       </x:c>
     </x:row>
     <x:row r="43" spans="1:21">
       <x:c r="A43" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B43" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="C43" s="3" t="n">
         <x:v>35801</x:v>
       </x:c>
       <x:c r="D43" s="3" t="s"/>
       <x:c r="E43" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
@@ -5543,51 +5543,51 @@
       <x:c r="J50" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="K50" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L50" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M50" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N50" s="15" t="n">
         <x:v>34581</x:v>
       </x:c>
       <x:c r="O50" s="14" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="P50" s="14" t="s">
         <x:v>182</x:v>
       </x:c>
       <x:c r="Q50" s="16" t="s">
         <x:v>183</x:v>
       </x:c>
       <x:c r="R50" s="14" t="s">
-        <x:v>156</x:v>
+        <x:v>158</x:v>
       </x:c>
       <x:c r="S50" s="14" t="n">
         <x:v>511008</x:v>
       </x:c>
       <x:c r="T50" s="16" t="s">
         <x:v>157</x:v>
       </x:c>
       <x:c r="U50" s="16" t="s">
         <x:v>61</x:v>
       </x:c>
     </x:row>
     <x:row r="51" spans="1:21">
       <x:c r="A51" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B51" s="0" t="s">
         <x:v>184</x:v>
       </x:c>
       <x:c r="C51" s="3" t="n">
         <x:v>38361</x:v>
       </x:c>
       <x:c r="D51" s="3" t="s"/>
       <x:c r="E51" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
@@ -7068,51 +7068,51 @@
       <x:c r="J76" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="K76" s="14" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="L76" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M76" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N76" s="15" t="n">
         <x:v>34572</x:v>
       </x:c>
       <x:c r="O76" s="14" t="s">
         <x:v>112</x:v>
       </x:c>
       <x:c r="P76" s="14" t="s">
         <x:v>234</x:v>
       </x:c>
       <x:c r="Q76" s="16" t="s">
         <x:v>164</x:v>
       </x:c>
       <x:c r="R76" s="14" t="s">
-        <x:v>158</x:v>
+        <x:v>156</x:v>
       </x:c>
       <x:c r="S76" s="14" t="n">
         <x:v>551950</x:v>
       </x:c>
       <x:c r="T76" s="16" t="s">
         <x:v>236</x:v>
       </x:c>
       <x:c r="U76" s="16" t="s">
         <x:v>53</x:v>
       </x:c>
     </x:row>
     <x:row r="77" spans="1:21">
       <x:c r="A77" s="1" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="B77" s="0" t="s">
         <x:v>237</x:v>
       </x:c>
       <x:c r="C77" s="3" t="n">
         <x:v>37717</x:v>
       </x:c>
       <x:c r="D77" s="3" t="s"/>
       <x:c r="G77" s="0" t="s">
         <x:v>234</x:v>
       </x:c>
@@ -7125,51 +7125,51 @@
       <x:c r="J77" s="0" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="K77" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="L77" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M77" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N77" s="3" t="n">
         <x:v>34581</x:v>
       </x:c>
       <x:c r="O77" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="P77" s="0" t="s">
         <x:v>234</x:v>
       </x:c>
       <x:c r="Q77" s="4" t="s">
         <x:v>164</x:v>
       </x:c>
       <x:c r="R77" s="0" t="s">
-        <x:v>158</x:v>
+        <x:v>156</x:v>
       </x:c>
       <x:c r="S77" s="0" t="n">
         <x:v>551864</x:v>
       </x:c>
       <x:c r="T77" s="4" t="s">
         <x:v>236</x:v>
       </x:c>
       <x:c r="U77" s="4" t="s">
         <x:v>53</x:v>
       </x:c>
     </x:row>
     <x:row r="78" spans="1:21">
       <x:c r="A78" s="13" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="B78" s="14" t="s">
         <x:v>238</x:v>
       </x:c>
       <x:c r="C78" s="15" t="n">
         <x:v>35150</x:v>
       </x:c>
       <x:c r="D78" s="15" t="s"/>
       <x:c r="E78" s="14" t="s"/>
       <x:c r="F78" s="14" t="s"/>
       <x:c r="G78" s="14" t="s">
@@ -7367,618 +7367,619 @@
       </x:c>
       <x:c r="O81" s="0" t="s">
         <x:v>108</x:v>
       </x:c>
       <x:c r="P81" s="0" t="s">
         <x:v>110</x:v>
       </x:c>
       <x:c r="Q81" s="4" t="s">
         <x:v>111</x:v>
       </x:c>
       <x:c r="R81" s="0" t="s">
         <x:v>113</x:v>
       </x:c>
       <x:c r="S81" s="0" t="n">
         <x:v>553370</x:v>
       </x:c>
       <x:c r="T81" s="4" t="s">
         <x:v>241</x:v>
       </x:c>
       <x:c r="U81" s="4" t="s">
         <x:v>245</x:v>
       </x:c>
     </x:row>
     <x:row r="82" spans="1:21">
       <x:c r="A82" s="13" t="s">
-        <x:v>45</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B82" s="14" t="s">
-        <x:v>233</x:v>
+        <x:v>78</x:v>
       </x:c>
       <x:c r="C82" s="15" t="n">
-        <x:v>39063</x:v>
+        <x:v>37717</x:v>
       </x:c>
       <x:c r="D82" s="15" t="s"/>
-      <x:c r="E82" s="14" t="s"/>
+      <x:c r="E82" s="14" t="s">
+        <x:v>23</x:v>
+      </x:c>
       <x:c r="F82" s="14" t="s"/>
       <x:c r="G82" s="14" t="s">
-        <x:v>239</x:v>
-[...1 lines deleted...]
-      <x:c r="H82" s="14" t="s"/>
+        <x:v>234</x:v>
+      </x:c>
+      <x:c r="H82" s="14" t="s">
+        <x:v>235</x:v>
+      </x:c>
       <x:c r="I82" s="16" t="s">
-        <x:v>38</x:v>
+        <x:v>164</x:v>
       </x:c>
       <x:c r="J82" s="14" t="s">
-        <x:v>39</x:v>
+        <x:v>82</x:v>
       </x:c>
       <x:c r="K82" s="14" t="s">
-        <x:v>50</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="L82" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M82" s="14" t="s">
-        <x:v>40</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="N82" s="15" t="n">
-        <x:v>34572</x:v>
+        <x:v>34581</x:v>
       </x:c>
       <x:c r="O82" s="14" t="s">
-        <x:v>112</x:v>
+        <x:v>51</x:v>
       </x:c>
       <x:c r="P82" s="14" t="s">
-        <x:v>239</x:v>
+        <x:v>234</x:v>
       </x:c>
       <x:c r="Q82" s="16" t="s">
-        <x:v>38</x:v>
+        <x:v>164</x:v>
       </x:c>
       <x:c r="R82" s="14" t="s">
-        <x:v>240</x:v>
+        <x:v>156</x:v>
       </x:c>
       <x:c r="S82" s="14" t="n">
-        <x:v>559247</x:v>
+        <x:v>546924</x:v>
       </x:c>
       <x:c r="T82" s="16" t="s">
         <x:v>241</x:v>
       </x:c>
       <x:c r="U82" s="16" t="s">
-        <x:v>242</x:v>
+        <x:v>53</x:v>
       </x:c>
     </x:row>
     <x:row r="83" spans="1:21">
       <x:c r="A83" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B83" s="0" t="s">
-        <x:v>78</x:v>
+        <x:v>36</x:v>
       </x:c>
       <x:c r="C83" s="3" t="n">
-        <x:v>37717</x:v>
+        <x:v>39063</x:v>
       </x:c>
       <x:c r="D83" s="3" t="s"/>
       <x:c r="E83" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G83" s="0" t="s">
         <x:v>234</x:v>
       </x:c>
       <x:c r="H83" s="0" t="s">
         <x:v>235</x:v>
       </x:c>
       <x:c r="I83" s="4" t="s">
         <x:v>164</x:v>
       </x:c>
       <x:c r="J83" s="0" t="s">
-        <x:v>82</x:v>
+        <x:v>39</x:v>
       </x:c>
       <x:c r="K83" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L83" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M83" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N83" s="3" t="n">
-        <x:v>34581</x:v>
+        <x:v>34572</x:v>
       </x:c>
       <x:c r="O83" s="0" t="s">
-        <x:v>51</x:v>
+        <x:v>112</x:v>
       </x:c>
       <x:c r="P83" s="0" t="s">
         <x:v>234</x:v>
       </x:c>
       <x:c r="Q83" s="4" t="s">
         <x:v>164</x:v>
       </x:c>
       <x:c r="R83" s="0" t="s">
-        <x:v>158</x:v>
+        <x:v>156</x:v>
       </x:c>
       <x:c r="S83" s="0" t="n">
-        <x:v>546924</x:v>
+        <x:v>546953</x:v>
       </x:c>
       <x:c r="T83" s="4" t="s">
         <x:v>241</x:v>
       </x:c>
       <x:c r="U83" s="4" t="s">
         <x:v>53</x:v>
       </x:c>
     </x:row>
     <x:row r="84" spans="1:21">
       <x:c r="A84" s="13" t="s">
-        <x:v>21</x:v>
+        <x:v>45</x:v>
       </x:c>
       <x:c r="B84" s="14" t="s">
-        <x:v>36</x:v>
+        <x:v>246</x:v>
       </x:c>
       <x:c r="C84" s="15" t="n">
-        <x:v>39063</x:v>
+        <x:v>35150</x:v>
       </x:c>
       <x:c r="D84" s="15" t="s"/>
-      <x:c r="E84" s="14" t="s">
-[...1 lines deleted...]
-      </x:c>
+      <x:c r="E84" s="14" t="s"/>
       <x:c r="F84" s="14" t="s"/>
       <x:c r="G84" s="14" t="s">
-        <x:v>234</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>239</x:v>
+      </x:c>
+      <x:c r="H84" s="14" t="s"/>
       <x:c r="I84" s="16" t="s">
-        <x:v>164</x:v>
+        <x:v>38</x:v>
       </x:c>
       <x:c r="J84" s="14" t="s">
-        <x:v>39</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="K84" s="14" t="s">
-        <x:v>27</x:v>
+        <x:v>50</x:v>
       </x:c>
       <x:c r="L84" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M84" s="14" t="s">
-        <x:v>29</x:v>
+        <x:v>40</x:v>
       </x:c>
       <x:c r="N84" s="15" t="n">
-        <x:v>34572</x:v>
+        <x:v>34085</x:v>
       </x:c>
       <x:c r="O84" s="14" t="s">
-        <x:v>112</x:v>
+        <x:v>171</x:v>
       </x:c>
       <x:c r="P84" s="14" t="s">
-        <x:v>234</x:v>
+        <x:v>239</x:v>
       </x:c>
       <x:c r="Q84" s="16" t="s">
-        <x:v>164</x:v>
+        <x:v>38</x:v>
       </x:c>
       <x:c r="R84" s="14" t="s">
-        <x:v>158</x:v>
+        <x:v>240</x:v>
       </x:c>
       <x:c r="S84" s="14" t="n">
-        <x:v>546953</x:v>
+        <x:v>559197</x:v>
       </x:c>
       <x:c r="T84" s="16" t="s">
         <x:v>241</x:v>
       </x:c>
       <x:c r="U84" s="16" t="s">
-        <x:v>53</x:v>
+        <x:v>242</x:v>
       </x:c>
     </x:row>
     <x:row r="85" spans="1:21">
       <x:c r="A85" s="1" t="s">
-        <x:v>45</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B85" s="0" t="s">
-        <x:v>233</x:v>
+        <x:v>36</x:v>
       </x:c>
       <x:c r="C85" s="3" t="n">
         <x:v>39063</x:v>
       </x:c>
       <x:c r="D85" s="3" t="s"/>
+      <x:c r="E85" s="0" t="s">
+        <x:v>23</x:v>
+      </x:c>
       <x:c r="G85" s="0" t="s">
-        <x:v>246</x:v>
+        <x:v>110</x:v>
       </x:c>
       <x:c r="I85" s="4" t="s">
-        <x:v>247</x:v>
+        <x:v>111</x:v>
       </x:c>
       <x:c r="J85" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="K85" s="0" t="s">
-        <x:v>50</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="L85" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M85" s="0" t="s">
         <x:v>107</x:v>
       </x:c>
       <x:c r="N85" s="3" t="n">
         <x:v>34572</x:v>
       </x:c>
       <x:c r="O85" s="0" t="s">
         <x:v>112</x:v>
       </x:c>
       <x:c r="P85" s="0" t="s">
-        <x:v>246</x:v>
+        <x:v>140</x:v>
       </x:c>
       <x:c r="Q85" s="4" t="s">
-        <x:v>247</x:v>
+        <x:v>141</x:v>
       </x:c>
       <x:c r="R85" s="0" t="s">
-        <x:v>248</x:v>
+        <x:v>142</x:v>
       </x:c>
       <x:c r="S85" s="0" t="n">
-        <x:v>553167</x:v>
+        <x:v>553502</x:v>
       </x:c>
       <x:c r="T85" s="4" t="s">
         <x:v>241</x:v>
       </x:c>
       <x:c r="U85" s="4" t="s">
-        <x:v>242</x:v>
+        <x:v>243</x:v>
       </x:c>
     </x:row>
     <x:row r="86" spans="1:21">
       <x:c r="A86" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B86" s="14" t="s">
-        <x:v>78</x:v>
+        <x:v>22</x:v>
       </x:c>
       <x:c r="C86" s="15" t="n">
-        <x:v>37717</x:v>
+        <x:v>34399</x:v>
       </x:c>
       <x:c r="D86" s="15" t="s"/>
       <x:c r="E86" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F86" s="14" t="s"/>
       <x:c r="G86" s="14" t="s">
         <x:v>110</x:v>
       </x:c>
       <x:c r="H86" s="14" t="s"/>
       <x:c r="I86" s="16" t="s">
         <x:v>111</x:v>
       </x:c>
       <x:c r="J86" s="14" t="s">
-        <x:v>82</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="K86" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L86" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M86" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="N86" s="15" t="n">
-        <x:v>34581</x:v>
+        <x:v>34502</x:v>
       </x:c>
       <x:c r="O86" s="14" t="s">
-        <x:v>51</x:v>
+        <x:v>30</x:v>
       </x:c>
       <x:c r="P86" s="14" t="s">
         <x:v>110</x:v>
       </x:c>
       <x:c r="Q86" s="16" t="s">
         <x:v>111</x:v>
       </x:c>
       <x:c r="R86" s="14" t="s">
         <x:v>113</x:v>
       </x:c>
       <x:c r="S86" s="14" t="n">
-        <x:v>553395</x:v>
+        <x:v>553359</x:v>
       </x:c>
       <x:c r="T86" s="16" t="s">
         <x:v>241</x:v>
       </x:c>
       <x:c r="U86" s="16" t="s">
         <x:v>243</x:v>
       </x:c>
     </x:row>
     <x:row r="87" spans="1:21">
       <x:c r="A87" s="1" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="B87" s="0" t="s">
-        <x:v>249</x:v>
+        <x:v>247</x:v>
       </x:c>
       <x:c r="C87" s="3" t="n">
         <x:v>35150</x:v>
       </x:c>
       <x:c r="D87" s="3" t="s"/>
       <x:c r="G87" s="0" t="s">
         <x:v>239</x:v>
       </x:c>
       <x:c r="I87" s="4" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="J87" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K87" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="L87" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M87" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="N87" s="3" t="n">
         <x:v>34085</x:v>
       </x:c>
       <x:c r="O87" s="0" t="s">
         <x:v>171</x:v>
       </x:c>
       <x:c r="P87" s="0" t="s">
         <x:v>239</x:v>
       </x:c>
       <x:c r="Q87" s="4" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="R87" s="0" t="s">
         <x:v>240</x:v>
       </x:c>
       <x:c r="S87" s="0" t="n">
-        <x:v>559197</x:v>
+        <x:v>559193</x:v>
       </x:c>
       <x:c r="T87" s="4" t="s">
         <x:v>241</x:v>
       </x:c>
       <x:c r="U87" s="4" t="s">
         <x:v>242</x:v>
       </x:c>
     </x:row>
     <x:row r="88" spans="1:21">
       <x:c r="A88" s="13" t="s">
-        <x:v>21</x:v>
+        <x:v>45</x:v>
       </x:c>
       <x:c r="B88" s="14" t="s">
-        <x:v>36</x:v>
+        <x:v>233</x:v>
       </x:c>
       <x:c r="C88" s="15" t="n">
         <x:v>39063</x:v>
       </x:c>
       <x:c r="D88" s="15" t="s"/>
-      <x:c r="E88" s="14" t="s">
-[...1 lines deleted...]
-      </x:c>
+      <x:c r="E88" s="14" t="s"/>
       <x:c r="F88" s="14" t="s"/>
       <x:c r="G88" s="14" t="s">
         <x:v>110</x:v>
       </x:c>
       <x:c r="H88" s="14" t="s"/>
       <x:c r="I88" s="16" t="s">
         <x:v>111</x:v>
       </x:c>
       <x:c r="J88" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="K88" s="14" t="s">
-        <x:v>27</x:v>
+        <x:v>50</x:v>
       </x:c>
       <x:c r="L88" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M88" s="14" t="s">
-        <x:v>107</x:v>
+        <x:v>40</x:v>
       </x:c>
       <x:c r="N88" s="15" t="n">
         <x:v>34572</x:v>
       </x:c>
       <x:c r="O88" s="14" t="s">
         <x:v>112</x:v>
       </x:c>
       <x:c r="P88" s="14" t="s">
-        <x:v>140</x:v>
+        <x:v>110</x:v>
       </x:c>
       <x:c r="Q88" s="16" t="s">
-        <x:v>141</x:v>
+        <x:v>111</x:v>
       </x:c>
       <x:c r="R88" s="14" t="s">
-        <x:v>142</x:v>
+        <x:v>113</x:v>
       </x:c>
       <x:c r="S88" s="14" t="n">
-        <x:v>553502</x:v>
+        <x:v>559253</x:v>
       </x:c>
       <x:c r="T88" s="16" t="s">
         <x:v>241</x:v>
       </x:c>
       <x:c r="U88" s="16" t="s">
-        <x:v>243</x:v>
+        <x:v>53</x:v>
       </x:c>
     </x:row>
     <x:row r="89" spans="1:21">
       <x:c r="A89" s="1" t="s">
-        <x:v>21</x:v>
+        <x:v>45</x:v>
       </x:c>
       <x:c r="B89" s="0" t="s">
-        <x:v>22</x:v>
+        <x:v>233</x:v>
       </x:c>
       <x:c r="C89" s="3" t="n">
-        <x:v>34399</x:v>
+        <x:v>39063</x:v>
       </x:c>
       <x:c r="D89" s="3" t="s"/>
-      <x:c r="E89" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="G89" s="0" t="s">
-        <x:v>110</x:v>
+        <x:v>239</x:v>
       </x:c>
       <x:c r="I89" s="4" t="s">
-        <x:v>111</x:v>
+        <x:v>38</x:v>
       </x:c>
       <x:c r="J89" s="0" t="s">
-        <x:v>26</x:v>
+        <x:v>39</x:v>
       </x:c>
       <x:c r="K89" s="0" t="s">
-        <x:v>27</x:v>
+        <x:v>50</x:v>
       </x:c>
       <x:c r="L89" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M89" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="N89" s="3" t="n">
-        <x:v>34502</x:v>
+        <x:v>34572</x:v>
       </x:c>
       <x:c r="O89" s="0" t="s">
-        <x:v>30</x:v>
+        <x:v>112</x:v>
       </x:c>
       <x:c r="P89" s="0" t="s">
-        <x:v>110</x:v>
+        <x:v>239</x:v>
       </x:c>
       <x:c r="Q89" s="4" t="s">
-        <x:v>111</x:v>
+        <x:v>38</x:v>
       </x:c>
       <x:c r="R89" s="0" t="s">
-        <x:v>113</x:v>
+        <x:v>240</x:v>
       </x:c>
       <x:c r="S89" s="0" t="n">
-        <x:v>553359</x:v>
+        <x:v>559247</x:v>
       </x:c>
       <x:c r="T89" s="4" t="s">
         <x:v>241</x:v>
       </x:c>
       <x:c r="U89" s="4" t="s">
-        <x:v>243</x:v>
+        <x:v>242</x:v>
       </x:c>
     </x:row>
     <x:row r="90" spans="1:21">
       <x:c r="A90" s="13" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="B90" s="14" t="s">
         <x:v>233</x:v>
       </x:c>
       <x:c r="C90" s="15" t="n">
         <x:v>39063</x:v>
       </x:c>
       <x:c r="D90" s="15" t="s"/>
       <x:c r="E90" s="14" t="s"/>
       <x:c r="F90" s="14" t="s"/>
       <x:c r="G90" s="14" t="s">
-        <x:v>110</x:v>
+        <x:v>248</x:v>
       </x:c>
       <x:c r="H90" s="14" t="s"/>
       <x:c r="I90" s="16" t="s">
-        <x:v>111</x:v>
+        <x:v>249</x:v>
       </x:c>
       <x:c r="J90" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="K90" s="14" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="L90" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M90" s="14" t="s">
-        <x:v>40</x:v>
+        <x:v>107</x:v>
       </x:c>
       <x:c r="N90" s="15" t="n">
         <x:v>34572</x:v>
       </x:c>
       <x:c r="O90" s="14" t="s">
         <x:v>112</x:v>
       </x:c>
       <x:c r="P90" s="14" t="s">
-        <x:v>110</x:v>
+        <x:v>248</x:v>
       </x:c>
       <x:c r="Q90" s="16" t="s">
-        <x:v>111</x:v>
+        <x:v>249</x:v>
       </x:c>
       <x:c r="R90" s="14" t="s">
-        <x:v>113</x:v>
+        <x:v>250</x:v>
       </x:c>
       <x:c r="S90" s="14" t="n">
-        <x:v>559253</x:v>
+        <x:v>553167</x:v>
       </x:c>
       <x:c r="T90" s="16" t="s">
         <x:v>241</x:v>
       </x:c>
       <x:c r="U90" s="16" t="s">
-        <x:v>53</x:v>
+        <x:v>242</x:v>
       </x:c>
     </x:row>
     <x:row r="91" spans="1:21">
       <x:c r="A91" s="1" t="s">
-        <x:v>45</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B91" s="0" t="s">
-        <x:v>250</x:v>
+        <x:v>78</x:v>
       </x:c>
       <x:c r="C91" s="3" t="n">
-        <x:v>35150</x:v>
+        <x:v>37717</x:v>
       </x:c>
       <x:c r="D91" s="3" t="s"/>
+      <x:c r="E91" s="0" t="s">
+        <x:v>23</x:v>
+      </x:c>
       <x:c r="G91" s="0" t="s">
-        <x:v>239</x:v>
+        <x:v>110</x:v>
       </x:c>
       <x:c r="I91" s="4" t="s">
-        <x:v>38</x:v>
+        <x:v>111</x:v>
       </x:c>
       <x:c r="J91" s="0" t="s">
-        <x:v>26</x:v>
+        <x:v>82</x:v>
       </x:c>
       <x:c r="K91" s="0" t="s">
-        <x:v>50</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="L91" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M91" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="N91" s="3" t="n">
-        <x:v>34085</x:v>
+        <x:v>34581</x:v>
       </x:c>
       <x:c r="O91" s="0" t="s">
-        <x:v>171</x:v>
+        <x:v>51</x:v>
       </x:c>
       <x:c r="P91" s="0" t="s">
-        <x:v>239</x:v>
+        <x:v>110</x:v>
       </x:c>
       <x:c r="Q91" s="4" t="s">
-        <x:v>38</x:v>
+        <x:v>111</x:v>
       </x:c>
       <x:c r="R91" s="0" t="s">
-        <x:v>240</x:v>
+        <x:v>113</x:v>
       </x:c>
       <x:c r="S91" s="0" t="n">
-        <x:v>559193</x:v>
+        <x:v>553395</x:v>
       </x:c>
       <x:c r="T91" s="4" t="s">
         <x:v>241</x:v>
       </x:c>
       <x:c r="U91" s="4" t="s">
-        <x:v>242</x:v>
+        <x:v>243</x:v>
       </x:c>
     </x:row>
     <x:row r="92" spans="1:21">
       <x:c r="A92" s="13" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="B92" s="14" t="s">
         <x:v>237</x:v>
       </x:c>
       <x:c r="C92" s="15" t="n">
         <x:v>37717</x:v>
       </x:c>
       <x:c r="D92" s="15" t="s"/>
       <x:c r="E92" s="14" t="s"/>
       <x:c r="F92" s="14" t="s"/>
       <x:c r="G92" s="14" t="s">
         <x:v>110</x:v>
       </x:c>
       <x:c r="H92" s="14" t="s"/>
       <x:c r="I92" s="16" t="s">
         <x:v>111</x:v>
       </x:c>
       <x:c r="J92" s="14" t="s">
         <x:v>82</x:v>
       </x:c>
@@ -9241,51 +9242,51 @@
       </x:c>
       <x:c r="P114" s="14" t="s">
         <x:v>239</x:v>
       </x:c>
       <x:c r="Q114" s="16" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="R114" s="14" t="s">
         <x:v>240</x:v>
       </x:c>
       <x:c r="S114" s="14" t="n">
         <x:v>578851</x:v>
       </x:c>
       <x:c r="T114" s="16" t="s">
         <x:v>290</x:v>
       </x:c>
       <x:c r="U114" s="16" t="s">
         <x:v>53</x:v>
       </x:c>
     </x:row>
     <x:row r="115" spans="1:21">
       <x:c r="A115" s="1" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="B115" s="0" t="s">
-        <x:v>250</x:v>
+        <x:v>247</x:v>
       </x:c>
       <x:c r="C115" s="3" t="n">
         <x:v>35150</x:v>
       </x:c>
       <x:c r="D115" s="3" t="s"/>
       <x:c r="G115" s="0" t="s">
         <x:v>239</x:v>
       </x:c>
       <x:c r="I115" s="4" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="J115" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K115" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="L115" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M115" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="N115" s="3" t="n">
         <x:v>34085</x:v>
@@ -9295,51 +9296,51 @@
       </x:c>
       <x:c r="P115" s="0" t="s">
         <x:v>239</x:v>
       </x:c>
       <x:c r="Q115" s="4" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="R115" s="0" t="s">
         <x:v>240</x:v>
       </x:c>
       <x:c r="S115" s="0" t="n">
         <x:v>578774</x:v>
       </x:c>
       <x:c r="T115" s="4" t="s">
         <x:v>290</x:v>
       </x:c>
       <x:c r="U115" s="4" t="s">
         <x:v>53</x:v>
       </x:c>
     </x:row>
     <x:row r="116" spans="1:21">
       <x:c r="A116" s="13" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="B116" s="14" t="s">
-        <x:v>249</x:v>
+        <x:v>246</x:v>
       </x:c>
       <x:c r="C116" s="15" t="n">
         <x:v>35150</x:v>
       </x:c>
       <x:c r="D116" s="15" t="s"/>
       <x:c r="E116" s="14" t="s"/>
       <x:c r="F116" s="14" t="s"/>
       <x:c r="G116" s="14" t="s">
         <x:v>239</x:v>
       </x:c>
       <x:c r="H116" s="14" t="s"/>
       <x:c r="I116" s="16" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="J116" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K116" s="14" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="L116" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M116" s="14" t="s">
         <x:v>40</x:v>
@@ -11078,51 +11079,51 @@
       <x:c r="J146" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="K146" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L146" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M146" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N146" s="15" t="n">
         <x:v>34581</x:v>
       </x:c>
       <x:c r="O146" s="14" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="P146" s="14" t="s">
         <x:v>182</x:v>
       </x:c>
       <x:c r="Q146" s="16" t="s">
         <x:v>183</x:v>
       </x:c>
       <x:c r="R146" s="14" t="s">
-        <x:v>156</x:v>
+        <x:v>158</x:v>
       </x:c>
       <x:c r="S146" s="14" t="n">
         <x:v>556327</x:v>
       </x:c>
       <x:c r="T146" s="16" t="s">
         <x:v>309</x:v>
       </x:c>
       <x:c r="U146" s="16" t="s">
         <x:v>308</x:v>
       </x:c>
     </x:row>
     <x:row r="147" spans="1:21">
       <x:c r="A147" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B147" s="0" t="s">
         <x:v>328</x:v>
       </x:c>
       <x:c r="C147" s="3" t="n">
         <x:v>40622</x:v>
       </x:c>
       <x:c r="D147" s="3" t="s"/>
       <x:c r="E147" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
@@ -12187,51 +12188,51 @@
       <x:c r="J165" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="K165" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="L165" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="M165" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N165" s="3" t="n">
         <x:v>34581</x:v>
       </x:c>
       <x:c r="O165" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="P165" s="0" t="s">
         <x:v>154</x:v>
       </x:c>
       <x:c r="Q165" s="4" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="R165" s="0" t="s">
-        <x:v>156</x:v>
+        <x:v>158</x:v>
       </x:c>
       <x:c r="S165" s="0" t="n">
         <x:v>554779</x:v>
       </x:c>
       <x:c r="T165" s="4" t="s">
         <x:v>309</x:v>
       </x:c>
       <x:c r="U165" s="4" t="s">
         <x:v>308</x:v>
       </x:c>
     </x:row>
     <x:row r="166" spans="1:21">
       <x:c r="A166" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B166" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="C166" s="15" t="n">
         <x:v>39063</x:v>
       </x:c>
       <x:c r="D166" s="15" t="s"/>
       <x:c r="E166" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
@@ -13186,51 +13187,51 @@
       <x:c r="J182" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="K182" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L182" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M182" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N182" s="15" t="n">
         <x:v>34581</x:v>
       </x:c>
       <x:c r="O182" s="14" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="P182" s="14" t="s">
         <x:v>163</x:v>
       </x:c>
       <x:c r="Q182" s="16" t="s">
         <x:v>164</x:v>
       </x:c>
       <x:c r="R182" s="14" t="s">
-        <x:v>158</x:v>
+        <x:v>156</x:v>
       </x:c>
       <x:c r="S182" s="14" t="n">
         <x:v>556325</x:v>
       </x:c>
       <x:c r="T182" s="16" t="s">
         <x:v>309</x:v>
       </x:c>
       <x:c r="U182" s="16" t="s">
         <x:v>308</x:v>
       </x:c>
     </x:row>
     <x:row r="183" spans="1:21">
       <x:c r="A183" s="1" t="s">
         <x:v>382</x:v>
       </x:c>
       <x:c r="B183" s="0" t="s">
         <x:v>383</x:v>
       </x:c>
       <x:c r="C183" s="3" t="n">
         <x:v>39063</x:v>
       </x:c>
       <x:c r="D183" s="3" t="s"/>
       <x:c r="G183" s="0" t="s">
         <x:v>188</x:v>
       </x:c>
@@ -15213,800 +15214,801 @@
       </x:c>
       <x:c r="P216" s="14" t="s">
         <x:v>229</x:v>
       </x:c>
       <x:c r="Q216" s="16" t="s">
         <x:v>230</x:v>
       </x:c>
       <x:c r="R216" s="14" t="s">
         <x:v>113</x:v>
       </x:c>
       <x:c r="S216" s="14" t="n">
         <x:v>557309</x:v>
       </x:c>
       <x:c r="T216" s="16" t="s">
         <x:v>309</x:v>
       </x:c>
       <x:c r="U216" s="16" t="s">
         <x:v>259</x:v>
       </x:c>
     </x:row>
     <x:row r="217" spans="1:21">
       <x:c r="A217" s="1" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="B217" s="0" t="s">
-        <x:v>404</x:v>
+        <x:v>159</x:v>
       </x:c>
       <x:c r="C217" s="3" t="n">
-        <x:v>40622</x:v>
+        <x:v>38361</x:v>
       </x:c>
       <x:c r="D217" s="3" t="s"/>
       <x:c r="G217" s="0" t="s">
-        <x:v>318</x:v>
+        <x:v>154</x:v>
       </x:c>
       <x:c r="H217" s="0" t="s">
-        <x:v>319</x:v>
+        <x:v>155</x:v>
       </x:c>
       <x:c r="I217" s="4" t="s">
-        <x:v>320</x:v>
+        <x:v>81</x:v>
       </x:c>
       <x:c r="J217" s="0" t="s">
-        <x:v>26</x:v>
+        <x:v>39</x:v>
       </x:c>
       <x:c r="K217" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="L217" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="M217" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N217" s="3" t="n">
-        <x:v>43486</x:v>
+        <x:v>22499</x:v>
       </x:c>
       <x:c r="O217" s="0" t="s">
-        <x:v>331</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="P217" s="0" t="s">
-        <x:v>405</x:v>
+        <x:v>154</x:v>
       </x:c>
       <x:c r="Q217" s="4" t="s">
-        <x:v>228</x:v>
+        <x:v>81</x:v>
       </x:c>
       <x:c r="R217" s="0" t="s">
-        <x:v>223</x:v>
+        <x:v>129</x:v>
       </x:c>
       <x:c r="S217" s="0" t="n">
-        <x:v>580619</x:v>
+        <x:v>564382</x:v>
       </x:c>
       <x:c r="T217" s="4" t="s">
         <x:v>309</x:v>
       </x:c>
       <x:c r="U217" s="4" t="s">
-        <x:v>35</x:v>
+        <x:v>308</x:v>
       </x:c>
     </x:row>
     <x:row r="218" spans="1:21">
       <x:c r="A218" s="13" t="s">
-        <x:v>45</x:v>
+        <x:v>382</x:v>
       </x:c>
       <x:c r="B218" s="14" t="s">
-        <x:v>153</x:v>
+        <x:v>404</x:v>
       </x:c>
       <x:c r="C218" s="15" t="n">
-        <x:v>35801</x:v>
+        <x:v>30086</x:v>
       </x:c>
       <x:c r="D218" s="15" t="s"/>
       <x:c r="E218" s="14" t="s"/>
       <x:c r="F218" s="14" t="s"/>
       <x:c r="G218" s="14" t="s">
-        <x:v>154</x:v>
+        <x:v>355</x:v>
       </x:c>
       <x:c r="H218" s="14" t="s">
-        <x:v>155</x:v>
+        <x:v>356</x:v>
       </x:c>
       <x:c r="I218" s="16" t="s">
-        <x:v>81</x:v>
+        <x:v>357</x:v>
       </x:c>
       <x:c r="J218" s="14" t="s">
-        <x:v>39</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="K218" s="14" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="L218" s="14" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="M218" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N218" s="15" t="n">
-        <x:v>34581</x:v>
+        <x:v>32054</x:v>
       </x:c>
       <x:c r="O218" s="14" t="s">
-        <x:v>51</x:v>
+        <x:v>321</x:v>
       </x:c>
       <x:c r="P218" s="14" t="s">
-        <x:v>154</x:v>
+        <x:v>355</x:v>
       </x:c>
       <x:c r="Q218" s="16" t="s">
-        <x:v>81</x:v>
+        <x:v>357</x:v>
       </x:c>
       <x:c r="R218" s="14" t="s">
-        <x:v>158</x:v>
+        <x:v>113</x:v>
       </x:c>
       <x:c r="S218" s="14" t="n">
-        <x:v>554778</x:v>
+        <x:v>558338</x:v>
       </x:c>
       <x:c r="T218" s="16" t="s">
         <x:v>309</x:v>
       </x:c>
       <x:c r="U218" s="16" t="s">
-        <x:v>308</x:v>
+        <x:v>177</x:v>
       </x:c>
     </x:row>
     <x:row r="219" spans="1:21">
       <x:c r="A219" s="1" t="s">
-        <x:v>45</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B219" s="0" t="s">
-        <x:v>233</x:v>
+        <x:v>119</x:v>
       </x:c>
       <x:c r="C219" s="3" t="n">
-        <x:v>39063</x:v>
+        <x:v>36003</x:v>
       </x:c>
       <x:c r="D219" s="3" t="s"/>
+      <x:c r="E219" s="0" t="s">
+        <x:v>23</x:v>
+      </x:c>
       <x:c r="G219" s="0" t="s">
-        <x:v>406</x:v>
+        <x:v>87</x:v>
+      </x:c>
+      <x:c r="H219" s="0" t="s">
+        <x:v>88</x:v>
       </x:c>
       <x:c r="I219" s="4" t="s">
-        <x:v>407</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="J219" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="K219" s="0" t="s">
-        <x:v>50</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="L219" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M219" s="0" t="s">
-        <x:v>107</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="N219" s="3" t="n">
-        <x:v>34572</x:v>
+        <x:v>34525</x:v>
       </x:c>
       <x:c r="O219" s="0" t="s">
-        <x:v>112</x:v>
+        <x:v>66</x:v>
       </x:c>
       <x:c r="P219" s="0" t="s">
-        <x:v>406</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="Q219" s="4" t="s">
-        <x:v>407</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="R219" s="0" t="s">
-        <x:v>327</x:v>
+        <x:v>90</x:v>
       </x:c>
       <x:c r="S219" s="0" t="n">
-        <x:v>581602</x:v>
+        <x:v>555759</x:v>
       </x:c>
       <x:c r="T219" s="4" t="s">
         <x:v>309</x:v>
       </x:c>
       <x:c r="U219" s="4" t="s">
-        <x:v>61</x:v>
+        <x:v>308</x:v>
       </x:c>
     </x:row>
     <x:row r="220" spans="1:21">
       <x:c r="A220" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B220" s="14" t="s">
-        <x:v>130</x:v>
+        <x:v>184</x:v>
       </x:c>
       <x:c r="C220" s="15" t="n">
         <x:v>38361</x:v>
       </x:c>
       <x:c r="D220" s="15" t="s"/>
       <x:c r="E220" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F220" s="14" t="s"/>
       <x:c r="G220" s="14" t="s">
-        <x:v>160</x:v>
-[...1 lines deleted...]
-      <x:c r="H220" s="14" t="s"/>
+        <x:v>154</x:v>
+      </x:c>
+      <x:c r="H220" s="14" t="s">
+        <x:v>155</x:v>
+      </x:c>
       <x:c r="I220" s="16" t="s">
-        <x:v>68</x:v>
+        <x:v>81</x:v>
       </x:c>
       <x:c r="J220" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="K220" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L220" s="14" t="s">
-        <x:v>57</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="M220" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N220" s="15" t="n">
         <x:v>22499</x:v>
       </x:c>
       <x:c r="O220" s="14" t="s">
         <x:v>101</x:v>
       </x:c>
       <x:c r="P220" s="14" t="s">
-        <x:v>131</x:v>
+        <x:v>405</x:v>
       </x:c>
       <x:c r="Q220" s="16" t="s">
-        <x:v>132</x:v>
+        <x:v>128</x:v>
       </x:c>
       <x:c r="R220" s="14" t="s">
-        <x:v>133</x:v>
+        <x:v>129</x:v>
       </x:c>
       <x:c r="S220" s="14" t="n">
-        <x:v>547560</x:v>
+        <x:v>556364</x:v>
       </x:c>
       <x:c r="T220" s="16" t="s">
         <x:v>309</x:v>
       </x:c>
       <x:c r="U220" s="16" t="s">
         <x:v>308</x:v>
       </x:c>
     </x:row>
     <x:row r="221" spans="1:21">
       <x:c r="A221" s="1" t="s">
-        <x:v>45</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B221" s="0" t="s">
-        <x:v>159</x:v>
+        <x:v>313</x:v>
       </x:c>
       <x:c r="C221" s="3" t="n">
-        <x:v>38361</x:v>
+        <x:v>35150</x:v>
       </x:c>
       <x:c r="D221" s="3" t="s"/>
+      <x:c r="E221" s="0" t="s">
+        <x:v>23</x:v>
+      </x:c>
       <x:c r="G221" s="0" t="s">
-        <x:v>154</x:v>
+        <x:v>406</x:v>
       </x:c>
       <x:c r="H221" s="0" t="s">
-        <x:v>155</x:v>
+        <x:v>407</x:v>
       </x:c>
       <x:c r="I221" s="4" t="s">
-        <x:v>81</x:v>
+        <x:v>408</x:v>
       </x:c>
       <x:c r="J221" s="0" t="s">
-        <x:v>39</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="K221" s="0" t="s">
-        <x:v>50</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="L221" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="M221" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N221" s="3" t="n">
-        <x:v>22499</x:v>
+        <x:v>34085</x:v>
       </x:c>
       <x:c r="O221" s="0" t="s">
-        <x:v>101</x:v>
+        <x:v>171</x:v>
       </x:c>
       <x:c r="P221" s="0" t="s">
-        <x:v>154</x:v>
+        <x:v>409</x:v>
       </x:c>
       <x:c r="Q221" s="4" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="R221" s="0" t="s">
-        <x:v>162</x:v>
+        <x:v>104</x:v>
       </x:c>
       <x:c r="S221" s="0" t="n">
-        <x:v>564375</x:v>
+        <x:v>549111</x:v>
       </x:c>
       <x:c r="T221" s="4" t="s">
         <x:v>309</x:v>
       </x:c>
       <x:c r="U221" s="4" t="s">
-        <x:v>308</x:v>
+        <x:v>61</x:v>
       </x:c>
     </x:row>
     <x:row r="222" spans="1:21">
       <x:c r="A222" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B222" s="14" t="s">
-        <x:v>119</x:v>
+        <x:v>91</x:v>
       </x:c>
       <x:c r="C222" s="15" t="n">
         <x:v>36003</x:v>
       </x:c>
       <x:c r="D222" s="15" t="s"/>
       <x:c r="E222" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F222" s="14" t="s"/>
       <x:c r="G222" s="14" t="s">
-        <x:v>87</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>92</x:v>
+      </x:c>
+      <x:c r="H222" s="14" t="s"/>
       <x:c r="I222" s="16" t="s">
-        <x:v>89</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="J222" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="K222" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L222" s="14" t="s">
-        <x:v>28</x:v>
+        <x:v>57</x:v>
       </x:c>
       <x:c r="M222" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N222" s="15" t="n">
         <x:v>34525</x:v>
       </x:c>
       <x:c r="O222" s="14" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="P222" s="14" t="s">
-        <x:v>87</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="Q222" s="16" t="s">
-        <x:v>89</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="R222" s="14" t="s">
-        <x:v>90</x:v>
+        <x:v>96</x:v>
       </x:c>
       <x:c r="S222" s="14" t="n">
-        <x:v>555759</x:v>
+        <x:v>554254</x:v>
       </x:c>
       <x:c r="T222" s="16" t="s">
         <x:v>309</x:v>
       </x:c>
       <x:c r="U222" s="16" t="s">
         <x:v>308</x:v>
       </x:c>
     </x:row>
     <x:row r="223" spans="1:21">
       <x:c r="A223" s="1" t="s">
-        <x:v>45</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B223" s="0" t="s">
-        <x:v>159</x:v>
+        <x:v>36</x:v>
       </x:c>
       <x:c r="C223" s="3" t="n">
-        <x:v>38361</x:v>
+        <x:v>39063</x:v>
       </x:c>
       <x:c r="D223" s="3" t="s"/>
+      <x:c r="E223" s="0" t="s">
+        <x:v>23</x:v>
+      </x:c>
       <x:c r="G223" s="0" t="s">
-        <x:v>154</x:v>
-[...2 lines deleted...]
-        <x:v>155</x:v>
+        <x:v>410</x:v>
       </x:c>
       <x:c r="I223" s="4" t="s">
-        <x:v>81</x:v>
+        <x:v>411</x:v>
       </x:c>
       <x:c r="J223" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="K223" s="0" t="s">
-        <x:v>50</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="L223" s="0" t="s">
-        <x:v>57</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="M223" s="0" t="s">
-        <x:v>29</x:v>
+        <x:v>40</x:v>
       </x:c>
       <x:c r="N223" s="3" t="n">
-        <x:v>22499</x:v>
+        <x:v>34572</x:v>
       </x:c>
       <x:c r="O223" s="0" t="s">
-        <x:v>101</x:v>
+        <x:v>112</x:v>
       </x:c>
       <x:c r="P223" s="0" t="s">
-        <x:v>154</x:v>
+        <x:v>410</x:v>
       </x:c>
       <x:c r="Q223" s="4" t="s">
-        <x:v>81</x:v>
+        <x:v>411</x:v>
       </x:c>
       <x:c r="R223" s="0" t="s">
-        <x:v>129</x:v>
+        <x:v>412</x:v>
       </x:c>
       <x:c r="S223" s="0" t="n">
-        <x:v>557461</x:v>
+        <x:v>602663</x:v>
       </x:c>
       <x:c r="T223" s="4" t="s">
         <x:v>309</x:v>
       </x:c>
       <x:c r="U223" s="4" t="s">
-        <x:v>308</x:v>
+        <x:v>349</x:v>
       </x:c>
     </x:row>
     <x:row r="224" spans="1:21">
       <x:c r="A224" s="13" t="s">
-        <x:v>21</x:v>
+        <x:v>45</x:v>
       </x:c>
       <x:c r="B224" s="14" t="s">
-        <x:v>91</x:v>
+        <x:v>159</x:v>
       </x:c>
       <x:c r="C224" s="15" t="n">
-        <x:v>36003</x:v>
+        <x:v>38361</x:v>
       </x:c>
       <x:c r="D224" s="15" t="s"/>
-      <x:c r="E224" s="14" t="s">
-[...1 lines deleted...]
-      </x:c>
+      <x:c r="E224" s="14" t="s"/>
       <x:c r="F224" s="14" t="s"/>
       <x:c r="G224" s="14" t="s">
-        <x:v>92</x:v>
-[...1 lines deleted...]
-      <x:c r="H224" s="14" t="s"/>
+        <x:v>154</x:v>
+      </x:c>
+      <x:c r="H224" s="14" t="s">
+        <x:v>155</x:v>
+      </x:c>
       <x:c r="I224" s="16" t="s">
-        <x:v>93</x:v>
+        <x:v>81</x:v>
       </x:c>
       <x:c r="J224" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="K224" s="14" t="s">
-        <x:v>27</x:v>
+        <x:v>50</x:v>
       </x:c>
       <x:c r="L224" s="14" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="M224" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N224" s="15" t="n">
-        <x:v>34525</x:v>
+        <x:v>22499</x:v>
       </x:c>
       <x:c r="O224" s="14" t="s">
-        <x:v>66</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="P224" s="14" t="s">
-        <x:v>94</x:v>
+        <x:v>154</x:v>
       </x:c>
       <x:c r="Q224" s="16" t="s">
-        <x:v>95</x:v>
+        <x:v>81</x:v>
       </x:c>
       <x:c r="R224" s="14" t="s">
-        <x:v>96</x:v>
+        <x:v>179</x:v>
       </x:c>
       <x:c r="S224" s="14" t="n">
-        <x:v>554254</x:v>
+        <x:v>554008</x:v>
       </x:c>
       <x:c r="T224" s="16" t="s">
         <x:v>309</x:v>
       </x:c>
       <x:c r="U224" s="16" t="s">
         <x:v>308</x:v>
       </x:c>
     </x:row>
     <x:row r="225" spans="1:21">
       <x:c r="A225" s="1" t="s">
-        <x:v>21</x:v>
+        <x:v>45</x:v>
       </x:c>
       <x:c r="B225" s="0" t="s">
-        <x:v>36</x:v>
+        <x:v>159</x:v>
       </x:c>
       <x:c r="C225" s="3" t="n">
-        <x:v>39063</x:v>
+        <x:v>38361</x:v>
       </x:c>
       <x:c r="D225" s="3" t="s"/>
-      <x:c r="E225" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="G225" s="0" t="s">
-        <x:v>408</x:v>
+        <x:v>154</x:v>
+      </x:c>
+      <x:c r="H225" s="0" t="s">
+        <x:v>155</x:v>
       </x:c>
       <x:c r="I225" s="4" t="s">
-        <x:v>409</x:v>
+        <x:v>81</x:v>
       </x:c>
       <x:c r="J225" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="K225" s="0" t="s">
-        <x:v>27</x:v>
+        <x:v>50</x:v>
       </x:c>
       <x:c r="L225" s="0" t="s">
-        <x:v>28</x:v>
+        <x:v>57</x:v>
       </x:c>
       <x:c r="M225" s="0" t="s">
-        <x:v>40</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="N225" s="3" t="n">
-        <x:v>34572</x:v>
+        <x:v>22499</x:v>
       </x:c>
       <x:c r="O225" s="0" t="s">
-        <x:v>112</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="P225" s="0" t="s">
-        <x:v>408</x:v>
+        <x:v>154</x:v>
       </x:c>
       <x:c r="Q225" s="4" t="s">
-        <x:v>409</x:v>
+        <x:v>81</x:v>
       </x:c>
       <x:c r="R225" s="0" t="s">
-        <x:v>410</x:v>
+        <x:v>129</x:v>
       </x:c>
       <x:c r="S225" s="0" t="n">
-        <x:v>602663</x:v>
+        <x:v>557461</x:v>
       </x:c>
       <x:c r="T225" s="4" t="s">
         <x:v>309</x:v>
       </x:c>
       <x:c r="U225" s="4" t="s">
-        <x:v>349</x:v>
+        <x:v>308</x:v>
       </x:c>
     </x:row>
     <x:row r="226" spans="1:21">
       <x:c r="A226" s="13" t="s">
-        <x:v>21</x:v>
+        <x:v>45</x:v>
       </x:c>
       <x:c r="B226" s="14" t="s">
-        <x:v>36</x:v>
+        <x:v>159</x:v>
       </x:c>
       <x:c r="C226" s="15" t="n">
-        <x:v>39063</x:v>
+        <x:v>38361</x:v>
       </x:c>
       <x:c r="D226" s="15" t="s"/>
-      <x:c r="E226" s="14" t="s">
-[...1 lines deleted...]
-      </x:c>
+      <x:c r="E226" s="14" t="s"/>
       <x:c r="F226" s="14" t="s"/>
       <x:c r="G226" s="14" t="s">
-        <x:v>37</x:v>
-[...1 lines deleted...]
-      <x:c r="H226" s="14" t="s"/>
+        <x:v>154</x:v>
+      </x:c>
+      <x:c r="H226" s="14" t="s">
+        <x:v>155</x:v>
+      </x:c>
       <x:c r="I226" s="16" t="s">
-        <x:v>38</x:v>
+        <x:v>81</x:v>
       </x:c>
       <x:c r="J226" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="K226" s="14" t="s">
-        <x:v>27</x:v>
+        <x:v>50</x:v>
       </x:c>
       <x:c r="L226" s="14" t="s">
-        <x:v>28</x:v>
+        <x:v>57</x:v>
       </x:c>
       <x:c r="M226" s="14" t="s">
-        <x:v>40</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="N226" s="15" t="n">
-        <x:v>34572</x:v>
+        <x:v>22499</x:v>
       </x:c>
       <x:c r="O226" s="14" t="s">
-        <x:v>112</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="P226" s="14" t="s">
-        <x:v>37</x:v>
+        <x:v>154</x:v>
       </x:c>
       <x:c r="Q226" s="16" t="s">
-        <x:v>38</x:v>
+        <x:v>81</x:v>
       </x:c>
       <x:c r="R226" s="14" t="s">
-        <x:v>240</x:v>
+        <x:v>162</x:v>
       </x:c>
       <x:c r="S226" s="14" t="n">
-        <x:v>608653</x:v>
+        <x:v>564375</x:v>
       </x:c>
       <x:c r="T226" s="16" t="s">
-        <x:v>411</x:v>
+        <x:v>309</x:v>
       </x:c>
       <x:c r="U226" s="16" t="s">
-        <x:v>53</x:v>
+        <x:v>308</x:v>
       </x:c>
     </x:row>
     <x:row r="227" spans="1:21">
       <x:c r="A227" s="1" t="s">
-        <x:v>21</x:v>
+        <x:v>45</x:v>
       </x:c>
       <x:c r="B227" s="0" t="s">
-        <x:v>313</x:v>
+        <x:v>413</x:v>
       </x:c>
       <x:c r="C227" s="3" t="n">
-        <x:v>35150</x:v>
+        <x:v>40622</x:v>
       </x:c>
       <x:c r="D227" s="3" t="s"/>
-      <x:c r="E227" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="G227" s="0" t="s">
-        <x:v>412</x:v>
+        <x:v>318</x:v>
       </x:c>
       <x:c r="H227" s="0" t="s">
-        <x:v>413</x:v>
+        <x:v>319</x:v>
       </x:c>
       <x:c r="I227" s="4" t="s">
-        <x:v>414</x:v>
+        <x:v>320</x:v>
       </x:c>
       <x:c r="J227" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K227" s="0" t="s">
-        <x:v>27</x:v>
+        <x:v>50</x:v>
       </x:c>
       <x:c r="L227" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="M227" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N227" s="3" t="n">
-        <x:v>34085</x:v>
+        <x:v>43486</x:v>
       </x:c>
       <x:c r="O227" s="0" t="s">
-        <x:v>171</x:v>
+        <x:v>331</x:v>
       </x:c>
       <x:c r="P227" s="0" t="s">
-        <x:v>415</x:v>
+        <x:v>414</x:v>
       </x:c>
       <x:c r="Q227" s="4" t="s">
-        <x:v>81</x:v>
+        <x:v>228</x:v>
       </x:c>
       <x:c r="R227" s="0" t="s">
-        <x:v>104</x:v>
+        <x:v>223</x:v>
       </x:c>
       <x:c r="S227" s="0" t="n">
-        <x:v>549111</x:v>
+        <x:v>580619</x:v>
       </x:c>
       <x:c r="T227" s="4" t="s">
         <x:v>309</x:v>
       </x:c>
       <x:c r="U227" s="4" t="s">
-        <x:v>61</x:v>
+        <x:v>35</x:v>
       </x:c>
     </x:row>
     <x:row r="228" spans="1:21">
       <x:c r="A228" s="13" t="s">
-        <x:v>21</x:v>
+        <x:v>45</x:v>
       </x:c>
       <x:c r="B228" s="14" t="s">
-        <x:v>184</x:v>
+        <x:v>153</x:v>
       </x:c>
       <x:c r="C228" s="15" t="n">
-        <x:v>38361</x:v>
+        <x:v>35801</x:v>
       </x:c>
       <x:c r="D228" s="15" t="s"/>
-      <x:c r="E228" s="14" t="s">
-[...1 lines deleted...]
-      </x:c>
+      <x:c r="E228" s="14" t="s"/>
       <x:c r="F228" s="14" t="s"/>
       <x:c r="G228" s="14" t="s">
         <x:v>154</x:v>
       </x:c>
       <x:c r="H228" s="14" t="s">
         <x:v>155</x:v>
       </x:c>
       <x:c r="I228" s="16" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="J228" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="K228" s="14" t="s">
-        <x:v>27</x:v>
+        <x:v>50</x:v>
       </x:c>
       <x:c r="L228" s="14" t="s">
-        <x:v>28</x:v>
+        <x:v>57</x:v>
       </x:c>
       <x:c r="M228" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N228" s="15" t="n">
-        <x:v>22499</x:v>
+        <x:v>34581</x:v>
       </x:c>
       <x:c r="O228" s="14" t="s">
-        <x:v>101</x:v>
+        <x:v>51</x:v>
       </x:c>
       <x:c r="P228" s="14" t="s">
-        <x:v>416</x:v>
+        <x:v>154</x:v>
       </x:c>
       <x:c r="Q228" s="16" t="s">
-        <x:v>128</x:v>
+        <x:v>81</x:v>
       </x:c>
       <x:c r="R228" s="14" t="s">
-        <x:v>129</x:v>
+        <x:v>156</x:v>
       </x:c>
       <x:c r="S228" s="14" t="n">
-        <x:v>556364</x:v>
+        <x:v>554778</x:v>
       </x:c>
       <x:c r="T228" s="16" t="s">
         <x:v>309</x:v>
       </x:c>
       <x:c r="U228" s="16" t="s">
         <x:v>308</x:v>
       </x:c>
     </x:row>
     <x:row r="229" spans="1:21">
       <x:c r="A229" s="1" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="B229" s="0" t="s">
-        <x:v>159</x:v>
+        <x:v>233</x:v>
       </x:c>
       <x:c r="C229" s="3" t="n">
-        <x:v>38361</x:v>
+        <x:v>39063</x:v>
       </x:c>
       <x:c r="D229" s="3" t="s"/>
       <x:c r="G229" s="0" t="s">
-        <x:v>154</x:v>
-[...2 lines deleted...]
-        <x:v>155</x:v>
+        <x:v>415</x:v>
       </x:c>
       <x:c r="I229" s="4" t="s">
-        <x:v>81</x:v>
+        <x:v>416</x:v>
       </x:c>
       <x:c r="J229" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="K229" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="L229" s="0" t="s">
-        <x:v>57</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="M229" s="0" t="s">
-        <x:v>29</x:v>
+        <x:v>107</x:v>
       </x:c>
       <x:c r="N229" s="3" t="n">
-        <x:v>22499</x:v>
+        <x:v>34572</x:v>
       </x:c>
       <x:c r="O229" s="0" t="s">
-        <x:v>101</x:v>
+        <x:v>112</x:v>
       </x:c>
       <x:c r="P229" s="0" t="s">
-        <x:v>154</x:v>
+        <x:v>415</x:v>
       </x:c>
       <x:c r="Q229" s="4" t="s">
-        <x:v>81</x:v>
+        <x:v>416</x:v>
       </x:c>
       <x:c r="R229" s="0" t="s">
-        <x:v>179</x:v>
+        <x:v>327</x:v>
       </x:c>
       <x:c r="S229" s="0" t="n">
-        <x:v>554008</x:v>
+        <x:v>581602</x:v>
       </x:c>
       <x:c r="T229" s="4" t="s">
         <x:v>309</x:v>
       </x:c>
       <x:c r="U229" s="4" t="s">
-        <x:v>308</x:v>
+        <x:v>61</x:v>
       </x:c>
     </x:row>
     <x:row r="230" spans="1:21">
       <x:c r="A230" s="13" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="B230" s="14" t="s">
         <x:v>417</x:v>
       </x:c>
       <x:c r="C230" s="15" t="n">
         <x:v>37926</x:v>
       </x:c>
       <x:c r="D230" s="15" t="s"/>
       <x:c r="E230" s="14" t="s"/>
       <x:c r="F230" s="14" t="s"/>
       <x:c r="G230" s="14" t="s">
         <x:v>318</x:v>
       </x:c>
       <x:c r="H230" s="14" t="s">
         <x:v>319</x:v>
       </x:c>
       <x:c r="I230" s="16" t="s">
         <x:v>320</x:v>
       </x:c>
       <x:c r="J230" s="14" t="s">
@@ -16029,862 +16031,862 @@
       </x:c>
       <x:c r="P230" s="14" t="s">
         <x:v>318</x:v>
       </x:c>
       <x:c r="Q230" s="16" t="s">
         <x:v>320</x:v>
       </x:c>
       <x:c r="R230" s="14" t="s">
         <x:v>340</x:v>
       </x:c>
       <x:c r="S230" s="14" t="n">
         <x:v>575048</x:v>
       </x:c>
       <x:c r="T230" s="16" t="s">
         <x:v>309</x:v>
       </x:c>
       <x:c r="U230" s="16" t="s">
         <x:v>35</x:v>
       </x:c>
     </x:row>
     <x:row r="231" spans="1:21">
       <x:c r="A231" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B231" s="0" t="s">
-        <x:v>109</x:v>
+        <x:v>419</x:v>
       </x:c>
       <x:c r="C231" s="3" t="n">
-        <x:v>35652</x:v>
+        <x:v>38602</x:v>
       </x:c>
       <x:c r="D231" s="3" t="s"/>
       <x:c r="E231" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G231" s="0" t="s">
-        <x:v>24</x:v>
+        <x:v>387</x:v>
+      </x:c>
+      <x:c r="H231" s="0" t="s">
+        <x:v>388</x:v>
       </x:c>
       <x:c r="I231" s="4" t="s">
-        <x:v>25</x:v>
+        <x:v>111</x:v>
       </x:c>
       <x:c r="J231" s="0" t="s">
-        <x:v>106</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="K231" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L231" s="0" t="s">
-        <x:v>28</x:v>
+        <x:v>57</x:v>
       </x:c>
       <x:c r="M231" s="0" t="s">
-        <x:v>107</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="N231" s="3" t="n">
-        <x:v>34538</x:v>
+        <x:v>34085</x:v>
       </x:c>
       <x:c r="O231" s="0" t="s">
-        <x:v>108</x:v>
+        <x:v>171</x:v>
       </x:c>
       <x:c r="P231" s="0" t="s">
-        <x:v>31</x:v>
+        <x:v>387</x:v>
       </x:c>
       <x:c r="Q231" s="4" t="s">
-        <x:v>32</x:v>
+        <x:v>111</x:v>
       </x:c>
       <x:c r="R231" s="0" t="s">
-        <x:v>33</x:v>
+        <x:v>113</x:v>
       </x:c>
       <x:c r="S231" s="0" t="n">
-        <x:v>549067</x:v>
+        <x:v>607794</x:v>
       </x:c>
       <x:c r="T231" s="4" t="s">
         <x:v>309</x:v>
       </x:c>
       <x:c r="U231" s="4" t="s">
-        <x:v>166</x:v>
+        <x:v>389</x:v>
       </x:c>
     </x:row>
     <x:row r="232" spans="1:21">
       <x:c r="A232" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B232" s="14" t="s">
-        <x:v>184</x:v>
+        <x:v>109</x:v>
       </x:c>
       <x:c r="C232" s="15" t="n">
-        <x:v>38361</x:v>
+        <x:v>35652</x:v>
       </x:c>
       <x:c r="D232" s="15" t="s"/>
       <x:c r="E232" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F232" s="14" t="s"/>
       <x:c r="G232" s="14" t="s">
-        <x:v>154</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>24</x:v>
+      </x:c>
+      <x:c r="H232" s="14" t="s"/>
       <x:c r="I232" s="16" t="s">
-        <x:v>81</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="J232" s="14" t="s">
-        <x:v>39</x:v>
+        <x:v>106</x:v>
       </x:c>
       <x:c r="K232" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L232" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M232" s="14" t="s">
-        <x:v>29</x:v>
+        <x:v>107</x:v>
       </x:c>
       <x:c r="N232" s="15" t="n">
-        <x:v>22499</x:v>
+        <x:v>34538</x:v>
       </x:c>
       <x:c r="O232" s="14" t="s">
-        <x:v>101</x:v>
+        <x:v>108</x:v>
       </x:c>
       <x:c r="P232" s="14" t="s">
-        <x:v>194</x:v>
+        <x:v>31</x:v>
       </x:c>
       <x:c r="Q232" s="16" t="s">
-        <x:v>181</x:v>
+        <x:v>32</x:v>
       </x:c>
       <x:c r="R232" s="14" t="s">
-        <x:v>179</x:v>
+        <x:v>33</x:v>
       </x:c>
       <x:c r="S232" s="14" t="n">
-        <x:v>556360</x:v>
+        <x:v>549067</x:v>
       </x:c>
       <x:c r="T232" s="16" t="s">
         <x:v>309</x:v>
       </x:c>
       <x:c r="U232" s="16" t="s">
-        <x:v>308</x:v>
+        <x:v>166</x:v>
       </x:c>
     </x:row>
     <x:row r="233" spans="1:21">
       <x:c r="A233" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B233" s="0" t="s">
-        <x:v>78</x:v>
+        <x:v>184</x:v>
       </x:c>
       <x:c r="C233" s="3" t="n">
-        <x:v>37717</x:v>
+        <x:v>38361</x:v>
       </x:c>
       <x:c r="D233" s="3" t="s"/>
       <x:c r="E233" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G233" s="0" t="s">
-        <x:v>79</x:v>
+        <x:v>154</x:v>
       </x:c>
       <x:c r="H233" s="0" t="s">
-        <x:v>80</x:v>
+        <x:v>155</x:v>
       </x:c>
       <x:c r="I233" s="4" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="J233" s="0" t="s">
-        <x:v>82</x:v>
+        <x:v>39</x:v>
       </x:c>
       <x:c r="K233" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L233" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M233" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N233" s="3" t="n">
-        <x:v>34581</x:v>
+        <x:v>22499</x:v>
       </x:c>
       <x:c r="O233" s="0" t="s">
-        <x:v>51</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="P233" s="0" t="s">
-        <x:v>419</x:v>
+        <x:v>194</x:v>
       </x:c>
       <x:c r="Q233" s="4" t="s">
-        <x:v>81</x:v>
+        <x:v>181</x:v>
       </x:c>
       <x:c r="R233" s="0" t="s">
-        <x:v>104</x:v>
+        <x:v>179</x:v>
       </x:c>
       <x:c r="S233" s="0" t="n">
-        <x:v>555841</x:v>
+        <x:v>556360</x:v>
       </x:c>
       <x:c r="T233" s="4" t="s">
         <x:v>309</x:v>
       </x:c>
       <x:c r="U233" s="4" t="s">
         <x:v>308</x:v>
       </x:c>
     </x:row>
     <x:row r="234" spans="1:21">
       <x:c r="A234" s="13" t="s">
-        <x:v>21</x:v>
+        <x:v>382</x:v>
       </x:c>
       <x:c r="B234" s="14" t="s">
-        <x:v>62</x:v>
+        <x:v>420</x:v>
       </x:c>
       <x:c r="C234" s="15" t="n">
         <x:v>36003</x:v>
       </x:c>
       <x:c r="D234" s="15" t="s"/>
-      <x:c r="E234" s="14" t="s">
-[...1 lines deleted...]
-      </x:c>
+      <x:c r="E234" s="14" t="s"/>
       <x:c r="F234" s="14" t="s"/>
       <x:c r="G234" s="14" t="s">
-        <x:v>63</x:v>
+        <x:v>120</x:v>
       </x:c>
       <x:c r="H234" s="14" t="s">
-        <x:v>64</x:v>
+        <x:v>421</x:v>
       </x:c>
       <x:c r="I234" s="16" t="s">
-        <x:v>65</x:v>
+        <x:v>121</x:v>
       </x:c>
       <x:c r="J234" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="K234" s="14" t="s">
-        <x:v>27</x:v>
+        <x:v>422</x:v>
       </x:c>
       <x:c r="L234" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M234" s="14" t="s">
-        <x:v>107</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="N234" s="15" t="n">
         <x:v>34525</x:v>
       </x:c>
       <x:c r="O234" s="14" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="P234" s="14" t="s">
-        <x:v>67</x:v>
+        <x:v>120</x:v>
       </x:c>
       <x:c r="Q234" s="16" t="s">
-        <x:v>68</x:v>
+        <x:v>121</x:v>
       </x:c>
       <x:c r="R234" s="14" t="s">
-        <x:v>69</x:v>
+        <x:v>122</x:v>
       </x:c>
       <x:c r="S234" s="14" t="n">
-        <x:v>549878</x:v>
+        <x:v>551409</x:v>
       </x:c>
       <x:c r="T234" s="16" t="s">
         <x:v>309</x:v>
       </x:c>
       <x:c r="U234" s="16" t="s">
-        <x:v>308</x:v>
+        <x:v>61</x:v>
       </x:c>
     </x:row>
     <x:row r="235" spans="1:21">
       <x:c r="A235" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B235" s="0" t="s">
-        <x:v>420</x:v>
+        <x:v>130</x:v>
       </x:c>
       <x:c r="C235" s="3" t="n">
-        <x:v>38602</x:v>
+        <x:v>38361</x:v>
       </x:c>
       <x:c r="D235" s="3" t="s"/>
       <x:c r="E235" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G235" s="0" t="s">
-        <x:v>387</x:v>
-[...2 lines deleted...]
-        <x:v>388</x:v>
+        <x:v>160</x:v>
       </x:c>
       <x:c r="I235" s="4" t="s">
-        <x:v>111</x:v>
+        <x:v>68</x:v>
       </x:c>
       <x:c r="J235" s="0" t="s">
-        <x:v>26</x:v>
+        <x:v>39</x:v>
       </x:c>
       <x:c r="K235" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L235" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="M235" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N235" s="3" t="n">
-        <x:v>34085</x:v>
+        <x:v>22499</x:v>
       </x:c>
       <x:c r="O235" s="0" t="s">
-        <x:v>171</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="P235" s="0" t="s">
-        <x:v>387</x:v>
+        <x:v>131</x:v>
       </x:c>
       <x:c r="Q235" s="4" t="s">
-        <x:v>111</x:v>
+        <x:v>132</x:v>
       </x:c>
       <x:c r="R235" s="0" t="s">
-        <x:v>113</x:v>
+        <x:v>133</x:v>
       </x:c>
       <x:c r="S235" s="0" t="n">
-        <x:v>607794</x:v>
+        <x:v>547560</x:v>
       </x:c>
       <x:c r="T235" s="4" t="s">
         <x:v>309</x:v>
       </x:c>
       <x:c r="U235" s="4" t="s">
-        <x:v>389</x:v>
+        <x:v>308</x:v>
       </x:c>
     </x:row>
     <x:row r="236" spans="1:21">
       <x:c r="A236" s="13" t="s">
-        <x:v>45</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B236" s="14" t="s">
-        <x:v>159</x:v>
+        <x:v>54</x:v>
       </x:c>
       <x:c r="C236" s="15" t="n">
-        <x:v>38361</x:v>
+        <x:v>35801</x:v>
       </x:c>
       <x:c r="D236" s="15" t="s"/>
-      <x:c r="E236" s="14" t="s"/>
+      <x:c r="E236" s="14" t="s">
+        <x:v>23</x:v>
+      </x:c>
       <x:c r="F236" s="14" t="s"/>
       <x:c r="G236" s="14" t="s">
-        <x:v>154</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>343</x:v>
+      </x:c>
+      <x:c r="H236" s="14" t="s"/>
       <x:c r="I236" s="16" t="s">
-        <x:v>81</x:v>
+        <x:v>344</x:v>
       </x:c>
       <x:c r="J236" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="K236" s="14" t="s">
-        <x:v>50</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="L236" s="14" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="M236" s="14" t="s">
-        <x:v>29</x:v>
+        <x:v>107</x:v>
       </x:c>
       <x:c r="N236" s="15" t="n">
-        <x:v>22499</x:v>
+        <x:v>34581</x:v>
       </x:c>
       <x:c r="O236" s="14" t="s">
-        <x:v>101</x:v>
+        <x:v>51</x:v>
       </x:c>
       <x:c r="P236" s="14" t="s">
-        <x:v>154</x:v>
+        <x:v>423</x:v>
       </x:c>
       <x:c r="Q236" s="16" t="s">
-        <x:v>81</x:v>
+        <x:v>49</x:v>
       </x:c>
       <x:c r="R236" s="14" t="s">
-        <x:v>129</x:v>
+        <x:v>33</x:v>
       </x:c>
       <x:c r="S236" s="14" t="n">
-        <x:v>564382</x:v>
+        <x:v>558949</x:v>
       </x:c>
       <x:c r="T236" s="16" t="s">
         <x:v>309</x:v>
       </x:c>
       <x:c r="U236" s="16" t="s">
-        <x:v>308</x:v>
+        <x:v>342</x:v>
       </x:c>
     </x:row>
     <x:row r="237" spans="1:21">
       <x:c r="A237" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B237" s="0" t="s">
-        <x:v>54</x:v>
+        <x:v>78</x:v>
       </x:c>
       <x:c r="C237" s="3" t="n">
-        <x:v>35801</x:v>
+        <x:v>37717</x:v>
       </x:c>
       <x:c r="D237" s="3" t="s"/>
       <x:c r="E237" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G237" s="0" t="s">
-        <x:v>343</x:v>
+        <x:v>79</x:v>
+      </x:c>
+      <x:c r="H237" s="0" t="s">
+        <x:v>80</x:v>
       </x:c>
       <x:c r="I237" s="4" t="s">
-        <x:v>344</x:v>
+        <x:v>81</x:v>
       </x:c>
       <x:c r="J237" s="0" t="s">
-        <x:v>39</x:v>
+        <x:v>82</x:v>
       </x:c>
       <x:c r="K237" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L237" s="0" t="s">
-        <x:v>57</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="M237" s="0" t="s">
-        <x:v>107</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="N237" s="3" t="n">
         <x:v>34581</x:v>
       </x:c>
       <x:c r="O237" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="P237" s="0" t="s">
-        <x:v>421</x:v>
+        <x:v>424</x:v>
       </x:c>
       <x:c r="Q237" s="4" t="s">
-        <x:v>49</x:v>
+        <x:v>81</x:v>
       </x:c>
       <x:c r="R237" s="0" t="s">
-        <x:v>33</x:v>
+        <x:v>104</x:v>
       </x:c>
       <x:c r="S237" s="0" t="n">
-        <x:v>558949</x:v>
+        <x:v>555841</x:v>
       </x:c>
       <x:c r="T237" s="4" t="s">
         <x:v>309</x:v>
       </x:c>
       <x:c r="U237" s="4" t="s">
-        <x:v>342</x:v>
+        <x:v>308</x:v>
       </x:c>
     </x:row>
     <x:row r="238" spans="1:21">
       <x:c r="A238" s="13" t="s">
-        <x:v>382</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B238" s="14" t="s">
-        <x:v>422</x:v>
+        <x:v>62</x:v>
       </x:c>
       <x:c r="C238" s="15" t="n">
-        <x:v>30086</x:v>
+        <x:v>36003</x:v>
       </x:c>
       <x:c r="D238" s="15" t="s"/>
-      <x:c r="E238" s="14" t="s"/>
+      <x:c r="E238" s="14" t="s">
+        <x:v>23</x:v>
+      </x:c>
       <x:c r="F238" s="14" t="s"/>
       <x:c r="G238" s="14" t="s">
-        <x:v>355</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="H238" s="14" t="s">
-        <x:v>356</x:v>
+        <x:v>64</x:v>
       </x:c>
       <x:c r="I238" s="16" t="s">
-        <x:v>357</x:v>
+        <x:v>65</x:v>
       </x:c>
       <x:c r="J238" s="14" t="s">
-        <x:v>26</x:v>
+        <x:v>39</x:v>
       </x:c>
       <x:c r="K238" s="14" t="s">
-        <x:v>50</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="L238" s="14" t="s">
-        <x:v>57</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="M238" s="14" t="s">
-        <x:v>29</x:v>
+        <x:v>107</x:v>
       </x:c>
       <x:c r="N238" s="15" t="n">
-        <x:v>32054</x:v>
+        <x:v>34525</x:v>
       </x:c>
       <x:c r="O238" s="14" t="s">
-        <x:v>321</x:v>
+        <x:v>66</x:v>
       </x:c>
       <x:c r="P238" s="14" t="s">
-        <x:v>355</x:v>
+        <x:v>67</x:v>
       </x:c>
       <x:c r="Q238" s="16" t="s">
-        <x:v>357</x:v>
+        <x:v>68</x:v>
       </x:c>
       <x:c r="R238" s="14" t="s">
-        <x:v>113</x:v>
+        <x:v>69</x:v>
       </x:c>
       <x:c r="S238" s="14" t="n">
-        <x:v>558338</x:v>
+        <x:v>549878</x:v>
       </x:c>
       <x:c r="T238" s="16" t="s">
         <x:v>309</x:v>
       </x:c>
       <x:c r="U238" s="16" t="s">
-        <x:v>177</x:v>
+        <x:v>308</x:v>
       </x:c>
     </x:row>
     <x:row r="239" spans="1:21">
       <x:c r="A239" s="1" t="s">
-        <x:v>382</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B239" s="0" t="s">
-        <x:v>423</x:v>
+        <x:v>363</x:v>
       </x:c>
       <x:c r="C239" s="3" t="n">
-        <x:v>36003</x:v>
+        <x:v>40607</x:v>
       </x:c>
       <x:c r="D239" s="3" t="s"/>
+      <x:c r="E239" s="0" t="s">
+        <x:v>23</x:v>
+      </x:c>
       <x:c r="G239" s="0" t="s">
-        <x:v>120</x:v>
-[...2 lines deleted...]
-        <x:v>424</x:v>
+        <x:v>24</x:v>
       </x:c>
       <x:c r="I239" s="4" t="s">
-        <x:v>121</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="J239" s="0" t="s">
-        <x:v>39</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="K239" s="0" t="s">
-        <x:v>425</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="L239" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M239" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N239" s="3" t="n">
-        <x:v>34525</x:v>
+        <x:v>34572</x:v>
       </x:c>
       <x:c r="O239" s="0" t="s">
-        <x:v>66</x:v>
+        <x:v>112</x:v>
       </x:c>
       <x:c r="P239" s="0" t="s">
-        <x:v>120</x:v>
+        <x:v>31</x:v>
       </x:c>
       <x:c r="Q239" s="4" t="s">
-        <x:v>121</x:v>
+        <x:v>32</x:v>
       </x:c>
       <x:c r="R239" s="0" t="s">
-        <x:v>122</x:v>
+        <x:v>33</x:v>
       </x:c>
       <x:c r="S239" s="0" t="n">
-        <x:v>551409</x:v>
+        <x:v>578907</x:v>
       </x:c>
       <x:c r="T239" s="4" t="s">
-        <x:v>309</x:v>
+        <x:v>425</x:v>
       </x:c>
       <x:c r="U239" s="4" t="s">
-        <x:v>61</x:v>
+        <x:v>426</x:v>
       </x:c>
     </x:row>
     <x:row r="240" spans="1:21">
       <x:c r="A240" s="13" t="s">
-        <x:v>21</x:v>
+        <x:v>45</x:v>
       </x:c>
       <x:c r="B240" s="14" t="s">
-        <x:v>363</x:v>
+        <x:v>233</x:v>
       </x:c>
       <x:c r="C240" s="15" t="n">
-        <x:v>40607</x:v>
+        <x:v>39063</x:v>
       </x:c>
       <x:c r="D240" s="15" t="s"/>
-      <x:c r="E240" s="14" t="s">
-[...1 lines deleted...]
-      </x:c>
+      <x:c r="E240" s="14" t="s"/>
       <x:c r="F240" s="14" t="s"/>
       <x:c r="G240" s="14" t="s">
-        <x:v>24</x:v>
+        <x:v>256</x:v>
       </x:c>
       <x:c r="H240" s="14" t="s"/>
       <x:c r="I240" s="16" t="s">
-        <x:v>25</x:v>
+        <x:v>257</x:v>
       </x:c>
       <x:c r="J240" s="14" t="s">
-        <x:v>26</x:v>
+        <x:v>39</x:v>
       </x:c>
       <x:c r="K240" s="14" t="s">
-        <x:v>27</x:v>
+        <x:v>50</x:v>
       </x:c>
       <x:c r="L240" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M240" s="14" t="s">
-        <x:v>29</x:v>
+        <x:v>107</x:v>
       </x:c>
       <x:c r="N240" s="15" t="n">
         <x:v>34572</x:v>
       </x:c>
       <x:c r="O240" s="14" t="s">
         <x:v>112</x:v>
       </x:c>
       <x:c r="P240" s="14" t="s">
-        <x:v>31</x:v>
+        <x:v>256</x:v>
       </x:c>
       <x:c r="Q240" s="16" t="s">
-        <x:v>32</x:v>
+        <x:v>257</x:v>
       </x:c>
       <x:c r="R240" s="14" t="s">
-        <x:v>33</x:v>
+        <x:v>104</x:v>
       </x:c>
       <x:c r="S240" s="14" t="n">
-        <x:v>578907</x:v>
+        <x:v>572980</x:v>
       </x:c>
       <x:c r="T240" s="16" t="s">
-        <x:v>426</x:v>
+        <x:v>427</x:v>
       </x:c>
       <x:c r="U240" s="16" t="s">
-        <x:v>427</x:v>
+        <x:v>193</x:v>
       </x:c>
     </x:row>
     <x:row r="241" spans="1:21">
       <x:c r="A241" s="1" t="s">
-        <x:v>45</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B241" s="0" t="s">
-        <x:v>233</x:v>
+        <x:v>36</x:v>
       </x:c>
       <x:c r="C241" s="3" t="n">
         <x:v>39063</x:v>
       </x:c>
       <x:c r="D241" s="3" t="s"/>
+      <x:c r="E241" s="0" t="s">
+        <x:v>23</x:v>
+      </x:c>
       <x:c r="G241" s="0" t="s">
-        <x:v>256</x:v>
+        <x:v>428</x:v>
       </x:c>
       <x:c r="I241" s="4" t="s">
-        <x:v>257</x:v>
+        <x:v>429</x:v>
       </x:c>
       <x:c r="J241" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="K241" s="0" t="s">
-        <x:v>50</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="L241" s="0" t="s">
-        <x:v>28</x:v>
+        <x:v>57</x:v>
       </x:c>
       <x:c r="M241" s="0" t="s">
-        <x:v>107</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="N241" s="3" t="n">
         <x:v>34572</x:v>
       </x:c>
       <x:c r="O241" s="0" t="s">
         <x:v>112</x:v>
       </x:c>
       <x:c r="P241" s="0" t="s">
-        <x:v>256</x:v>
+        <x:v>428</x:v>
       </x:c>
       <x:c r="Q241" s="4" t="s">
-        <x:v>257</x:v>
+        <x:v>429</x:v>
       </x:c>
       <x:c r="R241" s="0" t="s">
-        <x:v>104</x:v>
+        <x:v>430</x:v>
       </x:c>
       <x:c r="S241" s="0" t="n">
-        <x:v>572980</x:v>
+        <x:v>547013</x:v>
       </x:c>
       <x:c r="T241" s="4" t="s">
-        <x:v>428</x:v>
+        <x:v>431</x:v>
       </x:c>
       <x:c r="U241" s="4" t="s">
-        <x:v>193</x:v>
+        <x:v>432</x:v>
       </x:c>
     </x:row>
     <x:row r="242" spans="1:21">
       <x:c r="A242" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B242" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="C242" s="15" t="n">
         <x:v>39063</x:v>
       </x:c>
       <x:c r="D242" s="15" t="s"/>
       <x:c r="E242" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F242" s="14" t="s"/>
       <x:c r="G242" s="14" t="s">
-        <x:v>429</x:v>
+        <x:v>428</x:v>
       </x:c>
       <x:c r="H242" s="14" t="s"/>
       <x:c r="I242" s="16" t="s">
-        <x:v>430</x:v>
+        <x:v>429</x:v>
       </x:c>
       <x:c r="J242" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="K242" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L242" s="14" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="M242" s="14" t="s">
-        <x:v>29</x:v>
+        <x:v>107</x:v>
       </x:c>
       <x:c r="N242" s="15" t="n">
         <x:v>34572</x:v>
       </x:c>
       <x:c r="O242" s="14" t="s">
         <x:v>112</x:v>
       </x:c>
       <x:c r="P242" s="14" t="s">
+        <x:v>428</x:v>
+      </x:c>
+      <x:c r="Q242" s="16" t="s">
         <x:v>429</x:v>
       </x:c>
-      <x:c r="Q242" s="16" t="s">
+      <x:c r="R242" s="14" t="s">
         <x:v>430</x:v>
       </x:c>
-      <x:c r="R242" s="14" t="s">
+      <x:c r="S242" s="14" t="n">
+        <x:v>547014</x:v>
+      </x:c>
+      <x:c r="T242" s="16" t="s">
         <x:v>431</x:v>
       </x:c>
-      <x:c r="S242" s="14" t="n">
-[...4 lines deleted...]
-      </x:c>
       <x:c r="U242" s="16" t="s">
-        <x:v>433</x:v>
+        <x:v>61</x:v>
       </x:c>
     </x:row>
     <x:row r="243" spans="1:21">
       <x:c r="A243" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B243" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="C243" s="3" t="n">
         <x:v>39063</x:v>
       </x:c>
       <x:c r="D243" s="3" t="s"/>
       <x:c r="E243" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G243" s="0" t="s">
-        <x:v>429</x:v>
+        <x:v>252</x:v>
       </x:c>
       <x:c r="I243" s="4" t="s">
-        <x:v>430</x:v>
+        <x:v>81</x:v>
       </x:c>
       <x:c r="J243" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="K243" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L243" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="M243" s="0" t="s">
-        <x:v>107</x:v>
+        <x:v>40</x:v>
       </x:c>
       <x:c r="N243" s="3" t="n">
         <x:v>34572</x:v>
       </x:c>
       <x:c r="O243" s="0" t="s">
         <x:v>112</x:v>
       </x:c>
       <x:c r="P243" s="0" t="s">
-        <x:v>429</x:v>
+        <x:v>252</x:v>
       </x:c>
       <x:c r="Q243" s="4" t="s">
-        <x:v>430</x:v>
+        <x:v>81</x:v>
       </x:c>
       <x:c r="R243" s="0" t="s">
-        <x:v>431</x:v>
+        <x:v>253</x:v>
       </x:c>
       <x:c r="S243" s="0" t="n">
-        <x:v>547014</x:v>
+        <x:v>565526</x:v>
       </x:c>
       <x:c r="T243" s="4" t="s">
-        <x:v>432</x:v>
+        <x:v>433</x:v>
       </x:c>
       <x:c r="U243" s="4" t="s">
-        <x:v>61</x:v>
+        <x:v>306</x:v>
       </x:c>
     </x:row>
     <x:row r="244" spans="1:21">
       <x:c r="A244" s="13" t="s">
-        <x:v>21</x:v>
+        <x:v>45</x:v>
       </x:c>
       <x:c r="B244" s="14" t="s">
-        <x:v>36</x:v>
+        <x:v>232</x:v>
       </x:c>
       <x:c r="C244" s="15" t="n">
-        <x:v>39063</x:v>
+        <x:v>35652</x:v>
       </x:c>
       <x:c r="D244" s="15" t="s"/>
-      <x:c r="E244" s="14" t="s">
-[...1 lines deleted...]
-      </x:c>
+      <x:c r="E244" s="14" t="s"/>
       <x:c r="F244" s="14" t="s"/>
       <x:c r="G244" s="14" t="s">
-        <x:v>252</x:v>
+        <x:v>110</x:v>
       </x:c>
       <x:c r="H244" s="14" t="s"/>
       <x:c r="I244" s="16" t="s">
-        <x:v>81</x:v>
+        <x:v>111</x:v>
       </x:c>
       <x:c r="J244" s="14" t="s">
-        <x:v>39</x:v>
+        <x:v>106</x:v>
       </x:c>
       <x:c r="K244" s="14" t="s">
-        <x:v>27</x:v>
+        <x:v>50</x:v>
       </x:c>
       <x:c r="L244" s="14" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="M244" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="N244" s="15" t="n">
-        <x:v>34572</x:v>
+        <x:v>34538</x:v>
       </x:c>
       <x:c r="O244" s="14" t="s">
-        <x:v>112</x:v>
+        <x:v>108</x:v>
       </x:c>
       <x:c r="P244" s="14" t="s">
-        <x:v>252</x:v>
+        <x:v>110</x:v>
       </x:c>
       <x:c r="Q244" s="16" t="s">
-        <x:v>81</x:v>
+        <x:v>111</x:v>
       </x:c>
       <x:c r="R244" s="14" t="s">
-        <x:v>253</x:v>
+        <x:v>113</x:v>
       </x:c>
       <x:c r="S244" s="14" t="n">
-        <x:v>565526</x:v>
+        <x:v>607469</x:v>
       </x:c>
       <x:c r="T244" s="16" t="s">
         <x:v>434</x:v>
       </x:c>
       <x:c r="U244" s="16" t="s">
-        <x:v>306</x:v>
+        <x:v>435</x:v>
       </x:c>
     </x:row>
     <x:row r="245" spans="1:21">
       <x:c r="A245" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B245" s="0" t="s">
         <x:v>384</x:v>
       </x:c>
       <x:c r="C245" s="3" t="n">
         <x:v>40568</x:v>
       </x:c>
       <x:c r="D245" s="3" t="s"/>
       <x:c r="E245" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G245" s="0" t="s">
         <x:v>173</x:v>
       </x:c>
       <x:c r="H245" s="0" t="s">
         <x:v>174</x:v>
       </x:c>
       <x:c r="I245" s="4" t="s">
         <x:v>175</x:v>
       </x:c>
@@ -16897,51 +16899,51 @@
       <x:c r="L245" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="M245" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N245" s="3" t="n">
         <x:v>34085</x:v>
       </x:c>
       <x:c r="O245" s="0" t="s">
         <x:v>171</x:v>
       </x:c>
       <x:c r="P245" s="0" t="s">
         <x:v>176</x:v>
       </x:c>
       <x:c r="Q245" s="4" t="s">
         <x:v>132</x:v>
       </x:c>
       <x:c r="R245" s="0" t="s">
         <x:v>133</x:v>
       </x:c>
       <x:c r="S245" s="0" t="n">
         <x:v>590092</x:v>
       </x:c>
       <x:c r="T245" s="4" t="s">
-        <x:v>434</x:v>
+        <x:v>433</x:v>
       </x:c>
       <x:c r="U245" s="4" t="s">
         <x:v>177</x:v>
       </x:c>
     </x:row>
     <x:row r="246" spans="1:21">
       <x:c r="A246" s="13" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="B246" s="14" t="s">
         <x:v>153</x:v>
       </x:c>
       <x:c r="C246" s="15" t="n">
         <x:v>35801</x:v>
       </x:c>
       <x:c r="D246" s="15" t="s"/>
       <x:c r="E246" s="14" t="s"/>
       <x:c r="F246" s="14" t="s"/>
       <x:c r="G246" s="14" t="s">
         <x:v>160</x:v>
       </x:c>
       <x:c r="H246" s="14" t="s"/>
       <x:c r="I246" s="16" t="s">
         <x:v>68</x:v>
       </x:c>
@@ -16954,111 +16956,111 @@
       <x:c r="L246" s="14" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="M246" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N246" s="15" t="n">
         <x:v>34581</x:v>
       </x:c>
       <x:c r="O246" s="14" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="P246" s="14" t="s">
         <x:v>160</x:v>
       </x:c>
       <x:c r="Q246" s="16" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="R246" s="14" t="s">
         <x:v>133</x:v>
       </x:c>
       <x:c r="S246" s="14" t="n">
         <x:v>544518</x:v>
       </x:c>
       <x:c r="T246" s="16" t="s">
-        <x:v>434</x:v>
+        <x:v>433</x:v>
       </x:c>
       <x:c r="U246" s="16" t="s">
         <x:v>308</x:v>
       </x:c>
     </x:row>
     <x:row r="247" spans="1:21">
       <x:c r="A247" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B247" s="0" t="s">
         <x:v>313</x:v>
       </x:c>
       <x:c r="C247" s="3" t="n">
         <x:v>35150</x:v>
       </x:c>
       <x:c r="D247" s="3" t="s"/>
       <x:c r="E247" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G247" s="0" t="s">
         <x:v>314</x:v>
       </x:c>
       <x:c r="I247" s="4" t="s">
         <x:v>315</x:v>
       </x:c>
       <x:c r="J247" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K247" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L247" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="M247" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N247" s="3" t="n">
         <x:v>34085</x:v>
       </x:c>
       <x:c r="O247" s="0" t="s">
         <x:v>171</x:v>
       </x:c>
       <x:c r="P247" s="0" t="s">
-        <x:v>435</x:v>
+        <x:v>436</x:v>
       </x:c>
       <x:c r="Q247" s="4" t="s">
-        <x:v>436</x:v>
+        <x:v>437</x:v>
       </x:c>
       <x:c r="R247" s="0" t="s">
         <x:v>104</x:v>
       </x:c>
       <x:c r="S247" s="0" t="n">
         <x:v>547467</x:v>
       </x:c>
       <x:c r="T247" s="4" t="s">
-        <x:v>434</x:v>
+        <x:v>433</x:v>
       </x:c>
       <x:c r="U247" s="4" t="s">
-        <x:v>437</x:v>
+        <x:v>438</x:v>
       </x:c>
     </x:row>
     <x:row r="248" spans="1:21">
       <x:c r="A248" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B248" s="14" t="s">
         <x:v>172</x:v>
       </x:c>
       <x:c r="C248" s="15" t="n">
         <x:v>35164</x:v>
       </x:c>
       <x:c r="D248" s="15" t="s"/>
       <x:c r="E248" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F248" s="14" t="s"/>
       <x:c r="G248" s="14" t="s">
         <x:v>173</x:v>
       </x:c>
       <x:c r="H248" s="14" t="s">
         <x:v>174</x:v>
       </x:c>
       <x:c r="I248" s="16" t="s">
         <x:v>175</x:v>
@@ -17072,51 +17074,51 @@
       <x:c r="L248" s="14" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="M248" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N248" s="15" t="n">
         <x:v>34085</x:v>
       </x:c>
       <x:c r="O248" s="14" t="s">
         <x:v>171</x:v>
       </x:c>
       <x:c r="P248" s="14" t="s">
         <x:v>176</x:v>
       </x:c>
       <x:c r="Q248" s="16" t="s">
         <x:v>132</x:v>
       </x:c>
       <x:c r="R248" s="14" t="s">
         <x:v>133</x:v>
       </x:c>
       <x:c r="S248" s="14" t="n">
         <x:v>551894</x:v>
       </x:c>
       <x:c r="T248" s="16" t="s">
-        <x:v>434</x:v>
+        <x:v>433</x:v>
       </x:c>
       <x:c r="U248" s="16" t="s">
         <x:v>342</x:v>
       </x:c>
     </x:row>
     <x:row r="249" spans="1:21">
       <x:c r="A249" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B249" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="C249" s="3" t="n">
         <x:v>35801</x:v>
       </x:c>
       <x:c r="D249" s="3" t="s"/>
       <x:c r="E249" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G249" s="0" t="s">
         <x:v>160</x:v>
       </x:c>
       <x:c r="I249" s="4" t="s">
         <x:v>68</x:v>
       </x:c>
@@ -17129,164 +17131,164 @@
       <x:c r="L249" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="M249" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N249" s="3" t="n">
         <x:v>34581</x:v>
       </x:c>
       <x:c r="O249" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="P249" s="0" t="s">
         <x:v>165</x:v>
       </x:c>
       <x:c r="Q249" s="4" t="s">
         <x:v>132</x:v>
       </x:c>
       <x:c r="R249" s="0" t="s">
         <x:v>133</x:v>
       </x:c>
       <x:c r="S249" s="0" t="n">
         <x:v>547558</x:v>
       </x:c>
       <x:c r="T249" s="4" t="s">
-        <x:v>434</x:v>
+        <x:v>433</x:v>
       </x:c>
       <x:c r="U249" s="4" t="s">
         <x:v>308</x:v>
       </x:c>
     </x:row>
     <x:row r="250" spans="1:21">
       <x:c r="A250" s="13" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="B250" s="14" t="s">
-        <x:v>438</x:v>
+        <x:v>439</x:v>
       </x:c>
       <x:c r="C250" s="15" t="n">
         <x:v>39063</x:v>
       </x:c>
       <x:c r="D250" s="15" t="s"/>
       <x:c r="E250" s="14" t="s"/>
       <x:c r="F250" s="14" t="s"/>
       <x:c r="G250" s="14" t="s">
-        <x:v>439</x:v>
+        <x:v>440</x:v>
       </x:c>
       <x:c r="H250" s="14" t="s">
-        <x:v>440</x:v>
+        <x:v>441</x:v>
       </x:c>
       <x:c r="I250" s="16" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="J250" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="K250" s="14" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="L250" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M250" s="14" t="s">
         <x:v>107</x:v>
       </x:c>
       <x:c r="N250" s="15" t="n">
         <x:v>34572</x:v>
       </x:c>
       <x:c r="O250" s="14" t="s">
         <x:v>112</x:v>
       </x:c>
       <x:c r="P250" s="14" t="s">
-        <x:v>439</x:v>
+        <x:v>440</x:v>
       </x:c>
       <x:c r="Q250" s="16" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="R250" s="14" t="s">
-        <x:v>441</x:v>
+        <x:v>442</x:v>
       </x:c>
       <x:c r="S250" s="14" t="n">
         <x:v>579009</x:v>
       </x:c>
       <x:c r="T250" s="16" t="s">
-        <x:v>434</x:v>
+        <x:v>433</x:v>
       </x:c>
       <x:c r="U250" s="16" t="s">
-        <x:v>442</x:v>
+        <x:v>443</x:v>
       </x:c>
     </x:row>
     <x:row r="251" spans="1:21">
       <x:c r="A251" s="1" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="B251" s="0" t="s">
         <x:v>237</x:v>
       </x:c>
       <x:c r="C251" s="3" t="n">
         <x:v>37717</x:v>
       </x:c>
       <x:c r="D251" s="3" t="s"/>
       <x:c r="G251" s="0" t="s">
         <x:v>252</x:v>
       </x:c>
       <x:c r="I251" s="4" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="J251" s="0" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="K251" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="L251" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="M251" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="N251" s="3" t="n">
         <x:v>34581</x:v>
       </x:c>
       <x:c r="O251" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="P251" s="0" t="s">
         <x:v>252</x:v>
       </x:c>
       <x:c r="Q251" s="4" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="R251" s="0" t="s">
         <x:v>253</x:v>
       </x:c>
       <x:c r="S251" s="0" t="n">
         <x:v>567446</x:v>
       </x:c>
       <x:c r="T251" s="4" t="s">
-        <x:v>434</x:v>
+        <x:v>433</x:v>
       </x:c>
       <x:c r="U251" s="4" t="s">
         <x:v>306</x:v>
       </x:c>
     </x:row>
     <x:row r="252" spans="1:21">
       <x:c r="A252" s="13" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="B252" s="14" t="s">
         <x:v>233</x:v>
       </x:c>
       <x:c r="C252" s="15" t="n">
         <x:v>39063</x:v>
       </x:c>
       <x:c r="D252" s="15" t="s"/>
       <x:c r="E252" s="14" t="s"/>
       <x:c r="F252" s="14" t="s"/>
       <x:c r="G252" s="14" t="s">
         <x:v>252</x:v>
       </x:c>
       <x:c r="H252" s="14" t="s"/>
       <x:c r="I252" s="16" t="s">
         <x:v>81</x:v>
       </x:c>
@@ -17299,51 +17301,51 @@
       <x:c r="L252" s="14" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="M252" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="N252" s="15" t="n">
         <x:v>34572</x:v>
       </x:c>
       <x:c r="O252" s="14" t="s">
         <x:v>112</x:v>
       </x:c>
       <x:c r="P252" s="14" t="s">
         <x:v>252</x:v>
       </x:c>
       <x:c r="Q252" s="16" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="R252" s="14" t="s">
         <x:v>253</x:v>
       </x:c>
       <x:c r="S252" s="14" t="n">
         <x:v>566792</x:v>
       </x:c>
       <x:c r="T252" s="16" t="s">
-        <x:v>434</x:v>
+        <x:v>433</x:v>
       </x:c>
       <x:c r="U252" s="16" t="s">
         <x:v>306</x:v>
       </x:c>
     </x:row>
     <x:row r="253" spans="1:21">
       <x:c r="A253" s="1" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="B253" s="0" t="s">
         <x:v>233</x:v>
       </x:c>
       <x:c r="C253" s="3" t="n">
         <x:v>39063</x:v>
       </x:c>
       <x:c r="D253" s="3" t="s"/>
       <x:c r="G253" s="0" t="s">
         <x:v>264</x:v>
       </x:c>
       <x:c r="I253" s="4" t="s">
         <x:v>261</x:v>
       </x:c>
       <x:c r="J253" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
@@ -17353,110 +17355,110 @@
       <x:c r="L253" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="M253" s="0" t="s">
         <x:v>107</x:v>
       </x:c>
       <x:c r="N253" s="3" t="n">
         <x:v>34572</x:v>
       </x:c>
       <x:c r="O253" s="0" t="s">
         <x:v>112</x:v>
       </x:c>
       <x:c r="P253" s="0" t="s">
         <x:v>264</x:v>
       </x:c>
       <x:c r="Q253" s="4" t="s">
         <x:v>261</x:v>
       </x:c>
       <x:c r="R253" s="0" t="s">
         <x:v>266</x:v>
       </x:c>
       <x:c r="S253" s="0" t="n">
         <x:v>569955</x:v>
       </x:c>
       <x:c r="T253" s="4" t="s">
-        <x:v>443</x:v>
+        <x:v>444</x:v>
       </x:c>
       <x:c r="U253" s="4" t="s">
         <x:v>268</x:v>
       </x:c>
     </x:row>
     <x:row r="254" spans="1:21">
       <x:c r="A254" s="13" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="B254" s="14" t="s">
-        <x:v>444</x:v>
+        <x:v>445</x:v>
       </x:c>
       <x:c r="C254" s="15" t="n">
         <x:v>36395</x:v>
       </x:c>
       <x:c r="D254" s="15" t="s"/>
       <x:c r="E254" s="14" t="s"/>
       <x:c r="F254" s="14" t="s"/>
       <x:c r="G254" s="14" t="s">
         <x:v>336</x:v>
       </x:c>
       <x:c r="H254" s="14" t="s">
         <x:v>337</x:v>
       </x:c>
       <x:c r="I254" s="16" t="s">
         <x:v>338</x:v>
       </x:c>
       <x:c r="J254" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K254" s="14" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="L254" s="14" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="M254" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N254" s="15" t="n">
         <x:v>34085</x:v>
       </x:c>
       <x:c r="O254" s="14" t="s">
         <x:v>171</x:v>
       </x:c>
       <x:c r="P254" s="14" t="s">
         <x:v>336</x:v>
       </x:c>
       <x:c r="Q254" s="16" t="s">
         <x:v>338</x:v>
       </x:c>
       <x:c r="R254" s="14" t="s">
         <x:v>340</x:v>
       </x:c>
       <x:c r="S254" s="14" t="n">
         <x:v>572703</x:v>
       </x:c>
       <x:c r="T254" s="16" t="s">
-        <x:v>443</x:v>
+        <x:v>444</x:v>
       </x:c>
       <x:c r="U254" s="16" t="s">
         <x:v>61</x:v>
       </x:c>
     </x:row>
     <x:row r="255" spans="1:21">
       <x:c r="A255" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B255" s="0" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="C255" s="3" t="n">
         <x:v>37717</x:v>
       </x:c>
       <x:c r="D255" s="3" t="s"/>
       <x:c r="E255" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G255" s="0" t="s">
         <x:v>264</x:v>
       </x:c>
       <x:c r="I255" s="4" t="s">
         <x:v>261</x:v>
       </x:c>
@@ -17469,226 +17471,227 @@
       <x:c r="L255" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="M255" s="0" t="s">
         <x:v>107</x:v>
       </x:c>
       <x:c r="N255" s="3" t="n">
         <x:v>34581</x:v>
       </x:c>
       <x:c r="O255" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="P255" s="0" t="s">
         <x:v>264</x:v>
       </x:c>
       <x:c r="Q255" s="4" t="s">
         <x:v>261</x:v>
       </x:c>
       <x:c r="R255" s="0" t="s">
         <x:v>266</x:v>
       </x:c>
       <x:c r="S255" s="0" t="n">
         <x:v>548173</x:v>
       </x:c>
       <x:c r="T255" s="4" t="s">
-        <x:v>443</x:v>
+        <x:v>444</x:v>
       </x:c>
       <x:c r="U255" s="4" t="s">
-        <x:v>445</x:v>
+        <x:v>446</x:v>
       </x:c>
     </x:row>
     <x:row r="256" spans="1:21">
       <x:c r="A256" s="13" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="B256" s="14" t="s">
-        <x:v>444</x:v>
+        <x:v>445</x:v>
       </x:c>
       <x:c r="C256" s="15" t="n">
         <x:v>40568</x:v>
       </x:c>
       <x:c r="D256" s="15" t="s"/>
       <x:c r="E256" s="14" t="s"/>
       <x:c r="F256" s="14" t="s"/>
       <x:c r="G256" s="14" t="s">
         <x:v>336</x:v>
       </x:c>
       <x:c r="H256" s="14" t="s">
         <x:v>337</x:v>
       </x:c>
       <x:c r="I256" s="16" t="s">
         <x:v>338</x:v>
       </x:c>
       <x:c r="J256" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K256" s="14" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="L256" s="14" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="M256" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N256" s="15" t="n">
         <x:v>34085</x:v>
       </x:c>
       <x:c r="O256" s="14" t="s">
         <x:v>171</x:v>
       </x:c>
       <x:c r="P256" s="14" t="s">
         <x:v>336</x:v>
       </x:c>
       <x:c r="Q256" s="16" t="s">
         <x:v>338</x:v>
       </x:c>
       <x:c r="R256" s="14" t="s">
         <x:v>340</x:v>
       </x:c>
       <x:c r="S256" s="14" t="n">
         <x:v>577642</x:v>
       </x:c>
       <x:c r="T256" s="16" t="s">
-        <x:v>443</x:v>
+        <x:v>444</x:v>
       </x:c>
       <x:c r="U256" s="16" t="s">
         <x:v>61</x:v>
       </x:c>
     </x:row>
     <x:row r="257" spans="1:21">
       <x:c r="A257" s="1" t="s">
-        <x:v>45</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B257" s="0" t="s">
-        <x:v>237</x:v>
+        <x:v>36</x:v>
       </x:c>
       <x:c r="C257" s="3" t="n">
-        <x:v>37717</x:v>
+        <x:v>39063</x:v>
       </x:c>
       <x:c r="D257" s="3" t="s"/>
+      <x:c r="E257" s="0" t="s">
+        <x:v>23</x:v>
+      </x:c>
       <x:c r="G257" s="0" t="s">
         <x:v>264</x:v>
       </x:c>
       <x:c r="I257" s="4" t="s">
         <x:v>261</x:v>
       </x:c>
       <x:c r="J257" s="0" t="s">
-        <x:v>82</x:v>
+        <x:v>39</x:v>
       </x:c>
       <x:c r="K257" s="0" t="s">
-        <x:v>265</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="L257" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="M257" s="0" t="s">
         <x:v>107</x:v>
       </x:c>
       <x:c r="N257" s="3" t="n">
-        <x:v>34581</x:v>
+        <x:v>34572</x:v>
       </x:c>
       <x:c r="O257" s="0" t="s">
-        <x:v>51</x:v>
+        <x:v>112</x:v>
       </x:c>
       <x:c r="P257" s="0" t="s">
         <x:v>264</x:v>
       </x:c>
       <x:c r="Q257" s="4" t="s">
         <x:v>261</x:v>
       </x:c>
       <x:c r="R257" s="0" t="s">
         <x:v>266</x:v>
       </x:c>
       <x:c r="S257" s="0" t="n">
-        <x:v>569969</x:v>
+        <x:v>548183</x:v>
       </x:c>
       <x:c r="T257" s="4" t="s">
-        <x:v>443</x:v>
+        <x:v>444</x:v>
       </x:c>
       <x:c r="U257" s="4" t="s">
-        <x:v>267</x:v>
+        <x:v>446</x:v>
       </x:c>
     </x:row>
     <x:row r="258" spans="1:21">
       <x:c r="A258" s="13" t="s">
-        <x:v>21</x:v>
+        <x:v>45</x:v>
       </x:c>
       <x:c r="B258" s="14" t="s">
-        <x:v>36</x:v>
+        <x:v>237</x:v>
       </x:c>
       <x:c r="C258" s="15" t="n">
-        <x:v>39063</x:v>
+        <x:v>37717</x:v>
       </x:c>
       <x:c r="D258" s="15" t="s"/>
-      <x:c r="E258" s="14" t="s">
-[...1 lines deleted...]
-      </x:c>
+      <x:c r="E258" s="14" t="s"/>
       <x:c r="F258" s="14" t="s"/>
       <x:c r="G258" s="14" t="s">
         <x:v>264</x:v>
       </x:c>
       <x:c r="H258" s="14" t="s"/>
       <x:c r="I258" s="16" t="s">
         <x:v>261</x:v>
       </x:c>
       <x:c r="J258" s="14" t="s">
-        <x:v>39</x:v>
+        <x:v>82</x:v>
       </x:c>
       <x:c r="K258" s="14" t="s">
-        <x:v>27</x:v>
+        <x:v>265</x:v>
       </x:c>
       <x:c r="L258" s="14" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="M258" s="14" t="s">
         <x:v>107</x:v>
       </x:c>
       <x:c r="N258" s="15" t="n">
-        <x:v>34572</x:v>
+        <x:v>34581</x:v>
       </x:c>
       <x:c r="O258" s="14" t="s">
-        <x:v>112</x:v>
+        <x:v>51</x:v>
       </x:c>
       <x:c r="P258" s="14" t="s">
         <x:v>264</x:v>
       </x:c>
       <x:c r="Q258" s="16" t="s">
         <x:v>261</x:v>
       </x:c>
       <x:c r="R258" s="14" t="s">
         <x:v>266</x:v>
       </x:c>
       <x:c r="S258" s="14" t="n">
-        <x:v>548183</x:v>
+        <x:v>569969</x:v>
       </x:c>
       <x:c r="T258" s="16" t="s">
-        <x:v>443</x:v>
+        <x:v>444</x:v>
       </x:c>
       <x:c r="U258" s="16" t="s">
-        <x:v>445</x:v>
+        <x:v>267</x:v>
       </x:c>
     </x:row>
     <x:row r="259" spans="1:21">
       <x:c r="A259" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B259" s="0" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="C259" s="3" t="n">
         <x:v>37717</x:v>
       </x:c>
       <x:c r="D259" s="3" t="s"/>
       <x:c r="E259" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G259" s="0" t="s">
         <x:v>204</x:v>
       </x:c>
       <x:c r="I259" s="4" t="s">
         <x:v>205</x:v>
       </x:c>
       <x:c r="J259" s="0" t="s">
         <x:v>82</x:v>
       </x:c>
@@ -17698,291 +17701,288 @@
       <x:c r="L259" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M259" s="0" t="s">
         <x:v>107</x:v>
       </x:c>
       <x:c r="N259" s="3" t="n">
         <x:v>34581</x:v>
       </x:c>
       <x:c r="O259" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="P259" s="0" t="s">
         <x:v>214</x:v>
       </x:c>
       <x:c r="Q259" s="4" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="R259" s="0" t="s">
         <x:v>215</x:v>
       </x:c>
       <x:c r="S259" s="0" t="n">
         <x:v>552065</x:v>
       </x:c>
       <x:c r="T259" s="4" t="s">
-        <x:v>443</x:v>
+        <x:v>444</x:v>
       </x:c>
       <x:c r="U259" s="4" t="s">
-        <x:v>446</x:v>
+        <x:v>447</x:v>
       </x:c>
     </x:row>
     <x:row r="260" spans="1:21">
       <x:c r="A260" s="13" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="B260" s="14" t="s">
         <x:v>237</x:v>
       </x:c>
       <x:c r="C260" s="15" t="n">
         <x:v>37717</x:v>
       </x:c>
       <x:c r="D260" s="15" t="s"/>
       <x:c r="E260" s="14" t="s">
-        <x:v>447</x:v>
+        <x:v>448</x:v>
       </x:c>
       <x:c r="F260" s="14" t="s">
-        <x:v>448</x:v>
+        <x:v>449</x:v>
       </x:c>
       <x:c r="G260" s="14" t="s">
-        <x:v>449</x:v>
+        <x:v>450</x:v>
       </x:c>
       <x:c r="H260" s="14" t="s">
-        <x:v>450</x:v>
+        <x:v>451</x:v>
       </x:c>
       <x:c r="I260" s="16" t="s">
         <x:v>121</x:v>
       </x:c>
       <x:c r="J260" s="14" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="K260" s="14" t="s">
-        <x:v>451</x:v>
+        <x:v>452</x:v>
       </x:c>
       <x:c r="L260" s="14" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="M260" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N260" s="15" t="n">
         <x:v>34581</x:v>
       </x:c>
       <x:c r="O260" s="14" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="P260" s="14" t="s">
-        <x:v>452</x:v>
+        <x:v>453</x:v>
       </x:c>
       <x:c r="Q260" s="16" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="R260" s="14" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="S260" s="14" t="n">
         <x:v>570768</x:v>
       </x:c>
       <x:c r="T260" s="16" t="s">
-        <x:v>453</x:v>
+        <x:v>454</x:v>
       </x:c>
       <x:c r="U260" s="16" t="s">
-        <x:v>454</x:v>
+        <x:v>455</x:v>
       </x:c>
     </x:row>
     <x:row r="261" spans="1:21">
       <x:c r="A261" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B261" s="0" t="s">
-        <x:v>455</x:v>
+        <x:v>456</x:v>
       </x:c>
       <x:c r="C261" s="3" t="n">
         <x:v>38466</x:v>
       </x:c>
       <x:c r="D261" s="3" t="s"/>
       <x:c r="E261" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G261" s="0" t="s">
-        <x:v>456</x:v>
+        <x:v>457</x:v>
       </x:c>
       <x:c r="I261" s="4" t="s">
         <x:v>257</x:v>
       </x:c>
       <x:c r="J261" s="0" t="s">
         <x:v>106</x:v>
       </x:c>
       <x:c r="K261" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L261" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="M261" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N261" s="3" t="n">
         <x:v>34590</x:v>
       </x:c>
       <x:c r="O261" s="0" t="s">
+        <x:v>458</x:v>
+      </x:c>
+      <x:c r="P261" s="0" t="s">
         <x:v>457</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>456</x:v>
       </x:c>
       <x:c r="Q261" s="4" t="s">
         <x:v>257</x:v>
       </x:c>
       <x:c r="R261" s="0" t="s">
         <x:v>104</x:v>
       </x:c>
       <x:c r="S261" s="0" t="n">
         <x:v>545654</x:v>
       </x:c>
       <x:c r="T261" s="4" t="s">
-        <x:v>458</x:v>
+        <x:v>459</x:v>
       </x:c>
       <x:c r="U261" s="4" t="s">
-        <x:v>459</x:v>
+        <x:v>460</x:v>
       </x:c>
     </x:row>
     <x:row r="262" spans="1:21">
       <x:c r="A262" s="13" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="B262" s="14" t="s">
-        <x:v>457</x:v>
+        <x:v>458</x:v>
       </x:c>
       <x:c r="C262" s="15" t="n">
         <x:v>38466</x:v>
       </x:c>
       <x:c r="D262" s="15" t="s"/>
       <x:c r="E262" s="14" t="s"/>
       <x:c r="F262" s="14" t="s"/>
       <x:c r="G262" s="14" t="s">
-        <x:v>456</x:v>
+        <x:v>457</x:v>
       </x:c>
       <x:c r="H262" s="14" t="s"/>
       <x:c r="I262" s="16" t="s">
         <x:v>257</x:v>
       </x:c>
       <x:c r="J262" s="14" t="s">
         <x:v>106</x:v>
       </x:c>
       <x:c r="K262" s="14" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="L262" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M262" s="14" t="s">
         <x:v>107</x:v>
       </x:c>
       <x:c r="N262" s="15" t="n">
         <x:v>34590</x:v>
       </x:c>
       <x:c r="O262" s="14" t="s">
+        <x:v>458</x:v>
+      </x:c>
+      <x:c r="P262" s="14" t="s">
         <x:v>457</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>456</x:v>
       </x:c>
       <x:c r="Q262" s="16" t="s">
         <x:v>257</x:v>
       </x:c>
       <x:c r="R262" s="14" t="s">
         <x:v>104</x:v>
       </x:c>
       <x:c r="S262" s="14" t="n">
         <x:v>558102</x:v>
       </x:c>
       <x:c r="T262" s="16" t="s">
-        <x:v>460</x:v>
+        <x:v>461</x:v>
       </x:c>
       <x:c r="U262" s="16" t="s">
         <x:v>177</x:v>
       </x:c>
     </x:row>
     <x:row r="263" spans="1:21">
       <x:c r="A263" s="1" t="s">
-        <x:v>21</x:v>
+        <x:v>45</x:v>
       </x:c>
       <x:c r="B263" s="0" t="s">
-        <x:v>97</x:v>
+        <x:v>222</x:v>
       </x:c>
       <x:c r="C263" s="3" t="n">
         <x:v>38361</x:v>
       </x:c>
       <x:c r="D263" s="3" t="s"/>
-      <x:c r="E263" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="G263" s="0" t="s">
         <x:v>197</x:v>
       </x:c>
       <x:c r="H263" s="0" t="s">
         <x:v>198</x:v>
       </x:c>
       <x:c r="I263" s="4" t="s">
         <x:v>199</x:v>
       </x:c>
       <x:c r="J263" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="K263" s="0" t="s">
-        <x:v>27</x:v>
+        <x:v>50</x:v>
       </x:c>
       <x:c r="L263" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="M263" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N263" s="3" t="n">
         <x:v>22499</x:v>
       </x:c>
       <x:c r="O263" s="0" t="s">
         <x:v>101</x:v>
       </x:c>
       <x:c r="P263" s="0" t="s">
-        <x:v>227</x:v>
+        <x:v>197</x:v>
       </x:c>
       <x:c r="Q263" s="4" t="s">
-        <x:v>228</x:v>
+        <x:v>199</x:v>
       </x:c>
       <x:c r="R263" s="0" t="s">
         <x:v>223</x:v>
       </x:c>
       <x:c r="S263" s="0" t="n">
-        <x:v>547704</x:v>
+        <x:v>564392</x:v>
       </x:c>
       <x:c r="T263" s="4" t="s">
-        <x:v>461</x:v>
+        <x:v>462</x:v>
       </x:c>
       <x:c r="U263" s="4" t="s">
-        <x:v>462</x:v>
+        <x:v>463</x:v>
       </x:c>
     </x:row>
     <x:row r="264" spans="1:21">
       <x:c r="A264" s="13" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="B264" s="14" t="s">
         <x:v>226</x:v>
       </x:c>
       <x:c r="C264" s="15" t="n">
         <x:v>38361</x:v>
       </x:c>
       <x:c r="D264" s="15" t="s"/>
       <x:c r="E264" s="14" t="s"/>
       <x:c r="F264" s="14" t="s"/>
       <x:c r="G264" s="14" t="s">
         <x:v>197</x:v>
       </x:c>
       <x:c r="H264" s="14" t="s">
         <x:v>198</x:v>
       </x:c>
       <x:c r="I264" s="16" t="s">
         <x:v>199</x:v>
       </x:c>
       <x:c r="J264" s="14" t="s">
@@ -17994,170 +17994,173 @@
       <x:c r="L264" s="14" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="M264" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N264" s="15" t="n">
         <x:v>22499</x:v>
       </x:c>
       <x:c r="O264" s="14" t="s">
         <x:v>101</x:v>
       </x:c>
       <x:c r="P264" s="14" t="s">
         <x:v>197</x:v>
       </x:c>
       <x:c r="Q264" s="16" t="s">
         <x:v>199</x:v>
       </x:c>
       <x:c r="R264" s="14" t="s">
         <x:v>223</x:v>
       </x:c>
       <x:c r="S264" s="14" t="n">
         <x:v>564400</x:v>
       </x:c>
       <x:c r="T264" s="16" t="s">
-        <x:v>461</x:v>
+        <x:v>462</x:v>
       </x:c>
       <x:c r="U264" s="16" t="s">
-        <x:v>462</x:v>
+        <x:v>463</x:v>
       </x:c>
     </x:row>
     <x:row r="265" spans="1:21">
       <x:c r="A265" s="1" t="s">
-        <x:v>45</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B265" s="0" t="s">
-        <x:v>226</x:v>
+        <x:v>97</x:v>
       </x:c>
       <x:c r="C265" s="3" t="n">
         <x:v>38361</x:v>
       </x:c>
       <x:c r="D265" s="3" t="s"/>
+      <x:c r="E265" s="0" t="s">
+        <x:v>23</x:v>
+      </x:c>
       <x:c r="G265" s="0" t="s">
         <x:v>197</x:v>
       </x:c>
       <x:c r="H265" s="0" t="s">
         <x:v>198</x:v>
       </x:c>
       <x:c r="I265" s="4" t="s">
         <x:v>199</x:v>
       </x:c>
       <x:c r="J265" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="K265" s="0" t="s">
-        <x:v>50</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="L265" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="M265" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N265" s="3" t="n">
         <x:v>22499</x:v>
       </x:c>
       <x:c r="O265" s="0" t="s">
         <x:v>101</x:v>
       </x:c>
       <x:c r="P265" s="0" t="s">
-        <x:v>197</x:v>
+        <x:v>227</x:v>
       </x:c>
       <x:c r="Q265" s="4" t="s">
-        <x:v>199</x:v>
+        <x:v>228</x:v>
       </x:c>
       <x:c r="R265" s="0" t="s">
         <x:v>223</x:v>
       </x:c>
       <x:c r="S265" s="0" t="n">
-        <x:v>543631</x:v>
+        <x:v>547704</x:v>
       </x:c>
       <x:c r="T265" s="4" t="s">
-        <x:v>461</x:v>
+        <x:v>462</x:v>
       </x:c>
       <x:c r="U265" s="4" t="s">
-        <x:v>462</x:v>
+        <x:v>463</x:v>
       </x:c>
     </x:row>
     <x:row r="266" spans="1:21">
       <x:c r="A266" s="13" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="B266" s="14" t="s">
-        <x:v>222</x:v>
+        <x:v>226</x:v>
       </x:c>
       <x:c r="C266" s="15" t="n">
         <x:v>38361</x:v>
       </x:c>
       <x:c r="D266" s="15" t="s"/>
       <x:c r="E266" s="14" t="s"/>
       <x:c r="F266" s="14" t="s"/>
       <x:c r="G266" s="14" t="s">
         <x:v>197</x:v>
       </x:c>
       <x:c r="H266" s="14" t="s">
         <x:v>198</x:v>
       </x:c>
       <x:c r="I266" s="16" t="s">
         <x:v>199</x:v>
       </x:c>
       <x:c r="J266" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="K266" s="14" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="L266" s="14" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="M266" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N266" s="15" t="n">
         <x:v>22499</x:v>
       </x:c>
       <x:c r="O266" s="14" t="s">
         <x:v>101</x:v>
       </x:c>
       <x:c r="P266" s="14" t="s">
         <x:v>197</x:v>
       </x:c>
       <x:c r="Q266" s="16" t="s">
         <x:v>199</x:v>
       </x:c>
       <x:c r="R266" s="14" t="s">
         <x:v>223</x:v>
       </x:c>
       <x:c r="S266" s="14" t="n">
-        <x:v>564392</x:v>
+        <x:v>543631</x:v>
       </x:c>
       <x:c r="T266" s="16" t="s">
-        <x:v>461</x:v>
+        <x:v>462</x:v>
       </x:c>
       <x:c r="U266" s="16" t="s">
-        <x:v>462</x:v>
+        <x:v>463</x:v>
       </x:c>
     </x:row>
     <x:row r="267" spans="1:21">
       <x:c r="A267" s="1" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="B267" s="0" t="s">
         <x:v>222</x:v>
       </x:c>
       <x:c r="C267" s="3" t="n">
         <x:v>38361</x:v>
       </x:c>
       <x:c r="D267" s="3" t="s"/>
       <x:c r="G267" s="0" t="s">
         <x:v>197</x:v>
       </x:c>
       <x:c r="H267" s="0" t="s">
         <x:v>198</x:v>
       </x:c>
       <x:c r="I267" s="4" t="s">
         <x:v>199</x:v>
       </x:c>
       <x:c r="J267" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
@@ -18167,115 +18170,115 @@
       <x:c r="L267" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="M267" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N267" s="3" t="n">
         <x:v>22499</x:v>
       </x:c>
       <x:c r="O267" s="0" t="s">
         <x:v>101</x:v>
       </x:c>
       <x:c r="P267" s="0" t="s">
         <x:v>197</x:v>
       </x:c>
       <x:c r="Q267" s="4" t="s">
         <x:v>199</x:v>
       </x:c>
       <x:c r="R267" s="0" t="s">
         <x:v>223</x:v>
       </x:c>
       <x:c r="S267" s="0" t="n">
         <x:v>543630</x:v>
       </x:c>
       <x:c r="T267" s="4" t="s">
-        <x:v>461</x:v>
+        <x:v>462</x:v>
       </x:c>
       <x:c r="U267" s="4" t="s">
-        <x:v>462</x:v>
+        <x:v>463</x:v>
       </x:c>
     </x:row>
     <x:row r="268" spans="1:21">
       <x:c r="A268" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B268" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="C268" s="15" t="n">
         <x:v>39063</x:v>
       </x:c>
       <x:c r="D268" s="15" t="s"/>
       <x:c r="E268" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F268" s="14" t="s"/>
       <x:c r="G268" s="14" t="s">
-        <x:v>463</x:v>
+        <x:v>464</x:v>
       </x:c>
       <x:c r="H268" s="14" t="s">
-        <x:v>464</x:v>
+        <x:v>465</x:v>
       </x:c>
       <x:c r="I268" s="16" t="s">
-        <x:v>465</x:v>
+        <x:v>466</x:v>
       </x:c>
       <x:c r="J268" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="K268" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L268" s="14" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="M268" s="14" t="s">
         <x:v>107</x:v>
       </x:c>
       <x:c r="N268" s="15" t="n">
         <x:v>34572</x:v>
       </x:c>
       <x:c r="O268" s="14" t="s">
         <x:v>112</x:v>
       </x:c>
       <x:c r="P268" s="14" t="s">
-        <x:v>466</x:v>
+        <x:v>467</x:v>
       </x:c>
       <x:c r="Q268" s="16" t="s">
-        <x:v>467</x:v>
+        <x:v>468</x:v>
       </x:c>
       <x:c r="R268" s="14" t="s">
-        <x:v>468</x:v>
+        <x:v>469</x:v>
       </x:c>
       <x:c r="S268" s="14" t="n">
         <x:v>553108</x:v>
       </x:c>
       <x:c r="T268" s="16" t="s">
-        <x:v>461</x:v>
+        <x:v>462</x:v>
       </x:c>
       <x:c r="U268" s="16" t="s">
-        <x:v>469</x:v>
+        <x:v>470</x:v>
       </x:c>
     </x:row>
     <x:row r="269" spans="1:21">
       <x:c r="A269" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B269" s="0" t="s">
         <x:v>130</x:v>
       </x:c>
       <x:c r="C269" s="3" t="n">
         <x:v>38361</x:v>
       </x:c>
       <x:c r="D269" s="3" t="s"/>
       <x:c r="E269" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G269" s="0" t="s">
         <x:v>197</x:v>
       </x:c>
       <x:c r="H269" s="0" t="s">
         <x:v>198</x:v>
       </x:c>
       <x:c r="I269" s="4" t="s">
         <x:v>199</x:v>
       </x:c>
@@ -18288,339 +18291,339 @@
       <x:c r="L269" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="M269" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N269" s="3" t="n">
         <x:v>22499</x:v>
       </x:c>
       <x:c r="O269" s="0" t="s">
         <x:v>101</x:v>
       </x:c>
       <x:c r="P269" s="0" t="s">
         <x:v>227</x:v>
       </x:c>
       <x:c r="Q269" s="4" t="s">
         <x:v>228</x:v>
       </x:c>
       <x:c r="R269" s="0" t="s">
         <x:v>223</x:v>
       </x:c>
       <x:c r="S269" s="0" t="n">
         <x:v>547703</x:v>
       </x:c>
       <x:c r="T269" s="4" t="s">
-        <x:v>461</x:v>
+        <x:v>462</x:v>
       </x:c>
       <x:c r="U269" s="4" t="s">
-        <x:v>462</x:v>
+        <x:v>463</x:v>
       </x:c>
     </x:row>
     <x:row r="270" spans="1:21">
       <x:c r="A270" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B270" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="C270" s="15" t="n">
         <x:v>39063</x:v>
       </x:c>
       <x:c r="D270" s="15" t="s"/>
       <x:c r="E270" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F270" s="14" t="s"/>
       <x:c r="G270" s="14" t="s">
-        <x:v>470</x:v>
+        <x:v>471</x:v>
       </x:c>
       <x:c r="H270" s="14" t="s"/>
       <x:c r="I270" s="16" t="s">
-        <x:v>471</x:v>
+        <x:v>472</x:v>
       </x:c>
       <x:c r="J270" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="K270" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L270" s="14" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="M270" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N270" s="15" t="n">
         <x:v>34572</x:v>
       </x:c>
       <x:c r="O270" s="14" t="s">
         <x:v>112</x:v>
       </x:c>
       <x:c r="P270" s="14" t="s">
-        <x:v>470</x:v>
+        <x:v>471</x:v>
       </x:c>
       <x:c r="Q270" s="16" t="s">
-        <x:v>471</x:v>
+        <x:v>472</x:v>
       </x:c>
       <x:c r="R270" s="14" t="s">
         <x:v>276</x:v>
       </x:c>
       <x:c r="S270" s="14" t="n">
         <x:v>572618</x:v>
       </x:c>
       <x:c r="T270" s="16" t="s">
-        <x:v>472</x:v>
+        <x:v>473</x:v>
       </x:c>
       <x:c r="U270" s="16" t="s">
-        <x:v>473</x:v>
+        <x:v>474</x:v>
       </x:c>
     </x:row>
     <x:row r="271" spans="1:21">
       <x:c r="A271" s="1" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="B271" s="0" t="s">
         <x:v>233</x:v>
       </x:c>
       <x:c r="C271" s="3" t="n">
         <x:v>39063</x:v>
       </x:c>
       <x:c r="D271" s="3" t="s"/>
       <x:c r="G271" s="0" t="s">
         <x:v>256</x:v>
       </x:c>
       <x:c r="I271" s="4" t="s">
         <x:v>257</x:v>
       </x:c>
       <x:c r="J271" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="K271" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="L271" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M271" s="0" t="s">
         <x:v>107</x:v>
       </x:c>
       <x:c r="N271" s="3" t="n">
         <x:v>34572</x:v>
       </x:c>
       <x:c r="O271" s="0" t="s">
         <x:v>112</x:v>
       </x:c>
       <x:c r="P271" s="0" t="s">
         <x:v>256</x:v>
       </x:c>
       <x:c r="Q271" s="4" t="s">
         <x:v>257</x:v>
       </x:c>
       <x:c r="R271" s="0" t="s">
         <x:v>104</x:v>
       </x:c>
       <x:c r="S271" s="0" t="n">
         <x:v>572981</x:v>
       </x:c>
       <x:c r="T271" s="4" t="s">
-        <x:v>474</x:v>
+        <x:v>475</x:v>
       </x:c>
       <x:c r="U271" s="4" t="s">
         <x:v>35</x:v>
       </x:c>
     </x:row>
     <x:row r="272" spans="1:21">
       <x:c r="A272" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B272" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="C272" s="15" t="n">
         <x:v>39063</x:v>
       </x:c>
       <x:c r="D272" s="15" t="s"/>
       <x:c r="E272" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F272" s="14" t="s"/>
       <x:c r="G272" s="14" t="s">
-        <x:v>475</x:v>
+        <x:v>476</x:v>
       </x:c>
       <x:c r="H272" s="14" t="s"/>
       <x:c r="I272" s="16" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="J272" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="K272" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L272" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M272" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="N272" s="15" t="n">
         <x:v>34572</x:v>
       </x:c>
       <x:c r="O272" s="14" t="s">
         <x:v>112</x:v>
       </x:c>
       <x:c r="P272" s="14" t="s">
-        <x:v>475</x:v>
+        <x:v>476</x:v>
       </x:c>
       <x:c r="Q272" s="16" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="R272" s="14" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="S272" s="14" t="n">
         <x:v>587430</x:v>
       </x:c>
       <x:c r="T272" s="16" t="s">
-        <x:v>474</x:v>
+        <x:v>475</x:v>
       </x:c>
       <x:c r="U272" s="16" t="s">
         <x:v>35</x:v>
       </x:c>
     </x:row>
     <x:row r="273" spans="1:21">
       <x:c r="A273" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B273" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="C273" s="3" t="n">
         <x:v>39063</x:v>
       </x:c>
       <x:c r="D273" s="3" t="s"/>
       <x:c r="E273" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G273" s="0" t="s">
-        <x:v>476</x:v>
+        <x:v>477</x:v>
       </x:c>
       <x:c r="I273" s="4" t="s">
-        <x:v>477</x:v>
+        <x:v>478</x:v>
       </x:c>
       <x:c r="J273" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="K273" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L273" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="M273" s="0" t="s">
         <x:v>107</x:v>
       </x:c>
       <x:c r="N273" s="3" t="n">
         <x:v>34572</x:v>
       </x:c>
       <x:c r="O273" s="0" t="s">
         <x:v>112</x:v>
       </x:c>
       <x:c r="P273" s="0" t="s">
-        <x:v>476</x:v>
+        <x:v>477</x:v>
       </x:c>
       <x:c r="Q273" s="4" t="s">
-        <x:v>477</x:v>
+        <x:v>478</x:v>
       </x:c>
       <x:c r="R273" s="0" t="s">
-        <x:v>478</x:v>
+        <x:v>479</x:v>
       </x:c>
       <x:c r="S273" s="0" t="n">
         <x:v>548626</x:v>
       </x:c>
       <x:c r="T273" s="4" t="s">
-        <x:v>474</x:v>
+        <x:v>475</x:v>
       </x:c>
       <x:c r="U273" s="4" t="s">
         <x:v>242</x:v>
       </x:c>
     </x:row>
     <x:row r="274" spans="1:21">
       <x:c r="A274" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B274" s="14" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="C274" s="15" t="n">
         <x:v>37717</x:v>
       </x:c>
       <x:c r="D274" s="15" t="s"/>
       <x:c r="E274" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F274" s="14" t="s"/>
       <x:c r="G274" s="14" t="s">
-        <x:v>476</x:v>
+        <x:v>477</x:v>
       </x:c>
       <x:c r="H274" s="14" t="s"/>
       <x:c r="I274" s="16" t="s">
-        <x:v>477</x:v>
+        <x:v>478</x:v>
       </x:c>
       <x:c r="J274" s="14" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="K274" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L274" s="14" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="M274" s="14" t="s">
         <x:v>107</x:v>
       </x:c>
       <x:c r="N274" s="15" t="n">
         <x:v>34581</x:v>
       </x:c>
       <x:c r="O274" s="14" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="P274" s="14" t="s">
-        <x:v>476</x:v>
+        <x:v>477</x:v>
       </x:c>
       <x:c r="Q274" s="16" t="s">
-        <x:v>477</x:v>
+        <x:v>478</x:v>
       </x:c>
       <x:c r="R274" s="14" t="s">
-        <x:v>478</x:v>
+        <x:v>479</x:v>
       </x:c>
       <x:c r="S274" s="14" t="n">
         <x:v>548629</x:v>
       </x:c>
       <x:c r="T274" s="16" t="s">
-        <x:v>474</x:v>
+        <x:v>475</x:v>
       </x:c>
       <x:c r="U274" s="16" t="s">
         <x:v>61</x:v>
       </x:c>
     </x:row>
     <x:row r="275" spans="1:21">
       <x:c r="A275" s="1" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="B275" s="0" t="s">
         <x:v>237</x:v>
       </x:c>
       <x:c r="C275" s="3" t="n">
         <x:v>37717</x:v>
       </x:c>
       <x:c r="D275" s="3" t="s"/>
       <x:c r="G275" s="0" t="s">
         <x:v>229</x:v>
       </x:c>
       <x:c r="I275" s="4" t="s">
         <x:v>230</x:v>
       </x:c>
       <x:c r="J275" s="0" t="s">
         <x:v>82</x:v>
       </x:c>
@@ -18630,54 +18633,54 @@
       <x:c r="L275" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M275" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="N275" s="3" t="n">
         <x:v>34581</x:v>
       </x:c>
       <x:c r="O275" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="P275" s="0" t="s">
         <x:v>229</x:v>
       </x:c>
       <x:c r="Q275" s="4" t="s">
         <x:v>230</x:v>
       </x:c>
       <x:c r="R275" s="0" t="s">
         <x:v>113</x:v>
       </x:c>
       <x:c r="S275" s="0" t="n">
         <x:v>557310</x:v>
       </x:c>
       <x:c r="T275" s="4" t="s">
-        <x:v>474</x:v>
+        <x:v>475</x:v>
       </x:c>
       <x:c r="U275" s="4" t="s">
-        <x:v>479</x:v>
+        <x:v>480</x:v>
       </x:c>
     </x:row>
     <x:row r="276" spans="1:21">
       <x:c r="A276" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B276" s="14" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="C276" s="15" t="n">
         <x:v>37717</x:v>
       </x:c>
       <x:c r="D276" s="15" t="s"/>
       <x:c r="E276" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F276" s="14" t="s"/>
       <x:c r="G276" s="14" t="s">
         <x:v>229</x:v>
       </x:c>
       <x:c r="H276" s="14" t="s"/>
       <x:c r="I276" s="16" t="s">
         <x:v>230</x:v>
       </x:c>
       <x:c r="J276" s="14" t="s">
@@ -18689,51 +18692,51 @@
       <x:c r="L276" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M276" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="N276" s="15" t="n">
         <x:v>34581</x:v>
       </x:c>
       <x:c r="O276" s="14" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="P276" s="14" t="s">
         <x:v>229</x:v>
       </x:c>
       <x:c r="Q276" s="16" t="s">
         <x:v>230</x:v>
       </x:c>
       <x:c r="R276" s="14" t="s">
         <x:v>113</x:v>
       </x:c>
       <x:c r="S276" s="14" t="n">
         <x:v>557581</x:v>
       </x:c>
       <x:c r="T276" s="16" t="s">
-        <x:v>474</x:v>
+        <x:v>475</x:v>
       </x:c>
       <x:c r="U276" s="16" t="s">
         <x:v>242</x:v>
       </x:c>
     </x:row>
     <x:row r="277" spans="1:21">
       <x:c r="A277" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B277" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="C277" s="3" t="n">
         <x:v>39063</x:v>
       </x:c>
       <x:c r="D277" s="3" t="s"/>
       <x:c r="E277" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G277" s="0" t="s">
         <x:v>229</x:v>
       </x:c>
       <x:c r="I277" s="4" t="s">
         <x:v>230</x:v>
       </x:c>
@@ -18746,54 +18749,54 @@
       <x:c r="L277" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M277" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="N277" s="3" t="n">
         <x:v>34572</x:v>
       </x:c>
       <x:c r="O277" s="0" t="s">
         <x:v>112</x:v>
       </x:c>
       <x:c r="P277" s="0" t="s">
         <x:v>229</x:v>
       </x:c>
       <x:c r="Q277" s="4" t="s">
         <x:v>230</x:v>
       </x:c>
       <x:c r="R277" s="0" t="s">
         <x:v>113</x:v>
       </x:c>
       <x:c r="S277" s="0" t="n">
         <x:v>557587</x:v>
       </x:c>
       <x:c r="T277" s="4" t="s">
-        <x:v>474</x:v>
+        <x:v>475</x:v>
       </x:c>
       <x:c r="U277" s="4" t="s">
-        <x:v>480</x:v>
+        <x:v>481</x:v>
       </x:c>
     </x:row>
     <x:row r="278" spans="1:21">
       <x:c r="A278" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B278" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="C278" s="15" t="n">
         <x:v>39063</x:v>
       </x:c>
       <x:c r="D278" s="15" t="s"/>
       <x:c r="E278" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F278" s="14" t="s"/>
       <x:c r="G278" s="14" t="s">
         <x:v>216</x:v>
       </x:c>
       <x:c r="H278" s="14" t="s">
         <x:v>217</x:v>
       </x:c>
       <x:c r="I278" s="16" t="s">
         <x:v>218</x:v>
@@ -18807,54 +18810,54 @@
       <x:c r="L278" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M278" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="N278" s="15" t="n">
         <x:v>34572</x:v>
       </x:c>
       <x:c r="O278" s="14" t="s">
         <x:v>112</x:v>
       </x:c>
       <x:c r="P278" s="14" t="s">
         <x:v>216</x:v>
       </x:c>
       <x:c r="Q278" s="16" t="s">
         <x:v>218</x:v>
       </x:c>
       <x:c r="R278" s="14" t="s">
         <x:v>219</x:v>
       </x:c>
       <x:c r="S278" s="14" t="n">
         <x:v>549766</x:v>
       </x:c>
       <x:c r="T278" s="16" t="s">
-        <x:v>481</x:v>
+        <x:v>482</x:v>
       </x:c>
       <x:c r="U278" s="16" t="s">
-        <x:v>482</x:v>
+        <x:v>483</x:v>
       </x:c>
     </x:row>
     <x:row r="279" spans="1:21">
       <x:c r="A279" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B279" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="C279" s="3" t="n">
         <x:v>39063</x:v>
       </x:c>
       <x:c r="D279" s="3" t="s"/>
       <x:c r="E279" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G279" s="0" t="s">
         <x:v>216</x:v>
       </x:c>
       <x:c r="H279" s="0" t="s">
         <x:v>217</x:v>
       </x:c>
       <x:c r="I279" s="4" t="s">
         <x:v>218</x:v>
       </x:c>
@@ -18867,1480 +18870,1479 @@
       <x:c r="L279" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="M279" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N279" s="3" t="n">
         <x:v>34572</x:v>
       </x:c>
       <x:c r="O279" s="0" t="s">
         <x:v>112</x:v>
       </x:c>
       <x:c r="P279" s="0" t="s">
         <x:v>216</x:v>
       </x:c>
       <x:c r="Q279" s="4" t="s">
         <x:v>218</x:v>
       </x:c>
       <x:c r="R279" s="0" t="s">
         <x:v>219</x:v>
       </x:c>
       <x:c r="S279" s="0" t="n">
         <x:v>549765</x:v>
       </x:c>
       <x:c r="T279" s="4" t="s">
-        <x:v>481</x:v>
+        <x:v>482</x:v>
       </x:c>
       <x:c r="U279" s="4" t="s">
-        <x:v>482</x:v>
+        <x:v>483</x:v>
       </x:c>
     </x:row>
     <x:row r="280" spans="1:21">
       <x:c r="A280" s="13" t="s">
         <x:v>382</x:v>
       </x:c>
       <x:c r="B280" s="14" t="s">
         <x:v>383</x:v>
       </x:c>
       <x:c r="C280" s="15" t="n">
         <x:v>39063</x:v>
       </x:c>
       <x:c r="D280" s="15" t="s"/>
       <x:c r="E280" s="14" t="s"/>
       <x:c r="F280" s="14" t="s"/>
       <x:c r="G280" s="14" t="s">
-        <x:v>463</x:v>
+        <x:v>464</x:v>
       </x:c>
       <x:c r="H280" s="14" t="s">
-        <x:v>464</x:v>
+        <x:v>465</x:v>
       </x:c>
       <x:c r="I280" s="16" t="s">
-        <x:v>465</x:v>
+        <x:v>466</x:v>
       </x:c>
       <x:c r="J280" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="K280" s="14" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="L280" s="14" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="M280" s="14" t="s">
         <x:v>107</x:v>
       </x:c>
       <x:c r="N280" s="15" t="n">
         <x:v>34572</x:v>
       </x:c>
       <x:c r="O280" s="14" t="s">
         <x:v>112</x:v>
       </x:c>
       <x:c r="P280" s="14" t="s">
-        <x:v>463</x:v>
+        <x:v>464</x:v>
       </x:c>
       <x:c r="Q280" s="16" t="s">
-        <x:v>465</x:v>
+        <x:v>466</x:v>
       </x:c>
       <x:c r="R280" s="14" t="s">
-        <x:v>468</x:v>
+        <x:v>469</x:v>
       </x:c>
       <x:c r="S280" s="14" t="n">
         <x:v>550626</x:v>
       </x:c>
       <x:c r="T280" s="16" t="s">
-        <x:v>483</x:v>
+        <x:v>484</x:v>
       </x:c>
       <x:c r="U280" s="16" t="s">
         <x:v>342</x:v>
       </x:c>
     </x:row>
     <x:row r="281" spans="1:21">
       <x:c r="A281" s="1" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="B281" s="0" t="s">
-        <x:v>484</x:v>
+        <x:v>485</x:v>
       </x:c>
       <x:c r="C281" s="3" t="n">
         <x:v>37717</x:v>
       </x:c>
       <x:c r="D281" s="3" t="s"/>
       <x:c r="G281" s="0" t="s">
         <x:v>333</x:v>
       </x:c>
       <x:c r="I281" s="4" t="s">
         <x:v>334</x:v>
       </x:c>
       <x:c r="J281" s="0" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="K281" s="0" t="s">
-        <x:v>485</x:v>
+        <x:v>486</x:v>
       </x:c>
       <x:c r="L281" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M281" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="N281" s="3" t="n">
         <x:v>34581</x:v>
       </x:c>
       <x:c r="O281" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="P281" s="0" t="s">
         <x:v>333</x:v>
       </x:c>
       <x:c r="Q281" s="4" t="s">
         <x:v>334</x:v>
       </x:c>
       <x:c r="R281" s="0" t="s">
         <x:v>113</x:v>
       </x:c>
       <x:c r="S281" s="0" t="n">
         <x:v>587705</x:v>
       </x:c>
       <x:c r="T281" s="4" t="s">
-        <x:v>486</x:v>
+        <x:v>487</x:v>
       </x:c>
       <x:c r="U281" s="4" t="s">
-        <x:v>487</x:v>
+        <x:v>488</x:v>
       </x:c>
     </x:row>
     <x:row r="282" spans="1:21">
       <x:c r="A282" s="13" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="B282" s="14" t="s">
-        <x:v>457</x:v>
+        <x:v>458</x:v>
       </x:c>
       <x:c r="C282" s="15" t="n">
         <x:v>38466</x:v>
       </x:c>
       <x:c r="D282" s="15" t="s"/>
       <x:c r="E282" s="14" t="s"/>
       <x:c r="F282" s="14" t="s"/>
       <x:c r="G282" s="14" t="s">
-        <x:v>456</x:v>
+        <x:v>457</x:v>
       </x:c>
       <x:c r="H282" s="14" t="s"/>
       <x:c r="I282" s="16" t="s">
         <x:v>257</x:v>
       </x:c>
       <x:c r="J282" s="14" t="s">
         <x:v>106</x:v>
       </x:c>
       <x:c r="K282" s="14" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="L282" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M282" s="14" t="s">
         <x:v>107</x:v>
       </x:c>
       <x:c r="N282" s="15" t="n">
         <x:v>34590</x:v>
       </x:c>
       <x:c r="O282" s="14" t="s">
+        <x:v>458</x:v>
+      </x:c>
+      <x:c r="P282" s="14" t="s">
         <x:v>457</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>456</x:v>
       </x:c>
       <x:c r="Q282" s="16" t="s">
         <x:v>257</x:v>
       </x:c>
       <x:c r="R282" s="14" t="s">
         <x:v>104</x:v>
       </x:c>
       <x:c r="S282" s="14" t="n">
         <x:v>558103</x:v>
       </x:c>
       <x:c r="T282" s="16" t="s">
-        <x:v>488</x:v>
+        <x:v>489</x:v>
       </x:c>
       <x:c r="U282" s="16" t="s">
-        <x:v>489</x:v>
+        <x:v>490</x:v>
       </x:c>
     </x:row>
     <x:row r="283" spans="1:21">
       <x:c r="A283" s="1" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="B283" s="0" t="s">
         <x:v>237</x:v>
       </x:c>
       <x:c r="C283" s="3" t="n">
         <x:v>37717</x:v>
       </x:c>
       <x:c r="D283" s="3" t="s"/>
       <x:c r="G283" s="0" t="s">
         <x:v>229</x:v>
       </x:c>
       <x:c r="I283" s="4" t="s">
         <x:v>230</x:v>
       </x:c>
       <x:c r="J283" s="0" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="K283" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="L283" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M283" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="N283" s="3" t="n">
         <x:v>34581</x:v>
       </x:c>
       <x:c r="O283" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="P283" s="0" t="s">
         <x:v>229</x:v>
       </x:c>
       <x:c r="Q283" s="4" t="s">
         <x:v>230</x:v>
       </x:c>
       <x:c r="R283" s="0" t="s">
         <x:v>113</x:v>
       </x:c>
       <x:c r="S283" s="0" t="n">
         <x:v>557311</x:v>
       </x:c>
       <x:c r="T283" s="4" t="s">
-        <x:v>490</x:v>
+        <x:v>491</x:v>
       </x:c>
       <x:c r="U283" s="4" t="s">
-        <x:v>491</x:v>
+        <x:v>492</x:v>
       </x:c>
     </x:row>
     <x:row r="284" spans="1:21">
       <x:c r="A284" s="13" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="B284" s="14" t="s">
         <x:v>237</x:v>
       </x:c>
       <x:c r="C284" s="15" t="n">
         <x:v>37717</x:v>
       </x:c>
       <x:c r="D284" s="15" t="s"/>
       <x:c r="E284" s="14" t="s">
-        <x:v>447</x:v>
+        <x:v>448</x:v>
       </x:c>
       <x:c r="F284" s="14" t="s">
-        <x:v>448</x:v>
+        <x:v>449</x:v>
       </x:c>
       <x:c r="G284" s="14" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="H284" s="14" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="I284" s="16" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="J284" s="14" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="K284" s="14" t="s">
-        <x:v>451</x:v>
+        <x:v>452</x:v>
       </x:c>
       <x:c r="L284" s="14" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="M284" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N284" s="15" t="n">
         <x:v>34581</x:v>
       </x:c>
       <x:c r="O284" s="14" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="P284" s="14" t="s">
         <x:v>350</x:v>
       </x:c>
       <x:c r="Q284" s="16" t="s">
         <x:v>352</x:v>
       </x:c>
       <x:c r="R284" s="14" t="s">
-        <x:v>492</x:v>
+        <x:v>493</x:v>
       </x:c>
       <x:c r="S284" s="14" t="n">
         <x:v>580093</x:v>
       </x:c>
       <x:c r="T284" s="16" t="s">
-        <x:v>493</x:v>
+        <x:v>434</x:v>
       </x:c>
       <x:c r="U284" s="16" t="s">
         <x:v>221</x:v>
       </x:c>
     </x:row>
     <x:row r="285" spans="1:21">
       <x:c r="A285" s="1" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="B285" s="0" t="s">
-        <x:v>232</x:v>
+        <x:v>233</x:v>
       </x:c>
       <x:c r="C285" s="3" t="n">
-        <x:v>35652</x:v>
+        <x:v>39063</x:v>
       </x:c>
       <x:c r="D285" s="3" t="s"/>
       <x:c r="G285" s="0" t="s">
-        <x:v>110</x:v>
+        <x:v>256</x:v>
       </x:c>
       <x:c r="I285" s="4" t="s">
-        <x:v>111</x:v>
+        <x:v>257</x:v>
       </x:c>
       <x:c r="J285" s="0" t="s">
-        <x:v>106</x:v>
+        <x:v>39</x:v>
       </x:c>
       <x:c r="K285" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="L285" s="0" t="s">
-        <x:v>57</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="M285" s="0" t="s">
-        <x:v>40</x:v>
+        <x:v>107</x:v>
       </x:c>
       <x:c r="N285" s="3" t="n">
-        <x:v>34538</x:v>
+        <x:v>34572</x:v>
       </x:c>
       <x:c r="O285" s="0" t="s">
-        <x:v>108</x:v>
+        <x:v>112</x:v>
       </x:c>
       <x:c r="P285" s="0" t="s">
-        <x:v>110</x:v>
+        <x:v>256</x:v>
       </x:c>
       <x:c r="Q285" s="4" t="s">
-        <x:v>111</x:v>
+        <x:v>257</x:v>
       </x:c>
       <x:c r="R285" s="0" t="s">
-        <x:v>113</x:v>
+        <x:v>104</x:v>
       </x:c>
       <x:c r="S285" s="0" t="n">
-        <x:v>607469</x:v>
+        <x:v>572982</x:v>
       </x:c>
       <x:c r="T285" s="4" t="s">
-        <x:v>493</x:v>
+        <x:v>494</x:v>
       </x:c>
       <x:c r="U285" s="4" t="s">
-        <x:v>494</x:v>
+        <x:v>495</x:v>
       </x:c>
     </x:row>
     <x:row r="286" spans="1:21">
       <x:c r="A286" s="13" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="B286" s="14" t="s">
-        <x:v>233</x:v>
+        <x:v>485</x:v>
       </x:c>
       <x:c r="C286" s="15" t="n">
-        <x:v>39063</x:v>
+        <x:v>37717</x:v>
       </x:c>
       <x:c r="D286" s="15" t="s"/>
       <x:c r="E286" s="14" t="s"/>
       <x:c r="F286" s="14" t="s"/>
       <x:c r="G286" s="14" t="s">
-        <x:v>256</x:v>
+        <x:v>333</x:v>
       </x:c>
       <x:c r="H286" s="14" t="s"/>
       <x:c r="I286" s="16" t="s">
-        <x:v>257</x:v>
+        <x:v>334</x:v>
       </x:c>
       <x:c r="J286" s="14" t="s">
-        <x:v>39</x:v>
+        <x:v>82</x:v>
       </x:c>
       <x:c r="K286" s="14" t="s">
-        <x:v>50</x:v>
+        <x:v>486</x:v>
       </x:c>
       <x:c r="L286" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M286" s="14" t="s">
-        <x:v>107</x:v>
+        <x:v>40</x:v>
       </x:c>
       <x:c r="N286" s="15" t="n">
-        <x:v>34572</x:v>
+        <x:v>34581</x:v>
       </x:c>
       <x:c r="O286" s="14" t="s">
-        <x:v>112</x:v>
+        <x:v>51</x:v>
       </x:c>
       <x:c r="P286" s="14" t="s">
-        <x:v>256</x:v>
+        <x:v>333</x:v>
       </x:c>
       <x:c r="Q286" s="16" t="s">
-        <x:v>257</x:v>
+        <x:v>334</x:v>
       </x:c>
       <x:c r="R286" s="14" t="s">
-        <x:v>104</x:v>
+        <x:v>113</x:v>
       </x:c>
       <x:c r="S286" s="14" t="n">
-        <x:v>572982</x:v>
+        <x:v>587706</x:v>
       </x:c>
       <x:c r="T286" s="16" t="s">
-        <x:v>495</x:v>
+        <x:v>496</x:v>
       </x:c>
       <x:c r="U286" s="16" t="s">
-        <x:v>496</x:v>
+        <x:v>497</x:v>
       </x:c>
     </x:row>
     <x:row r="287" spans="1:21">
       <x:c r="A287" s="1" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="B287" s="0" t="s">
-        <x:v>484</x:v>
+        <x:v>233</x:v>
       </x:c>
       <x:c r="C287" s="3" t="n">
-        <x:v>37717</x:v>
+        <x:v>39063</x:v>
       </x:c>
       <x:c r="D287" s="3" t="s"/>
       <x:c r="G287" s="0" t="s">
-        <x:v>333</x:v>
+        <x:v>264</x:v>
       </x:c>
       <x:c r="I287" s="4" t="s">
-        <x:v>334</x:v>
+        <x:v>261</x:v>
       </x:c>
       <x:c r="J287" s="0" t="s">
-        <x:v>82</x:v>
+        <x:v>39</x:v>
       </x:c>
       <x:c r="K287" s="0" t="s">
-        <x:v>485</x:v>
+        <x:v>265</x:v>
       </x:c>
       <x:c r="L287" s="0" t="s">
-        <x:v>28</x:v>
+        <x:v>57</x:v>
       </x:c>
       <x:c r="M287" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="N287" s="3" t="n">
-        <x:v>34581</x:v>
+        <x:v>34572</x:v>
       </x:c>
       <x:c r="O287" s="0" t="s">
-        <x:v>51</x:v>
+        <x:v>112</x:v>
       </x:c>
       <x:c r="P287" s="0" t="s">
-        <x:v>333</x:v>
+        <x:v>264</x:v>
       </x:c>
       <x:c r="Q287" s="4" t="s">
-        <x:v>334</x:v>
+        <x:v>261</x:v>
       </x:c>
       <x:c r="R287" s="0" t="s">
-        <x:v>113</x:v>
+        <x:v>266</x:v>
       </x:c>
       <x:c r="S287" s="0" t="n">
-        <x:v>587706</x:v>
+        <x:v>583304</x:v>
       </x:c>
       <x:c r="T287" s="4" t="s">
-        <x:v>497</x:v>
+        <x:v>496</x:v>
       </x:c>
       <x:c r="U287" s="4" t="s">
         <x:v>498</x:v>
       </x:c>
     </x:row>
     <x:row r="288" spans="1:21">
       <x:c r="A288" s="13" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="B288" s="14" t="s">
-        <x:v>233</x:v>
+        <x:v>237</x:v>
       </x:c>
       <x:c r="C288" s="15" t="n">
-        <x:v>39063</x:v>
+        <x:v>37717</x:v>
       </x:c>
       <x:c r="D288" s="15" t="s"/>
       <x:c r="E288" s="14" t="s"/>
       <x:c r="F288" s="14" t="s"/>
       <x:c r="G288" s="14" t="s">
         <x:v>264</x:v>
       </x:c>
       <x:c r="H288" s="14" t="s"/>
       <x:c r="I288" s="16" t="s">
         <x:v>261</x:v>
       </x:c>
       <x:c r="J288" s="14" t="s">
-        <x:v>39</x:v>
+        <x:v>82</x:v>
       </x:c>
       <x:c r="K288" s="14" t="s">
         <x:v>265</x:v>
       </x:c>
       <x:c r="L288" s="14" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="M288" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="N288" s="15" t="n">
-        <x:v>34572</x:v>
+        <x:v>34581</x:v>
       </x:c>
       <x:c r="O288" s="14" t="s">
-        <x:v>112</x:v>
+        <x:v>51</x:v>
       </x:c>
       <x:c r="P288" s="14" t="s">
         <x:v>264</x:v>
       </x:c>
       <x:c r="Q288" s="16" t="s">
         <x:v>261</x:v>
       </x:c>
       <x:c r="R288" s="14" t="s">
         <x:v>266</x:v>
       </x:c>
       <x:c r="S288" s="14" t="n">
-        <x:v>583304</x:v>
+        <x:v>583314</x:v>
       </x:c>
       <x:c r="T288" s="16" t="s">
-        <x:v>497</x:v>
+        <x:v>496</x:v>
       </x:c>
       <x:c r="U288" s="16" t="s">
-        <x:v>499</x:v>
+        <x:v>177</x:v>
       </x:c>
     </x:row>
     <x:row r="289" spans="1:21">
       <x:c r="A289" s="1" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="B289" s="0" t="s">
-        <x:v>237</x:v>
+        <x:v>458</x:v>
       </x:c>
       <x:c r="C289" s="3" t="n">
-        <x:v>37717</x:v>
+        <x:v>38466</x:v>
       </x:c>
       <x:c r="D289" s="3" t="s"/>
       <x:c r="G289" s="0" t="s">
-        <x:v>264</x:v>
+        <x:v>457</x:v>
       </x:c>
       <x:c r="I289" s="4" t="s">
-        <x:v>261</x:v>
+        <x:v>257</x:v>
       </x:c>
       <x:c r="J289" s="0" t="s">
-        <x:v>82</x:v>
+        <x:v>106</x:v>
       </x:c>
       <x:c r="K289" s="0" t="s">
-        <x:v>265</x:v>
+        <x:v>50</x:v>
       </x:c>
       <x:c r="L289" s="0" t="s">
-        <x:v>57</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="M289" s="0" t="s">
-        <x:v>40</x:v>
+        <x:v>107</x:v>
       </x:c>
       <x:c r="N289" s="3" t="n">
-        <x:v>34581</x:v>
+        <x:v>34590</x:v>
       </x:c>
       <x:c r="O289" s="0" t="s">
-        <x:v>51</x:v>
+        <x:v>458</x:v>
       </x:c>
       <x:c r="P289" s="0" t="s">
-        <x:v>264</x:v>
+        <x:v>457</x:v>
       </x:c>
       <x:c r="Q289" s="4" t="s">
-        <x:v>261</x:v>
+        <x:v>257</x:v>
       </x:c>
       <x:c r="R289" s="0" t="s">
-        <x:v>266</x:v>
+        <x:v>104</x:v>
       </x:c>
       <x:c r="S289" s="0" t="n">
-        <x:v>583314</x:v>
+        <x:v>558104</x:v>
       </x:c>
       <x:c r="T289" s="4" t="s">
-        <x:v>497</x:v>
+        <x:v>499</x:v>
       </x:c>
       <x:c r="U289" s="4" t="s">
-        <x:v>177</x:v>
+        <x:v>490</x:v>
       </x:c>
     </x:row>
     <x:row r="290" spans="1:21">
       <x:c r="A290" s="13" t="s">
-        <x:v>45</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B290" s="14" t="s">
-        <x:v>457</x:v>
+        <x:v>78</x:v>
       </x:c>
       <x:c r="C290" s="15" t="n">
-        <x:v>38466</x:v>
+        <x:v>37717</x:v>
       </x:c>
       <x:c r="D290" s="15" t="s"/>
-      <x:c r="E290" s="14" t="s"/>
+      <x:c r="E290" s="14" t="s">
+        <x:v>23</x:v>
+      </x:c>
       <x:c r="F290" s="14" t="s"/>
       <x:c r="G290" s="14" t="s">
-        <x:v>456</x:v>
+        <x:v>274</x:v>
       </x:c>
       <x:c r="H290" s="14" t="s"/>
       <x:c r="I290" s="16" t="s">
-        <x:v>257</x:v>
+        <x:v>275</x:v>
       </x:c>
       <x:c r="J290" s="14" t="s">
-        <x:v>106</x:v>
+        <x:v>82</x:v>
       </x:c>
       <x:c r="K290" s="14" t="s">
-        <x:v>50</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="L290" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M290" s="14" t="s">
-        <x:v>107</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="N290" s="15" t="n">
-        <x:v>34590</x:v>
+        <x:v>34581</x:v>
       </x:c>
       <x:c r="O290" s="14" t="s">
-        <x:v>457</x:v>
+        <x:v>51</x:v>
       </x:c>
       <x:c r="P290" s="14" t="s">
-        <x:v>456</x:v>
+        <x:v>274</x:v>
       </x:c>
       <x:c r="Q290" s="16" t="s">
-        <x:v>257</x:v>
+        <x:v>275</x:v>
       </x:c>
       <x:c r="R290" s="14" t="s">
-        <x:v>104</x:v>
+        <x:v>402</x:v>
       </x:c>
       <x:c r="S290" s="14" t="n">
-        <x:v>558104</x:v>
+        <x:v>553765</x:v>
       </x:c>
       <x:c r="T290" s="16" t="s">
         <x:v>500</x:v>
       </x:c>
       <x:c r="U290" s="16" t="s">
-        <x:v>489</x:v>
+        <x:v>501</x:v>
       </x:c>
     </x:row>
     <x:row r="291" spans="1:21">
       <x:c r="A291" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B291" s="0" t="s">
-        <x:v>78</x:v>
+        <x:v>273</x:v>
       </x:c>
       <x:c r="C291" s="3" t="n">
-        <x:v>37717</x:v>
+        <x:v>39063</x:v>
       </x:c>
       <x:c r="D291" s="3" t="s"/>
       <x:c r="E291" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G291" s="0" t="s">
         <x:v>274</x:v>
       </x:c>
       <x:c r="I291" s="4" t="s">
         <x:v>275</x:v>
       </x:c>
       <x:c r="J291" s="0" t="s">
-        <x:v>82</x:v>
+        <x:v>39</x:v>
       </x:c>
       <x:c r="K291" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L291" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M291" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N291" s="3" t="n">
-        <x:v>34581</x:v>
+        <x:v>34572</x:v>
       </x:c>
       <x:c r="O291" s="0" t="s">
-        <x:v>51</x:v>
+        <x:v>112</x:v>
       </x:c>
       <x:c r="P291" s="0" t="s">
         <x:v>274</x:v>
       </x:c>
       <x:c r="Q291" s="4" t="s">
         <x:v>275</x:v>
       </x:c>
       <x:c r="R291" s="0" t="s">
-        <x:v>402</x:v>
+        <x:v>192</x:v>
       </x:c>
       <x:c r="S291" s="0" t="n">
-        <x:v>553765</x:v>
+        <x:v>553767</x:v>
       </x:c>
       <x:c r="T291" s="4" t="s">
-        <x:v>501</x:v>
+        <x:v>502</x:v>
       </x:c>
       <x:c r="U291" s="4" t="s">
-        <x:v>502</x:v>
+        <x:v>503</x:v>
       </x:c>
     </x:row>
     <x:row r="292" spans="1:21">
       <x:c r="A292" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B292" s="14" t="s">
         <x:v>273</x:v>
       </x:c>
       <x:c r="C292" s="15" t="n">
         <x:v>39063</x:v>
       </x:c>
       <x:c r="D292" s="15" t="s"/>
       <x:c r="E292" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F292" s="14" t="s"/>
       <x:c r="G292" s="14" t="s">
         <x:v>274</x:v>
       </x:c>
       <x:c r="H292" s="14" t="s"/>
       <x:c r="I292" s="16" t="s">
         <x:v>275</x:v>
       </x:c>
       <x:c r="J292" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="K292" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L292" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M292" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N292" s="15" t="n">
         <x:v>34572</x:v>
       </x:c>
       <x:c r="O292" s="14" t="s">
         <x:v>112</x:v>
       </x:c>
       <x:c r="P292" s="14" t="s">
         <x:v>274</x:v>
       </x:c>
       <x:c r="Q292" s="16" t="s">
         <x:v>275</x:v>
       </x:c>
       <x:c r="R292" s="14" t="s">
-        <x:v>192</x:v>
+        <x:v>283</x:v>
       </x:c>
       <x:c r="S292" s="14" t="n">
-        <x:v>553767</x:v>
+        <x:v>553768</x:v>
       </x:c>
       <x:c r="T292" s="16" t="s">
+        <x:v>502</x:v>
+      </x:c>
+      <x:c r="U292" s="16" t="s">
         <x:v>503</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>504</x:v>
       </x:c>
     </x:row>
     <x:row r="293" spans="1:21">
       <x:c r="A293" s="1" t="s">
-        <x:v>21</x:v>
+        <x:v>45</x:v>
       </x:c>
       <x:c r="B293" s="0" t="s">
-        <x:v>273</x:v>
+        <x:v>237</x:v>
       </x:c>
       <x:c r="C293" s="3" t="n">
-        <x:v>39063</x:v>
+        <x:v>37717</x:v>
       </x:c>
       <x:c r="D293" s="3" t="s"/>
-      <x:c r="E293" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="G293" s="0" t="s">
-        <x:v>274</x:v>
+        <x:v>229</x:v>
       </x:c>
       <x:c r="I293" s="4" t="s">
-        <x:v>275</x:v>
+        <x:v>230</x:v>
       </x:c>
       <x:c r="J293" s="0" t="s">
-        <x:v>39</x:v>
+        <x:v>82</x:v>
       </x:c>
       <x:c r="K293" s="0" t="s">
-        <x:v>27</x:v>
+        <x:v>50</x:v>
       </x:c>
       <x:c r="L293" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M293" s="0" t="s">
-        <x:v>29</x:v>
+        <x:v>40</x:v>
       </x:c>
       <x:c r="N293" s="3" t="n">
-        <x:v>34572</x:v>
+        <x:v>34581</x:v>
       </x:c>
       <x:c r="O293" s="0" t="s">
-        <x:v>112</x:v>
+        <x:v>51</x:v>
       </x:c>
       <x:c r="P293" s="0" t="s">
-        <x:v>274</x:v>
+        <x:v>229</x:v>
       </x:c>
       <x:c r="Q293" s="4" t="s">
-        <x:v>275</x:v>
+        <x:v>230</x:v>
       </x:c>
       <x:c r="R293" s="0" t="s">
-        <x:v>283</x:v>
+        <x:v>113</x:v>
       </x:c>
       <x:c r="S293" s="0" t="n">
-        <x:v>553768</x:v>
+        <x:v>557312</x:v>
       </x:c>
       <x:c r="T293" s="4" t="s">
-        <x:v>503</x:v>
+        <x:v>502</x:v>
       </x:c>
       <x:c r="U293" s="4" t="s">
-        <x:v>504</x:v>
+        <x:v>299</x:v>
       </x:c>
     </x:row>
     <x:row r="294" spans="1:21">
       <x:c r="A294" s="13" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="B294" s="14" t="s">
-        <x:v>484</x:v>
+        <x:v>485</x:v>
       </x:c>
       <x:c r="C294" s="15" t="n">
         <x:v>37717</x:v>
       </x:c>
       <x:c r="D294" s="15" t="s"/>
       <x:c r="E294" s="14" t="s"/>
       <x:c r="F294" s="14" t="s"/>
       <x:c r="G294" s="14" t="s">
         <x:v>333</x:v>
       </x:c>
       <x:c r="H294" s="14" t="s"/>
       <x:c r="I294" s="16" t="s">
         <x:v>334</x:v>
       </x:c>
       <x:c r="J294" s="14" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="K294" s="14" t="s">
-        <x:v>485</x:v>
+        <x:v>486</x:v>
       </x:c>
       <x:c r="L294" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M294" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="N294" s="15" t="n">
         <x:v>34581</x:v>
       </x:c>
       <x:c r="O294" s="14" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="P294" s="14" t="s">
         <x:v>333</x:v>
       </x:c>
       <x:c r="Q294" s="16" t="s">
         <x:v>334</x:v>
       </x:c>
       <x:c r="R294" s="14" t="s">
         <x:v>113</x:v>
       </x:c>
       <x:c r="S294" s="14" t="n">
         <x:v>587707</x:v>
       </x:c>
       <x:c r="T294" s="16" t="s">
-        <x:v>503</x:v>
+        <x:v>502</x:v>
       </x:c>
       <x:c r="U294" s="16" t="s">
         <x:v>268</x:v>
       </x:c>
     </x:row>
     <x:row r="295" spans="1:21">
       <x:c r="A295" s="1" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="B295" s="0" t="s">
-        <x:v>237</x:v>
+        <x:v>233</x:v>
       </x:c>
       <x:c r="C295" s="3" t="n">
-        <x:v>37717</x:v>
+        <x:v>39063</x:v>
       </x:c>
       <x:c r="D295" s="3" t="s"/>
       <x:c r="G295" s="0" t="s">
-        <x:v>229</x:v>
+        <x:v>476</x:v>
       </x:c>
       <x:c r="I295" s="4" t="s">
-        <x:v>230</x:v>
+        <x:v>32</x:v>
       </x:c>
       <x:c r="J295" s="0" t="s">
-        <x:v>82</x:v>
+        <x:v>39</x:v>
       </x:c>
       <x:c r="K295" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="L295" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M295" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="N295" s="3" t="n">
-        <x:v>34581</x:v>
+        <x:v>34572</x:v>
       </x:c>
       <x:c r="O295" s="0" t="s">
-        <x:v>51</x:v>
+        <x:v>112</x:v>
       </x:c>
       <x:c r="P295" s="0" t="s">
-        <x:v>229</x:v>
+        <x:v>476</x:v>
       </x:c>
       <x:c r="Q295" s="4" t="s">
-        <x:v>230</x:v>
+        <x:v>32</x:v>
       </x:c>
       <x:c r="R295" s="0" t="s">
-        <x:v>113</x:v>
+        <x:v>33</x:v>
       </x:c>
       <x:c r="S295" s="0" t="n">
-        <x:v>557312</x:v>
+        <x:v>604522</x:v>
       </x:c>
       <x:c r="T295" s="4" t="s">
-        <x:v>503</x:v>
+        <x:v>502</x:v>
       </x:c>
       <x:c r="U295" s="4" t="s">
-        <x:v>299</x:v>
+        <x:v>53</x:v>
       </x:c>
     </x:row>
     <x:row r="296" spans="1:21">
       <x:c r="A296" s="13" t="s">
-        <x:v>45</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B296" s="14" t="s">
-        <x:v>233</x:v>
+        <x:v>273</x:v>
       </x:c>
       <x:c r="C296" s="15" t="n">
         <x:v>39063</x:v>
       </x:c>
       <x:c r="D296" s="15" t="s"/>
-      <x:c r="E296" s="14" t="s"/>
+      <x:c r="E296" s="14" t="s">
+        <x:v>23</x:v>
+      </x:c>
       <x:c r="F296" s="14" t="s"/>
       <x:c r="G296" s="14" t="s">
-        <x:v>475</x:v>
+        <x:v>274</x:v>
       </x:c>
       <x:c r="H296" s="14" t="s"/>
       <x:c r="I296" s="16" t="s">
-        <x:v>32</x:v>
+        <x:v>275</x:v>
       </x:c>
       <x:c r="J296" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="K296" s="14" t="s">
-        <x:v>50</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="L296" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M296" s="14" t="s">
-        <x:v>40</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="N296" s="15" t="n">
         <x:v>34572</x:v>
       </x:c>
       <x:c r="O296" s="14" t="s">
         <x:v>112</x:v>
       </x:c>
       <x:c r="P296" s="14" t="s">
-        <x:v>475</x:v>
+        <x:v>274</x:v>
       </x:c>
       <x:c r="Q296" s="16" t="s">
-        <x:v>32</x:v>
+        <x:v>275</x:v>
       </x:c>
       <x:c r="R296" s="14" t="s">
-        <x:v>33</x:v>
+        <x:v>393</x:v>
       </x:c>
       <x:c r="S296" s="14" t="n">
-        <x:v>604522</x:v>
+        <x:v>600735</x:v>
       </x:c>
       <x:c r="T296" s="16" t="s">
+        <x:v>504</x:v>
+      </x:c>
+      <x:c r="U296" s="16" t="s">
         <x:v>503</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>53</x:v>
       </x:c>
     </x:row>
     <x:row r="297" spans="1:21">
       <x:c r="A297" s="1" t="s">
-        <x:v>21</x:v>
+        <x:v>45</x:v>
       </x:c>
       <x:c r="B297" s="0" t="s">
-        <x:v>273</x:v>
+        <x:v>233</x:v>
       </x:c>
       <x:c r="C297" s="3" t="n">
         <x:v>39063</x:v>
       </x:c>
       <x:c r="D297" s="3" t="s"/>
-      <x:c r="E297" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="G297" s="0" t="s">
-        <x:v>274</x:v>
+        <x:v>256</x:v>
       </x:c>
       <x:c r="I297" s="4" t="s">
-        <x:v>275</x:v>
+        <x:v>257</x:v>
       </x:c>
       <x:c r="J297" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="K297" s="0" t="s">
-        <x:v>27</x:v>
+        <x:v>50</x:v>
       </x:c>
       <x:c r="L297" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M297" s="0" t="s">
-        <x:v>29</x:v>
+        <x:v>107</x:v>
       </x:c>
       <x:c r="N297" s="3" t="n">
         <x:v>34572</x:v>
       </x:c>
       <x:c r="O297" s="0" t="s">
         <x:v>112</x:v>
       </x:c>
       <x:c r="P297" s="0" t="s">
-        <x:v>274</x:v>
+        <x:v>256</x:v>
       </x:c>
       <x:c r="Q297" s="4" t="s">
-        <x:v>275</x:v>
+        <x:v>257</x:v>
       </x:c>
       <x:c r="R297" s="0" t="s">
-        <x:v>393</x:v>
+        <x:v>104</x:v>
       </x:c>
       <x:c r="S297" s="0" t="n">
-        <x:v>600735</x:v>
+        <x:v>572983</x:v>
       </x:c>
       <x:c r="T297" s="4" t="s">
         <x:v>505</x:v>
       </x:c>
       <x:c r="U297" s="4" t="s">
-        <x:v>504</x:v>
+        <x:v>506</x:v>
       </x:c>
     </x:row>
     <x:row r="298" spans="1:21">
       <x:c r="A298" s="13" t="s">
-        <x:v>45</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B298" s="14" t="s">
-        <x:v>233</x:v>
+        <x:v>273</x:v>
       </x:c>
       <x:c r="C298" s="15" t="n">
         <x:v>39063</x:v>
       </x:c>
       <x:c r="D298" s="15" t="s"/>
-      <x:c r="E298" s="14" t="s"/>
+      <x:c r="E298" s="14" t="s">
+        <x:v>23</x:v>
+      </x:c>
       <x:c r="F298" s="14" t="s"/>
       <x:c r="G298" s="14" t="s">
-        <x:v>256</x:v>
+        <x:v>274</x:v>
       </x:c>
       <x:c r="H298" s="14" t="s"/>
       <x:c r="I298" s="16" t="s">
-        <x:v>257</x:v>
+        <x:v>275</x:v>
       </x:c>
       <x:c r="J298" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="K298" s="14" t="s">
-        <x:v>50</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="L298" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M298" s="14" t="s">
-        <x:v>107</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="N298" s="15" t="n">
         <x:v>34572</x:v>
       </x:c>
       <x:c r="O298" s="14" t="s">
         <x:v>112</x:v>
       </x:c>
       <x:c r="P298" s="14" t="s">
-        <x:v>256</x:v>
+        <x:v>274</x:v>
       </x:c>
       <x:c r="Q298" s="16" t="s">
-        <x:v>257</x:v>
+        <x:v>275</x:v>
       </x:c>
       <x:c r="R298" s="14" t="s">
-        <x:v>104</x:v>
+        <x:v>402</x:v>
       </x:c>
       <x:c r="S298" s="14" t="n">
-        <x:v>572983</x:v>
+        <x:v>553766</x:v>
       </x:c>
       <x:c r="T298" s="16" t="s">
-        <x:v>506</x:v>
+        <x:v>507</x:v>
       </x:c>
       <x:c r="U298" s="16" t="s">
-        <x:v>507</x:v>
+        <x:v>508</x:v>
       </x:c>
     </x:row>
     <x:row r="299" spans="1:21">
       <x:c r="A299" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B299" s="0" t="s">
         <x:v>273</x:v>
       </x:c>
       <x:c r="C299" s="3" t="n">
         <x:v>39063</x:v>
       </x:c>
       <x:c r="D299" s="3" t="s"/>
       <x:c r="E299" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G299" s="0" t="s">
         <x:v>274</x:v>
       </x:c>
       <x:c r="I299" s="4" t="s">
         <x:v>275</x:v>
       </x:c>
       <x:c r="J299" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="K299" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L299" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M299" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N299" s="3" t="n">
         <x:v>34572</x:v>
       </x:c>
       <x:c r="O299" s="0" t="s">
         <x:v>112</x:v>
       </x:c>
       <x:c r="P299" s="0" t="s">
         <x:v>274</x:v>
       </x:c>
       <x:c r="Q299" s="4" t="s">
         <x:v>275</x:v>
       </x:c>
       <x:c r="R299" s="0" t="s">
-        <x:v>402</x:v>
+        <x:v>104</x:v>
       </x:c>
       <x:c r="S299" s="0" t="n">
-        <x:v>553766</x:v>
+        <x:v>553769</x:v>
       </x:c>
       <x:c r="T299" s="4" t="s">
-        <x:v>508</x:v>
+        <x:v>509</x:v>
       </x:c>
       <x:c r="U299" s="4" t="s">
-        <x:v>509</x:v>
+        <x:v>510</x:v>
       </x:c>
     </x:row>
     <x:row r="300" spans="1:21">
       <x:c r="A300" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B300" s="14" t="s">
-        <x:v>273</x:v>
+        <x:v>36</x:v>
       </x:c>
       <x:c r="C300" s="15" t="n">
         <x:v>39063</x:v>
       </x:c>
       <x:c r="D300" s="15" t="s"/>
       <x:c r="E300" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F300" s="14" t="s"/>
       <x:c r="G300" s="14" t="s">
-        <x:v>274</x:v>
-[...1 lines deleted...]
-      <x:c r="H300" s="14" t="s"/>
+        <x:v>234</x:v>
+      </x:c>
+      <x:c r="H300" s="14" t="s">
+        <x:v>235</x:v>
+      </x:c>
       <x:c r="I300" s="16" t="s">
-        <x:v>275</x:v>
+        <x:v>164</x:v>
       </x:c>
       <x:c r="J300" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="K300" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L300" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M300" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N300" s="15" t="n">
         <x:v>34572</x:v>
       </x:c>
       <x:c r="O300" s="14" t="s">
         <x:v>112</x:v>
       </x:c>
       <x:c r="P300" s="14" t="s">
-        <x:v>274</x:v>
+        <x:v>234</x:v>
       </x:c>
       <x:c r="Q300" s="16" t="s">
-        <x:v>275</x:v>
+        <x:v>164</x:v>
       </x:c>
       <x:c r="R300" s="14" t="s">
-        <x:v>104</x:v>
+        <x:v>156</x:v>
       </x:c>
       <x:c r="S300" s="14" t="n">
-        <x:v>553769</x:v>
+        <x:v>601975</x:v>
       </x:c>
       <x:c r="T300" s="16" t="s">
-        <x:v>510</x:v>
+        <x:v>511</x:v>
       </x:c>
       <x:c r="U300" s="16" t="s">
-        <x:v>511</x:v>
+        <x:v>166</x:v>
       </x:c>
     </x:row>
     <x:row r="301" spans="1:21">
       <x:c r="A301" s="1" t="s">
-        <x:v>21</x:v>
+        <x:v>45</x:v>
       </x:c>
       <x:c r="B301" s="0" t="s">
-        <x:v>36</x:v>
+        <x:v>237</x:v>
       </x:c>
       <x:c r="C301" s="3" t="n">
-        <x:v>39063</x:v>
+        <x:v>37717</x:v>
       </x:c>
       <x:c r="D301" s="3" t="s"/>
-      <x:c r="E301" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="G301" s="0" t="s">
-        <x:v>234</x:v>
-[...2 lines deleted...]
-        <x:v>235</x:v>
+        <x:v>229</x:v>
       </x:c>
       <x:c r="I301" s="4" t="s">
-        <x:v>164</x:v>
+        <x:v>230</x:v>
       </x:c>
       <x:c r="J301" s="0" t="s">
-        <x:v>39</x:v>
+        <x:v>82</x:v>
       </x:c>
       <x:c r="K301" s="0" t="s">
-        <x:v>27</x:v>
+        <x:v>50</x:v>
       </x:c>
       <x:c r="L301" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M301" s="0" t="s">
-        <x:v>29</x:v>
+        <x:v>40</x:v>
       </x:c>
       <x:c r="N301" s="3" t="n">
-        <x:v>34572</x:v>
+        <x:v>34581</x:v>
       </x:c>
       <x:c r="O301" s="0" t="s">
-        <x:v>112</x:v>
+        <x:v>51</x:v>
       </x:c>
       <x:c r="P301" s="0" t="s">
-        <x:v>234</x:v>
+        <x:v>229</x:v>
       </x:c>
       <x:c r="Q301" s="4" t="s">
-        <x:v>164</x:v>
+        <x:v>230</x:v>
       </x:c>
       <x:c r="R301" s="0" t="s">
-        <x:v>158</x:v>
+        <x:v>113</x:v>
       </x:c>
       <x:c r="S301" s="0" t="n">
-        <x:v>601975</x:v>
+        <x:v>613349</x:v>
       </x:c>
       <x:c r="T301" s="4" t="s">
-        <x:v>411</x:v>
+        <x:v>511</x:v>
       </x:c>
       <x:c r="U301" s="4" t="s">
-        <x:v>166</x:v>
+        <x:v>512</x:v>
       </x:c>
     </x:row>
     <x:row r="302" spans="1:21">
       <x:c r="A302" s="13" t="s">
-        <x:v>45</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B302" s="14" t="s">
-        <x:v>237</x:v>
+        <x:v>363</x:v>
       </x:c>
       <x:c r="C302" s="15" t="n">
-        <x:v>37717</x:v>
+        <x:v>40607</x:v>
       </x:c>
       <x:c r="D302" s="15" t="s"/>
-      <x:c r="E302" s="14" t="s"/>
+      <x:c r="E302" s="14" t="s">
+        <x:v>23</x:v>
+      </x:c>
       <x:c r="F302" s="14" t="s"/>
       <x:c r="G302" s="14" t="s">
-        <x:v>229</x:v>
+        <x:v>110</x:v>
       </x:c>
       <x:c r="H302" s="14" t="s"/>
       <x:c r="I302" s="16" t="s">
-        <x:v>230</x:v>
+        <x:v>111</x:v>
       </x:c>
       <x:c r="J302" s="14" t="s">
-        <x:v>82</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="K302" s="14" t="s">
-        <x:v>50</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="L302" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M302" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="N302" s="15" t="n">
-        <x:v>34581</x:v>
+        <x:v>34572</x:v>
       </x:c>
       <x:c r="O302" s="14" t="s">
-        <x:v>51</x:v>
+        <x:v>112</x:v>
       </x:c>
       <x:c r="P302" s="14" t="s">
-        <x:v>229</x:v>
+        <x:v>110</x:v>
       </x:c>
       <x:c r="Q302" s="16" t="s">
-        <x:v>230</x:v>
+        <x:v>111</x:v>
       </x:c>
       <x:c r="R302" s="14" t="s">
         <x:v>113</x:v>
       </x:c>
       <x:c r="S302" s="14" t="n">
-        <x:v>613349</x:v>
+        <x:v>608935</x:v>
       </x:c>
       <x:c r="T302" s="16" t="s">
-        <x:v>411</x:v>
+        <x:v>511</x:v>
       </x:c>
       <x:c r="U302" s="16" t="s">
-        <x:v>512</x:v>
+        <x:v>53</x:v>
       </x:c>
     </x:row>
     <x:row r="303" spans="1:21">
       <x:c r="A303" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B303" s="0" t="s">
-        <x:v>363</x:v>
+        <x:v>78</x:v>
       </x:c>
       <x:c r="C303" s="3" t="n">
-        <x:v>40607</x:v>
+        <x:v>37717</x:v>
       </x:c>
       <x:c r="D303" s="3" t="s"/>
       <x:c r="E303" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G303" s="0" t="s">
-        <x:v>110</x:v>
+        <x:v>234</x:v>
+      </x:c>
+      <x:c r="H303" s="0" t="s">
+        <x:v>235</x:v>
       </x:c>
       <x:c r="I303" s="4" t="s">
-        <x:v>111</x:v>
+        <x:v>164</x:v>
       </x:c>
       <x:c r="J303" s="0" t="s">
-        <x:v>26</x:v>
+        <x:v>82</x:v>
       </x:c>
       <x:c r="K303" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L303" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M303" s="0" t="s">
-        <x:v>40</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="N303" s="3" t="n">
-        <x:v>34572</x:v>
+        <x:v>34581</x:v>
       </x:c>
       <x:c r="O303" s="0" t="s">
-        <x:v>112</x:v>
+        <x:v>51</x:v>
       </x:c>
       <x:c r="P303" s="0" t="s">
-        <x:v>110</x:v>
+        <x:v>234</x:v>
       </x:c>
       <x:c r="Q303" s="4" t="s">
-        <x:v>111</x:v>
+        <x:v>164</x:v>
       </x:c>
       <x:c r="R303" s="0" t="s">
-        <x:v>113</x:v>
+        <x:v>156</x:v>
       </x:c>
       <x:c r="S303" s="0" t="n">
-        <x:v>608935</x:v>
+        <x:v>601959</x:v>
       </x:c>
       <x:c r="T303" s="4" t="s">
-        <x:v>411</x:v>
+        <x:v>511</x:v>
       </x:c>
       <x:c r="U303" s="4" t="s">
-        <x:v>53</x:v>
+        <x:v>166</x:v>
       </x:c>
     </x:row>
     <x:row r="304" spans="1:21">
       <x:c r="A304" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B304" s="14" t="s">
-        <x:v>78</x:v>
+        <x:v>36</x:v>
       </x:c>
       <x:c r="C304" s="15" t="n">
-        <x:v>37717</x:v>
+        <x:v>39063</x:v>
       </x:c>
       <x:c r="D304" s="15" t="s"/>
       <x:c r="E304" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F304" s="14" t="s"/>
       <x:c r="G304" s="14" t="s">
-        <x:v>234</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>37</x:v>
+      </x:c>
+      <x:c r="H304" s="14" t="s"/>
       <x:c r="I304" s="16" t="s">
-        <x:v>164</x:v>
+        <x:v>38</x:v>
       </x:c>
       <x:c r="J304" s="14" t="s">
-        <x:v>82</x:v>
+        <x:v>39</x:v>
       </x:c>
       <x:c r="K304" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L304" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M304" s="14" t="s">
-        <x:v>29</x:v>
+        <x:v>40</x:v>
       </x:c>
       <x:c r="N304" s="15" t="n">
-        <x:v>34581</x:v>
+        <x:v>34572</x:v>
       </x:c>
       <x:c r="O304" s="14" t="s">
-        <x:v>51</x:v>
+        <x:v>112</x:v>
       </x:c>
       <x:c r="P304" s="14" t="s">
-        <x:v>234</x:v>
+        <x:v>37</x:v>
       </x:c>
       <x:c r="Q304" s="16" t="s">
-        <x:v>164</x:v>
+        <x:v>38</x:v>
       </x:c>
       <x:c r="R304" s="14" t="s">
-        <x:v>158</x:v>
+        <x:v>240</x:v>
       </x:c>
       <x:c r="S304" s="14" t="n">
-        <x:v>601959</x:v>
+        <x:v>608653</x:v>
       </x:c>
       <x:c r="T304" s="16" t="s">
-        <x:v>411</x:v>
+        <x:v>511</x:v>
       </x:c>
       <x:c r="U304" s="16" t="s">
-        <x:v>166</x:v>
+        <x:v>53</x:v>
       </x:c>
     </x:row>
     <x:row r="305" spans="1:21">
       <x:c r="A305" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B305" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="C305" s="3" t="n">
         <x:v>39063</x:v>
       </x:c>
       <x:c r="D305" s="3" t="s"/>
       <x:c r="E305" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G305" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="I305" s="4" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="J305" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
@@ -20350,51 +20352,51 @@
       <x:c r="L305" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M305" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="N305" s="3" t="n">
         <x:v>34572</x:v>
       </x:c>
       <x:c r="O305" s="0" t="s">
         <x:v>112</x:v>
       </x:c>
       <x:c r="P305" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="Q305" s="4" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="R305" s="0" t="s">
         <x:v>240</x:v>
       </x:c>
       <x:c r="S305" s="0" t="n">
         <x:v>608654</x:v>
       </x:c>
       <x:c r="T305" s="4" t="s">
-        <x:v>411</x:v>
+        <x:v>511</x:v>
       </x:c>
       <x:c r="U305" s="4" t="s">
         <x:v>166</x:v>
       </x:c>
     </x:row>
     <x:row r="306" spans="1:21">
       <x:c r="A306" s="13" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="B306" s="14" t="s">
         <x:v>233</x:v>
       </x:c>
       <x:c r="C306" s="15" t="n">
         <x:v>39063</x:v>
       </x:c>
       <x:c r="D306" s="15" t="s"/>
       <x:c r="E306" s="14" t="s"/>
       <x:c r="F306" s="14" t="s"/>
       <x:c r="G306" s="14" t="s">
         <x:v>239</x:v>
       </x:c>
       <x:c r="H306" s="14" t="s"/>
       <x:c r="I306" s="16" t="s">
         <x:v>38</x:v>
       </x:c>
@@ -20407,108 +20409,108 @@
       <x:c r="L306" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M306" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="N306" s="15" t="n">
         <x:v>34572</x:v>
       </x:c>
       <x:c r="O306" s="14" t="s">
         <x:v>112</x:v>
       </x:c>
       <x:c r="P306" s="14" t="s">
         <x:v>239</x:v>
       </x:c>
       <x:c r="Q306" s="16" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="R306" s="14" t="s">
         <x:v>240</x:v>
       </x:c>
       <x:c r="S306" s="14" t="n">
         <x:v>613761</x:v>
       </x:c>
       <x:c r="T306" s="16" t="s">
-        <x:v>411</x:v>
+        <x:v>511</x:v>
       </x:c>
       <x:c r="U306" s="16" t="s">
-        <x:v>480</x:v>
+        <x:v>481</x:v>
       </x:c>
     </x:row>
     <x:row r="307" spans="1:21">
       <x:c r="A307" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B307" s="0" t="s">
-        <x:v>105</x:v>
+        <x:v>36</x:v>
       </x:c>
       <x:c r="C307" s="3" t="n">
-        <x:v>35652</x:v>
+        <x:v>39063</x:v>
       </x:c>
       <x:c r="D307" s="3" t="s"/>
       <x:c r="E307" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G307" s="0" t="s">
-        <x:v>110</x:v>
+        <x:v>394</x:v>
       </x:c>
       <x:c r="I307" s="4" t="s">
-        <x:v>111</x:v>
+        <x:v>395</x:v>
       </x:c>
       <x:c r="J307" s="0" t="s">
-        <x:v>106</x:v>
+        <x:v>39</x:v>
       </x:c>
       <x:c r="K307" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L307" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M307" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="N307" s="3" t="n">
-        <x:v>34538</x:v>
+        <x:v>34572</x:v>
       </x:c>
       <x:c r="O307" s="0" t="s">
-        <x:v>108</x:v>
+        <x:v>112</x:v>
       </x:c>
       <x:c r="P307" s="0" t="s">
-        <x:v>110</x:v>
+        <x:v>394</x:v>
       </x:c>
       <x:c r="Q307" s="4" t="s">
-        <x:v>111</x:v>
+        <x:v>395</x:v>
       </x:c>
       <x:c r="R307" s="0" t="s">
-        <x:v>113</x:v>
+        <x:v>396</x:v>
       </x:c>
       <x:c r="S307" s="0" t="n">
-        <x:v>608951</x:v>
+        <x:v>609208</x:v>
       </x:c>
       <x:c r="T307" s="4" t="s">
-        <x:v>411</x:v>
+        <x:v>511</x:v>
       </x:c>
       <x:c r="U307" s="4" t="s">
         <x:v>166</x:v>
       </x:c>
     </x:row>
     <x:row r="308" spans="1:21">
       <x:c r="A308" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B308" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="C308" s="15" t="n">
         <x:v>39063</x:v>
       </x:c>
       <x:c r="D308" s="15" t="s"/>
       <x:c r="E308" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F308" s="14" t="s"/>
       <x:c r="G308" s="14" t="s">
         <x:v>110</x:v>
       </x:c>
       <x:c r="H308" s="14" t="s"/>
       <x:c r="I308" s="16" t="s">
@@ -20523,51 +20525,51 @@
       <x:c r="L308" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M308" s="14" t="s">
         <x:v>107</x:v>
       </x:c>
       <x:c r="N308" s="15" t="n">
         <x:v>34572</x:v>
       </x:c>
       <x:c r="O308" s="14" t="s">
         <x:v>112</x:v>
       </x:c>
       <x:c r="P308" s="14" t="s">
         <x:v>140</x:v>
       </x:c>
       <x:c r="Q308" s="16" t="s">
         <x:v>141</x:v>
       </x:c>
       <x:c r="R308" s="14" t="s">
         <x:v>142</x:v>
       </x:c>
       <x:c r="S308" s="14" t="n">
         <x:v>608981</x:v>
       </x:c>
       <x:c r="T308" s="16" t="s">
-        <x:v>411</x:v>
+        <x:v>511</x:v>
       </x:c>
       <x:c r="U308" s="16" t="s">
         <x:v>53</x:v>
       </x:c>
     </x:row>
     <x:row r="309" spans="1:21">
       <x:c r="A309" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B309" s="0" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="C309" s="3" t="n">
         <x:v>37717</x:v>
       </x:c>
       <x:c r="D309" s="3" t="s"/>
       <x:c r="E309" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G309" s="0" t="s">
         <x:v>234</x:v>
       </x:c>
       <x:c r="H309" s="0" t="s">
         <x:v>235</x:v>
       </x:c>
@@ -20577,57 +20579,57 @@
       <x:c r="J309" s="0" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="K309" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L309" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M309" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N309" s="3" t="n">
         <x:v>34581</x:v>
       </x:c>
       <x:c r="O309" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="P309" s="0" t="s">
         <x:v>234</x:v>
       </x:c>
       <x:c r="Q309" s="4" t="s">
         <x:v>164</x:v>
       </x:c>
       <x:c r="R309" s="0" t="s">
-        <x:v>158</x:v>
+        <x:v>156</x:v>
       </x:c>
       <x:c r="S309" s="0" t="n">
         <x:v>601958</x:v>
       </x:c>
       <x:c r="T309" s="4" t="s">
-        <x:v>411</x:v>
+        <x:v>511</x:v>
       </x:c>
       <x:c r="U309" s="4" t="s">
         <x:v>53</x:v>
       </x:c>
     </x:row>
     <x:row r="310" spans="1:21">
       <x:c r="A310" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B310" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="C310" s="15" t="n">
         <x:v>39063</x:v>
       </x:c>
       <x:c r="D310" s="15" t="s"/>
       <x:c r="E310" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F310" s="14" t="s"/>
       <x:c r="G310" s="14" t="s">
         <x:v>234</x:v>
       </x:c>
       <x:c r="H310" s="14" t="s">
         <x:v>235</x:v>
@@ -20638,114 +20640,114 @@
       <x:c r="J310" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="K310" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L310" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M310" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N310" s="15" t="n">
         <x:v>34572</x:v>
       </x:c>
       <x:c r="O310" s="14" t="s">
         <x:v>112</x:v>
       </x:c>
       <x:c r="P310" s="14" t="s">
         <x:v>234</x:v>
       </x:c>
       <x:c r="Q310" s="16" t="s">
         <x:v>164</x:v>
       </x:c>
       <x:c r="R310" s="14" t="s">
-        <x:v>158</x:v>
+        <x:v>156</x:v>
       </x:c>
       <x:c r="S310" s="14" t="n">
         <x:v>601974</x:v>
       </x:c>
       <x:c r="T310" s="16" t="s">
-        <x:v>411</x:v>
+        <x:v>511</x:v>
       </x:c>
       <x:c r="U310" s="16" t="s">
         <x:v>53</x:v>
       </x:c>
     </x:row>
     <x:row r="311" spans="1:21">
       <x:c r="A311" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B311" s="0" t="s">
-        <x:v>36</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="C311" s="3" t="n">
-        <x:v>39063</x:v>
+        <x:v>35652</x:v>
       </x:c>
       <x:c r="D311" s="3" t="s"/>
       <x:c r="E311" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G311" s="0" t="s">
-        <x:v>394</x:v>
+        <x:v>110</x:v>
       </x:c>
       <x:c r="I311" s="4" t="s">
-        <x:v>395</x:v>
+        <x:v>111</x:v>
       </x:c>
       <x:c r="J311" s="0" t="s">
-        <x:v>39</x:v>
+        <x:v>106</x:v>
       </x:c>
       <x:c r="K311" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L311" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M311" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="N311" s="3" t="n">
-        <x:v>34572</x:v>
+        <x:v>34538</x:v>
       </x:c>
       <x:c r="O311" s="0" t="s">
-        <x:v>112</x:v>
+        <x:v>108</x:v>
       </x:c>
       <x:c r="P311" s="0" t="s">
-        <x:v>394</x:v>
+        <x:v>110</x:v>
       </x:c>
       <x:c r="Q311" s="4" t="s">
-        <x:v>395</x:v>
+        <x:v>111</x:v>
       </x:c>
       <x:c r="R311" s="0" t="s">
-        <x:v>396</x:v>
+        <x:v>113</x:v>
       </x:c>
       <x:c r="S311" s="0" t="n">
-        <x:v>609208</x:v>
+        <x:v>608951</x:v>
       </x:c>
       <x:c r="T311" s="4" t="s">
-        <x:v>411</x:v>
+        <x:v>511</x:v>
       </x:c>
       <x:c r="U311" s="4" t="s">
         <x:v>166</x:v>
       </x:c>
     </x:row>
     <x:row r="312" spans="1:21">
       <x:c r="A312" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B312" s="14" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="C312" s="15" t="n">
         <x:v>37717</x:v>
       </x:c>
       <x:c r="D312" s="15" t="s"/>
       <x:c r="E312" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F312" s="14" t="s"/>
       <x:c r="G312" s="14" t="s">
         <x:v>333</x:v>
       </x:c>
       <x:c r="H312" s="14" t="s"/>
       <x:c r="I312" s="16" t="s">
@@ -20936,134 +20938,134 @@
       <x:c r="M315" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N315" s="3" t="n">
         <x:v>34572</x:v>
       </x:c>
       <x:c r="O315" s="0" t="s">
         <x:v>112</x:v>
       </x:c>
       <x:c r="P315" s="0" t="s">
         <x:v>190</x:v>
       </x:c>
       <x:c r="Q315" s="4" t="s">
         <x:v>191</x:v>
       </x:c>
       <x:c r="R315" s="0" t="s">
         <x:v>192</x:v>
       </x:c>
       <x:c r="S315" s="0" t="n">
         <x:v>599552</x:v>
       </x:c>
       <x:c r="T315" s="4" t="s">
         <x:v>515</x:v>
       </x:c>
       <x:c r="U315" s="4" t="s">
-        <x:v>511</x:v>
+        <x:v>510</x:v>
       </x:c>
     </x:row>
     <x:row r="316" spans="1:21">
       <x:c r="A316" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B316" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="C316" s="15" t="n">
         <x:v>39063</x:v>
       </x:c>
       <x:c r="D316" s="15" t="s"/>
       <x:c r="E316" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F316" s="14" t="s"/>
       <x:c r="G316" s="14" t="s">
-        <x:v>456</x:v>
+        <x:v>457</x:v>
       </x:c>
       <x:c r="H316" s="14" t="s"/>
       <x:c r="I316" s="16" t="s">
         <x:v>257</x:v>
       </x:c>
       <x:c r="J316" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="K316" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L316" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M316" s="14" t="s">
         <x:v>107</x:v>
       </x:c>
       <x:c r="N316" s="15" t="n">
         <x:v>34572</x:v>
       </x:c>
       <x:c r="O316" s="14" t="s">
         <x:v>112</x:v>
       </x:c>
       <x:c r="P316" s="14" t="s">
-        <x:v>456</x:v>
+        <x:v>457</x:v>
       </x:c>
       <x:c r="Q316" s="16" t="s">
         <x:v>257</x:v>
       </x:c>
       <x:c r="R316" s="14" t="s">
         <x:v>104</x:v>
       </x:c>
       <x:c r="S316" s="14" t="n">
         <x:v>607485</x:v>
       </x:c>
       <x:c r="T316" s="16" t="s">
         <x:v>515</x:v>
       </x:c>
       <x:c r="U316" s="16" t="s">
         <x:v>53</x:v>
       </x:c>
     </x:row>
     <x:row r="317" spans="1:21">
       <x:c r="A317" s="1" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="B317" s="0" t="s">
-        <x:v>484</x:v>
+        <x:v>485</x:v>
       </x:c>
       <x:c r="C317" s="3" t="n">
         <x:v>37717</x:v>
       </x:c>
       <x:c r="D317" s="3" t="s"/>
       <x:c r="G317" s="0" t="s">
         <x:v>333</x:v>
       </x:c>
       <x:c r="I317" s="4" t="s">
         <x:v>334</x:v>
       </x:c>
       <x:c r="J317" s="0" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="K317" s="0" t="s">
-        <x:v>485</x:v>
+        <x:v>486</x:v>
       </x:c>
       <x:c r="L317" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M317" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="N317" s="3" t="n">
         <x:v>34581</x:v>
       </x:c>
       <x:c r="O317" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="P317" s="0" t="s">
         <x:v>333</x:v>
       </x:c>
       <x:c r="Q317" s="4" t="s">
         <x:v>334</x:v>
       </x:c>
       <x:c r="R317" s="0" t="s">
         <x:v>113</x:v>
       </x:c>
       <x:c r="S317" s="0" t="n">
         <x:v>611255</x:v>
       </x:c>
@@ -21168,70 +21170,70 @@
       </x:c>
       <x:c r="P319" s="0" t="s">
         <x:v>264</x:v>
       </x:c>
       <x:c r="Q319" s="4" t="s">
         <x:v>261</x:v>
       </x:c>
       <x:c r="R319" s="0" t="s">
         <x:v>266</x:v>
       </x:c>
       <x:c r="S319" s="0" t="n">
         <x:v>598726</x:v>
       </x:c>
       <x:c r="T319" s="4" t="s">
         <x:v>520</x:v>
       </x:c>
       <x:c r="U319" s="4" t="s">
         <x:v>177</x:v>
       </x:c>
     </x:row>
     <x:row r="320" spans="1:21">
       <x:c r="A320" s="13" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="B320" s="14" t="s">
-        <x:v>484</x:v>
+        <x:v>485</x:v>
       </x:c>
       <x:c r="C320" s="15" t="n">
         <x:v>37717</x:v>
       </x:c>
       <x:c r="D320" s="15" t="s"/>
       <x:c r="E320" s="14" t="s"/>
       <x:c r="F320" s="14" t="s"/>
       <x:c r="G320" s="14" t="s">
         <x:v>333</x:v>
       </x:c>
       <x:c r="H320" s="14" t="s"/>
       <x:c r="I320" s="16" t="s">
         <x:v>334</x:v>
       </x:c>
       <x:c r="J320" s="14" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="K320" s="14" t="s">
-        <x:v>485</x:v>
+        <x:v>486</x:v>
       </x:c>
       <x:c r="L320" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M320" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="N320" s="15" t="n">
         <x:v>34581</x:v>
       </x:c>
       <x:c r="O320" s="14" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="P320" s="14" t="s">
         <x:v>333</x:v>
       </x:c>
       <x:c r="Q320" s="16" t="s">
         <x:v>334</x:v>
       </x:c>
       <x:c r="R320" s="14" t="s">
         <x:v>113</x:v>
       </x:c>
       <x:c r="S320" s="14" t="n">
         <x:v>598546</x:v>
       </x:c>
@@ -21271,78 +21273,78 @@
       <x:c r="M321" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="N321" s="3" t="n">
         <x:v>34572</x:v>
       </x:c>
       <x:c r="O321" s="0" t="s">
         <x:v>112</x:v>
       </x:c>
       <x:c r="P321" s="0" t="s">
         <x:v>264</x:v>
       </x:c>
       <x:c r="Q321" s="4" t="s">
         <x:v>261</x:v>
       </x:c>
       <x:c r="R321" s="0" t="s">
         <x:v>266</x:v>
       </x:c>
       <x:c r="S321" s="0" t="n">
         <x:v>598721</x:v>
       </x:c>
       <x:c r="T321" s="4" t="s">
         <x:v>520</x:v>
       </x:c>
       <x:c r="U321" s="4" t="s">
-        <x:v>499</x:v>
+        <x:v>498</x:v>
       </x:c>
     </x:row>
     <x:row r="322" spans="1:21">
       <x:c r="A322" s="13" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="B322" s="14" t="s">
-        <x:v>484</x:v>
+        <x:v>485</x:v>
       </x:c>
       <x:c r="C322" s="15" t="n">
         <x:v>37717</x:v>
       </x:c>
       <x:c r="D322" s="15" t="s"/>
       <x:c r="E322" s="14" t="s"/>
       <x:c r="F322" s="14" t="s"/>
       <x:c r="G322" s="14" t="s">
         <x:v>333</x:v>
       </x:c>
       <x:c r="H322" s="14" t="s"/>
       <x:c r="I322" s="16" t="s">
         <x:v>334</x:v>
       </x:c>
       <x:c r="J322" s="14" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="K322" s="14" t="s">
-        <x:v>485</x:v>
+        <x:v>486</x:v>
       </x:c>
       <x:c r="L322" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M322" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="N322" s="15" t="n">
         <x:v>34581</x:v>
       </x:c>
       <x:c r="O322" s="14" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="P322" s="14" t="s">
         <x:v>333</x:v>
       </x:c>
       <x:c r="Q322" s="16" t="s">
         <x:v>334</x:v>
       </x:c>
       <x:c r="R322" s="14" t="s">
         <x:v>113</x:v>
       </x:c>
       <x:c r="S322" s="14" t="n">
         <x:v>611408</x:v>
       </x:c>
@@ -21447,67 +21449,67 @@
       </x:c>
       <x:c r="P324" s="14" t="s">
         <x:v>229</x:v>
       </x:c>
       <x:c r="Q324" s="16" t="s">
         <x:v>230</x:v>
       </x:c>
       <x:c r="R324" s="14" t="s">
         <x:v>113</x:v>
       </x:c>
       <x:c r="S324" s="14" t="n">
         <x:v>613350</x:v>
       </x:c>
       <x:c r="T324" s="16" t="s">
         <x:v>523</x:v>
       </x:c>
       <x:c r="U324" s="16" t="s">
         <x:v>134</x:v>
       </x:c>
     </x:row>
     <x:row r="325" spans="1:21">
       <x:c r="A325" s="1" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="B325" s="0" t="s">
-        <x:v>484</x:v>
+        <x:v>485</x:v>
       </x:c>
       <x:c r="C325" s="3" t="n">
         <x:v>37717</x:v>
       </x:c>
       <x:c r="D325" s="3" t="s"/>
       <x:c r="G325" s="0" t="s">
         <x:v>333</x:v>
       </x:c>
       <x:c r="I325" s="4" t="s">
         <x:v>334</x:v>
       </x:c>
       <x:c r="J325" s="0" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="K325" s="0" t="s">
-        <x:v>485</x:v>
+        <x:v>486</x:v>
       </x:c>
       <x:c r="L325" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M325" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="N325" s="3" t="n">
         <x:v>34581</x:v>
       </x:c>
       <x:c r="O325" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="P325" s="0" t="s">
         <x:v>333</x:v>
       </x:c>
       <x:c r="Q325" s="4" t="s">
         <x:v>334</x:v>
       </x:c>
       <x:c r="R325" s="0" t="s">
         <x:v>113</x:v>
       </x:c>
       <x:c r="S325" s="0" t="n">
         <x:v>611409</x:v>
       </x:c>
@@ -21661,51 +21663,51 @@
       <x:c r="M328" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="N328" s="15" t="n">
         <x:v>34572</x:v>
       </x:c>
       <x:c r="O328" s="14" t="s">
         <x:v>112</x:v>
       </x:c>
       <x:c r="P328" s="14" t="s">
         <x:v>264</x:v>
       </x:c>
       <x:c r="Q328" s="16" t="s">
         <x:v>261</x:v>
       </x:c>
       <x:c r="R328" s="14" t="s">
         <x:v>266</x:v>
       </x:c>
       <x:c r="S328" s="14" t="n">
         <x:v>609625</x:v>
       </x:c>
       <x:c r="T328" s="16" t="s">
         <x:v>527</x:v>
       </x:c>
       <x:c r="U328" s="16" t="s">
-        <x:v>499</x:v>
+        <x:v>498</x:v>
       </x:c>
     </x:row>
     <x:row r="329" spans="1:21">
       <x:c r="A329" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B329" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="C329" s="3" t="n">
         <x:v>39063</x:v>
       </x:c>
       <x:c r="D329" s="3" t="s"/>
       <x:c r="E329" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G329" s="0" t="s">
         <x:v>204</x:v>
       </x:c>
       <x:c r="I329" s="4" t="s">
         <x:v>205</x:v>
       </x:c>
       <x:c r="J329" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
@@ -22012,178 +22014,178 @@
       </x:c>
       <x:c r="P334" s="14" t="s">
         <x:v>229</x:v>
       </x:c>
       <x:c r="Q334" s="16" t="s">
         <x:v>230</x:v>
       </x:c>
       <x:c r="R334" s="14" t="s">
         <x:v>113</x:v>
       </x:c>
       <x:c r="S334" s="14" t="n">
         <x:v>613351</x:v>
       </x:c>
       <x:c r="T334" s="16" t="s">
         <x:v>302</x:v>
       </x:c>
       <x:c r="U334" s="16" t="s">
         <x:v>532</x:v>
       </x:c>
     </x:row>
     <x:row r="335" spans="1:21">
       <x:c r="A335" s="1" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="B335" s="0" t="s">
-        <x:v>484</x:v>
+        <x:v>485</x:v>
       </x:c>
       <x:c r="C335" s="3" t="n">
         <x:v>37717</x:v>
       </x:c>
       <x:c r="D335" s="3" t="s"/>
       <x:c r="G335" s="0" t="s">
         <x:v>333</x:v>
       </x:c>
       <x:c r="I335" s="4" t="s">
         <x:v>334</x:v>
       </x:c>
       <x:c r="J335" s="0" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="K335" s="0" t="s">
-        <x:v>485</x:v>
+        <x:v>486</x:v>
       </x:c>
       <x:c r="L335" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M335" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="N335" s="3" t="n">
         <x:v>34581</x:v>
       </x:c>
       <x:c r="O335" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="P335" s="0" t="s">
         <x:v>333</x:v>
       </x:c>
       <x:c r="Q335" s="4" t="s">
         <x:v>334</x:v>
       </x:c>
       <x:c r="R335" s="0" t="s">
         <x:v>113</x:v>
       </x:c>
       <x:c r="S335" s="0" t="n">
         <x:v>611411</x:v>
       </x:c>
       <x:c r="T335" s="4" t="s">
         <x:v>533</x:v>
       </x:c>
       <x:c r="U335" s="4" t="s">
         <x:v>534</x:v>
       </x:c>
     </x:row>
     <x:row r="336" spans="1:21">
       <x:c r="A336" s="13" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="B336" s="14" t="s">
-        <x:v>484</x:v>
+        <x:v>485</x:v>
       </x:c>
       <x:c r="C336" s="15" t="n">
         <x:v>37717</x:v>
       </x:c>
       <x:c r="D336" s="15" t="s"/>
       <x:c r="E336" s="14" t="s"/>
       <x:c r="F336" s="14" t="s"/>
       <x:c r="G336" s="14" t="s">
         <x:v>333</x:v>
       </x:c>
       <x:c r="H336" s="14" t="s"/>
       <x:c r="I336" s="16" t="s">
         <x:v>334</x:v>
       </x:c>
       <x:c r="J336" s="14" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="K336" s="14" t="s">
-        <x:v>485</x:v>
+        <x:v>486</x:v>
       </x:c>
       <x:c r="L336" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M336" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="N336" s="15" t="n">
         <x:v>34581</x:v>
       </x:c>
       <x:c r="O336" s="14" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="P336" s="14" t="s">
         <x:v>333</x:v>
       </x:c>
       <x:c r="Q336" s="16" t="s">
         <x:v>334</x:v>
       </x:c>
       <x:c r="R336" s="14" t="s">
         <x:v>113</x:v>
       </x:c>
       <x:c r="S336" s="14" t="n">
         <x:v>617009</x:v>
       </x:c>
       <x:c r="T336" s="16" t="s">
         <x:v>533</x:v>
       </x:c>
       <x:c r="U336" s="16" t="s">
         <x:v>535</x:v>
       </x:c>
     </x:row>
     <x:row r="337" spans="1:21">
       <x:c r="A337" s="1" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="B337" s="0" t="s">
-        <x:v>484</x:v>
+        <x:v>485</x:v>
       </x:c>
       <x:c r="C337" s="3" t="n">
         <x:v>37717</x:v>
       </x:c>
       <x:c r="D337" s="3" t="s"/>
       <x:c r="G337" s="0" t="s">
         <x:v>333</x:v>
       </x:c>
       <x:c r="I337" s="4" t="s">
         <x:v>334</x:v>
       </x:c>
       <x:c r="J337" s="0" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="K337" s="0" t="s">
-        <x:v>485</x:v>
+        <x:v>486</x:v>
       </x:c>
       <x:c r="L337" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M337" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="N337" s="3" t="n">
         <x:v>34581</x:v>
       </x:c>
       <x:c r="O337" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="P337" s="0" t="s">
         <x:v>333</x:v>
       </x:c>
       <x:c r="Q337" s="4" t="s">
         <x:v>334</x:v>
       </x:c>
       <x:c r="R337" s="0" t="s">
         <x:v>113</x:v>
       </x:c>
       <x:c r="S337" s="0" t="n">
         <x:v>617011</x:v>
       </x:c>
@@ -22453,51 +22455,51 @@
       <x:c r="M342" s="14" t="s">
         <x:v>107</x:v>
       </x:c>
       <x:c r="N342" s="15" t="n">
         <x:v>34572</x:v>
       </x:c>
       <x:c r="O342" s="14" t="s">
         <x:v>112</x:v>
       </x:c>
       <x:c r="P342" s="14" t="s">
         <x:v>264</x:v>
       </x:c>
       <x:c r="Q342" s="16" t="s">
         <x:v>261</x:v>
       </x:c>
       <x:c r="R342" s="14" t="s">
         <x:v>266</x:v>
       </x:c>
       <x:c r="S342" s="14" t="n">
         <x:v>583303</x:v>
       </x:c>
       <x:c r="T342" s="16" t="s">
         <x:v>267</x:v>
       </x:c>
       <x:c r="U342" s="16" t="s">
-        <x:v>499</x:v>
+        <x:v>498</x:v>
       </x:c>
     </x:row>
     <x:row r="343" spans="1:21">
       <x:c r="A343" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B343" s="0" t="s">
         <x:v>273</x:v>
       </x:c>
       <x:c r="C343" s="3" t="n">
         <x:v>39063</x:v>
       </x:c>
       <x:c r="D343" s="3" t="s"/>
       <x:c r="E343" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G343" s="0" t="s">
         <x:v>274</x:v>
       </x:c>
       <x:c r="I343" s="4" t="s">
         <x:v>275</x:v>
       </x:c>
       <x:c r="J343" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
@@ -22518,100 +22520,100 @@
       </x:c>
       <x:c r="P343" s="0" t="s">
         <x:v>274</x:v>
       </x:c>
       <x:c r="Q343" s="4" t="s">
         <x:v>275</x:v>
       </x:c>
       <x:c r="R343" s="0" t="s">
         <x:v>288</x:v>
       </x:c>
       <x:c r="S343" s="0" t="n">
         <x:v>600733</x:v>
       </x:c>
       <x:c r="T343" s="4" t="s">
         <x:v>539</x:v>
       </x:c>
       <x:c r="U343" s="4" t="s">
         <x:v>540</x:v>
       </x:c>
     </x:row>
     <x:row r="344" spans="1:21">
       <x:c r="A344" s="13" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="B344" s="14" t="s">
-        <x:v>484</x:v>
+        <x:v>485</x:v>
       </x:c>
       <x:c r="C344" s="15" t="n">
         <x:v>37717</x:v>
       </x:c>
       <x:c r="D344" s="15" t="s"/>
       <x:c r="E344" s="14" t="s"/>
       <x:c r="F344" s="14" t="s"/>
       <x:c r="G344" s="14" t="s">
         <x:v>333</x:v>
       </x:c>
       <x:c r="H344" s="14" t="s"/>
       <x:c r="I344" s="16" t="s">
         <x:v>334</x:v>
       </x:c>
       <x:c r="J344" s="14" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="K344" s="14" t="s">
-        <x:v>485</x:v>
+        <x:v>486</x:v>
       </x:c>
       <x:c r="L344" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M344" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="N344" s="15" t="n">
         <x:v>34581</x:v>
       </x:c>
       <x:c r="O344" s="14" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="P344" s="14" t="s">
         <x:v>333</x:v>
       </x:c>
       <x:c r="Q344" s="16" t="s">
         <x:v>334</x:v>
       </x:c>
       <x:c r="R344" s="14" t="s">
         <x:v>113</x:v>
       </x:c>
       <x:c r="S344" s="14" t="n">
         <x:v>611413</x:v>
       </x:c>
       <x:c r="T344" s="16" t="s">
         <x:v>364</x:v>
       </x:c>
       <x:c r="U344" s="16" t="s">
-        <x:v>446</x:v>
+        <x:v>447</x:v>
       </x:c>
     </x:row>
     <x:row r="345" spans="1:21">
       <x:c r="A345" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B345" s="0" t="s">
         <x:v>273</x:v>
       </x:c>
       <x:c r="C345" s="3" t="n">
         <x:v>39063</x:v>
       </x:c>
       <x:c r="D345" s="3" t="s"/>
       <x:c r="E345" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G345" s="0" t="s">
         <x:v>274</x:v>
       </x:c>
       <x:c r="I345" s="4" t="s">
         <x:v>275</x:v>
       </x:c>
       <x:c r="J345" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
@@ -22743,124 +22745,124 @@
       </x:c>
       <x:c r="P347" s="0" t="s">
         <x:v>256</x:v>
       </x:c>
       <x:c r="Q347" s="4" t="s">
         <x:v>257</x:v>
       </x:c>
       <x:c r="R347" s="0" t="s">
         <x:v>104</x:v>
       </x:c>
       <x:c r="S347" s="0" t="n">
         <x:v>598803</x:v>
       </x:c>
       <x:c r="T347" s="4" t="s">
         <x:v>259</x:v>
       </x:c>
       <x:c r="U347" s="4" t="s">
         <x:v>543</x:v>
       </x:c>
     </x:row>
     <x:row r="348" spans="1:21">
       <x:c r="A348" s="13" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="B348" s="14" t="s">
-        <x:v>484</x:v>
+        <x:v>485</x:v>
       </x:c>
       <x:c r="C348" s="15" t="n">
         <x:v>37717</x:v>
       </x:c>
       <x:c r="D348" s="15" t="s"/>
       <x:c r="E348" s="14" t="s"/>
       <x:c r="F348" s="14" t="s"/>
       <x:c r="G348" s="14" t="s">
         <x:v>333</x:v>
       </x:c>
       <x:c r="H348" s="14" t="s"/>
       <x:c r="I348" s="16" t="s">
         <x:v>334</x:v>
       </x:c>
       <x:c r="J348" s="14" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="K348" s="14" t="s">
-        <x:v>485</x:v>
+        <x:v>486</x:v>
       </x:c>
       <x:c r="L348" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M348" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="N348" s="15" t="n">
         <x:v>34581</x:v>
       </x:c>
       <x:c r="O348" s="14" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="P348" s="14" t="s">
         <x:v>333</x:v>
       </x:c>
       <x:c r="Q348" s="16" t="s">
         <x:v>334</x:v>
       </x:c>
       <x:c r="R348" s="14" t="s">
         <x:v>113</x:v>
       </x:c>
       <x:c r="S348" s="14" t="n">
         <x:v>617012</x:v>
       </x:c>
       <x:c r="T348" s="16" t="s">
         <x:v>544</x:v>
       </x:c>
       <x:c r="U348" s="16" t="s">
         <x:v>545</x:v>
       </x:c>
     </x:row>
     <x:row r="349" spans="1:21">
       <x:c r="A349" s="1" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="B349" s="0" t="s">
-        <x:v>484</x:v>
+        <x:v>485</x:v>
       </x:c>
       <x:c r="C349" s="3" t="n">
         <x:v>37717</x:v>
       </x:c>
       <x:c r="D349" s="3" t="s"/>
       <x:c r="G349" s="0" t="s">
         <x:v>333</x:v>
       </x:c>
       <x:c r="I349" s="4" t="s">
         <x:v>334</x:v>
       </x:c>
       <x:c r="J349" s="0" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="K349" s="0" t="s">
-        <x:v>485</x:v>
+        <x:v>486</x:v>
       </x:c>
       <x:c r="L349" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M349" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="N349" s="3" t="n">
         <x:v>34581</x:v>
       </x:c>
       <x:c r="O349" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="P349" s="0" t="s">
         <x:v>333</x:v>
       </x:c>
       <x:c r="Q349" s="4" t="s">
         <x:v>334</x:v>
       </x:c>
       <x:c r="R349" s="0" t="s">
         <x:v>113</x:v>
       </x:c>
       <x:c r="S349" s="0" t="n">
         <x:v>617010</x:v>
       </x:c>
@@ -22954,81 +22956,81 @@
       <x:c r="L351" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M351" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="N351" s="3" t="n">
         <x:v>34581</x:v>
       </x:c>
       <x:c r="O351" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="P351" s="0" t="s">
         <x:v>229</x:v>
       </x:c>
       <x:c r="Q351" s="4" t="s">
         <x:v>230</x:v>
       </x:c>
       <x:c r="R351" s="0" t="s">
         <x:v>113</x:v>
       </x:c>
       <x:c r="S351" s="0" t="n">
         <x:v>613353</x:v>
       </x:c>
       <x:c r="T351" s="4" t="s">
-        <x:v>479</x:v>
+        <x:v>480</x:v>
       </x:c>
       <x:c r="U351" s="4" t="s">
         <x:v>548</x:v>
       </x:c>
     </x:row>
     <x:row r="352" spans="1:21">
       <x:c r="A352" s="13" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="B352" s="14" t="s">
-        <x:v>484</x:v>
+        <x:v>485</x:v>
       </x:c>
       <x:c r="C352" s="15" t="n">
         <x:v>37717</x:v>
       </x:c>
       <x:c r="D352" s="15" t="s"/>
       <x:c r="E352" s="14" t="s"/>
       <x:c r="F352" s="14" t="s"/>
       <x:c r="G352" s="14" t="s">
         <x:v>333</x:v>
       </x:c>
       <x:c r="H352" s="14" t="s"/>
       <x:c r="I352" s="16" t="s">
         <x:v>334</x:v>
       </x:c>
       <x:c r="J352" s="14" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="K352" s="14" t="s">
-        <x:v>485</x:v>
+        <x:v>486</x:v>
       </x:c>
       <x:c r="L352" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M352" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="N352" s="15" t="n">
         <x:v>34581</x:v>
       </x:c>
       <x:c r="O352" s="14" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="P352" s="14" t="s">
         <x:v>333</x:v>
       </x:c>
       <x:c r="Q352" s="16" t="s">
         <x:v>334</x:v>
       </x:c>
       <x:c r="R352" s="14" t="s">
         <x:v>113</x:v>
       </x:c>
       <x:c r="S352" s="14" t="n">
         <x:v>617014</x:v>
       </x:c>
@@ -23135,97 +23137,97 @@
       </x:c>
       <x:c r="P354" s="14" t="s">
         <x:v>274</x:v>
       </x:c>
       <x:c r="Q354" s="16" t="s">
         <x:v>275</x:v>
       </x:c>
       <x:c r="R354" s="14" t="s">
         <x:v>113</x:v>
       </x:c>
       <x:c r="S354" s="14" t="n">
         <x:v>600729</x:v>
       </x:c>
       <x:c r="T354" s="16" t="s">
         <x:v>552</x:v>
       </x:c>
       <x:c r="U354" s="16" t="s">
         <x:v>553</x:v>
       </x:c>
     </x:row>
     <x:row r="355" spans="1:21">
       <x:c r="A355" s="1" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="B355" s="0" t="s">
-        <x:v>484</x:v>
+        <x:v>485</x:v>
       </x:c>
       <x:c r="C355" s="3" t="n">
         <x:v>37717</x:v>
       </x:c>
       <x:c r="D355" s="3" t="s"/>
       <x:c r="G355" s="0" t="s">
         <x:v>333</x:v>
       </x:c>
       <x:c r="I355" s="4" t="s">
         <x:v>334</x:v>
       </x:c>
       <x:c r="J355" s="0" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="K355" s="0" t="s">
-        <x:v>485</x:v>
+        <x:v>486</x:v>
       </x:c>
       <x:c r="L355" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M355" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="N355" s="3" t="n">
         <x:v>34581</x:v>
       </x:c>
       <x:c r="O355" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="P355" s="0" t="s">
         <x:v>333</x:v>
       </x:c>
       <x:c r="Q355" s="4" t="s">
         <x:v>334</x:v>
       </x:c>
       <x:c r="R355" s="0" t="s">
         <x:v>113</x:v>
       </x:c>
       <x:c r="S355" s="0" t="n">
         <x:v>617015</x:v>
       </x:c>
       <x:c r="T355" s="4" t="s">
-        <x:v>491</x:v>
+        <x:v>492</x:v>
       </x:c>
       <x:c r="U355" s="4" t="s">
-        <x:v>511</x:v>
+        <x:v>510</x:v>
       </x:c>
     </x:row>
     <x:row r="356" spans="1:21">
       <x:c r="A356" s="13" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="B356" s="14" t="s">
         <x:v>237</x:v>
       </x:c>
       <x:c r="C356" s="15" t="n">
         <x:v>37717</x:v>
       </x:c>
       <x:c r="D356" s="15" t="s"/>
       <x:c r="E356" s="14" t="s"/>
       <x:c r="F356" s="14" t="s"/>
       <x:c r="G356" s="14" t="s">
         <x:v>229</x:v>
       </x:c>
       <x:c r="H356" s="14" t="s"/>
       <x:c r="I356" s="16" t="s">
         <x:v>230</x:v>
       </x:c>
       <x:c r="J356" s="14" t="s">
         <x:v>82</x:v>
       </x:c>
@@ -23235,51 +23237,51 @@
       <x:c r="L356" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M356" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="N356" s="15" t="n">
         <x:v>34581</x:v>
       </x:c>
       <x:c r="O356" s="14" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="P356" s="14" t="s">
         <x:v>229</x:v>
       </x:c>
       <x:c r="Q356" s="16" t="s">
         <x:v>230</x:v>
       </x:c>
       <x:c r="R356" s="14" t="s">
         <x:v>113</x:v>
       </x:c>
       <x:c r="S356" s="14" t="n">
         <x:v>613354</x:v>
       </x:c>
       <x:c r="T356" s="16" t="s">
-        <x:v>491</x:v>
+        <x:v>492</x:v>
       </x:c>
       <x:c r="U356" s="16" t="s">
         <x:v>554</x:v>
       </x:c>
     </x:row>
     <x:row r="357" spans="1:21">
       <x:c r="A357" s="1" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="B357" s="0" t="s">
         <x:v>233</x:v>
       </x:c>
       <x:c r="C357" s="3" t="n">
         <x:v>39063</x:v>
       </x:c>
       <x:c r="D357" s="3" t="s"/>
       <x:c r="G357" s="0" t="s">
         <x:v>256</x:v>
       </x:c>
       <x:c r="I357" s="4" t="s">
         <x:v>257</x:v>
       </x:c>
       <x:c r="J357" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
@@ -23300,70 +23302,70 @@
       </x:c>
       <x:c r="P357" s="0" t="s">
         <x:v>256</x:v>
       </x:c>
       <x:c r="Q357" s="4" t="s">
         <x:v>257</x:v>
       </x:c>
       <x:c r="R357" s="0" t="s">
         <x:v>104</x:v>
       </x:c>
       <x:c r="S357" s="0" t="n">
         <x:v>598807</x:v>
       </x:c>
       <x:c r="T357" s="4" t="s">
         <x:v>292</x:v>
       </x:c>
       <x:c r="U357" s="4" t="s">
         <x:v>555</x:v>
       </x:c>
     </x:row>
     <x:row r="358" spans="1:21">
       <x:c r="A358" s="13" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="B358" s="14" t="s">
-        <x:v>484</x:v>
+        <x:v>485</x:v>
       </x:c>
       <x:c r="C358" s="15" t="n">
         <x:v>37717</x:v>
       </x:c>
       <x:c r="D358" s="15" t="s"/>
       <x:c r="E358" s="14" t="s"/>
       <x:c r="F358" s="14" t="s"/>
       <x:c r="G358" s="14" t="s">
         <x:v>333</x:v>
       </x:c>
       <x:c r="H358" s="14" t="s"/>
       <x:c r="I358" s="16" t="s">
         <x:v>334</x:v>
       </x:c>
       <x:c r="J358" s="14" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="K358" s="14" t="s">
-        <x:v>485</x:v>
+        <x:v>486</x:v>
       </x:c>
       <x:c r="L358" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M358" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="N358" s="15" t="n">
         <x:v>34581</x:v>
       </x:c>
       <x:c r="O358" s="14" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="P358" s="14" t="s">
         <x:v>333</x:v>
       </x:c>
       <x:c r="Q358" s="16" t="s">
         <x:v>334</x:v>
       </x:c>
       <x:c r="R358" s="14" t="s">
         <x:v>113</x:v>
       </x:c>
       <x:c r="S358" s="14" t="n">
         <x:v>617013</x:v>
       </x:c>
@@ -23905,51 +23907,51 @@
       <x:c r="J368" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="K368" s="14" t="s">
         <x:v>568</x:v>
       </x:c>
       <x:c r="L368" s="14" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="M368" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N368" s="15" t="n">
         <x:v>34581</x:v>
       </x:c>
       <x:c r="O368" s="14" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="P368" s="14" t="s">
         <x:v>182</x:v>
       </x:c>
       <x:c r="Q368" s="16" t="s">
         <x:v>183</x:v>
       </x:c>
       <x:c r="R368" s="14" t="s">
-        <x:v>156</x:v>
+        <x:v>158</x:v>
       </x:c>
       <x:c r="S368" s="14" t="n">
         <x:v>596055</x:v>
       </x:c>
       <x:c r="T368" s="16" t="s">
         <x:v>134</x:v>
       </x:c>
       <x:c r="U368" s="16" t="s">
         <x:v>569</x:v>
       </x:c>
     </x:row>
     <x:row r="369" spans="1:21">
       <x:c r="A369" s="1" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="B369" s="0" t="s">
         <x:v>153</x:v>
       </x:c>
       <x:c r="C369" s="3" t="n">
         <x:v>35801</x:v>
       </x:c>
       <x:c r="D369" s="3" t="s"/>
       <x:c r="G369" s="0" t="s">
         <x:v>197</x:v>
       </x:c>
@@ -24023,51 +24025,51 @@
       <x:c r="J370" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="K370" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L370" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M370" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N370" s="15" t="n">
         <x:v>34581</x:v>
       </x:c>
       <x:c r="O370" s="14" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="P370" s="14" t="s">
         <x:v>182</x:v>
       </x:c>
       <x:c r="Q370" s="16" t="s">
         <x:v>183</x:v>
       </x:c>
       <x:c r="R370" s="14" t="s">
-        <x:v>156</x:v>
+        <x:v>158</x:v>
       </x:c>
       <x:c r="S370" s="14" t="n">
         <x:v>608132</x:v>
       </x:c>
       <x:c r="T370" s="16" t="s">
         <x:v>134</x:v>
       </x:c>
       <x:c r="U370" s="16" t="s">
         <x:v>569</x:v>
       </x:c>
     </x:row>
     <x:row r="371" spans="1:21">
       <x:c r="A371" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B371" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="C371" s="3" t="n">
         <x:v>41757</x:v>
       </x:c>
       <x:c r="D371" s="3" t="s"/>
       <x:c r="E371" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
@@ -24111,82 +24113,82 @@
         <x:v>608153</x:v>
       </x:c>
       <x:c r="T371" s="4" t="s">
         <x:v>134</x:v>
       </x:c>
       <x:c r="U371" s="4" t="s">
         <x:v>569</x:v>
       </x:c>
     </x:row>
     <x:row r="372" spans="1:21">
       <x:c r="A372" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B372" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="C372" s="15" t="n">
         <x:v>39063</x:v>
       </x:c>
       <x:c r="D372" s="15" t="s"/>
       <x:c r="E372" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F372" s="14" t="s"/>
       <x:c r="G372" s="14" t="s">
-        <x:v>429</x:v>
+        <x:v>428</x:v>
       </x:c>
       <x:c r="H372" s="14" t="s"/>
       <x:c r="I372" s="16" t="s">
-        <x:v>430</x:v>
+        <x:v>429</x:v>
       </x:c>
       <x:c r="J372" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="K372" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L372" s="14" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="M372" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N372" s="15" t="n">
         <x:v>34572</x:v>
       </x:c>
       <x:c r="O372" s="14" t="s">
         <x:v>112</x:v>
       </x:c>
       <x:c r="P372" s="14" t="s">
+        <x:v>428</x:v>
+      </x:c>
+      <x:c r="Q372" s="16" t="s">
         <x:v>429</x:v>
       </x:c>
-      <x:c r="Q372" s="16" t="s">
+      <x:c r="R372" s="14" t="s">
         <x:v>430</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>431</x:v>
       </x:c>
       <x:c r="S372" s="14" t="n">
         <x:v>599243</x:v>
       </x:c>
       <x:c r="T372" s="16" t="s">
         <x:v>134</x:v>
       </x:c>
       <x:c r="U372" s="16" t="s">
         <x:v>569</x:v>
       </x:c>
     </x:row>
     <x:row r="373" spans="1:21">
       <x:c r="A373" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B373" s="0" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="C373" s="3" t="n">
         <x:v>37717</x:v>
       </x:c>
       <x:c r="D373" s="3" t="s"/>
       <x:c r="E373" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
@@ -24314,51 +24316,51 @@
       <x:c r="H375" s="0" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="I375" s="4" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="J375" s="0" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="K375" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L375" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M375" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N375" s="3" t="n">
         <x:v>34581</x:v>
       </x:c>
       <x:c r="O375" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="P375" s="0" t="s">
-        <x:v>419</x:v>
+        <x:v>424</x:v>
       </x:c>
       <x:c r="Q375" s="4" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="R375" s="0" t="s">
         <x:v>104</x:v>
       </x:c>
       <x:c r="S375" s="0" t="n">
         <x:v>608487</x:v>
       </x:c>
       <x:c r="T375" s="4" t="s">
         <x:v>134</x:v>
       </x:c>
       <x:c r="U375" s="4" t="s">
         <x:v>569</x:v>
       </x:c>
     </x:row>
     <x:row r="376" spans="1:21">
       <x:c r="A376" s="13" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="B376" s="14" t="s">
         <x:v>153</x:v>
       </x:c>
       <x:c r="C376" s="15" t="n">
@@ -24636,51 +24638,51 @@
       </x:c>
       <x:c r="P380" s="14" t="s">
         <x:v>570</x:v>
       </x:c>
       <x:c r="Q380" s="16" t="s">
         <x:v>228</x:v>
       </x:c>
       <x:c r="R380" s="14" t="s">
         <x:v>223</x:v>
       </x:c>
       <x:c r="S380" s="14" t="n">
         <x:v>603255</x:v>
       </x:c>
       <x:c r="T380" s="16" t="s">
         <x:v>134</x:v>
       </x:c>
       <x:c r="U380" s="16" t="s">
         <x:v>308</x:v>
       </x:c>
     </x:row>
     <x:row r="381" spans="1:21">
       <x:c r="A381" s="1" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="B381" s="0" t="s">
-        <x:v>444</x:v>
+        <x:v>445</x:v>
       </x:c>
       <x:c r="C381" s="3" t="n">
         <x:v>40568</x:v>
       </x:c>
       <x:c r="D381" s="3" t="s"/>
       <x:c r="G381" s="0" t="s">
         <x:v>336</x:v>
       </x:c>
       <x:c r="H381" s="0" t="s">
         <x:v>337</x:v>
       </x:c>
       <x:c r="I381" s="4" t="s">
         <x:v>338</x:v>
       </x:c>
       <x:c r="J381" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K381" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="L381" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="M381" s="0" t="s">
         <x:v>29</x:v>
@@ -24873,51 +24875,51 @@
       </x:c>
       <x:c r="P384" s="14" t="s">
         <x:v>185</x:v>
       </x:c>
       <x:c r="Q384" s="16" t="s">
         <x:v>175</x:v>
       </x:c>
       <x:c r="R384" s="14" t="s">
         <x:v>161</x:v>
       </x:c>
       <x:c r="S384" s="14" t="n">
         <x:v>605938</x:v>
       </x:c>
       <x:c r="T384" s="16" t="s">
         <x:v>134</x:v>
       </x:c>
       <x:c r="U384" s="16" t="s">
         <x:v>569</x:v>
       </x:c>
     </x:row>
     <x:row r="385" spans="1:21">
       <x:c r="A385" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B385" s="0" t="s">
-        <x:v>420</x:v>
+        <x:v>419</x:v>
       </x:c>
       <x:c r="C385" s="3" t="n">
         <x:v>38602</x:v>
       </x:c>
       <x:c r="D385" s="3" t="s"/>
       <x:c r="E385" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G385" s="0" t="s">
         <x:v>387</x:v>
       </x:c>
       <x:c r="H385" s="0" t="s">
         <x:v>388</x:v>
       </x:c>
       <x:c r="I385" s="4" t="s">
         <x:v>111</x:v>
       </x:c>
       <x:c r="J385" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K385" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L385" s="0" t="s">
         <x:v>57</x:v>
@@ -25860,51 +25862,51 @@
       <x:c r="J401" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="K401" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L401" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M401" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N401" s="3" t="n">
         <x:v>34581</x:v>
       </x:c>
       <x:c r="O401" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="P401" s="0" t="s">
         <x:v>163</x:v>
       </x:c>
       <x:c r="Q401" s="4" t="s">
         <x:v>164</x:v>
       </x:c>
       <x:c r="R401" s="0" t="s">
-        <x:v>158</x:v>
+        <x:v>156</x:v>
       </x:c>
       <x:c r="S401" s="0" t="n">
         <x:v>608129</x:v>
       </x:c>
       <x:c r="T401" s="4" t="s">
         <x:v>134</x:v>
       </x:c>
       <x:c r="U401" s="4" t="s">
         <x:v>569</x:v>
       </x:c>
     </x:row>
     <x:row r="402" spans="1:21">
       <x:c r="A402" s="13" t="s">
         <x:v>566</x:v>
       </x:c>
       <x:c r="B402" s="14" t="s">
         <x:v>591</x:v>
       </x:c>
       <x:c r="C402" s="15" t="n">
         <x:v>38361</x:v>
       </x:c>
       <x:c r="D402" s="15" t="s"/>
       <x:c r="E402" s="14" t="s"/>
       <x:c r="F402" s="14" t="s"/>
       <x:c r="G402" s="14" t="s">
@@ -26610,51 +26612,51 @@
       <x:c r="J414" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="K414" s="14" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="L414" s="14" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="M414" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N414" s="15" t="n">
         <x:v>34581</x:v>
       </x:c>
       <x:c r="O414" s="14" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="P414" s="14" t="s">
         <x:v>154</x:v>
       </x:c>
       <x:c r="Q414" s="16" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="R414" s="14" t="s">
-        <x:v>156</x:v>
+        <x:v>158</x:v>
       </x:c>
       <x:c r="S414" s="14" t="n">
         <x:v>608334</x:v>
       </x:c>
       <x:c r="T414" s="16" t="s">
         <x:v>134</x:v>
       </x:c>
       <x:c r="U414" s="16" t="s">
         <x:v>613</x:v>
       </x:c>
     </x:row>
     <x:row r="415" spans="1:21">
       <x:c r="A415" s="1" t="s">
         <x:v>566</x:v>
       </x:c>
       <x:c r="B415" s="0" t="s">
         <x:v>614</x:v>
       </x:c>
       <x:c r="C415" s="3" t="n">
         <x:v>41114</x:v>
       </x:c>
       <x:c r="D415" s="3" t="s"/>
       <x:c r="G415" s="0" t="s">
         <x:v>615</x:v>
       </x:c>
@@ -26922,139 +26924,139 @@
         <x:v>605459</x:v>
       </x:c>
       <x:c r="T419" s="4" t="s">
         <x:v>134</x:v>
       </x:c>
       <x:c r="U419" s="4" t="s">
         <x:v>569</x:v>
       </x:c>
     </x:row>
     <x:row r="420" spans="1:21">
       <x:c r="A420" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B420" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="C420" s="15" t="n">
         <x:v>39063</x:v>
       </x:c>
       <x:c r="D420" s="15" t="s"/>
       <x:c r="E420" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F420" s="14" t="s"/>
       <x:c r="G420" s="14" t="s">
-        <x:v>429</x:v>
+        <x:v>428</x:v>
       </x:c>
       <x:c r="H420" s="14" t="s"/>
       <x:c r="I420" s="16" t="s">
-        <x:v>430</x:v>
+        <x:v>429</x:v>
       </x:c>
       <x:c r="J420" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="K420" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L420" s="14" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="M420" s="14" t="s">
         <x:v>107</x:v>
       </x:c>
       <x:c r="N420" s="15" t="n">
         <x:v>34572</x:v>
       </x:c>
       <x:c r="O420" s="14" t="s">
         <x:v>112</x:v>
       </x:c>
       <x:c r="P420" s="14" t="s">
+        <x:v>428</x:v>
+      </x:c>
+      <x:c r="Q420" s="16" t="s">
         <x:v>429</x:v>
       </x:c>
-      <x:c r="Q420" s="16" t="s">
+      <x:c r="R420" s="14" t="s">
         <x:v>430</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>431</x:v>
       </x:c>
       <x:c r="S420" s="14" t="n">
         <x:v>599240</x:v>
       </x:c>
       <x:c r="T420" s="16" t="s">
         <x:v>134</x:v>
       </x:c>
       <x:c r="U420" s="16" t="s">
         <x:v>308</x:v>
       </x:c>
     </x:row>
     <x:row r="421" spans="1:21">
       <x:c r="A421" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B421" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="C421" s="3" t="n">
         <x:v>39063</x:v>
       </x:c>
       <x:c r="D421" s="3" t="s"/>
       <x:c r="E421" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G421" s="0" t="s">
-        <x:v>408</x:v>
+        <x:v>410</x:v>
       </x:c>
       <x:c r="I421" s="4" t="s">
-        <x:v>409</x:v>
+        <x:v>411</x:v>
       </x:c>
       <x:c r="J421" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="K421" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L421" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M421" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="N421" s="3" t="n">
         <x:v>34572</x:v>
       </x:c>
       <x:c r="O421" s="0" t="s">
         <x:v>112</x:v>
       </x:c>
       <x:c r="P421" s="0" t="s">
-        <x:v>408</x:v>
+        <x:v>410</x:v>
       </x:c>
       <x:c r="Q421" s="4" t="s">
-        <x:v>409</x:v>
+        <x:v>411</x:v>
       </x:c>
       <x:c r="R421" s="0" t="s">
-        <x:v>410</x:v>
+        <x:v>412</x:v>
       </x:c>
       <x:c r="S421" s="0" t="n">
         <x:v>602664</x:v>
       </x:c>
       <x:c r="T421" s="4" t="s">
         <x:v>134</x:v>
       </x:c>
       <x:c r="U421" s="4" t="s">
         <x:v>620</x:v>
       </x:c>
     </x:row>
     <x:row r="422" spans="1:21">
       <x:c r="A422" s="13" t="s">
         <x:v>566</x:v>
       </x:c>
       <x:c r="B422" s="14" t="s">
         <x:v>621</x:v>
       </x:c>
       <x:c r="C422" s="15" t="n">
         <x:v>40622</x:v>
       </x:c>
       <x:c r="D422" s="15" t="s"/>
       <x:c r="E422" s="14" t="s"/>
       <x:c r="F422" s="14" t="s"/>
       <x:c r="G422" s="14" t="s">
@@ -27084,51 +27086,51 @@
       </x:c>
       <x:c r="P422" s="14" t="s">
         <x:v>617</x:v>
       </x:c>
       <x:c r="Q422" s="16" t="s">
         <x:v>622</x:v>
       </x:c>
       <x:c r="R422" s="14" t="s">
         <x:v>623</x:v>
       </x:c>
       <x:c r="S422" s="14" t="n">
         <x:v>592573</x:v>
       </x:c>
       <x:c r="T422" s="16" t="s">
         <x:v>134</x:v>
       </x:c>
       <x:c r="U422" s="16" t="s">
         <x:v>308</x:v>
       </x:c>
     </x:row>
     <x:row r="423" spans="1:21">
       <x:c r="A423" s="1" t="s">
         <x:v>566</x:v>
       </x:c>
       <x:c r="B423" s="0" t="s">
-        <x:v>444</x:v>
+        <x:v>445</x:v>
       </x:c>
       <x:c r="C423" s="3" t="n">
         <x:v>40568</x:v>
       </x:c>
       <x:c r="D423" s="3" t="s"/>
       <x:c r="G423" s="0" t="s">
         <x:v>624</x:v>
       </x:c>
       <x:c r="I423" s="4" t="s">
         <x:v>607</x:v>
       </x:c>
       <x:c r="J423" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K423" s="0" t="s">
         <x:v>568</x:v>
       </x:c>
       <x:c r="L423" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="M423" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N423" s="3" t="n">
         <x:v>34085</x:v>
@@ -28306,968 +28308,970 @@
       </x:c>
       <x:c r="O443" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="P443" s="0" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="Q443" s="4" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="R443" s="0" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="S443" s="0" t="n">
         <x:v>609743</x:v>
       </x:c>
       <x:c r="T443" s="4" t="s">
         <x:v>134</x:v>
       </x:c>
       <x:c r="U443" s="4" t="s">
         <x:v>569</x:v>
       </x:c>
     </x:row>
     <x:row r="444" spans="1:21">
       <x:c r="A444" s="13" t="s">
-        <x:v>566</x:v>
+        <x:v>45</x:v>
       </x:c>
       <x:c r="B444" s="14" t="s">
-        <x:v>636</x:v>
+        <x:v>159</x:v>
       </x:c>
       <x:c r="C444" s="15" t="n">
-        <x:v>39743</x:v>
+        <x:v>38361</x:v>
       </x:c>
       <x:c r="D444" s="15" t="s"/>
       <x:c r="E444" s="14" t="s"/>
       <x:c r="F444" s="14" t="s"/>
       <x:c r="G444" s="14" t="s">
-        <x:v>624</x:v>
+        <x:v>160</x:v>
       </x:c>
       <x:c r="H444" s="14" t="s"/>
       <x:c r="I444" s="16" t="s">
-        <x:v>607</x:v>
+        <x:v>68</x:v>
       </x:c>
       <x:c r="J444" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="K444" s="14" t="s">
-        <x:v>568</x:v>
+        <x:v>50</x:v>
       </x:c>
       <x:c r="L444" s="14" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="M444" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N444" s="15" t="n">
-        <x:v>34581</x:v>
+        <x:v>22499</x:v>
       </x:c>
       <x:c r="O444" s="14" t="s">
-        <x:v>51</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="P444" s="14" t="s">
-        <x:v>625</x:v>
+        <x:v>160</x:v>
       </x:c>
       <x:c r="Q444" s="16" t="s">
-        <x:v>607</x:v>
+        <x:v>68</x:v>
       </x:c>
       <x:c r="R444" s="14" t="s">
-        <x:v>340</x:v>
+        <x:v>161</x:v>
       </x:c>
       <x:c r="S444" s="14" t="n">
-        <x:v>592195</x:v>
+        <x:v>564384</x:v>
       </x:c>
       <x:c r="T444" s="16" t="s">
         <x:v>134</x:v>
       </x:c>
       <x:c r="U444" s="16" t="s">
-        <x:v>308</x:v>
+        <x:v>569</x:v>
       </x:c>
     </x:row>
     <x:row r="445" spans="1:21">
       <x:c r="A445" s="1" t="s">
-        <x:v>21</x:v>
+        <x:v>566</x:v>
       </x:c>
       <x:c r="B445" s="0" t="s">
-        <x:v>97</x:v>
+        <x:v>567</x:v>
       </x:c>
       <x:c r="C445" s="3" t="n">
-        <x:v>38361</x:v>
+        <x:v>35801</x:v>
       </x:c>
       <x:c r="D445" s="3" t="s"/>
-      <x:c r="E445" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="G445" s="0" t="s">
-        <x:v>98</x:v>
-[...2 lines deleted...]
-        <x:v>99</x:v>
+        <x:v>636</x:v>
       </x:c>
       <x:c r="I445" s="4" t="s">
-        <x:v>100</x:v>
+        <x:v>320</x:v>
       </x:c>
       <x:c r="J445" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="K445" s="0" t="s">
-        <x:v>27</x:v>
+        <x:v>568</x:v>
       </x:c>
       <x:c r="L445" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="M445" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N445" s="3" t="n">
-        <x:v>22499</x:v>
+        <x:v>34581</x:v>
       </x:c>
       <x:c r="O445" s="0" t="s">
-        <x:v>101</x:v>
+        <x:v>51</x:v>
       </x:c>
       <x:c r="P445" s="0" t="s">
-        <x:v>98</x:v>
+        <x:v>637</x:v>
       </x:c>
       <x:c r="Q445" s="4" t="s">
-        <x:v>100</x:v>
+        <x:v>320</x:v>
       </x:c>
       <x:c r="R445" s="0" t="s">
-        <x:v>102</x:v>
+        <x:v>638</x:v>
       </x:c>
       <x:c r="S445" s="0" t="n">
-        <x:v>605697</x:v>
+        <x:v>596058</x:v>
       </x:c>
       <x:c r="T445" s="4" t="s">
         <x:v>134</x:v>
       </x:c>
       <x:c r="U445" s="4" t="s">
         <x:v>569</x:v>
       </x:c>
     </x:row>
     <x:row r="446" spans="1:21">
       <x:c r="A446" s="13" t="s">
-        <x:v>21</x:v>
+        <x:v>45</x:v>
       </x:c>
       <x:c r="B446" s="14" t="s">
-        <x:v>385</x:v>
+        <x:v>153</x:v>
       </x:c>
       <x:c r="C446" s="15" t="n">
-        <x:v>40568</x:v>
+        <x:v>35801</x:v>
       </x:c>
       <x:c r="D446" s="15" t="s"/>
-      <x:c r="E446" s="14" t="s">
-[...1 lines deleted...]
-      </x:c>
+      <x:c r="E446" s="14" t="s"/>
       <x:c r="F446" s="14" t="s"/>
       <x:c r="G446" s="14" t="s">
-        <x:v>147</x:v>
+        <x:v>154</x:v>
       </x:c>
       <x:c r="H446" s="14" t="s">
-        <x:v>148</x:v>
+        <x:v>155</x:v>
       </x:c>
       <x:c r="I446" s="16" t="s">
-        <x:v>149</x:v>
+        <x:v>81</x:v>
       </x:c>
       <x:c r="J446" s="14" t="s">
-        <x:v>26</x:v>
+        <x:v>39</x:v>
       </x:c>
       <x:c r="K446" s="14" t="s">
-        <x:v>27</x:v>
+        <x:v>50</x:v>
       </x:c>
       <x:c r="L446" s="14" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="M446" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N446" s="15" t="n">
-        <x:v>34085</x:v>
+        <x:v>34581</x:v>
       </x:c>
       <x:c r="O446" s="14" t="s">
-        <x:v>171</x:v>
+        <x:v>51</x:v>
       </x:c>
       <x:c r="P446" s="14" t="s">
-        <x:v>147</x:v>
+        <x:v>154</x:v>
       </x:c>
       <x:c r="Q446" s="16" t="s">
-        <x:v>149</x:v>
+        <x:v>81</x:v>
       </x:c>
       <x:c r="R446" s="14" t="s">
-        <x:v>69</x:v>
+        <x:v>156</x:v>
       </x:c>
       <x:c r="S446" s="14" t="n">
-        <x:v>603513</x:v>
+        <x:v>608333</x:v>
       </x:c>
       <x:c r="T446" s="16" t="s">
         <x:v>134</x:v>
       </x:c>
       <x:c r="U446" s="16" t="s">
-        <x:v>308</x:v>
+        <x:v>613</x:v>
       </x:c>
     </x:row>
     <x:row r="447" spans="1:21">
       <x:c r="A447" s="1" t="s">
-        <x:v>21</x:v>
+        <x:v>566</x:v>
       </x:c>
       <x:c r="B447" s="0" t="s">
-        <x:v>114</x:v>
+        <x:v>591</x:v>
       </x:c>
       <x:c r="C447" s="3" t="n">
-        <x:v>39686</x:v>
+        <x:v>38361</x:v>
       </x:c>
       <x:c r="D447" s="3" t="s"/>
-      <x:c r="E447" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="G447" s="0" t="s">
-        <x:v>63</x:v>
-[...2 lines deleted...]
-        <x:v>64</x:v>
+        <x:v>583</x:v>
       </x:c>
       <x:c r="I447" s="4" t="s">
-        <x:v>65</x:v>
+        <x:v>584</x:v>
       </x:c>
       <x:c r="J447" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="K447" s="0" t="s">
-        <x:v>27</x:v>
+        <x:v>568</x:v>
       </x:c>
       <x:c r="L447" s="0" t="s">
-        <x:v>28</x:v>
+        <x:v>57</x:v>
       </x:c>
       <x:c r="M447" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N447" s="3" t="n">
-        <x:v>21011</x:v>
+        <x:v>22499</x:v>
       </x:c>
       <x:c r="O447" s="0" t="s">
-        <x:v>115</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="P447" s="0" t="s">
-        <x:v>116</x:v>
+        <x:v>583</x:v>
       </x:c>
       <x:c r="Q447" s="4" t="s">
-        <x:v>117</x:v>
+        <x:v>584</x:v>
       </x:c>
       <x:c r="R447" s="0" t="s">
-        <x:v>118</x:v>
+        <x:v>585</x:v>
       </x:c>
       <x:c r="S447" s="0" t="n">
-        <x:v>605836</x:v>
+        <x:v>595918</x:v>
       </x:c>
       <x:c r="T447" s="4" t="s">
         <x:v>134</x:v>
       </x:c>
       <x:c r="U447" s="4" t="s">
         <x:v>569</x:v>
       </x:c>
     </x:row>
     <x:row r="448" spans="1:21">
       <x:c r="A448" s="13" t="s">
-        <x:v>21</x:v>
+        <x:v>566</x:v>
       </x:c>
       <x:c r="B448" s="14" t="s">
-        <x:v>62</x:v>
+        <x:v>639</x:v>
       </x:c>
       <x:c r="C448" s="15" t="n">
-        <x:v>36003</x:v>
+        <x:v>39743</x:v>
       </x:c>
       <x:c r="D448" s="15" t="s"/>
-      <x:c r="E448" s="14" t="s">
-[...1 lines deleted...]
-      </x:c>
+      <x:c r="E448" s="14" t="s"/>
       <x:c r="F448" s="14" t="s"/>
       <x:c r="G448" s="14" t="s">
-        <x:v>63</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>624</x:v>
+      </x:c>
+      <x:c r="H448" s="14" t="s"/>
       <x:c r="I448" s="16" t="s">
-        <x:v>65</x:v>
+        <x:v>607</x:v>
       </x:c>
       <x:c r="J448" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="K448" s="14" t="s">
-        <x:v>27</x:v>
+        <x:v>568</x:v>
       </x:c>
       <x:c r="L448" s="14" t="s">
-        <x:v>28</x:v>
+        <x:v>57</x:v>
       </x:c>
       <x:c r="M448" s="14" t="s">
-        <x:v>107</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="N448" s="15" t="n">
-        <x:v>34525</x:v>
+        <x:v>34581</x:v>
       </x:c>
       <x:c r="O448" s="14" t="s">
-        <x:v>66</x:v>
+        <x:v>51</x:v>
       </x:c>
       <x:c r="P448" s="14" t="s">
-        <x:v>67</x:v>
+        <x:v>625</x:v>
       </x:c>
       <x:c r="Q448" s="16" t="s">
-        <x:v>68</x:v>
+        <x:v>607</x:v>
       </x:c>
       <x:c r="R448" s="14" t="s">
-        <x:v>69</x:v>
+        <x:v>340</x:v>
       </x:c>
       <x:c r="S448" s="14" t="n">
-        <x:v>605850</x:v>
+        <x:v>592195</x:v>
       </x:c>
       <x:c r="T448" s="16" t="s">
         <x:v>134</x:v>
       </x:c>
       <x:c r="U448" s="16" t="s">
-        <x:v>569</x:v>
+        <x:v>308</x:v>
       </x:c>
     </x:row>
     <x:row r="449" spans="1:21">
       <x:c r="A449" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B449" s="0" t="s">
-        <x:v>54</x:v>
+        <x:v>97</x:v>
       </x:c>
       <x:c r="C449" s="3" t="n">
-        <x:v>41757</x:v>
+        <x:v>38361</x:v>
       </x:c>
       <x:c r="D449" s="3" t="s"/>
       <x:c r="E449" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G449" s="0" t="s">
-        <x:v>168</x:v>
+        <x:v>98</x:v>
       </x:c>
       <x:c r="H449" s="0" t="s">
-        <x:v>169</x:v>
+        <x:v>99</x:v>
       </x:c>
       <x:c r="I449" s="4" t="s">
-        <x:v>170</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="J449" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="K449" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L449" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="M449" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N449" s="3" t="n">
-        <x:v>34581</x:v>
+        <x:v>22499</x:v>
       </x:c>
       <x:c r="O449" s="0" t="s">
-        <x:v>51</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="P449" s="0" t="s">
-        <x:v>391</x:v>
+        <x:v>98</x:v>
       </x:c>
       <x:c r="Q449" s="4" t="s">
-        <x:v>392</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="R449" s="0" t="s">
-        <x:v>393</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="S449" s="0" t="n">
-        <x:v>602829</x:v>
+        <x:v>605697</x:v>
       </x:c>
       <x:c r="T449" s="4" t="s">
         <x:v>134</x:v>
       </x:c>
       <x:c r="U449" s="4" t="s">
         <x:v>569</x:v>
       </x:c>
     </x:row>
     <x:row r="450" spans="1:21">
       <x:c r="A450" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B450" s="14" t="s">
-        <x:v>397</x:v>
+        <x:v>385</x:v>
       </x:c>
       <x:c r="C450" s="15" t="n">
-        <x:v>40607</x:v>
+        <x:v>40568</x:v>
       </x:c>
       <x:c r="D450" s="15" t="s"/>
       <x:c r="E450" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F450" s="14" t="s"/>
       <x:c r="G450" s="14" t="s">
-        <x:v>24</x:v>
-[...1 lines deleted...]
-      <x:c r="H450" s="14" t="s"/>
+        <x:v>147</x:v>
+      </x:c>
+      <x:c r="H450" s="14" t="s">
+        <x:v>148</x:v>
+      </x:c>
       <x:c r="I450" s="16" t="s">
-        <x:v>25</x:v>
+        <x:v>149</x:v>
       </x:c>
       <x:c r="J450" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K450" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L450" s="14" t="s">
-        <x:v>28</x:v>
+        <x:v>57</x:v>
       </x:c>
       <x:c r="M450" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N450" s="15" t="n">
-        <x:v>34572</x:v>
+        <x:v>34085</x:v>
       </x:c>
       <x:c r="O450" s="14" t="s">
-        <x:v>112</x:v>
+        <x:v>171</x:v>
       </x:c>
       <x:c r="P450" s="14" t="s">
-        <x:v>31</x:v>
+        <x:v>147</x:v>
       </x:c>
       <x:c r="Q450" s="16" t="s">
-        <x:v>32</x:v>
+        <x:v>149</x:v>
       </x:c>
       <x:c r="R450" s="14" t="s">
-        <x:v>33</x:v>
+        <x:v>69</x:v>
       </x:c>
       <x:c r="S450" s="14" t="n">
-        <x:v>603062</x:v>
+        <x:v>603513</x:v>
       </x:c>
       <x:c r="T450" s="16" t="s">
         <x:v>134</x:v>
       </x:c>
       <x:c r="U450" s="16" t="s">
-        <x:v>166</x:v>
+        <x:v>308</x:v>
       </x:c>
     </x:row>
     <x:row r="451" spans="1:21">
       <x:c r="A451" s="1" t="s">
-        <x:v>566</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B451" s="0" t="s">
-        <x:v>591</x:v>
+        <x:v>114</x:v>
       </x:c>
       <x:c r="C451" s="3" t="n">
-        <x:v>38361</x:v>
+        <x:v>39686</x:v>
       </x:c>
       <x:c r="D451" s="3" t="s"/>
+      <x:c r="E451" s="0" t="s">
+        <x:v>23</x:v>
+      </x:c>
       <x:c r="G451" s="0" t="s">
-        <x:v>583</x:v>
+        <x:v>63</x:v>
+      </x:c>
+      <x:c r="H451" s="0" t="s">
+        <x:v>64</x:v>
       </x:c>
       <x:c r="I451" s="4" t="s">
-        <x:v>584</x:v>
+        <x:v>65</x:v>
       </x:c>
       <x:c r="J451" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="K451" s="0" t="s">
-        <x:v>568</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="L451" s="0" t="s">
-        <x:v>57</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="M451" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N451" s="3" t="n">
-        <x:v>22499</x:v>
+        <x:v>21011</x:v>
       </x:c>
       <x:c r="O451" s="0" t="s">
-        <x:v>101</x:v>
+        <x:v>115</x:v>
       </x:c>
       <x:c r="P451" s="0" t="s">
-        <x:v>583</x:v>
+        <x:v>116</x:v>
       </x:c>
       <x:c r="Q451" s="4" t="s">
-        <x:v>584</x:v>
+        <x:v>117</x:v>
       </x:c>
       <x:c r="R451" s="0" t="s">
-        <x:v>585</x:v>
+        <x:v>118</x:v>
       </x:c>
       <x:c r="S451" s="0" t="n">
-        <x:v>595918</x:v>
+        <x:v>605836</x:v>
       </x:c>
       <x:c r="T451" s="4" t="s">
         <x:v>134</x:v>
       </x:c>
       <x:c r="U451" s="4" t="s">
         <x:v>569</x:v>
       </x:c>
     </x:row>
     <x:row r="452" spans="1:21">
       <x:c r="A452" s="13" t="s">
-        <x:v>45</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B452" s="14" t="s">
-        <x:v>153</x:v>
+        <x:v>62</x:v>
       </x:c>
       <x:c r="C452" s="15" t="n">
-        <x:v>35801</x:v>
+        <x:v>36003</x:v>
       </x:c>
       <x:c r="D452" s="15" t="s"/>
-      <x:c r="E452" s="14" t="s"/>
+      <x:c r="E452" s="14" t="s">
+        <x:v>23</x:v>
+      </x:c>
       <x:c r="F452" s="14" t="s"/>
       <x:c r="G452" s="14" t="s">
-        <x:v>160</x:v>
-[...1 lines deleted...]
-      <x:c r="H452" s="14" t="s"/>
+        <x:v>63</x:v>
+      </x:c>
+      <x:c r="H452" s="14" t="s">
+        <x:v>64</x:v>
+      </x:c>
       <x:c r="I452" s="16" t="s">
-        <x:v>68</x:v>
+        <x:v>65</x:v>
       </x:c>
       <x:c r="J452" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="K452" s="14" t="s">
-        <x:v>50</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="L452" s="14" t="s">
-        <x:v>57</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="M452" s="14" t="s">
-        <x:v>29</x:v>
+        <x:v>107</x:v>
       </x:c>
       <x:c r="N452" s="15" t="n">
-        <x:v>34581</x:v>
+        <x:v>34525</x:v>
       </x:c>
       <x:c r="O452" s="14" t="s">
-        <x:v>51</x:v>
+        <x:v>66</x:v>
       </x:c>
       <x:c r="P452" s="14" t="s">
-        <x:v>160</x:v>
+        <x:v>67</x:v>
       </x:c>
       <x:c r="Q452" s="16" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="R452" s="14" t="s">
-        <x:v>133</x:v>
+        <x:v>69</x:v>
       </x:c>
       <x:c r="S452" s="14" t="n">
-        <x:v>597577</x:v>
+        <x:v>605850</x:v>
       </x:c>
       <x:c r="T452" s="16" t="s">
         <x:v>134</x:v>
       </x:c>
       <x:c r="U452" s="16" t="s">
         <x:v>569</x:v>
       </x:c>
     </x:row>
     <x:row r="453" spans="1:21">
       <x:c r="A453" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B453" s="0" t="s">
-        <x:v>354</x:v>
+        <x:v>54</x:v>
       </x:c>
       <x:c r="C453" s="3" t="n">
-        <x:v>40290</x:v>
+        <x:v>41757</x:v>
       </x:c>
       <x:c r="D453" s="3" t="s"/>
       <x:c r="E453" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G453" s="0" t="s">
-        <x:v>355</x:v>
+        <x:v>168</x:v>
       </x:c>
       <x:c r="H453" s="0" t="s">
-        <x:v>356</x:v>
+        <x:v>169</x:v>
       </x:c>
       <x:c r="I453" s="4" t="s">
-        <x:v>357</x:v>
+        <x:v>170</x:v>
       </x:c>
       <x:c r="J453" s="0" t="s">
-        <x:v>26</x:v>
+        <x:v>39</x:v>
       </x:c>
       <x:c r="K453" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L453" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="M453" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N453" s="3" t="n">
-        <x:v>32054</x:v>
+        <x:v>34581</x:v>
       </x:c>
       <x:c r="O453" s="0" t="s">
-        <x:v>321</x:v>
+        <x:v>51</x:v>
       </x:c>
       <x:c r="P453" s="0" t="s">
-        <x:v>355</x:v>
+        <x:v>391</x:v>
       </x:c>
       <x:c r="Q453" s="4" t="s">
-        <x:v>357</x:v>
+        <x:v>392</x:v>
       </x:c>
       <x:c r="R453" s="0" t="s">
-        <x:v>113</x:v>
+        <x:v>393</x:v>
       </x:c>
       <x:c r="S453" s="0" t="n">
-        <x:v>611472</x:v>
+        <x:v>602829</x:v>
       </x:c>
       <x:c r="T453" s="4" t="s">
         <x:v>134</x:v>
       </x:c>
       <x:c r="U453" s="4" t="s">
-        <x:v>342</x:v>
+        <x:v>569</x:v>
       </x:c>
     </x:row>
     <x:row r="454" spans="1:21">
       <x:c r="A454" s="13" t="s">
-        <x:v>45</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B454" s="14" t="s">
-        <x:v>159</x:v>
+        <x:v>397</x:v>
       </x:c>
       <x:c r="C454" s="15" t="n">
-        <x:v>38361</x:v>
+        <x:v>40607</x:v>
       </x:c>
       <x:c r="D454" s="15" t="s"/>
-      <x:c r="E454" s="14" t="s"/>
+      <x:c r="E454" s="14" t="s">
+        <x:v>23</x:v>
+      </x:c>
       <x:c r="F454" s="14" t="s"/>
       <x:c r="G454" s="14" t="s">
-        <x:v>160</x:v>
+        <x:v>24</x:v>
       </x:c>
       <x:c r="H454" s="14" t="s"/>
       <x:c r="I454" s="16" t="s">
-        <x:v>68</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="J454" s="14" t="s">
-        <x:v>39</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="K454" s="14" t="s">
-        <x:v>50</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="L454" s="14" t="s">
-        <x:v>57</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="M454" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N454" s="15" t="n">
-        <x:v>22499</x:v>
+        <x:v>34572</x:v>
       </x:c>
       <x:c r="O454" s="14" t="s">
-        <x:v>101</x:v>
+        <x:v>112</x:v>
       </x:c>
       <x:c r="P454" s="14" t="s">
-        <x:v>160</x:v>
+        <x:v>31</x:v>
       </x:c>
       <x:c r="Q454" s="16" t="s">
-        <x:v>68</x:v>
+        <x:v>32</x:v>
       </x:c>
       <x:c r="R454" s="14" t="s">
-        <x:v>161</x:v>
+        <x:v>33</x:v>
       </x:c>
       <x:c r="S454" s="14" t="n">
-        <x:v>564384</x:v>
+        <x:v>603062</x:v>
       </x:c>
       <x:c r="T454" s="16" t="s">
         <x:v>134</x:v>
       </x:c>
       <x:c r="U454" s="16" t="s">
-        <x:v>569</x:v>
+        <x:v>166</x:v>
       </x:c>
     </x:row>
     <x:row r="455" spans="1:21">
       <x:c r="A455" s="1" t="s">
-        <x:v>566</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B455" s="0" t="s">
-        <x:v>567</x:v>
+        <x:v>91</x:v>
       </x:c>
       <x:c r="C455" s="3" t="n">
-        <x:v>35801</x:v>
+        <x:v>36003</x:v>
       </x:c>
       <x:c r="D455" s="3" t="s"/>
+      <x:c r="E455" s="0" t="s">
+        <x:v>23</x:v>
+      </x:c>
       <x:c r="G455" s="0" t="s">
-        <x:v>637</x:v>
+        <x:v>63</x:v>
+      </x:c>
+      <x:c r="H455" s="0" t="s">
+        <x:v>64</x:v>
       </x:c>
       <x:c r="I455" s="4" t="s">
-        <x:v>320</x:v>
+        <x:v>65</x:v>
       </x:c>
       <x:c r="J455" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="K455" s="0" t="s">
-        <x:v>568</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="L455" s="0" t="s">
-        <x:v>57</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="M455" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N455" s="3" t="n">
-        <x:v>34581</x:v>
+        <x:v>34525</x:v>
       </x:c>
       <x:c r="O455" s="0" t="s">
-        <x:v>51</x:v>
+        <x:v>66</x:v>
       </x:c>
       <x:c r="P455" s="0" t="s">
-        <x:v>638</x:v>
+        <x:v>143</x:v>
       </x:c>
       <x:c r="Q455" s="4" t="s">
-        <x:v>320</x:v>
+        <x:v>144</x:v>
       </x:c>
       <x:c r="R455" s="0" t="s">
-        <x:v>639</x:v>
+        <x:v>145</x:v>
       </x:c>
       <x:c r="S455" s="0" t="n">
-        <x:v>596058</x:v>
+        <x:v>605931</x:v>
       </x:c>
       <x:c r="T455" s="4" t="s">
         <x:v>134</x:v>
       </x:c>
       <x:c r="U455" s="4" t="s">
         <x:v>569</x:v>
       </x:c>
     </x:row>
     <x:row r="456" spans="1:21">
       <x:c r="A456" s="13" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="B456" s="14" t="s">
         <x:v>153</x:v>
       </x:c>
       <x:c r="C456" s="15" t="n">
         <x:v>35801</x:v>
       </x:c>
       <x:c r="D456" s="15" t="s"/>
       <x:c r="E456" s="14" t="s"/>
       <x:c r="F456" s="14" t="s"/>
       <x:c r="G456" s="14" t="s">
-        <x:v>154</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>370</x:v>
+      </x:c>
+      <x:c r="H456" s="14" t="s"/>
       <x:c r="I456" s="16" t="s">
-        <x:v>81</x:v>
+        <x:v>170</x:v>
       </x:c>
       <x:c r="J456" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="K456" s="14" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="L456" s="14" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="M456" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N456" s="15" t="n">
         <x:v>34581</x:v>
       </x:c>
       <x:c r="O456" s="14" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="P456" s="14" t="s">
-        <x:v>154</x:v>
+        <x:v>370</x:v>
       </x:c>
       <x:c r="Q456" s="16" t="s">
-        <x:v>81</x:v>
+        <x:v>170</x:v>
       </x:c>
       <x:c r="R456" s="14" t="s">
-        <x:v>158</x:v>
+        <x:v>371</x:v>
       </x:c>
       <x:c r="S456" s="14" t="n">
-        <x:v>608333</x:v>
+        <x:v>581329</x:v>
       </x:c>
       <x:c r="T456" s="16" t="s">
         <x:v>134</x:v>
       </x:c>
       <x:c r="U456" s="16" t="s">
-        <x:v>613</x:v>
+        <x:v>569</x:v>
       </x:c>
     </x:row>
     <x:row r="457" spans="1:21">
       <x:c r="A457" s="1" t="s">
         <x:v>566</x:v>
       </x:c>
       <x:c r="B457" s="0" t="s">
-        <x:v>582</x:v>
+        <x:v>567</x:v>
       </x:c>
       <x:c r="C457" s="3" t="n">
-        <x:v>38361</x:v>
+        <x:v>35801</x:v>
       </x:c>
       <x:c r="D457" s="3" t="s"/>
       <x:c r="G457" s="0" t="s">
         <x:v>640</x:v>
       </x:c>
       <x:c r="I457" s="4" t="s">
-        <x:v>641</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="J457" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="K457" s="0" t="s">
         <x:v>568</x:v>
       </x:c>
       <x:c r="L457" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="M457" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N457" s="3" t="n">
-        <x:v>22499</x:v>
+        <x:v>34581</x:v>
       </x:c>
       <x:c r="O457" s="0" t="s">
-        <x:v>101</x:v>
+        <x:v>51</x:v>
       </x:c>
       <x:c r="P457" s="0" t="s">
         <x:v>640</x:v>
       </x:c>
       <x:c r="Q457" s="4" t="s">
-        <x:v>641</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="R457" s="0" t="s">
-        <x:v>642</x:v>
+        <x:v>76</x:v>
       </x:c>
       <x:c r="S457" s="0" t="n">
-        <x:v>595934</x:v>
+        <x:v>596056</x:v>
       </x:c>
       <x:c r="T457" s="4" t="s">
         <x:v>134</x:v>
       </x:c>
       <x:c r="U457" s="4" t="s">
         <x:v>569</x:v>
       </x:c>
     </x:row>
     <x:row r="458" spans="1:21">
       <x:c r="A458" s="13" t="s">
-        <x:v>21</x:v>
+        <x:v>566</x:v>
       </x:c>
       <x:c r="B458" s="14" t="s">
-        <x:v>91</x:v>
+        <x:v>582</x:v>
       </x:c>
       <x:c r="C458" s="15" t="n">
-        <x:v>36003</x:v>
+        <x:v>38361</x:v>
       </x:c>
       <x:c r="D458" s="15" t="s"/>
-      <x:c r="E458" s="14" t="s">
-[...1 lines deleted...]
-      </x:c>
+      <x:c r="E458" s="14" t="s"/>
       <x:c r="F458" s="14" t="s"/>
       <x:c r="G458" s="14" t="s">
-        <x:v>63</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>641</x:v>
+      </x:c>
+      <x:c r="H458" s="14" t="s"/>
       <x:c r="I458" s="16" t="s">
-        <x:v>65</x:v>
+        <x:v>642</x:v>
       </x:c>
       <x:c r="J458" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="K458" s="14" t="s">
-        <x:v>27</x:v>
+        <x:v>568</x:v>
       </x:c>
       <x:c r="L458" s="14" t="s">
-        <x:v>28</x:v>
+        <x:v>57</x:v>
       </x:c>
       <x:c r="M458" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N458" s="15" t="n">
-        <x:v>34525</x:v>
+        <x:v>22499</x:v>
       </x:c>
       <x:c r="O458" s="14" t="s">
-        <x:v>66</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="P458" s="14" t="s">
-        <x:v>143</x:v>
+        <x:v>641</x:v>
       </x:c>
       <x:c r="Q458" s="16" t="s">
-        <x:v>144</x:v>
+        <x:v>642</x:v>
       </x:c>
       <x:c r="R458" s="14" t="s">
-        <x:v>145</x:v>
+        <x:v>643</x:v>
       </x:c>
       <x:c r="S458" s="14" t="n">
-        <x:v>605931</x:v>
+        <x:v>595934</x:v>
       </x:c>
       <x:c r="T458" s="16" t="s">
         <x:v>134</x:v>
       </x:c>
       <x:c r="U458" s="16" t="s">
         <x:v>569</x:v>
       </x:c>
     </x:row>
     <x:row r="459" spans="1:21">
       <x:c r="A459" s="1" t="s">
-        <x:v>45</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B459" s="0" t="s">
-        <x:v>153</x:v>
+        <x:v>91</x:v>
       </x:c>
       <x:c r="C459" s="3" t="n">
-        <x:v>35801</x:v>
+        <x:v>36003</x:v>
       </x:c>
       <x:c r="D459" s="3" t="s"/>
+      <x:c r="E459" s="0" t="s">
+        <x:v>23</x:v>
+      </x:c>
       <x:c r="G459" s="0" t="s">
-        <x:v>370</x:v>
+        <x:v>63</x:v>
+      </x:c>
+      <x:c r="H459" s="0" t="s">
+        <x:v>64</x:v>
       </x:c>
       <x:c r="I459" s="4" t="s">
-        <x:v>170</x:v>
+        <x:v>65</x:v>
       </x:c>
       <x:c r="J459" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="K459" s="0" t="s">
-        <x:v>50</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="L459" s="0" t="s">
-        <x:v>57</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="M459" s="0" t="s">
-        <x:v>29</x:v>
+        <x:v>107</x:v>
       </x:c>
       <x:c r="N459" s="3" t="n">
-        <x:v>34581</x:v>
+        <x:v>34525</x:v>
       </x:c>
       <x:c r="O459" s="0" t="s">
-        <x:v>51</x:v>
+        <x:v>66</x:v>
       </x:c>
       <x:c r="P459" s="0" t="s">
-        <x:v>370</x:v>
+        <x:v>67</x:v>
       </x:c>
       <x:c r="Q459" s="4" t="s">
-        <x:v>170</x:v>
+        <x:v>68</x:v>
       </x:c>
       <x:c r="R459" s="0" t="s">
-        <x:v>371</x:v>
+        <x:v>69</x:v>
       </x:c>
       <x:c r="S459" s="0" t="n">
-        <x:v>581329</x:v>
+        <x:v>605841</x:v>
       </x:c>
       <x:c r="T459" s="4" t="s">
         <x:v>134</x:v>
       </x:c>
       <x:c r="U459" s="4" t="s">
         <x:v>569</x:v>
       </x:c>
     </x:row>
     <x:row r="460" spans="1:21">
       <x:c r="A460" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B460" s="14" t="s">
         <x:v>384</x:v>
       </x:c>
       <x:c r="C460" s="15" t="n">
         <x:v>40568</x:v>
       </x:c>
       <x:c r="D460" s="15" t="s"/>
       <x:c r="E460" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F460" s="14" t="s"/>
       <x:c r="G460" s="14" t="s">
         <x:v>586</x:v>
@@ -29355,164 +29359,163 @@
       </x:c>
       <x:c r="O461" s="0" t="s">
         <x:v>101</x:v>
       </x:c>
       <x:c r="P461" s="0" t="s">
         <x:v>391</x:v>
       </x:c>
       <x:c r="Q461" s="4" t="s">
         <x:v>392</x:v>
       </x:c>
       <x:c r="R461" s="0" t="s">
         <x:v>393</x:v>
       </x:c>
       <x:c r="S461" s="0" t="n">
         <x:v>602822</x:v>
       </x:c>
       <x:c r="T461" s="4" t="s">
         <x:v>134</x:v>
       </x:c>
       <x:c r="U461" s="4" t="s">
         <x:v>569</x:v>
       </x:c>
     </x:row>
     <x:row r="462" spans="1:21">
       <x:c r="A462" s="13" t="s">
-        <x:v>21</x:v>
+        <x:v>45</x:v>
       </x:c>
       <x:c r="B462" s="14" t="s">
-        <x:v>643</x:v>
+        <x:v>153</x:v>
       </x:c>
       <x:c r="C462" s="15" t="n">
-        <x:v>41302</x:v>
+        <x:v>35801</x:v>
       </x:c>
       <x:c r="D462" s="15" t="s"/>
-      <x:c r="E462" s="14" t="s">
-[...1 lines deleted...]
-      </x:c>
+      <x:c r="E462" s="14" t="s"/>
       <x:c r="F462" s="14" t="s"/>
       <x:c r="G462" s="14" t="s">
-        <x:v>71</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>160</x:v>
+      </x:c>
+      <x:c r="H462" s="14" t="s"/>
       <x:c r="I462" s="16" t="s">
-        <x:v>73</x:v>
+        <x:v>68</x:v>
       </x:c>
       <x:c r="J462" s="14" t="s">
-        <x:v>106</x:v>
+        <x:v>39</x:v>
       </x:c>
       <x:c r="K462" s="14" t="s">
-        <x:v>27</x:v>
+        <x:v>50</x:v>
       </x:c>
       <x:c r="L462" s="14" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="M462" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N462" s="15" t="n">
-        <x:v>32145</x:v>
+        <x:v>34581</x:v>
       </x:c>
       <x:c r="O462" s="14" t="s">
-        <x:v>644</x:v>
+        <x:v>51</x:v>
       </x:c>
       <x:c r="P462" s="14" t="s">
-        <x:v>645</x:v>
+        <x:v>160</x:v>
       </x:c>
       <x:c r="Q462" s="16" t="s">
-        <x:v>320</x:v>
+        <x:v>68</x:v>
       </x:c>
       <x:c r="R462" s="14" t="s">
-        <x:v>639</x:v>
+        <x:v>133</x:v>
       </x:c>
       <x:c r="S462" s="14" t="n">
-        <x:v>609844</x:v>
+        <x:v>597577</x:v>
       </x:c>
       <x:c r="T462" s="16" t="s">
         <x:v>134</x:v>
       </x:c>
       <x:c r="U462" s="16" t="s">
-        <x:v>308</x:v>
+        <x:v>569</x:v>
       </x:c>
     </x:row>
     <x:row r="463" spans="1:21">
       <x:c r="A463" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B463" s="0" t="s">
-        <x:v>62</x:v>
+        <x:v>354</x:v>
       </x:c>
       <x:c r="C463" s="3" t="n">
-        <x:v>36003</x:v>
+        <x:v>40290</x:v>
       </x:c>
       <x:c r="D463" s="3" t="s"/>
       <x:c r="E463" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G463" s="0" t="s">
-        <x:v>580</x:v>
+        <x:v>355</x:v>
+      </x:c>
+      <x:c r="H463" s="0" t="s">
+        <x:v>356</x:v>
       </x:c>
       <x:c r="I463" s="4" t="s">
-        <x:v>581</x:v>
+        <x:v>357</x:v>
       </x:c>
       <x:c r="J463" s="0" t="s">
-        <x:v>39</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="K463" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L463" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="M463" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N463" s="3" t="n">
-        <x:v>34525</x:v>
+        <x:v>32054</x:v>
       </x:c>
       <x:c r="O463" s="0" t="s">
-        <x:v>66</x:v>
+        <x:v>321</x:v>
       </x:c>
       <x:c r="P463" s="0" t="s">
-        <x:v>94</x:v>
+        <x:v>355</x:v>
       </x:c>
       <x:c r="Q463" s="4" t="s">
-        <x:v>95</x:v>
+        <x:v>357</x:v>
       </x:c>
       <x:c r="R463" s="0" t="s">
-        <x:v>96</x:v>
+        <x:v>113</x:v>
       </x:c>
       <x:c r="S463" s="0" t="n">
-        <x:v>611637</x:v>
+        <x:v>611472</x:v>
       </x:c>
       <x:c r="T463" s="4" t="s">
         <x:v>134</x:v>
       </x:c>
       <x:c r="U463" s="4" t="s">
-        <x:v>569</x:v>
+        <x:v>342</x:v>
       </x:c>
     </x:row>
     <x:row r="464" spans="1:21">
       <x:c r="A464" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B464" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="C464" s="15" t="n">
         <x:v>39063</x:v>
       </x:c>
       <x:c r="D464" s="15" t="s"/>
       <x:c r="E464" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F464" s="14" t="s"/>
       <x:c r="G464" s="14" t="s">
         <x:v>324</x:v>
       </x:c>
       <x:c r="H464" s="14" t="s">
         <x:v>325</x:v>
       </x:c>
       <x:c r="I464" s="16" t="s">
         <x:v>326</x:v>
@@ -29537,160 +29540,161 @@
       </x:c>
       <x:c r="P464" s="14" t="s">
         <x:v>324</x:v>
       </x:c>
       <x:c r="Q464" s="16" t="s">
         <x:v>326</x:v>
       </x:c>
       <x:c r="R464" s="14" t="s">
         <x:v>327</x:v>
       </x:c>
       <x:c r="S464" s="14" t="n">
         <x:v>599335</x:v>
       </x:c>
       <x:c r="T464" s="16" t="s">
         <x:v>134</x:v>
       </x:c>
       <x:c r="U464" s="16" t="s">
         <x:v>308</x:v>
       </x:c>
     </x:row>
     <x:row r="465" spans="1:21">
       <x:c r="A465" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B465" s="0" t="s">
-        <x:v>91</x:v>
+        <x:v>62</x:v>
       </x:c>
       <x:c r="C465" s="3" t="n">
         <x:v>36003</x:v>
       </x:c>
       <x:c r="D465" s="3" t="s"/>
       <x:c r="E465" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G465" s="0" t="s">
-        <x:v>63</x:v>
-[...2 lines deleted...]
-        <x:v>64</x:v>
+        <x:v>580</x:v>
       </x:c>
       <x:c r="I465" s="4" t="s">
-        <x:v>65</x:v>
+        <x:v>581</x:v>
       </x:c>
       <x:c r="J465" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="K465" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L465" s="0" t="s">
-        <x:v>28</x:v>
+        <x:v>57</x:v>
       </x:c>
       <x:c r="M465" s="0" t="s">
-        <x:v>107</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="N465" s="3" t="n">
         <x:v>34525</x:v>
       </x:c>
       <x:c r="O465" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="P465" s="0" t="s">
-        <x:v>67</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="Q465" s="4" t="s">
-        <x:v>68</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="R465" s="0" t="s">
-        <x:v>69</x:v>
+        <x:v>96</x:v>
       </x:c>
       <x:c r="S465" s="0" t="n">
-        <x:v>605841</x:v>
+        <x:v>611637</x:v>
       </x:c>
       <x:c r="T465" s="4" t="s">
         <x:v>134</x:v>
       </x:c>
       <x:c r="U465" s="4" t="s">
         <x:v>569</x:v>
       </x:c>
     </x:row>
     <x:row r="466" spans="1:21">
       <x:c r="A466" s="13" t="s">
-        <x:v>566</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B466" s="14" t="s">
-        <x:v>567</x:v>
+        <x:v>644</x:v>
       </x:c>
       <x:c r="C466" s="15" t="n">
-        <x:v>35801</x:v>
+        <x:v>41302</x:v>
       </x:c>
       <x:c r="D466" s="15" t="s"/>
-      <x:c r="E466" s="14" t="s"/>
+      <x:c r="E466" s="14" t="s">
+        <x:v>23</x:v>
+      </x:c>
       <x:c r="F466" s="14" t="s"/>
       <x:c r="G466" s="14" t="s">
-        <x:v>646</x:v>
-[...1 lines deleted...]
-      <x:c r="H466" s="14" t="s"/>
+        <x:v>71</x:v>
+      </x:c>
+      <x:c r="H466" s="14" t="s">
+        <x:v>72</x:v>
+      </x:c>
       <x:c r="I466" s="16" t="s">
-        <x:v>75</x:v>
+        <x:v>73</x:v>
       </x:c>
       <x:c r="J466" s="14" t="s">
-        <x:v>39</x:v>
+        <x:v>106</x:v>
       </x:c>
       <x:c r="K466" s="14" t="s">
-        <x:v>568</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="L466" s="14" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="M466" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N466" s="15" t="n">
-        <x:v>34581</x:v>
+        <x:v>32145</x:v>
       </x:c>
       <x:c r="O466" s="14" t="s">
-        <x:v>51</x:v>
+        <x:v>645</x:v>
       </x:c>
       <x:c r="P466" s="14" t="s">
         <x:v>646</x:v>
       </x:c>
       <x:c r="Q466" s="16" t="s">
-        <x:v>75</x:v>
+        <x:v>320</x:v>
       </x:c>
       <x:c r="R466" s="14" t="s">
-        <x:v>76</x:v>
+        <x:v>638</x:v>
       </x:c>
       <x:c r="S466" s="14" t="n">
-        <x:v>596056</x:v>
+        <x:v>609844</x:v>
       </x:c>
       <x:c r="T466" s="16" t="s">
         <x:v>134</x:v>
       </x:c>
       <x:c r="U466" s="16" t="s">
-        <x:v>569</x:v>
+        <x:v>308</x:v>
       </x:c>
     </x:row>
     <x:row r="467" spans="1:21">
       <x:c r="A467" s="1" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="B467" s="0" t="s">
         <x:v>233</x:v>
       </x:c>
       <x:c r="C467" s="3" t="n">
         <x:v>39063</x:v>
       </x:c>
       <x:c r="D467" s="3" t="s"/>
       <x:c r="G467" s="0" t="s">
         <x:v>256</x:v>
       </x:c>
       <x:c r="I467" s="4" t="s">
         <x:v>257</x:v>
       </x:c>
       <x:c r="J467" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="K467" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
@@ -29816,51 +29820,51 @@
       <x:c r="M469" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N469" s="3" t="n">
         <x:v>43486</x:v>
       </x:c>
       <x:c r="O469" s="0" t="s">
         <x:v>331</x:v>
       </x:c>
       <x:c r="P469" s="0" t="s">
         <x:v>650</x:v>
       </x:c>
       <x:c r="Q469" s="4" t="s">
         <x:v>257</x:v>
       </x:c>
       <x:c r="R469" s="0" t="s">
         <x:v>104</x:v>
       </x:c>
       <x:c r="S469" s="0" t="n">
         <x:v>603491</x:v>
       </x:c>
       <x:c r="T469" s="4" t="s">
         <x:v>647</x:v>
       </x:c>
       <x:c r="U469" s="4" t="s">
-        <x:v>480</x:v>
+        <x:v>481</x:v>
       </x:c>
     </x:row>
     <x:row r="470" spans="1:21">
       <x:c r="A470" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B470" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="C470" s="15" t="n">
         <x:v>39063</x:v>
       </x:c>
       <x:c r="D470" s="15" t="s"/>
       <x:c r="E470" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F470" s="14" t="s"/>
       <x:c r="G470" s="14" t="s">
         <x:v>216</x:v>
       </x:c>
       <x:c r="H470" s="14" t="s">
         <x:v>217</x:v>
       </x:c>
       <x:c r="I470" s="16" t="s">
         <x:v>218</x:v>
@@ -30053,51 +30057,51 @@
       <x:c r="L473" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="M473" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N473" s="3" t="n">
         <x:v>34085</x:v>
       </x:c>
       <x:c r="O473" s="0" t="s">
         <x:v>171</x:v>
       </x:c>
       <x:c r="P473" s="0" t="s">
         <x:v>176</x:v>
       </x:c>
       <x:c r="Q473" s="4" t="s">
         <x:v>132</x:v>
       </x:c>
       <x:c r="R473" s="0" t="s">
         <x:v>133</x:v>
       </x:c>
       <x:c r="S473" s="0" t="n">
         <x:v>601013</x:v>
       </x:c>
       <x:c r="T473" s="4" t="s">
-        <x:v>445</x:v>
+        <x:v>446</x:v>
       </x:c>
       <x:c r="U473" s="4" t="s">
         <x:v>342</x:v>
       </x:c>
     </x:row>
     <x:row r="474" spans="1:21">
       <x:c r="A474" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B474" s="14" t="s">
         <x:v>363</x:v>
       </x:c>
       <x:c r="C474" s="15" t="n">
         <x:v>40607</x:v>
       </x:c>
       <x:c r="D474" s="15" t="s"/>
       <x:c r="E474" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F474" s="14" t="s"/>
       <x:c r="G474" s="14" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="H474" s="14" t="s"/>
       <x:c r="I474" s="16" t="s">
@@ -30112,51 +30116,51 @@
       <x:c r="L474" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M474" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N474" s="15" t="n">
         <x:v>34572</x:v>
       </x:c>
       <x:c r="O474" s="14" t="s">
         <x:v>112</x:v>
       </x:c>
       <x:c r="P474" s="14" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="Q474" s="16" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="R474" s="14" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="S474" s="14" t="n">
         <x:v>603053</x:v>
       </x:c>
       <x:c r="T474" s="16" t="s">
-        <x:v>445</x:v>
+        <x:v>446</x:v>
       </x:c>
       <x:c r="U474" s="16" t="s">
         <x:v>652</x:v>
       </x:c>
     </x:row>
     <x:row r="475" spans="1:21">
       <x:c r="A475" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B475" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="C475" s="3" t="n">
         <x:v>39063</x:v>
       </x:c>
       <x:c r="D475" s="3" t="s"/>
       <x:c r="E475" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G475" s="0" t="s">
         <x:v>188</x:v>
       </x:c>
       <x:c r="I475" s="4" t="s">
         <x:v>189</x:v>
       </x:c>
@@ -30169,51 +30173,51 @@
       <x:c r="L475" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M475" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N475" s="3" t="n">
         <x:v>34572</x:v>
       </x:c>
       <x:c r="O475" s="0" t="s">
         <x:v>112</x:v>
       </x:c>
       <x:c r="P475" s="0" t="s">
         <x:v>190</x:v>
       </x:c>
       <x:c r="Q475" s="4" t="s">
         <x:v>191</x:v>
       </x:c>
       <x:c r="R475" s="0" t="s">
         <x:v>192</x:v>
       </x:c>
       <x:c r="S475" s="0" t="n">
         <x:v>599551</x:v>
       </x:c>
       <x:c r="T475" s="4" t="s">
-        <x:v>445</x:v>
+        <x:v>446</x:v>
       </x:c>
       <x:c r="U475" s="4" t="s">
         <x:v>653</x:v>
       </x:c>
     </x:row>
     <x:row r="476" spans="1:21">
       <x:c r="A476" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B476" s="14" t="s">
         <x:v>654</x:v>
       </x:c>
       <x:c r="C476" s="15" t="n">
         <x:v>40121</x:v>
       </x:c>
       <x:c r="D476" s="15" t="s"/>
       <x:c r="E476" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F476" s="14" t="s"/>
       <x:c r="G476" s="14" t="s">
         <x:v>154</x:v>
       </x:c>
       <x:c r="H476" s="14" t="s">
         <x:v>155</x:v>
@@ -30230,51 +30234,51 @@
       <x:c r="L476" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M476" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N476" s="15" t="n">
         <x:v>22499</x:v>
       </x:c>
       <x:c r="O476" s="14" t="s">
         <x:v>101</x:v>
       </x:c>
       <x:c r="P476" s="14" t="s">
         <x:v>194</x:v>
       </x:c>
       <x:c r="Q476" s="16" t="s">
         <x:v>181</x:v>
       </x:c>
       <x:c r="R476" s="14" t="s">
         <x:v>179</x:v>
       </x:c>
       <x:c r="S476" s="14" t="n">
         <x:v>608197</x:v>
       </x:c>
       <x:c r="T476" s="16" t="s">
-        <x:v>445</x:v>
+        <x:v>446</x:v>
       </x:c>
       <x:c r="U476" s="16" t="s">
         <x:v>308</x:v>
       </x:c>
     </x:row>
     <x:row r="477" spans="1:21">
       <x:c r="A477" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B477" s="0" t="s">
         <x:v>273</x:v>
       </x:c>
       <x:c r="C477" s="3" t="n">
         <x:v>39063</x:v>
       </x:c>
       <x:c r="D477" s="3" t="s"/>
       <x:c r="E477" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G477" s="0" t="s">
         <x:v>274</x:v>
       </x:c>
       <x:c r="I477" s="4" t="s">
         <x:v>275</x:v>
       </x:c>
@@ -30287,51 +30291,51 @@
       <x:c r="L477" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M477" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N477" s="3" t="n">
         <x:v>34572</x:v>
       </x:c>
       <x:c r="O477" s="0" t="s">
         <x:v>112</x:v>
       </x:c>
       <x:c r="P477" s="0" t="s">
         <x:v>274</x:v>
       </x:c>
       <x:c r="Q477" s="4" t="s">
         <x:v>275</x:v>
       </x:c>
       <x:c r="R477" s="0" t="s">
         <x:v>402</x:v>
       </x:c>
       <x:c r="S477" s="0" t="n">
         <x:v>600721</x:v>
       </x:c>
       <x:c r="T477" s="4" t="s">
-        <x:v>445</x:v>
+        <x:v>446</x:v>
       </x:c>
       <x:c r="U477" s="4" t="s">
         <x:v>655</x:v>
       </x:c>
     </x:row>
     <x:row r="478" spans="1:21">
       <x:c r="A478" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B478" s="14" t="s">
         <x:v>273</x:v>
       </x:c>
       <x:c r="C478" s="15" t="n">
         <x:v>39063</x:v>
       </x:c>
       <x:c r="D478" s="15" t="s"/>
       <x:c r="E478" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F478" s="14" t="s"/>
       <x:c r="G478" s="14" t="s">
         <x:v>274</x:v>
       </x:c>
       <x:c r="H478" s="14" t="s"/>
       <x:c r="I478" s="16" t="s">
@@ -30575,51 +30579,51 @@
       <x:c r="L482" s="14" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="M482" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N482" s="15" t="n">
         <x:v>22499</x:v>
       </x:c>
       <x:c r="O482" s="14" t="s">
         <x:v>101</x:v>
       </x:c>
       <x:c r="P482" s="14" t="s">
         <x:v>197</x:v>
       </x:c>
       <x:c r="Q482" s="16" t="s">
         <x:v>199</x:v>
       </x:c>
       <x:c r="R482" s="14" t="s">
         <x:v>223</x:v>
       </x:c>
       <x:c r="S482" s="14" t="n">
         <x:v>609815</x:v>
       </x:c>
       <x:c r="T482" s="16" t="s">
-        <x:v>499</x:v>
+        <x:v>498</x:v>
       </x:c>
       <x:c r="U482" s="16" t="s">
         <x:v>569</x:v>
       </x:c>
     </x:row>
     <x:row r="483" spans="1:21">
       <x:c r="A483" s="1" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="B483" s="0" t="s">
         <x:v>222</x:v>
       </x:c>
       <x:c r="C483" s="3" t="n">
         <x:v>38361</x:v>
       </x:c>
       <x:c r="D483" s="3" t="s"/>
       <x:c r="G483" s="0" t="s">
         <x:v>197</x:v>
       </x:c>
       <x:c r="H483" s="0" t="s">
         <x:v>198</x:v>
       </x:c>
       <x:c r="I483" s="4" t="s">
         <x:v>199</x:v>
       </x:c>
@@ -30632,51 +30636,51 @@
       <x:c r="L483" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="M483" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N483" s="3" t="n">
         <x:v>22499</x:v>
       </x:c>
       <x:c r="O483" s="0" t="s">
         <x:v>101</x:v>
       </x:c>
       <x:c r="P483" s="0" t="s">
         <x:v>197</x:v>
       </x:c>
       <x:c r="Q483" s="4" t="s">
         <x:v>199</x:v>
       </x:c>
       <x:c r="R483" s="0" t="s">
         <x:v>223</x:v>
       </x:c>
       <x:c r="S483" s="0" t="n">
         <x:v>609811</x:v>
       </x:c>
       <x:c r="T483" s="4" t="s">
-        <x:v>499</x:v>
+        <x:v>498</x:v>
       </x:c>
       <x:c r="U483" s="4" t="s">
         <x:v>569</x:v>
       </x:c>
     </x:row>
     <x:row r="484" spans="1:21">
       <x:c r="A484" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B484" s="14" t="s">
         <x:v>273</x:v>
       </x:c>
       <x:c r="C484" s="15" t="n">
         <x:v>39063</x:v>
       </x:c>
       <x:c r="D484" s="15" t="s"/>
       <x:c r="E484" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F484" s="14" t="s"/>
       <x:c r="G484" s="14" t="s">
         <x:v>274</x:v>
       </x:c>
       <x:c r="H484" s="14" t="s"/>
       <x:c r="I484" s="16" t="s">
@@ -30685,102 +30689,102 @@
       <x:c r="J484" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="K484" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L484" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M484" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N484" s="15" t="n">
         <x:v>34572</x:v>
       </x:c>
       <x:c r="O484" s="14" t="s">
         <x:v>112</x:v>
       </x:c>
       <x:c r="P484" s="14" t="s">
         <x:v>274</x:v>
       </x:c>
       <x:c r="Q484" s="16" t="s">
         <x:v>275</x:v>
       </x:c>
       <x:c r="R484" s="14" t="s">
-        <x:v>478</x:v>
+        <x:v>479</x:v>
       </x:c>
       <x:c r="S484" s="14" t="n">
         <x:v>600740</x:v>
       </x:c>
       <x:c r="T484" s="16" t="s">
-        <x:v>499</x:v>
+        <x:v>498</x:v>
       </x:c>
       <x:c r="U484" s="16" t="s">
         <x:v>659</x:v>
       </x:c>
     </x:row>
     <x:row r="485" spans="1:21">
       <x:c r="A485" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B485" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="C485" s="3" t="n">
         <x:v>39063</x:v>
       </x:c>
       <x:c r="D485" s="3" t="s"/>
       <x:c r="E485" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G485" s="0" t="s">
-        <x:v>475</x:v>
+        <x:v>476</x:v>
       </x:c>
       <x:c r="I485" s="4" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="J485" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="K485" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L485" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M485" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="N485" s="3" t="n">
         <x:v>34572</x:v>
       </x:c>
       <x:c r="O485" s="0" t="s">
         <x:v>112</x:v>
       </x:c>
       <x:c r="P485" s="0" t="s">
-        <x:v>475</x:v>
+        <x:v>476</x:v>
       </x:c>
       <x:c r="Q485" s="4" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="R485" s="0" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="S485" s="0" t="n">
         <x:v>601326</x:v>
       </x:c>
       <x:c r="T485" s="4" t="s">
         <x:v>532</x:v>
       </x:c>
       <x:c r="U485" s="4" t="s">
         <x:v>342</x:v>
       </x:c>
     </x:row>
     <x:row r="486" spans="1:21">
       <x:c r="A486" s="13" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="B486" s="14" t="s">
         <x:v>159</x:v>
       </x:c>
       <x:c r="C486" s="15" t="n">
@@ -30867,51 +30871,51 @@
       <x:c r="M487" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="N487" s="3" t="n">
         <x:v>34581</x:v>
       </x:c>
       <x:c r="O487" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="P487" s="0" t="s">
         <x:v>229</x:v>
       </x:c>
       <x:c r="Q487" s="4" t="s">
         <x:v>230</x:v>
       </x:c>
       <x:c r="R487" s="0" t="s">
         <x:v>113</x:v>
       </x:c>
       <x:c r="S487" s="0" t="n">
         <x:v>605538</x:v>
       </x:c>
       <x:c r="T487" s="4" t="s">
         <x:v>532</x:v>
       </x:c>
       <x:c r="U487" s="4" t="s">
-        <x:v>480</x:v>
+        <x:v>481</x:v>
       </x:c>
     </x:row>
     <x:row r="488" spans="1:21">
       <x:c r="A488" s="13" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="B488" s="14" t="s">
         <x:v>237</x:v>
       </x:c>
       <x:c r="C488" s="15" t="n">
         <x:v>37717</x:v>
       </x:c>
       <x:c r="D488" s="15" t="s"/>
       <x:c r="E488" s="14" t="s"/>
       <x:c r="F488" s="14" t="s"/>
       <x:c r="G488" s="14" t="s">
         <x:v>229</x:v>
       </x:c>
       <x:c r="H488" s="14" t="s"/>
       <x:c r="I488" s="16" t="s">
         <x:v>230</x:v>
       </x:c>
       <x:c r="J488" s="14" t="s">
         <x:v>82</x:v>
       </x:c>
@@ -31172,78 +31176,78 @@
       <x:c r="T492" s="16" t="s">
         <x:v>542</x:v>
       </x:c>
       <x:c r="U492" s="16" t="s">
         <x:v>669</x:v>
       </x:c>
     </x:row>
     <x:row r="493" spans="1:21">
       <x:c r="A493" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B493" s="0" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="C493" s="3" t="n">
         <x:v>37717</x:v>
       </x:c>
       <x:c r="D493" s="3" t="s"/>
       <x:c r="E493" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G493" s="0" t="s">
         <x:v>670</x:v>
       </x:c>
       <x:c r="I493" s="4" t="s">
-        <x:v>430</x:v>
+        <x:v>429</x:v>
       </x:c>
       <x:c r="J493" s="0" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="K493" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L493" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M493" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N493" s="3" t="n">
         <x:v>34581</x:v>
       </x:c>
       <x:c r="O493" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="P493" s="0" t="s">
         <x:v>670</x:v>
       </x:c>
       <x:c r="Q493" s="4" t="s">
+        <x:v>429</x:v>
+      </x:c>
+      <x:c r="R493" s="0" t="s">
         <x:v>430</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>431</x:v>
       </x:c>
       <x:c r="S493" s="0" t="n">
         <x:v>602023</x:v>
       </x:c>
       <x:c r="T493" s="4" t="s">
         <x:v>671</x:v>
       </x:c>
       <x:c r="U493" s="4" t="s">
         <x:v>659</x:v>
       </x:c>
     </x:row>
     <x:row r="494" spans="1:21">
       <x:c r="A494" s="13" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="B494" s="14" t="s">
         <x:v>233</x:v>
       </x:c>
       <x:c r="C494" s="15" t="n">
         <x:v>39063</x:v>
       </x:c>
       <x:c r="D494" s="15" t="s"/>
       <x:c r="E494" s="14" t="s"/>
       <x:c r="F494" s="14" t="s"/>
       <x:c r="G494" s="14" t="s">
@@ -31262,51 +31266,51 @@
       <x:c r="L494" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M494" s="14" t="s">
         <x:v>107</x:v>
       </x:c>
       <x:c r="N494" s="15" t="n">
         <x:v>34572</x:v>
       </x:c>
       <x:c r="O494" s="14" t="s">
         <x:v>112</x:v>
       </x:c>
       <x:c r="P494" s="14" t="s">
         <x:v>256</x:v>
       </x:c>
       <x:c r="Q494" s="16" t="s">
         <x:v>257</x:v>
       </x:c>
       <x:c r="R494" s="14" t="s">
         <x:v>104</x:v>
       </x:c>
       <x:c r="S494" s="14" t="n">
         <x:v>598812</x:v>
       </x:c>
       <x:c r="T494" s="16" t="s">
-        <x:v>496</x:v>
+        <x:v>495</x:v>
       </x:c>
       <x:c r="U494" s="16" t="s">
         <x:v>672</x:v>
       </x:c>
     </x:row>
     <x:row r="495" spans="1:21">
       <x:c r="A495" s="1" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="B495" s="0" t="s">
         <x:v>237</x:v>
       </x:c>
       <x:c r="C495" s="3" t="n">
         <x:v>37717</x:v>
       </x:c>
       <x:c r="D495" s="3" t="s"/>
       <x:c r="G495" s="0" t="s">
         <x:v>229</x:v>
       </x:c>
       <x:c r="I495" s="4" t="s">
         <x:v>230</x:v>
       </x:c>
       <x:c r="J495" s="0" t="s">
         <x:v>82</x:v>
       </x:c>
@@ -31373,51 +31377,51 @@
       <x:c r="L496" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M496" s="14" t="s">
         <x:v>107</x:v>
       </x:c>
       <x:c r="N496" s="15" t="n">
         <x:v>34572</x:v>
       </x:c>
       <x:c r="O496" s="14" t="s">
         <x:v>112</x:v>
       </x:c>
       <x:c r="P496" s="14" t="s">
         <x:v>256</x:v>
       </x:c>
       <x:c r="Q496" s="16" t="s">
         <x:v>257</x:v>
       </x:c>
       <x:c r="R496" s="14" t="s">
         <x:v>104</x:v>
       </x:c>
       <x:c r="S496" s="14" t="n">
         <x:v>598814</x:v>
       </x:c>
       <x:c r="T496" s="16" t="s">
-        <x:v>507</x:v>
+        <x:v>506</x:v>
       </x:c>
       <x:c r="U496" s="16" t="s">
         <x:v>674</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:autoFilter ref="A1:U1"/>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0" gridLinesSet="true"/>
   <x:pageMargins left="0.7875" right="0.7875" top="1.05277777777778" bottom="1.05277777777778" header="0.7875" footer="0.7875"/>
   <x:pageSetup paperSize="9" scale="100" pageOrder="downThenOver" orientation="portrait" blackAndWhite="0" draft="0" cellComments="none" errors="displayed" horizontalDpi="300" verticalDpi="300" copies="1"/>
   <x:headerFooter differentOddEven="0" differentFirst="0" scaleWithDoc="1" alignWithMargins="1">
     <x:oddHeader>&amp;C&amp;"Times New Roman,Normal"&amp;12&amp;Kffffff&amp;A</x:oddHeader>
     <x:oddFooter>&amp;C&amp;"Times New Roman,Normal"&amp;12&amp;KffffffPage &amp;P</x:oddFooter>
     <x:evenHeader/>
     <x:evenFooter/>
     <x:firstHeader/>
     <x:firstFooter/>
   </x:headerFooter>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetPr filterMode="false">