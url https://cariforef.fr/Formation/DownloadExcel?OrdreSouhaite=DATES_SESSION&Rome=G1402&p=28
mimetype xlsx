--- v0 (2026-02-18)
+++ v1 (2026-02-18)
@@ -335,56 +335,56 @@
   <x:si>
     <x:t>BTS management en hôtellerie - restauration option A : management d'unité de restauration (Apprentissage)</x:t>
   </x:si>
   <x:si>
     <x:t>Lycée Paul Arène</x:t>
   </x:si>
   <x:si>
     <x:t>04200</x:t>
   </x:si>
   <x:si>
     <x:t>MARSEILLE- 8e</x:t>
   </x:si>
   <x:si>
     <x:t>Chambre de Commerce et d'Industrie de Vaucluse</x:t>
   </x:si>
   <x:si>
     <x:t>CCIV</x:t>
   </x:si>
   <x:si>
     <x:t>84000</x:t>
   </x:si>
   <x:si>
     <x:t>08/27/2024 00:00:00</x:t>
   </x:si>
   <x:si>
+    <x:t>BTS management en hôtellerie - restauration option C : Management d'unité d'hébergement (Apprentissage)</x:t>
+  </x:si>
+  <x:si>
     <x:t>BTS management en hôtellerie - restauration option A : Management d'unité de restauration (Apprentissage)</x:t>
   </x:si>
   <x:si>
-    <x:t>BTS management en hôtellerie - restauration option C : Management d'unité d'hébergement (Apprentissage)</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>08/28/2024 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>06/27/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>BTS management en hôtellerie - restauration option C : management d'unité d'hébergement (Apprentissage)</x:t>
   </x:si>
   <x:si>
     <x:t>Diderot Education</x:t>
   </x:si>
   <x:si>
     <x:t>34000</x:t>
   </x:si>
   <x:si>
     <x:t>Diderot Education - Antenne Aix en Provence</x:t>
   </x:si>
   <x:si>
     <x:t>09/01/2024 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>08/31/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Diderot Education - Antenne Marseille</x:t>
@@ -449,68 +449,68 @@
   <x:si>
     <x:t>MARSEILLE-12e</x:t>
   </x:si>
   <x:si>
     <x:t>Diderot Education - Antenne Nice</x:t>
   </x:si>
   <x:si>
     <x:t>BTS management en hôtellerie - restauration option A : management d'unité de restauration</x:t>
   </x:si>
   <x:si>
     <x:t>06/28/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>CCI Hautes Alpes Formation - Centre Régional et Européen du Tourisme</x:t>
   </x:si>
   <x:si>
     <x:t>CRET</x:t>
   </x:si>
   <x:si>
     <x:t>05100</x:t>
   </x:si>
   <x:si>
     <x:t>BRIANCON</x:t>
   </x:si>
   <x:si>
+    <x:t>GRASSE</x:t>
+  </x:si>
+  <x:si>
+    <x:t>09/02/2024 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Lycée Polyvalent Hôtellerie Tourisme Jeanne et Paul Augier</x:t>
+  </x:si>
+  <x:si>
+    <x:t>06200</x:t>
+  </x:si>
+  <x:si>
     <x:t>Lycée Anne-Sophie Pic</x:t>
   </x:si>
   <x:si>
     <x:t>83000</x:t>
   </x:si>
   <x:si>
-    <x:t>09/02/2024 00:00:00</x:t>
-[...10 lines deleted...]
-  <x:si>
     <x:t>Lycée Francis de Croisset</x:t>
   </x:si>
   <x:si>
     <x:t>06130</x:t>
   </x:si>
   <x:si>
     <x:t>Provence Formation</x:t>
   </x:si>
   <x:si>
     <x:t>13008</x:t>
   </x:si>
   <x:si>
     <x:t>Provence Formation - Lycée Professionnel Brise-Lames</x:t>
   </x:si>
   <x:si>
     <x:t>13500</x:t>
   </x:si>
   <x:si>
     <x:t>MARTIGUES</x:t>
   </x:si>
   <x:si>
     <x:t>Titre professionnel responsable d'établissement touristique</x:t>
   </x:si>
   <x:si>
     <x:t>Visiplus</x:t>
@@ -1052,63 +1052,63 @@
   <x:si>
     <x:t>08/24/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>08/28/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>08/31/2028 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Formation scolaire, universitaire</x:t>
   </x:si>
   <x:si>
     <x:t>BTS management en hôtellerie - restauration option C : management d'unité d'hébergement</x:t>
   </x:si>
   <x:si>
     <x:t>Lycée Jeanne et Paul Augier</x:t>
   </x:si>
   <x:si>
     <x:t>Public de la formation initiale</x:t>
   </x:si>
   <x:si>
     <x:t>NICE CEDEX 03</x:t>
   </x:si>
   <x:si>
+    <x:t>08/31/2029 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Lycée polyvalent hôtelier régional Jean-Paul Passedat</x:t>
+  </x:si>
+  <x:si>
+    <x:t>13295</x:t>
+  </x:si>
+  <x:si>
+    <x:t>MARSEILLE CEDEX 08</x:t>
+  </x:si>
+  <x:si>
     <x:t>LP Brise-Lames</x:t>
-  </x:si>
-[...10 lines deleted...]
-    <x:t>MARSEILLE CEDEX 08</x:t>
   </x:si>
   <x:si>
     <x:t>83098</x:t>
   </x:si>
   <x:si>
     <x:t>TOULON CEDEX</x:t>
   </x:si>
   <x:si>
     <x:t>manager d'équipes en hôtellerie et restauration de grand hôtel international</x:t>
   </x:si>
   <x:si>
     <x:t>ICARE Côte d'Azur</x:t>
   </x:si>
   <x:si>
     <x:t>06/30/2029 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>manager des hébergements touristiques</x:t>
   </x:si>
   <x:si>
     <x:t>ESG</x:t>
   </x:si>
   <x:si>
     <x:t>09/07/2026 00:00:00</x:t>
   </x:si>
@@ -2902,51 +2902,51 @@
       <x:c r="K24" s="14" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="L24" s="14" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="M24" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N24" s="15" t="n">
         <x:v>42766</x:v>
       </x:c>
       <x:c r="O24" s="14" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="P24" s="14" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="Q24" s="16" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="R24" s="14" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="S24" s="14" t="n">
-        <x:v>496814</x:v>
+        <x:v>496816</x:v>
       </x:c>
       <x:c r="T24" s="16" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="U24" s="16" t="s">
         <x:v>69</x:v>
       </x:c>
     </x:row>
     <x:row r="25" spans="1:21">
       <x:c r="A25" s="1" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="B25" s="0" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="C25" s="3" t="n">
         <x:v>37889</x:v>
       </x:c>
       <x:c r="D25" s="3" t="s"/>
       <x:c r="E25" s="0" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="G25" s="0" t="s">
         <x:v>84</x:v>
       </x:c>
@@ -2962,51 +2962,51 @@
       <x:c r="K25" s="0" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="L25" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="M25" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N25" s="3" t="n">
         <x:v>42766</x:v>
       </x:c>
       <x:c r="O25" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="P25" s="0" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="Q25" s="4" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="R25" s="0" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="S25" s="0" t="n">
-        <x:v>496816</x:v>
+        <x:v>496814</x:v>
       </x:c>
       <x:c r="T25" s="4" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="U25" s="4" t="s">
         <x:v>69</x:v>
       </x:c>
     </x:row>
     <x:row r="26" spans="1:21">
       <x:c r="A26" s="13" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="B26" s="14" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="C26" s="15" t="n">
         <x:v>37889</x:v>
       </x:c>
       <x:c r="D26" s="15" t="s"/>
       <x:c r="E26" s="14" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="F26" s="14" t="s"/>
       <x:c r="G26" s="14" t="s">
         <x:v>62</x:v>
@@ -4095,752 +4095,751 @@
       </x:c>
       <x:c r="P44" s="14" t="s">
         <x:v>116</x:v>
       </x:c>
       <x:c r="Q44" s="16" t="s">
         <x:v>117</x:v>
       </x:c>
       <x:c r="R44" s="14" t="s">
         <x:v>118</x:v>
       </x:c>
       <x:c r="S44" s="14" t="n">
         <x:v>501431</x:v>
       </x:c>
       <x:c r="T44" s="16" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="U44" s="16" t="s">
         <x:v>69</x:v>
       </x:c>
     </x:row>
     <x:row r="45" spans="1:21">
       <x:c r="A45" s="1" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="B45" s="0" t="s">
-        <x:v>73</x:v>
+        <x:v>80</x:v>
       </x:c>
       <x:c r="C45" s="3" t="n">
         <x:v>37889</x:v>
       </x:c>
       <x:c r="D45" s="3" t="s"/>
       <x:c r="E45" s="0" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="G45" s="0" t="s">
-        <x:v>106</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="H45" s="0" t="s">
-        <x:v>107</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="I45" s="4" t="s">
-        <x:v>108</x:v>
+        <x:v>103</x:v>
       </x:c>
       <x:c r="J45" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="K45" s="0" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="L45" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="M45" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N45" s="3" t="n">
         <x:v>42766</x:v>
       </x:c>
       <x:c r="O45" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="P45" s="0" t="s">
-        <x:v>109</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="Q45" s="4" t="s">
-        <x:v>110</x:v>
+        <x:v>103</x:v>
       </x:c>
       <x:c r="R45" s="0" t="s">
-        <x:v>111</x:v>
+        <x:v>78</x:v>
       </x:c>
       <x:c r="S45" s="0" t="n">
-        <x:v>507304</x:v>
+        <x:v>502434</x:v>
       </x:c>
       <x:c r="T45" s="4" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="U45" s="4" t="s">
         <x:v>69</x:v>
       </x:c>
     </x:row>
     <x:row r="46" spans="1:21">
       <x:c r="A46" s="13" t="s">
-        <x:v>21</x:v>
+        <x:v>72</x:v>
       </x:c>
       <x:c r="B46" s="14" t="s">
-        <x:v>71</x:v>
+        <x:v>73</x:v>
       </x:c>
       <x:c r="C46" s="15" t="n">
         <x:v>37889</x:v>
       </x:c>
       <x:c r="D46" s="15" t="s"/>
-      <x:c r="E46" s="14" t="s"/>
+      <x:c r="E46" s="14" t="s">
+        <x:v>74</x:v>
+      </x:c>
       <x:c r="F46" s="14" t="s"/>
       <x:c r="G46" s="14" t="s">
-        <x:v>104</x:v>
+        <x:v>122</x:v>
       </x:c>
       <x:c r="H46" s="14" t="s">
-        <x:v>105</x:v>
+        <x:v>123</x:v>
       </x:c>
       <x:c r="I46" s="16" t="s">
-        <x:v>103</x:v>
+        <x:v>124</x:v>
       </x:c>
       <x:c r="J46" s="14" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="K46" s="14" t="s">
-        <x:v>33</x:v>
+        <x:v>77</x:v>
       </x:c>
       <x:c r="L46" s="14" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="M46" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N46" s="15" t="n">
         <x:v>42766</x:v>
       </x:c>
       <x:c r="O46" s="14" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="P46" s="14" t="s">
-        <x:v>104</x:v>
+        <x:v>122</x:v>
       </x:c>
       <x:c r="Q46" s="16" t="s">
-        <x:v>103</x:v>
+        <x:v>124</x:v>
       </x:c>
       <x:c r="R46" s="14" t="s">
-        <x:v>29</x:v>
+        <x:v>125</x:v>
       </x:c>
       <x:c r="S46" s="14" t="n">
-        <x:v>504174</x:v>
+        <x:v>506447</x:v>
       </x:c>
       <x:c r="T46" s="16" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="U46" s="16" t="s">
         <x:v>69</x:v>
       </x:c>
     </x:row>
     <x:row r="47" spans="1:21">
       <x:c r="A47" s="1" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="B47" s="0" t="s">
-        <x:v>73</x:v>
+        <x:v>80</x:v>
       </x:c>
       <x:c r="C47" s="3" t="n">
         <x:v>37889</x:v>
       </x:c>
       <x:c r="D47" s="3" t="s"/>
       <x:c r="E47" s="0" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="G47" s="0" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="I47" s="4" t="s">
         <x:v>94</x:v>
       </x:c>
       <x:c r="J47" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="K47" s="0" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="L47" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="M47" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N47" s="3" t="n">
         <x:v>42766</x:v>
       </x:c>
       <x:c r="O47" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="P47" s="0" t="s">
-        <x:v>119</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="Q47" s="4" t="s">
-        <x:v>103</x:v>
+        <x:v>56</x:v>
       </x:c>
       <x:c r="R47" s="0" t="s">
-        <x:v>78</x:v>
+        <x:v>41</x:v>
       </x:c>
       <x:c r="S47" s="0" t="n">
-        <x:v>509977</x:v>
+        <x:v>509976</x:v>
       </x:c>
       <x:c r="T47" s="4" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="U47" s="4" t="s">
         <x:v>97</x:v>
       </x:c>
     </x:row>
     <x:row r="48" spans="1:21">
       <x:c r="A48" s="13" t="s">
-        <x:v>72</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B48" s="14" t="s">
-        <x:v>73</x:v>
+        <x:v>61</x:v>
       </x:c>
       <x:c r="C48" s="15" t="n">
         <x:v>37889</x:v>
       </x:c>
       <x:c r="D48" s="15" t="s"/>
-      <x:c r="E48" s="14" t="s">
-[...1 lines deleted...]
-      </x:c>
+      <x:c r="E48" s="14" t="s"/>
       <x:c r="F48" s="14" t="s"/>
       <x:c r="G48" s="14" t="s">
-        <x:v>93</x:v>
-[...1 lines deleted...]
-      <x:c r="H48" s="14" t="s"/>
+        <x:v>104</x:v>
+      </x:c>
+      <x:c r="H48" s="14" t="s">
+        <x:v>105</x:v>
+      </x:c>
       <x:c r="I48" s="16" t="s">
-        <x:v>94</x:v>
+        <x:v>103</x:v>
       </x:c>
       <x:c r="J48" s="14" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="K48" s="14" t="s">
-        <x:v>77</x:v>
+        <x:v>33</x:v>
       </x:c>
       <x:c r="L48" s="14" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="M48" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N48" s="15" t="n">
         <x:v>42766</x:v>
       </x:c>
       <x:c r="O48" s="14" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="P48" s="14" t="s">
-        <x:v>98</x:v>
+        <x:v>104</x:v>
       </x:c>
       <x:c r="Q48" s="16" t="s">
-        <x:v>99</x:v>
+        <x:v>103</x:v>
       </x:c>
       <x:c r="R48" s="14" t="s">
-        <x:v>100</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="S48" s="14" t="n">
-        <x:v>509978</x:v>
+        <x:v>504169</x:v>
       </x:c>
       <x:c r="T48" s="16" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="U48" s="16" t="s">
-        <x:v>97</x:v>
+        <x:v>69</x:v>
       </x:c>
     </x:row>
     <x:row r="49" spans="1:21">
       <x:c r="A49" s="1" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="B49" s="0" t="s">
-        <x:v>80</x:v>
+        <x:v>73</x:v>
       </x:c>
       <x:c r="C49" s="3" t="n">
         <x:v>37889</x:v>
       </x:c>
       <x:c r="D49" s="3" t="s"/>
       <x:c r="E49" s="0" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="G49" s="0" t="s">
-        <x:v>112</x:v>
+        <x:v>106</x:v>
       </x:c>
       <x:c r="H49" s="0" t="s">
-        <x:v>113</x:v>
+        <x:v>107</x:v>
       </x:c>
       <x:c r="I49" s="4" t="s">
-        <x:v>114</x:v>
+        <x:v>108</x:v>
       </x:c>
       <x:c r="J49" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="K49" s="0" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="L49" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="M49" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N49" s="3" t="n">
         <x:v>42766</x:v>
       </x:c>
       <x:c r="O49" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="P49" s="0" t="s">
-        <x:v>112</x:v>
+        <x:v>109</x:v>
       </x:c>
       <x:c r="Q49" s="4" t="s">
-        <x:v>114</x:v>
+        <x:v>110</x:v>
       </x:c>
       <x:c r="R49" s="0" t="s">
-        <x:v>115</x:v>
+        <x:v>111</x:v>
       </x:c>
       <x:c r="S49" s="0" t="n">
-        <x:v>512877</x:v>
+        <x:v>507304</x:v>
       </x:c>
       <x:c r="T49" s="4" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="U49" s="4" t="s">
         <x:v>69</x:v>
       </x:c>
     </x:row>
     <x:row r="50" spans="1:21">
       <x:c r="A50" s="13" t="s">
-        <x:v>72</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B50" s="14" t="s">
-        <x:v>92</x:v>
+        <x:v>71</x:v>
       </x:c>
       <x:c r="C50" s="15" t="n">
         <x:v>37889</x:v>
       </x:c>
       <x:c r="D50" s="15" t="s"/>
-      <x:c r="E50" s="14" t="s">
-[...1 lines deleted...]
-      </x:c>
+      <x:c r="E50" s="14" t="s"/>
       <x:c r="F50" s="14" t="s"/>
       <x:c r="G50" s="14" t="s">
-        <x:v>112</x:v>
+        <x:v>104</x:v>
       </x:c>
       <x:c r="H50" s="14" t="s">
-        <x:v>113</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="I50" s="16" t="s">
-        <x:v>114</x:v>
+        <x:v>103</x:v>
       </x:c>
       <x:c r="J50" s="14" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="K50" s="14" t="s">
-        <x:v>77</x:v>
+        <x:v>33</x:v>
       </x:c>
       <x:c r="L50" s="14" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="M50" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N50" s="15" t="n">
         <x:v>42766</x:v>
       </x:c>
       <x:c r="O50" s="14" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="P50" s="14" t="s">
-        <x:v>112</x:v>
+        <x:v>104</x:v>
       </x:c>
       <x:c r="Q50" s="16" t="s">
-        <x:v>114</x:v>
+        <x:v>103</x:v>
       </x:c>
       <x:c r="R50" s="14" t="s">
-        <x:v>41</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="S50" s="14" t="n">
-        <x:v>512883</x:v>
+        <x:v>504174</x:v>
       </x:c>
       <x:c r="T50" s="16" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="U50" s="16" t="s">
         <x:v>69</x:v>
       </x:c>
     </x:row>
     <x:row r="51" spans="1:21">
       <x:c r="A51" s="1" t="s">
-        <x:v>21</x:v>
+        <x:v>72</x:v>
       </x:c>
       <x:c r="B51" s="0" t="s">
-        <x:v>61</x:v>
+        <x:v>73</x:v>
       </x:c>
       <x:c r="C51" s="3" t="n">
         <x:v>37889</x:v>
       </x:c>
       <x:c r="D51" s="3" t="s"/>
+      <x:c r="E51" s="0" t="s">
+        <x:v>74</x:v>
+      </x:c>
       <x:c r="G51" s="0" t="s">
-        <x:v>104</x:v>
-[...2 lines deleted...]
-        <x:v>105</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="I51" s="4" t="s">
-        <x:v>103</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="J51" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="K51" s="0" t="s">
-        <x:v>33</x:v>
+        <x:v>77</x:v>
       </x:c>
       <x:c r="L51" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="M51" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N51" s="3" t="n">
         <x:v>42766</x:v>
       </x:c>
       <x:c r="O51" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="P51" s="0" t="s">
-        <x:v>104</x:v>
+        <x:v>119</x:v>
       </x:c>
       <x:c r="Q51" s="4" t="s">
         <x:v>103</x:v>
       </x:c>
       <x:c r="R51" s="0" t="s">
-        <x:v>29</x:v>
+        <x:v>78</x:v>
       </x:c>
       <x:c r="S51" s="0" t="n">
-        <x:v>504169</x:v>
+        <x:v>509977</x:v>
       </x:c>
       <x:c r="T51" s="4" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="U51" s="4" t="s">
-        <x:v>69</x:v>
+        <x:v>97</x:v>
       </x:c>
     </x:row>
     <x:row r="52" spans="1:21">
       <x:c r="A52" s="13" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="B52" s="14" t="s">
-        <x:v>80</x:v>
+        <x:v>73</x:v>
       </x:c>
       <x:c r="C52" s="15" t="n">
         <x:v>37889</x:v>
       </x:c>
       <x:c r="D52" s="15" t="s"/>
       <x:c r="E52" s="14" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="F52" s="14" t="s"/>
       <x:c r="G52" s="14" t="s">
-        <x:v>101</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>93</x:v>
+      </x:c>
+      <x:c r="H52" s="14" t="s"/>
       <x:c r="I52" s="16" t="s">
-        <x:v>103</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="J52" s="14" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="K52" s="14" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="L52" s="14" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="M52" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N52" s="15" t="n">
         <x:v>42766</x:v>
       </x:c>
       <x:c r="O52" s="14" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="P52" s="14" t="s">
-        <x:v>101</x:v>
+        <x:v>98</x:v>
       </x:c>
       <x:c r="Q52" s="16" t="s">
-        <x:v>103</x:v>
+        <x:v>99</x:v>
       </x:c>
       <x:c r="R52" s="14" t="s">
-        <x:v>78</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="S52" s="14" t="n">
-        <x:v>502434</x:v>
+        <x:v>509978</x:v>
       </x:c>
       <x:c r="T52" s="16" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="U52" s="16" t="s">
-        <x:v>69</x:v>
+        <x:v>97</x:v>
       </x:c>
     </x:row>
     <x:row r="53" spans="1:21">
       <x:c r="A53" s="1" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="B53" s="0" t="s">
-        <x:v>73</x:v>
+        <x:v>80</x:v>
       </x:c>
       <x:c r="C53" s="3" t="n">
         <x:v>37889</x:v>
       </x:c>
       <x:c r="D53" s="3" t="s"/>
       <x:c r="E53" s="0" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="G53" s="0" t="s">
-        <x:v>122</x:v>
+        <x:v>112</x:v>
       </x:c>
       <x:c r="H53" s="0" t="s">
-        <x:v>123</x:v>
+        <x:v>113</x:v>
       </x:c>
       <x:c r="I53" s="4" t="s">
-        <x:v>124</x:v>
+        <x:v>114</x:v>
       </x:c>
       <x:c r="J53" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="K53" s="0" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="L53" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="M53" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N53" s="3" t="n">
         <x:v>42766</x:v>
       </x:c>
       <x:c r="O53" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="P53" s="0" t="s">
-        <x:v>122</x:v>
+        <x:v>112</x:v>
       </x:c>
       <x:c r="Q53" s="4" t="s">
-        <x:v>124</x:v>
+        <x:v>114</x:v>
       </x:c>
       <x:c r="R53" s="0" t="s">
-        <x:v>125</x:v>
+        <x:v>115</x:v>
       </x:c>
       <x:c r="S53" s="0" t="n">
-        <x:v>506447</x:v>
+        <x:v>512877</x:v>
       </x:c>
       <x:c r="T53" s="4" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="U53" s="4" t="s">
         <x:v>69</x:v>
       </x:c>
     </x:row>
     <x:row r="54" spans="1:21">
       <x:c r="A54" s="13" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="B54" s="14" t="s">
-        <x:v>80</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="C54" s="15" t="n">
         <x:v>37889</x:v>
       </x:c>
       <x:c r="D54" s="15" t="s"/>
       <x:c r="E54" s="14" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="F54" s="14" t="s"/>
       <x:c r="G54" s="14" t="s">
-        <x:v>93</x:v>
-[...1 lines deleted...]
-      <x:c r="H54" s="14" t="s"/>
+        <x:v>112</x:v>
+      </x:c>
+      <x:c r="H54" s="14" t="s">
+        <x:v>113</x:v>
+      </x:c>
       <x:c r="I54" s="16" t="s">
-        <x:v>94</x:v>
+        <x:v>114</x:v>
       </x:c>
       <x:c r="J54" s="14" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="K54" s="14" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="L54" s="14" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="M54" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N54" s="15" t="n">
         <x:v>42766</x:v>
       </x:c>
       <x:c r="O54" s="14" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="P54" s="14" t="s">
-        <x:v>95</x:v>
+        <x:v>112</x:v>
       </x:c>
       <x:c r="Q54" s="16" t="s">
-        <x:v>56</x:v>
+        <x:v>114</x:v>
       </x:c>
       <x:c r="R54" s="14" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="S54" s="14" t="n">
-        <x:v>509976</x:v>
+        <x:v>512883</x:v>
       </x:c>
       <x:c r="T54" s="16" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="U54" s="16" t="s">
-        <x:v>97</x:v>
+        <x:v>69</x:v>
       </x:c>
     </x:row>
     <x:row r="55" spans="1:21">
       <x:c r="A55" s="1" t="s">
-        <x:v>72</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B55" s="0" t="s">
-        <x:v>73</x:v>
+        <x:v>61</x:v>
       </x:c>
       <x:c r="C55" s="3" t="n">
         <x:v>37889</x:v>
       </x:c>
       <x:c r="D55" s="3" t="s"/>
-      <x:c r="E55" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="G55" s="0" t="s">
         <x:v>104</x:v>
       </x:c>
       <x:c r="H55" s="0" t="s">
         <x:v>105</x:v>
       </x:c>
       <x:c r="I55" s="4" t="s">
         <x:v>103</x:v>
       </x:c>
       <x:c r="J55" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="K55" s="0" t="s">
-        <x:v>77</x:v>
+        <x:v>33</x:v>
       </x:c>
       <x:c r="L55" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="M55" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N55" s="3" t="n">
         <x:v>42766</x:v>
       </x:c>
       <x:c r="O55" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="P55" s="0" t="s">
+        <x:v>104</x:v>
+      </x:c>
+      <x:c r="Q55" s="4" t="s">
+        <x:v>103</x:v>
+      </x:c>
+      <x:c r="R55" s="0" t="s">
         <x:v>126</x:v>
       </x:c>
-      <x:c r="Q55" s="4" t="s">
+      <x:c r="S55" s="0" t="n">
+        <x:v>507646</x:v>
+      </x:c>
+      <x:c r="T55" s="4" t="s">
         <x:v>127</x:v>
-      </x:c>
-[...7 lines deleted...]
-        <x:v>128</x:v>
       </x:c>
       <x:c r="U55" s="4" t="s">
         <x:v>69</x:v>
       </x:c>
     </x:row>
     <x:row r="56" spans="1:21">
       <x:c r="A56" s="13" t="s">
-        <x:v>21</x:v>
+        <x:v>72</x:v>
       </x:c>
       <x:c r="B56" s="14" t="s">
-        <x:v>61</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="C56" s="15" t="n">
         <x:v>37889</x:v>
       </x:c>
       <x:c r="D56" s="15" t="s"/>
-      <x:c r="E56" s="14" t="s"/>
+      <x:c r="E56" s="14" t="s">
+        <x:v>74</x:v>
+      </x:c>
       <x:c r="F56" s="14" t="s"/>
       <x:c r="G56" s="14" t="s">
         <x:v>104</x:v>
       </x:c>
       <x:c r="H56" s="14" t="s">
         <x:v>105</x:v>
       </x:c>
       <x:c r="I56" s="16" t="s">
         <x:v>103</x:v>
       </x:c>
       <x:c r="J56" s="14" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="K56" s="14" t="s">
-        <x:v>33</x:v>
+        <x:v>77</x:v>
       </x:c>
       <x:c r="L56" s="14" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="M56" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N56" s="15" t="n">
         <x:v>42766</x:v>
       </x:c>
       <x:c r="O56" s="14" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="P56" s="14" t="s">
-        <x:v>104</x:v>
+        <x:v>128</x:v>
       </x:c>
       <x:c r="Q56" s="16" t="s">
-        <x:v>103</x:v>
+        <x:v>129</x:v>
       </x:c>
       <x:c r="R56" s="14" t="s">
-        <x:v>129</x:v>
+        <x:v>78</x:v>
       </x:c>
       <x:c r="S56" s="14" t="n">
-        <x:v>507646</x:v>
+        <x:v>511060</x:v>
       </x:c>
       <x:c r="T56" s="16" t="s">
-        <x:v>128</x:v>
+        <x:v>127</x:v>
       </x:c>
       <x:c r="U56" s="16" t="s">
         <x:v>69</x:v>
       </x:c>
     </x:row>
     <x:row r="57" spans="1:21">
       <x:c r="A57" s="1" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="B57" s="0" t="s">
         <x:v>92</x:v>
       </x:c>
       <x:c r="C57" s="3" t="n">
         <x:v>37889</x:v>
       </x:c>
       <x:c r="D57" s="3" t="s"/>
       <x:c r="E57" s="0" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="G57" s="0" t="s">
         <x:v>104</x:v>
       </x:c>
       <x:c r="H57" s="0" t="s">
         <x:v>105</x:v>
       </x:c>
@@ -4850,178 +4849,178 @@
       <x:c r="J57" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="K57" s="0" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="L57" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="M57" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N57" s="3" t="n">
         <x:v>42766</x:v>
       </x:c>
       <x:c r="O57" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="P57" s="0" t="s">
         <x:v>130</x:v>
       </x:c>
       <x:c r="Q57" s="4" t="s">
         <x:v>131</x:v>
       </x:c>
       <x:c r="R57" s="0" t="s">
-        <x:v>78</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="S57" s="0" t="n">
-        <x:v>511060</x:v>
+        <x:v>511059</x:v>
       </x:c>
       <x:c r="T57" s="4" t="s">
-        <x:v>128</x:v>
+        <x:v>127</x:v>
       </x:c>
       <x:c r="U57" s="4" t="s">
         <x:v>69</x:v>
       </x:c>
     </x:row>
     <x:row r="58" spans="1:21">
       <x:c r="A58" s="13" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="B58" s="14" t="s">
-        <x:v>92</x:v>
+        <x:v>73</x:v>
       </x:c>
       <x:c r="C58" s="15" t="n">
         <x:v>37889</x:v>
       </x:c>
       <x:c r="D58" s="15" t="s"/>
       <x:c r="E58" s="14" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="F58" s="14" t="s"/>
       <x:c r="G58" s="14" t="s">
         <x:v>104</x:v>
       </x:c>
       <x:c r="H58" s="14" t="s">
         <x:v>105</x:v>
       </x:c>
       <x:c r="I58" s="16" t="s">
         <x:v>103</x:v>
       </x:c>
       <x:c r="J58" s="14" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="K58" s="14" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="L58" s="14" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="M58" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N58" s="15" t="n">
         <x:v>42766</x:v>
       </x:c>
       <x:c r="O58" s="14" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="P58" s="14" t="s">
-        <x:v>126</x:v>
+        <x:v>130</x:v>
       </x:c>
       <x:c r="Q58" s="16" t="s">
-        <x:v>127</x:v>
+        <x:v>131</x:v>
       </x:c>
       <x:c r="R58" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="S58" s="14" t="n">
-        <x:v>511059</x:v>
+        <x:v>511055</x:v>
       </x:c>
       <x:c r="T58" s="16" t="s">
-        <x:v>128</x:v>
+        <x:v>127</x:v>
       </x:c>
       <x:c r="U58" s="16" t="s">
         <x:v>69</x:v>
       </x:c>
     </x:row>
     <x:row r="59" spans="1:21">
       <x:c r="A59" s="1" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="B59" s="0" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="C59" s="3" t="n">
         <x:v>37889</x:v>
       </x:c>
       <x:c r="D59" s="3" t="s"/>
       <x:c r="E59" s="0" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="G59" s="0" t="s">
         <x:v>104</x:v>
       </x:c>
       <x:c r="H59" s="0" t="s">
         <x:v>105</x:v>
       </x:c>
       <x:c r="I59" s="4" t="s">
         <x:v>103</x:v>
       </x:c>
       <x:c r="J59" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="K59" s="0" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="L59" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M59" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N59" s="3" t="n">
         <x:v>42766</x:v>
       </x:c>
       <x:c r="O59" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="P59" s="0" t="s">
-        <x:v>130</x:v>
+        <x:v>128</x:v>
       </x:c>
       <x:c r="Q59" s="4" t="s">
-        <x:v>131</x:v>
+        <x:v>129</x:v>
       </x:c>
       <x:c r="R59" s="0" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="S59" s="0" t="n">
         <x:v>511051</x:v>
       </x:c>
       <x:c r="T59" s="4" t="s">
-        <x:v>128</x:v>
+        <x:v>127</x:v>
       </x:c>
       <x:c r="U59" s="4" t="s">
         <x:v>69</x:v>
       </x:c>
     </x:row>
     <x:row r="60" spans="1:21">
       <x:c r="A60" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B60" s="14" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="C60" s="15" t="n">
         <x:v>37889</x:v>
       </x:c>
       <x:c r="D60" s="15" t="s"/>
       <x:c r="E60" s="14" t="s"/>
       <x:c r="F60" s="14" t="s"/>
       <x:c r="G60" s="14" t="s">
         <x:v>104</x:v>
       </x:c>
       <x:c r="H60" s="14" t="s">
         <x:v>105</x:v>
       </x:c>
       <x:c r="I60" s="16" t="s">
@@ -5036,111 +5035,111 @@
       <x:c r="L60" s="14" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="M60" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N60" s="15" t="n">
         <x:v>42766</x:v>
       </x:c>
       <x:c r="O60" s="14" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="P60" s="14" t="s">
         <x:v>104</x:v>
       </x:c>
       <x:c r="Q60" s="16" t="s">
         <x:v>103</x:v>
       </x:c>
       <x:c r="R60" s="14" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="S60" s="14" t="n">
         <x:v>507659</x:v>
       </x:c>
       <x:c r="T60" s="16" t="s">
-        <x:v>128</x:v>
+        <x:v>127</x:v>
       </x:c>
       <x:c r="U60" s="16" t="s">
         <x:v>69</x:v>
       </x:c>
     </x:row>
     <x:row r="61" spans="1:21">
       <x:c r="A61" s="1" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="B61" s="0" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="C61" s="3" t="n">
         <x:v>37889</x:v>
       </x:c>
       <x:c r="D61" s="3" t="s"/>
       <x:c r="E61" s="0" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="G61" s="0" t="s">
         <x:v>104</x:v>
       </x:c>
       <x:c r="H61" s="0" t="s">
         <x:v>105</x:v>
       </x:c>
       <x:c r="I61" s="4" t="s">
         <x:v>103</x:v>
       </x:c>
       <x:c r="J61" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="K61" s="0" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="L61" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M61" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N61" s="3" t="n">
         <x:v>42766</x:v>
       </x:c>
       <x:c r="O61" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="P61" s="0" t="s">
-        <x:v>126</x:v>
+        <x:v>130</x:v>
       </x:c>
       <x:c r="Q61" s="4" t="s">
-        <x:v>127</x:v>
+        <x:v>131</x:v>
       </x:c>
       <x:c r="R61" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="S61" s="0" t="n">
         <x:v>511050</x:v>
       </x:c>
       <x:c r="T61" s="4" t="s">
-        <x:v>128</x:v>
+        <x:v>127</x:v>
       </x:c>
       <x:c r="U61" s="4" t="s">
         <x:v>69</x:v>
       </x:c>
     </x:row>
     <x:row r="62" spans="1:21">
       <x:c r="A62" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B62" s="14" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="C62" s="15" t="n">
         <x:v>37889</x:v>
       </x:c>
       <x:c r="D62" s="15" t="s"/>
       <x:c r="E62" s="14" t="s"/>
       <x:c r="F62" s="14" t="s"/>
       <x:c r="G62" s="14" t="s">
         <x:v>104</x:v>
       </x:c>
       <x:c r="H62" s="14" t="s">
         <x:v>105</x:v>
       </x:c>
       <x:c r="I62" s="16" t="s">
@@ -5149,57 +5148,57 @@
       <x:c r="J62" s="14" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="K62" s="14" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="L62" s="14" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="M62" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N62" s="15" t="n">
         <x:v>42766</x:v>
       </x:c>
       <x:c r="O62" s="14" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="P62" s="14" t="s">
         <x:v>104</x:v>
       </x:c>
       <x:c r="Q62" s="16" t="s">
         <x:v>103</x:v>
       </x:c>
       <x:c r="R62" s="14" t="s">
-        <x:v>129</x:v>
+        <x:v>126</x:v>
       </x:c>
       <x:c r="S62" s="14" t="n">
         <x:v>507660</x:v>
       </x:c>
       <x:c r="T62" s="16" t="s">
-        <x:v>128</x:v>
+        <x:v>127</x:v>
       </x:c>
       <x:c r="U62" s="16" t="s">
         <x:v>69</x:v>
       </x:c>
     </x:row>
     <x:row r="63" spans="1:21">
       <x:c r="A63" s="1" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="B63" s="0" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="C63" s="3" t="n">
         <x:v>37889</x:v>
       </x:c>
       <x:c r="D63" s="3" t="s"/>
       <x:c r="E63" s="0" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="G63" s="0" t="s">
         <x:v>104</x:v>
       </x:c>
       <x:c r="H63" s="0" t="s">
         <x:v>105</x:v>
       </x:c>
@@ -5209,57 +5208,57 @@
       <x:c r="J63" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="K63" s="0" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="L63" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M63" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N63" s="3" t="n">
         <x:v>42766</x:v>
       </x:c>
       <x:c r="O63" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="P63" s="0" t="s">
         <x:v>132</x:v>
       </x:c>
       <x:c r="Q63" s="4" t="s">
         <x:v>133</x:v>
       </x:c>
       <x:c r="R63" s="0" t="s">
-        <x:v>129</x:v>
+        <x:v>126</x:v>
       </x:c>
       <x:c r="S63" s="0" t="n">
         <x:v>511049</x:v>
       </x:c>
       <x:c r="T63" s="4" t="s">
-        <x:v>128</x:v>
+        <x:v>127</x:v>
       </x:c>
       <x:c r="U63" s="4" t="s">
         <x:v>69</x:v>
       </x:c>
     </x:row>
     <x:row r="64" spans="1:21">
       <x:c r="A64" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B64" s="14" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="C64" s="15" t="n">
         <x:v>37889</x:v>
       </x:c>
       <x:c r="D64" s="15" t="s"/>
       <x:c r="E64" s="14" t="s"/>
       <x:c r="F64" s="14" t="s"/>
       <x:c r="G64" s="14" t="s">
         <x:v>104</x:v>
       </x:c>
       <x:c r="H64" s="14" t="s">
         <x:v>105</x:v>
       </x:c>
       <x:c r="I64" s="16" t="s">
@@ -5274,51 +5273,51 @@
       <x:c r="L64" s="14" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="M64" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N64" s="15" t="n">
         <x:v>42766</x:v>
       </x:c>
       <x:c r="O64" s="14" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="P64" s="14" t="s">
         <x:v>104</x:v>
       </x:c>
       <x:c r="Q64" s="16" t="s">
         <x:v>103</x:v>
       </x:c>
       <x:c r="R64" s="14" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="S64" s="14" t="n">
         <x:v>507598</x:v>
       </x:c>
       <x:c r="T64" s="16" t="s">
-        <x:v>128</x:v>
+        <x:v>127</x:v>
       </x:c>
       <x:c r="U64" s="16" t="s">
         <x:v>69</x:v>
       </x:c>
     </x:row>
     <x:row r="65" spans="1:21">
       <x:c r="A65" s="1" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="B65" s="0" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="C65" s="3" t="n">
         <x:v>37889</x:v>
       </x:c>
       <x:c r="D65" s="3" t="s"/>
       <x:c r="E65" s="0" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="G65" s="0" t="s">
         <x:v>134</x:v>
       </x:c>
       <x:c r="I65" s="4" t="s">
         <x:v>135</x:v>
       </x:c>
@@ -5331,51 +5330,51 @@
       <x:c r="L65" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M65" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N65" s="3" t="n">
         <x:v>42766</x:v>
       </x:c>
       <x:c r="O65" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="P65" s="0" t="s">
         <x:v>136</x:v>
       </x:c>
       <x:c r="Q65" s="4" t="s">
         <x:v>137</x:v>
       </x:c>
       <x:c r="R65" s="0" t="s">
         <x:v>138</x:v>
       </x:c>
       <x:c r="S65" s="0" t="n">
         <x:v>504043</x:v>
       </x:c>
       <x:c r="T65" s="4" t="s">
-        <x:v>128</x:v>
+        <x:v>127</x:v>
       </x:c>
       <x:c r="U65" s="4" t="s">
         <x:v>69</x:v>
       </x:c>
     </x:row>
     <x:row r="66" spans="1:21">
       <x:c r="A66" s="13" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="B66" s="14" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="C66" s="15" t="n">
         <x:v>37889</x:v>
       </x:c>
       <x:c r="D66" s="15" t="s"/>
       <x:c r="E66" s="14" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="F66" s="14" t="s"/>
       <x:c r="G66" s="14" t="s">
         <x:v>104</x:v>
       </x:c>
       <x:c r="H66" s="14" t="s">
         <x:v>105</x:v>
@@ -5386,114 +5385,114 @@
       <x:c r="J66" s="14" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="K66" s="14" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="L66" s="14" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="M66" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N66" s="15" t="n">
         <x:v>42766</x:v>
       </x:c>
       <x:c r="O66" s="14" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="P66" s="14" t="s">
         <x:v>132</x:v>
       </x:c>
       <x:c r="Q66" s="16" t="s">
         <x:v>133</x:v>
       </x:c>
       <x:c r="R66" s="14" t="s">
-        <x:v>129</x:v>
+        <x:v>126</x:v>
       </x:c>
       <x:c r="S66" s="14" t="n">
         <x:v>511054</x:v>
       </x:c>
       <x:c r="T66" s="16" t="s">
-        <x:v>128</x:v>
+        <x:v>127</x:v>
       </x:c>
       <x:c r="U66" s="16" t="s">
         <x:v>69</x:v>
       </x:c>
     </x:row>
     <x:row r="67" spans="1:21">
       <x:c r="A67" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B67" s="0" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="C67" s="3" t="n">
         <x:v>37889</x:v>
       </x:c>
       <x:c r="D67" s="3" t="s"/>
       <x:c r="G67" s="0" t="s">
         <x:v>104</x:v>
       </x:c>
       <x:c r="H67" s="0" t="s">
         <x:v>105</x:v>
       </x:c>
       <x:c r="I67" s="4" t="s">
         <x:v>103</x:v>
       </x:c>
       <x:c r="J67" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="K67" s="0" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="L67" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="M67" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N67" s="3" t="n">
         <x:v>42766</x:v>
       </x:c>
       <x:c r="O67" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="P67" s="0" t="s">
         <x:v>104</x:v>
       </x:c>
       <x:c r="Q67" s="4" t="s">
         <x:v>103</x:v>
       </x:c>
       <x:c r="R67" s="0" t="s">
-        <x:v>129</x:v>
+        <x:v>126</x:v>
       </x:c>
       <x:c r="S67" s="0" t="n">
         <x:v>507597</x:v>
       </x:c>
       <x:c r="T67" s="4" t="s">
-        <x:v>128</x:v>
+        <x:v>127</x:v>
       </x:c>
       <x:c r="U67" s="4" t="s">
         <x:v>69</x:v>
       </x:c>
     </x:row>
     <x:row r="68" spans="1:21">
       <x:c r="A68" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B68" s="14" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="C68" s="15" t="n">
         <x:v>37889</x:v>
       </x:c>
       <x:c r="D68" s="15" t="s"/>
       <x:c r="E68" s="14" t="s"/>
       <x:c r="F68" s="14" t="s"/>
       <x:c r="G68" s="14" t="s">
         <x:v>104</x:v>
       </x:c>
       <x:c r="H68" s="14" t="s">
         <x:v>105</x:v>
       </x:c>
       <x:c r="I68" s="16" t="s">
@@ -5508,111 +5507,111 @@
       <x:c r="L68" s="14" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="M68" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N68" s="15" t="n">
         <x:v>42766</x:v>
       </x:c>
       <x:c r="O68" s="14" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="P68" s="14" t="s">
         <x:v>104</x:v>
       </x:c>
       <x:c r="Q68" s="16" t="s">
         <x:v>103</x:v>
       </x:c>
       <x:c r="R68" s="14" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="S68" s="14" t="n">
         <x:v>507645</x:v>
       </x:c>
       <x:c r="T68" s="16" t="s">
-        <x:v>128</x:v>
+        <x:v>127</x:v>
       </x:c>
       <x:c r="U68" s="16" t="s">
         <x:v>69</x:v>
       </x:c>
     </x:row>
     <x:row r="69" spans="1:21">
       <x:c r="A69" s="1" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="B69" s="0" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="C69" s="3" t="n">
         <x:v>37889</x:v>
       </x:c>
       <x:c r="D69" s="3" t="s"/>
       <x:c r="E69" s="0" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="G69" s="0" t="s">
         <x:v>104</x:v>
       </x:c>
       <x:c r="H69" s="0" t="s">
         <x:v>105</x:v>
       </x:c>
       <x:c r="I69" s="4" t="s">
         <x:v>103</x:v>
       </x:c>
       <x:c r="J69" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="K69" s="0" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="L69" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="M69" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N69" s="3" t="n">
         <x:v>42766</x:v>
       </x:c>
       <x:c r="O69" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="P69" s="0" t="s">
-        <x:v>130</x:v>
+        <x:v>128</x:v>
       </x:c>
       <x:c r="Q69" s="4" t="s">
-        <x:v>131</x:v>
+        <x:v>129</x:v>
       </x:c>
       <x:c r="R69" s="0" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="S69" s="0" t="n">
         <x:v>511056</x:v>
       </x:c>
       <x:c r="T69" s="4" t="s">
-        <x:v>128</x:v>
+        <x:v>127</x:v>
       </x:c>
       <x:c r="U69" s="4" t="s">
         <x:v>69</x:v>
       </x:c>
     </x:row>
     <x:row r="70" spans="1:21">
       <x:c r="A70" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B70" s="14" t="s">
         <x:v>139</x:v>
       </x:c>
       <x:c r="C70" s="15" t="n">
         <x:v>35527</x:v>
       </x:c>
       <x:c r="D70" s="15" t="s"/>
       <x:c r="E70" s="14" t="s"/>
       <x:c r="F70" s="14" t="s"/>
       <x:c r="G70" s="14" t="s">
         <x:v>140</x:v>
       </x:c>
       <x:c r="H70" s="14" t="s"/>
       <x:c r="I70" s="16" t="s">
         <x:v>141</x:v>
       </x:c>
@@ -5679,57 +5678,57 @@
       <x:c r="J71" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="K71" s="0" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="L71" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="M71" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N71" s="3" t="n">
         <x:v>42766</x:v>
       </x:c>
       <x:c r="O71" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="P71" s="0" t="s">
         <x:v>132</x:v>
       </x:c>
       <x:c r="Q71" s="4" t="s">
         <x:v>133</x:v>
       </x:c>
       <x:c r="R71" s="0" t="s">
-        <x:v>129</x:v>
+        <x:v>126</x:v>
       </x:c>
       <x:c r="S71" s="0" t="n">
         <x:v>511058</x:v>
       </x:c>
       <x:c r="T71" s="4" t="s">
-        <x:v>128</x:v>
+        <x:v>127</x:v>
       </x:c>
       <x:c r="U71" s="4" t="s">
         <x:v>69</x:v>
       </x:c>
     </x:row>
     <x:row r="72" spans="1:21">
       <x:c r="A72" s="13" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="B72" s="14" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="C72" s="15" t="n">
         <x:v>37889</x:v>
       </x:c>
       <x:c r="D72" s="15" t="s"/>
       <x:c r="E72" s="14" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="F72" s="14" t="s"/>
       <x:c r="G72" s="14" t="s">
         <x:v>134</x:v>
       </x:c>
       <x:c r="H72" s="14" t="s"/>
       <x:c r="I72" s="16" t="s">
@@ -5744,51 +5743,51 @@
       <x:c r="L72" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M72" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N72" s="15" t="n">
         <x:v>42766</x:v>
       </x:c>
       <x:c r="O72" s="14" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="P72" s="14" t="s">
         <x:v>136</x:v>
       </x:c>
       <x:c r="Q72" s="16" t="s">
         <x:v>137</x:v>
       </x:c>
       <x:c r="R72" s="14" t="s">
         <x:v>138</x:v>
       </x:c>
       <x:c r="S72" s="14" t="n">
         <x:v>504041</x:v>
       </x:c>
       <x:c r="T72" s="16" t="s">
-        <x:v>128</x:v>
+        <x:v>127</x:v>
       </x:c>
       <x:c r="U72" s="16" t="s">
         <x:v>69</x:v>
       </x:c>
     </x:row>
     <x:row r="73" spans="1:21">
       <x:c r="A73" s="1" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="B73" s="0" t="s">
         <x:v>146</x:v>
       </x:c>
       <x:c r="C73" s="3" t="n">
         <x:v>38937</x:v>
       </x:c>
       <x:c r="D73" s="3" t="s"/>
       <x:c r="E73" s="0" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="G73" s="0" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="H73" s="0" t="s">
         <x:v>85</x:v>
       </x:c>
@@ -5874,94 +5873,94 @@
       </x:c>
       <x:c r="P74" s="14" t="s">
         <x:v>149</x:v>
       </x:c>
       <x:c r="Q74" s="16" t="s">
         <x:v>151</x:v>
       </x:c>
       <x:c r="R74" s="14" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="S74" s="14" t="n">
         <x:v>493044</x:v>
       </x:c>
       <x:c r="T74" s="16" t="s">
         <x:v>152</x:v>
       </x:c>
       <x:c r="U74" s="16" t="s">
         <x:v>69</x:v>
       </x:c>
     </x:row>
     <x:row r="75" spans="1:21">
       <x:c r="A75" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B75" s="0" t="s">
-        <x:v>70</x:v>
+        <x:v>71</x:v>
       </x:c>
       <x:c r="C75" s="3" t="n">
         <x:v>37889</x:v>
       </x:c>
       <x:c r="D75" s="3" t="s"/>
       <x:c r="G75" s="0" t="s">
         <x:v>149</x:v>
       </x:c>
       <x:c r="H75" s="0" t="s">
         <x:v>150</x:v>
       </x:c>
       <x:c r="I75" s="4" t="s">
         <x:v>151</x:v>
       </x:c>
       <x:c r="J75" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="K75" s="0" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="L75" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="M75" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N75" s="3" t="n">
         <x:v>42766</x:v>
       </x:c>
       <x:c r="O75" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="P75" s="0" t="s">
         <x:v>149</x:v>
       </x:c>
       <x:c r="Q75" s="4" t="s">
         <x:v>151</x:v>
       </x:c>
       <x:c r="R75" s="0" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="S75" s="0" t="n">
-        <x:v>494203</x:v>
+        <x:v>493043</x:v>
       </x:c>
       <x:c r="T75" s="4" t="s">
         <x:v>152</x:v>
       </x:c>
       <x:c r="U75" s="4" t="s">
         <x:v>69</x:v>
       </x:c>
     </x:row>
     <x:row r="76" spans="1:21">
       <x:c r="A76" s="13" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="B76" s="14" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="C76" s="15" t="n">
         <x:v>37889</x:v>
       </x:c>
       <x:c r="D76" s="15" t="s"/>
       <x:c r="E76" s="14" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="F76" s="14" t="s"/>
       <x:c r="G76" s="14" t="s">
         <x:v>149</x:v>
@@ -5992,94 +5991,94 @@
       </x:c>
       <x:c r="P76" s="14" t="s">
         <x:v>153</x:v>
       </x:c>
       <x:c r="Q76" s="16" t="s">
         <x:v>135</x:v>
       </x:c>
       <x:c r="R76" s="14" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="S76" s="14" t="n">
         <x:v>494858</x:v>
       </x:c>
       <x:c r="T76" s="16" t="s">
         <x:v>152</x:v>
       </x:c>
       <x:c r="U76" s="16" t="s">
         <x:v>69</x:v>
       </x:c>
     </x:row>
     <x:row r="77" spans="1:21">
       <x:c r="A77" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B77" s="0" t="s">
-        <x:v>71</x:v>
+        <x:v>70</x:v>
       </x:c>
       <x:c r="C77" s="3" t="n">
         <x:v>37889</x:v>
       </x:c>
       <x:c r="D77" s="3" t="s"/>
       <x:c r="G77" s="0" t="s">
         <x:v>149</x:v>
       </x:c>
       <x:c r="H77" s="0" t="s">
         <x:v>150</x:v>
       </x:c>
       <x:c r="I77" s="4" t="s">
         <x:v>151</x:v>
       </x:c>
       <x:c r="J77" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="K77" s="0" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="L77" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="M77" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N77" s="3" t="n">
         <x:v>42766</x:v>
       </x:c>
       <x:c r="O77" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="P77" s="0" t="s">
         <x:v>149</x:v>
       </x:c>
       <x:c r="Q77" s="4" t="s">
         <x:v>151</x:v>
       </x:c>
       <x:c r="R77" s="0" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="S77" s="0" t="n">
-        <x:v>493043</x:v>
+        <x:v>494203</x:v>
       </x:c>
       <x:c r="T77" s="4" t="s">
         <x:v>152</x:v>
       </x:c>
       <x:c r="U77" s="4" t="s">
         <x:v>69</x:v>
       </x:c>
     </x:row>
     <x:row r="78" spans="1:21">
       <x:c r="A78" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B78" s="14" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="C78" s="15" t="n">
         <x:v>37889</x:v>
       </x:c>
       <x:c r="D78" s="15" t="s"/>
       <x:c r="E78" s="14" t="s"/>
       <x:c r="F78" s="14" t="s"/>
       <x:c r="G78" s="14" t="s">
         <x:v>149</x:v>
       </x:c>
       <x:c r="H78" s="14" t="s">
@@ -6415,51 +6414,51 @@
       </x:c>
       <x:c r="U83" s="4" t="s">
         <x:v>69</x:v>
       </x:c>
     </x:row>
     <x:row r="84" spans="1:21">
       <x:c r="A84" s="13" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="B84" s="14" t="s">
         <x:v>166</x:v>
       </x:c>
       <x:c r="C84" s="15" t="n">
         <x:v>35527</x:v>
       </x:c>
       <x:c r="D84" s="15" t="s"/>
       <x:c r="E84" s="14" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="F84" s="14" t="s"/>
       <x:c r="G84" s="14" t="s">
         <x:v>167</x:v>
       </x:c>
       <x:c r="H84" s="14" t="s"/>
       <x:c r="I84" s="16" t="s">
-        <x:v>127</x:v>
+        <x:v>131</x:v>
       </x:c>
       <x:c r="J84" s="14" t="s">
         <x:v>142</x:v>
       </x:c>
       <x:c r="K84" s="14" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="L84" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M84" s="14" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="N84" s="15" t="n">
         <x:v>42627</x:v>
       </x:c>
       <x:c r="O84" s="14" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="P84" s="14" t="s">
         <x:v>168</x:v>
       </x:c>
       <x:c r="Q84" s="16" t="s">
         <x:v>169</x:v>
       </x:c>
@@ -6469,51 +6468,51 @@
       <x:c r="S84" s="14" t="n">
         <x:v>535425</x:v>
       </x:c>
       <x:c r="T84" s="16" t="s">
         <x:v>171</x:v>
       </x:c>
       <x:c r="U84" s="16" t="s">
         <x:v>172</x:v>
       </x:c>
     </x:row>
     <x:row r="85" spans="1:21">
       <x:c r="A85" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B85" s="0" t="s">
         <x:v>139</x:v>
       </x:c>
       <x:c r="C85" s="3" t="n">
         <x:v>35527</x:v>
       </x:c>
       <x:c r="D85" s="3" t="s"/>
       <x:c r="G85" s="0" t="s">
         <x:v>167</x:v>
       </x:c>
       <x:c r="I85" s="4" t="s">
-        <x:v>127</x:v>
+        <x:v>131</x:v>
       </x:c>
       <x:c r="J85" s="0" t="s">
         <x:v>142</x:v>
       </x:c>
       <x:c r="K85" s="0" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="L85" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M85" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="N85" s="3" t="n">
         <x:v>42627</x:v>
       </x:c>
       <x:c r="O85" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="P85" s="0" t="s">
         <x:v>168</x:v>
       </x:c>
       <x:c r="Q85" s="4" t="s">
         <x:v>169</x:v>
       </x:c>
@@ -6857,51 +6856,51 @@
       </x:c>
       <x:c r="U91" s="4" t="s">
         <x:v>145</x:v>
       </x:c>
     </x:row>
     <x:row r="92" spans="1:21">
       <x:c r="A92" s="13" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="B92" s="14" t="s">
         <x:v>166</x:v>
       </x:c>
       <x:c r="C92" s="15" t="n">
         <x:v>35527</x:v>
       </x:c>
       <x:c r="D92" s="15" t="s"/>
       <x:c r="E92" s="14" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="F92" s="14" t="s"/>
       <x:c r="G92" s="14" t="s">
         <x:v>167</x:v>
       </x:c>
       <x:c r="H92" s="14" t="s"/>
       <x:c r="I92" s="16" t="s">
-        <x:v>127</x:v>
+        <x:v>131</x:v>
       </x:c>
       <x:c r="J92" s="14" t="s">
         <x:v>142</x:v>
       </x:c>
       <x:c r="K92" s="14" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="L92" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M92" s="14" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="N92" s="15" t="n">
         <x:v>42627</x:v>
       </x:c>
       <x:c r="O92" s="14" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="P92" s="14" t="s">
         <x:v>168</x:v>
       </x:c>
       <x:c r="Q92" s="16" t="s">
         <x:v>169</x:v>
       </x:c>
@@ -6917,75 +6916,75 @@
       <x:c r="U92" s="16" t="s">
         <x:v>185</x:v>
       </x:c>
     </x:row>
     <x:row r="93" spans="1:21">
       <x:c r="A93" s="1" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="B93" s="0" t="s">
         <x:v>166</x:v>
       </x:c>
       <x:c r="C93" s="3" t="n">
         <x:v>35527</x:v>
       </x:c>
       <x:c r="D93" s="3" t="s"/>
       <x:c r="E93" s="0" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="G93" s="0" t="s">
         <x:v>186</x:v>
       </x:c>
       <x:c r="H93" s="0" t="s">
         <x:v>187</x:v>
       </x:c>
       <x:c r="I93" s="4" t="s">
-        <x:v>127</x:v>
+        <x:v>131</x:v>
       </x:c>
       <x:c r="J93" s="0" t="s">
         <x:v>142</x:v>
       </x:c>
       <x:c r="K93" s="0" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="L93" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="M93" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N93" s="3" t="n">
         <x:v>42627</x:v>
       </x:c>
       <x:c r="O93" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="P93" s="0" t="s">
         <x:v>186</x:v>
       </x:c>
       <x:c r="Q93" s="4" t="s">
-        <x:v>127</x:v>
+        <x:v>131</x:v>
       </x:c>
       <x:c r="R93" s="0" t="s">
         <x:v>188</x:v>
       </x:c>
       <x:c r="S93" s="0" t="n">
         <x:v>556664</x:v>
       </x:c>
       <x:c r="T93" s="4" t="s">
         <x:v>189</x:v>
       </x:c>
       <x:c r="U93" s="4" t="s">
         <x:v>190</x:v>
       </x:c>
     </x:row>
     <x:row r="94" spans="1:21">
       <x:c r="A94" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B94" s="14" t="s">
         <x:v>191</x:v>
       </x:c>
       <x:c r="C94" s="15" t="s"/>
       <x:c r="D94" s="15" t="s"/>
       <x:c r="E94" s="14" t="s"/>
       <x:c r="F94" s="14" t="s"/>
@@ -7125,172 +7124,172 @@
       </x:c>
       <x:c r="P96" s="14" t="s">
         <x:v>140</x:v>
       </x:c>
       <x:c r="Q96" s="16" t="s">
         <x:v>141</x:v>
       </x:c>
       <x:c r="R96" s="14" t="s">
         <x:v>143</x:v>
       </x:c>
       <x:c r="S96" s="14" t="n">
         <x:v>578831</x:v>
       </x:c>
       <x:c r="T96" s="16" t="s">
         <x:v>196</x:v>
       </x:c>
       <x:c r="U96" s="16" t="s">
         <x:v>60</x:v>
       </x:c>
     </x:row>
     <x:row r="97" spans="1:21">
       <x:c r="A97" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B97" s="0" t="s">
-        <x:v>181</x:v>
+        <x:v>139</x:v>
       </x:c>
       <x:c r="C97" s="3" t="n">
-        <x:v>37865</x:v>
+        <x:v>35527</x:v>
       </x:c>
       <x:c r="D97" s="3" t="s"/>
       <x:c r="G97" s="0" t="s">
         <x:v>140</x:v>
       </x:c>
       <x:c r="I97" s="4" t="s">
         <x:v>141</x:v>
       </x:c>
       <x:c r="J97" s="0" t="s">
         <x:v>142</x:v>
       </x:c>
       <x:c r="K97" s="0" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="L97" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M97" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="N97" s="3" t="n">
-        <x:v>32024</x:v>
+        <x:v>42627</x:v>
       </x:c>
       <x:c r="O97" s="0" t="s">
-        <x:v>182</x:v>
+        <x:v>58</x:v>
       </x:c>
       <x:c r="P97" s="0" t="s">
         <x:v>140</x:v>
       </x:c>
       <x:c r="Q97" s="4" t="s">
         <x:v>141</x:v>
       </x:c>
       <x:c r="R97" s="0" t="s">
         <x:v>143</x:v>
       </x:c>
       <x:c r="S97" s="0" t="n">
-        <x:v>578822</x:v>
+        <x:v>574534</x:v>
       </x:c>
       <x:c r="T97" s="4" t="s">
         <x:v>196</x:v>
       </x:c>
       <x:c r="U97" s="4" t="s">
         <x:v>60</x:v>
       </x:c>
     </x:row>
     <x:row r="98" spans="1:21">
       <x:c r="A98" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B98" s="14" t="s">
-        <x:v>139</x:v>
+        <x:v>181</x:v>
       </x:c>
       <x:c r="C98" s="15" t="n">
-        <x:v>35527</x:v>
+        <x:v>37865</x:v>
       </x:c>
       <x:c r="D98" s="15" t="s"/>
       <x:c r="E98" s="14" t="s"/>
       <x:c r="F98" s="14" t="s"/>
       <x:c r="G98" s="14" t="s">
         <x:v>140</x:v>
       </x:c>
       <x:c r="H98" s="14" t="s"/>
       <x:c r="I98" s="16" t="s">
         <x:v>141</x:v>
       </x:c>
       <x:c r="J98" s="14" t="s">
         <x:v>142</x:v>
       </x:c>
       <x:c r="K98" s="14" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="L98" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M98" s="14" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="N98" s="15" t="n">
-        <x:v>42627</x:v>
+        <x:v>32024</x:v>
       </x:c>
       <x:c r="O98" s="14" t="s">
-        <x:v>58</x:v>
+        <x:v>182</x:v>
       </x:c>
       <x:c r="P98" s="14" t="s">
         <x:v>140</x:v>
       </x:c>
       <x:c r="Q98" s="16" t="s">
         <x:v>141</x:v>
       </x:c>
       <x:c r="R98" s="14" t="s">
         <x:v>143</x:v>
       </x:c>
       <x:c r="S98" s="14" t="n">
-        <x:v>574534</x:v>
+        <x:v>578822</x:v>
       </x:c>
       <x:c r="T98" s="16" t="s">
         <x:v>196</x:v>
       </x:c>
       <x:c r="U98" s="16" t="s">
         <x:v>60</x:v>
       </x:c>
     </x:row>
     <x:row r="99" spans="1:21">
       <x:c r="A99" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B99" s="0" t="s">
         <x:v>139</x:v>
       </x:c>
       <x:c r="C99" s="3" t="n">
         <x:v>35527</x:v>
       </x:c>
       <x:c r="D99" s="3" t="s"/>
       <x:c r="G99" s="0" t="s">
         <x:v>167</x:v>
       </x:c>
       <x:c r="I99" s="4" t="s">
-        <x:v>127</x:v>
+        <x:v>131</x:v>
       </x:c>
       <x:c r="J99" s="0" t="s">
         <x:v>142</x:v>
       </x:c>
       <x:c r="K99" s="0" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="L99" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M99" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="N99" s="3" t="n">
         <x:v>42627</x:v>
       </x:c>
       <x:c r="O99" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="P99" s="0" t="s">
         <x:v>168</x:v>
       </x:c>
       <x:c r="Q99" s="4" t="s">
         <x:v>169</x:v>
       </x:c>
@@ -7353,51 +7352,51 @@
       <x:c r="S100" s="14" t="n">
         <x:v>584645</x:v>
       </x:c>
       <x:c r="T100" s="16" t="s">
         <x:v>201</x:v>
       </x:c>
       <x:c r="U100" s="16" t="s">
         <x:v>60</x:v>
       </x:c>
     </x:row>
     <x:row r="101" spans="1:21">
       <x:c r="A101" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B101" s="0" t="s">
         <x:v>139</x:v>
       </x:c>
       <x:c r="C101" s="3" t="n">
         <x:v>35527</x:v>
       </x:c>
       <x:c r="D101" s="3" t="s"/>
       <x:c r="G101" s="0" t="s">
         <x:v>167</x:v>
       </x:c>
       <x:c r="I101" s="4" t="s">
-        <x:v>127</x:v>
+        <x:v>131</x:v>
       </x:c>
       <x:c r="J101" s="0" t="s">
         <x:v>142</x:v>
       </x:c>
       <x:c r="K101" s="0" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="L101" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M101" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="N101" s="3" t="n">
         <x:v>42627</x:v>
       </x:c>
       <x:c r="O101" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="P101" s="0" t="s">
         <x:v>168</x:v>
       </x:c>
       <x:c r="Q101" s="4" t="s">
         <x:v>169</x:v>
       </x:c>
@@ -7566,343 +7565,343 @@
       </x:c>
       <x:c r="O104" s="14" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="P104" s="14" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="Q104" s="16" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="R104" s="14" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="S104" s="14" t="n">
         <x:v>547571</x:v>
       </x:c>
       <x:c r="T104" s="16" t="s">
         <x:v>204</x:v>
       </x:c>
       <x:c r="U104" s="16" t="s">
         <x:v>206</x:v>
       </x:c>
     </x:row>
     <x:row r="105" spans="1:21">
       <x:c r="A105" s="1" t="s">
-        <x:v>21</x:v>
+        <x:v>72</x:v>
       </x:c>
       <x:c r="B105" s="0" t="s">
-        <x:v>71</x:v>
+        <x:v>80</x:v>
       </x:c>
       <x:c r="C105" s="3" t="n">
         <x:v>37889</x:v>
       </x:c>
       <x:c r="D105" s="3" t="s"/>
+      <x:c r="E105" s="0" t="s">
+        <x:v>74</x:v>
+      </x:c>
       <x:c r="G105" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="I105" s="4" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="J105" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="K105" s="0" t="s">
-        <x:v>33</x:v>
+        <x:v>77</x:v>
       </x:c>
       <x:c r="L105" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="M105" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N105" s="3" t="n">
         <x:v>42766</x:v>
       </x:c>
       <x:c r="O105" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="P105" s="0" t="s">
-        <x:v>62</x:v>
+        <x:v>81</x:v>
       </x:c>
       <x:c r="Q105" s="4" t="s">
-        <x:v>63</x:v>
+        <x:v>82</x:v>
       </x:c>
       <x:c r="R105" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="S105" s="0" t="n">
-        <x:v>543659</x:v>
+        <x:v>547569</x:v>
       </x:c>
       <x:c r="T105" s="4" t="s">
         <x:v>204</x:v>
       </x:c>
       <x:c r="U105" s="4" t="s">
         <x:v>205</x:v>
       </x:c>
     </x:row>
     <x:row r="106" spans="1:21">
       <x:c r="A106" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B106" s="14" t="s">
-        <x:v>70</x:v>
+        <x:v>71</x:v>
       </x:c>
       <x:c r="C106" s="15" t="n">
         <x:v>37889</x:v>
       </x:c>
       <x:c r="D106" s="15" t="s"/>
       <x:c r="E106" s="14" t="s"/>
       <x:c r="F106" s="14" t="s"/>
       <x:c r="G106" s="14" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="H106" s="14" t="s"/>
       <x:c r="I106" s="16" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="J106" s="14" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="K106" s="14" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="L106" s="14" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="M106" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N106" s="15" t="n">
         <x:v>42766</x:v>
       </x:c>
       <x:c r="O106" s="14" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="P106" s="14" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="Q106" s="16" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="R106" s="14" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="S106" s="14" t="n">
-        <x:v>543664</x:v>
+        <x:v>543659</x:v>
       </x:c>
       <x:c r="T106" s="16" t="s">
         <x:v>204</x:v>
       </x:c>
       <x:c r="U106" s="16" t="s">
         <x:v>205</x:v>
       </x:c>
     </x:row>
     <x:row r="107" spans="1:21">
       <x:c r="A107" s="1" t="s">
-        <x:v>72</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B107" s="0" t="s">
-        <x:v>80</x:v>
+        <x:v>70</x:v>
       </x:c>
       <x:c r="C107" s="3" t="n">
         <x:v>37889</x:v>
       </x:c>
       <x:c r="D107" s="3" t="s"/>
-      <x:c r="E107" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="G107" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="I107" s="4" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="J107" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="K107" s="0" t="s">
-        <x:v>77</x:v>
+        <x:v>33</x:v>
       </x:c>
       <x:c r="L107" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="M107" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N107" s="3" t="n">
         <x:v>42766</x:v>
       </x:c>
       <x:c r="O107" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="P107" s="0" t="s">
-        <x:v>81</x:v>
+        <x:v>62</x:v>
       </x:c>
       <x:c r="Q107" s="4" t="s">
-        <x:v>82</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="R107" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="S107" s="0" t="n">
-        <x:v>547569</x:v>
+        <x:v>543664</x:v>
       </x:c>
       <x:c r="T107" s="4" t="s">
         <x:v>204</x:v>
       </x:c>
       <x:c r="U107" s="4" t="s">
         <x:v>205</x:v>
       </x:c>
     </x:row>
     <x:row r="108" spans="1:21">
       <x:c r="A108" s="13" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="B108" s="14" t="s">
-        <x:v>73</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="C108" s="15" t="n">
         <x:v>37889</x:v>
       </x:c>
       <x:c r="D108" s="15" t="s"/>
       <x:c r="E108" s="14" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="F108" s="14" t="s"/>
       <x:c r="G108" s="14" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="H108" s="14" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="I108" s="16" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="J108" s="14" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="K108" s="14" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="L108" s="14" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="M108" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N108" s="15" t="n">
         <x:v>42766</x:v>
       </x:c>
       <x:c r="O108" s="14" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="P108" s="14" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="Q108" s="16" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="R108" s="14" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="S108" s="14" t="n">
-        <x:v>546710</x:v>
+        <x:v>546709</x:v>
       </x:c>
       <x:c r="T108" s="16" t="s">
         <x:v>207</x:v>
       </x:c>
       <x:c r="U108" s="16" t="s">
         <x:v>205</x:v>
       </x:c>
     </x:row>
     <x:row r="109" spans="1:21">
       <x:c r="A109" s="1" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="B109" s="0" t="s">
-        <x:v>88</x:v>
+        <x:v>73</x:v>
       </x:c>
       <x:c r="C109" s="3" t="n">
         <x:v>37889</x:v>
       </x:c>
       <x:c r="D109" s="3" t="s"/>
       <x:c r="E109" s="0" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="G109" s="0" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="H109" s="0" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="I109" s="4" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="J109" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="K109" s="0" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="L109" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="M109" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N109" s="3" t="n">
         <x:v>42766</x:v>
       </x:c>
       <x:c r="O109" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="P109" s="0" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="Q109" s="4" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="R109" s="0" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="S109" s="0" t="n">
-        <x:v>546709</x:v>
+        <x:v>546710</x:v>
       </x:c>
       <x:c r="T109" s="4" t="s">
         <x:v>207</x:v>
       </x:c>
       <x:c r="U109" s="4" t="s">
         <x:v>205</x:v>
       </x:c>
     </x:row>
     <x:row r="110" spans="1:21">
       <x:c r="A110" s="13" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="B110" s="14" t="s">
-        <x:v>89</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="C110" s="15" t="n">
         <x:v>37889</x:v>
       </x:c>
       <x:c r="D110" s="15" t="s"/>
       <x:c r="E110" s="14" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="F110" s="14" t="s"/>
       <x:c r="G110" s="14" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="H110" s="14" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="I110" s="16" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="J110" s="14" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="K110" s="14" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="L110" s="14" t="s">
@@ -8130,54 +8129,54 @@
       <x:c r="H114" s="14" t="s">
         <x:v>105</x:v>
       </x:c>
       <x:c r="I114" s="16" t="s">
         <x:v>103</x:v>
       </x:c>
       <x:c r="J114" s="14" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="K114" s="14" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="L114" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M114" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N114" s="15" t="n">
         <x:v>42766</x:v>
       </x:c>
       <x:c r="O114" s="14" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="P114" s="14" t="s">
-        <x:v>130</x:v>
+        <x:v>128</x:v>
       </x:c>
       <x:c r="Q114" s="16" t="s">
-        <x:v>131</x:v>
+        <x:v>129</x:v>
       </x:c>
       <x:c r="R114" s="14" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="S114" s="14" t="n">
         <x:v>556271</x:v>
       </x:c>
       <x:c r="T114" s="16" t="s">
         <x:v>208</x:v>
       </x:c>
       <x:c r="U114" s="16" t="s">
         <x:v>205</x:v>
       </x:c>
     </x:row>
     <x:row r="115" spans="1:21">
       <x:c r="A115" s="1" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="B115" s="0" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="C115" s="3" t="n">
         <x:v>37889</x:v>
       </x:c>
       <x:c r="D115" s="3" t="s"/>
@@ -8196,51 +8195,51 @@
       <x:c r="J115" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="K115" s="0" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="L115" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M115" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N115" s="3" t="n">
         <x:v>42766</x:v>
       </x:c>
       <x:c r="O115" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="P115" s="0" t="s">
         <x:v>132</x:v>
       </x:c>
       <x:c r="Q115" s="4" t="s">
         <x:v>133</x:v>
       </x:c>
       <x:c r="R115" s="0" t="s">
-        <x:v>129</x:v>
+        <x:v>126</x:v>
       </x:c>
       <x:c r="S115" s="0" t="n">
         <x:v>556272</x:v>
       </x:c>
       <x:c r="T115" s="4" t="s">
         <x:v>208</x:v>
       </x:c>
       <x:c r="U115" s="4" t="s">
         <x:v>205</x:v>
       </x:c>
     </x:row>
     <x:row r="116" spans="1:21">
       <x:c r="A116" s="13" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="B116" s="14" t="s">
         <x:v>166</x:v>
       </x:c>
       <x:c r="C116" s="15" t="n">
         <x:v>35527</x:v>
       </x:c>
       <x:c r="D116" s="15" t="s"/>
       <x:c r="E116" s="14" t="s">
         <x:v>74</x:v>
       </x:c>
@@ -8692,51 +8691,51 @@
       </x:c>
       <x:c r="U123" s="4" t="s">
         <x:v>205</x:v>
       </x:c>
     </x:row>
     <x:row r="124" spans="1:21">
       <x:c r="A124" s="13" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="B124" s="14" t="s">
         <x:v>166</x:v>
       </x:c>
       <x:c r="C124" s="15" t="n">
         <x:v>35527</x:v>
       </x:c>
       <x:c r="D124" s="15" t="s"/>
       <x:c r="E124" s="14" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="F124" s="14" t="s"/>
       <x:c r="G124" s="14" t="s">
         <x:v>167</x:v>
       </x:c>
       <x:c r="H124" s="14" t="s"/>
       <x:c r="I124" s="16" t="s">
-        <x:v>127</x:v>
+        <x:v>131</x:v>
       </x:c>
       <x:c r="J124" s="14" t="s">
         <x:v>142</x:v>
       </x:c>
       <x:c r="K124" s="14" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="L124" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M124" s="14" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="N124" s="15" t="n">
         <x:v>42627</x:v>
       </x:c>
       <x:c r="O124" s="14" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="P124" s="14" t="s">
         <x:v>168</x:v>
       </x:c>
       <x:c r="Q124" s="16" t="s">
         <x:v>169</x:v>
       </x:c>
@@ -8950,54 +8949,54 @@
       <x:c r="H128" s="14" t="s">
         <x:v>105</x:v>
       </x:c>
       <x:c r="I128" s="16" t="s">
         <x:v>103</x:v>
       </x:c>
       <x:c r="J128" s="14" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="K128" s="14" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="L128" s="14" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="M128" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N128" s="15" t="n">
         <x:v>42766</x:v>
       </x:c>
       <x:c r="O128" s="14" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="P128" s="14" t="s">
-        <x:v>130</x:v>
+        <x:v>128</x:v>
       </x:c>
       <x:c r="Q128" s="16" t="s">
-        <x:v>131</x:v>
+        <x:v>129</x:v>
       </x:c>
       <x:c r="R128" s="14" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="S128" s="14" t="n">
         <x:v>556346</x:v>
       </x:c>
       <x:c r="T128" s="16" t="s">
         <x:v>208</x:v>
       </x:c>
       <x:c r="U128" s="16" t="s">
         <x:v>205</x:v>
       </x:c>
     </x:row>
     <x:row r="129" spans="1:21">
       <x:c r="A129" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B129" s="0" t="s">
         <x:v>218</x:v>
       </x:c>
       <x:c r="C129" s="3" t="n">
         <x:v>37889</x:v>
       </x:c>
       <x:c r="D129" s="3" t="s"/>
@@ -9425,1702 +9424,1700 @@
       <x:c r="J136" s="14" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="K136" s="14" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="L136" s="14" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="M136" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N136" s="15" t="n">
         <x:v>42766</x:v>
       </x:c>
       <x:c r="O136" s="14" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="P136" s="14" t="s">
         <x:v>104</x:v>
       </x:c>
       <x:c r="Q136" s="16" t="s">
         <x:v>103</x:v>
       </x:c>
       <x:c r="R136" s="14" t="s">
-        <x:v>129</x:v>
+        <x:v>126</x:v>
       </x:c>
       <x:c r="S136" s="14" t="n">
         <x:v>553988</x:v>
       </x:c>
       <x:c r="T136" s="16" t="s">
         <x:v>208</x:v>
       </x:c>
       <x:c r="U136" s="16" t="s">
         <x:v>205</x:v>
       </x:c>
     </x:row>
     <x:row r="137" spans="1:21">
       <x:c r="A137" s="1" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="B137" s="0" t="s">
-        <x:v>80</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="C137" s="3" t="n">
         <x:v>37889</x:v>
       </x:c>
       <x:c r="D137" s="3" t="s"/>
       <x:c r="E137" s="0" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="G137" s="0" t="s">
-        <x:v>213</x:v>
+        <x:v>104</x:v>
+      </x:c>
+      <x:c r="H137" s="0" t="s">
+        <x:v>105</x:v>
       </x:c>
       <x:c r="I137" s="4" t="s">
-        <x:v>114</x:v>
+        <x:v>103</x:v>
       </x:c>
       <x:c r="J137" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="K137" s="0" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="L137" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="M137" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N137" s="3" t="n">
         <x:v>42766</x:v>
       </x:c>
       <x:c r="O137" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="P137" s="0" t="s">
-        <x:v>214</x:v>
+        <x:v>128</x:v>
       </x:c>
       <x:c r="Q137" s="4" t="s">
-        <x:v>215</x:v>
+        <x:v>129</x:v>
       </x:c>
       <x:c r="R137" s="0" t="s">
-        <x:v>41</x:v>
+        <x:v>78</x:v>
       </x:c>
       <x:c r="S137" s="0" t="n">
-        <x:v>560722</x:v>
+        <x:v>556262</x:v>
       </x:c>
       <x:c r="T137" s="4" t="s">
         <x:v>208</x:v>
       </x:c>
       <x:c r="U137" s="4" t="s">
         <x:v>205</x:v>
       </x:c>
     </x:row>
     <x:row r="138" spans="1:21">
       <x:c r="A138" s="13" t="s">
-        <x:v>21</x:v>
+        <x:v>72</x:v>
       </x:c>
       <x:c r="B138" s="14" t="s">
-        <x:v>61</x:v>
+        <x:v>73</x:v>
       </x:c>
       <x:c r="C138" s="15" t="n">
         <x:v>37889</x:v>
       </x:c>
       <x:c r="D138" s="15" t="s"/>
-      <x:c r="E138" s="14" t="s"/>
+      <x:c r="E138" s="14" t="s">
+        <x:v>74</x:v>
+      </x:c>
       <x:c r="F138" s="14" t="s"/>
       <x:c r="G138" s="14" t="s">
-        <x:v>149</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>93</x:v>
+      </x:c>
+      <x:c r="H138" s="14" t="s"/>
       <x:c r="I138" s="16" t="s">
-        <x:v>151</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="J138" s="14" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="K138" s="14" t="s">
-        <x:v>33</x:v>
+        <x:v>77</x:v>
       </x:c>
       <x:c r="L138" s="14" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="M138" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N138" s="15" t="n">
         <x:v>42766</x:v>
       </x:c>
       <x:c r="O138" s="14" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="P138" s="14" t="s">
-        <x:v>149</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="Q138" s="16" t="s">
-        <x:v>151</x:v>
+        <x:v>56</x:v>
       </x:c>
       <x:c r="R138" s="14" t="s">
-        <x:v>83</x:v>
+        <x:v>41</x:v>
       </x:c>
       <x:c r="S138" s="14" t="n">
-        <x:v>542321</x:v>
+        <x:v>553015</x:v>
       </x:c>
       <x:c r="T138" s="16" t="s">
         <x:v>208</x:v>
       </x:c>
       <x:c r="U138" s="16" t="s">
-        <x:v>205</x:v>
+        <x:v>160</x:v>
       </x:c>
     </x:row>
     <x:row r="139" spans="1:21">
       <x:c r="A139" s="1" t="s">
-        <x:v>72</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B139" s="0" t="s">
-        <x:v>73</x:v>
+        <x:v>61</x:v>
       </x:c>
       <x:c r="C139" s="3" t="n">
         <x:v>37889</x:v>
       </x:c>
       <x:c r="D139" s="3" t="s"/>
-      <x:c r="E139" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="G139" s="0" t="s">
-        <x:v>101</x:v>
+        <x:v>104</x:v>
       </x:c>
       <x:c r="H139" s="0" t="s">
-        <x:v>102</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="I139" s="4" t="s">
         <x:v>103</x:v>
       </x:c>
       <x:c r="J139" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="K139" s="0" t="s">
-        <x:v>77</x:v>
+        <x:v>33</x:v>
       </x:c>
       <x:c r="L139" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="M139" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N139" s="3" t="n">
         <x:v>42766</x:v>
       </x:c>
       <x:c r="O139" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="P139" s="0" t="s">
-        <x:v>101</x:v>
+        <x:v>104</x:v>
       </x:c>
       <x:c r="Q139" s="4" t="s">
         <x:v>103</x:v>
       </x:c>
       <x:c r="R139" s="0" t="s">
-        <x:v>78</x:v>
+        <x:v>126</x:v>
       </x:c>
       <x:c r="S139" s="0" t="n">
-        <x:v>555788</x:v>
+        <x:v>553994</x:v>
       </x:c>
       <x:c r="T139" s="4" t="s">
         <x:v>208</x:v>
       </x:c>
       <x:c r="U139" s="4" t="s">
         <x:v>205</x:v>
       </x:c>
     </x:row>
     <x:row r="140" spans="1:21">
       <x:c r="A140" s="13" t="s">
-        <x:v>72</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B140" s="14" t="s">
-        <x:v>92</x:v>
+        <x:v>70</x:v>
       </x:c>
       <x:c r="C140" s="15" t="n">
         <x:v>37889</x:v>
       </x:c>
       <x:c r="D140" s="15" t="s"/>
-      <x:c r="E140" s="14" t="s">
-[...1 lines deleted...]
-      </x:c>
+      <x:c r="E140" s="14" t="s"/>
       <x:c r="F140" s="14" t="s"/>
       <x:c r="G140" s="14" t="s">
-        <x:v>104</x:v>
+        <x:v>149</x:v>
       </x:c>
       <x:c r="H140" s="14" t="s">
-        <x:v>105</x:v>
+        <x:v>150</x:v>
       </x:c>
       <x:c r="I140" s="16" t="s">
-        <x:v>103</x:v>
+        <x:v>151</x:v>
       </x:c>
       <x:c r="J140" s="14" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="K140" s="14" t="s">
-        <x:v>77</x:v>
+        <x:v>33</x:v>
       </x:c>
       <x:c r="L140" s="14" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="M140" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N140" s="15" t="n">
         <x:v>42766</x:v>
       </x:c>
       <x:c r="O140" s="14" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="P140" s="14" t="s">
-        <x:v>132</x:v>
+        <x:v>149</x:v>
       </x:c>
       <x:c r="Q140" s="16" t="s">
-        <x:v>133</x:v>
+        <x:v>151</x:v>
       </x:c>
       <x:c r="R140" s="14" t="s">
-        <x:v>129</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="S140" s="14" t="n">
-        <x:v>556260</x:v>
+        <x:v>542322</x:v>
       </x:c>
       <x:c r="T140" s="16" t="s">
         <x:v>208</x:v>
       </x:c>
       <x:c r="U140" s="16" t="s">
         <x:v>205</x:v>
       </x:c>
     </x:row>
     <x:row r="141" spans="1:21">
       <x:c r="A141" s="1" t="s">
-        <x:v>72</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B141" s="0" t="s">
-        <x:v>92</x:v>
+        <x:v>71</x:v>
       </x:c>
       <x:c r="C141" s="3" t="n">
         <x:v>37889</x:v>
       </x:c>
       <x:c r="D141" s="3" t="s"/>
-      <x:c r="E141" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="G141" s="0" t="s">
         <x:v>104</x:v>
       </x:c>
       <x:c r="H141" s="0" t="s">
         <x:v>105</x:v>
       </x:c>
       <x:c r="I141" s="4" t="s">
         <x:v>103</x:v>
       </x:c>
       <x:c r="J141" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="K141" s="0" t="s">
-        <x:v>77</x:v>
+        <x:v>33</x:v>
       </x:c>
       <x:c r="L141" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="M141" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N141" s="3" t="n">
         <x:v>42766</x:v>
       </x:c>
       <x:c r="O141" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="P141" s="0" t="s">
-        <x:v>126</x:v>
+        <x:v>104</x:v>
       </x:c>
       <x:c r="Q141" s="4" t="s">
-        <x:v>127</x:v>
+        <x:v>103</x:v>
       </x:c>
       <x:c r="R141" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="S141" s="0" t="n">
-        <x:v>556261</x:v>
+        <x:v>554770</x:v>
       </x:c>
       <x:c r="T141" s="4" t="s">
         <x:v>208</x:v>
       </x:c>
       <x:c r="U141" s="4" t="s">
         <x:v>205</x:v>
       </x:c>
     </x:row>
     <x:row r="142" spans="1:21">
       <x:c r="A142" s="13" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="B142" s="14" t="s">
-        <x:v>166</x:v>
+        <x:v>80</x:v>
       </x:c>
       <x:c r="C142" s="15" t="n">
-        <x:v>35527</x:v>
+        <x:v>37889</x:v>
       </x:c>
       <x:c r="D142" s="15" t="s"/>
       <x:c r="E142" s="14" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="F142" s="14" t="s"/>
       <x:c r="G142" s="14" t="s">
-        <x:v>192</x:v>
+        <x:v>116</x:v>
       </x:c>
       <x:c r="H142" s="14" t="s"/>
       <x:c r="I142" s="16" t="s">
-        <x:v>193</x:v>
+        <x:v>117</x:v>
       </x:c>
       <x:c r="J142" s="14" t="s">
-        <x:v>142</x:v>
+        <x:v>64</x:v>
       </x:c>
       <x:c r="K142" s="14" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="L142" s="14" t="s">
-        <x:v>26</x:v>
+        <x:v>65</x:v>
       </x:c>
       <x:c r="M142" s="14" t="s">
-        <x:v>57</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="N142" s="15" t="n">
-        <x:v>42627</x:v>
+        <x:v>42766</x:v>
       </x:c>
       <x:c r="O142" s="14" t="s">
-        <x:v>58</x:v>
+        <x:v>66</x:v>
       </x:c>
       <x:c r="P142" s="14" t="s">
-        <x:v>192</x:v>
+        <x:v>116</x:v>
       </x:c>
       <x:c r="Q142" s="16" t="s">
-        <x:v>193</x:v>
+        <x:v>117</x:v>
       </x:c>
       <x:c r="R142" s="14" t="s">
-        <x:v>194</x:v>
+        <x:v>118</x:v>
       </x:c>
       <x:c r="S142" s="14" t="n">
-        <x:v>567802</x:v>
+        <x:v>550561</x:v>
       </x:c>
       <x:c r="T142" s="16" t="s">
         <x:v>208</x:v>
       </x:c>
       <x:c r="U142" s="16" t="s">
         <x:v>205</x:v>
       </x:c>
     </x:row>
     <x:row r="143" spans="1:21">
       <x:c r="A143" s="1" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="B143" s="0" t="s">
-        <x:v>80</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="C143" s="3" t="n">
         <x:v>37889</x:v>
       </x:c>
       <x:c r="D143" s="3" t="s"/>
       <x:c r="E143" s="0" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="G143" s="0" t="s">
-        <x:v>149</x:v>
-[...2 lines deleted...]
-        <x:v>150</x:v>
+        <x:v>116</x:v>
       </x:c>
       <x:c r="I143" s="4" t="s">
-        <x:v>151</x:v>
+        <x:v>117</x:v>
       </x:c>
       <x:c r="J143" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="K143" s="0" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="L143" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="M143" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N143" s="3" t="n">
         <x:v>42766</x:v>
       </x:c>
       <x:c r="O143" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="P143" s="0" t="s">
-        <x:v>153</x:v>
+        <x:v>116</x:v>
       </x:c>
       <x:c r="Q143" s="4" t="s">
-        <x:v>135</x:v>
+        <x:v>117</x:v>
       </x:c>
       <x:c r="R143" s="0" t="s">
-        <x:v>83</x:v>
+        <x:v>118</x:v>
       </x:c>
       <x:c r="S143" s="0" t="n">
-        <x:v>547713</x:v>
+        <x:v>550563</x:v>
       </x:c>
       <x:c r="T143" s="4" t="s">
         <x:v>208</x:v>
       </x:c>
       <x:c r="U143" s="4" t="s">
         <x:v>205</x:v>
       </x:c>
     </x:row>
     <x:row r="144" spans="1:21">
       <x:c r="A144" s="13" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="B144" s="14" t="s">
-        <x:v>166</x:v>
+        <x:v>73</x:v>
       </x:c>
       <x:c r="C144" s="15" t="n">
-        <x:v>35527</x:v>
+        <x:v>37889</x:v>
       </x:c>
       <x:c r="D144" s="15" t="s"/>
       <x:c r="E144" s="14" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="F144" s="14" t="s"/>
       <x:c r="G144" s="14" t="s">
-        <x:v>231</x:v>
-[...1 lines deleted...]
-      <x:c r="H144" s="14" t="s"/>
+        <x:v>104</x:v>
+      </x:c>
+      <x:c r="H144" s="14" t="s">
+        <x:v>105</x:v>
+      </x:c>
       <x:c r="I144" s="16" t="s">
-        <x:v>232</x:v>
+        <x:v>103</x:v>
       </x:c>
       <x:c r="J144" s="14" t="s">
-        <x:v>142</x:v>
+        <x:v>64</x:v>
       </x:c>
       <x:c r="K144" s="14" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="L144" s="14" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="M144" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N144" s="15" t="n">
-        <x:v>42627</x:v>
+        <x:v>42766</x:v>
       </x:c>
       <x:c r="O144" s="14" t="s">
-        <x:v>58</x:v>
+        <x:v>66</x:v>
       </x:c>
       <x:c r="P144" s="14" t="s">
-        <x:v>231</x:v>
+        <x:v>132</x:v>
       </x:c>
       <x:c r="Q144" s="16" t="s">
-        <x:v>232</x:v>
+        <x:v>133</x:v>
       </x:c>
       <x:c r="R144" s="14" t="s">
-        <x:v>233</x:v>
+        <x:v>126</x:v>
       </x:c>
       <x:c r="S144" s="14" t="n">
-        <x:v>583419</x:v>
+        <x:v>556349</x:v>
       </x:c>
       <x:c r="T144" s="16" t="s">
         <x:v>208</x:v>
       </x:c>
       <x:c r="U144" s="16" t="s">
-        <x:v>97</x:v>
+        <x:v>205</x:v>
       </x:c>
     </x:row>
     <x:row r="145" spans="1:21">
       <x:c r="A145" s="1" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="B145" s="0" t="s">
-        <x:v>73</x:v>
+        <x:v>166</x:v>
       </x:c>
       <x:c r="C145" s="3" t="n">
-        <x:v>37889</x:v>
+        <x:v>35527</x:v>
       </x:c>
       <x:c r="D145" s="3" t="s"/>
       <x:c r="E145" s="0" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="G145" s="0" t="s">
-        <x:v>134</x:v>
+        <x:v>229</x:v>
       </x:c>
       <x:c r="I145" s="4" t="s">
-        <x:v>135</x:v>
+        <x:v>193</x:v>
       </x:c>
       <x:c r="J145" s="0" t="s">
-        <x:v>64</x:v>
+        <x:v>142</x:v>
       </x:c>
       <x:c r="K145" s="0" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="L145" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M145" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N145" s="3" t="n">
-        <x:v>42766</x:v>
+        <x:v>42627</x:v>
       </x:c>
       <x:c r="O145" s="0" t="s">
-        <x:v>66</x:v>
+        <x:v>58</x:v>
       </x:c>
       <x:c r="P145" s="0" t="s">
-        <x:v>136</x:v>
+        <x:v>229</x:v>
       </x:c>
       <x:c r="Q145" s="4" t="s">
-        <x:v>137</x:v>
+        <x:v>193</x:v>
       </x:c>
       <x:c r="R145" s="0" t="s">
-        <x:v>138</x:v>
+        <x:v>188</x:v>
       </x:c>
       <x:c r="S145" s="0" t="n">
-        <x:v>553818</x:v>
+        <x:v>564260</x:v>
       </x:c>
       <x:c r="T145" s="4" t="s">
         <x:v>208</x:v>
       </x:c>
       <x:c r="U145" s="4" t="s">
-        <x:v>69</x:v>
+        <x:v>230</x:v>
       </x:c>
     </x:row>
     <x:row r="146" spans="1:21">
       <x:c r="A146" s="13" t="s">
-        <x:v>21</x:v>
+        <x:v>72</x:v>
       </x:c>
       <x:c r="B146" s="14" t="s">
-        <x:v>70</x:v>
+        <x:v>80</x:v>
       </x:c>
       <x:c r="C146" s="15" t="n">
         <x:v>37889</x:v>
       </x:c>
       <x:c r="D146" s="15" t="s"/>
-      <x:c r="E146" s="14" t="s"/>
+      <x:c r="E146" s="14" t="s">
+        <x:v>74</x:v>
+      </x:c>
       <x:c r="F146" s="14" t="s"/>
       <x:c r="G146" s="14" t="s">
-        <x:v>104</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>213</x:v>
+      </x:c>
+      <x:c r="H146" s="14" t="s"/>
       <x:c r="I146" s="16" t="s">
-        <x:v>103</x:v>
+        <x:v>114</x:v>
       </x:c>
       <x:c r="J146" s="14" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="K146" s="14" t="s">
-        <x:v>33</x:v>
+        <x:v>77</x:v>
       </x:c>
       <x:c r="L146" s="14" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="M146" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N146" s="15" t="n">
         <x:v>42766</x:v>
       </x:c>
       <x:c r="O146" s="14" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="P146" s="14" t="s">
-        <x:v>104</x:v>
+        <x:v>213</x:v>
       </x:c>
       <x:c r="Q146" s="16" t="s">
-        <x:v>103</x:v>
+        <x:v>114</x:v>
       </x:c>
       <x:c r="R146" s="14" t="s">
-        <x:v>129</x:v>
+        <x:v>115</x:v>
       </x:c>
       <x:c r="S146" s="14" t="n">
-        <x:v>553989</x:v>
+        <x:v>560721</x:v>
       </x:c>
       <x:c r="T146" s="16" t="s">
         <x:v>208</x:v>
       </x:c>
       <x:c r="U146" s="16" t="s">
         <x:v>205</x:v>
       </x:c>
     </x:row>
     <x:row r="147" spans="1:21">
       <x:c r="A147" s="1" t="s">
-        <x:v>21</x:v>
+        <x:v>72</x:v>
       </x:c>
       <x:c r="B147" s="0" t="s">
-        <x:v>70</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="C147" s="3" t="n">
         <x:v>37889</x:v>
       </x:c>
       <x:c r="D147" s="3" t="s"/>
+      <x:c r="E147" s="0" t="s">
+        <x:v>74</x:v>
+      </x:c>
       <x:c r="G147" s="0" t="s">
-        <x:v>104</x:v>
+        <x:v>149</x:v>
       </x:c>
       <x:c r="H147" s="0" t="s">
-        <x:v>105</x:v>
+        <x:v>150</x:v>
       </x:c>
       <x:c r="I147" s="4" t="s">
-        <x:v>103</x:v>
+        <x:v>151</x:v>
       </x:c>
       <x:c r="J147" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="K147" s="0" t="s">
-        <x:v>33</x:v>
+        <x:v>77</x:v>
       </x:c>
       <x:c r="L147" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="M147" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N147" s="3" t="n">
         <x:v>42766</x:v>
       </x:c>
       <x:c r="O147" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="P147" s="0" t="s">
-        <x:v>104</x:v>
+        <x:v>153</x:v>
       </x:c>
       <x:c r="Q147" s="4" t="s">
-        <x:v>103</x:v>
+        <x:v>135</x:v>
       </x:c>
       <x:c r="R147" s="0" t="s">
-        <x:v>29</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="S147" s="0" t="n">
-        <x:v>554772</x:v>
+        <x:v>547715</x:v>
       </x:c>
       <x:c r="T147" s="4" t="s">
         <x:v>208</x:v>
       </x:c>
       <x:c r="U147" s="4" t="s">
         <x:v>205</x:v>
       </x:c>
     </x:row>
     <x:row r="148" spans="1:21">
       <x:c r="A148" s="13" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="B148" s="14" t="s">
-        <x:v>166</x:v>
+        <x:v>73</x:v>
       </x:c>
       <x:c r="C148" s="15" t="n">
-        <x:v>35527</x:v>
+        <x:v>37889</x:v>
       </x:c>
       <x:c r="D148" s="15" t="s"/>
       <x:c r="E148" s="14" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="F148" s="14" t="s"/>
       <x:c r="G148" s="14" t="s">
-        <x:v>234</x:v>
+        <x:v>134</x:v>
       </x:c>
       <x:c r="H148" s="14" t="s"/>
       <x:c r="I148" s="16" t="s">
-        <x:v>235</x:v>
+        <x:v>135</x:v>
       </x:c>
       <x:c r="J148" s="14" t="s">
-        <x:v>142</x:v>
+        <x:v>64</x:v>
       </x:c>
       <x:c r="K148" s="14" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="L148" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M148" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N148" s="15" t="n">
-        <x:v>42627</x:v>
+        <x:v>42766</x:v>
       </x:c>
       <x:c r="O148" s="14" t="s">
-        <x:v>58</x:v>
+        <x:v>66</x:v>
       </x:c>
       <x:c r="P148" s="14" t="s">
-        <x:v>236</x:v>
+        <x:v>136</x:v>
       </x:c>
       <x:c r="Q148" s="16" t="s">
-        <x:v>178</x:v>
+        <x:v>137</x:v>
       </x:c>
       <x:c r="R148" s="14" t="s">
-        <x:v>179</x:v>
+        <x:v>138</x:v>
       </x:c>
       <x:c r="S148" s="14" t="n">
-        <x:v>553006</x:v>
+        <x:v>553819</x:v>
       </x:c>
       <x:c r="T148" s="16" t="s">
         <x:v>208</x:v>
       </x:c>
       <x:c r="U148" s="16" t="s">
-        <x:v>237</x:v>
+        <x:v>205</x:v>
       </x:c>
     </x:row>
     <x:row r="149" spans="1:21">
       <x:c r="A149" s="1" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="B149" s="0" t="s">
-        <x:v>73</x:v>
+        <x:v>80</x:v>
       </x:c>
       <x:c r="C149" s="3" t="n">
         <x:v>37889</x:v>
       </x:c>
       <x:c r="D149" s="3" t="s"/>
       <x:c r="E149" s="0" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="G149" s="0" t="s">
         <x:v>104</x:v>
       </x:c>
       <x:c r="H149" s="0" t="s">
         <x:v>105</x:v>
       </x:c>
       <x:c r="I149" s="4" t="s">
         <x:v>103</x:v>
       </x:c>
       <x:c r="J149" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="K149" s="0" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="L149" s="0" t="s">
-        <x:v>65</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="M149" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N149" s="3" t="n">
         <x:v>42766</x:v>
       </x:c>
       <x:c r="O149" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="P149" s="0" t="s">
-        <x:v>126</x:v>
+        <x:v>130</x:v>
       </x:c>
       <x:c r="Q149" s="4" t="s">
-        <x:v>127</x:v>
+        <x:v>131</x:v>
       </x:c>
       <x:c r="R149" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="S149" s="0" t="n">
-        <x:v>556348</x:v>
+        <x:v>556269</x:v>
       </x:c>
       <x:c r="T149" s="4" t="s">
         <x:v>208</x:v>
       </x:c>
       <x:c r="U149" s="4" t="s">
         <x:v>205</x:v>
       </x:c>
     </x:row>
     <x:row r="150" spans="1:21">
       <x:c r="A150" s="13" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="B150" s="14" t="s">
-        <x:v>73</x:v>
+        <x:v>80</x:v>
       </x:c>
       <x:c r="C150" s="15" t="n">
         <x:v>37889</x:v>
       </x:c>
       <x:c r="D150" s="15" t="s"/>
       <x:c r="E150" s="14" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="F150" s="14" t="s"/>
       <x:c r="G150" s="14" t="s">
-        <x:v>134</x:v>
+        <x:v>213</x:v>
       </x:c>
       <x:c r="H150" s="14" t="s"/>
       <x:c r="I150" s="16" t="s">
-        <x:v>135</x:v>
+        <x:v>114</x:v>
       </x:c>
       <x:c r="J150" s="14" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="K150" s="14" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="L150" s="14" t="s">
-        <x:v>26</x:v>
+        <x:v>65</x:v>
       </x:c>
       <x:c r="M150" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N150" s="15" t="n">
         <x:v>42766</x:v>
       </x:c>
       <x:c r="O150" s="14" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="P150" s="14" t="s">
-        <x:v>136</x:v>
+        <x:v>214</x:v>
       </x:c>
       <x:c r="Q150" s="16" t="s">
-        <x:v>137</x:v>
+        <x:v>215</x:v>
       </x:c>
       <x:c r="R150" s="14" t="s">
-        <x:v>138</x:v>
+        <x:v>41</x:v>
       </x:c>
       <x:c r="S150" s="14" t="n">
-        <x:v>553819</x:v>
+        <x:v>560722</x:v>
       </x:c>
       <x:c r="T150" s="16" t="s">
         <x:v>208</x:v>
       </x:c>
       <x:c r="U150" s="16" t="s">
         <x:v>205</x:v>
       </x:c>
     </x:row>
     <x:row r="151" spans="1:21">
       <x:c r="A151" s="1" t="s">
-        <x:v>72</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B151" s="0" t="s">
-        <x:v>80</x:v>
+        <x:v>61</x:v>
       </x:c>
       <x:c r="C151" s="3" t="n">
         <x:v>37889</x:v>
       </x:c>
       <x:c r="D151" s="3" t="s"/>
-      <x:c r="E151" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="G151" s="0" t="s">
-        <x:v>104</x:v>
+        <x:v>149</x:v>
       </x:c>
       <x:c r="H151" s="0" t="s">
-        <x:v>105</x:v>
+        <x:v>150</x:v>
       </x:c>
       <x:c r="I151" s="4" t="s">
-        <x:v>103</x:v>
+        <x:v>151</x:v>
       </x:c>
       <x:c r="J151" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="K151" s="0" t="s">
-        <x:v>77</x:v>
+        <x:v>33</x:v>
       </x:c>
       <x:c r="L151" s="0" t="s">
-        <x:v>26</x:v>
+        <x:v>65</x:v>
       </x:c>
       <x:c r="M151" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N151" s="3" t="n">
         <x:v>42766</x:v>
       </x:c>
       <x:c r="O151" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="P151" s="0" t="s">
-        <x:v>126</x:v>
+        <x:v>149</x:v>
       </x:c>
       <x:c r="Q151" s="4" t="s">
-        <x:v>127</x:v>
+        <x:v>151</x:v>
       </x:c>
       <x:c r="R151" s="0" t="s">
-        <x:v>29</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="S151" s="0" t="n">
-        <x:v>556269</x:v>
+        <x:v>542321</x:v>
       </x:c>
       <x:c r="T151" s="4" t="s">
         <x:v>208</x:v>
       </x:c>
       <x:c r="U151" s="4" t="s">
         <x:v>205</x:v>
       </x:c>
     </x:row>
     <x:row r="152" spans="1:21">
       <x:c r="A152" s="13" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="B152" s="14" t="s">
-        <x:v>166</x:v>
+        <x:v>73</x:v>
       </x:c>
       <x:c r="C152" s="15" t="n">
-        <x:v>35527</x:v>
+        <x:v>37889</x:v>
       </x:c>
       <x:c r="D152" s="15" t="s"/>
       <x:c r="E152" s="14" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="F152" s="14" t="s"/>
       <x:c r="G152" s="14" t="s">
-        <x:v>229</x:v>
-[...1 lines deleted...]
-      <x:c r="H152" s="14" t="s"/>
+        <x:v>101</x:v>
+      </x:c>
+      <x:c r="H152" s="14" t="s">
+        <x:v>102</x:v>
+      </x:c>
       <x:c r="I152" s="16" t="s">
-        <x:v>193</x:v>
+        <x:v>103</x:v>
       </x:c>
       <x:c r="J152" s="14" t="s">
-        <x:v>142</x:v>
+        <x:v>64</x:v>
       </x:c>
       <x:c r="K152" s="14" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="L152" s="14" t="s">
-        <x:v>26</x:v>
+        <x:v>65</x:v>
       </x:c>
       <x:c r="M152" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N152" s="15" t="n">
-        <x:v>42627</x:v>
+        <x:v>42766</x:v>
       </x:c>
       <x:c r="O152" s="14" t="s">
-        <x:v>58</x:v>
+        <x:v>66</x:v>
       </x:c>
       <x:c r="P152" s="14" t="s">
-        <x:v>229</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="Q152" s="16" t="s">
-        <x:v>193</x:v>
+        <x:v>103</x:v>
       </x:c>
       <x:c r="R152" s="14" t="s">
-        <x:v>188</x:v>
+        <x:v>78</x:v>
       </x:c>
       <x:c r="S152" s="14" t="n">
-        <x:v>564260</x:v>
+        <x:v>555788</x:v>
       </x:c>
       <x:c r="T152" s="16" t="s">
         <x:v>208</x:v>
       </x:c>
       <x:c r="U152" s="16" t="s">
-        <x:v>230</x:v>
+        <x:v>205</x:v>
       </x:c>
     </x:row>
     <x:row r="153" spans="1:21">
       <x:c r="A153" s="1" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="B153" s="0" t="s">
-        <x:v>80</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="C153" s="3" t="n">
         <x:v>37889</x:v>
       </x:c>
       <x:c r="D153" s="3" t="s"/>
       <x:c r="E153" s="0" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="G153" s="0" t="s">
-        <x:v>213</x:v>
+        <x:v>104</x:v>
+      </x:c>
+      <x:c r="H153" s="0" t="s">
+        <x:v>105</x:v>
       </x:c>
       <x:c r="I153" s="4" t="s">
-        <x:v>114</x:v>
+        <x:v>103</x:v>
       </x:c>
       <x:c r="J153" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="K153" s="0" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="L153" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="M153" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N153" s="3" t="n">
         <x:v>42766</x:v>
       </x:c>
       <x:c r="O153" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="P153" s="0" t="s">
-        <x:v>213</x:v>
+        <x:v>132</x:v>
       </x:c>
       <x:c r="Q153" s="4" t="s">
-        <x:v>114</x:v>
+        <x:v>133</x:v>
       </x:c>
       <x:c r="R153" s="0" t="s">
-        <x:v>115</x:v>
+        <x:v>126</x:v>
       </x:c>
       <x:c r="S153" s="0" t="n">
-        <x:v>560721</x:v>
+        <x:v>556260</x:v>
       </x:c>
       <x:c r="T153" s="4" t="s">
         <x:v>208</x:v>
       </x:c>
       <x:c r="U153" s="4" t="s">
         <x:v>205</x:v>
       </x:c>
     </x:row>
     <x:row r="154" spans="1:21">
       <x:c r="A154" s="13" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="B154" s="14" t="s">
-        <x:v>80</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="C154" s="15" t="n">
         <x:v>37889</x:v>
       </x:c>
       <x:c r="D154" s="15" t="s"/>
       <x:c r="E154" s="14" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="F154" s="14" t="s"/>
       <x:c r="G154" s="14" t="s">
-        <x:v>116</x:v>
-[...1 lines deleted...]
-      <x:c r="H154" s="14" t="s"/>
+        <x:v>104</x:v>
+      </x:c>
+      <x:c r="H154" s="14" t="s">
+        <x:v>105</x:v>
+      </x:c>
       <x:c r="I154" s="16" t="s">
-        <x:v>117</x:v>
+        <x:v>103</x:v>
       </x:c>
       <x:c r="J154" s="14" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="K154" s="14" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="L154" s="14" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="M154" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N154" s="15" t="n">
         <x:v>42766</x:v>
       </x:c>
       <x:c r="O154" s="14" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="P154" s="14" t="s">
-        <x:v>116</x:v>
+        <x:v>130</x:v>
       </x:c>
       <x:c r="Q154" s="16" t="s">
-        <x:v>117</x:v>
+        <x:v>131</x:v>
       </x:c>
       <x:c r="R154" s="14" t="s">
-        <x:v>118</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="S154" s="14" t="n">
-        <x:v>550561</x:v>
+        <x:v>556261</x:v>
       </x:c>
       <x:c r="T154" s="16" t="s">
         <x:v>208</x:v>
       </x:c>
       <x:c r="U154" s="16" t="s">
         <x:v>205</x:v>
       </x:c>
     </x:row>
     <x:row r="155" spans="1:21">
       <x:c r="A155" s="1" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="B155" s="0" t="s">
-        <x:v>92</x:v>
+        <x:v>166</x:v>
       </x:c>
       <x:c r="C155" s="3" t="n">
-        <x:v>37889</x:v>
+        <x:v>35527</x:v>
       </x:c>
       <x:c r="D155" s="3" t="s"/>
       <x:c r="E155" s="0" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="G155" s="0" t="s">
-        <x:v>116</x:v>
+        <x:v>192</x:v>
       </x:c>
       <x:c r="I155" s="4" t="s">
-        <x:v>117</x:v>
+        <x:v>193</x:v>
       </x:c>
       <x:c r="J155" s="0" t="s">
-        <x:v>64</x:v>
+        <x:v>142</x:v>
       </x:c>
       <x:c r="K155" s="0" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="L155" s="0" t="s">
-        <x:v>65</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="M155" s="0" t="s">
-        <x:v>27</x:v>
+        <x:v>57</x:v>
       </x:c>
       <x:c r="N155" s="3" t="n">
-        <x:v>42766</x:v>
+        <x:v>42627</x:v>
       </x:c>
       <x:c r="O155" s="0" t="s">
-        <x:v>66</x:v>
+        <x:v>58</x:v>
       </x:c>
       <x:c r="P155" s="0" t="s">
-        <x:v>116</x:v>
+        <x:v>192</x:v>
       </x:c>
       <x:c r="Q155" s="4" t="s">
-        <x:v>117</x:v>
+        <x:v>193</x:v>
       </x:c>
       <x:c r="R155" s="0" t="s">
-        <x:v>118</x:v>
+        <x:v>194</x:v>
       </x:c>
       <x:c r="S155" s="0" t="n">
-        <x:v>550563</x:v>
+        <x:v>567802</x:v>
       </x:c>
       <x:c r="T155" s="4" t="s">
         <x:v>208</x:v>
       </x:c>
       <x:c r="U155" s="4" t="s">
         <x:v>205</x:v>
       </x:c>
     </x:row>
     <x:row r="156" spans="1:21">
       <x:c r="A156" s="13" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="B156" s="14" t="s">
-        <x:v>73</x:v>
+        <x:v>80</x:v>
       </x:c>
       <x:c r="C156" s="15" t="n">
         <x:v>37889</x:v>
       </x:c>
       <x:c r="D156" s="15" t="s"/>
       <x:c r="E156" s="14" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="F156" s="14" t="s"/>
       <x:c r="G156" s="14" t="s">
-        <x:v>104</x:v>
+        <x:v>149</x:v>
       </x:c>
       <x:c r="H156" s="14" t="s">
-        <x:v>105</x:v>
+        <x:v>150</x:v>
       </x:c>
       <x:c r="I156" s="16" t="s">
-        <x:v>103</x:v>
+        <x:v>151</x:v>
       </x:c>
       <x:c r="J156" s="14" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="K156" s="14" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="L156" s="14" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="M156" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N156" s="15" t="n">
         <x:v>42766</x:v>
       </x:c>
       <x:c r="O156" s="14" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="P156" s="14" t="s">
-        <x:v>132</x:v>
+        <x:v>153</x:v>
       </x:c>
       <x:c r="Q156" s="16" t="s">
-        <x:v>133</x:v>
+        <x:v>135</x:v>
       </x:c>
       <x:c r="R156" s="14" t="s">
-        <x:v>129</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="S156" s="14" t="n">
-        <x:v>556349</x:v>
+        <x:v>547713</x:v>
       </x:c>
       <x:c r="T156" s="16" t="s">
         <x:v>208</x:v>
       </x:c>
       <x:c r="U156" s="16" t="s">
         <x:v>205</x:v>
       </x:c>
     </x:row>
     <x:row r="157" spans="1:21">
       <x:c r="A157" s="1" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="B157" s="0" t="s">
-        <x:v>92</x:v>
+        <x:v>166</x:v>
       </x:c>
       <x:c r="C157" s="3" t="n">
-        <x:v>37889</x:v>
+        <x:v>35527</x:v>
       </x:c>
       <x:c r="D157" s="3" t="s"/>
       <x:c r="E157" s="0" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="G157" s="0" t="s">
-        <x:v>149</x:v>
-[...2 lines deleted...]
-        <x:v>150</x:v>
+        <x:v>231</x:v>
       </x:c>
       <x:c r="I157" s="4" t="s">
-        <x:v>151</x:v>
+        <x:v>232</x:v>
       </x:c>
       <x:c r="J157" s="0" t="s">
-        <x:v>64</x:v>
+        <x:v>142</x:v>
       </x:c>
       <x:c r="K157" s="0" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="L157" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="M157" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N157" s="3" t="n">
-        <x:v>42766</x:v>
+        <x:v>42627</x:v>
       </x:c>
       <x:c r="O157" s="0" t="s">
-        <x:v>66</x:v>
+        <x:v>58</x:v>
       </x:c>
       <x:c r="P157" s="0" t="s">
-        <x:v>153</x:v>
+        <x:v>231</x:v>
       </x:c>
       <x:c r="Q157" s="4" t="s">
-        <x:v>135</x:v>
+        <x:v>232</x:v>
       </x:c>
       <x:c r="R157" s="0" t="s">
-        <x:v>83</x:v>
+        <x:v>233</x:v>
       </x:c>
       <x:c r="S157" s="0" t="n">
-        <x:v>547715</x:v>
+        <x:v>583419</x:v>
       </x:c>
       <x:c r="T157" s="4" t="s">
         <x:v>208</x:v>
       </x:c>
       <x:c r="U157" s="4" t="s">
-        <x:v>205</x:v>
+        <x:v>97</x:v>
       </x:c>
     </x:row>
     <x:row r="158" spans="1:21">
       <x:c r="A158" s="13" t="s">
-        <x:v>21</x:v>
+        <x:v>72</x:v>
       </x:c>
       <x:c r="B158" s="14" t="s">
-        <x:v>71</x:v>
+        <x:v>73</x:v>
       </x:c>
       <x:c r="C158" s="15" t="n">
         <x:v>37889</x:v>
       </x:c>
       <x:c r="D158" s="15" t="s"/>
-      <x:c r="E158" s="14" t="s"/>
+      <x:c r="E158" s="14" t="s">
+        <x:v>74</x:v>
+      </x:c>
       <x:c r="F158" s="14" t="s"/>
       <x:c r="G158" s="14" t="s">
-        <x:v>104</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>134</x:v>
+      </x:c>
+      <x:c r="H158" s="14" t="s"/>
       <x:c r="I158" s="16" t="s">
-        <x:v>103</x:v>
+        <x:v>135</x:v>
       </x:c>
       <x:c r="J158" s="14" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="K158" s="14" t="s">
-        <x:v>33</x:v>
+        <x:v>77</x:v>
       </x:c>
       <x:c r="L158" s="14" t="s">
-        <x:v>65</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="M158" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N158" s="15" t="n">
         <x:v>42766</x:v>
       </x:c>
       <x:c r="O158" s="14" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="P158" s="14" t="s">
-        <x:v>104</x:v>
+        <x:v>136</x:v>
       </x:c>
       <x:c r="Q158" s="16" t="s">
-        <x:v>103</x:v>
+        <x:v>137</x:v>
       </x:c>
       <x:c r="R158" s="14" t="s">
-        <x:v>78</x:v>
+        <x:v>138</x:v>
       </x:c>
       <x:c r="S158" s="14" t="n">
-        <x:v>553987</x:v>
+        <x:v>553818</x:v>
       </x:c>
       <x:c r="T158" s="16" t="s">
         <x:v>208</x:v>
       </x:c>
       <x:c r="U158" s="16" t="s">
-        <x:v>205</x:v>
+        <x:v>69</x:v>
       </x:c>
     </x:row>
     <x:row r="159" spans="1:21">
       <x:c r="A159" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B159" s="0" t="s">
-        <x:v>120</x:v>
+        <x:v>70</x:v>
       </x:c>
       <x:c r="C159" s="3" t="n">
         <x:v>37889</x:v>
       </x:c>
       <x:c r="D159" s="3" t="s"/>
       <x:c r="G159" s="0" t="s">
-        <x:v>219</x:v>
+        <x:v>104</x:v>
       </x:c>
       <x:c r="H159" s="0" t="s">
-        <x:v>220</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="I159" s="4" t="s">
-        <x:v>221</x:v>
+        <x:v>103</x:v>
       </x:c>
       <x:c r="J159" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="K159" s="0" t="s">
-        <x:v>222</x:v>
+        <x:v>33</x:v>
       </x:c>
       <x:c r="L159" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="M159" s="0" t="s">
-        <x:v>57</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="N159" s="3" t="n">
         <x:v>42766</x:v>
       </x:c>
       <x:c r="O159" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="P159" s="0" t="s">
-        <x:v>219</x:v>
+        <x:v>104</x:v>
       </x:c>
       <x:c r="Q159" s="4" t="s">
-        <x:v>221</x:v>
+        <x:v>103</x:v>
       </x:c>
       <x:c r="R159" s="0" t="s">
-        <x:v>223</x:v>
+        <x:v>126</x:v>
       </x:c>
       <x:c r="S159" s="0" t="n">
-        <x:v>573430</x:v>
+        <x:v>553989</x:v>
       </x:c>
       <x:c r="T159" s="4" t="s">
         <x:v>208</x:v>
       </x:c>
       <x:c r="U159" s="4" t="s">
-        <x:v>69</x:v>
+        <x:v>205</x:v>
       </x:c>
     </x:row>
     <x:row r="160" spans="1:21">
       <x:c r="A160" s="13" t="s">
-        <x:v>72</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B160" s="14" t="s">
-        <x:v>92</x:v>
+        <x:v>70</x:v>
       </x:c>
       <x:c r="C160" s="15" t="n">
         <x:v>37889</x:v>
       </x:c>
       <x:c r="D160" s="15" t="s"/>
-      <x:c r="E160" s="14" t="s">
-[...1 lines deleted...]
-      </x:c>
+      <x:c r="E160" s="14" t="s"/>
       <x:c r="F160" s="14" t="s"/>
       <x:c r="G160" s="14" t="s">
         <x:v>104</x:v>
       </x:c>
       <x:c r="H160" s="14" t="s">
         <x:v>105</x:v>
       </x:c>
       <x:c r="I160" s="16" t="s">
         <x:v>103</x:v>
       </x:c>
       <x:c r="J160" s="14" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="K160" s="14" t="s">
-        <x:v>77</x:v>
+        <x:v>33</x:v>
       </x:c>
       <x:c r="L160" s="14" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="M160" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N160" s="15" t="n">
         <x:v>42766</x:v>
       </x:c>
       <x:c r="O160" s="14" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="P160" s="14" t="s">
-        <x:v>130</x:v>
+        <x:v>104</x:v>
       </x:c>
       <x:c r="Q160" s="16" t="s">
-        <x:v>131</x:v>
+        <x:v>103</x:v>
       </x:c>
       <x:c r="R160" s="14" t="s">
-        <x:v>78</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="S160" s="14" t="n">
-        <x:v>556262</x:v>
+        <x:v>554772</x:v>
       </x:c>
       <x:c r="T160" s="16" t="s">
         <x:v>208</x:v>
       </x:c>
       <x:c r="U160" s="16" t="s">
         <x:v>205</x:v>
       </x:c>
     </x:row>
     <x:row r="161" spans="1:21">
       <x:c r="A161" s="1" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="B161" s="0" t="s">
-        <x:v>73</x:v>
+        <x:v>166</x:v>
       </x:c>
       <x:c r="C161" s="3" t="n">
-        <x:v>37889</x:v>
+        <x:v>35527</x:v>
       </x:c>
       <x:c r="D161" s="3" t="s"/>
       <x:c r="E161" s="0" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="G161" s="0" t="s">
-        <x:v>93</x:v>
+        <x:v>234</x:v>
       </x:c>
       <x:c r="I161" s="4" t="s">
-        <x:v>94</x:v>
+        <x:v>235</x:v>
       </x:c>
       <x:c r="J161" s="0" t="s">
-        <x:v>64</x:v>
+        <x:v>142</x:v>
       </x:c>
       <x:c r="K161" s="0" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="L161" s="0" t="s">
-        <x:v>65</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="M161" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N161" s="3" t="n">
-        <x:v>42766</x:v>
+        <x:v>42627</x:v>
       </x:c>
       <x:c r="O161" s="0" t="s">
-        <x:v>66</x:v>
+        <x:v>58</x:v>
       </x:c>
       <x:c r="P161" s="0" t="s">
-        <x:v>95</x:v>
+        <x:v>236</x:v>
       </x:c>
       <x:c r="Q161" s="4" t="s">
-        <x:v>56</x:v>
+        <x:v>178</x:v>
       </x:c>
       <x:c r="R161" s="0" t="s">
-        <x:v>41</x:v>
+        <x:v>179</x:v>
       </x:c>
       <x:c r="S161" s="0" t="n">
-        <x:v>553015</x:v>
+        <x:v>553006</x:v>
       </x:c>
       <x:c r="T161" s="4" t="s">
         <x:v>208</x:v>
       </x:c>
       <x:c r="U161" s="4" t="s">
-        <x:v>160</x:v>
+        <x:v>237</x:v>
       </x:c>
     </x:row>
     <x:row r="162" spans="1:21">
       <x:c r="A162" s="13" t="s">
-        <x:v>21</x:v>
+        <x:v>72</x:v>
       </x:c>
       <x:c r="B162" s="14" t="s">
-        <x:v>61</x:v>
+        <x:v>73</x:v>
       </x:c>
       <x:c r="C162" s="15" t="n">
         <x:v>37889</x:v>
       </x:c>
       <x:c r="D162" s="15" t="s"/>
-      <x:c r="E162" s="14" t="s"/>
+      <x:c r="E162" s="14" t="s">
+        <x:v>74</x:v>
+      </x:c>
       <x:c r="F162" s="14" t="s"/>
       <x:c r="G162" s="14" t="s">
         <x:v>104</x:v>
       </x:c>
       <x:c r="H162" s="14" t="s">
         <x:v>105</x:v>
       </x:c>
       <x:c r="I162" s="16" t="s">
         <x:v>103</x:v>
       </x:c>
       <x:c r="J162" s="14" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="K162" s="14" t="s">
-        <x:v>33</x:v>
+        <x:v>77</x:v>
       </x:c>
       <x:c r="L162" s="14" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="M162" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N162" s="15" t="n">
         <x:v>42766</x:v>
       </x:c>
       <x:c r="O162" s="14" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="P162" s="14" t="s">
-        <x:v>104</x:v>
+        <x:v>130</x:v>
       </x:c>
       <x:c r="Q162" s="16" t="s">
-        <x:v>103</x:v>
+        <x:v>131</x:v>
       </x:c>
       <x:c r="R162" s="14" t="s">
-        <x:v>129</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="S162" s="14" t="n">
-        <x:v>553994</x:v>
+        <x:v>556348</x:v>
       </x:c>
       <x:c r="T162" s="16" t="s">
         <x:v>208</x:v>
       </x:c>
       <x:c r="U162" s="16" t="s">
         <x:v>205</x:v>
       </x:c>
     </x:row>
     <x:row r="163" spans="1:21">
       <x:c r="A163" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B163" s="0" t="s">
-        <x:v>70</x:v>
+        <x:v>120</x:v>
       </x:c>
       <x:c r="C163" s="3" t="n">
         <x:v>37889</x:v>
       </x:c>
       <x:c r="D163" s="3" t="s"/>
       <x:c r="G163" s="0" t="s">
-        <x:v>149</x:v>
+        <x:v>219</x:v>
       </x:c>
       <x:c r="H163" s="0" t="s">
-        <x:v>150</x:v>
+        <x:v>220</x:v>
       </x:c>
       <x:c r="I163" s="4" t="s">
-        <x:v>151</x:v>
+        <x:v>221</x:v>
       </x:c>
       <x:c r="J163" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="K163" s="0" t="s">
-        <x:v>33</x:v>
+        <x:v>222</x:v>
       </x:c>
       <x:c r="L163" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="M163" s="0" t="s">
-        <x:v>27</x:v>
+        <x:v>57</x:v>
       </x:c>
       <x:c r="N163" s="3" t="n">
         <x:v>42766</x:v>
       </x:c>
       <x:c r="O163" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="P163" s="0" t="s">
-        <x:v>149</x:v>
+        <x:v>219</x:v>
       </x:c>
       <x:c r="Q163" s="4" t="s">
-        <x:v>151</x:v>
+        <x:v>221</x:v>
       </x:c>
       <x:c r="R163" s="0" t="s">
-        <x:v>83</x:v>
+        <x:v>223</x:v>
       </x:c>
       <x:c r="S163" s="0" t="n">
-        <x:v>542322</x:v>
+        <x:v>573430</x:v>
       </x:c>
       <x:c r="T163" s="4" t="s">
         <x:v>208</x:v>
       </x:c>
       <x:c r="U163" s="4" t="s">
-        <x:v>205</x:v>
+        <x:v>69</x:v>
       </x:c>
     </x:row>
     <x:row r="164" spans="1:21">
       <x:c r="A164" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B164" s="14" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="C164" s="15" t="n">
         <x:v>37889</x:v>
       </x:c>
       <x:c r="D164" s="15" t="s"/>
       <x:c r="E164" s="14" t="s"/>
       <x:c r="F164" s="14" t="s"/>
       <x:c r="G164" s="14" t="s">
         <x:v>104</x:v>
       </x:c>
       <x:c r="H164" s="14" t="s">
         <x:v>105</x:v>
       </x:c>
       <x:c r="I164" s="16" t="s">
         <x:v>103</x:v>
       </x:c>
       <x:c r="J164" s="14" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="K164" s="14" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="L164" s="14" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="M164" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N164" s="15" t="n">
         <x:v>42766</x:v>
       </x:c>
       <x:c r="O164" s="14" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="P164" s="14" t="s">
         <x:v>104</x:v>
       </x:c>
       <x:c r="Q164" s="16" t="s">
         <x:v>103</x:v>
       </x:c>
       <x:c r="R164" s="14" t="s">
-        <x:v>29</x:v>
+        <x:v>78</x:v>
       </x:c>
       <x:c r="S164" s="14" t="n">
-        <x:v>554770</x:v>
+        <x:v>553987</x:v>
       </x:c>
       <x:c r="T164" s="16" t="s">
         <x:v>208</x:v>
       </x:c>
       <x:c r="U164" s="16" t="s">
         <x:v>205</x:v>
       </x:c>
     </x:row>
     <x:row r="165" spans="1:21">
       <x:c r="A165" s="1" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="B165" s="0" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="C165" s="3" t="n">
         <x:v>37889</x:v>
       </x:c>
       <x:c r="D165" s="3" t="s"/>
       <x:c r="E165" s="0" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="G165" s="0" t="s">
         <x:v>106</x:v>
       </x:c>
@@ -11280,51 +11277,51 @@
       </x:c>
       <x:c r="U167" s="4" t="s">
         <x:v>243</x:v>
       </x:c>
     </x:row>
     <x:row r="168" spans="1:21">
       <x:c r="A168" s="13" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="B168" s="14" t="s">
         <x:v>166</x:v>
       </x:c>
       <x:c r="C168" s="15" t="n">
         <x:v>35527</x:v>
       </x:c>
       <x:c r="D168" s="15" t="s"/>
       <x:c r="E168" s="14" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="F168" s="14" t="s"/>
       <x:c r="G168" s="14" t="s">
         <x:v>167</x:v>
       </x:c>
       <x:c r="H168" s="14" t="s"/>
       <x:c r="I168" s="16" t="s">
-        <x:v>127</x:v>
+        <x:v>131</x:v>
       </x:c>
       <x:c r="J168" s="14" t="s">
         <x:v>142</x:v>
       </x:c>
       <x:c r="K168" s="14" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="L168" s="14" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="M168" s="14" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="N168" s="15" t="n">
         <x:v>42627</x:v>
       </x:c>
       <x:c r="O168" s="14" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="P168" s="14" t="s">
         <x:v>168</x:v>
       </x:c>
       <x:c r="Q168" s="16" t="s">
         <x:v>169</x:v>
       </x:c>
@@ -11845,103 +11842,103 @@
         <x:v>47</x:v>
       </x:c>
       <x:c r="J178" s="14" t="s"/>
       <x:c r="K178" s="14" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="L178" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M178" s="14" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="N178" s="15" t="n">
         <x:v>42754</x:v>
       </x:c>
       <x:c r="O178" s="14" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="P178" s="14" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="Q178" s="16" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="R178" s="14" t="s">
-        <x:v>34</x:v>
+        <x:v>260</x:v>
       </x:c>
       <x:c r="S178" s="14" t="n">
-        <x:v>607343</x:v>
+        <x:v>607337</x:v>
       </x:c>
       <x:c r="T178" s="16" t="s">
         <x:v>259</x:v>
       </x:c>
       <x:c r="U178" s="16" t="s">
         <x:v>203</x:v>
       </x:c>
     </x:row>
     <x:row r="179" spans="1:21">
       <x:c r="A179" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B179" s="0" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="C179" s="3" t="s"/>
       <x:c r="D179" s="3" t="s"/>
       <x:c r="G179" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="I179" s="4" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="K179" s="0" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="L179" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M179" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="N179" s="3" t="n">
         <x:v>42754</x:v>
       </x:c>
       <x:c r="O179" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="P179" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="Q179" s="4" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="R179" s="0" t="s">
-        <x:v>260</x:v>
+        <x:v>34</x:v>
       </x:c>
       <x:c r="S179" s="0" t="n">
-        <x:v>607337</x:v>
+        <x:v>607343</x:v>
       </x:c>
       <x:c r="T179" s="4" t="s">
         <x:v>259</x:v>
       </x:c>
       <x:c r="U179" s="4" t="s">
         <x:v>203</x:v>
       </x:c>
     </x:row>
     <x:row r="180" spans="1:21">
       <x:c r="A180" s="13" t="s">
         <x:v>261</x:v>
       </x:c>
       <x:c r="B180" s="14" t="s">
         <x:v>262</x:v>
       </x:c>
       <x:c r="C180" s="15" t="n">
         <x:v>35527</x:v>
       </x:c>
       <x:c r="D180" s="15" t="s"/>
       <x:c r="E180" s="14" t="s"/>
       <x:c r="F180" s="14" t="s"/>
       <x:c r="G180" s="14" t="s">
         <x:v>234</x:v>
       </x:c>
       <x:c r="H180" s="14" t="s"/>
@@ -12900,159 +12897,160 @@
       </x:c>
       <x:c r="O197" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="P197" s="0" t="s">
         <x:v>140</x:v>
       </x:c>
       <x:c r="Q197" s="4" t="s">
         <x:v>141</x:v>
       </x:c>
       <x:c r="R197" s="0" t="s">
         <x:v>143</x:v>
       </x:c>
       <x:c r="S197" s="0" t="n">
         <x:v>613744</x:v>
       </x:c>
       <x:c r="T197" s="4" t="s">
         <x:v>276</x:v>
       </x:c>
       <x:c r="U197" s="4" t="s">
         <x:v>280</x:v>
       </x:c>
     </x:row>
     <x:row r="198" spans="1:21">
       <x:c r="A198" s="13" t="s">
-        <x:v>72</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B198" s="14" t="s">
-        <x:v>281</x:v>
+        <x:v>183</x:v>
       </x:c>
       <x:c r="C198" s="15" t="n">
         <x:v>37865</x:v>
       </x:c>
       <x:c r="D198" s="15" t="s"/>
-      <x:c r="E198" s="14" t="s">
-[...1 lines deleted...]
-      </x:c>
+      <x:c r="E198" s="14" t="s"/>
       <x:c r="F198" s="14" t="s"/>
       <x:c r="G198" s="14" t="s">
-        <x:v>278</x:v>
+        <x:v>140</x:v>
       </x:c>
       <x:c r="H198" s="14" t="s"/>
       <x:c r="I198" s="16" t="s">
         <x:v>141</x:v>
       </x:c>
       <x:c r="J198" s="14" t="s">
         <x:v>142</x:v>
       </x:c>
       <x:c r="K198" s="14" t="s">
-        <x:v>77</x:v>
+        <x:v>33</x:v>
       </x:c>
       <x:c r="L198" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M198" s="14" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="N198" s="15" t="n">
         <x:v>32024</x:v>
       </x:c>
       <x:c r="O198" s="14" t="s">
         <x:v>182</x:v>
       </x:c>
       <x:c r="P198" s="14" t="s">
-        <x:v>278</x:v>
+        <x:v>140</x:v>
       </x:c>
       <x:c r="Q198" s="16" t="s">
         <x:v>141</x:v>
       </x:c>
       <x:c r="R198" s="14" t="s">
         <x:v>143</x:v>
       </x:c>
       <x:c r="S198" s="14" t="n">
-        <x:v>608623</x:v>
+        <x:v>613732</x:v>
       </x:c>
       <x:c r="T198" s="16" t="s">
         <x:v>276</x:v>
       </x:c>
       <x:c r="U198" s="16" t="s">
-        <x:v>60</x:v>
+        <x:v>280</x:v>
       </x:c>
     </x:row>
     <x:row r="199" spans="1:21">
       <x:c r="A199" s="1" t="s">
-        <x:v>21</x:v>
+        <x:v>72</x:v>
       </x:c>
       <x:c r="B199" s="0" t="s">
-        <x:v>183</x:v>
+        <x:v>281</x:v>
       </x:c>
       <x:c r="C199" s="3" t="n">
         <x:v>37865</x:v>
       </x:c>
       <x:c r="D199" s="3" t="s"/>
+      <x:c r="E199" s="0" t="s">
+        <x:v>74</x:v>
+      </x:c>
       <x:c r="G199" s="0" t="s">
-        <x:v>140</x:v>
+        <x:v>278</x:v>
       </x:c>
       <x:c r="I199" s="4" t="s">
         <x:v>141</x:v>
       </x:c>
       <x:c r="J199" s="0" t="s">
         <x:v>142</x:v>
       </x:c>
       <x:c r="K199" s="0" t="s">
-        <x:v>33</x:v>
+        <x:v>77</x:v>
       </x:c>
       <x:c r="L199" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M199" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="N199" s="3" t="n">
         <x:v>32024</x:v>
       </x:c>
       <x:c r="O199" s="0" t="s">
         <x:v>182</x:v>
       </x:c>
       <x:c r="P199" s="0" t="s">
-        <x:v>140</x:v>
+        <x:v>278</x:v>
       </x:c>
       <x:c r="Q199" s="4" t="s">
         <x:v>141</x:v>
       </x:c>
       <x:c r="R199" s="0" t="s">
         <x:v>143</x:v>
       </x:c>
       <x:c r="S199" s="0" t="n">
-        <x:v>613732</x:v>
+        <x:v>608623</x:v>
       </x:c>
       <x:c r="T199" s="4" t="s">
         <x:v>276</x:v>
       </x:c>
       <x:c r="U199" s="4" t="s">
-        <x:v>280</x:v>
+        <x:v>60</x:v>
       </x:c>
     </x:row>
     <x:row r="200" spans="1:21">
       <x:c r="A200" s="13" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="B200" s="14" t="s">
         <x:v>166</x:v>
       </x:c>
       <x:c r="C200" s="15" t="n">
         <x:v>35527</x:v>
       </x:c>
       <x:c r="D200" s="15" t="s"/>
       <x:c r="E200" s="14" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="F200" s="14" t="s"/>
       <x:c r="G200" s="14" t="s">
         <x:v>234</x:v>
       </x:c>
       <x:c r="H200" s="14" t="s"/>
       <x:c r="I200" s="16" t="s">
         <x:v>235</x:v>
       </x:c>
       <x:c r="J200" s="14" t="s">
@@ -13190,51 +13188,51 @@
       <x:c r="T202" s="16" t="s">
         <x:v>284</x:v>
       </x:c>
       <x:c r="U202" s="16" t="s">
         <x:v>285</x:v>
       </x:c>
     </x:row>
     <x:row r="203" spans="1:21">
       <x:c r="A203" s="1" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="B203" s="0" t="s">
         <x:v>166</x:v>
       </x:c>
       <x:c r="C203" s="3" t="n">
         <x:v>35527</x:v>
       </x:c>
       <x:c r="D203" s="3" t="s"/>
       <x:c r="E203" s="0" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="G203" s="0" t="s">
         <x:v>167</x:v>
       </x:c>
       <x:c r="I203" s="4" t="s">
-        <x:v>127</x:v>
+        <x:v>131</x:v>
       </x:c>
       <x:c r="J203" s="0" t="s">
         <x:v>142</x:v>
       </x:c>
       <x:c r="K203" s="0" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="L203" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="M203" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N203" s="3" t="n">
         <x:v>42627</x:v>
       </x:c>
       <x:c r="O203" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="P203" s="0" t="s">
         <x:v>168</x:v>
       </x:c>
       <x:c r="Q203" s="4" t="s">
         <x:v>169</x:v>
       </x:c>
@@ -13856,75 +13854,75 @@
       <x:c r="S214" s="14" t="n">
         <x:v>616865</x:v>
       </x:c>
       <x:c r="T214" s="16" t="s">
         <x:v>312</x:v>
       </x:c>
       <x:c r="U214" s="16" t="s">
         <x:v>313</x:v>
       </x:c>
     </x:row>
     <x:row r="215" spans="1:21">
       <x:c r="A215" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B215" s="0" t="s">
         <x:v>315</x:v>
       </x:c>
       <x:c r="C215" s="3" t="n">
         <x:v>35527</x:v>
       </x:c>
       <x:c r="D215" s="3" t="s"/>
       <x:c r="G215" s="0" t="s">
         <x:v>316</x:v>
       </x:c>
       <x:c r="I215" s="4" t="s">
-        <x:v>131</x:v>
+        <x:v>129</x:v>
       </x:c>
       <x:c r="J215" s="0" t="s">
         <x:v>142</x:v>
       </x:c>
       <x:c r="K215" s="0" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="L215" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="M215" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N215" s="3" t="n">
         <x:v>42627</x:v>
       </x:c>
       <x:c r="O215" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="P215" s="0" t="s">
         <x:v>316</x:v>
       </x:c>
       <x:c r="Q215" s="4" t="s">
-        <x:v>131</x:v>
+        <x:v>129</x:v>
       </x:c>
       <x:c r="R215" s="0" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="S215" s="0" t="n">
         <x:v>599454</x:v>
       </x:c>
       <x:c r="T215" s="4" t="s">
         <x:v>317</x:v>
       </x:c>
       <x:c r="U215" s="4" t="s">
         <x:v>318</x:v>
       </x:c>
     </x:row>
     <x:row r="216" spans="1:21">
       <x:c r="A216" s="13" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="B216" s="14" t="s">
         <x:v>92</x:v>
       </x:c>
       <x:c r="C216" s="15" t="n">
         <x:v>37889</x:v>
       </x:c>
       <x:c r="D216" s="15" t="s"/>
@@ -14240,51 +14238,51 @@
       </x:c>
       <x:c r="P221" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="Q221" s="4" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="R221" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="S221" s="0" t="n">
         <x:v>598265</x:v>
       </x:c>
       <x:c r="T221" s="4" t="s">
         <x:v>319</x:v>
       </x:c>
       <x:c r="U221" s="4" t="s">
         <x:v>230</x:v>
       </x:c>
     </x:row>
     <x:row r="222" spans="1:21">
       <x:c r="A222" s="13" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="B222" s="14" t="s">
-        <x:v>88</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="C222" s="15" t="n">
         <x:v>37889</x:v>
       </x:c>
       <x:c r="D222" s="15" t="s"/>
       <x:c r="E222" s="14" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="F222" s="14" t="s"/>
       <x:c r="G222" s="14" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="H222" s="14" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="I222" s="16" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="J222" s="14" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="K222" s="14" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="L222" s="14" t="s">
@@ -14301,51 +14299,51 @@
       </x:c>
       <x:c r="P222" s="14" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="Q222" s="16" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="R222" s="14" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="S222" s="14" t="n">
         <x:v>602755</x:v>
       </x:c>
       <x:c r="T222" s="16" t="s">
         <x:v>320</x:v>
       </x:c>
       <x:c r="U222" s="16" t="s">
         <x:v>230</x:v>
       </x:c>
     </x:row>
     <x:row r="223" spans="1:21">
       <x:c r="A223" s="1" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="B223" s="0" t="s">
-        <x:v>89</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="C223" s="3" t="n">
         <x:v>37889</x:v>
       </x:c>
       <x:c r="D223" s="3" t="s"/>
       <x:c r="E223" s="0" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="G223" s="0" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="H223" s="0" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="I223" s="4" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="J223" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="K223" s="0" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="L223" s="0" t="s">
         <x:v>65</x:v>
@@ -14432,1549 +14430,1552 @@
       <x:c r="S224" s="14" t="n">
         <x:v>602756</x:v>
       </x:c>
       <x:c r="T224" s="16" t="s">
         <x:v>320</x:v>
       </x:c>
       <x:c r="U224" s="16" t="s">
         <x:v>230</x:v>
       </x:c>
     </x:row>
     <x:row r="225" spans="1:21">
       <x:c r="A225" s="1" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="B225" s="0" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="C225" s="3" t="n">
         <x:v>37889</x:v>
       </x:c>
       <x:c r="D225" s="3" t="s"/>
       <x:c r="E225" s="0" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="G225" s="0" t="s">
-        <x:v>93</x:v>
+        <x:v>213</x:v>
       </x:c>
       <x:c r="I225" s="4" t="s">
-        <x:v>94</x:v>
+        <x:v>114</x:v>
       </x:c>
       <x:c r="J225" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="K225" s="0" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="L225" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="M225" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N225" s="3" t="n">
         <x:v>42766</x:v>
       </x:c>
       <x:c r="O225" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="P225" s="0" t="s">
-        <x:v>95</x:v>
+        <x:v>214</x:v>
       </x:c>
       <x:c r="Q225" s="4" t="s">
-        <x:v>56</x:v>
+        <x:v>215</x:v>
       </x:c>
       <x:c r="R225" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="S225" s="0" t="n">
-        <x:v>605555</x:v>
+        <x:v>603528</x:v>
       </x:c>
       <x:c r="T225" s="4" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="U225" s="4" t="s">
-        <x:v>321</x:v>
+        <x:v>230</x:v>
       </x:c>
     </x:row>
     <x:row r="226" spans="1:21">
       <x:c r="A226" s="13" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="B226" s="14" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="C226" s="15" t="n">
         <x:v>37889</x:v>
       </x:c>
       <x:c r="D226" s="15" t="s"/>
       <x:c r="E226" s="14" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="F226" s="14" t="s"/>
       <x:c r="G226" s="14" t="s">
-        <x:v>104</x:v>
+        <x:v>149</x:v>
       </x:c>
       <x:c r="H226" s="14" t="s">
-        <x:v>105</x:v>
+        <x:v>150</x:v>
       </x:c>
       <x:c r="I226" s="16" t="s">
-        <x:v>103</x:v>
+        <x:v>151</x:v>
       </x:c>
       <x:c r="J226" s="14" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="K226" s="14" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="L226" s="14" t="s">
-        <x:v>26</x:v>
+        <x:v>65</x:v>
       </x:c>
       <x:c r="M226" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N226" s="15" t="n">
         <x:v>42766</x:v>
       </x:c>
       <x:c r="O226" s="14" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="P226" s="14" t="s">
-        <x:v>132</x:v>
+        <x:v>153</x:v>
       </x:c>
       <x:c r="Q226" s="16" t="s">
-        <x:v>133</x:v>
+        <x:v>135</x:v>
       </x:c>
       <x:c r="R226" s="14" t="s">
-        <x:v>129</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="S226" s="14" t="n">
-        <x:v>608176</x:v>
+        <x:v>602218</x:v>
       </x:c>
       <x:c r="T226" s="16" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="U226" s="16" t="s">
         <x:v>230</x:v>
       </x:c>
     </x:row>
     <x:row r="227" spans="1:21">
       <x:c r="A227" s="1" t="s">
-        <x:v>21</x:v>
+        <x:v>72</x:v>
       </x:c>
       <x:c r="B227" s="0" t="s">
-        <x:v>120</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="C227" s="3" t="n">
         <x:v>37889</x:v>
       </x:c>
       <x:c r="D227" s="3" t="s"/>
+      <x:c r="E227" s="0" t="s">
+        <x:v>74</x:v>
+      </x:c>
       <x:c r="G227" s="0" t="s">
-        <x:v>219</x:v>
+        <x:v>104</x:v>
       </x:c>
       <x:c r="H227" s="0" t="s">
-        <x:v>220</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="I227" s="4" t="s">
-        <x:v>221</x:v>
+        <x:v>103</x:v>
       </x:c>
       <x:c r="J227" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="K227" s="0" t="s">
-        <x:v>222</x:v>
+        <x:v>77</x:v>
       </x:c>
       <x:c r="L227" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="M227" s="0" t="s">
-        <x:v>57</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="N227" s="3" t="n">
         <x:v>42766</x:v>
       </x:c>
       <x:c r="O227" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="P227" s="0" t="s">
-        <x:v>219</x:v>
+        <x:v>130</x:v>
       </x:c>
       <x:c r="Q227" s="4" t="s">
-        <x:v>221</x:v>
+        <x:v>131</x:v>
       </x:c>
       <x:c r="R227" s="0" t="s">
-        <x:v>223</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="S227" s="0" t="n">
-        <x:v>615765</x:v>
+        <x:v>607798</x:v>
       </x:c>
       <x:c r="T227" s="4" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="U227" s="4" t="s">
-        <x:v>205</x:v>
+        <x:v>230</x:v>
       </x:c>
     </x:row>
     <x:row r="228" spans="1:21">
       <x:c r="A228" s="13" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="B228" s="14" t="s">
-        <x:v>92</x:v>
+        <x:v>73</x:v>
       </x:c>
       <x:c r="C228" s="15" t="n">
         <x:v>37889</x:v>
       </x:c>
       <x:c r="D228" s="15" t="s"/>
       <x:c r="E228" s="14" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="F228" s="14" t="s"/>
       <x:c r="G228" s="14" t="s">
-        <x:v>93</x:v>
-[...1 lines deleted...]
-      <x:c r="H228" s="14" t="s"/>
+        <x:v>104</x:v>
+      </x:c>
+      <x:c r="H228" s="14" t="s">
+        <x:v>105</x:v>
+      </x:c>
       <x:c r="I228" s="16" t="s">
-        <x:v>94</x:v>
+        <x:v>103</x:v>
       </x:c>
       <x:c r="J228" s="14" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="K228" s="14" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="L228" s="14" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="M228" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N228" s="15" t="n">
         <x:v>42766</x:v>
       </x:c>
       <x:c r="O228" s="14" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="P228" s="14" t="s">
-        <x:v>95</x:v>
+        <x:v>130</x:v>
       </x:c>
       <x:c r="Q228" s="16" t="s">
-        <x:v>56</x:v>
+        <x:v>131</x:v>
       </x:c>
       <x:c r="R228" s="14" t="s">
-        <x:v>41</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="S228" s="14" t="n">
-        <x:v>605556</x:v>
+        <x:v>607807</x:v>
       </x:c>
       <x:c r="T228" s="16" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="U228" s="16" t="s">
-        <x:v>321</x:v>
+        <x:v>230</x:v>
       </x:c>
     </x:row>
     <x:row r="229" spans="1:21">
       <x:c r="A229" s="1" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="B229" s="0" t="s">
-        <x:v>73</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="C229" s="3" t="n">
         <x:v>37889</x:v>
       </x:c>
       <x:c r="D229" s="3" t="s"/>
       <x:c r="E229" s="0" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="G229" s="0" t="s">
-        <x:v>134</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="I229" s="4" t="s">
-        <x:v>135</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="J229" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="K229" s="0" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="L229" s="0" t="s">
-        <x:v>26</x:v>
+        <x:v>65</x:v>
       </x:c>
       <x:c r="M229" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N229" s="3" t="n">
         <x:v>42766</x:v>
       </x:c>
       <x:c r="O229" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="P229" s="0" t="s">
-        <x:v>136</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="Q229" s="4" t="s">
-        <x:v>137</x:v>
+        <x:v>56</x:v>
       </x:c>
       <x:c r="R229" s="0" t="s">
-        <x:v>138</x:v>
+        <x:v>41</x:v>
       </x:c>
       <x:c r="S229" s="0" t="n">
-        <x:v>607420</x:v>
+        <x:v>605556</x:v>
       </x:c>
       <x:c r="T229" s="4" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="U229" s="4" t="s">
-        <x:v>205</x:v>
+        <x:v>321</x:v>
       </x:c>
     </x:row>
     <x:row r="230" spans="1:21">
       <x:c r="A230" s="13" t="s">
-        <x:v>21</x:v>
+        <x:v>72</x:v>
       </x:c>
       <x:c r="B230" s="14" t="s">
-        <x:v>70</x:v>
+        <x:v>73</x:v>
       </x:c>
       <x:c r="C230" s="15" t="n">
         <x:v>37889</x:v>
       </x:c>
       <x:c r="D230" s="15" t="s"/>
-      <x:c r="E230" s="14" t="s"/>
+      <x:c r="E230" s="14" t="s">
+        <x:v>74</x:v>
+      </x:c>
       <x:c r="F230" s="14" t="s"/>
       <x:c r="G230" s="14" t="s">
-        <x:v>149</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>93</x:v>
+      </x:c>
+      <x:c r="H230" s="14" t="s"/>
       <x:c r="I230" s="16" t="s">
-        <x:v>151</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="J230" s="14" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="K230" s="14" t="s">
-        <x:v>33</x:v>
+        <x:v>77</x:v>
       </x:c>
       <x:c r="L230" s="14" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="M230" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N230" s="15" t="n">
         <x:v>42766</x:v>
       </x:c>
       <x:c r="O230" s="14" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="P230" s="14" t="s">
-        <x:v>149</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="Q230" s="16" t="s">
-        <x:v>151</x:v>
+        <x:v>56</x:v>
       </x:c>
       <x:c r="R230" s="14" t="s">
-        <x:v>83</x:v>
+        <x:v>41</x:v>
       </x:c>
       <x:c r="S230" s="14" t="n">
-        <x:v>585539</x:v>
+        <x:v>605555</x:v>
       </x:c>
       <x:c r="T230" s="16" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="U230" s="16" t="s">
-        <x:v>230</x:v>
+        <x:v>321</x:v>
       </x:c>
     </x:row>
     <x:row r="231" spans="1:21">
       <x:c r="A231" s="1" t="s">
-        <x:v>322</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B231" s="0" t="s">
-        <x:v>323</x:v>
+        <x:v>71</x:v>
       </x:c>
       <x:c r="C231" s="3" t="n">
         <x:v>37889</x:v>
       </x:c>
       <x:c r="D231" s="3" t="s"/>
       <x:c r="G231" s="0" t="s">
-        <x:v>324</x:v>
+        <x:v>149</x:v>
+      </x:c>
+      <x:c r="H231" s="0" t="s">
+        <x:v>150</x:v>
       </x:c>
       <x:c r="I231" s="4" t="s">
-        <x:v>241</x:v>
+        <x:v>151</x:v>
       </x:c>
       <x:c r="J231" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="K231" s="0" t="s">
-        <x:v>325</x:v>
+        <x:v>33</x:v>
       </x:c>
       <x:c r="L231" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="M231" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N231" s="3" t="n">
         <x:v>42766</x:v>
       </x:c>
       <x:c r="O231" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="P231" s="0" t="s">
-        <x:v>324</x:v>
+        <x:v>149</x:v>
       </x:c>
       <x:c r="Q231" s="4" t="s">
-        <x:v>241</x:v>
+        <x:v>151</x:v>
       </x:c>
       <x:c r="R231" s="0" t="s">
-        <x:v>326</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="S231" s="0" t="n">
-        <x:v>595839</x:v>
+        <x:v>585586</x:v>
       </x:c>
       <x:c r="T231" s="4" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="U231" s="4" t="s">
         <x:v>230</x:v>
       </x:c>
     </x:row>
     <x:row r="232" spans="1:21">
       <x:c r="A232" s="13" t="s">
-        <x:v>322</x:v>
+        <x:v>72</x:v>
       </x:c>
       <x:c r="B232" s="14" t="s">
-        <x:v>120</x:v>
+        <x:v>80</x:v>
       </x:c>
       <x:c r="C232" s="15" t="n">
         <x:v>37889</x:v>
       </x:c>
       <x:c r="D232" s="15" t="s"/>
-      <x:c r="E232" s="14" t="s"/>
+      <x:c r="E232" s="14" t="s">
+        <x:v>74</x:v>
+      </x:c>
       <x:c r="F232" s="14" t="s"/>
       <x:c r="G232" s="14" t="s">
-        <x:v>327</x:v>
+        <x:v>134</x:v>
       </x:c>
       <x:c r="H232" s="14" t="s"/>
       <x:c r="I232" s="16" t="s">
-        <x:v>137</x:v>
+        <x:v>135</x:v>
       </x:c>
       <x:c r="J232" s="14" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="K232" s="14" t="s">
-        <x:v>325</x:v>
+        <x:v>77</x:v>
       </x:c>
       <x:c r="L232" s="14" t="s">
-        <x:v>65</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="M232" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N232" s="15" t="n">
         <x:v>42766</x:v>
       </x:c>
       <x:c r="O232" s="14" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="P232" s="14" t="s">
-        <x:v>327</x:v>
+        <x:v>136</x:v>
       </x:c>
       <x:c r="Q232" s="16" t="s">
         <x:v>137</x:v>
       </x:c>
       <x:c r="R232" s="14" t="s">
         <x:v>138</x:v>
       </x:c>
       <x:c r="S232" s="14" t="n">
-        <x:v>595583</x:v>
+        <x:v>607417</x:v>
       </x:c>
       <x:c r="T232" s="16" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="U232" s="16" t="s">
         <x:v>230</x:v>
       </x:c>
     </x:row>
     <x:row r="233" spans="1:21">
       <x:c r="A233" s="1" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="B233" s="0" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="C233" s="3" t="n">
         <x:v>37889</x:v>
       </x:c>
       <x:c r="D233" s="3" t="s"/>
       <x:c r="E233" s="0" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="G233" s="0" t="s">
-        <x:v>116</x:v>
+        <x:v>134</x:v>
       </x:c>
       <x:c r="I233" s="4" t="s">
-        <x:v>117</x:v>
+        <x:v>135</x:v>
       </x:c>
       <x:c r="J233" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="K233" s="0" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="L233" s="0" t="s">
-        <x:v>65</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="M233" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N233" s="3" t="n">
         <x:v>42766</x:v>
       </x:c>
       <x:c r="O233" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="P233" s="0" t="s">
-        <x:v>116</x:v>
+        <x:v>136</x:v>
       </x:c>
       <x:c r="Q233" s="4" t="s">
-        <x:v>117</x:v>
+        <x:v>137</x:v>
       </x:c>
       <x:c r="R233" s="0" t="s">
-        <x:v>118</x:v>
+        <x:v>138</x:v>
       </x:c>
       <x:c r="S233" s="0" t="n">
-        <x:v>607943</x:v>
+        <x:v>607420</x:v>
       </x:c>
       <x:c r="T233" s="4" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="U233" s="4" t="s">
-        <x:v>230</x:v>
+        <x:v>205</x:v>
       </x:c>
     </x:row>
     <x:row r="234" spans="1:21">
       <x:c r="A234" s="13" t="s">
-        <x:v>72</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B234" s="14" t="s">
-        <x:v>80</x:v>
+        <x:v>70</x:v>
       </x:c>
       <x:c r="C234" s="15" t="n">
         <x:v>37889</x:v>
       </x:c>
       <x:c r="D234" s="15" t="s"/>
-      <x:c r="E234" s="14" t="s">
-[...1 lines deleted...]
-      </x:c>
+      <x:c r="E234" s="14" t="s"/>
       <x:c r="F234" s="14" t="s"/>
       <x:c r="G234" s="14" t="s">
-        <x:v>104</x:v>
+        <x:v>149</x:v>
       </x:c>
       <x:c r="H234" s="14" t="s">
-        <x:v>105</x:v>
+        <x:v>150</x:v>
       </x:c>
       <x:c r="I234" s="16" t="s">
-        <x:v>103</x:v>
+        <x:v>151</x:v>
       </x:c>
       <x:c r="J234" s="14" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="K234" s="14" t="s">
-        <x:v>77</x:v>
+        <x:v>33</x:v>
       </x:c>
       <x:c r="L234" s="14" t="s">
-        <x:v>26</x:v>
+        <x:v>65</x:v>
       </x:c>
       <x:c r="M234" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N234" s="15" t="n">
         <x:v>42766</x:v>
       </x:c>
       <x:c r="O234" s="14" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="P234" s="14" t="s">
-        <x:v>130</x:v>
+        <x:v>149</x:v>
       </x:c>
       <x:c r="Q234" s="16" t="s">
-        <x:v>131</x:v>
+        <x:v>151</x:v>
       </x:c>
       <x:c r="R234" s="14" t="s">
-        <x:v>78</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="S234" s="14" t="n">
-        <x:v>608177</x:v>
+        <x:v>585539</x:v>
       </x:c>
       <x:c r="T234" s="16" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="U234" s="16" t="s">
         <x:v>230</x:v>
       </x:c>
     </x:row>
     <x:row r="235" spans="1:21">
       <x:c r="A235" s="1" t="s">
-        <x:v>72</x:v>
+        <x:v>322</x:v>
       </x:c>
       <x:c r="B235" s="0" t="s">
-        <x:v>166</x:v>
+        <x:v>323</x:v>
       </x:c>
       <x:c r="C235" s="3" t="n">
-        <x:v>35527</x:v>
+        <x:v>37889</x:v>
       </x:c>
       <x:c r="D235" s="3" t="s"/>
-      <x:c r="E235" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="G235" s="0" t="s">
-        <x:v>167</x:v>
+        <x:v>324</x:v>
       </x:c>
       <x:c r="I235" s="4" t="s">
-        <x:v>127</x:v>
+        <x:v>241</x:v>
       </x:c>
       <x:c r="J235" s="0" t="s">
-        <x:v>142</x:v>
+        <x:v>64</x:v>
       </x:c>
       <x:c r="K235" s="0" t="s">
-        <x:v>77</x:v>
+        <x:v>325</x:v>
       </x:c>
       <x:c r="L235" s="0" t="s">
-        <x:v>26</x:v>
+        <x:v>65</x:v>
       </x:c>
       <x:c r="M235" s="0" t="s">
-        <x:v>57</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="N235" s="3" t="n">
-        <x:v>42627</x:v>
+        <x:v>42766</x:v>
       </x:c>
       <x:c r="O235" s="0" t="s">
-        <x:v>58</x:v>
+        <x:v>66</x:v>
       </x:c>
       <x:c r="P235" s="0" t="s">
-        <x:v>168</x:v>
+        <x:v>324</x:v>
       </x:c>
       <x:c r="Q235" s="4" t="s">
-        <x:v>169</x:v>
+        <x:v>241</x:v>
       </x:c>
       <x:c r="R235" s="0" t="s">
-        <x:v>170</x:v>
+        <x:v>326</x:v>
       </x:c>
       <x:c r="S235" s="0" t="n">
-        <x:v>609161</x:v>
+        <x:v>595839</x:v>
       </x:c>
       <x:c r="T235" s="4" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="U235" s="4" t="s">
-        <x:v>328</x:v>
+        <x:v>230</x:v>
       </x:c>
     </x:row>
     <x:row r="236" spans="1:21">
       <x:c r="A236" s="13" t="s">
-        <x:v>72</x:v>
+        <x:v>322</x:v>
       </x:c>
       <x:c r="B236" s="14" t="s">
-        <x:v>92</x:v>
+        <x:v>120</x:v>
       </x:c>
       <x:c r="C236" s="15" t="n">
         <x:v>37889</x:v>
       </x:c>
       <x:c r="D236" s="15" t="s"/>
-      <x:c r="E236" s="14" t="s">
-[...1 lines deleted...]
-      </x:c>
+      <x:c r="E236" s="14" t="s"/>
       <x:c r="F236" s="14" t="s"/>
       <x:c r="G236" s="14" t="s">
-        <x:v>104</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>324</x:v>
+      </x:c>
+      <x:c r="H236" s="14" t="s"/>
       <x:c r="I236" s="16" t="s">
-        <x:v>103</x:v>
+        <x:v>241</x:v>
       </x:c>
       <x:c r="J236" s="14" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="K236" s="14" t="s">
-        <x:v>77</x:v>
+        <x:v>325</x:v>
       </x:c>
       <x:c r="L236" s="14" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="M236" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N236" s="15" t="n">
         <x:v>42766</x:v>
       </x:c>
       <x:c r="O236" s="14" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="P236" s="14" t="s">
-        <x:v>132</x:v>
+        <x:v>324</x:v>
       </x:c>
       <x:c r="Q236" s="16" t="s">
-        <x:v>133</x:v>
+        <x:v>241</x:v>
       </x:c>
       <x:c r="R236" s="14" t="s">
-        <x:v>129</x:v>
+        <x:v>326</x:v>
       </x:c>
       <x:c r="S236" s="14" t="n">
-        <x:v>608156</x:v>
+        <x:v>595586</x:v>
       </x:c>
       <x:c r="T236" s="16" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="U236" s="16" t="s">
         <x:v>230</x:v>
       </x:c>
     </x:row>
     <x:row r="237" spans="1:21">
       <x:c r="A237" s="1" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="B237" s="0" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="C237" s="3" t="n">
         <x:v>37889</x:v>
       </x:c>
       <x:c r="D237" s="3" t="s"/>
       <x:c r="E237" s="0" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="G237" s="0" t="s">
         <x:v>104</x:v>
       </x:c>
       <x:c r="H237" s="0" t="s">
         <x:v>105</x:v>
       </x:c>
       <x:c r="I237" s="4" t="s">
         <x:v>103</x:v>
       </x:c>
       <x:c r="J237" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="K237" s="0" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="L237" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="M237" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N237" s="3" t="n">
         <x:v>42766</x:v>
       </x:c>
       <x:c r="O237" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="P237" s="0" t="s">
-        <x:v>130</x:v>
+        <x:v>132</x:v>
       </x:c>
       <x:c r="Q237" s="4" t="s">
-        <x:v>131</x:v>
+        <x:v>133</x:v>
       </x:c>
       <x:c r="R237" s="0" t="s">
-        <x:v>78</x:v>
+        <x:v>126</x:v>
       </x:c>
       <x:c r="S237" s="0" t="n">
-        <x:v>608187</x:v>
+        <x:v>608186</x:v>
       </x:c>
       <x:c r="T237" s="4" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="U237" s="4" t="s">
         <x:v>230</x:v>
       </x:c>
     </x:row>
     <x:row r="238" spans="1:21">
       <x:c r="A238" s="13" t="s">
-        <x:v>322</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B238" s="14" t="s">
-        <x:v>218</x:v>
+        <x:v>70</x:v>
       </x:c>
       <x:c r="C238" s="15" t="n">
         <x:v>37889</x:v>
       </x:c>
       <x:c r="D238" s="15" t="s"/>
       <x:c r="E238" s="14" t="s"/>
       <x:c r="F238" s="14" t="s"/>
       <x:c r="G238" s="14" t="s">
-        <x:v>329</x:v>
-[...1 lines deleted...]
-      <x:c r="H238" s="14" t="s"/>
+        <x:v>104</x:v>
+      </x:c>
+      <x:c r="H238" s="14" t="s">
+        <x:v>105</x:v>
+      </x:c>
       <x:c r="I238" s="16" t="s">
-        <x:v>330</x:v>
+        <x:v>103</x:v>
       </x:c>
       <x:c r="J238" s="14" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="K238" s="14" t="s">
-        <x:v>325</x:v>
+        <x:v>33</x:v>
       </x:c>
       <x:c r="L238" s="14" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="M238" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N238" s="15" t="n">
         <x:v>42766</x:v>
       </x:c>
       <x:c r="O238" s="14" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="P238" s="14" t="s">
-        <x:v>329</x:v>
+        <x:v>104</x:v>
       </x:c>
       <x:c r="Q238" s="16" t="s">
-        <x:v>330</x:v>
+        <x:v>103</x:v>
       </x:c>
       <x:c r="R238" s="14" t="s">
-        <x:v>331</x:v>
+        <x:v>78</x:v>
       </x:c>
       <x:c r="S238" s="14" t="n">
-        <x:v>595505</x:v>
+        <x:v>606230</x:v>
       </x:c>
       <x:c r="T238" s="16" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="U238" s="16" t="s">
         <x:v>230</x:v>
       </x:c>
     </x:row>
     <x:row r="239" spans="1:21">
       <x:c r="A239" s="1" t="s">
-        <x:v>21</x:v>
+        <x:v>72</x:v>
       </x:c>
       <x:c r="B239" s="0" t="s">
-        <x:v>70</x:v>
+        <x:v>166</x:v>
       </x:c>
       <x:c r="C239" s="3" t="n">
-        <x:v>37889</x:v>
+        <x:v>35527</x:v>
       </x:c>
       <x:c r="D239" s="3" t="s"/>
+      <x:c r="E239" s="0" t="s">
+        <x:v>74</x:v>
+      </x:c>
       <x:c r="G239" s="0" t="s">
-        <x:v>104</x:v>
-[...2 lines deleted...]
-        <x:v>105</x:v>
+        <x:v>167</x:v>
       </x:c>
       <x:c r="I239" s="4" t="s">
-        <x:v>103</x:v>
+        <x:v>131</x:v>
       </x:c>
       <x:c r="J239" s="0" t="s">
-        <x:v>64</x:v>
+        <x:v>142</x:v>
       </x:c>
       <x:c r="K239" s="0" t="s">
-        <x:v>33</x:v>
+        <x:v>77</x:v>
       </x:c>
       <x:c r="L239" s="0" t="s">
-        <x:v>65</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="M239" s="0" t="s">
-        <x:v>27</x:v>
+        <x:v>57</x:v>
       </x:c>
       <x:c r="N239" s="3" t="n">
-        <x:v>42766</x:v>
+        <x:v>42627</x:v>
       </x:c>
       <x:c r="O239" s="0" t="s">
-        <x:v>66</x:v>
+        <x:v>58</x:v>
       </x:c>
       <x:c r="P239" s="0" t="s">
-        <x:v>104</x:v>
+        <x:v>168</x:v>
       </x:c>
       <x:c r="Q239" s="4" t="s">
-        <x:v>103</x:v>
+        <x:v>169</x:v>
       </x:c>
       <x:c r="R239" s="0" t="s">
-        <x:v>78</x:v>
+        <x:v>170</x:v>
       </x:c>
       <x:c r="S239" s="0" t="n">
-        <x:v>606230</x:v>
+        <x:v>609161</x:v>
       </x:c>
       <x:c r="T239" s="4" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="U239" s="4" t="s">
-        <x:v>230</x:v>
+        <x:v>327</x:v>
       </x:c>
     </x:row>
     <x:row r="240" spans="1:21">
       <x:c r="A240" s="13" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="B240" s="14" t="s">
-        <x:v>73</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="C240" s="15" t="n">
         <x:v>37889</x:v>
       </x:c>
       <x:c r="D240" s="15" t="s"/>
       <x:c r="E240" s="14" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="F240" s="14" t="s"/>
       <x:c r="G240" s="14" t="s">
         <x:v>104</x:v>
       </x:c>
       <x:c r="H240" s="14" t="s">
         <x:v>105</x:v>
       </x:c>
       <x:c r="I240" s="16" t="s">
         <x:v>103</x:v>
       </x:c>
       <x:c r="J240" s="14" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="K240" s="14" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="L240" s="14" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="M240" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N240" s="15" t="n">
         <x:v>42766</x:v>
       </x:c>
       <x:c r="O240" s="14" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="P240" s="14" t="s">
         <x:v>132</x:v>
       </x:c>
       <x:c r="Q240" s="16" t="s">
         <x:v>133</x:v>
       </x:c>
       <x:c r="R240" s="14" t="s">
-        <x:v>129</x:v>
+        <x:v>126</x:v>
       </x:c>
       <x:c r="S240" s="14" t="n">
-        <x:v>608186</x:v>
+        <x:v>608156</x:v>
       </x:c>
       <x:c r="T240" s="16" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="U240" s="16" t="s">
         <x:v>230</x:v>
       </x:c>
     </x:row>
     <x:row r="241" spans="1:21">
       <x:c r="A241" s="1" t="s">
-        <x:v>322</x:v>
+        <x:v>72</x:v>
       </x:c>
       <x:c r="B241" s="0" t="s">
-        <x:v>120</x:v>
+        <x:v>73</x:v>
       </x:c>
       <x:c r="C241" s="3" t="n">
         <x:v>37889</x:v>
       </x:c>
       <x:c r="D241" s="3" t="s"/>
+      <x:c r="E241" s="0" t="s">
+        <x:v>74</x:v>
+      </x:c>
       <x:c r="G241" s="0" t="s">
-        <x:v>324</x:v>
+        <x:v>104</x:v>
+      </x:c>
+      <x:c r="H241" s="0" t="s">
+        <x:v>105</x:v>
       </x:c>
       <x:c r="I241" s="4" t="s">
-        <x:v>241</x:v>
+        <x:v>103</x:v>
       </x:c>
       <x:c r="J241" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="K241" s="0" t="s">
-        <x:v>325</x:v>
+        <x:v>77</x:v>
       </x:c>
       <x:c r="L241" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="M241" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N241" s="3" t="n">
         <x:v>42766</x:v>
       </x:c>
       <x:c r="O241" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="P241" s="0" t="s">
-        <x:v>324</x:v>
+        <x:v>128</x:v>
       </x:c>
       <x:c r="Q241" s="4" t="s">
-        <x:v>241</x:v>
+        <x:v>129</x:v>
       </x:c>
       <x:c r="R241" s="0" t="s">
-        <x:v>326</x:v>
+        <x:v>78</x:v>
       </x:c>
       <x:c r="S241" s="0" t="n">
-        <x:v>595586</x:v>
+        <x:v>608187</x:v>
       </x:c>
       <x:c r="T241" s="4" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="U241" s="4" t="s">
         <x:v>230</x:v>
       </x:c>
     </x:row>
     <x:row r="242" spans="1:21">
       <x:c r="A242" s="13" t="s">
-        <x:v>72</x:v>
+        <x:v>322</x:v>
       </x:c>
       <x:c r="B242" s="14" t="s">
-        <x:v>80</x:v>
+        <x:v>218</x:v>
       </x:c>
       <x:c r="C242" s="15" t="n">
         <x:v>37889</x:v>
       </x:c>
       <x:c r="D242" s="15" t="s"/>
-      <x:c r="E242" s="14" t="s">
-[...1 lines deleted...]
-      </x:c>
+      <x:c r="E242" s="14" t="s"/>
       <x:c r="F242" s="14" t="s"/>
       <x:c r="G242" s="14" t="s">
-        <x:v>149</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>328</x:v>
+      </x:c>
+      <x:c r="H242" s="14" t="s"/>
       <x:c r="I242" s="16" t="s">
-        <x:v>151</x:v>
+        <x:v>329</x:v>
       </x:c>
       <x:c r="J242" s="14" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="K242" s="14" t="s">
-        <x:v>77</x:v>
+        <x:v>325</x:v>
       </x:c>
       <x:c r="L242" s="14" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="M242" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N242" s="15" t="n">
         <x:v>42766</x:v>
       </x:c>
       <x:c r="O242" s="14" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="P242" s="14" t="s">
-        <x:v>153</x:v>
+        <x:v>328</x:v>
       </x:c>
       <x:c r="Q242" s="16" t="s">
-        <x:v>135</x:v>
+        <x:v>329</x:v>
       </x:c>
       <x:c r="R242" s="14" t="s">
-        <x:v>83</x:v>
+        <x:v>330</x:v>
       </x:c>
       <x:c r="S242" s="14" t="n">
-        <x:v>602218</x:v>
+        <x:v>595505</x:v>
       </x:c>
       <x:c r="T242" s="16" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="U242" s="16" t="s">
         <x:v>230</x:v>
       </x:c>
     </x:row>
     <x:row r="243" spans="1:21">
       <x:c r="A243" s="1" t="s">
-        <x:v>72</x:v>
+        <x:v>322</x:v>
       </x:c>
       <x:c r="B243" s="0" t="s">
-        <x:v>92</x:v>
+        <x:v>120</x:v>
       </x:c>
       <x:c r="C243" s="3" t="n">
         <x:v>37889</x:v>
       </x:c>
       <x:c r="D243" s="3" t="s"/>
-      <x:c r="E243" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="G243" s="0" t="s">
-        <x:v>104</x:v>
-[...2 lines deleted...]
-        <x:v>105</x:v>
+        <x:v>331</x:v>
       </x:c>
       <x:c r="I243" s="4" t="s">
-        <x:v>103</x:v>
+        <x:v>137</x:v>
       </x:c>
       <x:c r="J243" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="K243" s="0" t="s">
-        <x:v>77</x:v>
+        <x:v>325</x:v>
       </x:c>
       <x:c r="L243" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="M243" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N243" s="3" t="n">
         <x:v>42766</x:v>
       </x:c>
       <x:c r="O243" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="P243" s="0" t="s">
-        <x:v>126</x:v>
+        <x:v>331</x:v>
       </x:c>
       <x:c r="Q243" s="4" t="s">
-        <x:v>127</x:v>
+        <x:v>137</x:v>
       </x:c>
       <x:c r="R243" s="0" t="s">
-        <x:v>29</x:v>
+        <x:v>138</x:v>
       </x:c>
       <x:c r="S243" s="0" t="n">
-        <x:v>607798</x:v>
+        <x:v>595583</x:v>
       </x:c>
       <x:c r="T243" s="4" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="U243" s="4" t="s">
         <x:v>230</x:v>
       </x:c>
     </x:row>
     <x:row r="244" spans="1:21">
       <x:c r="A244" s="13" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="B244" s="14" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="C244" s="15" t="n">
         <x:v>37889</x:v>
       </x:c>
       <x:c r="D244" s="15" t="s"/>
       <x:c r="E244" s="14" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="F244" s="14" t="s"/>
       <x:c r="G244" s="14" t="s">
-        <x:v>104</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>116</x:v>
+      </x:c>
+      <x:c r="H244" s="14" t="s"/>
       <x:c r="I244" s="16" t="s">
-        <x:v>103</x:v>
+        <x:v>117</x:v>
       </x:c>
       <x:c r="J244" s="14" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="K244" s="14" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="L244" s="14" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="M244" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N244" s="15" t="n">
         <x:v>42766</x:v>
       </x:c>
       <x:c r="O244" s="14" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="P244" s="14" t="s">
-        <x:v>126</x:v>
+        <x:v>116</x:v>
       </x:c>
       <x:c r="Q244" s="16" t="s">
-        <x:v>127</x:v>
+        <x:v>117</x:v>
       </x:c>
       <x:c r="R244" s="14" t="s">
-        <x:v>29</x:v>
+        <x:v>118</x:v>
       </x:c>
       <x:c r="S244" s="14" t="n">
-        <x:v>607807</x:v>
+        <x:v>607943</x:v>
       </x:c>
       <x:c r="T244" s="16" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="U244" s="16" t="s">
         <x:v>230</x:v>
       </x:c>
     </x:row>
     <x:row r="245" spans="1:21">
       <x:c r="A245" s="1" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="B245" s="0" t="s">
-        <x:v>73</x:v>
+        <x:v>80</x:v>
       </x:c>
       <x:c r="C245" s="3" t="n">
         <x:v>37889</x:v>
       </x:c>
       <x:c r="D245" s="3" t="s"/>
       <x:c r="E245" s="0" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="G245" s="0" t="s">
-        <x:v>213</x:v>
+        <x:v>104</x:v>
+      </x:c>
+      <x:c r="H245" s="0" t="s">
+        <x:v>105</x:v>
       </x:c>
       <x:c r="I245" s="4" t="s">
-        <x:v>114</x:v>
+        <x:v>103</x:v>
       </x:c>
       <x:c r="J245" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="K245" s="0" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="L245" s="0" t="s">
-        <x:v>65</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="M245" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N245" s="3" t="n">
         <x:v>42766</x:v>
       </x:c>
       <x:c r="O245" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="P245" s="0" t="s">
-        <x:v>214</x:v>
+        <x:v>128</x:v>
       </x:c>
       <x:c r="Q245" s="4" t="s">
-        <x:v>215</x:v>
+        <x:v>129</x:v>
       </x:c>
       <x:c r="R245" s="0" t="s">
-        <x:v>41</x:v>
+        <x:v>78</x:v>
       </x:c>
       <x:c r="S245" s="0" t="n">
-        <x:v>603528</x:v>
+        <x:v>608177</x:v>
       </x:c>
       <x:c r="T245" s="4" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="U245" s="4" t="s">
         <x:v>230</x:v>
       </x:c>
     </x:row>
     <x:row r="246" spans="1:21">
       <x:c r="A246" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B246" s="14" t="s">
-        <x:v>71</x:v>
+        <x:v>61</x:v>
       </x:c>
       <x:c r="C246" s="15" t="n">
         <x:v>37889</x:v>
       </x:c>
       <x:c r="D246" s="15" t="s"/>
       <x:c r="E246" s="14" t="s"/>
       <x:c r="F246" s="14" t="s"/>
       <x:c r="G246" s="14" t="s">
-        <x:v>149</x:v>
+        <x:v>104</x:v>
       </x:c>
       <x:c r="H246" s="14" t="s">
-        <x:v>150</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="I246" s="16" t="s">
-        <x:v>151</x:v>
+        <x:v>103</x:v>
       </x:c>
       <x:c r="J246" s="14" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="K246" s="14" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="L246" s="14" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="M246" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N246" s="15" t="n">
         <x:v>42766</x:v>
       </x:c>
       <x:c r="O246" s="14" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="P246" s="14" t="s">
-        <x:v>149</x:v>
+        <x:v>104</x:v>
       </x:c>
       <x:c r="Q246" s="16" t="s">
-        <x:v>151</x:v>
+        <x:v>103</x:v>
       </x:c>
       <x:c r="R246" s="14" t="s">
-        <x:v>83</x:v>
+        <x:v>126</x:v>
       </x:c>
       <x:c r="S246" s="14" t="n">
-        <x:v>585586</x:v>
+        <x:v>606253</x:v>
       </x:c>
       <x:c r="T246" s="16" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="U246" s="16" t="s">
         <x:v>230</x:v>
       </x:c>
     </x:row>
     <x:row r="247" spans="1:21">
       <x:c r="A247" s="1" t="s">
-        <x:v>72</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B247" s="0" t="s">
-        <x:v>80</x:v>
+        <x:v>71</x:v>
       </x:c>
       <x:c r="C247" s="3" t="n">
         <x:v>37889</x:v>
       </x:c>
       <x:c r="D247" s="3" t="s"/>
-      <x:c r="E247" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="G247" s="0" t="s">
-        <x:v>134</x:v>
+        <x:v>104</x:v>
+      </x:c>
+      <x:c r="H247" s="0" t="s">
+        <x:v>105</x:v>
       </x:c>
       <x:c r="I247" s="4" t="s">
-        <x:v>135</x:v>
+        <x:v>103</x:v>
       </x:c>
       <x:c r="J247" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="K247" s="0" t="s">
-        <x:v>77</x:v>
+        <x:v>33</x:v>
       </x:c>
       <x:c r="L247" s="0" t="s">
-        <x:v>26</x:v>
+        <x:v>65</x:v>
       </x:c>
       <x:c r="M247" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N247" s="3" t="n">
         <x:v>42766</x:v>
       </x:c>
       <x:c r="O247" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="P247" s="0" t="s">
-        <x:v>136</x:v>
+        <x:v>104</x:v>
       </x:c>
       <x:c r="Q247" s="4" t="s">
-        <x:v>137</x:v>
+        <x:v>103</x:v>
       </x:c>
       <x:c r="R247" s="0" t="s">
-        <x:v>138</x:v>
+        <x:v>78</x:v>
       </x:c>
       <x:c r="S247" s="0" t="n">
-        <x:v>607417</x:v>
+        <x:v>606264</x:v>
       </x:c>
       <x:c r="T247" s="4" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="U247" s="4" t="s">
         <x:v>230</x:v>
       </x:c>
     </x:row>
     <x:row r="248" spans="1:21">
       <x:c r="A248" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B248" s="14" t="s">
-        <x:v>61</x:v>
+        <x:v>71</x:v>
       </x:c>
       <x:c r="C248" s="15" t="n">
         <x:v>37889</x:v>
       </x:c>
       <x:c r="D248" s="15" t="s"/>
       <x:c r="E248" s="14" t="s"/>
       <x:c r="F248" s="14" t="s"/>
       <x:c r="G248" s="14" t="s">
         <x:v>104</x:v>
       </x:c>
       <x:c r="H248" s="14" t="s">
         <x:v>105</x:v>
       </x:c>
       <x:c r="I248" s="16" t="s">
         <x:v>103</x:v>
       </x:c>
       <x:c r="J248" s="14" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="K248" s="14" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="L248" s="14" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="M248" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N248" s="15" t="n">
         <x:v>42766</x:v>
       </x:c>
       <x:c r="O248" s="14" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="P248" s="14" t="s">
         <x:v>104</x:v>
       </x:c>
       <x:c r="Q248" s="16" t="s">
         <x:v>103</x:v>
       </x:c>
       <x:c r="R248" s="14" t="s">
-        <x:v>129</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="S248" s="14" t="n">
-        <x:v>606253</x:v>
+        <x:v>606265</x:v>
       </x:c>
       <x:c r="T248" s="16" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="U248" s="16" t="s">
         <x:v>230</x:v>
       </x:c>
     </x:row>
     <x:row r="249" spans="1:21">
       <x:c r="A249" s="1" t="s">
-        <x:v>21</x:v>
+        <x:v>72</x:v>
       </x:c>
       <x:c r="B249" s="0" t="s">
-        <x:v>71</x:v>
+        <x:v>80</x:v>
       </x:c>
       <x:c r="C249" s="3" t="n">
         <x:v>37889</x:v>
       </x:c>
       <x:c r="D249" s="3" t="s"/>
+      <x:c r="E249" s="0" t="s">
+        <x:v>74</x:v>
+      </x:c>
       <x:c r="G249" s="0" t="s">
         <x:v>104</x:v>
       </x:c>
       <x:c r="H249" s="0" t="s">
         <x:v>105</x:v>
       </x:c>
       <x:c r="I249" s="4" t="s">
         <x:v>103</x:v>
       </x:c>
       <x:c r="J249" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="K249" s="0" t="s">
-        <x:v>33</x:v>
+        <x:v>77</x:v>
       </x:c>
       <x:c r="L249" s="0" t="s">
-        <x:v>65</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="M249" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N249" s="3" t="n">
         <x:v>42766</x:v>
       </x:c>
       <x:c r="O249" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="P249" s="0" t="s">
-        <x:v>104</x:v>
+        <x:v>132</x:v>
       </x:c>
       <x:c r="Q249" s="4" t="s">
-        <x:v>103</x:v>
+        <x:v>133</x:v>
       </x:c>
       <x:c r="R249" s="0" t="s">
-        <x:v>78</x:v>
+        <x:v>126</x:v>
       </x:c>
       <x:c r="S249" s="0" t="n">
-        <x:v>606264</x:v>
+        <x:v>608176</x:v>
       </x:c>
       <x:c r="T249" s="4" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="U249" s="4" t="s">
         <x:v>230</x:v>
       </x:c>
     </x:row>
     <x:row r="250" spans="1:21">
       <x:c r="A250" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B250" s="14" t="s">
-        <x:v>71</x:v>
+        <x:v>120</x:v>
       </x:c>
       <x:c r="C250" s="15" t="n">
         <x:v>37889</x:v>
       </x:c>
       <x:c r="D250" s="15" t="s"/>
       <x:c r="E250" s="14" t="s"/>
       <x:c r="F250" s="14" t="s"/>
       <x:c r="G250" s="14" t="s">
-        <x:v>104</x:v>
+        <x:v>219</x:v>
       </x:c>
       <x:c r="H250" s="14" t="s">
-        <x:v>105</x:v>
+        <x:v>220</x:v>
       </x:c>
       <x:c r="I250" s="16" t="s">
-        <x:v>103</x:v>
+        <x:v>221</x:v>
       </x:c>
       <x:c r="J250" s="14" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="K250" s="14" t="s">
-        <x:v>33</x:v>
+        <x:v>222</x:v>
       </x:c>
       <x:c r="L250" s="14" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="M250" s="14" t="s">
-        <x:v>27</x:v>
+        <x:v>57</x:v>
       </x:c>
       <x:c r="N250" s="15" t="n">
         <x:v>42766</x:v>
       </x:c>
       <x:c r="O250" s="14" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="P250" s="14" t="s">
-        <x:v>104</x:v>
+        <x:v>219</x:v>
       </x:c>
       <x:c r="Q250" s="16" t="s">
-        <x:v>103</x:v>
+        <x:v>221</x:v>
       </x:c>
       <x:c r="R250" s="14" t="s">
-        <x:v>29</x:v>
+        <x:v>223</x:v>
       </x:c>
       <x:c r="S250" s="14" t="n">
-        <x:v>606265</x:v>
+        <x:v>615765</x:v>
       </x:c>
       <x:c r="T250" s="16" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="U250" s="16" t="s">
-        <x:v>230</x:v>
+        <x:v>205</x:v>
       </x:c>
     </x:row>
     <x:row r="251" spans="1:21">
       <x:c r="A251" s="1" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="B251" s="0" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="C251" s="3" t="n">
         <x:v>37889</x:v>
       </x:c>
       <x:c r="D251" s="3" t="s"/>
       <x:c r="E251" s="0" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="G251" s="0" t="s">
         <x:v>213</x:v>
       </x:c>
       <x:c r="I251" s="4" t="s">
         <x:v>114</x:v>
       </x:c>
       <x:c r="J251" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
@@ -16241,76 +16242,76 @@
       </x:c>
       <x:c r="S255" s="0" t="n">
         <x:v>607939</x:v>
       </x:c>
       <x:c r="T255" s="4" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="U255" s="4" t="s">
         <x:v>230</x:v>
       </x:c>
     </x:row>
     <x:row r="256" spans="1:21">
       <x:c r="A256" s="13" t="s">
         <x:v>322</x:v>
       </x:c>
       <x:c r="B256" s="14" t="s">
         <x:v>218</x:v>
       </x:c>
       <x:c r="C256" s="15" t="n">
         <x:v>37889</x:v>
       </x:c>
       <x:c r="D256" s="15" t="s"/>
       <x:c r="E256" s="14" t="s"/>
       <x:c r="F256" s="14" t="s"/>
       <x:c r="G256" s="14" t="s">
-        <x:v>126</x:v>
+        <x:v>130</x:v>
       </x:c>
       <x:c r="H256" s="14" t="s"/>
       <x:c r="I256" s="16" t="s">
         <x:v>332</x:v>
       </x:c>
       <x:c r="J256" s="14" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="K256" s="14" t="s">
         <x:v>325</x:v>
       </x:c>
       <x:c r="L256" s="14" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="M256" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N256" s="15" t="n">
         <x:v>42766</x:v>
       </x:c>
       <x:c r="O256" s="14" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="P256" s="14" t="s">
-        <x:v>126</x:v>
+        <x:v>130</x:v>
       </x:c>
       <x:c r="Q256" s="16" t="s">
         <x:v>332</x:v>
       </x:c>
       <x:c r="R256" s="14" t="s">
         <x:v>333</x:v>
       </x:c>
       <x:c r="S256" s="14" t="n">
         <x:v>595504</x:v>
       </x:c>
       <x:c r="T256" s="16" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="U256" s="16" t="s">
         <x:v>230</x:v>
       </x:c>
     </x:row>
     <x:row r="257" spans="1:21">
       <x:c r="A257" s="1" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="B257" s="0" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="C257" s="3" t="n">
@@ -16442,114 +16443,114 @@
       <x:c r="H259" s="0" t="s">
         <x:v>105</x:v>
       </x:c>
       <x:c r="I259" s="4" t="s">
         <x:v>103</x:v>
       </x:c>
       <x:c r="J259" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="K259" s="0" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="L259" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="M259" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N259" s="3" t="n">
         <x:v>42766</x:v>
       </x:c>
       <x:c r="O259" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="P259" s="0" t="s">
-        <x:v>130</x:v>
+        <x:v>128</x:v>
       </x:c>
       <x:c r="Q259" s="4" t="s">
-        <x:v>131</x:v>
+        <x:v>129</x:v>
       </x:c>
       <x:c r="R259" s="0" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="S259" s="0" t="n">
         <x:v>608157</x:v>
       </x:c>
       <x:c r="T259" s="4" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="U259" s="4" t="s">
         <x:v>230</x:v>
       </x:c>
     </x:row>
     <x:row r="260" spans="1:21">
       <x:c r="A260" s="13" t="s">
         <x:v>322</x:v>
       </x:c>
       <x:c r="B260" s="14" t="s">
         <x:v>323</x:v>
       </x:c>
       <x:c r="C260" s="15" t="n">
         <x:v>37889</x:v>
       </x:c>
       <x:c r="D260" s="15" t="s"/>
       <x:c r="E260" s="14" t="s"/>
       <x:c r="F260" s="14" t="s"/>
       <x:c r="G260" s="14" t="s">
-        <x:v>329</x:v>
+        <x:v>328</x:v>
       </x:c>
       <x:c r="H260" s="14" t="s"/>
       <x:c r="I260" s="16" t="s">
-        <x:v>330</x:v>
+        <x:v>329</x:v>
       </x:c>
       <x:c r="J260" s="14" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="K260" s="14" t="s">
         <x:v>325</x:v>
       </x:c>
       <x:c r="L260" s="14" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="M260" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N260" s="15" t="n">
         <x:v>42766</x:v>
       </x:c>
       <x:c r="O260" s="14" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="P260" s="14" t="s">
+        <x:v>328</x:v>
+      </x:c>
+      <x:c r="Q260" s="16" t="s">
         <x:v>329</x:v>
       </x:c>
-      <x:c r="Q260" s="16" t="s">
+      <x:c r="R260" s="14" t="s">
         <x:v>330</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>331</x:v>
       </x:c>
       <x:c r="S260" s="14" t="n">
         <x:v>595840</x:v>
       </x:c>
       <x:c r="T260" s="16" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="U260" s="16" t="s">
         <x:v>230</x:v>
       </x:c>
     </x:row>
     <x:row r="261" spans="1:21">
       <x:c r="A261" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B261" s="0" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="C261" s="3" t="n">
         <x:v>37889</x:v>
       </x:c>
       <x:c r="D261" s="3" t="s"/>
       <x:c r="G261" s="0" t="s">
         <x:v>104</x:v>
       </x:c>
@@ -16621,51 +16622,51 @@
       <x:c r="J262" s="14" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="K262" s="14" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="L262" s="14" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="M262" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N262" s="15" t="n">
         <x:v>42766</x:v>
       </x:c>
       <x:c r="O262" s="14" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="P262" s="14" t="s">
         <x:v>104</x:v>
       </x:c>
       <x:c r="Q262" s="16" t="s">
         <x:v>103</x:v>
       </x:c>
       <x:c r="R262" s="14" t="s">
-        <x:v>129</x:v>
+        <x:v>126</x:v>
       </x:c>
       <x:c r="S262" s="14" t="n">
         <x:v>606266</x:v>
       </x:c>
       <x:c r="T262" s="16" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="U262" s="16" t="s">
         <x:v>230</x:v>
       </x:c>
     </x:row>
     <x:row r="263" spans="1:21">
       <x:c r="A263" s="1" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="B263" s="0" t="s">
         <x:v>92</x:v>
       </x:c>
       <x:c r="C263" s="3" t="n">
         <x:v>37889</x:v>
       </x:c>
       <x:c r="D263" s="3" t="s"/>
       <x:c r="E263" s="0" t="s">
         <x:v>74</x:v>
       </x:c>
@@ -16847,54 +16848,54 @@
       <x:c r="H266" s="14" t="s">
         <x:v>105</x:v>
       </x:c>
       <x:c r="I266" s="16" t="s">
         <x:v>103</x:v>
       </x:c>
       <x:c r="J266" s="14" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="K266" s="14" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="L266" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M266" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N266" s="15" t="n">
         <x:v>42766</x:v>
       </x:c>
       <x:c r="O266" s="14" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="P266" s="14" t="s">
-        <x:v>126</x:v>
+        <x:v>130</x:v>
       </x:c>
       <x:c r="Q266" s="16" t="s">
-        <x:v>127</x:v>
+        <x:v>131</x:v>
       </x:c>
       <x:c r="R266" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="S266" s="14" t="n">
         <x:v>607802</x:v>
       </x:c>
       <x:c r="T266" s="16" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="U266" s="16" t="s">
         <x:v>230</x:v>
       </x:c>
     </x:row>
     <x:row r="267" spans="1:21">
       <x:c r="A267" s="1" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="B267" s="0" t="s">
         <x:v>92</x:v>
       </x:c>
       <x:c r="C267" s="3" t="n">
         <x:v>37889</x:v>
       </x:c>
       <x:c r="D267" s="3" t="s"/>
@@ -17342,132 +17343,132 @@
       <x:c r="R274" s="14" t="s">
         <x:v>326</x:v>
       </x:c>
       <x:c r="S274" s="14" t="n">
         <x:v>595503</x:v>
       </x:c>
       <x:c r="T274" s="16" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="U274" s="16" t="s">
         <x:v>230</x:v>
       </x:c>
     </x:row>
     <x:row r="275" spans="1:21">
       <x:c r="A275" s="1" t="s">
         <x:v>322</x:v>
       </x:c>
       <x:c r="B275" s="0" t="s">
         <x:v>120</x:v>
       </x:c>
       <x:c r="C275" s="3" t="n">
         <x:v>37889</x:v>
       </x:c>
       <x:c r="D275" s="3" t="s"/>
       <x:c r="G275" s="0" t="s">
+        <x:v>328</x:v>
+      </x:c>
+      <x:c r="I275" s="4" t="s">
         <x:v>329</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>330</x:v>
       </x:c>
       <x:c r="J275" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="K275" s="0" t="s">
         <x:v>325</x:v>
       </x:c>
       <x:c r="L275" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="M275" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N275" s="3" t="n">
         <x:v>42766</x:v>
       </x:c>
       <x:c r="O275" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="P275" s="0" t="s">
+        <x:v>328</x:v>
+      </x:c>
+      <x:c r="Q275" s="4" t="s">
         <x:v>329</x:v>
       </x:c>
-      <x:c r="Q275" s="4" t="s">
+      <x:c r="R275" s="0" t="s">
         <x:v>330</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>331</x:v>
       </x:c>
       <x:c r="S275" s="0" t="n">
         <x:v>595584</x:v>
       </x:c>
       <x:c r="T275" s="4" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="U275" s="4" t="s">
         <x:v>230</x:v>
       </x:c>
     </x:row>
     <x:row r="276" spans="1:21">
       <x:c r="A276" s="13" t="s">
         <x:v>322</x:v>
       </x:c>
       <x:c r="B276" s="14" t="s">
         <x:v>120</x:v>
       </x:c>
       <x:c r="C276" s="15" t="n">
         <x:v>37889</x:v>
       </x:c>
       <x:c r="D276" s="15" t="s"/>
       <x:c r="E276" s="14" t="s"/>
       <x:c r="F276" s="14" t="s"/>
       <x:c r="G276" s="14" t="s">
-        <x:v>126</x:v>
+        <x:v>130</x:v>
       </x:c>
       <x:c r="H276" s="14" t="s"/>
       <x:c r="I276" s="16" t="s">
         <x:v>332</x:v>
       </x:c>
       <x:c r="J276" s="14" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="K276" s="14" t="s">
         <x:v>325</x:v>
       </x:c>
       <x:c r="L276" s="14" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="M276" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N276" s="15" t="n">
         <x:v>42766</x:v>
       </x:c>
       <x:c r="O276" s="14" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="P276" s="14" t="s">
-        <x:v>126</x:v>
+        <x:v>130</x:v>
       </x:c>
       <x:c r="Q276" s="16" t="s">
         <x:v>332</x:v>
       </x:c>
       <x:c r="R276" s="14" t="s">
         <x:v>333</x:v>
       </x:c>
       <x:c r="S276" s="14" t="n">
         <x:v>595585</x:v>
       </x:c>
       <x:c r="T276" s="16" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="U276" s="16" t="s">
         <x:v>230</x:v>
       </x:c>
     </x:row>
     <x:row r="277" spans="1:21">
       <x:c r="A277" s="1" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="B277" s="0" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="C277" s="3" t="n">
@@ -17602,51 +17603,51 @@
       <x:c r="J279" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="K279" s="0" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="L279" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="M279" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N279" s="3" t="n">
         <x:v>42766</x:v>
       </x:c>
       <x:c r="O279" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="P279" s="0" t="s">
         <x:v>104</x:v>
       </x:c>
       <x:c r="Q279" s="4" t="s">
         <x:v>103</x:v>
       </x:c>
       <x:c r="R279" s="0" t="s">
-        <x:v>129</x:v>
+        <x:v>126</x:v>
       </x:c>
       <x:c r="S279" s="0" t="n">
         <x:v>606229</x:v>
       </x:c>
       <x:c r="T279" s="4" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="U279" s="4" t="s">
         <x:v>230</x:v>
       </x:c>
     </x:row>
     <x:row r="280" spans="1:21">
       <x:c r="A280" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B280" s="14" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="C280" s="15" t="n">
         <x:v>37889</x:v>
       </x:c>
       <x:c r="D280" s="15" t="s"/>
       <x:c r="E280" s="14" t="s"/>
       <x:c r="F280" s="14" t="s"/>
       <x:c r="G280" s="14" t="s">
@@ -17691,51 +17692,51 @@
       <x:c r="T280" s="16" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="U280" s="16" t="s">
         <x:v>230</x:v>
       </x:c>
     </x:row>
     <x:row r="281" spans="1:21">
       <x:c r="A281" s="1" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="B281" s="0" t="s">
         <x:v>166</x:v>
       </x:c>
       <x:c r="C281" s="3" t="n">
         <x:v>35527</x:v>
       </x:c>
       <x:c r="D281" s="3" t="s"/>
       <x:c r="E281" s="0" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="G281" s="0" t="s">
         <x:v>167</x:v>
       </x:c>
       <x:c r="I281" s="4" t="s">
-        <x:v>127</x:v>
+        <x:v>131</x:v>
       </x:c>
       <x:c r="J281" s="0" t="s">
         <x:v>142</x:v>
       </x:c>
       <x:c r="K281" s="0" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="L281" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M281" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="N281" s="3" t="n">
         <x:v>42627</x:v>
       </x:c>
       <x:c r="O281" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="P281" s="0" t="s">
         <x:v>168</x:v>
       </x:c>
       <x:c r="Q281" s="4" t="s">
         <x:v>169</x:v>
       </x:c>
@@ -17851,187 +17852,188 @@
       </x:c>
       <x:c r="O283" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="P283" s="0" t="s">
         <x:v>341</x:v>
       </x:c>
       <x:c r="Q283" s="4" t="s">
         <x:v>342</x:v>
       </x:c>
       <x:c r="R283" s="0" t="s">
         <x:v>111</x:v>
       </x:c>
       <x:c r="S283" s="0" t="n">
         <x:v>609775</x:v>
       </x:c>
       <x:c r="T283" s="4" t="s">
         <x:v>339</x:v>
       </x:c>
       <x:c r="U283" s="4" t="s">
         <x:v>343</x:v>
       </x:c>
     </x:row>
     <x:row r="284" spans="1:21">
       <x:c r="A284" s="13" t="s">
-        <x:v>72</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B284" s="14" t="s">
-        <x:v>80</x:v>
+        <x:v>239</x:v>
       </x:c>
       <x:c r="C284" s="15" t="n">
-        <x:v>37889</x:v>
+        <x:v>35527</x:v>
       </x:c>
       <x:c r="D284" s="15" t="s"/>
-      <x:c r="E284" s="14" t="s">
-[...1 lines deleted...]
-      </x:c>
+      <x:c r="E284" s="14" t="s"/>
       <x:c r="F284" s="14" t="s"/>
       <x:c r="G284" s="14" t="s">
-        <x:v>106</x:v>
+        <x:v>104</x:v>
       </x:c>
       <x:c r="H284" s="14" t="s">
-        <x:v>107</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="I284" s="16" t="s">
-        <x:v>108</x:v>
+        <x:v>103</x:v>
       </x:c>
       <x:c r="J284" s="14" t="s">
-        <x:v>64</x:v>
+        <x:v>142</x:v>
       </x:c>
       <x:c r="K284" s="14" t="s">
-        <x:v>77</x:v>
+        <x:v>33</x:v>
       </x:c>
       <x:c r="L284" s="14" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="M284" s="14" t="s">
-        <x:v>27</x:v>
+        <x:v>48</x:v>
       </x:c>
       <x:c r="N284" s="15" t="n">
-        <x:v>42766</x:v>
+        <x:v>42627</x:v>
       </x:c>
       <x:c r="O284" s="14" t="s">
-        <x:v>66</x:v>
+        <x:v>58</x:v>
       </x:c>
       <x:c r="P284" s="14" t="s">
-        <x:v>341</x:v>
+        <x:v>104</x:v>
       </x:c>
       <x:c r="Q284" s="16" t="s">
-        <x:v>342</x:v>
+        <x:v>103</x:v>
       </x:c>
       <x:c r="R284" s="14" t="s">
-        <x:v>111</x:v>
+        <x:v>188</x:v>
       </x:c>
       <x:c r="S284" s="14" t="n">
-        <x:v>609769</x:v>
+        <x:v>617917</x:v>
       </x:c>
       <x:c r="T284" s="16" t="s">
         <x:v>339</x:v>
       </x:c>
       <x:c r="U284" s="16" t="s">
-        <x:v>343</x:v>
+        <x:v>340</x:v>
       </x:c>
     </x:row>
     <x:row r="285" spans="1:21">
       <x:c r="A285" s="1" t="s">
-        <x:v>21</x:v>
+        <x:v>72</x:v>
       </x:c>
       <x:c r="B285" s="0" t="s">
-        <x:v>239</x:v>
+        <x:v>80</x:v>
       </x:c>
       <x:c r="C285" s="3" t="n">
-        <x:v>35527</x:v>
+        <x:v>37889</x:v>
       </x:c>
       <x:c r="D285" s="3" t="s"/>
+      <x:c r="E285" s="0" t="s">
+        <x:v>74</x:v>
+      </x:c>
       <x:c r="G285" s="0" t="s">
-        <x:v>104</x:v>
+        <x:v>106</x:v>
       </x:c>
       <x:c r="H285" s="0" t="s">
-        <x:v>105</x:v>
+        <x:v>107</x:v>
       </x:c>
       <x:c r="I285" s="4" t="s">
-        <x:v>103</x:v>
+        <x:v>108</x:v>
       </x:c>
       <x:c r="J285" s="0" t="s">
-        <x:v>142</x:v>
+        <x:v>64</x:v>
       </x:c>
       <x:c r="K285" s="0" t="s">
-        <x:v>33</x:v>
+        <x:v>77</x:v>
       </x:c>
       <x:c r="L285" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="M285" s="0" t="s">
-        <x:v>48</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="N285" s="3" t="n">
-        <x:v>42627</x:v>
+        <x:v>42766</x:v>
       </x:c>
       <x:c r="O285" s="0" t="s">
-        <x:v>58</x:v>
+        <x:v>66</x:v>
       </x:c>
       <x:c r="P285" s="0" t="s">
-        <x:v>104</x:v>
+        <x:v>341</x:v>
       </x:c>
       <x:c r="Q285" s="4" t="s">
-        <x:v>103</x:v>
+        <x:v>342</x:v>
       </x:c>
       <x:c r="R285" s="0" t="s">
-        <x:v>188</x:v>
+        <x:v>111</x:v>
       </x:c>
       <x:c r="S285" s="0" t="n">
-        <x:v>617917</x:v>
+        <x:v>609769</x:v>
       </x:c>
       <x:c r="T285" s="4" t="s">
         <x:v>339</x:v>
       </x:c>
       <x:c r="U285" s="4" t="s">
-        <x:v>340</x:v>
+        <x:v>343</x:v>
       </x:c>
     </x:row>
     <x:row r="286" spans="1:21">
       <x:c r="A286" s="13" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="B286" s="14" t="s">
         <x:v>166</x:v>
       </x:c>
       <x:c r="C286" s="15" t="n">
         <x:v>35527</x:v>
       </x:c>
       <x:c r="D286" s="15" t="s"/>
       <x:c r="E286" s="14" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="F286" s="14" t="s"/>
       <x:c r="G286" s="14" t="s">
         <x:v>167</x:v>
       </x:c>
       <x:c r="H286" s="14" t="s"/>
       <x:c r="I286" s="16" t="s">
-        <x:v>127</x:v>
+        <x:v>131</x:v>
       </x:c>
       <x:c r="J286" s="14" t="s">
         <x:v>142</x:v>
       </x:c>
       <x:c r="K286" s="14" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="L286" s="14" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="M286" s="14" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="N286" s="15" t="n">
         <x:v>42627</x:v>
       </x:c>
       <x:c r="O286" s="14" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="P286" s="14" t="s">
         <x:v>168</x:v>
       </x:c>
       <x:c r="Q286" s="16" t="s">
         <x:v>169</x:v>
       </x:c>