--- v0 (2025-10-09)
+++ v1 (2026-03-17)
@@ -137,93 +137,93 @@
     </x:r>
   </x:si>
   <x:si>
     <x:t>Organisme formateur</x:t>
   </x:si>
   <x:si>
     <x:t>CP 
 Organisme formateur</x:t>
   </x:si>
   <x:si>
     <x:t>Ville</x:t>
   </x:si>
   <x:si>
     <x:t>Numéro de session CARIF</x:t>
   </x:si>
   <x:si>
     <x:t>Date début session</x:t>
   </x:si>
   <x:si>
     <x:t>Date fin session</x:t>
   </x:si>
   <x:si>
     <x:t>Formation professionnelle continue</x:t>
   </x:si>
   <x:si>
+    <x:t>DESU pharmacien correspondant dans les parcours patients et en structures</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Aix Marseille Université</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AMU</x:t>
+  </x:si>
+  <x:si>
+    <x:t>13007</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Tout public</x:t>
+  </x:si>
+  <x:si>
+    <x:t>dates fixes</x:t>
+  </x:si>
+  <x:si>
+    <x:t>formation mixte</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Pharmacie</x:t>
+  </x:si>
+  <x:si>
+    <x:t>MARSEILLE- 5e</x:t>
+  </x:si>
+  <x:si>
+    <x:t>09/01/2025 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>09/30/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Diplôme d'Etat de docteur en pharmacie</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Bac + 5 et plus</x:t>
+  </x:si>
+  <x:si>
+    <x:t>formation entièrement présentielle</x:t>
+  </x:si>
+  <x:si>
     <x:t>DESU Exercice officinal</x:t>
-  </x:si>
-[...40 lines deleted...]
-    <x:t>DESU pharmacien correspondant dans les parcours patients et en structures</x:t>
   </x:si>
   <x:si>
     <x:t>Formation scolaire, universitaire</x:t>
   </x:si>
   <x:si>
     <x:t>Aix-Marseille Université</x:t>
   </x:si>
   <x:si>
     <x:t>13284</x:t>
   </x:si>
   <x:si>
     <x:t>Public de la formation initiale</x:t>
   </x:si>
   <x:si>
     <x:t>UNIVERSITE D'AIX MARSEILLE</x:t>
   </x:si>
   <x:si>
     <x:t>13385</x:t>
   </x:si>
   <x:si>
     <x:t>MARSEILLE CEDEX 05</x:t>
   </x:si>
   <x:si>
     <x:t>09/01/2026 00:00:00</x:t>
   </x:si>
@@ -824,51 +824,51 @@
       <x:c r="K2" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L2" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M2" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N2" s="15" t="n">
         <x:v>43026</x:v>
       </x:c>
       <x:c r="O2" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P2" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="Q2" s="16" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="R2" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="S2" s="14" t="n">
-        <x:v>582011</x:v>
+        <x:v>589705</x:v>
       </x:c>
       <x:c r="T2" s="16" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="U2" s="16" t="s">
         <x:v>32</x:v>
       </x:c>
     </x:row>
     <x:row r="3" spans="1:21">
       <x:c r="A3" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B3" s="0" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="C3" s="3" t="n">
         <x:v>39499</x:v>
       </x:c>
       <x:c r="D3" s="3" t="s"/>
       <x:c r="G3" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="H3" s="0" t="s">
         <x:v>24</x:v>
       </x:c>
@@ -936,51 +936,51 @@
       <x:c r="K4" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L4" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M4" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N4" s="15" t="n">
         <x:v>43026</x:v>
       </x:c>
       <x:c r="O4" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P4" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="Q4" s="16" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="R4" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="S4" s="14" t="n">
-        <x:v>589705</x:v>
+        <x:v>582011</x:v>
       </x:c>
       <x:c r="T4" s="16" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="U4" s="16" t="s">
         <x:v>32</x:v>
       </x:c>
     </x:row>
     <x:row r="5" spans="1:21">
       <x:c r="A5" s="1" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="B5" s="0" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="C5" s="3" t="n">
         <x:v>39499</x:v>
       </x:c>
       <x:c r="D5" s="3" t="s"/>
       <x:c r="G5" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="I5" s="4" t="s">
         <x:v>39</x:v>
       </x:c>