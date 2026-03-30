--- v0 (2026-03-30)
+++ v1 (2026-03-30)
@@ -446,120 +446,120 @@
   <x:si>
     <x:t>02/19/2027 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Formation scolaire, universitaire</x:t>
   </x:si>
   <x:si>
     <x:t>diplôme d'État d'ambulancier</x:t>
   </x:si>
   <x:si>
     <x:t>Institut de formation des ambulanciers du CHU de Nice - Fondation Bellet</x:t>
   </x:si>
   <x:si>
     <x:t>06300</x:t>
   </x:si>
   <x:si>
     <x:t>Public de la formation initiale</x:t>
   </x:si>
   <x:si>
     <x:t>09/01/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>06/30/2027 00:00:00</x:t>
   </x:si>
   <x:si>
+    <x:t>Institut de formation d'ambulanciers - GIPES d'Avignon et Pays de Vaucluse</x:t>
+  </x:si>
+  <x:si>
+    <x:t>84902</x:t>
+  </x:si>
+  <x:si>
+    <x:t>IFAP</x:t>
+  </x:si>
+  <x:si>
+    <x:t>84400</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AVIGNON CEDEX</x:t>
+  </x:si>
+  <x:si>
     <x:t>Institut de formation d'ambulanciers - IRFSS H Boigny</x:t>
   </x:si>
   <x:si>
     <x:t xml:space="preserve">Institut de formation d'aides soignant(e)s </x:t>
   </x:si>
   <x:si>
     <x:t>MARSEILLE CEDEX 15</x:t>
   </x:si>
   <x:si>
-    <x:t>Institut de formation d'ambulanciers - GIPES d'Avignon et Pays de Vaucluse</x:t>
-[...13 lines deleted...]
-  <x:si>
     <x:t>Brancardier (préparation également possible par Bloc(s) de compétences)</x:t>
   </x:si>
   <x:si>
     <x:t>Croix Rouge Française - Croix Rouge Compétence - Antenne Crfp Provence Alpes Côte d'Azur</x:t>
   </x:si>
   <x:si>
     <x:t>13014</x:t>
   </x:si>
   <x:si>
     <x:t>09/14/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>10/28/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Autre public , Demandeur d'emploi , Public en emploi , Public sans emploi</x:t>
   </x:si>
   <x:si>
     <x:t>09/21/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>10/30/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>09/25/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Autre public , Public sans emploi , Salarié , Tout public</x:t>
   </x:si>
   <x:si>
     <x:t>09/28/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>11/10/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>10/05/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>10/21/2026 00:00:00</x:t>
   </x:si>
   <x:si>
+    <x:t>MARSEILLE- 6e</x:t>
+  </x:si>
+  <x:si>
     <x:t>11/18/2026 00:00:00</x:t>
-  </x:si>
-[...1 lines deleted...]
-    <x:t>MARSEILLE- 6e</x:t>
   </x:si>
   <x:si>
     <x:t>10/12/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>11/25/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>11/16/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>12/02/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>11/20/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Périmètre :</x:t>
   </x:si>
 </x:sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts count="2">
@@ -2458,138 +2458,138 @@
       <x:c r="S24" s="14" t="n">
         <x:v>596613</x:v>
       </x:c>
       <x:c r="T24" s="16" t="s">
         <x:v>123</x:v>
       </x:c>
       <x:c r="U24" s="16" t="s">
         <x:v>124</x:v>
       </x:c>
     </x:row>
     <x:row r="25" spans="1:21">
       <x:c r="A25" s="1" t="s">
         <x:v>118</x:v>
       </x:c>
       <x:c r="B25" s="0" t="s">
         <x:v>119</x:v>
       </x:c>
       <x:c r="C25" s="3" t="n">
         <x:v>36542</x:v>
       </x:c>
       <x:c r="D25" s="3" t="s"/>
       <x:c r="G25" s="0" t="s">
         <x:v>125</x:v>
       </x:c>
       <x:c r="I25" s="4" t="s">
-        <x:v>59</x:v>
+        <x:v>126</x:v>
       </x:c>
       <x:c r="J25" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K25" s="0" t="s">
         <x:v>122</x:v>
       </x:c>
       <x:c r="L25" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M25" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N25" s="3" t="n">
         <x:v>31815</x:v>
       </x:c>
       <x:c r="O25" s="0" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="P25" s="0" t="s">
-        <x:v>126</x:v>
+        <x:v>127</x:v>
       </x:c>
       <x:c r="Q25" s="4" t="s">
-        <x:v>59</x:v>
+        <x:v>128</x:v>
       </x:c>
       <x:c r="R25" s="0" t="s">
-        <x:v>127</x:v>
+        <x:v>129</x:v>
       </x:c>
       <x:c r="S25" s="0" t="n">
-        <x:v>616035</x:v>
+        <x:v>596612</x:v>
       </x:c>
       <x:c r="T25" s="4" t="s">
         <x:v>123</x:v>
       </x:c>
       <x:c r="U25" s="4" t="s">
         <x:v>124</x:v>
       </x:c>
     </x:row>
     <x:row r="26" spans="1:21">
       <x:c r="A26" s="13" t="s">
         <x:v>118</x:v>
       </x:c>
       <x:c r="B26" s="14" t="s">
         <x:v>119</x:v>
       </x:c>
       <x:c r="C26" s="15" t="n">
         <x:v>36542</x:v>
       </x:c>
       <x:c r="D26" s="15" t="s"/>
       <x:c r="E26" s="14" t="s"/>
       <x:c r="F26" s="14" t="s"/>
       <x:c r="G26" s="14" t="s">
-        <x:v>128</x:v>
+        <x:v>130</x:v>
       </x:c>
       <x:c r="H26" s="14" t="s"/>
       <x:c r="I26" s="16" t="s">
-        <x:v>129</x:v>
+        <x:v>59</x:v>
       </x:c>
       <x:c r="J26" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K26" s="14" t="s">
         <x:v>122</x:v>
       </x:c>
       <x:c r="L26" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M26" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N26" s="15" t="n">
         <x:v>31815</x:v>
       </x:c>
       <x:c r="O26" s="14" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="P26" s="14" t="s">
-        <x:v>130</x:v>
+        <x:v>131</x:v>
       </x:c>
       <x:c r="Q26" s="16" t="s">
-        <x:v>131</x:v>
+        <x:v>59</x:v>
       </x:c>
       <x:c r="R26" s="14" t="s">
         <x:v>132</x:v>
       </x:c>
       <x:c r="S26" s="14" t="n">
-        <x:v>596612</x:v>
+        <x:v>616035</x:v>
       </x:c>
       <x:c r="T26" s="16" t="s">
         <x:v>123</x:v>
       </x:c>
       <x:c r="U26" s="16" t="s">
         <x:v>124</x:v>
       </x:c>
     </x:row>
     <x:row r="27" spans="1:21">
       <x:c r="A27" s="1" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="B27" s="0" t="s">
         <x:v>133</x:v>
       </x:c>
       <x:c r="C27" s="3" t="n">
         <x:v>36077</x:v>
       </x:c>
       <x:c r="D27" s="3" t="s"/>
       <x:c r="G27" s="0" t="s">
         <x:v>134</x:v>
       </x:c>
       <x:c r="I27" s="4" t="s">
         <x:v>135</x:v>
       </x:c>
@@ -2831,156 +2831,157 @@
       </x:c>
       <x:c r="P31" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="Q31" s="4" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="R31" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="S31" s="0" t="n">
         <x:v>614960</x:v>
       </x:c>
       <x:c r="T31" s="4" t="s">
         <x:v>145</x:v>
       </x:c>
       <x:c r="U31" s="4" t="s">
         <x:v>146</x:v>
       </x:c>
     </x:row>
     <x:row r="32" spans="1:21">
       <x:c r="A32" s="13" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="B32" s="14" t="s">
-        <x:v>74</x:v>
+        <x:v>133</x:v>
       </x:c>
       <x:c r="C32" s="15" t="n">
         <x:v>36077</x:v>
       </x:c>
       <x:c r="D32" s="15" t="s"/>
       <x:c r="E32" s="14" t="s"/>
       <x:c r="F32" s="14" t="s"/>
       <x:c r="G32" s="14" t="s">
-        <x:v>75</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>134</x:v>
+      </x:c>
+      <x:c r="H32" s="14" t="s"/>
       <x:c r="I32" s="16" t="s">
-        <x:v>77</x:v>
+        <x:v>135</x:v>
       </x:c>
       <x:c r="J32" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K32" s="14" t="s">
-        <x:v>82</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="L32" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M32" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N32" s="15" t="n">
         <x:v>43413</x:v>
       </x:c>
       <x:c r="O32" s="14" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="P32" s="14" t="s">
-        <x:v>75</x:v>
+        <x:v>134</x:v>
       </x:c>
       <x:c r="Q32" s="16" t="s">
-        <x:v>77</x:v>
+        <x:v>135</x:v>
       </x:c>
       <x:c r="R32" s="14" t="s">
-        <x:v>83</x:v>
+        <x:v>147</x:v>
       </x:c>
       <x:c r="S32" s="14" t="n">
-        <x:v>616977</x:v>
+        <x:v>620901</x:v>
       </x:c>
       <x:c r="T32" s="16" t="s">
         <x:v>145</x:v>
       </x:c>
       <x:c r="U32" s="16" t="s">
-        <x:v>147</x:v>
+        <x:v>148</x:v>
       </x:c>
     </x:row>
     <x:row r="33" spans="1:21">
       <x:c r="A33" s="1" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="B33" s="0" t="s">
-        <x:v>133</x:v>
+        <x:v>74</x:v>
       </x:c>
       <x:c r="C33" s="3" t="n">
         <x:v>36077</x:v>
       </x:c>
       <x:c r="D33" s="3" t="s"/>
       <x:c r="G33" s="0" t="s">
-        <x:v>134</x:v>
+        <x:v>75</x:v>
+      </x:c>
+      <x:c r="H33" s="0" t="s">
+        <x:v>76</x:v>
       </x:c>
       <x:c r="I33" s="4" t="s">
-        <x:v>135</x:v>
+        <x:v>77</x:v>
       </x:c>
       <x:c r="J33" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K33" s="0" t="s">
-        <x:v>86</x:v>
+        <x:v>82</x:v>
       </x:c>
       <x:c r="L33" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M33" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N33" s="3" t="n">
         <x:v>43413</x:v>
       </x:c>
       <x:c r="O33" s="0" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="P33" s="0" t="s">
-        <x:v>134</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="Q33" s="4" t="s">
-        <x:v>135</x:v>
+        <x:v>77</x:v>
       </x:c>
       <x:c r="R33" s="0" t="s">
-        <x:v>148</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="S33" s="0" t="n">
-        <x:v>620901</x:v>
+        <x:v>616977</x:v>
       </x:c>
       <x:c r="T33" s="4" t="s">
         <x:v>145</x:v>
       </x:c>
       <x:c r="U33" s="4" t="s">
-        <x:v>147</x:v>
+        <x:v>148</x:v>
       </x:c>
     </x:row>
     <x:row r="34" spans="1:21">
       <x:c r="A34" s="13" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="B34" s="14" t="s">
         <x:v>133</x:v>
       </x:c>
       <x:c r="C34" s="15" t="n">
         <x:v>36077</x:v>
       </x:c>
       <x:c r="D34" s="15" t="s"/>
       <x:c r="E34" s="14" t="s"/>
       <x:c r="F34" s="14" t="s"/>
       <x:c r="G34" s="14" t="s">
         <x:v>134</x:v>
       </x:c>
       <x:c r="H34" s="14" t="s"/>
       <x:c r="I34" s="16" t="s">
         <x:v>135</x:v>
       </x:c>
       <x:c r="J34" s="14" t="s">
         <x:v>27</x:v>
       </x:c>