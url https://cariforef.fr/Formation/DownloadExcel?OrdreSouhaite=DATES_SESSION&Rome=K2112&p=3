--- v1 (2026-03-30)
+++ v2 (2026-03-30)
@@ -344,57 +344,57 @@
   <x:si>
     <x:t>Bac + 5 et plus</x:t>
   </x:si>
   <x:si>
     <x:t>dates fixes</x:t>
   </x:si>
   <x:si>
     <x:t>Psychologie sociale</x:t>
   </x:si>
   <x:si>
     <x:t>Aix Marseille Université - Facultés des Arts, Lettres, Langues, Sciences Humaines</x:t>
   </x:si>
   <x:si>
     <x:t>13621</x:t>
   </x:si>
   <x:si>
     <x:t>AIX EN PROVENCE</x:t>
   </x:si>
   <x:si>
     <x:t>09/01/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>09/30/2026 00:00:00</x:t>
   </x:si>
   <x:si>
+    <x:t>Master mention psychologie : neuropsychologie parcours psychologie - neuropsychologie</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Neuropsychologie</x:t>
+  </x:si>
+  <x:si>
     <x:t>Master mention psychologie sociale, du travail et des organisations parcours psychologie sociale du travail et des organisations</x:t>
-  </x:si>
-[...4 lines deleted...]
-    <x:t>Neuropsychologie</x:t>
   </x:si>
   <x:si>
     <x:t>Préparation aux concours gardien de la paix - Police Nationale - Douanes - Sous-officier gendarmerie</x:t>
   </x:si>
   <x:si>
     <x:t>Groupe Belmont</x:t>
   </x:si>
   <x:si>
     <x:t>84140</x:t>
   </x:si>
   <x:si>
     <x:t>Groupe Belmont - Antenne Aix en Provence</x:t>
   </x:si>
   <x:si>
     <x:t>13290</x:t>
   </x:si>
   <x:si>
     <x:t>AIX - LES MILLES</x:t>
   </x:si>
   <x:si>
     <x:t>09/15/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>04/30/2026 00:00:00</x:t>
   </x:si>
@@ -1941,150 +1941,150 @@
       </x:c>
       <x:c r="Q15" s="4" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="R15" s="0" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="S15" s="0" t="n">
         <x:v>575694</x:v>
       </x:c>
       <x:c r="T15" s="4" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="U15" s="4" t="s">
         <x:v>90</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:21">
       <x:c r="A16" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B16" s="14" t="s">
         <x:v>91</x:v>
       </x:c>
       <x:c r="C16" s="15" t="n">
-        <x:v>38990</x:v>
+        <x:v>38991</x:v>
       </x:c>
       <x:c r="D16" s="15" t="s"/>
       <x:c r="E16" s="14" t="s"/>
       <x:c r="F16" s="14" t="s"/>
       <x:c r="G16" s="14" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="H16" s="14" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="I16" s="16" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="J16" s="14" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="K16" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="L16" s="14" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="M16" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="N16" s="15" t="n">
-        <x:v>14461</x:v>
+        <x:v>14403</x:v>
       </x:c>
       <x:c r="O16" s="14" t="s">
-        <x:v>85</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="P16" s="14" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="Q16" s="16" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="R16" s="14" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="S16" s="14" t="n">
-        <x:v>575695</x:v>
+        <x:v>575648</x:v>
       </x:c>
       <x:c r="T16" s="16" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="U16" s="16" t="s">
         <x:v>90</x:v>
       </x:c>
     </x:row>
     <x:row r="17" spans="1:21">
       <x:c r="A17" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B17" s="0" t="s">
-        <x:v>92</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="C17" s="3" t="n">
-        <x:v>38991</x:v>
+        <x:v>38990</x:v>
       </x:c>
       <x:c r="D17" s="3" t="s"/>
       <x:c r="G17" s="0" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="H17" s="0" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="I17" s="4" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="J17" s="0" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="K17" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="L17" s="0" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="M17" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="N17" s="3" t="n">
-        <x:v>14403</x:v>
+        <x:v>14461</x:v>
       </x:c>
       <x:c r="O17" s="0" t="s">
-        <x:v>93</x:v>
+        <x:v>85</x:v>
       </x:c>
       <x:c r="P17" s="0" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="Q17" s="4" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="R17" s="0" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="S17" s="0" t="n">
-        <x:v>575648</x:v>
+        <x:v>575695</x:v>
       </x:c>
       <x:c r="T17" s="4" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="U17" s="4" t="s">
         <x:v>90</x:v>
       </x:c>
     </x:row>
     <x:row r="18" spans="1:21">
       <x:c r="A18" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B18" s="14" t="s">
         <x:v>94</x:v>
       </x:c>
       <x:c r="C18" s="15" t="s"/>
       <x:c r="D18" s="15" t="s"/>
       <x:c r="E18" s="14" t="s"/>
       <x:c r="F18" s="14" t="s"/>
       <x:c r="G18" s="14" t="s">
         <x:v>95</x:v>
       </x:c>
       <x:c r="H18" s="14" t="s"/>
       <x:c r="I18" s="16" t="s">
         <x:v>96</x:v>
@@ -3244,51 +3244,51 @@
       <x:c r="E40" s="14" t="s"/>
       <x:c r="F40" s="14" t="s"/>
       <x:c r="G40" s="14" t="s">
         <x:v>162</x:v>
       </x:c>
       <x:c r="H40" s="14" t="s"/>
       <x:c r="I40" s="16" t="s">
         <x:v>163</x:v>
       </x:c>
       <x:c r="J40" s="14" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="K40" s="14" t="s">
         <x:v>164</x:v>
       </x:c>
       <x:c r="L40" s="14" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="M40" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="N40" s="15" t="n">
         <x:v>14403</x:v>
       </x:c>
       <x:c r="O40" s="14" t="s">
-        <x:v>93</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="P40" s="14" t="s">
         <x:v>162</x:v>
       </x:c>
       <x:c r="Q40" s="16" t="s">
         <x:v>163</x:v>
       </x:c>
       <x:c r="R40" s="14" t="s">
         <x:v>165</x:v>
       </x:c>
       <x:c r="S40" s="14" t="n">
         <x:v>591929</x:v>
       </x:c>
       <x:c r="T40" s="16" t="s">
         <x:v>166</x:v>
       </x:c>
       <x:c r="U40" s="16" t="s">
         <x:v>127</x:v>
       </x:c>
     </x:row>
     <x:row r="41" spans="1:21">
       <x:c r="A41" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B41" s="0" t="s">