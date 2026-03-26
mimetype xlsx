--- v0 (2026-03-26)
+++ v1 (2026-03-26)
@@ -503,65 +503,65 @@
   <x:si>
     <x:t>09/01/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>06/30/2027 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Opérateur en vidéoprotection</x:t>
   </x:si>
   <x:si>
     <x:t>Direct Sécurité Formation</x:t>
   </x:si>
   <x:si>
     <x:t>06300</x:t>
   </x:si>
   <x:si>
     <x:t>Télésurveillance</x:t>
   </x:si>
   <x:si>
     <x:t>NICE</x:t>
   </x:si>
   <x:si>
     <x:t>09/30/2026 00:00:00</x:t>
   </x:si>
   <x:si>
+    <x:t>LE THOLONET</x:t>
+  </x:si>
+  <x:si>
     <x:t>Greta-Cfa Marseille Méditerranée</x:t>
   </x:si>
   <x:si>
     <x:t>GMM</x:t>
   </x:si>
   <x:si>
     <x:t>13010</x:t>
   </x:si>
   <x:si>
     <x:t>Lycée l'Estaque - Lycée des Métiers du Nautisme et de la Sécurité</x:t>
   </x:si>
   <x:si>
-    <x:t>LE THOLONET</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>09/02/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>06/25/2027 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>09/08/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>07/01/2027 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Formeo 83</x:t>
   </x:si>
   <x:si>
     <x:t>05/22/2027 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>09/15/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>CQP surveillant de nuit en secteur social, médico-social et sanitaire</x:t>
   </x:si>
   <x:si>
     <x:t>Institut Régional du Travail Social Paca et Corse</x:t>
@@ -599,62 +599,62 @@
   <x:si>
     <x:t>13006</x:t>
   </x:si>
   <x:si>
     <x:t>04/01/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>10/06/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>10/05/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>10/07/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Agent de sûreté aéroportuaire</x:t>
   </x:si>
   <x:si>
     <x:t>Formeo 13</x:t>
   </x:si>
   <x:si>
     <x:t>Sécurité aérienne</x:t>
   </x:si>
   <x:si>
+    <x:t>MARSEILLE- 8e</x:t>
+  </x:si>
+  <x:si>
+    <x:t>11/01/2025 00:00:00</x:t>
+  </x:si>
+  <x:si>
     <x:t>VITROLLES</x:t>
   </x:si>
   <x:si>
-    <x:t>11/01/2025 00:00:00</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>Demandeur d'emploi , Particulier, individuel</x:t>
   </x:si>
   <x:si>
-    <x:t>MARSEILLE- 8e</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>Dirigeant d'entreprise de sécurité privée</x:t>
   </x:si>
   <x:si>
     <x:t>Titre professionnel opérateur en vidéoprotection et en télésurveillance</x:t>
   </x:si>
   <x:si>
     <x:t>12/01/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Icts France Training - Antenne Vitrolles</x:t>
   </x:si>
   <x:si>
     <x:t>13127</x:t>
   </x:si>
   <x:si>
     <x:t>Cadre demandeur d'emploi , Demandeur d'emploi , Demandeur d'emploi longue durée , Demandeur d'emploi moins de 26 ans , Demandeur d'emploi plus de 26 ans</x:t>
   </x:si>
   <x:si>
     <x:t>12/15/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>02/28/2027 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Agent de prévention et de sécurité + Service de sécurité incendie et d'assistance aux personnes de niveau 1 (SSIAP 1) - diplôme d'agent de service</x:t>
@@ -770,161 +770,161 @@
   <x:si>
     <x:t>Anaris Consulting - Antenne Marseille</x:t>
   </x:si>
   <x:si>
     <x:t>13015</x:t>
   </x:si>
   <x:si>
     <x:t>MARSEILLE-15e</x:t>
   </x:si>
   <x:si>
     <x:t>Titre professionnel agent de sûreté et de sécurité privée</x:t>
   </x:si>
   <x:si>
     <x:t>Alpes Formations Conseils</x:t>
   </x:si>
   <x:si>
     <x:t>AFC</x:t>
   </x:si>
   <x:si>
     <x:t>05000</x:t>
   </x:si>
   <x:si>
     <x:t>GAP</x:t>
   </x:si>
   <x:si>
+    <x:t>Agent de surveillance renforcée avec armes de catégorie D</x:t>
+  </x:si>
+  <x:si>
     <x:t>Agent en protection physique des personnes</x:t>
   </x:si>
   <x:si>
-    <x:t>Agent de surveillance renforcée avec armes de catégorie D</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>Aptitude Sécurité Formation</x:t>
   </x:si>
   <x:si>
     <x:t>ASF</x:t>
   </x:si>
   <x:si>
     <x:t>06210</x:t>
   </x:si>
   <x:si>
     <x:t>MANDELIEU-LA-NAPOULE</x:t>
   </x:si>
   <x:si>
     <x:t>Agent de sécurité renforcé armé de catégorie D</x:t>
   </x:si>
   <x:si>
     <x:t>Armement</x:t>
   </x:si>
   <x:si>
     <x:t>Public de la formation initiale , Tout public</x:t>
   </x:si>
   <x:si>
+    <x:t>Agent de prévention et de sécurité + Service de sécurité incendie et d'assistance aux personnes de niveau 1 (SSIAP 1) - diplôme d'agent de service + habilitations électrriques H0 - B0</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Agent de prévention et de sécurité + habilitations électrriques H0 - B0</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Institut de Formation Professionnelle en Sécurité du Travail</x:t>
+  </x:si>
+  <x:si>
+    <x:t>IFPST</x:t>
+  </x:si>
+  <x:si>
+    <x:t>83500</x:t>
+  </x:si>
+  <x:si>
+    <x:t>LA SEYNE-SUR-MER</x:t>
+  </x:si>
+  <x:si>
+    <x:t>MAC APR - Maitien et actualisation des compétences d'agent de protection rapprochée</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Équipier de première intervention (EPI)</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Athéna Formation Conseil</x:t>
+  </x:si>
+  <x:si>
+    <x:t>13340</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ROGNAC</x:t>
+  </x:si>
+  <x:si>
     <x:t>Agent de prévention et de sécurité + Service de sécurité incendie et d'assistance aux personnes de niveau 1 (SSIAP 1) - diplôme d'agent de service + habilitations électriques H0 - B0</x:t>
   </x:si>
   <x:si>
-    <x:t>Agent de prévention et de sécurité + Service de sécurité incendie et d'assistance aux personnes de niveau 1 (SSIAP 1) - diplôme d'agent de service + habilitations électrriques H0 - B0</x:t>
-[...29 lines deleted...]
-    <x:t>ROGNAC</x:t>
+    <x:t>Hse Consulting</x:t>
+  </x:si>
+  <x:si>
+    <x:t>13400</x:t>
+  </x:si>
+  <x:si>
+    <x:t>MARSEILLE- 4e</x:t>
+  </x:si>
+  <x:si>
+    <x:t>01/05/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Cynophile - Maintien et actualisation des compétences (MAC) (Renouvellement carte professionnelle)</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Als Naille Cyno</x:t>
+  </x:si>
+  <x:si>
+    <x:t>13510</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Demandeur d'emploi , Salarié</x:t>
+  </x:si>
+  <x:si>
+    <x:t>EGUILLES</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Vidéoprotection - Maintien et actualisation des compétences (MAC) (Renouvellement carte professionnelle)</x:t>
   </x:si>
   <x:si>
     <x:t>Agent de prévention et de sécurité modules SSIAP 1, vidéosurveillance, habilitation électrique</x:t>
   </x:si>
   <x:si>
     <x:t>Conseil Régional</x:t>
   </x:si>
   <x:si>
     <x:t>Programme Régional Formation  2022-2026 (PRF)</x:t>
   </x:si>
   <x:si>
     <x:t>Association de Formation pour la Coopération et la Promotion Professionnelle Méditerranéenne</x:t>
   </x:si>
   <x:si>
     <x:t>ACPM</x:t>
   </x:si>
   <x:si>
-    <x:t>01/05/2026 00:00:00</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>03/26/2026 00:00:00</x:t>
   </x:si>
   <x:si>
-    <x:t>Hse Consulting</x:t>
-[...25 lines deleted...]
-  <x:si>
     <x:t>Ajout ou Remplacement de chien sur la carte professionnelle</x:t>
   </x:si>
   <x:si>
     <x:t>Autre public , Demandeur d'emploi , Tout public</x:t>
   </x:si>
   <x:si>
     <x:t>12/25/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Salarié , Tout public</x:t>
   </x:si>
   <x:si>
     <x:t>Agent de sécurité cynophile</x:t>
   </x:si>
   <x:si>
     <x:t>Opérateur spécialisé en traitement d’informations de sécurité à distance</x:t>
   </x:si>
   <x:si>
     <x:t>Palpation de sécurité</x:t>
   </x:si>
   <x:si>
     <x:t>France Formation Sécurité</x:t>
   </x:si>
   <x:si>
     <x:t>FFS</x:t>
@@ -944,68 +944,68 @@
   <x:si>
     <x:t>Service de sécurité incendie et d'assistance aux personnes de niveau 1 (SSIAP 1) - diplôme d'agent de service + Agent de prévention et de sécurité</x:t>
   </x:si>
   <x:si>
     <x:t>Jck Formation Conseil</x:t>
   </x:si>
   <x:si>
     <x:t>Jck formation conseil</x:t>
   </x:si>
   <x:si>
     <x:t>Sans niveau spécifique</x:t>
   </x:si>
   <x:si>
     <x:t>01/19/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>04/02/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>01/22/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>04/10/2026 00:00:00</x:t>
   </x:si>
   <x:si>
+    <x:t>Avenir Services Formation - Elythe</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AIX EN PROVENCE</x:t>
+  </x:si>
+  <x:si>
+    <x:t>01/26/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>04/14/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
     <x:t>Evolusio Formations</x:t>
   </x:si>
   <x:si>
     <x:t>13100</x:t>
   </x:si>
   <x:si>
-    <x:t>AIX EN PROVENCE</x:t>
-[...10 lines deleted...]
-  <x:si>
     <x:t>Agent de prévention et de sécurité (APS) + SSIAP 1</x:t>
   </x:si>
   <x:si>
     <x:t>France Travail</x:t>
   </x:si>
   <x:si>
     <x:t>Groupement d’Intérêt Public pour la Formation et l’Insertion Professionnelles de l'Académie de Nice - CFA Régional de l'Académie de Nice</x:t>
   </x:si>
   <x:si>
     <x:t>GIP FIPAN</x:t>
   </x:si>
   <x:si>
     <x:t>02/04/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>04/24/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Titre à finalité professionnelle APS - Agent de prévention et de sécurité (ex CQP APS) + SSIAP 1</x:t>
   </x:si>
   <x:si>
     <x:t>02/09/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Agent privé de protection de personnalité</x:t>
@@ -1169,77 +1169,77 @@
   <x:si>
     <x:t>13480</x:t>
   </x:si>
   <x:si>
     <x:t>CABRIES</x:t>
   </x:si>
   <x:si>
     <x:t>Directeur d'entreprises de sécurité privée</x:t>
   </x:si>
   <x:si>
     <x:t>Centre de Formation Professionnelle Spécifique</x:t>
   </x:si>
   <x:si>
     <x:t>CFPS</x:t>
   </x:si>
   <x:si>
     <x:t>13300</x:t>
   </x:si>
   <x:si>
     <x:t>Bac + 3 et 4</x:t>
   </x:si>
   <x:si>
     <x:t>SALON-DE-PROVENCE</x:t>
   </x:si>
   <x:si>
+    <x:t>Titre professionnel opérateur en vidéoprotection et en télésurveillance (Apprentissage)</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Lycée Maurice Janetti</x:t>
+  </x:si>
+  <x:si>
+    <x:t>83470</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SAINT-MAXIMIN-LA-SAINTE-BAUME</x:t>
+  </x:si>
+  <x:si>
+    <x:t>05/20/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Chambre de Commerce et d'Industrie du Pays d'Arles</x:t>
+  </x:si>
+  <x:si>
+    <x:t>13633</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ARLES</x:t>
+  </x:si>
+  <x:si>
     <x:t>06/03/2026 00:00:00</x:t>
   </x:si>
   <x:si>
-    <x:t>Titre professionnel opérateur en vidéoprotection et en télésurveillance (Apprentissage)</x:t>
-[...22 lines deleted...]
-  <x:si>
     <x:t>03/10/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>06/04/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>03/16/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Agent de prévention et de sécurité + Opérateur en vidéoprotection + Service de sécurité incendie et d'assistance aux personnes de niveau 1 (SSIAP 1) - diplôme d'agent de service</x:t>
   </x:si>
   <x:si>
     <x:t>06/10/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Agent de prévention et de sécurité + Opérateur en vidéoprotection</x:t>
   </x:si>
   <x:si>
     <x:t>06/02/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Abg Formation Conseil</x:t>
   </x:si>
   <x:si>
     <x:t>06200</x:t>
@@ -1253,95 +1253,95 @@
   <x:si>
     <x:t>03/17/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Demandeur d'emploi , Particulier, individuel , Salarié</x:t>
   </x:si>
   <x:si>
     <x:t>03/18/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Surveillance humaine ou gardiennage - Maintien et actualisation des compétences (MAC) + MAC SST (Renouvellement carte professionnelle)</x:t>
   </x:si>
   <x:si>
     <x:t>NG Formations - Ngnear</x:t>
   </x:si>
   <x:si>
     <x:t>84100</x:t>
   </x:si>
   <x:si>
     <x:t>03/23/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>03/27/2026 00:00:00</x:t>
   </x:si>
   <x:si>
+    <x:t>Agent de prévention et de sécurité (MAC APS)</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Institut Européen de Sécurité et de Comunication - Antenne Aubagne</x:t>
+  </x:si>
+  <x:si>
+    <x:t>IESC</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Institut Universel de Formations</x:t>
+  </x:si>
+  <x:si>
+    <x:t>13011</x:t>
+  </x:si>
+  <x:si>
+    <x:t>MARSEILLE-11e</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Rescue Formation Conseil</x:t>
+  </x:si>
+  <x:si>
+    <x:t>RFC</x:t>
+  </x:si>
+  <x:si>
+    <x:t>04100</x:t>
+  </x:si>
+  <x:si>
+    <x:t>MANOSQUE</x:t>
+  </x:si>
+  <x:si>
+    <x:t>04/28/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
     <x:t>Mblp Sécurité - Salamandre Formations - Antenne Vidauban</x:t>
   </x:si>
   <x:si>
     <x:t>83550</x:t>
   </x:si>
   <x:si>
     <x:t>VIDAUBAN</x:t>
   </x:si>
   <x:si>
     <x:t>06/16/2026 00:00:00</x:t>
   </x:si>
   <x:si>
-    <x:t>Agent de prévention et de sécurité (MAC APS)</x:t>
-[...31 lines deleted...]
-  <x:si>
     <x:t>03/24/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Surveillance humaine ou gardiennage - Maintien et actualisation des compétences (MAC) (Renouvellement carte professionnelle) + GPS</x:t>
   </x:si>
   <x:si>
     <x:t>Greta-Cfa Côte d'Azur</x:t>
   </x:si>
   <x:si>
     <x:t>06203</x:t>
   </x:si>
   <x:si>
     <x:t>CANNES LA BOCCA</x:t>
   </x:si>
   <x:si>
     <x:t>03/25/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>07/20/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Équipier de Première Intervention (EPI) - Prévention - Renforcer l'intervention immédiate du PTI avec les extincteurs et RIA - PIS056</x:t>
   </x:si>
   <x:si>
     <x:t>Apave Exploitation France</x:t>
@@ -1352,101 +1352,101 @@
   <x:si>
     <x:t>03/30/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>06/24/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Institut pour l'Etude et l'Intégration des Nouvelles Techniques et Technologies</x:t>
   </x:si>
   <x:si>
     <x:t>Jpm Conseil</x:t>
   </x:si>
   <x:si>
     <x:t>38640</x:t>
   </x:si>
   <x:si>
     <x:t>Gestion centre profit</x:t>
   </x:si>
   <x:si>
     <x:t>04/03/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>04/07/2026 00:00:00</x:t>
   </x:si>
   <x:si>
+    <x:t>07/01/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>06/12/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
     <x:t>07/13/2026 00:00:00</x:t>
   </x:si>
   <x:si>
-    <x:t>06/12/2026 00:00:00</x:t>
-[...4 lines deleted...]
-  <x:si>
     <x:t>06/19/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>04/13/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>07/07/2026 00:00:00</x:t>
   </x:si>
   <x:si>
+    <x:t>APS - Surveillance humaine ou gardiennage (sans SST MAC) - Recyclage</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Formosecours</x:t>
+  </x:si>
+  <x:si>
+    <x:t>84200</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Autre public , Demandeur d'emploi , Salarié</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CARPENTRAS</x:t>
+  </x:si>
+  <x:si>
+    <x:t>04/16/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
     <x:t>07/06/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>MAC APR+APS  - Maintien et Actualisation des compétences - Renouvellement carte agent de protection rapprochée et agent de securite</x:t>
   </x:si>
   <x:si>
     <x:t>Demandeur d'emploi , Tout public</x:t>
   </x:si>
   <x:si>
     <x:t>Attestation de formation des agents des entreprises de protection privée de navires</x:t>
   </x:si>
   <x:si>
     <x:t>Oropex</x:t>
   </x:si>
   <x:si>
-    <x:t>APS - Surveillance humaine ou gardiennage (sans SST MAC) - Recyclage</x:t>
-[...16 lines deleted...]
-  <x:si>
     <x:t>04/15/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>07/09/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Porter un Appareil Respiratoire Isolant (ARI) - PIS070</x:t>
   </x:si>
   <x:si>
     <x:t>Équipier de Première Intervention (EPI) - Prévention - Renforcer l'intervention immédiate du PTI avec les extincteurs et RIA - Simulateur de feu numérique - PIS086</x:t>
   </x:si>
   <x:si>
     <x:t>LA GARDE</x:t>
   </x:si>
   <x:si>
     <x:t>04/20/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>05/28/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Rk2c Formation</x:t>
   </x:si>
   <x:si>
     <x:t>83400</x:t>
@@ -1466,68 +1466,68 @@
   <x:si>
     <x:t>SALON DE PROVENCE CEDEX</x:t>
   </x:si>
   <x:si>
     <x:t>Agent de sécurité et de sûreté d'installation portuaire</x:t>
   </x:si>
   <x:si>
     <x:t>04/30/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>06/22/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>05/01/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>07/15/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>05/02/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>04/30/2027 00:00:00</x:t>
   </x:si>
   <x:si>
+    <x:t>Education Canine Trets</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ECT</x:t>
+  </x:si>
+  <x:si>
+    <x:t>83119</x:t>
+  </x:si>
+  <x:si>
+    <x:t>TRETS</x:t>
+  </x:si>
+  <x:si>
     <x:t>05/04/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>05/07/2026 00:00:00</x:t>
   </x:si>
   <x:si>
-    <x:t>Education Canine Trets</x:t>
-[...10 lines deleted...]
-  <x:si>
     <x:t>CAP agent de sécurité</x:t>
   </x:si>
   <x:si>
     <x:t>05/03/2027 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Agent de prévention et de sécurité (APS) + module vidéoprotection + SSIAP 1</x:t>
   </x:si>
   <x:si>
     <x:t>08/26/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>MONTFAVET</x:t>
   </x:si>
   <x:si>
     <x:t>05/12/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Institut Européen de Sécurité et de Comunication - Antenne Aubagne|Institut Européen de Sécurité et de Comunication</x:t>
   </x:si>
   <x:si>
     <x:t>57300</x:t>
   </x:si>
   <x:si>
     <x:t>05/15/2026 00:00:00</x:t>
@@ -1574,56 +1574,56 @@
   <x:si>
     <x:t>Aspis Formation</x:t>
   </x:si>
   <x:si>
     <x:t>83390</x:t>
   </x:si>
   <x:si>
     <x:t>06/11/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>06/09/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>06/15/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>09/22/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>06/23/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>07/31/2026 00:00:00</x:t>
   </x:si>
   <x:si>
+    <x:t>07/30/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
     <x:t>08/05/2026 00:00:00</x:t>
   </x:si>
   <x:si>
-    <x:t>07/30/2026 00:00:00</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>07/02/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>07/08/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>08/12/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>07/23/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>07/21/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>08/03/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>08/07/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>08/18/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>08/21/2026 00:00:00</x:t>
@@ -1763,57 +1763,57 @@
   <x:si>
     <x:t>83408</x:t>
   </x:si>
   <x:si>
     <x:t>HYERES CEDEX</x:t>
   </x:si>
   <x:si>
     <x:t>LP les Palmiers</x:t>
   </x:si>
   <x:si>
     <x:t>11/26/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>10/27/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>09/02/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>06/04/2027 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>09/11/2026 00:00:00</x:t>
   </x:si>
   <x:si>
+    <x:t>10/20/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
     <x:t>Agent de protection physique des personnes renforcé armé en catégorie B et D</x:t>
   </x:si>
   <x:si>
     <x:t>10/16/2026 00:00:00</x:t>
-  </x:si>
-[...1 lines deleted...]
-    <x:t>10/20/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>09/07/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>10/26/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Lycée Les Palmiers</x:t>
   </x:si>
   <x:si>
     <x:t>10/09/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Agent de protection rapprochée armé</x:t>
   </x:si>
   <x:si>
     <x:t>LA CRAU</x:t>
   </x:si>
   <x:si>
     <x:t>09/08/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>10/14/2026 00:00:00</x:t>
   </x:si>
@@ -4097,389 +4097,389 @@
       </x:c>
       <x:c r="P28" s="14" t="s">
         <x:v>131</x:v>
       </x:c>
       <x:c r="Q28" s="16" t="s">
         <x:v>132</x:v>
       </x:c>
       <x:c r="R28" s="14" t="s">
         <x:v>133</x:v>
       </x:c>
       <x:c r="S28" s="14" t="n">
         <x:v>574463</x:v>
       </x:c>
       <x:c r="T28" s="16" t="s">
         <x:v>134</x:v>
       </x:c>
       <x:c r="U28" s="16" t="s">
         <x:v>135</x:v>
       </x:c>
     </x:row>
     <x:row r="29" spans="1:21">
       <x:c r="A29" s="1" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="B29" s="0" t="s">
-        <x:v>61</x:v>
+        <x:v>45</x:v>
       </x:c>
       <x:c r="C29" s="3" t="n">
-        <x:v>41000</x:v>
+        <x:v>38113</x:v>
       </x:c>
       <x:c r="D29" s="3" t="s"/>
       <x:c r="E29" s="0" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="G29" s="0" t="s">
-        <x:v>35</x:v>
+        <x:v>46</x:v>
       </x:c>
       <x:c r="I29" s="4" t="s">
-        <x:v>36</x:v>
+        <x:v>47</x:v>
       </x:c>
       <x:c r="J29" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="K29" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="L29" s="0" t="s">
-        <x:v>39</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="M29" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="N29" s="3" t="n">
-        <x:v>32154</x:v>
+        <x:v>32054</x:v>
       </x:c>
       <x:c r="O29" s="0" t="s">
-        <x:v>62</x:v>
+        <x:v>49</x:v>
       </x:c>
       <x:c r="P29" s="0" t="s">
-        <x:v>35</x:v>
+        <x:v>46</x:v>
       </x:c>
       <x:c r="Q29" s="4" t="s">
-        <x:v>36</x:v>
+        <x:v>47</x:v>
       </x:c>
       <x:c r="R29" s="0" t="s">
-        <x:v>42</x:v>
+        <x:v>50</x:v>
       </x:c>
       <x:c r="S29" s="0" t="n">
-        <x:v>552407</x:v>
+        <x:v>556162</x:v>
       </x:c>
       <x:c r="T29" s="4" t="s">
         <x:v>136</x:v>
       </x:c>
       <x:c r="U29" s="4" t="s">
         <x:v>137</x:v>
       </x:c>
     </x:row>
     <x:row r="30" spans="1:21">
       <x:c r="A30" s="13" t="s">
-        <x:v>21</x:v>
+        <x:v>32</x:v>
       </x:c>
       <x:c r="B30" s="14" t="s">
-        <x:v>138</x:v>
+        <x:v>33</x:v>
       </x:c>
       <x:c r="C30" s="15" t="n">
-        <x:v>37737</x:v>
+        <x:v>39133</x:v>
       </x:c>
       <x:c r="D30" s="15" t="s"/>
-      <x:c r="E30" s="14" t="s"/>
+      <x:c r="E30" s="14" t="s">
+        <x:v>34</x:v>
+      </x:c>
       <x:c r="F30" s="14" t="s"/>
       <x:c r="G30" s="14" t="s">
-        <x:v>139</x:v>
+        <x:v>35</x:v>
       </x:c>
       <x:c r="H30" s="14" t="s"/>
       <x:c r="I30" s="16" t="s">
-        <x:v>140</x:v>
+        <x:v>36</x:v>
       </x:c>
       <x:c r="J30" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="K30" s="14" t="s">
-        <x:v>25</x:v>
+        <x:v>38</x:v>
       </x:c>
       <x:c r="L30" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="M30" s="14" t="s">
-        <x:v>55</x:v>
+        <x:v>40</x:v>
       </x:c>
       <x:c r="N30" s="15" t="n">
-        <x:v>42801</x:v>
+        <x:v>42803</x:v>
       </x:c>
       <x:c r="O30" s="14" t="s">
-        <x:v>141</x:v>
+        <x:v>41</x:v>
       </x:c>
       <x:c r="P30" s="14" t="s">
-        <x:v>139</x:v>
+        <x:v>35</x:v>
       </x:c>
       <x:c r="Q30" s="16" t="s">
-        <x:v>140</x:v>
+        <x:v>36</x:v>
       </x:c>
       <x:c r="R30" s="14" t="s">
-        <x:v>142</x:v>
+        <x:v>42</x:v>
       </x:c>
       <x:c r="S30" s="14" t="n">
-        <x:v>601290</x:v>
+        <x:v>552420</x:v>
       </x:c>
       <x:c r="T30" s="16" t="s">
         <x:v>136</x:v>
       </x:c>
       <x:c r="U30" s="16" t="s">
-        <x:v>143</x:v>
+        <x:v>137</x:v>
       </x:c>
     </x:row>
     <x:row r="31" spans="1:21">
       <x:c r="A31" s="1" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="B31" s="0" t="s">
-        <x:v>45</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="C31" s="3" t="n">
-        <x:v>38113</x:v>
+        <x:v>38226</x:v>
       </x:c>
       <x:c r="D31" s="3" t="s"/>
       <x:c r="E31" s="0" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="G31" s="0" t="s">
-        <x:v>46</x:v>
+        <x:v>35</x:v>
       </x:c>
       <x:c r="I31" s="4" t="s">
-        <x:v>47</x:v>
+        <x:v>36</x:v>
       </x:c>
       <x:c r="J31" s="0" t="s">
-        <x:v>48</x:v>
+        <x:v>64</x:v>
       </x:c>
       <x:c r="K31" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="L31" s="0" t="s">
-        <x:v>26</x:v>
+        <x:v>39</x:v>
       </x:c>
       <x:c r="M31" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="N31" s="3" t="n">
-        <x:v>32054</x:v>
+        <x:v>42822</x:v>
       </x:c>
       <x:c r="O31" s="0" t="s">
-        <x:v>49</x:v>
+        <x:v>56</x:v>
       </x:c>
       <x:c r="P31" s="0" t="s">
-        <x:v>46</x:v>
+        <x:v>35</x:v>
       </x:c>
       <x:c r="Q31" s="4" t="s">
-        <x:v>47</x:v>
+        <x:v>36</x:v>
       </x:c>
       <x:c r="R31" s="0" t="s">
-        <x:v>50</x:v>
+        <x:v>42</x:v>
       </x:c>
       <x:c r="S31" s="0" t="n">
-        <x:v>556162</x:v>
+        <x:v>552435</x:v>
       </x:c>
       <x:c r="T31" s="4" t="s">
         <x:v>136</x:v>
       </x:c>
       <x:c r="U31" s="4" t="s">
         <x:v>137</x:v>
       </x:c>
     </x:row>
     <x:row r="32" spans="1:21">
       <x:c r="A32" s="13" t="s">
-        <x:v>32</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B32" s="14" t="s">
-        <x:v>33</x:v>
+        <x:v>138</x:v>
       </x:c>
       <x:c r="C32" s="15" t="n">
-        <x:v>39133</x:v>
+        <x:v>37737</x:v>
       </x:c>
       <x:c r="D32" s="15" t="s"/>
-      <x:c r="E32" s="14" t="s">
-[...1 lines deleted...]
-      </x:c>
+      <x:c r="E32" s="14" t="s"/>
       <x:c r="F32" s="14" t="s"/>
       <x:c r="G32" s="14" t="s">
-        <x:v>35</x:v>
+        <x:v>139</x:v>
       </x:c>
       <x:c r="H32" s="14" t="s"/>
       <x:c r="I32" s="16" t="s">
-        <x:v>36</x:v>
+        <x:v>140</x:v>
       </x:c>
       <x:c r="J32" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="K32" s="14" t="s">
-        <x:v>38</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="L32" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="M32" s="14" t="s">
-        <x:v>40</x:v>
+        <x:v>55</x:v>
       </x:c>
       <x:c r="N32" s="15" t="n">
-        <x:v>42803</x:v>
+        <x:v>42801</x:v>
       </x:c>
       <x:c r="O32" s="14" t="s">
-        <x:v>41</x:v>
+        <x:v>141</x:v>
       </x:c>
       <x:c r="P32" s="14" t="s">
-        <x:v>35</x:v>
+        <x:v>139</x:v>
       </x:c>
       <x:c r="Q32" s="16" t="s">
-        <x:v>36</x:v>
+        <x:v>140</x:v>
       </x:c>
       <x:c r="R32" s="14" t="s">
-        <x:v>42</x:v>
+        <x:v>142</x:v>
       </x:c>
       <x:c r="S32" s="14" t="n">
-        <x:v>552420</x:v>
+        <x:v>601290</x:v>
       </x:c>
       <x:c r="T32" s="16" t="s">
         <x:v>136</x:v>
       </x:c>
       <x:c r="U32" s="16" t="s">
-        <x:v>137</x:v>
+        <x:v>143</x:v>
       </x:c>
     </x:row>
     <x:row r="33" spans="1:21">
       <x:c r="A33" s="1" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="B33" s="0" t="s">
-        <x:v>63</x:v>
+        <x:v>45</x:v>
       </x:c>
       <x:c r="C33" s="3" t="n">
-        <x:v>38226</x:v>
+        <x:v>38113</x:v>
       </x:c>
       <x:c r="D33" s="3" t="s"/>
       <x:c r="E33" s="0" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="G33" s="0" t="s">
-        <x:v>35</x:v>
+        <x:v>46</x:v>
       </x:c>
       <x:c r="I33" s="4" t="s">
-        <x:v>36</x:v>
+        <x:v>47</x:v>
       </x:c>
       <x:c r="J33" s="0" t="s">
-        <x:v>64</x:v>
+        <x:v>48</x:v>
       </x:c>
       <x:c r="K33" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="L33" s="0" t="s">
-        <x:v>39</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="M33" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="N33" s="3" t="n">
-        <x:v>42822</x:v>
+        <x:v>32054</x:v>
       </x:c>
       <x:c r="O33" s="0" t="s">
-        <x:v>56</x:v>
+        <x:v>49</x:v>
       </x:c>
       <x:c r="P33" s="0" t="s">
-        <x:v>35</x:v>
+        <x:v>46</x:v>
       </x:c>
       <x:c r="Q33" s="4" t="s">
-        <x:v>36</x:v>
+        <x:v>47</x:v>
       </x:c>
       <x:c r="R33" s="0" t="s">
-        <x:v>42</x:v>
+        <x:v>50</x:v>
       </x:c>
       <x:c r="S33" s="0" t="n">
-        <x:v>552435</x:v>
+        <x:v>556163</x:v>
       </x:c>
       <x:c r="T33" s="4" t="s">
         <x:v>136</x:v>
       </x:c>
       <x:c r="U33" s="4" t="s">
-        <x:v>137</x:v>
+        <x:v>44</x:v>
       </x:c>
     </x:row>
     <x:row r="34" spans="1:21">
       <x:c r="A34" s="13" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="B34" s="14" t="s">
-        <x:v>45</x:v>
+        <x:v>61</x:v>
       </x:c>
       <x:c r="C34" s="15" t="n">
-        <x:v>38113</x:v>
+        <x:v>41000</x:v>
       </x:c>
       <x:c r="D34" s="15" t="s"/>
       <x:c r="E34" s="14" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="F34" s="14" t="s"/>
       <x:c r="G34" s="14" t="s">
-        <x:v>46</x:v>
+        <x:v>35</x:v>
       </x:c>
       <x:c r="H34" s="14" t="s"/>
       <x:c r="I34" s="16" t="s">
-        <x:v>47</x:v>
+        <x:v>36</x:v>
       </x:c>
       <x:c r="J34" s="14" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="K34" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="L34" s="14" t="s">
-        <x:v>26</x:v>
+        <x:v>39</x:v>
       </x:c>
       <x:c r="M34" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="N34" s="15" t="n">
-        <x:v>32054</x:v>
+        <x:v>32154</x:v>
       </x:c>
       <x:c r="O34" s="14" t="s">
-        <x:v>49</x:v>
+        <x:v>62</x:v>
       </x:c>
       <x:c r="P34" s="14" t="s">
-        <x:v>46</x:v>
+        <x:v>35</x:v>
       </x:c>
       <x:c r="Q34" s="16" t="s">
-        <x:v>47</x:v>
+        <x:v>36</x:v>
       </x:c>
       <x:c r="R34" s="14" t="s">
-        <x:v>50</x:v>
+        <x:v>42</x:v>
       </x:c>
       <x:c r="S34" s="14" t="n">
-        <x:v>556163</x:v>
+        <x:v>552407</x:v>
       </x:c>
       <x:c r="T34" s="16" t="s">
         <x:v>136</x:v>
       </x:c>
       <x:c r="U34" s="16" t="s">
-        <x:v>44</x:v>
+        <x:v>137</x:v>
       </x:c>
     </x:row>
     <x:row r="35" spans="1:21">
       <x:c r="A35" s="1" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="B35" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="C35" s="3" t="n">
         <x:v>38227</x:v>
       </x:c>
       <x:c r="D35" s="3" t="s"/>
       <x:c r="E35" s="0" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="G35" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H35" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="I35" s="4" t="s">
         <x:v>54</x:v>
       </x:c>
@@ -4681,97 +4681,94 @@
       </x:c>
       <x:c r="P38" s="14" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="Q38" s="16" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="R38" s="14" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="S38" s="14" t="n">
         <x:v>549473</x:v>
       </x:c>
       <x:c r="T38" s="16" t="s">
         <x:v>136</x:v>
       </x:c>
       <x:c r="U38" s="16" t="s">
         <x:v>137</x:v>
       </x:c>
     </x:row>
     <x:row r="39" spans="1:21">
       <x:c r="A39" s="1" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="B39" s="0" t="s">
-        <x:v>61</x:v>
+        <x:v>33</x:v>
       </x:c>
       <x:c r="C39" s="3" t="n">
-        <x:v>41000</x:v>
+        <x:v>39133</x:v>
       </x:c>
       <x:c r="D39" s="3" t="s"/>
       <x:c r="E39" s="0" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="G39" s="0" t="s">
-        <x:v>144</x:v>
-[...2 lines deleted...]
-        <x:v>145</x:v>
+        <x:v>35</x:v>
       </x:c>
       <x:c r="I39" s="4" t="s">
-        <x:v>146</x:v>
+        <x:v>36</x:v>
       </x:c>
       <x:c r="J39" s="0" t="s">
-        <x:v>48</x:v>
+        <x:v>37</x:v>
       </x:c>
       <x:c r="K39" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="L39" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="M39" s="0" t="s">
-        <x:v>55</x:v>
+        <x:v>40</x:v>
       </x:c>
       <x:c r="N39" s="3" t="n">
-        <x:v>32154</x:v>
+        <x:v>42803</x:v>
       </x:c>
       <x:c r="O39" s="0" t="s">
-        <x:v>62</x:v>
+        <x:v>41</x:v>
       </x:c>
       <x:c r="P39" s="0" t="s">
-        <x:v>147</x:v>
+        <x:v>35</x:v>
       </x:c>
       <x:c r="Q39" s="4" t="s">
-        <x:v>54</x:v>
+        <x:v>36</x:v>
       </x:c>
       <x:c r="R39" s="0" t="s">
-        <x:v>85</x:v>
+        <x:v>42</x:v>
       </x:c>
       <x:c r="S39" s="0" t="n">
-        <x:v>564877</x:v>
+        <x:v>552418</x:v>
       </x:c>
       <x:c r="T39" s="4" t="s">
         <x:v>136</x:v>
       </x:c>
       <x:c r="U39" s="4" t="s">
         <x:v>137</x:v>
       </x:c>
     </x:row>
     <x:row r="40" spans="1:21">
       <x:c r="A40" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B40" s="14" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="C40" s="15" t="n">
         <x:v>41000</x:v>
       </x:c>
       <x:c r="D40" s="15" t="s"/>
       <x:c r="E40" s="14" t="s"/>
       <x:c r="F40" s="14" t="s"/>
       <x:c r="G40" s="14" t="s">
         <x:v>103</x:v>
       </x:c>
       <x:c r="H40" s="14" t="s"/>
@@ -4781,170 +4778,172 @@
       <x:c r="J40" s="14" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="K40" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L40" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="M40" s="14" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="N40" s="15" t="n">
         <x:v>32154</x:v>
       </x:c>
       <x:c r="O40" s="14" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="P40" s="14" t="s">
         <x:v>103</x:v>
       </x:c>
       <x:c r="Q40" s="16" t="s">
         <x:v>104</x:v>
       </x:c>
       <x:c r="R40" s="14" t="s">
-        <x:v>148</x:v>
+        <x:v>144</x:v>
       </x:c>
       <x:c r="S40" s="14" t="n">
         <x:v>564386</x:v>
       </x:c>
       <x:c r="T40" s="16" t="s">
         <x:v>136</x:v>
       </x:c>
       <x:c r="U40" s="16" t="s">
         <x:v>137</x:v>
       </x:c>
     </x:row>
     <x:row r="41" spans="1:21">
       <x:c r="A41" s="1" t="s">
-        <x:v>32</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B41" s="0" t="s">
-        <x:v>33</x:v>
+        <x:v>76</x:v>
       </x:c>
       <x:c r="C41" s="3" t="n">
-        <x:v>39133</x:v>
+        <x:v>41000</x:v>
       </x:c>
       <x:c r="D41" s="3" t="s"/>
-      <x:c r="E41" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="G41" s="0" t="s">
-        <x:v>35</x:v>
+        <x:v>145</x:v>
+      </x:c>
+      <x:c r="H41" s="0" t="s">
+        <x:v>146</x:v>
       </x:c>
       <x:c r="I41" s="4" t="s">
-        <x:v>36</x:v>
+        <x:v>147</x:v>
       </x:c>
       <x:c r="J41" s="0" t="s">
-        <x:v>37</x:v>
+        <x:v>48</x:v>
       </x:c>
       <x:c r="K41" s="0" t="s">
-        <x:v>38</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="L41" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="M41" s="0" t="s">
-        <x:v>40</x:v>
+        <x:v>55</x:v>
       </x:c>
       <x:c r="N41" s="3" t="n">
-        <x:v>42803</x:v>
+        <x:v>32154</x:v>
       </x:c>
       <x:c r="O41" s="0" t="s">
-        <x:v>41</x:v>
+        <x:v>62</x:v>
       </x:c>
       <x:c r="P41" s="0" t="s">
-        <x:v>35</x:v>
+        <x:v>145</x:v>
       </x:c>
       <x:c r="Q41" s="4" t="s">
-        <x:v>36</x:v>
+        <x:v>147</x:v>
       </x:c>
       <x:c r="R41" s="0" t="s">
-        <x:v>42</x:v>
+        <x:v>85</x:v>
       </x:c>
       <x:c r="S41" s="0" t="n">
-        <x:v>552418</x:v>
+        <x:v>556584</x:v>
       </x:c>
       <x:c r="T41" s="4" t="s">
         <x:v>136</x:v>
       </x:c>
       <x:c r="U41" s="4" t="s">
         <x:v>137</x:v>
       </x:c>
     </x:row>
     <x:row r="42" spans="1:21">
       <x:c r="A42" s="13" t="s">
-        <x:v>21</x:v>
+        <x:v>32</x:v>
       </x:c>
       <x:c r="B42" s="14" t="s">
-        <x:v>76</x:v>
+        <x:v>61</x:v>
       </x:c>
       <x:c r="C42" s="15" t="n">
         <x:v>41000</x:v>
       </x:c>
       <x:c r="D42" s="15" t="s"/>
-      <x:c r="E42" s="14" t="s"/>
+      <x:c r="E42" s="14" t="s">
+        <x:v>34</x:v>
+      </x:c>
       <x:c r="F42" s="14" t="s"/>
       <x:c r="G42" s="14" t="s">
-        <x:v>144</x:v>
+        <x:v>145</x:v>
       </x:c>
       <x:c r="H42" s="14" t="s">
-        <x:v>145</x:v>
+        <x:v>146</x:v>
       </x:c>
       <x:c r="I42" s="16" t="s">
-        <x:v>146</x:v>
+        <x:v>147</x:v>
       </x:c>
       <x:c r="J42" s="14" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="K42" s="14" t="s">
-        <x:v>25</x:v>
+        <x:v>38</x:v>
       </x:c>
       <x:c r="L42" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="M42" s="14" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="N42" s="15" t="n">
         <x:v>32154</x:v>
       </x:c>
       <x:c r="O42" s="14" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="P42" s="14" t="s">
-        <x:v>144</x:v>
+        <x:v>148</x:v>
       </x:c>
       <x:c r="Q42" s="16" t="s">
-        <x:v>146</x:v>
+        <x:v>54</x:v>
       </x:c>
       <x:c r="R42" s="14" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="S42" s="14" t="n">
-        <x:v>556584</x:v>
+        <x:v>564877</x:v>
       </x:c>
       <x:c r="T42" s="16" t="s">
         <x:v>136</x:v>
       </x:c>
       <x:c r="U42" s="16" t="s">
         <x:v>137</x:v>
       </x:c>
     </x:row>
     <x:row r="43" spans="1:21">
       <x:c r="A43" s="1" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="B43" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="C43" s="3" t="n">
         <x:v>41000</x:v>
       </x:c>
       <x:c r="D43" s="3" t="s"/>
       <x:c r="E43" s="0" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="G43" s="0" t="s">
         <x:v>112</x:v>
       </x:c>
@@ -5040,90 +5039,90 @@
       <x:c r="S44" s="14" t="n">
         <x:v>544950</x:v>
       </x:c>
       <x:c r="T44" s="16" t="s">
         <x:v>151</x:v>
       </x:c>
       <x:c r="U44" s="16" t="s">
         <x:v>152</x:v>
       </x:c>
     </x:row>
     <x:row r="45" spans="1:21">
       <x:c r="A45" s="1" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="B45" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="C45" s="3" t="n">
         <x:v>41000</x:v>
       </x:c>
       <x:c r="D45" s="3" t="s"/>
       <x:c r="E45" s="0" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="G45" s="0" t="s">
-        <x:v>70</x:v>
+        <x:v>153</x:v>
       </x:c>
       <x:c r="I45" s="4" t="s">
-        <x:v>36</x:v>
+        <x:v>24</x:v>
       </x:c>
       <x:c r="J45" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="K45" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="L45" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="M45" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="N45" s="3" t="n">
         <x:v>32154</x:v>
       </x:c>
       <x:c r="O45" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="P45" s="0" t="s">
-        <x:v>71</x:v>
+        <x:v>153</x:v>
       </x:c>
       <x:c r="Q45" s="4" t="s">
-        <x:v>72</x:v>
+        <x:v>24</x:v>
       </x:c>
       <x:c r="R45" s="0" t="s">
-        <x:v>73</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="S45" s="0" t="n">
-        <x:v>547824</x:v>
+        <x:v>569650</x:v>
       </x:c>
       <x:c r="T45" s="4" t="s">
         <x:v>151</x:v>
       </x:c>
       <x:c r="U45" s="4" t="s">
-        <x:v>137</x:v>
+        <x:v>154</x:v>
       </x:c>
     </x:row>
     <x:row r="46" spans="1:21">
       <x:c r="A46" s="13" t="s">
         <x:v>110</x:v>
       </x:c>
       <x:c r="B46" s="14" t="s">
         <x:v>111</x:v>
       </x:c>
       <x:c r="C46" s="15" t="n">
         <x:v>41000</x:v>
       </x:c>
       <x:c r="D46" s="15" t="s"/>
       <x:c r="E46" s="14" t="s"/>
       <x:c r="F46" s="14" t="s"/>
       <x:c r="G46" s="14" t="s">
         <x:v>112</x:v>
       </x:c>
       <x:c r="H46" s="14" t="s"/>
       <x:c r="I46" s="16" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="J46" s="14" t="s">
         <x:v>48</x:v>
       </x:c>
@@ -5154,90 +5153,90 @@
       <x:c r="S46" s="14" t="n">
         <x:v>549175</x:v>
       </x:c>
       <x:c r="T46" s="16" t="s">
         <x:v>151</x:v>
       </x:c>
       <x:c r="U46" s="16" t="s">
         <x:v>137</x:v>
       </x:c>
     </x:row>
     <x:row r="47" spans="1:21">
       <x:c r="A47" s="1" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="B47" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="C47" s="3" t="n">
         <x:v>41000</x:v>
       </x:c>
       <x:c r="D47" s="3" t="s"/>
       <x:c r="E47" s="0" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="G47" s="0" t="s">
-        <x:v>153</x:v>
+        <x:v>70</x:v>
       </x:c>
       <x:c r="I47" s="4" t="s">
-        <x:v>24</x:v>
+        <x:v>36</x:v>
       </x:c>
       <x:c r="J47" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="K47" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="L47" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="M47" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="N47" s="3" t="n">
         <x:v>32154</x:v>
       </x:c>
       <x:c r="O47" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="P47" s="0" t="s">
-        <x:v>153</x:v>
+        <x:v>71</x:v>
       </x:c>
       <x:c r="Q47" s="4" t="s">
-        <x:v>24</x:v>
+        <x:v>72</x:v>
       </x:c>
       <x:c r="R47" s="0" t="s">
-        <x:v>29</x:v>
+        <x:v>73</x:v>
       </x:c>
       <x:c r="S47" s="0" t="n">
-        <x:v>569650</x:v>
+        <x:v>547824</x:v>
       </x:c>
       <x:c r="T47" s="4" t="s">
         <x:v>151</x:v>
       </x:c>
       <x:c r="U47" s="4" t="s">
-        <x:v>154</x:v>
+        <x:v>137</x:v>
       </x:c>
     </x:row>
     <x:row r="48" spans="1:21">
       <x:c r="A48" s="13" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="B48" s="14" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="C48" s="15" t="n">
         <x:v>41000</x:v>
       </x:c>
       <x:c r="D48" s="15" t="s"/>
       <x:c r="E48" s="14" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="F48" s="14" t="s"/>
       <x:c r="G48" s="14" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="H48" s="14" t="s"/>
       <x:c r="I48" s="16" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="J48" s="14" t="s">
@@ -5649,160 +5648,159 @@
       </x:c>
       <x:c r="O55" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="P55" s="0" t="s">
         <x:v>103</x:v>
       </x:c>
       <x:c r="Q55" s="4" t="s">
         <x:v>104</x:v>
       </x:c>
       <x:c r="R55" s="0" t="s">
         <x:v>107</x:v>
       </x:c>
       <x:c r="S55" s="0" t="n">
         <x:v>570869</x:v>
       </x:c>
       <x:c r="T55" s="4" t="s">
         <x:v>165</x:v>
       </x:c>
       <x:c r="U55" s="4" t="s">
         <x:v>137</x:v>
       </x:c>
     </x:row>
     <x:row r="56" spans="1:21">
       <x:c r="A56" s="13" t="s">
-        <x:v>21</x:v>
+        <x:v>32</x:v>
       </x:c>
       <x:c r="B56" s="14" t="s">
-        <x:v>164</x:v>
+        <x:v>51</x:v>
       </x:c>
       <x:c r="C56" s="15" t="n">
-        <x:v>38113</x:v>
+        <x:v>38227</x:v>
       </x:c>
       <x:c r="D56" s="15" t="s"/>
-      <x:c r="E56" s="14" t="s"/>
+      <x:c r="E56" s="14" t="s">
+        <x:v>34</x:v>
+      </x:c>
       <x:c r="F56" s="14" t="s"/>
       <x:c r="G56" s="14" t="s">
-        <x:v>46</x:v>
+        <x:v>70</x:v>
       </x:c>
       <x:c r="H56" s="14" t="s"/>
       <x:c r="I56" s="16" t="s">
-        <x:v>47</x:v>
+        <x:v>36</x:v>
       </x:c>
       <x:c r="J56" s="14" t="s">
-        <x:v>48</x:v>
+        <x:v>37</x:v>
       </x:c>
       <x:c r="K56" s="14" t="s">
-        <x:v>25</x:v>
+        <x:v>38</x:v>
       </x:c>
       <x:c r="L56" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="M56" s="14" t="s">
-        <x:v>40</x:v>
+        <x:v>55</x:v>
       </x:c>
       <x:c r="N56" s="15" t="n">
-        <x:v>32054</x:v>
+        <x:v>42822</x:v>
       </x:c>
       <x:c r="O56" s="14" t="s">
-        <x:v>49</x:v>
+        <x:v>56</x:v>
       </x:c>
       <x:c r="P56" s="14" t="s">
-        <x:v>46</x:v>
+        <x:v>71</x:v>
       </x:c>
       <x:c r="Q56" s="16" t="s">
-        <x:v>47</x:v>
+        <x:v>72</x:v>
       </x:c>
       <x:c r="R56" s="14" t="s">
-        <x:v>50</x:v>
+        <x:v>73</x:v>
       </x:c>
       <x:c r="S56" s="14" t="n">
-        <x:v>587780</x:v>
+        <x:v>547829</x:v>
       </x:c>
       <x:c r="T56" s="16" t="s">
         <x:v>165</x:v>
       </x:c>
       <x:c r="U56" s="16" t="s">
-        <x:v>169</x:v>
+        <x:v>137</x:v>
       </x:c>
     </x:row>
     <x:row r="57" spans="1:21">
       <x:c r="A57" s="1" t="s">
-        <x:v>32</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B57" s="0" t="s">
-        <x:v>51</x:v>
+        <x:v>164</x:v>
       </x:c>
       <x:c r="C57" s="3" t="n">
-        <x:v>38227</x:v>
+        <x:v>38113</x:v>
       </x:c>
       <x:c r="D57" s="3" t="s"/>
-      <x:c r="E57" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="G57" s="0" t="s">
-        <x:v>70</x:v>
+        <x:v>46</x:v>
       </x:c>
       <x:c r="I57" s="4" t="s">
-        <x:v>36</x:v>
+        <x:v>47</x:v>
       </x:c>
       <x:c r="J57" s="0" t="s">
-        <x:v>37</x:v>
+        <x:v>48</x:v>
       </x:c>
       <x:c r="K57" s="0" t="s">
-        <x:v>38</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="L57" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="M57" s="0" t="s">
-        <x:v>55</x:v>
+        <x:v>40</x:v>
       </x:c>
       <x:c r="N57" s="3" t="n">
-        <x:v>42822</x:v>
+        <x:v>32054</x:v>
       </x:c>
       <x:c r="O57" s="0" t="s">
-        <x:v>56</x:v>
+        <x:v>49</x:v>
       </x:c>
       <x:c r="P57" s="0" t="s">
-        <x:v>71</x:v>
+        <x:v>46</x:v>
       </x:c>
       <x:c r="Q57" s="4" t="s">
-        <x:v>72</x:v>
+        <x:v>47</x:v>
       </x:c>
       <x:c r="R57" s="0" t="s">
-        <x:v>73</x:v>
+        <x:v>50</x:v>
       </x:c>
       <x:c r="S57" s="0" t="n">
-        <x:v>547829</x:v>
+        <x:v>587780</x:v>
       </x:c>
       <x:c r="T57" s="4" t="s">
         <x:v>165</x:v>
       </x:c>
       <x:c r="U57" s="4" t="s">
-        <x:v>137</x:v>
+        <x:v>169</x:v>
       </x:c>
     </x:row>
     <x:row r="58" spans="1:21">
       <x:c r="A58" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B58" s="14" t="s">
         <x:v>116</x:v>
       </x:c>
       <x:c r="C58" s="15" t="n">
         <x:v>36648</x:v>
       </x:c>
       <x:c r="D58" s="15" t="s"/>
       <x:c r="E58" s="14" t="s"/>
       <x:c r="F58" s="14" t="s"/>
       <x:c r="G58" s="14" t="s">
         <x:v>125</x:v>
       </x:c>
       <x:c r="H58" s="14" t="s"/>
       <x:c r="I58" s="16" t="s">
         <x:v>126</x:v>
       </x:c>
       <x:c r="J58" s="14" t="s">
         <x:v>64</x:v>
       </x:c>
@@ -5920,768 +5918,768 @@
       <x:c r="K60" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L60" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M60" s="14" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="N60" s="15" t="n">
         <x:v>31814</x:v>
       </x:c>
       <x:c r="O60" s="14" t="s">
         <x:v>175</x:v>
       </x:c>
       <x:c r="P60" s="14" t="s">
         <x:v>174</x:v>
       </x:c>
       <x:c r="Q60" s="16" t="s">
         <x:v>91</x:v>
       </x:c>
       <x:c r="R60" s="14" t="s">
         <x:v>176</x:v>
       </x:c>
       <x:c r="S60" s="14" t="n">
-        <x:v>608230</x:v>
+        <x:v>608228</x:v>
       </x:c>
       <x:c r="T60" s="16" t="s">
         <x:v>177</x:v>
       </x:c>
       <x:c r="U60" s="16" t="s">
         <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="61" spans="1:21">
       <x:c r="A61" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B61" s="0" t="s">
-        <x:v>116</x:v>
+        <x:v>173</x:v>
       </x:c>
       <x:c r="C61" s="3" t="n">
-        <x:v>36648</x:v>
+        <x:v>40278</x:v>
       </x:c>
       <x:c r="D61" s="3" t="s"/>
       <x:c r="G61" s="0" t="s">
         <x:v>174</x:v>
       </x:c>
       <x:c r="I61" s="4" t="s">
         <x:v>91</x:v>
       </x:c>
       <x:c r="J61" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="K61" s="0" t="s">
-        <x:v>178</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="L61" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M61" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="N61" s="3" t="n">
-        <x:v>42854</x:v>
+        <x:v>31814</x:v>
       </x:c>
       <x:c r="O61" s="0" t="s">
-        <x:v>120</x:v>
+        <x:v>175</x:v>
       </x:c>
       <x:c r="P61" s="0" t="s">
         <x:v>174</x:v>
       </x:c>
       <x:c r="Q61" s="4" t="s">
         <x:v>91</x:v>
       </x:c>
       <x:c r="R61" s="0" t="s">
         <x:v>176</x:v>
       </x:c>
       <x:c r="S61" s="0" t="n">
-        <x:v>608256</x:v>
+        <x:v>608233</x:v>
       </x:c>
       <x:c r="T61" s="4" t="s">
         <x:v>177</x:v>
       </x:c>
       <x:c r="U61" s="4" t="s">
         <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="62" spans="1:21">
       <x:c r="A62" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B62" s="14" t="s">
-        <x:v>173</x:v>
+        <x:v>116</x:v>
       </x:c>
       <x:c r="C62" s="15" t="n">
-        <x:v>40278</x:v>
+        <x:v>36648</x:v>
       </x:c>
       <x:c r="D62" s="15" t="s"/>
       <x:c r="E62" s="14" t="s"/>
       <x:c r="F62" s="14" t="s"/>
       <x:c r="G62" s="14" t="s">
         <x:v>174</x:v>
       </x:c>
       <x:c r="H62" s="14" t="s"/>
       <x:c r="I62" s="16" t="s">
         <x:v>91</x:v>
       </x:c>
       <x:c r="J62" s="14" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="K62" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L62" s="14" t="s">
-        <x:v>26</x:v>
+        <x:v>39</x:v>
       </x:c>
       <x:c r="M62" s="14" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="N62" s="15" t="n">
-        <x:v>31814</x:v>
+        <x:v>42854</x:v>
       </x:c>
       <x:c r="O62" s="14" t="s">
-        <x:v>175</x:v>
+        <x:v>120</x:v>
       </x:c>
       <x:c r="P62" s="14" t="s">
         <x:v>174</x:v>
       </x:c>
       <x:c r="Q62" s="16" t="s">
         <x:v>91</x:v>
       </x:c>
       <x:c r="R62" s="14" t="s">
-        <x:v>179</x:v>
+        <x:v>176</x:v>
       </x:c>
       <x:c r="S62" s="14" t="n">
-        <x:v>608228</x:v>
+        <x:v>608255</x:v>
       </x:c>
       <x:c r="T62" s="16" t="s">
         <x:v>177</x:v>
       </x:c>
       <x:c r="U62" s="16" t="s">
         <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="63" spans="1:21">
       <x:c r="A63" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B63" s="0" t="s">
         <x:v>173</x:v>
       </x:c>
       <x:c r="C63" s="3" t="n">
         <x:v>40278</x:v>
       </x:c>
       <x:c r="D63" s="3" t="s"/>
       <x:c r="G63" s="0" t="s">
         <x:v>174</x:v>
       </x:c>
       <x:c r="I63" s="4" t="s">
         <x:v>91</x:v>
       </x:c>
       <x:c r="J63" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="K63" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L63" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M63" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="N63" s="3" t="n">
         <x:v>31814</x:v>
       </x:c>
       <x:c r="O63" s="0" t="s">
         <x:v>175</x:v>
       </x:c>
       <x:c r="P63" s="0" t="s">
         <x:v>174</x:v>
       </x:c>
       <x:c r="Q63" s="4" t="s">
         <x:v>91</x:v>
       </x:c>
       <x:c r="R63" s="0" t="s">
-        <x:v>179</x:v>
+        <x:v>178</x:v>
       </x:c>
       <x:c r="S63" s="0" t="n">
-        <x:v>608233</x:v>
+        <x:v>608230</x:v>
       </x:c>
       <x:c r="T63" s="4" t="s">
         <x:v>177</x:v>
       </x:c>
       <x:c r="U63" s="4" t="s">
         <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="64" spans="1:21">
       <x:c r="A64" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B64" s="14" t="s">
         <x:v>116</x:v>
       </x:c>
       <x:c r="C64" s="15" t="n">
         <x:v>36648</x:v>
       </x:c>
       <x:c r="D64" s="15" t="s"/>
       <x:c r="E64" s="14" t="s"/>
       <x:c r="F64" s="14" t="s"/>
       <x:c r="G64" s="14" t="s">
         <x:v>174</x:v>
       </x:c>
       <x:c r="H64" s="14" t="s"/>
       <x:c r="I64" s="16" t="s">
         <x:v>91</x:v>
       </x:c>
       <x:c r="J64" s="14" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="K64" s="14" t="s">
-        <x:v>25</x:v>
+        <x:v>179</x:v>
       </x:c>
       <x:c r="L64" s="14" t="s">
-        <x:v>39</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="M64" s="14" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="N64" s="15" t="n">
         <x:v>42854</x:v>
       </x:c>
       <x:c r="O64" s="14" t="s">
         <x:v>120</x:v>
       </x:c>
       <x:c r="P64" s="14" t="s">
         <x:v>174</x:v>
       </x:c>
       <x:c r="Q64" s="16" t="s">
         <x:v>91</x:v>
       </x:c>
       <x:c r="R64" s="14" t="s">
-        <x:v>179</x:v>
+        <x:v>178</x:v>
       </x:c>
       <x:c r="S64" s="14" t="n">
-        <x:v>608255</x:v>
+        <x:v>608256</x:v>
       </x:c>
       <x:c r="T64" s="16" t="s">
         <x:v>177</x:v>
       </x:c>
       <x:c r="U64" s="16" t="s">
         <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="65" spans="1:21">
       <x:c r="A65" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B65" s="0" t="s">
-        <x:v>180</x:v>
+        <x:v>116</x:v>
       </x:c>
       <x:c r="C65" s="3" t="n">
-        <x:v>40385</x:v>
+        <x:v>36648</x:v>
       </x:c>
       <x:c r="D65" s="3" t="s"/>
       <x:c r="G65" s="0" t="s">
         <x:v>174</x:v>
       </x:c>
       <x:c r="I65" s="4" t="s">
         <x:v>91</x:v>
       </x:c>
       <x:c r="J65" s="0" t="s">
-        <x:v>48</x:v>
+        <x:v>64</x:v>
       </x:c>
       <x:c r="K65" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L65" s="0" t="s">
-        <x:v>26</x:v>
+        <x:v>39</x:v>
       </x:c>
       <x:c r="M65" s="0" t="s">
-        <x:v>40</x:v>
+        <x:v>55</x:v>
       </x:c>
       <x:c r="N65" s="3" t="n">
-        <x:v>32054</x:v>
+        <x:v>42854</x:v>
       </x:c>
       <x:c r="O65" s="0" t="s">
-        <x:v>49</x:v>
+        <x:v>120</x:v>
       </x:c>
       <x:c r="P65" s="0" t="s">
         <x:v>174</x:v>
       </x:c>
       <x:c r="Q65" s="4" t="s">
         <x:v>91</x:v>
       </x:c>
       <x:c r="R65" s="0" t="s">
-        <x:v>179</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="S65" s="0" t="n">
-        <x:v>608272</x:v>
+        <x:v>608253</x:v>
       </x:c>
       <x:c r="T65" s="4" t="s">
         <x:v>177</x:v>
       </x:c>
       <x:c r="U65" s="4" t="s">
         <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="66" spans="1:21">
       <x:c r="A66" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B66" s="14" t="s">
-        <x:v>180</x:v>
+        <x:v>116</x:v>
       </x:c>
       <x:c r="C66" s="15" t="n">
-        <x:v>40385</x:v>
+        <x:v>36648</x:v>
       </x:c>
       <x:c r="D66" s="15" t="s"/>
       <x:c r="E66" s="14" t="s"/>
       <x:c r="F66" s="14" t="s"/>
       <x:c r="G66" s="14" t="s">
         <x:v>174</x:v>
       </x:c>
       <x:c r="H66" s="14" t="s"/>
       <x:c r="I66" s="16" t="s">
         <x:v>91</x:v>
       </x:c>
       <x:c r="J66" s="14" t="s">
-        <x:v>48</x:v>
+        <x:v>64</x:v>
       </x:c>
       <x:c r="K66" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L66" s="14" t="s">
-        <x:v>26</x:v>
+        <x:v>39</x:v>
       </x:c>
       <x:c r="M66" s="14" t="s">
-        <x:v>40</x:v>
+        <x:v>55</x:v>
       </x:c>
       <x:c r="N66" s="15" t="n">
-        <x:v>32054</x:v>
+        <x:v>42854</x:v>
       </x:c>
       <x:c r="O66" s="14" t="s">
-        <x:v>49</x:v>
+        <x:v>120</x:v>
       </x:c>
       <x:c r="P66" s="14" t="s">
         <x:v>174</x:v>
       </x:c>
       <x:c r="Q66" s="16" t="s">
         <x:v>91</x:v>
       </x:c>
       <x:c r="R66" s="14" t="s">
-        <x:v>29</x:v>
+        <x:v>176</x:v>
       </x:c>
       <x:c r="S66" s="14" t="n">
-        <x:v>608278</x:v>
+        <x:v>608238</x:v>
       </x:c>
       <x:c r="T66" s="16" t="s">
         <x:v>177</x:v>
       </x:c>
       <x:c r="U66" s="16" t="s">
         <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="67" spans="1:21">
       <x:c r="A67" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B67" s="0" t="s">
-        <x:v>116</x:v>
+        <x:v>180</x:v>
       </x:c>
       <x:c r="C67" s="3" t="n">
-        <x:v>36648</x:v>
+        <x:v>40385</x:v>
       </x:c>
       <x:c r="D67" s="3" t="s"/>
       <x:c r="G67" s="0" t="s">
         <x:v>174</x:v>
       </x:c>
       <x:c r="I67" s="4" t="s">
         <x:v>91</x:v>
       </x:c>
       <x:c r="J67" s="0" t="s">
-        <x:v>64</x:v>
+        <x:v>48</x:v>
       </x:c>
       <x:c r="K67" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L67" s="0" t="s">
-        <x:v>39</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="M67" s="0" t="s">
-        <x:v>55</x:v>
+        <x:v>40</x:v>
       </x:c>
       <x:c r="N67" s="3" t="n">
-        <x:v>42854</x:v>
+        <x:v>32054</x:v>
       </x:c>
       <x:c r="O67" s="0" t="s">
-        <x:v>120</x:v>
+        <x:v>49</x:v>
       </x:c>
       <x:c r="P67" s="0" t="s">
         <x:v>174</x:v>
       </x:c>
       <x:c r="Q67" s="4" t="s">
         <x:v>91</x:v>
       </x:c>
       <x:c r="R67" s="0" t="s">
-        <x:v>29</x:v>
+        <x:v>176</x:v>
       </x:c>
       <x:c r="S67" s="0" t="n">
-        <x:v>608253</x:v>
+        <x:v>608272</x:v>
       </x:c>
       <x:c r="T67" s="4" t="s">
         <x:v>177</x:v>
       </x:c>
       <x:c r="U67" s="4" t="s">
         <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="68" spans="1:21">
       <x:c r="A68" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B68" s="14" t="s">
-        <x:v>116</x:v>
+        <x:v>180</x:v>
       </x:c>
       <x:c r="C68" s="15" t="n">
-        <x:v>36648</x:v>
+        <x:v>40385</x:v>
       </x:c>
       <x:c r="D68" s="15" t="s"/>
       <x:c r="E68" s="14" t="s"/>
       <x:c r="F68" s="14" t="s"/>
       <x:c r="G68" s="14" t="s">
         <x:v>174</x:v>
       </x:c>
       <x:c r="H68" s="14" t="s"/>
       <x:c r="I68" s="16" t="s">
         <x:v>91</x:v>
       </x:c>
       <x:c r="J68" s="14" t="s">
-        <x:v>64</x:v>
+        <x:v>48</x:v>
       </x:c>
       <x:c r="K68" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L68" s="14" t="s">
-        <x:v>39</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="M68" s="14" t="s">
-        <x:v>55</x:v>
+        <x:v>40</x:v>
       </x:c>
       <x:c r="N68" s="15" t="n">
-        <x:v>42854</x:v>
+        <x:v>32054</x:v>
       </x:c>
       <x:c r="O68" s="14" t="s">
-        <x:v>120</x:v>
+        <x:v>49</x:v>
       </x:c>
       <x:c r="P68" s="14" t="s">
         <x:v>174</x:v>
       </x:c>
       <x:c r="Q68" s="16" t="s">
         <x:v>91</x:v>
       </x:c>
       <x:c r="R68" s="14" t="s">
-        <x:v>179</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="S68" s="14" t="n">
-        <x:v>608238</x:v>
+        <x:v>608278</x:v>
       </x:c>
       <x:c r="T68" s="16" t="s">
         <x:v>177</x:v>
       </x:c>
       <x:c r="U68" s="16" t="s">
         <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="69" spans="1:21">
       <x:c r="A69" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B69" s="0" t="s">
-        <x:v>180</x:v>
+        <x:v>173</x:v>
       </x:c>
       <x:c r="C69" s="3" t="n">
-        <x:v>40385</x:v>
+        <x:v>40278</x:v>
       </x:c>
       <x:c r="D69" s="3" t="s"/>
       <x:c r="G69" s="0" t="s">
         <x:v>174</x:v>
       </x:c>
       <x:c r="I69" s="4" t="s">
         <x:v>91</x:v>
       </x:c>
       <x:c r="J69" s="0" t="s">
-        <x:v>48</x:v>
+        <x:v>64</x:v>
       </x:c>
       <x:c r="K69" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L69" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M69" s="0" t="s">
-        <x:v>40</x:v>
+        <x:v>55</x:v>
       </x:c>
       <x:c r="N69" s="3" t="n">
-        <x:v>32054</x:v>
+        <x:v>31814</x:v>
       </x:c>
       <x:c r="O69" s="0" t="s">
-        <x:v>49</x:v>
+        <x:v>175</x:v>
       </x:c>
       <x:c r="P69" s="0" t="s">
         <x:v>174</x:v>
       </x:c>
       <x:c r="Q69" s="4" t="s">
         <x:v>91</x:v>
       </x:c>
       <x:c r="R69" s="0" t="s">
-        <x:v>176</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="S69" s="0" t="n">
-        <x:v>608276</x:v>
+        <x:v>608231</x:v>
       </x:c>
       <x:c r="T69" s="4" t="s">
         <x:v>177</x:v>
       </x:c>
       <x:c r="U69" s="4" t="s">
         <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="70" spans="1:21">
       <x:c r="A70" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B70" s="14" t="s">
-        <x:v>181</x:v>
+        <x:v>180</x:v>
       </x:c>
       <x:c r="C70" s="15" t="n">
-        <x:v>37879</x:v>
+        <x:v>40385</x:v>
       </x:c>
       <x:c r="D70" s="15" t="s"/>
       <x:c r="E70" s="14" t="s"/>
       <x:c r="F70" s="14" t="s"/>
       <x:c r="G70" s="14" t="s">
         <x:v>174</x:v>
       </x:c>
       <x:c r="H70" s="14" t="s"/>
       <x:c r="I70" s="16" t="s">
         <x:v>91</x:v>
       </x:c>
       <x:c r="J70" s="14" t="s">
-        <x:v>37</x:v>
+        <x:v>48</x:v>
       </x:c>
       <x:c r="K70" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L70" s="14" t="s">
-        <x:v>39</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="M70" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="N70" s="15" t="n">
-        <x:v>42801</x:v>
+        <x:v>32054</x:v>
       </x:c>
       <x:c r="O70" s="14" t="s">
-        <x:v>141</x:v>
+        <x:v>49</x:v>
       </x:c>
       <x:c r="P70" s="14" t="s">
         <x:v>174</x:v>
       </x:c>
       <x:c r="Q70" s="16" t="s">
         <x:v>91</x:v>
       </x:c>
       <x:c r="R70" s="14" t="s">
         <x:v>176</x:v>
       </x:c>
       <x:c r="S70" s="14" t="n">
-        <x:v>608531</x:v>
+        <x:v>608273</x:v>
       </x:c>
       <x:c r="T70" s="16" t="s">
         <x:v>177</x:v>
       </x:c>
       <x:c r="U70" s="16" t="s">
         <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="71" spans="1:21">
       <x:c r="A71" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B71" s="0" t="s">
-        <x:v>173</x:v>
+        <x:v>180</x:v>
       </x:c>
       <x:c r="C71" s="3" t="n">
-        <x:v>40278</x:v>
+        <x:v>40385</x:v>
       </x:c>
       <x:c r="D71" s="3" t="s"/>
       <x:c r="G71" s="0" t="s">
         <x:v>174</x:v>
       </x:c>
       <x:c r="I71" s="4" t="s">
         <x:v>91</x:v>
       </x:c>
       <x:c r="J71" s="0" t="s">
-        <x:v>64</x:v>
+        <x:v>48</x:v>
       </x:c>
       <x:c r="K71" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L71" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M71" s="0" t="s">
-        <x:v>55</x:v>
+        <x:v>40</x:v>
       </x:c>
       <x:c r="N71" s="3" t="n">
-        <x:v>31814</x:v>
+        <x:v>32054</x:v>
       </x:c>
       <x:c r="O71" s="0" t="s">
-        <x:v>175</x:v>
+        <x:v>49</x:v>
       </x:c>
       <x:c r="P71" s="0" t="s">
         <x:v>174</x:v>
       </x:c>
       <x:c r="Q71" s="4" t="s">
         <x:v>91</x:v>
       </x:c>
       <x:c r="R71" s="0" t="s">
-        <x:v>29</x:v>
+        <x:v>178</x:v>
       </x:c>
       <x:c r="S71" s="0" t="n">
-        <x:v>608231</x:v>
+        <x:v>608276</x:v>
       </x:c>
       <x:c r="T71" s="4" t="s">
         <x:v>177</x:v>
       </x:c>
       <x:c r="U71" s="4" t="s">
         <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="72" spans="1:21">
       <x:c r="A72" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B72" s="14" t="s">
-        <x:v>180</x:v>
+        <x:v>181</x:v>
       </x:c>
       <x:c r="C72" s="15" t="n">
-        <x:v>40385</x:v>
+        <x:v>37879</x:v>
       </x:c>
       <x:c r="D72" s="15" t="s"/>
       <x:c r="E72" s="14" t="s"/>
       <x:c r="F72" s="14" t="s"/>
       <x:c r="G72" s="14" t="s">
         <x:v>174</x:v>
       </x:c>
       <x:c r="H72" s="14" t="s"/>
       <x:c r="I72" s="16" t="s">
         <x:v>91</x:v>
       </x:c>
       <x:c r="J72" s="14" t="s">
-        <x:v>48</x:v>
+        <x:v>37</x:v>
       </x:c>
       <x:c r="K72" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L72" s="14" t="s">
-        <x:v>26</x:v>
+        <x:v>39</x:v>
       </x:c>
       <x:c r="M72" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="N72" s="15" t="n">
-        <x:v>32054</x:v>
+        <x:v>42801</x:v>
       </x:c>
       <x:c r="O72" s="14" t="s">
-        <x:v>49</x:v>
+        <x:v>141</x:v>
       </x:c>
       <x:c r="P72" s="14" t="s">
         <x:v>174</x:v>
       </x:c>
       <x:c r="Q72" s="16" t="s">
         <x:v>91</x:v>
       </x:c>
       <x:c r="R72" s="14" t="s">
-        <x:v>179</x:v>
+        <x:v>178</x:v>
       </x:c>
       <x:c r="S72" s="14" t="n">
-        <x:v>608273</x:v>
+        <x:v>608531</x:v>
       </x:c>
       <x:c r="T72" s="16" t="s">
         <x:v>177</x:v>
       </x:c>
       <x:c r="U72" s="16" t="s">
         <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="73" spans="1:21">
       <x:c r="A73" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B73" s="0" t="s">
         <x:v>181</x:v>
       </x:c>
       <x:c r="C73" s="3" t="n">
         <x:v>37879</x:v>
       </x:c>
       <x:c r="D73" s="3" t="s"/>
       <x:c r="G73" s="0" t="s">
         <x:v>174</x:v>
       </x:c>
       <x:c r="I73" s="4" t="s">
         <x:v>91</x:v>
       </x:c>
       <x:c r="J73" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="K73" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L73" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="M73" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="N73" s="3" t="n">
         <x:v>42801</x:v>
       </x:c>
       <x:c r="O73" s="0" t="s">
         <x:v>141</x:v>
       </x:c>
       <x:c r="P73" s="0" t="s">
         <x:v>174</x:v>
       </x:c>
       <x:c r="Q73" s="4" t="s">
         <x:v>91</x:v>
       </x:c>
       <x:c r="R73" s="0" t="s">
-        <x:v>179</x:v>
+        <x:v>176</x:v>
       </x:c>
       <x:c r="S73" s="0" t="n">
         <x:v>608528</x:v>
       </x:c>
       <x:c r="T73" s="4" t="s">
         <x:v>182</x:v>
       </x:c>
       <x:c r="U73" s="4" t="s">
         <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="74" spans="1:21">
       <x:c r="A74" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B74" s="14" t="s">
         <x:v>181</x:v>
       </x:c>
       <x:c r="C74" s="15" t="n">
         <x:v>37879</x:v>
       </x:c>
       <x:c r="D74" s="15" t="s"/>
       <x:c r="E74" s="14" t="s"/>
       <x:c r="F74" s="14" t="s"/>
       <x:c r="G74" s="14" t="s">
@@ -6748,51 +6746,51 @@
       <x:c r="J75" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="K75" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L75" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="M75" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="N75" s="3" t="n">
         <x:v>42801</x:v>
       </x:c>
       <x:c r="O75" s="0" t="s">
         <x:v>141</x:v>
       </x:c>
       <x:c r="P75" s="0" t="s">
         <x:v>174</x:v>
       </x:c>
       <x:c r="Q75" s="4" t="s">
         <x:v>91</x:v>
       </x:c>
       <x:c r="R75" s="0" t="s">
-        <x:v>179</x:v>
+        <x:v>176</x:v>
       </x:c>
       <x:c r="S75" s="0" t="n">
         <x:v>608530</x:v>
       </x:c>
       <x:c r="T75" s="4" t="s">
         <x:v>182</x:v>
       </x:c>
       <x:c r="U75" s="4" t="s">
         <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="76" spans="1:21">
       <x:c r="A76" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B76" s="14" t="s">
         <x:v>173</x:v>
       </x:c>
       <x:c r="C76" s="15" t="n">
         <x:v>40278</x:v>
       </x:c>
       <x:c r="D76" s="15" t="s"/>
       <x:c r="E76" s="14" t="s"/>
       <x:c r="F76" s="14" t="s"/>
       <x:c r="G76" s="14" t="s">
@@ -6805,51 +6803,51 @@
       <x:c r="J76" s="14" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="K76" s="14" t="s">
         <x:v>185</x:v>
       </x:c>
       <x:c r="L76" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M76" s="14" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="N76" s="15" t="n">
         <x:v>31814</x:v>
       </x:c>
       <x:c r="O76" s="14" t="s">
         <x:v>175</x:v>
       </x:c>
       <x:c r="P76" s="14" t="s">
         <x:v>183</x:v>
       </x:c>
       <x:c r="Q76" s="16" t="s">
         <x:v>184</x:v>
       </x:c>
       <x:c r="R76" s="14" t="s">
-        <x:v>176</x:v>
+        <x:v>178</x:v>
       </x:c>
       <x:c r="S76" s="14" t="n">
         <x:v>608232</x:v>
       </x:c>
       <x:c r="T76" s="16" t="s">
         <x:v>186</x:v>
       </x:c>
       <x:c r="U76" s="16" t="s">
         <x:v>187</x:v>
       </x:c>
     </x:row>
     <x:row r="77" spans="1:21">
       <x:c r="A77" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B77" s="0" t="s">
         <x:v>188</x:v>
       </x:c>
       <x:c r="C77" s="3" t="n">
         <x:v>36648</x:v>
       </x:c>
       <x:c r="D77" s="3" t="s"/>
       <x:c r="G77" s="0" t="s">
         <x:v>189</x:v>
       </x:c>
@@ -6973,51 +6971,51 @@
       <x:c r="J79" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="K79" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L79" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="M79" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="N79" s="3" t="n">
         <x:v>42811</x:v>
       </x:c>
       <x:c r="O79" s="0" t="s">
         <x:v>196</x:v>
       </x:c>
       <x:c r="P79" s="0" t="s">
         <x:v>174</x:v>
       </x:c>
       <x:c r="Q79" s="4" t="s">
         <x:v>91</x:v>
       </x:c>
       <x:c r="R79" s="0" t="s">
-        <x:v>179</x:v>
+        <x:v>176</x:v>
       </x:c>
       <x:c r="S79" s="0" t="n">
         <x:v>615074</x:v>
       </x:c>
       <x:c r="T79" s="4" t="s">
         <x:v>192</x:v>
       </x:c>
       <x:c r="U79" s="4" t="s">
         <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="80" spans="1:21">
       <x:c r="A80" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B80" s="14" t="s">
         <x:v>195</x:v>
       </x:c>
       <x:c r="C80" s="15" t="n">
         <x:v>36648</x:v>
       </x:c>
       <x:c r="D80" s="15" t="s"/>
       <x:c r="E80" s="14" t="s"/>
       <x:c r="F80" s="14" t="s"/>
       <x:c r="G80" s="14" t="s">
@@ -7466,639 +7464,636 @@
       </x:c>
       <x:c r="P88" s="14" t="s">
         <x:v>213</x:v>
       </x:c>
       <x:c r="Q88" s="16" t="s">
         <x:v>214</x:v>
       </x:c>
       <x:c r="R88" s="14" t="s">
         <x:v>216</x:v>
       </x:c>
       <x:c r="S88" s="14" t="n">
         <x:v>585308</x:v>
       </x:c>
       <x:c r="T88" s="16" t="s">
         <x:v>192</x:v>
       </x:c>
       <x:c r="U88" s="16" t="s">
         <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="89" spans="1:21">
       <x:c r="A89" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B89" s="0" t="s">
-        <x:v>195</x:v>
+        <x:v>193</x:v>
       </x:c>
       <x:c r="C89" s="3" t="n">
-        <x:v>36648</x:v>
+        <x:v>38002</x:v>
       </x:c>
       <x:c r="D89" s="3" t="s"/>
       <x:c r="G89" s="0" t="s">
-        <x:v>174</x:v>
+        <x:v>218</x:v>
       </x:c>
       <x:c r="I89" s="4" t="s">
-        <x:v>91</x:v>
+        <x:v>219</x:v>
       </x:c>
       <x:c r="J89" s="0" t="s">
-        <x:v>64</x:v>
+        <x:v>37</x:v>
       </x:c>
       <x:c r="K89" s="0" t="s">
-        <x:v>25</x:v>
+        <x:v>220</x:v>
       </x:c>
       <x:c r="L89" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="M89" s="0" t="s">
-        <x:v>40</x:v>
+        <x:v>55</x:v>
       </x:c>
       <x:c r="N89" s="3" t="n">
-        <x:v>42811</x:v>
+        <x:v>42812</x:v>
       </x:c>
       <x:c r="O89" s="0" t="s">
-        <x:v>196</x:v>
+        <x:v>194</x:v>
       </x:c>
       <x:c r="P89" s="0" t="s">
-        <x:v>174</x:v>
+        <x:v>218</x:v>
       </x:c>
       <x:c r="Q89" s="4" t="s">
-        <x:v>91</x:v>
+        <x:v>219</x:v>
       </x:c>
       <x:c r="R89" s="0" t="s">
-        <x:v>176</x:v>
+        <x:v>221</x:v>
       </x:c>
       <x:c r="S89" s="0" t="n">
-        <x:v>615076</x:v>
+        <x:v>600697</x:v>
       </x:c>
       <x:c r="T89" s="4" t="s">
         <x:v>192</x:v>
       </x:c>
       <x:c r="U89" s="4" t="s">
-        <x:v>31</x:v>
+        <x:v>222</x:v>
       </x:c>
     </x:row>
     <x:row r="90" spans="1:21">
       <x:c r="A90" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B90" s="14" t="s">
-        <x:v>193</x:v>
+        <x:v>223</x:v>
       </x:c>
       <x:c r="C90" s="15" t="n">
-        <x:v>38002</x:v>
+        <x:v>40375</x:v>
       </x:c>
       <x:c r="D90" s="15" t="s"/>
       <x:c r="E90" s="14" t="s"/>
       <x:c r="F90" s="14" t="s"/>
       <x:c r="G90" s="14" t="s">
-        <x:v>218</x:v>
+        <x:v>213</x:v>
       </x:c>
       <x:c r="H90" s="14" t="s"/>
       <x:c r="I90" s="16" t="s">
-        <x:v>219</x:v>
+        <x:v>214</x:v>
       </x:c>
       <x:c r="J90" s="14" t="s">
-        <x:v>37</x:v>
+        <x:v>64</x:v>
       </x:c>
       <x:c r="K90" s="14" t="s">
-        <x:v>220</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="L90" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="M90" s="14" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="N90" s="15" t="n">
-        <x:v>42812</x:v>
+        <x:v>42822</x:v>
       </x:c>
       <x:c r="O90" s="14" t="s">
-        <x:v>194</x:v>
+        <x:v>56</x:v>
       </x:c>
       <x:c r="P90" s="14" t="s">
-        <x:v>218</x:v>
+        <x:v>213</x:v>
       </x:c>
       <x:c r="Q90" s="16" t="s">
-        <x:v>219</x:v>
+        <x:v>214</x:v>
       </x:c>
       <x:c r="R90" s="14" t="s">
-        <x:v>221</x:v>
+        <x:v>216</x:v>
       </x:c>
       <x:c r="S90" s="14" t="n">
-        <x:v>600697</x:v>
+        <x:v>585300</x:v>
       </x:c>
       <x:c r="T90" s="16" t="s">
         <x:v>192</x:v>
       </x:c>
       <x:c r="U90" s="16" t="s">
-        <x:v>222</x:v>
+        <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="91" spans="1:21">
       <x:c r="A91" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B91" s="0" t="s">
-        <x:v>223</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>205</x:v>
+      </x:c>
+      <x:c r="C91" s="3" t="s"/>
       <x:c r="D91" s="3" t="s"/>
       <x:c r="G91" s="0" t="s">
-        <x:v>213</x:v>
+        <x:v>218</x:v>
       </x:c>
       <x:c r="I91" s="4" t="s">
-        <x:v>214</x:v>
-[...2 lines deleted...]
-        <x:v>64</x:v>
+        <x:v>219</x:v>
       </x:c>
       <x:c r="K91" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L91" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="M91" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="N91" s="3" t="n">
-        <x:v>42822</x:v>
+        <x:v>42854</x:v>
       </x:c>
       <x:c r="O91" s="0" t="s">
-        <x:v>56</x:v>
+        <x:v>120</x:v>
       </x:c>
       <x:c r="P91" s="0" t="s">
-        <x:v>213</x:v>
+        <x:v>218</x:v>
       </x:c>
       <x:c r="Q91" s="4" t="s">
-        <x:v>214</x:v>
+        <x:v>219</x:v>
       </x:c>
       <x:c r="R91" s="0" t="s">
-        <x:v>216</x:v>
+        <x:v>221</x:v>
       </x:c>
       <x:c r="S91" s="0" t="n">
-        <x:v>585300</x:v>
+        <x:v>599952</x:v>
       </x:c>
       <x:c r="T91" s="4" t="s">
         <x:v>192</x:v>
       </x:c>
       <x:c r="U91" s="4" t="s">
-        <x:v>31</x:v>
+        <x:v>224</x:v>
       </x:c>
     </x:row>
     <x:row r="92" spans="1:21">
       <x:c r="A92" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B92" s="14" t="s">
-        <x:v>205</x:v>
-[...1 lines deleted...]
-      <x:c r="C92" s="15" t="s"/>
+        <x:v>116</x:v>
+      </x:c>
+      <x:c r="C92" s="15" t="n">
+        <x:v>36648</x:v>
+      </x:c>
       <x:c r="D92" s="15" t="s"/>
       <x:c r="E92" s="14" t="s"/>
       <x:c r="F92" s="14" t="s"/>
       <x:c r="G92" s="14" t="s">
-        <x:v>218</x:v>
+        <x:v>225</x:v>
       </x:c>
       <x:c r="H92" s="14" t="s"/>
       <x:c r="I92" s="16" t="s">
-        <x:v>219</x:v>
-[...1 lines deleted...]
-      <x:c r="J92" s="14" t="s"/>
+        <x:v>226</x:v>
+      </x:c>
+      <x:c r="J92" s="14" t="s">
+        <x:v>64</x:v>
+      </x:c>
       <x:c r="K92" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L92" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="M92" s="14" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="N92" s="15" t="n">
         <x:v>42854</x:v>
       </x:c>
       <x:c r="O92" s="14" t="s">
         <x:v>120</x:v>
       </x:c>
       <x:c r="P92" s="14" t="s">
-        <x:v>218</x:v>
+        <x:v>225</x:v>
       </x:c>
       <x:c r="Q92" s="16" t="s">
-        <x:v>219</x:v>
+        <x:v>226</x:v>
       </x:c>
       <x:c r="R92" s="14" t="s">
-        <x:v>221</x:v>
+        <x:v>227</x:v>
       </x:c>
       <x:c r="S92" s="14" t="n">
-        <x:v>599952</x:v>
+        <x:v>611432</x:v>
       </x:c>
       <x:c r="T92" s="16" t="s">
         <x:v>192</x:v>
       </x:c>
       <x:c r="U92" s="16" t="s">
-        <x:v>224</x:v>
+        <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="93" spans="1:21">
       <x:c r="A93" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B93" s="0" t="s">
-        <x:v>116</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>205</x:v>
+      </x:c>
+      <x:c r="C93" s="3" t="s"/>
       <x:c r="D93" s="3" t="s"/>
       <x:c r="G93" s="0" t="s">
         <x:v>225</x:v>
       </x:c>
       <x:c r="I93" s="4" t="s">
         <x:v>226</x:v>
       </x:c>
-      <x:c r="J93" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="K93" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L93" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="M93" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="N93" s="3" t="n">
         <x:v>42854</x:v>
       </x:c>
       <x:c r="O93" s="0" t="s">
         <x:v>120</x:v>
       </x:c>
       <x:c r="P93" s="0" t="s">
         <x:v>225</x:v>
       </x:c>
       <x:c r="Q93" s="4" t="s">
         <x:v>226</x:v>
       </x:c>
       <x:c r="R93" s="0" t="s">
         <x:v>227</x:v>
       </x:c>
       <x:c r="S93" s="0" t="n">
-        <x:v>611432</x:v>
+        <x:v>611459</x:v>
       </x:c>
       <x:c r="T93" s="4" t="s">
         <x:v>192</x:v>
       </x:c>
       <x:c r="U93" s="4" t="s">
         <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="94" spans="1:21">
       <x:c r="A94" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B94" s="14" t="s">
-        <x:v>205</x:v>
-[...1 lines deleted...]
-      <x:c r="C94" s="15" t="s"/>
+        <x:v>228</x:v>
+      </x:c>
+      <x:c r="C94" s="15" t="n">
+        <x:v>40298</x:v>
+      </x:c>
       <x:c r="D94" s="15" t="s"/>
       <x:c r="E94" s="14" t="s"/>
       <x:c r="F94" s="14" t="s"/>
       <x:c r="G94" s="14" t="s">
-        <x:v>225</x:v>
+        <x:v>218</x:v>
       </x:c>
       <x:c r="H94" s="14" t="s"/>
       <x:c r="I94" s="16" t="s">
-        <x:v>226</x:v>
-[...1 lines deleted...]
-      <x:c r="J94" s="14" t="s"/>
+        <x:v>219</x:v>
+      </x:c>
+      <x:c r="J94" s="14" t="s">
+        <x:v>37</x:v>
+      </x:c>
       <x:c r="K94" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L94" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="M94" s="14" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="N94" s="15" t="n">
-        <x:v>42854</x:v>
+        <x:v>31875</x:v>
       </x:c>
       <x:c r="O94" s="14" t="s">
-        <x:v>120</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="P94" s="14" t="s">
-        <x:v>225</x:v>
+        <x:v>218</x:v>
       </x:c>
       <x:c r="Q94" s="16" t="s">
-        <x:v>226</x:v>
+        <x:v>219</x:v>
       </x:c>
       <x:c r="R94" s="14" t="s">
-        <x:v>227</x:v>
+        <x:v>221</x:v>
       </x:c>
       <x:c r="S94" s="14" t="n">
-        <x:v>611459</x:v>
+        <x:v>600745</x:v>
       </x:c>
       <x:c r="T94" s="16" t="s">
         <x:v>192</x:v>
       </x:c>
       <x:c r="U94" s="16" t="s">
-        <x:v>31</x:v>
+        <x:v>224</x:v>
       </x:c>
     </x:row>
     <x:row r="95" spans="1:21">
       <x:c r="A95" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B95" s="0" t="s">
-        <x:v>228</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>205</x:v>
+      </x:c>
+      <x:c r="C95" s="3" t="s"/>
       <x:c r="D95" s="3" t="s"/>
       <x:c r="G95" s="0" t="s">
-        <x:v>218</x:v>
+        <x:v>189</x:v>
+      </x:c>
+      <x:c r="H95" s="0" t="s">
+        <x:v>190</x:v>
       </x:c>
       <x:c r="I95" s="4" t="s">
-        <x:v>219</x:v>
-[...2 lines deleted...]
-        <x:v>37</x:v>
+        <x:v>191</x:v>
       </x:c>
       <x:c r="K95" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L95" s="0" t="s">
-        <x:v>39</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="M95" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="N95" s="3" t="n">
-        <x:v>31875</x:v>
+        <x:v>42854</x:v>
       </x:c>
       <x:c r="O95" s="0" t="s">
-        <x:v>88</x:v>
+        <x:v>120</x:v>
       </x:c>
       <x:c r="P95" s="0" t="s">
-        <x:v>218</x:v>
+        <x:v>189</x:v>
       </x:c>
       <x:c r="Q95" s="4" t="s">
-        <x:v>219</x:v>
+        <x:v>191</x:v>
       </x:c>
       <x:c r="R95" s="0" t="s">
-        <x:v>221</x:v>
+        <x:v>142</x:v>
       </x:c>
       <x:c r="S95" s="0" t="n">
-        <x:v>600745</x:v>
+        <x:v>611137</x:v>
       </x:c>
       <x:c r="T95" s="4" t="s">
         <x:v>192</x:v>
       </x:c>
       <x:c r="U95" s="4" t="s">
-        <x:v>224</x:v>
+        <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="96" spans="1:21">
       <x:c r="A96" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B96" s="14" t="s">
-        <x:v>205</x:v>
-[...1 lines deleted...]
-      <x:c r="C96" s="15" t="s"/>
+        <x:v>116</x:v>
+      </x:c>
+      <x:c r="C96" s="15" t="n">
+        <x:v>36648</x:v>
+      </x:c>
       <x:c r="D96" s="15" t="s"/>
       <x:c r="E96" s="14" t="s"/>
       <x:c r="F96" s="14" t="s"/>
       <x:c r="G96" s="14" t="s">
-        <x:v>189</x:v>
+        <x:v>229</x:v>
       </x:c>
       <x:c r="H96" s="14" t="s">
-        <x:v>190</x:v>
+        <x:v>230</x:v>
       </x:c>
       <x:c r="I96" s="16" t="s">
-        <x:v>191</x:v>
-[...1 lines deleted...]
-      <x:c r="J96" s="14" t="s"/>
+        <x:v>231</x:v>
+      </x:c>
+      <x:c r="J96" s="14" t="s">
+        <x:v>64</x:v>
+      </x:c>
       <x:c r="K96" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L96" s="14" t="s">
-        <x:v>26</x:v>
+        <x:v>39</x:v>
       </x:c>
       <x:c r="M96" s="14" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="N96" s="15" t="n">
         <x:v>42854</x:v>
       </x:c>
       <x:c r="O96" s="14" t="s">
         <x:v>120</x:v>
       </x:c>
       <x:c r="P96" s="14" t="s">
-        <x:v>189</x:v>
+        <x:v>229</x:v>
       </x:c>
       <x:c r="Q96" s="16" t="s">
-        <x:v>191</x:v>
+        <x:v>231</x:v>
       </x:c>
       <x:c r="R96" s="14" t="s">
-        <x:v>142</x:v>
+        <x:v>232</x:v>
       </x:c>
       <x:c r="S96" s="14" t="n">
-        <x:v>611137</x:v>
+        <x:v>613251</x:v>
       </x:c>
       <x:c r="T96" s="16" t="s">
         <x:v>192</x:v>
       </x:c>
       <x:c r="U96" s="16" t="s">
         <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="97" spans="1:21">
       <x:c r="A97" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B97" s="0" t="s">
-        <x:v>116</x:v>
+        <x:v>195</x:v>
       </x:c>
       <x:c r="C97" s="3" t="n">
         <x:v>36648</x:v>
       </x:c>
       <x:c r="D97" s="3" t="s"/>
       <x:c r="G97" s="0" t="s">
-        <x:v>229</x:v>
-[...2 lines deleted...]
-        <x:v>230</x:v>
+        <x:v>174</x:v>
       </x:c>
       <x:c r="I97" s="4" t="s">
-        <x:v>231</x:v>
+        <x:v>91</x:v>
       </x:c>
       <x:c r="J97" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="K97" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L97" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="M97" s="0" t="s">
-        <x:v>55</x:v>
+        <x:v>40</x:v>
       </x:c>
       <x:c r="N97" s="3" t="n">
-        <x:v>42854</x:v>
+        <x:v>42811</x:v>
       </x:c>
       <x:c r="O97" s="0" t="s">
-        <x:v>120</x:v>
+        <x:v>196</x:v>
       </x:c>
       <x:c r="P97" s="0" t="s">
-        <x:v>229</x:v>
+        <x:v>174</x:v>
       </x:c>
       <x:c r="Q97" s="4" t="s">
-        <x:v>231</x:v>
+        <x:v>91</x:v>
       </x:c>
       <x:c r="R97" s="0" t="s">
-        <x:v>232</x:v>
+        <x:v>178</x:v>
       </x:c>
       <x:c r="S97" s="0" t="n">
-        <x:v>613251</x:v>
+        <x:v>615076</x:v>
       </x:c>
       <x:c r="T97" s="4" t="s">
         <x:v>192</x:v>
       </x:c>
       <x:c r="U97" s="4" t="s">
         <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="98" spans="1:21">
       <x:c r="A98" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B98" s="14" t="s">
         <x:v>233</x:v>
       </x:c>
       <x:c r="C98" s="15" t="n">
-        <x:v>40374</x:v>
+        <x:v>41396</x:v>
       </x:c>
       <x:c r="D98" s="15" t="s"/>
       <x:c r="E98" s="14" t="s"/>
       <x:c r="F98" s="14" t="s"/>
       <x:c r="G98" s="14" t="s">
-        <x:v>213</x:v>
+        <x:v>167</x:v>
       </x:c>
       <x:c r="H98" s="14" t="s"/>
       <x:c r="I98" s="16" t="s">
-        <x:v>214</x:v>
+        <x:v>168</x:v>
       </x:c>
       <x:c r="J98" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="K98" s="14" t="s">
-        <x:v>25</x:v>
+        <x:v>38</x:v>
       </x:c>
       <x:c r="L98" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="M98" s="14" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="N98" s="15" t="n">
-        <x:v>42812</x:v>
+        <x:v>42854</x:v>
       </x:c>
       <x:c r="O98" s="14" t="s">
-        <x:v>194</x:v>
+        <x:v>120</x:v>
       </x:c>
       <x:c r="P98" s="14" t="s">
-        <x:v>213</x:v>
+        <x:v>167</x:v>
       </x:c>
       <x:c r="Q98" s="16" t="s">
-        <x:v>214</x:v>
+        <x:v>168</x:v>
       </x:c>
       <x:c r="R98" s="14" t="s">
-        <x:v>216</x:v>
+        <x:v>161</x:v>
       </x:c>
       <x:c r="S98" s="14" t="n">
-        <x:v>585298</x:v>
+        <x:v>609277</x:v>
       </x:c>
       <x:c r="T98" s="16" t="s">
         <x:v>192</x:v>
       </x:c>
       <x:c r="U98" s="16" t="s">
         <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="99" spans="1:21">
       <x:c r="A99" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B99" s="0" t="s">
         <x:v>234</x:v>
       </x:c>
       <x:c r="C99" s="3" t="n">
-        <x:v>41396</x:v>
+        <x:v>40374</x:v>
       </x:c>
       <x:c r="D99" s="3" t="s"/>
       <x:c r="G99" s="0" t="s">
-        <x:v>167</x:v>
+        <x:v>213</x:v>
       </x:c>
       <x:c r="I99" s="4" t="s">
-        <x:v>168</x:v>
+        <x:v>214</x:v>
       </x:c>
       <x:c r="J99" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="K99" s="0" t="s">
-        <x:v>38</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="L99" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="M99" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="N99" s="3" t="n">
-        <x:v>42854</x:v>
+        <x:v>42812</x:v>
       </x:c>
       <x:c r="O99" s="0" t="s">
-        <x:v>120</x:v>
+        <x:v>194</x:v>
       </x:c>
       <x:c r="P99" s="0" t="s">
-        <x:v>167</x:v>
+        <x:v>213</x:v>
       </x:c>
       <x:c r="Q99" s="4" t="s">
-        <x:v>168</x:v>
+        <x:v>214</x:v>
       </x:c>
       <x:c r="R99" s="0" t="s">
-        <x:v>161</x:v>
+        <x:v>216</x:v>
       </x:c>
       <x:c r="S99" s="0" t="n">
-        <x:v>609277</x:v>
+        <x:v>585298</x:v>
       </x:c>
       <x:c r="T99" s="4" t="s">
         <x:v>192</x:v>
       </x:c>
       <x:c r="U99" s="4" t="s">
         <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="100" spans="1:21">
       <x:c r="A100" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B100" s="14" t="s">
         <x:v>205</x:v>
       </x:c>
       <x:c r="C100" s="15" t="s"/>
       <x:c r="D100" s="15" t="s"/>
       <x:c r="E100" s="14" t="s"/>
       <x:c r="F100" s="14" t="s"/>
       <x:c r="G100" s="14" t="s">
         <x:v>229</x:v>
       </x:c>
       <x:c r="H100" s="14" t="s">
         <x:v>230</x:v>
       </x:c>
@@ -8352,84 +8347,87 @@
       <x:c r="R104" s="14" t="s">
         <x:v>216</x:v>
       </x:c>
       <x:c r="S104" s="14" t="n">
         <x:v>585303</x:v>
       </x:c>
       <x:c r="T104" s="16" t="s">
         <x:v>192</x:v>
       </x:c>
       <x:c r="U104" s="16" t="s">
         <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="105" spans="1:21">
       <x:c r="A105" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B105" s="0" t="s">
         <x:v>242</x:v>
       </x:c>
       <x:c r="C105" s="3" t="n">
         <x:v>36648</x:v>
       </x:c>
       <x:c r="D105" s="3" t="s"/>
       <x:c r="G105" s="0" t="s">
-        <x:v>225</x:v>
+        <x:v>189</x:v>
+      </x:c>
+      <x:c r="H105" s="0" t="s">
+        <x:v>190</x:v>
       </x:c>
       <x:c r="I105" s="4" t="s">
-        <x:v>226</x:v>
+        <x:v>191</x:v>
       </x:c>
       <x:c r="J105" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="K105" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L105" s="0" t="s">
-        <x:v>39</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="M105" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="N105" s="3" t="n">
         <x:v>42854</x:v>
       </x:c>
       <x:c r="O105" s="0" t="s">
         <x:v>120</x:v>
       </x:c>
       <x:c r="P105" s="0" t="s">
-        <x:v>225</x:v>
+        <x:v>189</x:v>
       </x:c>
       <x:c r="Q105" s="4" t="s">
-        <x:v>226</x:v>
+        <x:v>191</x:v>
       </x:c>
       <x:c r="R105" s="0" t="s">
-        <x:v>227</x:v>
+        <x:v>142</x:v>
       </x:c>
       <x:c r="S105" s="0" t="n">
-        <x:v>611435</x:v>
+        <x:v>611084</x:v>
       </x:c>
       <x:c r="T105" s="4" t="s">
         <x:v>192</x:v>
       </x:c>
       <x:c r="U105" s="4" t="s">
         <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="106" spans="1:21">
       <x:c r="A106" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B106" s="14" t="s">
         <x:v>243</x:v>
       </x:c>
       <x:c r="C106" s="15" t="n">
         <x:v>36648</x:v>
       </x:c>
       <x:c r="D106" s="15" t="s"/>
       <x:c r="E106" s="14" t="s"/>
       <x:c r="F106" s="14" t="s"/>
       <x:c r="G106" s="14" t="s">
         <x:v>189</x:v>
       </x:c>
       <x:c r="H106" s="14" t="s">
@@ -8444,1125 +8442,1123 @@
       <x:c r="K106" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L106" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M106" s="14" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="N106" s="15" t="n">
         <x:v>42854</x:v>
       </x:c>
       <x:c r="O106" s="14" t="s">
         <x:v>120</x:v>
       </x:c>
       <x:c r="P106" s="14" t="s">
         <x:v>189</x:v>
       </x:c>
       <x:c r="Q106" s="16" t="s">
         <x:v>191</x:v>
       </x:c>
       <x:c r="R106" s="14" t="s">
         <x:v>142</x:v>
       </x:c>
       <x:c r="S106" s="14" t="n">
-        <x:v>611084</x:v>
+        <x:v>611085</x:v>
       </x:c>
       <x:c r="T106" s="16" t="s">
         <x:v>192</x:v>
       </x:c>
       <x:c r="U106" s="16" t="s">
         <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="107" spans="1:21">
       <x:c r="A107" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B107" s="0" t="s">
-        <x:v>244</x:v>
+        <x:v>116</x:v>
       </x:c>
       <x:c r="C107" s="3" t="n">
         <x:v>36648</x:v>
       </x:c>
       <x:c r="D107" s="3" t="s"/>
       <x:c r="G107" s="0" t="s">
-        <x:v>189</x:v>
+        <x:v>244</x:v>
       </x:c>
       <x:c r="H107" s="0" t="s">
-        <x:v>190</x:v>
+        <x:v>245</x:v>
       </x:c>
       <x:c r="I107" s="4" t="s">
-        <x:v>191</x:v>
+        <x:v>246</x:v>
       </x:c>
       <x:c r="J107" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="K107" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L107" s="0" t="s">
-        <x:v>26</x:v>
+        <x:v>39</x:v>
       </x:c>
       <x:c r="M107" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="N107" s="3" t="n">
         <x:v>42854</x:v>
       </x:c>
       <x:c r="O107" s="0" t="s">
         <x:v>120</x:v>
       </x:c>
       <x:c r="P107" s="0" t="s">
-        <x:v>189</x:v>
+        <x:v>244</x:v>
       </x:c>
       <x:c r="Q107" s="4" t="s">
-        <x:v>191</x:v>
+        <x:v>246</x:v>
       </x:c>
       <x:c r="R107" s="0" t="s">
-        <x:v>142</x:v>
+        <x:v>247</x:v>
       </x:c>
       <x:c r="S107" s="0" t="n">
-        <x:v>611085</x:v>
+        <x:v>603850</x:v>
       </x:c>
       <x:c r="T107" s="4" t="s">
         <x:v>192</x:v>
       </x:c>
       <x:c r="U107" s="4" t="s">
         <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="108" spans="1:21">
       <x:c r="A108" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B108" s="14" t="s">
-        <x:v>116</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>248</x:v>
+      </x:c>
+      <x:c r="C108" s="15" t="s"/>
       <x:c r="D108" s="15" t="s"/>
       <x:c r="E108" s="14" t="s"/>
       <x:c r="F108" s="14" t="s"/>
       <x:c r="G108" s="14" t="s">
-        <x:v>245</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>213</x:v>
+      </x:c>
+      <x:c r="H108" s="14" t="s"/>
       <x:c r="I108" s="16" t="s">
-        <x:v>247</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>214</x:v>
+      </x:c>
+      <x:c r="J108" s="14" t="s"/>
       <x:c r="K108" s="14" t="s">
-        <x:v>25</x:v>
+        <x:v>215</x:v>
       </x:c>
       <x:c r="L108" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="M108" s="14" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="N108" s="15" t="n">
-        <x:v>42854</x:v>
+        <x:v>42822</x:v>
       </x:c>
       <x:c r="O108" s="14" t="s">
-        <x:v>120</x:v>
+        <x:v>56</x:v>
       </x:c>
       <x:c r="P108" s="14" t="s">
-        <x:v>245</x:v>
+        <x:v>213</x:v>
       </x:c>
       <x:c r="Q108" s="16" t="s">
-        <x:v>247</x:v>
+        <x:v>214</x:v>
       </x:c>
       <x:c r="R108" s="14" t="s">
-        <x:v>248</x:v>
+        <x:v>216</x:v>
       </x:c>
       <x:c r="S108" s="14" t="n">
-        <x:v>603850</x:v>
+        <x:v>585305</x:v>
       </x:c>
       <x:c r="T108" s="16" t="s">
         <x:v>192</x:v>
       </x:c>
       <x:c r="U108" s="16" t="s">
         <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="109" spans="1:21">
       <x:c r="A109" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B109" s="0" t="s">
         <x:v>249</x:v>
       </x:c>
       <x:c r="C109" s="3" t="s"/>
       <x:c r="D109" s="3" t="s"/>
       <x:c r="G109" s="0" t="s">
-        <x:v>213</x:v>
+        <x:v>250</x:v>
       </x:c>
       <x:c r="I109" s="4" t="s">
-        <x:v>214</x:v>
+        <x:v>251</x:v>
       </x:c>
       <x:c r="K109" s="0" t="s">
-        <x:v>215</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="L109" s="0" t="s">
-        <x:v>39</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="M109" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="N109" s="3" t="n">
-        <x:v>42822</x:v>
+        <x:v>42872</x:v>
       </x:c>
       <x:c r="O109" s="0" t="s">
-        <x:v>56</x:v>
+        <x:v>130</x:v>
       </x:c>
       <x:c r="P109" s="0" t="s">
-        <x:v>213</x:v>
+        <x:v>250</x:v>
       </x:c>
       <x:c r="Q109" s="4" t="s">
-        <x:v>214</x:v>
+        <x:v>251</x:v>
       </x:c>
       <x:c r="R109" s="0" t="s">
-        <x:v>216</x:v>
+        <x:v>252</x:v>
       </x:c>
       <x:c r="S109" s="0" t="n">
-        <x:v>585305</x:v>
+        <x:v>609294</x:v>
       </x:c>
       <x:c r="T109" s="4" t="s">
         <x:v>192</x:v>
       </x:c>
       <x:c r="U109" s="4" t="s">
         <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="110" spans="1:21">
       <x:c r="A110" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B110" s="14" t="s">
-        <x:v>250</x:v>
-[...1 lines deleted...]
-      <x:c r="C110" s="15" t="s"/>
+        <x:v>253</x:v>
+      </x:c>
+      <x:c r="C110" s="15" t="n">
+        <x:v>36648</x:v>
+      </x:c>
       <x:c r="D110" s="15" t="s"/>
       <x:c r="E110" s="14" t="s"/>
       <x:c r="F110" s="14" t="s"/>
       <x:c r="G110" s="14" t="s">
-        <x:v>251</x:v>
+        <x:v>225</x:v>
       </x:c>
       <x:c r="H110" s="14" t="s"/>
       <x:c r="I110" s="16" t="s">
-        <x:v>252</x:v>
-[...1 lines deleted...]
-      <x:c r="J110" s="14" t="s"/>
+        <x:v>226</x:v>
+      </x:c>
+      <x:c r="J110" s="14" t="s">
+        <x:v>64</x:v>
+      </x:c>
       <x:c r="K110" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L110" s="14" t="s">
-        <x:v>26</x:v>
+        <x:v>39</x:v>
       </x:c>
       <x:c r="M110" s="14" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="N110" s="15" t="n">
-        <x:v>42872</x:v>
+        <x:v>42854</x:v>
       </x:c>
       <x:c r="O110" s="14" t="s">
-        <x:v>130</x:v>
+        <x:v>120</x:v>
       </x:c>
       <x:c r="P110" s="14" t="s">
-        <x:v>251</x:v>
+        <x:v>225</x:v>
       </x:c>
       <x:c r="Q110" s="16" t="s">
-        <x:v>252</x:v>
+        <x:v>226</x:v>
       </x:c>
       <x:c r="R110" s="14" t="s">
-        <x:v>253</x:v>
+        <x:v>227</x:v>
       </x:c>
       <x:c r="S110" s="14" t="n">
-        <x:v>609294</x:v>
+        <x:v>611435</x:v>
       </x:c>
       <x:c r="T110" s="16" t="s">
         <x:v>192</x:v>
       </x:c>
       <x:c r="U110" s="16" t="s">
         <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="111" spans="1:21">
       <x:c r="A111" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B111" s="0" t="s">
         <x:v>193</x:v>
       </x:c>
       <x:c r="C111" s="3" t="n">
         <x:v>38002</x:v>
       </x:c>
       <x:c r="D111" s="3" t="s"/>
       <x:c r="G111" s="0" t="s">
         <x:v>174</x:v>
       </x:c>
       <x:c r="I111" s="4" t="s">
         <x:v>91</x:v>
       </x:c>
       <x:c r="J111" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="K111" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L111" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="M111" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="N111" s="3" t="n">
         <x:v>42812</x:v>
       </x:c>
       <x:c r="O111" s="0" t="s">
         <x:v>194</x:v>
       </x:c>
       <x:c r="P111" s="0" t="s">
         <x:v>174</x:v>
       </x:c>
       <x:c r="Q111" s="4" t="s">
         <x:v>91</x:v>
       </x:c>
       <x:c r="R111" s="0" t="s">
-        <x:v>179</x:v>
+        <x:v>176</x:v>
       </x:c>
       <x:c r="S111" s="0" t="n">
         <x:v>615080</x:v>
       </x:c>
       <x:c r="T111" s="4" t="s">
         <x:v>192</x:v>
       </x:c>
       <x:c r="U111" s="4" t="s">
         <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="112" spans="1:21">
       <x:c r="A112" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B112" s="14" t="s">
-        <x:v>254</x:v>
+        <x:v>188</x:v>
       </x:c>
       <x:c r="C112" s="15" t="n">
         <x:v>36648</x:v>
       </x:c>
       <x:c r="D112" s="15" t="s"/>
-      <x:c r="E112" s="14" t="s">
+      <x:c r="E112" s="14" t="s"/>
+      <x:c r="F112" s="14" t="s"/>
+      <x:c r="G112" s="14" t="s">
+        <x:v>254</x:v>
+      </x:c>
+      <x:c r="H112" s="14" t="s"/>
+      <x:c r="I112" s="16" t="s">
         <x:v>255</x:v>
-      </x:c>
-[...10 lines deleted...]
-        <x:v>59</x:v>
       </x:c>
       <x:c r="J112" s="14" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="K112" s="14" t="s">
         <x:v>119</x:v>
       </x:c>
       <x:c r="L112" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="M112" s="14" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="N112" s="15" t="n">
-        <x:v>42854</x:v>
+        <x:v>42811</x:v>
       </x:c>
       <x:c r="O112" s="14" t="s">
-        <x:v>120</x:v>
+        <x:v>196</x:v>
       </x:c>
       <x:c r="P112" s="14" t="s">
+        <x:v>254</x:v>
+      </x:c>
+      <x:c r="Q112" s="16" t="s">
+        <x:v>255</x:v>
+      </x:c>
+      <x:c r="R112" s="14" t="s">
+        <x:v>256</x:v>
+      </x:c>
+      <x:c r="S112" s="14" t="n">
+        <x:v>585837</x:v>
+      </x:c>
+      <x:c r="T112" s="16" t="s">
         <x:v>257</x:v>
       </x:c>
-      <x:c r="Q112" s="16" t="s">
-[...10 lines deleted...]
-      </x:c>
       <x:c r="U112" s="16" t="s">
-        <x:v>260</x:v>
+        <x:v>222</x:v>
       </x:c>
     </x:row>
     <x:row r="113" spans="1:21">
       <x:c r="A113" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B113" s="0" t="s">
-        <x:v>188</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>258</x:v>
+      </x:c>
+      <x:c r="C113" s="3" t="s"/>
       <x:c r="D113" s="3" t="s"/>
       <x:c r="G113" s="0" t="s">
+        <x:v>259</x:v>
+      </x:c>
+      <x:c r="I113" s="4" t="s">
+        <x:v>260</x:v>
+      </x:c>
+      <x:c r="K113" s="0" t="s">
         <x:v>261</x:v>
       </x:c>
-      <x:c r="I113" s="4" t="s">
+      <x:c r="L113" s="0" t="s">
+        <x:v>39</x:v>
+      </x:c>
+      <x:c r="M113" s="0" t="s">
+        <x:v>55</x:v>
+      </x:c>
+      <x:c r="N113" s="3" t="n">
+        <x:v>42005</x:v>
+      </x:c>
+      <x:c r="O113" s="0" t="s">
+        <x:v>28</x:v>
+      </x:c>
+      <x:c r="P113" s="0" t="s">
+        <x:v>259</x:v>
+      </x:c>
+      <x:c r="Q113" s="4" t="s">
+        <x:v>260</x:v>
+      </x:c>
+      <x:c r="R113" s="0" t="s">
         <x:v>262</x:v>
       </x:c>
-      <x:c r="J113" s="0" t="s">
-[...25 lines deleted...]
-      </x:c>
       <x:c r="S113" s="0" t="n">
-        <x:v>585837</x:v>
+        <x:v>585362</x:v>
       </x:c>
       <x:c r="T113" s="4" t="s">
-        <x:v>259</x:v>
+        <x:v>257</x:v>
       </x:c>
       <x:c r="U113" s="4" t="s">
         <x:v>222</x:v>
       </x:c>
     </x:row>
     <x:row r="114" spans="1:21">
       <x:c r="A114" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B114" s="14" t="s">
-        <x:v>264</x:v>
+        <x:v>258</x:v>
       </x:c>
       <x:c r="C114" s="15" t="s"/>
       <x:c r="D114" s="15" t="s"/>
       <x:c r="E114" s="14" t="s"/>
       <x:c r="F114" s="14" t="s"/>
       <x:c r="G114" s="14" t="s">
-        <x:v>265</x:v>
+        <x:v>259</x:v>
       </x:c>
       <x:c r="H114" s="14" t="s"/>
       <x:c r="I114" s="16" t="s">
-        <x:v>266</x:v>
+        <x:v>260</x:v>
       </x:c>
       <x:c r="J114" s="14" t="s"/>
       <x:c r="K114" s="14" t="s">
-        <x:v>38</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="L114" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="M114" s="14" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="N114" s="15" t="n">
-        <x:v>42801</x:v>
+        <x:v>42005</x:v>
       </x:c>
       <x:c r="O114" s="14" t="s">
-        <x:v>141</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="P114" s="14" t="s">
-        <x:v>265</x:v>
+        <x:v>259</x:v>
       </x:c>
       <x:c r="Q114" s="16" t="s">
-        <x:v>266</x:v>
+        <x:v>260</x:v>
       </x:c>
       <x:c r="R114" s="14" t="s">
-        <x:v>267</x:v>
+        <x:v>262</x:v>
       </x:c>
       <x:c r="S114" s="14" t="n">
-        <x:v>586092</x:v>
+        <x:v>585366</x:v>
       </x:c>
       <x:c r="T114" s="16" t="s">
-        <x:v>259</x:v>
+        <x:v>257</x:v>
       </x:c>
       <x:c r="U114" s="16" t="s">
         <x:v>222</x:v>
       </x:c>
     </x:row>
     <x:row r="115" spans="1:21">
       <x:c r="A115" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B115" s="0" t="s">
-        <x:v>268</x:v>
+        <x:v>263</x:v>
       </x:c>
       <x:c r="C115" s="3" t="s"/>
       <x:c r="D115" s="3" t="s"/>
       <x:c r="G115" s="0" t="s">
-        <x:v>265</x:v>
+        <x:v>259</x:v>
       </x:c>
       <x:c r="I115" s="4" t="s">
-        <x:v>266</x:v>
+        <x:v>260</x:v>
       </x:c>
       <x:c r="K115" s="0" t="s">
-        <x:v>269</x:v>
+        <x:v>38</x:v>
       </x:c>
       <x:c r="L115" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="M115" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="N115" s="3" t="n">
-        <x:v>42005</x:v>
+        <x:v>42801</x:v>
       </x:c>
       <x:c r="O115" s="0" t="s">
-        <x:v>28</x:v>
+        <x:v>141</x:v>
       </x:c>
       <x:c r="P115" s="0" t="s">
-        <x:v>265</x:v>
+        <x:v>259</x:v>
       </x:c>
       <x:c r="Q115" s="4" t="s">
-        <x:v>266</x:v>
+        <x:v>260</x:v>
       </x:c>
       <x:c r="R115" s="0" t="s">
-        <x:v>267</x:v>
+        <x:v>262</x:v>
       </x:c>
       <x:c r="S115" s="0" t="n">
-        <x:v>585362</x:v>
+        <x:v>586092</x:v>
       </x:c>
       <x:c r="T115" s="4" t="s">
-        <x:v>259</x:v>
+        <x:v>257</x:v>
       </x:c>
       <x:c r="U115" s="4" t="s">
         <x:v>222</x:v>
       </x:c>
     </x:row>
     <x:row r="116" spans="1:21">
       <x:c r="A116" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B116" s="14" t="s">
+        <x:v>264</x:v>
+      </x:c>
+      <x:c r="C116" s="15" t="n">
+        <x:v>36648</x:v>
+      </x:c>
+      <x:c r="D116" s="15" t="s"/>
+      <x:c r="E116" s="14" t="s">
+        <x:v>265</x:v>
+      </x:c>
+      <x:c r="F116" s="14" t="s">
+        <x:v>266</x:v>
+      </x:c>
+      <x:c r="G116" s="14" t="s">
+        <x:v>267</x:v>
+      </x:c>
+      <x:c r="H116" s="14" t="s">
         <x:v>268</x:v>
       </x:c>
-      <x:c r="C116" s="15" t="s"/>
-[...6 lines deleted...]
-      <x:c r="H116" s="14" t="s"/>
       <x:c r="I116" s="16" t="s">
-        <x:v>266</x:v>
-[...1 lines deleted...]
-      <x:c r="J116" s="14" t="s"/>
+        <x:v>59</x:v>
+      </x:c>
+      <x:c r="J116" s="14" t="s">
+        <x:v>64</x:v>
+      </x:c>
       <x:c r="K116" s="14" t="s">
-        <x:v>25</x:v>
+        <x:v>119</x:v>
       </x:c>
       <x:c r="L116" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="M116" s="14" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="N116" s="15" t="n">
-        <x:v>42005</x:v>
+        <x:v>42854</x:v>
       </x:c>
       <x:c r="O116" s="14" t="s">
-        <x:v>28</x:v>
+        <x:v>120</x:v>
       </x:c>
       <x:c r="P116" s="14" t="s">
-        <x:v>265</x:v>
+        <x:v>267</x:v>
       </x:c>
       <x:c r="Q116" s="16" t="s">
-        <x:v>266</x:v>
+        <x:v>59</x:v>
       </x:c>
       <x:c r="R116" s="14" t="s">
-        <x:v>267</x:v>
+        <x:v>60</x:v>
       </x:c>
       <x:c r="S116" s="14" t="n">
-        <x:v>585366</x:v>
+        <x:v>583670</x:v>
       </x:c>
       <x:c r="T116" s="16" t="s">
-        <x:v>259</x:v>
+        <x:v>257</x:v>
       </x:c>
       <x:c r="U116" s="16" t="s">
-        <x:v>222</x:v>
+        <x:v>269</x:v>
       </x:c>
     </x:row>
     <x:row r="117" spans="1:21">
       <x:c r="A117" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B117" s="0" t="s">
-        <x:v>264</x:v>
+        <x:v>263</x:v>
       </x:c>
       <x:c r="C117" s="3" t="s"/>
       <x:c r="D117" s="3" t="s"/>
       <x:c r="G117" s="0" t="s">
-        <x:v>265</x:v>
+        <x:v>259</x:v>
       </x:c>
       <x:c r="I117" s="4" t="s">
-        <x:v>266</x:v>
+        <x:v>260</x:v>
       </x:c>
       <x:c r="K117" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="L117" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="M117" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="N117" s="3" t="n">
         <x:v>42801</x:v>
       </x:c>
       <x:c r="O117" s="0" t="s">
         <x:v>141</x:v>
       </x:c>
       <x:c r="P117" s="0" t="s">
-        <x:v>265</x:v>
+        <x:v>259</x:v>
       </x:c>
       <x:c r="Q117" s="4" t="s">
-        <x:v>266</x:v>
+        <x:v>260</x:v>
       </x:c>
       <x:c r="R117" s="0" t="s">
-        <x:v>267</x:v>
+        <x:v>262</x:v>
       </x:c>
       <x:c r="S117" s="0" t="n">
         <x:v>586093</x:v>
       </x:c>
       <x:c r="T117" s="4" t="s">
-        <x:v>259</x:v>
+        <x:v>257</x:v>
       </x:c>
       <x:c r="U117" s="4" t="s">
         <x:v>222</x:v>
       </x:c>
     </x:row>
     <x:row r="118" spans="1:21">
       <x:c r="A118" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B118" s="14" t="s">
         <x:v>270</x:v>
       </x:c>
       <x:c r="C118" s="15" t="s"/>
       <x:c r="D118" s="15" t="s"/>
       <x:c r="E118" s="14" t="s"/>
       <x:c r="F118" s="14" t="s"/>
       <x:c r="G118" s="14" t="s">
-        <x:v>265</x:v>
+        <x:v>259</x:v>
       </x:c>
       <x:c r="H118" s="14" t="s"/>
       <x:c r="I118" s="16" t="s">
-        <x:v>266</x:v>
+        <x:v>260</x:v>
       </x:c>
       <x:c r="J118" s="14" t="s"/>
       <x:c r="K118" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="L118" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="M118" s="14" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="N118" s="15" t="n">
         <x:v>42822</x:v>
       </x:c>
       <x:c r="O118" s="14" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="P118" s="14" t="s">
-        <x:v>265</x:v>
+        <x:v>259</x:v>
       </x:c>
       <x:c r="Q118" s="16" t="s">
-        <x:v>266</x:v>
+        <x:v>260</x:v>
       </x:c>
       <x:c r="R118" s="14" t="s">
-        <x:v>267</x:v>
+        <x:v>262</x:v>
       </x:c>
       <x:c r="S118" s="14" t="n">
         <x:v>586076</x:v>
       </x:c>
       <x:c r="T118" s="16" t="s">
-        <x:v>259</x:v>
+        <x:v>257</x:v>
       </x:c>
       <x:c r="U118" s="16" t="s">
         <x:v>222</x:v>
       </x:c>
     </x:row>
     <x:row r="119" spans="1:21">
       <x:c r="A119" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B119" s="0" t="s">
         <x:v>205</x:v>
       </x:c>
       <x:c r="C119" s="3" t="s"/>
       <x:c r="D119" s="3" t="s"/>
       <x:c r="G119" s="0" t="s">
-        <x:v>265</x:v>
+        <x:v>259</x:v>
       </x:c>
       <x:c r="I119" s="4" t="s">
-        <x:v>266</x:v>
+        <x:v>260</x:v>
       </x:c>
       <x:c r="K119" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="L119" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="M119" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="N119" s="3" t="n">
         <x:v>42854</x:v>
       </x:c>
       <x:c r="O119" s="0" t="s">
         <x:v>120</x:v>
       </x:c>
       <x:c r="P119" s="0" t="s">
-        <x:v>265</x:v>
+        <x:v>259</x:v>
       </x:c>
       <x:c r="Q119" s="4" t="s">
-        <x:v>266</x:v>
+        <x:v>260</x:v>
       </x:c>
       <x:c r="R119" s="0" t="s">
-        <x:v>267</x:v>
+        <x:v>262</x:v>
       </x:c>
       <x:c r="S119" s="0" t="n">
         <x:v>586080</x:v>
       </x:c>
       <x:c r="T119" s="4" t="s">
-        <x:v>259</x:v>
+        <x:v>257</x:v>
       </x:c>
       <x:c r="U119" s="4" t="s">
         <x:v>222</x:v>
       </x:c>
     </x:row>
     <x:row r="120" spans="1:21">
       <x:c r="A120" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B120" s="14" t="s">
         <x:v>116</x:v>
       </x:c>
       <x:c r="C120" s="15" t="n">
         <x:v>36648</x:v>
       </x:c>
       <x:c r="D120" s="15" t="s"/>
       <x:c r="E120" s="14" t="s"/>
       <x:c r="F120" s="14" t="s"/>
       <x:c r="G120" s="14" t="s">
-        <x:v>265</x:v>
+        <x:v>259</x:v>
       </x:c>
       <x:c r="H120" s="14" t="s"/>
       <x:c r="I120" s="16" t="s">
-        <x:v>266</x:v>
+        <x:v>260</x:v>
       </x:c>
       <x:c r="J120" s="14" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="K120" s="14" t="s">
         <x:v>271</x:v>
       </x:c>
       <x:c r="L120" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="M120" s="14" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="N120" s="15" t="n">
         <x:v>42854</x:v>
       </x:c>
       <x:c r="O120" s="14" t="s">
         <x:v>120</x:v>
       </x:c>
       <x:c r="P120" s="14" t="s">
-        <x:v>265</x:v>
+        <x:v>259</x:v>
       </x:c>
       <x:c r="Q120" s="16" t="s">
-        <x:v>266</x:v>
+        <x:v>260</x:v>
       </x:c>
       <x:c r="R120" s="14" t="s">
-        <x:v>267</x:v>
+        <x:v>262</x:v>
       </x:c>
       <x:c r="S120" s="14" t="n">
         <x:v>581388</x:v>
       </x:c>
       <x:c r="T120" s="16" t="s">
-        <x:v>259</x:v>
+        <x:v>257</x:v>
       </x:c>
       <x:c r="U120" s="16" t="s">
         <x:v>272</x:v>
       </x:c>
     </x:row>
     <x:row r="121" spans="1:21">
       <x:c r="A121" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B121" s="0" t="s">
-        <x:v>268</x:v>
+        <x:v>258</x:v>
       </x:c>
       <x:c r="C121" s="3" t="s"/>
       <x:c r="D121" s="3" t="s"/>
       <x:c r="G121" s="0" t="s">
-        <x:v>265</x:v>
+        <x:v>259</x:v>
       </x:c>
       <x:c r="I121" s="4" t="s">
-        <x:v>266</x:v>
+        <x:v>260</x:v>
       </x:c>
       <x:c r="K121" s="0" t="s">
         <x:v>273</x:v>
       </x:c>
       <x:c r="L121" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="M121" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="N121" s="3" t="n">
         <x:v>42005</x:v>
       </x:c>
       <x:c r="O121" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P121" s="0" t="s">
-        <x:v>265</x:v>
+        <x:v>259</x:v>
       </x:c>
       <x:c r="Q121" s="4" t="s">
-        <x:v>266</x:v>
+        <x:v>260</x:v>
       </x:c>
       <x:c r="R121" s="0" t="s">
-        <x:v>267</x:v>
+        <x:v>262</x:v>
       </x:c>
       <x:c r="S121" s="0" t="n">
         <x:v>585358</x:v>
       </x:c>
       <x:c r="T121" s="4" t="s">
-        <x:v>259</x:v>
+        <x:v>257</x:v>
       </x:c>
       <x:c r="U121" s="4" t="s">
         <x:v>222</x:v>
       </x:c>
     </x:row>
     <x:row r="122" spans="1:21">
       <x:c r="A122" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B122" s="14" t="s">
         <x:v>274</x:v>
       </x:c>
       <x:c r="C122" s="15" t="n">
         <x:v>40271</x:v>
       </x:c>
       <x:c r="D122" s="15" t="s"/>
       <x:c r="E122" s="14" t="s"/>
       <x:c r="F122" s="14" t="s"/>
       <x:c r="G122" s="14" t="s">
-        <x:v>265</x:v>
+        <x:v>259</x:v>
       </x:c>
       <x:c r="H122" s="14" t="s"/>
       <x:c r="I122" s="16" t="s">
-        <x:v>266</x:v>
+        <x:v>260</x:v>
       </x:c>
       <x:c r="J122" s="14" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="K122" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L122" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="M122" s="14" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="N122" s="15" t="n">
         <x:v>42005</x:v>
       </x:c>
       <x:c r="O122" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P122" s="14" t="s">
-        <x:v>265</x:v>
+        <x:v>259</x:v>
       </x:c>
       <x:c r="Q122" s="16" t="s">
-        <x:v>266</x:v>
+        <x:v>260</x:v>
       </x:c>
       <x:c r="R122" s="14" t="s">
-        <x:v>267</x:v>
+        <x:v>262</x:v>
       </x:c>
       <x:c r="S122" s="14" t="n">
         <x:v>585354</x:v>
       </x:c>
       <x:c r="T122" s="16" t="s">
-        <x:v>259</x:v>
+        <x:v>257</x:v>
       </x:c>
       <x:c r="U122" s="16" t="s">
         <x:v>222</x:v>
       </x:c>
     </x:row>
     <x:row r="123" spans="1:21">
       <x:c r="A123" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B123" s="0" t="s">
         <x:v>274</x:v>
       </x:c>
       <x:c r="C123" s="3" t="n">
         <x:v>40271</x:v>
       </x:c>
       <x:c r="D123" s="3" t="s"/>
       <x:c r="G123" s="0" t="s">
-        <x:v>265</x:v>
+        <x:v>259</x:v>
       </x:c>
       <x:c r="I123" s="4" t="s">
-        <x:v>266</x:v>
+        <x:v>260</x:v>
       </x:c>
       <x:c r="J123" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="K123" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L123" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="M123" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="N123" s="3" t="n">
         <x:v>42005</x:v>
       </x:c>
       <x:c r="O123" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P123" s="0" t="s">
-        <x:v>265</x:v>
+        <x:v>259</x:v>
       </x:c>
       <x:c r="Q123" s="4" t="s">
-        <x:v>266</x:v>
+        <x:v>260</x:v>
       </x:c>
       <x:c r="R123" s="0" t="s">
-        <x:v>267</x:v>
+        <x:v>262</x:v>
       </x:c>
       <x:c r="S123" s="0" t="n">
         <x:v>585355</x:v>
       </x:c>
       <x:c r="T123" s="4" t="s">
-        <x:v>259</x:v>
+        <x:v>257</x:v>
       </x:c>
       <x:c r="U123" s="4" t="s">
         <x:v>222</x:v>
       </x:c>
     </x:row>
     <x:row r="124" spans="1:21">
       <x:c r="A124" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B124" s="14" t="s">
-        <x:v>275</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>205</x:v>
+      </x:c>
+      <x:c r="C124" s="15" t="s"/>
       <x:c r="D124" s="15" t="s"/>
       <x:c r="E124" s="14" t="s"/>
       <x:c r="F124" s="14" t="s"/>
       <x:c r="G124" s="14" t="s">
-        <x:v>265</x:v>
+        <x:v>259</x:v>
       </x:c>
       <x:c r="H124" s="14" t="s"/>
       <x:c r="I124" s="16" t="s">
-        <x:v>266</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>260</x:v>
+      </x:c>
+      <x:c r="J124" s="14" t="s"/>
       <x:c r="K124" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="L124" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="M124" s="14" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="N124" s="15" t="n">
-        <x:v>42801</x:v>
+        <x:v>42854</x:v>
       </x:c>
       <x:c r="O124" s="14" t="s">
-        <x:v>141</x:v>
+        <x:v>120</x:v>
       </x:c>
       <x:c r="P124" s="14" t="s">
-        <x:v>265</x:v>
+        <x:v>259</x:v>
       </x:c>
       <x:c r="Q124" s="16" t="s">
-        <x:v>266</x:v>
+        <x:v>260</x:v>
       </x:c>
       <x:c r="R124" s="14" t="s">
-        <x:v>267</x:v>
+        <x:v>262</x:v>
       </x:c>
       <x:c r="S124" s="14" t="n">
-        <x:v>586088</x:v>
+        <x:v>586078</x:v>
       </x:c>
       <x:c r="T124" s="16" t="s">
-        <x:v>259</x:v>
+        <x:v>257</x:v>
       </x:c>
       <x:c r="U124" s="16" t="s">
         <x:v>222</x:v>
       </x:c>
     </x:row>
     <x:row r="125" spans="1:21">
       <x:c r="A125" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B125" s="0" t="s">
-        <x:v>205</x:v>
-[...1 lines deleted...]
-      <x:c r="C125" s="3" t="s"/>
+        <x:v>275</x:v>
+      </x:c>
+      <x:c r="C125" s="3" t="n">
+        <x:v>38449</x:v>
+      </x:c>
       <x:c r="D125" s="3" t="s"/>
       <x:c r="G125" s="0" t="s">
-        <x:v>265</x:v>
+        <x:v>259</x:v>
       </x:c>
       <x:c r="I125" s="4" t="s">
-        <x:v>266</x:v>
+        <x:v>260</x:v>
+      </x:c>
+      <x:c r="J125" s="0" t="s">
+        <x:v>37</x:v>
       </x:c>
       <x:c r="K125" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="L125" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="M125" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="N125" s="3" t="n">
-        <x:v>42854</x:v>
+        <x:v>42801</x:v>
       </x:c>
       <x:c r="O125" s="0" t="s">
-        <x:v>120</x:v>
+        <x:v>141</x:v>
       </x:c>
       <x:c r="P125" s="0" t="s">
-        <x:v>265</x:v>
+        <x:v>259</x:v>
       </x:c>
       <x:c r="Q125" s="4" t="s">
-        <x:v>266</x:v>
+        <x:v>260</x:v>
       </x:c>
       <x:c r="R125" s="0" t="s">
-        <x:v>267</x:v>
+        <x:v>262</x:v>
       </x:c>
       <x:c r="S125" s="0" t="n">
-        <x:v>586078</x:v>
+        <x:v>586088</x:v>
       </x:c>
       <x:c r="T125" s="4" t="s">
-        <x:v>259</x:v>
+        <x:v>257</x:v>
       </x:c>
       <x:c r="U125" s="4" t="s">
         <x:v>222</x:v>
       </x:c>
     </x:row>
     <x:row r="126" spans="1:21">
       <x:c r="A126" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B126" s="14" t="s">
-        <x:v>268</x:v>
+        <x:v>258</x:v>
       </x:c>
       <x:c r="C126" s="15" t="s"/>
       <x:c r="D126" s="15" t="s"/>
       <x:c r="E126" s="14" t="s"/>
       <x:c r="F126" s="14" t="s"/>
       <x:c r="G126" s="14" t="s">
-        <x:v>265</x:v>
+        <x:v>259</x:v>
       </x:c>
       <x:c r="H126" s="14" t="s"/>
       <x:c r="I126" s="16" t="s">
-        <x:v>266</x:v>
+        <x:v>260</x:v>
       </x:c>
       <x:c r="J126" s="14" t="s"/>
       <x:c r="K126" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="L126" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="M126" s="14" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="N126" s="15" t="n">
         <x:v>42005</x:v>
       </x:c>
       <x:c r="O126" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P126" s="14" t="s">
-        <x:v>265</x:v>
+        <x:v>259</x:v>
       </x:c>
       <x:c r="Q126" s="16" t="s">
-        <x:v>266</x:v>
+        <x:v>260</x:v>
       </x:c>
       <x:c r="R126" s="14" t="s">
-        <x:v>267</x:v>
+        <x:v>262</x:v>
       </x:c>
       <x:c r="S126" s="14" t="n">
         <x:v>585357</x:v>
       </x:c>
       <x:c r="T126" s="16" t="s">
-        <x:v>259</x:v>
+        <x:v>257</x:v>
       </x:c>
       <x:c r="U126" s="16" t="s">
         <x:v>222</x:v>
       </x:c>
     </x:row>
     <x:row r="127" spans="1:21">
       <x:c r="A127" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B127" s="0" t="s">
         <x:v>116</x:v>
       </x:c>
       <x:c r="C127" s="3" t="n">
         <x:v>41394</x:v>
       </x:c>
       <x:c r="D127" s="3" t="s"/>
       <x:c r="G127" s="0" t="s">
         <x:v>209</x:v>
       </x:c>
       <x:c r="I127" s="4" t="s">
         <x:v>210</x:v>
       </x:c>
       <x:c r="J127" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
@@ -9572,51 +9568,51 @@
       <x:c r="L127" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="M127" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="N127" s="3" t="n">
         <x:v>42854</x:v>
       </x:c>
       <x:c r="O127" s="0" t="s">
         <x:v>120</x:v>
       </x:c>
       <x:c r="P127" s="0" t="s">
         <x:v>209</x:v>
       </x:c>
       <x:c r="Q127" s="4" t="s">
         <x:v>210</x:v>
       </x:c>
       <x:c r="R127" s="0" t="s">
         <x:v>211</x:v>
       </x:c>
       <x:c r="S127" s="0" t="n">
         <x:v>613243</x:v>
       </x:c>
       <x:c r="T127" s="4" t="s">
-        <x:v>259</x:v>
+        <x:v>257</x:v>
       </x:c>
       <x:c r="U127" s="4" t="s">
         <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="128" spans="1:21">
       <x:c r="A128" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B128" s="14" t="s">
         <x:v>276</x:v>
       </x:c>
       <x:c r="C128" s="15" t="s"/>
       <x:c r="D128" s="15" t="s"/>
       <x:c r="E128" s="14" t="s"/>
       <x:c r="F128" s="14" t="s"/>
       <x:c r="G128" s="14" t="s">
         <x:v>277</x:v>
       </x:c>
       <x:c r="H128" s="14" t="s">
         <x:v>278</x:v>
       </x:c>
       <x:c r="I128" s="16" t="s">
         <x:v>279</x:v>
       </x:c>
@@ -9627,51 +9623,51 @@
       <x:c r="L128" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M128" s="14" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="N128" s="15" t="n">
         <x:v>42854</x:v>
       </x:c>
       <x:c r="O128" s="14" t="s">
         <x:v>120</x:v>
       </x:c>
       <x:c r="P128" s="14" t="s">
         <x:v>277</x:v>
       </x:c>
       <x:c r="Q128" s="16" t="s">
         <x:v>279</x:v>
       </x:c>
       <x:c r="R128" s="14" t="s">
         <x:v>280</x:v>
       </x:c>
       <x:c r="S128" s="14" t="n">
         <x:v>611299</x:v>
       </x:c>
       <x:c r="T128" s="16" t="s">
-        <x:v>259</x:v>
+        <x:v>257</x:v>
       </x:c>
       <x:c r="U128" s="16" t="s">
         <x:v>222</x:v>
       </x:c>
     </x:row>
     <x:row r="129" spans="1:21">
       <x:c r="A129" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B129" s="0" t="s">
         <x:v>205</x:v>
       </x:c>
       <x:c r="C129" s="3" t="s"/>
       <x:c r="D129" s="3" t="s"/>
       <x:c r="G129" s="0" t="s">
         <x:v>277</x:v>
       </x:c>
       <x:c r="H129" s="0" t="s">
         <x:v>278</x:v>
       </x:c>
       <x:c r="I129" s="4" t="s">
         <x:v>279</x:v>
       </x:c>
       <x:c r="K129" s="0" t="s">
         <x:v>119</x:v>
@@ -9789,297 +9785,297 @@
       <x:c r="J131" s="0" t="s">
         <x:v>286</x:v>
       </x:c>
       <x:c r="K131" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L131" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="M131" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="N131" s="3" t="n">
         <x:v>42811</x:v>
       </x:c>
       <x:c r="O131" s="0" t="s">
         <x:v>196</x:v>
       </x:c>
       <x:c r="P131" s="0" t="s">
         <x:v>284</x:v>
       </x:c>
       <x:c r="Q131" s="4" t="s">
         <x:v>184</x:v>
       </x:c>
       <x:c r="R131" s="0" t="s">
-        <x:v>176</x:v>
+        <x:v>178</x:v>
       </x:c>
       <x:c r="S131" s="0" t="n">
         <x:v>598670</x:v>
       </x:c>
       <x:c r="T131" s="4" t="s">
         <x:v>287</x:v>
       </x:c>
       <x:c r="U131" s="4" t="s">
         <x:v>288</x:v>
       </x:c>
     </x:row>
     <x:row r="132" spans="1:21">
       <x:c r="A132" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B132" s="14" t="s">
-        <x:v>254</x:v>
+        <x:v>264</x:v>
       </x:c>
       <x:c r="C132" s="15" t="n">
         <x:v>36648</x:v>
       </x:c>
       <x:c r="D132" s="15" t="s"/>
       <x:c r="E132" s="14" t="s">
-        <x:v>255</x:v>
+        <x:v>265</x:v>
       </x:c>
       <x:c r="F132" s="14" t="s">
-        <x:v>256</x:v>
+        <x:v>266</x:v>
       </x:c>
       <x:c r="G132" s="14" t="s">
-        <x:v>257</x:v>
+        <x:v>267</x:v>
       </x:c>
       <x:c r="H132" s="14" t="s">
-        <x:v>258</x:v>
+        <x:v>268</x:v>
       </x:c>
       <x:c r="I132" s="16" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="J132" s="14" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="K132" s="14" t="s">
         <x:v>119</x:v>
       </x:c>
       <x:c r="L132" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="M132" s="14" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="N132" s="15" t="n">
         <x:v>42854</x:v>
       </x:c>
       <x:c r="O132" s="14" t="s">
         <x:v>120</x:v>
       </x:c>
       <x:c r="P132" s="14" t="s">
         <x:v>277</x:v>
       </x:c>
       <x:c r="Q132" s="16" t="s">
         <x:v>279</x:v>
       </x:c>
       <x:c r="R132" s="14" t="s">
         <x:v>280</x:v>
       </x:c>
       <x:c r="S132" s="14" t="n">
         <x:v>583672</x:v>
       </x:c>
       <x:c r="T132" s="16" t="s">
         <x:v>289</x:v>
       </x:c>
       <x:c r="U132" s="16" t="s">
         <x:v>290</x:v>
       </x:c>
     </x:row>
     <x:row r="133" spans="1:21">
       <x:c r="A133" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B133" s="0" t="s">
-        <x:v>228</x:v>
+        <x:v>264</x:v>
       </x:c>
       <x:c r="C133" s="3" t="n">
-        <x:v>40298</x:v>
+        <x:v>36648</x:v>
       </x:c>
       <x:c r="D133" s="3" t="s"/>
+      <x:c r="E133" s="0" t="s">
+        <x:v>265</x:v>
+      </x:c>
+      <x:c r="F133" s="0" t="s">
+        <x:v>266</x:v>
+      </x:c>
       <x:c r="G133" s="0" t="s">
-        <x:v>291</x:v>
+        <x:v>267</x:v>
+      </x:c>
+      <x:c r="H133" s="0" t="s">
+        <x:v>268</x:v>
       </x:c>
       <x:c r="I133" s="4" t="s">
-        <x:v>292</x:v>
+        <x:v>59</x:v>
       </x:c>
       <x:c r="J133" s="0" t="s">
-        <x:v>37</x:v>
+        <x:v>64</x:v>
       </x:c>
       <x:c r="K133" s="0" t="s">
-        <x:v>25</x:v>
+        <x:v>119</x:v>
       </x:c>
       <x:c r="L133" s="0" t="s">
-        <x:v>26</x:v>
+        <x:v>39</x:v>
       </x:c>
       <x:c r="M133" s="0" t="s">
-        <x:v>27</x:v>
+        <x:v>55</x:v>
       </x:c>
       <x:c r="N133" s="3" t="n">
-        <x:v>31875</x:v>
+        <x:v>42854</x:v>
       </x:c>
       <x:c r="O133" s="0" t="s">
-        <x:v>88</x:v>
+        <x:v>120</x:v>
       </x:c>
       <x:c r="P133" s="0" t="s">
         <x:v>291</x:v>
       </x:c>
       <x:c r="Q133" s="4" t="s">
+        <x:v>68</x:v>
+      </x:c>
+      <x:c r="R133" s="0" t="s">
         <x:v>292</x:v>
       </x:c>
-      <x:c r="R133" s="0" t="s">
+      <x:c r="S133" s="0" t="n">
+        <x:v>583669</x:v>
+      </x:c>
+      <x:c r="T133" s="4" t="s">
         <x:v>293</x:v>
       </x:c>
-      <x:c r="S133" s="0" t="n">
-[...2 lines deleted...]
-      <x:c r="T133" s="4" t="s">
+      <x:c r="U133" s="4" t="s">
         <x:v>294</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="134" spans="1:21">
       <x:c r="A134" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B134" s="14" t="s">
         <x:v>228</x:v>
       </x:c>
       <x:c r="C134" s="15" t="n">
         <x:v>40298</x:v>
       </x:c>
       <x:c r="D134" s="15" t="s"/>
       <x:c r="E134" s="14" t="s"/>
       <x:c r="F134" s="14" t="s"/>
       <x:c r="G134" s="14" t="s">
-        <x:v>291</x:v>
+        <x:v>295</x:v>
       </x:c>
       <x:c r="H134" s="14" t="s"/>
       <x:c r="I134" s="16" t="s">
-        <x:v>292</x:v>
+        <x:v>296</x:v>
       </x:c>
       <x:c r="J134" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="K134" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L134" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M134" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N134" s="15" t="n">
         <x:v>31875</x:v>
       </x:c>
       <x:c r="O134" s="14" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="P134" s="14" t="s">
-        <x:v>291</x:v>
+        <x:v>295</x:v>
       </x:c>
       <x:c r="Q134" s="16" t="s">
+        <x:v>296</x:v>
+      </x:c>
+      <x:c r="R134" s="14" t="s">
         <x:v>292</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>293</x:v>
       </x:c>
       <x:c r="S134" s="14" t="n">
         <x:v>616360</x:v>
       </x:c>
       <x:c r="T134" s="16" t="s">
-        <x:v>294</x:v>
+        <x:v>293</x:v>
       </x:c>
       <x:c r="U134" s="16" t="s">
         <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="135" spans="1:21">
       <x:c r="A135" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B135" s="0" t="s">
-        <x:v>254</x:v>
+        <x:v>228</x:v>
       </x:c>
       <x:c r="C135" s="3" t="n">
-        <x:v>36648</x:v>
+        <x:v>40298</x:v>
       </x:c>
       <x:c r="D135" s="3" t="s"/>
-      <x:c r="E135" s="0" t="s">
-[...4 lines deleted...]
-      </x:c>
       <x:c r="G135" s="0" t="s">
-        <x:v>257</x:v>
-[...2 lines deleted...]
-        <x:v>258</x:v>
+        <x:v>295</x:v>
       </x:c>
       <x:c r="I135" s="4" t="s">
-        <x:v>59</x:v>
+        <x:v>296</x:v>
       </x:c>
       <x:c r="J135" s="0" t="s">
-        <x:v>64</x:v>
+        <x:v>37</x:v>
       </x:c>
       <x:c r="K135" s="0" t="s">
-        <x:v>119</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="L135" s="0" t="s">
-        <x:v>39</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="M135" s="0" t="s">
-        <x:v>55</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="N135" s="3" t="n">
-        <x:v>42854</x:v>
+        <x:v>31875</x:v>
       </x:c>
       <x:c r="O135" s="0" t="s">
-        <x:v>120</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="P135" s="0" t="s">
         <x:v>295</x:v>
       </x:c>
       <x:c r="Q135" s="4" t="s">
-        <x:v>68</x:v>
+        <x:v>296</x:v>
       </x:c>
       <x:c r="R135" s="0" t="s">
+        <x:v>292</x:v>
+      </x:c>
+      <x:c r="S135" s="0" t="n">
+        <x:v>616359</x:v>
+      </x:c>
+      <x:c r="T135" s="4" t="s">
         <x:v>293</x:v>
       </x:c>
-      <x:c r="S135" s="0" t="n">
-[...4 lines deleted...]
-      </x:c>
       <x:c r="U135" s="4" t="s">
-        <x:v>296</x:v>
+        <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="136" spans="1:21">
       <x:c r="A136" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B136" s="14" t="s">
         <x:v>297</x:v>
       </x:c>
       <x:c r="C136" s="15" t="n">
         <x:v>36648</x:v>
       </x:c>
       <x:c r="D136" s="15" t="s"/>
       <x:c r="E136" s="14" t="s">
         <x:v>298</x:v>
       </x:c>
       <x:c r="F136" s="14" t="s">
         <x:v>230</x:v>
       </x:c>
       <x:c r="G136" s="14" t="s">
         <x:v>299</x:v>
       </x:c>
       <x:c r="H136" s="14" t="s">
         <x:v>300</x:v>
       </x:c>
@@ -10089,51 +10085,51 @@
       <x:c r="J136" s="14" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="K136" s="14" t="s">
         <x:v>119</x:v>
       </x:c>
       <x:c r="L136" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="M136" s="14" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="N136" s="15" t="n">
         <x:v>42811</x:v>
       </x:c>
       <x:c r="O136" s="14" t="s">
         <x:v>196</x:v>
       </x:c>
       <x:c r="P136" s="14" t="s">
         <x:v>103</x:v>
       </x:c>
       <x:c r="Q136" s="16" t="s">
         <x:v>104</x:v>
       </x:c>
       <x:c r="R136" s="14" t="s">
-        <x:v>176</x:v>
+        <x:v>178</x:v>
       </x:c>
       <x:c r="S136" s="14" t="n">
         <x:v>612251</x:v>
       </x:c>
       <x:c r="T136" s="16" t="s">
         <x:v>301</x:v>
       </x:c>
       <x:c r="U136" s="16" t="s">
         <x:v>302</x:v>
       </x:c>
     </x:row>
     <x:row r="137" spans="1:21">
       <x:c r="A137" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B137" s="0" t="s">
         <x:v>303</x:v>
       </x:c>
       <x:c r="C137" s="3" t="n">
         <x:v>36648</x:v>
       </x:c>
       <x:c r="D137" s="3" t="s"/>
       <x:c r="G137" s="0" t="s">
         <x:v>103</x:v>
       </x:c>
@@ -10143,108 +10139,108 @@
       <x:c r="J137" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="K137" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L137" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="M137" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="N137" s="3" t="n">
         <x:v>42854</x:v>
       </x:c>
       <x:c r="O137" s="0" t="s">
         <x:v>120</x:v>
       </x:c>
       <x:c r="P137" s="0" t="s">
         <x:v>103</x:v>
       </x:c>
       <x:c r="Q137" s="4" t="s">
         <x:v>104</x:v>
       </x:c>
       <x:c r="R137" s="0" t="s">
-        <x:v>176</x:v>
+        <x:v>178</x:v>
       </x:c>
       <x:c r="S137" s="0" t="n">
         <x:v>610221</x:v>
       </x:c>
       <x:c r="T137" s="4" t="s">
         <x:v>301</x:v>
       </x:c>
       <x:c r="U137" s="4" t="s">
         <x:v>302</x:v>
       </x:c>
     </x:row>
     <x:row r="138" spans="1:21">
       <x:c r="A138" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B138" s="14" t="s">
         <x:v>228</x:v>
       </x:c>
       <x:c r="C138" s="15" t="n">
         <x:v>40298</x:v>
       </x:c>
       <x:c r="D138" s="15" t="s"/>
       <x:c r="E138" s="14" t="s"/>
       <x:c r="F138" s="14" t="s"/>
       <x:c r="G138" s="14" t="s">
-        <x:v>291</x:v>
+        <x:v>295</x:v>
       </x:c>
       <x:c r="H138" s="14" t="s"/>
       <x:c r="I138" s="16" t="s">
-        <x:v>292</x:v>
+        <x:v>296</x:v>
       </x:c>
       <x:c r="J138" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="K138" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L138" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M138" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N138" s="15" t="n">
         <x:v>31875</x:v>
       </x:c>
       <x:c r="O138" s="14" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="P138" s="14" t="s">
-        <x:v>291</x:v>
+        <x:v>295</x:v>
       </x:c>
       <x:c r="Q138" s="16" t="s">
+        <x:v>296</x:v>
+      </x:c>
+      <x:c r="R138" s="14" t="s">
         <x:v>292</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>293</x:v>
       </x:c>
       <x:c r="S138" s="14" t="n">
         <x:v>616251</x:v>
       </x:c>
       <x:c r="T138" s="16" t="s">
         <x:v>304</x:v>
       </x:c>
       <x:c r="U138" s="16" t="s">
         <x:v>114</x:v>
       </x:c>
     </x:row>
     <x:row r="139" spans="1:21">
       <x:c r="A139" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B139" s="0" t="s">
         <x:v>305</x:v>
       </x:c>
       <x:c r="C139" s="3" t="n">
         <x:v>38450</x:v>
       </x:c>
       <x:c r="D139" s="3" t="s"/>
       <x:c r="G139" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
@@ -10394,54 +10390,54 @@
       <x:c r="R141" s="0" t="s">
         <x:v>316</x:v>
       </x:c>
       <x:c r="S141" s="0" t="n">
         <x:v>570666</x:v>
       </x:c>
       <x:c r="T141" s="4" t="s">
         <x:v>317</x:v>
       </x:c>
       <x:c r="U141" s="4" t="s">
         <x:v>318</x:v>
       </x:c>
     </x:row>
     <x:row r="142" spans="1:21">
       <x:c r="A142" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B142" s="14" t="s">
         <x:v>319</x:v>
       </x:c>
       <x:c r="C142" s="15" t="n">
         <x:v>40604</x:v>
       </x:c>
       <x:c r="D142" s="15" t="s"/>
       <x:c r="E142" s="14" t="s">
-        <x:v>255</x:v>
+        <x:v>265</x:v>
       </x:c>
       <x:c r="F142" s="14" t="s">
-        <x:v>256</x:v>
+        <x:v>266</x:v>
       </x:c>
       <x:c r="G142" s="14" t="s">
         <x:v>320</x:v>
       </x:c>
       <x:c r="H142" s="14" t="s">
         <x:v>321</x:v>
       </x:c>
       <x:c r="I142" s="16" t="s">
         <x:v>322</x:v>
       </x:c>
       <x:c r="J142" s="14" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="K142" s="14" t="s">
         <x:v>119</x:v>
       </x:c>
       <x:c r="L142" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="M142" s="14" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="N142" s="15" t="n">
         <x:v>44003</x:v>
       </x:c>
@@ -10837,51 +10833,51 @@
       <x:c r="J149" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="K149" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L149" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="M149" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="N149" s="3" t="n">
         <x:v>42811</x:v>
       </x:c>
       <x:c r="O149" s="0" t="s">
         <x:v>196</x:v>
       </x:c>
       <x:c r="P149" s="0" t="s">
         <x:v>284</x:v>
       </x:c>
       <x:c r="Q149" s="4" t="s">
         <x:v>184</x:v>
       </x:c>
       <x:c r="R149" s="0" t="s">
-        <x:v>176</x:v>
+        <x:v>178</x:v>
       </x:c>
       <x:c r="S149" s="0" t="n">
         <x:v>614650</x:v>
       </x:c>
       <x:c r="T149" s="4" t="s">
         <x:v>340</x:v>
       </x:c>
       <x:c r="U149" s="4" t="s">
         <x:v>341</x:v>
       </x:c>
     </x:row>
     <x:row r="150" spans="1:21">
       <x:c r="A150" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B150" s="14" t="s">
         <x:v>283</x:v>
       </x:c>
       <x:c r="C150" s="15" t="s"/>
       <x:c r="D150" s="15" t="n">
         <x:v>5641</x:v>
       </x:c>
       <x:c r="E150" s="14" t="s"/>
       <x:c r="F150" s="14" t="s"/>
       <x:c r="G150" s="14" t="s">
@@ -10896,51 +10892,51 @@
       <x:c r="J150" s="14" t="s">
         <x:v>286</x:v>
       </x:c>
       <x:c r="K150" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L150" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="M150" s="14" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="N150" s="15" t="n">
         <x:v>42811</x:v>
       </x:c>
       <x:c r="O150" s="14" t="s">
         <x:v>196</x:v>
       </x:c>
       <x:c r="P150" s="14" t="s">
         <x:v>284</x:v>
       </x:c>
       <x:c r="Q150" s="16" t="s">
         <x:v>184</x:v>
       </x:c>
       <x:c r="R150" s="14" t="s">
-        <x:v>176</x:v>
+        <x:v>178</x:v>
       </x:c>
       <x:c r="S150" s="14" t="n">
         <x:v>617579</x:v>
       </x:c>
       <x:c r="T150" s="16" t="s">
         <x:v>340</x:v>
       </x:c>
       <x:c r="U150" s="16" t="s">
         <x:v>342</x:v>
       </x:c>
     </x:row>
     <x:row r="151" spans="1:21">
       <x:c r="A151" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B151" s="0" t="s">
         <x:v>343</x:v>
       </x:c>
       <x:c r="C151" s="3" t="n">
         <x:v>38451</x:v>
       </x:c>
       <x:c r="D151" s="3" t="s"/>
       <x:c r="G151" s="0" t="s">
         <x:v>344</x:v>
       </x:c>
@@ -11043,51 +11039,51 @@
       <x:c r="T152" s="16" t="s">
         <x:v>347</x:v>
       </x:c>
       <x:c r="U152" s="16" t="s">
         <x:v>350</x:v>
       </x:c>
     </x:row>
     <x:row r="153" spans="1:21">
       <x:c r="A153" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B153" s="0" t="s">
         <x:v>297</x:v>
       </x:c>
       <x:c r="C153" s="3" t="n">
         <x:v>36648</x:v>
       </x:c>
       <x:c r="D153" s="3" t="s"/>
       <x:c r="E153" s="0" t="s">
         <x:v>298</x:v>
       </x:c>
       <x:c r="F153" s="0" t="s">
         <x:v>230</x:v>
       </x:c>
       <x:c r="G153" s="0" t="s">
-        <x:v>295</x:v>
+        <x:v>291</x:v>
       </x:c>
       <x:c r="I153" s="4" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="J153" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="K153" s="0" t="s">
         <x:v>119</x:v>
       </x:c>
       <x:c r="L153" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="M153" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="N153" s="3" t="n">
         <x:v>42811</x:v>
       </x:c>
       <x:c r="O153" s="0" t="s">
         <x:v>196</x:v>
       </x:c>
       <x:c r="P153" s="0" t="s">
         <x:v>351</x:v>
       </x:c>
@@ -11163,75 +11159,75 @@
       <x:c r="S154" s="14" t="n">
         <x:v>612248</x:v>
       </x:c>
       <x:c r="T154" s="16" t="s">
         <x:v>347</x:v>
       </x:c>
       <x:c r="U154" s="16" t="s">
         <x:v>352</x:v>
       </x:c>
     </x:row>
     <x:row r="155" spans="1:21">
       <x:c r="A155" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B155" s="0" t="s">
         <x:v>353</x:v>
       </x:c>
       <x:c r="C155" s="3" t="n">
         <x:v>36648</x:v>
       </x:c>
       <x:c r="D155" s="3" t="s"/>
       <x:c r="G155" s="0" t="s">
         <x:v>354</x:v>
       </x:c>
       <x:c r="I155" s="4" t="s">
-        <x:v>262</x:v>
+        <x:v>255</x:v>
       </x:c>
       <x:c r="J155" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="K155" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L155" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="M155" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="N155" s="3" t="n">
         <x:v>42854</x:v>
       </x:c>
       <x:c r="O155" s="0" t="s">
         <x:v>120</x:v>
       </x:c>
       <x:c r="P155" s="0" t="s">
         <x:v>354</x:v>
       </x:c>
       <x:c r="Q155" s="4" t="s">
-        <x:v>262</x:v>
+        <x:v>255</x:v>
       </x:c>
       <x:c r="R155" s="0" t="s">
         <x:v>355</x:v>
       </x:c>
       <x:c r="S155" s="0" t="n">
         <x:v>577672</x:v>
       </x:c>
       <x:c r="T155" s="4" t="s">
         <x:v>347</x:v>
       </x:c>
       <x:c r="U155" s="4" t="s">
         <x:v>356</x:v>
       </x:c>
     </x:row>
     <x:row r="156" spans="1:21">
       <x:c r="A156" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B156" s="14" t="s">
         <x:v>116</x:v>
       </x:c>
       <x:c r="C156" s="15" t="n">
         <x:v>36648</x:v>
       </x:c>
       <x:c r="D156" s="15" t="s"/>
@@ -11361,180 +11357,180 @@
       <x:c r="H158" s="14" t="s">
         <x:v>300</x:v>
       </x:c>
       <x:c r="I158" s="16" t="s">
         <x:v>191</x:v>
       </x:c>
       <x:c r="J158" s="14" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="K158" s="14" t="s">
         <x:v>119</x:v>
       </x:c>
       <x:c r="L158" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="M158" s="14" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="N158" s="15" t="n">
         <x:v>42811</x:v>
       </x:c>
       <x:c r="O158" s="14" t="s">
         <x:v>196</x:v>
       </x:c>
       <x:c r="P158" s="14" t="s">
-        <x:v>257</x:v>
+        <x:v>244</x:v>
       </x:c>
       <x:c r="Q158" s="16" t="s">
-        <x:v>59</x:v>
+        <x:v>246</x:v>
       </x:c>
       <x:c r="R158" s="14" t="s">
-        <x:v>60</x:v>
+        <x:v>247</x:v>
       </x:c>
       <x:c r="S158" s="14" t="n">
-        <x:v>612244</x:v>
+        <x:v>612254</x:v>
       </x:c>
       <x:c r="T158" s="16" t="s">
         <x:v>347</x:v>
       </x:c>
       <x:c r="U158" s="16" t="s">
-        <x:v>366</x:v>
+        <x:v>350</x:v>
       </x:c>
     </x:row>
     <x:row r="159" spans="1:21">
       <x:c r="A159" s="1" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="B159" s="0" t="s">
-        <x:v>367</x:v>
+        <x:v>366</x:v>
       </x:c>
       <x:c r="C159" s="3" t="n">
         <x:v>37879</x:v>
       </x:c>
       <x:c r="D159" s="3" t="s"/>
       <x:c r="E159" s="0" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="G159" s="0" t="s">
         <x:v>299</x:v>
       </x:c>
       <x:c r="H159" s="0" t="s">
         <x:v>300</x:v>
       </x:c>
       <x:c r="I159" s="4" t="s">
         <x:v>191</x:v>
       </x:c>
       <x:c r="J159" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="K159" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="L159" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="M159" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="N159" s="3" t="n">
         <x:v>42801</x:v>
       </x:c>
       <x:c r="O159" s="0" t="s">
         <x:v>141</x:v>
       </x:c>
       <x:c r="P159" s="0" t="s">
+        <x:v>367</x:v>
+      </x:c>
+      <x:c r="Q159" s="4" t="s">
         <x:v>368</x:v>
       </x:c>
-      <x:c r="Q159" s="4" t="s">
+      <x:c r="R159" s="0" t="s">
         <x:v>369</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>370</x:v>
       </x:c>
       <x:c r="S159" s="0" t="n">
         <x:v>616819</x:v>
       </x:c>
       <x:c r="T159" s="4" t="s">
         <x:v>347</x:v>
       </x:c>
       <x:c r="U159" s="4" t="s">
-        <x:v>371</x:v>
+        <x:v>370</x:v>
       </x:c>
     </x:row>
     <x:row r="160" spans="1:21">
       <x:c r="A160" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B160" s="14" t="s">
-        <x:v>254</x:v>
+        <x:v>264</x:v>
       </x:c>
       <x:c r="C160" s="15" t="n">
         <x:v>36648</x:v>
       </x:c>
       <x:c r="D160" s="15" t="s"/>
       <x:c r="E160" s="14" t="s">
-        <x:v>255</x:v>
+        <x:v>265</x:v>
       </x:c>
       <x:c r="F160" s="14" t="s">
-        <x:v>256</x:v>
+        <x:v>266</x:v>
       </x:c>
       <x:c r="G160" s="14" t="s">
-        <x:v>257</x:v>
+        <x:v>267</x:v>
       </x:c>
       <x:c r="H160" s="14" t="s">
-        <x:v>258</x:v>
+        <x:v>268</x:v>
       </x:c>
       <x:c r="I160" s="16" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="J160" s="14" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="K160" s="14" t="s">
         <x:v>119</x:v>
       </x:c>
       <x:c r="L160" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="M160" s="14" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="N160" s="15" t="n">
         <x:v>42854</x:v>
       </x:c>
       <x:c r="O160" s="14" t="s">
         <x:v>120</x:v>
       </x:c>
       <x:c r="P160" s="14" t="s">
+        <x:v>371</x:v>
+      </x:c>
+      <x:c r="Q160" s="16" t="s">
         <x:v>372</x:v>
       </x:c>
-      <x:c r="Q160" s="16" t="s">
+      <x:c r="R160" s="14" t="s">
         <x:v>373</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>374</x:v>
       </x:c>
       <x:c r="S160" s="14" t="n">
         <x:v>583667</x:v>
       </x:c>
       <x:c r="T160" s="16" t="s">
         <x:v>347</x:v>
       </x:c>
       <x:c r="U160" s="16" t="s">
         <x:v>335</x:v>
       </x:c>
     </x:row>
     <x:row r="161" spans="1:21">
       <x:c r="A161" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B161" s="0" t="s">
         <x:v>297</x:v>
       </x:c>
       <x:c r="C161" s="3" t="n">
         <x:v>36648</x:v>
       </x:c>
       <x:c r="D161" s="3" t="s"/>
       <x:c r="E161" s="0" t="s">
         <x:v>298</x:v>
       </x:c>
@@ -11547,114 +11543,114 @@
       <x:c r="H161" s="0" t="s">
         <x:v>300</x:v>
       </x:c>
       <x:c r="I161" s="4" t="s">
         <x:v>191</x:v>
       </x:c>
       <x:c r="J161" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="K161" s="0" t="s">
         <x:v>119</x:v>
       </x:c>
       <x:c r="L161" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="M161" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="N161" s="3" t="n">
         <x:v>42811</x:v>
       </x:c>
       <x:c r="O161" s="0" t="s">
         <x:v>196</x:v>
       </x:c>
       <x:c r="P161" s="0" t="s">
-        <x:v>245</x:v>
+        <x:v>267</x:v>
       </x:c>
       <x:c r="Q161" s="4" t="s">
-        <x:v>247</x:v>
+        <x:v>59</x:v>
       </x:c>
       <x:c r="R161" s="0" t="s">
-        <x:v>248</x:v>
+        <x:v>60</x:v>
       </x:c>
       <x:c r="S161" s="0" t="n">
-        <x:v>612254</x:v>
+        <x:v>612244</x:v>
       </x:c>
       <x:c r="T161" s="4" t="s">
         <x:v>347</x:v>
       </x:c>
       <x:c r="U161" s="4" t="s">
-        <x:v>350</x:v>
+        <x:v>374</x:v>
       </x:c>
     </x:row>
     <x:row r="162" spans="1:21">
       <x:c r="A162" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B162" s="14" t="s">
         <x:v>303</x:v>
       </x:c>
       <x:c r="C162" s="15" t="n">
         <x:v>36648</x:v>
       </x:c>
       <x:c r="D162" s="15" t="s"/>
       <x:c r="E162" s="14" t="s"/>
       <x:c r="F162" s="14" t="s"/>
       <x:c r="G162" s="14" t="s">
         <x:v>103</x:v>
       </x:c>
       <x:c r="H162" s="14" t="s"/>
       <x:c r="I162" s="16" t="s">
         <x:v>104</x:v>
       </x:c>
       <x:c r="J162" s="14" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="K162" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L162" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="M162" s="14" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="N162" s="15" t="n">
         <x:v>42854</x:v>
       </x:c>
       <x:c r="O162" s="14" t="s">
         <x:v>120</x:v>
       </x:c>
       <x:c r="P162" s="14" t="s">
         <x:v>103</x:v>
       </x:c>
       <x:c r="Q162" s="16" t="s">
         <x:v>104</x:v>
       </x:c>
       <x:c r="R162" s="14" t="s">
-        <x:v>374</x:v>
+        <x:v>373</x:v>
       </x:c>
       <x:c r="S162" s="14" t="n">
         <x:v>610220</x:v>
       </x:c>
       <x:c r="T162" s="16" t="s">
         <x:v>375</x:v>
       </x:c>
       <x:c r="U162" s="16" t="s">
         <x:v>376</x:v>
       </x:c>
     </x:row>
     <x:row r="163" spans="1:21">
       <x:c r="A163" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B163" s="0" t="s">
         <x:v>297</x:v>
       </x:c>
       <x:c r="C163" s="3" t="n">
         <x:v>36648</x:v>
       </x:c>
       <x:c r="D163" s="3" t="s"/>
       <x:c r="E163" s="0" t="s">
         <x:v>298</x:v>
       </x:c>
@@ -11673,51 +11669,51 @@
       <x:c r="J163" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="K163" s="0" t="s">
         <x:v>119</x:v>
       </x:c>
       <x:c r="L163" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="M163" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="N163" s="3" t="n">
         <x:v>42811</x:v>
       </x:c>
       <x:c r="O163" s="0" t="s">
         <x:v>196</x:v>
       </x:c>
       <x:c r="P163" s="0" t="s">
         <x:v>103</x:v>
       </x:c>
       <x:c r="Q163" s="4" t="s">
         <x:v>104</x:v>
       </x:c>
       <x:c r="R163" s="0" t="s">
-        <x:v>374</x:v>
+        <x:v>373</x:v>
       </x:c>
       <x:c r="S163" s="0" t="n">
         <x:v>612252</x:v>
       </x:c>
       <x:c r="T163" s="4" t="s">
         <x:v>375</x:v>
       </x:c>
       <x:c r="U163" s="4" t="s">
         <x:v>376</x:v>
       </x:c>
     </x:row>
     <x:row r="164" spans="1:21">
       <x:c r="A164" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B164" s="14" t="s">
         <x:v>116</x:v>
       </x:c>
       <x:c r="C164" s="15" t="n">
         <x:v>36648</x:v>
       </x:c>
       <x:c r="D164" s="15" t="s"/>
       <x:c r="E164" s="14" t="s"/>
       <x:c r="F164" s="14" t="s"/>
       <x:c r="G164" s="14" t="s">
@@ -11732,51 +11728,51 @@
       <x:c r="J164" s="14" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="K164" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L164" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="M164" s="14" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="N164" s="15" t="n">
         <x:v>42854</x:v>
       </x:c>
       <x:c r="O164" s="14" t="s">
         <x:v>120</x:v>
       </x:c>
       <x:c r="P164" s="14" t="s">
         <x:v>284</x:v>
       </x:c>
       <x:c r="Q164" s="16" t="s">
         <x:v>184</x:v>
       </x:c>
       <x:c r="R164" s="14" t="s">
-        <x:v>176</x:v>
+        <x:v>178</x:v>
       </x:c>
       <x:c r="S164" s="14" t="n">
         <x:v>598679</x:v>
       </x:c>
       <x:c r="T164" s="16" t="s">
         <x:v>377</x:v>
       </x:c>
       <x:c r="U164" s="16" t="s">
         <x:v>341</x:v>
       </x:c>
     </x:row>
     <x:row r="165" spans="1:21">
       <x:c r="A165" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B165" s="0" t="s">
         <x:v>378</x:v>
       </x:c>
       <x:c r="C165" s="3" t="n">
         <x:v>36648</x:v>
       </x:c>
       <x:c r="D165" s="3" t="s"/>
       <x:c r="G165" s="0" t="s">
         <x:v>284</x:v>
       </x:c>
@@ -11789,51 +11785,51 @@
       <x:c r="J165" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="K165" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L165" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="M165" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="N165" s="3" t="n">
         <x:v>42801</x:v>
       </x:c>
       <x:c r="O165" s="0" t="s">
         <x:v>141</x:v>
       </x:c>
       <x:c r="P165" s="0" t="s">
         <x:v>284</x:v>
       </x:c>
       <x:c r="Q165" s="4" t="s">
         <x:v>184</x:v>
       </x:c>
       <x:c r="R165" s="0" t="s">
-        <x:v>176</x:v>
+        <x:v>178</x:v>
       </x:c>
       <x:c r="S165" s="0" t="n">
         <x:v>620813</x:v>
       </x:c>
       <x:c r="T165" s="4" t="s">
         <x:v>377</x:v>
       </x:c>
       <x:c r="U165" s="4" t="s">
         <x:v>379</x:v>
       </x:c>
     </x:row>
     <x:row r="166" spans="1:21">
       <x:c r="A166" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B166" s="14" t="s">
         <x:v>380</x:v>
       </x:c>
       <x:c r="C166" s="15" t="n">
         <x:v>36648</x:v>
       </x:c>
       <x:c r="D166" s="15" t="s"/>
       <x:c r="E166" s="14" t="s"/>
       <x:c r="F166" s="14" t="s"/>
       <x:c r="G166" s="14" t="s">
@@ -11848,51 +11844,51 @@
       <x:c r="J166" s="14" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="K166" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L166" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="M166" s="14" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="N166" s="15" t="n">
         <x:v>42801</x:v>
       </x:c>
       <x:c r="O166" s="14" t="s">
         <x:v>141</x:v>
       </x:c>
       <x:c r="P166" s="14" t="s">
         <x:v>284</x:v>
       </x:c>
       <x:c r="Q166" s="16" t="s">
         <x:v>184</x:v>
       </x:c>
       <x:c r="R166" s="14" t="s">
-        <x:v>176</x:v>
+        <x:v>178</x:v>
       </x:c>
       <x:c r="S166" s="14" t="n">
         <x:v>620820</x:v>
       </x:c>
       <x:c r="T166" s="16" t="s">
         <x:v>377</x:v>
       </x:c>
       <x:c r="U166" s="16" t="s">
         <x:v>381</x:v>
       </x:c>
     </x:row>
     <x:row r="167" spans="1:21">
       <x:c r="A167" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B167" s="0" t="s">
         <x:v>283</x:v>
       </x:c>
       <x:c r="C167" s="3" t="s"/>
       <x:c r="D167" s="3" t="n">
         <x:v>5641</x:v>
       </x:c>
       <x:c r="G167" s="0" t="s">
         <x:v>284</x:v>
       </x:c>
@@ -11905,60 +11901,60 @@
       <x:c r="J167" s="0" t="s">
         <x:v>286</x:v>
       </x:c>
       <x:c r="K167" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L167" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="M167" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="N167" s="3" t="n">
         <x:v>42811</x:v>
       </x:c>
       <x:c r="O167" s="0" t="s">
         <x:v>196</x:v>
       </x:c>
       <x:c r="P167" s="0" t="s">
         <x:v>284</x:v>
       </x:c>
       <x:c r="Q167" s="4" t="s">
         <x:v>184</x:v>
       </x:c>
       <x:c r="R167" s="0" t="s">
-        <x:v>176</x:v>
+        <x:v>178</x:v>
       </x:c>
       <x:c r="S167" s="0" t="n">
         <x:v>616625</x:v>
       </x:c>
       <x:c r="T167" s="4" t="s">
         <x:v>377</x:v>
       </x:c>
       <x:c r="U167" s="4" t="s">
-        <x:v>366</x:v>
+        <x:v>374</x:v>
       </x:c>
     </x:row>
     <x:row r="168" spans="1:21">
       <x:c r="A168" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B168" s="14" t="s">
         <x:v>116</x:v>
       </x:c>
       <x:c r="C168" s="15" t="n">
         <x:v>36648</x:v>
       </x:c>
       <x:c r="D168" s="15" t="s"/>
       <x:c r="E168" s="14" t="s"/>
       <x:c r="F168" s="14" t="s"/>
       <x:c r="G168" s="14" t="s">
         <x:v>382</x:v>
       </x:c>
       <x:c r="H168" s="14" t="s"/>
       <x:c r="I168" s="16" t="s">
         <x:v>383</x:v>
       </x:c>
       <x:c r="J168" s="14" t="s">
         <x:v>64</x:v>
       </x:c>
@@ -12019,51 +12015,51 @@
       <x:c r="J169" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="K169" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L169" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="M169" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="N169" s="3" t="n">
         <x:v>42811</x:v>
       </x:c>
       <x:c r="O169" s="0" t="s">
         <x:v>196</x:v>
       </x:c>
       <x:c r="P169" s="0" t="s">
         <x:v>284</x:v>
       </x:c>
       <x:c r="Q169" s="4" t="s">
         <x:v>184</x:v>
       </x:c>
       <x:c r="R169" s="0" t="s">
-        <x:v>176</x:v>
+        <x:v>178</x:v>
       </x:c>
       <x:c r="S169" s="0" t="n">
         <x:v>614651</x:v>
       </x:c>
       <x:c r="T169" s="4" t="s">
         <x:v>377</x:v>
       </x:c>
       <x:c r="U169" s="4" t="s">
         <x:v>384</x:v>
       </x:c>
     </x:row>
     <x:row r="170" spans="1:21">
       <x:c r="A170" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B170" s="14" t="s">
         <x:v>385</x:v>
       </x:c>
       <x:c r="C170" s="15" t="n">
         <x:v>41352</x:v>
       </x:c>
       <x:c r="D170" s="15" t="s"/>
       <x:c r="E170" s="14" t="s"/>
       <x:c r="F170" s="14" t="s"/>
       <x:c r="G170" s="14" t="s">
@@ -12133,51 +12129,51 @@
       <x:c r="J171" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="K171" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L171" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="M171" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="N171" s="3" t="n">
         <x:v>42854</x:v>
       </x:c>
       <x:c r="O171" s="0" t="s">
         <x:v>120</x:v>
       </x:c>
       <x:c r="P171" s="0" t="s">
         <x:v>284</x:v>
       </x:c>
       <x:c r="Q171" s="4" t="s">
         <x:v>184</x:v>
       </x:c>
       <x:c r="R171" s="0" t="s">
-        <x:v>176</x:v>
+        <x:v>178</x:v>
       </x:c>
       <x:c r="S171" s="0" t="n">
         <x:v>620822</x:v>
       </x:c>
       <x:c r="T171" s="4" t="s">
         <x:v>386</x:v>
       </x:c>
       <x:c r="U171" s="4" t="s">
         <x:v>86</x:v>
       </x:c>
     </x:row>
     <x:row r="172" spans="1:21">
       <x:c r="A172" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B172" s="14" t="s">
         <x:v>116</x:v>
       </x:c>
       <x:c r="C172" s="15" t="n">
         <x:v>36648</x:v>
       </x:c>
       <x:c r="D172" s="15" t="s"/>
       <x:c r="E172" s="14" t="s"/>
       <x:c r="F172" s="14" t="s"/>
       <x:c r="G172" s="14" t="s">
@@ -12258,267 +12254,267 @@
       </x:c>
       <x:c r="P173" s="0" t="s">
         <x:v>390</x:v>
       </x:c>
       <x:c r="Q173" s="4" t="s">
         <x:v>391</x:v>
       </x:c>
       <x:c r="R173" s="0" t="s">
         <x:v>326</x:v>
       </x:c>
       <x:c r="S173" s="0" t="n">
         <x:v>586795</x:v>
       </x:c>
       <x:c r="T173" s="4" t="s">
         <x:v>392</x:v>
       </x:c>
       <x:c r="U173" s="4" t="s">
         <x:v>393</x:v>
       </x:c>
     </x:row>
     <x:row r="174" spans="1:21">
       <x:c r="A174" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B174" s="14" t="s">
-        <x:v>297</x:v>
+        <x:v>394</x:v>
       </x:c>
       <x:c r="C174" s="15" t="n">
-        <x:v>36648</x:v>
+        <x:v>41394</x:v>
       </x:c>
       <x:c r="D174" s="15" t="s"/>
-      <x:c r="E174" s="14" t="s">
-[...4 lines deleted...]
-      </x:c>
+      <x:c r="E174" s="14" t="s"/>
+      <x:c r="F174" s="14" t="s"/>
       <x:c r="G174" s="14" t="s">
-        <x:v>299</x:v>
+        <x:v>395</x:v>
       </x:c>
       <x:c r="H174" s="14" t="s">
-        <x:v>300</x:v>
+        <x:v>396</x:v>
       </x:c>
       <x:c r="I174" s="16" t="s">
-        <x:v>191</x:v>
+        <x:v>255</x:v>
       </x:c>
       <x:c r="J174" s="14" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="K174" s="14" t="s">
-        <x:v>119</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="L174" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="M174" s="14" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="N174" s="15" t="n">
-        <x:v>42811</x:v>
+        <x:v>42854</x:v>
       </x:c>
       <x:c r="O174" s="14" t="s">
-        <x:v>196</x:v>
+        <x:v>120</x:v>
       </x:c>
       <x:c r="P174" s="14" t="s">
-        <x:v>394</x:v>
+        <x:v>395</x:v>
       </x:c>
       <x:c r="Q174" s="16" t="s">
-        <x:v>395</x:v>
+        <x:v>255</x:v>
       </x:c>
       <x:c r="R174" s="14" t="s">
-        <x:v>396</x:v>
+        <x:v>355</x:v>
       </x:c>
       <x:c r="S174" s="14" t="n">
-        <x:v>612257</x:v>
+        <x:v>602485</x:v>
       </x:c>
       <x:c r="T174" s="16" t="s">
         <x:v>392</x:v>
       </x:c>
       <x:c r="U174" s="16" t="s">
-        <x:v>397</x:v>
+        <x:v>269</x:v>
       </x:c>
     </x:row>
     <x:row r="175" spans="1:21">
       <x:c r="A175" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B175" s="0" t="s">
-        <x:v>398</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>212</x:v>
+      </x:c>
+      <x:c r="C175" s="3" t="s"/>
       <x:c r="D175" s="3" t="s"/>
       <x:c r="G175" s="0" t="s">
-        <x:v>399</x:v>
-[...2 lines deleted...]
-        <x:v>400</x:v>
+        <x:v>397</x:v>
       </x:c>
       <x:c r="I175" s="4" t="s">
-        <x:v>262</x:v>
-[...2 lines deleted...]
-        <x:v>64</x:v>
+        <x:v>398</x:v>
       </x:c>
       <x:c r="K175" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L175" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="M175" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="N175" s="3" t="n">
         <x:v>42854</x:v>
       </x:c>
       <x:c r="O175" s="0" t="s">
         <x:v>120</x:v>
       </x:c>
       <x:c r="P175" s="0" t="s">
+        <x:v>397</x:v>
+      </x:c>
+      <x:c r="Q175" s="4" t="s">
+        <x:v>398</x:v>
+      </x:c>
+      <x:c r="R175" s="0" t="s">
         <x:v>399</x:v>
       </x:c>
-      <x:c r="Q175" s="4" t="s">
-[...4 lines deleted...]
-      </x:c>
       <x:c r="S175" s="0" t="n">
-        <x:v>602485</x:v>
+        <x:v>613537</x:v>
       </x:c>
       <x:c r="T175" s="4" t="s">
         <x:v>392</x:v>
       </x:c>
       <x:c r="U175" s="4" t="s">
-        <x:v>260</x:v>
+        <x:v>393</x:v>
       </x:c>
     </x:row>
     <x:row r="176" spans="1:21">
       <x:c r="A176" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B176" s="14" t="s">
-        <x:v>212</x:v>
-[...1 lines deleted...]
-      <x:c r="C176" s="15" t="s"/>
+        <x:v>116</x:v>
+      </x:c>
+      <x:c r="C176" s="15" t="n">
+        <x:v>41394</x:v>
+      </x:c>
       <x:c r="D176" s="15" t="s"/>
       <x:c r="E176" s="14" t="s"/>
       <x:c r="F176" s="14" t="s"/>
       <x:c r="G176" s="14" t="s">
+        <x:v>400</x:v>
+      </x:c>
+      <x:c r="H176" s="14" t="s">
         <x:v>401</x:v>
       </x:c>
-      <x:c r="H176" s="14" t="s"/>
       <x:c r="I176" s="16" t="s">
         <x:v>402</x:v>
       </x:c>
-      <x:c r="J176" s="14" t="s"/>
+      <x:c r="J176" s="14" t="s">
+        <x:v>64</x:v>
+      </x:c>
       <x:c r="K176" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L176" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="M176" s="14" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="N176" s="15" t="n">
         <x:v>42854</x:v>
       </x:c>
       <x:c r="O176" s="14" t="s">
         <x:v>120</x:v>
       </x:c>
       <x:c r="P176" s="14" t="s">
-        <x:v>401</x:v>
+        <x:v>400</x:v>
       </x:c>
       <x:c r="Q176" s="16" t="s">
         <x:v>402</x:v>
       </x:c>
       <x:c r="R176" s="14" t="s">
         <x:v>403</x:v>
       </x:c>
       <x:c r="S176" s="14" t="n">
-        <x:v>613537</x:v>
+        <x:v>618255</x:v>
       </x:c>
       <x:c r="T176" s="16" t="s">
         <x:v>392</x:v>
       </x:c>
       <x:c r="U176" s="16" t="s">
-        <x:v>393</x:v>
+        <x:v>404</x:v>
       </x:c>
     </x:row>
     <x:row r="177" spans="1:21">
       <x:c r="A177" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B177" s="0" t="s">
-        <x:v>116</x:v>
+        <x:v>297</x:v>
       </x:c>
       <x:c r="C177" s="3" t="n">
-        <x:v>41394</x:v>
+        <x:v>36648</x:v>
       </x:c>
       <x:c r="D177" s="3" t="s"/>
+      <x:c r="E177" s="0" t="s">
+        <x:v>298</x:v>
+      </x:c>
+      <x:c r="F177" s="0" t="s">
+        <x:v>230</x:v>
+      </x:c>
       <x:c r="G177" s="0" t="s">
-        <x:v>404</x:v>
+        <x:v>299</x:v>
       </x:c>
       <x:c r="H177" s="0" t="s">
-        <x:v>405</x:v>
+        <x:v>300</x:v>
       </x:c>
       <x:c r="I177" s="4" t="s">
-        <x:v>406</x:v>
+        <x:v>191</x:v>
       </x:c>
       <x:c r="J177" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="K177" s="0" t="s">
-        <x:v>25</x:v>
+        <x:v>119</x:v>
       </x:c>
       <x:c r="L177" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="M177" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="N177" s="3" t="n">
-        <x:v>42854</x:v>
+        <x:v>42811</x:v>
       </x:c>
       <x:c r="O177" s="0" t="s">
-        <x:v>120</x:v>
+        <x:v>196</x:v>
       </x:c>
       <x:c r="P177" s="0" t="s">
-        <x:v>404</x:v>
+        <x:v>405</x:v>
       </x:c>
       <x:c r="Q177" s="4" t="s">
         <x:v>406</x:v>
       </x:c>
       <x:c r="R177" s="0" t="s">
         <x:v>407</x:v>
       </x:c>
       <x:c r="S177" s="0" t="n">
-        <x:v>618255</x:v>
+        <x:v>612257</x:v>
       </x:c>
       <x:c r="T177" s="4" t="s">
         <x:v>392</x:v>
       </x:c>
       <x:c r="U177" s="4" t="s">
         <x:v>408</x:v>
       </x:c>
     </x:row>
     <x:row r="178" spans="1:21">
       <x:c r="A178" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B178" s="14" t="s">
         <x:v>116</x:v>
       </x:c>
       <x:c r="C178" s="15" t="n">
         <x:v>36648</x:v>
       </x:c>
       <x:c r="D178" s="15" t="s"/>
       <x:c r="E178" s="14" t="s"/>
       <x:c r="F178" s="14" t="s"/>
       <x:c r="G178" s="14" t="s">
         <x:v>218</x:v>
       </x:c>
       <x:c r="H178" s="14" t="s"/>
@@ -12537,165 +12533,164 @@
       <x:c r="M178" s="14" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="N178" s="15" t="n">
         <x:v>42854</x:v>
       </x:c>
       <x:c r="O178" s="14" t="s">
         <x:v>120</x:v>
       </x:c>
       <x:c r="P178" s="14" t="s">
         <x:v>218</x:v>
       </x:c>
       <x:c r="Q178" s="16" t="s">
         <x:v>219</x:v>
       </x:c>
       <x:c r="R178" s="14" t="s">
         <x:v>221</x:v>
       </x:c>
       <x:c r="S178" s="14" t="n">
         <x:v>599509</x:v>
       </x:c>
       <x:c r="T178" s="16" t="s">
         <x:v>392</x:v>
       </x:c>
       <x:c r="U178" s="16" t="s">
-        <x:v>408</x:v>
+        <x:v>404</x:v>
       </x:c>
     </x:row>
     <x:row r="179" spans="1:21">
       <x:c r="A179" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B179" s="0" t="s">
         <x:v>116</x:v>
       </x:c>
       <x:c r="C179" s="3" t="n">
-        <x:v>41394</x:v>
+        <x:v>36648</x:v>
       </x:c>
       <x:c r="D179" s="3" t="s"/>
       <x:c r="G179" s="0" t="s">
-        <x:v>404</x:v>
-[...2 lines deleted...]
-        <x:v>405</x:v>
+        <x:v>78</x:v>
       </x:c>
       <x:c r="I179" s="4" t="s">
-        <x:v>406</x:v>
+        <x:v>79</x:v>
       </x:c>
       <x:c r="J179" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="K179" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L179" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="M179" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="N179" s="3" t="n">
         <x:v>42854</x:v>
       </x:c>
       <x:c r="O179" s="0" t="s">
         <x:v>120</x:v>
       </x:c>
       <x:c r="P179" s="0" t="s">
-        <x:v>404</x:v>
+        <x:v>78</x:v>
       </x:c>
       <x:c r="Q179" s="4" t="s">
-        <x:v>406</x:v>
+        <x:v>79</x:v>
       </x:c>
       <x:c r="R179" s="0" t="s">
-        <x:v>407</x:v>
+        <x:v>80</x:v>
       </x:c>
       <x:c r="S179" s="0" t="n">
-        <x:v>621878</x:v>
+        <x:v>597768</x:v>
       </x:c>
       <x:c r="T179" s="4" t="s">
         <x:v>392</x:v>
       </x:c>
       <x:c r="U179" s="4" t="s">
-        <x:v>408</x:v>
+        <x:v>129</x:v>
       </x:c>
     </x:row>
     <x:row r="180" spans="1:21">
       <x:c r="A180" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B180" s="14" t="s">
         <x:v>116</x:v>
       </x:c>
       <x:c r="C180" s="15" t="n">
-        <x:v>36648</x:v>
+        <x:v>41394</x:v>
       </x:c>
       <x:c r="D180" s="15" t="s"/>
       <x:c r="E180" s="14" t="s"/>
       <x:c r="F180" s="14" t="s"/>
       <x:c r="G180" s="14" t="s">
-        <x:v>78</x:v>
-[...1 lines deleted...]
-      <x:c r="H180" s="14" t="s"/>
+        <x:v>400</x:v>
+      </x:c>
+      <x:c r="H180" s="14" t="s">
+        <x:v>401</x:v>
+      </x:c>
       <x:c r="I180" s="16" t="s">
-        <x:v>79</x:v>
+        <x:v>402</x:v>
       </x:c>
       <x:c r="J180" s="14" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="K180" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L180" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="M180" s="14" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="N180" s="15" t="n">
         <x:v>42854</x:v>
       </x:c>
       <x:c r="O180" s="14" t="s">
         <x:v>120</x:v>
       </x:c>
       <x:c r="P180" s="14" t="s">
-        <x:v>78</x:v>
+        <x:v>400</x:v>
       </x:c>
       <x:c r="Q180" s="16" t="s">
-        <x:v>79</x:v>
+        <x:v>402</x:v>
       </x:c>
       <x:c r="R180" s="14" t="s">
-        <x:v>80</x:v>
+        <x:v>403</x:v>
       </x:c>
       <x:c r="S180" s="14" t="n">
-        <x:v>597768</x:v>
+        <x:v>621878</x:v>
       </x:c>
       <x:c r="T180" s="16" t="s">
         <x:v>392</x:v>
       </x:c>
       <x:c r="U180" s="16" t="s">
-        <x:v>129</x:v>
+        <x:v>404</x:v>
       </x:c>
     </x:row>
     <x:row r="181" spans="1:21">
       <x:c r="A181" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B181" s="0" t="s">
         <x:v>205</x:v>
       </x:c>
       <x:c r="C181" s="3" t="s"/>
       <x:c r="D181" s="3" t="s"/>
       <x:c r="G181" s="0" t="s">
         <x:v>357</x:v>
       </x:c>
       <x:c r="I181" s="4" t="s">
         <x:v>358</x:v>
       </x:c>
       <x:c r="K181" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L181" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="M181" s="0" t="s">
         <x:v>55</x:v>
@@ -12715,209 +12710,209 @@
       <x:c r="R181" s="0" t="s">
         <x:v>359</x:v>
       </x:c>
       <x:c r="S181" s="0" t="n">
         <x:v>606655</x:v>
       </x:c>
       <x:c r="T181" s="4" t="s">
         <x:v>409</x:v>
       </x:c>
       <x:c r="U181" s="4" t="s">
         <x:v>393</x:v>
       </x:c>
     </x:row>
     <x:row r="182" spans="1:21">
       <x:c r="A182" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B182" s="14" t="s">
         <x:v>205</x:v>
       </x:c>
       <x:c r="C182" s="15" t="s"/>
       <x:c r="D182" s="15" t="s"/>
       <x:c r="E182" s="14" t="s"/>
       <x:c r="F182" s="14" t="s"/>
       <x:c r="G182" s="14" t="s">
-        <x:v>394</x:v>
+        <x:v>390</x:v>
       </x:c>
       <x:c r="H182" s="14" t="s"/>
       <x:c r="I182" s="16" t="s">
-        <x:v>395</x:v>
+        <x:v>391</x:v>
       </x:c>
       <x:c r="J182" s="14" t="s"/>
       <x:c r="K182" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L182" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="M182" s="14" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="N182" s="15" t="n">
         <x:v>42854</x:v>
       </x:c>
       <x:c r="O182" s="14" t="s">
         <x:v>120</x:v>
       </x:c>
       <x:c r="P182" s="14" t="s">
-        <x:v>394</x:v>
+        <x:v>390</x:v>
       </x:c>
       <x:c r="Q182" s="16" t="s">
-        <x:v>395</x:v>
+        <x:v>391</x:v>
       </x:c>
       <x:c r="R182" s="14" t="s">
-        <x:v>396</x:v>
+        <x:v>326</x:v>
       </x:c>
       <x:c r="S182" s="14" t="n">
-        <x:v>605428</x:v>
+        <x:v>586707</x:v>
       </x:c>
       <x:c r="T182" s="16" t="s">
         <x:v>409</x:v>
       </x:c>
       <x:c r="U182" s="16" t="s">
         <x:v>393</x:v>
       </x:c>
     </x:row>
     <x:row r="183" spans="1:21">
       <x:c r="A183" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B183" s="0" t="s">
-        <x:v>205</x:v>
+        <x:v>410</x:v>
       </x:c>
       <x:c r="C183" s="3" t="s"/>
       <x:c r="D183" s="3" t="s"/>
       <x:c r="G183" s="0" t="s">
-        <x:v>390</x:v>
+        <x:v>329</x:v>
       </x:c>
       <x:c r="I183" s="4" t="s">
-        <x:v>391</x:v>
+        <x:v>214</x:v>
       </x:c>
       <x:c r="K183" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L183" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="M183" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="N183" s="3" t="n">
         <x:v>42854</x:v>
       </x:c>
       <x:c r="O183" s="0" t="s">
         <x:v>120</x:v>
       </x:c>
       <x:c r="P183" s="0" t="s">
-        <x:v>390</x:v>
+        <x:v>329</x:v>
       </x:c>
       <x:c r="Q183" s="4" t="s">
-        <x:v>391</x:v>
+        <x:v>214</x:v>
       </x:c>
       <x:c r="R183" s="0" t="s">
-        <x:v>326</x:v>
+        <x:v>216</x:v>
       </x:c>
       <x:c r="S183" s="0" t="n">
-        <x:v>586707</x:v>
+        <x:v>602295</x:v>
       </x:c>
       <x:c r="T183" s="4" t="s">
         <x:v>409</x:v>
       </x:c>
       <x:c r="U183" s="4" t="s">
         <x:v>393</x:v>
       </x:c>
     </x:row>
     <x:row r="184" spans="1:21">
       <x:c r="A184" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B184" s="14" t="s">
-        <x:v>410</x:v>
+        <x:v>205</x:v>
       </x:c>
       <x:c r="C184" s="15" t="s"/>
       <x:c r="D184" s="15" t="s"/>
       <x:c r="E184" s="14" t="s"/>
       <x:c r="F184" s="14" t="s"/>
       <x:c r="G184" s="14" t="s">
-        <x:v>329</x:v>
+        <x:v>405</x:v>
       </x:c>
       <x:c r="H184" s="14" t="s"/>
       <x:c r="I184" s="16" t="s">
-        <x:v>214</x:v>
+        <x:v>406</x:v>
       </x:c>
       <x:c r="J184" s="14" t="s"/>
       <x:c r="K184" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L184" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="M184" s="14" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="N184" s="15" t="n">
         <x:v>42854</x:v>
       </x:c>
       <x:c r="O184" s="14" t="s">
         <x:v>120</x:v>
       </x:c>
       <x:c r="P184" s="14" t="s">
-        <x:v>329</x:v>
+        <x:v>405</x:v>
       </x:c>
       <x:c r="Q184" s="16" t="s">
-        <x:v>214</x:v>
+        <x:v>406</x:v>
       </x:c>
       <x:c r="R184" s="14" t="s">
-        <x:v>216</x:v>
+        <x:v>407</x:v>
       </x:c>
       <x:c r="S184" s="14" t="n">
-        <x:v>602295</x:v>
+        <x:v>605428</x:v>
       </x:c>
       <x:c r="T184" s="16" t="s">
         <x:v>409</x:v>
       </x:c>
       <x:c r="U184" s="16" t="s">
         <x:v>393</x:v>
       </x:c>
     </x:row>
     <x:row r="185" spans="1:21">
       <x:c r="A185" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B185" s="0" t="s">
         <x:v>228</x:v>
       </x:c>
       <x:c r="C185" s="3" t="n">
         <x:v>40298</x:v>
       </x:c>
       <x:c r="D185" s="3" t="s"/>
       <x:c r="E185" s="0" t="s">
-        <x:v>255</x:v>
+        <x:v>265</x:v>
       </x:c>
       <x:c r="F185" s="0" t="s">
-        <x:v>256</x:v>
+        <x:v>266</x:v>
       </x:c>
       <x:c r="G185" s="0" t="s">
         <x:v>299</x:v>
       </x:c>
       <x:c r="H185" s="0" t="s">
         <x:v>300</x:v>
       </x:c>
       <x:c r="I185" s="4" t="s">
         <x:v>191</x:v>
       </x:c>
       <x:c r="J185" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="K185" s="0" t="s">
         <x:v>119</x:v>
       </x:c>
       <x:c r="L185" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="M185" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="N185" s="3" t="n">
         <x:v>31875</x:v>
       </x:c>
@@ -12933,80 +12928,80 @@
       <x:c r="R185" s="0" t="s">
         <x:v>413</x:v>
       </x:c>
       <x:c r="S185" s="0" t="n">
         <x:v>583810</x:v>
       </x:c>
       <x:c r="T185" s="4" t="s">
         <x:v>414</x:v>
       </x:c>
       <x:c r="U185" s="4" t="s">
         <x:v>415</x:v>
       </x:c>
     </x:row>
     <x:row r="186" spans="1:21">
       <x:c r="A186" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B186" s="14" t="s">
         <x:v>205</x:v>
       </x:c>
       <x:c r="C186" s="15" t="s"/>
       <x:c r="D186" s="15" t="s"/>
       <x:c r="E186" s="14" t="s"/>
       <x:c r="F186" s="14" t="s"/>
       <x:c r="G186" s="14" t="s">
-        <x:v>394</x:v>
+        <x:v>405</x:v>
       </x:c>
       <x:c r="H186" s="14" t="s"/>
       <x:c r="I186" s="16" t="s">
-        <x:v>395</x:v>
+        <x:v>406</x:v>
       </x:c>
       <x:c r="J186" s="14" t="s"/>
       <x:c r="K186" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L186" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="M186" s="14" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="N186" s="15" t="n">
         <x:v>42854</x:v>
       </x:c>
       <x:c r="O186" s="14" t="s">
         <x:v>120</x:v>
       </x:c>
       <x:c r="P186" s="14" t="s">
-        <x:v>394</x:v>
+        <x:v>405</x:v>
       </x:c>
       <x:c r="Q186" s="16" t="s">
-        <x:v>395</x:v>
+        <x:v>406</x:v>
       </x:c>
       <x:c r="R186" s="14" t="s">
-        <x:v>396</x:v>
+        <x:v>407</x:v>
       </x:c>
       <x:c r="S186" s="14" t="n">
         <x:v>620900</x:v>
       </x:c>
       <x:c r="T186" s="16" t="s">
         <x:v>393</x:v>
       </x:c>
       <x:c r="U186" s="16" t="s">
         <x:v>169</x:v>
       </x:c>
     </x:row>
     <x:row r="187" spans="1:21">
       <x:c r="A187" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B187" s="0" t="s">
         <x:v>416</x:v>
       </x:c>
       <x:c r="C187" s="3" t="s"/>
       <x:c r="D187" s="3" t="s"/>
       <x:c r="G187" s="0" t="s">
         <x:v>417</x:v>
       </x:c>
       <x:c r="I187" s="4" t="s">
         <x:v>418</x:v>
@@ -13125,51 +13120,51 @@
       <x:c r="H189" s="0" t="s">
         <x:v>300</x:v>
       </x:c>
       <x:c r="I189" s="4" t="s">
         <x:v>191</x:v>
       </x:c>
       <x:c r="J189" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="K189" s="0" t="s">
         <x:v>119</x:v>
       </x:c>
       <x:c r="L189" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="M189" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="N189" s="3" t="n">
         <x:v>42811</x:v>
       </x:c>
       <x:c r="O189" s="0" t="s">
         <x:v>196</x:v>
       </x:c>
       <x:c r="P189" s="0" t="s">
-        <x:v>257</x:v>
+        <x:v>267</x:v>
       </x:c>
       <x:c r="Q189" s="4" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="R189" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="S189" s="0" t="n">
         <x:v>616890</x:v>
       </x:c>
       <x:c r="T189" s="4" t="s">
         <x:v>419</x:v>
       </x:c>
       <x:c r="U189" s="4" t="s">
         <x:v>420</x:v>
       </x:c>
     </x:row>
     <x:row r="190" spans="1:21">
       <x:c r="A190" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B190" s="14" t="s">
         <x:v>297</x:v>
       </x:c>
       <x:c r="C190" s="15" t="n">
@@ -13382,51 +13377,51 @@
       </x:c>
       <x:c r="P193" s="0" t="s">
         <x:v>390</x:v>
       </x:c>
       <x:c r="Q193" s="4" t="s">
         <x:v>391</x:v>
       </x:c>
       <x:c r="R193" s="0" t="s">
         <x:v>326</x:v>
       </x:c>
       <x:c r="S193" s="0" t="n">
         <x:v>586700</x:v>
       </x:c>
       <x:c r="T193" s="4" t="s">
         <x:v>425</x:v>
       </x:c>
       <x:c r="U193" s="4" t="s">
         <x:v>384</x:v>
       </x:c>
     </x:row>
     <x:row r="194" spans="1:21">
       <x:c r="A194" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B194" s="14" t="s">
-        <x:v>242</x:v>
+        <x:v>253</x:v>
       </x:c>
       <x:c r="C194" s="15" t="n">
         <x:v>36648</x:v>
       </x:c>
       <x:c r="D194" s="15" t="s"/>
       <x:c r="E194" s="14" t="s"/>
       <x:c r="F194" s="14" t="s"/>
       <x:c r="G194" s="14" t="s">
         <x:v>390</x:v>
       </x:c>
       <x:c r="H194" s="14" t="s"/>
       <x:c r="I194" s="16" t="s">
         <x:v>391</x:v>
       </x:c>
       <x:c r="J194" s="14" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="K194" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L194" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="M194" s="14" t="s">
         <x:v>55</x:v>
@@ -13439,373 +13434,376 @@
       </x:c>
       <x:c r="P194" s="14" t="s">
         <x:v>390</x:v>
       </x:c>
       <x:c r="Q194" s="16" t="s">
         <x:v>391</x:v>
       </x:c>
       <x:c r="R194" s="14" t="s">
         <x:v>326</x:v>
       </x:c>
       <x:c r="S194" s="14" t="n">
         <x:v>614858</x:v>
       </x:c>
       <x:c r="T194" s="16" t="s">
         <x:v>425</x:v>
       </x:c>
       <x:c r="U194" s="16" t="s">
         <x:v>75</x:v>
       </x:c>
     </x:row>
     <x:row r="195" spans="1:21">
       <x:c r="A195" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B195" s="0" t="s">
-        <x:v>205</x:v>
-[...1 lines deleted...]
-      <x:c r="C195" s="3" t="s"/>
+        <x:v>116</x:v>
+      </x:c>
+      <x:c r="C195" s="3" t="n">
+        <x:v>36648</x:v>
+      </x:c>
       <x:c r="D195" s="3" t="s"/>
       <x:c r="G195" s="0" t="s">
-        <x:v>357</x:v>
+        <x:v>329</x:v>
       </x:c>
       <x:c r="I195" s="4" t="s">
-        <x:v>358</x:v>
+        <x:v>214</x:v>
+      </x:c>
+      <x:c r="J195" s="0" t="s">
+        <x:v>64</x:v>
       </x:c>
       <x:c r="K195" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L195" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="M195" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="N195" s="3" t="n">
         <x:v>42854</x:v>
       </x:c>
       <x:c r="O195" s="0" t="s">
         <x:v>120</x:v>
       </x:c>
       <x:c r="P195" s="0" t="s">
-        <x:v>357</x:v>
+        <x:v>329</x:v>
       </x:c>
       <x:c r="Q195" s="4" t="s">
-        <x:v>358</x:v>
+        <x:v>214</x:v>
       </x:c>
       <x:c r="R195" s="0" t="s">
-        <x:v>359</x:v>
+        <x:v>216</x:v>
       </x:c>
       <x:c r="S195" s="0" t="n">
-        <x:v>622586</x:v>
+        <x:v>602263</x:v>
       </x:c>
       <x:c r="T195" s="4" t="s">
         <x:v>426</x:v>
       </x:c>
       <x:c r="U195" s="4" t="s">
-        <x:v>290</x:v>
+        <x:v>342</x:v>
       </x:c>
     </x:row>
     <x:row r="196" spans="1:21">
       <x:c r="A196" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B196" s="14" t="s">
-        <x:v>297</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>205</x:v>
+      </x:c>
+      <x:c r="C196" s="15" t="s"/>
       <x:c r="D196" s="15" t="s"/>
-      <x:c r="E196" s="14" t="s">
-[...4 lines deleted...]
-      </x:c>
+      <x:c r="E196" s="14" t="s"/>
+      <x:c r="F196" s="14" t="s"/>
       <x:c r="G196" s="14" t="s">
-        <x:v>295</x:v>
+        <x:v>357</x:v>
       </x:c>
       <x:c r="H196" s="14" t="s"/>
       <x:c r="I196" s="16" t="s">
-        <x:v>68</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>358</x:v>
+      </x:c>
+      <x:c r="J196" s="14" t="s"/>
       <x:c r="K196" s="14" t="s">
-        <x:v>119</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="L196" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="M196" s="14" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="N196" s="15" t="n">
-        <x:v>42811</x:v>
+        <x:v>42854</x:v>
       </x:c>
       <x:c r="O196" s="14" t="s">
-        <x:v>196</x:v>
+        <x:v>120</x:v>
       </x:c>
       <x:c r="P196" s="14" t="s">
-        <x:v>399</x:v>
+        <x:v>357</x:v>
       </x:c>
       <x:c r="Q196" s="16" t="s">
-        <x:v>262</x:v>
+        <x:v>358</x:v>
       </x:c>
       <x:c r="R196" s="14" t="s">
-        <x:v>355</x:v>
+        <x:v>359</x:v>
       </x:c>
       <x:c r="S196" s="14" t="n">
-        <x:v>612243</x:v>
+        <x:v>622586</x:v>
       </x:c>
       <x:c r="T196" s="16" t="s">
         <x:v>426</x:v>
       </x:c>
       <x:c r="U196" s="16" t="s">
-        <x:v>427</x:v>
+        <x:v>290</x:v>
       </x:c>
     </x:row>
     <x:row r="197" spans="1:21">
       <x:c r="A197" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B197" s="0" t="s">
-        <x:v>116</x:v>
+        <x:v>297</x:v>
       </x:c>
       <x:c r="C197" s="3" t="n">
         <x:v>36648</x:v>
       </x:c>
       <x:c r="D197" s="3" t="s"/>
+      <x:c r="E197" s="0" t="s">
+        <x:v>298</x:v>
+      </x:c>
+      <x:c r="F197" s="0" t="s">
+        <x:v>230</x:v>
+      </x:c>
       <x:c r="G197" s="0" t="s">
-        <x:v>329</x:v>
+        <x:v>299</x:v>
+      </x:c>
+      <x:c r="H197" s="0" t="s">
+        <x:v>300</x:v>
       </x:c>
       <x:c r="I197" s="4" t="s">
-        <x:v>214</x:v>
+        <x:v>191</x:v>
       </x:c>
       <x:c r="J197" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="K197" s="0" t="s">
-        <x:v>25</x:v>
+        <x:v>119</x:v>
       </x:c>
       <x:c r="L197" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="M197" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="N197" s="3" t="n">
-        <x:v>42854</x:v>
+        <x:v>42811</x:v>
       </x:c>
       <x:c r="O197" s="0" t="s">
-        <x:v>120</x:v>
+        <x:v>196</x:v>
       </x:c>
       <x:c r="P197" s="0" t="s">
-        <x:v>329</x:v>
+        <x:v>174</x:v>
       </x:c>
       <x:c r="Q197" s="4" t="s">
-        <x:v>214</x:v>
+        <x:v>91</x:v>
       </x:c>
       <x:c r="R197" s="0" t="s">
-        <x:v>216</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="S197" s="0" t="n">
-        <x:v>602263</x:v>
+        <x:v>612249</x:v>
       </x:c>
       <x:c r="T197" s="4" t="s">
         <x:v>426</x:v>
       </x:c>
       <x:c r="U197" s="4" t="s">
-        <x:v>342</x:v>
+        <x:v>427</x:v>
       </x:c>
     </x:row>
     <x:row r="198" spans="1:21">
       <x:c r="A198" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B198" s="14" t="s">
         <x:v>212</x:v>
       </x:c>
       <x:c r="C198" s="15" t="s"/>
       <x:c r="D198" s="15" t="s"/>
       <x:c r="E198" s="14" t="s"/>
       <x:c r="F198" s="14" t="s"/>
       <x:c r="G198" s="14" t="s">
-        <x:v>401</x:v>
+        <x:v>397</x:v>
       </x:c>
       <x:c r="H198" s="14" t="s"/>
       <x:c r="I198" s="16" t="s">
-        <x:v>402</x:v>
+        <x:v>398</x:v>
       </x:c>
       <x:c r="J198" s="14" t="s"/>
       <x:c r="K198" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L198" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="M198" s="14" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="N198" s="15" t="n">
         <x:v>42854</x:v>
       </x:c>
       <x:c r="O198" s="14" t="s">
         <x:v>120</x:v>
       </x:c>
       <x:c r="P198" s="14" t="s">
-        <x:v>401</x:v>
+        <x:v>397</x:v>
       </x:c>
       <x:c r="Q198" s="16" t="s">
-        <x:v>402</x:v>
+        <x:v>398</x:v>
       </x:c>
       <x:c r="R198" s="14" t="s">
-        <x:v>403</x:v>
+        <x:v>399</x:v>
       </x:c>
       <x:c r="S198" s="14" t="n">
         <x:v>613540</x:v>
       </x:c>
       <x:c r="T198" s="16" t="s">
         <x:v>114</x:v>
       </x:c>
       <x:c r="U198" s="16" t="s">
         <x:v>428</x:v>
       </x:c>
     </x:row>
     <x:row r="199" spans="1:21">
       <x:c r="A199" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B199" s="0" t="s">
         <x:v>297</x:v>
       </x:c>
       <x:c r="C199" s="3" t="n">
         <x:v>36648</x:v>
       </x:c>
       <x:c r="D199" s="3" t="s"/>
       <x:c r="E199" s="0" t="s">
         <x:v>298</x:v>
       </x:c>
       <x:c r="F199" s="0" t="s">
         <x:v>230</x:v>
       </x:c>
       <x:c r="G199" s="0" t="s">
-        <x:v>299</x:v>
-[...2 lines deleted...]
-        <x:v>300</x:v>
+        <x:v>291</x:v>
       </x:c>
       <x:c r="I199" s="4" t="s">
-        <x:v>191</x:v>
+        <x:v>68</x:v>
       </x:c>
       <x:c r="J199" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="K199" s="0" t="s">
         <x:v>119</x:v>
       </x:c>
       <x:c r="L199" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="M199" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="N199" s="3" t="n">
         <x:v>42811</x:v>
       </x:c>
       <x:c r="O199" s="0" t="s">
         <x:v>196</x:v>
       </x:c>
       <x:c r="P199" s="0" t="s">
-        <x:v>174</x:v>
+        <x:v>395</x:v>
       </x:c>
       <x:c r="Q199" s="4" t="s">
-        <x:v>91</x:v>
+        <x:v>255</x:v>
       </x:c>
       <x:c r="R199" s="0" t="s">
-        <x:v>29</x:v>
+        <x:v>355</x:v>
       </x:c>
       <x:c r="S199" s="0" t="n">
-        <x:v>612249</x:v>
+        <x:v>612243</x:v>
       </x:c>
       <x:c r="T199" s="4" t="s">
         <x:v>426</x:v>
       </x:c>
       <x:c r="U199" s="4" t="s">
         <x:v>429</x:v>
       </x:c>
     </x:row>
     <x:row r="200" spans="1:21">
       <x:c r="A200" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B200" s="14" t="s">
         <x:v>283</x:v>
       </x:c>
       <x:c r="C200" s="15" t="n">
         <x:v>36648</x:v>
       </x:c>
       <x:c r="D200" s="15" t="s"/>
       <x:c r="E200" s="14" t="s"/>
       <x:c r="F200" s="14" t="s"/>
       <x:c r="G200" s="14" t="s">
+        <x:v>244</x:v>
+      </x:c>
+      <x:c r="H200" s="14" t="s">
         <x:v>245</x:v>
       </x:c>
-      <x:c r="H200" s="14" t="s">
+      <x:c r="I200" s="16" t="s">
         <x:v>246</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>247</x:v>
       </x:c>
       <x:c r="J200" s="14" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="K200" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L200" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="M200" s="14" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="N200" s="15" t="n">
         <x:v>42811</x:v>
       </x:c>
       <x:c r="O200" s="14" t="s">
         <x:v>196</x:v>
       </x:c>
       <x:c r="P200" s="14" t="s">
-        <x:v>245</x:v>
+        <x:v>244</x:v>
       </x:c>
       <x:c r="Q200" s="16" t="s">
+        <x:v>246</x:v>
+      </x:c>
+      <x:c r="R200" s="14" t="s">
         <x:v>247</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>248</x:v>
       </x:c>
       <x:c r="S200" s="14" t="n">
         <x:v>622407</x:v>
       </x:c>
       <x:c r="T200" s="16" t="s">
         <x:v>426</x:v>
       </x:c>
       <x:c r="U200" s="16" t="s">
         <x:v>430</x:v>
       </x:c>
     </x:row>
     <x:row r="201" spans="1:21">
       <x:c r="A201" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B201" s="0" t="s">
         <x:v>410</x:v>
       </x:c>
       <x:c r="C201" s="3" t="s"/>
       <x:c r="D201" s="3" t="s"/>
       <x:c r="G201" s="0" t="s">
         <x:v>329</x:v>
       </x:c>
       <x:c r="I201" s="4" t="s">
         <x:v>214</x:v>
@@ -13890,464 +13888,461 @@
       </x:c>
       <x:c r="P202" s="14" t="s">
         <x:v>411</x:v>
       </x:c>
       <x:c r="Q202" s="16" t="s">
         <x:v>412</x:v>
       </x:c>
       <x:c r="R202" s="14" t="s">
         <x:v>413</x:v>
       </x:c>
       <x:c r="S202" s="14" t="n">
         <x:v>612250</x:v>
       </x:c>
       <x:c r="T202" s="16" t="s">
         <x:v>431</x:v>
       </x:c>
       <x:c r="U202" s="16" t="s">
         <x:v>432</x:v>
       </x:c>
     </x:row>
     <x:row r="203" spans="1:21">
       <x:c r="A203" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B203" s="0" t="s">
-        <x:v>254</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>433</x:v>
+      </x:c>
+      <x:c r="C203" s="3" t="s"/>
       <x:c r="D203" s="3" t="s"/>
-      <x:c r="E203" s="0" t="s">
-[...4 lines deleted...]
-      </x:c>
       <x:c r="G203" s="0" t="s">
-        <x:v>257</x:v>
-[...2 lines deleted...]
-        <x:v>258</x:v>
+        <x:v>434</x:v>
       </x:c>
       <x:c r="I203" s="4" t="s">
-        <x:v>59</x:v>
-[...2 lines deleted...]
-        <x:v>64</x:v>
+        <x:v>435</x:v>
       </x:c>
       <x:c r="K203" s="0" t="s">
-        <x:v>119</x:v>
+        <x:v>436</x:v>
       </x:c>
       <x:c r="L203" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="M203" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="N203" s="3" t="n">
         <x:v>42854</x:v>
       </x:c>
       <x:c r="O203" s="0" t="s">
         <x:v>120</x:v>
       </x:c>
       <x:c r="P203" s="0" t="s">
-        <x:v>257</x:v>
+        <x:v>434</x:v>
       </x:c>
       <x:c r="Q203" s="4" t="s">
-        <x:v>59</x:v>
+        <x:v>435</x:v>
       </x:c>
       <x:c r="R203" s="0" t="s">
-        <x:v>60</x:v>
+        <x:v>437</x:v>
       </x:c>
       <x:c r="S203" s="0" t="n">
-        <x:v>583671</x:v>
+        <x:v>616347</x:v>
       </x:c>
       <x:c r="T203" s="4" t="s">
         <x:v>431</x:v>
       </x:c>
       <x:c r="U203" s="4" t="s">
-        <x:v>433</x:v>
+        <x:v>438</x:v>
       </x:c>
     </x:row>
     <x:row r="204" spans="1:21">
       <x:c r="A204" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B204" s="14" t="s">
-        <x:v>303</x:v>
+        <x:v>264</x:v>
       </x:c>
       <x:c r="C204" s="15" t="n">
         <x:v>36648</x:v>
       </x:c>
       <x:c r="D204" s="15" t="s"/>
-      <x:c r="E204" s="14" t="s"/>
-      <x:c r="F204" s="14" t="s"/>
+      <x:c r="E204" s="14" t="s">
+        <x:v>265</x:v>
+      </x:c>
+      <x:c r="F204" s="14" t="s">
+        <x:v>266</x:v>
+      </x:c>
       <x:c r="G204" s="14" t="s">
-        <x:v>411</x:v>
-[...1 lines deleted...]
-      <x:c r="H204" s="14" t="s"/>
+        <x:v>267</x:v>
+      </x:c>
+      <x:c r="H204" s="14" t="s">
+        <x:v>268</x:v>
+      </x:c>
       <x:c r="I204" s="16" t="s">
-        <x:v>412</x:v>
+        <x:v>59</x:v>
       </x:c>
       <x:c r="J204" s="14" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="K204" s="14" t="s">
-        <x:v>25</x:v>
+        <x:v>119</x:v>
       </x:c>
       <x:c r="L204" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="M204" s="14" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="N204" s="15" t="n">
         <x:v>42854</x:v>
       </x:c>
       <x:c r="O204" s="14" t="s">
         <x:v>120</x:v>
       </x:c>
       <x:c r="P204" s="14" t="s">
-        <x:v>411</x:v>
+        <x:v>267</x:v>
       </x:c>
       <x:c r="Q204" s="16" t="s">
-        <x:v>412</x:v>
+        <x:v>59</x:v>
       </x:c>
       <x:c r="R204" s="14" t="s">
-        <x:v>413</x:v>
+        <x:v>60</x:v>
       </x:c>
       <x:c r="S204" s="14" t="n">
-        <x:v>613007</x:v>
+        <x:v>583671</x:v>
       </x:c>
       <x:c r="T204" s="16" t="s">
         <x:v>431</x:v>
       </x:c>
       <x:c r="U204" s="16" t="s">
-        <x:v>433</x:v>
+        <x:v>439</x:v>
       </x:c>
     </x:row>
     <x:row r="205" spans="1:21">
       <x:c r="A205" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B205" s="0" t="s">
-        <x:v>434</x:v>
-[...1 lines deleted...]
-      <x:c r="C205" s="3" t="s"/>
+        <x:v>303</x:v>
+      </x:c>
+      <x:c r="C205" s="3" t="n">
+        <x:v>36648</x:v>
+      </x:c>
       <x:c r="D205" s="3" t="s"/>
       <x:c r="G205" s="0" t="s">
-        <x:v>46</x:v>
+        <x:v>411</x:v>
       </x:c>
       <x:c r="I205" s="4" t="s">
-        <x:v>47</x:v>
+        <x:v>412</x:v>
+      </x:c>
+      <x:c r="J205" s="0" t="s">
+        <x:v>64</x:v>
       </x:c>
       <x:c r="K205" s="0" t="s">
-        <x:v>435</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="L205" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="M205" s="0" t="s">
-        <x:v>40</x:v>
+        <x:v>55</x:v>
       </x:c>
       <x:c r="N205" s="3" t="n">
-        <x:v>42812</x:v>
+        <x:v>42854</x:v>
       </x:c>
       <x:c r="O205" s="0" t="s">
-        <x:v>194</x:v>
+        <x:v>120</x:v>
       </x:c>
       <x:c r="P205" s="0" t="s">
-        <x:v>46</x:v>
+        <x:v>411</x:v>
       </x:c>
       <x:c r="Q205" s="4" t="s">
-        <x:v>47</x:v>
+        <x:v>412</x:v>
       </x:c>
       <x:c r="R205" s="0" t="s">
-        <x:v>50</x:v>
+        <x:v>413</x:v>
       </x:c>
       <x:c r="S205" s="0" t="n">
-        <x:v>617864</x:v>
+        <x:v>613007</x:v>
       </x:c>
       <x:c r="T205" s="4" t="s">
         <x:v>431</x:v>
       </x:c>
       <x:c r="U205" s="4" t="s">
-        <x:v>318</x:v>
+        <x:v>439</x:v>
       </x:c>
     </x:row>
     <x:row r="206" spans="1:21">
       <x:c r="A206" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B206" s="14" t="s">
-        <x:v>436</x:v>
+        <x:v>440</x:v>
       </x:c>
       <x:c r="C206" s="15" t="s"/>
       <x:c r="D206" s="15" t="s"/>
       <x:c r="E206" s="14" t="s"/>
       <x:c r="F206" s="14" t="s"/>
       <x:c r="G206" s="14" t="s">
-        <x:v>437</x:v>
+        <x:v>46</x:v>
       </x:c>
       <x:c r="H206" s="14" t="s"/>
       <x:c r="I206" s="16" t="s">
-        <x:v>24</x:v>
+        <x:v>47</x:v>
       </x:c>
       <x:c r="J206" s="14" t="s"/>
       <x:c r="K206" s="14" t="s">
-        <x:v>25</x:v>
+        <x:v>441</x:v>
       </x:c>
       <x:c r="L206" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="M206" s="14" t="s">
-        <x:v>55</x:v>
+        <x:v>40</x:v>
       </x:c>
       <x:c r="N206" s="15" t="n">
-        <x:v>42822</x:v>
+        <x:v>42812</x:v>
       </x:c>
       <x:c r="O206" s="14" t="s">
-        <x:v>56</x:v>
+        <x:v>194</x:v>
       </x:c>
       <x:c r="P206" s="14" t="s">
-        <x:v>437</x:v>
+        <x:v>46</x:v>
       </x:c>
       <x:c r="Q206" s="16" t="s">
-        <x:v>24</x:v>
+        <x:v>47</x:v>
       </x:c>
       <x:c r="R206" s="14" t="s">
-        <x:v>29</x:v>
+        <x:v>50</x:v>
       </x:c>
       <x:c r="S206" s="14" t="n">
-        <x:v>620580</x:v>
+        <x:v>617864</x:v>
       </x:c>
       <x:c r="T206" s="16" t="s">
         <x:v>431</x:v>
       </x:c>
       <x:c r="U206" s="16" t="s">
-        <x:v>302</x:v>
+        <x:v>318</x:v>
       </x:c>
     </x:row>
     <x:row r="207" spans="1:21">
       <x:c r="A207" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B207" s="0" t="s">
-        <x:v>438</x:v>
+        <x:v>389</x:v>
       </x:c>
       <x:c r="C207" s="3" t="s"/>
       <x:c r="D207" s="3" t="s"/>
       <x:c r="G207" s="0" t="s">
-        <x:v>439</x:v>
+        <x:v>390</x:v>
       </x:c>
       <x:c r="I207" s="4" t="s">
-        <x:v>440</x:v>
+        <x:v>391</x:v>
       </x:c>
       <x:c r="K207" s="0" t="s">
-        <x:v>441</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="L207" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="M207" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="N207" s="3" t="n">
         <x:v>42854</x:v>
       </x:c>
       <x:c r="O207" s="0" t="s">
         <x:v>120</x:v>
       </x:c>
       <x:c r="P207" s="0" t="s">
-        <x:v>439</x:v>
+        <x:v>390</x:v>
       </x:c>
       <x:c r="Q207" s="4" t="s">
-        <x:v>440</x:v>
+        <x:v>391</x:v>
       </x:c>
       <x:c r="R207" s="0" t="s">
-        <x:v>442</x:v>
+        <x:v>326</x:v>
       </x:c>
       <x:c r="S207" s="0" t="n">
-        <x:v>616347</x:v>
+        <x:v>586796</x:v>
       </x:c>
       <x:c r="T207" s="4" t="s">
         <x:v>431</x:v>
       </x:c>
       <x:c r="U207" s="4" t="s">
-        <x:v>443</x:v>
+        <x:v>306</x:v>
       </x:c>
     </x:row>
     <x:row r="208" spans="1:21">
       <x:c r="A208" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B208" s="14" t="s">
-        <x:v>389</x:v>
+        <x:v>205</x:v>
       </x:c>
       <x:c r="C208" s="15" t="s"/>
       <x:c r="D208" s="15" t="s"/>
       <x:c r="E208" s="14" t="s"/>
       <x:c r="F208" s="14" t="s"/>
       <x:c r="G208" s="14" t="s">
         <x:v>390</x:v>
       </x:c>
       <x:c r="H208" s="14" t="s"/>
       <x:c r="I208" s="16" t="s">
         <x:v>391</x:v>
       </x:c>
       <x:c r="J208" s="14" t="s"/>
       <x:c r="K208" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L208" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="M208" s="14" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="N208" s="15" t="n">
         <x:v>42854</x:v>
       </x:c>
       <x:c r="O208" s="14" t="s">
         <x:v>120</x:v>
       </x:c>
       <x:c r="P208" s="14" t="s">
         <x:v>390</x:v>
       </x:c>
       <x:c r="Q208" s="16" t="s">
         <x:v>391</x:v>
       </x:c>
       <x:c r="R208" s="14" t="s">
         <x:v>326</x:v>
       </x:c>
       <x:c r="S208" s="14" t="n">
-        <x:v>586796</x:v>
+        <x:v>586708</x:v>
       </x:c>
       <x:c r="T208" s="16" t="s">
         <x:v>431</x:v>
       </x:c>
       <x:c r="U208" s="16" t="s">
-        <x:v>306</x:v>
+        <x:v>438</x:v>
       </x:c>
     </x:row>
     <x:row r="209" spans="1:21">
       <x:c r="A209" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B209" s="0" t="s">
-        <x:v>205</x:v>
+        <x:v>442</x:v>
       </x:c>
       <x:c r="C209" s="3" t="s"/>
       <x:c r="D209" s="3" t="s"/>
       <x:c r="G209" s="0" t="s">
-        <x:v>390</x:v>
+        <x:v>443</x:v>
       </x:c>
       <x:c r="I209" s="4" t="s">
-        <x:v>391</x:v>
+        <x:v>24</x:v>
       </x:c>
       <x:c r="K209" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L209" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="M209" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="N209" s="3" t="n">
-        <x:v>42854</x:v>
+        <x:v>42822</x:v>
       </x:c>
       <x:c r="O209" s="0" t="s">
-        <x:v>120</x:v>
+        <x:v>56</x:v>
       </x:c>
       <x:c r="P209" s="0" t="s">
-        <x:v>390</x:v>
+        <x:v>443</x:v>
       </x:c>
       <x:c r="Q209" s="4" t="s">
-        <x:v>391</x:v>
+        <x:v>24</x:v>
       </x:c>
       <x:c r="R209" s="0" t="s">
-        <x:v>326</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="S209" s="0" t="n">
-        <x:v>586708</x:v>
+        <x:v>620580</x:v>
       </x:c>
       <x:c r="T209" s="4" t="s">
         <x:v>431</x:v>
       </x:c>
       <x:c r="U209" s="4" t="s">
-        <x:v>443</x:v>
+        <x:v>302</x:v>
       </x:c>
     </x:row>
     <x:row r="210" spans="1:21">
       <x:c r="A210" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B210" s="14" t="s">
         <x:v>303</x:v>
       </x:c>
       <x:c r="C210" s="15" t="n">
         <x:v>36648</x:v>
       </x:c>
       <x:c r="D210" s="15" t="s"/>
       <x:c r="E210" s="14" t="s"/>
       <x:c r="F210" s="14" t="s"/>
       <x:c r="G210" s="14" t="s">
         <x:v>103</x:v>
       </x:c>
       <x:c r="H210" s="14" t="s"/>
       <x:c r="I210" s="16" t="s">
         <x:v>104</x:v>
       </x:c>
       <x:c r="J210" s="14" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="K210" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L210" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="M210" s="14" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="N210" s="15" t="n">
         <x:v>42854</x:v>
       </x:c>
       <x:c r="O210" s="14" t="s">
         <x:v>120</x:v>
       </x:c>
       <x:c r="P210" s="14" t="s">
         <x:v>103</x:v>
       </x:c>
       <x:c r="Q210" s="16" t="s">
         <x:v>104</x:v>
       </x:c>
       <x:c r="R210" s="14" t="s">
-        <x:v>176</x:v>
+        <x:v>178</x:v>
       </x:c>
       <x:c r="S210" s="14" t="n">
         <x:v>610222</x:v>
       </x:c>
       <x:c r="T210" s="16" t="s">
         <x:v>444</x:v>
       </x:c>
       <x:c r="U210" s="16" t="s">
         <x:v>445</x:v>
       </x:c>
     </x:row>
     <x:row r="211" spans="1:21">
       <x:c r="A211" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B211" s="0" t="s">
         <x:v>446</x:v>
       </x:c>
       <x:c r="C211" s="3" t="s"/>
       <x:c r="D211" s="3" t="s"/>
       <x:c r="G211" s="0" t="s">
         <x:v>417</x:v>
       </x:c>
       <x:c r="I211" s="4" t="s">
         <x:v>418</x:v>
@@ -14415,51 +14410,51 @@
       <x:c r="J212" s="14" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="K212" s="14" t="s">
         <x:v>119</x:v>
       </x:c>
       <x:c r="L212" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="M212" s="14" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="N212" s="15" t="n">
         <x:v>42811</x:v>
       </x:c>
       <x:c r="O212" s="14" t="s">
         <x:v>196</x:v>
       </x:c>
       <x:c r="P212" s="14" t="s">
         <x:v>103</x:v>
       </x:c>
       <x:c r="Q212" s="16" t="s">
         <x:v>104</x:v>
       </x:c>
       <x:c r="R212" s="14" t="s">
-        <x:v>176</x:v>
+        <x:v>178</x:v>
       </x:c>
       <x:c r="S212" s="14" t="n">
         <x:v>612253</x:v>
       </x:c>
       <x:c r="T212" s="16" t="s">
         <x:v>444</x:v>
       </x:c>
       <x:c r="U212" s="16" t="s">
         <x:v>445</x:v>
       </x:c>
     </x:row>
     <x:row r="213" spans="1:21">
       <x:c r="A213" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B213" s="0" t="s">
         <x:v>447</x:v>
       </x:c>
       <x:c r="C213" s="3" t="s"/>
       <x:c r="D213" s="3" t="s"/>
       <x:c r="G213" s="0" t="s">
         <x:v>417</x:v>
       </x:c>
       <x:c r="I213" s="4" t="s">
         <x:v>418</x:v>
@@ -14470,167 +14465,167 @@
       <x:c r="L213" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="M213" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="N213" s="3" t="n">
         <x:v>42872</x:v>
       </x:c>
       <x:c r="O213" s="0" t="s">
         <x:v>130</x:v>
       </x:c>
       <x:c r="P213" s="0" t="s">
         <x:v>417</x:v>
       </x:c>
       <x:c r="Q213" s="4" t="s">
         <x:v>418</x:v>
       </x:c>
       <x:c r="R213" s="0" t="s">
         <x:v>448</x:v>
       </x:c>
       <x:c r="S213" s="0" t="n">
         <x:v>610714</x:v>
       </x:c>
       <x:c r="T213" s="4" t="s">
-        <x:v>443</x:v>
+        <x:v>438</x:v>
       </x:c>
       <x:c r="U213" s="4" t="s">
-        <x:v>443</x:v>
+        <x:v>438</x:v>
       </x:c>
     </x:row>
     <x:row r="214" spans="1:21">
       <x:c r="A214" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B214" s="14" t="s">
         <x:v>416</x:v>
       </x:c>
       <x:c r="C214" s="15" t="s"/>
       <x:c r="D214" s="15" t="s"/>
       <x:c r="E214" s="14" t="s"/>
       <x:c r="F214" s="14" t="s"/>
       <x:c r="G214" s="14" t="s">
         <x:v>417</x:v>
       </x:c>
       <x:c r="H214" s="14" t="s"/>
       <x:c r="I214" s="16" t="s">
         <x:v>418</x:v>
       </x:c>
       <x:c r="J214" s="14" t="s"/>
       <x:c r="K214" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L214" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="M214" s="14" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="N214" s="15" t="n">
         <x:v>42872</x:v>
       </x:c>
       <x:c r="O214" s="14" t="s">
         <x:v>130</x:v>
       </x:c>
       <x:c r="P214" s="14" t="s">
         <x:v>417</x:v>
       </x:c>
       <x:c r="Q214" s="16" t="s">
         <x:v>418</x:v>
       </x:c>
       <x:c r="R214" s="14" t="s">
         <x:v>448</x:v>
       </x:c>
       <x:c r="S214" s="14" t="n">
         <x:v>610710</x:v>
       </x:c>
       <x:c r="T214" s="16" t="s">
-        <x:v>443</x:v>
+        <x:v>438</x:v>
       </x:c>
       <x:c r="U214" s="16" t="s">
-        <x:v>443</x:v>
+        <x:v>438</x:v>
       </x:c>
     </x:row>
     <x:row r="215" spans="1:21">
       <x:c r="A215" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B215" s="0" t="s">
-        <x:v>254</x:v>
+        <x:v>264</x:v>
       </x:c>
       <x:c r="C215" s="3" t="n">
         <x:v>36648</x:v>
       </x:c>
       <x:c r="D215" s="3" t="s"/>
       <x:c r="E215" s="0" t="s">
-        <x:v>255</x:v>
+        <x:v>265</x:v>
       </x:c>
       <x:c r="F215" s="0" t="s">
-        <x:v>256</x:v>
+        <x:v>266</x:v>
       </x:c>
       <x:c r="G215" s="0" t="s">
-        <x:v>257</x:v>
+        <x:v>267</x:v>
       </x:c>
       <x:c r="H215" s="0" t="s">
-        <x:v>258</x:v>
+        <x:v>268</x:v>
       </x:c>
       <x:c r="I215" s="4" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="J215" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="K215" s="0" t="s">
         <x:v>119</x:v>
       </x:c>
       <x:c r="L215" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="M215" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="N215" s="3" t="n">
         <x:v>42854</x:v>
       </x:c>
       <x:c r="O215" s="0" t="s">
         <x:v>120</x:v>
       </x:c>
       <x:c r="P215" s="0" t="s">
         <x:v>277</x:v>
       </x:c>
       <x:c r="Q215" s="4" t="s">
         <x:v>279</x:v>
       </x:c>
       <x:c r="R215" s="0" t="s">
         <x:v>280</x:v>
       </x:c>
       <x:c r="S215" s="0" t="n">
         <x:v>583673</x:v>
       </x:c>
       <x:c r="T215" s="4" t="s">
-        <x:v>443</x:v>
+        <x:v>438</x:v>
       </x:c>
       <x:c r="U215" s="4" t="s">
         <x:v>445</x:v>
       </x:c>
     </x:row>
     <x:row r="216" spans="1:21">
       <x:c r="A216" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B216" s="14" t="s">
         <x:v>303</x:v>
       </x:c>
       <x:c r="C216" s="15" t="n">
         <x:v>36648</x:v>
       </x:c>
       <x:c r="D216" s="15" t="s"/>
       <x:c r="E216" s="14" t="s"/>
       <x:c r="F216" s="14" t="s"/>
       <x:c r="G216" s="14" t="s">
         <x:v>103</x:v>
       </x:c>
       <x:c r="H216" s="14" t="s"/>
       <x:c r="I216" s="16" t="s">
         <x:v>104</x:v>
       </x:c>
@@ -14646,51 +14641,51 @@
       <x:c r="M216" s="14" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="N216" s="15" t="n">
         <x:v>42854</x:v>
       </x:c>
       <x:c r="O216" s="14" t="s">
         <x:v>120</x:v>
       </x:c>
       <x:c r="P216" s="14" t="s">
         <x:v>103</x:v>
       </x:c>
       <x:c r="Q216" s="16" t="s">
         <x:v>104</x:v>
       </x:c>
       <x:c r="R216" s="14" t="s">
         <x:v>107</x:v>
       </x:c>
       <x:c r="S216" s="14" t="n">
         <x:v>616365</x:v>
       </x:c>
       <x:c r="T216" s="16" t="s">
         <x:v>306</x:v>
       </x:c>
       <x:c r="U216" s="16" t="s">
-        <x:v>427</x:v>
+        <x:v>429</x:v>
       </x:c>
     </x:row>
     <x:row r="217" spans="1:21">
       <x:c r="A217" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B217" s="0" t="s">
         <x:v>297</x:v>
       </x:c>
       <x:c r="C217" s="3" t="n">
         <x:v>36648</x:v>
       </x:c>
       <x:c r="D217" s="3" t="s"/>
       <x:c r="E217" s="0" t="s">
         <x:v>298</x:v>
       </x:c>
       <x:c r="F217" s="0" t="s">
         <x:v>230</x:v>
       </x:c>
       <x:c r="G217" s="0" t="s">
         <x:v>299</x:v>
       </x:c>
       <x:c r="H217" s="0" t="s">
         <x:v>300</x:v>
       </x:c>
@@ -14709,51 +14704,51 @@
       <x:c r="M217" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="N217" s="3" t="n">
         <x:v>42811</x:v>
       </x:c>
       <x:c r="O217" s="0" t="s">
         <x:v>196</x:v>
       </x:c>
       <x:c r="P217" s="0" t="s">
         <x:v>103</x:v>
       </x:c>
       <x:c r="Q217" s="4" t="s">
         <x:v>104</x:v>
       </x:c>
       <x:c r="R217" s="0" t="s">
         <x:v>107</x:v>
       </x:c>
       <x:c r="S217" s="0" t="n">
         <x:v>616142</x:v>
       </x:c>
       <x:c r="T217" s="4" t="s">
         <x:v>306</x:v>
       </x:c>
       <x:c r="U217" s="4" t="s">
-        <x:v>427</x:v>
+        <x:v>429</x:v>
       </x:c>
     </x:row>
     <x:row r="218" spans="1:21">
       <x:c r="A218" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B218" s="14" t="s">
         <x:v>343</x:v>
       </x:c>
       <x:c r="C218" s="15" t="n">
         <x:v>38451</x:v>
       </x:c>
       <x:c r="D218" s="15" t="s"/>
       <x:c r="E218" s="14" t="s"/>
       <x:c r="F218" s="14" t="s"/>
       <x:c r="G218" s="14" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="H218" s="14" t="s"/>
       <x:c r="I218" s="16" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="J218" s="14" t="s">
         <x:v>64</x:v>
       </x:c>
@@ -14994,51 +14989,51 @@
       <x:c r="M222" s="14" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="N222" s="15" t="n">
         <x:v>42811</x:v>
       </x:c>
       <x:c r="O222" s="14" t="s">
         <x:v>196</x:v>
       </x:c>
       <x:c r="P222" s="14" t="s">
         <x:v>218</x:v>
       </x:c>
       <x:c r="Q222" s="16" t="s">
         <x:v>219</x:v>
       </x:c>
       <x:c r="R222" s="14" t="s">
         <x:v>221</x:v>
       </x:c>
       <x:c r="S222" s="14" t="n">
         <x:v>612247</x:v>
       </x:c>
       <x:c r="T222" s="16" t="s">
         <x:v>449</x:v>
       </x:c>
       <x:c r="U222" s="16" t="s">
-        <x:v>427</x:v>
+        <x:v>429</x:v>
       </x:c>
     </x:row>
     <x:row r="223" spans="1:21">
       <x:c r="A223" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B223" s="0" t="s">
         <x:v>297</x:v>
       </x:c>
       <x:c r="C223" s="3" t="n">
         <x:v>36648</x:v>
       </x:c>
       <x:c r="D223" s="3" t="s"/>
       <x:c r="E223" s="0" t="s">
         <x:v>298</x:v>
       </x:c>
       <x:c r="F223" s="0" t="s">
         <x:v>230</x:v>
       </x:c>
       <x:c r="G223" s="0" t="s">
         <x:v>299</x:v>
       </x:c>
       <x:c r="H223" s="0" t="s">
         <x:v>300</x:v>
       </x:c>
@@ -15048,104 +15043,104 @@
       <x:c r="J223" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="K223" s="0" t="s">
         <x:v>119</x:v>
       </x:c>
       <x:c r="L223" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="M223" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="N223" s="3" t="n">
         <x:v>42811</x:v>
       </x:c>
       <x:c r="O223" s="0" t="s">
         <x:v>196</x:v>
       </x:c>
       <x:c r="P223" s="0" t="s">
         <x:v>348</x:v>
       </x:c>
       <x:c r="Q223" s="4" t="s">
         <x:v>349</x:v>
       </x:c>
       <x:c r="R223" s="0" t="s">
-        <x:v>403</x:v>
+        <x:v>399</x:v>
       </x:c>
       <x:c r="S223" s="0" t="n">
         <x:v>612245</x:v>
       </x:c>
       <x:c r="T223" s="4" t="s">
         <x:v>449</x:v>
       </x:c>
       <x:c r="U223" s="4" t="s">
         <x:v>455</x:v>
       </x:c>
     </x:row>
     <x:row r="224" spans="1:21">
       <x:c r="A224" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B224" s="14" t="s">
         <x:v>212</x:v>
       </x:c>
       <x:c r="C224" s="15" t="s"/>
       <x:c r="D224" s="15" t="s"/>
       <x:c r="E224" s="14" t="s"/>
       <x:c r="F224" s="14" t="s"/>
       <x:c r="G224" s="14" t="s">
-        <x:v>401</x:v>
+        <x:v>397</x:v>
       </x:c>
       <x:c r="H224" s="14" t="s"/>
       <x:c r="I224" s="16" t="s">
-        <x:v>402</x:v>
+        <x:v>398</x:v>
       </x:c>
       <x:c r="J224" s="14" t="s"/>
       <x:c r="K224" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L224" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="M224" s="14" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="N224" s="15" t="n">
         <x:v>42854</x:v>
       </x:c>
       <x:c r="O224" s="14" t="s">
         <x:v>120</x:v>
       </x:c>
       <x:c r="P224" s="14" t="s">
-        <x:v>401</x:v>
+        <x:v>397</x:v>
       </x:c>
       <x:c r="Q224" s="16" t="s">
-        <x:v>402</x:v>
+        <x:v>398</x:v>
       </x:c>
       <x:c r="R224" s="14" t="s">
-        <x:v>403</x:v>
+        <x:v>399</x:v>
       </x:c>
       <x:c r="S224" s="14" t="n">
         <x:v>613538</x:v>
       </x:c>
       <x:c r="T224" s="16" t="s">
         <x:v>449</x:v>
       </x:c>
       <x:c r="U224" s="16" t="s">
         <x:v>302</x:v>
       </x:c>
     </x:row>
     <x:row r="225" spans="1:21">
       <x:c r="A225" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B225" s="0" t="s">
         <x:v>205</x:v>
       </x:c>
       <x:c r="C225" s="3" t="s"/>
       <x:c r="D225" s="3" t="s"/>
       <x:c r="G225" s="0" t="s">
         <x:v>357</x:v>
       </x:c>
       <x:c r="I225" s="4" t="s">
         <x:v>358</x:v>
@@ -15297,75 +15292,75 @@
       <x:c r="T227" s="4" t="s">
         <x:v>341</x:v>
       </x:c>
       <x:c r="U227" s="4" t="s">
         <x:v>456</x:v>
       </x:c>
     </x:row>
     <x:row r="228" spans="1:21">
       <x:c r="A228" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B228" s="14" t="s">
         <x:v>353</x:v>
       </x:c>
       <x:c r="C228" s="15" t="n">
         <x:v>36648</x:v>
       </x:c>
       <x:c r="D228" s="15" t="s"/>
       <x:c r="E228" s="14" t="s"/>
       <x:c r="F228" s="14" t="s"/>
       <x:c r="G228" s="14" t="s">
         <x:v>354</x:v>
       </x:c>
       <x:c r="H228" s="14" t="s"/>
       <x:c r="I228" s="16" t="s">
-        <x:v>262</x:v>
+        <x:v>255</x:v>
       </x:c>
       <x:c r="J228" s="14" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="K228" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L228" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="M228" s="14" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="N228" s="15" t="n">
         <x:v>42854</x:v>
       </x:c>
       <x:c r="O228" s="14" t="s">
         <x:v>120</x:v>
       </x:c>
       <x:c r="P228" s="14" t="s">
         <x:v>354</x:v>
       </x:c>
       <x:c r="Q228" s="16" t="s">
-        <x:v>262</x:v>
+        <x:v>255</x:v>
       </x:c>
       <x:c r="R228" s="14" t="s">
         <x:v>355</x:v>
       </x:c>
       <x:c r="S228" s="14" t="n">
         <x:v>616451</x:v>
       </x:c>
       <x:c r="T228" s="16" t="s">
         <x:v>302</x:v>
       </x:c>
       <x:c r="U228" s="16" t="s">
         <x:v>335</x:v>
       </x:c>
     </x:row>
     <x:row r="229" spans="1:21">
       <x:c r="A229" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B229" s="0" t="s">
         <x:v>116</x:v>
       </x:c>
       <x:c r="C229" s="3" t="n">
         <x:v>36648</x:v>
       </x:c>
       <x:c r="D229" s="3" t="s"/>
@@ -15437,51 +15432,51 @@
       <x:c r="J230" s="14" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="K230" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L230" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="M230" s="14" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="N230" s="15" t="n">
         <x:v>42822</x:v>
       </x:c>
       <x:c r="O230" s="14" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="P230" s="14" t="s">
         <x:v>284</x:v>
       </x:c>
       <x:c r="Q230" s="16" t="s">
         <x:v>184</x:v>
       </x:c>
       <x:c r="R230" s="14" t="s">
-        <x:v>176</x:v>
+        <x:v>178</x:v>
       </x:c>
       <x:c r="S230" s="14" t="n">
         <x:v>617594</x:v>
       </x:c>
       <x:c r="T230" s="16" t="s">
         <x:v>129</x:v>
       </x:c>
       <x:c r="U230" s="16" t="s">
         <x:v>135</x:v>
       </x:c>
     </x:row>
     <x:row r="231" spans="1:21">
       <x:c r="A231" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B231" s="0" t="s">
         <x:v>416</x:v>
       </x:c>
       <x:c r="C231" s="3" t="s"/>
       <x:c r="D231" s="3" t="s"/>
       <x:c r="G231" s="0" t="s">
         <x:v>417</x:v>
       </x:c>
       <x:c r="I231" s="4" t="s">
         <x:v>418</x:v>
@@ -15512,299 +15507,299 @@
       </x:c>
       <x:c r="S231" s="0" t="n">
         <x:v>610707</x:v>
       </x:c>
       <x:c r="T231" s="4" t="s">
         <x:v>129</x:v>
       </x:c>
       <x:c r="U231" s="4" t="s">
         <x:v>129</x:v>
       </x:c>
     </x:row>
     <x:row r="232" spans="1:21">
       <x:c r="A232" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B232" s="14" t="s">
         <x:v>116</x:v>
       </x:c>
       <x:c r="C232" s="15" t="n">
         <x:v>41394</x:v>
       </x:c>
       <x:c r="D232" s="15" t="s"/>
       <x:c r="E232" s="14" t="s"/>
       <x:c r="F232" s="14" t="s"/>
       <x:c r="G232" s="14" t="s">
-        <x:v>399</x:v>
+        <x:v>395</x:v>
       </x:c>
       <x:c r="H232" s="14" t="s">
-        <x:v>400</x:v>
+        <x:v>396</x:v>
       </x:c>
       <x:c r="I232" s="16" t="s">
-        <x:v>262</x:v>
+        <x:v>255</x:v>
       </x:c>
       <x:c r="J232" s="14" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="K232" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L232" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="M232" s="14" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="N232" s="15" t="n">
         <x:v>42854</x:v>
       </x:c>
       <x:c r="O232" s="14" t="s">
         <x:v>120</x:v>
       </x:c>
       <x:c r="P232" s="14" t="s">
-        <x:v>399</x:v>
+        <x:v>395</x:v>
       </x:c>
       <x:c r="Q232" s="16" t="s">
-        <x:v>262</x:v>
+        <x:v>255</x:v>
       </x:c>
       <x:c r="R232" s="14" t="s">
         <x:v>355</x:v>
       </x:c>
       <x:c r="S232" s="14" t="n">
         <x:v>602428</x:v>
       </x:c>
       <x:c r="T232" s="16" t="s">
         <x:v>129</x:v>
       </x:c>
       <x:c r="U232" s="16" t="s">
         <x:v>114</x:v>
       </x:c>
     </x:row>
     <x:row r="233" spans="1:21">
       <x:c r="A233" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B233" s="0" t="s">
-        <x:v>410</x:v>
+        <x:v>205</x:v>
       </x:c>
       <x:c r="C233" s="3" t="s"/>
       <x:c r="D233" s="3" t="s"/>
       <x:c r="G233" s="0" t="s">
-        <x:v>329</x:v>
+        <x:v>405</x:v>
       </x:c>
       <x:c r="I233" s="4" t="s">
-        <x:v>214</x:v>
+        <x:v>406</x:v>
       </x:c>
       <x:c r="K233" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L233" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="M233" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="N233" s="3" t="n">
         <x:v>42854</x:v>
       </x:c>
       <x:c r="O233" s="0" t="s">
         <x:v>120</x:v>
       </x:c>
       <x:c r="P233" s="0" t="s">
-        <x:v>329</x:v>
+        <x:v>405</x:v>
       </x:c>
       <x:c r="Q233" s="4" t="s">
-        <x:v>214</x:v>
+        <x:v>406</x:v>
       </x:c>
       <x:c r="R233" s="0" t="s">
-        <x:v>216</x:v>
+        <x:v>407</x:v>
       </x:c>
       <x:c r="S233" s="0" t="n">
-        <x:v>602297</x:v>
+        <x:v>605429</x:v>
       </x:c>
       <x:c r="T233" s="4" t="s">
         <x:v>129</x:v>
       </x:c>
       <x:c r="U233" s="4" t="s">
         <x:v>459</x:v>
       </x:c>
     </x:row>
     <x:row r="234" spans="1:21">
       <x:c r="A234" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B234" s="14" t="s">
-        <x:v>205</x:v>
+        <x:v>410</x:v>
       </x:c>
       <x:c r="C234" s="15" t="s"/>
       <x:c r="D234" s="15" t="s"/>
       <x:c r="E234" s="14" t="s"/>
       <x:c r="F234" s="14" t="s"/>
       <x:c r="G234" s="14" t="s">
-        <x:v>394</x:v>
+        <x:v>329</x:v>
       </x:c>
       <x:c r="H234" s="14" t="s"/>
       <x:c r="I234" s="16" t="s">
-        <x:v>395</x:v>
+        <x:v>214</x:v>
       </x:c>
       <x:c r="J234" s="14" t="s"/>
       <x:c r="K234" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L234" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="M234" s="14" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="N234" s="15" t="n">
         <x:v>42854</x:v>
       </x:c>
       <x:c r="O234" s="14" t="s">
         <x:v>120</x:v>
       </x:c>
       <x:c r="P234" s="14" t="s">
-        <x:v>394</x:v>
+        <x:v>329</x:v>
       </x:c>
       <x:c r="Q234" s="16" t="s">
-        <x:v>395</x:v>
+        <x:v>214</x:v>
       </x:c>
       <x:c r="R234" s="14" t="s">
-        <x:v>396</x:v>
+        <x:v>216</x:v>
       </x:c>
       <x:c r="S234" s="14" t="n">
-        <x:v>605429</x:v>
+        <x:v>602297</x:v>
       </x:c>
       <x:c r="T234" s="16" t="s">
         <x:v>129</x:v>
       </x:c>
       <x:c r="U234" s="16" t="s">
         <x:v>459</x:v>
       </x:c>
     </x:row>
     <x:row r="235" spans="1:21">
       <x:c r="A235" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B235" s="0" t="s">
         <x:v>188</x:v>
       </x:c>
       <x:c r="C235" s="3" t="n">
         <x:v>41394</x:v>
       </x:c>
       <x:c r="D235" s="3" t="s"/>
       <x:c r="G235" s="0" t="s">
-        <x:v>399</x:v>
+        <x:v>395</x:v>
       </x:c>
       <x:c r="H235" s="0" t="s">
-        <x:v>400</x:v>
+        <x:v>396</x:v>
       </x:c>
       <x:c r="I235" s="4" t="s">
-        <x:v>262</x:v>
+        <x:v>255</x:v>
       </x:c>
       <x:c r="J235" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="K235" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L235" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="M235" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="N235" s="3" t="n">
         <x:v>42811</x:v>
       </x:c>
       <x:c r="O235" s="0" t="s">
         <x:v>196</x:v>
       </x:c>
       <x:c r="P235" s="0" t="s">
-        <x:v>399</x:v>
+        <x:v>395</x:v>
       </x:c>
       <x:c r="Q235" s="4" t="s">
-        <x:v>262</x:v>
+        <x:v>255</x:v>
       </x:c>
       <x:c r="R235" s="0" t="s">
         <x:v>355</x:v>
       </x:c>
       <x:c r="S235" s="0" t="n">
         <x:v>618271</x:v>
       </x:c>
       <x:c r="T235" s="4" t="s">
         <x:v>129</x:v>
       </x:c>
       <x:c r="U235" s="4" t="s">
         <x:v>460</x:v>
       </x:c>
     </x:row>
     <x:row r="236" spans="1:21">
       <x:c r="A236" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B236" s="14" t="s">
         <x:v>180</x:v>
       </x:c>
       <x:c r="C236" s="15" t="n">
         <x:v>40385</x:v>
       </x:c>
       <x:c r="D236" s="15" t="s"/>
       <x:c r="E236" s="14" t="s"/>
       <x:c r="F236" s="14" t="s"/>
       <x:c r="G236" s="14" t="s">
-        <x:v>399</x:v>
+        <x:v>395</x:v>
       </x:c>
       <x:c r="H236" s="14" t="s">
-        <x:v>400</x:v>
+        <x:v>396</x:v>
       </x:c>
       <x:c r="I236" s="16" t="s">
-        <x:v>262</x:v>
+        <x:v>255</x:v>
       </x:c>
       <x:c r="J236" s="14" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="K236" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L236" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="M236" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="N236" s="15" t="n">
         <x:v>32054</x:v>
       </x:c>
       <x:c r="O236" s="14" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="P236" s="14" t="s">
-        <x:v>399</x:v>
+        <x:v>395</x:v>
       </x:c>
       <x:c r="Q236" s="16" t="s">
-        <x:v>262</x:v>
+        <x:v>255</x:v>
       </x:c>
       <x:c r="R236" s="14" t="s">
         <x:v>355</x:v>
       </x:c>
       <x:c r="S236" s="14" t="n">
         <x:v>598017</x:v>
       </x:c>
       <x:c r="T236" s="16" t="s">
         <x:v>461</x:v>
       </x:c>
       <x:c r="U236" s="16" t="s">
         <x:v>462</x:v>
       </x:c>
     </x:row>
     <x:row r="237" spans="1:21">
       <x:c r="A237" s="1" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="B237" s="0" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="C237" s="3" t="n">
         <x:v>40298</x:v>
       </x:c>
       <x:c r="D237" s="3" t="s"/>
@@ -15840,310 +15835,310 @@
       </x:c>
       <x:c r="P237" s="0" t="s">
         <x:v>235</x:v>
       </x:c>
       <x:c r="Q237" s="4" t="s">
         <x:v>237</x:v>
       </x:c>
       <x:c r="R237" s="0" t="s">
         <x:v>238</x:v>
       </x:c>
       <x:c r="S237" s="0" t="n">
         <x:v>601047</x:v>
       </x:c>
       <x:c r="T237" s="4" t="s">
         <x:v>463</x:v>
       </x:c>
       <x:c r="U237" s="4" t="s">
         <x:v>464</x:v>
       </x:c>
     </x:row>
     <x:row r="238" spans="1:21">
       <x:c r="A238" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B238" s="14" t="s">
-        <x:v>205</x:v>
+        <x:v>22</x:v>
       </x:c>
       <x:c r="C238" s="15" t="s"/>
       <x:c r="D238" s="15" t="s"/>
       <x:c r="E238" s="14" t="s"/>
       <x:c r="F238" s="14" t="s"/>
       <x:c r="G238" s="14" t="s">
-        <x:v>357</x:v>
-[...1 lines deleted...]
-      <x:c r="H238" s="14" t="s"/>
+        <x:v>465</x:v>
+      </x:c>
+      <x:c r="H238" s="14" t="s">
+        <x:v>466</x:v>
+      </x:c>
       <x:c r="I238" s="16" t="s">
-        <x:v>358</x:v>
+        <x:v>467</x:v>
       </x:c>
       <x:c r="J238" s="14" t="s"/>
       <x:c r="K238" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L238" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="M238" s="14" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="N238" s="15" t="n">
-        <x:v>42854</x:v>
+        <x:v>42005</x:v>
       </x:c>
       <x:c r="O238" s="14" t="s">
-        <x:v>120</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="P238" s="14" t="s">
-        <x:v>357</x:v>
+        <x:v>465</x:v>
       </x:c>
       <x:c r="Q238" s="16" t="s">
-        <x:v>358</x:v>
+        <x:v>467</x:v>
       </x:c>
       <x:c r="R238" s="14" t="s">
-        <x:v>359</x:v>
+        <x:v>468</x:v>
       </x:c>
       <x:c r="S238" s="14" t="n">
-        <x:v>622587</x:v>
+        <x:v>590889</x:v>
       </x:c>
       <x:c r="T238" s="16" t="s">
-        <x:v>465</x:v>
+        <x:v>469</x:v>
       </x:c>
       <x:c r="U238" s="16" t="s">
-        <x:v>466</x:v>
+        <x:v>428</x:v>
       </x:c>
     </x:row>
     <x:row r="239" spans="1:21">
       <x:c r="A239" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B239" s="0" t="s">
         <x:v>205</x:v>
       </x:c>
       <x:c r="C239" s="3" t="s"/>
       <x:c r="D239" s="3" t="s"/>
       <x:c r="G239" s="0" t="s">
         <x:v>390</x:v>
       </x:c>
       <x:c r="I239" s="4" t="s">
         <x:v>391</x:v>
       </x:c>
       <x:c r="K239" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L239" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="M239" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="N239" s="3" t="n">
         <x:v>42854</x:v>
       </x:c>
       <x:c r="O239" s="0" t="s">
         <x:v>120</x:v>
       </x:c>
       <x:c r="P239" s="0" t="s">
         <x:v>390</x:v>
       </x:c>
       <x:c r="Q239" s="4" t="s">
         <x:v>391</x:v>
       </x:c>
       <x:c r="R239" s="0" t="s">
         <x:v>326</x:v>
       </x:c>
       <x:c r="S239" s="0" t="n">
         <x:v>586709</x:v>
       </x:c>
       <x:c r="T239" s="4" t="s">
-        <x:v>465</x:v>
+        <x:v>469</x:v>
       </x:c>
       <x:c r="U239" s="4" t="s">
-        <x:v>466</x:v>
+        <x:v>470</x:v>
       </x:c>
     </x:row>
     <x:row r="240" spans="1:21">
       <x:c r="A240" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B240" s="14" t="s">
-        <x:v>22</x:v>
+        <x:v>205</x:v>
       </x:c>
       <x:c r="C240" s="15" t="s"/>
       <x:c r="D240" s="15" t="s"/>
       <x:c r="E240" s="14" t="s"/>
       <x:c r="F240" s="14" t="s"/>
       <x:c r="G240" s="14" t="s">
-        <x:v>467</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>357</x:v>
+      </x:c>
+      <x:c r="H240" s="14" t="s"/>
       <x:c r="I240" s="16" t="s">
-        <x:v>469</x:v>
+        <x:v>358</x:v>
       </x:c>
       <x:c r="J240" s="14" t="s"/>
       <x:c r="K240" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L240" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="M240" s="14" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="N240" s="15" t="n">
-        <x:v>42005</x:v>
+        <x:v>42854</x:v>
       </x:c>
       <x:c r="O240" s="14" t="s">
-        <x:v>28</x:v>
+        <x:v>120</x:v>
       </x:c>
       <x:c r="P240" s="14" t="s">
-        <x:v>467</x:v>
+        <x:v>357</x:v>
       </x:c>
       <x:c r="Q240" s="16" t="s">
+        <x:v>358</x:v>
+      </x:c>
+      <x:c r="R240" s="14" t="s">
+        <x:v>359</x:v>
+      </x:c>
+      <x:c r="S240" s="14" t="n">
+        <x:v>622587</x:v>
+      </x:c>
+      <x:c r="T240" s="16" t="s">
         <x:v>469</x:v>
       </x:c>
-      <x:c r="R240" s="14" t="s">
+      <x:c r="U240" s="16" t="s">
         <x:v>470</x:v>
-      </x:c>
-[...7 lines deleted...]
-        <x:v>428</x:v>
       </x:c>
     </x:row>
     <x:row r="241" spans="1:21">
       <x:c r="A241" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B241" s="0" t="s">
         <x:v>471</x:v>
       </x:c>
       <x:c r="C241" s="3" t="n">
         <x:v>38226</x:v>
       </x:c>
       <x:c r="D241" s="3" t="s"/>
       <x:c r="G241" s="0" t="s">
         <x:v>112</x:v>
       </x:c>
       <x:c r="I241" s="4" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="J241" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="K241" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L241" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M241" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="N241" s="3" t="n">
         <x:v>42822</x:v>
       </x:c>
       <x:c r="O241" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="P241" s="0" t="s">
         <x:v>112</x:v>
       </x:c>
       <x:c r="Q241" s="4" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="R241" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="S241" s="0" t="n">
         <x:v>624650</x:v>
       </x:c>
       <x:c r="T241" s="4" t="s">
-        <x:v>465</x:v>
+        <x:v>469</x:v>
       </x:c>
       <x:c r="U241" s="4" t="s">
         <x:v>472</x:v>
       </x:c>
     </x:row>
     <x:row r="242" spans="1:21">
       <x:c r="A242" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B242" s="14" t="s">
         <x:v>116</x:v>
       </x:c>
       <x:c r="C242" s="15" t="n">
         <x:v>41394</x:v>
       </x:c>
       <x:c r="D242" s="15" t="s"/>
       <x:c r="E242" s="14" t="s"/>
       <x:c r="F242" s="14" t="s"/>
       <x:c r="G242" s="14" t="s">
-        <x:v>404</x:v>
+        <x:v>400</x:v>
       </x:c>
       <x:c r="H242" s="14" t="s">
-        <x:v>405</x:v>
+        <x:v>401</x:v>
       </x:c>
       <x:c r="I242" s="16" t="s">
-        <x:v>406</x:v>
+        <x:v>402</x:v>
       </x:c>
       <x:c r="J242" s="14" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="K242" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L242" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="M242" s="14" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="N242" s="15" t="n">
         <x:v>42854</x:v>
       </x:c>
       <x:c r="O242" s="14" t="s">
         <x:v>120</x:v>
       </x:c>
       <x:c r="P242" s="14" t="s">
-        <x:v>404</x:v>
+        <x:v>400</x:v>
       </x:c>
       <x:c r="Q242" s="16" t="s">
-        <x:v>406</x:v>
+        <x:v>402</x:v>
       </x:c>
       <x:c r="R242" s="14" t="s">
-        <x:v>407</x:v>
+        <x:v>403</x:v>
       </x:c>
       <x:c r="S242" s="14" t="n">
         <x:v>618605</x:v>
       </x:c>
       <x:c r="T242" s="16" t="s">
-        <x:v>465</x:v>
+        <x:v>469</x:v>
       </x:c>
       <x:c r="U242" s="16" t="s">
         <x:v>428</x:v>
       </x:c>
     </x:row>
     <x:row r="243" spans="1:21">
       <x:c r="A243" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B243" s="0" t="s">
         <x:v>473</x:v>
       </x:c>
       <x:c r="C243" s="3" t="n">
         <x:v>36648</x:v>
       </x:c>
       <x:c r="D243" s="3" t="s"/>
       <x:c r="E243" s="0" t="s">
         <x:v>298</x:v>
       </x:c>
       <x:c r="F243" s="0" t="s">
         <x:v>230</x:v>
       </x:c>
       <x:c r="G243" s="0" t="s">
         <x:v>299</x:v>
       </x:c>
@@ -16162,51 +16157,51 @@
       <x:c r="L243" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="M243" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="N243" s="3" t="n">
         <x:v>42811</x:v>
       </x:c>
       <x:c r="O243" s="0" t="s">
         <x:v>196</x:v>
       </x:c>
       <x:c r="P243" s="0" t="s">
         <x:v>213</x:v>
       </x:c>
       <x:c r="Q243" s="4" t="s">
         <x:v>214</x:v>
       </x:c>
       <x:c r="R243" s="0" t="s">
         <x:v>216</x:v>
       </x:c>
       <x:c r="S243" s="0" t="n">
         <x:v>615418</x:v>
       </x:c>
       <x:c r="T243" s="4" t="s">
-        <x:v>465</x:v>
+        <x:v>469</x:v>
       </x:c>
       <x:c r="U243" s="4" t="s">
         <x:v>474</x:v>
       </x:c>
     </x:row>
     <x:row r="244" spans="1:21">
       <x:c r="A244" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B244" s="14" t="s">
         <x:v>297</x:v>
       </x:c>
       <x:c r="C244" s="15" t="n">
         <x:v>36648</x:v>
       </x:c>
       <x:c r="D244" s="15" t="s"/>
       <x:c r="E244" s="14" t="s">
         <x:v>298</x:v>
       </x:c>
       <x:c r="F244" s="14" t="s">
         <x:v>230</x:v>
       </x:c>
       <x:c r="G244" s="14" t="s">
         <x:v>299</x:v>
       </x:c>
@@ -16225,100 +16220,100 @@
       <x:c r="L244" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="M244" s="14" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="N244" s="15" t="n">
         <x:v>42811</x:v>
       </x:c>
       <x:c r="O244" s="14" t="s">
         <x:v>196</x:v>
       </x:c>
       <x:c r="P244" s="14" t="s">
         <x:v>189</x:v>
       </x:c>
       <x:c r="Q244" s="16" t="s">
         <x:v>191</x:v>
       </x:c>
       <x:c r="R244" s="14" t="s">
         <x:v>142</x:v>
       </x:c>
       <x:c r="S244" s="14" t="n">
         <x:v>616141</x:v>
       </x:c>
       <x:c r="T244" s="16" t="s">
-        <x:v>465</x:v>
+        <x:v>469</x:v>
       </x:c>
       <x:c r="U244" s="16" t="s">
         <x:v>328</x:v>
       </x:c>
     </x:row>
     <x:row r="245" spans="1:21">
       <x:c r="A245" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B245" s="0" t="s">
         <x:v>410</x:v>
       </x:c>
       <x:c r="C245" s="3" t="s"/>
       <x:c r="D245" s="3" t="s"/>
       <x:c r="G245" s="0" t="s">
         <x:v>329</x:v>
       </x:c>
       <x:c r="I245" s="4" t="s">
         <x:v>214</x:v>
       </x:c>
       <x:c r="K245" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L245" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="M245" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="N245" s="3" t="n">
         <x:v>42854</x:v>
       </x:c>
       <x:c r="O245" s="0" t="s">
         <x:v>120</x:v>
       </x:c>
       <x:c r="P245" s="0" t="s">
         <x:v>329</x:v>
       </x:c>
       <x:c r="Q245" s="4" t="s">
         <x:v>214</x:v>
       </x:c>
       <x:c r="R245" s="0" t="s">
         <x:v>216</x:v>
       </x:c>
       <x:c r="S245" s="0" t="n">
         <x:v>602298</x:v>
       </x:c>
       <x:c r="T245" s="4" t="s">
-        <x:v>466</x:v>
+        <x:v>470</x:v>
       </x:c>
       <x:c r="U245" s="4" t="s">
         <x:v>384</x:v>
       </x:c>
     </x:row>
     <x:row r="246" spans="1:21">
       <x:c r="A246" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B246" s="14" t="s">
         <x:v>416</x:v>
       </x:c>
       <x:c r="C246" s="15" t="s"/>
       <x:c r="D246" s="15" t="s"/>
       <x:c r="E246" s="14" t="s"/>
       <x:c r="F246" s="14" t="s"/>
       <x:c r="G246" s="14" t="s">
         <x:v>417</x:v>
       </x:c>
       <x:c r="H246" s="14" t="s"/>
       <x:c r="I246" s="16" t="s">
         <x:v>418</x:v>
       </x:c>
       <x:c r="J246" s="14" t="s"/>
       <x:c r="K246" s="14" t="s">
@@ -16327,54 +16322,54 @@
       <x:c r="L246" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="M246" s="14" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="N246" s="15" t="n">
         <x:v>42872</x:v>
       </x:c>
       <x:c r="O246" s="14" t="s">
         <x:v>130</x:v>
       </x:c>
       <x:c r="P246" s="14" t="s">
         <x:v>417</x:v>
       </x:c>
       <x:c r="Q246" s="16" t="s">
         <x:v>418</x:v>
       </x:c>
       <x:c r="R246" s="14" t="s">
         <x:v>475</x:v>
       </x:c>
       <x:c r="S246" s="14" t="n">
         <x:v>610711</x:v>
       </x:c>
       <x:c r="T246" s="16" t="s">
-        <x:v>466</x:v>
+        <x:v>470</x:v>
       </x:c>
       <x:c r="U246" s="16" t="s">
-        <x:v>466</x:v>
+        <x:v>470</x:v>
       </x:c>
     </x:row>
     <x:row r="247" spans="1:21">
       <x:c r="A247" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B247" s="0" t="s">
         <x:v>416</x:v>
       </x:c>
       <x:c r="C247" s="3" t="s"/>
       <x:c r="D247" s="3" t="s"/>
       <x:c r="G247" s="0" t="s">
         <x:v>417</x:v>
       </x:c>
       <x:c r="I247" s="4" t="s">
         <x:v>418</x:v>
       </x:c>
       <x:c r="K247" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L247" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="M247" s="0" t="s">
         <x:v>55</x:v>
@@ -16396,141 +16391,141 @@
       </x:c>
       <x:c r="S247" s="0" t="n">
         <x:v>610705</x:v>
       </x:c>
       <x:c r="T247" s="4" t="s">
         <x:v>476</x:v>
       </x:c>
       <x:c r="U247" s="4" t="s">
         <x:v>476</x:v>
       </x:c>
     </x:row>
     <x:row r="248" spans="1:21">
       <x:c r="A248" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B248" s="14" t="s">
         <x:v>116</x:v>
       </x:c>
       <x:c r="C248" s="15" t="n">
         <x:v>41394</x:v>
       </x:c>
       <x:c r="D248" s="15" t="s"/>
       <x:c r="E248" s="14" t="s"/>
       <x:c r="F248" s="14" t="s"/>
       <x:c r="G248" s="14" t="s">
-        <x:v>399</x:v>
+        <x:v>395</x:v>
       </x:c>
       <x:c r="H248" s="14" t="s">
-        <x:v>400</x:v>
+        <x:v>396</x:v>
       </x:c>
       <x:c r="I248" s="16" t="s">
-        <x:v>262</x:v>
+        <x:v>255</x:v>
       </x:c>
       <x:c r="J248" s="14" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="K248" s="14" t="s">
         <x:v>119</x:v>
       </x:c>
       <x:c r="L248" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="M248" s="14" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="N248" s="15" t="n">
         <x:v>42854</x:v>
       </x:c>
       <x:c r="O248" s="14" t="s">
         <x:v>120</x:v>
       </x:c>
       <x:c r="P248" s="14" t="s">
         <x:v>477</x:v>
       </x:c>
       <x:c r="Q248" s="16" t="s">
         <x:v>478</x:v>
       </x:c>
       <x:c r="R248" s="14" t="s">
         <x:v>355</x:v>
       </x:c>
       <x:c r="S248" s="14" t="n">
         <x:v>623515</x:v>
       </x:c>
       <x:c r="T248" s="16" t="s">
         <x:v>476</x:v>
       </x:c>
       <x:c r="U248" s="16" t="s">
         <x:v>430</x:v>
       </x:c>
     </x:row>
     <x:row r="249" spans="1:21">
       <x:c r="A249" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B249" s="0" t="s">
         <x:v>116</x:v>
       </x:c>
       <x:c r="C249" s="3" t="n">
         <x:v>41394</x:v>
       </x:c>
       <x:c r="D249" s="3" t="s"/>
       <x:c r="G249" s="0" t="s">
-        <x:v>404</x:v>
+        <x:v>400</x:v>
       </x:c>
       <x:c r="H249" s="0" t="s">
-        <x:v>405</x:v>
+        <x:v>401</x:v>
       </x:c>
       <x:c r="I249" s="4" t="s">
-        <x:v>406</x:v>
+        <x:v>402</x:v>
       </x:c>
       <x:c r="J249" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="K249" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L249" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="M249" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="N249" s="3" t="n">
         <x:v>42854</x:v>
       </x:c>
       <x:c r="O249" s="0" t="s">
         <x:v>120</x:v>
       </x:c>
       <x:c r="P249" s="0" t="s">
-        <x:v>404</x:v>
+        <x:v>400</x:v>
       </x:c>
       <x:c r="Q249" s="4" t="s">
-        <x:v>406</x:v>
+        <x:v>402</x:v>
       </x:c>
       <x:c r="R249" s="0" t="s">
-        <x:v>407</x:v>
+        <x:v>403</x:v>
       </x:c>
       <x:c r="S249" s="0" t="n">
         <x:v>618606</x:v>
       </x:c>
       <x:c r="T249" s="4" t="s">
         <x:v>479</x:v>
       </x:c>
       <x:c r="U249" s="4" t="s">
         <x:v>94</x:v>
       </x:c>
     </x:row>
     <x:row r="250" spans="1:21">
       <x:c r="A250" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B250" s="14" t="s">
         <x:v>480</x:v>
       </x:c>
       <x:c r="C250" s="15" t="n">
         <x:v>39841</x:v>
       </x:c>
       <x:c r="D250" s="15" t="s"/>
       <x:c r="E250" s="14" t="s"/>
       <x:c r="F250" s="14" t="s"/>
       <x:c r="G250" s="14" t="s">
@@ -16570,131 +16565,131 @@
       <x:c r="S250" s="14" t="n">
         <x:v>616816</x:v>
       </x:c>
       <x:c r="T250" s="16" t="s">
         <x:v>481</x:v>
       </x:c>
       <x:c r="U250" s="16" t="s">
         <x:v>415</x:v>
       </x:c>
     </x:row>
     <x:row r="251" spans="1:21">
       <x:c r="A251" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B251" s="0" t="s">
         <x:v>353</x:v>
       </x:c>
       <x:c r="C251" s="3" t="n">
         <x:v>36648</x:v>
       </x:c>
       <x:c r="D251" s="3" t="s"/>
       <x:c r="G251" s="0" t="s">
         <x:v>354</x:v>
       </x:c>
       <x:c r="I251" s="4" t="s">
-        <x:v>262</x:v>
+        <x:v>255</x:v>
       </x:c>
       <x:c r="J251" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="K251" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L251" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="M251" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="N251" s="3" t="n">
         <x:v>42854</x:v>
       </x:c>
       <x:c r="O251" s="0" t="s">
         <x:v>120</x:v>
       </x:c>
       <x:c r="P251" s="0" t="s">
         <x:v>354</x:v>
       </x:c>
       <x:c r="Q251" s="4" t="s">
-        <x:v>262</x:v>
+        <x:v>255</x:v>
       </x:c>
       <x:c r="R251" s="0" t="s">
         <x:v>355</x:v>
       </x:c>
       <x:c r="S251" s="0" t="n">
         <x:v>617526</x:v>
       </x:c>
       <x:c r="T251" s="4" t="s">
         <x:v>481</x:v>
       </x:c>
       <x:c r="U251" s="4" t="s">
         <x:v>460</x:v>
       </x:c>
     </x:row>
     <x:row r="252" spans="1:21">
       <x:c r="A252" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B252" s="14" t="s">
         <x:v>212</x:v>
       </x:c>
       <x:c r="C252" s="15" t="s"/>
       <x:c r="D252" s="15" t="s"/>
       <x:c r="E252" s="14" t="s"/>
       <x:c r="F252" s="14" t="s"/>
       <x:c r="G252" s="14" t="s">
-        <x:v>401</x:v>
+        <x:v>397</x:v>
       </x:c>
       <x:c r="H252" s="14" t="s"/>
       <x:c r="I252" s="16" t="s">
-        <x:v>402</x:v>
+        <x:v>398</x:v>
       </x:c>
       <x:c r="J252" s="14" t="s"/>
       <x:c r="K252" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L252" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="M252" s="14" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="N252" s="15" t="n">
         <x:v>42854</x:v>
       </x:c>
       <x:c r="O252" s="14" t="s">
         <x:v>120</x:v>
       </x:c>
       <x:c r="P252" s="14" t="s">
-        <x:v>401</x:v>
+        <x:v>397</x:v>
       </x:c>
       <x:c r="Q252" s="16" t="s">
-        <x:v>402</x:v>
+        <x:v>398</x:v>
       </x:c>
       <x:c r="R252" s="14" t="s">
-        <x:v>403</x:v>
+        <x:v>399</x:v>
       </x:c>
       <x:c r="S252" s="14" t="n">
         <x:v>613539</x:v>
       </x:c>
       <x:c r="T252" s="16" t="s">
         <x:v>481</x:v>
       </x:c>
       <x:c r="U252" s="16" t="s">
         <x:v>94</x:v>
       </x:c>
     </x:row>
     <x:row r="253" spans="1:21">
       <x:c r="A253" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B253" s="0" t="s">
         <x:v>385</x:v>
       </x:c>
       <x:c r="C253" s="3" t="n">
         <x:v>41352</x:v>
       </x:c>
       <x:c r="D253" s="3" t="s"/>
       <x:c r="G253" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
@@ -16779,78 +16774,78 @@
         <x:v>358</x:v>
       </x:c>
       <x:c r="R254" s="14" t="s">
         <x:v>359</x:v>
       </x:c>
       <x:c r="S254" s="14" t="n">
         <x:v>622576</x:v>
       </x:c>
       <x:c r="T254" s="16" t="s">
         <x:v>342</x:v>
       </x:c>
       <x:c r="U254" s="16" t="s">
         <x:v>94</x:v>
       </x:c>
     </x:row>
     <x:row r="255" spans="1:21">
       <x:c r="A255" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B255" s="0" t="s">
         <x:v>205</x:v>
       </x:c>
       <x:c r="C255" s="3" t="s"/>
       <x:c r="D255" s="3" t="s"/>
       <x:c r="G255" s="0" t="s">
-        <x:v>394</x:v>
+        <x:v>405</x:v>
       </x:c>
       <x:c r="I255" s="4" t="s">
-        <x:v>395</x:v>
+        <x:v>406</x:v>
       </x:c>
       <x:c r="K255" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L255" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="M255" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="N255" s="3" t="n">
         <x:v>42854</x:v>
       </x:c>
       <x:c r="O255" s="0" t="s">
         <x:v>120</x:v>
       </x:c>
       <x:c r="P255" s="0" t="s">
-        <x:v>394</x:v>
+        <x:v>405</x:v>
       </x:c>
       <x:c r="Q255" s="4" t="s">
-        <x:v>395</x:v>
+        <x:v>406</x:v>
       </x:c>
       <x:c r="R255" s="0" t="s">
-        <x:v>396</x:v>
+        <x:v>407</x:v>
       </x:c>
       <x:c r="S255" s="0" t="n">
         <x:v>605430</x:v>
       </x:c>
       <x:c r="T255" s="4" t="s">
         <x:v>342</x:v>
       </x:c>
       <x:c r="U255" s="4" t="s">
         <x:v>94</x:v>
       </x:c>
     </x:row>
     <x:row r="256" spans="1:21">
       <x:c r="A256" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B256" s="14" t="s">
         <x:v>116</x:v>
       </x:c>
       <x:c r="C256" s="15" t="n">
         <x:v>36648</x:v>
       </x:c>
       <x:c r="D256" s="15" t="s"/>
       <x:c r="E256" s="14" t="s"/>
       <x:c r="F256" s="14" t="s"/>
       <x:c r="G256" s="14" t="s">
@@ -16869,96 +16864,96 @@
       <x:c r="L256" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="M256" s="14" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="N256" s="15" t="n">
         <x:v>42854</x:v>
       </x:c>
       <x:c r="O256" s="14" t="s">
         <x:v>120</x:v>
       </x:c>
       <x:c r="P256" s="14" t="s">
         <x:v>329</x:v>
       </x:c>
       <x:c r="Q256" s="16" t="s">
         <x:v>214</x:v>
       </x:c>
       <x:c r="R256" s="14" t="s">
         <x:v>216</x:v>
       </x:c>
       <x:c r="S256" s="14" t="n">
         <x:v>602265</x:v>
       </x:c>
       <x:c r="T256" s="16" t="s">
-        <x:v>371</x:v>
+        <x:v>370</x:v>
       </x:c>
       <x:c r="U256" s="16" t="s">
         <x:v>420</x:v>
       </x:c>
     </x:row>
     <x:row r="257" spans="1:21">
       <x:c r="A257" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B257" s="0" t="s">
         <x:v>116</x:v>
       </x:c>
       <x:c r="C257" s="3" t="n">
         <x:v>36648</x:v>
       </x:c>
       <x:c r="D257" s="3" t="s"/>
       <x:c r="G257" s="0" t="s">
-        <x:v>257</x:v>
+        <x:v>267</x:v>
       </x:c>
       <x:c r="H257" s="0" t="s">
-        <x:v>258</x:v>
+        <x:v>268</x:v>
       </x:c>
       <x:c r="I257" s="4" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="J257" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="K257" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L257" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="M257" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="N257" s="3" t="n">
         <x:v>42854</x:v>
       </x:c>
       <x:c r="O257" s="0" t="s">
         <x:v>120</x:v>
       </x:c>
       <x:c r="P257" s="0" t="s">
-        <x:v>257</x:v>
+        <x:v>267</x:v>
       </x:c>
       <x:c r="Q257" s="4" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="R257" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="S257" s="0" t="n">
         <x:v>614955</x:v>
       </x:c>
       <x:c r="T257" s="4" t="s">
         <x:v>94</x:v>
       </x:c>
       <x:c r="U257" s="4" t="s">
         <x:v>483</x:v>
       </x:c>
     </x:row>
     <x:row r="258" spans="1:21">
       <x:c r="A258" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B258" s="14" t="s">
         <x:v>389</x:v>
       </x:c>
       <x:c r="C258" s="15" t="s"/>
@@ -17388,75 +17383,75 @@
       <x:c r="T265" s="4" t="s">
         <x:v>450</x:v>
       </x:c>
       <x:c r="U265" s="4" t="s">
         <x:v>485</x:v>
       </x:c>
     </x:row>
     <x:row r="266" spans="1:21">
       <x:c r="A266" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B266" s="14" t="s">
         <x:v>486</x:v>
       </x:c>
       <x:c r="C266" s="15" t="n">
         <x:v>36648</x:v>
       </x:c>
       <x:c r="D266" s="15" t="s"/>
       <x:c r="E266" s="14" t="s"/>
       <x:c r="F266" s="14" t="s"/>
       <x:c r="G266" s="14" t="s">
         <x:v>354</x:v>
       </x:c>
       <x:c r="H266" s="14" t="s"/>
       <x:c r="I266" s="16" t="s">
-        <x:v>262</x:v>
+        <x:v>255</x:v>
       </x:c>
       <x:c r="J266" s="14" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="K266" s="14" t="s">
-        <x:v>435</x:v>
+        <x:v>441</x:v>
       </x:c>
       <x:c r="L266" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="M266" s="14" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="N266" s="15" t="n">
         <x:v>24049</x:v>
       </x:c>
       <x:c r="O266" s="14" t="s">
         <x:v>487</x:v>
       </x:c>
       <x:c r="P266" s="14" t="s">
         <x:v>354</x:v>
       </x:c>
       <x:c r="Q266" s="16" t="s">
-        <x:v>262</x:v>
+        <x:v>255</x:v>
       </x:c>
       <x:c r="R266" s="14" t="s">
         <x:v>355</x:v>
       </x:c>
       <x:c r="S266" s="14" t="n">
         <x:v>622102</x:v>
       </x:c>
       <x:c r="T266" s="16" t="s">
         <x:v>488</x:v>
       </x:c>
       <x:c r="U266" s="16" t="s">
         <x:v>474</x:v>
       </x:c>
     </x:row>
     <x:row r="267" spans="1:21">
       <x:c r="A267" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B267" s="0" t="s">
         <x:v>297</x:v>
       </x:c>
       <x:c r="C267" s="3" t="n">
         <x:v>36648</x:v>
       </x:c>
       <x:c r="D267" s="3" t="s"/>
@@ -17478,51 +17473,51 @@
       <x:c r="J267" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="K267" s="0" t="s">
         <x:v>119</x:v>
       </x:c>
       <x:c r="L267" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="M267" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="N267" s="3" t="n">
         <x:v>42811</x:v>
       </x:c>
       <x:c r="O267" s="0" t="s">
         <x:v>196</x:v>
       </x:c>
       <x:c r="P267" s="0" t="s">
         <x:v>103</x:v>
       </x:c>
       <x:c r="Q267" s="4" t="s">
         <x:v>104</x:v>
       </x:c>
       <x:c r="R267" s="0" t="s">
-        <x:v>293</x:v>
+        <x:v>292</x:v>
       </x:c>
       <x:c r="S267" s="0" t="n">
         <x:v>616144</x:v>
       </x:c>
       <x:c r="T267" s="4" t="s">
         <x:v>381</x:v>
       </x:c>
       <x:c r="U267" s="4" t="s">
         <x:v>489</x:v>
       </x:c>
     </x:row>
     <x:row r="268" spans="1:21">
       <x:c r="A268" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B268" s="14" t="s">
         <x:v>303</x:v>
       </x:c>
       <x:c r="C268" s="15" t="n">
         <x:v>36648</x:v>
       </x:c>
       <x:c r="D268" s="15" t="s"/>
       <x:c r="E268" s="14" t="s"/>
       <x:c r="F268" s="14" t="s"/>
       <x:c r="G268" s="14" t="s">
@@ -17535,51 +17530,51 @@
       <x:c r="J268" s="14" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="K268" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L268" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="M268" s="14" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="N268" s="15" t="n">
         <x:v>42854</x:v>
       </x:c>
       <x:c r="O268" s="14" t="s">
         <x:v>120</x:v>
       </x:c>
       <x:c r="P268" s="14" t="s">
         <x:v>103</x:v>
       </x:c>
       <x:c r="Q268" s="16" t="s">
         <x:v>104</x:v>
       </x:c>
       <x:c r="R268" s="14" t="s">
-        <x:v>293</x:v>
+        <x:v>292</x:v>
       </x:c>
       <x:c r="S268" s="14" t="n">
         <x:v>616363</x:v>
       </x:c>
       <x:c r="T268" s="16" t="s">
         <x:v>381</x:v>
       </x:c>
       <x:c r="U268" s="16" t="s">
         <x:v>489</x:v>
       </x:c>
     </x:row>
     <x:row r="269" spans="1:21">
       <x:c r="A269" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B269" s="0" t="s">
         <x:v>116</x:v>
       </x:c>
       <x:c r="C269" s="3" t="n">
         <x:v>36648</x:v>
       </x:c>
       <x:c r="D269" s="3" t="s"/>
       <x:c r="G269" s="0" t="s">
         <x:v>390</x:v>
       </x:c>
@@ -17967,278 +17962,274 @@
       <x:c r="L276" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="M276" s="14" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="N276" s="15" t="n">
         <x:v>42854</x:v>
       </x:c>
       <x:c r="O276" s="14" t="s">
         <x:v>120</x:v>
       </x:c>
       <x:c r="P276" s="14" t="s">
         <x:v>390</x:v>
       </x:c>
       <x:c r="Q276" s="16" t="s">
         <x:v>391</x:v>
       </x:c>
       <x:c r="R276" s="14" t="s">
         <x:v>326</x:v>
       </x:c>
       <x:c r="S276" s="14" t="n">
         <x:v>586798</x:v>
       </x:c>
       <x:c r="T276" s="16" t="s">
-        <x:v>397</x:v>
+        <x:v>408</x:v>
       </x:c>
       <x:c r="U276" s="16" t="s">
         <x:v>420</x:v>
       </x:c>
     </x:row>
     <x:row r="277" spans="1:21">
       <x:c r="A277" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B277" s="0" t="s">
         <x:v>205</x:v>
       </x:c>
       <x:c r="C277" s="3" t="s"/>
       <x:c r="D277" s="3" t="s"/>
       <x:c r="G277" s="0" t="s">
         <x:v>390</x:v>
       </x:c>
       <x:c r="I277" s="4" t="s">
         <x:v>391</x:v>
       </x:c>
       <x:c r="K277" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L277" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="M277" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="N277" s="3" t="n">
         <x:v>42854</x:v>
       </x:c>
       <x:c r="O277" s="0" t="s">
         <x:v>120</x:v>
       </x:c>
       <x:c r="P277" s="0" t="s">
         <x:v>390</x:v>
       </x:c>
       <x:c r="Q277" s="4" t="s">
         <x:v>391</x:v>
       </x:c>
       <x:c r="R277" s="0" t="s">
         <x:v>326</x:v>
       </x:c>
       <x:c r="S277" s="0" t="n">
         <x:v>586711</x:v>
       </x:c>
       <x:c r="T277" s="4" t="s">
-        <x:v>397</x:v>
+        <x:v>408</x:v>
       </x:c>
       <x:c r="U277" s="4" t="s">
         <x:v>430</x:v>
       </x:c>
     </x:row>
     <x:row r="278" spans="1:21">
       <x:c r="A278" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B278" s="14" t="s">
-        <x:v>398</x:v>
+        <x:v>394</x:v>
       </x:c>
       <x:c r="C278" s="15" t="n">
         <x:v>41394</x:v>
       </x:c>
       <x:c r="D278" s="15" t="s"/>
       <x:c r="E278" s="14" t="s"/>
       <x:c r="F278" s="14" t="s"/>
       <x:c r="G278" s="14" t="s">
-        <x:v>399</x:v>
+        <x:v>395</x:v>
       </x:c>
       <x:c r="H278" s="14" t="s">
-        <x:v>400</x:v>
+        <x:v>396</x:v>
       </x:c>
       <x:c r="I278" s="16" t="s">
-        <x:v>262</x:v>
+        <x:v>255</x:v>
       </x:c>
       <x:c r="J278" s="14" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="K278" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L278" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="M278" s="14" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="N278" s="15" t="n">
         <x:v>42854</x:v>
       </x:c>
       <x:c r="O278" s="14" t="s">
         <x:v>120</x:v>
       </x:c>
       <x:c r="P278" s="14" t="s">
-        <x:v>399</x:v>
+        <x:v>395</x:v>
       </x:c>
       <x:c r="Q278" s="16" t="s">
-        <x:v>262</x:v>
+        <x:v>255</x:v>
       </x:c>
       <x:c r="R278" s="14" t="s">
         <x:v>355</x:v>
       </x:c>
       <x:c r="S278" s="14" t="n">
         <x:v>602486</x:v>
       </x:c>
       <x:c r="T278" s="16" t="s">
         <x:v>460</x:v>
       </x:c>
       <x:c r="U278" s="16" t="s">
         <x:v>483</x:v>
       </x:c>
     </x:row>
     <x:row r="279" spans="1:21">
       <x:c r="A279" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B279" s="0" t="s">
-        <x:v>297</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>212</x:v>
+      </x:c>
+      <x:c r="C279" s="3" t="s"/>
       <x:c r="D279" s="3" t="s"/>
-      <x:c r="E279" s="0" t="s">
-[...4 lines deleted...]
-      </x:c>
       <x:c r="G279" s="0" t="s">
-        <x:v>299</x:v>
-[...2 lines deleted...]
-        <x:v>300</x:v>
+        <x:v>397</x:v>
       </x:c>
       <x:c r="I279" s="4" t="s">
-        <x:v>191</x:v>
-[...2 lines deleted...]
-        <x:v>64</x:v>
+        <x:v>398</x:v>
       </x:c>
       <x:c r="K279" s="0" t="s">
-        <x:v>119</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="L279" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="M279" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="N279" s="3" t="n">
-        <x:v>42811</x:v>
+        <x:v>42854</x:v>
       </x:c>
       <x:c r="O279" s="0" t="s">
-        <x:v>196</x:v>
+        <x:v>120</x:v>
       </x:c>
       <x:c r="P279" s="0" t="s">
-        <x:v>257</x:v>
+        <x:v>397</x:v>
       </x:c>
       <x:c r="Q279" s="4" t="s">
-        <x:v>59</x:v>
+        <x:v>398</x:v>
       </x:c>
       <x:c r="R279" s="0" t="s">
-        <x:v>60</x:v>
+        <x:v>399</x:v>
       </x:c>
       <x:c r="S279" s="0" t="n">
-        <x:v>616146</x:v>
+        <x:v>613541</x:v>
       </x:c>
       <x:c r="T279" s="4" t="s">
         <x:v>460</x:v>
       </x:c>
       <x:c r="U279" s="4" t="s">
-        <x:v>498</x:v>
+        <x:v>339</x:v>
       </x:c>
     </x:row>
     <x:row r="280" spans="1:21">
       <x:c r="A280" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B280" s="14" t="s">
-        <x:v>212</x:v>
-[...1 lines deleted...]
-      <x:c r="C280" s="15" t="s"/>
+        <x:v>297</x:v>
+      </x:c>
+      <x:c r="C280" s="15" t="n">
+        <x:v>36648</x:v>
+      </x:c>
       <x:c r="D280" s="15" t="s"/>
-      <x:c r="E280" s="14" t="s"/>
-      <x:c r="F280" s="14" t="s"/>
+      <x:c r="E280" s="14" t="s">
+        <x:v>298</x:v>
+      </x:c>
+      <x:c r="F280" s="14" t="s">
+        <x:v>230</x:v>
+      </x:c>
       <x:c r="G280" s="14" t="s">
-        <x:v>401</x:v>
-[...1 lines deleted...]
-      <x:c r="H280" s="14" t="s"/>
+        <x:v>299</x:v>
+      </x:c>
+      <x:c r="H280" s="14" t="s">
+        <x:v>300</x:v>
+      </x:c>
       <x:c r="I280" s="16" t="s">
-        <x:v>402</x:v>
-[...1 lines deleted...]
-      <x:c r="J280" s="14" t="s"/>
+        <x:v>191</x:v>
+      </x:c>
+      <x:c r="J280" s="14" t="s">
+        <x:v>64</x:v>
+      </x:c>
       <x:c r="K280" s="14" t="s">
-        <x:v>25</x:v>
+        <x:v>119</x:v>
       </x:c>
       <x:c r="L280" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="M280" s="14" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="N280" s="15" t="n">
-        <x:v>42854</x:v>
+        <x:v>42811</x:v>
       </x:c>
       <x:c r="O280" s="14" t="s">
-        <x:v>120</x:v>
+        <x:v>196</x:v>
       </x:c>
       <x:c r="P280" s="14" t="s">
-        <x:v>401</x:v>
+        <x:v>267</x:v>
       </x:c>
       <x:c r="Q280" s="16" t="s">
-        <x:v>402</x:v>
+        <x:v>59</x:v>
       </x:c>
       <x:c r="R280" s="14" t="s">
-        <x:v>403</x:v>
+        <x:v>60</x:v>
       </x:c>
       <x:c r="S280" s="14" t="n">
-        <x:v>613541</x:v>
+        <x:v>616146</x:v>
       </x:c>
       <x:c r="T280" s="16" t="s">
         <x:v>460</x:v>
       </x:c>
       <x:c r="U280" s="16" t="s">
-        <x:v>339</x:v>
+        <x:v>498</x:v>
       </x:c>
     </x:row>
     <x:row r="281" spans="1:21">
       <x:c r="A281" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B281" s="0" t="s">
         <x:v>205</x:v>
       </x:c>
       <x:c r="C281" s="3" t="s"/>
       <x:c r="D281" s="3" t="s"/>
       <x:c r="G281" s="0" t="s">
         <x:v>357</x:v>
       </x:c>
       <x:c r="I281" s="4" t="s">
         <x:v>358</x:v>
       </x:c>
       <x:c r="K281" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L281" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="M281" s="0" t="s">
         <x:v>55</x:v>
@@ -18403,165 +18394,165 @@
       <x:c r="J284" s="14" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="K284" s="14" t="s">
         <x:v>119</x:v>
       </x:c>
       <x:c r="L284" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="M284" s="14" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="N284" s="15" t="n">
         <x:v>42811</x:v>
       </x:c>
       <x:c r="O284" s="14" t="s">
         <x:v>196</x:v>
       </x:c>
       <x:c r="P284" s="14" t="s">
         <x:v>348</x:v>
       </x:c>
       <x:c r="Q284" s="16" t="s">
         <x:v>349</x:v>
       </x:c>
       <x:c r="R284" s="14" t="s">
-        <x:v>403</x:v>
+        <x:v>399</x:v>
       </x:c>
       <x:c r="S284" s="14" t="n">
         <x:v>616891</x:v>
       </x:c>
       <x:c r="T284" s="16" t="s">
         <x:v>484</x:v>
       </x:c>
       <x:c r="U284" s="16" t="s">
         <x:v>143</x:v>
       </x:c>
     </x:row>
     <x:row r="285" spans="1:21">
       <x:c r="A285" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B285" s="0" t="s">
         <x:v>116</x:v>
       </x:c>
       <x:c r="C285" s="3" t="n">
         <x:v>36648</x:v>
       </x:c>
       <x:c r="D285" s="3" t="s"/>
       <x:c r="G285" s="0" t="s">
-        <x:v>394</x:v>
+        <x:v>357</x:v>
       </x:c>
       <x:c r="I285" s="4" t="s">
-        <x:v>395</x:v>
+        <x:v>358</x:v>
       </x:c>
       <x:c r="J285" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="K285" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L285" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="M285" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="N285" s="3" t="n">
         <x:v>42854</x:v>
       </x:c>
       <x:c r="O285" s="0" t="s">
         <x:v>120</x:v>
       </x:c>
       <x:c r="P285" s="0" t="s">
-        <x:v>394</x:v>
+        <x:v>357</x:v>
       </x:c>
       <x:c r="Q285" s="4" t="s">
-        <x:v>395</x:v>
+        <x:v>358</x:v>
       </x:c>
       <x:c r="R285" s="0" t="s">
-        <x:v>396</x:v>
+        <x:v>359</x:v>
       </x:c>
       <x:c r="S285" s="0" t="n">
-        <x:v>616922</x:v>
+        <x:v>606638</x:v>
       </x:c>
       <x:c r="T285" s="4" t="s">
         <x:v>484</x:v>
       </x:c>
       <x:c r="U285" s="4" t="s">
         <x:v>501</x:v>
       </x:c>
     </x:row>
     <x:row r="286" spans="1:21">
       <x:c r="A286" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B286" s="14" t="s">
         <x:v>116</x:v>
       </x:c>
       <x:c r="C286" s="15" t="n">
         <x:v>36648</x:v>
       </x:c>
       <x:c r="D286" s="15" t="s"/>
       <x:c r="E286" s="14" t="s"/>
       <x:c r="F286" s="14" t="s"/>
       <x:c r="G286" s="14" t="s">
-        <x:v>357</x:v>
+        <x:v>405</x:v>
       </x:c>
       <x:c r="H286" s="14" t="s"/>
       <x:c r="I286" s="16" t="s">
-        <x:v>358</x:v>
+        <x:v>406</x:v>
       </x:c>
       <x:c r="J286" s="14" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="K286" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L286" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="M286" s="14" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="N286" s="15" t="n">
         <x:v>42854</x:v>
       </x:c>
       <x:c r="O286" s="14" t="s">
         <x:v>120</x:v>
       </x:c>
       <x:c r="P286" s="14" t="s">
-        <x:v>357</x:v>
+        <x:v>405</x:v>
       </x:c>
       <x:c r="Q286" s="16" t="s">
-        <x:v>358</x:v>
+        <x:v>406</x:v>
       </x:c>
       <x:c r="R286" s="14" t="s">
-        <x:v>359</x:v>
+        <x:v>407</x:v>
       </x:c>
       <x:c r="S286" s="14" t="n">
-        <x:v>606638</x:v>
+        <x:v>616922</x:v>
       </x:c>
       <x:c r="T286" s="16" t="s">
         <x:v>484</x:v>
       </x:c>
       <x:c r="U286" s="16" t="s">
         <x:v>502</x:v>
       </x:c>
     </x:row>
     <x:row r="287" spans="1:21">
       <x:c r="A287" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B287" s="0" t="s">
         <x:v>416</x:v>
       </x:c>
       <x:c r="C287" s="3" t="s"/>
       <x:c r="D287" s="3" t="s"/>
       <x:c r="G287" s="0" t="s">
         <x:v>417</x:v>
       </x:c>
       <x:c r="I287" s="4" t="s">
         <x:v>418</x:v>
       </x:c>
       <x:c r="K287" s="0" t="s">
         <x:v>25</x:v>
@@ -18640,134 +18631,134 @@
       <x:c r="R288" s="14" t="s">
         <x:v>216</x:v>
       </x:c>
       <x:c r="S288" s="14" t="n">
         <x:v>602301</x:v>
       </x:c>
       <x:c r="T288" s="16" t="s">
         <x:v>484</x:v>
       </x:c>
       <x:c r="U288" s="16" t="s">
         <x:v>503</x:v>
       </x:c>
     </x:row>
     <x:row r="289" spans="1:21">
       <x:c r="A289" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B289" s="0" t="s">
         <x:v>116</x:v>
       </x:c>
       <x:c r="C289" s="3" t="n">
         <x:v>36648</x:v>
       </x:c>
       <x:c r="D289" s="3" t="s"/>
       <x:c r="G289" s="0" t="s">
-        <x:v>394</x:v>
+        <x:v>405</x:v>
       </x:c>
       <x:c r="I289" s="4" t="s">
-        <x:v>395</x:v>
+        <x:v>406</x:v>
       </x:c>
       <x:c r="J289" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="K289" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L289" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="M289" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="N289" s="3" t="n">
         <x:v>42854</x:v>
       </x:c>
       <x:c r="O289" s="0" t="s">
         <x:v>120</x:v>
       </x:c>
       <x:c r="P289" s="0" t="s">
-        <x:v>394</x:v>
+        <x:v>405</x:v>
       </x:c>
       <x:c r="Q289" s="4" t="s">
-        <x:v>395</x:v>
+        <x:v>406</x:v>
       </x:c>
       <x:c r="R289" s="0" t="s">
-        <x:v>396</x:v>
+        <x:v>407</x:v>
       </x:c>
       <x:c r="S289" s="0" t="n">
         <x:v>617098</x:v>
       </x:c>
       <x:c r="T289" s="4" t="s">
         <x:v>484</x:v>
       </x:c>
       <x:c r="U289" s="4" t="s">
-        <x:v>501</x:v>
+        <x:v>502</x:v>
       </x:c>
     </x:row>
     <x:row r="290" spans="1:21">
       <x:c r="A290" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B290" s="14" t="s">
         <x:v>205</x:v>
       </x:c>
       <x:c r="C290" s="15" t="s"/>
       <x:c r="D290" s="15" t="s"/>
       <x:c r="E290" s="14" t="s"/>
       <x:c r="F290" s="14" t="s"/>
       <x:c r="G290" s="14" t="s">
-        <x:v>394</x:v>
+        <x:v>405</x:v>
       </x:c>
       <x:c r="H290" s="14" t="s"/>
       <x:c r="I290" s="16" t="s">
-        <x:v>395</x:v>
+        <x:v>406</x:v>
       </x:c>
       <x:c r="J290" s="14" t="s"/>
       <x:c r="K290" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L290" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="M290" s="14" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="N290" s="15" t="n">
         <x:v>42854</x:v>
       </x:c>
       <x:c r="O290" s="14" t="s">
         <x:v>120</x:v>
       </x:c>
       <x:c r="P290" s="14" t="s">
-        <x:v>394</x:v>
+        <x:v>405</x:v>
       </x:c>
       <x:c r="Q290" s="16" t="s">
-        <x:v>395</x:v>
+        <x:v>406</x:v>
       </x:c>
       <x:c r="R290" s="14" t="s">
-        <x:v>396</x:v>
+        <x:v>407</x:v>
       </x:c>
       <x:c r="S290" s="14" t="n">
         <x:v>605431</x:v>
       </x:c>
       <x:c r="T290" s="16" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="U290" s="16" t="s">
         <x:v>482</x:v>
       </x:c>
     </x:row>
     <x:row r="291" spans="1:21">
       <x:c r="A291" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B291" s="0" t="s">
         <x:v>416</x:v>
       </x:c>
       <x:c r="C291" s="3" t="s"/>
       <x:c r="D291" s="3" t="s"/>
       <x:c r="G291" s="0" t="s">
         <x:v>417</x:v>
       </x:c>
       <x:c r="I291" s="4" t="s">
         <x:v>418</x:v>
@@ -18778,203 +18769,203 @@
       <x:c r="L291" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="M291" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="N291" s="3" t="n">
         <x:v>42872</x:v>
       </x:c>
       <x:c r="O291" s="0" t="s">
         <x:v>130</x:v>
       </x:c>
       <x:c r="P291" s="0" t="s">
         <x:v>417</x:v>
       </x:c>
       <x:c r="Q291" s="4" t="s">
         <x:v>418</x:v>
       </x:c>
       <x:c r="R291" s="0" t="s">
         <x:v>448</x:v>
       </x:c>
       <x:c r="S291" s="0" t="n">
         <x:v>619911</x:v>
       </x:c>
       <x:c r="T291" s="4" t="s">
-        <x:v>433</x:v>
+        <x:v>439</x:v>
       </x:c>
       <x:c r="U291" s="4" t="s">
-        <x:v>433</x:v>
+        <x:v>439</x:v>
       </x:c>
     </x:row>
     <x:row r="292" spans="1:21">
       <x:c r="A292" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B292" s="14" t="s">
         <x:v>447</x:v>
       </x:c>
       <x:c r="C292" s="15" t="s"/>
       <x:c r="D292" s="15" t="s"/>
       <x:c r="E292" s="14" t="s"/>
       <x:c r="F292" s="14" t="s"/>
       <x:c r="G292" s="14" t="s">
         <x:v>417</x:v>
       </x:c>
       <x:c r="H292" s="14" t="s"/>
       <x:c r="I292" s="16" t="s">
         <x:v>418</x:v>
       </x:c>
       <x:c r="J292" s="14" t="s"/>
       <x:c r="K292" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L292" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="M292" s="14" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="N292" s="15" t="n">
         <x:v>42872</x:v>
       </x:c>
       <x:c r="O292" s="14" t="s">
         <x:v>130</x:v>
       </x:c>
       <x:c r="P292" s="14" t="s">
         <x:v>417</x:v>
       </x:c>
       <x:c r="Q292" s="16" t="s">
         <x:v>418</x:v>
       </x:c>
       <x:c r="R292" s="14" t="s">
         <x:v>448</x:v>
       </x:c>
       <x:c r="S292" s="14" t="n">
         <x:v>619916</x:v>
       </x:c>
       <x:c r="T292" s="16" t="s">
-        <x:v>433</x:v>
+        <x:v>439</x:v>
       </x:c>
       <x:c r="U292" s="16" t="s">
-        <x:v>433</x:v>
+        <x:v>439</x:v>
       </x:c>
     </x:row>
     <x:row r="293" spans="1:21">
       <x:c r="A293" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B293" s="0" t="s">
         <x:v>212</x:v>
       </x:c>
       <x:c r="C293" s="3" t="s"/>
       <x:c r="D293" s="3" t="s"/>
       <x:c r="G293" s="0" t="s">
-        <x:v>401</x:v>
+        <x:v>397</x:v>
       </x:c>
       <x:c r="I293" s="4" t="s">
-        <x:v>402</x:v>
+        <x:v>398</x:v>
       </x:c>
       <x:c r="K293" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L293" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="M293" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="N293" s="3" t="n">
         <x:v>42854</x:v>
       </x:c>
       <x:c r="O293" s="0" t="s">
         <x:v>120</x:v>
       </x:c>
       <x:c r="P293" s="0" t="s">
-        <x:v>401</x:v>
+        <x:v>397</x:v>
       </x:c>
       <x:c r="Q293" s="4" t="s">
-        <x:v>402</x:v>
+        <x:v>398</x:v>
       </x:c>
       <x:c r="R293" s="0" t="s">
-        <x:v>403</x:v>
+        <x:v>399</x:v>
       </x:c>
       <x:c r="S293" s="0" t="n">
         <x:v>613542</x:v>
       </x:c>
       <x:c r="T293" s="4" t="s">
-        <x:v>433</x:v>
+        <x:v>439</x:v>
       </x:c>
       <x:c r="U293" s="4" t="s">
         <x:v>490</x:v>
       </x:c>
     </x:row>
     <x:row r="294" spans="1:21">
       <x:c r="A294" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B294" s="14" t="s">
-        <x:v>398</x:v>
+        <x:v>394</x:v>
       </x:c>
       <x:c r="C294" s="15" t="n">
         <x:v>41394</x:v>
       </x:c>
       <x:c r="D294" s="15" t="s"/>
       <x:c r="E294" s="14" t="s"/>
       <x:c r="F294" s="14" t="s"/>
       <x:c r="G294" s="14" t="s">
-        <x:v>399</x:v>
+        <x:v>395</x:v>
       </x:c>
       <x:c r="H294" s="14" t="s">
-        <x:v>400</x:v>
+        <x:v>396</x:v>
       </x:c>
       <x:c r="I294" s="16" t="s">
-        <x:v>262</x:v>
+        <x:v>255</x:v>
       </x:c>
       <x:c r="J294" s="14" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="K294" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L294" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="M294" s="14" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="N294" s="15" t="n">
         <x:v>42854</x:v>
       </x:c>
       <x:c r="O294" s="14" t="s">
         <x:v>120</x:v>
       </x:c>
       <x:c r="P294" s="14" t="s">
-        <x:v>399</x:v>
+        <x:v>395</x:v>
       </x:c>
       <x:c r="Q294" s="16" t="s">
-        <x:v>262</x:v>
+        <x:v>255</x:v>
       </x:c>
       <x:c r="R294" s="14" t="s">
         <x:v>355</x:v>
       </x:c>
       <x:c r="S294" s="14" t="n">
         <x:v>623954</x:v>
       </x:c>
       <x:c r="T294" s="16" t="s">
         <x:v>432</x:v>
       </x:c>
       <x:c r="U294" s="16" t="s">
         <x:v>490</x:v>
       </x:c>
     </x:row>
     <x:row r="295" spans="1:21">
       <x:c r="A295" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B295" s="0" t="s">
         <x:v>205</x:v>
       </x:c>
       <x:c r="C295" s="3" t="s"/>
       <x:c r="D295" s="3" t="s"/>
       <x:c r="G295" s="0" t="s">
         <x:v>357</x:v>
@@ -19163,78 +19154,78 @@
         <x:v>418</x:v>
       </x:c>
       <x:c r="R298" s="14" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="S298" s="14" t="n">
         <x:v>619905</x:v>
       </x:c>
       <x:c r="T298" s="16" t="s">
         <x:v>415</x:v>
       </x:c>
       <x:c r="U298" s="16" t="s">
         <x:v>415</x:v>
       </x:c>
     </x:row>
     <x:row r="299" spans="1:21">
       <x:c r="A299" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B299" s="0" t="s">
         <x:v>205</x:v>
       </x:c>
       <x:c r="C299" s="3" t="s"/>
       <x:c r="D299" s="3" t="s"/>
       <x:c r="G299" s="0" t="s">
-        <x:v>394</x:v>
+        <x:v>405</x:v>
       </x:c>
       <x:c r="I299" s="4" t="s">
-        <x:v>395</x:v>
+        <x:v>406</x:v>
       </x:c>
       <x:c r="K299" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L299" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="M299" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="N299" s="3" t="n">
         <x:v>42854</x:v>
       </x:c>
       <x:c r="O299" s="0" t="s">
         <x:v>120</x:v>
       </x:c>
       <x:c r="P299" s="0" t="s">
-        <x:v>394</x:v>
+        <x:v>405</x:v>
       </x:c>
       <x:c r="Q299" s="4" t="s">
-        <x:v>395</x:v>
+        <x:v>406</x:v>
       </x:c>
       <x:c r="R299" s="0" t="s">
-        <x:v>396</x:v>
+        <x:v>407</x:v>
       </x:c>
       <x:c r="S299" s="0" t="n">
         <x:v>605432</x:v>
       </x:c>
       <x:c r="T299" s="4" t="s">
         <x:v>507</x:v>
       </x:c>
       <x:c r="U299" s="4" t="s">
         <x:v>454</x:v>
       </x:c>
     </x:row>
     <x:row r="300" spans="1:21">
       <x:c r="A300" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B300" s="14" t="s">
         <x:v>205</x:v>
       </x:c>
       <x:c r="C300" s="15" t="s"/>
       <x:c r="D300" s="15" t="s"/>
       <x:c r="E300" s="14" t="s"/>
       <x:c r="F300" s="14" t="s"/>
       <x:c r="G300" s="14" t="s">
         <x:v>357</x:v>
       </x:c>
@@ -19265,78 +19256,78 @@
         <x:v>358</x:v>
       </x:c>
       <x:c r="R300" s="14" t="s">
         <x:v>359</x:v>
       </x:c>
       <x:c r="S300" s="14" t="n">
         <x:v>622578</x:v>
       </x:c>
       <x:c r="T300" s="16" t="s">
         <x:v>507</x:v>
       </x:c>
       <x:c r="U300" s="16" t="s">
         <x:v>454</x:v>
       </x:c>
     </x:row>
     <x:row r="301" spans="1:21">
       <x:c r="A301" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B301" s="0" t="s">
         <x:v>212</x:v>
       </x:c>
       <x:c r="C301" s="3" t="s"/>
       <x:c r="D301" s="3" t="s"/>
       <x:c r="G301" s="0" t="s">
-        <x:v>401</x:v>
+        <x:v>397</x:v>
       </x:c>
       <x:c r="I301" s="4" t="s">
-        <x:v>402</x:v>
+        <x:v>398</x:v>
       </x:c>
       <x:c r="K301" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L301" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="M301" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="N301" s="3" t="n">
         <x:v>42854</x:v>
       </x:c>
       <x:c r="O301" s="0" t="s">
         <x:v>120</x:v>
       </x:c>
       <x:c r="P301" s="0" t="s">
-        <x:v>401</x:v>
+        <x:v>397</x:v>
       </x:c>
       <x:c r="Q301" s="4" t="s">
-        <x:v>402</x:v>
+        <x:v>398</x:v>
       </x:c>
       <x:c r="R301" s="0" t="s">
-        <x:v>403</x:v>
+        <x:v>399</x:v>
       </x:c>
       <x:c r="S301" s="0" t="n">
         <x:v>613543</x:v>
       </x:c>
       <x:c r="T301" s="4" t="s">
         <x:v>328</x:v>
       </x:c>
       <x:c r="U301" s="4" t="s">
         <x:v>500</x:v>
       </x:c>
     </x:row>
     <x:row r="302" spans="1:21">
       <x:c r="A302" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B302" s="14" t="s">
         <x:v>116</x:v>
       </x:c>
       <x:c r="C302" s="15" t="n">
         <x:v>36648</x:v>
       </x:c>
       <x:c r="D302" s="15" t="s"/>
       <x:c r="E302" s="14" t="s"/>
       <x:c r="F302" s="14" t="s"/>
       <x:c r="G302" s="14" t="s">
@@ -19422,80 +19413,80 @@
       <x:c r="R303" s="0" t="s">
         <x:v>359</x:v>
       </x:c>
       <x:c r="S303" s="0" t="n">
         <x:v>622592</x:v>
       </x:c>
       <x:c r="T303" s="4" t="s">
         <x:v>122</x:v>
       </x:c>
       <x:c r="U303" s="4" t="s">
         <x:v>500</x:v>
       </x:c>
     </x:row>
     <x:row r="304" spans="1:21">
       <x:c r="A304" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B304" s="14" t="s">
         <x:v>212</x:v>
       </x:c>
       <x:c r="C304" s="15" t="s"/>
       <x:c r="D304" s="15" t="s"/>
       <x:c r="E304" s="14" t="s"/>
       <x:c r="F304" s="14" t="s"/>
       <x:c r="G304" s="14" t="s">
-        <x:v>401</x:v>
+        <x:v>397</x:v>
       </x:c>
       <x:c r="H304" s="14" t="s"/>
       <x:c r="I304" s="16" t="s">
-        <x:v>402</x:v>
+        <x:v>398</x:v>
       </x:c>
       <x:c r="J304" s="14" t="s"/>
       <x:c r="K304" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L304" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="M304" s="14" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="N304" s="15" t="n">
         <x:v>42854</x:v>
       </x:c>
       <x:c r="O304" s="14" t="s">
         <x:v>120</x:v>
       </x:c>
       <x:c r="P304" s="14" t="s">
-        <x:v>401</x:v>
+        <x:v>397</x:v>
       </x:c>
       <x:c r="Q304" s="16" t="s">
-        <x:v>402</x:v>
+        <x:v>398</x:v>
       </x:c>
       <x:c r="R304" s="14" t="s">
-        <x:v>403</x:v>
+        <x:v>399</x:v>
       </x:c>
       <x:c r="S304" s="14" t="n">
         <x:v>613544</x:v>
       </x:c>
       <x:c r="T304" s="16" t="s">
         <x:v>508</x:v>
       </x:c>
       <x:c r="U304" s="16" t="s">
         <x:v>509</x:v>
       </x:c>
     </x:row>
     <x:row r="305" spans="1:21">
       <x:c r="A305" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B305" s="0" t="s">
         <x:v>205</x:v>
       </x:c>
       <x:c r="C305" s="3" t="s"/>
       <x:c r="D305" s="3" t="s"/>
       <x:c r="G305" s="0" t="s">
         <x:v>357</x:v>
       </x:c>
       <x:c r="I305" s="4" t="s">
         <x:v>358</x:v>
@@ -19575,78 +19566,78 @@
         <x:v>358</x:v>
       </x:c>
       <x:c r="R306" s="14" t="s">
         <x:v>359</x:v>
       </x:c>
       <x:c r="S306" s="14" t="n">
         <x:v>622593</x:v>
       </x:c>
       <x:c r="T306" s="16" t="s">
         <x:v>510</x:v>
       </x:c>
       <x:c r="U306" s="16" t="s">
         <x:v>511</x:v>
       </x:c>
     </x:row>
     <x:row r="307" spans="1:21">
       <x:c r="A307" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B307" s="0" t="s">
         <x:v>212</x:v>
       </x:c>
       <x:c r="C307" s="3" t="s"/>
       <x:c r="D307" s="3" t="s"/>
       <x:c r="G307" s="0" t="s">
-        <x:v>401</x:v>
+        <x:v>397</x:v>
       </x:c>
       <x:c r="I307" s="4" t="s">
-        <x:v>402</x:v>
+        <x:v>398</x:v>
       </x:c>
       <x:c r="K307" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L307" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="M307" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="N307" s="3" t="n">
         <x:v>42854</x:v>
       </x:c>
       <x:c r="O307" s="0" t="s">
         <x:v>120</x:v>
       </x:c>
       <x:c r="P307" s="0" t="s">
-        <x:v>401</x:v>
+        <x:v>397</x:v>
       </x:c>
       <x:c r="Q307" s="4" t="s">
-        <x:v>402</x:v>
+        <x:v>398</x:v>
       </x:c>
       <x:c r="R307" s="0" t="s">
-        <x:v>403</x:v>
+        <x:v>399</x:v>
       </x:c>
       <x:c r="S307" s="0" t="n">
         <x:v>613545</x:v>
       </x:c>
       <x:c r="T307" s="4" t="s">
         <x:v>512</x:v>
       </x:c>
       <x:c r="U307" s="4" t="s">
         <x:v>513</x:v>
       </x:c>
     </x:row>
     <x:row r="308" spans="1:21">
       <x:c r="A308" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B308" s="14" t="s">
         <x:v>116</x:v>
       </x:c>
       <x:c r="C308" s="15" t="n">
         <x:v>36648</x:v>
       </x:c>
       <x:c r="D308" s="15" t="s"/>
       <x:c r="E308" s="14" t="s"/>
       <x:c r="F308" s="14" t="s"/>
       <x:c r="G308" s="14" t="s">
@@ -19732,80 +19723,80 @@
       <x:c r="R309" s="0" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="S309" s="0" t="n">
         <x:v>619906</x:v>
       </x:c>
       <x:c r="T309" s="4" t="s">
         <x:v>512</x:v>
       </x:c>
       <x:c r="U309" s="4" t="s">
         <x:v>512</x:v>
       </x:c>
     </x:row>
     <x:row r="310" spans="1:21">
       <x:c r="A310" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B310" s="14" t="s">
         <x:v>205</x:v>
       </x:c>
       <x:c r="C310" s="15" t="s"/>
       <x:c r="D310" s="15" t="s"/>
       <x:c r="E310" s="14" t="s"/>
       <x:c r="F310" s="14" t="s"/>
       <x:c r="G310" s="14" t="s">
-        <x:v>394</x:v>
+        <x:v>405</x:v>
       </x:c>
       <x:c r="H310" s="14" t="s"/>
       <x:c r="I310" s="16" t="s">
-        <x:v>395</x:v>
+        <x:v>406</x:v>
       </x:c>
       <x:c r="J310" s="14" t="s"/>
       <x:c r="K310" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L310" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="M310" s="14" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="N310" s="15" t="n">
         <x:v>42854</x:v>
       </x:c>
       <x:c r="O310" s="14" t="s">
         <x:v>120</x:v>
       </x:c>
       <x:c r="P310" s="14" t="s">
-        <x:v>394</x:v>
+        <x:v>405</x:v>
       </x:c>
       <x:c r="Q310" s="16" t="s">
-        <x:v>395</x:v>
+        <x:v>406</x:v>
       </x:c>
       <x:c r="R310" s="14" t="s">
-        <x:v>396</x:v>
+        <x:v>407</x:v>
       </x:c>
       <x:c r="S310" s="14" t="n">
         <x:v>605433</x:v>
       </x:c>
       <x:c r="T310" s="16" t="s">
         <x:v>515</x:v>
       </x:c>
       <x:c r="U310" s="16" t="s">
         <x:v>513</x:v>
       </x:c>
     </x:row>
     <x:row r="311" spans="1:21">
       <x:c r="A311" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B311" s="0" t="s">
         <x:v>205</x:v>
       </x:c>
       <x:c r="C311" s="3" t="s"/>
       <x:c r="D311" s="3" t="s"/>
       <x:c r="G311" s="0" t="s">
         <x:v>357</x:v>
       </x:c>
       <x:c r="I311" s="4" t="s">
         <x:v>358</x:v>
@@ -20599,51 +20590,51 @@
       <x:c r="J325" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="K325" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="L325" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="M325" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="N325" s="3" t="n">
         <x:v>32154</x:v>
       </x:c>
       <x:c r="O325" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="P325" s="0" t="s">
         <x:v>542</x:v>
       </x:c>
       <x:c r="Q325" s="4" t="s">
         <x:v>543</x:v>
       </x:c>
       <x:c r="R325" s="0" t="s">
-        <x:v>374</x:v>
+        <x:v>373</x:v>
       </x:c>
       <x:c r="S325" s="0" t="n">
         <x:v>601753</x:v>
       </x:c>
       <x:c r="T325" s="4" t="s">
         <x:v>520</x:v>
       </x:c>
       <x:c r="U325" s="4" t="s">
         <x:v>544</x:v>
       </x:c>
     </x:row>
     <x:row r="326" spans="1:21">
       <x:c r="A326" s="13" t="s">
         <x:v>516</x:v>
       </x:c>
       <x:c r="B326" s="14" t="s">
         <x:v>529</x:v>
       </x:c>
       <x:c r="C326" s="15" t="n">
         <x:v>39133</x:v>
       </x:c>
       <x:c r="D326" s="15" t="s"/>
       <x:c r="E326" s="14" t="s"/>
       <x:c r="F326" s="14" t="s"/>
       <x:c r="G326" s="14" t="s">
@@ -21083,75 +21074,75 @@
       <x:c r="T333" s="4" t="s">
         <x:v>520</x:v>
       </x:c>
       <x:c r="U333" s="4" t="s">
         <x:v>551</x:v>
       </x:c>
     </x:row>
     <x:row r="334" spans="1:21">
       <x:c r="A334" s="13" t="s">
         <x:v>516</x:v>
       </x:c>
       <x:c r="B334" s="14" t="s">
         <x:v>471</x:v>
       </x:c>
       <x:c r="C334" s="15" t="n">
         <x:v>38226</x:v>
       </x:c>
       <x:c r="D334" s="15" t="s"/>
       <x:c r="E334" s="14" t="s"/>
       <x:c r="F334" s="14" t="s"/>
       <x:c r="G334" s="14" t="s">
         <x:v>552</x:v>
       </x:c>
       <x:c r="H334" s="14" t="s"/>
       <x:c r="I334" s="16" t="s">
-        <x:v>146</x:v>
+        <x:v>147</x:v>
       </x:c>
       <x:c r="J334" s="14" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="K334" s="14" t="s">
         <x:v>215</x:v>
       </x:c>
       <x:c r="L334" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="M334" s="14" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="N334" s="15" t="n">
         <x:v>42822</x:v>
       </x:c>
       <x:c r="O334" s="14" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="P334" s="14" t="s">
         <x:v>552</x:v>
       </x:c>
       <x:c r="Q334" s="16" t="s">
-        <x:v>146</x:v>
+        <x:v>147</x:v>
       </x:c>
       <x:c r="R334" s="14" t="s">
         <x:v>553</x:v>
       </x:c>
       <x:c r="S334" s="14" t="n">
         <x:v>596891</x:v>
       </x:c>
       <x:c r="T334" s="16" t="s">
         <x:v>520</x:v>
       </x:c>
       <x:c r="U334" s="16" t="s">
         <x:v>521</x:v>
       </x:c>
     </x:row>
     <x:row r="335" spans="1:21">
       <x:c r="A335" s="1" t="s">
         <x:v>516</x:v>
       </x:c>
       <x:c r="B335" s="0" t="s">
         <x:v>517</x:v>
       </x:c>
       <x:c r="C335" s="3" t="n">
         <x:v>41000</x:v>
       </x:c>
       <x:c r="D335" s="3" t="s"/>
@@ -21289,482 +21280,482 @@
       </x:c>
       <x:c r="O337" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="P337" s="0" t="s">
         <x:v>536</x:v>
       </x:c>
       <x:c r="Q337" s="4" t="s">
         <x:v>537</x:v>
       </x:c>
       <x:c r="R337" s="0" t="s">
         <x:v>538</x:v>
       </x:c>
       <x:c r="S337" s="0" t="n">
         <x:v>596888</x:v>
       </x:c>
       <x:c r="T337" s="4" t="s">
         <x:v>520</x:v>
       </x:c>
       <x:c r="U337" s="4" t="s">
         <x:v>521</x:v>
       </x:c>
     </x:row>
     <x:row r="338" spans="1:21">
       <x:c r="A338" s="13" t="s">
-        <x:v>516</x:v>
+        <x:v>32</x:v>
       </x:c>
       <x:c r="B338" s="14" t="s">
-        <x:v>471</x:v>
+        <x:v>522</x:v>
       </x:c>
       <x:c r="C338" s="15" t="n">
-        <x:v>38226</x:v>
+        <x:v>41352</x:v>
       </x:c>
       <x:c r="D338" s="15" t="s"/>
-      <x:c r="E338" s="14" t="s"/>
+      <x:c r="E338" s="14" t="s">
+        <x:v>34</x:v>
+      </x:c>
       <x:c r="F338" s="14" t="s"/>
       <x:c r="G338" s="14" t="s">
-        <x:v>530</x:v>
+        <x:v>46</x:v>
       </x:c>
       <x:c r="H338" s="14" t="s"/>
       <x:c r="I338" s="16" t="s">
-        <x:v>59</x:v>
+        <x:v>47</x:v>
       </x:c>
       <x:c r="J338" s="14" t="s">
-        <x:v>64</x:v>
+        <x:v>48</x:v>
       </x:c>
       <x:c r="K338" s="14" t="s">
-        <x:v>215</x:v>
+        <x:v>38</x:v>
       </x:c>
       <x:c r="L338" s="14" t="s">
-        <x:v>39</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="M338" s="14" t="s">
-        <x:v>55</x:v>
+        <x:v>40</x:v>
       </x:c>
       <x:c r="N338" s="15" t="n">
-        <x:v>42822</x:v>
+        <x:v>32054</x:v>
       </x:c>
       <x:c r="O338" s="14" t="s">
-        <x:v>56</x:v>
+        <x:v>49</x:v>
       </x:c>
       <x:c r="P338" s="14" t="s">
-        <x:v>530</x:v>
+        <x:v>46</x:v>
       </x:c>
       <x:c r="Q338" s="16" t="s">
-        <x:v>59</x:v>
+        <x:v>47</x:v>
       </x:c>
       <x:c r="R338" s="14" t="s">
-        <x:v>60</x:v>
+        <x:v>50</x:v>
       </x:c>
       <x:c r="S338" s="14" t="n">
-        <x:v>596889</x:v>
+        <x:v>607835</x:v>
       </x:c>
       <x:c r="T338" s="16" t="s">
         <x:v>520</x:v>
       </x:c>
       <x:c r="U338" s="16" t="s">
-        <x:v>521</x:v>
+        <x:v>137</x:v>
       </x:c>
     </x:row>
     <x:row r="339" spans="1:21">
       <x:c r="A339" s="1" t="s">
         <x:v>516</x:v>
       </x:c>
       <x:c r="B339" s="0" t="s">
-        <x:v>471</x:v>
+        <x:v>529</x:v>
       </x:c>
       <x:c r="C339" s="3" t="n">
-        <x:v>38226</x:v>
+        <x:v>39133</x:v>
       </x:c>
       <x:c r="D339" s="3" t="s"/>
       <x:c r="G339" s="0" t="s">
-        <x:v>539</x:v>
+        <x:v>555</x:v>
       </x:c>
       <x:c r="I339" s="4" t="s">
-        <x:v>36</x:v>
+        <x:v>556</x:v>
       </x:c>
       <x:c r="J339" s="0" t="s">
-        <x:v>64</x:v>
+        <x:v>37</x:v>
       </x:c>
       <x:c r="K339" s="0" t="s">
         <x:v>215</x:v>
       </x:c>
       <x:c r="L339" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="M339" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="N339" s="3" t="n">
-        <x:v>42822</x:v>
+        <x:v>42803</x:v>
       </x:c>
       <x:c r="O339" s="0" t="s">
-        <x:v>56</x:v>
+        <x:v>41</x:v>
       </x:c>
       <x:c r="P339" s="0" t="s">
-        <x:v>539</x:v>
+        <x:v>555</x:v>
       </x:c>
       <x:c r="Q339" s="4" t="s">
-        <x:v>36</x:v>
+        <x:v>556</x:v>
       </x:c>
       <x:c r="R339" s="0" t="s">
-        <x:v>42</x:v>
+        <x:v>557</x:v>
       </x:c>
       <x:c r="S339" s="0" t="n">
-        <x:v>596892</x:v>
+        <x:v>595116</x:v>
       </x:c>
       <x:c r="T339" s="4" t="s">
         <x:v>520</x:v>
       </x:c>
       <x:c r="U339" s="4" t="s">
-        <x:v>521</x:v>
+        <x:v>531</x:v>
       </x:c>
     </x:row>
     <x:row r="340" spans="1:21">
       <x:c r="A340" s="13" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="B340" s="14" t="s">
-        <x:v>522</x:v>
+        <x:v>61</x:v>
       </x:c>
       <x:c r="C340" s="15" t="n">
-        <x:v>41352</x:v>
+        <x:v>41000</x:v>
       </x:c>
       <x:c r="D340" s="15" t="s"/>
       <x:c r="E340" s="14" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="F340" s="14" t="s"/>
       <x:c r="G340" s="14" t="s">
-        <x:v>46</x:v>
+        <x:v>82</x:v>
       </x:c>
       <x:c r="H340" s="14" t="s"/>
       <x:c r="I340" s="16" t="s">
-        <x:v>47</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="J340" s="14" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="K340" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="L340" s="14" t="s">
-        <x:v>26</x:v>
+        <x:v>39</x:v>
       </x:c>
       <x:c r="M340" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="N340" s="15" t="n">
-        <x:v>32054</x:v>
+        <x:v>32154</x:v>
       </x:c>
       <x:c r="O340" s="14" t="s">
-        <x:v>49</x:v>
+        <x:v>62</x:v>
       </x:c>
       <x:c r="P340" s="14" t="s">
-        <x:v>46</x:v>
+        <x:v>84</x:v>
       </x:c>
       <x:c r="Q340" s="16" t="s">
-        <x:v>47</x:v>
+        <x:v>54</x:v>
       </x:c>
       <x:c r="R340" s="14" t="s">
-        <x:v>50</x:v>
+        <x:v>85</x:v>
       </x:c>
       <x:c r="S340" s="14" t="n">
-        <x:v>607835</x:v>
+        <x:v>599872</x:v>
       </x:c>
       <x:c r="T340" s="16" t="s">
         <x:v>520</x:v>
       </x:c>
       <x:c r="U340" s="16" t="s">
-        <x:v>137</x:v>
+        <x:v>521</x:v>
       </x:c>
     </x:row>
     <x:row r="341" spans="1:21">
       <x:c r="A341" s="1" t="s">
         <x:v>516</x:v>
       </x:c>
       <x:c r="B341" s="0" t="s">
         <x:v>529</x:v>
       </x:c>
       <x:c r="C341" s="3" t="n">
         <x:v>39133</x:v>
       </x:c>
       <x:c r="D341" s="3" t="s"/>
       <x:c r="G341" s="0" t="s">
-        <x:v>555</x:v>
+        <x:v>558</x:v>
       </x:c>
       <x:c r="I341" s="4" t="s">
-        <x:v>556</x:v>
+        <x:v>140</x:v>
       </x:c>
       <x:c r="J341" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="K341" s="0" t="s">
         <x:v>215</x:v>
       </x:c>
       <x:c r="L341" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="M341" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="N341" s="3" t="n">
         <x:v>42803</x:v>
       </x:c>
       <x:c r="O341" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="P341" s="0" t="s">
-        <x:v>555</x:v>
+        <x:v>558</x:v>
       </x:c>
       <x:c r="Q341" s="4" t="s">
-        <x:v>556</x:v>
+        <x:v>140</x:v>
       </x:c>
       <x:c r="R341" s="0" t="s">
-        <x:v>557</x:v>
+        <x:v>142</x:v>
       </x:c>
       <x:c r="S341" s="0" t="n">
-        <x:v>595116</x:v>
+        <x:v>595114</x:v>
       </x:c>
       <x:c r="T341" s="4" t="s">
         <x:v>520</x:v>
       </x:c>
       <x:c r="U341" s="4" t="s">
         <x:v>531</x:v>
       </x:c>
     </x:row>
     <x:row r="342" spans="1:21">
       <x:c r="A342" s="13" t="s">
-        <x:v>32</x:v>
+        <x:v>516</x:v>
       </x:c>
       <x:c r="B342" s="14" t="s">
-        <x:v>61</x:v>
+        <x:v>529</x:v>
       </x:c>
       <x:c r="C342" s="15" t="n">
-        <x:v>41000</x:v>
+        <x:v>39133</x:v>
       </x:c>
       <x:c r="D342" s="15" t="s"/>
-      <x:c r="E342" s="14" t="s">
-[...1 lines deleted...]
-      </x:c>
+      <x:c r="E342" s="14" t="s"/>
       <x:c r="F342" s="14" t="s"/>
       <x:c r="G342" s="14" t="s">
-        <x:v>82</x:v>
+        <x:v>540</x:v>
       </x:c>
       <x:c r="H342" s="14" t="s"/>
       <x:c r="I342" s="16" t="s">
-        <x:v>83</x:v>
+        <x:v>541</x:v>
       </x:c>
       <x:c r="J342" s="14" t="s">
-        <x:v>48</x:v>
+        <x:v>37</x:v>
       </x:c>
       <x:c r="K342" s="14" t="s">
-        <x:v>38</x:v>
+        <x:v>215</x:v>
       </x:c>
       <x:c r="L342" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="M342" s="14" t="s">
-        <x:v>40</x:v>
+        <x:v>55</x:v>
       </x:c>
       <x:c r="N342" s="15" t="n">
-        <x:v>32154</x:v>
+        <x:v>42803</x:v>
       </x:c>
       <x:c r="O342" s="14" t="s">
-        <x:v>62</x:v>
+        <x:v>41</x:v>
       </x:c>
       <x:c r="P342" s="14" t="s">
-        <x:v>84</x:v>
+        <x:v>540</x:v>
       </x:c>
       <x:c r="Q342" s="16" t="s">
-        <x:v>54</x:v>
+        <x:v>541</x:v>
       </x:c>
       <x:c r="R342" s="14" t="s">
-        <x:v>85</x:v>
+        <x:v>413</x:v>
       </x:c>
       <x:c r="S342" s="14" t="n">
-        <x:v>599872</x:v>
+        <x:v>595117</x:v>
       </x:c>
       <x:c r="T342" s="16" t="s">
         <x:v>520</x:v>
       </x:c>
       <x:c r="U342" s="16" t="s">
-        <x:v>521</x:v>
+        <x:v>531</x:v>
       </x:c>
     </x:row>
     <x:row r="343" spans="1:21">
       <x:c r="A343" s="1" t="s">
         <x:v>516</x:v>
       </x:c>
       <x:c r="B343" s="0" t="s">
-        <x:v>529</x:v>
+        <x:v>471</x:v>
       </x:c>
       <x:c r="C343" s="3" t="n">
-        <x:v>39133</x:v>
+        <x:v>38226</x:v>
       </x:c>
       <x:c r="D343" s="3" t="s"/>
       <x:c r="G343" s="0" t="s">
-        <x:v>558</x:v>
+        <x:v>530</x:v>
       </x:c>
       <x:c r="I343" s="4" t="s">
-        <x:v>140</x:v>
+        <x:v>59</x:v>
       </x:c>
       <x:c r="J343" s="0" t="s">
-        <x:v>37</x:v>
+        <x:v>64</x:v>
       </x:c>
       <x:c r="K343" s="0" t="s">
         <x:v>215</x:v>
       </x:c>
       <x:c r="L343" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="M343" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="N343" s="3" t="n">
-        <x:v>42803</x:v>
+        <x:v>42822</x:v>
       </x:c>
       <x:c r="O343" s="0" t="s">
-        <x:v>41</x:v>
+        <x:v>56</x:v>
       </x:c>
       <x:c r="P343" s="0" t="s">
-        <x:v>558</x:v>
+        <x:v>530</x:v>
       </x:c>
       <x:c r="Q343" s="4" t="s">
-        <x:v>140</x:v>
+        <x:v>59</x:v>
       </x:c>
       <x:c r="R343" s="0" t="s">
-        <x:v>142</x:v>
+        <x:v>60</x:v>
       </x:c>
       <x:c r="S343" s="0" t="n">
-        <x:v>595114</x:v>
+        <x:v>596889</x:v>
       </x:c>
       <x:c r="T343" s="4" t="s">
         <x:v>520</x:v>
       </x:c>
       <x:c r="U343" s="4" t="s">
-        <x:v>531</x:v>
+        <x:v>521</x:v>
       </x:c>
     </x:row>
     <x:row r="344" spans="1:21">
       <x:c r="A344" s="13" t="s">
         <x:v>516</x:v>
       </x:c>
       <x:c r="B344" s="14" t="s">
-        <x:v>529</x:v>
+        <x:v>471</x:v>
       </x:c>
       <x:c r="C344" s="15" t="n">
-        <x:v>39133</x:v>
+        <x:v>38226</x:v>
       </x:c>
       <x:c r="D344" s="15" t="s"/>
       <x:c r="E344" s="14" t="s"/>
       <x:c r="F344" s="14" t="s"/>
       <x:c r="G344" s="14" t="s">
-        <x:v>540</x:v>
+        <x:v>539</x:v>
       </x:c>
       <x:c r="H344" s="14" t="s"/>
       <x:c r="I344" s="16" t="s">
-        <x:v>541</x:v>
+        <x:v>36</x:v>
       </x:c>
       <x:c r="J344" s="14" t="s">
-        <x:v>37</x:v>
+        <x:v>64</x:v>
       </x:c>
       <x:c r="K344" s="14" t="s">
         <x:v>215</x:v>
       </x:c>
       <x:c r="L344" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="M344" s="14" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="N344" s="15" t="n">
-        <x:v>42803</x:v>
+        <x:v>42822</x:v>
       </x:c>
       <x:c r="O344" s="14" t="s">
-        <x:v>41</x:v>
+        <x:v>56</x:v>
       </x:c>
       <x:c r="P344" s="14" t="s">
-        <x:v>540</x:v>
+        <x:v>539</x:v>
       </x:c>
       <x:c r="Q344" s="16" t="s">
-        <x:v>541</x:v>
+        <x:v>36</x:v>
       </x:c>
       <x:c r="R344" s="14" t="s">
-        <x:v>413</x:v>
+        <x:v>42</x:v>
       </x:c>
       <x:c r="S344" s="14" t="n">
-        <x:v>595117</x:v>
+        <x:v>596892</x:v>
       </x:c>
       <x:c r="T344" s="16" t="s">
         <x:v>520</x:v>
       </x:c>
       <x:c r="U344" s="16" t="s">
-        <x:v>531</x:v>
+        <x:v>521</x:v>
       </x:c>
     </x:row>
     <x:row r="345" spans="1:21">
       <x:c r="A345" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B345" s="0" t="s">
         <x:v>486</x:v>
       </x:c>
       <x:c r="C345" s="3" t="n">
         <x:v>36648</x:v>
       </x:c>
       <x:c r="D345" s="3" t="s"/>
       <x:c r="G345" s="0" t="s">
         <x:v>354</x:v>
       </x:c>
       <x:c r="I345" s="4" t="s">
-        <x:v>262</x:v>
+        <x:v>255</x:v>
       </x:c>
       <x:c r="J345" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="K345" s="0" t="s">
-        <x:v>435</x:v>
+        <x:v>441</x:v>
       </x:c>
       <x:c r="L345" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="M345" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="N345" s="3" t="n">
         <x:v>24049</x:v>
       </x:c>
       <x:c r="O345" s="0" t="s">
         <x:v>487</x:v>
       </x:c>
       <x:c r="P345" s="0" t="s">
         <x:v>354</x:v>
       </x:c>
       <x:c r="Q345" s="4" t="s">
-        <x:v>262</x:v>
+        <x:v>255</x:v>
       </x:c>
       <x:c r="R345" s="0" t="s">
         <x:v>355</x:v>
       </x:c>
       <x:c r="S345" s="0" t="n">
         <x:v>622193</x:v>
       </x:c>
       <x:c r="T345" s="4" t="s">
         <x:v>520</x:v>
       </x:c>
       <x:c r="U345" s="4" t="s">
         <x:v>559</x:v>
       </x:c>
     </x:row>
     <x:row r="346" spans="1:21">
       <x:c r="A346" s="13" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="B346" s="14" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="C346" s="15" t="n">
         <x:v>38226</x:v>
       </x:c>
       <x:c r="D346" s="15" t="s"/>
@@ -22133,153 +22124,153 @@
       </x:c>
       <x:c r="P352" s="14" t="s">
         <x:v>390</x:v>
       </x:c>
       <x:c r="Q352" s="16" t="s">
         <x:v>391</x:v>
       </x:c>
       <x:c r="R352" s="14" t="s">
         <x:v>326</x:v>
       </x:c>
       <x:c r="S352" s="14" t="n">
         <x:v>586799</x:v>
       </x:c>
       <x:c r="T352" s="16" t="s">
         <x:v>561</x:v>
       </x:c>
       <x:c r="U352" s="16" t="s">
         <x:v>563</x:v>
       </x:c>
     </x:row>
     <x:row r="353" spans="1:21">
       <x:c r="A353" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B353" s="0" t="s">
-        <x:v>564</x:v>
+        <x:v>360</x:v>
       </x:c>
       <x:c r="C353" s="3" t="n">
-        <x:v>39086</x:v>
+        <x:v>40552</x:v>
       </x:c>
       <x:c r="D353" s="3" t="s"/>
       <x:c r="G353" s="0" t="s">
-        <x:v>313</x:v>
+        <x:v>284</x:v>
       </x:c>
       <x:c r="H353" s="0" t="s">
-        <x:v>314</x:v>
+        <x:v>285</x:v>
       </x:c>
       <x:c r="I353" s="4" t="s">
-        <x:v>315</x:v>
+        <x:v>184</x:v>
       </x:c>
       <x:c r="J353" s="0" t="s">
-        <x:v>37</x:v>
+        <x:v>364</x:v>
       </x:c>
       <x:c r="K353" s="0" t="s">
-        <x:v>215</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="L353" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="M353" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="N353" s="3" t="n">
-        <x:v>42812</x:v>
+        <x:v>32054</x:v>
       </x:c>
       <x:c r="O353" s="0" t="s">
-        <x:v>194</x:v>
+        <x:v>49</x:v>
       </x:c>
       <x:c r="P353" s="0" t="s">
-        <x:v>313</x:v>
+        <x:v>284</x:v>
       </x:c>
       <x:c r="Q353" s="4" t="s">
-        <x:v>315</x:v>
+        <x:v>184</x:v>
       </x:c>
       <x:c r="R353" s="0" t="s">
-        <x:v>316</x:v>
+        <x:v>178</x:v>
       </x:c>
       <x:c r="S353" s="0" t="n">
-        <x:v>600362</x:v>
+        <x:v>617945</x:v>
       </x:c>
       <x:c r="T353" s="4" t="s">
         <x:v>561</x:v>
       </x:c>
       <x:c r="U353" s="4" t="s">
-        <x:v>565</x:v>
+        <x:v>564</x:v>
       </x:c>
     </x:row>
     <x:row r="354" spans="1:21">
       <x:c r="A354" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B354" s="14" t="s">
-        <x:v>360</x:v>
+        <x:v>565</x:v>
       </x:c>
       <x:c r="C354" s="15" t="n">
-        <x:v>40552</x:v>
+        <x:v>39086</x:v>
       </x:c>
       <x:c r="D354" s="15" t="s"/>
       <x:c r="E354" s="14" t="s"/>
       <x:c r="F354" s="14" t="s"/>
       <x:c r="G354" s="14" t="s">
-        <x:v>284</x:v>
+        <x:v>313</x:v>
       </x:c>
       <x:c r="H354" s="14" t="s">
-        <x:v>285</x:v>
+        <x:v>314</x:v>
       </x:c>
       <x:c r="I354" s="16" t="s">
-        <x:v>184</x:v>
+        <x:v>315</x:v>
       </x:c>
       <x:c r="J354" s="14" t="s">
-        <x:v>364</x:v>
+        <x:v>37</x:v>
       </x:c>
       <x:c r="K354" s="14" t="s">
-        <x:v>25</x:v>
+        <x:v>215</x:v>
       </x:c>
       <x:c r="L354" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="M354" s="14" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="N354" s="15" t="n">
-        <x:v>32054</x:v>
+        <x:v>42812</x:v>
       </x:c>
       <x:c r="O354" s="14" t="s">
-        <x:v>49</x:v>
+        <x:v>194</x:v>
       </x:c>
       <x:c r="P354" s="14" t="s">
-        <x:v>284</x:v>
+        <x:v>313</x:v>
       </x:c>
       <x:c r="Q354" s="16" t="s">
-        <x:v>184</x:v>
+        <x:v>315</x:v>
       </x:c>
       <x:c r="R354" s="14" t="s">
-        <x:v>176</x:v>
+        <x:v>316</x:v>
       </x:c>
       <x:c r="S354" s="14" t="n">
-        <x:v>617945</x:v>
+        <x:v>600362</x:v>
       </x:c>
       <x:c r="T354" s="16" t="s">
         <x:v>561</x:v>
       </x:c>
       <x:c r="U354" s="16" t="s">
         <x:v>566</x:v>
       </x:c>
     </x:row>
     <x:row r="355" spans="1:21">
       <x:c r="A355" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B355" s="0" t="s">
         <x:v>181</x:v>
       </x:c>
       <x:c r="C355" s="3" t="n">
         <x:v>37879</x:v>
       </x:c>
       <x:c r="D355" s="3" t="s"/>
       <x:c r="G355" s="0" t="s">
         <x:v>218</x:v>
       </x:c>
       <x:c r="I355" s="4" t="s">
         <x:v>219</x:v>
       </x:c>
@@ -22480,78 +22471,78 @@
         <x:v>494</x:v>
       </x:c>
       <x:c r="R358" s="14" t="s">
         <x:v>572</x:v>
       </x:c>
       <x:c r="S358" s="14" t="n">
         <x:v>587418</x:v>
       </x:c>
       <x:c r="T358" s="16" t="s">
         <x:v>567</x:v>
       </x:c>
       <x:c r="U358" s="16" t="s">
         <x:v>570</x:v>
       </x:c>
     </x:row>
     <x:row r="359" spans="1:21">
       <x:c r="A359" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B359" s="0" t="s">
         <x:v>212</x:v>
       </x:c>
       <x:c r="C359" s="3" t="s"/>
       <x:c r="D359" s="3" t="s"/>
       <x:c r="G359" s="0" t="s">
-        <x:v>401</x:v>
+        <x:v>397</x:v>
       </x:c>
       <x:c r="I359" s="4" t="s">
-        <x:v>402</x:v>
+        <x:v>398</x:v>
       </x:c>
       <x:c r="K359" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L359" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="M359" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="N359" s="3" t="n">
         <x:v>42854</x:v>
       </x:c>
       <x:c r="O359" s="0" t="s">
         <x:v>120</x:v>
       </x:c>
       <x:c r="P359" s="0" t="s">
-        <x:v>401</x:v>
+        <x:v>397</x:v>
       </x:c>
       <x:c r="Q359" s="4" t="s">
-        <x:v>402</x:v>
+        <x:v>398</x:v>
       </x:c>
       <x:c r="R359" s="0" t="s">
-        <x:v>403</x:v>
+        <x:v>399</x:v>
       </x:c>
       <x:c r="S359" s="0" t="n">
         <x:v>613546</x:v>
       </x:c>
       <x:c r="T359" s="4" t="s">
         <x:v>567</x:v>
       </x:c>
       <x:c r="U359" s="4" t="s">
         <x:v>563</x:v>
       </x:c>
     </x:row>
     <x:row r="360" spans="1:21">
       <x:c r="A360" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B360" s="14" t="s">
         <x:v>205</x:v>
       </x:c>
       <x:c r="C360" s="15" t="s"/>
       <x:c r="D360" s="15" t="s"/>
       <x:c r="E360" s="14" t="s"/>
       <x:c r="F360" s="14" t="s"/>
       <x:c r="G360" s="14" t="s">
         <x:v>390</x:v>
       </x:c>
@@ -22584,81 +22575,81 @@
       <x:c r="R360" s="14" t="s">
         <x:v>326</x:v>
       </x:c>
       <x:c r="S360" s="14" t="n">
         <x:v>586712</x:v>
       </x:c>
       <x:c r="T360" s="16" t="s">
         <x:v>573</x:v>
       </x:c>
       <x:c r="U360" s="16" t="s">
         <x:v>563</x:v>
       </x:c>
     </x:row>
     <x:row r="361" spans="1:21">
       <x:c r="A361" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B361" s="0" t="s">
         <x:v>138</x:v>
       </x:c>
       <x:c r="C361" s="3" t="n">
         <x:v>37737</x:v>
       </x:c>
       <x:c r="D361" s="3" t="s"/>
       <x:c r="G361" s="0" t="s">
-        <x:v>399</x:v>
+        <x:v>395</x:v>
       </x:c>
       <x:c r="H361" s="0" t="s">
-        <x:v>400</x:v>
+        <x:v>396</x:v>
       </x:c>
       <x:c r="I361" s="4" t="s">
-        <x:v>262</x:v>
+        <x:v>255</x:v>
       </x:c>
       <x:c r="J361" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="K361" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L361" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="M361" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="N361" s="3" t="n">
         <x:v>42801</x:v>
       </x:c>
       <x:c r="O361" s="0" t="s">
         <x:v>141</x:v>
       </x:c>
       <x:c r="P361" s="0" t="s">
-        <x:v>399</x:v>
+        <x:v>395</x:v>
       </x:c>
       <x:c r="Q361" s="4" t="s">
-        <x:v>262</x:v>
+        <x:v>255</x:v>
       </x:c>
       <x:c r="R361" s="0" t="s">
         <x:v>355</x:v>
       </x:c>
       <x:c r="S361" s="0" t="n">
         <x:v>623957</x:v>
       </x:c>
       <x:c r="T361" s="4" t="s">
         <x:v>573</x:v>
       </x:c>
       <x:c r="U361" s="4" t="s">
         <x:v>574</x:v>
       </x:c>
     </x:row>
     <x:row r="362" spans="1:21">
       <x:c r="A362" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B362" s="14" t="s">
         <x:v>205</x:v>
       </x:c>
       <x:c r="C362" s="15" t="s"/>
       <x:c r="D362" s="15" t="s"/>
       <x:c r="E362" s="14" t="s"/>
       <x:c r="F362" s="14" t="s"/>
@@ -22790,59 +22781,59 @@
       <x:c r="M364" s="14" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="N364" s="15" t="n">
         <x:v>42854</x:v>
       </x:c>
       <x:c r="O364" s="14" t="s">
         <x:v>120</x:v>
       </x:c>
       <x:c r="P364" s="14" t="s">
         <x:v>390</x:v>
       </x:c>
       <x:c r="Q364" s="16" t="s">
         <x:v>391</x:v>
       </x:c>
       <x:c r="R364" s="14" t="s">
         <x:v>326</x:v>
       </x:c>
       <x:c r="S364" s="14" t="n">
         <x:v>586702</x:v>
       </x:c>
       <x:c r="T364" s="16" t="s">
         <x:v>563</x:v>
       </x:c>
       <x:c r="U364" s="16" t="s">
-        <x:v>565</x:v>
+        <x:v>566</x:v>
       </x:c>
     </x:row>
     <x:row r="365" spans="1:21">
       <x:c r="A365" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B365" s="0" t="s">
-        <x:v>242</x:v>
+        <x:v>253</x:v>
       </x:c>
       <x:c r="C365" s="3" t="n">
         <x:v>36648</x:v>
       </x:c>
       <x:c r="D365" s="3" t="s"/>
       <x:c r="G365" s="0" t="s">
         <x:v>390</x:v>
       </x:c>
       <x:c r="I365" s="4" t="s">
         <x:v>391</x:v>
       </x:c>
       <x:c r="J365" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="K365" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L365" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="M365" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="N365" s="3" t="n">
         <x:v>42854</x:v>
@@ -23067,90 +23058,90 @@
       </x:c>
       <x:c r="P369" s="0" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="Q369" s="4" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="R369" s="0" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="S369" s="0" t="n">
         <x:v>617136</x:v>
       </x:c>
       <x:c r="T369" s="4" t="s">
         <x:v>577</x:v>
       </x:c>
       <x:c r="U369" s="4" t="s">
         <x:v>580</x:v>
       </x:c>
     </x:row>
     <x:row r="370" spans="1:21">
       <x:c r="A370" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B370" s="14" t="s">
-        <x:v>398</x:v>
+        <x:v>394</x:v>
       </x:c>
       <x:c r="C370" s="15" t="n">
         <x:v>41394</x:v>
       </x:c>
       <x:c r="D370" s="15" t="s"/>
       <x:c r="E370" s="14" t="s"/>
       <x:c r="F370" s="14" t="s"/>
       <x:c r="G370" s="14" t="s">
-        <x:v>399</x:v>
+        <x:v>395</x:v>
       </x:c>
       <x:c r="H370" s="14" t="s">
-        <x:v>400</x:v>
+        <x:v>396</x:v>
       </x:c>
       <x:c r="I370" s="16" t="s">
-        <x:v>262</x:v>
+        <x:v>255</x:v>
       </x:c>
       <x:c r="J370" s="14" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="K370" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L370" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="M370" s="14" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="N370" s="15" t="n">
         <x:v>42854</x:v>
       </x:c>
       <x:c r="O370" s="14" t="s">
         <x:v>120</x:v>
       </x:c>
       <x:c r="P370" s="14" t="s">
-        <x:v>399</x:v>
+        <x:v>395</x:v>
       </x:c>
       <x:c r="Q370" s="16" t="s">
-        <x:v>262</x:v>
+        <x:v>255</x:v>
       </x:c>
       <x:c r="R370" s="14" t="s">
         <x:v>355</x:v>
       </x:c>
       <x:c r="S370" s="14" t="n">
         <x:v>623955</x:v>
       </x:c>
       <x:c r="T370" s="16" t="s">
         <x:v>581</x:v>
       </x:c>
       <x:c r="U370" s="16" t="s">
         <x:v>579</x:v>
       </x:c>
     </x:row>
     <x:row r="371" spans="1:21">
       <x:c r="A371" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B371" s="0" t="s">
         <x:v>410</x:v>
       </x:c>
       <x:c r="C371" s="3" t="s"/>
       <x:c r="D371" s="3" t="s"/>
       <x:c r="G371" s="0" t="s">
         <x:v>329</x:v>
@@ -23341,78 +23332,78 @@
         <x:v>315</x:v>
       </x:c>
       <x:c r="R374" s="14" t="s">
         <x:v>316</x:v>
       </x:c>
       <x:c r="S374" s="14" t="n">
         <x:v>570699</x:v>
       </x:c>
       <x:c r="T374" s="16" t="s">
         <x:v>584</x:v>
       </x:c>
       <x:c r="U374" s="16" t="s">
         <x:v>578</x:v>
       </x:c>
     </x:row>
     <x:row r="375" spans="1:21">
       <x:c r="A375" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B375" s="0" t="s">
         <x:v>212</x:v>
       </x:c>
       <x:c r="C375" s="3" t="s"/>
       <x:c r="D375" s="3" t="s"/>
       <x:c r="G375" s="0" t="s">
-        <x:v>401</x:v>
+        <x:v>397</x:v>
       </x:c>
       <x:c r="I375" s="4" t="s">
-        <x:v>402</x:v>
+        <x:v>398</x:v>
       </x:c>
       <x:c r="K375" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L375" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="M375" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="N375" s="3" t="n">
         <x:v>42854</x:v>
       </x:c>
       <x:c r="O375" s="0" t="s">
         <x:v>120</x:v>
       </x:c>
       <x:c r="P375" s="0" t="s">
-        <x:v>401</x:v>
+        <x:v>397</x:v>
       </x:c>
       <x:c r="Q375" s="4" t="s">
-        <x:v>402</x:v>
+        <x:v>398</x:v>
       </x:c>
       <x:c r="R375" s="0" t="s">
-        <x:v>403</x:v>
+        <x:v>399</x:v>
       </x:c>
       <x:c r="S375" s="0" t="n">
         <x:v>613547</x:v>
       </x:c>
       <x:c r="T375" s="4" t="s">
         <x:v>584</x:v>
       </x:c>
       <x:c r="U375" s="4" t="s">
         <x:v>585</x:v>
       </x:c>
     </x:row>
     <x:row r="376" spans="1:21">
       <x:c r="A376" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B376" s="14" t="s">
         <x:v>586</x:v>
       </x:c>
       <x:c r="C376" s="15" t="s"/>
       <x:c r="D376" s="15" t="s"/>
       <x:c r="E376" s="14" t="s"/>
       <x:c r="F376" s="14" t="s"/>
       <x:c r="G376" s="14" t="s">
         <x:v>493</x:v>
       </x:c>
@@ -23443,78 +23434,78 @@
         <x:v>494</x:v>
       </x:c>
       <x:c r="R376" s="14" t="s">
         <x:v>572</x:v>
       </x:c>
       <x:c r="S376" s="14" t="n">
         <x:v>614017</x:v>
       </x:c>
       <x:c r="T376" s="16" t="s">
         <x:v>584</x:v>
       </x:c>
       <x:c r="U376" s="16" t="s">
         <x:v>583</x:v>
       </x:c>
     </x:row>
     <x:row r="377" spans="1:21">
       <x:c r="A377" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B377" s="0" t="s">
         <x:v>205</x:v>
       </x:c>
       <x:c r="C377" s="3" t="s"/>
       <x:c r="D377" s="3" t="s"/>
       <x:c r="G377" s="0" t="s">
-        <x:v>394</x:v>
+        <x:v>405</x:v>
       </x:c>
       <x:c r="I377" s="4" t="s">
-        <x:v>395</x:v>
+        <x:v>406</x:v>
       </x:c>
       <x:c r="K377" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L377" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="M377" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="N377" s="3" t="n">
         <x:v>42854</x:v>
       </x:c>
       <x:c r="O377" s="0" t="s">
         <x:v>120</x:v>
       </x:c>
       <x:c r="P377" s="0" t="s">
-        <x:v>394</x:v>
+        <x:v>405</x:v>
       </x:c>
       <x:c r="Q377" s="4" t="s">
-        <x:v>395</x:v>
+        <x:v>406</x:v>
       </x:c>
       <x:c r="R377" s="0" t="s">
-        <x:v>396</x:v>
+        <x:v>407</x:v>
       </x:c>
       <x:c r="S377" s="0" t="n">
         <x:v>616923</x:v>
       </x:c>
       <x:c r="T377" s="4" t="s">
         <x:v>498</x:v>
       </x:c>
       <x:c r="U377" s="4" t="s">
         <x:v>585</x:v>
       </x:c>
     </x:row>
     <x:row r="378" spans="1:21">
       <x:c r="A378" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B378" s="14" t="s">
         <x:v>205</x:v>
       </x:c>
       <x:c r="C378" s="15" t="s"/>
       <x:c r="D378" s="15" t="s"/>
       <x:c r="E378" s="14" t="s"/>
       <x:c r="F378" s="14" t="s"/>
       <x:c r="G378" s="14" t="s">
         <x:v>357</x:v>
       </x:c>
@@ -23858,81 +23849,81 @@
       <x:c r="R384" s="14" t="s">
         <x:v>216</x:v>
       </x:c>
       <x:c r="S384" s="14" t="n">
         <x:v>602305</x:v>
       </x:c>
       <x:c r="T384" s="16" t="s">
         <x:v>588</x:v>
       </x:c>
       <x:c r="U384" s="16" t="s">
         <x:v>166</x:v>
       </x:c>
     </x:row>
     <x:row r="385" spans="1:21">
       <x:c r="A385" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B385" s="0" t="s">
         <x:v>590</x:v>
       </x:c>
       <x:c r="C385" s="3" t="n">
         <x:v>37616</x:v>
       </x:c>
       <x:c r="D385" s="3" t="s"/>
       <x:c r="G385" s="0" t="s">
-        <x:v>399</x:v>
+        <x:v>395</x:v>
       </x:c>
       <x:c r="H385" s="0" t="s">
-        <x:v>400</x:v>
+        <x:v>396</x:v>
       </x:c>
       <x:c r="I385" s="4" t="s">
-        <x:v>262</x:v>
+        <x:v>255</x:v>
       </x:c>
       <x:c r="J385" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="K385" s="0" t="s">
         <x:v>591</x:v>
       </x:c>
       <x:c r="L385" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="M385" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="N385" s="3" t="n">
         <x:v>23641</x:v>
       </x:c>
       <x:c r="O385" s="0" t="s">
         <x:v>240</x:v>
       </x:c>
       <x:c r="P385" s="0" t="s">
-        <x:v>399</x:v>
+        <x:v>395</x:v>
       </x:c>
       <x:c r="Q385" s="4" t="s">
-        <x:v>262</x:v>
+        <x:v>255</x:v>
       </x:c>
       <x:c r="R385" s="0" t="s">
         <x:v>355</x:v>
       </x:c>
       <x:c r="S385" s="0" t="n">
         <x:v>623988</x:v>
       </x:c>
       <x:c r="T385" s="4" t="s">
         <x:v>588</x:v>
       </x:c>
       <x:c r="U385" s="4" t="s">
         <x:v>592</x:v>
       </x:c>
     </x:row>
     <x:row r="386" spans="1:21">
       <x:c r="A386" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B386" s="14" t="s">
         <x:v>205</x:v>
       </x:c>
       <x:c r="C386" s="15" t="s"/>
       <x:c r="D386" s="15" t="s"/>
       <x:c r="E386" s="14" t="s"/>
       <x:c r="F386" s="14" t="s"/>
@@ -23968,57 +23959,57 @@
       <x:c r="R386" s="14" t="s">
         <x:v>326</x:v>
       </x:c>
       <x:c r="S386" s="14" t="n">
         <x:v>586713</x:v>
       </x:c>
       <x:c r="T386" s="16" t="s">
         <x:v>592</x:v>
       </x:c>
       <x:c r="U386" s="16" t="s">
         <x:v>583</x:v>
       </x:c>
     </x:row>
     <x:row r="387" spans="1:21">
       <x:c r="A387" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B387" s="0" t="s">
         <x:v>116</x:v>
       </x:c>
       <x:c r="C387" s="3" t="n">
         <x:v>41394</x:v>
       </x:c>
       <x:c r="D387" s="3" t="s"/>
       <x:c r="G387" s="0" t="s">
-        <x:v>399</x:v>
+        <x:v>395</x:v>
       </x:c>
       <x:c r="H387" s="0" t="s">
-        <x:v>400</x:v>
+        <x:v>396</x:v>
       </x:c>
       <x:c r="I387" s="4" t="s">
-        <x:v>262</x:v>
+        <x:v>255</x:v>
       </x:c>
       <x:c r="J387" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="K387" s="0" t="s">
         <x:v>119</x:v>
       </x:c>
       <x:c r="L387" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="M387" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="N387" s="3" t="n">
         <x:v>42854</x:v>
       </x:c>
       <x:c r="O387" s="0" t="s">
         <x:v>120</x:v>
       </x:c>
       <x:c r="P387" s="0" t="s">
         <x:v>477</x:v>
       </x:c>
       <x:c r="Q387" s="4" t="s">
         <x:v>478</x:v>
       </x:c>
@@ -24138,80 +24129,80 @@
       <x:c r="R389" s="0" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="S389" s="0" t="n">
         <x:v>617131</x:v>
       </x:c>
       <x:c r="T389" s="4" t="s">
         <x:v>171</x:v>
       </x:c>
       <x:c r="U389" s="4" t="s">
         <x:v>521</x:v>
       </x:c>
     </x:row>
     <x:row r="390" spans="1:21">
       <x:c r="A390" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B390" s="14" t="s">
         <x:v>212</x:v>
       </x:c>
       <x:c r="C390" s="15" t="s"/>
       <x:c r="D390" s="15" t="s"/>
       <x:c r="E390" s="14" t="s"/>
       <x:c r="F390" s="14" t="s"/>
       <x:c r="G390" s="14" t="s">
-        <x:v>401</x:v>
+        <x:v>397</x:v>
       </x:c>
       <x:c r="H390" s="14" t="s"/>
       <x:c r="I390" s="16" t="s">
-        <x:v>402</x:v>
+        <x:v>398</x:v>
       </x:c>
       <x:c r="J390" s="14" t="s"/>
       <x:c r="K390" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L390" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="M390" s="14" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="N390" s="15" t="n">
         <x:v>42854</x:v>
       </x:c>
       <x:c r="O390" s="14" t="s">
         <x:v>120</x:v>
       </x:c>
       <x:c r="P390" s="14" t="s">
-        <x:v>401</x:v>
+        <x:v>397</x:v>
       </x:c>
       <x:c r="Q390" s="16" t="s">
-        <x:v>402</x:v>
+        <x:v>398</x:v>
       </x:c>
       <x:c r="R390" s="14" t="s">
-        <x:v>403</x:v>
+        <x:v>399</x:v>
       </x:c>
       <x:c r="S390" s="14" t="n">
         <x:v>613548</x:v>
       </x:c>
       <x:c r="T390" s="16" t="s">
         <x:v>171</x:v>
       </x:c>
       <x:c r="U390" s="16" t="s">
         <x:v>570</x:v>
       </x:c>
     </x:row>
     <x:row r="391" spans="1:21">
       <x:c r="A391" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B391" s="0" t="s">
         <x:v>205</x:v>
       </x:c>
       <x:c r="C391" s="3" t="s"/>
       <x:c r="D391" s="3" t="s"/>
       <x:c r="G391" s="0" t="s">
         <x:v>357</x:v>
       </x:c>
       <x:c r="I391" s="4" t="s">
         <x:v>358</x:v>
@@ -24242,81 +24233,81 @@
       </x:c>
       <x:c r="S391" s="0" t="n">
         <x:v>622600</x:v>
       </x:c>
       <x:c r="T391" s="4" t="s">
         <x:v>593</x:v>
       </x:c>
       <x:c r="U391" s="4" t="s">
         <x:v>570</x:v>
       </x:c>
     </x:row>
     <x:row r="392" spans="1:21">
       <x:c r="A392" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B392" s="14" t="s">
         <x:v>180</x:v>
       </x:c>
       <x:c r="C392" s="15" t="n">
         <x:v>40385</x:v>
       </x:c>
       <x:c r="D392" s="15" t="s"/>
       <x:c r="E392" s="14" t="s"/>
       <x:c r="F392" s="14" t="s"/>
       <x:c r="G392" s="14" t="s">
-        <x:v>399</x:v>
+        <x:v>395</x:v>
       </x:c>
       <x:c r="H392" s="14" t="s">
-        <x:v>400</x:v>
+        <x:v>396</x:v>
       </x:c>
       <x:c r="I392" s="16" t="s">
-        <x:v>262</x:v>
+        <x:v>255</x:v>
       </x:c>
       <x:c r="J392" s="14" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="K392" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L392" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="M392" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="N392" s="15" t="n">
         <x:v>32054</x:v>
       </x:c>
       <x:c r="O392" s="14" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="P392" s="14" t="s">
-        <x:v>399</x:v>
+        <x:v>395</x:v>
       </x:c>
       <x:c r="Q392" s="16" t="s">
-        <x:v>262</x:v>
+        <x:v>255</x:v>
       </x:c>
       <x:c r="R392" s="14" t="s">
         <x:v>355</x:v>
       </x:c>
       <x:c r="S392" s="14" t="n">
         <x:v>623980</x:v>
       </x:c>
       <x:c r="T392" s="16" t="s">
         <x:v>593</x:v>
       </x:c>
       <x:c r="U392" s="16" t="s">
         <x:v>594</x:v>
       </x:c>
     </x:row>
     <x:row r="393" spans="1:21">
       <x:c r="A393" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B393" s="0" t="s">
         <x:v>156</x:v>
       </x:c>
       <x:c r="C393" s="3" t="n">
         <x:v>36360</x:v>
       </x:c>
       <x:c r="D393" s="3" t="s"/>
@@ -24510,366 +24501,365 @@
       </x:c>
       <x:c r="P396" s="14" t="s">
         <x:v>105</x:v>
       </x:c>
       <x:c r="Q396" s="16" t="s">
         <x:v>106</x:v>
       </x:c>
       <x:c r="R396" s="14" t="s">
         <x:v>107</x:v>
       </x:c>
       <x:c r="S396" s="14" t="n">
         <x:v>624137</x:v>
       </x:c>
       <x:c r="T396" s="16" t="s">
         <x:v>598</x:v>
       </x:c>
       <x:c r="U396" s="16" t="s">
         <x:v>521</x:v>
       </x:c>
     </x:row>
     <x:row r="397" spans="1:21">
       <x:c r="A397" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B397" s="0" t="s">
-        <x:v>239</x:v>
+        <x:v>109</x:v>
       </x:c>
       <x:c r="C397" s="3" t="n">
-        <x:v>37616</x:v>
+        <x:v>38227</x:v>
       </x:c>
       <x:c r="D397" s="3" t="s"/>
       <x:c r="G397" s="0" t="s">
-        <x:v>399</x:v>
-[...2 lines deleted...]
-        <x:v>400</x:v>
+        <x:v>103</x:v>
       </x:c>
       <x:c r="I397" s="4" t="s">
-        <x:v>262</x:v>
+        <x:v>104</x:v>
       </x:c>
       <x:c r="J397" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="K397" s="0" t="s">
-        <x:v>599</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="L397" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="M397" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="N397" s="3" t="n">
-        <x:v>23641</x:v>
+        <x:v>42822</x:v>
       </x:c>
       <x:c r="O397" s="0" t="s">
-        <x:v>240</x:v>
+        <x:v>56</x:v>
       </x:c>
       <x:c r="P397" s="0" t="s">
-        <x:v>399</x:v>
+        <x:v>103</x:v>
       </x:c>
       <x:c r="Q397" s="4" t="s">
-        <x:v>262</x:v>
+        <x:v>104</x:v>
       </x:c>
       <x:c r="R397" s="0" t="s">
-        <x:v>355</x:v>
+        <x:v>107</x:v>
       </x:c>
       <x:c r="S397" s="0" t="n">
-        <x:v>623985</x:v>
+        <x:v>617492</x:v>
       </x:c>
       <x:c r="T397" s="4" t="s">
         <x:v>598</x:v>
       </x:c>
       <x:c r="U397" s="4" t="s">
-        <x:v>600</x:v>
+        <x:v>521</x:v>
       </x:c>
     </x:row>
     <x:row r="398" spans="1:21">
       <x:c r="A398" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B398" s="14" t="s">
-        <x:v>116</x:v>
+        <x:v>239</x:v>
       </x:c>
       <x:c r="C398" s="15" t="n">
-        <x:v>36648</x:v>
+        <x:v>37616</x:v>
       </x:c>
       <x:c r="D398" s="15" t="s"/>
       <x:c r="E398" s="14" t="s"/>
       <x:c r="F398" s="14" t="s"/>
       <x:c r="G398" s="14" t="s">
-        <x:v>357</x:v>
-[...1 lines deleted...]
-      <x:c r="H398" s="14" t="s"/>
+        <x:v>395</x:v>
+      </x:c>
+      <x:c r="H398" s="14" t="s">
+        <x:v>396</x:v>
+      </x:c>
       <x:c r="I398" s="16" t="s">
-        <x:v>358</x:v>
+        <x:v>255</x:v>
       </x:c>
       <x:c r="J398" s="14" t="s">
-        <x:v>64</x:v>
+        <x:v>37</x:v>
       </x:c>
       <x:c r="K398" s="14" t="s">
-        <x:v>25</x:v>
+        <x:v>599</x:v>
       </x:c>
       <x:c r="L398" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="M398" s="14" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="N398" s="15" t="n">
-        <x:v>42854</x:v>
+        <x:v>23641</x:v>
       </x:c>
       <x:c r="O398" s="14" t="s">
-        <x:v>120</x:v>
+        <x:v>240</x:v>
       </x:c>
       <x:c r="P398" s="14" t="s">
-        <x:v>357</x:v>
+        <x:v>395</x:v>
       </x:c>
       <x:c r="Q398" s="16" t="s">
-        <x:v>358</x:v>
+        <x:v>255</x:v>
       </x:c>
       <x:c r="R398" s="14" t="s">
-        <x:v>359</x:v>
+        <x:v>355</x:v>
       </x:c>
       <x:c r="S398" s="14" t="n">
-        <x:v>606640</x:v>
+        <x:v>623985</x:v>
       </x:c>
       <x:c r="T398" s="16" t="s">
         <x:v>598</x:v>
       </x:c>
       <x:c r="U398" s="16" t="s">
-        <x:v>601</x:v>
+        <x:v>600</x:v>
       </x:c>
     </x:row>
     <x:row r="399" spans="1:21">
       <x:c r="A399" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B399" s="0" t="s">
-        <x:v>109</x:v>
+        <x:v>116</x:v>
       </x:c>
       <x:c r="C399" s="3" t="n">
-        <x:v>38227</x:v>
+        <x:v>36648</x:v>
       </x:c>
       <x:c r="D399" s="3" t="s"/>
       <x:c r="G399" s="0" t="s">
-        <x:v>103</x:v>
+        <x:v>357</x:v>
       </x:c>
       <x:c r="I399" s="4" t="s">
-        <x:v>104</x:v>
+        <x:v>358</x:v>
       </x:c>
       <x:c r="J399" s="0" t="s">
-        <x:v>37</x:v>
+        <x:v>64</x:v>
       </x:c>
       <x:c r="K399" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L399" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="M399" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="N399" s="3" t="n">
-        <x:v>42822</x:v>
+        <x:v>42854</x:v>
       </x:c>
       <x:c r="O399" s="0" t="s">
-        <x:v>56</x:v>
+        <x:v>120</x:v>
       </x:c>
       <x:c r="P399" s="0" t="s">
-        <x:v>103</x:v>
+        <x:v>357</x:v>
       </x:c>
       <x:c r="Q399" s="4" t="s">
-        <x:v>104</x:v>
+        <x:v>358</x:v>
       </x:c>
       <x:c r="R399" s="0" t="s">
-        <x:v>107</x:v>
+        <x:v>359</x:v>
       </x:c>
       <x:c r="S399" s="0" t="n">
-        <x:v>617492</x:v>
+        <x:v>606640</x:v>
       </x:c>
       <x:c r="T399" s="4" t="s">
         <x:v>598</x:v>
       </x:c>
       <x:c r="U399" s="4" t="s">
-        <x:v>521</x:v>
+        <x:v>601</x:v>
       </x:c>
     </x:row>
     <x:row r="400" spans="1:21">
       <x:c r="A400" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B400" s="14" t="s">
         <x:v>205</x:v>
       </x:c>
       <x:c r="C400" s="15" t="s"/>
       <x:c r="D400" s="15" t="s"/>
       <x:c r="E400" s="14" t="s"/>
       <x:c r="F400" s="14" t="s"/>
       <x:c r="G400" s="14" t="s">
-        <x:v>394</x:v>
+        <x:v>405</x:v>
       </x:c>
       <x:c r="H400" s="14" t="s"/>
       <x:c r="I400" s="16" t="s">
-        <x:v>395</x:v>
+        <x:v>406</x:v>
       </x:c>
       <x:c r="J400" s="14" t="s"/>
       <x:c r="K400" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L400" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="M400" s="14" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="N400" s="15" t="n">
         <x:v>42854</x:v>
       </x:c>
       <x:c r="O400" s="14" t="s">
         <x:v>120</x:v>
       </x:c>
       <x:c r="P400" s="14" t="s">
-        <x:v>394</x:v>
+        <x:v>405</x:v>
       </x:c>
       <x:c r="Q400" s="16" t="s">
-        <x:v>395</x:v>
+        <x:v>406</x:v>
       </x:c>
       <x:c r="R400" s="14" t="s">
-        <x:v>396</x:v>
+        <x:v>407</x:v>
       </x:c>
       <x:c r="S400" s="14" t="n">
         <x:v>616924</x:v>
       </x:c>
       <x:c r="T400" s="16" t="s">
         <x:v>602</x:v>
       </x:c>
       <x:c r="U400" s="16" t="s">
-        <x:v>565</x:v>
+        <x:v>566</x:v>
       </x:c>
     </x:row>
     <x:row r="401" spans="1:21">
       <x:c r="A401" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B401" s="0" t="s">
         <x:v>410</x:v>
       </x:c>
       <x:c r="C401" s="3" t="s"/>
       <x:c r="D401" s="3" t="s"/>
       <x:c r="G401" s="0" t="s">
         <x:v>329</x:v>
       </x:c>
       <x:c r="I401" s="4" t="s">
         <x:v>214</x:v>
       </x:c>
       <x:c r="K401" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L401" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="M401" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="N401" s="3" t="n">
         <x:v>42854</x:v>
       </x:c>
       <x:c r="O401" s="0" t="s">
         <x:v>120</x:v>
       </x:c>
       <x:c r="P401" s="0" t="s">
         <x:v>329</x:v>
       </x:c>
       <x:c r="Q401" s="4" t="s">
         <x:v>214</x:v>
       </x:c>
       <x:c r="R401" s="0" t="s">
         <x:v>216</x:v>
       </x:c>
       <x:c r="S401" s="0" t="n">
         <x:v>602306</x:v>
       </x:c>
       <x:c r="T401" s="4" t="s">
         <x:v>602</x:v>
       </x:c>
       <x:c r="U401" s="4" t="s">
-        <x:v>565</x:v>
+        <x:v>566</x:v>
       </x:c>
     </x:row>
     <x:row r="402" spans="1:21">
       <x:c r="A402" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B402" s="14" t="s">
         <x:v>416</x:v>
       </x:c>
       <x:c r="C402" s="15" t="s"/>
       <x:c r="D402" s="15" t="s"/>
       <x:c r="E402" s="14" t="s"/>
       <x:c r="F402" s="14" t="s"/>
       <x:c r="G402" s="14" t="s">
         <x:v>417</x:v>
       </x:c>
       <x:c r="H402" s="14" t="s"/>
       <x:c r="I402" s="16" t="s">
         <x:v>418</x:v>
       </x:c>
       <x:c r="J402" s="14" t="s"/>
       <x:c r="K402" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L402" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="M402" s="14" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="N402" s="15" t="n">
         <x:v>42872</x:v>
       </x:c>
       <x:c r="O402" s="14" t="s">
         <x:v>130</x:v>
       </x:c>
       <x:c r="P402" s="14" t="s">
         <x:v>417</x:v>
       </x:c>
       <x:c r="Q402" s="16" t="s">
         <x:v>418</x:v>
       </x:c>
       <x:c r="R402" s="14" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="S402" s="14" t="n">
         <x:v>619908</x:v>
       </x:c>
       <x:c r="T402" s="16" t="s">
-        <x:v>565</x:v>
+        <x:v>566</x:v>
       </x:c>
       <x:c r="U402" s="16" t="s">
-        <x:v>565</x:v>
+        <x:v>566</x:v>
       </x:c>
     </x:row>
     <x:row r="403" spans="1:21">
       <x:c r="A403" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B403" s="0" t="s">
         <x:v>116</x:v>
       </x:c>
       <x:c r="C403" s="3" t="n">
         <x:v>36648</x:v>
       </x:c>
       <x:c r="D403" s="3" t="s"/>
       <x:c r="G403" s="0" t="s">
         <x:v>329</x:v>
       </x:c>
       <x:c r="I403" s="4" t="s">
         <x:v>214</x:v>
       </x:c>
       <x:c r="J403" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="K403" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
@@ -24940,204 +24930,203 @@
       </x:c>
       <x:c r="P404" s="14" t="s">
         <x:v>417</x:v>
       </x:c>
       <x:c r="Q404" s="16" t="s">
         <x:v>418</x:v>
       </x:c>
       <x:c r="R404" s="14" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="S404" s="14" t="n">
         <x:v>619901</x:v>
       </x:c>
       <x:c r="T404" s="16" t="s">
         <x:v>603</x:v>
       </x:c>
       <x:c r="U404" s="16" t="s">
         <x:v>606</x:v>
       </x:c>
     </x:row>
     <x:row r="405" spans="1:21">
       <x:c r="A405" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B405" s="0" t="s">
-        <x:v>607</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>205</x:v>
+      </x:c>
+      <x:c r="C405" s="3" t="s"/>
       <x:c r="D405" s="3" t="s"/>
       <x:c r="G405" s="0" t="s">
-        <x:v>493</x:v>
+        <x:v>390</x:v>
       </x:c>
       <x:c r="I405" s="4" t="s">
-        <x:v>494</x:v>
-[...2 lines deleted...]
-        <x:v>37</x:v>
+        <x:v>391</x:v>
       </x:c>
       <x:c r="K405" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L405" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="M405" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="N405" s="3" t="n">
-        <x:v>42812</x:v>
+        <x:v>42854</x:v>
       </x:c>
       <x:c r="O405" s="0" t="s">
-        <x:v>194</x:v>
+        <x:v>120</x:v>
       </x:c>
       <x:c r="P405" s="0" t="s">
-        <x:v>493</x:v>
+        <x:v>390</x:v>
       </x:c>
       <x:c r="Q405" s="4" t="s">
-        <x:v>494</x:v>
+        <x:v>391</x:v>
       </x:c>
       <x:c r="R405" s="0" t="s">
-        <x:v>572</x:v>
+        <x:v>326</x:v>
       </x:c>
       <x:c r="S405" s="0" t="n">
-        <x:v>614016</x:v>
+        <x:v>586714</x:v>
       </x:c>
       <x:c r="T405" s="4" t="s">
         <x:v>603</x:v>
       </x:c>
       <x:c r="U405" s="4" t="s">
-        <x:v>222</x:v>
+        <x:v>597</x:v>
       </x:c>
     </x:row>
     <x:row r="406" spans="1:21">
       <x:c r="A406" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B406" s="14" t="s">
-        <x:v>205</x:v>
-[...1 lines deleted...]
-      <x:c r="C406" s="15" t="s"/>
+        <x:v>607</x:v>
+      </x:c>
+      <x:c r="C406" s="15" t="n">
+        <x:v>36155</x:v>
+      </x:c>
       <x:c r="D406" s="15" t="s"/>
       <x:c r="E406" s="14" t="s"/>
       <x:c r="F406" s="14" t="s"/>
       <x:c r="G406" s="14" t="s">
-        <x:v>390</x:v>
+        <x:v>493</x:v>
       </x:c>
       <x:c r="H406" s="14" t="s"/>
       <x:c r="I406" s="16" t="s">
-        <x:v>391</x:v>
-[...1 lines deleted...]
-      <x:c r="J406" s="14" t="s"/>
+        <x:v>494</x:v>
+      </x:c>
+      <x:c r="J406" s="14" t="s">
+        <x:v>37</x:v>
+      </x:c>
       <x:c r="K406" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L406" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="M406" s="14" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="N406" s="15" t="n">
-        <x:v>42854</x:v>
+        <x:v>42812</x:v>
       </x:c>
       <x:c r="O406" s="14" t="s">
-        <x:v>120</x:v>
+        <x:v>194</x:v>
       </x:c>
       <x:c r="P406" s="14" t="s">
-        <x:v>390</x:v>
+        <x:v>493</x:v>
       </x:c>
       <x:c r="Q406" s="16" t="s">
-        <x:v>391</x:v>
+        <x:v>494</x:v>
       </x:c>
       <x:c r="R406" s="14" t="s">
-        <x:v>326</x:v>
+        <x:v>572</x:v>
       </x:c>
       <x:c r="S406" s="14" t="n">
-        <x:v>586714</x:v>
+        <x:v>614016</x:v>
       </x:c>
       <x:c r="T406" s="16" t="s">
         <x:v>603</x:v>
       </x:c>
       <x:c r="U406" s="16" t="s">
-        <x:v>597</x:v>
+        <x:v>222</x:v>
       </x:c>
     </x:row>
     <x:row r="407" spans="1:21">
       <x:c r="A407" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B407" s="0" t="s">
         <x:v>608</x:v>
       </x:c>
       <x:c r="C407" s="3" t="n">
         <x:v>37737</x:v>
       </x:c>
       <x:c r="D407" s="3" t="s"/>
       <x:c r="G407" s="0" t="s">
-        <x:v>399</x:v>
+        <x:v>395</x:v>
       </x:c>
       <x:c r="H407" s="0" t="s">
-        <x:v>400</x:v>
+        <x:v>396</x:v>
       </x:c>
       <x:c r="I407" s="4" t="s">
-        <x:v>262</x:v>
+        <x:v>255</x:v>
       </x:c>
       <x:c r="J407" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="K407" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L407" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="M407" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="N407" s="3" t="n">
         <x:v>42801</x:v>
       </x:c>
       <x:c r="O407" s="0" t="s">
         <x:v>141</x:v>
       </x:c>
       <x:c r="P407" s="0" t="s">
-        <x:v>399</x:v>
+        <x:v>395</x:v>
       </x:c>
       <x:c r="Q407" s="4" t="s">
-        <x:v>262</x:v>
+        <x:v>255</x:v>
       </x:c>
       <x:c r="R407" s="0" t="s">
         <x:v>355</x:v>
       </x:c>
       <x:c r="S407" s="0" t="n">
         <x:v>623961</x:v>
       </x:c>
       <x:c r="T407" s="4" t="s">
-        <x:v>566</x:v>
+        <x:v>564</x:v>
       </x:c>
       <x:c r="U407" s="4" t="s">
         <x:v>609</x:v>
       </x:c>
     </x:row>
     <x:row r="408" spans="1:21">
       <x:c r="A408" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B408" s="14" t="s">
         <x:v>205</x:v>
       </x:c>
       <x:c r="C408" s="15" t="s"/>
       <x:c r="D408" s="15" t="s"/>
       <x:c r="E408" s="14" t="s"/>
       <x:c r="F408" s="14" t="s"/>
       <x:c r="G408" s="14" t="s">
         <x:v>357</x:v>
       </x:c>
       <x:c r="H408" s="14" t="s"/>
       <x:c r="I408" s="16" t="s">
         <x:v>358</x:v>
       </x:c>
       <x:c r="J408" s="14" t="s"/>
       <x:c r="K408" s="14" t="s">
@@ -25146,51 +25135,51 @@
       <x:c r="L408" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="M408" s="14" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="N408" s="15" t="n">
         <x:v>42854</x:v>
       </x:c>
       <x:c r="O408" s="14" t="s">
         <x:v>120</x:v>
       </x:c>
       <x:c r="P408" s="14" t="s">
         <x:v>357</x:v>
       </x:c>
       <x:c r="Q408" s="16" t="s">
         <x:v>358</x:v>
       </x:c>
       <x:c r="R408" s="14" t="s">
         <x:v>359</x:v>
       </x:c>
       <x:c r="S408" s="14" t="n">
         <x:v>622582</x:v>
       </x:c>
       <x:c r="T408" s="16" t="s">
-        <x:v>566</x:v>
+        <x:v>564</x:v>
       </x:c>
       <x:c r="U408" s="16" t="s">
         <x:v>609</x:v>
       </x:c>
     </x:row>
     <x:row r="409" spans="1:21">
       <x:c r="A409" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B409" s="0" t="s">
         <x:v>116</x:v>
       </x:c>
       <x:c r="C409" s="3" t="n">
         <x:v>36648</x:v>
       </x:c>
       <x:c r="D409" s="3" t="s"/>
       <x:c r="G409" s="0" t="s">
         <x:v>390</x:v>
       </x:c>
       <x:c r="I409" s="4" t="s">
         <x:v>391</x:v>
       </x:c>
       <x:c r="J409" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
@@ -25211,51 +25200,51 @@
       </x:c>
       <x:c r="P409" s="0" t="s">
         <x:v>390</x:v>
       </x:c>
       <x:c r="Q409" s="4" t="s">
         <x:v>391</x:v>
       </x:c>
       <x:c r="R409" s="0" t="s">
         <x:v>326</x:v>
       </x:c>
       <x:c r="S409" s="0" t="n">
         <x:v>586703</x:v>
       </x:c>
       <x:c r="T409" s="4" t="s">
         <x:v>597</x:v>
       </x:c>
       <x:c r="U409" s="4" t="s">
         <x:v>610</x:v>
       </x:c>
     </x:row>
     <x:row r="410" spans="1:21">
       <x:c r="A410" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B410" s="14" t="s">
-        <x:v>242</x:v>
+        <x:v>253</x:v>
       </x:c>
       <x:c r="C410" s="15" t="n">
         <x:v>36648</x:v>
       </x:c>
       <x:c r="D410" s="15" t="s"/>
       <x:c r="E410" s="14" t="s"/>
       <x:c r="F410" s="14" t="s"/>
       <x:c r="G410" s="14" t="s">
         <x:v>390</x:v>
       </x:c>
       <x:c r="H410" s="14" t="s"/>
       <x:c r="I410" s="16" t="s">
         <x:v>391</x:v>
       </x:c>
       <x:c r="J410" s="14" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="K410" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L410" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="M410" s="14" t="s">
         <x:v>55</x:v>
@@ -25275,137 +25264,137 @@
       <x:c r="R410" s="14" t="s">
         <x:v>326</x:v>
       </x:c>
       <x:c r="S410" s="14" t="n">
         <x:v>614861</x:v>
       </x:c>
       <x:c r="T410" s="16" t="s">
         <x:v>597</x:v>
       </x:c>
       <x:c r="U410" s="16" t="s">
         <x:v>611</x:v>
       </x:c>
     </x:row>
     <x:row r="411" spans="1:21">
       <x:c r="A411" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B411" s="0" t="s">
         <x:v>590</x:v>
       </x:c>
       <x:c r="C411" s="3" t="n">
         <x:v>37616</x:v>
       </x:c>
       <x:c r="D411" s="3" t="s"/>
       <x:c r="G411" s="0" t="s">
-        <x:v>399</x:v>
+        <x:v>395</x:v>
       </x:c>
       <x:c r="H411" s="0" t="s">
-        <x:v>400</x:v>
+        <x:v>396</x:v>
       </x:c>
       <x:c r="I411" s="4" t="s">
-        <x:v>262</x:v>
+        <x:v>255</x:v>
       </x:c>
       <x:c r="J411" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="K411" s="0" t="s">
         <x:v>591</x:v>
       </x:c>
       <x:c r="L411" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="M411" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="N411" s="3" t="n">
         <x:v>23641</x:v>
       </x:c>
       <x:c r="O411" s="0" t="s">
         <x:v>240</x:v>
       </x:c>
       <x:c r="P411" s="0" t="s">
-        <x:v>399</x:v>
+        <x:v>395</x:v>
       </x:c>
       <x:c r="Q411" s="4" t="s">
-        <x:v>262</x:v>
+        <x:v>255</x:v>
       </x:c>
       <x:c r="R411" s="0" t="s">
         <x:v>355</x:v>
       </x:c>
       <x:c r="S411" s="0" t="n">
         <x:v>623989</x:v>
       </x:c>
       <x:c r="T411" s="4" t="s">
         <x:v>612</x:v>
       </x:c>
       <x:c r="U411" s="4" t="s">
         <x:v>613</x:v>
       </x:c>
     </x:row>
     <x:row r="412" spans="1:21">
       <x:c r="A412" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B412" s="14" t="s">
         <x:v>212</x:v>
       </x:c>
       <x:c r="C412" s="15" t="s"/>
       <x:c r="D412" s="15" t="s"/>
       <x:c r="E412" s="14" t="s"/>
       <x:c r="F412" s="14" t="s"/>
       <x:c r="G412" s="14" t="s">
-        <x:v>401</x:v>
+        <x:v>397</x:v>
       </x:c>
       <x:c r="H412" s="14" t="s"/>
       <x:c r="I412" s="16" t="s">
-        <x:v>402</x:v>
+        <x:v>398</x:v>
       </x:c>
       <x:c r="J412" s="14" t="s"/>
       <x:c r="K412" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L412" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="M412" s="14" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="N412" s="15" t="n">
         <x:v>42854</x:v>
       </x:c>
       <x:c r="O412" s="14" t="s">
         <x:v>120</x:v>
       </x:c>
       <x:c r="P412" s="14" t="s">
-        <x:v>401</x:v>
+        <x:v>397</x:v>
       </x:c>
       <x:c r="Q412" s="16" t="s">
-        <x:v>402</x:v>
+        <x:v>398</x:v>
       </x:c>
       <x:c r="R412" s="14" t="s">
-        <x:v>403</x:v>
+        <x:v>399</x:v>
       </x:c>
       <x:c r="S412" s="14" t="n">
         <x:v>613549</x:v>
       </x:c>
       <x:c r="T412" s="16" t="s">
         <x:v>568</x:v>
       </x:c>
       <x:c r="U412" s="16" t="s">
         <x:v>614</x:v>
       </x:c>
     </x:row>
     <x:row r="413" spans="1:21">
       <x:c r="A413" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B413" s="0" t="s">
         <x:v>389</x:v>
       </x:c>
       <x:c r="C413" s="3" t="s"/>
       <x:c r="D413" s="3" t="s"/>
       <x:c r="G413" s="0" t="s">
         <x:v>390</x:v>
       </x:c>
       <x:c r="I413" s="4" t="s">
         <x:v>391</x:v>
@@ -25536,80 +25525,80 @@
       <x:c r="R415" s="0" t="s">
         <x:v>216</x:v>
       </x:c>
       <x:c r="S415" s="0" t="n">
         <x:v>602307</x:v>
       </x:c>
       <x:c r="T415" s="4" t="s">
         <x:v>615</x:v>
       </x:c>
       <x:c r="U415" s="4" t="s">
         <x:v>616</x:v>
       </x:c>
     </x:row>
     <x:row r="416" spans="1:21">
       <x:c r="A416" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B416" s="14" t="s">
         <x:v>212</x:v>
       </x:c>
       <x:c r="C416" s="15" t="s"/>
       <x:c r="D416" s="15" t="s"/>
       <x:c r="E416" s="14" t="s"/>
       <x:c r="F416" s="14" t="s"/>
       <x:c r="G416" s="14" t="s">
-        <x:v>401</x:v>
+        <x:v>397</x:v>
       </x:c>
       <x:c r="H416" s="14" t="s"/>
       <x:c r="I416" s="16" t="s">
-        <x:v>402</x:v>
+        <x:v>398</x:v>
       </x:c>
       <x:c r="J416" s="14" t="s"/>
       <x:c r="K416" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L416" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="M416" s="14" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="N416" s="15" t="n">
         <x:v>42854</x:v>
       </x:c>
       <x:c r="O416" s="14" t="s">
         <x:v>120</x:v>
       </x:c>
       <x:c r="P416" s="14" t="s">
-        <x:v>401</x:v>
+        <x:v>397</x:v>
       </x:c>
       <x:c r="Q416" s="16" t="s">
-        <x:v>402</x:v>
+        <x:v>398</x:v>
       </x:c>
       <x:c r="R416" s="14" t="s">
-        <x:v>403</x:v>
+        <x:v>399</x:v>
       </x:c>
       <x:c r="S416" s="14" t="n">
         <x:v>613551</x:v>
       </x:c>
       <x:c r="T416" s="16" t="s">
         <x:v>615</x:v>
       </x:c>
       <x:c r="U416" s="16" t="s">
         <x:v>606</x:v>
       </x:c>
     </x:row>
     <x:row r="417" spans="1:21">
       <x:c r="A417" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B417" s="0" t="s">
         <x:v>205</x:v>
       </x:c>
       <x:c r="C417" s="3" t="s"/>
       <x:c r="D417" s="3" t="s"/>
       <x:c r="G417" s="0" t="s">
         <x:v>390</x:v>
       </x:c>
       <x:c r="I417" s="4" t="s">
         <x:v>391</x:v>
@@ -25802,57 +25791,57 @@
       <x:c r="R420" s="14" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="S420" s="14" t="n">
         <x:v>597764</x:v>
       </x:c>
       <x:c r="T420" s="16" t="s">
         <x:v>618</x:v>
       </x:c>
       <x:c r="U420" s="16" t="s">
         <x:v>619</x:v>
       </x:c>
     </x:row>
     <x:row r="421" spans="1:21">
       <x:c r="A421" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B421" s="0" t="s">
         <x:v>116</x:v>
       </x:c>
       <x:c r="C421" s="3" t="n">
         <x:v>41394</x:v>
       </x:c>
       <x:c r="D421" s="3" t="s"/>
       <x:c r="G421" s="0" t="s">
-        <x:v>399</x:v>
+        <x:v>395</x:v>
       </x:c>
       <x:c r="H421" s="0" t="s">
-        <x:v>400</x:v>
+        <x:v>396</x:v>
       </x:c>
       <x:c r="I421" s="4" t="s">
-        <x:v>262</x:v>
+        <x:v>255</x:v>
       </x:c>
       <x:c r="J421" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="K421" s="0" t="s">
         <x:v>119</x:v>
       </x:c>
       <x:c r="L421" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="M421" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="N421" s="3" t="n">
         <x:v>42854</x:v>
       </x:c>
       <x:c r="O421" s="0" t="s">
         <x:v>120</x:v>
       </x:c>
       <x:c r="P421" s="0" t="s">
         <x:v>477</x:v>
       </x:c>
       <x:c r="Q421" s="4" t="s">
         <x:v>478</x:v>
       </x:c>
@@ -26225,78 +26214,78 @@
         <x:v>358</x:v>
       </x:c>
       <x:c r="R428" s="14" t="s">
         <x:v>359</x:v>
       </x:c>
       <x:c r="S428" s="14" t="n">
         <x:v>606641</x:v>
       </x:c>
       <x:c r="T428" s="16" t="s">
         <x:v>625</x:v>
       </x:c>
       <x:c r="U428" s="16" t="s">
         <x:v>224</x:v>
       </x:c>
     </x:row>
     <x:row r="429" spans="1:21">
       <x:c r="A429" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B429" s="0" t="s">
         <x:v>212</x:v>
       </x:c>
       <x:c r="C429" s="3" t="s"/>
       <x:c r="D429" s="3" t="s"/>
       <x:c r="G429" s="0" t="s">
-        <x:v>401</x:v>
+        <x:v>397</x:v>
       </x:c>
       <x:c r="I429" s="4" t="s">
-        <x:v>402</x:v>
+        <x:v>398</x:v>
       </x:c>
       <x:c r="K429" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L429" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="M429" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="N429" s="3" t="n">
         <x:v>42854</x:v>
       </x:c>
       <x:c r="O429" s="0" t="s">
         <x:v>120</x:v>
       </x:c>
       <x:c r="P429" s="0" t="s">
-        <x:v>401</x:v>
+        <x:v>397</x:v>
       </x:c>
       <x:c r="Q429" s="4" t="s">
-        <x:v>402</x:v>
+        <x:v>398</x:v>
       </x:c>
       <x:c r="R429" s="0" t="s">
-        <x:v>403</x:v>
+        <x:v>399</x:v>
       </x:c>
       <x:c r="S429" s="0" t="n">
         <x:v>613552</x:v>
       </x:c>
       <x:c r="T429" s="4" t="s">
         <x:v>625</x:v>
       </x:c>
       <x:c r="U429" s="4" t="s">
         <x:v>610</x:v>
       </x:c>
     </x:row>
     <x:row r="430" spans="1:21">
       <x:c r="A430" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B430" s="14" t="s">
         <x:v>410</x:v>
       </x:c>
       <x:c r="C430" s="15" t="s"/>
       <x:c r="D430" s="15" t="s"/>
       <x:c r="E430" s="14" t="s"/>
       <x:c r="F430" s="14" t="s"/>
       <x:c r="G430" s="14" t="s">
         <x:v>329</x:v>
       </x:c>
@@ -26327,78 +26316,78 @@
         <x:v>214</x:v>
       </x:c>
       <x:c r="R430" s="14" t="s">
         <x:v>216</x:v>
       </x:c>
       <x:c r="S430" s="14" t="n">
         <x:v>602308</x:v>
       </x:c>
       <x:c r="T430" s="16" t="s">
         <x:v>626</x:v>
       </x:c>
       <x:c r="U430" s="16" t="s">
         <x:v>610</x:v>
       </x:c>
     </x:row>
     <x:row r="431" spans="1:21">
       <x:c r="A431" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B431" s="0" t="s">
         <x:v>205</x:v>
       </x:c>
       <x:c r="C431" s="3" t="s"/>
       <x:c r="D431" s="3" t="s"/>
       <x:c r="G431" s="0" t="s">
-        <x:v>394</x:v>
+        <x:v>405</x:v>
       </x:c>
       <x:c r="I431" s="4" t="s">
-        <x:v>395</x:v>
+        <x:v>406</x:v>
       </x:c>
       <x:c r="K431" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L431" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="M431" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="N431" s="3" t="n">
         <x:v>42854</x:v>
       </x:c>
       <x:c r="O431" s="0" t="s">
         <x:v>120</x:v>
       </x:c>
       <x:c r="P431" s="0" t="s">
-        <x:v>394</x:v>
+        <x:v>405</x:v>
       </x:c>
       <x:c r="Q431" s="4" t="s">
-        <x:v>395</x:v>
+        <x:v>406</x:v>
       </x:c>
       <x:c r="R431" s="0" t="s">
-        <x:v>396</x:v>
+        <x:v>407</x:v>
       </x:c>
       <x:c r="S431" s="0" t="n">
         <x:v>616925</x:v>
       </x:c>
       <x:c r="T431" s="4" t="s">
         <x:v>626</x:v>
       </x:c>
       <x:c r="U431" s="4" t="s">
         <x:v>610</x:v>
       </x:c>
     </x:row>
     <x:row r="432" spans="1:21">
       <x:c r="A432" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B432" s="14" t="s">
         <x:v>447</x:v>
       </x:c>
       <x:c r="C432" s="15" t="s"/>
       <x:c r="D432" s="15" t="s"/>
       <x:c r="E432" s="14" t="s"/>
       <x:c r="F432" s="14" t="s"/>
       <x:c r="G432" s="14" t="s">
         <x:v>417</x:v>
       </x:c>
@@ -26579,90 +26568,90 @@
       </x:c>
       <x:c r="P435" s="0" t="s">
         <x:v>329</x:v>
       </x:c>
       <x:c r="Q435" s="4" t="s">
         <x:v>214</x:v>
       </x:c>
       <x:c r="R435" s="0" t="s">
         <x:v>216</x:v>
       </x:c>
       <x:c r="S435" s="0" t="n">
         <x:v>602309</x:v>
       </x:c>
       <x:c r="T435" s="4" t="s">
         <x:v>629</x:v>
       </x:c>
       <x:c r="U435" s="4" t="s">
         <x:v>630</x:v>
       </x:c>
     </x:row>
     <x:row r="436" spans="1:21">
       <x:c r="A436" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B436" s="14" t="s">
-        <x:v>398</x:v>
+        <x:v>394</x:v>
       </x:c>
       <x:c r="C436" s="15" t="n">
         <x:v>41394</x:v>
       </x:c>
       <x:c r="D436" s="15" t="s"/>
       <x:c r="E436" s="14" t="s"/>
       <x:c r="F436" s="14" t="s"/>
       <x:c r="G436" s="14" t="s">
-        <x:v>399</x:v>
+        <x:v>395</x:v>
       </x:c>
       <x:c r="H436" s="14" t="s">
-        <x:v>400</x:v>
+        <x:v>396</x:v>
       </x:c>
       <x:c r="I436" s="16" t="s">
-        <x:v>262</x:v>
+        <x:v>255</x:v>
       </x:c>
       <x:c r="J436" s="14" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="K436" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L436" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="M436" s="14" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="N436" s="15" t="n">
         <x:v>42854</x:v>
       </x:c>
       <x:c r="O436" s="14" t="s">
         <x:v>120</x:v>
       </x:c>
       <x:c r="P436" s="14" t="s">
-        <x:v>399</x:v>
+        <x:v>395</x:v>
       </x:c>
       <x:c r="Q436" s="16" t="s">
-        <x:v>262</x:v>
+        <x:v>255</x:v>
       </x:c>
       <x:c r="R436" s="14" t="s">
         <x:v>355</x:v>
       </x:c>
       <x:c r="S436" s="14" t="n">
         <x:v>623956</x:v>
       </x:c>
       <x:c r="T436" s="16" t="s">
         <x:v>629</x:v>
       </x:c>
       <x:c r="U436" s="16" t="s">
         <x:v>630</x:v>
       </x:c>
     </x:row>
     <x:row r="437" spans="1:21">
       <x:c r="A437" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B437" s="0" t="s">
         <x:v>205</x:v>
       </x:c>
       <x:c r="C437" s="3" t="s"/>
       <x:c r="D437" s="3" t="s"/>
       <x:c r="G437" s="0" t="s">
         <x:v>357</x:v>
@@ -26796,80 +26785,80 @@
       <x:c r="R439" s="0" t="s">
         <x:v>142</x:v>
       </x:c>
       <x:c r="S439" s="0" t="n">
         <x:v>619904</x:v>
       </x:c>
       <x:c r="T439" s="4" t="s">
         <x:v>630</x:v>
       </x:c>
       <x:c r="U439" s="4" t="s">
         <x:v>630</x:v>
       </x:c>
     </x:row>
     <x:row r="440" spans="1:21">
       <x:c r="A440" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B440" s="14" t="s">
         <x:v>212</x:v>
       </x:c>
       <x:c r="C440" s="15" t="s"/>
       <x:c r="D440" s="15" t="s"/>
       <x:c r="E440" s="14" t="s"/>
       <x:c r="F440" s="14" t="s"/>
       <x:c r="G440" s="14" t="s">
-        <x:v>401</x:v>
+        <x:v>397</x:v>
       </x:c>
       <x:c r="H440" s="14" t="s"/>
       <x:c r="I440" s="16" t="s">
-        <x:v>402</x:v>
+        <x:v>398</x:v>
       </x:c>
       <x:c r="J440" s="14" t="s"/>
       <x:c r="K440" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L440" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="M440" s="14" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="N440" s="15" t="n">
         <x:v>42854</x:v>
       </x:c>
       <x:c r="O440" s="14" t="s">
         <x:v>120</x:v>
       </x:c>
       <x:c r="P440" s="14" t="s">
-        <x:v>401</x:v>
+        <x:v>397</x:v>
       </x:c>
       <x:c r="Q440" s="16" t="s">
-        <x:v>402</x:v>
+        <x:v>398</x:v>
       </x:c>
       <x:c r="R440" s="14" t="s">
-        <x:v>403</x:v>
+        <x:v>399</x:v>
       </x:c>
       <x:c r="S440" s="14" t="n">
         <x:v>613553</x:v>
       </x:c>
       <x:c r="T440" s="16" t="s">
         <x:v>632</x:v>
       </x:c>
       <x:c r="U440" s="16" t="s">
         <x:v>311</x:v>
       </x:c>
     </x:row>
     <x:row r="441" spans="1:21">
       <x:c r="A441" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B441" s="0" t="s">
         <x:v>205</x:v>
       </x:c>
       <x:c r="C441" s="3" t="s"/>
       <x:c r="D441" s="3" t="s"/>
       <x:c r="G441" s="0" t="s">
         <x:v>390</x:v>
       </x:c>
       <x:c r="I441" s="4" t="s">
         <x:v>391</x:v>
@@ -26949,78 +26938,78 @@
         <x:v>358</x:v>
       </x:c>
       <x:c r="R442" s="14" t="s">
         <x:v>359</x:v>
       </x:c>
       <x:c r="S442" s="14" t="n">
         <x:v>622584</x:v>
       </x:c>
       <x:c r="T442" s="16" t="s">
         <x:v>633</x:v>
       </x:c>
       <x:c r="U442" s="16" t="s">
         <x:v>222</x:v>
       </x:c>
     </x:row>
     <x:row r="443" spans="1:21">
       <x:c r="A443" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B443" s="0" t="s">
         <x:v>205</x:v>
       </x:c>
       <x:c r="C443" s="3" t="s"/>
       <x:c r="D443" s="3" t="s"/>
       <x:c r="G443" s="0" t="s">
-        <x:v>394</x:v>
+        <x:v>405</x:v>
       </x:c>
       <x:c r="I443" s="4" t="s">
-        <x:v>395</x:v>
+        <x:v>406</x:v>
       </x:c>
       <x:c r="K443" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L443" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="M443" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="N443" s="3" t="n">
         <x:v>42854</x:v>
       </x:c>
       <x:c r="O443" s="0" t="s">
         <x:v>120</x:v>
       </x:c>
       <x:c r="P443" s="0" t="s">
-        <x:v>394</x:v>
+        <x:v>405</x:v>
       </x:c>
       <x:c r="Q443" s="4" t="s">
-        <x:v>395</x:v>
+        <x:v>406</x:v>
       </x:c>
       <x:c r="R443" s="0" t="s">
-        <x:v>396</x:v>
+        <x:v>407</x:v>
       </x:c>
       <x:c r="S443" s="0" t="n">
         <x:v>616926</x:v>
       </x:c>
       <x:c r="T443" s="4" t="s">
         <x:v>633</x:v>
       </x:c>
       <x:c r="U443" s="4" t="s">
         <x:v>222</x:v>
       </x:c>
     </x:row>
     <x:row r="444" spans="1:21">
       <x:c r="A444" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B444" s="14" t="s">
         <x:v>416</x:v>
       </x:c>
       <x:c r="C444" s="15" t="s"/>
       <x:c r="D444" s="15" t="s"/>
       <x:c r="E444" s="14" t="s"/>
       <x:c r="F444" s="14" t="s"/>
       <x:c r="G444" s="14" t="s">
         <x:v>417</x:v>
       </x:c>