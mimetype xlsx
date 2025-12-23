--- v0 (2025-12-23)
+++ v1 (2025-12-23)
@@ -326,63 +326,63 @@
   <x:si>
     <x:t>09/30/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Master mention géographie, aménagement, environnement et développement parcours  territoires, société, aménagement</x:t>
   </x:si>
   <x:si>
     <x:t>Master mention géographie, aménagement, environnement et développement parcours géomatique et modélisation spatiale</x:t>
   </x:si>
   <x:si>
     <x:t>Licence mention géographie et aménagement parcours géographie et aménagement</x:t>
   </x:si>
   <x:si>
     <x:t>Bac + 3 et 4</x:t>
   </x:si>
   <x:si>
     <x:t>Géographie physique</x:t>
   </x:si>
   <x:si>
     <x:t>Licence pro mention cartographie, topographie et systèmes d'information géographique parcours géomatique de l’environnement, du tourisme et de l’aménagement en montagne</x:t>
   </x:si>
   <x:si>
     <x:t>DIGNE LES BAINS</x:t>
   </x:si>
   <x:si>
+    <x:t>Master mention sciences de la mer parcours océanographie physique et biogéochimique</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Biologie marine</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Aix Marseille Université|Aix Marseille Université - Institut Pythéas - Observatoire des Sciences de l'Univers</x:t>
+  </x:si>
+  <x:si>
+    <x:t>MARSEILLE- 9e</x:t>
+  </x:si>
+  <x:si>
     <x:t>Master mention sciences de la mer parcours océanographie biologique et écologie marine</x:t>
-  </x:si>
-[...10 lines deleted...]
-    <x:t>Master mention sciences de la mer parcours océanographie physique et biogéochimique</x:t>
   </x:si>
   <x:si>
     <x:t>Amj Groupe - Geosoft</x:t>
   </x:si>
   <x:si>
     <x:t>75015</x:t>
   </x:si>
   <x:si>
     <x:t>SALON-DE-PROVENCE</x:t>
   </x:si>
   <x:si>
     <x:t>10/16/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Opérateur de drone en photogrammétrie</x:t>
   </x:si>
   <x:si>
     <x:t>Drone Up Academy</x:t>
   </x:si>
   <x:si>
     <x:t>31620</x:t>
   </x:si>
   <x:si>
     <x:t>LE BEAUSSET</x:t>
   </x:si>
@@ -2044,51 +2044,51 @@
       <x:c r="K21" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="L21" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M21" s="0" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="N21" s="3" t="n">
         <x:v>12205</x:v>
       </x:c>
       <x:c r="O21" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P21" s="0" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="Q21" s="4" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="R21" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="S21" s="0" t="n">
-        <x:v>573269</x:v>
+        <x:v>573275</x:v>
       </x:c>
       <x:c r="T21" s="4" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="U21" s="4" t="s">
         <x:v>33</x:v>
       </x:c>
     </x:row>
     <x:row r="22" spans="1:21">
       <x:c r="A22" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B22" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="C22" s="15" t="s"/>
       <x:c r="D22" s="15" t="s"/>
       <x:c r="E22" s="14" t="s"/>
       <x:c r="F22" s="14" t="s"/>
       <x:c r="G22" s="14" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="H22" s="14" t="s"/>
       <x:c r="I22" s="16" t="s">
         <x:v>43</x:v>
@@ -2097,51 +2097,51 @@
       <x:c r="K22" s="14" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="L22" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M22" s="14" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="N22" s="15" t="n">
         <x:v>12205</x:v>
       </x:c>
       <x:c r="O22" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P22" s="14" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="Q22" s="16" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="R22" s="14" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="S22" s="14" t="n">
-        <x:v>573275</x:v>
+        <x:v>573269</x:v>
       </x:c>
       <x:c r="T22" s="16" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="U22" s="16" t="s">
         <x:v>33</x:v>
       </x:c>
     </x:row>
     <x:row r="23" spans="1:21">
       <x:c r="A23" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B23" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="C23" s="3" t="s"/>
       <x:c r="D23" s="3" t="s"/>
       <x:c r="G23" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="I23" s="4" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="K23" s="0" t="s">
         <x:v>25</x:v>
@@ -2657,153 +2657,153 @@
       </x:c>
       <x:c r="P32" s="14" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="Q32" s="16" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="R32" s="14" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="S32" s="14" t="n">
         <x:v>588131</x:v>
       </x:c>
       <x:c r="T32" s="16" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="U32" s="16" t="s">
         <x:v>33</x:v>
       </x:c>
     </x:row>
     <x:row r="33" spans="1:21">
       <x:c r="A33" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B33" s="0" t="s">
-        <x:v>83</x:v>
+        <x:v>85</x:v>
       </x:c>
       <x:c r="C33" s="3" t="n">
-        <x:v>40339</x:v>
+        <x:v>38563</x:v>
       </x:c>
       <x:c r="D33" s="3" t="s"/>
       <x:c r="G33" s="0" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="H33" s="0" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="I33" s="4" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="J33" s="0" t="s">
-        <x:v>81</x:v>
+        <x:v>72</x:v>
       </x:c>
       <x:c r="K33" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L33" s="0" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="M33" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="N33" s="3" t="n">
-        <x:v>12205</x:v>
+        <x:v>12061</x:v>
       </x:c>
       <x:c r="O33" s="0" t="s">
-        <x:v>28</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="P33" s="0" t="s">
-        <x:v>69</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="Q33" s="4" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="R33" s="0" t="s">
-        <x:v>84</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="S33" s="0" t="n">
-        <x:v>575989</x:v>
+        <x:v>577559</x:v>
       </x:c>
       <x:c r="T33" s="4" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="U33" s="4" t="s">
         <x:v>77</x:v>
       </x:c>
     </x:row>
     <x:row r="34" spans="1:21">
       <x:c r="A34" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B34" s="14" t="s">
-        <x:v>85</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="C34" s="15" t="n">
-        <x:v>38563</x:v>
+        <x:v>40339</x:v>
       </x:c>
       <x:c r="D34" s="15" t="s"/>
       <x:c r="E34" s="14" t="s"/>
       <x:c r="F34" s="14" t="s"/>
       <x:c r="G34" s="14" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="H34" s="14" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="I34" s="16" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="J34" s="14" t="s">
-        <x:v>72</x:v>
+        <x:v>81</x:v>
       </x:c>
       <x:c r="K34" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L34" s="14" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="M34" s="14" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="N34" s="15" t="n">
-        <x:v>12061</x:v>
+        <x:v>12205</x:v>
       </x:c>
       <x:c r="O34" s="14" t="s">
-        <x:v>86</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="P34" s="14" t="s">
-        <x:v>87</x:v>
+        <x:v>69</x:v>
       </x:c>
       <x:c r="Q34" s="16" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="R34" s="14" t="s">
-        <x:v>88</x:v>
+        <x:v>84</x:v>
       </x:c>
       <x:c r="S34" s="14" t="n">
-        <x:v>577558</x:v>
+        <x:v>575989</x:v>
       </x:c>
       <x:c r="T34" s="16" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="U34" s="16" t="s">
         <x:v>77</x:v>
       </x:c>
     </x:row>
     <x:row r="35" spans="1:21">
       <x:c r="A35" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B35" s="0" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="C35" s="3" t="n">
         <x:v>38563</x:v>
       </x:c>
       <x:c r="D35" s="3" t="s"/>
       <x:c r="G35" s="0" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="H35" s="0" t="s">
         <x:v>70</x:v>
       </x:c>
@@ -2816,51 +2816,51 @@
       <x:c r="K35" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L35" s="0" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="M35" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="N35" s="3" t="n">
         <x:v>12061</x:v>
       </x:c>
       <x:c r="O35" s="0" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="P35" s="0" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="Q35" s="4" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="R35" s="0" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="S35" s="0" t="n">
-        <x:v>577559</x:v>
+        <x:v>577558</x:v>
       </x:c>
       <x:c r="T35" s="4" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="U35" s="4" t="s">
         <x:v>77</x:v>
       </x:c>
     </x:row>
     <x:row r="36" spans="1:21">
       <x:c r="A36" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B36" s="14" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="C36" s="15" t="s"/>
       <x:c r="D36" s="15" t="s"/>
       <x:c r="E36" s="14" t="s"/>
       <x:c r="F36" s="14" t="s"/>
       <x:c r="G36" s="14" t="s">
         <x:v>90</x:v>
       </x:c>
       <x:c r="H36" s="14" t="s"/>
       <x:c r="I36" s="16" t="s">
         <x:v>91</x:v>