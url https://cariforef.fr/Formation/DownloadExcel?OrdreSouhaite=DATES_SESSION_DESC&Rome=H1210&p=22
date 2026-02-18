--- v1 (2026-02-18)
+++ v2 (2026-02-18)
@@ -917,185 +917,185 @@
   <x:si>
     <x:t>06300</x:t>
   </x:si>
   <x:si>
     <x:t>Ingénieur diplômé de l'école polytechnique universitaire de l'université d'Aix-Marseille spécialité génie biologique</x:t>
   </x:si>
   <x:si>
     <x:t>Lycée de Vaison-la-Romaine</x:t>
   </x:si>
   <x:si>
     <x:t>84110</x:t>
   </x:si>
   <x:si>
     <x:t>VAISON LA ROMAINE</x:t>
   </x:si>
   <x:si>
     <x:t>Lycée Costebelle</x:t>
   </x:si>
   <x:si>
     <x:t>83408</x:t>
   </x:si>
   <x:si>
     <x:t>HYERES CEDEX</x:t>
   </x:si>
   <x:si>
+    <x:t>BUT spécialité chimie parcours analyse, contrôle-qualité, environnement</x:t>
+  </x:si>
+  <x:si>
     <x:t>licence mention sciences pour la santé</x:t>
   </x:si>
   <x:si>
     <x:t>Santé</x:t>
   </x:si>
   <x:si>
     <x:t>NICE CEDEX 03</x:t>
   </x:si>
   <x:si>
     <x:t>BUT spécialité mesures physiques parcours techniques d'instrumentation</x:t>
   </x:si>
   <x:si>
     <x:t>Projeteur en ingénierie d'installation générale industrielle</x:t>
   </x:si>
   <x:si>
-    <x:t>BUT spécialité chimie parcours analyse, contrôle-qualité, environnement</x:t>
+    <x:t>BTS photonique : technologies et sciences de la lumière</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Lycée St-Louis - Ste-Marie</x:t>
+  </x:si>
+  <x:si>
+    <x:t>13180</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Optique</x:t>
+  </x:si>
+  <x:si>
+    <x:t>GIGNAC-LA-NERTHE</x:t>
   </x:si>
   <x:si>
     <x:t>Lycée P G de Gennes</x:t>
   </x:si>
   <x:si>
     <x:t>04990</x:t>
   </x:si>
   <x:si>
     <x:t>DIGNE LES BAINS CEDEX 9</x:t>
   </x:si>
   <x:si>
     <x:t>Centrale Méditerranée - campus de Marseille</x:t>
   </x:si>
   <x:si>
     <x:t>13451</x:t>
   </x:si>
   <x:si>
+    <x:t>master mention immunologie</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Biochimie</x:t>
+  </x:si>
+  <x:si>
     <x:t>08/31/2028 00:00:00</x:t>
   </x:si>
   <x:si>
-    <x:t>BTS photonique : technologies et sciences de la lumière</x:t>
-[...11 lines deleted...]
-    <x:t>GIGNAC-LA-NERTHE</x:t>
+    <x:t>Lycée polyvalent Les Iscles</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Lycée T Edison</x:t>
+  </x:si>
+  <x:si>
+    <x:t>83510</x:t>
+  </x:si>
+  <x:si>
+    <x:t>LORGUES</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BTS métiers de la mesure (Apprentissage)</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Formation et Métier - Cfa Régional de la Cité Technique</x:t>
+  </x:si>
+  <x:si>
+    <x:t>FM</x:t>
+  </x:si>
+  <x:si>
+    <x:t>13016</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Ogec Saint Vincent de Paul</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BUT spécialité chimie parcours analyse, contrôle-qualité, environnement (Apprentissage)</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Aix Marseille Université - IUT Aix-Marseille (Site Saint Jérôme)</x:t>
+  </x:si>
+  <x:si>
+    <x:t>08/31/2029 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Lycée Polyvalent Montmajour</x:t>
+  </x:si>
+  <x:si>
+    <x:t>13637</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ARLES CEDEX</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Lycée A de Tocqueville</x:t>
+  </x:si>
+  <x:si>
+    <x:t>GRASSE CEDEX</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Lycée L Pasteur</x:t>
+  </x:si>
+  <x:si>
+    <x:t>84011</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AVIGNON CEDEX 01</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Lycée polyvalent de la Méditerranée</x:t>
+  </x:si>
+  <x:si>
+    <x:t>13600</x:t>
+  </x:si>
+  <x:si>
+    <x:t>LA CIOTAT</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AUBAGNE</x:t>
   </x:si>
   <x:si>
     <x:t>BUT spécialité génie chimique - génie des procédés parcours conception des procédés et innovation technologique</x:t>
   </x:si>
   <x:si>
     <x:t>Génie chimique</x:t>
   </x:si>
   <x:si>
-    <x:t>Lycée Polyvalent Montmajour</x:t>
-[...76 lines deleted...]
-  <x:si>
     <x:t>03/01/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>03/31/2028 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Ingénieur spécialisé en modélisation complexe des infrastructures de la construction, diplômé de l'institut supérieur du bâtiment et des travaux publics (préparation également possible par Bloc(s) de compétences)</x:t>
   </x:si>
   <x:si>
     <x:t>Chambre de Commerce et d'Industrie Métropolitaine Aix Marseille Provence</x:t>
   </x:si>
   <x:si>
     <x:t>CCIMP</x:t>
   </x:si>
   <x:si>
     <x:t>13221</x:t>
   </x:si>
   <x:si>
     <x:t>Chambre de Commerce et d'Industrie Métropolitaine Aix Marseille Provence - CFA Régional Interconsulaire Méditerranée - Antenne Institut Supérieur Bâtiment et TP</x:t>
   </x:si>
   <x:si>
     <x:t>11/03/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>03/03/2027 00:00:00</x:t>
@@ -1274,90 +1274,90 @@
   <x:si>
     <x:t>UCA</x:t>
   </x:si>
   <x:si>
     <x:t>Projeteur en ingénierie d'installation générale industrielle (Apprentissage)</x:t>
   </x:si>
   <x:si>
     <x:t>Licence mention chimie parcours plurisciences</x:t>
   </x:si>
   <x:si>
     <x:t>Licence mention physique, chimie parcours plurisciences</x:t>
   </x:si>
   <x:si>
     <x:t>Master mention immunologie parcours compétences complémentaires en informatique</x:t>
   </x:si>
   <x:si>
     <x:t>07/02/2027 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>BUT spécialité génie chimique-génie des procédés parcours conception des procédés et innovation technologique</x:t>
   </x:si>
   <x:si>
     <x:t>Licence mention physique parcours plurisciences</x:t>
   </x:si>
   <x:si>
+    <x:t>Licence pro mention industries pharmaceutiques, cosmétologiques et de santé : gestion, production et valorisation parcours management des industries de la cosmétique et de la chimie fine</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Licence mention sciences de la vie et de la terre parcours environnement, pollutions et milieux</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Licence mention sciences de la vie et de la terre parcours Homme et environnement</x:t>
+  </x:si>
+  <x:si>
     <x:t>Licence pro mention productions végétales parcours valorisation et commercialisation des ressources végétales à usage artisanal ou industriel</x:t>
   </x:si>
   <x:si>
     <x:t>Licence mention sciences pour l'ingénieur parcours ingénierie mécanique</x:t>
   </x:si>
   <x:si>
     <x:t>Licence pro mention bio-industries et biotechnologies parcours sécurité, qualité et microbiologie en industries agroalimentaires</x:t>
   </x:si>
   <x:si>
-    <x:t>Licence mention sciences de la vie et de la terre parcours environnement, pollutions et milieux</x:t>
-[...5 lines deleted...]
-    <x:t>Licence pro mention industries pharmaceutiques, cosmétologiques et de santé : gestion, production et valorisation parcours management des industries de la cosmétique et de la chimie fine</x:t>
+    <x:t>Titre professionnel technicien de laboratoire (Apprentissage)</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Progress Sup</x:t>
+  </x:si>
+  <x:si>
+    <x:t>75010</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Progress Sup - Antenne Nice</x:t>
+  </x:si>
+  <x:si>
+    <x:t>06000</x:t>
   </x:si>
   <x:si>
     <x:t>Licence mention sciences de la vie parcours métiers de la biologie</x:t>
   </x:si>
   <x:si>
     <x:t>Licence sciences et technologies mention mathématiques - physique - chimie - informatique</x:t>
   </x:si>
   <x:si>
     <x:t>Licence mention mathématiques parcours plurisciences</x:t>
-  </x:si>
-[...13 lines deleted...]
-    <x:t>06000</x:t>
   </x:si>
   <x:si>
     <x:t>Licence mention physique parcours physique et transition énergétique</x:t>
   </x:si>
   <x:si>
     <x:t>03/01/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>03/31/2027 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>10/01/2024 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>10/31/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>09/02/2024 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>09/01/2024 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>08/30/2027 00:00:00</x:t>
   </x:si>
@@ -7782,543 +7782,543 @@
       </x:c>
       <x:c r="P106" s="14" t="s">
         <x:v>113</x:v>
       </x:c>
       <x:c r="Q106" s="16" t="s">
         <x:v>130</x:v>
       </x:c>
       <x:c r="R106" s="14" t="s">
         <x:v>131</x:v>
       </x:c>
       <x:c r="S106" s="14" t="n">
         <x:v>592213</x:v>
       </x:c>
       <x:c r="T106" s="16" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="U106" s="16" t="s">
         <x:v>109</x:v>
       </x:c>
     </x:row>
     <x:row r="107" spans="1:21">
       <x:c r="A107" s="1" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="B107" s="0" t="s">
-        <x:v>282</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="C107" s="3" t="n">
-        <x:v>41277</x:v>
+        <x:v>38701</x:v>
       </x:c>
       <x:c r="D107" s="3" t="s"/>
       <x:c r="G107" s="0" t="s">
         <x:v>111</x:v>
       </x:c>
       <x:c r="I107" s="4" t="s">
         <x:v>112</x:v>
       </x:c>
       <x:c r="J107" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K107" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="L107" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M107" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N107" s="3" t="n">
-        <x:v>43454</x:v>
+        <x:v>11554</x:v>
       </x:c>
       <x:c r="O107" s="0" t="s">
-        <x:v>283</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="P107" s="0" t="s">
         <x:v>113</x:v>
       </x:c>
       <x:c r="Q107" s="4" t="s">
-        <x:v>148</x:v>
+        <x:v>128</x:v>
       </x:c>
       <x:c r="R107" s="0" t="s">
-        <x:v>149</x:v>
+        <x:v>129</x:v>
       </x:c>
       <x:c r="S107" s="0" t="n">
-        <x:v>606181</x:v>
+        <x:v>591905</x:v>
       </x:c>
       <x:c r="T107" s="4" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="U107" s="4" t="s">
         <x:v>109</x:v>
       </x:c>
     </x:row>
     <x:row r="108" spans="1:21">
       <x:c r="A108" s="13" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="B108" s="14" t="s">
-        <x:v>264</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="C108" s="15" t="n">
-        <x:v>35407</x:v>
+        <x:v>38701</x:v>
       </x:c>
       <x:c r="D108" s="15" t="s"/>
       <x:c r="E108" s="14" t="s"/>
       <x:c r="F108" s="14" t="s"/>
       <x:c r="G108" s="14" t="s">
-        <x:v>121</x:v>
+        <x:v>111</x:v>
       </x:c>
       <x:c r="H108" s="14" t="s"/>
       <x:c r="I108" s="16" t="s">
-        <x:v>122</x:v>
+        <x:v>112</x:v>
       </x:c>
       <x:c r="J108" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K108" s="14" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="L108" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M108" s="14" t="s">
-        <x:v>30</x:v>
+        <x:v>126</x:v>
       </x:c>
       <x:c r="N108" s="15" t="n">
-        <x:v>24054</x:v>
+        <x:v>11554</x:v>
       </x:c>
       <x:c r="O108" s="14" t="s">
-        <x:v>241</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="P108" s="14" t="s">
-        <x:v>121</x:v>
+        <x:v>113</x:v>
       </x:c>
       <x:c r="Q108" s="16" t="s">
-        <x:v>122</x:v>
+        <x:v>136</x:v>
       </x:c>
       <x:c r="R108" s="14" t="s">
-        <x:v>284</x:v>
+        <x:v>137</x:v>
       </x:c>
       <x:c r="S108" s="14" t="n">
-        <x:v>596771</x:v>
+        <x:v>591906</x:v>
       </x:c>
       <x:c r="T108" s="16" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="U108" s="16" t="s">
         <x:v>109</x:v>
       </x:c>
     </x:row>
     <x:row r="109" spans="1:21">
       <x:c r="A109" s="1" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="B109" s="0" t="s">
-        <x:v>285</x:v>
+        <x:v>282</x:v>
       </x:c>
       <x:c r="C109" s="3" t="n">
-        <x:v>35479</x:v>
+        <x:v>35494</x:v>
       </x:c>
       <x:c r="D109" s="3" t="s"/>
       <x:c r="G109" s="0" t="s">
         <x:v>111</x:v>
       </x:c>
       <x:c r="I109" s="4" t="s">
         <x:v>112</x:v>
       </x:c>
       <x:c r="J109" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K109" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="L109" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M109" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N109" s="3" t="n">
-        <x:v>11454</x:v>
+        <x:v>11523</x:v>
       </x:c>
       <x:c r="O109" s="0" t="s">
-        <x:v>172</x:v>
+        <x:v>66</x:v>
       </x:c>
       <x:c r="P109" s="0" t="s">
         <x:v>113</x:v>
       </x:c>
       <x:c r="Q109" s="4" t="s">
         <x:v>267</x:v>
       </x:c>
       <x:c r="R109" s="0" t="s">
         <x:v>268</x:v>
       </x:c>
       <x:c r="S109" s="0" t="n">
-        <x:v>596775</x:v>
+        <x:v>596690</x:v>
       </x:c>
       <x:c r="T109" s="4" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="U109" s="4" t="s">
         <x:v>109</x:v>
       </x:c>
     </x:row>
     <x:row r="110" spans="1:21">
       <x:c r="A110" s="13" t="s">
-        <x:v>166</x:v>
+        <x:v>53</x:v>
       </x:c>
       <x:c r="B110" s="14" t="s">
-        <x:v>286</x:v>
+        <x:v>125</x:v>
       </x:c>
       <x:c r="C110" s="15" t="n">
-        <x:v>39380</x:v>
+        <x:v>40115</x:v>
       </x:c>
       <x:c r="D110" s="15" t="s"/>
       <x:c r="E110" s="14" t="s"/>
       <x:c r="F110" s="14" t="s"/>
       <x:c r="G110" s="14" t="s">
-        <x:v>192</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>111</x:v>
+      </x:c>
+      <x:c r="H110" s="14" t="s"/>
       <x:c r="I110" s="16" t="s">
-        <x:v>194</x:v>
+        <x:v>112</x:v>
       </x:c>
       <x:c r="J110" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K110" s="14" t="s">
-        <x:v>170</x:v>
+        <x:v>57</x:v>
       </x:c>
       <x:c r="L110" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M110" s="14" t="s">
-        <x:v>30</x:v>
+        <x:v>126</x:v>
       </x:c>
       <x:c r="N110" s="15" t="n">
-        <x:v>31606</x:v>
+        <x:v>12054</x:v>
       </x:c>
       <x:c r="O110" s="14" t="s">
-        <x:v>229</x:v>
+        <x:v>127</x:v>
       </x:c>
       <x:c r="P110" s="14" t="s">
-        <x:v>192</x:v>
+        <x:v>113</x:v>
       </x:c>
       <x:c r="Q110" s="16" t="s">
-        <x:v>194</x:v>
+        <x:v>156</x:v>
       </x:c>
       <x:c r="R110" s="14" t="s">
-        <x:v>196</x:v>
+        <x:v>157</x:v>
       </x:c>
       <x:c r="S110" s="14" t="n">
-        <x:v>615514</x:v>
+        <x:v>592347</x:v>
       </x:c>
       <x:c r="T110" s="16" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="U110" s="16" t="s">
-        <x:v>61</x:v>
+        <x:v>109</x:v>
       </x:c>
     </x:row>
     <x:row r="111" spans="1:21">
       <x:c r="A111" s="1" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="B111" s="0" t="s">
-        <x:v>62</x:v>
+        <x:v>283</x:v>
       </x:c>
       <x:c r="C111" s="3" t="n">
-        <x:v>38382</x:v>
+        <x:v>41277</x:v>
       </x:c>
       <x:c r="D111" s="3" t="s"/>
       <x:c r="G111" s="0" t="s">
-        <x:v>263</x:v>
+        <x:v>111</x:v>
       </x:c>
       <x:c r="I111" s="4" t="s">
-        <x:v>89</x:v>
+        <x:v>112</x:v>
       </x:c>
       <x:c r="J111" s="0" t="s">
-        <x:v>65</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="K111" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="L111" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M111" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N111" s="3" t="n">
-        <x:v>11523</x:v>
+        <x:v>43454</x:v>
       </x:c>
       <x:c r="O111" s="0" t="s">
-        <x:v>66</x:v>
+        <x:v>284</x:v>
       </x:c>
       <x:c r="P111" s="0" t="s">
-        <x:v>263</x:v>
+        <x:v>113</x:v>
       </x:c>
       <x:c r="Q111" s="4" t="s">
-        <x:v>89</x:v>
+        <x:v>148</x:v>
       </x:c>
       <x:c r="R111" s="0" t="s">
-        <x:v>90</x:v>
+        <x:v>149</x:v>
       </x:c>
       <x:c r="S111" s="0" t="n">
-        <x:v>595684</x:v>
+        <x:v>606181</x:v>
       </x:c>
       <x:c r="T111" s="4" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="U111" s="4" t="s">
-        <x:v>68</x:v>
+        <x:v>109</x:v>
       </x:c>
     </x:row>
     <x:row r="112" spans="1:21">
       <x:c r="A112" s="13" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="B112" s="14" t="s">
-        <x:v>102</x:v>
+        <x:v>264</x:v>
       </x:c>
       <x:c r="C112" s="15" t="n">
-        <x:v>38701</x:v>
+        <x:v>35407</x:v>
       </x:c>
       <x:c r="D112" s="15" t="s"/>
       <x:c r="E112" s="14" t="s"/>
       <x:c r="F112" s="14" t="s"/>
       <x:c r="G112" s="14" t="s">
-        <x:v>111</x:v>
+        <x:v>121</x:v>
       </x:c>
       <x:c r="H112" s="14" t="s"/>
       <x:c r="I112" s="16" t="s">
-        <x:v>112</x:v>
+        <x:v>122</x:v>
       </x:c>
       <x:c r="J112" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K112" s="14" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="L112" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M112" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N112" s="15" t="n">
-        <x:v>11554</x:v>
+        <x:v>24054</x:v>
       </x:c>
       <x:c r="O112" s="14" t="s">
-        <x:v>105</x:v>
+        <x:v>241</x:v>
       </x:c>
       <x:c r="P112" s="14" t="s">
-        <x:v>113</x:v>
+        <x:v>121</x:v>
       </x:c>
       <x:c r="Q112" s="16" t="s">
-        <x:v>128</x:v>
+        <x:v>122</x:v>
       </x:c>
       <x:c r="R112" s="14" t="s">
-        <x:v>129</x:v>
+        <x:v>285</x:v>
       </x:c>
       <x:c r="S112" s="14" t="n">
-        <x:v>591905</x:v>
+        <x:v>596771</x:v>
       </x:c>
       <x:c r="T112" s="16" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="U112" s="16" t="s">
         <x:v>109</x:v>
       </x:c>
     </x:row>
     <x:row r="113" spans="1:21">
       <x:c r="A113" s="1" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="B113" s="0" t="s">
-        <x:v>102</x:v>
+        <x:v>286</x:v>
       </x:c>
       <x:c r="C113" s="3" t="n">
-        <x:v>38701</x:v>
+        <x:v>35479</x:v>
       </x:c>
       <x:c r="D113" s="3" t="s"/>
       <x:c r="G113" s="0" t="s">
         <x:v>111</x:v>
       </x:c>
       <x:c r="I113" s="4" t="s">
         <x:v>112</x:v>
       </x:c>
       <x:c r="J113" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K113" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="L113" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M113" s="0" t="s">
-        <x:v>126</x:v>
+        <x:v>30</x:v>
       </x:c>
       <x:c r="N113" s="3" t="n">
-        <x:v>11554</x:v>
+        <x:v>11454</x:v>
       </x:c>
       <x:c r="O113" s="0" t="s">
-        <x:v>105</x:v>
+        <x:v>172</x:v>
       </x:c>
       <x:c r="P113" s="0" t="s">
         <x:v>113</x:v>
       </x:c>
       <x:c r="Q113" s="4" t="s">
-        <x:v>136</x:v>
+        <x:v>267</x:v>
       </x:c>
       <x:c r="R113" s="0" t="s">
-        <x:v>137</x:v>
+        <x:v>268</x:v>
       </x:c>
       <x:c r="S113" s="0" t="n">
-        <x:v>591906</x:v>
+        <x:v>596775</x:v>
       </x:c>
       <x:c r="T113" s="4" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="U113" s="4" t="s">
         <x:v>109</x:v>
       </x:c>
     </x:row>
     <x:row r="114" spans="1:21">
       <x:c r="A114" s="13" t="s">
-        <x:v>53</x:v>
+        <x:v>166</x:v>
       </x:c>
       <x:c r="B114" s="14" t="s">
         <x:v>287</x:v>
       </x:c>
       <x:c r="C114" s="15" t="n">
-        <x:v>35494</x:v>
+        <x:v>39380</x:v>
       </x:c>
       <x:c r="D114" s="15" t="s"/>
       <x:c r="E114" s="14" t="s"/>
       <x:c r="F114" s="14" t="s"/>
       <x:c r="G114" s="14" t="s">
-        <x:v>111</x:v>
-[...1 lines deleted...]
-      <x:c r="H114" s="14" t="s"/>
+        <x:v>192</x:v>
+      </x:c>
+      <x:c r="H114" s="14" t="s">
+        <x:v>193</x:v>
+      </x:c>
       <x:c r="I114" s="16" t="s">
-        <x:v>112</x:v>
+        <x:v>194</x:v>
       </x:c>
       <x:c r="J114" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K114" s="14" t="s">
-        <x:v>57</x:v>
+        <x:v>170</x:v>
       </x:c>
       <x:c r="L114" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M114" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N114" s="15" t="n">
-        <x:v>11523</x:v>
+        <x:v>31606</x:v>
       </x:c>
       <x:c r="O114" s="14" t="s">
-        <x:v>66</x:v>
+        <x:v>229</x:v>
       </x:c>
       <x:c r="P114" s="14" t="s">
-        <x:v>113</x:v>
+        <x:v>192</x:v>
       </x:c>
       <x:c r="Q114" s="16" t="s">
-        <x:v>267</x:v>
+        <x:v>194</x:v>
       </x:c>
       <x:c r="R114" s="14" t="s">
-        <x:v>268</x:v>
+        <x:v>196</x:v>
       </x:c>
       <x:c r="S114" s="14" t="n">
-        <x:v>596690</x:v>
+        <x:v>615514</x:v>
       </x:c>
       <x:c r="T114" s="16" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="U114" s="16" t="s">
-        <x:v>109</x:v>
+        <x:v>61</x:v>
       </x:c>
     </x:row>
     <x:row r="115" spans="1:21">
       <x:c r="A115" s="1" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="B115" s="0" t="s">
-        <x:v>125</x:v>
+        <x:v>288</x:v>
       </x:c>
       <x:c r="C115" s="3" t="n">
-        <x:v>40115</x:v>
+        <x:v>38543</x:v>
       </x:c>
       <x:c r="D115" s="3" t="s"/>
       <x:c r="G115" s="0" t="s">
-        <x:v>111</x:v>
+        <x:v>289</x:v>
       </x:c>
       <x:c r="I115" s="4" t="s">
-        <x:v>112</x:v>
+        <x:v>290</x:v>
       </x:c>
       <x:c r="J115" s="0" t="s">
-        <x:v>27</x:v>
+        <x:v>65</x:v>
       </x:c>
       <x:c r="K115" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="L115" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M115" s="0" t="s">
-        <x:v>126</x:v>
+        <x:v>30</x:v>
       </x:c>
       <x:c r="N115" s="3" t="n">
-        <x:v>12054</x:v>
+        <x:v>11467</x:v>
       </x:c>
       <x:c r="O115" s="0" t="s">
-        <x:v>127</x:v>
+        <x:v>291</x:v>
       </x:c>
       <x:c r="P115" s="0" t="s">
-        <x:v>113</x:v>
+        <x:v>289</x:v>
       </x:c>
       <x:c r="Q115" s="4" t="s">
-        <x:v>156</x:v>
+        <x:v>290</x:v>
       </x:c>
       <x:c r="R115" s="0" t="s">
-        <x:v>157</x:v>
+        <x:v>292</x:v>
       </x:c>
       <x:c r="S115" s="0" t="n">
-        <x:v>592347</x:v>
+        <x:v>597369</x:v>
       </x:c>
       <x:c r="T115" s="4" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="U115" s="4" t="s">
-        <x:v>109</x:v>
+        <x:v>68</x:v>
       </x:c>
     </x:row>
     <x:row r="116" spans="1:21">
       <x:c r="A116" s="13" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="B116" s="14" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="C116" s="15" t="s"/>
       <x:c r="D116" s="15" t="s"/>
       <x:c r="E116" s="14" t="s"/>
       <x:c r="F116" s="14" t="s"/>
       <x:c r="G116" s="14" t="s">
         <x:v>218</x:v>
       </x:c>
       <x:c r="H116" s="14" t="s"/>
       <x:c r="I116" s="16" t="s">
         <x:v>219</x:v>
       </x:c>
       <x:c r="J116" s="14" t="s"/>
       <x:c r="K116" s="14" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="L116" s="14" t="s">
@@ -8340,78 +8340,78 @@
         <x:v>219</x:v>
       </x:c>
       <x:c r="R116" s="14" t="s">
         <x:v>220</x:v>
       </x:c>
       <x:c r="S116" s="14" t="n">
         <x:v>591941</x:v>
       </x:c>
       <x:c r="T116" s="16" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="U116" s="16" t="s">
         <x:v>61</x:v>
       </x:c>
     </x:row>
     <x:row r="117" spans="1:21">
       <x:c r="A117" s="1" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="B117" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="C117" s="3" t="s"/>
       <x:c r="D117" s="3" t="s"/>
       <x:c r="G117" s="0" t="s">
-        <x:v>288</x:v>
+        <x:v>293</x:v>
       </x:c>
       <x:c r="I117" s="4" t="s">
-        <x:v>289</x:v>
+        <x:v>294</x:v>
       </x:c>
       <x:c r="K117" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="L117" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M117" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N117" s="3" t="n">
         <x:v>12081</x:v>
       </x:c>
       <x:c r="O117" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="P117" s="0" t="s">
-        <x:v>288</x:v>
+        <x:v>293</x:v>
       </x:c>
       <x:c r="Q117" s="4" t="s">
-        <x:v>289</x:v>
+        <x:v>294</x:v>
       </x:c>
       <x:c r="R117" s="0" t="s">
-        <x:v>290</x:v>
+        <x:v>295</x:v>
       </x:c>
       <x:c r="S117" s="0" t="n">
         <x:v>591951</x:v>
       </x:c>
       <x:c r="T117" s="4" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="U117" s="4" t="s">
         <x:v>61</x:v>
       </x:c>
     </x:row>
     <x:row r="118" spans="1:21">
       <x:c r="A118" s="13" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="B118" s="14" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="C118" s="15" t="s"/>
       <x:c r="D118" s="15" t="s"/>
       <x:c r="E118" s="14" t="s"/>
       <x:c r="F118" s="14" t="s"/>
       <x:c r="G118" s="14" t="s">
         <x:v>180</x:v>
       </x:c>
@@ -8555,1248 +8555,1248 @@
       <x:c r="R120" s="14" t="s">
         <x:v>137</x:v>
       </x:c>
       <x:c r="S120" s="14" t="n">
         <x:v>592029</x:v>
       </x:c>
       <x:c r="T120" s="16" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="U120" s="16" t="s">
         <x:v>109</x:v>
       </x:c>
     </x:row>
     <x:row r="121" spans="1:21">
       <x:c r="A121" s="1" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="B121" s="0" t="s">
         <x:v>175</x:v>
       </x:c>
       <x:c r="C121" s="3" t="n">
         <x:v>38974</x:v>
       </x:c>
       <x:c r="D121" s="3" t="s"/>
       <x:c r="G121" s="0" t="s">
-        <x:v>291</x:v>
+        <x:v>296</x:v>
       </x:c>
       <x:c r="I121" s="4" t="s">
-        <x:v>292</x:v>
+        <x:v>297</x:v>
       </x:c>
       <x:c r="J121" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K121" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="L121" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M121" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N121" s="3" t="n">
         <x:v>11054</x:v>
       </x:c>
       <x:c r="O121" s="0" t="s">
         <x:v>133</x:v>
       </x:c>
       <x:c r="P121" s="0" t="s">
-        <x:v>291</x:v>
+        <x:v>296</x:v>
       </x:c>
       <x:c r="Q121" s="4" t="s">
-        <x:v>292</x:v>
+        <x:v>297</x:v>
       </x:c>
       <x:c r="R121" s="0" t="s">
         <x:v>268</x:v>
       </x:c>
       <x:c r="S121" s="0" t="n">
         <x:v>592044</x:v>
       </x:c>
       <x:c r="T121" s="4" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="U121" s="4" t="s">
         <x:v>109</x:v>
       </x:c>
     </x:row>
     <x:row r="122" spans="1:21">
       <x:c r="A122" s="13" t="s">
-        <x:v>21</x:v>
+        <x:v>53</x:v>
       </x:c>
       <x:c r="B122" s="14" t="s">
-        <x:v>240</x:v>
+        <x:v>298</x:v>
       </x:c>
       <x:c r="C122" s="15" t="n">
-        <x:v>35407</x:v>
+        <x:v>39508</x:v>
       </x:c>
       <x:c r="D122" s="15" t="s"/>
-      <x:c r="E122" s="14" t="s">
-[...1 lines deleted...]
-      </x:c>
+      <x:c r="E122" s="14" t="s"/>
       <x:c r="F122" s="14" t="s"/>
       <x:c r="G122" s="14" t="s">
-        <x:v>70</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>111</x:v>
+      </x:c>
+      <x:c r="H122" s="14" t="s"/>
       <x:c r="I122" s="16" t="s">
-        <x:v>72</x:v>
+        <x:v>112</x:v>
       </x:c>
       <x:c r="J122" s="14" t="s">
-        <x:v>27</x:v>
+        <x:v>210</x:v>
       </x:c>
       <x:c r="K122" s="14" t="s">
-        <x:v>28</x:v>
+        <x:v>57</x:v>
       </x:c>
       <x:c r="L122" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M122" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N122" s="15" t="n">
-        <x:v>24054</x:v>
+        <x:v>12058</x:v>
       </x:c>
       <x:c r="O122" s="14" t="s">
-        <x:v>241</x:v>
+        <x:v>299</x:v>
       </x:c>
       <x:c r="P122" s="14" t="s">
-        <x:v>121</x:v>
+        <x:v>113</x:v>
       </x:c>
       <x:c r="Q122" s="16" t="s">
-        <x:v>274</x:v>
+        <x:v>156</x:v>
       </x:c>
       <x:c r="R122" s="14" t="s">
-        <x:v>183</x:v>
+        <x:v>157</x:v>
       </x:c>
       <x:c r="S122" s="14" t="n">
-        <x:v>603400</x:v>
+        <x:v>595490</x:v>
       </x:c>
       <x:c r="T122" s="16" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="U122" s="16" t="s">
-        <x:v>293</x:v>
+        <x:v>68</x:v>
       </x:c>
     </x:row>
     <x:row r="123" spans="1:21">
       <x:c r="A123" s="1" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="B123" s="0" t="s">
-        <x:v>294</x:v>
+        <x:v>62</x:v>
       </x:c>
       <x:c r="C123" s="3" t="n">
-        <x:v>38543</x:v>
+        <x:v>38382</x:v>
       </x:c>
       <x:c r="D123" s="3" t="s"/>
       <x:c r="G123" s="0" t="s">
-        <x:v>295</x:v>
+        <x:v>263</x:v>
       </x:c>
       <x:c r="I123" s="4" t="s">
-        <x:v>296</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="J123" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="K123" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="L123" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M123" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N123" s="3" t="n">
-        <x:v>11467</x:v>
+        <x:v>11523</x:v>
       </x:c>
       <x:c r="O123" s="0" t="s">
-        <x:v>297</x:v>
+        <x:v>66</x:v>
       </x:c>
       <x:c r="P123" s="0" t="s">
-        <x:v>295</x:v>
+        <x:v>263</x:v>
       </x:c>
       <x:c r="Q123" s="4" t="s">
-        <x:v>296</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="R123" s="0" t="s">
-        <x:v>298</x:v>
+        <x:v>90</x:v>
       </x:c>
       <x:c r="S123" s="0" t="n">
-        <x:v>597369</x:v>
+        <x:v>595684</x:v>
       </x:c>
       <x:c r="T123" s="4" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="U123" s="4" t="s">
         <x:v>68</x:v>
       </x:c>
     </x:row>
     <x:row r="124" spans="1:21">
       <x:c r="A124" s="13" t="s">
-        <x:v>53</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B124" s="14" t="s">
-        <x:v>151</x:v>
+        <x:v>240</x:v>
       </x:c>
       <x:c r="C124" s="15" t="n">
-        <x:v>35370</x:v>
+        <x:v>35407</x:v>
       </x:c>
       <x:c r="D124" s="15" t="s"/>
-      <x:c r="E124" s="14" t="s"/>
+      <x:c r="E124" s="14" t="s">
+        <x:v>23</x:v>
+      </x:c>
       <x:c r="F124" s="14" t="s"/>
       <x:c r="G124" s="14" t="s">
-        <x:v>111</x:v>
-[...1 lines deleted...]
-      <x:c r="H124" s="14" t="s"/>
+        <x:v>70</x:v>
+      </x:c>
+      <x:c r="H124" s="14" t="s">
+        <x:v>71</x:v>
+      </x:c>
       <x:c r="I124" s="16" t="s">
-        <x:v>112</x:v>
+        <x:v>72</x:v>
       </x:c>
       <x:c r="J124" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K124" s="14" t="s">
-        <x:v>57</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="L124" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M124" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N124" s="15" t="n">
-        <x:v>11502</x:v>
+        <x:v>24054</x:v>
       </x:c>
       <x:c r="O124" s="14" t="s">
-        <x:v>79</x:v>
+        <x:v>241</x:v>
       </x:c>
       <x:c r="P124" s="14" t="s">
-        <x:v>113</x:v>
+        <x:v>121</x:v>
       </x:c>
       <x:c r="Q124" s="16" t="s">
-        <x:v>114</x:v>
+        <x:v>274</x:v>
       </x:c>
       <x:c r="R124" s="14" t="s">
-        <x:v>115</x:v>
+        <x:v>183</x:v>
       </x:c>
       <x:c r="S124" s="14" t="n">
-        <x:v>596699</x:v>
+        <x:v>603400</x:v>
       </x:c>
       <x:c r="T124" s="16" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="U124" s="16" t="s">
-        <x:v>109</x:v>
+        <x:v>300</x:v>
       </x:c>
     </x:row>
     <x:row r="125" spans="1:21">
       <x:c r="A125" s="1" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="B125" s="0" t="s">
-        <x:v>299</x:v>
+        <x:v>176</x:v>
       </x:c>
       <x:c r="C125" s="3" t="n">
-        <x:v>35373</x:v>
+        <x:v>37115</x:v>
       </x:c>
       <x:c r="D125" s="3" t="s"/>
       <x:c r="G125" s="0" t="s">
-        <x:v>111</x:v>
+        <x:v>301</x:v>
       </x:c>
       <x:c r="I125" s="4" t="s">
-        <x:v>112</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="J125" s="0" t="s">
-        <x:v>27</x:v>
+        <x:v>65</x:v>
       </x:c>
       <x:c r="K125" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="L125" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M125" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N125" s="3" t="n">
-        <x:v>11534</x:v>
+        <x:v>24431</x:v>
       </x:c>
       <x:c r="O125" s="0" t="s">
-        <x:v>300</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="P125" s="0" t="s">
-        <x:v>113</x:v>
+        <x:v>301</x:v>
       </x:c>
       <x:c r="Q125" s="4" t="s">
-        <x:v>267</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="R125" s="0" t="s">
-        <x:v>268</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="S125" s="0" t="n">
-        <x:v>596700</x:v>
+        <x:v>594584</x:v>
       </x:c>
       <x:c r="T125" s="4" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="U125" s="4" t="s">
-        <x:v>109</x:v>
+        <x:v>68</x:v>
       </x:c>
     </x:row>
     <x:row r="126" spans="1:21">
       <x:c r="A126" s="13" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="B126" s="14" t="s">
-        <x:v>132</x:v>
+        <x:v>176</x:v>
       </x:c>
       <x:c r="C126" s="15" t="n">
-        <x:v>40113</x:v>
+        <x:v>37115</x:v>
       </x:c>
       <x:c r="D126" s="15" t="s"/>
       <x:c r="E126" s="14" t="s"/>
       <x:c r="F126" s="14" t="s"/>
       <x:c r="G126" s="14" t="s">
-        <x:v>117</x:v>
+        <x:v>302</x:v>
       </x:c>
       <x:c r="H126" s="14" t="s"/>
       <x:c r="I126" s="16" t="s">
-        <x:v>118</x:v>
+        <x:v>303</x:v>
       </x:c>
       <x:c r="J126" s="14" t="s">
-        <x:v>27</x:v>
+        <x:v>65</x:v>
       </x:c>
       <x:c r="K126" s="14" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="L126" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M126" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N126" s="15" t="n">
-        <x:v>11054</x:v>
+        <x:v>24431</x:v>
       </x:c>
       <x:c r="O126" s="14" t="s">
-        <x:v>133</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="P126" s="14" t="s">
-        <x:v>119</x:v>
+        <x:v>302</x:v>
       </x:c>
       <x:c r="Q126" s="16" t="s">
-        <x:v>75</x:v>
+        <x:v>303</x:v>
       </x:c>
       <x:c r="R126" s="14" t="s">
-        <x:v>76</x:v>
+        <x:v>304</x:v>
       </x:c>
       <x:c r="S126" s="14" t="n">
-        <x:v>592384</x:v>
+        <x:v>594586</x:v>
       </x:c>
       <x:c r="T126" s="16" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="U126" s="16" t="s">
-        <x:v>109</x:v>
+        <x:v>68</x:v>
       </x:c>
     </x:row>
     <x:row r="127" spans="1:21">
       <x:c r="A127" s="1" t="s">
-        <x:v>53</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B127" s="0" t="s">
-        <x:v>54</x:v>
-[...1 lines deleted...]
-      <x:c r="C127" s="3" t="s"/>
+        <x:v>305</x:v>
+      </x:c>
+      <x:c r="C127" s="3" t="n">
+        <x:v>35803</x:v>
+      </x:c>
       <x:c r="D127" s="3" t="s"/>
+      <x:c r="E127" s="0" t="s">
+        <x:v>23</x:v>
+      </x:c>
       <x:c r="G127" s="0" t="s">
-        <x:v>301</x:v>
+        <x:v>306</x:v>
+      </x:c>
+      <x:c r="H127" s="0" t="s">
+        <x:v>307</x:v>
       </x:c>
       <x:c r="I127" s="4" t="s">
-        <x:v>302</x:v>
+        <x:v>308</x:v>
+      </x:c>
+      <x:c r="J127" s="0" t="s">
+        <x:v>65</x:v>
       </x:c>
       <x:c r="K127" s="0" t="s">
-        <x:v>57</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="L127" s="0" t="s">
-        <x:v>29</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="M127" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N127" s="3" t="n">
-        <x:v>12081</x:v>
+        <x:v>11421</x:v>
       </x:c>
       <x:c r="O127" s="0" t="s">
-        <x:v>58</x:v>
+        <x:v>164</x:v>
       </x:c>
       <x:c r="P127" s="0" t="s">
-        <x:v>301</x:v>
+        <x:v>309</x:v>
       </x:c>
       <x:c r="Q127" s="4" t="s">
-        <x:v>302</x:v>
+        <x:v>225</x:v>
       </x:c>
       <x:c r="R127" s="0" t="s">
-        <x:v>303</x:v>
+        <x:v>226</x:v>
       </x:c>
       <x:c r="S127" s="0" t="n">
-        <x:v>591943</x:v>
+        <x:v>609739</x:v>
       </x:c>
       <x:c r="T127" s="4" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="U127" s="4" t="s">
-        <x:v>61</x:v>
+        <x:v>68</x:v>
       </x:c>
     </x:row>
     <x:row r="128" spans="1:21">
       <x:c r="A128" s="13" t="s">
-        <x:v>53</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B128" s="14" t="s">
-        <x:v>54</x:v>
-[...1 lines deleted...]
-      <x:c r="C128" s="15" t="s"/>
+        <x:v>310</x:v>
+      </x:c>
+      <x:c r="C128" s="15" t="n">
+        <x:v>35494</x:v>
+      </x:c>
       <x:c r="D128" s="15" t="s"/>
-      <x:c r="E128" s="14" t="s"/>
+      <x:c r="E128" s="14" t="s">
+        <x:v>23</x:v>
+      </x:c>
       <x:c r="F128" s="14" t="s"/>
       <x:c r="G128" s="14" t="s">
-        <x:v>304</x:v>
-[...1 lines deleted...]
-      <x:c r="H128" s="14" t="s"/>
+        <x:v>70</x:v>
+      </x:c>
+      <x:c r="H128" s="14" t="s">
+        <x:v>71</x:v>
+      </x:c>
       <x:c r="I128" s="16" t="s">
-        <x:v>40</x:v>
-[...1 lines deleted...]
-      <x:c r="J128" s="14" t="s"/>
+        <x:v>72</x:v>
+      </x:c>
+      <x:c r="J128" s="14" t="s">
+        <x:v>27</x:v>
+      </x:c>
       <x:c r="K128" s="14" t="s">
-        <x:v>57</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="L128" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M128" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N128" s="15" t="n">
-        <x:v>12081</x:v>
+        <x:v>11523</x:v>
       </x:c>
       <x:c r="O128" s="14" t="s">
-        <x:v>58</x:v>
+        <x:v>66</x:v>
       </x:c>
       <x:c r="P128" s="14" t="s">
-        <x:v>304</x:v>
+        <x:v>311</x:v>
       </x:c>
       <x:c r="Q128" s="16" t="s">
-        <x:v>40</x:v>
+        <x:v>136</x:v>
       </x:c>
       <x:c r="R128" s="14" t="s">
-        <x:v>305</x:v>
+        <x:v>239</x:v>
       </x:c>
       <x:c r="S128" s="14" t="n">
-        <x:v>591944</x:v>
+        <x:v>603813</x:v>
       </x:c>
       <x:c r="T128" s="16" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="U128" s="16" t="s">
-        <x:v>61</x:v>
+        <x:v>312</x:v>
       </x:c>
     </x:row>
     <x:row r="129" spans="1:21">
       <x:c r="A129" s="1" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="B129" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="C129" s="3" t="s"/>
       <x:c r="D129" s="3" t="s"/>
       <x:c r="G129" s="0" t="s">
-        <x:v>224</x:v>
+        <x:v>313</x:v>
       </x:c>
       <x:c r="I129" s="4" t="s">
-        <x:v>225</x:v>
+        <x:v>314</x:v>
       </x:c>
       <x:c r="K129" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="L129" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M129" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N129" s="3" t="n">
         <x:v>12081</x:v>
       </x:c>
       <x:c r="O129" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="P129" s="0" t="s">
-        <x:v>224</x:v>
+        <x:v>313</x:v>
       </x:c>
       <x:c r="Q129" s="4" t="s">
-        <x:v>225</x:v>
+        <x:v>314</x:v>
       </x:c>
       <x:c r="R129" s="0" t="s">
-        <x:v>226</x:v>
+        <x:v>315</x:v>
       </x:c>
       <x:c r="S129" s="0" t="n">
-        <x:v>591949</x:v>
+        <x:v>591943</x:v>
       </x:c>
       <x:c r="T129" s="4" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="U129" s="4" t="s">
         <x:v>61</x:v>
       </x:c>
     </x:row>
     <x:row r="130" spans="1:21">
       <x:c r="A130" s="13" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="B130" s="14" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="C130" s="15" t="s"/>
       <x:c r="D130" s="15" t="s"/>
       <x:c r="E130" s="14" t="s"/>
       <x:c r="F130" s="14" t="s"/>
       <x:c r="G130" s="14" t="s">
-        <x:v>306</x:v>
+        <x:v>316</x:v>
       </x:c>
       <x:c r="H130" s="14" t="s"/>
       <x:c r="I130" s="16" t="s">
-        <x:v>307</x:v>
+        <x:v>40</x:v>
       </x:c>
       <x:c r="J130" s="14" t="s"/>
       <x:c r="K130" s="14" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="L130" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M130" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N130" s="15" t="n">
         <x:v>12081</x:v>
       </x:c>
       <x:c r="O130" s="14" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="P130" s="14" t="s">
-        <x:v>306</x:v>
+        <x:v>316</x:v>
       </x:c>
       <x:c r="Q130" s="16" t="s">
-        <x:v>307</x:v>
+        <x:v>40</x:v>
       </x:c>
       <x:c r="R130" s="14" t="s">
-        <x:v>308</x:v>
+        <x:v>317</x:v>
       </x:c>
       <x:c r="S130" s="14" t="n">
-        <x:v>591957</x:v>
+        <x:v>591944</x:v>
       </x:c>
       <x:c r="T130" s="16" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="U130" s="16" t="s">
         <x:v>61</x:v>
       </x:c>
     </x:row>
     <x:row r="131" spans="1:21">
       <x:c r="A131" s="1" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="B131" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="C131" s="3" t="s"/>
       <x:c r="D131" s="3" t="s"/>
       <x:c r="G131" s="0" t="s">
-        <x:v>309</x:v>
+        <x:v>224</x:v>
       </x:c>
       <x:c r="I131" s="4" t="s">
-        <x:v>310</x:v>
+        <x:v>225</x:v>
       </x:c>
       <x:c r="K131" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="L131" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M131" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N131" s="3" t="n">
         <x:v>12081</x:v>
       </x:c>
       <x:c r="O131" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="P131" s="0" t="s">
-        <x:v>309</x:v>
+        <x:v>224</x:v>
       </x:c>
       <x:c r="Q131" s="4" t="s">
-        <x:v>310</x:v>
+        <x:v>225</x:v>
       </x:c>
       <x:c r="R131" s="0" t="s">
-        <x:v>311</x:v>
+        <x:v>226</x:v>
       </x:c>
       <x:c r="S131" s="0" t="n">
-        <x:v>591958</x:v>
+        <x:v>591949</x:v>
       </x:c>
       <x:c r="T131" s="4" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="U131" s="4" t="s">
         <x:v>61</x:v>
       </x:c>
     </x:row>
     <x:row r="132" spans="1:21">
       <x:c r="A132" s="13" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="B132" s="14" t="s">
-        <x:v>214</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>54</x:v>
+      </x:c>
+      <x:c r="C132" s="15" t="s"/>
       <x:c r="D132" s="15" t="s"/>
       <x:c r="E132" s="14" t="s"/>
       <x:c r="F132" s="14" t="s"/>
       <x:c r="G132" s="14" t="s">
-        <x:v>111</x:v>
+        <x:v>318</x:v>
       </x:c>
       <x:c r="H132" s="14" t="s"/>
       <x:c r="I132" s="16" t="s">
-        <x:v>112</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>319</x:v>
+      </x:c>
+      <x:c r="J132" s="14" t="s"/>
       <x:c r="K132" s="14" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="L132" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M132" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N132" s="15" t="n">
-        <x:v>11454</x:v>
+        <x:v>12081</x:v>
       </x:c>
       <x:c r="O132" s="14" t="s">
-        <x:v>172</x:v>
+        <x:v>58</x:v>
       </x:c>
       <x:c r="P132" s="14" t="s">
-        <x:v>113</x:v>
+        <x:v>318</x:v>
       </x:c>
       <x:c r="Q132" s="16" t="s">
-        <x:v>128</x:v>
+        <x:v>319</x:v>
       </x:c>
       <x:c r="R132" s="14" t="s">
-        <x:v>129</x:v>
+        <x:v>320</x:v>
       </x:c>
       <x:c r="S132" s="14" t="n">
-        <x:v>592018</x:v>
+        <x:v>591957</x:v>
       </x:c>
       <x:c r="T132" s="16" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="U132" s="16" t="s">
-        <x:v>109</x:v>
+        <x:v>61</x:v>
       </x:c>
     </x:row>
     <x:row r="133" spans="1:21">
       <x:c r="A133" s="1" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="B133" s="0" t="s">
-        <x:v>173</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>54</x:v>
+      </x:c>
+      <x:c r="C133" s="3" t="s"/>
       <x:c r="D133" s="3" t="s"/>
       <x:c r="G133" s="0" t="s">
-        <x:v>111</x:v>
+        <x:v>321</x:v>
       </x:c>
       <x:c r="I133" s="4" t="s">
-        <x:v>112</x:v>
-[...2 lines deleted...]
-        <x:v>27</x:v>
+        <x:v>322</x:v>
       </x:c>
       <x:c r="K133" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="L133" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M133" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N133" s="3" t="n">
-        <x:v>31654</x:v>
+        <x:v>12081</x:v>
       </x:c>
       <x:c r="O133" s="0" t="s">
-        <x:v>174</x:v>
+        <x:v>58</x:v>
       </x:c>
       <x:c r="P133" s="0" t="s">
-        <x:v>113</x:v>
+        <x:v>321</x:v>
       </x:c>
       <x:c r="Q133" s="4" t="s">
-        <x:v>136</x:v>
+        <x:v>322</x:v>
       </x:c>
       <x:c r="R133" s="0" t="s">
-        <x:v>239</x:v>
+        <x:v>323</x:v>
       </x:c>
       <x:c r="S133" s="0" t="n">
-        <x:v>592032</x:v>
+        <x:v>591958</x:v>
       </x:c>
       <x:c r="T133" s="4" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="U133" s="4" t="s">
-        <x:v>109</x:v>
+        <x:v>61</x:v>
       </x:c>
     </x:row>
     <x:row r="134" spans="1:21">
       <x:c r="A134" s="13" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="B134" s="14" t="s">
-        <x:v>269</x:v>
+        <x:v>214</x:v>
       </x:c>
       <x:c r="C134" s="15" t="n">
-        <x:v>39517</x:v>
+        <x:v>38978</x:v>
       </x:c>
       <x:c r="D134" s="15" t="s"/>
       <x:c r="E134" s="14" t="s"/>
       <x:c r="F134" s="14" t="s"/>
       <x:c r="G134" s="14" t="s">
-        <x:v>121</x:v>
+        <x:v>111</x:v>
       </x:c>
       <x:c r="H134" s="14" t="s"/>
       <x:c r="I134" s="16" t="s">
-        <x:v>122</x:v>
+        <x:v>112</x:v>
       </x:c>
       <x:c r="J134" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K134" s="14" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="L134" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M134" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N134" s="15" t="n">
-        <x:v>12046</x:v>
+        <x:v>11454</x:v>
       </x:c>
       <x:c r="O134" s="14" t="s">
-        <x:v>223</x:v>
+        <x:v>172</x:v>
       </x:c>
       <x:c r="P134" s="14" t="s">
-        <x:v>121</x:v>
+        <x:v>113</x:v>
       </x:c>
       <x:c r="Q134" s="16" t="s">
-        <x:v>122</x:v>
+        <x:v>128</x:v>
       </x:c>
       <x:c r="R134" s="14" t="s">
-        <x:v>124</x:v>
+        <x:v>129</x:v>
       </x:c>
       <x:c r="S134" s="14" t="n">
-        <x:v>592168</x:v>
+        <x:v>592018</x:v>
       </x:c>
       <x:c r="T134" s="16" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="U134" s="16" t="s">
         <x:v>109</x:v>
       </x:c>
     </x:row>
     <x:row r="135" spans="1:21">
       <x:c r="A135" s="1" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="B135" s="0" t="s">
-        <x:v>179</x:v>
+        <x:v>173</x:v>
       </x:c>
       <x:c r="C135" s="3" t="n">
-        <x:v>39690</x:v>
+        <x:v>38980</x:v>
       </x:c>
       <x:c r="D135" s="3" t="s"/>
       <x:c r="G135" s="0" t="s">
         <x:v>111</x:v>
       </x:c>
       <x:c r="I135" s="4" t="s">
         <x:v>112</x:v>
       </x:c>
       <x:c r="J135" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K135" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="L135" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M135" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N135" s="3" t="n">
-        <x:v>11054</x:v>
+        <x:v>31654</x:v>
       </x:c>
       <x:c r="O135" s="0" t="s">
-        <x:v>133</x:v>
+        <x:v>174</x:v>
       </x:c>
       <x:c r="P135" s="0" t="s">
-        <x:v>111</x:v>
+        <x:v>113</x:v>
       </x:c>
       <x:c r="Q135" s="4" t="s">
-        <x:v>112</x:v>
+        <x:v>136</x:v>
       </x:c>
       <x:c r="R135" s="0" t="s">
-        <x:v>312</x:v>
+        <x:v>239</x:v>
       </x:c>
       <x:c r="S135" s="0" t="n">
-        <x:v>592211</x:v>
+        <x:v>592032</x:v>
       </x:c>
       <x:c r="T135" s="4" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="U135" s="4" t="s">
         <x:v>109</x:v>
       </x:c>
     </x:row>
     <x:row r="136" spans="1:21">
       <x:c r="A136" s="13" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="B136" s="14" t="s">
-        <x:v>313</x:v>
+        <x:v>269</x:v>
       </x:c>
       <x:c r="C136" s="15" t="n">
-        <x:v>39508</x:v>
+        <x:v>39517</x:v>
       </x:c>
       <x:c r="D136" s="15" t="s"/>
       <x:c r="E136" s="14" t="s"/>
       <x:c r="F136" s="14" t="s"/>
       <x:c r="G136" s="14" t="s">
-        <x:v>111</x:v>
+        <x:v>121</x:v>
       </x:c>
       <x:c r="H136" s="14" t="s"/>
       <x:c r="I136" s="16" t="s">
-        <x:v>112</x:v>
+        <x:v>122</x:v>
       </x:c>
       <x:c r="J136" s="14" t="s">
-        <x:v>210</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="K136" s="14" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="L136" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M136" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N136" s="15" t="n">
-        <x:v>12058</x:v>
+        <x:v>12046</x:v>
       </x:c>
       <x:c r="O136" s="14" t="s">
-        <x:v>314</x:v>
+        <x:v>223</x:v>
       </x:c>
       <x:c r="P136" s="14" t="s">
-        <x:v>113</x:v>
+        <x:v>121</x:v>
       </x:c>
       <x:c r="Q136" s="16" t="s">
-        <x:v>156</x:v>
+        <x:v>122</x:v>
       </x:c>
       <x:c r="R136" s="14" t="s">
-        <x:v>157</x:v>
+        <x:v>124</x:v>
       </x:c>
       <x:c r="S136" s="14" t="n">
-        <x:v>595490</x:v>
+        <x:v>592168</x:v>
       </x:c>
       <x:c r="T136" s="16" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="U136" s="16" t="s">
-        <x:v>68</x:v>
+        <x:v>109</x:v>
       </x:c>
     </x:row>
     <x:row r="137" spans="1:21">
       <x:c r="A137" s="1" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="B137" s="0" t="s">
-        <x:v>215</x:v>
+        <x:v>179</x:v>
       </x:c>
       <x:c r="C137" s="3" t="n">
-        <x:v>38883</x:v>
+        <x:v>39690</x:v>
       </x:c>
       <x:c r="D137" s="3" t="s"/>
       <x:c r="G137" s="0" t="s">
-        <x:v>263</x:v>
+        <x:v>111</x:v>
       </x:c>
       <x:c r="I137" s="4" t="s">
-        <x:v>89</x:v>
+        <x:v>112</x:v>
       </x:c>
       <x:c r="J137" s="0" t="s">
-        <x:v>65</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="K137" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="L137" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M137" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N137" s="3" t="n">
-        <x:v>12081</x:v>
+        <x:v>11054</x:v>
       </x:c>
       <x:c r="O137" s="0" t="s">
-        <x:v>58</x:v>
+        <x:v>133</x:v>
       </x:c>
       <x:c r="P137" s="0" t="s">
-        <x:v>263</x:v>
+        <x:v>111</x:v>
       </x:c>
       <x:c r="Q137" s="4" t="s">
-        <x:v>89</x:v>
+        <x:v>112</x:v>
       </x:c>
       <x:c r="R137" s="0" t="s">
-        <x:v>90</x:v>
+        <x:v>324</x:v>
       </x:c>
       <x:c r="S137" s="0" t="n">
-        <x:v>597560</x:v>
+        <x:v>592211</x:v>
       </x:c>
       <x:c r="T137" s="4" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="U137" s="4" t="s">
-        <x:v>68</x:v>
+        <x:v>109</x:v>
       </x:c>
     </x:row>
     <x:row r="138" spans="1:21">
       <x:c r="A138" s="13" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="B138" s="14" t="s">
-        <x:v>176</x:v>
+        <x:v>146</x:v>
       </x:c>
       <x:c r="C138" s="15" t="n">
-        <x:v>37115</x:v>
+        <x:v>40500</x:v>
       </x:c>
       <x:c r="D138" s="15" t="s"/>
       <x:c r="E138" s="14" t="s"/>
       <x:c r="F138" s="14" t="s"/>
       <x:c r="G138" s="14" t="s">
-        <x:v>315</x:v>
+        <x:v>111</x:v>
       </x:c>
       <x:c r="H138" s="14" t="s"/>
       <x:c r="I138" s="16" t="s">
-        <x:v>100</x:v>
+        <x:v>112</x:v>
       </x:c>
       <x:c r="J138" s="14" t="s">
-        <x:v>65</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="K138" s="14" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="L138" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M138" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N138" s="15" t="n">
-        <x:v>24431</x:v>
+        <x:v>11511</x:v>
       </x:c>
       <x:c r="O138" s="14" t="s">
-        <x:v>93</x:v>
+        <x:v>147</x:v>
       </x:c>
       <x:c r="P138" s="14" t="s">
-        <x:v>315</x:v>
+        <x:v>113</x:v>
       </x:c>
       <x:c r="Q138" s="16" t="s">
-        <x:v>100</x:v>
+        <x:v>130</x:v>
       </x:c>
       <x:c r="R138" s="14" t="s">
-        <x:v>101</x:v>
+        <x:v>131</x:v>
       </x:c>
       <x:c r="S138" s="14" t="n">
-        <x:v>594584</x:v>
+        <x:v>592535</x:v>
       </x:c>
       <x:c r="T138" s="16" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="U138" s="16" t="s">
-        <x:v>68</x:v>
+        <x:v>61</x:v>
       </x:c>
     </x:row>
     <x:row r="139" spans="1:21">
       <x:c r="A139" s="1" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="B139" s="0" t="s">
-        <x:v>176</x:v>
+        <x:v>151</x:v>
       </x:c>
       <x:c r="C139" s="3" t="n">
-        <x:v>37115</x:v>
+        <x:v>35370</x:v>
       </x:c>
       <x:c r="D139" s="3" t="s"/>
       <x:c r="G139" s="0" t="s">
-        <x:v>316</x:v>
+        <x:v>111</x:v>
       </x:c>
       <x:c r="I139" s="4" t="s">
-        <x:v>317</x:v>
+        <x:v>112</x:v>
       </x:c>
       <x:c r="J139" s="0" t="s">
-        <x:v>65</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="K139" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="L139" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M139" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N139" s="3" t="n">
-        <x:v>24431</x:v>
+        <x:v>11502</x:v>
       </x:c>
       <x:c r="O139" s="0" t="s">
-        <x:v>93</x:v>
+        <x:v>79</x:v>
       </x:c>
       <x:c r="P139" s="0" t="s">
-        <x:v>316</x:v>
+        <x:v>113</x:v>
       </x:c>
       <x:c r="Q139" s="4" t="s">
-        <x:v>317</x:v>
+        <x:v>114</x:v>
       </x:c>
       <x:c r="R139" s="0" t="s">
-        <x:v>318</x:v>
+        <x:v>115</x:v>
       </x:c>
       <x:c r="S139" s="0" t="n">
-        <x:v>594586</x:v>
+        <x:v>596699</x:v>
       </x:c>
       <x:c r="T139" s="4" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="U139" s="4" t="s">
-        <x:v>68</x:v>
+        <x:v>109</x:v>
       </x:c>
     </x:row>
     <x:row r="140" spans="1:21">
       <x:c r="A140" s="13" t="s">
-        <x:v>21</x:v>
+        <x:v>53</x:v>
       </x:c>
       <x:c r="B140" s="14" t="s">
-        <x:v>319</x:v>
+        <x:v>325</x:v>
       </x:c>
       <x:c r="C140" s="15" t="n">
-        <x:v>35803</x:v>
+        <x:v>35373</x:v>
       </x:c>
       <x:c r="D140" s="15" t="s"/>
-      <x:c r="E140" s="14" t="s">
-[...1 lines deleted...]
-      </x:c>
+      <x:c r="E140" s="14" t="s"/>
       <x:c r="F140" s="14" t="s"/>
       <x:c r="G140" s="14" t="s">
-        <x:v>320</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>111</x:v>
+      </x:c>
+      <x:c r="H140" s="14" t="s"/>
       <x:c r="I140" s="16" t="s">
-        <x:v>322</x:v>
+        <x:v>112</x:v>
       </x:c>
       <x:c r="J140" s="14" t="s">
-        <x:v>65</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="K140" s="14" t="s">
-        <x:v>28</x:v>
+        <x:v>57</x:v>
       </x:c>
       <x:c r="L140" s="14" t="s">
-        <x:v>83</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="M140" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N140" s="15" t="n">
-        <x:v>11421</x:v>
+        <x:v>11534</x:v>
       </x:c>
       <x:c r="O140" s="14" t="s">
-        <x:v>164</x:v>
+        <x:v>326</x:v>
       </x:c>
       <x:c r="P140" s="14" t="s">
-        <x:v>323</x:v>
+        <x:v>113</x:v>
       </x:c>
       <x:c r="Q140" s="16" t="s">
-        <x:v>225</x:v>
+        <x:v>267</x:v>
       </x:c>
       <x:c r="R140" s="14" t="s">
-        <x:v>226</x:v>
+        <x:v>268</x:v>
       </x:c>
       <x:c r="S140" s="14" t="n">
-        <x:v>609739</x:v>
+        <x:v>596700</x:v>
       </x:c>
       <x:c r="T140" s="16" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="U140" s="16" t="s">
-        <x:v>68</x:v>
+        <x:v>109</x:v>
       </x:c>
     </x:row>
     <x:row r="141" spans="1:21">
       <x:c r="A141" s="1" t="s">
-        <x:v>21</x:v>
+        <x:v>53</x:v>
       </x:c>
       <x:c r="B141" s="0" t="s">
-        <x:v>324</x:v>
+        <x:v>132</x:v>
       </x:c>
       <x:c r="C141" s="3" t="n">
-        <x:v>35494</x:v>
+        <x:v>40113</x:v>
       </x:c>
       <x:c r="D141" s="3" t="s"/>
-      <x:c r="E141" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="G141" s="0" t="s">
-        <x:v>70</x:v>
-[...2 lines deleted...]
-        <x:v>71</x:v>
+        <x:v>117</x:v>
       </x:c>
       <x:c r="I141" s="4" t="s">
-        <x:v>72</x:v>
+        <x:v>118</x:v>
       </x:c>
       <x:c r="J141" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K141" s="0" t="s">
-        <x:v>28</x:v>
+        <x:v>57</x:v>
       </x:c>
       <x:c r="L141" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M141" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N141" s="3" t="n">
-        <x:v>11523</x:v>
+        <x:v>11054</x:v>
       </x:c>
       <x:c r="O141" s="0" t="s">
-        <x:v>66</x:v>
+        <x:v>133</x:v>
       </x:c>
       <x:c r="P141" s="0" t="s">
-        <x:v>325</x:v>
+        <x:v>119</x:v>
       </x:c>
       <x:c r="Q141" s="4" t="s">
-        <x:v>136</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="R141" s="0" t="s">
-        <x:v>239</x:v>
+        <x:v>76</x:v>
       </x:c>
       <x:c r="S141" s="0" t="n">
-        <x:v>603813</x:v>
+        <x:v>592384</x:v>
       </x:c>
       <x:c r="T141" s="4" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="U141" s="4" t="s">
-        <x:v>326</x:v>
+        <x:v>109</x:v>
       </x:c>
     </x:row>
     <x:row r="142" spans="1:21">
       <x:c r="A142" s="13" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="B142" s="14" t="s">
-        <x:v>146</x:v>
+        <x:v>215</x:v>
       </x:c>
       <x:c r="C142" s="15" t="n">
-        <x:v>40500</x:v>
+        <x:v>38883</x:v>
       </x:c>
       <x:c r="D142" s="15" t="s"/>
       <x:c r="E142" s="14" t="s"/>
       <x:c r="F142" s="14" t="s"/>
       <x:c r="G142" s="14" t="s">
-        <x:v>111</x:v>
+        <x:v>263</x:v>
       </x:c>
       <x:c r="H142" s="14" t="s"/>
       <x:c r="I142" s="16" t="s">
-        <x:v>112</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="J142" s="14" t="s">
-        <x:v>27</x:v>
+        <x:v>65</x:v>
       </x:c>
       <x:c r="K142" s="14" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="L142" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M142" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N142" s="15" t="n">
-        <x:v>11511</x:v>
+        <x:v>12081</x:v>
       </x:c>
       <x:c r="O142" s="14" t="s">
-        <x:v>147</x:v>
+        <x:v>58</x:v>
       </x:c>
       <x:c r="P142" s="14" t="s">
-        <x:v>113</x:v>
+        <x:v>263</x:v>
       </x:c>
       <x:c r="Q142" s="16" t="s">
-        <x:v>130</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="R142" s="14" t="s">
-        <x:v>131</x:v>
+        <x:v>90</x:v>
       </x:c>
       <x:c r="S142" s="14" t="n">
-        <x:v>592535</x:v>
+        <x:v>597560</x:v>
       </x:c>
       <x:c r="T142" s="16" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="U142" s="16" t="s">
-        <x:v>61</x:v>
+        <x:v>68</x:v>
       </x:c>
     </x:row>
     <x:row r="143" spans="1:21">
       <x:c r="A143" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B143" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="C143" s="3" t="n">
         <x:v>38127</x:v>
       </x:c>
       <x:c r="D143" s="3" t="s"/>
       <x:c r="E143" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G143" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="H143" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="I143" s="4" t="s">
         <x:v>40</x:v>
       </x:c>
@@ -10290,87 +10290,87 @@
       </x:c>
       <x:c r="P151" s="0" t="s">
         <x:v>346</x:v>
       </x:c>
       <x:c r="Q151" s="4" t="s">
         <x:v>348</x:v>
       </x:c>
       <x:c r="R151" s="0" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="S151" s="0" t="n">
         <x:v>587477</x:v>
       </x:c>
       <x:c r="T151" s="4" t="s">
         <x:v>349</x:v>
       </x:c>
       <x:c r="U151" s="4" t="s">
         <x:v>350</x:v>
       </x:c>
     </x:row>
     <x:row r="152" spans="1:21">
       <x:c r="A152" s="13" t="s">
         <x:v>166</x:v>
       </x:c>
       <x:c r="B152" s="14" t="s">
-        <x:v>287</x:v>
+        <x:v>282</x:v>
       </x:c>
       <x:c r="C152" s="15" t="n">
         <x:v>35494</x:v>
       </x:c>
       <x:c r="D152" s="15" t="s"/>
       <x:c r="E152" s="14" t="s"/>
       <x:c r="F152" s="14" t="s"/>
       <x:c r="G152" s="14" t="s">
         <x:v>353</x:v>
       </x:c>
       <x:c r="H152" s="14" t="s">
         <x:v>354</x:v>
       </x:c>
       <x:c r="I152" s="16" t="s">
         <x:v>186</x:v>
       </x:c>
       <x:c r="J152" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K152" s="14" t="s">
         <x:v>170</x:v>
       </x:c>
       <x:c r="L152" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M152" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N152" s="15" t="n">
         <x:v>11523</x:v>
       </x:c>
       <x:c r="O152" s="14" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="P152" s="14" t="s">
-        <x:v>325</x:v>
+        <x:v>311</x:v>
       </x:c>
       <x:c r="Q152" s="16" t="s">
         <x:v>136</x:v>
       </x:c>
       <x:c r="R152" s="14" t="s">
         <x:v>239</x:v>
       </x:c>
       <x:c r="S152" s="14" t="n">
         <x:v>575543</x:v>
       </x:c>
       <x:c r="T152" s="16" t="s">
         <x:v>355</x:v>
       </x:c>
       <x:c r="U152" s="16" t="s">
         <x:v>356</x:v>
       </x:c>
     </x:row>
     <x:row r="153" spans="1:21">
       <x:c r="A153" s="1" t="s">
         <x:v>166</x:v>
       </x:c>
       <x:c r="B153" s="0" t="s">
         <x:v>357</x:v>
       </x:c>
       <x:c r="C153" s="3" t="n">
@@ -10389,51 +10389,51 @@
       <x:c r="J153" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K153" s="0" t="s">
         <x:v>170</x:v>
       </x:c>
       <x:c r="L153" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M153" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N153" s="3" t="n">
         <x:v>11054</x:v>
       </x:c>
       <x:c r="O153" s="0" t="s">
         <x:v>133</x:v>
       </x:c>
       <x:c r="P153" s="0" t="s">
         <x:v>358</x:v>
       </x:c>
       <x:c r="Q153" s="4" t="s">
         <x:v>201</x:v>
       </x:c>
       <x:c r="R153" s="0" t="s">
-        <x:v>312</x:v>
+        <x:v>324</x:v>
       </x:c>
       <x:c r="S153" s="0" t="n">
         <x:v>574937</x:v>
       </x:c>
       <x:c r="T153" s="4" t="s">
         <x:v>355</x:v>
       </x:c>
       <x:c r="U153" s="4" t="s">
         <x:v>356</x:v>
       </x:c>
     </x:row>
     <x:row r="154" spans="1:21">
       <x:c r="A154" s="13" t="s">
         <x:v>166</x:v>
       </x:c>
       <x:c r="B154" s="14" t="s">
         <x:v>359</x:v>
       </x:c>
       <x:c r="C154" s="15" t="n">
         <x:v>38980</x:v>
       </x:c>
       <x:c r="D154" s="15" t="s"/>
       <x:c r="E154" s="14" t="s"/>
       <x:c r="F154" s="14" t="s"/>
       <x:c r="G154" s="14" t="s">
@@ -10728,51 +10728,51 @@
       <x:c r="G159" s="0" t="s">
         <x:v>353</x:v>
       </x:c>
       <x:c r="H159" s="0" t="s">
         <x:v>354</x:v>
       </x:c>
       <x:c r="I159" s="4" t="s">
         <x:v>186</x:v>
       </x:c>
       <x:c r="J159" s="0" t="s">
         <x:v>210</x:v>
       </x:c>
       <x:c r="K159" s="0" t="s">
         <x:v>170</x:v>
       </x:c>
       <x:c r="L159" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M159" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N159" s="3" t="n">
         <x:v>12058</x:v>
       </x:c>
       <x:c r="O159" s="0" t="s">
-        <x:v>314</x:v>
+        <x:v>299</x:v>
       </x:c>
       <x:c r="P159" s="0" t="s">
         <x:v>358</x:v>
       </x:c>
       <x:c r="Q159" s="4" t="s">
         <x:v>201</x:v>
       </x:c>
       <x:c r="R159" s="0" t="s">
         <x:v>212</x:v>
       </x:c>
       <x:c r="S159" s="0" t="n">
         <x:v>574951</x:v>
       </x:c>
       <x:c r="T159" s="4" t="s">
         <x:v>355</x:v>
       </x:c>
       <x:c r="U159" s="4" t="s">
         <x:v>356</x:v>
       </x:c>
     </x:row>
     <x:row r="160" spans="1:21">
       <x:c r="A160" s="13" t="s">
         <x:v>166</x:v>
       </x:c>
       <x:c r="B160" s="14" t="s">
@@ -10929,51 +10929,51 @@
       </x:c>
       <x:c r="P162" s="14" t="s">
         <x:v>99</x:v>
       </x:c>
       <x:c r="Q162" s="16" t="s">
         <x:v>100</x:v>
       </x:c>
       <x:c r="R162" s="14" t="s">
         <x:v>101</x:v>
       </x:c>
       <x:c r="S162" s="14" t="n">
         <x:v>547557</x:v>
       </x:c>
       <x:c r="T162" s="16" t="s">
         <x:v>355</x:v>
       </x:c>
       <x:c r="U162" s="16" t="s">
         <x:v>61</x:v>
       </x:c>
     </x:row>
     <x:row r="163" spans="1:21">
       <x:c r="A163" s="1" t="s">
         <x:v>166</x:v>
       </x:c>
       <x:c r="B163" s="0" t="s">
-        <x:v>286</x:v>
+        <x:v>287</x:v>
       </x:c>
       <x:c r="C163" s="3" t="n">
         <x:v>39380</x:v>
       </x:c>
       <x:c r="D163" s="3" t="s"/>
       <x:c r="G163" s="0" t="s">
         <x:v>192</x:v>
       </x:c>
       <x:c r="H163" s="0" t="s">
         <x:v>193</x:v>
       </x:c>
       <x:c r="I163" s="4" t="s">
         <x:v>194</x:v>
       </x:c>
       <x:c r="J163" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K163" s="0" t="s">
         <x:v>170</x:v>
       </x:c>
       <x:c r="L163" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M163" s="0" t="s">
         <x:v>30</x:v>
@@ -12651,51 +12651,51 @@
       <x:c r="H192" s="14" t="s">
         <x:v>354</x:v>
       </x:c>
       <x:c r="I192" s="16" t="s">
         <x:v>186</x:v>
       </x:c>
       <x:c r="J192" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K192" s="14" t="s">
         <x:v>170</x:v>
       </x:c>
       <x:c r="L192" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M192" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N192" s="15" t="n">
         <x:v>11454</x:v>
       </x:c>
       <x:c r="O192" s="14" t="s">
         <x:v>172</x:v>
       </x:c>
       <x:c r="P192" s="14" t="s">
-        <x:v>325</x:v>
+        <x:v>311</x:v>
       </x:c>
       <x:c r="Q192" s="16" t="s">
         <x:v>136</x:v>
       </x:c>
       <x:c r="R192" s="14" t="s">
         <x:v>239</x:v>
       </x:c>
       <x:c r="S192" s="14" t="n">
         <x:v>575552</x:v>
       </x:c>
       <x:c r="T192" s="16" t="s">
         <x:v>355</x:v>
       </x:c>
       <x:c r="U192" s="16" t="s">
         <x:v>356</x:v>
       </x:c>
     </x:row>
     <x:row r="193" spans="1:21">
       <x:c r="A193" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B193" s="0" t="s">
         <x:v>240</x:v>
       </x:c>
       <x:c r="C193" s="3" t="n">
@@ -13117,51 +13117,51 @@
       <x:c r="G200" s="14" t="s">
         <x:v>353</x:v>
       </x:c>
       <x:c r="H200" s="14" t="s">
         <x:v>354</x:v>
       </x:c>
       <x:c r="I200" s="16" t="s">
         <x:v>186</x:v>
       </x:c>
       <x:c r="J200" s="14" t="s">
         <x:v>210</x:v>
       </x:c>
       <x:c r="K200" s="14" t="s">
         <x:v>170</x:v>
       </x:c>
       <x:c r="L200" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M200" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N200" s="15" t="n">
         <x:v>12058</x:v>
       </x:c>
       <x:c r="O200" s="14" t="s">
-        <x:v>314</x:v>
+        <x:v>299</x:v>
       </x:c>
       <x:c r="P200" s="14" t="s">
         <x:v>358</x:v>
       </x:c>
       <x:c r="Q200" s="16" t="s">
         <x:v>201</x:v>
       </x:c>
       <x:c r="R200" s="14" t="s">
         <x:v>212</x:v>
       </x:c>
       <x:c r="S200" s="14" t="n">
         <x:v>581561</x:v>
       </x:c>
       <x:c r="T200" s="16" t="s">
         <x:v>355</x:v>
       </x:c>
       <x:c r="U200" s="16" t="s">
         <x:v>356</x:v>
       </x:c>
     </x:row>
     <x:row r="201" spans="1:21">
       <x:c r="A201" s="1" t="s">
         <x:v>166</x:v>
       </x:c>
       <x:c r="B201" s="0" t="s">
@@ -13230,54 +13230,54 @@
       <x:c r="G202" s="14" t="s">
         <x:v>353</x:v>
       </x:c>
       <x:c r="H202" s="14" t="s">
         <x:v>354</x:v>
       </x:c>
       <x:c r="I202" s="16" t="s">
         <x:v>186</x:v>
       </x:c>
       <x:c r="J202" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K202" s="14" t="s">
         <x:v>170</x:v>
       </x:c>
       <x:c r="L202" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M202" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N202" s="15" t="n">
         <x:v>11534</x:v>
       </x:c>
       <x:c r="O202" s="14" t="s">
-        <x:v>300</x:v>
+        <x:v>326</x:v>
       </x:c>
       <x:c r="P202" s="14" t="s">
-        <x:v>325</x:v>
+        <x:v>311</x:v>
       </x:c>
       <x:c r="Q202" s="16" t="s">
         <x:v>136</x:v>
       </x:c>
       <x:c r="R202" s="14" t="s">
         <x:v>239</x:v>
       </x:c>
       <x:c r="S202" s="14" t="n">
         <x:v>575544</x:v>
       </x:c>
       <x:c r="T202" s="16" t="s">
         <x:v>355</x:v>
       </x:c>
       <x:c r="U202" s="16" t="s">
         <x:v>356</x:v>
       </x:c>
     </x:row>
     <x:row r="203" spans="1:21">
       <x:c r="A203" s="1" t="s">
         <x:v>166</x:v>
       </x:c>
       <x:c r="B203" s="0" t="s">
         <x:v>400</x:v>
       </x:c>
       <x:c r="C203" s="3" t="n">
@@ -13313,1104 +13313,1106 @@
       </x:c>
       <x:c r="P203" s="0" t="s">
         <x:v>358</x:v>
       </x:c>
       <x:c r="Q203" s="4" t="s">
         <x:v>201</x:v>
       </x:c>
       <x:c r="R203" s="0" t="s">
         <x:v>202</x:v>
       </x:c>
       <x:c r="S203" s="0" t="n">
         <x:v>581548</x:v>
       </x:c>
       <x:c r="T203" s="4" t="s">
         <x:v>355</x:v>
       </x:c>
       <x:c r="U203" s="4" t="s">
         <x:v>356</x:v>
       </x:c>
     </x:row>
     <x:row r="204" spans="1:21">
       <x:c r="A204" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B204" s="14" t="s">
-        <x:v>324</x:v>
+        <x:v>80</x:v>
       </x:c>
       <x:c r="C204" s="15" t="n">
-        <x:v>35494</x:v>
+        <x:v>36772</x:v>
       </x:c>
       <x:c r="D204" s="15" t="s"/>
       <x:c r="E204" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F204" s="14" t="s"/>
       <x:c r="G204" s="14" t="s">
-        <x:v>70</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>184</x:v>
+      </x:c>
+      <x:c r="H204" s="14" t="s"/>
       <x:c r="I204" s="16" t="s">
-        <x:v>72</x:v>
+        <x:v>49</x:v>
       </x:c>
       <x:c r="J204" s="14" t="s">
-        <x:v>27</x:v>
+        <x:v>65</x:v>
       </x:c>
       <x:c r="K204" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L204" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M204" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N204" s="15" t="n">
-        <x:v>11523</x:v>
+        <x:v>12003</x:v>
       </x:c>
       <x:c r="O204" s="14" t="s">
-        <x:v>66</x:v>
+        <x:v>84</x:v>
       </x:c>
       <x:c r="P204" s="14" t="s">
-        <x:v>325</x:v>
+        <x:v>85</x:v>
       </x:c>
       <x:c r="Q204" s="16" t="s">
-        <x:v>136</x:v>
+        <x:v>49</x:v>
       </x:c>
       <x:c r="R204" s="14" t="s">
-        <x:v>239</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="S204" s="14" t="n">
-        <x:v>554925</x:v>
+        <x:v>550309</x:v>
       </x:c>
       <x:c r="T204" s="16" t="s">
         <x:v>355</x:v>
       </x:c>
       <x:c r="U204" s="16" t="s">
-        <x:v>293</x:v>
+        <x:v>61</x:v>
       </x:c>
     </x:row>
     <x:row r="205" spans="1:21">
       <x:c r="A205" s="1" t="s">
-        <x:v>21</x:v>
+        <x:v>166</x:v>
       </x:c>
       <x:c r="B205" s="0" t="s">
-        <x:v>240</x:v>
+        <x:v>401</x:v>
       </x:c>
       <x:c r="C205" s="3" t="n">
-        <x:v>35407</x:v>
+        <x:v>40500</x:v>
       </x:c>
       <x:c r="D205" s="3" t="s"/>
-      <x:c r="E205" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="G205" s="0" t="s">
-        <x:v>70</x:v>
+        <x:v>353</x:v>
       </x:c>
       <x:c r="H205" s="0" t="s">
-        <x:v>71</x:v>
+        <x:v>354</x:v>
       </x:c>
       <x:c r="I205" s="4" t="s">
-        <x:v>72</x:v>
+        <x:v>186</x:v>
       </x:c>
       <x:c r="J205" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K205" s="0" t="s">
-        <x:v>28</x:v>
+        <x:v>170</x:v>
       </x:c>
       <x:c r="L205" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M205" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N205" s="3" t="n">
-        <x:v>24054</x:v>
+        <x:v>11511</x:v>
       </x:c>
       <x:c r="O205" s="0" t="s">
-        <x:v>241</x:v>
+        <x:v>147</x:v>
       </x:c>
       <x:c r="P205" s="0" t="s">
-        <x:v>121</x:v>
+        <x:v>358</x:v>
       </x:c>
       <x:c r="Q205" s="4" t="s">
-        <x:v>274</x:v>
+        <x:v>201</x:v>
       </x:c>
       <x:c r="R205" s="0" t="s">
-        <x:v>183</x:v>
+        <x:v>239</x:v>
       </x:c>
       <x:c r="S205" s="0" t="n">
-        <x:v>554858</x:v>
+        <x:v>576114</x:v>
       </x:c>
       <x:c r="T205" s="4" t="s">
         <x:v>355</x:v>
       </x:c>
       <x:c r="U205" s="4" t="s">
-        <x:v>392</x:v>
+        <x:v>356</x:v>
       </x:c>
     </x:row>
     <x:row r="206" spans="1:21">
       <x:c r="A206" s="13" t="s">
-        <x:v>21</x:v>
+        <x:v>166</x:v>
       </x:c>
       <x:c r="B206" s="14" t="s">
-        <x:v>319</x:v>
+        <x:v>221</x:v>
       </x:c>
       <x:c r="C206" s="15" t="n">
-        <x:v>35803</x:v>
+        <x:v>38382</x:v>
       </x:c>
       <x:c r="D206" s="15" t="s"/>
-      <x:c r="E206" s="14" t="s">
-[...1 lines deleted...]
-      </x:c>
+      <x:c r="E206" s="14" t="s"/>
       <x:c r="F206" s="14" t="s"/>
       <x:c r="G206" s="14" t="s">
-        <x:v>320</x:v>
+        <x:v>192</x:v>
       </x:c>
       <x:c r="H206" s="14" t="s">
-        <x:v>321</x:v>
+        <x:v>193</x:v>
       </x:c>
       <x:c r="I206" s="16" t="s">
-        <x:v>322</x:v>
+        <x:v>194</x:v>
       </x:c>
       <x:c r="J206" s="14" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="K206" s="14" t="s">
-        <x:v>28</x:v>
+        <x:v>170</x:v>
       </x:c>
       <x:c r="L206" s="14" t="s">
-        <x:v>83</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="M206" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N206" s="15" t="n">
-        <x:v>11421</x:v>
+        <x:v>11523</x:v>
       </x:c>
       <x:c r="O206" s="14" t="s">
-        <x:v>164</x:v>
+        <x:v>66</x:v>
       </x:c>
       <x:c r="P206" s="14" t="s">
-        <x:v>323</x:v>
+        <x:v>192</x:v>
       </x:c>
       <x:c r="Q206" s="16" t="s">
-        <x:v>225</x:v>
+        <x:v>194</x:v>
       </x:c>
       <x:c r="R206" s="14" t="s">
-        <x:v>226</x:v>
+        <x:v>196</x:v>
       </x:c>
       <x:c r="S206" s="14" t="n">
-        <x:v>556870</x:v>
+        <x:v>541908</x:v>
       </x:c>
       <x:c r="T206" s="16" t="s">
         <x:v>355</x:v>
       </x:c>
       <x:c r="U206" s="16" t="s">
         <x:v>61</x:v>
       </x:c>
     </x:row>
     <x:row r="207" spans="1:21">
       <x:c r="A207" s="1" t="s">
-        <x:v>166</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B207" s="0" t="s">
-        <x:v>401</x:v>
+        <x:v>91</x:v>
       </x:c>
       <x:c r="C207" s="3" t="n">
-        <x:v>40342</x:v>
+        <x:v>37115</x:v>
       </x:c>
       <x:c r="D207" s="3" t="s"/>
+      <x:c r="E207" s="0" t="s">
+        <x:v>23</x:v>
+      </x:c>
       <x:c r="G207" s="0" t="s">
-        <x:v>353</x:v>
+        <x:v>96</x:v>
       </x:c>
       <x:c r="H207" s="0" t="s">
-        <x:v>354</x:v>
+        <x:v>97</x:v>
       </x:c>
       <x:c r="I207" s="4" t="s">
-        <x:v>186</x:v>
+        <x:v>98</x:v>
       </x:c>
       <x:c r="J207" s="0" t="s">
-        <x:v>27</x:v>
+        <x:v>65</x:v>
       </x:c>
       <x:c r="K207" s="0" t="s">
-        <x:v>170</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="L207" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M207" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N207" s="3" t="n">
-        <x:v>12522</x:v>
+        <x:v>24431</x:v>
       </x:c>
       <x:c r="O207" s="0" t="s">
-        <x:v>135</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="P207" s="0" t="s">
-        <x:v>358</x:v>
+        <x:v>99</x:v>
       </x:c>
       <x:c r="Q207" s="4" t="s">
-        <x:v>201</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="R207" s="0" t="s">
-        <x:v>202</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="S207" s="0" t="n">
-        <x:v>576122</x:v>
+        <x:v>550241</x:v>
       </x:c>
       <x:c r="T207" s="4" t="s">
         <x:v>355</x:v>
       </x:c>
       <x:c r="U207" s="4" t="s">
-        <x:v>356</x:v>
+        <x:v>61</x:v>
       </x:c>
     </x:row>
     <x:row r="208" spans="1:21">
       <x:c r="A208" s="13" t="s">
         <x:v>166</x:v>
       </x:c>
       <x:c r="B208" s="14" t="s">
-        <x:v>402</x:v>
+        <x:v>374</x:v>
       </x:c>
       <x:c r="C208" s="15" t="n">
-        <x:v>38980</x:v>
+        <x:v>38979</x:v>
       </x:c>
       <x:c r="D208" s="15" t="s"/>
       <x:c r="E208" s="14" t="s"/>
       <x:c r="F208" s="14" t="s"/>
       <x:c r="G208" s="14" t="s">
         <x:v>353</x:v>
       </x:c>
       <x:c r="H208" s="14" t="s">
         <x:v>354</x:v>
       </x:c>
       <x:c r="I208" s="16" t="s">
         <x:v>186</x:v>
       </x:c>
       <x:c r="J208" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K208" s="14" t="s">
         <x:v>170</x:v>
       </x:c>
       <x:c r="L208" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M208" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N208" s="15" t="n">
-        <x:v>31654</x:v>
+        <x:v>11454</x:v>
       </x:c>
       <x:c r="O208" s="14" t="s">
-        <x:v>174</x:v>
+        <x:v>172</x:v>
       </x:c>
       <x:c r="P208" s="14" t="s">
-        <x:v>358</x:v>
+        <x:v>353</x:v>
       </x:c>
       <x:c r="Q208" s="16" t="s">
-        <x:v>201</x:v>
+        <x:v>186</x:v>
       </x:c>
       <x:c r="R208" s="14" t="s">
         <x:v>239</x:v>
       </x:c>
       <x:c r="S208" s="14" t="n">
-        <x:v>576166</x:v>
+        <x:v>575004</x:v>
       </x:c>
       <x:c r="T208" s="16" t="s">
         <x:v>355</x:v>
       </x:c>
       <x:c r="U208" s="16" t="s">
         <x:v>356</x:v>
       </x:c>
     </x:row>
     <x:row r="209" spans="1:21">
       <x:c r="A209" s="1" t="s">
         <x:v>166</x:v>
       </x:c>
       <x:c r="B209" s="0" t="s">
-        <x:v>285</x:v>
+        <x:v>402</x:v>
       </x:c>
       <x:c r="C209" s="3" t="n">
-        <x:v>35479</x:v>
+        <x:v>40115</x:v>
       </x:c>
       <x:c r="D209" s="3" t="s"/>
       <x:c r="G209" s="0" t="s">
         <x:v>353</x:v>
       </x:c>
       <x:c r="H209" s="0" t="s">
         <x:v>354</x:v>
       </x:c>
       <x:c r="I209" s="4" t="s">
         <x:v>186</x:v>
       </x:c>
       <x:c r="J209" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K209" s="0" t="s">
         <x:v>170</x:v>
       </x:c>
       <x:c r="L209" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M209" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N209" s="3" t="n">
-        <x:v>11454</x:v>
+        <x:v>12054</x:v>
       </x:c>
       <x:c r="O209" s="0" t="s">
-        <x:v>172</x:v>
+        <x:v>127</x:v>
       </x:c>
       <x:c r="P209" s="0" t="s">
-        <x:v>325</x:v>
+        <x:v>358</x:v>
       </x:c>
       <x:c r="Q209" s="4" t="s">
-        <x:v>136</x:v>
+        <x:v>201</x:v>
       </x:c>
       <x:c r="R209" s="0" t="s">
-        <x:v>239</x:v>
+        <x:v>202</x:v>
       </x:c>
       <x:c r="S209" s="0" t="n">
-        <x:v>575553</x:v>
+        <x:v>574921</x:v>
       </x:c>
       <x:c r="T209" s="4" t="s">
         <x:v>355</x:v>
       </x:c>
       <x:c r="U209" s="4" t="s">
         <x:v>356</x:v>
       </x:c>
     </x:row>
     <x:row r="210" spans="1:21">
       <x:c r="A210" s="13" t="s">
         <x:v>166</x:v>
       </x:c>
       <x:c r="B210" s="14" t="s">
-        <x:v>151</x:v>
+        <x:v>403</x:v>
       </x:c>
       <x:c r="C210" s="15" t="n">
-        <x:v>35370</x:v>
+        <x:v>40115</x:v>
       </x:c>
       <x:c r="D210" s="15" t="s"/>
       <x:c r="E210" s="14" t="s"/>
       <x:c r="F210" s="14" t="s"/>
       <x:c r="G210" s="14" t="s">
         <x:v>353</x:v>
       </x:c>
       <x:c r="H210" s="14" t="s">
         <x:v>354</x:v>
       </x:c>
       <x:c r="I210" s="16" t="s">
         <x:v>186</x:v>
       </x:c>
       <x:c r="J210" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K210" s="14" t="s">
         <x:v>170</x:v>
       </x:c>
       <x:c r="L210" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M210" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N210" s="15" t="n">
-        <x:v>11502</x:v>
+        <x:v>12054</x:v>
       </x:c>
       <x:c r="O210" s="14" t="s">
-        <x:v>79</x:v>
+        <x:v>127</x:v>
       </x:c>
       <x:c r="P210" s="14" t="s">
-        <x:v>353</x:v>
+        <x:v>358</x:v>
       </x:c>
       <x:c r="Q210" s="16" t="s">
-        <x:v>186</x:v>
+        <x:v>201</x:v>
       </x:c>
       <x:c r="R210" s="14" t="s">
-        <x:v>115</x:v>
+        <x:v>202</x:v>
       </x:c>
       <x:c r="S210" s="14" t="n">
-        <x:v>575964</x:v>
+        <x:v>574922</x:v>
       </x:c>
       <x:c r="T210" s="16" t="s">
         <x:v>355</x:v>
       </x:c>
       <x:c r="U210" s="16" t="s">
         <x:v>356</x:v>
       </x:c>
     </x:row>
     <x:row r="211" spans="1:21">
       <x:c r="A211" s="1" t="s">
         <x:v>166</x:v>
       </x:c>
       <x:c r="B211" s="0" t="s">
-        <x:v>403</x:v>
+        <x:v>368</x:v>
       </x:c>
       <x:c r="C211" s="3" t="n">
-        <x:v>40411</x:v>
+        <x:v>40113</x:v>
       </x:c>
       <x:c r="D211" s="3" t="s"/>
       <x:c r="G211" s="0" t="s">
         <x:v>353</x:v>
       </x:c>
       <x:c r="H211" s="0" t="s">
         <x:v>354</x:v>
       </x:c>
       <x:c r="I211" s="4" t="s">
         <x:v>186</x:v>
       </x:c>
       <x:c r="J211" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K211" s="0" t="s">
         <x:v>170</x:v>
       </x:c>
       <x:c r="L211" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M211" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N211" s="3" t="n">
-        <x:v>11502</x:v>
+        <x:v>11054</x:v>
       </x:c>
       <x:c r="O211" s="0" t="s">
-        <x:v>79</x:v>
+        <x:v>133</x:v>
       </x:c>
       <x:c r="P211" s="0" t="s">
         <x:v>358</x:v>
       </x:c>
       <x:c r="Q211" s="4" t="s">
         <x:v>201</x:v>
       </x:c>
       <x:c r="R211" s="0" t="s">
-        <x:v>212</x:v>
+        <x:v>129</x:v>
       </x:c>
       <x:c r="S211" s="0" t="n">
-        <x:v>576109</x:v>
+        <x:v>574917</x:v>
       </x:c>
       <x:c r="T211" s="4" t="s">
         <x:v>355</x:v>
       </x:c>
       <x:c r="U211" s="4" t="s">
         <x:v>356</x:v>
       </x:c>
     </x:row>
     <x:row r="212" spans="1:21">
       <x:c r="A212" s="13" t="s">
         <x:v>166</x:v>
       </x:c>
       <x:c r="B212" s="14" t="s">
-        <x:v>374</x:v>
+        <x:v>404</x:v>
       </x:c>
       <x:c r="C212" s="15" t="n">
-        <x:v>38979</x:v>
+        <x:v>40342</x:v>
       </x:c>
       <x:c r="D212" s="15" t="s"/>
       <x:c r="E212" s="14" t="s"/>
       <x:c r="F212" s="14" t="s"/>
       <x:c r="G212" s="14" t="s">
         <x:v>353</x:v>
       </x:c>
       <x:c r="H212" s="14" t="s">
         <x:v>354</x:v>
       </x:c>
       <x:c r="I212" s="16" t="s">
         <x:v>186</x:v>
       </x:c>
       <x:c r="J212" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K212" s="14" t="s">
         <x:v>170</x:v>
       </x:c>
       <x:c r="L212" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M212" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N212" s="15" t="n">
-        <x:v>11454</x:v>
+        <x:v>12522</x:v>
       </x:c>
       <x:c r="O212" s="14" t="s">
-        <x:v>172</x:v>
+        <x:v>135</x:v>
       </x:c>
       <x:c r="P212" s="14" t="s">
-        <x:v>353</x:v>
+        <x:v>358</x:v>
       </x:c>
       <x:c r="Q212" s="16" t="s">
-        <x:v>186</x:v>
+        <x:v>201</x:v>
       </x:c>
       <x:c r="R212" s="14" t="s">
-        <x:v>239</x:v>
+        <x:v>202</x:v>
       </x:c>
       <x:c r="S212" s="14" t="n">
-        <x:v>575004</x:v>
+        <x:v>576122</x:v>
       </x:c>
       <x:c r="T212" s="16" t="s">
         <x:v>355</x:v>
       </x:c>
       <x:c r="U212" s="16" t="s">
         <x:v>356</x:v>
       </x:c>
     </x:row>
     <x:row r="213" spans="1:21">
       <x:c r="A213" s="1" t="s">
         <x:v>166</x:v>
       </x:c>
       <x:c r="B213" s="0" t="s">
-        <x:v>404</x:v>
+        <x:v>405</x:v>
       </x:c>
       <x:c r="C213" s="3" t="n">
-        <x:v>40115</x:v>
+        <x:v>38980</x:v>
       </x:c>
       <x:c r="D213" s="3" t="s"/>
       <x:c r="G213" s="0" t="s">
         <x:v>353</x:v>
       </x:c>
       <x:c r="H213" s="0" t="s">
         <x:v>354</x:v>
       </x:c>
       <x:c r="I213" s="4" t="s">
         <x:v>186</x:v>
       </x:c>
       <x:c r="J213" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K213" s="0" t="s">
         <x:v>170</x:v>
       </x:c>
       <x:c r="L213" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M213" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N213" s="3" t="n">
-        <x:v>12054</x:v>
+        <x:v>31654</x:v>
       </x:c>
       <x:c r="O213" s="0" t="s">
-        <x:v>127</x:v>
+        <x:v>174</x:v>
       </x:c>
       <x:c r="P213" s="0" t="s">
         <x:v>358</x:v>
       </x:c>
       <x:c r="Q213" s="4" t="s">
         <x:v>201</x:v>
       </x:c>
       <x:c r="R213" s="0" t="s">
-        <x:v>202</x:v>
+        <x:v>239</x:v>
       </x:c>
       <x:c r="S213" s="0" t="n">
-        <x:v>574921</x:v>
+        <x:v>576166</x:v>
       </x:c>
       <x:c r="T213" s="4" t="s">
         <x:v>355</x:v>
       </x:c>
       <x:c r="U213" s="4" t="s">
         <x:v>356</x:v>
       </x:c>
     </x:row>
     <x:row r="214" spans="1:21">
       <x:c r="A214" s="13" t="s">
         <x:v>166</x:v>
       </x:c>
       <x:c r="B214" s="14" t="s">
-        <x:v>405</x:v>
+        <x:v>286</x:v>
       </x:c>
       <x:c r="C214" s="15" t="n">
-        <x:v>40115</x:v>
+        <x:v>35479</x:v>
       </x:c>
       <x:c r="D214" s="15" t="s"/>
       <x:c r="E214" s="14" t="s"/>
       <x:c r="F214" s="14" t="s"/>
       <x:c r="G214" s="14" t="s">
         <x:v>353</x:v>
       </x:c>
       <x:c r="H214" s="14" t="s">
         <x:v>354</x:v>
       </x:c>
       <x:c r="I214" s="16" t="s">
         <x:v>186</x:v>
       </x:c>
       <x:c r="J214" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K214" s="14" t="s">
         <x:v>170</x:v>
       </x:c>
       <x:c r="L214" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M214" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N214" s="15" t="n">
-        <x:v>12054</x:v>
+        <x:v>11454</x:v>
       </x:c>
       <x:c r="O214" s="14" t="s">
-        <x:v>127</x:v>
+        <x:v>172</x:v>
       </x:c>
       <x:c r="P214" s="14" t="s">
-        <x:v>358</x:v>
+        <x:v>311</x:v>
       </x:c>
       <x:c r="Q214" s="16" t="s">
-        <x:v>201</x:v>
+        <x:v>136</x:v>
       </x:c>
       <x:c r="R214" s="14" t="s">
-        <x:v>202</x:v>
+        <x:v>239</x:v>
       </x:c>
       <x:c r="S214" s="14" t="n">
-        <x:v>574922</x:v>
+        <x:v>575553</x:v>
       </x:c>
       <x:c r="T214" s="16" t="s">
         <x:v>355</x:v>
       </x:c>
       <x:c r="U214" s="16" t="s">
         <x:v>356</x:v>
       </x:c>
     </x:row>
     <x:row r="215" spans="1:21">
       <x:c r="A215" s="1" t="s">
-        <x:v>21</x:v>
+        <x:v>166</x:v>
       </x:c>
       <x:c r="B215" s="0" t="s">
-        <x:v>80</x:v>
+        <x:v>151</x:v>
       </x:c>
       <x:c r="C215" s="3" t="n">
-        <x:v>36772</x:v>
+        <x:v>35370</x:v>
       </x:c>
       <x:c r="D215" s="3" t="s"/>
-      <x:c r="E215" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="G215" s="0" t="s">
-        <x:v>184</x:v>
+        <x:v>353</x:v>
+      </x:c>
+      <x:c r="H215" s="0" t="s">
+        <x:v>354</x:v>
       </x:c>
       <x:c r="I215" s="4" t="s">
-        <x:v>49</x:v>
+        <x:v>186</x:v>
       </x:c>
       <x:c r="J215" s="0" t="s">
-        <x:v>65</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="K215" s="0" t="s">
-        <x:v>28</x:v>
+        <x:v>170</x:v>
       </x:c>
       <x:c r="L215" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M215" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N215" s="3" t="n">
-        <x:v>12003</x:v>
+        <x:v>11502</x:v>
       </x:c>
       <x:c r="O215" s="0" t="s">
-        <x:v>84</x:v>
+        <x:v>79</x:v>
       </x:c>
       <x:c r="P215" s="0" t="s">
-        <x:v>85</x:v>
+        <x:v>353</x:v>
       </x:c>
       <x:c r="Q215" s="4" t="s">
-        <x:v>49</x:v>
+        <x:v>186</x:v>
       </x:c>
       <x:c r="R215" s="0" t="s">
-        <x:v>86</x:v>
+        <x:v>115</x:v>
       </x:c>
       <x:c r="S215" s="0" t="n">
-        <x:v>550309</x:v>
+        <x:v>575964</x:v>
       </x:c>
       <x:c r="T215" s="4" t="s">
         <x:v>355</x:v>
       </x:c>
       <x:c r="U215" s="4" t="s">
-        <x:v>61</x:v>
+        <x:v>356</x:v>
       </x:c>
     </x:row>
     <x:row r="216" spans="1:21">
       <x:c r="A216" s="13" t="s">
         <x:v>166</x:v>
       </x:c>
       <x:c r="B216" s="14" t="s">
         <x:v>406</x:v>
       </x:c>
       <x:c r="C216" s="15" t="n">
-        <x:v>40500</x:v>
+        <x:v>40411</x:v>
       </x:c>
       <x:c r="D216" s="15" t="s"/>
       <x:c r="E216" s="14" t="s"/>
       <x:c r="F216" s="14" t="s"/>
       <x:c r="G216" s="14" t="s">
         <x:v>353</x:v>
       </x:c>
       <x:c r="H216" s="14" t="s">
         <x:v>354</x:v>
       </x:c>
       <x:c r="I216" s="16" t="s">
         <x:v>186</x:v>
       </x:c>
       <x:c r="J216" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K216" s="14" t="s">
         <x:v>170</x:v>
       </x:c>
       <x:c r="L216" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M216" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N216" s="15" t="n">
-        <x:v>11511</x:v>
+        <x:v>11502</x:v>
       </x:c>
       <x:c r="O216" s="14" t="s">
-        <x:v>147</x:v>
+        <x:v>79</x:v>
       </x:c>
       <x:c r="P216" s="14" t="s">
         <x:v>358</x:v>
       </x:c>
       <x:c r="Q216" s="16" t="s">
         <x:v>201</x:v>
       </x:c>
       <x:c r="R216" s="14" t="s">
-        <x:v>239</x:v>
+        <x:v>212</x:v>
       </x:c>
       <x:c r="S216" s="14" t="n">
-        <x:v>576114</x:v>
+        <x:v>576109</x:v>
       </x:c>
       <x:c r="T216" s="16" t="s">
         <x:v>355</x:v>
       </x:c>
       <x:c r="U216" s="16" t="s">
         <x:v>356</x:v>
       </x:c>
     </x:row>
     <x:row r="217" spans="1:21">
       <x:c r="A217" s="1" t="s">
-        <x:v>166</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B217" s="0" t="s">
-        <x:v>221</x:v>
+        <x:v>305</x:v>
       </x:c>
       <x:c r="C217" s="3" t="n">
-        <x:v>38382</x:v>
+        <x:v>35803</x:v>
       </x:c>
       <x:c r="D217" s="3" t="s"/>
+      <x:c r="E217" s="0" t="s">
+        <x:v>23</x:v>
+      </x:c>
       <x:c r="G217" s="0" t="s">
-        <x:v>192</x:v>
+        <x:v>306</x:v>
       </x:c>
       <x:c r="H217" s="0" t="s">
-        <x:v>193</x:v>
+        <x:v>307</x:v>
       </x:c>
       <x:c r="I217" s="4" t="s">
-        <x:v>194</x:v>
+        <x:v>308</x:v>
       </x:c>
       <x:c r="J217" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="K217" s="0" t="s">
-        <x:v>170</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="L217" s="0" t="s">
-        <x:v>29</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="M217" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N217" s="3" t="n">
-        <x:v>11523</x:v>
+        <x:v>11421</x:v>
       </x:c>
       <x:c r="O217" s="0" t="s">
-        <x:v>66</x:v>
+        <x:v>164</x:v>
       </x:c>
       <x:c r="P217" s="0" t="s">
-        <x:v>192</x:v>
+        <x:v>309</x:v>
       </x:c>
       <x:c r="Q217" s="4" t="s">
-        <x:v>194</x:v>
+        <x:v>225</x:v>
       </x:c>
       <x:c r="R217" s="0" t="s">
-        <x:v>196</x:v>
+        <x:v>226</x:v>
       </x:c>
       <x:c r="S217" s="0" t="n">
-        <x:v>541908</x:v>
+        <x:v>556870</x:v>
       </x:c>
       <x:c r="T217" s="4" t="s">
         <x:v>355</x:v>
       </x:c>
       <x:c r="U217" s="4" t="s">
         <x:v>61</x:v>
       </x:c>
     </x:row>
     <x:row r="218" spans="1:21">
       <x:c r="A218" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B218" s="14" t="s">
-        <x:v>91</x:v>
+        <x:v>310</x:v>
       </x:c>
       <x:c r="C218" s="15" t="n">
-        <x:v>37115</x:v>
+        <x:v>35494</x:v>
       </x:c>
       <x:c r="D218" s="15" t="s"/>
       <x:c r="E218" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F218" s="14" t="s"/>
       <x:c r="G218" s="14" t="s">
-        <x:v>96</x:v>
+        <x:v>70</x:v>
       </x:c>
       <x:c r="H218" s="14" t="s">
-        <x:v>97</x:v>
+        <x:v>71</x:v>
       </x:c>
       <x:c r="I218" s="16" t="s">
-        <x:v>98</x:v>
+        <x:v>72</x:v>
       </x:c>
       <x:c r="J218" s="14" t="s">
-        <x:v>65</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="K218" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L218" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M218" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N218" s="15" t="n">
-        <x:v>24431</x:v>
+        <x:v>11523</x:v>
       </x:c>
       <x:c r="O218" s="14" t="s">
-        <x:v>93</x:v>
+        <x:v>66</x:v>
       </x:c>
       <x:c r="P218" s="14" t="s">
-        <x:v>99</x:v>
+        <x:v>311</x:v>
       </x:c>
       <x:c r="Q218" s="16" t="s">
-        <x:v>100</x:v>
+        <x:v>136</x:v>
       </x:c>
       <x:c r="R218" s="14" t="s">
-        <x:v>101</x:v>
+        <x:v>239</x:v>
       </x:c>
       <x:c r="S218" s="14" t="n">
-        <x:v>550241</x:v>
+        <x:v>554925</x:v>
       </x:c>
       <x:c r="T218" s="16" t="s">
         <x:v>355</x:v>
       </x:c>
       <x:c r="U218" s="16" t="s">
-        <x:v>61</x:v>
+        <x:v>300</x:v>
       </x:c>
     </x:row>
     <x:row r="219" spans="1:21">
       <x:c r="A219" s="1" t="s">
-        <x:v>166</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B219" s="0" t="s">
-        <x:v>407</x:v>
+        <x:v>240</x:v>
       </x:c>
       <x:c r="C219" s="3" t="n">
-        <x:v>39517</x:v>
+        <x:v>35407</x:v>
       </x:c>
       <x:c r="D219" s="3" t="s"/>
+      <x:c r="E219" s="0" t="s">
+        <x:v>23</x:v>
+      </x:c>
       <x:c r="G219" s="0" t="s">
-        <x:v>353</x:v>
+        <x:v>70</x:v>
       </x:c>
       <x:c r="H219" s="0" t="s">
-        <x:v>354</x:v>
+        <x:v>71</x:v>
       </x:c>
       <x:c r="I219" s="4" t="s">
-        <x:v>186</x:v>
+        <x:v>72</x:v>
       </x:c>
       <x:c r="J219" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K219" s="0" t="s">
-        <x:v>170</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="L219" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M219" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N219" s="3" t="n">
-        <x:v>12046</x:v>
+        <x:v>24054</x:v>
       </x:c>
       <x:c r="O219" s="0" t="s">
-        <x:v>223</x:v>
+        <x:v>241</x:v>
       </x:c>
       <x:c r="P219" s="0" t="s">
-        <x:v>358</x:v>
+        <x:v>121</x:v>
       </x:c>
       <x:c r="Q219" s="4" t="s">
-        <x:v>201</x:v>
+        <x:v>274</x:v>
       </x:c>
       <x:c r="R219" s="0" t="s">
-        <x:v>202</x:v>
+        <x:v>183</x:v>
       </x:c>
       <x:c r="S219" s="0" t="n">
-        <x:v>574931</x:v>
+        <x:v>554858</x:v>
       </x:c>
       <x:c r="T219" s="4" t="s">
         <x:v>355</x:v>
       </x:c>
       <x:c r="U219" s="4" t="s">
-        <x:v>356</x:v>
+        <x:v>392</x:v>
       </x:c>
     </x:row>
     <x:row r="220" spans="1:21">
       <x:c r="A220" s="13" t="s">
-        <x:v>166</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B220" s="14" t="s">
-        <x:v>368</x:v>
+        <x:v>407</x:v>
       </x:c>
       <x:c r="C220" s="15" t="n">
-        <x:v>40113</x:v>
+        <x:v>35310</x:v>
       </x:c>
       <x:c r="D220" s="15" t="s"/>
-      <x:c r="E220" s="14" t="s"/>
+      <x:c r="E220" s="14" t="s">
+        <x:v>23</x:v>
+      </x:c>
       <x:c r="F220" s="14" t="s"/>
       <x:c r="G220" s="14" t="s">
-        <x:v>353</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>408</x:v>
+      </x:c>
+      <x:c r="H220" s="14" t="s"/>
       <x:c r="I220" s="16" t="s">
-        <x:v>186</x:v>
+        <x:v>409</x:v>
       </x:c>
       <x:c r="J220" s="14" t="s">
-        <x:v>27</x:v>
+        <x:v>41</x:v>
       </x:c>
       <x:c r="K220" s="14" t="s">
-        <x:v>170</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="L220" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M220" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N220" s="15" t="n">
-        <x:v>11054</x:v>
+        <x:v>11502</x:v>
       </x:c>
       <x:c r="O220" s="14" t="s">
-        <x:v>133</x:v>
+        <x:v>79</x:v>
       </x:c>
       <x:c r="P220" s="14" t="s">
-        <x:v>358</x:v>
+        <x:v>410</x:v>
       </x:c>
       <x:c r="Q220" s="16" t="s">
-        <x:v>201</x:v>
+        <x:v>411</x:v>
       </x:c>
       <x:c r="R220" s="14" t="s">
-        <x:v>202</x:v>
+        <x:v>183</x:v>
       </x:c>
       <x:c r="S220" s="14" t="n">
-        <x:v>574915</x:v>
+        <x:v>546685</x:v>
       </x:c>
       <x:c r="T220" s="16" t="s">
         <x:v>355</x:v>
       </x:c>
       <x:c r="U220" s="16" t="s">
-        <x:v>356</x:v>
+        <x:v>351</x:v>
       </x:c>
     </x:row>
     <x:row r="221" spans="1:21">
       <x:c r="A221" s="1" t="s">
         <x:v>166</x:v>
       </x:c>
       <x:c r="B221" s="0" t="s">
-        <x:v>368</x:v>
+        <x:v>412</x:v>
       </x:c>
       <x:c r="C221" s="3" t="n">
-        <x:v>40113</x:v>
+        <x:v>39517</x:v>
       </x:c>
       <x:c r="D221" s="3" t="s"/>
       <x:c r="G221" s="0" t="s">
         <x:v>353</x:v>
       </x:c>
       <x:c r="H221" s="0" t="s">
         <x:v>354</x:v>
       </x:c>
       <x:c r="I221" s="4" t="s">
         <x:v>186</x:v>
       </x:c>
       <x:c r="J221" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K221" s="0" t="s">
         <x:v>170</x:v>
       </x:c>
       <x:c r="L221" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M221" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N221" s="3" t="n">
-        <x:v>11054</x:v>
+        <x:v>12046</x:v>
       </x:c>
       <x:c r="O221" s="0" t="s">
-        <x:v>133</x:v>
+        <x:v>223</x:v>
       </x:c>
       <x:c r="P221" s="0" t="s">
         <x:v>358</x:v>
       </x:c>
       <x:c r="Q221" s="4" t="s">
         <x:v>201</x:v>
       </x:c>
       <x:c r="R221" s="0" t="s">
-        <x:v>129</x:v>
+        <x:v>202</x:v>
       </x:c>
       <x:c r="S221" s="0" t="n">
-        <x:v>574917</x:v>
+        <x:v>574931</x:v>
       </x:c>
       <x:c r="T221" s="4" t="s">
         <x:v>355</x:v>
       </x:c>
       <x:c r="U221" s="4" t="s">
         <x:v>356</x:v>
       </x:c>
     </x:row>
     <x:row r="222" spans="1:21">
       <x:c r="A222" s="13" t="s">
         <x:v>166</x:v>
       </x:c>
       <x:c r="B222" s="14" t="s">
-        <x:v>408</x:v>
+        <x:v>413</x:v>
       </x:c>
       <x:c r="C222" s="15" t="n">
         <x:v>38974</x:v>
       </x:c>
       <x:c r="D222" s="15" t="s"/>
       <x:c r="E222" s="14" t="s"/>
       <x:c r="F222" s="14" t="s"/>
       <x:c r="G222" s="14" t="s">
         <x:v>353</x:v>
       </x:c>
       <x:c r="H222" s="14" t="s">
         <x:v>354</x:v>
       </x:c>
       <x:c r="I222" s="16" t="s">
         <x:v>186</x:v>
       </x:c>
       <x:c r="J222" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K222" s="14" t="s">
         <x:v>170</x:v>
       </x:c>
       <x:c r="L222" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
@@ -14425,51 +14427,51 @@
       </x:c>
       <x:c r="P222" s="14" t="s">
         <x:v>353</x:v>
       </x:c>
       <x:c r="Q222" s="16" t="s">
         <x:v>186</x:v>
       </x:c>
       <x:c r="R222" s="14" t="s">
         <x:v>239</x:v>
       </x:c>
       <x:c r="S222" s="14" t="n">
         <x:v>581344</x:v>
       </x:c>
       <x:c r="T222" s="16" t="s">
         <x:v>355</x:v>
       </x:c>
       <x:c r="U222" s="16" t="s">
         <x:v>356</x:v>
       </x:c>
     </x:row>
     <x:row r="223" spans="1:21">
       <x:c r="A223" s="1" t="s">
         <x:v>166</x:v>
       </x:c>
       <x:c r="B223" s="0" t="s">
-        <x:v>409</x:v>
+        <x:v>414</x:v>
       </x:c>
       <x:c r="C223" s="3" t="n">
         <x:v>40113</x:v>
       </x:c>
       <x:c r="D223" s="3" t="s"/>
       <x:c r="G223" s="0" t="s">
         <x:v>353</x:v>
       </x:c>
       <x:c r="H223" s="0" t="s">
         <x:v>354</x:v>
       </x:c>
       <x:c r="I223" s="4" t="s">
         <x:v>186</x:v>
       </x:c>
       <x:c r="J223" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K223" s="0" t="s">
         <x:v>170</x:v>
       </x:c>
       <x:c r="L223" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M223" s="0" t="s">
         <x:v>30</x:v>
@@ -14482,341 +14484,341 @@
       </x:c>
       <x:c r="P223" s="0" t="s">
         <x:v>358</x:v>
       </x:c>
       <x:c r="Q223" s="4" t="s">
         <x:v>201</x:v>
       </x:c>
       <x:c r="R223" s="0" t="s">
         <x:v>202</x:v>
       </x:c>
       <x:c r="S223" s="0" t="n">
         <x:v>581552</x:v>
       </x:c>
       <x:c r="T223" s="4" t="s">
         <x:v>355</x:v>
       </x:c>
       <x:c r="U223" s="4" t="s">
         <x:v>356</x:v>
       </x:c>
     </x:row>
     <x:row r="224" spans="1:21">
       <x:c r="A224" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B224" s="14" t="s">
-        <x:v>410</x:v>
+        <x:v>91</x:v>
       </x:c>
       <x:c r="C224" s="15" t="n">
-        <x:v>35310</x:v>
+        <x:v>37115</x:v>
       </x:c>
       <x:c r="D224" s="15" t="s"/>
       <x:c r="E224" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F224" s="14" t="s"/>
       <x:c r="G224" s="14" t="s">
-        <x:v>411</x:v>
-[...1 lines deleted...]
-      <x:c r="H224" s="14" t="s"/>
+        <x:v>48</x:v>
+      </x:c>
+      <x:c r="H224" s="14" t="s">
+        <x:v>92</x:v>
+      </x:c>
       <x:c r="I224" s="16" t="s">
-        <x:v>412</x:v>
+        <x:v>49</x:v>
       </x:c>
       <x:c r="J224" s="14" t="s">
-        <x:v>41</x:v>
+        <x:v>65</x:v>
       </x:c>
       <x:c r="K224" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L224" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M224" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N224" s="15" t="n">
-        <x:v>11502</x:v>
+        <x:v>24431</x:v>
       </x:c>
       <x:c r="O224" s="14" t="s">
-        <x:v>79</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="P224" s="14" t="s">
-        <x:v>413</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="Q224" s="16" t="s">
-        <x:v>414</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="R224" s="14" t="s">
-        <x:v>183</x:v>
+        <x:v>50</x:v>
       </x:c>
       <x:c r="S224" s="14" t="n">
-        <x:v>546685</x:v>
+        <x:v>558858</x:v>
       </x:c>
       <x:c r="T224" s="16" t="s">
         <x:v>355</x:v>
       </x:c>
       <x:c r="U224" s="16" t="s">
-        <x:v>351</x:v>
+        <x:v>61</x:v>
       </x:c>
     </x:row>
     <x:row r="225" spans="1:21">
       <x:c r="A225" s="1" t="s">
-        <x:v>166</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B225" s="0" t="s">
-        <x:v>415</x:v>
+        <x:v>69</x:v>
       </x:c>
       <x:c r="C225" s="3" t="n">
-        <x:v>38978</x:v>
+        <x:v>35367</x:v>
       </x:c>
       <x:c r="D225" s="3" t="s"/>
+      <x:c r="E225" s="0" t="s">
+        <x:v>23</x:v>
+      </x:c>
       <x:c r="G225" s="0" t="s">
-        <x:v>353</x:v>
+        <x:v>70</x:v>
       </x:c>
       <x:c r="H225" s="0" t="s">
-        <x:v>354</x:v>
+        <x:v>71</x:v>
       </x:c>
       <x:c r="I225" s="4" t="s">
-        <x:v>186</x:v>
+        <x:v>72</x:v>
       </x:c>
       <x:c r="J225" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K225" s="0" t="s">
-        <x:v>170</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="L225" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M225" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N225" s="3" t="n">
-        <x:v>11454</x:v>
+        <x:v>12010</x:v>
       </x:c>
       <x:c r="O225" s="0" t="s">
-        <x:v>172</x:v>
+        <x:v>73</x:v>
       </x:c>
       <x:c r="P225" s="0" t="s">
-        <x:v>358</x:v>
+        <x:v>74</x:v>
       </x:c>
       <x:c r="Q225" s="4" t="s">
-        <x:v>201</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="R225" s="0" t="s">
-        <x:v>202</x:v>
+        <x:v>76</x:v>
       </x:c>
       <x:c r="S225" s="0" t="n">
-        <x:v>575002</x:v>
+        <x:v>556141</x:v>
       </x:c>
       <x:c r="T225" s="4" t="s">
         <x:v>355</x:v>
       </x:c>
       <x:c r="U225" s="4" t="s">
-        <x:v>356</x:v>
+        <x:v>392</x:v>
       </x:c>
     </x:row>
     <x:row r="226" spans="1:21">
       <x:c r="A226" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B226" s="14" t="s">
-        <x:v>91</x:v>
+        <x:v>78</x:v>
       </x:c>
       <x:c r="C226" s="15" t="n">
-        <x:v>37115</x:v>
+        <x:v>35370</x:v>
       </x:c>
       <x:c r="D226" s="15" t="s"/>
       <x:c r="E226" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F226" s="14" t="s"/>
       <x:c r="G226" s="14" t="s">
-        <x:v>48</x:v>
+        <x:v>70</x:v>
       </x:c>
       <x:c r="H226" s="14" t="s">
-        <x:v>92</x:v>
+        <x:v>71</x:v>
       </x:c>
       <x:c r="I226" s="16" t="s">
-        <x:v>49</x:v>
+        <x:v>72</x:v>
       </x:c>
       <x:c r="J226" s="14" t="s">
-        <x:v>65</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="K226" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L226" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M226" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N226" s="15" t="n">
-        <x:v>24431</x:v>
+        <x:v>11502</x:v>
       </x:c>
       <x:c r="O226" s="14" t="s">
-        <x:v>93</x:v>
+        <x:v>79</x:v>
       </x:c>
       <x:c r="P226" s="14" t="s">
-        <x:v>94</x:v>
+        <x:v>74</x:v>
       </x:c>
       <x:c r="Q226" s="16" t="s">
-        <x:v>95</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="R226" s="14" t="s">
-        <x:v>50</x:v>
+        <x:v>76</x:v>
       </x:c>
       <x:c r="S226" s="14" t="n">
-        <x:v>558858</x:v>
+        <x:v>556142</x:v>
       </x:c>
       <x:c r="T226" s="16" t="s">
         <x:v>355</x:v>
       </x:c>
       <x:c r="U226" s="16" t="s">
-        <x:v>61</x:v>
+        <x:v>392</x:v>
       </x:c>
     </x:row>
     <x:row r="227" spans="1:21">
       <x:c r="A227" s="1" t="s">
-        <x:v>21</x:v>
+        <x:v>166</x:v>
       </x:c>
       <x:c r="B227" s="0" t="s">
-        <x:v>69</x:v>
+        <x:v>415</x:v>
       </x:c>
       <x:c r="C227" s="3" t="n">
-        <x:v>35367</x:v>
+        <x:v>38978</x:v>
       </x:c>
       <x:c r="D227" s="3" t="s"/>
-      <x:c r="E227" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="G227" s="0" t="s">
-        <x:v>70</x:v>
+        <x:v>353</x:v>
       </x:c>
       <x:c r="H227" s="0" t="s">
-        <x:v>71</x:v>
+        <x:v>354</x:v>
       </x:c>
       <x:c r="I227" s="4" t="s">
-        <x:v>72</x:v>
+        <x:v>186</x:v>
       </x:c>
       <x:c r="J227" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K227" s="0" t="s">
-        <x:v>28</x:v>
+        <x:v>170</x:v>
       </x:c>
       <x:c r="L227" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M227" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N227" s="3" t="n">
-        <x:v>12010</x:v>
+        <x:v>11454</x:v>
       </x:c>
       <x:c r="O227" s="0" t="s">
-        <x:v>73</x:v>
+        <x:v>172</x:v>
       </x:c>
       <x:c r="P227" s="0" t="s">
-        <x:v>74</x:v>
+        <x:v>358</x:v>
       </x:c>
       <x:c r="Q227" s="4" t="s">
-        <x:v>75</x:v>
+        <x:v>201</x:v>
       </x:c>
       <x:c r="R227" s="0" t="s">
-        <x:v>76</x:v>
+        <x:v>202</x:v>
       </x:c>
       <x:c r="S227" s="0" t="n">
-        <x:v>556141</x:v>
+        <x:v>575002</x:v>
       </x:c>
       <x:c r="T227" s="4" t="s">
         <x:v>355</x:v>
       </x:c>
       <x:c r="U227" s="4" t="s">
-        <x:v>392</x:v>
+        <x:v>356</x:v>
       </x:c>
     </x:row>
     <x:row r="228" spans="1:21">
       <x:c r="A228" s="13" t="s">
-        <x:v>21</x:v>
+        <x:v>166</x:v>
       </x:c>
       <x:c r="B228" s="14" t="s">
-        <x:v>78</x:v>
+        <x:v>368</x:v>
       </x:c>
       <x:c r="C228" s="15" t="n">
-        <x:v>35370</x:v>
+        <x:v>40113</x:v>
       </x:c>
       <x:c r="D228" s="15" t="s"/>
-      <x:c r="E228" s="14" t="s">
-[...1 lines deleted...]
-      </x:c>
+      <x:c r="E228" s="14" t="s"/>
       <x:c r="F228" s="14" t="s"/>
       <x:c r="G228" s="14" t="s">
-        <x:v>70</x:v>
+        <x:v>353</x:v>
       </x:c>
       <x:c r="H228" s="14" t="s">
-        <x:v>71</x:v>
+        <x:v>354</x:v>
       </x:c>
       <x:c r="I228" s="16" t="s">
-        <x:v>72</x:v>
+        <x:v>186</x:v>
       </x:c>
       <x:c r="J228" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K228" s="14" t="s">
-        <x:v>28</x:v>
+        <x:v>170</x:v>
       </x:c>
       <x:c r="L228" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M228" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N228" s="15" t="n">
-        <x:v>11502</x:v>
+        <x:v>11054</x:v>
       </x:c>
       <x:c r="O228" s="14" t="s">
-        <x:v>79</x:v>
+        <x:v>133</x:v>
       </x:c>
       <x:c r="P228" s="14" t="s">
-        <x:v>74</x:v>
+        <x:v>358</x:v>
       </x:c>
       <x:c r="Q228" s="16" t="s">
-        <x:v>75</x:v>
+        <x:v>201</x:v>
       </x:c>
       <x:c r="R228" s="14" t="s">
-        <x:v>76</x:v>
+        <x:v>202</x:v>
       </x:c>
       <x:c r="S228" s="14" t="n">
-        <x:v>556142</x:v>
+        <x:v>574915</x:v>
       </x:c>
       <x:c r="T228" s="16" t="s">
         <x:v>355</x:v>
       </x:c>
       <x:c r="U228" s="16" t="s">
-        <x:v>392</x:v>
+        <x:v>356</x:v>
       </x:c>
     </x:row>
     <x:row r="229" spans="1:21">
       <x:c r="A229" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B229" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="C229" s="3" t="n">
         <x:v>38127</x:v>
       </x:c>
       <x:c r="D229" s="3" t="s"/>
       <x:c r="E229" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G229" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="H229" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="I229" s="4" t="s">
         <x:v>40</x:v>
       </x:c>
@@ -15426,89 +15428,89 @@
       </x:c>
       <x:c r="P239" s="0" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="Q239" s="4" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="R239" s="0" t="s">
         <x:v>90</x:v>
       </x:c>
       <x:c r="S239" s="0" t="n">
         <x:v>495201</x:v>
       </x:c>
       <x:c r="T239" s="4" t="s">
         <x:v>421</x:v>
       </x:c>
       <x:c r="U239" s="4" t="s">
         <x:v>351</x:v>
       </x:c>
     </x:row>
     <x:row r="240" spans="1:21">
       <x:c r="A240" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B240" s="14" t="s">
-        <x:v>324</x:v>
+        <x:v>310</x:v>
       </x:c>
       <x:c r="C240" s="15" t="n">
         <x:v>35494</x:v>
       </x:c>
       <x:c r="D240" s="15" t="s"/>
       <x:c r="E240" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F240" s="14" t="s"/>
       <x:c r="G240" s="14" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="H240" s="14" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="I240" s="16" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="J240" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K240" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L240" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M240" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N240" s="15" t="n">
         <x:v>11523</x:v>
       </x:c>
       <x:c r="O240" s="14" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="P240" s="14" t="s">
-        <x:v>325</x:v>
+        <x:v>311</x:v>
       </x:c>
       <x:c r="Q240" s="16" t="s">
         <x:v>136</x:v>
       </x:c>
       <x:c r="R240" s="14" t="s">
         <x:v>239</x:v>
       </x:c>
       <x:c r="S240" s="14" t="n">
         <x:v>509933</x:v>
       </x:c>
       <x:c r="T240" s="16" t="s">
         <x:v>421</x:v>
       </x:c>
       <x:c r="U240" s="16" t="s">
         <x:v>422</x:v>
       </x:c>
     </x:row>
     <x:row r="241" spans="1:21">
       <x:c r="A241" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B241" s="0" t="s">
         <x:v>91</x:v>
       </x:c>
       <x:c r="C241" s="3" t="n">
@@ -15547,89 +15549,89 @@
       </x:c>
       <x:c r="P241" s="0" t="s">
         <x:v>99</x:v>
       </x:c>
       <x:c r="Q241" s="4" t="s">
         <x:v>100</x:v>
       </x:c>
       <x:c r="R241" s="0" t="s">
         <x:v>101</x:v>
       </x:c>
       <x:c r="S241" s="0" t="n">
         <x:v>500987</x:v>
       </x:c>
       <x:c r="T241" s="4" t="s">
         <x:v>421</x:v>
       </x:c>
       <x:c r="U241" s="4" t="s">
         <x:v>351</x:v>
       </x:c>
     </x:row>
     <x:row r="242" spans="1:21">
       <x:c r="A242" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B242" s="14" t="s">
-        <x:v>319</x:v>
+        <x:v>305</x:v>
       </x:c>
       <x:c r="C242" s="15" t="n">
         <x:v>35803</x:v>
       </x:c>
       <x:c r="D242" s="15" t="s"/>
       <x:c r="E242" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F242" s="14" t="s"/>
       <x:c r="G242" s="14" t="s">
-        <x:v>320</x:v>
+        <x:v>306</x:v>
       </x:c>
       <x:c r="H242" s="14" t="s">
-        <x:v>321</x:v>
+        <x:v>307</x:v>
       </x:c>
       <x:c r="I242" s="16" t="s">
-        <x:v>322</x:v>
+        <x:v>308</x:v>
       </x:c>
       <x:c r="J242" s="14" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="K242" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L242" s="14" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="M242" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N242" s="15" t="n">
         <x:v>11421</x:v>
       </x:c>
       <x:c r="O242" s="14" t="s">
         <x:v>164</x:v>
       </x:c>
       <x:c r="P242" s="14" t="s">
-        <x:v>323</x:v>
+        <x:v>309</x:v>
       </x:c>
       <x:c r="Q242" s="16" t="s">
         <x:v>225</x:v>
       </x:c>
       <x:c r="R242" s="14" t="s">
         <x:v>226</x:v>
       </x:c>
       <x:c r="S242" s="14" t="n">
         <x:v>508946</x:v>
       </x:c>
       <x:c r="T242" s="16" t="s">
         <x:v>421</x:v>
       </x:c>
       <x:c r="U242" s="16" t="s">
         <x:v>423</x:v>
       </x:c>
     </x:row>
     <x:row r="243" spans="1:21">
       <x:c r="A243" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B243" s="0" t="s">
         <x:v>424</x:v>
       </x:c>
       <x:c r="C243" s="3" t="n">
@@ -15642,54 +15644,54 @@
       <x:c r="G243" s="0" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="H243" s="0" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="I243" s="4" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="J243" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K243" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L243" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M243" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N243" s="3" t="n">
         <x:v>11534</x:v>
       </x:c>
       <x:c r="O243" s="0" t="s">
-        <x:v>300</x:v>
+        <x:v>326</x:v>
       </x:c>
       <x:c r="P243" s="0" t="s">
-        <x:v>325</x:v>
+        <x:v>311</x:v>
       </x:c>
       <x:c r="Q243" s="4" t="s">
         <x:v>136</x:v>
       </x:c>
       <x:c r="R243" s="0" t="s">
         <x:v>239</x:v>
       </x:c>
       <x:c r="S243" s="0" t="n">
         <x:v>509945</x:v>
       </x:c>
       <x:c r="T243" s="4" t="s">
         <x:v>421</x:v>
       </x:c>
       <x:c r="U243" s="4" t="s">
         <x:v>422</x:v>
       </x:c>
     </x:row>
     <x:row r="244" spans="1:21">
       <x:c r="A244" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B244" s="14" t="s">
         <x:v>91</x:v>
       </x:c>
       <x:c r="C244" s="15" t="n">
@@ -15787,89 +15789,89 @@
       </x:c>
       <x:c r="P245" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="Q245" s="4" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="R245" s="0" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="S245" s="0" t="n">
         <x:v>495252</x:v>
       </x:c>
       <x:c r="T245" s="4" t="s">
         <x:v>429</x:v>
       </x:c>
       <x:c r="U245" s="4" t="s">
         <x:v>430</x:v>
       </x:c>
     </x:row>
     <x:row r="246" spans="1:21">
       <x:c r="A246" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B246" s="14" t="s">
-        <x:v>324</x:v>
+        <x:v>310</x:v>
       </x:c>
       <x:c r="C246" s="15" t="n">
         <x:v>35494</x:v>
       </x:c>
       <x:c r="D246" s="15" t="s"/>
       <x:c r="E246" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F246" s="14" t="s"/>
       <x:c r="G246" s="14" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="H246" s="14" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="I246" s="16" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="J246" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K246" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L246" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M246" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N246" s="15" t="n">
         <x:v>11523</x:v>
       </x:c>
       <x:c r="O246" s="14" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="P246" s="14" t="s">
-        <x:v>325</x:v>
+        <x:v>311</x:v>
       </x:c>
       <x:c r="Q246" s="16" t="s">
         <x:v>136</x:v>
       </x:c>
       <x:c r="R246" s="14" t="s">
         <x:v>239</x:v>
       </x:c>
       <x:c r="S246" s="14" t="n">
         <x:v>454262</x:v>
       </x:c>
       <x:c r="T246" s="16" t="s">
         <x:v>431</x:v>
       </x:c>
       <x:c r="U246" s="16" t="s">
         <x:v>432</x:v>
       </x:c>
     </x:row>
     <x:row r="247" spans="1:21">
       <x:c r="A247" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B247" s="0" t="s">
         <x:v>240</x:v>
       </x:c>
       <x:c r="C247" s="3" t="n">