--- v0 (2026-03-30)
+++ v1 (2026-03-30)
@@ -251,150 +251,150 @@
   <x:si>
     <x:t>ARLES</x:t>
   </x:si>
   <x:si>
     <x:t>09/01/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>06/30/2029 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Le livre photographique avec InDesign</x:t>
   </x:si>
   <x:si>
     <x:t>Ecole Nationale Supérieure de la Photographie</x:t>
   </x:si>
   <x:si>
     <x:t>Logiciel InDesign</x:t>
   </x:si>
   <x:si>
     <x:t>06/01/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>06/04/2026 00:00:00</x:t>
   </x:si>
   <x:si>
+    <x:t>Photographe</x:t>
+  </x:si>
+  <x:si>
+    <x:t>04/10/2024 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>10/14/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
     <x:t>Artistes photographes :développer et structurer son projet d'auteur</x:t>
   </x:si>
   <x:si>
     <x:t>03/24/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>05/12/2026 00:00:00</x:t>
   </x:si>
   <x:si>
-    <x:t>Photographe</x:t>
-[...7 lines deleted...]
-  <x:si>
     <x:t>Le dossier artistique sur InDesign</x:t>
   </x:si>
   <x:si>
     <x:t>05/18/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>05/21/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Autre public</x:t>
   </x:si>
   <x:si>
     <x:t>09/15/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>06/30/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Créer et gérer la lumière en studio et en extérieur</x:t>
   </x:si>
   <x:si>
     <x:t>06/08/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>06/19/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Histoire de la photographie</x:t>
   </x:si>
   <x:si>
     <x:t>03/26/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>05/04/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Comprendre, ordonner et présenter son corpus</x:t>
   </x:si>
   <x:si>
     <x:t>05/07/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>06/12/2026 00:00:00</x:t>
   </x:si>
   <x:si>
+    <x:t>Une histoire de sensibilité : de la prise de vue à l'editing</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Rencontres Internationales de la Photographie</x:t>
+  </x:si>
+  <x:si>
+    <x:t>05/22/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
     <x:t>L'image comme poésie de l'espace et du corps : Laura Bonnefous</x:t>
   </x:si>
   <x:si>
-    <x:t>Rencontres Internationales de la Photographie</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>04/07/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>04/10/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Archives, valorisation et création</x:t>
   </x:si>
   <x:si>
     <x:t>05/26/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>05/29/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>L'organisation d'une exposition avec InDesign</x:t>
   </x:si>
   <x:si>
     <x:t>06/11/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Le site web pour les photographes et les artistes auteurs</x:t>
   </x:si>
   <x:si>
     <x:t>Logiciel WordPress</x:t>
-  </x:si>
-[...4 lines deleted...]
-    <x:t>05/22/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>TOULON</x:t>
   </x:si>
   <x:si>
     <x:t>AVIGNON</x:t>
   </x:si>
   <x:si>
     <x:t>Périmètre :</x:t>
   </x:si>
 </x:sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts count="2">
     <x:numFmt numFmtId="164" formatCode="General"/>
     <x:numFmt numFmtId="165" formatCode="@"/>
   </x:numFmts>
   <x:fonts count="8">
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="FF333333"/>
       <x:name val="Aptos Narrow"/>
       <x:family val="2"/>
@@ -1205,146 +1205,147 @@
         <x:v>56</x:v>
       </x:c>
       <x:c r="Q6" s="16" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="R6" s="14" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="S6" s="14" t="n">
         <x:v>599005</x:v>
       </x:c>
       <x:c r="T6" s="16" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="U6" s="16" t="s">
         <x:v>59</x:v>
       </x:c>
     </x:row>
     <x:row r="7" spans="1:21">
       <x:c r="A7" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B7" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
-      <x:c r="C7" s="3" t="s"/>
+      <x:c r="C7" s="3" t="n">
+        <x:v>34998</x:v>
+      </x:c>
       <x:c r="D7" s="3" t="s"/>
       <x:c r="G7" s="0" t="s">
-        <x:v>56</x:v>
+        <x:v>34</x:v>
       </x:c>
       <x:c r="H7" s="0" t="s">
-        <x:v>45</x:v>
+        <x:v>35</x:v>
       </x:c>
       <x:c r="I7" s="4" t="s">
-        <x:v>46</x:v>
+        <x:v>36</x:v>
+      </x:c>
+      <x:c r="J7" s="0" t="s">
+        <x:v>37</x:v>
       </x:c>
       <x:c r="K7" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L7" s="0" t="s">
-        <x:v>49</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="M7" s="0" t="s">
-        <x:v>50</x:v>
+        <x:v>38</x:v>
       </x:c>
       <x:c r="N7" s="3" t="n">
-        <x:v>46278</x:v>
+        <x:v>46006</x:v>
       </x:c>
       <x:c r="O7" s="0" t="s">
-        <x:v>28</x:v>
+        <x:v>39</x:v>
       </x:c>
       <x:c r="P7" s="0" t="s">
-        <x:v>56</x:v>
+        <x:v>34</x:v>
       </x:c>
       <x:c r="Q7" s="4" t="s">
-        <x:v>46</x:v>
+        <x:v>36</x:v>
       </x:c>
       <x:c r="R7" s="0" t="s">
-        <x:v>52</x:v>
+        <x:v>40</x:v>
       </x:c>
       <x:c r="S7" s="0" t="n">
-        <x:v>598990</x:v>
+        <x:v>523176</x:v>
       </x:c>
       <x:c r="T7" s="4" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="U7" s="4" t="s">
         <x:v>62</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:21">
       <x:c r="A8" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B8" s="14" t="s">
         <x:v>63</x:v>
       </x:c>
-      <x:c r="C8" s="15" t="n">
-[...1 lines deleted...]
-      </x:c>
+      <x:c r="C8" s="15" t="s"/>
       <x:c r="D8" s="15" t="s"/>
       <x:c r="E8" s="14" t="s"/>
       <x:c r="F8" s="14" t="s"/>
       <x:c r="G8" s="14" t="s">
-        <x:v>34</x:v>
+        <x:v>56</x:v>
       </x:c>
       <x:c r="H8" s="14" t="s">
-        <x:v>35</x:v>
+        <x:v>45</x:v>
       </x:c>
       <x:c r="I8" s="16" t="s">
-        <x:v>36</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>46</x:v>
+      </x:c>
+      <x:c r="J8" s="14" t="s"/>
       <x:c r="K8" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L8" s="14" t="s">
-        <x:v>26</x:v>
+        <x:v>49</x:v>
       </x:c>
       <x:c r="M8" s="14" t="s">
-        <x:v>38</x:v>
+        <x:v>50</x:v>
       </x:c>
       <x:c r="N8" s="15" t="n">
-        <x:v>46006</x:v>
+        <x:v>46278</x:v>
       </x:c>
       <x:c r="O8" s="14" t="s">
-        <x:v>39</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="P8" s="14" t="s">
-        <x:v>34</x:v>
+        <x:v>56</x:v>
       </x:c>
       <x:c r="Q8" s="16" t="s">
-        <x:v>36</x:v>
+        <x:v>46</x:v>
       </x:c>
       <x:c r="R8" s="14" t="s">
-        <x:v>40</x:v>
+        <x:v>52</x:v>
       </x:c>
       <x:c r="S8" s="14" t="n">
-        <x:v>523176</x:v>
+        <x:v>598990</x:v>
       </x:c>
       <x:c r="T8" s="16" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="U8" s="16" t="s">
         <x:v>65</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:21">
       <x:c r="A9" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B9" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C9" s="3" t="s"/>
       <x:c r="D9" s="3" t="s"/>
       <x:c r="G9" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="I9" s="4" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="K9" s="0" t="s">
         <x:v>25</x:v>
@@ -1725,269 +1726,268 @@
       <x:c r="K16" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L16" s="14" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="M16" s="14" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="N16" s="15" t="n">
         <x:v>46278</x:v>
       </x:c>
       <x:c r="O16" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P16" s="14" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="Q16" s="16" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="R16" s="14" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="S16" s="14" t="n">
-        <x:v>621348</x:v>
+        <x:v>621254</x:v>
       </x:c>
       <x:c r="T16" s="16" t="s">
+        <x:v>67</x:v>
+      </x:c>
+      <x:c r="U16" s="16" t="s">
         <x:v>83</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>84</x:v>
       </x:c>
     </x:row>
     <x:row r="17" spans="1:21">
       <x:c r="A17" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B17" s="0" t="s">
-        <x:v>85</x:v>
+        <x:v>84</x:v>
       </x:c>
       <x:c r="C17" s="3" t="s"/>
       <x:c r="D17" s="3" t="s"/>
       <x:c r="G17" s="0" t="s">
-        <x:v>56</x:v>
-[...2 lines deleted...]
-        <x:v>45</x:v>
+        <x:v>82</x:v>
       </x:c>
       <x:c r="I17" s="4" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="K17" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L17" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="M17" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="N17" s="3" t="n">
         <x:v>46278</x:v>
       </x:c>
       <x:c r="O17" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P17" s="0" t="s">
-        <x:v>56</x:v>
+        <x:v>82</x:v>
       </x:c>
       <x:c r="Q17" s="4" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="R17" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="S17" s="0" t="n">
-        <x:v>598989</x:v>
+        <x:v>621348</x:v>
       </x:c>
       <x:c r="T17" s="4" t="s">
+        <x:v>85</x:v>
+      </x:c>
+      <x:c r="U17" s="4" t="s">
         <x:v>86</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>87</x:v>
       </x:c>
     </x:row>
     <x:row r="18" spans="1:21">
       <x:c r="A18" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B18" s="14" t="s">
-        <x:v>88</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="C18" s="15" t="s"/>
       <x:c r="D18" s="15" t="s"/>
       <x:c r="E18" s="14" t="s"/>
       <x:c r="F18" s="14" t="s"/>
       <x:c r="G18" s="14" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="H18" s="14" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="I18" s="16" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="J18" s="14" t="s"/>
       <x:c r="K18" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L18" s="14" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="M18" s="14" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="N18" s="15" t="n">
-        <x:v>71123</x:v>
+        <x:v>46278</x:v>
       </x:c>
       <x:c r="O18" s="14" t="s">
-        <x:v>57</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="P18" s="14" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="Q18" s="16" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="R18" s="14" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="S18" s="14" t="n">
-        <x:v>598999</x:v>
+        <x:v>598989</x:v>
       </x:c>
       <x:c r="T18" s="16" t="s">
-        <x:v>73</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="U18" s="16" t="s">
         <x:v>89</x:v>
       </x:c>
     </x:row>
     <x:row r="19" spans="1:21">
       <x:c r="A19" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B19" s="0" t="s">
         <x:v>90</x:v>
       </x:c>
       <x:c r="C19" s="3" t="s"/>
       <x:c r="D19" s="3" t="s"/>
       <x:c r="G19" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="H19" s="0" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="I19" s="4" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="K19" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L19" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="M19" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="N19" s="3" t="n">
-        <x:v>70707</x:v>
+        <x:v>71123</x:v>
       </x:c>
       <x:c r="O19" s="0" t="s">
-        <x:v>91</x:v>
+        <x:v>57</x:v>
       </x:c>
       <x:c r="P19" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="Q19" s="4" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="R19" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="S19" s="0" t="n">
-        <x:v>599045</x:v>
+        <x:v>598999</x:v>
       </x:c>
       <x:c r="T19" s="4" t="s">
-        <x:v>67</x:v>
+        <x:v>73</x:v>
       </x:c>
       <x:c r="U19" s="4" t="s">
-        <x:v>68</x:v>
+        <x:v>91</x:v>
       </x:c>
     </x:row>
     <x:row r="20" spans="1:21">
       <x:c r="A20" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B20" s="14" t="s">
         <x:v>92</x:v>
       </x:c>
       <x:c r="C20" s="15" t="s"/>
       <x:c r="D20" s="15" t="s"/>
       <x:c r="E20" s="14" t="s"/>
       <x:c r="F20" s="14" t="s"/>
       <x:c r="G20" s="14" t="s">
-        <x:v>82</x:v>
-[...1 lines deleted...]
-      <x:c r="H20" s="14" t="s"/>
+        <x:v>56</x:v>
+      </x:c>
+      <x:c r="H20" s="14" t="s">
+        <x:v>45</x:v>
+      </x:c>
       <x:c r="I20" s="16" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="J20" s="14" t="s"/>
       <x:c r="K20" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L20" s="14" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="M20" s="14" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="N20" s="15" t="n">
-        <x:v>46278</x:v>
+        <x:v>70707</x:v>
       </x:c>
       <x:c r="O20" s="14" t="s">
-        <x:v>28</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="P20" s="14" t="s">
-        <x:v>82</x:v>
+        <x:v>56</x:v>
       </x:c>
       <x:c r="Q20" s="16" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="R20" s="14" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="S20" s="14" t="n">
-        <x:v>621254</x:v>
+        <x:v>599045</x:v>
       </x:c>
       <x:c r="T20" s="16" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="U20" s="16" t="s">
-        <x:v>93</x:v>
+        <x:v>68</x:v>
       </x:c>
     </x:row>
     <x:row r="21" spans="1:21">
       <x:c r="A21" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B21" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C21" s="3" t="s"/>
       <x:c r="D21" s="3" t="s"/>
       <x:c r="G21" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="I21" s="4" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="K21" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L21" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M21" s="0" t="s">
         <x:v>27</x:v>