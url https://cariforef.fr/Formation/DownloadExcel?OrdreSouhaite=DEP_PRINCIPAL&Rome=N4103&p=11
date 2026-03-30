--- v0 (2026-03-30)
+++ v1 (2026-03-30)
@@ -419,122 +419,122 @@
   <x:si>
     <x:t>SAINT-LAURENT-DU-VAR</x:t>
   </x:si>
   <x:si>
     <x:t>GRASSE</x:t>
   </x:si>
   <x:si>
     <x:t>03/02/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>08/17/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>04/14/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>09/10/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>CANNES</x:t>
   </x:si>
   <x:si>
     <x:t>05/07/2026 00:00:00</x:t>
   </x:si>
   <x:si>
+    <x:t>Epreuve théorique générale du code + Permis de conduire catégorie D</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Chambre de Métiers et de l'Artisanat de Région Provence Alpes Côte d'Azur</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CMAR PACA</x:t>
+  </x:si>
+  <x:si>
+    <x:t>13008</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Cma Formation Saint Laurent du Var</x:t>
+  </x:si>
+  <x:si>
+    <x:t>01/01/2027 00:00:00</x:t>
+  </x:si>
+  <x:si>
     <x:t>06/02/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>12/31/2027 00:00:00</x:t>
   </x:si>
   <x:si>
-    <x:t>Epreuve théorique générale du code + Permis de conduire catégorie D</x:t>
-[...14 lines deleted...]
-    <x:t>01/01/2027 00:00:00</x:t>
+    <x:t>MARSEILLE-16e</x:t>
+  </x:si>
+  <x:si>
+    <x:t>03/05/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>06/05/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>09/01/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Epreuve Théorique Générale du code (ETG)</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Ecole de Conduite Française Cherri</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ECF CHERRI</x:t>
+  </x:si>
+  <x:si>
+    <x:t>13200</x:t>
+  </x:si>
+  <x:si>
+    <x:t>formation entièrement à distance</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ARLES</x:t>
+  </x:si>
+  <x:si>
+    <x:t>12/22/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>12/23/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>10/09/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Sud Prévention Sécurité - Groupe ECF - Antenne Vitrolles</x:t>
   </x:si>
   <x:si>
     <x:t>13127</x:t>
   </x:si>
   <x:si>
     <x:t>VITROLLES</x:t>
   </x:si>
   <x:si>
-    <x:t>MARSEILLE-16e</x:t>
-[...37 lines deleted...]
-  <x:si>
     <x:t>Titre professionnel conducteur de transport en commun sur route - Compétences climat écoconduite</x:t>
   </x:si>
   <x:si>
     <x:t>Conseil Régional</x:t>
   </x:si>
   <x:si>
     <x:t>Programme Régional Formation  2022-2026 (PRF)</x:t>
   </x:si>
   <x:si>
     <x:t>01/23/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>04/24/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>09/04/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>09/17/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>12/04/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>12/17/2026 00:00:00</x:t>
@@ -791,60 +791,60 @@
   <x:si>
     <x:t>03/04/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>05/19/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>08/14/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>11/17/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>02/12/2027 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>City'Pro Richard Formation</x:t>
   </x:si>
   <x:si>
     <x:t>83130</x:t>
   </x:si>
   <x:si>
     <x:t>LA GARDE</x:t>
   </x:si>
   <x:si>
+    <x:t>AVIGNON</x:t>
+  </x:si>
+  <x:si>
+    <x:t>12/29/2025 00:00:00</x:t>
+  </x:si>
+  <x:si>
     <x:t>Sud Prévention Sécurité - Groupe ECF - Antenne Avignon</x:t>
   </x:si>
   <x:si>
     <x:t>84000</x:t>
-  </x:si>
-[...4 lines deleted...]
-    <x:t>12/29/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>CARPENTRAS</x:t>
   </x:si>
   <x:si>
     <x:t>SORGUES</x:t>
   </x:si>
   <x:si>
     <x:t>Périmètre :</x:t>
   </x:si>
 </x:sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts count="2">
     <x:numFmt numFmtId="164" formatCode="General"/>
     <x:numFmt numFmtId="165" formatCode="@"/>
   </x:numFmts>
   <x:fonts count="8">
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="FF333333"/>
       <x:name val="Aptos Narrow"/>
       <x:family val="2"/>
@@ -3045,892 +3045,890 @@
       </x:c>
       <x:c r="P30" s="14" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="Q30" s="16" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="R30" s="14" t="s">
         <x:v>114</x:v>
       </x:c>
       <x:c r="S30" s="14" t="n">
         <x:v>579498</x:v>
       </x:c>
       <x:c r="T30" s="16" t="s">
         <x:v>97</x:v>
       </x:c>
       <x:c r="U30" s="16" t="s">
         <x:v>115</x:v>
       </x:c>
     </x:row>
     <x:row r="31" spans="1:21">
       <x:c r="A31" s="1" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="B31" s="0" t="s">
-        <x:v>51</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>101</x:v>
+      </x:c>
+      <x:c r="C31" s="3" t="s"/>
       <x:c r="D31" s="3" t="s"/>
-      <x:c r="E31" s="0" t="s">
-[...4 lines deleted...]
-      </x:c>
       <x:c r="G31" s="0" t="s">
-        <x:v>54</x:v>
-[...2 lines deleted...]
-        <x:v>55</x:v>
+        <x:v>36</x:v>
       </x:c>
       <x:c r="I31" s="4" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="J31" s="0" t="s">
-        <x:v>26</x:v>
+        <x:v>77</x:v>
       </x:c>
       <x:c r="K31" s="0" t="s">
-        <x:v>56</x:v>
+        <x:v>38</x:v>
       </x:c>
       <x:c r="L31" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="M31" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N31" s="3" t="n">
         <x:v>31805</x:v>
       </x:c>
       <x:c r="O31" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P31" s="0" t="s">
-        <x:v>54</x:v>
+        <x:v>36</x:v>
       </x:c>
       <x:c r="Q31" s="4" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="R31" s="0" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="S31" s="0" t="n">
-        <x:v>612347</x:v>
+        <x:v>613505</x:v>
       </x:c>
       <x:c r="T31" s="4" t="s">
-        <x:v>110</x:v>
+        <x:v>90</x:v>
       </x:c>
       <x:c r="U31" s="4" t="s">
-        <x:v>111</x:v>
+        <x:v>91</x:v>
       </x:c>
     </x:row>
     <x:row r="32" spans="1:21">
       <x:c r="A32" s="13" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="B32" s="14" t="s">
-        <x:v>101</x:v>
+        <x:v>76</x:v>
       </x:c>
       <x:c r="C32" s="15" t="s"/>
       <x:c r="D32" s="15" t="s"/>
       <x:c r="E32" s="14" t="s"/>
       <x:c r="F32" s="14" t="s"/>
       <x:c r="G32" s="14" t="s">
-        <x:v>36</x:v>
-[...1 lines deleted...]
-      <x:c r="H32" s="14" t="s"/>
+        <x:v>54</x:v>
+      </x:c>
+      <x:c r="H32" s="14" t="s">
+        <x:v>55</x:v>
+      </x:c>
       <x:c r="I32" s="16" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="J32" s="14" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="K32" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="L32" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="M32" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N32" s="15" t="n">
         <x:v>31805</x:v>
       </x:c>
       <x:c r="O32" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P32" s="14" t="s">
-        <x:v>36</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="Q32" s="16" t="s">
-        <x:v>37</x:v>
+        <x:v>84</x:v>
       </x:c>
       <x:c r="R32" s="14" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="S32" s="14" t="n">
-        <x:v>613505</x:v>
+        <x:v>608534</x:v>
       </x:c>
       <x:c r="T32" s="16" t="s">
         <x:v>90</x:v>
       </x:c>
       <x:c r="U32" s="16" t="s">
         <x:v>91</x:v>
       </x:c>
     </x:row>
     <x:row r="33" spans="1:21">
       <x:c r="A33" s="1" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="B33" s="0" t="s">
-        <x:v>76</x:v>
+        <x:v>116</x:v>
       </x:c>
       <x:c r="C33" s="3" t="s"/>
       <x:c r="D33" s="3" t="s"/>
       <x:c r="G33" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="H33" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="I33" s="4" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="J33" s="0" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="K33" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="L33" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="M33" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N33" s="3" t="n">
         <x:v>31805</x:v>
       </x:c>
       <x:c r="O33" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P33" s="0" t="s">
         <x:v>92</x:v>
       </x:c>
       <x:c r="Q33" s="4" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="R33" s="0" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="S33" s="0" t="n">
-        <x:v>608534</x:v>
+        <x:v>608549</x:v>
       </x:c>
       <x:c r="T33" s="4" t="s">
         <x:v>90</x:v>
       </x:c>
       <x:c r="U33" s="4" t="s">
         <x:v>91</x:v>
       </x:c>
     </x:row>
     <x:row r="34" spans="1:21">
       <x:c r="A34" s="13" t="s">
-        <x:v>34</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B34" s="14" t="s">
-        <x:v>82</x:v>
+        <x:v>60</x:v>
       </x:c>
       <x:c r="C34" s="15" t="n">
-        <x:v>37878</x:v>
+        <x:v>37598</x:v>
       </x:c>
       <x:c r="D34" s="15" t="s"/>
-      <x:c r="E34" s="14" t="s"/>
+      <x:c r="E34" s="14" t="s">
+        <x:v>23</x:v>
+      </x:c>
       <x:c r="F34" s="14" t="s"/>
       <x:c r="G34" s="14" t="s">
-        <x:v>83</x:v>
-[...1 lines deleted...]
-      <x:c r="H34" s="14" t="s"/>
+        <x:v>117</x:v>
+      </x:c>
+      <x:c r="H34" s="14" t="s">
+        <x:v>118</x:v>
+      </x:c>
       <x:c r="I34" s="16" t="s">
-        <x:v>84</x:v>
+        <x:v>119</x:v>
       </x:c>
       <x:c r="J34" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K34" s="14" t="s">
-        <x:v>38</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="L34" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M34" s="14" t="s">
-        <x:v>29</x:v>
+        <x:v>103</x:v>
       </x:c>
       <x:c r="N34" s="15" t="n">
         <x:v>31805</x:v>
       </x:c>
       <x:c r="O34" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P34" s="14" t="s">
-        <x:v>83</x:v>
+        <x:v>120</x:v>
       </x:c>
       <x:c r="Q34" s="16" t="s">
-        <x:v>84</x:v>
+        <x:v>107</x:v>
       </x:c>
       <x:c r="R34" s="14" t="s">
-        <x:v>89</x:v>
+        <x:v>108</x:v>
       </x:c>
       <x:c r="S34" s="14" t="n">
-        <x:v>578735</x:v>
+        <x:v>553298</x:v>
       </x:c>
       <x:c r="T34" s="16" t="s">
-        <x:v>116</x:v>
+        <x:v>65</x:v>
       </x:c>
       <x:c r="U34" s="16" t="s">
-        <x:v>117</x:v>
+        <x:v>73</x:v>
       </x:c>
     </x:row>
     <x:row r="35" spans="1:21">
       <x:c r="A35" s="1" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="B35" s="0" t="s">
-        <x:v>118</x:v>
+        <x:v>76</x:v>
       </x:c>
       <x:c r="C35" s="3" t="s"/>
       <x:c r="D35" s="3" t="s"/>
       <x:c r="G35" s="0" t="s">
-        <x:v>54</x:v>
-[...2 lines deleted...]
-        <x:v>55</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="I35" s="4" t="s">
-        <x:v>37</x:v>
+        <x:v>84</x:v>
       </x:c>
       <x:c r="J35" s="0" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="K35" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="L35" s="0" t="s">
-        <x:v>39</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="M35" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N35" s="3" t="n">
         <x:v>31805</x:v>
       </x:c>
       <x:c r="O35" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P35" s="0" t="s">
-        <x:v>92</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="Q35" s="4" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="R35" s="0" t="s">
-        <x:v>89</x:v>
+        <x:v>85</x:v>
       </x:c>
       <x:c r="S35" s="0" t="n">
-        <x:v>608549</x:v>
+        <x:v>538737</x:v>
       </x:c>
       <x:c r="T35" s="4" t="s">
-        <x:v>90</x:v>
+        <x:v>45</x:v>
       </x:c>
       <x:c r="U35" s="4" t="s">
-        <x:v>91</x:v>
+        <x:v>121</x:v>
       </x:c>
     </x:row>
     <x:row r="36" spans="1:21">
       <x:c r="A36" s="13" t="s">
-        <x:v>21</x:v>
+        <x:v>34</x:v>
       </x:c>
       <x:c r="B36" s="14" t="s">
-        <x:v>60</x:v>
+        <x:v>51</x:v>
       </x:c>
       <x:c r="C36" s="15" t="n">
-        <x:v>37598</x:v>
+        <x:v>37878</x:v>
       </x:c>
       <x:c r="D36" s="15" t="s"/>
       <x:c r="E36" s="14" t="s">
-        <x:v>23</x:v>
-[...1 lines deleted...]
-      <x:c r="F36" s="14" t="s"/>
+        <x:v>52</x:v>
+      </x:c>
+      <x:c r="F36" s="14" t="s">
+        <x:v>53</x:v>
+      </x:c>
       <x:c r="G36" s="14" t="s">
-        <x:v>119</x:v>
+        <x:v>54</x:v>
       </x:c>
       <x:c r="H36" s="14" t="s">
-        <x:v>120</x:v>
+        <x:v>55</x:v>
       </x:c>
       <x:c r="I36" s="16" t="s">
-        <x:v>121</x:v>
+        <x:v>37</x:v>
       </x:c>
       <x:c r="J36" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K36" s="14" t="s">
-        <x:v>27</x:v>
+        <x:v>56</x:v>
       </x:c>
       <x:c r="L36" s="14" t="s">
-        <x:v>28</x:v>
+        <x:v>39</x:v>
       </x:c>
       <x:c r="M36" s="14" t="s">
-        <x:v>103</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="N36" s="15" t="n">
         <x:v>31805</x:v>
       </x:c>
       <x:c r="O36" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P36" s="14" t="s">
-        <x:v>122</x:v>
+        <x:v>54</x:v>
       </x:c>
       <x:c r="Q36" s="16" t="s">
-        <x:v>107</x:v>
+        <x:v>37</x:v>
       </x:c>
       <x:c r="R36" s="14" t="s">
-        <x:v>108</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="S36" s="14" t="n">
-        <x:v>553298</x:v>
+        <x:v>612347</x:v>
       </x:c>
       <x:c r="T36" s="16" t="s">
-        <x:v>65</x:v>
+        <x:v>110</x:v>
       </x:c>
       <x:c r="U36" s="16" t="s">
-        <x:v>73</x:v>
+        <x:v>111</x:v>
       </x:c>
     </x:row>
     <x:row r="37" spans="1:21">
       <x:c r="A37" s="1" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="B37" s="0" t="s">
-        <x:v>76</x:v>
-[...1 lines deleted...]
-      <x:c r="C37" s="3" t="s"/>
+        <x:v>82</x:v>
+      </x:c>
+      <x:c r="C37" s="3" t="n">
+        <x:v>37878</x:v>
+      </x:c>
       <x:c r="D37" s="3" t="s"/>
       <x:c r="G37" s="0" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="I37" s="4" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="J37" s="0" t="s">
-        <x:v>77</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="K37" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="L37" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M37" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N37" s="3" t="n">
         <x:v>31805</x:v>
       </x:c>
       <x:c r="O37" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P37" s="0" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="Q37" s="4" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="R37" s="0" t="s">
-        <x:v>85</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="S37" s="0" t="n">
-        <x:v>538737</x:v>
+        <x:v>578735</x:v>
       </x:c>
       <x:c r="T37" s="4" t="s">
-        <x:v>45</x:v>
+        <x:v>122</x:v>
       </x:c>
       <x:c r="U37" s="4" t="s">
         <x:v>123</x:v>
       </x:c>
     </x:row>
     <x:row r="38" spans="1:21">
       <x:c r="A38" s="13" t="s">
-        <x:v>21</x:v>
+        <x:v>34</x:v>
       </x:c>
       <x:c r="B38" s="14" t="s">
-        <x:v>22</x:v>
+        <x:v>82</x:v>
       </x:c>
       <x:c r="C38" s="15" t="n">
         <x:v>37878</x:v>
       </x:c>
       <x:c r="D38" s="15" t="s"/>
-      <x:c r="E38" s="14" t="s">
-[...1 lines deleted...]
-      </x:c>
+      <x:c r="E38" s="14" t="s"/>
       <x:c r="F38" s="14" t="s"/>
       <x:c r="G38" s="14" t="s">
-        <x:v>54</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>36</x:v>
+      </x:c>
+      <x:c r="H38" s="14" t="s"/>
       <x:c r="I38" s="16" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="J38" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K38" s="14" t="s">
-        <x:v>27</x:v>
+        <x:v>38</x:v>
       </x:c>
       <x:c r="L38" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="M38" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N38" s="15" t="n">
         <x:v>31805</x:v>
       </x:c>
       <x:c r="O38" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P38" s="14" t="s">
+        <x:v>36</x:v>
+      </x:c>
+      <x:c r="Q38" s="16" t="s">
+        <x:v>37</x:v>
+      </x:c>
+      <x:c r="R38" s="14" t="s">
         <x:v>124</x:v>
       </x:c>
-      <x:c r="Q38" s="16" t="s">
+      <x:c r="S38" s="14" t="n">
+        <x:v>612486</x:v>
+      </x:c>
+      <x:c r="T38" s="16" t="s">
         <x:v>125</x:v>
       </x:c>
-      <x:c r="R38" s="14" t="s">
+      <x:c r="U38" s="16" t="s">
         <x:v>126</x:v>
-      </x:c>
-[...7 lines deleted...]
-        <x:v>75</x:v>
       </x:c>
     </x:row>
     <x:row r="39" spans="1:21">
       <x:c r="A39" s="1" t="s">
-        <x:v>34</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B39" s="0" t="s">
-        <x:v>82</x:v>
+        <x:v>22</x:v>
       </x:c>
       <x:c r="C39" s="3" t="n">
         <x:v>37878</x:v>
       </x:c>
       <x:c r="D39" s="3" t="s"/>
+      <x:c r="E39" s="0" t="s">
+        <x:v>23</x:v>
+      </x:c>
       <x:c r="G39" s="0" t="s">
-        <x:v>36</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="I39" s="4" t="s">
-        <x:v>37</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="J39" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K39" s="0" t="s">
-        <x:v>38</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="L39" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="M39" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N39" s="3" t="n">
         <x:v>31805</x:v>
       </x:c>
       <x:c r="O39" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P39" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="Q39" s="4" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="R39" s="0" t="s">
+        <x:v>124</x:v>
+      </x:c>
+      <x:c r="S39" s="0" t="n">
+        <x:v>602923</x:v>
+      </x:c>
+      <x:c r="T39" s="4" t="s">
         <x:v>127</x:v>
       </x:c>
-      <x:c r="S39" s="0" t="n">
-[...4 lines deleted...]
-      </x:c>
       <x:c r="U39" s="4" t="s">
-        <x:v>128</x:v>
+        <x:v>75</x:v>
       </x:c>
     </x:row>
     <x:row r="40" spans="1:21">
       <x:c r="A40" s="13" t="s">
-        <x:v>21</x:v>
+        <x:v>34</x:v>
       </x:c>
       <x:c r="B40" s="14" t="s">
-        <x:v>22</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>76</x:v>
+      </x:c>
+      <x:c r="C40" s="15" t="s"/>
       <x:c r="D40" s="15" t="s"/>
-      <x:c r="E40" s="14" t="s">
-[...1 lines deleted...]
-      </x:c>
+      <x:c r="E40" s="14" t="s"/>
       <x:c r="F40" s="14" t="s"/>
       <x:c r="G40" s="14" t="s">
-        <x:v>93</x:v>
-[...1 lines deleted...]
-      <x:c r="H40" s="14" t="s"/>
+        <x:v>54</x:v>
+      </x:c>
+      <x:c r="H40" s="14" t="s">
+        <x:v>55</x:v>
+      </x:c>
       <x:c r="I40" s="16" t="s">
-        <x:v>94</x:v>
+        <x:v>37</x:v>
       </x:c>
       <x:c r="J40" s="14" t="s">
-        <x:v>26</x:v>
+        <x:v>77</x:v>
       </x:c>
       <x:c r="K40" s="14" t="s">
-        <x:v>27</x:v>
+        <x:v>38</x:v>
       </x:c>
       <x:c r="L40" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="M40" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N40" s="15" t="n">
         <x:v>31805</x:v>
       </x:c>
       <x:c r="O40" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P40" s="14" t="s">
-        <x:v>36</x:v>
+        <x:v>54</x:v>
       </x:c>
       <x:c r="Q40" s="16" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="R40" s="14" t="s">
-        <x:v>127</x:v>
+        <x:v>124</x:v>
       </x:c>
       <x:c r="S40" s="14" t="n">
-        <x:v>602923</x:v>
+        <x:v>600656</x:v>
       </x:c>
       <x:c r="T40" s="16" t="s">
-        <x:v>129</x:v>
+        <x:v>90</x:v>
       </x:c>
       <x:c r="U40" s="16" t="s">
-        <x:v>75</x:v>
+        <x:v>91</x:v>
       </x:c>
     </x:row>
     <x:row r="41" spans="1:21">
       <x:c r="A41" s="1" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="B41" s="0" t="s">
-        <x:v>76</x:v>
+        <x:v>116</x:v>
       </x:c>
       <x:c r="C41" s="3" t="s"/>
       <x:c r="D41" s="3" t="s"/>
       <x:c r="G41" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="H41" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="I41" s="4" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="J41" s="0" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="K41" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="L41" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="M41" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N41" s="3" t="n">
         <x:v>31805</x:v>
       </x:c>
       <x:c r="O41" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P41" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="Q41" s="4" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="R41" s="0" t="s">
-        <x:v>127</x:v>
+        <x:v>124</x:v>
       </x:c>
       <x:c r="S41" s="0" t="n">
-        <x:v>600656</x:v>
+        <x:v>602721</x:v>
       </x:c>
       <x:c r="T41" s="4" t="s">
         <x:v>90</x:v>
       </x:c>
       <x:c r="U41" s="4" t="s">
         <x:v>91</x:v>
       </x:c>
     </x:row>
     <x:row r="42" spans="1:21">
       <x:c r="A42" s="13" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="B42" s="14" t="s">
-        <x:v>82</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>128</x:v>
+      </x:c>
+      <x:c r="C42" s="15" t="s"/>
       <x:c r="D42" s="15" t="s"/>
       <x:c r="E42" s="14" t="s"/>
       <x:c r="F42" s="14" t="s"/>
       <x:c r="G42" s="14" t="s">
-        <x:v>54</x:v>
+        <x:v>129</x:v>
       </x:c>
       <x:c r="H42" s="14" t="s">
-        <x:v>55</x:v>
+        <x:v>130</x:v>
       </x:c>
       <x:c r="I42" s="16" t="s">
-        <x:v>37</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>131</x:v>
+      </x:c>
+      <x:c r="J42" s="14" t="s"/>
       <x:c r="K42" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="L42" s="14" t="s">
-        <x:v>39</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="M42" s="14" t="s">
-        <x:v>29</x:v>
+        <x:v>132</x:v>
       </x:c>
       <x:c r="N42" s="15" t="n">
         <x:v>31805</x:v>
       </x:c>
       <x:c r="O42" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P42" s="14" t="s">
-        <x:v>54</x:v>
+        <x:v>129</x:v>
       </x:c>
       <x:c r="Q42" s="16" t="s">
-        <x:v>37</x:v>
+        <x:v>131</x:v>
       </x:c>
       <x:c r="R42" s="14" t="s">
-        <x:v>127</x:v>
+        <x:v>133</x:v>
       </x:c>
       <x:c r="S42" s="14" t="n">
-        <x:v>600671</x:v>
+        <x:v>607075</x:v>
       </x:c>
       <x:c r="T42" s="16" t="s">
-        <x:v>90</x:v>
+        <x:v>134</x:v>
       </x:c>
       <x:c r="U42" s="16" t="s">
-        <x:v>91</x:v>
+        <x:v>135</x:v>
       </x:c>
     </x:row>
     <x:row r="43" spans="1:21">
       <x:c r="A43" s="1" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="B43" s="0" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="C43" s="3" t="n">
         <x:v>37878</x:v>
       </x:c>
       <x:c r="D43" s="3" t="s"/>
       <x:c r="G43" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="I43" s="4" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="J43" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K43" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="L43" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="M43" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N43" s="3" t="n">
         <x:v>31805</x:v>
       </x:c>
       <x:c r="O43" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P43" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="Q43" s="4" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="R43" s="0" t="s">
-        <x:v>127</x:v>
+        <x:v>124</x:v>
       </x:c>
       <x:c r="S43" s="0" t="n">
-        <x:v>612486</x:v>
+        <x:v>612494</x:v>
       </x:c>
       <x:c r="T43" s="4" t="s">
-        <x:v>130</x:v>
+        <x:v>48</x:v>
       </x:c>
       <x:c r="U43" s="4" t="s">
-        <x:v>131</x:v>
+        <x:v>136</x:v>
       </x:c>
     </x:row>
     <x:row r="44" spans="1:21">
       <x:c r="A44" s="13" t="s">
-        <x:v>34</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B44" s="14" t="s">
-        <x:v>118</x:v>
-[...1 lines deleted...]
-      <x:c r="C44" s="15" t="s"/>
+        <x:v>22</x:v>
+      </x:c>
+      <x:c r="C44" s="15" t="n">
+        <x:v>37878</x:v>
+      </x:c>
       <x:c r="D44" s="15" t="s"/>
-      <x:c r="E44" s="14" t="s"/>
+      <x:c r="E44" s="14" t="s">
+        <x:v>23</x:v>
+      </x:c>
       <x:c r="F44" s="14" t="s"/>
       <x:c r="G44" s="14" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="H44" s="14" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="I44" s="16" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="J44" s="14" t="s">
-        <x:v>77</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="K44" s="14" t="s">
-        <x:v>38</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="L44" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="M44" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N44" s="15" t="n">
         <x:v>31805</x:v>
       </x:c>
       <x:c r="O44" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P44" s="14" t="s">
-        <x:v>54</x:v>
+        <x:v>137</x:v>
       </x:c>
       <x:c r="Q44" s="16" t="s">
-        <x:v>37</x:v>
+        <x:v>138</x:v>
       </x:c>
       <x:c r="R44" s="14" t="s">
-        <x:v>127</x:v>
+        <x:v>139</x:v>
       </x:c>
       <x:c r="S44" s="14" t="n">
-        <x:v>602721</x:v>
+        <x:v>601298</x:v>
       </x:c>
       <x:c r="T44" s="16" t="s">
-        <x:v>90</x:v>
+        <x:v>74</x:v>
       </x:c>
       <x:c r="U44" s="16" t="s">
-        <x:v>91</x:v>
+        <x:v>75</x:v>
       </x:c>
     </x:row>
     <x:row r="45" spans="1:21">
       <x:c r="A45" s="1" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="B45" s="0" t="s">
-        <x:v>132</x:v>
-[...1 lines deleted...]
-      <x:c r="C45" s="3" t="s"/>
+        <x:v>82</x:v>
+      </x:c>
+      <x:c r="C45" s="3" t="n">
+        <x:v>37878</x:v>
+      </x:c>
       <x:c r="D45" s="3" t="s"/>
       <x:c r="G45" s="0" t="s">
-        <x:v>133</x:v>
+        <x:v>54</x:v>
       </x:c>
       <x:c r="H45" s="0" t="s">
-        <x:v>134</x:v>
+        <x:v>55</x:v>
       </x:c>
       <x:c r="I45" s="4" t="s">
-        <x:v>135</x:v>
+        <x:v>37</x:v>
+      </x:c>
+      <x:c r="J45" s="0" t="s">
+        <x:v>26</x:v>
       </x:c>
       <x:c r="K45" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="L45" s="0" t="s">
-        <x:v>28</x:v>
+        <x:v>39</x:v>
       </x:c>
       <x:c r="M45" s="0" t="s">
-        <x:v>136</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="N45" s="3" t="n">
         <x:v>31805</x:v>
       </x:c>
       <x:c r="O45" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P45" s="0" t="s">
-        <x:v>133</x:v>
+        <x:v>54</x:v>
       </x:c>
       <x:c r="Q45" s="4" t="s">
-        <x:v>135</x:v>
+        <x:v>37</x:v>
       </x:c>
       <x:c r="R45" s="0" t="s">
-        <x:v>137</x:v>
+        <x:v>124</x:v>
       </x:c>
       <x:c r="S45" s="0" t="n">
-        <x:v>607075</x:v>
+        <x:v>600671</x:v>
       </x:c>
       <x:c r="T45" s="4" t="s">
-        <x:v>138</x:v>
+        <x:v>90</x:v>
       </x:c>
       <x:c r="U45" s="4" t="s">
-        <x:v>139</x:v>
+        <x:v>91</x:v>
       </x:c>
     </x:row>
     <x:row r="46" spans="1:21">
       <x:c r="A46" s="13" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="B46" s="14" t="s">
         <x:v>140</x:v>
       </x:c>
       <x:c r="C46" s="15" t="n">
         <x:v>37878</x:v>
       </x:c>
       <x:c r="D46" s="15" t="s"/>
       <x:c r="E46" s="14" t="s">
         <x:v>141</x:v>
       </x:c>
       <x:c r="F46" s="14" t="s">
         <x:v>142</x:v>
       </x:c>
       <x:c r="G46" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="H46" s="14" t="s"/>
       <x:c r="I46" s="16" t="s">
         <x:v>37</x:v>
@@ -3938,51 +3936,51 @@
       <x:c r="J46" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K46" s="14" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="L46" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="M46" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N46" s="15" t="n">
         <x:v>31805</x:v>
       </x:c>
       <x:c r="O46" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P46" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="Q46" s="16" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="R46" s="14" t="s">
-        <x:v>127</x:v>
+        <x:v>124</x:v>
       </x:c>
       <x:c r="S46" s="14" t="n">
         <x:v>583944</x:v>
       </x:c>
       <x:c r="T46" s="16" t="s">
         <x:v>143</x:v>
       </x:c>
       <x:c r="U46" s="16" t="s">
         <x:v>144</x:v>
       </x:c>
     </x:row>
     <x:row r="47" spans="1:21">
       <x:c r="A47" s="1" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="B47" s="0" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="C47" s="3" t="n">
         <x:v>37878</x:v>
       </x:c>
       <x:c r="D47" s="3" t="s"/>
       <x:c r="G47" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
@@ -3995,51 +3993,51 @@
       <x:c r="J47" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K47" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="L47" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="M47" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N47" s="3" t="n">
         <x:v>31805</x:v>
       </x:c>
       <x:c r="O47" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P47" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="Q47" s="4" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="R47" s="0" t="s">
-        <x:v>127</x:v>
+        <x:v>124</x:v>
       </x:c>
       <x:c r="S47" s="0" t="n">
         <x:v>602710</x:v>
       </x:c>
       <x:c r="T47" s="4" t="s">
         <x:v>90</x:v>
       </x:c>
       <x:c r="U47" s="4" t="s">
         <x:v>91</x:v>
       </x:c>
     </x:row>
     <x:row r="48" spans="1:21">
       <x:c r="A48" s="13" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="B48" s="14" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="C48" s="15" t="s"/>
       <x:c r="D48" s="15" t="s"/>
       <x:c r="E48" s="14" t="s"/>
       <x:c r="F48" s="14" t="s"/>
       <x:c r="G48" s="14" t="s">
         <x:v>54</x:v>
       </x:c>
@@ -4052,163 +4050,163 @@
       <x:c r="J48" s="14" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="K48" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="L48" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="M48" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N48" s="15" t="n">
         <x:v>31805</x:v>
       </x:c>
       <x:c r="O48" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P48" s="14" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="Q48" s="16" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="R48" s="14" t="s">
-        <x:v>127</x:v>
+        <x:v>124</x:v>
       </x:c>
       <x:c r="S48" s="14" t="n">
         <x:v>602714</x:v>
       </x:c>
       <x:c r="T48" s="16" t="s">
         <x:v>90</x:v>
       </x:c>
       <x:c r="U48" s="16" t="s">
         <x:v>91</x:v>
       </x:c>
     </x:row>
     <x:row r="49" spans="1:21">
       <x:c r="A49" s="1" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="B49" s="0" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="C49" s="3" t="s"/>
       <x:c r="D49" s="3" t="s"/>
       <x:c r="G49" s="0" t="s">
-        <x:v>133</x:v>
+        <x:v>129</x:v>
       </x:c>
       <x:c r="H49" s="0" t="s">
-        <x:v>134</x:v>
+        <x:v>130</x:v>
       </x:c>
       <x:c r="I49" s="4" t="s">
-        <x:v>135</x:v>
+        <x:v>131</x:v>
       </x:c>
       <x:c r="J49" s="0" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="K49" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="L49" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="M49" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N49" s="3" t="n">
         <x:v>31805</x:v>
       </x:c>
       <x:c r="O49" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P49" s="0" t="s">
+        <x:v>129</x:v>
+      </x:c>
+      <x:c r="Q49" s="4" t="s">
+        <x:v>131</x:v>
+      </x:c>
+      <x:c r="R49" s="0" t="s">
         <x:v>133</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>137</x:v>
       </x:c>
       <x:c r="S49" s="0" t="n">
         <x:v>584764</x:v>
       </x:c>
       <x:c r="T49" s="4" t="s">
         <x:v>145</x:v>
       </x:c>
       <x:c r="U49" s="4" t="s">
         <x:v>146</x:v>
       </x:c>
     </x:row>
     <x:row r="50" spans="1:21">
       <x:c r="A50" s="13" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="B50" s="14" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="C50" s="15" t="s"/>
       <x:c r="D50" s="15" t="s"/>
       <x:c r="E50" s="14" t="s"/>
       <x:c r="F50" s="14" t="s"/>
       <x:c r="G50" s="14" t="s">
-        <x:v>133</x:v>
+        <x:v>129</x:v>
       </x:c>
       <x:c r="H50" s="14" t="s">
-        <x:v>134</x:v>
+        <x:v>130</x:v>
       </x:c>
       <x:c r="I50" s="16" t="s">
-        <x:v>135</x:v>
+        <x:v>131</x:v>
       </x:c>
       <x:c r="J50" s="14" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="K50" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="L50" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="M50" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N50" s="15" t="n">
         <x:v>31805</x:v>
       </x:c>
       <x:c r="O50" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P50" s="14" t="s">
+        <x:v>129</x:v>
+      </x:c>
+      <x:c r="Q50" s="16" t="s">
+        <x:v>131</x:v>
+      </x:c>
+      <x:c r="R50" s="14" t="s">
         <x:v>133</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>137</x:v>
       </x:c>
       <x:c r="S50" s="14" t="n">
         <x:v>584770</x:v>
       </x:c>
       <x:c r="T50" s="16" t="s">
         <x:v>147</x:v>
       </x:c>
       <x:c r="U50" s="16" t="s">
         <x:v>148</x:v>
       </x:c>
     </x:row>
     <x:row r="51" spans="1:21">
       <x:c r="A51" s="1" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="B51" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="C51" s="3" t="n">
         <x:v>37878</x:v>
       </x:c>
       <x:c r="D51" s="3" t="s"/>
       <x:c r="E51" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
@@ -4221,169 +4219,169 @@
       <x:c r="H51" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="I51" s="4" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="J51" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K51" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="L51" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="M51" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N51" s="3" t="n">
         <x:v>31805</x:v>
       </x:c>
       <x:c r="O51" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P51" s="0" t="s">
+        <x:v>129</x:v>
+      </x:c>
+      <x:c r="Q51" s="4" t="s">
+        <x:v>131</x:v>
+      </x:c>
+      <x:c r="R51" s="0" t="s">
         <x:v>133</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>137</x:v>
       </x:c>
       <x:c r="S51" s="0" t="n">
         <x:v>579502</x:v>
       </x:c>
       <x:c r="T51" s="4" t="s">
         <x:v>149</x:v>
       </x:c>
       <x:c r="U51" s="4" t="s">
         <x:v>150</x:v>
       </x:c>
     </x:row>
     <x:row r="52" spans="1:21">
       <x:c r="A52" s="13" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="B52" s="14" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="C52" s="15" t="s"/>
       <x:c r="D52" s="15" t="s"/>
       <x:c r="E52" s="14" t="s"/>
       <x:c r="F52" s="14" t="s"/>
       <x:c r="G52" s="14" t="s">
-        <x:v>133</x:v>
+        <x:v>129</x:v>
       </x:c>
       <x:c r="H52" s="14" t="s">
-        <x:v>134</x:v>
+        <x:v>130</x:v>
       </x:c>
       <x:c r="I52" s="16" t="s">
-        <x:v>135</x:v>
+        <x:v>131</x:v>
       </x:c>
       <x:c r="J52" s="14" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="K52" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="L52" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="M52" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N52" s="15" t="n">
         <x:v>31805</x:v>
       </x:c>
       <x:c r="O52" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P52" s="14" t="s">
+        <x:v>129</x:v>
+      </x:c>
+      <x:c r="Q52" s="16" t="s">
+        <x:v>131</x:v>
+      </x:c>
+      <x:c r="R52" s="14" t="s">
         <x:v>133</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>137</x:v>
       </x:c>
       <x:c r="S52" s="14" t="n">
         <x:v>584759</x:v>
       </x:c>
       <x:c r="T52" s="16" t="s">
         <x:v>151</x:v>
       </x:c>
       <x:c r="U52" s="16" t="s">
         <x:v>152</x:v>
       </x:c>
     </x:row>
     <x:row r="53" spans="1:21">
       <x:c r="A53" s="1" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="B53" s="0" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="C53" s="3" t="s"/>
       <x:c r="D53" s="3" t="s"/>
       <x:c r="G53" s="0" t="s">
-        <x:v>133</x:v>
+        <x:v>129</x:v>
       </x:c>
       <x:c r="H53" s="0" t="s">
-        <x:v>134</x:v>
+        <x:v>130</x:v>
       </x:c>
       <x:c r="I53" s="4" t="s">
-        <x:v>135</x:v>
+        <x:v>131</x:v>
       </x:c>
       <x:c r="J53" s="0" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="K53" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="L53" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="M53" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N53" s="3" t="n">
         <x:v>31805</x:v>
       </x:c>
       <x:c r="O53" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P53" s="0" t="s">
+        <x:v>129</x:v>
+      </x:c>
+      <x:c r="Q53" s="4" t="s">
+        <x:v>131</x:v>
+      </x:c>
+      <x:c r="R53" s="0" t="s">
         <x:v>133</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>137</x:v>
       </x:c>
       <x:c r="S53" s="0" t="n">
         <x:v>584766</x:v>
       </x:c>
       <x:c r="T53" s="4" t="s">
         <x:v>153</x:v>
       </x:c>
       <x:c r="U53" s="4" t="s">
         <x:v>154</x:v>
       </x:c>
     </x:row>
     <x:row r="54" spans="1:21">
       <x:c r="A54" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B54" s="14" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C54" s="15" t="n">
         <x:v>37878</x:v>
       </x:c>
       <x:c r="D54" s="15" t="s"/>
       <x:c r="E54" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
@@ -4398,51 +4396,51 @@
       <x:c r="J54" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K54" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L54" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="M54" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N54" s="15" t="n">
         <x:v>31805</x:v>
       </x:c>
       <x:c r="O54" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P54" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="Q54" s="16" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="R54" s="14" t="s">
-        <x:v>127</x:v>
+        <x:v>124</x:v>
       </x:c>
       <x:c r="S54" s="14" t="n">
         <x:v>548965</x:v>
       </x:c>
       <x:c r="T54" s="16" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="U54" s="16" t="s">
         <x:v>73</x:v>
       </x:c>
     </x:row>
     <x:row r="55" spans="1:21">
       <x:c r="A55" s="1" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="B55" s="0" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="C55" s="3" t="n">
         <x:v>37878</x:v>
       </x:c>
       <x:c r="D55" s="3" t="s"/>
       <x:c r="G55" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
@@ -4452,51 +4450,51 @@
       <x:c r="J55" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K55" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="L55" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="M55" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N55" s="3" t="n">
         <x:v>31805</x:v>
       </x:c>
       <x:c r="O55" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P55" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="Q55" s="4" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="R55" s="0" t="s">
-        <x:v>127</x:v>
+        <x:v>124</x:v>
       </x:c>
       <x:c r="S55" s="0" t="n">
         <x:v>612502</x:v>
       </x:c>
       <x:c r="T55" s="4" t="s">
         <x:v>155</x:v>
       </x:c>
       <x:c r="U55" s="4" t="s">
         <x:v>156</x:v>
       </x:c>
     </x:row>
     <x:row r="56" spans="1:21">
       <x:c r="A56" s="13" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="B56" s="14" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="C56" s="15" t="n">
         <x:v>37878</x:v>
       </x:c>
       <x:c r="D56" s="15" t="s"/>
       <x:c r="E56" s="14" t="s"/>
       <x:c r="F56" s="14" t="s"/>
       <x:c r="G56" s="14" t="s">
@@ -4509,51 +4507,51 @@
       <x:c r="J56" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K56" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="L56" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="M56" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N56" s="15" t="n">
         <x:v>31805</x:v>
       </x:c>
       <x:c r="O56" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P56" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="Q56" s="16" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="R56" s="14" t="s">
-        <x:v>127</x:v>
+        <x:v>124</x:v>
       </x:c>
       <x:c r="S56" s="14" t="n">
         <x:v>612505</x:v>
       </x:c>
       <x:c r="T56" s="16" t="s">
         <x:v>157</x:v>
       </x:c>
       <x:c r="U56" s="16" t="s">
         <x:v>158</x:v>
       </x:c>
     </x:row>
     <x:row r="57" spans="1:21">
       <x:c r="A57" s="1" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="B57" s="0" t="s">
         <x:v>140</x:v>
       </x:c>
       <x:c r="C57" s="3" t="n">
         <x:v>37878</x:v>
       </x:c>
       <x:c r="D57" s="3" t="s"/>
       <x:c r="E57" s="0" t="s">
         <x:v>141</x:v>
       </x:c>
@@ -4626,51 +4624,51 @@
       <x:c r="J58" s="14" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="K58" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="L58" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="M58" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N58" s="15" t="n">
         <x:v>31805</x:v>
       </x:c>
       <x:c r="O58" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P58" s="14" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="Q58" s="16" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="R58" s="14" t="s">
-        <x:v>127</x:v>
+        <x:v>124</x:v>
       </x:c>
       <x:c r="S58" s="14" t="n">
         <x:v>600496</x:v>
       </x:c>
       <x:c r="T58" s="16" t="s">
         <x:v>90</x:v>
       </x:c>
       <x:c r="U58" s="16" t="s">
         <x:v>91</x:v>
       </x:c>
     </x:row>
     <x:row r="59" spans="1:21">
       <x:c r="A59" s="1" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="B59" s="0" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="C59" s="3" t="n">
         <x:v>37878</x:v>
       </x:c>
       <x:c r="D59" s="3" t="s"/>
       <x:c r="G59" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
@@ -4680,51 +4678,51 @@
       <x:c r="J59" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K59" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="L59" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="M59" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N59" s="3" t="n">
         <x:v>31805</x:v>
       </x:c>
       <x:c r="O59" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P59" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="Q59" s="4" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="R59" s="0" t="s">
-        <x:v>127</x:v>
+        <x:v>124</x:v>
       </x:c>
       <x:c r="S59" s="0" t="n">
         <x:v>612491</x:v>
       </x:c>
       <x:c r="T59" s="4" t="s">
         <x:v>162</x:v>
       </x:c>
       <x:c r="U59" s="4" t="s">
         <x:v>163</x:v>
       </x:c>
     </x:row>
     <x:row r="60" spans="1:21">
       <x:c r="A60" s="13" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="B60" s="14" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="C60" s="15" t="s"/>
       <x:c r="D60" s="15" t="s"/>
       <x:c r="E60" s="14" t="s"/>
       <x:c r="F60" s="14" t="s"/>
       <x:c r="G60" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
@@ -4735,163 +4733,163 @@
       <x:c r="J60" s="14" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="K60" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="L60" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M60" s="14" t="s">
         <x:v>103</x:v>
       </x:c>
       <x:c r="N60" s="15" t="n">
         <x:v>31805</x:v>
       </x:c>
       <x:c r="O60" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P60" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="Q60" s="16" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="R60" s="14" t="s">
-        <x:v>126</x:v>
+        <x:v>139</x:v>
       </x:c>
       <x:c r="S60" s="14" t="n">
         <x:v>613159</x:v>
       </x:c>
       <x:c r="T60" s="16" t="s">
         <x:v>90</x:v>
       </x:c>
       <x:c r="U60" s="16" t="s">
         <x:v>91</x:v>
       </x:c>
     </x:row>
     <x:row r="61" spans="1:21">
       <x:c r="A61" s="1" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="B61" s="0" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="C61" s="3" t="s"/>
       <x:c r="D61" s="3" t="s"/>
       <x:c r="G61" s="0" t="s">
-        <x:v>133</x:v>
+        <x:v>129</x:v>
       </x:c>
       <x:c r="H61" s="0" t="s">
-        <x:v>134</x:v>
+        <x:v>130</x:v>
       </x:c>
       <x:c r="I61" s="4" t="s">
-        <x:v>135</x:v>
+        <x:v>131</x:v>
       </x:c>
       <x:c r="J61" s="0" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="K61" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="L61" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="M61" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N61" s="3" t="n">
         <x:v>31805</x:v>
       </x:c>
       <x:c r="O61" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P61" s="0" t="s">
+        <x:v>129</x:v>
+      </x:c>
+      <x:c r="Q61" s="4" t="s">
+        <x:v>131</x:v>
+      </x:c>
+      <x:c r="R61" s="0" t="s">
         <x:v>133</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>137</x:v>
       </x:c>
       <x:c r="S61" s="0" t="n">
         <x:v>584760</x:v>
       </x:c>
       <x:c r="T61" s="4" t="s">
-        <x:v>131</x:v>
+        <x:v>126</x:v>
       </x:c>
       <x:c r="U61" s="4" t="s">
         <x:v>164</x:v>
       </x:c>
     </x:row>
     <x:row r="62" spans="1:21">
       <x:c r="A62" s="13" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="B62" s="14" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="C62" s="15" t="s"/>
       <x:c r="D62" s="15" t="s"/>
       <x:c r="E62" s="14" t="s"/>
       <x:c r="F62" s="14" t="s"/>
       <x:c r="G62" s="14" t="s">
-        <x:v>133</x:v>
+        <x:v>129</x:v>
       </x:c>
       <x:c r="H62" s="14" t="s">
-        <x:v>134</x:v>
+        <x:v>130</x:v>
       </x:c>
       <x:c r="I62" s="16" t="s">
-        <x:v>135</x:v>
+        <x:v>131</x:v>
       </x:c>
       <x:c r="J62" s="14" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="K62" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="L62" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="M62" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N62" s="15" t="n">
         <x:v>31805</x:v>
       </x:c>
       <x:c r="O62" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P62" s="14" t="s">
+        <x:v>129</x:v>
+      </x:c>
+      <x:c r="Q62" s="16" t="s">
+        <x:v>131</x:v>
+      </x:c>
+      <x:c r="R62" s="14" t="s">
         <x:v>133</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>137</x:v>
       </x:c>
       <x:c r="S62" s="14" t="n">
         <x:v>584761</x:v>
       </x:c>
       <x:c r="T62" s="16" t="s">
         <x:v>165</x:v>
       </x:c>
       <x:c r="U62" s="16" t="s">
         <x:v>166</x:v>
       </x:c>
     </x:row>
     <x:row r="63" spans="1:21">
       <x:c r="A63" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B63" s="0" t="s">
         <x:v>167</x:v>
       </x:c>
       <x:c r="C63" s="3" t="n">
         <x:v>37598</x:v>
       </x:c>
       <x:c r="D63" s="3" t="s"/>
       <x:c r="E63" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
@@ -4904,57 +4902,57 @@
       <x:c r="J63" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K63" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L63" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="M63" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N63" s="3" t="n">
         <x:v>31805</x:v>
       </x:c>
       <x:c r="O63" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P63" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="Q63" s="4" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="R63" s="0" t="s">
-        <x:v>127</x:v>
+        <x:v>124</x:v>
       </x:c>
       <x:c r="S63" s="0" t="n">
         <x:v>602902</x:v>
       </x:c>
       <x:c r="T63" s="4" t="s">
-        <x:v>129</x:v>
+        <x:v>127</x:v>
       </x:c>
       <x:c r="U63" s="4" t="s">
         <x:v>75</x:v>
       </x:c>
     </x:row>
     <x:row r="64" spans="1:21">
       <x:c r="A64" s="13" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="B64" s="14" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="C64" s="15" t="n">
         <x:v>37878</x:v>
       </x:c>
       <x:c r="D64" s="15" t="s"/>
       <x:c r="E64" s="14" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="F64" s="14" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="G64" s="14" t="s">
         <x:v>54</x:v>
       </x:c>
@@ -5021,51 +5019,51 @@
       <x:c r="J65" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K65" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="L65" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="M65" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N65" s="3" t="n">
         <x:v>31805</x:v>
       </x:c>
       <x:c r="O65" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P65" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="Q65" s="4" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="R65" s="0" t="s">
-        <x:v>127</x:v>
+        <x:v>124</x:v>
       </x:c>
       <x:c r="S65" s="0" t="n">
         <x:v>612484</x:v>
       </x:c>
       <x:c r="T65" s="4" t="s">
         <x:v>171</x:v>
       </x:c>
       <x:c r="U65" s="4" t="s">
         <x:v>144</x:v>
       </x:c>
     </x:row>
     <x:row r="66" spans="1:21">
       <x:c r="A66" s="13" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="B66" s="14" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="C66" s="15" t="n">
         <x:v>37878</x:v>
       </x:c>
       <x:c r="D66" s="15" t="s"/>
       <x:c r="E66" s="14" t="s"/>
       <x:c r="F66" s="14" t="s"/>
       <x:c r="G66" s="14" t="s">
@@ -5078,51 +5076,51 @@
       <x:c r="J66" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K66" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="L66" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="M66" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N66" s="15" t="n">
         <x:v>31805</x:v>
       </x:c>
       <x:c r="O66" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P66" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="Q66" s="16" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="R66" s="14" t="s">
-        <x:v>127</x:v>
+        <x:v>124</x:v>
       </x:c>
       <x:c r="S66" s="14" t="n">
         <x:v>612488</x:v>
       </x:c>
       <x:c r="T66" s="16" t="s">
         <x:v>172</x:v>
       </x:c>
       <x:c r="U66" s="16" t="s">
         <x:v>173</x:v>
       </x:c>
     </x:row>
     <x:row r="67" spans="1:21">
       <x:c r="A67" s="1" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="B67" s="0" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="C67" s="3" t="n">
         <x:v>37878</x:v>
       </x:c>
       <x:c r="D67" s="3" t="s"/>
       <x:c r="G67" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
@@ -5132,215 +5130,215 @@
       <x:c r="J67" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K67" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="L67" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="M67" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N67" s="3" t="n">
         <x:v>31805</x:v>
       </x:c>
       <x:c r="O67" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P67" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="Q67" s="4" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="R67" s="0" t="s">
-        <x:v>127</x:v>
+        <x:v>124</x:v>
       </x:c>
       <x:c r="S67" s="0" t="n">
         <x:v>612504</x:v>
       </x:c>
       <x:c r="T67" s="4" t="s">
         <x:v>174</x:v>
       </x:c>
       <x:c r="U67" s="4" t="s">
         <x:v>175</x:v>
       </x:c>
     </x:row>
     <x:row r="68" spans="1:21">
       <x:c r="A68" s="13" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="B68" s="14" t="s">
-        <x:v>132</x:v>
+        <x:v>128</x:v>
       </x:c>
       <x:c r="C68" s="15" t="s"/>
       <x:c r="D68" s="15" t="s"/>
       <x:c r="E68" s="14" t="s"/>
       <x:c r="F68" s="14" t="s"/>
       <x:c r="G68" s="14" t="s">
-        <x:v>133</x:v>
+        <x:v>129</x:v>
       </x:c>
       <x:c r="H68" s="14" t="s">
-        <x:v>134</x:v>
+        <x:v>130</x:v>
       </x:c>
       <x:c r="I68" s="16" t="s">
-        <x:v>135</x:v>
+        <x:v>131</x:v>
       </x:c>
       <x:c r="J68" s="14" t="s"/>
       <x:c r="K68" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="L68" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M68" s="14" t="s">
-        <x:v>136</x:v>
+        <x:v>132</x:v>
       </x:c>
       <x:c r="N68" s="15" t="n">
         <x:v>31805</x:v>
       </x:c>
       <x:c r="O68" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P68" s="14" t="s">
+        <x:v>129</x:v>
+      </x:c>
+      <x:c r="Q68" s="16" t="s">
+        <x:v>131</x:v>
+      </x:c>
+      <x:c r="R68" s="14" t="s">
         <x:v>133</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>137</x:v>
       </x:c>
       <x:c r="S68" s="14" t="n">
         <x:v>607073</x:v>
       </x:c>
       <x:c r="T68" s="16" t="s">
         <x:v>176</x:v>
       </x:c>
       <x:c r="U68" s="16" t="s">
         <x:v>177</x:v>
       </x:c>
     </x:row>
     <x:row r="69" spans="1:21">
       <x:c r="A69" s="1" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="B69" s="0" t="s">
-        <x:v>132</x:v>
+        <x:v>128</x:v>
       </x:c>
       <x:c r="C69" s="3" t="s"/>
       <x:c r="D69" s="3" t="s"/>
       <x:c r="G69" s="0" t="s">
-        <x:v>133</x:v>
+        <x:v>129</x:v>
       </x:c>
       <x:c r="H69" s="0" t="s">
-        <x:v>134</x:v>
+        <x:v>130</x:v>
       </x:c>
       <x:c r="I69" s="4" t="s">
-        <x:v>135</x:v>
+        <x:v>131</x:v>
       </x:c>
       <x:c r="K69" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="L69" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M69" s="0" t="s">
-        <x:v>136</x:v>
+        <x:v>132</x:v>
       </x:c>
       <x:c r="N69" s="3" t="n">
         <x:v>31805</x:v>
       </x:c>
       <x:c r="O69" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P69" s="0" t="s">
+        <x:v>129</x:v>
+      </x:c>
+      <x:c r="Q69" s="4" t="s">
+        <x:v>131</x:v>
+      </x:c>
+      <x:c r="R69" s="0" t="s">
         <x:v>133</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>137</x:v>
       </x:c>
       <x:c r="S69" s="0" t="n">
         <x:v>607074</x:v>
       </x:c>
       <x:c r="T69" s="4" t="s">
         <x:v>178</x:v>
       </x:c>
       <x:c r="U69" s="4" t="s">
         <x:v>179</x:v>
       </x:c>
     </x:row>
     <x:row r="70" spans="1:21">
       <x:c r="A70" s="13" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="B70" s="14" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="C70" s="15" t="s"/>
       <x:c r="D70" s="15" t="s"/>
       <x:c r="E70" s="14" t="s"/>
       <x:c r="F70" s="14" t="s"/>
       <x:c r="G70" s="14" t="s">
-        <x:v>133</x:v>
+        <x:v>129</x:v>
       </x:c>
       <x:c r="H70" s="14" t="s">
-        <x:v>134</x:v>
+        <x:v>130</x:v>
       </x:c>
       <x:c r="I70" s="16" t="s">
-        <x:v>135</x:v>
+        <x:v>131</x:v>
       </x:c>
       <x:c r="J70" s="14" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="K70" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="L70" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="M70" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N70" s="15" t="n">
         <x:v>31805</x:v>
       </x:c>
       <x:c r="O70" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P70" s="14" t="s">
+        <x:v>129</x:v>
+      </x:c>
+      <x:c r="Q70" s="16" t="s">
+        <x:v>131</x:v>
+      </x:c>
+      <x:c r="R70" s="14" t="s">
         <x:v>133</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>137</x:v>
       </x:c>
       <x:c r="S70" s="14" t="n">
         <x:v>584768</x:v>
       </x:c>
       <x:c r="T70" s="16" t="s">
         <x:v>180</x:v>
       </x:c>
       <x:c r="U70" s="16" t="s">
         <x:v>181</x:v>
       </x:c>
     </x:row>
     <x:row r="71" spans="1:21">
       <x:c r="A71" s="1" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="B71" s="0" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="C71" s="3" t="n">
         <x:v>37878</x:v>
       </x:c>
       <x:c r="D71" s="3" t="s"/>
       <x:c r="G71" s="0" t="s">
         <x:v>182</x:v>
       </x:c>
@@ -5526,106 +5524,106 @@
       <x:c r="J74" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K74" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L74" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="M74" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N74" s="15" t="n">
         <x:v>31805</x:v>
       </x:c>
       <x:c r="O74" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P74" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="Q74" s="16" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="R74" s="14" t="s">
-        <x:v>127</x:v>
+        <x:v>124</x:v>
       </x:c>
       <x:c r="S74" s="14" t="n">
         <x:v>548934</x:v>
       </x:c>
       <x:c r="T74" s="16" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="U74" s="16" t="s">
         <x:v>73</x:v>
       </x:c>
     </x:row>
     <x:row r="75" spans="1:21">
       <x:c r="A75" s="1" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="B75" s="0" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="C75" s="3" t="s"/>
       <x:c r="D75" s="3" t="s"/>
       <x:c r="G75" s="0" t="s">
-        <x:v>133</x:v>
+        <x:v>129</x:v>
       </x:c>
       <x:c r="H75" s="0" t="s">
-        <x:v>134</x:v>
+        <x:v>130</x:v>
       </x:c>
       <x:c r="I75" s="4" t="s">
-        <x:v>135</x:v>
+        <x:v>131</x:v>
       </x:c>
       <x:c r="J75" s="0" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="K75" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="L75" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="M75" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N75" s="3" t="n">
         <x:v>31805</x:v>
       </x:c>
       <x:c r="O75" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P75" s="0" t="s">
+        <x:v>129</x:v>
+      </x:c>
+      <x:c r="Q75" s="4" t="s">
+        <x:v>131</x:v>
+      </x:c>
+      <x:c r="R75" s="0" t="s">
         <x:v>133</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>137</x:v>
       </x:c>
       <x:c r="S75" s="0" t="n">
         <x:v>584758</x:v>
       </x:c>
       <x:c r="T75" s="4" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="U75" s="4" t="s">
         <x:v>70</x:v>
       </x:c>
     </x:row>
     <x:row r="76" spans="1:21">
       <x:c r="A76" s="13" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="B76" s="14" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="C76" s="15" t="n">
         <x:v>37878</x:v>
       </x:c>
       <x:c r="D76" s="15" t="s"/>
       <x:c r="E76" s="14" t="s"/>
       <x:c r="F76" s="14" t="s"/>
       <x:c r="G76" s="14" t="s">
@@ -5640,51 +5638,51 @@
       <x:c r="J76" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K76" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="L76" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="M76" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N76" s="15" t="n">
         <x:v>31805</x:v>
       </x:c>
       <x:c r="O76" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P76" s="14" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="Q76" s="16" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="R76" s="14" t="s">
-        <x:v>127</x:v>
+        <x:v>124</x:v>
       </x:c>
       <x:c r="S76" s="14" t="n">
         <x:v>600500</x:v>
       </x:c>
       <x:c r="T76" s="16" t="s">
         <x:v>90</x:v>
       </x:c>
       <x:c r="U76" s="16" t="s">
         <x:v>91</x:v>
       </x:c>
     </x:row>
     <x:row r="77" spans="1:21">
       <x:c r="A77" s="1" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="B77" s="0" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="C77" s="3" t="n">
         <x:v>37878</x:v>
       </x:c>
       <x:c r="D77" s="3" t="s"/>
       <x:c r="G77" s="0" t="s">
         <x:v>182</x:v>
       </x:c>
@@ -5714,141 +5712,141 @@
       </x:c>
       <x:c r="P77" s="0" t="s">
         <x:v>182</x:v>
       </x:c>
       <x:c r="Q77" s="4" t="s">
         <x:v>184</x:v>
       </x:c>
       <x:c r="R77" s="0" t="s">
         <x:v>185</x:v>
       </x:c>
       <x:c r="S77" s="0" t="n">
         <x:v>601255</x:v>
       </x:c>
       <x:c r="T77" s="4" t="s">
         <x:v>191</x:v>
       </x:c>
       <x:c r="U77" s="4" t="s">
         <x:v>192</x:v>
       </x:c>
     </x:row>
     <x:row r="78" spans="1:21">
       <x:c r="A78" s="13" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="B78" s="14" t="s">
-        <x:v>132</x:v>
+        <x:v>128</x:v>
       </x:c>
       <x:c r="C78" s="15" t="s"/>
       <x:c r="D78" s="15" t="s"/>
       <x:c r="E78" s="14" t="s"/>
       <x:c r="F78" s="14" t="s"/>
       <x:c r="G78" s="14" t="s">
-        <x:v>133</x:v>
+        <x:v>129</x:v>
       </x:c>
       <x:c r="H78" s="14" t="s">
-        <x:v>134</x:v>
+        <x:v>130</x:v>
       </x:c>
       <x:c r="I78" s="16" t="s">
-        <x:v>135</x:v>
+        <x:v>131</x:v>
       </x:c>
       <x:c r="J78" s="14" t="s"/>
       <x:c r="K78" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="L78" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M78" s="14" t="s">
-        <x:v>136</x:v>
+        <x:v>132</x:v>
       </x:c>
       <x:c r="N78" s="15" t="n">
         <x:v>31805</x:v>
       </x:c>
       <x:c r="O78" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P78" s="14" t="s">
+        <x:v>129</x:v>
+      </x:c>
+      <x:c r="Q78" s="16" t="s">
+        <x:v>131</x:v>
+      </x:c>
+      <x:c r="R78" s="14" t="s">
         <x:v>133</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>137</x:v>
       </x:c>
       <x:c r="S78" s="14" t="n">
         <x:v>607071</x:v>
       </x:c>
       <x:c r="T78" s="16" t="s">
         <x:v>169</x:v>
       </x:c>
       <x:c r="U78" s="16" t="s">
         <x:v>98</x:v>
       </x:c>
     </x:row>
     <x:row r="79" spans="1:21">
       <x:c r="A79" s="1" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="B79" s="0" t="s">
-        <x:v>132</x:v>
+        <x:v>128</x:v>
       </x:c>
       <x:c r="C79" s="3" t="s"/>
       <x:c r="D79" s="3" t="s"/>
       <x:c r="G79" s="0" t="s">
-        <x:v>133</x:v>
+        <x:v>129</x:v>
       </x:c>
       <x:c r="H79" s="0" t="s">
-        <x:v>134</x:v>
+        <x:v>130</x:v>
       </x:c>
       <x:c r="I79" s="4" t="s">
-        <x:v>135</x:v>
+        <x:v>131</x:v>
       </x:c>
       <x:c r="K79" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="L79" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M79" s="0" t="s">
-        <x:v>136</x:v>
+        <x:v>132</x:v>
       </x:c>
       <x:c r="N79" s="3" t="n">
         <x:v>31805</x:v>
       </x:c>
       <x:c r="O79" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P79" s="0" t="s">
+        <x:v>129</x:v>
+      </x:c>
+      <x:c r="Q79" s="4" t="s">
+        <x:v>131</x:v>
+      </x:c>
+      <x:c r="R79" s="0" t="s">
         <x:v>133</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>137</x:v>
       </x:c>
       <x:c r="S79" s="0" t="n">
         <x:v>607072</x:v>
       </x:c>
       <x:c r="T79" s="4" t="s">
         <x:v>193</x:v>
       </x:c>
       <x:c r="U79" s="4" t="s">
         <x:v>48</x:v>
       </x:c>
     </x:row>
     <x:row r="80" spans="1:21">
       <x:c r="A80" s="13" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="B80" s="14" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="C80" s="15" t="n">
         <x:v>37878</x:v>
       </x:c>
       <x:c r="D80" s="15" t="s"/>
       <x:c r="E80" s="14" t="s"/>
       <x:c r="F80" s="14" t="s"/>
       <x:c r="G80" s="14" t="s">
@@ -5861,51 +5859,51 @@
       <x:c r="J80" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K80" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="L80" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="M80" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N80" s="15" t="n">
         <x:v>31805</x:v>
       </x:c>
       <x:c r="O80" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P80" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="Q80" s="16" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="R80" s="14" t="s">
-        <x:v>127</x:v>
+        <x:v>124</x:v>
       </x:c>
       <x:c r="S80" s="14" t="n">
         <x:v>612498</x:v>
       </x:c>
       <x:c r="T80" s="16" t="s">
         <x:v>194</x:v>
       </x:c>
       <x:c r="U80" s="16" t="s">
         <x:v>195</x:v>
       </x:c>
     </x:row>
     <x:row r="81" spans="1:21">
       <x:c r="A81" s="1" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="B81" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="C81" s="3" t="n">
         <x:v>37878</x:v>
       </x:c>
       <x:c r="D81" s="3" t="s"/>
       <x:c r="E81" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
@@ -5924,51 +5922,51 @@
       <x:c r="J81" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K81" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="L81" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="M81" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N81" s="3" t="n">
         <x:v>31805</x:v>
       </x:c>
       <x:c r="O81" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P81" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="Q81" s="4" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="R81" s="0" t="s">
-        <x:v>127</x:v>
+        <x:v>124</x:v>
       </x:c>
       <x:c r="S81" s="0" t="n">
         <x:v>579499</x:v>
       </x:c>
       <x:c r="T81" s="4" t="s">
         <x:v>196</x:v>
       </x:c>
       <x:c r="U81" s="4" t="s">
         <x:v>197</x:v>
       </x:c>
     </x:row>
     <x:row r="82" spans="1:21">
       <x:c r="A82" s="13" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="B82" s="14" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="C82" s="15" t="n">
         <x:v>37878</x:v>
       </x:c>
       <x:c r="D82" s="15" t="s"/>
       <x:c r="E82" s="14" t="s">
         <x:v>52</x:v>
       </x:c>
@@ -5987,51 +5985,51 @@
       <x:c r="J82" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K82" s="14" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="L82" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="M82" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N82" s="15" t="n">
         <x:v>31805</x:v>
       </x:c>
       <x:c r="O82" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P82" s="14" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="Q82" s="16" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="R82" s="14" t="s">
-        <x:v>127</x:v>
+        <x:v>124</x:v>
       </x:c>
       <x:c r="S82" s="14" t="n">
         <x:v>612348</x:v>
       </x:c>
       <x:c r="T82" s="16" t="s">
         <x:v>198</x:v>
       </x:c>
       <x:c r="U82" s="16" t="s">
         <x:v>199</x:v>
       </x:c>
     </x:row>
     <x:row r="83" spans="1:21">
       <x:c r="A83" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B83" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C83" s="3" t="n">
         <x:v>37878</x:v>
       </x:c>
       <x:c r="D83" s="3" t="s"/>
       <x:c r="E83" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
@@ -6041,57 +6039,57 @@
       <x:c r="H83" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="I83" s="4" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="J83" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K83" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L83" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="M83" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N83" s="3" t="n">
         <x:v>31805</x:v>
       </x:c>
       <x:c r="O83" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P83" s="0" t="s">
-        <x:v>124</x:v>
+        <x:v>137</x:v>
       </x:c>
       <x:c r="Q83" s="4" t="s">
-        <x:v>125</x:v>
+        <x:v>138</x:v>
       </x:c>
       <x:c r="R83" s="0" t="s">
-        <x:v>126</x:v>
+        <x:v>139</x:v>
       </x:c>
       <x:c r="S83" s="0" t="n">
         <x:v>581120</x:v>
       </x:c>
       <x:c r="T83" s="4" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="U83" s="4" t="s">
         <x:v>73</x:v>
       </x:c>
     </x:row>
     <x:row r="84" spans="1:21">
       <x:c r="A84" s="13" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="B84" s="14" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="C84" s="15" t="s"/>
       <x:c r="D84" s="15" t="s"/>
       <x:c r="E84" s="14" t="s"/>
       <x:c r="F84" s="14" t="s"/>
       <x:c r="G84" s="14" t="s">
         <x:v>182</x:v>
       </x:c>
@@ -6113,209 +6111,209 @@
       <x:c r="M84" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N84" s="15" t="n">
         <x:v>31805</x:v>
       </x:c>
       <x:c r="O84" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P84" s="14" t="s">
         <x:v>182</x:v>
       </x:c>
       <x:c r="Q84" s="16" t="s">
         <x:v>184</x:v>
       </x:c>
       <x:c r="R84" s="14" t="s">
         <x:v>185</x:v>
       </x:c>
       <x:c r="S84" s="14" t="n">
         <x:v>601241</x:v>
       </x:c>
       <x:c r="T84" s="16" t="s">
         <x:v>200</x:v>
       </x:c>
       <x:c r="U84" s="16" t="s">
-        <x:v>128</x:v>
+        <x:v>136</x:v>
       </x:c>
     </x:row>
     <x:row r="85" spans="1:21">
       <x:c r="A85" s="1" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="B85" s="0" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="C85" s="3" t="s"/>
       <x:c r="D85" s="3" t="s"/>
       <x:c r="G85" s="0" t="s">
-        <x:v>133</x:v>
+        <x:v>129</x:v>
       </x:c>
       <x:c r="H85" s="0" t="s">
-        <x:v>134</x:v>
+        <x:v>130</x:v>
       </x:c>
       <x:c r="I85" s="4" t="s">
-        <x:v>135</x:v>
+        <x:v>131</x:v>
       </x:c>
       <x:c r="J85" s="0" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="K85" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="L85" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="M85" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N85" s="3" t="n">
         <x:v>31805</x:v>
       </x:c>
       <x:c r="O85" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P85" s="0" t="s">
+        <x:v>129</x:v>
+      </x:c>
+      <x:c r="Q85" s="4" t="s">
+        <x:v>131</x:v>
+      </x:c>
+      <x:c r="R85" s="0" t="s">
         <x:v>133</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>137</x:v>
       </x:c>
       <x:c r="S85" s="0" t="n">
         <x:v>584762</x:v>
       </x:c>
       <x:c r="T85" s="4" t="s">
         <x:v>111</x:v>
       </x:c>
       <x:c r="U85" s="4" t="s">
         <x:v>163</x:v>
       </x:c>
     </x:row>
     <x:row r="86" spans="1:21">
       <x:c r="A86" s="13" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="B86" s="14" t="s">
-        <x:v>118</x:v>
+        <x:v>116</x:v>
       </x:c>
       <x:c r="C86" s="15" t="s"/>
       <x:c r="D86" s="15" t="s"/>
       <x:c r="E86" s="14" t="s"/>
       <x:c r="F86" s="14" t="s"/>
       <x:c r="G86" s="14" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="H86" s="14" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="I86" s="16" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="J86" s="14" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="K86" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="L86" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="M86" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N86" s="15" t="n">
         <x:v>31805</x:v>
       </x:c>
       <x:c r="O86" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P86" s="14" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="Q86" s="16" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="R86" s="14" t="s">
-        <x:v>127</x:v>
+        <x:v>124</x:v>
       </x:c>
       <x:c r="S86" s="14" t="n">
         <x:v>600473</x:v>
       </x:c>
       <x:c r="T86" s="16" t="s">
         <x:v>90</x:v>
       </x:c>
       <x:c r="U86" s="16" t="s">
         <x:v>91</x:v>
       </x:c>
     </x:row>
     <x:row r="87" spans="1:21">
       <x:c r="A87" s="1" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="B87" s="0" t="s">
-        <x:v>118</x:v>
+        <x:v>116</x:v>
       </x:c>
       <x:c r="C87" s="3" t="s"/>
       <x:c r="D87" s="3" t="s"/>
       <x:c r="G87" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="H87" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="I87" s="4" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="J87" s="0" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="K87" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="L87" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="M87" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N87" s="3" t="n">
         <x:v>31805</x:v>
       </x:c>
       <x:c r="O87" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P87" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="Q87" s="4" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="R87" s="0" t="s">
-        <x:v>127</x:v>
+        <x:v>124</x:v>
       </x:c>
       <x:c r="S87" s="0" t="n">
         <x:v>600536</x:v>
       </x:c>
       <x:c r="T87" s="4" t="s">
         <x:v>90</x:v>
       </x:c>
       <x:c r="U87" s="4" t="s">
         <x:v>91</x:v>
       </x:c>
     </x:row>
     <x:row r="88" spans="1:21">
       <x:c r="A88" s="13" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="B88" s="14" t="s">
         <x:v>201</x:v>
       </x:c>
       <x:c r="C88" s="15" t="n">
         <x:v>37878</x:v>
       </x:c>
       <x:c r="D88" s="15" t="s"/>
       <x:c r="E88" s="14" t="s"/>
       <x:c r="F88" s="14" t="s"/>
       <x:c r="G88" s="14" t="s">
@@ -7036,51 +7034,51 @@
       <x:c r="L100" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="M100" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N100" s="15" t="n">
         <x:v>31805</x:v>
       </x:c>
       <x:c r="O100" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P100" s="14" t="s">
         <x:v>228</x:v>
       </x:c>
       <x:c r="Q100" s="16" t="s">
         <x:v>229</x:v>
       </x:c>
       <x:c r="R100" s="14" t="s">
         <x:v>212</x:v>
       </x:c>
       <x:c r="S100" s="14" t="n">
         <x:v>597094</x:v>
       </x:c>
       <x:c r="T100" s="16" t="s">
-        <x:v>129</x:v>
+        <x:v>127</x:v>
       </x:c>
       <x:c r="U100" s="16" t="s">
         <x:v>231</x:v>
       </x:c>
     </x:row>
     <x:row r="101" spans="1:21">
       <x:c r="A101" s="1" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="B101" s="0" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="C101" s="3" t="n">
         <x:v>37878</x:v>
       </x:c>
       <x:c r="D101" s="3" t="s"/>
       <x:c r="G101" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="I101" s="4" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="J101" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
@@ -7093,51 +7091,51 @@
       <x:c r="M101" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N101" s="3" t="n">
         <x:v>31805</x:v>
       </x:c>
       <x:c r="O101" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P101" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="Q101" s="4" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="R101" s="0" t="s">
         <x:v>207</x:v>
       </x:c>
       <x:c r="S101" s="0" t="n">
         <x:v>586426</x:v>
       </x:c>
       <x:c r="T101" s="4" t="s">
         <x:v>232</x:v>
       </x:c>
       <x:c r="U101" s="4" t="s">
-        <x:v>131</x:v>
+        <x:v>126</x:v>
       </x:c>
     </x:row>
     <x:row r="102" spans="1:21">
       <x:c r="A102" s="13" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="B102" s="14" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="C102" s="15" t="n">
         <x:v>37878</x:v>
       </x:c>
       <x:c r="D102" s="15" t="s"/>
       <x:c r="E102" s="14" t="s"/>
       <x:c r="F102" s="14" t="s"/>
       <x:c r="G102" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="H102" s="14" t="s"/>
       <x:c r="I102" s="16" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="J102" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
@@ -7158,51 +7156,51 @@
       </x:c>
       <x:c r="P102" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="Q102" s="16" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="R102" s="14" t="s">
         <x:v>207</x:v>
       </x:c>
       <x:c r="S102" s="14" t="n">
         <x:v>586427</x:v>
       </x:c>
       <x:c r="T102" s="16" t="s">
         <x:v>233</x:v>
       </x:c>
       <x:c r="U102" s="16" t="s">
         <x:v>234</x:v>
       </x:c>
     </x:row>
     <x:row r="103" spans="1:21">
       <x:c r="A103" s="1" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="B103" s="0" t="s">
-        <x:v>118</x:v>
+        <x:v>116</x:v>
       </x:c>
       <x:c r="C103" s="3" t="s"/>
       <x:c r="D103" s="3" t="s"/>
       <x:c r="G103" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="H103" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="I103" s="4" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="J103" s="0" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="K103" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="L103" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="M103" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N103" s="3" t="n">
@@ -7256,397 +7254,397 @@
       <x:c r="K104" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="L104" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="M104" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N104" s="15" t="n">
         <x:v>31805</x:v>
       </x:c>
       <x:c r="O104" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P104" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="Q104" s="16" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="R104" s="14" t="s">
         <x:v>222</x:v>
       </x:c>
       <x:c r="S104" s="14" t="n">
-        <x:v>586431</x:v>
+        <x:v>586433</x:v>
       </x:c>
       <x:c r="T104" s="16" t="s">
-        <x:v>186</x:v>
+        <x:v>235</x:v>
       </x:c>
       <x:c r="U104" s="16" t="s">
-        <x:v>187</x:v>
+        <x:v>236</x:v>
       </x:c>
     </x:row>
     <x:row r="105" spans="1:21">
       <x:c r="A105" s="1" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="B105" s="0" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="C105" s="3" t="n">
         <x:v>37878</x:v>
       </x:c>
       <x:c r="D105" s="3" t="s"/>
       <x:c r="G105" s="0" t="s">
-        <x:v>36</x:v>
+        <x:v>237</x:v>
       </x:c>
       <x:c r="I105" s="4" t="s">
-        <x:v>37</x:v>
+        <x:v>238</x:v>
       </x:c>
       <x:c r="J105" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K105" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="L105" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="M105" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N105" s="3" t="n">
         <x:v>31805</x:v>
       </x:c>
       <x:c r="O105" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P105" s="0" t="s">
-        <x:v>36</x:v>
+        <x:v>237</x:v>
       </x:c>
       <x:c r="Q105" s="4" t="s">
-        <x:v>37</x:v>
+        <x:v>238</x:v>
       </x:c>
       <x:c r="R105" s="0" t="s">
-        <x:v>207</x:v>
+        <x:v>239</x:v>
       </x:c>
       <x:c r="S105" s="0" t="n">
-        <x:v>611850</x:v>
+        <x:v>583988</x:v>
       </x:c>
       <x:c r="T105" s="4" t="s">
-        <x:v>32</x:v>
+        <x:v>90</x:v>
       </x:c>
       <x:c r="U105" s="4" t="s">
-        <x:v>33</x:v>
+        <x:v>123</x:v>
       </x:c>
     </x:row>
     <x:row r="106" spans="1:21">
       <x:c r="A106" s="13" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="B106" s="14" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="C106" s="15" t="n">
         <x:v>37878</x:v>
       </x:c>
       <x:c r="D106" s="15" t="s"/>
       <x:c r="E106" s="14" t="s"/>
       <x:c r="F106" s="14" t="s"/>
       <x:c r="G106" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="H106" s="14" t="s"/>
       <x:c r="I106" s="16" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="J106" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K106" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="L106" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="M106" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N106" s="15" t="n">
         <x:v>31805</x:v>
       </x:c>
       <x:c r="O106" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P106" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="Q106" s="16" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="R106" s="14" t="s">
         <x:v>222</x:v>
       </x:c>
       <x:c r="S106" s="14" t="n">
-        <x:v>586433</x:v>
+        <x:v>586431</x:v>
       </x:c>
       <x:c r="T106" s="16" t="s">
-        <x:v>235</x:v>
+        <x:v>186</x:v>
       </x:c>
       <x:c r="U106" s="16" t="s">
-        <x:v>236</x:v>
+        <x:v>187</x:v>
       </x:c>
     </x:row>
     <x:row r="107" spans="1:21">
       <x:c r="A107" s="1" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="B107" s="0" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="C107" s="3" t="n">
         <x:v>37878</x:v>
       </x:c>
       <x:c r="D107" s="3" t="s"/>
       <x:c r="G107" s="0" t="s">
-        <x:v>237</x:v>
+        <x:v>36</x:v>
       </x:c>
       <x:c r="I107" s="4" t="s">
-        <x:v>238</x:v>
+        <x:v>37</x:v>
       </x:c>
       <x:c r="J107" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K107" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="L107" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="M107" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N107" s="3" t="n">
         <x:v>31805</x:v>
       </x:c>
       <x:c r="O107" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P107" s="0" t="s">
-        <x:v>237</x:v>
+        <x:v>36</x:v>
       </x:c>
       <x:c r="Q107" s="4" t="s">
-        <x:v>238</x:v>
+        <x:v>37</x:v>
       </x:c>
       <x:c r="R107" s="0" t="s">
-        <x:v>239</x:v>
+        <x:v>207</x:v>
       </x:c>
       <x:c r="S107" s="0" t="n">
-        <x:v>583988</x:v>
+        <x:v>611850</x:v>
       </x:c>
       <x:c r="T107" s="4" t="s">
-        <x:v>90</x:v>
+        <x:v>32</x:v>
       </x:c>
       <x:c r="U107" s="4" t="s">
-        <x:v>117</x:v>
+        <x:v>33</x:v>
       </x:c>
     </x:row>
     <x:row r="108" spans="1:21">
       <x:c r="A108" s="13" t="s">
-        <x:v>21</x:v>
+        <x:v>34</x:v>
       </x:c>
       <x:c r="B108" s="14" t="s">
-        <x:v>22</x:v>
+        <x:v>82</x:v>
       </x:c>
       <x:c r="C108" s="15" t="n">
         <x:v>37878</x:v>
       </x:c>
       <x:c r="D108" s="15" t="s"/>
-      <x:c r="E108" s="14" t="s">
-[...1 lines deleted...]
-      </x:c>
+      <x:c r="E108" s="14" t="s"/>
       <x:c r="F108" s="14" t="s"/>
       <x:c r="G108" s="14" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="H108" s="14" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="I108" s="16" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="J108" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K108" s="14" t="s">
-        <x:v>27</x:v>
+        <x:v>38</x:v>
       </x:c>
       <x:c r="L108" s="14" t="s">
-        <x:v>39</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="M108" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N108" s="15" t="n">
         <x:v>31805</x:v>
       </x:c>
       <x:c r="O108" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P108" s="14" t="s">
+        <x:v>54</x:v>
+      </x:c>
+      <x:c r="Q108" s="16" t="s">
+        <x:v>37</x:v>
+      </x:c>
+      <x:c r="R108" s="14" t="s">
         <x:v>240</x:v>
       </x:c>
-      <x:c r="Q108" s="16" t="s">
+      <x:c r="S108" s="14" t="n">
+        <x:v>601528</x:v>
+      </x:c>
+      <x:c r="T108" s="16" t="s">
         <x:v>241</x:v>
       </x:c>
-      <x:c r="R108" s="14" t="s">
-[...7 lines deleted...]
-      </x:c>
       <x:c r="U108" s="16" t="s">
-        <x:v>73</x:v>
+        <x:v>123</x:v>
       </x:c>
     </x:row>
     <x:row r="109" spans="1:21">
       <x:c r="A109" s="1" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="B109" s="0" t="s">
-        <x:v>118</x:v>
+        <x:v>116</x:v>
       </x:c>
       <x:c r="C109" s="3" t="s"/>
       <x:c r="D109" s="3" t="s"/>
       <x:c r="G109" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="H109" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="I109" s="4" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="J109" s="0" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="K109" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="L109" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M109" s="0" t="s">
         <x:v>103</x:v>
       </x:c>
       <x:c r="N109" s="3" t="n">
         <x:v>31805</x:v>
       </x:c>
       <x:c r="O109" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P109" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="Q109" s="4" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="R109" s="0" t="s">
-        <x:v>242</x:v>
+        <x:v>240</x:v>
       </x:c>
       <x:c r="S109" s="0" t="n">
         <x:v>601506</x:v>
       </x:c>
       <x:c r="T109" s="4" t="s">
-        <x:v>243</x:v>
+        <x:v>241</x:v>
       </x:c>
       <x:c r="U109" s="4" t="s">
-        <x:v>123</x:v>
+        <x:v>121</x:v>
       </x:c>
     </x:row>
     <x:row r="110" spans="1:21">
       <x:c r="A110" s="13" t="s">
-        <x:v>34</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B110" s="14" t="s">
-        <x:v>82</x:v>
+        <x:v>22</x:v>
       </x:c>
       <x:c r="C110" s="15" t="n">
         <x:v>37878</x:v>
       </x:c>
       <x:c r="D110" s="15" t="s"/>
-      <x:c r="E110" s="14" t="s"/>
+      <x:c r="E110" s="14" t="s">
+        <x:v>23</x:v>
+      </x:c>
       <x:c r="F110" s="14" t="s"/>
       <x:c r="G110" s="14" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="H110" s="14" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="I110" s="16" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="J110" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K110" s="14" t="s">
-        <x:v>38</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="L110" s="14" t="s">
-        <x:v>28</x:v>
+        <x:v>39</x:v>
       </x:c>
       <x:c r="M110" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N110" s="15" t="n">
         <x:v>31805</x:v>
       </x:c>
       <x:c r="O110" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P110" s="14" t="s">
-        <x:v>54</x:v>
+        <x:v>242</x:v>
       </x:c>
       <x:c r="Q110" s="16" t="s">
-        <x:v>37</x:v>
+        <x:v>243</x:v>
       </x:c>
       <x:c r="R110" s="14" t="s">
-        <x:v>242</x:v>
+        <x:v>240</x:v>
       </x:c>
       <x:c r="S110" s="14" t="n">
-        <x:v>601528</x:v>
+        <x:v>581118</x:v>
       </x:c>
       <x:c r="T110" s="16" t="s">
-        <x:v>243</x:v>
+        <x:v>65</x:v>
       </x:c>
       <x:c r="U110" s="16" t="s">
-        <x:v>117</x:v>
+        <x:v>73</x:v>
       </x:c>
     </x:row>
     <x:row r="111" spans="1:21">
       <x:c r="A111" s="1" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="B111" s="0" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="C111" s="3" t="s"/>
       <x:c r="D111" s="3" t="s"/>
       <x:c r="G111" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="I111" s="4" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="J111" s="0" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="K111" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="L111" s="0" t="s">
         <x:v>28</x:v>
@@ -7704,60 +7702,60 @@
       <x:c r="J112" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K112" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="L112" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="M112" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N112" s="15" t="n">
         <x:v>31805</x:v>
       </x:c>
       <x:c r="O112" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P112" s="14" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="Q112" s="16" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="R112" s="14" t="s">
-        <x:v>242</x:v>
+        <x:v>240</x:v>
       </x:c>
       <x:c r="S112" s="14" t="n">
         <x:v>601553</x:v>
       </x:c>
       <x:c r="T112" s="16" t="s">
-        <x:v>243</x:v>
+        <x:v>241</x:v>
       </x:c>
       <x:c r="U112" s="16" t="s">
-        <x:v>123</x:v>
+        <x:v>121</x:v>
       </x:c>
     </x:row>
     <x:row r="113" spans="1:21">
       <x:c r="A113" s="1" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="B113" s="0" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="C113" s="3" t="n">
         <x:v>37878</x:v>
       </x:c>
       <x:c r="D113" s="3" t="s"/>
       <x:c r="G113" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="I113" s="4" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="J113" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K113" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
@@ -7867,57 +7865,57 @@
       <x:c r="H115" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="I115" s="4" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="J115" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K115" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L115" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="M115" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N115" s="3" t="n">
         <x:v>31805</x:v>
       </x:c>
       <x:c r="O115" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P115" s="0" t="s">
+        <x:v>242</x:v>
+      </x:c>
+      <x:c r="Q115" s="4" t="s">
+        <x:v>243</x:v>
+      </x:c>
+      <x:c r="R115" s="0" t="s">
         <x:v>240</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>242</x:v>
       </x:c>
       <x:c r="S115" s="0" t="n">
         <x:v>601300</x:v>
       </x:c>
       <x:c r="T115" s="4" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="U115" s="4" t="s">
         <x:v>75</x:v>
       </x:c>
     </x:row>
     <x:row r="116" spans="1:21">
       <x:c r="A116" s="13" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="B116" s="14" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="C116" s="15" t="s"/>
       <x:c r="D116" s="15" t="s"/>
       <x:c r="E116" s="14" t="s"/>
       <x:c r="F116" s="14" t="s"/>
       <x:c r="G116" s="14" t="s">
         <x:v>54</x:v>
       </x:c>
@@ -7930,60 +7928,60 @@
       <x:c r="J116" s="14" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="K116" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="L116" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M116" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N116" s="15" t="n">
         <x:v>31805</x:v>
       </x:c>
       <x:c r="O116" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P116" s="14" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="Q116" s="16" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="R116" s="14" t="s">
-        <x:v>242</x:v>
+        <x:v>240</x:v>
       </x:c>
       <x:c r="S116" s="14" t="n">
         <x:v>601513</x:v>
       </x:c>
       <x:c r="T116" s="16" t="s">
-        <x:v>243</x:v>
+        <x:v>241</x:v>
       </x:c>
       <x:c r="U116" s="16" t="s">
-        <x:v>123</x:v>
+        <x:v>121</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:autoFilter ref="A1:U1"/>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0" gridLinesSet="true"/>
   <x:pageMargins left="0.7875" right="0.7875" top="1.05277777777778" bottom="1.05277777777778" header="0.7875" footer="0.7875"/>
   <x:pageSetup paperSize="9" scale="100" pageOrder="downThenOver" orientation="portrait" blackAndWhite="0" draft="0" cellComments="none" errors="displayed" horizontalDpi="300" verticalDpi="300" copies="1"/>
   <x:headerFooter differentOddEven="0" differentFirst="0" scaleWithDoc="1" alignWithMargins="1">
     <x:oddHeader>&amp;C&amp;"Times New Roman,Normal"&amp;12&amp;Kffffff&amp;A</x:oddHeader>
     <x:oddFooter>&amp;C&amp;"Times New Roman,Normal"&amp;12&amp;KffffffPage &amp;P</x:oddFooter>
     <x:evenHeader/>
     <x:evenFooter/>
     <x:firstHeader/>
     <x:firstFooter/>
   </x:headerFooter>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetPr filterMode="false">
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
     <x:pageSetUpPr fitToPage="false"/>
   </x:sheetPr>