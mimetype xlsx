--- v0 (2026-03-10)
+++ v1 (2026-03-10)
@@ -317,189 +317,189 @@
   <x:si>
     <x:t>Gestion exploitation agricole</x:t>
   </x:si>
   <x:si>
     <x:t>06/30/2029 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Bac pro conduite et gestion de l'entreprise agricole (Apprentissage)</x:t>
   </x:si>
   <x:si>
     <x:t>Lycée Général et Technologique François Pétrarque</x:t>
   </x:si>
   <x:si>
     <x:t>84000</x:t>
   </x:si>
   <x:si>
     <x:t>AVIGNON</x:t>
   </x:si>
   <x:si>
     <x:t>07/03/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>MFREO</x:t>
   </x:si>
   <x:si>
+    <x:t>CAP agricole métiers de l'agriculture spécialisation élevage (Apprentissage)</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Akteap</x:t>
+  </x:si>
+  <x:si>
+    <x:t>69300</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Lycée Privé Provence Verte</x:t>
+  </x:si>
+  <x:si>
+    <x:t>83470</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SAINT-MAXIMIN-LA-SAINTE-BAUME</x:t>
+  </x:si>
+  <x:si>
     <x:t>Formation professionnelle continue</x:t>
   </x:si>
   <x:si>
     <x:t>BP option responsable d'entreprise agricole</x:t>
   </x:si>
   <x:si>
     <x:t>Conseil Régional</x:t>
   </x:si>
   <x:si>
     <x:t>Programme Régional Formation  2022-2026 (PRF)</x:t>
   </x:si>
   <x:si>
     <x:t>CFPPA</x:t>
   </x:si>
   <x:si>
     <x:t>Demandeur d'emploi</x:t>
   </x:si>
   <x:si>
     <x:t>formation mixte</x:t>
   </x:si>
   <x:si>
     <x:t>01/22/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>11/12/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>09/02/2024 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>09/02/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>07/01/2028 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>BTSA productions animales (Apprentissage)</x:t>
   </x:si>
   <x:si>
     <x:t>Miramas Formation - Cfa Fontlongue</x:t>
   </x:si>
   <x:si>
     <x:t>13140</x:t>
   </x:si>
   <x:si>
-    <x:t>Lycée Privé Provence Verte</x:t>
-[...5 lines deleted...]
-    <x:t>SAINT-MAXIMIN-LA-SAINTE-BAUME</x:t>
+    <x:t>Centre de formation Professionnelle et de Promotion Agricole Hyères</x:t>
+  </x:si>
+  <x:si>
+    <x:t>83400</x:t>
+  </x:si>
+  <x:si>
+    <x:t>HYERES</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CAP agricole métiers de l'agriculture option grandes cultures (Apprentissage)</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Formation et Métier - Cfa Régional Formations Adaptées</x:t>
+  </x:si>
+  <x:si>
+    <x:t>FM</x:t>
+  </x:si>
+  <x:si>
+    <x:t>13090</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Formation et Métier - Cfa Régional Formations Adaptées - UFA Argimsa Sessad</x:t>
+  </x:si>
+  <x:si>
+    <x:t>83340</x:t>
+  </x:si>
+  <x:si>
+    <x:t>LE CANNET-DES-MAURES</x:t>
+  </x:si>
+  <x:si>
+    <x:t>08/31/2028 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CAP agricole métiers de l'agriculture spécialisation volailles (Apprentissage)</x:t>
   </x:si>
   <x:si>
     <x:t>Centre de formation Professionnelle et de Promotion Agricole Hyères - Antenne Les Arcs</x:t>
   </x:si>
   <x:si>
     <x:t>83460</x:t>
   </x:si>
   <x:si>
     <x:t>LES ARCS</x:t>
   </x:si>
   <x:si>
-    <x:t>Centre de formation Professionnelle et de Promotion Agricole Hyères</x:t>
-[...7 lines deleted...]
-  <x:si>
     <x:t>Comportementaliste Equin</x:t>
   </x:si>
   <x:si>
     <x:t>Zoopro</x:t>
   </x:si>
   <x:si>
     <x:t>83000</x:t>
   </x:si>
   <x:si>
     <x:t>Tout public</x:t>
   </x:si>
   <x:si>
     <x:t>formation entièrement à distance</x:t>
   </x:si>
   <x:si>
     <x:t>Soin cheval</x:t>
   </x:si>
   <x:si>
     <x:t>TOULON</x:t>
   </x:si>
   <x:si>
     <x:t>08/11/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>12/31/2027 00:00:00</x:t>
   </x:si>
   <x:si>
-    <x:t>CAP agricole métiers de l'agriculture option grandes cultures (Apprentissage)</x:t>
-[...25 lines deleted...]
-  <x:si>
     <x:t>08/31/2027 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>CAP agricole métiers de l'agriculture spécialisation polyculture (Apprentissage)</x:t>
-  </x:si>
-[...7 lines deleted...]
-    <x:t>CAP agricole métiers de l'agriculture spécialisation élevage (Apprentissage)</x:t>
   </x:si>
   <x:si>
     <x:t>08/31/2029 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>BP option responsable d'entreprise agricole - Apiculture, maraîchage, viticulture, horticulture</x:t>
   </x:si>
   <x:si>
     <x:t>01/06/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>10/23/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Campus Provence Verte</x:t>
   </x:si>
   <x:si>
     <x:t>Lycée Provence Verte</x:t>
   </x:si>
   <x:si>
     <x:t>Lycée Agricampus</x:t>
   </x:si>
   <x:si>
     <x:t>83408</x:t>
   </x:si>
@@ -2285,351 +2285,338 @@
       </x:c>
       <x:c r="O17" s="0" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="P17" s="0" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="Q17" s="4" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="R17" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="S17" s="0" t="n">
         <x:v>595398</x:v>
       </x:c>
       <x:c r="T17" s="4" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="U17" s="4" t="s">
         <x:v>36</x:v>
       </x:c>
     </x:row>
     <x:row r="18" spans="1:21">
       <x:c r="A18" s="13" t="s">
-        <x:v>82</x:v>
+        <x:v>59</x:v>
       </x:c>
       <x:c r="B18" s="14" t="s">
-        <x:v>83</x:v>
+        <x:v>60</x:v>
       </x:c>
       <x:c r="C18" s="15" t="n">
-        <x:v>38093</x:v>
+        <x:v>40523</x:v>
       </x:c>
       <x:c r="D18" s="15" t="s"/>
-      <x:c r="E18" s="14" t="s">
-[...4 lines deleted...]
-      </x:c>
+      <x:c r="E18" s="14" t="s"/>
+      <x:c r="F18" s="14" t="s"/>
       <x:c r="G18" s="14" t="s">
-        <x:v>56</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>81</x:v>
+      </x:c>
+      <x:c r="H18" s="14" t="s"/>
       <x:c r="I18" s="16" t="s">
-        <x:v>57</x:v>
+        <x:v>69</x:v>
       </x:c>
       <x:c r="J18" s="14" t="s">
-        <x:v>54</x:v>
+        <x:v>41</x:v>
       </x:c>
       <x:c r="K18" s="14" t="s">
-        <x:v>87</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="L18" s="14" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="M18" s="14" t="s">
-        <x:v>88</x:v>
+        <x:v>30</x:v>
       </x:c>
       <x:c r="N18" s="15" t="n">
-        <x:v>12598</x:v>
+        <x:v>21040</x:v>
       </x:c>
       <x:c r="O18" s="14" t="s">
-        <x:v>55</x:v>
+        <x:v>42</x:v>
       </x:c>
       <x:c r="P18" s="14" t="s">
-        <x:v>56</x:v>
+        <x:v>81</x:v>
       </x:c>
       <x:c r="Q18" s="16" t="s">
-        <x:v>57</x:v>
+        <x:v>69</x:v>
       </x:c>
       <x:c r="R18" s="14" t="s">
-        <x:v>58</x:v>
+        <x:v>70</x:v>
       </x:c>
       <x:c r="S18" s="14" t="n">
-        <x:v>583529</x:v>
+        <x:v>595402</x:v>
       </x:c>
       <x:c r="T18" s="16" t="s">
-        <x:v>89</x:v>
+        <x:v>35</x:v>
       </x:c>
       <x:c r="U18" s="16" t="s">
-        <x:v>90</x:v>
+        <x:v>36</x:v>
       </x:c>
     </x:row>
     <x:row r="19" spans="1:21">
       <x:c r="A19" s="1" t="s">
-        <x:v>21</x:v>
+        <x:v>59</x:v>
       </x:c>
       <x:c r="B19" s="0" t="s">
-        <x:v>37</x:v>
+        <x:v>73</x:v>
       </x:c>
       <x:c r="C19" s="3" t="n">
-        <x:v>40523</x:v>
+        <x:v>38316</x:v>
       </x:c>
       <x:c r="D19" s="3" t="s"/>
-      <x:c r="E19" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="G19" s="0" t="s">
-        <x:v>38</x:v>
-[...2 lines deleted...]
-        <x:v>39</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="I19" s="4" t="s">
-        <x:v>40</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="J19" s="0" t="s">
-        <x:v>41</x:v>
+        <x:v>54</x:v>
       </x:c>
       <x:c r="K19" s="0" t="s">
-        <x:v>28</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="L19" s="0" t="s">
-        <x:v>29</x:v>
+        <x:v>50</x:v>
       </x:c>
       <x:c r="M19" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N19" s="3" t="n">
-        <x:v>21040</x:v>
+        <x:v>21052</x:v>
       </x:c>
       <x:c r="O19" s="0" t="s">
-        <x:v>42</x:v>
+        <x:v>74</x:v>
       </x:c>
       <x:c r="P19" s="0" t="s">
-        <x:v>43</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="Q19" s="4" t="s">
-        <x:v>44</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="R19" s="0" t="s">
-        <x:v>45</x:v>
+        <x:v>32</x:v>
       </x:c>
       <x:c r="S19" s="0" t="n">
-        <x:v>549891</x:v>
+        <x:v>596655</x:v>
       </x:c>
       <x:c r="T19" s="4" t="s">
-        <x:v>33</x:v>
+        <x:v>35</x:v>
       </x:c>
       <x:c r="U19" s="4" t="s">
-        <x:v>34</x:v>
+        <x:v>36</x:v>
       </x:c>
     </x:row>
     <x:row r="20" spans="1:21">
       <x:c r="A20" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B20" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="C20" s="15" t="n">
         <x:v>40523</x:v>
       </x:c>
       <x:c r="D20" s="15" t="s"/>
       <x:c r="E20" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F20" s="14" t="s"/>
       <x:c r="G20" s="14" t="s">
-        <x:v>48</x:v>
+        <x:v>38</x:v>
       </x:c>
       <x:c r="H20" s="14" t="s">
-        <x:v>25</x:v>
+        <x:v>39</x:v>
       </x:c>
       <x:c r="I20" s="16" t="s">
-        <x:v>49</x:v>
+        <x:v>40</x:v>
       </x:c>
       <x:c r="J20" s="14" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="K20" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L20" s="14" t="s">
-        <x:v>50</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="M20" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N20" s="15" t="n">
         <x:v>21040</x:v>
       </x:c>
       <x:c r="O20" s="14" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="P20" s="14" t="s">
-        <x:v>48</x:v>
+        <x:v>43</x:v>
       </x:c>
       <x:c r="Q20" s="16" t="s">
-        <x:v>49</x:v>
+        <x:v>44</x:v>
       </x:c>
       <x:c r="R20" s="14" t="s">
-        <x:v>51</x:v>
+        <x:v>45</x:v>
       </x:c>
       <x:c r="S20" s="14" t="n">
-        <x:v>497207</x:v>
+        <x:v>549891</x:v>
       </x:c>
       <x:c r="T20" s="16" t="s">
-        <x:v>91</x:v>
+        <x:v>33</x:v>
       </x:c>
       <x:c r="U20" s="16" t="s">
-        <x:v>92</x:v>
+        <x:v>34</x:v>
       </x:c>
     </x:row>
     <x:row r="21" spans="1:21">
       <x:c r="A21" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B21" s="0" t="s">
-        <x:v>53</x:v>
+        <x:v>82</x:v>
       </x:c>
       <x:c r="C21" s="3" t="n">
-        <x:v>38093</x:v>
+        <x:v>40523</x:v>
       </x:c>
       <x:c r="D21" s="3" t="s"/>
       <x:c r="E21" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G21" s="0" t="s">
-        <x:v>38</x:v>
-[...2 lines deleted...]
-        <x:v>39</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="I21" s="4" t="s">
-        <x:v>40</x:v>
+        <x:v>84</x:v>
       </x:c>
       <x:c r="J21" s="0" t="s">
-        <x:v>54</x:v>
+        <x:v>41</x:v>
       </x:c>
       <x:c r="K21" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L21" s="0" t="s">
-        <x:v>29</x:v>
+        <x:v>50</x:v>
       </x:c>
       <x:c r="M21" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N21" s="3" t="n">
-        <x:v>12598</x:v>
+        <x:v>21040</x:v>
       </x:c>
       <x:c r="O21" s="0" t="s">
-        <x:v>55</x:v>
+        <x:v>42</x:v>
       </x:c>
       <x:c r="P21" s="0" t="s">
-        <x:v>56</x:v>
+        <x:v>85</x:v>
       </x:c>
       <x:c r="Q21" s="4" t="s">
-        <x:v>57</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="R21" s="0" t="s">
-        <x:v>58</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="S21" s="0" t="n">
-        <x:v>549861</x:v>
+        <x:v>611632</x:v>
       </x:c>
       <x:c r="T21" s="4" t="s">
-        <x:v>33</x:v>
+        <x:v>35</x:v>
       </x:c>
       <x:c r="U21" s="4" t="s">
-        <x:v>34</x:v>
+        <x:v>36</x:v>
       </x:c>
     </x:row>
     <x:row r="22" spans="1:21">
       <x:c r="A22" s="13" t="s">
-        <x:v>21</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="B22" s="14" t="s">
-        <x:v>37</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="C22" s="15" t="n">
-        <x:v>40523</x:v>
+        <x:v>38093</x:v>
       </x:c>
       <x:c r="D22" s="15" t="s"/>
       <x:c r="E22" s="14" t="s">
-        <x:v>23</x:v>
-[...1 lines deleted...]
-      <x:c r="F22" s="14" t="s"/>
+        <x:v>90</x:v>
+      </x:c>
+      <x:c r="F22" s="14" t="s">
+        <x:v>91</x:v>
+      </x:c>
       <x:c r="G22" s="14" t="s">
-        <x:v>38</x:v>
+        <x:v>56</x:v>
       </x:c>
       <x:c r="H22" s="14" t="s">
-        <x:v>39</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="I22" s="16" t="s">
-        <x:v>40</x:v>
+        <x:v>57</x:v>
       </x:c>
       <x:c r="J22" s="14" t="s">
-        <x:v>41</x:v>
+        <x:v>54</x:v>
       </x:c>
       <x:c r="K22" s="14" t="s">
-        <x:v>28</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="L22" s="14" t="s">
-        <x:v>29</x:v>
+        <x:v>50</x:v>
       </x:c>
       <x:c r="M22" s="14" t="s">
-        <x:v>30</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="N22" s="15" t="n">
-        <x:v>21040</x:v>
+        <x:v>12598</x:v>
       </x:c>
       <x:c r="O22" s="14" t="s">
-        <x:v>42</x:v>
+        <x:v>55</x:v>
       </x:c>
       <x:c r="P22" s="14" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="Q22" s="16" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="R22" s="14" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="S22" s="14" t="n">
-        <x:v>549888</x:v>
+        <x:v>583529</x:v>
       </x:c>
       <x:c r="T22" s="16" t="s">
-        <x:v>33</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="U22" s="16" t="s">
-        <x:v>34</x:v>
+        <x:v>96</x:v>
       </x:c>
     </x:row>
     <x:row r="23" spans="1:21">
       <x:c r="A23" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B23" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="C23" s="3" t="n">
         <x:v>40523</x:v>
       </x:c>
       <x:c r="D23" s="3" t="s"/>
       <x:c r="E23" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G23" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="H23" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="I23" s="4" t="s">
         <x:v>49</x:v>
       </x:c>
@@ -2639,289 +2626,299 @@
       <x:c r="K23" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L23" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="M23" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N23" s="3" t="n">
         <x:v>21040</x:v>
       </x:c>
       <x:c r="O23" s="0" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="P23" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="Q23" s="4" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="R23" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="S23" s="0" t="n">
-        <x:v>599720</x:v>
+        <x:v>497207</x:v>
       </x:c>
       <x:c r="T23" s="4" t="s">
-        <x:v>35</x:v>
+        <x:v>97</x:v>
       </x:c>
       <x:c r="U23" s="4" t="s">
-        <x:v>93</x:v>
+        <x:v>98</x:v>
       </x:c>
     </x:row>
     <x:row r="24" spans="1:21">
       <x:c r="A24" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B24" s="14" t="s">
-        <x:v>37</x:v>
+        <x:v>53</x:v>
       </x:c>
       <x:c r="C24" s="15" t="n">
-        <x:v>40523</x:v>
+        <x:v>38093</x:v>
       </x:c>
       <x:c r="D24" s="15" t="s"/>
       <x:c r="E24" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F24" s="14" t="s"/>
       <x:c r="G24" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="H24" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="I24" s="16" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="J24" s="14" t="s">
-        <x:v>41</x:v>
+        <x:v>54</x:v>
       </x:c>
       <x:c r="K24" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L24" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M24" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N24" s="15" t="n">
-        <x:v>21040</x:v>
+        <x:v>12598</x:v>
       </x:c>
       <x:c r="O24" s="14" t="s">
-        <x:v>42</x:v>
+        <x:v>55</x:v>
       </x:c>
       <x:c r="P24" s="14" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="Q24" s="16" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="R24" s="14" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="S24" s="14" t="n">
-        <x:v>605886</x:v>
+        <x:v>549861</x:v>
       </x:c>
       <x:c r="T24" s="16" t="s">
-        <x:v>35</x:v>
+        <x:v>33</x:v>
       </x:c>
       <x:c r="U24" s="16" t="s">
-        <x:v>36</x:v>
+        <x:v>34</x:v>
       </x:c>
     </x:row>
     <x:row r="25" spans="1:21">
       <x:c r="A25" s="1" t="s">
-        <x:v>59</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B25" s="0" t="s">
-        <x:v>60</x:v>
+        <x:v>37</x:v>
       </x:c>
       <x:c r="C25" s="3" t="n">
         <x:v>40523</x:v>
       </x:c>
       <x:c r="D25" s="3" t="s"/>
+      <x:c r="E25" s="0" t="s">
+        <x:v>23</x:v>
+      </x:c>
       <x:c r="G25" s="0" t="s">
-        <x:v>81</x:v>
+        <x:v>38</x:v>
+      </x:c>
+      <x:c r="H25" s="0" t="s">
+        <x:v>39</x:v>
       </x:c>
       <x:c r="I25" s="4" t="s">
-        <x:v>69</x:v>
+        <x:v>40</x:v>
       </x:c>
       <x:c r="J25" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="K25" s="0" t="s">
-        <x:v>63</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="L25" s="0" t="s">
-        <x:v>50</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="M25" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N25" s="3" t="n">
         <x:v>21040</x:v>
       </x:c>
       <x:c r="O25" s="0" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="P25" s="0" t="s">
-        <x:v>81</x:v>
+        <x:v>56</x:v>
       </x:c>
       <x:c r="Q25" s="4" t="s">
-        <x:v>69</x:v>
+        <x:v>57</x:v>
       </x:c>
       <x:c r="R25" s="0" t="s">
-        <x:v>70</x:v>
+        <x:v>58</x:v>
       </x:c>
       <x:c r="S25" s="0" t="n">
-        <x:v>595402</x:v>
+        <x:v>549888</x:v>
       </x:c>
       <x:c r="T25" s="4" t="s">
-        <x:v>35</x:v>
+        <x:v>33</x:v>
       </x:c>
       <x:c r="U25" s="4" t="s">
-        <x:v>36</x:v>
+        <x:v>34</x:v>
       </x:c>
     </x:row>
     <x:row r="26" spans="1:21">
       <x:c r="A26" s="13" t="s">
-        <x:v>59</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B26" s="14" t="s">
-        <x:v>73</x:v>
+        <x:v>37</x:v>
       </x:c>
       <x:c r="C26" s="15" t="n">
-        <x:v>38316</x:v>
+        <x:v>40523</x:v>
       </x:c>
       <x:c r="D26" s="15" t="s"/>
-      <x:c r="E26" s="14" t="s"/>
+      <x:c r="E26" s="14" t="s">
+        <x:v>23</x:v>
+      </x:c>
       <x:c r="F26" s="14" t="s"/>
       <x:c r="G26" s="14" t="s">
+        <x:v>48</x:v>
+      </x:c>
+      <x:c r="H26" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
-      <x:c r="H26" s="14" t="s"/>
       <x:c r="I26" s="16" t="s">
-        <x:v>26</x:v>
+        <x:v>49</x:v>
       </x:c>
       <x:c r="J26" s="14" t="s">
-        <x:v>54</x:v>
+        <x:v>41</x:v>
       </x:c>
       <x:c r="K26" s="14" t="s">
-        <x:v>63</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="L26" s="14" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="M26" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N26" s="15" t="n">
-        <x:v>21052</x:v>
+        <x:v>21040</x:v>
       </x:c>
       <x:c r="O26" s="14" t="s">
-        <x:v>74</x:v>
+        <x:v>42</x:v>
       </x:c>
       <x:c r="P26" s="14" t="s">
-        <x:v>25</x:v>
+        <x:v>48</x:v>
       </x:c>
       <x:c r="Q26" s="16" t="s">
-        <x:v>26</x:v>
+        <x:v>49</x:v>
       </x:c>
       <x:c r="R26" s="14" t="s">
-        <x:v>32</x:v>
+        <x:v>51</x:v>
       </x:c>
       <x:c r="S26" s="14" t="n">
-        <x:v>596655</x:v>
+        <x:v>599720</x:v>
       </x:c>
       <x:c r="T26" s="16" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="U26" s="16" t="s">
-        <x:v>36</x:v>
+        <x:v>99</x:v>
       </x:c>
     </x:row>
     <x:row r="27" spans="1:21">
       <x:c r="A27" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B27" s="0" t="s">
-        <x:v>65</x:v>
+        <x:v>37</x:v>
       </x:c>
       <x:c r="C27" s="3" t="n">
-        <x:v>38076</x:v>
+        <x:v>40523</x:v>
       </x:c>
       <x:c r="D27" s="3" t="s"/>
       <x:c r="E27" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G27" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="H27" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="I27" s="4" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="J27" s="0" t="s">
-        <x:v>54</x:v>
+        <x:v>41</x:v>
       </x:c>
       <x:c r="K27" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L27" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M27" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N27" s="3" t="n">
-        <x:v>15479</x:v>
+        <x:v>21040</x:v>
       </x:c>
       <x:c r="O27" s="0" t="s">
-        <x:v>66</x:v>
+        <x:v>42</x:v>
       </x:c>
       <x:c r="P27" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="Q27" s="4" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="R27" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="S27" s="0" t="n">
-        <x:v>496354</x:v>
+        <x:v>605886</x:v>
       </x:c>
       <x:c r="T27" s="4" t="s">
-        <x:v>46</x:v>
+        <x:v>35</x:v>
       </x:c>
       <x:c r="U27" s="4" t="s">
-        <x:v>34</x:v>
+        <x:v>36</x:v>
       </x:c>
     </x:row>
     <x:row r="28" spans="1:21">
       <x:c r="A28" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B28" s="14" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="C28" s="15" t="n">
         <x:v>38076</x:v>
       </x:c>
       <x:c r="D28" s="15" t="s"/>
       <x:c r="E28" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F28" s="14" t="s"/>
       <x:c r="G28" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="H28" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="I28" s="16" t="s">
         <x:v>40</x:v>
@@ -2932,286 +2929,285 @@
       <x:c r="K28" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L28" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M28" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N28" s="15" t="n">
         <x:v>15479</x:v>
       </x:c>
       <x:c r="O28" s="14" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="P28" s="14" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="Q28" s="16" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="R28" s="14" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="S28" s="14" t="n">
-        <x:v>549814</x:v>
+        <x:v>496354</x:v>
       </x:c>
       <x:c r="T28" s="16" t="s">
-        <x:v>33</x:v>
+        <x:v>46</x:v>
       </x:c>
       <x:c r="U28" s="16" t="s">
-        <x:v>36</x:v>
+        <x:v>34</x:v>
       </x:c>
     </x:row>
     <x:row r="29" spans="1:21">
       <x:c r="A29" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B29" s="0" t="s">
-        <x:v>94</x:v>
+        <x:v>65</x:v>
       </x:c>
       <x:c r="C29" s="3" t="n">
-        <x:v>38655</x:v>
+        <x:v>38076</x:v>
       </x:c>
       <x:c r="D29" s="3" t="s"/>
       <x:c r="E29" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G29" s="0" t="s">
-        <x:v>24</x:v>
+        <x:v>38</x:v>
       </x:c>
       <x:c r="H29" s="0" t="s">
-        <x:v>25</x:v>
+        <x:v>39</x:v>
       </x:c>
       <x:c r="I29" s="4" t="s">
-        <x:v>26</x:v>
+        <x:v>40</x:v>
       </x:c>
       <x:c r="J29" s="0" t="s">
-        <x:v>27</x:v>
+        <x:v>54</x:v>
       </x:c>
       <x:c r="K29" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L29" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M29" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N29" s="3" t="n">
-        <x:v>21056</x:v>
+        <x:v>15479</x:v>
       </x:c>
       <x:c r="O29" s="0" t="s">
-        <x:v>31</x:v>
+        <x:v>66</x:v>
       </x:c>
       <x:c r="P29" s="0" t="s">
-        <x:v>24</x:v>
+        <x:v>56</x:v>
       </x:c>
       <x:c r="Q29" s="4" t="s">
-        <x:v>26</x:v>
+        <x:v>57</x:v>
       </x:c>
       <x:c r="R29" s="0" t="s">
-        <x:v>32</x:v>
+        <x:v>58</x:v>
       </x:c>
       <x:c r="S29" s="0" t="n">
-        <x:v>516905</x:v>
+        <x:v>549814</x:v>
       </x:c>
       <x:c r="T29" s="4" t="s">
-        <x:v>46</x:v>
+        <x:v>33</x:v>
       </x:c>
       <x:c r="U29" s="4" t="s">
-        <x:v>47</x:v>
+        <x:v>36</x:v>
       </x:c>
     </x:row>
     <x:row r="30" spans="1:21">
       <x:c r="A30" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B30" s="14" t="s">
-        <x:v>37</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="C30" s="15" t="n">
-        <x:v>40523</x:v>
+        <x:v>38655</x:v>
       </x:c>
       <x:c r="D30" s="15" t="s"/>
       <x:c r="E30" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F30" s="14" t="s"/>
       <x:c r="G30" s="14" t="s">
-        <x:v>95</x:v>
-[...1 lines deleted...]
-      <x:c r="H30" s="14" t="s"/>
+        <x:v>24</x:v>
+      </x:c>
+      <x:c r="H30" s="14" t="s">
+        <x:v>25</x:v>
+      </x:c>
       <x:c r="I30" s="16" t="s">
-        <x:v>96</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="J30" s="14" t="s">
-        <x:v>41</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="K30" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L30" s="14" t="s">
-        <x:v>50</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="M30" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N30" s="15" t="n">
-        <x:v>21040</x:v>
+        <x:v>21056</x:v>
       </x:c>
       <x:c r="O30" s="14" t="s">
-        <x:v>42</x:v>
+        <x:v>31</x:v>
       </x:c>
       <x:c r="P30" s="14" t="s">
-        <x:v>97</x:v>
+        <x:v>24</x:v>
       </x:c>
       <x:c r="Q30" s="16" t="s">
-        <x:v>98</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="R30" s="14" t="s">
-        <x:v>99</x:v>
+        <x:v>32</x:v>
       </x:c>
       <x:c r="S30" s="14" t="n">
-        <x:v>506227</x:v>
+        <x:v>516905</x:v>
       </x:c>
       <x:c r="T30" s="16" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="U30" s="16" t="s">
         <x:v>47</x:v>
       </x:c>
     </x:row>
     <x:row r="31" spans="1:21">
       <x:c r="A31" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B31" s="0" t="s">
-        <x:v>65</x:v>
+        <x:v>37</x:v>
       </x:c>
       <x:c r="C31" s="3" t="n">
-        <x:v>38076</x:v>
+        <x:v>40523</x:v>
       </x:c>
       <x:c r="D31" s="3" t="s"/>
       <x:c r="E31" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G31" s="0" t="s">
-        <x:v>38</x:v>
-[...2 lines deleted...]
-        <x:v>39</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="I31" s="4" t="s">
-        <x:v>40</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="J31" s="0" t="s">
-        <x:v>54</x:v>
+        <x:v>41</x:v>
       </x:c>
       <x:c r="K31" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L31" s="0" t="s">
-        <x:v>29</x:v>
+        <x:v>50</x:v>
       </x:c>
       <x:c r="M31" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N31" s="3" t="n">
-        <x:v>15479</x:v>
+        <x:v>21040</x:v>
       </x:c>
       <x:c r="O31" s="0" t="s">
-        <x:v>66</x:v>
+        <x:v>42</x:v>
       </x:c>
       <x:c r="P31" s="0" t="s">
-        <x:v>100</x:v>
+        <x:v>85</x:v>
       </x:c>
       <x:c r="Q31" s="4" t="s">
-        <x:v>101</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="R31" s="0" t="s">
-        <x:v>102</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="S31" s="0" t="n">
-        <x:v>549818</x:v>
+        <x:v>506227</x:v>
       </x:c>
       <x:c r="T31" s="4" t="s">
-        <x:v>33</x:v>
+        <x:v>46</x:v>
       </x:c>
       <x:c r="U31" s="4" t="s">
-        <x:v>36</x:v>
+        <x:v>47</x:v>
       </x:c>
     </x:row>
     <x:row r="32" spans="1:21">
       <x:c r="A32" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B32" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="C32" s="15" t="n">
         <x:v>40523</x:v>
       </x:c>
       <x:c r="D32" s="15" t="s"/>
       <x:c r="E32" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F32" s="14" t="s"/>
       <x:c r="G32" s="14" t="s">
-        <x:v>95</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="H32" s="14" t="s"/>
       <x:c r="I32" s="16" t="s">
-        <x:v>96</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="J32" s="14" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="K32" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L32" s="14" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="M32" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N32" s="15" t="n">
         <x:v>21040</x:v>
       </x:c>
       <x:c r="O32" s="14" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="P32" s="14" t="s">
-        <x:v>97</x:v>
+        <x:v>85</x:v>
       </x:c>
       <x:c r="Q32" s="16" t="s">
-        <x:v>98</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="R32" s="14" t="s">
-        <x:v>99</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="S32" s="14" t="n">
         <x:v>554258</x:v>
       </x:c>
       <x:c r="T32" s="16" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="U32" s="16" t="s">
         <x:v>47</x:v>
       </x:c>
     </x:row>
     <x:row r="33" spans="1:21">
       <x:c r="A33" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B33" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="C33" s="3" t="n">
         <x:v>40523</x:v>
       </x:c>
       <x:c r="D33" s="3" t="s"/>
       <x:c r="E33" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
@@ -3241,451 +3237,454 @@
       </x:c>
       <x:c r="O33" s="0" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="P33" s="0" t="s">
         <x:v>103</x:v>
       </x:c>
       <x:c r="Q33" s="4" t="s">
         <x:v>104</x:v>
       </x:c>
       <x:c r="R33" s="0" t="s">
         <x:v>105</x:v>
       </x:c>
       <x:c r="S33" s="0" t="n">
         <x:v>605887</x:v>
       </x:c>
       <x:c r="T33" s="4" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="U33" s="4" t="s">
         <x:v>36</x:v>
       </x:c>
     </x:row>
     <x:row r="34" spans="1:21">
       <x:c r="A34" s="13" t="s">
-        <x:v>82</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B34" s="14" t="s">
         <x:v>106</x:v>
       </x:c>
-      <x:c r="C34" s="15" t="s"/>
+      <x:c r="C34" s="15" t="n">
+        <x:v>40523</x:v>
+      </x:c>
       <x:c r="D34" s="15" t="s"/>
-      <x:c r="E34" s="14" t="s"/>
+      <x:c r="E34" s="14" t="s">
+        <x:v>23</x:v>
+      </x:c>
       <x:c r="F34" s="14" t="s"/>
       <x:c r="G34" s="14" t="s">
         <x:v>107</x:v>
       </x:c>
-      <x:c r="H34" s="14" t="s"/>
+      <x:c r="H34" s="14" t="s">
+        <x:v>108</x:v>
+      </x:c>
       <x:c r="I34" s="16" t="s">
-        <x:v>108</x:v>
-[...1 lines deleted...]
-      <x:c r="J34" s="14" t="s"/>
+        <x:v>109</x:v>
+      </x:c>
+      <x:c r="J34" s="14" t="s">
+        <x:v>41</x:v>
+      </x:c>
       <x:c r="K34" s="14" t="s">
-        <x:v>109</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="L34" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M34" s="14" t="s">
+        <x:v>30</x:v>
+      </x:c>
+      <x:c r="N34" s="15" t="n">
+        <x:v>21040</x:v>
+      </x:c>
+      <x:c r="O34" s="14" t="s">
+        <x:v>42</x:v>
+      </x:c>
+      <x:c r="P34" s="14" t="s">
         <x:v>110</x:v>
       </x:c>
-      <x:c r="N34" s="15" t="n">
-[...2 lines deleted...]
-      <x:c r="O34" s="14" t="s">
+      <x:c r="Q34" s="16" t="s">
         <x:v>111</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>108</x:v>
       </x:c>
       <x:c r="R34" s="14" t="s">
         <x:v>112</x:v>
       </x:c>
       <x:c r="S34" s="14" t="n">
-        <x:v>586101</x:v>
+        <x:v>548851</x:v>
       </x:c>
       <x:c r="T34" s="16" t="s">
+        <x:v>33</x:v>
+      </x:c>
+      <x:c r="U34" s="16" t="s">
         <x:v>113</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>114</x:v>
       </x:c>
     </x:row>
     <x:row r="35" spans="1:21">
       <x:c r="A35" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B35" s="0" t="s">
-        <x:v>115</x:v>
+        <x:v>114</x:v>
       </x:c>
       <x:c r="C35" s="3" t="n">
         <x:v>40523</x:v>
       </x:c>
       <x:c r="D35" s="3" t="s"/>
       <x:c r="E35" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G35" s="0" t="s">
-        <x:v>116</x:v>
+        <x:v>107</x:v>
       </x:c>
       <x:c r="H35" s="0" t="s">
-        <x:v>117</x:v>
+        <x:v>108</x:v>
       </x:c>
       <x:c r="I35" s="4" t="s">
-        <x:v>118</x:v>
+        <x:v>109</x:v>
       </x:c>
       <x:c r="J35" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="K35" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L35" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M35" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N35" s="3" t="n">
         <x:v>21040</x:v>
       </x:c>
       <x:c r="O35" s="0" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="P35" s="0" t="s">
-        <x:v>119</x:v>
+        <x:v>110</x:v>
       </x:c>
       <x:c r="Q35" s="4" t="s">
-        <x:v>120</x:v>
+        <x:v>111</x:v>
       </x:c>
       <x:c r="R35" s="0" t="s">
-        <x:v>121</x:v>
+        <x:v>112</x:v>
       </x:c>
       <x:c r="S35" s="0" t="n">
-        <x:v>548851</x:v>
+        <x:v>548669</x:v>
       </x:c>
       <x:c r="T35" s="4" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="U35" s="4" t="s">
-        <x:v>122</x:v>
+        <x:v>113</x:v>
       </x:c>
     </x:row>
     <x:row r="36" spans="1:21">
       <x:c r="A36" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B36" s="14" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="C36" s="15" t="n">
         <x:v>38076</x:v>
       </x:c>
       <x:c r="D36" s="15" t="s"/>
       <x:c r="E36" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F36" s="14" t="s"/>
       <x:c r="G36" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="H36" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="I36" s="16" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="J36" s="14" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="K36" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L36" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M36" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N36" s="15" t="n">
         <x:v>15479</x:v>
       </x:c>
       <x:c r="O36" s="14" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="P36" s="14" t="s">
-        <x:v>100</x:v>
+        <x:v>115</x:v>
       </x:c>
       <x:c r="Q36" s="16" t="s">
-        <x:v>101</x:v>
+        <x:v>116</x:v>
       </x:c>
       <x:c r="R36" s="14" t="s">
-        <x:v>102</x:v>
+        <x:v>117</x:v>
       </x:c>
       <x:c r="S36" s="14" t="n">
         <x:v>605792</x:v>
       </x:c>
       <x:c r="T36" s="16" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="U36" s="16" t="s">
         <x:v>75</x:v>
       </x:c>
     </x:row>
     <x:row r="37" spans="1:21">
       <x:c r="A37" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B37" s="0" t="s">
-        <x:v>123</x:v>
+        <x:v>65</x:v>
       </x:c>
       <x:c r="C37" s="3" t="n">
-        <x:v>40523</x:v>
+        <x:v>38076</x:v>
       </x:c>
       <x:c r="D37" s="3" t="s"/>
       <x:c r="E37" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G37" s="0" t="s">
-        <x:v>116</x:v>
+        <x:v>38</x:v>
       </x:c>
       <x:c r="H37" s="0" t="s">
-        <x:v>117</x:v>
+        <x:v>39</x:v>
       </x:c>
       <x:c r="I37" s="4" t="s">
-        <x:v>118</x:v>
+        <x:v>40</x:v>
       </x:c>
       <x:c r="J37" s="0" t="s">
-        <x:v>41</x:v>
+        <x:v>54</x:v>
       </x:c>
       <x:c r="K37" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L37" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M37" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N37" s="3" t="n">
-        <x:v>21040</x:v>
+        <x:v>15479</x:v>
       </x:c>
       <x:c r="O37" s="0" t="s">
-        <x:v>42</x:v>
+        <x:v>66</x:v>
       </x:c>
       <x:c r="P37" s="0" t="s">
-        <x:v>119</x:v>
+        <x:v>115</x:v>
       </x:c>
       <x:c r="Q37" s="4" t="s">
-        <x:v>120</x:v>
+        <x:v>116</x:v>
       </x:c>
       <x:c r="R37" s="0" t="s">
-        <x:v>121</x:v>
+        <x:v>117</x:v>
       </x:c>
       <x:c r="S37" s="0" t="n">
-        <x:v>548669</x:v>
+        <x:v>549818</x:v>
       </x:c>
       <x:c r="T37" s="4" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="U37" s="4" t="s">
-        <x:v>122</x:v>
+        <x:v>36</x:v>
       </x:c>
     </x:row>
     <x:row r="38" spans="1:21">
       <x:c r="A38" s="13" t="s">
-        <x:v>21</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="B38" s="14" t="s">
-        <x:v>123</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>118</x:v>
+      </x:c>
+      <x:c r="C38" s="15" t="s"/>
       <x:c r="D38" s="15" t="s"/>
-      <x:c r="E38" s="14" t="s">
-[...1 lines deleted...]
-      </x:c>
+      <x:c r="E38" s="14" t="s"/>
       <x:c r="F38" s="14" t="s"/>
       <x:c r="G38" s="14" t="s">
-        <x:v>116</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>119</x:v>
+      </x:c>
+      <x:c r="H38" s="14" t="s"/>
       <x:c r="I38" s="16" t="s">
-        <x:v>118</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>120</x:v>
+      </x:c>
+      <x:c r="J38" s="14" t="s"/>
       <x:c r="K38" s="14" t="s">
-        <x:v>28</x:v>
+        <x:v>121</x:v>
       </x:c>
       <x:c r="L38" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M38" s="14" t="s">
-        <x:v>30</x:v>
+        <x:v>122</x:v>
       </x:c>
       <x:c r="N38" s="15" t="n">
-        <x:v>21040</x:v>
+        <x:v>21099</x:v>
       </x:c>
       <x:c r="O38" s="14" t="s">
-        <x:v>42</x:v>
+        <x:v>123</x:v>
       </x:c>
       <x:c r="P38" s="14" t="s">
         <x:v>119</x:v>
       </x:c>
       <x:c r="Q38" s="16" t="s">
         <x:v>120</x:v>
       </x:c>
       <x:c r="R38" s="14" t="s">
-        <x:v>121</x:v>
+        <x:v>124</x:v>
       </x:c>
       <x:c r="S38" s="14" t="n">
-        <x:v>498354</x:v>
+        <x:v>586101</x:v>
       </x:c>
       <x:c r="T38" s="16" t="s">
-        <x:v>46</x:v>
+        <x:v>125</x:v>
       </x:c>
       <x:c r="U38" s="16" t="s">
-        <x:v>124</x:v>
+        <x:v>126</x:v>
       </x:c>
     </x:row>
     <x:row r="39" spans="1:21">
       <x:c r="A39" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B39" s="0" t="s">
-        <x:v>125</x:v>
+        <x:v>114</x:v>
       </x:c>
       <x:c r="C39" s="3" t="n">
         <x:v>40523</x:v>
       </x:c>
       <x:c r="D39" s="3" t="s"/>
       <x:c r="E39" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G39" s="0" t="s">
-        <x:v>126</x:v>
+        <x:v>107</x:v>
+      </x:c>
+      <x:c r="H39" s="0" t="s">
+        <x:v>108</x:v>
       </x:c>
       <x:c r="I39" s="4" t="s">
-        <x:v>127</x:v>
+        <x:v>109</x:v>
       </x:c>
       <x:c r="J39" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="K39" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L39" s="0" t="s">
-        <x:v>50</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="M39" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N39" s="3" t="n">
         <x:v>21040</x:v>
       </x:c>
       <x:c r="O39" s="0" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="P39" s="0" t="s">
-        <x:v>97</x:v>
+        <x:v>110</x:v>
       </x:c>
       <x:c r="Q39" s="4" t="s">
-        <x:v>98</x:v>
+        <x:v>111</x:v>
       </x:c>
       <x:c r="R39" s="0" t="s">
-        <x:v>99</x:v>
+        <x:v>112</x:v>
       </x:c>
       <x:c r="S39" s="0" t="n">
-        <x:v>611631</x:v>
+        <x:v>498354</x:v>
       </x:c>
       <x:c r="T39" s="4" t="s">
-        <x:v>35</x:v>
+        <x:v>46</x:v>
       </x:c>
       <x:c r="U39" s="4" t="s">
-        <x:v>36</x:v>
+        <x:v>127</x:v>
       </x:c>
     </x:row>
     <x:row r="40" spans="1:21">
       <x:c r="A40" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B40" s="14" t="s">
         <x:v>128</x:v>
       </x:c>
       <x:c r="C40" s="15" t="n">
         <x:v>40523</x:v>
       </x:c>
       <x:c r="D40" s="15" t="s"/>
       <x:c r="E40" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F40" s="14" t="s"/>
       <x:c r="G40" s="14" t="s">
-        <x:v>126</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="H40" s="14" t="s"/>
       <x:c r="I40" s="16" t="s">
-        <x:v>127</x:v>
+        <x:v>84</x:v>
       </x:c>
       <x:c r="J40" s="14" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="K40" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L40" s="14" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="M40" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N40" s="15" t="n">
         <x:v>21040</x:v>
       </x:c>
       <x:c r="O40" s="14" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="P40" s="14" t="s">
-        <x:v>97</x:v>
+        <x:v>85</x:v>
       </x:c>
       <x:c r="Q40" s="16" t="s">
-        <x:v>98</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="R40" s="14" t="s">
-        <x:v>99</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="S40" s="14" t="n">
-        <x:v>611632</x:v>
+        <x:v>611631</x:v>
       </x:c>
       <x:c r="T40" s="16" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="U40" s="16" t="s">
         <x:v>36</x:v>
       </x:c>
     </x:row>
     <x:row r="41" spans="1:21">
       <x:c r="A41" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B41" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="C41" s="3" t="n">
         <x:v>40523</x:v>
       </x:c>
       <x:c r="D41" s="3" t="s"/>
       <x:c r="E41" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G41" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
@@ -3715,401 +3714,401 @@
       </x:c>
       <x:c r="P41" s="0" t="s">
         <x:v>103</x:v>
       </x:c>
       <x:c r="Q41" s="4" t="s">
         <x:v>104</x:v>
       </x:c>
       <x:c r="R41" s="0" t="s">
         <x:v>105</x:v>
       </x:c>
       <x:c r="S41" s="0" t="n">
         <x:v>549890</x:v>
       </x:c>
       <x:c r="T41" s="4" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="U41" s="4" t="s">
         <x:v>34</x:v>
       </x:c>
     </x:row>
     <x:row r="42" spans="1:21">
       <x:c r="A42" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B42" s="14" t="s">
-        <x:v>123</x:v>
+        <x:v>114</x:v>
       </x:c>
       <x:c r="C42" s="15" t="n">
         <x:v>40523</x:v>
       </x:c>
       <x:c r="D42" s="15" t="s"/>
       <x:c r="E42" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F42" s="14" t="s"/>
       <x:c r="G42" s="14" t="s">
-        <x:v>116</x:v>
+        <x:v>107</x:v>
       </x:c>
       <x:c r="H42" s="14" t="s">
-        <x:v>117</x:v>
+        <x:v>108</x:v>
       </x:c>
       <x:c r="I42" s="16" t="s">
-        <x:v>118</x:v>
+        <x:v>109</x:v>
       </x:c>
       <x:c r="J42" s="14" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="K42" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L42" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M42" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N42" s="15" t="n">
         <x:v>21040</x:v>
       </x:c>
       <x:c r="O42" s="14" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="P42" s="14" t="s">
-        <x:v>119</x:v>
+        <x:v>110</x:v>
       </x:c>
       <x:c r="Q42" s="16" t="s">
-        <x:v>120</x:v>
+        <x:v>111</x:v>
       </x:c>
       <x:c r="R42" s="14" t="s">
-        <x:v>121</x:v>
+        <x:v>112</x:v>
       </x:c>
       <x:c r="S42" s="14" t="n">
         <x:v>609363</x:v>
       </x:c>
       <x:c r="T42" s="16" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="U42" s="16" t="s">
         <x:v>129</x:v>
       </x:c>
     </x:row>
     <x:row r="43" spans="1:21">
       <x:c r="A43" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B43" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="C43" s="3" t="n">
         <x:v>40523</x:v>
       </x:c>
       <x:c r="D43" s="3" t="s"/>
       <x:c r="E43" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G43" s="0" t="s">
-        <x:v>95</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="I43" s="4" t="s">
-        <x:v>96</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="J43" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="K43" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L43" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="M43" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N43" s="3" t="n">
         <x:v>21040</x:v>
       </x:c>
       <x:c r="O43" s="0" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="P43" s="0" t="s">
-        <x:v>97</x:v>
+        <x:v>85</x:v>
       </x:c>
       <x:c r="Q43" s="4" t="s">
-        <x:v>98</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="R43" s="0" t="s">
-        <x:v>99</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="S43" s="0" t="n">
         <x:v>554259</x:v>
       </x:c>
       <x:c r="T43" s="4" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="U43" s="4" t="s">
         <x:v>34</x:v>
       </x:c>
     </x:row>
     <x:row r="44" spans="1:21">
       <x:c r="A44" s="13" t="s">
-        <x:v>82</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="B44" s="14" t="s">
         <x:v>130</x:v>
       </x:c>
       <x:c r="C44" s="15" t="n">
         <x:v>38093</x:v>
       </x:c>
       <x:c r="D44" s="15" t="s"/>
       <x:c r="E44" s="14" t="s">
-        <x:v>84</x:v>
+        <x:v>90</x:v>
       </x:c>
       <x:c r="F44" s="14" t="s">
-        <x:v>85</x:v>
+        <x:v>91</x:v>
       </x:c>
       <x:c r="G44" s="14" t="s">
         <x:v>103</x:v>
       </x:c>
       <x:c r="H44" s="14" t="s">
-        <x:v>86</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="I44" s="16" t="s">
         <x:v>104</x:v>
       </x:c>
       <x:c r="J44" s="14" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="K44" s="14" t="s">
-        <x:v>87</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="L44" s="14" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="M44" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N44" s="15" t="n">
         <x:v>12598</x:v>
       </x:c>
       <x:c r="O44" s="14" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="P44" s="14" t="s">
         <x:v>103</x:v>
       </x:c>
       <x:c r="Q44" s="16" t="s">
         <x:v>104</x:v>
       </x:c>
       <x:c r="R44" s="14" t="s">
         <x:v>105</x:v>
       </x:c>
       <x:c r="S44" s="14" t="n">
         <x:v>583517</x:v>
       </x:c>
       <x:c r="T44" s="16" t="s">
         <x:v>131</x:v>
       </x:c>
       <x:c r="U44" s="16" t="s">
         <x:v>132</x:v>
       </x:c>
     </x:row>
     <x:row r="45" spans="1:21">
       <x:c r="A45" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B45" s="0" t="s">
-        <x:v>115</x:v>
+        <x:v>106</x:v>
       </x:c>
       <x:c r="C45" s="3" t="n">
         <x:v>40523</x:v>
       </x:c>
       <x:c r="D45" s="3" t="s"/>
       <x:c r="E45" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G45" s="0" t="s">
-        <x:v>116</x:v>
+        <x:v>107</x:v>
       </x:c>
       <x:c r="H45" s="0" t="s">
-        <x:v>117</x:v>
+        <x:v>108</x:v>
       </x:c>
       <x:c r="I45" s="4" t="s">
-        <x:v>118</x:v>
+        <x:v>109</x:v>
       </x:c>
       <x:c r="J45" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="K45" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L45" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M45" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N45" s="3" t="n">
         <x:v>21040</x:v>
       </x:c>
       <x:c r="O45" s="0" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="P45" s="0" t="s">
-        <x:v>119</x:v>
+        <x:v>110</x:v>
       </x:c>
       <x:c r="Q45" s="4" t="s">
-        <x:v>120</x:v>
+        <x:v>111</x:v>
       </x:c>
       <x:c r="R45" s="0" t="s">
-        <x:v>121</x:v>
+        <x:v>112</x:v>
       </x:c>
       <x:c r="S45" s="0" t="n">
         <x:v>609362</x:v>
       </x:c>
       <x:c r="T45" s="4" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="U45" s="4" t="s">
         <x:v>129</x:v>
       </x:c>
     </x:row>
     <x:row r="46" spans="1:21">
       <x:c r="A46" s="13" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="B46" s="14" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="C46" s="15" t="n">
         <x:v>38316</x:v>
       </x:c>
       <x:c r="D46" s="15" t="s"/>
       <x:c r="E46" s="14" t="s"/>
       <x:c r="F46" s="14" t="s"/>
       <x:c r="G46" s="14" t="s">
         <x:v>133</x:v>
       </x:c>
       <x:c r="H46" s="14" t="s"/>
       <x:c r="I46" s="16" t="s">
-        <x:v>98</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="J46" s="14" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="K46" s="14" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="L46" s="14" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="M46" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N46" s="15" t="n">
         <x:v>21052</x:v>
       </x:c>
       <x:c r="O46" s="14" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="P46" s="14" t="s">
         <x:v>134</x:v>
       </x:c>
       <x:c r="Q46" s="16" t="s">
-        <x:v>98</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="R46" s="14" t="s">
-        <x:v>99</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="S46" s="14" t="n">
         <x:v>596658</x:v>
       </x:c>
       <x:c r="T46" s="16" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="U46" s="16" t="s">
         <x:v>36</x:v>
       </x:c>
     </x:row>
     <x:row r="47" spans="1:21">
       <x:c r="A47" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B47" s="0" t="s">
-        <x:v>115</x:v>
+        <x:v>106</x:v>
       </x:c>
       <x:c r="C47" s="3" t="n">
         <x:v>40523</x:v>
       </x:c>
       <x:c r="D47" s="3" t="s"/>
       <x:c r="E47" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G47" s="0" t="s">
-        <x:v>116</x:v>
+        <x:v>107</x:v>
       </x:c>
       <x:c r="H47" s="0" t="s">
-        <x:v>117</x:v>
+        <x:v>108</x:v>
       </x:c>
       <x:c r="I47" s="4" t="s">
-        <x:v>118</x:v>
+        <x:v>109</x:v>
       </x:c>
       <x:c r="J47" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="K47" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L47" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M47" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N47" s="3" t="n">
         <x:v>21040</x:v>
       </x:c>
       <x:c r="O47" s="0" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="P47" s="0" t="s">
-        <x:v>119</x:v>
+        <x:v>110</x:v>
       </x:c>
       <x:c r="Q47" s="4" t="s">
-        <x:v>120</x:v>
+        <x:v>111</x:v>
       </x:c>
       <x:c r="R47" s="0" t="s">
-        <x:v>121</x:v>
+        <x:v>112</x:v>
       </x:c>
       <x:c r="S47" s="0" t="n">
         <x:v>548850</x:v>
       </x:c>
       <x:c r="T47" s="4" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="U47" s="4" t="s">
-        <x:v>124</x:v>
+        <x:v>127</x:v>
       </x:c>
     </x:row>
     <x:row r="48" spans="1:21">
       <x:c r="A48" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B48" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="C48" s="15" t="n">
         <x:v>40523</x:v>
       </x:c>
       <x:c r="D48" s="15" t="s"/>
       <x:c r="E48" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F48" s="14" t="s"/>
       <x:c r="G48" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="H48" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="I48" s="16" t="s">
         <x:v>40</x:v>
@@ -4199,82 +4198,82 @@
         <x:v>595401</x:v>
       </x:c>
       <x:c r="T49" s="4" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="U49" s="4" t="s">
         <x:v>36</x:v>
       </x:c>
     </x:row>
     <x:row r="50" spans="1:21">
       <x:c r="A50" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B50" s="14" t="s">
         <x:v>138</x:v>
       </x:c>
       <x:c r="C50" s="15" t="n">
         <x:v>39667</x:v>
       </x:c>
       <x:c r="D50" s="15" t="s"/>
       <x:c r="E50" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F50" s="14" t="s"/>
       <x:c r="G50" s="14" t="s">
-        <x:v>95</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="H50" s="14" t="s"/>
       <x:c r="I50" s="16" t="s">
-        <x:v>96</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="J50" s="14" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="K50" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L50" s="14" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="M50" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N50" s="15" t="n">
         <x:v>21083</x:v>
       </x:c>
       <x:c r="O50" s="14" t="s">
         <x:v>139</x:v>
       </x:c>
       <x:c r="P50" s="14" t="s">
-        <x:v>97</x:v>
+        <x:v>85</x:v>
       </x:c>
       <x:c r="Q50" s="16" t="s">
-        <x:v>98</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="R50" s="14" t="s">
-        <x:v>99</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="S50" s="14" t="n">
         <x:v>554273</x:v>
       </x:c>
       <x:c r="T50" s="16" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="U50" s="16" t="s">
         <x:v>47</x:v>
       </x:c>
     </x:row>
     <x:row r="51" spans="1:21">
       <x:c r="A51" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B51" s="0" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="C51" s="3" t="n">
         <x:v>38316</x:v>
       </x:c>
       <x:c r="D51" s="3" t="s"/>
       <x:c r="E51" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
@@ -4415,79 +4414,79 @@
       </x:c>
       <x:c r="O53" s="0" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="P53" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="Q53" s="4" t="s">
         <x:v>146</x:v>
       </x:c>
       <x:c r="R53" s="0" t="s">
         <x:v>147</x:v>
       </x:c>
       <x:c r="S53" s="0" t="n">
         <x:v>595399</x:v>
       </x:c>
       <x:c r="T53" s="4" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="U53" s="4" t="s">
         <x:v>36</x:v>
       </x:c>
     </x:row>
     <x:row r="54" spans="1:21">
       <x:c r="A54" s="13" t="s">
-        <x:v>82</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="B54" s="14" t="s">
-        <x:v>83</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="C54" s="15" t="n">
         <x:v>38093</x:v>
       </x:c>
       <x:c r="D54" s="15" t="s"/>
       <x:c r="E54" s="14" t="s">
-        <x:v>84</x:v>
+        <x:v>90</x:v>
       </x:c>
       <x:c r="F54" s="14" t="s">
-        <x:v>85</x:v>
+        <x:v>91</x:v>
       </x:c>
       <x:c r="G54" s="14" t="s">
         <x:v>148</x:v>
       </x:c>
       <x:c r="H54" s="14" t="s">
         <x:v>149</x:v>
       </x:c>
       <x:c r="I54" s="16" t="s">
         <x:v>150</x:v>
       </x:c>
       <x:c r="J54" s="14" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="K54" s="14" t="s">
-        <x:v>87</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="L54" s="14" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="M54" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N54" s="15" t="n">
         <x:v>12598</x:v>
       </x:c>
       <x:c r="O54" s="14" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="P54" s="14" t="s">
         <x:v>151</x:v>
       </x:c>
       <x:c r="Q54" s="16" t="s">
         <x:v>152</x:v>
       </x:c>
       <x:c r="R54" s="14" t="s">
         <x:v>153</x:v>
       </x:c>
       <x:c r="S54" s="14" t="n">
         <x:v>583538</x:v>
       </x:c>
@@ -4594,51 +4593,51 @@
       <x:c r="M56" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N56" s="15" t="n">
         <x:v>21052</x:v>
       </x:c>
       <x:c r="O56" s="14" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="P56" s="14" t="s">
         <x:v>159</x:v>
       </x:c>
       <x:c r="Q56" s="16" t="s">
         <x:v>146</x:v>
       </x:c>
       <x:c r="R56" s="14" t="s">
         <x:v>147</x:v>
       </x:c>
       <x:c r="S56" s="14" t="n">
         <x:v>600439</x:v>
       </x:c>
       <x:c r="T56" s="16" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="U56" s="16" t="s">
-        <x:v>93</x:v>
+        <x:v>99</x:v>
       </x:c>
     </x:row>
     <x:row r="57" spans="1:21">
       <x:c r="A57" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B57" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="C57" s="3" t="n">
         <x:v>38076</x:v>
       </x:c>
       <x:c r="D57" s="3" t="s"/>
       <x:c r="E57" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G57" s="0" t="s">
         <x:v>160</x:v>
       </x:c>
       <x:c r="H57" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="I57" s="4" t="s">
         <x:v>144</x:v>
       </x:c>
@@ -4882,79 +4881,79 @@
       </x:c>
       <x:c r="O61" s="0" t="s">
         <x:v>169</x:v>
       </x:c>
       <x:c r="P61" s="0" t="s">
         <x:v>162</x:v>
       </x:c>
       <x:c r="Q61" s="4" t="s">
         <x:v>163</x:v>
       </x:c>
       <x:c r="R61" s="0" t="s">
         <x:v>165</x:v>
       </x:c>
       <x:c r="S61" s="0" t="n">
         <x:v>592949</x:v>
       </x:c>
       <x:c r="T61" s="4" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="U61" s="4" t="s">
         <x:v>34</x:v>
       </x:c>
     </x:row>
     <x:row r="62" spans="1:21">
       <x:c r="A62" s="13" t="s">
-        <x:v>82</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="B62" s="14" t="s">
-        <x:v>83</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="C62" s="15" t="n">
         <x:v>38093</x:v>
       </x:c>
       <x:c r="D62" s="15" t="s"/>
       <x:c r="E62" s="14" t="s">
-        <x:v>84</x:v>
+        <x:v>90</x:v>
       </x:c>
       <x:c r="F62" s="14" t="s">
-        <x:v>85</x:v>
+        <x:v>91</x:v>
       </x:c>
       <x:c r="G62" s="14" t="s">
         <x:v>148</x:v>
       </x:c>
       <x:c r="H62" s="14" t="s">
         <x:v>149</x:v>
       </x:c>
       <x:c r="I62" s="16" t="s">
         <x:v>150</x:v>
       </x:c>
       <x:c r="J62" s="14" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="K62" s="14" t="s">
-        <x:v>87</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="L62" s="14" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="M62" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N62" s="15" t="n">
         <x:v>12598</x:v>
       </x:c>
       <x:c r="O62" s="14" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="P62" s="14" t="s">
         <x:v>148</x:v>
       </x:c>
       <x:c r="Q62" s="16" t="s">
         <x:v>150</x:v>
       </x:c>
       <x:c r="R62" s="14" t="s">
         <x:v>158</x:v>
       </x:c>
       <x:c r="S62" s="14" t="n">
         <x:v>583536</x:v>
       </x:c>
@@ -5352,51 +5351,51 @@
       <x:c r="L69" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="M69" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N69" s="3" t="n">
         <x:v>21052</x:v>
       </x:c>
       <x:c r="O69" s="0" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="P69" s="0" t="s">
         <x:v>159</x:v>
       </x:c>
       <x:c r="Q69" s="4" t="s">
         <x:v>146</x:v>
       </x:c>
       <x:c r="R69" s="0" t="s">
         <x:v>147</x:v>
       </x:c>
       <x:c r="S69" s="0" t="n">
         <x:v>497672</x:v>
       </x:c>
       <x:c r="T69" s="4" t="s">
-        <x:v>91</x:v>
+        <x:v>97</x:v>
       </x:c>
       <x:c r="U69" s="4" t="s">
         <x:v>180</x:v>
       </x:c>
     </x:row>
     <x:row r="70" spans="1:21">
       <x:c r="A70" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B70" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="C70" s="15" t="n">
         <x:v>40523</x:v>
       </x:c>
       <x:c r="D70" s="15" t="s"/>
       <x:c r="E70" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F70" s="14" t="s"/>
       <x:c r="G70" s="14" t="s">
         <x:v>140</x:v>
       </x:c>
       <x:c r="H70" s="14" t="s">
         <x:v>25</x:v>
@@ -5602,79 +5601,79 @@
       </x:c>
       <x:c r="O73" s="0" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="P73" s="0" t="s">
         <x:v>140</x:v>
       </x:c>
       <x:c r="Q73" s="4" t="s">
         <x:v>141</x:v>
       </x:c>
       <x:c r="R73" s="0" t="s">
         <x:v>142</x:v>
       </x:c>
       <x:c r="S73" s="0" t="n">
         <x:v>599638</x:v>
       </x:c>
       <x:c r="T73" s="4" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="U73" s="4" t="s">
         <x:v>36</x:v>
       </x:c>
     </x:row>
     <x:row r="74" spans="1:21">
       <x:c r="A74" s="13" t="s">
-        <x:v>82</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="B74" s="14" t="s">
-        <x:v>83</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="C74" s="15" t="n">
         <x:v>38093</x:v>
       </x:c>
       <x:c r="D74" s="15" t="s"/>
       <x:c r="E74" s="14" t="s">
-        <x:v>84</x:v>
+        <x:v>90</x:v>
       </x:c>
       <x:c r="F74" s="14" t="s">
-        <x:v>85</x:v>
+        <x:v>91</x:v>
       </x:c>
       <x:c r="G74" s="14" t="s">
         <x:v>148</x:v>
       </x:c>
       <x:c r="H74" s="14" t="s">
         <x:v>149</x:v>
       </x:c>
       <x:c r="I74" s="16" t="s">
         <x:v>150</x:v>
       </x:c>
       <x:c r="J74" s="14" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="K74" s="14" t="s">
-        <x:v>87</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="L74" s="14" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="M74" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N74" s="15" t="n">
         <x:v>12598</x:v>
       </x:c>
       <x:c r="O74" s="14" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="P74" s="14" t="s">
         <x:v>148</x:v>
       </x:c>
       <x:c r="Q74" s="16" t="s">
         <x:v>150</x:v>
       </x:c>
       <x:c r="R74" s="14" t="s">
         <x:v>166</x:v>
       </x:c>
       <x:c r="S74" s="14" t="n">
         <x:v>583537</x:v>
       </x:c>
@@ -6314,51 +6313,51 @@
       <x:c r="M85" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N85" s="3" t="n">
         <x:v>21040</x:v>
       </x:c>
       <x:c r="O85" s="0" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="P85" s="0" t="s">
         <x:v>159</x:v>
       </x:c>
       <x:c r="Q85" s="4" t="s">
         <x:v>146</x:v>
       </x:c>
       <x:c r="R85" s="0" t="s">
         <x:v>147</x:v>
       </x:c>
       <x:c r="S85" s="0" t="n">
         <x:v>600441</x:v>
       </x:c>
       <x:c r="T85" s="4" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="U85" s="4" t="s">
-        <x:v>93</x:v>
+        <x:v>99</x:v>
       </x:c>
     </x:row>
     <x:row r="86" spans="1:21">
       <x:c r="A86" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B86" s="14" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="C86" s="15" t="n">
         <x:v>38093</x:v>
       </x:c>
       <x:c r="D86" s="15" t="s"/>
       <x:c r="E86" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F86" s="14" t="s"/>
       <x:c r="G86" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="H86" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="I86" s="16" t="s">
         <x:v>40</x:v>
@@ -6604,51 +6603,51 @@
       <x:c r="L90" s="14" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="M90" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N90" s="15" t="n">
         <x:v>21040</x:v>
       </x:c>
       <x:c r="O90" s="14" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="P90" s="14" t="s">
         <x:v>159</x:v>
       </x:c>
       <x:c r="Q90" s="16" t="s">
         <x:v>146</x:v>
       </x:c>
       <x:c r="R90" s="14" t="s">
         <x:v>147</x:v>
       </x:c>
       <x:c r="S90" s="14" t="n">
         <x:v>497667</x:v>
       </x:c>
       <x:c r="T90" s="16" t="s">
-        <x:v>91</x:v>
+        <x:v>97</x:v>
       </x:c>
       <x:c r="U90" s="16" t="s">
         <x:v>180</x:v>
       </x:c>
     </x:row>
     <x:row r="91" spans="1:21">
       <x:c r="A91" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B91" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="C91" s="3" t="n">
         <x:v>38076</x:v>
       </x:c>
       <x:c r="D91" s="3" t="s"/>
       <x:c r="E91" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G91" s="0" t="s">
         <x:v>160</x:v>
       </x:c>
       <x:c r="H91" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
@@ -6733,192 +6732,189 @@
       </x:c>
       <x:c r="O92" s="14" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="P92" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="Q92" s="16" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="R92" s="14" t="s">
         <x:v>188</x:v>
       </x:c>
       <x:c r="S92" s="14" t="n">
         <x:v>605818</x:v>
       </x:c>
       <x:c r="T92" s="16" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="U92" s="16" t="s">
         <x:v>36</x:v>
       </x:c>
     </x:row>
     <x:row r="93" spans="1:21">
       <x:c r="A93" s="1" t="s">
-        <x:v>21</x:v>
+        <x:v>59</x:v>
       </x:c>
       <x:c r="B93" s="0" t="s">
-        <x:v>53</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>168</x:v>
+      </x:c>
+      <x:c r="C93" s="3" t="s"/>
       <x:c r="D93" s="3" t="s"/>
-      <x:c r="E93" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="G93" s="0" t="s">
-        <x:v>38</x:v>
-[...2 lines deleted...]
-        <x:v>39</x:v>
+        <x:v>189</x:v>
       </x:c>
       <x:c r="I93" s="4" t="s">
-        <x:v>40</x:v>
-[...2 lines deleted...]
-        <x:v>54</x:v>
+        <x:v>190</x:v>
       </x:c>
       <x:c r="K93" s="0" t="s">
-        <x:v>28</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="L93" s="0" t="s">
-        <x:v>29</x:v>
+        <x:v>50</x:v>
       </x:c>
       <x:c r="M93" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N93" s="3" t="n">
-        <x:v>12598</x:v>
+        <x:v>12233</x:v>
       </x:c>
       <x:c r="O93" s="0" t="s">
-        <x:v>55</x:v>
+        <x:v>169</x:v>
       </x:c>
       <x:c r="P93" s="0" t="s">
-        <x:v>38</x:v>
+        <x:v>189</x:v>
       </x:c>
       <x:c r="Q93" s="4" t="s">
-        <x:v>40</x:v>
+        <x:v>190</x:v>
       </x:c>
       <x:c r="R93" s="0" t="s">
-        <x:v>188</x:v>
+        <x:v>191</x:v>
       </x:c>
       <x:c r="S93" s="0" t="n">
-        <x:v>549860</x:v>
+        <x:v>592948</x:v>
       </x:c>
       <x:c r="T93" s="4" t="s">
-        <x:v>33</x:v>
+        <x:v>35</x:v>
       </x:c>
       <x:c r="U93" s="4" t="s">
         <x:v>34</x:v>
       </x:c>
     </x:row>
     <x:row r="94" spans="1:21">
       <x:c r="A94" s="13" t="s">
-        <x:v>59</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B94" s="14" t="s">
-        <x:v>168</x:v>
-[...1 lines deleted...]
-      <x:c r="C94" s="15" t="s"/>
+        <x:v>53</x:v>
+      </x:c>
+      <x:c r="C94" s="15" t="n">
+        <x:v>38093</x:v>
+      </x:c>
       <x:c r="D94" s="15" t="s"/>
-      <x:c r="E94" s="14" t="s"/>
+      <x:c r="E94" s="14" t="s">
+        <x:v>23</x:v>
+      </x:c>
       <x:c r="F94" s="14" t="s"/>
       <x:c r="G94" s="14" t="s">
-        <x:v>189</x:v>
-[...1 lines deleted...]
-      <x:c r="H94" s="14" t="s"/>
+        <x:v>38</x:v>
+      </x:c>
+      <x:c r="H94" s="14" t="s">
+        <x:v>39</x:v>
+      </x:c>
       <x:c r="I94" s="16" t="s">
-        <x:v>190</x:v>
-[...1 lines deleted...]
-      <x:c r="J94" s="14" t="s"/>
+        <x:v>40</x:v>
+      </x:c>
+      <x:c r="J94" s="14" t="s">
+        <x:v>54</x:v>
+      </x:c>
       <x:c r="K94" s="14" t="s">
-        <x:v>63</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="L94" s="14" t="s">
-        <x:v>50</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="M94" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N94" s="15" t="n">
-        <x:v>12233</x:v>
+        <x:v>12598</x:v>
       </x:c>
       <x:c r="O94" s="14" t="s">
-        <x:v>169</x:v>
+        <x:v>55</x:v>
       </x:c>
       <x:c r="P94" s="14" t="s">
-        <x:v>189</x:v>
+        <x:v>38</x:v>
       </x:c>
       <x:c r="Q94" s="16" t="s">
-        <x:v>190</x:v>
+        <x:v>40</x:v>
       </x:c>
       <x:c r="R94" s="14" t="s">
-        <x:v>191</x:v>
+        <x:v>188</x:v>
       </x:c>
       <x:c r="S94" s="14" t="n">
-        <x:v>592948</x:v>
+        <x:v>549860</x:v>
       </x:c>
       <x:c r="T94" s="16" t="s">
-        <x:v>35</x:v>
+        <x:v>33</x:v>
       </x:c>
       <x:c r="U94" s="16" t="s">
         <x:v>34</x:v>
       </x:c>
     </x:row>
     <x:row r="95" spans="1:21">
       <x:c r="A95" s="1" t="s">
-        <x:v>82</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="B95" s="0" t="s">
-        <x:v>83</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="C95" s="3" t="n">
         <x:v>38093</x:v>
       </x:c>
       <x:c r="D95" s="3" t="s"/>
       <x:c r="E95" s="0" t="s">
-        <x:v>84</x:v>
+        <x:v>90</x:v>
       </x:c>
       <x:c r="F95" s="0" t="s">
-        <x:v>85</x:v>
+        <x:v>91</x:v>
       </x:c>
       <x:c r="G95" s="0" t="s">
         <x:v>192</x:v>
       </x:c>
       <x:c r="H95" s="0" t="s">
-        <x:v>86</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="I95" s="4" t="s">
         <x:v>193</x:v>
       </x:c>
       <x:c r="J95" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="K95" s="0" t="s">
-        <x:v>87</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="L95" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="M95" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N95" s="3" t="n">
         <x:v>12598</x:v>
       </x:c>
       <x:c r="O95" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="P95" s="0" t="s">
         <x:v>192</x:v>
       </x:c>
       <x:c r="Q95" s="4" t="s">
         <x:v>193</x:v>
       </x:c>
       <x:c r="R95" s="0" t="s">
         <x:v>188</x:v>
       </x:c>
       <x:c r="S95" s="0" t="n">
         <x:v>583521</x:v>
       </x:c>
@@ -7083,73 +7079,73 @@
       </x:c>
       <x:c r="O98" s="14" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="P98" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="Q98" s="16" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="R98" s="14" t="s">
         <x:v>188</x:v>
       </x:c>
       <x:c r="S98" s="14" t="n">
         <x:v>496529</x:v>
       </x:c>
       <x:c r="T98" s="16" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="U98" s="16" t="s">
         <x:v>47</x:v>
       </x:c>
     </x:row>
     <x:row r="99" spans="1:21">
       <x:c r="A99" s="1" t="s">
-        <x:v>82</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="B99" s="0" t="s">
         <x:v>196</x:v>
       </x:c>
       <x:c r="C99" s="3" t="n">
         <x:v>38093</x:v>
       </x:c>
       <x:c r="D99" s="3" t="s"/>
       <x:c r="G99" s="0" t="s">
         <x:v>192</x:v>
       </x:c>
       <x:c r="H99" s="0" t="s">
-        <x:v>86</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="I99" s="4" t="s">
         <x:v>193</x:v>
       </x:c>
       <x:c r="J99" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="K99" s="0" t="s">
-        <x:v>109</x:v>
+        <x:v>121</x:v>
       </x:c>
       <x:c r="L99" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="M99" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N99" s="3" t="n">
         <x:v>12598</x:v>
       </x:c>
       <x:c r="O99" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="P99" s="0" t="s">
         <x:v>192</x:v>
       </x:c>
       <x:c r="Q99" s="4" t="s">
         <x:v>193</x:v>
       </x:c>
       <x:c r="R99" s="0" t="s">
         <x:v>188</x:v>
       </x:c>
       <x:c r="S99" s="0" t="n">
         <x:v>609028</x:v>
       </x:c>
@@ -7331,128 +7327,128 @@
       <x:c r="S102" s="14" t="n">
         <x:v>595404</x:v>
       </x:c>
       <x:c r="T102" s="16" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="U102" s="16" t="s">
         <x:v>36</x:v>
       </x:c>
     </x:row>
     <x:row r="103" spans="1:21">
       <x:c r="A103" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B103" s="0" t="s">
         <x:v>201</x:v>
       </x:c>
       <x:c r="C103" s="3" t="n">
         <x:v>40523</x:v>
       </x:c>
       <x:c r="D103" s="3" t="s"/>
       <x:c r="E103" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G103" s="0" t="s">
-        <x:v>116</x:v>
+        <x:v>107</x:v>
       </x:c>
       <x:c r="H103" s="0" t="s">
-        <x:v>117</x:v>
+        <x:v>108</x:v>
       </x:c>
       <x:c r="I103" s="4" t="s">
-        <x:v>118</x:v>
+        <x:v>109</x:v>
       </x:c>
       <x:c r="J103" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="K103" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L103" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M103" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N103" s="3" t="n">
         <x:v>21040</x:v>
       </x:c>
       <x:c r="O103" s="0" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="P103" s="0" t="s">
         <x:v>202</x:v>
       </x:c>
       <x:c r="Q103" s="4" t="s">
         <x:v>203</x:v>
       </x:c>
       <x:c r="R103" s="0" t="s">
         <x:v>204</x:v>
       </x:c>
       <x:c r="S103" s="0" t="n">
         <x:v>548668</x:v>
       </x:c>
       <x:c r="T103" s="4" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="U103" s="4" t="s">
-        <x:v>122</x:v>
+        <x:v>113</x:v>
       </x:c>
     </x:row>
     <x:row r="104" spans="1:21">
       <x:c r="A104" s="13" t="s">
-        <x:v>82</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="B104" s="14" t="s">
         <x:v>205</x:v>
       </x:c>
       <x:c r="C104" s="15" t="n">
         <x:v>39667</x:v>
       </x:c>
       <x:c r="D104" s="15" t="s"/>
       <x:c r="E104" s="14" t="s"/>
       <x:c r="F104" s="14" t="s"/>
       <x:c r="G104" s="14" t="s">
         <x:v>206</x:v>
       </x:c>
       <x:c r="H104" s="14" t="s">
         <x:v>207</x:v>
       </x:c>
       <x:c r="I104" s="16" t="s">
         <x:v>203</x:v>
       </x:c>
       <x:c r="J104" s="14" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="K104" s="14" t="s">
-        <x:v>109</x:v>
+        <x:v>121</x:v>
       </x:c>
       <x:c r="L104" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M104" s="14" t="s">
-        <x:v>88</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="N104" s="15" t="n">
         <x:v>21083</x:v>
       </x:c>
       <x:c r="O104" s="14" t="s">
         <x:v>139</x:v>
       </x:c>
       <x:c r="P104" s="14" t="s">
         <x:v>206</x:v>
       </x:c>
       <x:c r="Q104" s="16" t="s">
         <x:v>203</x:v>
       </x:c>
       <x:c r="R104" s="14" t="s">
         <x:v>204</x:v>
       </x:c>
       <x:c r="S104" s="14" t="n">
         <x:v>584306</x:v>
       </x:c>
       <x:c r="T104" s="16" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="U104" s="16" t="s">
         <x:v>208</x:v>
       </x:c>
@@ -7468,169 +7464,169 @@
         <x:v>38093</x:v>
       </x:c>
       <x:c r="D105" s="3" t="s"/>
       <x:c r="E105" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G105" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="H105" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="I105" s="4" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="J105" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="K105" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L105" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M105" s="0" t="s">
-        <x:v>88</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="N105" s="3" t="n">
         <x:v>12598</x:v>
       </x:c>
       <x:c r="O105" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="P105" s="0" t="s">
         <x:v>206</x:v>
       </x:c>
       <x:c r="Q105" s="4" t="s">
         <x:v>203</x:v>
       </x:c>
       <x:c r="R105" s="0" t="s">
         <x:v>204</x:v>
       </x:c>
       <x:c r="S105" s="0" t="n">
         <x:v>549796</x:v>
       </x:c>
       <x:c r="T105" s="4" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="U105" s="4" t="s">
         <x:v>34</x:v>
       </x:c>
     </x:row>
     <x:row r="106" spans="1:21">
       <x:c r="A106" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B106" s="14" t="s">
         <x:v>201</x:v>
       </x:c>
       <x:c r="C106" s="15" t="n">
         <x:v>40523</x:v>
       </x:c>
       <x:c r="D106" s="15" t="s"/>
       <x:c r="E106" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F106" s="14" t="s"/>
       <x:c r="G106" s="14" t="s">
-        <x:v>116</x:v>
+        <x:v>107</x:v>
       </x:c>
       <x:c r="H106" s="14" t="s">
-        <x:v>117</x:v>
+        <x:v>108</x:v>
       </x:c>
       <x:c r="I106" s="16" t="s">
-        <x:v>118</x:v>
+        <x:v>109</x:v>
       </x:c>
       <x:c r="J106" s="14" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="K106" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L106" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M106" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N106" s="15" t="n">
         <x:v>21040</x:v>
       </x:c>
       <x:c r="O106" s="14" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="P106" s="14" t="s">
         <x:v>202</x:v>
       </x:c>
       <x:c r="Q106" s="16" t="s">
         <x:v>203</x:v>
       </x:c>
       <x:c r="R106" s="14" t="s">
         <x:v>204</x:v>
       </x:c>
       <x:c r="S106" s="14" t="n">
         <x:v>454908</x:v>
       </x:c>
       <x:c r="T106" s="16" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="U106" s="16" t="s">
         <x:v>209</x:v>
       </x:c>
     </x:row>
     <x:row r="107" spans="1:21">
       <x:c r="A107" s="1" t="s">
-        <x:v>82</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="B107" s="0" t="s">
-        <x:v>83</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="C107" s="3" t="n">
         <x:v>38093</x:v>
       </x:c>
       <x:c r="D107" s="3" t="s"/>
       <x:c r="E107" s="0" t="s">
-        <x:v>84</x:v>
+        <x:v>90</x:v>
       </x:c>
       <x:c r="F107" s="0" t="s">
-        <x:v>85</x:v>
+        <x:v>91</x:v>
       </x:c>
       <x:c r="G107" s="0" t="s">
         <x:v>210</x:v>
       </x:c>
       <x:c r="H107" s="0" t="s">
         <x:v>149</x:v>
       </x:c>
       <x:c r="I107" s="4" t="s">
         <x:v>211</x:v>
       </x:c>
       <x:c r="J107" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="K107" s="0" t="s">
-        <x:v>87</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="L107" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="M107" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N107" s="3" t="n">
         <x:v>12598</x:v>
       </x:c>
       <x:c r="O107" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="P107" s="0" t="s">
         <x:v>206</x:v>
       </x:c>
       <x:c r="Q107" s="4" t="s">
         <x:v>203</x:v>
       </x:c>
       <x:c r="R107" s="0" t="s">
         <x:v>204</x:v>
       </x:c>
       <x:c r="S107" s="0" t="n">
         <x:v>583942</x:v>
       </x:c>
@@ -7653,51 +7649,51 @@
       </x:c>
       <x:c r="D108" s="15" t="s"/>
       <x:c r="E108" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F108" s="14" t="s"/>
       <x:c r="G108" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="H108" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="I108" s="16" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="J108" s="14" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="K108" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L108" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M108" s="14" t="s">
-        <x:v>88</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="N108" s="15" t="n">
         <x:v>15479</x:v>
       </x:c>
       <x:c r="O108" s="14" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="P108" s="14" t="s">
         <x:v>213</x:v>
       </x:c>
       <x:c r="Q108" s="16" t="s">
         <x:v>203</x:v>
       </x:c>
       <x:c r="R108" s="14" t="s">
         <x:v>204</x:v>
       </x:c>
       <x:c r="S108" s="14" t="n">
         <x:v>605793</x:v>
       </x:c>
       <x:c r="T108" s="16" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="U108" s="16" t="s">
         <x:v>75</x:v>
       </x:c>
@@ -7774,51 +7770,51 @@
       </x:c>
       <x:c r="D110" s="15" t="s"/>
       <x:c r="E110" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F110" s="14" t="s"/>
       <x:c r="G110" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="H110" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="I110" s="16" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="J110" s="14" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="K110" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L110" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M110" s="14" t="s">
-        <x:v>88</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="N110" s="15" t="n">
         <x:v>15479</x:v>
       </x:c>
       <x:c r="O110" s="14" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="P110" s="14" t="s">
         <x:v>213</x:v>
       </x:c>
       <x:c r="Q110" s="16" t="s">
         <x:v>203</x:v>
       </x:c>
       <x:c r="R110" s="14" t="s">
         <x:v>204</x:v>
       </x:c>
       <x:c r="S110" s="14" t="n">
         <x:v>549817</x:v>
       </x:c>
       <x:c r="T110" s="16" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="U110" s="16" t="s">
         <x:v>36</x:v>
       </x:c>
@@ -7834,51 +7830,51 @@
         <x:v>38093</x:v>
       </x:c>
       <x:c r="D111" s="3" t="s"/>
       <x:c r="E111" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G111" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="H111" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="I111" s="4" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="J111" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="K111" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L111" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M111" s="0" t="s">
-        <x:v>88</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="N111" s="3" t="n">
         <x:v>12598</x:v>
       </x:c>
       <x:c r="O111" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="P111" s="0" t="s">
         <x:v>206</x:v>
       </x:c>
       <x:c r="Q111" s="4" t="s">
         <x:v>203</x:v>
       </x:c>
       <x:c r="R111" s="0" t="s">
         <x:v>204</x:v>
       </x:c>
       <x:c r="S111" s="0" t="n">
         <x:v>606808</x:v>
       </x:c>
       <x:c r="T111" s="4" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="U111" s="4" t="s">
         <x:v>36</x:v>
       </x:c>
@@ -7955,51 +7951,51 @@
         <x:v>39667</x:v>
       </x:c>
       <x:c r="D113" s="3" t="s"/>
       <x:c r="E113" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G113" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="H113" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="I113" s="4" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="J113" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="K113" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L113" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M113" s="0" t="s">
-        <x:v>88</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="N113" s="3" t="n">
         <x:v>21083</x:v>
       </x:c>
       <x:c r="O113" s="0" t="s">
         <x:v>139</x:v>
       </x:c>
       <x:c r="P113" s="0" t="s">
         <x:v>213</x:v>
       </x:c>
       <x:c r="Q113" s="4" t="s">
         <x:v>203</x:v>
       </x:c>
       <x:c r="R113" s="0" t="s">
         <x:v>204</x:v>
       </x:c>
       <x:c r="S113" s="0" t="n">
         <x:v>605872</x:v>
       </x:c>
       <x:c r="T113" s="4" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="U113" s="4" t="s">
         <x:v>34</x:v>
       </x:c>
@@ -8162,200 +8158,200 @@
       </x:c>
       <x:c r="O116" s="14" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="P116" s="14" t="s">
         <x:v>213</x:v>
       </x:c>
       <x:c r="Q116" s="16" t="s">
         <x:v>203</x:v>
       </x:c>
       <x:c r="R116" s="14" t="s">
         <x:v>204</x:v>
       </x:c>
       <x:c r="S116" s="14" t="n">
         <x:v>549889</x:v>
       </x:c>
       <x:c r="T116" s="16" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="U116" s="16" t="s">
         <x:v>34</x:v>
       </x:c>
     </x:row>
     <x:row r="117" spans="1:21">
       <x:c r="A117" s="1" t="s">
-        <x:v>82</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="B117" s="0" t="s">
-        <x:v>83</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="C117" s="3" t="n">
         <x:v>38093</x:v>
       </x:c>
       <x:c r="D117" s="3" t="s"/>
       <x:c r="G117" s="0" t="s">
         <x:v>206</x:v>
       </x:c>
       <x:c r="H117" s="0" t="s">
         <x:v>207</x:v>
       </x:c>
       <x:c r="I117" s="4" t="s">
         <x:v>203</x:v>
       </x:c>
       <x:c r="J117" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="K117" s="0" t="s">
-        <x:v>109</x:v>
+        <x:v>121</x:v>
       </x:c>
       <x:c r="L117" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M117" s="0" t="s">
-        <x:v>88</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="N117" s="3" t="n">
         <x:v>12598</x:v>
       </x:c>
       <x:c r="O117" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="P117" s="0" t="s">
         <x:v>206</x:v>
       </x:c>
       <x:c r="Q117" s="4" t="s">
         <x:v>203</x:v>
       </x:c>
       <x:c r="R117" s="0" t="s">
         <x:v>204</x:v>
       </x:c>
       <x:c r="S117" s="0" t="n">
         <x:v>584302</x:v>
       </x:c>
       <x:c r="T117" s="4" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="U117" s="4" t="s">
         <x:v>208</x:v>
       </x:c>
     </x:row>
     <x:row r="118" spans="1:21">
       <x:c r="A118" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B118" s="14" t="s">
         <x:v>201</x:v>
       </x:c>
       <x:c r="C118" s="15" t="n">
         <x:v>40523</x:v>
       </x:c>
       <x:c r="D118" s="15" t="s"/>
       <x:c r="E118" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F118" s="14" t="s"/>
       <x:c r="G118" s="14" t="s">
-        <x:v>116</x:v>
+        <x:v>107</x:v>
       </x:c>
       <x:c r="H118" s="14" t="s">
-        <x:v>117</x:v>
+        <x:v>108</x:v>
       </x:c>
       <x:c r="I118" s="16" t="s">
-        <x:v>118</x:v>
+        <x:v>109</x:v>
       </x:c>
       <x:c r="J118" s="14" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="K118" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L118" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M118" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N118" s="15" t="n">
         <x:v>21040</x:v>
       </x:c>
       <x:c r="O118" s="14" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="P118" s="14" t="s">
         <x:v>202</x:v>
       </x:c>
       <x:c r="Q118" s="16" t="s">
         <x:v>203</x:v>
       </x:c>
       <x:c r="R118" s="14" t="s">
         <x:v>204</x:v>
       </x:c>
       <x:c r="S118" s="14" t="n">
         <x:v>498353</x:v>
       </x:c>
       <x:c r="T118" s="16" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="U118" s="16" t="s">
-        <x:v>124</x:v>
+        <x:v>127</x:v>
       </x:c>
     </x:row>
     <x:row r="119" spans="1:21">
       <x:c r="A119" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B119" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="C119" s="3" t="n">
         <x:v>38093</x:v>
       </x:c>
       <x:c r="D119" s="3" t="s"/>
       <x:c r="E119" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G119" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="H119" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="I119" s="4" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="J119" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="K119" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L119" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M119" s="0" t="s">
-        <x:v>88</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="N119" s="3" t="n">
         <x:v>12598</x:v>
       </x:c>
       <x:c r="O119" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="P119" s="0" t="s">
         <x:v>206</x:v>
       </x:c>
       <x:c r="Q119" s="4" t="s">
         <x:v>203</x:v>
       </x:c>
       <x:c r="R119" s="0" t="s">
         <x:v>204</x:v>
       </x:c>
       <x:c r="S119" s="0" t="n">
         <x:v>496401</x:v>
       </x:c>
       <x:c r="T119" s="4" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="U119" s="4" t="s">
         <x:v>47</x:v>
       </x:c>
@@ -8608,51 +8604,51 @@
       </x:c>
       <x:c r="D124" s="15" t="s"/>
       <x:c r="E124" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F124" s="14" t="s"/>
       <x:c r="G124" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="H124" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="I124" s="16" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="J124" s="14" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="K124" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L124" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M124" s="14" t="s">
-        <x:v>88</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="N124" s="15" t="n">
         <x:v>21083</x:v>
       </x:c>
       <x:c r="O124" s="14" t="s">
         <x:v>139</x:v>
       </x:c>
       <x:c r="P124" s="14" t="s">
         <x:v>213</x:v>
       </x:c>
       <x:c r="Q124" s="16" t="s">
         <x:v>203</x:v>
       </x:c>
       <x:c r="R124" s="14" t="s">
         <x:v>204</x:v>
       </x:c>
       <x:c r="S124" s="14" t="n">
         <x:v>549907</x:v>
       </x:c>
       <x:c r="T124" s="16" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="U124" s="16" t="s">
         <x:v>47</x:v>
       </x:c>
@@ -8691,79 +8687,79 @@
       </x:c>
       <x:c r="O125" s="0" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="P125" s="0" t="s">
         <x:v>217</x:v>
       </x:c>
       <x:c r="Q125" s="4" t="s">
         <x:v>211</x:v>
       </x:c>
       <x:c r="R125" s="0" t="s">
         <x:v>218</x:v>
       </x:c>
       <x:c r="S125" s="0" t="n">
         <x:v>592186</x:v>
       </x:c>
       <x:c r="T125" s="4" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="U125" s="4" t="s">
         <x:v>36</x:v>
       </x:c>
     </x:row>
     <x:row r="126" spans="1:21">
       <x:c r="A126" s="13" t="s">
-        <x:v>82</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="B126" s="14" t="s">
-        <x:v>83</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="C126" s="15" t="n">
         <x:v>38093</x:v>
       </x:c>
       <x:c r="D126" s="15" t="s"/>
       <x:c r="E126" s="14" t="s">
-        <x:v>84</x:v>
+        <x:v>90</x:v>
       </x:c>
       <x:c r="F126" s="14" t="s">
-        <x:v>85</x:v>
+        <x:v>91</x:v>
       </x:c>
       <x:c r="G126" s="14" t="s">
         <x:v>210</x:v>
       </x:c>
       <x:c r="H126" s="14" t="s">
         <x:v>149</x:v>
       </x:c>
       <x:c r="I126" s="16" t="s">
         <x:v>211</x:v>
       </x:c>
       <x:c r="J126" s="14" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="K126" s="14" t="s">
-        <x:v>87</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="L126" s="14" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="M126" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N126" s="15" t="n">
         <x:v>12598</x:v>
       </x:c>
       <x:c r="O126" s="14" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="P126" s="14" t="s">
         <x:v>219</x:v>
       </x:c>
       <x:c r="Q126" s="16" t="s">
         <x:v>211</x:v>
       </x:c>
       <x:c r="R126" s="14" t="s">
         <x:v>220</x:v>
       </x:c>
       <x:c r="S126" s="14" t="n">
         <x:v>583941</x:v>
       </x:c>
@@ -8785,51 +8781,51 @@
         <x:v>39667</x:v>
       </x:c>
       <x:c r="D127" s="3" t="s"/>
       <x:c r="E127" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G127" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="H127" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="I127" s="4" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="J127" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="K127" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L127" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M127" s="0" t="s">
-        <x:v>88</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="N127" s="3" t="n">
         <x:v>21083</x:v>
       </x:c>
       <x:c r="O127" s="0" t="s">
         <x:v>139</x:v>
       </x:c>
       <x:c r="P127" s="0" t="s">
         <x:v>219</x:v>
       </x:c>
       <x:c r="Q127" s="4" t="s">
         <x:v>211</x:v>
       </x:c>
       <x:c r="R127" s="0" t="s">
         <x:v>220</x:v>
       </x:c>
       <x:c r="S127" s="0" t="n">
         <x:v>605911</x:v>
       </x:c>
       <x:c r="T127" s="4" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="U127" s="4" t="s">
         <x:v>34</x:v>
       </x:c>
@@ -9111,79 +9107,79 @@
       </x:c>
       <x:c r="O132" s="14" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="P132" s="14" t="s">
         <x:v>219</x:v>
       </x:c>
       <x:c r="Q132" s="16" t="s">
         <x:v>211</x:v>
       </x:c>
       <x:c r="R132" s="14" t="s">
         <x:v>220</x:v>
       </x:c>
       <x:c r="S132" s="14" t="n">
         <x:v>605816</x:v>
       </x:c>
       <x:c r="T132" s="16" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="U132" s="16" t="s">
         <x:v>36</x:v>
       </x:c>
     </x:row>
     <x:row r="133" spans="1:21">
       <x:c r="A133" s="1" t="s">
-        <x:v>82</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="B133" s="0" t="s">
         <x:v>222</x:v>
       </x:c>
       <x:c r="C133" s="3" t="n">
         <x:v>41658</x:v>
       </x:c>
       <x:c r="D133" s="3" t="s"/>
       <x:c r="E133" s="0" t="s">
         <x:v>223</x:v>
       </x:c>
       <x:c r="F133" s="0" t="s">
         <x:v>224</x:v>
       </x:c>
       <x:c r="G133" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="H133" s="0" t="s">
-        <x:v>86</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="I133" s="4" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="J133" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="K133" s="0" t="s">
-        <x:v>87</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="L133" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="M133" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N133" s="3" t="n">
         <x:v>21056</x:v>
       </x:c>
       <x:c r="O133" s="0" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="P133" s="0" t="s">
         <x:v>210</x:v>
       </x:c>
       <x:c r="Q133" s="4" t="s">
         <x:v>211</x:v>
       </x:c>
       <x:c r="R133" s="0" t="s">
         <x:v>220</x:v>
       </x:c>
       <x:c r="S133" s="0" t="n">
         <x:v>613977</x:v>
       </x:c>
@@ -9356,135 +9352,135 @@
       </x:c>
       <x:c r="O136" s="14" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="P136" s="14" t="s">
         <x:v>219</x:v>
       </x:c>
       <x:c r="Q136" s="16" t="s">
         <x:v>211</x:v>
       </x:c>
       <x:c r="R136" s="14" t="s">
         <x:v>220</x:v>
       </x:c>
       <x:c r="S136" s="14" t="n">
         <x:v>605885</x:v>
       </x:c>
       <x:c r="T136" s="16" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="U136" s="16" t="s">
         <x:v>36</x:v>
       </x:c>
     </x:row>
     <x:row r="137" spans="1:21">
       <x:c r="A137" s="1" t="s">
-        <x:v>82</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="B137" s="0" t="s">
         <x:v>227</x:v>
       </x:c>
       <x:c r="C137" s="3" t="n">
         <x:v>38093</x:v>
       </x:c>
       <x:c r="D137" s="3" t="s"/>
       <x:c r="G137" s="0" t="s">
         <x:v>148</x:v>
       </x:c>
       <x:c r="H137" s="0" t="s">
         <x:v>149</x:v>
       </x:c>
       <x:c r="I137" s="4" t="s">
         <x:v>150</x:v>
       </x:c>
       <x:c r="J137" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="K137" s="0" t="s">
-        <x:v>109</x:v>
+        <x:v>121</x:v>
       </x:c>
       <x:c r="L137" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M137" s="0" t="s">
-        <x:v>110</x:v>
+        <x:v>122</x:v>
       </x:c>
       <x:c r="N137" s="3" t="n">
         <x:v>12598</x:v>
       </x:c>
       <x:c r="O137" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="P137" s="0" t="s">
         <x:v>228</x:v>
       </x:c>
       <x:c r="Q137" s="4" t="s">
         <x:v>182</x:v>
       </x:c>
       <x:c r="S137" s="0" t="n">
         <x:v>615318</x:v>
       </x:c>
       <x:c r="T137" s="4" t="s">
         <x:v>229</x:v>
       </x:c>
       <x:c r="U137" s="4" t="s">
         <x:v>230</x:v>
       </x:c>
     </x:row>
     <x:row r="138" spans="1:21">
       <x:c r="A138" s="13" t="s">
-        <x:v>82</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="B138" s="14" t="s">
         <x:v>227</x:v>
       </x:c>
       <x:c r="C138" s="15" t="n">
         <x:v>38093</x:v>
       </x:c>
       <x:c r="D138" s="15" t="s"/>
       <x:c r="E138" s="14" t="s"/>
       <x:c r="F138" s="14" t="s"/>
       <x:c r="G138" s="14" t="s">
         <x:v>148</x:v>
       </x:c>
       <x:c r="H138" s="14" t="s">
         <x:v>149</x:v>
       </x:c>
       <x:c r="I138" s="16" t="s">
         <x:v>150</x:v>
       </x:c>
       <x:c r="J138" s="14" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="K138" s="14" t="s">
-        <x:v>109</x:v>
+        <x:v>121</x:v>
       </x:c>
       <x:c r="L138" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M138" s="14" t="s">
-        <x:v>110</x:v>
+        <x:v>122</x:v>
       </x:c>
       <x:c r="N138" s="15" t="n">
         <x:v>12598</x:v>
       </x:c>
       <x:c r="O138" s="14" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="P138" s="14" t="s">
         <x:v>228</x:v>
       </x:c>
       <x:c r="Q138" s="16" t="s">
         <x:v>182</x:v>
       </x:c>
       <x:c r="R138" s="14" t="s"/>
       <x:c r="S138" s="14" t="n">
         <x:v>615326</x:v>
       </x:c>
       <x:c r="T138" s="16" t="s">
         <x:v>229</x:v>
       </x:c>
       <x:c r="U138" s="16" t="s">
         <x:v>34</x:v>
       </x:c>
     </x:row>
   </x:sheetData>