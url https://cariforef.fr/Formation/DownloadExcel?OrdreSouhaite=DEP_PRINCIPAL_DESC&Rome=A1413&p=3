--- v0 (2026-03-30)
+++ v1 (2026-03-30)
@@ -248,80 +248,80 @@
   <x:si>
     <x:t>07/05/2027 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>bac pro conduite et gestion de l'entreprise vitivinicole</x:t>
   </x:si>
   <x:si>
     <x:t>MFREO</x:t>
   </x:si>
   <x:si>
     <x:t>09/01/2023 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>07/05/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>06/30/2027 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>09/01/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Gestion exploitation agricole</x:t>
   </x:si>
   <x:si>
+    <x:t>Centre de formation Professionnelle et de Promotion Agricole Hyères</x:t>
+  </x:si>
+  <x:si>
+    <x:t>83400</x:t>
+  </x:si>
+  <x:si>
+    <x:t>HYERES</x:t>
+  </x:si>
+  <x:si>
     <x:t>Centre de formation Professionnelle et de Promotion Agricole Hyères - Antenne Les Arcs</x:t>
   </x:si>
   <x:si>
     <x:t>83460</x:t>
   </x:si>
   <x:si>
     <x:t>LES ARCS</x:t>
   </x:si>
   <x:si>
     <x:t>Campus Provence Verte</x:t>
   </x:si>
   <x:si>
     <x:t>83470</x:t>
   </x:si>
   <x:si>
     <x:t>Lycée Provence Verte</x:t>
   </x:si>
   <x:si>
     <x:t>SAINT-MAXIMIN-LA-SAINTE-BAUME</x:t>
   </x:si>
   <x:si>
-    <x:t>Centre de formation Professionnelle et de Promotion Agricole Hyères</x:t>
-[...7 lines deleted...]
-  <x:si>
     <x:t>Lycée Agricampus</x:t>
   </x:si>
   <x:si>
     <x:t>83408</x:t>
   </x:si>
   <x:si>
     <x:t>HYERES CEDEX</x:t>
   </x:si>
   <x:si>
     <x:t>Akteap</x:t>
   </x:si>
   <x:si>
     <x:t>69300</x:t>
   </x:si>
   <x:si>
     <x:t>Lycée Privé Provence Verte</x:t>
   </x:si>
   <x:si>
     <x:t>Maison Familiale et Rurale du Canton de Lambesc</x:t>
   </x:si>
   <x:si>
     <x:t>13410</x:t>
   </x:si>
   <x:si>
     <x:t>LAMBESC</x:t>
@@ -377,57 +377,57 @@
   <x:si>
     <x:t>Institut de Formation en Commerce et Oenologie</x:t>
   </x:si>
   <x:si>
     <x:t>IFCO</x:t>
   </x:si>
   <x:si>
     <x:t>13400</x:t>
   </x:si>
   <x:si>
     <x:t>Brasserie</x:t>
   </x:si>
   <x:si>
     <x:t>AUBAGNE</x:t>
   </x:si>
   <x:si>
     <x:t>12/01/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>09/11/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>09/07/2026 00:00:00</x:t>
   </x:si>
   <x:si>
+    <x:t>WSET niveau 2 vins ou spiritueux</x:t>
+  </x:si>
+  <x:si>
+    <x:t>01/19/2024 00:00:00</x:t>
+  </x:si>
+  <x:si>
     <x:t>09/02/2024 00:00:00</x:t>
-  </x:si>
-[...4 lines deleted...]
-    <x:t>01/19/2024 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>09/08/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Périmètre :</x:t>
   </x:si>
 </x:sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts count="2">
     <x:numFmt numFmtId="164" formatCode="General"/>
     <x:numFmt numFmtId="165" formatCode="@"/>
   </x:numFmts>
   <x:fonts count="8">
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="FF333333"/>
       <x:name val="Aptos Narrow"/>
       <x:family val="2"/>
       <x:charset val="1"/>
     </x:font>
     <x:font>
@@ -1675,692 +1675,694 @@
       </x:c>
       <x:c r="P13" s="0" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="Q13" s="4" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="R13" s="0" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="S13" s="0" t="n">
         <x:v>549880</x:v>
       </x:c>
       <x:c r="T13" s="4" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="U13" s="4" t="s">
         <x:v>56</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:21">
       <x:c r="A14" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B14" s="14" t="s">
-        <x:v>22</x:v>
+        <x:v>37</x:v>
       </x:c>
       <x:c r="C14" s="15" t="n">
-        <x:v>29259</x:v>
+        <x:v>36002</x:v>
       </x:c>
       <x:c r="D14" s="15" t="s"/>
       <x:c r="E14" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F14" s="14" t="s"/>
       <x:c r="G14" s="14" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="H14" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="I14" s="16" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="J14" s="14" t="s">
-        <x:v>27</x:v>
+        <x:v>38</x:v>
       </x:c>
       <x:c r="K14" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L14" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M14" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N14" s="15" t="n">
-        <x:v>21052</x:v>
+        <x:v>21053</x:v>
       </x:c>
       <x:c r="O14" s="14" t="s">
-        <x:v>58</x:v>
+        <x:v>31</x:v>
       </x:c>
       <x:c r="P14" s="14" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="Q14" s="16" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="R14" s="14" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="S14" s="14" t="n">
-        <x:v>447270</x:v>
+        <x:v>496478</x:v>
       </x:c>
       <x:c r="T14" s="16" t="s">
-        <x:v>54</x:v>
+        <x:v>39</x:v>
       </x:c>
       <x:c r="U14" s="16" t="s">
         <x:v>40</x:v>
       </x:c>
     </x:row>
     <x:row r="15" spans="1:21">
       <x:c r="A15" s="1" t="s">
-        <x:v>41</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B15" s="0" t="s">
-        <x:v>52</x:v>
+        <x:v>22</x:v>
       </x:c>
       <x:c r="C15" s="3" t="n">
-        <x:v>38077</x:v>
+        <x:v>29259</x:v>
       </x:c>
       <x:c r="D15" s="3" t="s"/>
+      <x:c r="E15" s="0" t="s">
+        <x:v>23</x:v>
+      </x:c>
       <x:c r="G15" s="0" t="s">
-        <x:v>62</x:v>
+        <x:v>24</x:v>
+      </x:c>
+      <x:c r="H15" s="0" t="s">
+        <x:v>25</x:v>
       </x:c>
       <x:c r="I15" s="4" t="s">
-        <x:v>63</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="J15" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K15" s="0" t="s">
-        <x:v>44</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="L15" s="0" t="s">
-        <x:v>45</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="M15" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N15" s="3" t="n">
-        <x:v>21053</x:v>
+        <x:v>21052</x:v>
       </x:c>
       <x:c r="O15" s="0" t="s">
-        <x:v>31</x:v>
+        <x:v>58</x:v>
       </x:c>
       <x:c r="P15" s="0" t="s">
-        <x:v>64</x:v>
+        <x:v>62</x:v>
       </x:c>
       <x:c r="Q15" s="4" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="R15" s="0" t="s">
-        <x:v>65</x:v>
+        <x:v>64</x:v>
       </x:c>
       <x:c r="S15" s="0" t="n">
-        <x:v>596664</x:v>
+        <x:v>447270</x:v>
       </x:c>
       <x:c r="T15" s="4" t="s">
-        <x:v>35</x:v>
+        <x:v>54</x:v>
       </x:c>
       <x:c r="U15" s="4" t="s">
-        <x:v>46</x:v>
+        <x:v>40</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:21">
       <x:c r="A16" s="13" t="s">
-        <x:v>21</x:v>
+        <x:v>41</x:v>
       </x:c>
       <x:c r="B16" s="14" t="s">
-        <x:v>37</x:v>
+        <x:v>52</x:v>
       </x:c>
       <x:c r="C16" s="15" t="n">
-        <x:v>36002</x:v>
+        <x:v>38077</x:v>
       </x:c>
       <x:c r="D16" s="15" t="s"/>
-      <x:c r="E16" s="14" t="s">
-[...1 lines deleted...]
-      </x:c>
+      <x:c r="E16" s="14" t="s"/>
       <x:c r="F16" s="14" t="s"/>
       <x:c r="G16" s="14" t="s">
-        <x:v>24</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>65</x:v>
+      </x:c>
+      <x:c r="H16" s="14" t="s"/>
       <x:c r="I16" s="16" t="s">
-        <x:v>26</x:v>
+        <x:v>66</x:v>
       </x:c>
       <x:c r="J16" s="14" t="s">
-        <x:v>38</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="K16" s="14" t="s">
-        <x:v>28</x:v>
+        <x:v>44</x:v>
       </x:c>
       <x:c r="L16" s="14" t="s">
-        <x:v>29</x:v>
+        <x:v>45</x:v>
       </x:c>
       <x:c r="M16" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N16" s="15" t="n">
         <x:v>21053</x:v>
       </x:c>
       <x:c r="O16" s="14" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="P16" s="14" t="s">
+        <x:v>67</x:v>
+      </x:c>
+      <x:c r="Q16" s="16" t="s">
         <x:v>66</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>67</x:v>
       </x:c>
       <x:c r="R16" s="14" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="S16" s="14" t="n">
-        <x:v>605851</x:v>
+        <x:v>596664</x:v>
       </x:c>
       <x:c r="T16" s="16" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="U16" s="16" t="s">
         <x:v>46</x:v>
       </x:c>
     </x:row>
     <x:row r="17" spans="1:21">
       <x:c r="A17" s="1" t="s">
-        <x:v>41</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B17" s="0" t="s">
-        <x:v>52</x:v>
+        <x:v>37</x:v>
       </x:c>
       <x:c r="C17" s="3" t="n">
-        <x:v>38077</x:v>
+        <x:v>36002</x:v>
       </x:c>
       <x:c r="D17" s="3" t="s"/>
+      <x:c r="E17" s="0" t="s">
+        <x:v>23</x:v>
+      </x:c>
       <x:c r="G17" s="0" t="s">
-        <x:v>69</x:v>
+        <x:v>24</x:v>
+      </x:c>
+      <x:c r="H17" s="0" t="s">
+        <x:v>25</x:v>
       </x:c>
       <x:c r="I17" s="4" t="s">
-        <x:v>70</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="J17" s="0" t="s">
-        <x:v>27</x:v>
+        <x:v>38</x:v>
       </x:c>
       <x:c r="K17" s="0" t="s">
-        <x:v>44</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="L17" s="0" t="s">
-        <x:v>45</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="M17" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N17" s="3" t="n">
         <x:v>21053</x:v>
       </x:c>
       <x:c r="O17" s="0" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="P17" s="0" t="s">
-        <x:v>69</x:v>
+        <x:v>59</x:v>
       </x:c>
       <x:c r="Q17" s="4" t="s">
-        <x:v>70</x:v>
+        <x:v>60</x:v>
       </x:c>
       <x:c r="R17" s="0" t="s">
-        <x:v>71</x:v>
+        <x:v>61</x:v>
       </x:c>
       <x:c r="S17" s="0" t="n">
-        <x:v>596665</x:v>
+        <x:v>605851</x:v>
       </x:c>
       <x:c r="T17" s="4" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="U17" s="4" t="s">
         <x:v>46</x:v>
       </x:c>
     </x:row>
     <x:row r="18" spans="1:21">
       <x:c r="A18" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B18" s="14" t="s">
-        <x:v>37</x:v>
+        <x:v>22</x:v>
       </x:c>
       <x:c r="C18" s="15" t="n">
-        <x:v>36002</x:v>
+        <x:v>38077</x:v>
       </x:c>
       <x:c r="D18" s="15" t="s"/>
       <x:c r="E18" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F18" s="14" t="s"/>
       <x:c r="G18" s="14" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="H18" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="I18" s="16" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="J18" s="14" t="s">
-        <x:v>38</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="K18" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L18" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M18" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N18" s="15" t="n">
         <x:v>21053</x:v>
       </x:c>
       <x:c r="O18" s="14" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="P18" s="14" t="s">
-        <x:v>66</x:v>
+        <x:v>62</x:v>
       </x:c>
       <x:c r="Q18" s="16" t="s">
-        <x:v>67</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="R18" s="14" t="s">
-        <x:v>68</x:v>
+        <x:v>64</x:v>
       </x:c>
       <x:c r="S18" s="14" t="n">
-        <x:v>549881</x:v>
+        <x:v>605794</x:v>
       </x:c>
       <x:c r="T18" s="16" t="s">
-        <x:v>57</x:v>
+        <x:v>35</x:v>
       </x:c>
       <x:c r="U18" s="16" t="s">
-        <x:v>56</x:v>
+        <x:v>36</x:v>
       </x:c>
     </x:row>
     <x:row r="19" spans="1:21">
       <x:c r="A19" s="1" t="s">
-        <x:v>21</x:v>
+        <x:v>41</x:v>
       </x:c>
       <x:c r="B19" s="0" t="s">
-        <x:v>22</x:v>
+        <x:v>52</x:v>
       </x:c>
       <x:c r="C19" s="3" t="n">
         <x:v>38077</x:v>
       </x:c>
       <x:c r="D19" s="3" t="s"/>
-      <x:c r="E19" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="G19" s="0" t="s">
-        <x:v>24</x:v>
-[...2 lines deleted...]
-        <x:v>25</x:v>
+        <x:v>69</x:v>
       </x:c>
       <x:c r="I19" s="4" t="s">
-        <x:v>26</x:v>
+        <x:v>70</x:v>
       </x:c>
       <x:c r="J19" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K19" s="0" t="s">
-        <x:v>28</x:v>
+        <x:v>44</x:v>
       </x:c>
       <x:c r="L19" s="0" t="s">
-        <x:v>29</x:v>
+        <x:v>45</x:v>
       </x:c>
       <x:c r="M19" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N19" s="3" t="n">
         <x:v>21053</x:v>
       </x:c>
       <x:c r="O19" s="0" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="P19" s="0" t="s">
-        <x:v>59</x:v>
+        <x:v>69</x:v>
       </x:c>
       <x:c r="Q19" s="4" t="s">
-        <x:v>60</x:v>
+        <x:v>70</x:v>
       </x:c>
       <x:c r="R19" s="0" t="s">
-        <x:v>61</x:v>
+        <x:v>71</x:v>
       </x:c>
       <x:c r="S19" s="0" t="n">
-        <x:v>549819</x:v>
+        <x:v>596665</x:v>
       </x:c>
       <x:c r="T19" s="4" t="s">
-        <x:v>57</x:v>
+        <x:v>35</x:v>
       </x:c>
       <x:c r="U19" s="4" t="s">
         <x:v>46</x:v>
       </x:c>
     </x:row>
     <x:row r="20" spans="1:21">
       <x:c r="A20" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B20" s="14" t="s">
-        <x:v>22</x:v>
+        <x:v>37</x:v>
       </x:c>
       <x:c r="C20" s="15" t="n">
-        <x:v>38077</x:v>
+        <x:v>36002</x:v>
       </x:c>
       <x:c r="D20" s="15" t="s"/>
       <x:c r="E20" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F20" s="14" t="s"/>
       <x:c r="G20" s="14" t="s">
-        <x:v>72</x:v>
-[...1 lines deleted...]
-      <x:c r="H20" s="14" t="s"/>
+        <x:v>24</x:v>
+      </x:c>
+      <x:c r="H20" s="14" t="s">
+        <x:v>25</x:v>
+      </x:c>
       <x:c r="I20" s="16" t="s">
-        <x:v>73</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="J20" s="14" t="s">
-        <x:v>27</x:v>
+        <x:v>38</x:v>
       </x:c>
       <x:c r="K20" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L20" s="14" t="s">
-        <x:v>45</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="M20" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N20" s="15" t="n">
         <x:v>21053</x:v>
       </x:c>
       <x:c r="O20" s="14" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="P20" s="14" t="s">
-        <x:v>74</x:v>
+        <x:v>59</x:v>
       </x:c>
       <x:c r="Q20" s="16" t="s">
-        <x:v>63</x:v>
+        <x:v>60</x:v>
       </x:c>
       <x:c r="R20" s="14" t="s">
-        <x:v>65</x:v>
+        <x:v>61</x:v>
       </x:c>
       <x:c r="S20" s="14" t="n">
-        <x:v>611642</x:v>
+        <x:v>549881</x:v>
       </x:c>
       <x:c r="T20" s="16" t="s">
-        <x:v>35</x:v>
+        <x:v>57</x:v>
       </x:c>
       <x:c r="U20" s="16" t="s">
-        <x:v>46</x:v>
+        <x:v>56</x:v>
       </x:c>
     </x:row>
     <x:row r="21" spans="1:21">
       <x:c r="A21" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B21" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C21" s="3" t="n">
         <x:v>38077</x:v>
       </x:c>
       <x:c r="D21" s="3" t="s"/>
       <x:c r="E21" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G21" s="0" t="s">
-        <x:v>72</x:v>
+        <x:v>24</x:v>
+      </x:c>
+      <x:c r="H21" s="0" t="s">
+        <x:v>25</x:v>
       </x:c>
       <x:c r="I21" s="4" t="s">
-        <x:v>73</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="J21" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K21" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L21" s="0" t="s">
-        <x:v>45</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="M21" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N21" s="3" t="n">
         <x:v>21053</x:v>
       </x:c>
       <x:c r="O21" s="0" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="P21" s="0" t="s">
-        <x:v>74</x:v>
+        <x:v>62</x:v>
       </x:c>
       <x:c r="Q21" s="4" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="R21" s="0" t="s">
-        <x:v>65</x:v>
+        <x:v>64</x:v>
       </x:c>
       <x:c r="S21" s="0" t="n">
-        <x:v>611643</x:v>
+        <x:v>549819</x:v>
       </x:c>
       <x:c r="T21" s="4" t="s">
-        <x:v>35</x:v>
+        <x:v>57</x:v>
       </x:c>
       <x:c r="U21" s="4" t="s">
         <x:v>46</x:v>
       </x:c>
     </x:row>
     <x:row r="22" spans="1:21">
       <x:c r="A22" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B22" s="14" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C22" s="15" t="n">
         <x:v>38077</x:v>
       </x:c>
       <x:c r="D22" s="15" t="s"/>
       <x:c r="E22" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F22" s="14" t="s"/>
       <x:c r="G22" s="14" t="s">
-        <x:v>24</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>72</x:v>
+      </x:c>
+      <x:c r="H22" s="14" t="s"/>
       <x:c r="I22" s="16" t="s">
-        <x:v>26</x:v>
+        <x:v>73</x:v>
       </x:c>
       <x:c r="J22" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K22" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L22" s="14" t="s">
-        <x:v>29</x:v>
+        <x:v>45</x:v>
       </x:c>
       <x:c r="M22" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N22" s="15" t="n">
         <x:v>21053</x:v>
       </x:c>
       <x:c r="O22" s="14" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="P22" s="14" t="s">
-        <x:v>59</x:v>
+        <x:v>74</x:v>
       </x:c>
       <x:c r="Q22" s="16" t="s">
-        <x:v>60</x:v>
+        <x:v>66</x:v>
       </x:c>
       <x:c r="R22" s="14" t="s">
-        <x:v>61</x:v>
+        <x:v>68</x:v>
       </x:c>
       <x:c r="S22" s="14" t="n">
-        <x:v>496358</x:v>
+        <x:v>611642</x:v>
       </x:c>
       <x:c r="T22" s="16" t="s">
-        <x:v>39</x:v>
+        <x:v>35</x:v>
       </x:c>
       <x:c r="U22" s="16" t="s">
-        <x:v>56</x:v>
+        <x:v>46</x:v>
       </x:c>
     </x:row>
     <x:row r="23" spans="1:21">
       <x:c r="A23" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B23" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C23" s="3" t="n">
         <x:v>38077</x:v>
       </x:c>
       <x:c r="D23" s="3" t="s"/>
       <x:c r="E23" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G23" s="0" t="s">
-        <x:v>24</x:v>
-[...2 lines deleted...]
-        <x:v>25</x:v>
+        <x:v>72</x:v>
       </x:c>
       <x:c r="I23" s="4" t="s">
-        <x:v>26</x:v>
+        <x:v>73</x:v>
       </x:c>
       <x:c r="J23" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K23" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L23" s="0" t="s">
-        <x:v>29</x:v>
+        <x:v>45</x:v>
       </x:c>
       <x:c r="M23" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N23" s="3" t="n">
         <x:v>21053</x:v>
       </x:c>
       <x:c r="O23" s="0" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="P23" s="0" t="s">
-        <x:v>59</x:v>
+        <x:v>74</x:v>
       </x:c>
       <x:c r="Q23" s="4" t="s">
-        <x:v>60</x:v>
+        <x:v>66</x:v>
       </x:c>
       <x:c r="R23" s="0" t="s">
-        <x:v>61</x:v>
+        <x:v>68</x:v>
       </x:c>
       <x:c r="S23" s="0" t="n">
-        <x:v>605794</x:v>
+        <x:v>611643</x:v>
       </x:c>
       <x:c r="T23" s="4" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="U23" s="4" t="s">
-        <x:v>36</x:v>
+        <x:v>46</x:v>
       </x:c>
     </x:row>
     <x:row r="24" spans="1:21">
       <x:c r="A24" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B24" s="14" t="s">
-        <x:v>37</x:v>
+        <x:v>22</x:v>
       </x:c>
       <x:c r="C24" s="15" t="n">
-        <x:v>36002</x:v>
+        <x:v>38077</x:v>
       </x:c>
       <x:c r="D24" s="15" t="s"/>
       <x:c r="E24" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F24" s="14" t="s"/>
       <x:c r="G24" s="14" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="H24" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="I24" s="16" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="J24" s="14" t="s">
-        <x:v>38</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="K24" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L24" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M24" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N24" s="15" t="n">
         <x:v>21053</x:v>
       </x:c>
       <x:c r="O24" s="14" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="P24" s="14" t="s">
-        <x:v>66</x:v>
+        <x:v>62</x:v>
       </x:c>
       <x:c r="Q24" s="16" t="s">
-        <x:v>67</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="R24" s="14" t="s">
-        <x:v>68</x:v>
+        <x:v>64</x:v>
       </x:c>
       <x:c r="S24" s="14" t="n">
-        <x:v>496478</x:v>
+        <x:v>496358</x:v>
       </x:c>
       <x:c r="T24" s="16" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="U24" s="16" t="s">
-        <x:v>40</x:v>
+        <x:v>56</x:v>
       </x:c>
     </x:row>
     <x:row r="25" spans="1:21">
       <x:c r="A25" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B25" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C25" s="3" t="n">
         <x:v>29259</x:v>
       </x:c>
       <x:c r="D25" s="3" t="s"/>
       <x:c r="E25" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G25" s="0" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="H25" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="I25" s="4" t="s">
         <x:v>76</x:v>
       </x:c>
@@ -2958,156 +2960,159 @@
       </x:c>
       <x:c r="O35" s="0" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="P35" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="Q35" s="4" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="R35" s="0" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="S35" s="0" t="n">
         <x:v>596667</x:v>
       </x:c>
       <x:c r="T35" s="4" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="U35" s="4" t="s">
         <x:v>46</x:v>
       </x:c>
     </x:row>
     <x:row r="36" spans="1:21">
       <x:c r="A36" s="13" t="s">
-        <x:v>21</x:v>
+        <x:v>81</x:v>
       </x:c>
       <x:c r="B36" s="14" t="s">
-        <x:v>37</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>102</x:v>
+      </x:c>
+      <x:c r="C36" s="15" t="s"/>
       <x:c r="D36" s="15" t="s"/>
-      <x:c r="E36" s="14" t="s">
-[...1 lines deleted...]
-      </x:c>
+      <x:c r="E36" s="14" t="s"/>
       <x:c r="F36" s="14" t="s"/>
       <x:c r="G36" s="14" t="s">
-        <x:v>94</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>83</x:v>
+      </x:c>
+      <x:c r="H36" s="14" t="s"/>
       <x:c r="I36" s="16" t="s">
-        <x:v>96</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>84</x:v>
+      </x:c>
+      <x:c r="J36" s="14" t="s"/>
       <x:c r="K36" s="14" t="s">
-        <x:v>28</x:v>
+        <x:v>85</x:v>
       </x:c>
       <x:c r="L36" s="14" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="M36" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N36" s="15" t="n">
-        <x:v>21053</x:v>
+        <x:v>42739</x:v>
       </x:c>
       <x:c r="O36" s="14" t="s">
-        <x:v>31</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="P36" s="14" t="s">
-        <x:v>94</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="Q36" s="16" t="s">
-        <x:v>96</x:v>
+        <x:v>84</x:v>
       </x:c>
       <x:c r="R36" s="14" t="s">
-        <x:v>98</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="S36" s="14" t="n">
-        <x:v>541852</x:v>
+        <x:v>489053</x:v>
       </x:c>
       <x:c r="T36" s="16" t="s">
-        <x:v>102</x:v>
+        <x:v>103</x:v>
       </x:c>
       <x:c r="U36" s="16" t="s">
-        <x:v>40</x:v>
+        <x:v>89</x:v>
       </x:c>
     </x:row>
     <x:row r="37" spans="1:21">
       <x:c r="A37" s="1" t="s">
-        <x:v>81</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B37" s="0" t="s">
-        <x:v>103</x:v>
-[...1 lines deleted...]
-      <x:c r="C37" s="3" t="s"/>
+        <x:v>37</x:v>
+      </x:c>
+      <x:c r="C37" s="3" t="n">
+        <x:v>36002</x:v>
+      </x:c>
       <x:c r="D37" s="3" t="s"/>
+      <x:c r="E37" s="0" t="s">
+        <x:v>23</x:v>
+      </x:c>
       <x:c r="G37" s="0" t="s">
-        <x:v>83</x:v>
+        <x:v>94</x:v>
+      </x:c>
+      <x:c r="H37" s="0" t="s">
+        <x:v>95</x:v>
       </x:c>
       <x:c r="I37" s="4" t="s">
-        <x:v>84</x:v>
+        <x:v>96</x:v>
+      </x:c>
+      <x:c r="J37" s="0" t="s">
+        <x:v>38</x:v>
       </x:c>
       <x:c r="K37" s="0" t="s">
-        <x:v>85</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="L37" s="0" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="M37" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N37" s="3" t="n">
-        <x:v>42739</x:v>
+        <x:v>21053</x:v>
       </x:c>
       <x:c r="O37" s="0" t="s">
-        <x:v>86</x:v>
+        <x:v>31</x:v>
       </x:c>
       <x:c r="P37" s="0" t="s">
-        <x:v>83</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="Q37" s="4" t="s">
-        <x:v>84</x:v>
+        <x:v>96</x:v>
       </x:c>
       <x:c r="R37" s="0" t="s">
-        <x:v>87</x:v>
+        <x:v>98</x:v>
       </x:c>
       <x:c r="S37" s="0" t="n">
-        <x:v>489053</x:v>
+        <x:v>541852</x:v>
       </x:c>
       <x:c r="T37" s="4" t="s">
         <x:v>104</x:v>
       </x:c>
       <x:c r="U37" s="4" t="s">
-        <x:v>89</x:v>
+        <x:v>40</x:v>
       </x:c>
     </x:row>
     <x:row r="38" spans="1:21">
       <x:c r="A38" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B38" s="14" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C38" s="15" t="n">
         <x:v>38077</x:v>
       </x:c>
       <x:c r="D38" s="15" t="s"/>
       <x:c r="E38" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F38" s="14" t="s"/>
       <x:c r="G38" s="14" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="H38" s="14" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="I38" s="16" t="s">
         <x:v>76</x:v>