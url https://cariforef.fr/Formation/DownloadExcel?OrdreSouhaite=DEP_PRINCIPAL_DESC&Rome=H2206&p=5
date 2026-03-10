--- v0 (2026-03-10)
+++ v1 (2026-03-10)
@@ -275,74 +275,74 @@
   <x:si>
     <x:t>EREA Paul Vincensini</x:t>
   </x:si>
   <x:si>
     <x:t>84964</x:t>
   </x:si>
   <x:si>
     <x:t>EREA P Vincensini</x:t>
   </x:si>
   <x:si>
     <x:t>LE PONTET CEDEX</x:t>
   </x:si>
   <x:si>
     <x:t>CAP menuisier fabricant</x:t>
   </x:si>
   <x:si>
     <x:t>bac pro étude et réalisation d'agencement</x:t>
   </x:si>
   <x:si>
     <x:t>09/15/2024 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>07/15/2026 00:00:00</x:t>
   </x:si>
   <x:si>
+    <x:t>Btp Cfa Provence Alpes Côte d'Azur - Var</x:t>
+  </x:si>
+  <x:si>
+    <x:t>83078</x:t>
+  </x:si>
+  <x:si>
+    <x:t>LA GARDE</x:t>
+  </x:si>
+  <x:si>
     <x:t>bac pro technicien de fabrication bois et matériaux associés</x:t>
   </x:si>
   <x:si>
     <x:t>Lycée Paul Langevin</x:t>
   </x:si>
   <x:si>
     <x:t>83514</x:t>
   </x:si>
   <x:si>
     <x:t>Charpente bois</x:t>
   </x:si>
   <x:si>
     <x:t>LA SEYNE SUR MER CEDEX</x:t>
   </x:si>
   <x:si>
-    <x:t>Btp Cfa Provence Alpes Côte d'Azur - Var</x:t>
-[...7 lines deleted...]
-  <x:si>
     <x:t>CAP arts du bois option tourneur</x:t>
   </x:si>
   <x:si>
     <x:t>Ecole de Tournage sur Bois Jean-François Escoulen</x:t>
   </x:si>
   <x:si>
     <x:t>83630</x:t>
   </x:si>
   <x:si>
     <x:t>Tournage bois</x:t>
   </x:si>
   <x:si>
     <x:t>AIGUINES</x:t>
   </x:si>
   <x:si>
     <x:t>09/22/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>03/20/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Btp Cfa Provence Alpes Côte d'Azur - Marseille</x:t>
   </x:si>
   <x:si>
     <x:t>13011</x:t>
@@ -467,146 +467,146 @@
   <x:si>
     <x:t>Lycée polyvalent Denis Diderot</x:t>
   </x:si>
   <x:si>
     <x:t>13388</x:t>
   </x:si>
   <x:si>
     <x:t>MARSEILLE CEDEX 13</x:t>
   </x:si>
   <x:si>
     <x:t>BP menuisier (Apprentissage)</x:t>
   </x:si>
   <x:si>
     <x:t>CAP Arts du bois - Option C Marqueteur</x:t>
   </x:si>
   <x:si>
     <x:t>Marqueterie</x:t>
   </x:si>
   <x:si>
     <x:t>Titre professionnel menuisier de fabrication bois et dérivés (Apprentissage)</x:t>
   </x:si>
   <x:si>
     <x:t>Menuiserie bois</x:t>
   </x:si>
   <x:si>
+    <x:t>BP charpentier de marine (Apprentissage)</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Bois</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Lycée Professionnel Régional Poinso Chapuis</x:t>
+  </x:si>
+  <x:si>
+    <x:t>13008</x:t>
+  </x:si>
+  <x:si>
+    <x:t>MARSEILLE- 8e</x:t>
+  </x:si>
+  <x:si>
+    <x:t>09/20/2024 00:00:00</x:t>
+  </x:si>
+  <x:si>
     <x:t>Fondation Don Bosco Marseille - Lycée Professionnel Privé et Lycée Technologique Don Bosco</x:t>
   </x:si>
   <x:si>
     <x:t>13006</x:t>
   </x:si>
   <x:si>
     <x:t>MARSEILLE- 6e</x:t>
   </x:si>
   <x:si>
     <x:t>Lycée polyvalent Vauvenargues</x:t>
   </x:si>
   <x:si>
     <x:t>13100</x:t>
   </x:si>
   <x:si>
     <x:t>AIX EN PROVENCE</x:t>
   </x:si>
   <x:si>
     <x:t>LPO Don Bosco</x:t>
   </x:si>
   <x:si>
     <x:t>CAP Arts du bois - Option A Sculpteur ornémaniste</x:t>
   </x:si>
   <x:si>
-    <x:t>BP charpentier de marine (Apprentissage)</x:t>
-[...16 lines deleted...]
-  <x:si>
     <x:t>CAP arts du bois option sculpteur ornemaniste</x:t>
   </x:si>
   <x:si>
     <x:t>07/31/2027 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>bac pro interventions sur le patrimoine bâti option A maçonnerie</x:t>
   </x:si>
   <x:si>
     <x:t>Maçonnerie</x:t>
   </x:si>
   <x:si>
+    <x:t>Titre professionnel menuisier de fabrication bois et dérivés</x:t>
+  </x:si>
+  <x:si>
+    <x:t>10/01/2025 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>04/30/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
     <x:t>LP G Poinso-Chapuis</x:t>
   </x:si>
   <x:si>
     <x:t>13272</x:t>
   </x:si>
   <x:si>
     <x:t>MARSEILLE CEDEX 08</x:t>
   </x:si>
   <x:si>
+    <x:t>CAP Arts du bois - Option C marqueteur</x:t>
+  </x:si>
+  <x:si>
+    <x:t>04/16/2027 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CAP arts du bois option sculpteur ornemaniste (Apprentissage)</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Lycée Polyvalent Diderot</x:t>
+  </x:si>
+  <x:si>
+    <x:t>13013</x:t>
+  </x:si>
+  <x:si>
     <x:t>CAP arts du bois option marqueteur</x:t>
   </x:si>
   <x:si>
-    <x:t>Titre professionnel menuisier de fabrication bois et dérivés</x:t>
-[...7 lines deleted...]
-  <x:si>
     <x:t>CAP arts du bois option marqueteur (Apprentissage)</x:t>
   </x:si>
   <x:si>
-    <x:t>Lycée Polyvalent Diderot</x:t>
-[...4 lines deleted...]
-  <x:si>
     <x:t>06/30/2029 00:00:00</x:t>
   </x:si>
   <x:si>
-    <x:t>CAP arts du bois option sculpteur ornemaniste (Apprentissage)</x:t>
-[...7 lines deleted...]
-  <x:si>
     <x:t>09/01/2023 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>LP Don Bosco</x:t>
   </x:si>
   <x:si>
     <x:t>06046</x:t>
   </x:si>
   <x:si>
     <x:t>NICE CEDEX 01</x:t>
   </x:si>
   <x:si>
     <x:t>Btp Cfa Provence Alpes Côte d'Azur - Antibes Max Fiorini</x:t>
   </x:si>
   <x:si>
     <x:t>06600</x:t>
   </x:si>
   <x:si>
     <x:t>ANTIBES</x:t>
   </x:si>
   <x:si>
     <x:t>LP Pasteur</x:t>
   </x:si>
   <x:si>
     <x:t>06000</x:t>
@@ -704,60 +704,60 @@
   <x:si>
     <x:t>SAINT-JEAN-SAINT-NICOLAS</x:t>
   </x:si>
   <x:si>
     <x:t>BAC PRO Technicien menuisier agenceur</x:t>
   </x:si>
   <x:si>
     <x:t>BAC PRO Technicien Constructeur Bois</x:t>
   </x:si>
   <x:si>
     <x:t>CAP Constructeur bois</x:t>
   </x:si>
   <x:si>
     <x:t>Bac pro technicien constructeur bois (Apprentissage)</x:t>
   </x:si>
   <x:si>
     <x:t>Miramas Formation - Cfa Fontlongue</x:t>
   </x:si>
   <x:si>
     <x:t>Lycée Poutrain</x:t>
   </x:si>
   <x:si>
     <x:t>06/26/2026 00:00:00</x:t>
   </x:si>
   <x:si>
+    <x:t>BEVONS</x:t>
+  </x:si>
+  <x:si>
     <x:t>LP A Beau de Rochas</x:t>
   </x:si>
   <x:si>
     <x:t>04000</x:t>
   </x:si>
   <x:si>
     <x:t>DIGNE LES BAINS</x:t>
-  </x:si>
-[...1 lines deleted...]
-    <x:t>BEVONS</x:t>
   </x:si>
   <x:si>
     <x:t>Menuisier</x:t>
   </x:si>
   <x:si>
     <x:t>Ecole Supérieure d'Ebénisterie de Haute Provence</x:t>
   </x:si>
   <x:si>
     <x:t>ESEHP</x:t>
   </x:si>
   <x:si>
     <x:t>04400</x:t>
   </x:si>
   <x:si>
     <x:t>BARCELONNETTE</x:t>
   </x:si>
   <x:si>
     <x:t>08/25/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>EREA de Haute Provence</x:t>
   </x:si>
   <x:si>
     <x:t>04200</x:t>
   </x:si>
@@ -2054,159 +2054,159 @@
       </x:c>
       <x:c r="P14" s="14" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="Q14" s="16" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="R14" s="14" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="S14" s="14" t="n">
         <x:v>594215</x:v>
       </x:c>
       <x:c r="T14" s="16" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="U14" s="16" t="s">
         <x:v>44</x:v>
       </x:c>
     </x:row>
     <x:row r="15" spans="1:21">
       <x:c r="A15" s="1" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B15" s="0" t="s">
-        <x:v>34</x:v>
+        <x:v>47</x:v>
       </x:c>
       <x:c r="C15" s="3" t="n">
-        <x:v>36112</x:v>
+        <x:v>35974</x:v>
       </x:c>
       <x:c r="D15" s="3" t="s"/>
       <x:c r="E15" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="G15" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="I15" s="4" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="J15" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="K15" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="L15" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="M15" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N15" s="3" t="n">
         <x:v>22404</x:v>
       </x:c>
       <x:c r="O15" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="P15" s="0" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="Q15" s="4" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="R15" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="S15" s="0" t="n">
-        <x:v>503381</x:v>
+        <x:v>603364</x:v>
       </x:c>
       <x:c r="T15" s="4" t="s">
-        <x:v>66</x:v>
+        <x:v>43</x:v>
       </x:c>
       <x:c r="U15" s="4" t="s">
-        <x:v>67</x:v>
+        <x:v>46</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:21">
       <x:c r="A16" s="13" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B16" s="14" t="s">
-        <x:v>47</x:v>
+        <x:v>34</x:v>
       </x:c>
       <x:c r="C16" s="15" t="n">
-        <x:v>35974</x:v>
+        <x:v>36112</x:v>
       </x:c>
       <x:c r="D16" s="15" t="s"/>
       <x:c r="E16" s="14" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="F16" s="14" t="s"/>
       <x:c r="G16" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="H16" s="14" t="s"/>
       <x:c r="I16" s="16" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="J16" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="K16" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="L16" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="M16" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N16" s="15" t="n">
         <x:v>22404</x:v>
       </x:c>
       <x:c r="O16" s="14" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="P16" s="14" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="Q16" s="16" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="R16" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="S16" s="14" t="n">
-        <x:v>603364</x:v>
+        <x:v>503381</x:v>
       </x:c>
       <x:c r="T16" s="16" t="s">
-        <x:v>43</x:v>
+        <x:v>66</x:v>
       </x:c>
       <x:c r="U16" s="16" t="s">
-        <x:v>46</x:v>
+        <x:v>67</x:v>
       </x:c>
     </x:row>
     <x:row r="17" spans="1:21">
       <x:c r="A17" s="1" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="B17" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="C17" s="3" t="n">
         <x:v>41835</x:v>
       </x:c>
       <x:c r="D17" s="3" t="s"/>
       <x:c r="G17" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="I17" s="4" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="J17" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="K17" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
@@ -2280,435 +2280,435 @@
       </x:c>
       <x:c r="O18" s="14" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="P18" s="14" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="Q18" s="16" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="R18" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="S18" s="14" t="n">
         <x:v>503383</x:v>
       </x:c>
       <x:c r="T18" s="16" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="U18" s="16" t="s">
         <x:v>67</x:v>
       </x:c>
     </x:row>
     <x:row r="19" spans="1:21">
       <x:c r="A19" s="1" t="s">
-        <x:v>49</x:v>
+        <x:v>33</x:v>
       </x:c>
       <x:c r="B19" s="0" t="s">
+        <x:v>34</x:v>
+      </x:c>
+      <x:c r="C19" s="3" t="n">
+        <x:v>36112</x:v>
+      </x:c>
+      <x:c r="D19" s="3" t="s"/>
+      <x:c r="E19" s="0" t="s">
+        <x:v>35</x:v>
+      </x:c>
+      <x:c r="G19" s="0" t="s">
+        <x:v>36</x:v>
+      </x:c>
+      <x:c r="I19" s="4" t="s">
+        <x:v>37</x:v>
+      </x:c>
+      <x:c r="J19" s="0" t="s">
+        <x:v>38</x:v>
+      </x:c>
+      <x:c r="K19" s="0" t="s">
+        <x:v>39</x:v>
+      </x:c>
+      <x:c r="L19" s="0" t="s">
+        <x:v>40</x:v>
+      </x:c>
+      <x:c r="M19" s="0" t="s">
+        <x:v>28</x:v>
+      </x:c>
+      <x:c r="N19" s="3" t="n">
+        <x:v>22404</x:v>
+      </x:c>
+      <x:c r="O19" s="0" t="s">
+        <x:v>41</x:v>
+      </x:c>
+      <x:c r="P19" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
-      <x:c r="C19" s="3" t="n">
-[...3 lines deleted...]
-      <x:c r="G19" s="0" t="s">
+      <x:c r="Q19" s="4" t="s">
         <x:v>69</x:v>
       </x:c>
-      <x:c r="I19" s="4" t="s">
+      <x:c r="R19" s="0" t="s">
         <x:v>70</x:v>
       </x:c>
-      <x:c r="J19" s="0" t="s">
-[...25 lines deleted...]
-      </x:c>
       <x:c r="S19" s="0" t="n">
-        <x:v>592100</x:v>
+        <x:v>603984</x:v>
       </x:c>
       <x:c r="T19" s="4" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="U19" s="4" t="s">
         <x:v>44</x:v>
       </x:c>
     </x:row>
     <x:row r="20" spans="1:21">
       <x:c r="A20" s="13" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B20" s="14" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="C20" s="15" t="n">
         <x:v>36112</x:v>
       </x:c>
       <x:c r="D20" s="15" t="s"/>
       <x:c r="E20" s="14" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="F20" s="14" t="s"/>
       <x:c r="G20" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="H20" s="14" t="s"/>
       <x:c r="I20" s="16" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="J20" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="K20" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="L20" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="M20" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N20" s="15" t="n">
         <x:v>22404</x:v>
       </x:c>
       <x:c r="O20" s="14" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="P20" s="14" t="s">
-        <x:v>73</x:v>
+        <x:v>68</x:v>
       </x:c>
       <x:c r="Q20" s="16" t="s">
-        <x:v>74</x:v>
+        <x:v>69</x:v>
       </x:c>
       <x:c r="R20" s="14" t="s">
-        <x:v>75</x:v>
+        <x:v>70</x:v>
       </x:c>
       <x:c r="S20" s="14" t="n">
         <x:v>548328</x:v>
       </x:c>
       <x:c r="T20" s="16" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="U20" s="16" t="s">
         <x:v>48</x:v>
       </x:c>
     </x:row>
     <x:row r="21" spans="1:21">
       <x:c r="A21" s="1" t="s">
-        <x:v>33</x:v>
+        <x:v>49</x:v>
       </x:c>
       <x:c r="B21" s="0" t="s">
-        <x:v>34</x:v>
+        <x:v>71</x:v>
       </x:c>
       <x:c r="C21" s="3" t="n">
-        <x:v>36112</x:v>
+        <x:v>37308</x:v>
       </x:c>
       <x:c r="D21" s="3" t="s"/>
-      <x:c r="E21" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="G21" s="0" t="s">
-        <x:v>36</x:v>
+        <x:v>72</x:v>
       </x:c>
       <x:c r="I21" s="4" t="s">
-        <x:v>37</x:v>
+        <x:v>73</x:v>
       </x:c>
       <x:c r="J21" s="0" t="s">
-        <x:v>38</x:v>
+        <x:v>53</x:v>
       </x:c>
       <x:c r="K21" s="0" t="s">
-        <x:v>39</x:v>
+        <x:v>54</x:v>
       </x:c>
       <x:c r="L21" s="0" t="s">
-        <x:v>40</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="M21" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N21" s="3" t="n">
-        <x:v>22404</x:v>
+        <x:v>22313</x:v>
       </x:c>
       <x:c r="O21" s="0" t="s">
-        <x:v>41</x:v>
+        <x:v>74</x:v>
       </x:c>
       <x:c r="P21" s="0" t="s">
+        <x:v>72</x:v>
+      </x:c>
+      <x:c r="Q21" s="4" t="s">
         <x:v>73</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>74</x:v>
       </x:c>
       <x:c r="R21" s="0" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="S21" s="0" t="n">
-        <x:v>603984</x:v>
+        <x:v>592100</x:v>
       </x:c>
       <x:c r="T21" s="4" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="U21" s="4" t="s">
         <x:v>44</x:v>
       </x:c>
     </x:row>
     <x:row r="22" spans="1:21">
       <x:c r="A22" s="13" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="B22" s="14" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="C22" s="15" t="n">
         <x:v>41835</x:v>
       </x:c>
       <x:c r="D22" s="15" t="s"/>
       <x:c r="E22" s="14" t="s"/>
       <x:c r="F22" s="14" t="s"/>
       <x:c r="G22" s="14" t="s">
-        <x:v>69</x:v>
+        <x:v>72</x:v>
       </x:c>
       <x:c r="H22" s="14" t="s"/>
       <x:c r="I22" s="16" t="s">
-        <x:v>70</x:v>
+        <x:v>73</x:v>
       </x:c>
       <x:c r="J22" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="K22" s="14" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="L22" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M22" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N22" s="15" t="n">
         <x:v>22404</x:v>
       </x:c>
       <x:c r="O22" s="14" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="P22" s="14" t="s">
-        <x:v>69</x:v>
+        <x:v>72</x:v>
       </x:c>
       <x:c r="Q22" s="16" t="s">
-        <x:v>70</x:v>
+        <x:v>73</x:v>
       </x:c>
       <x:c r="R22" s="14" t="s">
-        <x:v>72</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="S22" s="14" t="n">
         <x:v>596261</x:v>
       </x:c>
       <x:c r="T22" s="16" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="U22" s="16" t="s">
         <x:v>44</x:v>
       </x:c>
     </x:row>
     <x:row r="23" spans="1:21">
       <x:c r="A23" s="1" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B23" s="0" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="C23" s="3" t="n">
         <x:v>36112</x:v>
       </x:c>
       <x:c r="D23" s="3" t="s"/>
       <x:c r="E23" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="G23" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="I23" s="4" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="J23" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="K23" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="L23" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="M23" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N23" s="3" t="n">
         <x:v>22404</x:v>
       </x:c>
       <x:c r="O23" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="P23" s="0" t="s">
-        <x:v>73</x:v>
+        <x:v>68</x:v>
       </x:c>
       <x:c r="Q23" s="4" t="s">
-        <x:v>74</x:v>
+        <x:v>69</x:v>
       </x:c>
       <x:c r="R23" s="0" t="s">
-        <x:v>75</x:v>
+        <x:v>70</x:v>
       </x:c>
       <x:c r="S23" s="0" t="n">
         <x:v>503545</x:v>
       </x:c>
       <x:c r="T23" s="4" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="U23" s="4" t="s">
         <x:v>67</x:v>
       </x:c>
     </x:row>
     <x:row r="24" spans="1:21">
       <x:c r="A24" s="13" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="B24" s="14" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="C24" s="15" t="n">
         <x:v>41867</x:v>
       </x:c>
       <x:c r="D24" s="15" t="s"/>
       <x:c r="E24" s="14" t="s"/>
       <x:c r="F24" s="14" t="s"/>
       <x:c r="G24" s="14" t="s">
-        <x:v>69</x:v>
+        <x:v>72</x:v>
       </x:c>
       <x:c r="H24" s="14" t="s"/>
       <x:c r="I24" s="16" t="s">
-        <x:v>70</x:v>
+        <x:v>73</x:v>
       </x:c>
       <x:c r="J24" s="14" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="K24" s="14" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="L24" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M24" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N24" s="15" t="n">
         <x:v>22404</x:v>
       </x:c>
       <x:c r="O24" s="14" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="P24" s="14" t="s">
-        <x:v>69</x:v>
+        <x:v>72</x:v>
       </x:c>
       <x:c r="Q24" s="16" t="s">
-        <x:v>70</x:v>
+        <x:v>73</x:v>
       </x:c>
       <x:c r="R24" s="14" t="s">
-        <x:v>72</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="S24" s="14" t="n">
         <x:v>620456</x:v>
       </x:c>
       <x:c r="T24" s="16" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="U24" s="16" t="s">
         <x:v>44</x:v>
       </x:c>
     </x:row>
     <x:row r="25" spans="1:21">
       <x:c r="A25" s="1" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B25" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="C25" s="3" t="n">
         <x:v>35974</x:v>
       </x:c>
       <x:c r="D25" s="3" t="s"/>
       <x:c r="E25" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="G25" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="I25" s="4" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="J25" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="K25" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="L25" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="M25" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N25" s="3" t="n">
         <x:v>22404</x:v>
       </x:c>
       <x:c r="O25" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="P25" s="0" t="s">
-        <x:v>73</x:v>
+        <x:v>68</x:v>
       </x:c>
       <x:c r="Q25" s="4" t="s">
-        <x:v>74</x:v>
+        <x:v>69</x:v>
       </x:c>
       <x:c r="R25" s="0" t="s">
-        <x:v>75</x:v>
+        <x:v>70</x:v>
       </x:c>
       <x:c r="S25" s="0" t="n">
         <x:v>603996</x:v>
       </x:c>
       <x:c r="T25" s="4" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="U25" s="4" t="s">
         <x:v>44</x:v>
       </x:c>
     </x:row>
     <x:row r="26" spans="1:21">
       <x:c r="A26" s="13" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B26" s="14" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="C26" s="15" t="n">
         <x:v>36112</x:v>
       </x:c>
       <x:c r="D26" s="15" t="s"/>
       <x:c r="E26" s="14" t="s">
         <x:v>35</x:v>
       </x:c>
@@ -2717,182 +2717,182 @@
         <x:v>36</x:v>
       </x:c>
       <x:c r="H26" s="14" t="s"/>
       <x:c r="I26" s="16" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="J26" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="K26" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="L26" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="M26" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N26" s="15" t="n">
         <x:v>22404</x:v>
       </x:c>
       <x:c r="O26" s="14" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="P26" s="14" t="s">
-        <x:v>73</x:v>
+        <x:v>68</x:v>
       </x:c>
       <x:c r="Q26" s="16" t="s">
-        <x:v>74</x:v>
+        <x:v>69</x:v>
       </x:c>
       <x:c r="R26" s="14" t="s">
-        <x:v>75</x:v>
+        <x:v>70</x:v>
       </x:c>
       <x:c r="S26" s="14" t="n">
         <x:v>548327</x:v>
       </x:c>
       <x:c r="T26" s="16" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="U26" s="16" t="s">
         <x:v>46</x:v>
       </x:c>
     </x:row>
     <x:row r="27" spans="1:21">
       <x:c r="A27" s="1" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B27" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="C27" s="3" t="n">
         <x:v>35974</x:v>
       </x:c>
       <x:c r="D27" s="3" t="s"/>
       <x:c r="E27" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="G27" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="I27" s="4" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="J27" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="K27" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="L27" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="M27" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N27" s="3" t="n">
         <x:v>22404</x:v>
       </x:c>
       <x:c r="O27" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="P27" s="0" t="s">
-        <x:v>73</x:v>
+        <x:v>68</x:v>
       </x:c>
       <x:c r="Q27" s="4" t="s">
-        <x:v>74</x:v>
+        <x:v>69</x:v>
       </x:c>
       <x:c r="R27" s="0" t="s">
-        <x:v>75</x:v>
+        <x:v>70</x:v>
       </x:c>
       <x:c r="S27" s="0" t="n">
-        <x:v>548329</x:v>
+        <x:v>503549</x:v>
       </x:c>
       <x:c r="T27" s="4" t="s">
-        <x:v>45</x:v>
+        <x:v>66</x:v>
       </x:c>
       <x:c r="U27" s="4" t="s">
-        <x:v>46</x:v>
+        <x:v>67</x:v>
       </x:c>
     </x:row>
     <x:row r="28" spans="1:21">
       <x:c r="A28" s="13" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B28" s="14" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="C28" s="15" t="n">
         <x:v>35974</x:v>
       </x:c>
       <x:c r="D28" s="15" t="s"/>
       <x:c r="E28" s="14" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="F28" s="14" t="s"/>
       <x:c r="G28" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="H28" s="14" t="s"/>
       <x:c r="I28" s="16" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="J28" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="K28" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="L28" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="M28" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N28" s="15" t="n">
         <x:v>22404</x:v>
       </x:c>
       <x:c r="O28" s="14" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="P28" s="14" t="s">
-        <x:v>73</x:v>
+        <x:v>68</x:v>
       </x:c>
       <x:c r="Q28" s="16" t="s">
-        <x:v>74</x:v>
+        <x:v>69</x:v>
       </x:c>
       <x:c r="R28" s="14" t="s">
-        <x:v>75</x:v>
+        <x:v>70</x:v>
       </x:c>
       <x:c r="S28" s="14" t="n">
-        <x:v>503549</x:v>
+        <x:v>548329</x:v>
       </x:c>
       <x:c r="T28" s="16" t="s">
-        <x:v>66</x:v>
+        <x:v>45</x:v>
       </x:c>
       <x:c r="U28" s="16" t="s">
-        <x:v>67</x:v>
+        <x:v>46</x:v>
       </x:c>
     </x:row>
     <x:row r="29" spans="1:21">
       <x:c r="A29" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B29" s="0" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="C29" s="3" t="n">
         <x:v>37301</x:v>
       </x:c>
       <x:c r="D29" s="3" t="s"/>
       <x:c r="G29" s="0" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="I29" s="4" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="J29" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="K29" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
@@ -2946,228 +2946,228 @@
         <x:v>36</x:v>
       </x:c>
       <x:c r="H30" s="14" t="s"/>
       <x:c r="I30" s="16" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="J30" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="K30" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="L30" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="M30" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N30" s="15" t="n">
         <x:v>22404</x:v>
       </x:c>
       <x:c r="O30" s="14" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="P30" s="14" t="s">
-        <x:v>73</x:v>
+        <x:v>68</x:v>
       </x:c>
       <x:c r="Q30" s="16" t="s">
-        <x:v>74</x:v>
+        <x:v>69</x:v>
       </x:c>
       <x:c r="R30" s="14" t="s">
-        <x:v>75</x:v>
+        <x:v>70</x:v>
       </x:c>
       <x:c r="S30" s="14" t="n">
         <x:v>603990</x:v>
       </x:c>
       <x:c r="T30" s="16" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="U30" s="16" t="s">
         <x:v>46</x:v>
       </x:c>
     </x:row>
     <x:row r="31" spans="1:21">
       <x:c r="A31" s="1" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B31" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="C31" s="3" t="n">
         <x:v>35974</x:v>
       </x:c>
       <x:c r="D31" s="3" t="s"/>
       <x:c r="E31" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="G31" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="I31" s="4" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="J31" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="K31" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="L31" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="M31" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N31" s="3" t="n">
         <x:v>22404</x:v>
       </x:c>
       <x:c r="O31" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="P31" s="0" t="s">
-        <x:v>73</x:v>
+        <x:v>68</x:v>
       </x:c>
       <x:c r="Q31" s="4" t="s">
-        <x:v>74</x:v>
+        <x:v>69</x:v>
       </x:c>
       <x:c r="R31" s="0" t="s">
-        <x:v>75</x:v>
+        <x:v>70</x:v>
       </x:c>
       <x:c r="S31" s="0" t="n">
         <x:v>548330</x:v>
       </x:c>
       <x:c r="T31" s="4" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="U31" s="4" t="s">
         <x:v>48</x:v>
       </x:c>
     </x:row>
     <x:row r="32" spans="1:21">
       <x:c r="A32" s="13" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="B32" s="14" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="C32" s="15" t="n">
         <x:v>41837</x:v>
       </x:c>
       <x:c r="D32" s="15" t="s"/>
       <x:c r="E32" s="14" t="s"/>
       <x:c r="F32" s="14" t="s"/>
       <x:c r="G32" s="14" t="s">
-        <x:v>69</x:v>
+        <x:v>72</x:v>
       </x:c>
       <x:c r="H32" s="14" t="s"/>
       <x:c r="I32" s="16" t="s">
-        <x:v>70</x:v>
+        <x:v>73</x:v>
       </x:c>
       <x:c r="J32" s="14" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="K32" s="14" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="L32" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M32" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N32" s="15" t="n">
         <x:v>22404</x:v>
       </x:c>
       <x:c r="O32" s="14" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="P32" s="14" t="s">
-        <x:v>69</x:v>
+        <x:v>72</x:v>
       </x:c>
       <x:c r="Q32" s="16" t="s">
-        <x:v>70</x:v>
+        <x:v>73</x:v>
       </x:c>
       <x:c r="R32" s="14" t="s">
-        <x:v>72</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="S32" s="14" t="n">
         <x:v>594216</x:v>
       </x:c>
       <x:c r="T32" s="16" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="U32" s="16" t="s">
         <x:v>44</x:v>
       </x:c>
     </x:row>
     <x:row r="33" spans="1:21">
       <x:c r="A33" s="1" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B33" s="0" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="C33" s="3" t="n">
         <x:v>36112</x:v>
       </x:c>
       <x:c r="D33" s="3" t="s"/>
       <x:c r="E33" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="G33" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="I33" s="4" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="J33" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="K33" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="L33" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="M33" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N33" s="3" t="n">
         <x:v>22404</x:v>
       </x:c>
       <x:c r="O33" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="P33" s="0" t="s">
-        <x:v>73</x:v>
+        <x:v>68</x:v>
       </x:c>
       <x:c r="Q33" s="4" t="s">
-        <x:v>74</x:v>
+        <x:v>69</x:v>
       </x:c>
       <x:c r="R33" s="0" t="s">
-        <x:v>75</x:v>
+        <x:v>70</x:v>
       </x:c>
       <x:c r="S33" s="0" t="n">
         <x:v>603978</x:v>
       </x:c>
       <x:c r="T33" s="4" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="U33" s="4" t="s">
         <x:v>46</x:v>
       </x:c>
     </x:row>
     <x:row r="34" spans="1:21">
       <x:c r="A34" s="13" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B34" s="14" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="C34" s="15" t="n">
         <x:v>35974</x:v>
       </x:c>
       <x:c r="D34" s="15" t="s"/>
       <x:c r="E34" s="14" t="s">
         <x:v>35</x:v>
       </x:c>
@@ -4485,726 +4485,726 @@
       <x:c r="S56" s="14" t="n">
         <x:v>599857</x:v>
       </x:c>
       <x:c r="T56" s="16" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="U56" s="16" t="s">
         <x:v>110</x:v>
       </x:c>
     </x:row>
     <x:row r="57" spans="1:21">
       <x:c r="A57" s="1" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B57" s="0" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="C57" s="3" t="n">
         <x:v>36112</x:v>
       </x:c>
       <x:c r="D57" s="3" t="s"/>
       <x:c r="E57" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="G57" s="0" t="s">
-        <x:v>92</x:v>
-[...2 lines deleted...]
-        <x:v>93</x:v>
+        <x:v>36</x:v>
       </x:c>
       <x:c r="I57" s="4" t="s">
-        <x:v>94</x:v>
+        <x:v>37</x:v>
       </x:c>
       <x:c r="J57" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="K57" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="L57" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="M57" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N57" s="3" t="n">
         <x:v>22404</x:v>
       </x:c>
       <x:c r="O57" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="P57" s="0" t="s">
-        <x:v>132</x:v>
+        <x:v>108</x:v>
       </x:c>
       <x:c r="Q57" s="4" t="s">
-        <x:v>133</x:v>
+        <x:v>37</x:v>
       </x:c>
       <x:c r="R57" s="0" t="s">
-        <x:v>134</x:v>
+        <x:v>109</x:v>
       </x:c>
       <x:c r="S57" s="0" t="n">
-        <x:v>556831</x:v>
+        <x:v>548418</x:v>
       </x:c>
       <x:c r="T57" s="4" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="U57" s="4" t="s">
         <x:v>46</x:v>
       </x:c>
     </x:row>
     <x:row r="58" spans="1:21">
       <x:c r="A58" s="13" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B58" s="14" t="s">
-        <x:v>34</x:v>
+        <x:v>132</x:v>
       </x:c>
       <x:c r="C58" s="15" t="n">
-        <x:v>36112</x:v>
+        <x:v>38410</x:v>
       </x:c>
       <x:c r="D58" s="15" t="s"/>
       <x:c r="E58" s="14" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="F58" s="14" t="s"/>
       <x:c r="G58" s="14" t="s">
-        <x:v>36</x:v>
-[...1 lines deleted...]
-      <x:c r="H58" s="14" t="s"/>
+        <x:v>99</x:v>
+      </x:c>
+      <x:c r="H58" s="14" t="s">
+        <x:v>100</x:v>
+      </x:c>
       <x:c r="I58" s="16" t="s">
-        <x:v>37</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="J58" s="14" t="s">
-        <x:v>38</x:v>
+        <x:v>53</x:v>
       </x:c>
       <x:c r="K58" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="L58" s="14" t="s">
-        <x:v>40</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="M58" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N58" s="15" t="n">
-        <x:v>22404</x:v>
+        <x:v>22881</x:v>
       </x:c>
       <x:c r="O58" s="14" t="s">
-        <x:v>41</x:v>
+        <x:v>133</x:v>
       </x:c>
       <x:c r="P58" s="14" t="s">
-        <x:v>108</x:v>
+        <x:v>134</x:v>
       </x:c>
       <x:c r="Q58" s="16" t="s">
-        <x:v>37</x:v>
+        <x:v>135</x:v>
       </x:c>
       <x:c r="R58" s="14" t="s">
-        <x:v>109</x:v>
+        <x:v>136</x:v>
       </x:c>
       <x:c r="S58" s="14" t="n">
-        <x:v>503177</x:v>
+        <x:v>493083</x:v>
       </x:c>
       <x:c r="T58" s="16" t="s">
-        <x:v>66</x:v>
+        <x:v>137</x:v>
       </x:c>
       <x:c r="U58" s="16" t="s">
-        <x:v>67</x:v>
+        <x:v>48</x:v>
       </x:c>
     </x:row>
     <x:row r="59" spans="1:21">
       <x:c r="A59" s="1" t="s">
-        <x:v>49</x:v>
+        <x:v>33</x:v>
       </x:c>
       <x:c r="B59" s="0" t="s">
-        <x:v>64</x:v>
+        <x:v>47</x:v>
       </x:c>
       <x:c r="C59" s="3" t="n">
-        <x:v>41835</x:v>
+        <x:v>35974</x:v>
       </x:c>
       <x:c r="D59" s="3" t="s"/>
+      <x:c r="E59" s="0" t="s">
+        <x:v>35</x:v>
+      </x:c>
       <x:c r="G59" s="0" t="s">
-        <x:v>135</x:v>
+        <x:v>36</x:v>
       </x:c>
       <x:c r="I59" s="4" t="s">
-        <x:v>136</x:v>
+        <x:v>37</x:v>
       </x:c>
       <x:c r="J59" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="K59" s="0" t="s">
-        <x:v>54</x:v>
+        <x:v>39</x:v>
       </x:c>
       <x:c r="L59" s="0" t="s">
-        <x:v>27</x:v>
+        <x:v>40</x:v>
       </x:c>
       <x:c r="M59" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N59" s="3" t="n">
         <x:v>22404</x:v>
       </x:c>
       <x:c r="O59" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="P59" s="0" t="s">
-        <x:v>135</x:v>
+        <x:v>108</x:v>
       </x:c>
       <x:c r="Q59" s="4" t="s">
-        <x:v>136</x:v>
+        <x:v>37</x:v>
       </x:c>
       <x:c r="R59" s="0" t="s">
-        <x:v>137</x:v>
+        <x:v>109</x:v>
       </x:c>
       <x:c r="S59" s="0" t="n">
-        <x:v>596256</x:v>
+        <x:v>603163</x:v>
       </x:c>
       <x:c r="T59" s="4" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="U59" s="4" t="s">
-        <x:v>44</x:v>
+        <x:v>46</x:v>
       </x:c>
     </x:row>
     <x:row r="60" spans="1:21">
       <x:c r="A60" s="13" t="s">
-        <x:v>49</x:v>
+        <x:v>33</x:v>
       </x:c>
       <x:c r="B60" s="14" t="s">
-        <x:v>64</x:v>
+        <x:v>34</x:v>
       </x:c>
       <x:c r="C60" s="15" t="n">
-        <x:v>41835</x:v>
+        <x:v>36112</x:v>
       </x:c>
       <x:c r="D60" s="15" t="s"/>
-      <x:c r="E60" s="14" t="s"/>
+      <x:c r="E60" s="14" t="s">
+        <x:v>35</x:v>
+      </x:c>
       <x:c r="F60" s="14" t="s"/>
       <x:c r="G60" s="14" t="s">
-        <x:v>124</x:v>
+        <x:v>36</x:v>
       </x:c>
       <x:c r="H60" s="14" t="s"/>
       <x:c r="I60" s="16" t="s">
-        <x:v>125</x:v>
+        <x:v>37</x:v>
       </x:c>
       <x:c r="J60" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="K60" s="14" t="s">
-        <x:v>54</x:v>
+        <x:v>39</x:v>
       </x:c>
       <x:c r="L60" s="14" t="s">
-        <x:v>27</x:v>
+        <x:v>40</x:v>
       </x:c>
       <x:c r="M60" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N60" s="15" t="n">
         <x:v>22404</x:v>
       </x:c>
       <x:c r="O60" s="14" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="P60" s="14" t="s">
-        <x:v>124</x:v>
+        <x:v>111</x:v>
       </x:c>
       <x:c r="Q60" s="16" t="s">
-        <x:v>125</x:v>
+        <x:v>112</x:v>
       </x:c>
       <x:c r="R60" s="14" t="s">
-        <x:v>126</x:v>
+        <x:v>113</x:v>
       </x:c>
       <x:c r="S60" s="14" t="n">
-        <x:v>596259</x:v>
+        <x:v>603287</x:v>
       </x:c>
       <x:c r="T60" s="16" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="U60" s="16" t="s">
-        <x:v>44</x:v>
+        <x:v>46</x:v>
       </x:c>
     </x:row>
     <x:row r="61" spans="1:21">
       <x:c r="A61" s="1" t="s">
-        <x:v>49</x:v>
+        <x:v>33</x:v>
       </x:c>
       <x:c r="B61" s="0" t="s">
-        <x:v>64</x:v>
+        <x:v>34</x:v>
       </x:c>
       <x:c r="C61" s="3" t="n">
-        <x:v>41835</x:v>
+        <x:v>36112</x:v>
       </x:c>
       <x:c r="D61" s="3" t="s"/>
+      <x:c r="E61" s="0" t="s">
+        <x:v>35</x:v>
+      </x:c>
       <x:c r="G61" s="0" t="s">
-        <x:v>138</x:v>
+        <x:v>92</x:v>
+      </x:c>
+      <x:c r="H61" s="0" t="s">
+        <x:v>93</x:v>
       </x:c>
       <x:c r="I61" s="4" t="s">
-        <x:v>133</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="J61" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="K61" s="0" t="s">
-        <x:v>54</x:v>
+        <x:v>39</x:v>
       </x:c>
       <x:c r="L61" s="0" t="s">
-        <x:v>27</x:v>
+        <x:v>40</x:v>
       </x:c>
       <x:c r="M61" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N61" s="3" t="n">
         <x:v>22404</x:v>
       </x:c>
       <x:c r="O61" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="P61" s="0" t="s">
         <x:v>138</x:v>
       </x:c>
       <x:c r="Q61" s="4" t="s">
-        <x:v>133</x:v>
+        <x:v>139</x:v>
       </x:c>
       <x:c r="R61" s="0" t="s">
-        <x:v>134</x:v>
+        <x:v>140</x:v>
       </x:c>
       <x:c r="S61" s="0" t="n">
-        <x:v>596262</x:v>
+        <x:v>556831</x:v>
       </x:c>
       <x:c r="T61" s="4" t="s">
-        <x:v>43</x:v>
+        <x:v>45</x:v>
       </x:c>
       <x:c r="U61" s="4" t="s">
-        <x:v>44</x:v>
+        <x:v>46</x:v>
       </x:c>
     </x:row>
     <x:row r="62" spans="1:21">
       <x:c r="A62" s="13" t="s">
-        <x:v>21</x:v>
+        <x:v>33</x:v>
       </x:c>
       <x:c r="B62" s="14" t="s">
-        <x:v>139</x:v>
+        <x:v>34</x:v>
       </x:c>
       <x:c r="C62" s="15" t="n">
-        <x:v>37301</x:v>
+        <x:v>36112</x:v>
       </x:c>
       <x:c r="D62" s="15" t="s"/>
-      <x:c r="E62" s="14" t="s"/>
+      <x:c r="E62" s="14" t="s">
+        <x:v>35</x:v>
+      </x:c>
       <x:c r="F62" s="14" t="s"/>
       <x:c r="G62" s="14" t="s">
-        <x:v>99</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>36</x:v>
+      </x:c>
+      <x:c r="H62" s="14" t="s"/>
       <x:c r="I62" s="16" t="s">
-        <x:v>101</x:v>
+        <x:v>37</x:v>
       </x:c>
       <x:c r="J62" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="K62" s="14" t="s">
-        <x:v>26</x:v>
+        <x:v>39</x:v>
       </x:c>
       <x:c r="L62" s="14" t="s">
-        <x:v>27</x:v>
+        <x:v>40</x:v>
       </x:c>
       <x:c r="M62" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N62" s="15" t="n">
-        <x:v>45096</x:v>
+        <x:v>22404</x:v>
       </x:c>
       <x:c r="O62" s="14" t="s">
-        <x:v>102</x:v>
+        <x:v>41</x:v>
       </x:c>
       <x:c r="P62" s="14" t="s">
-        <x:v>99</x:v>
+        <x:v>108</x:v>
       </x:c>
       <x:c r="Q62" s="16" t="s">
-        <x:v>101</x:v>
+        <x:v>37</x:v>
       </x:c>
       <x:c r="R62" s="14" t="s">
-        <x:v>103</x:v>
+        <x:v>109</x:v>
       </x:c>
       <x:c r="S62" s="14" t="n">
-        <x:v>572148</x:v>
+        <x:v>503177</x:v>
       </x:c>
       <x:c r="T62" s="16" t="s">
-        <x:v>45</x:v>
+        <x:v>66</x:v>
       </x:c>
       <x:c r="U62" s="16" t="s">
-        <x:v>48</x:v>
+        <x:v>67</x:v>
       </x:c>
     </x:row>
     <x:row r="63" spans="1:21">
       <x:c r="A63" s="1" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B63" s="0" t="s">
-        <x:v>34</x:v>
+        <x:v>127</x:v>
       </x:c>
       <x:c r="C63" s="3" t="n">
-        <x:v>36112</x:v>
+        <x:v>37238</x:v>
       </x:c>
       <x:c r="D63" s="3" t="s"/>
       <x:c r="E63" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="G63" s="0" t="s">
-        <x:v>36</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="I63" s="4" t="s">
-        <x:v>37</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="J63" s="0" t="s">
-        <x:v>38</x:v>
+        <x:v>53</x:v>
       </x:c>
       <x:c r="K63" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="L63" s="0" t="s">
-        <x:v>40</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="M63" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N63" s="3" t="n">
-        <x:v>22404</x:v>
+        <x:v>22435</x:v>
       </x:c>
       <x:c r="O63" s="0" t="s">
-        <x:v>41</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="P63" s="0" t="s">
-        <x:v>108</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="Q63" s="4" t="s">
-        <x:v>37</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="R63" s="0" t="s">
-        <x:v>109</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="S63" s="0" t="n">
-        <x:v>548418</x:v>
+        <x:v>548869</x:v>
       </x:c>
       <x:c r="T63" s="4" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="U63" s="4" t="s">
-        <x:v>46</x:v>
+        <x:v>110</x:v>
       </x:c>
     </x:row>
     <x:row r="64" spans="1:21">
       <x:c r="A64" s="13" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B64" s="14" t="s">
-        <x:v>140</x:v>
+        <x:v>47</x:v>
       </x:c>
       <x:c r="C64" s="15" t="n">
-        <x:v>38410</x:v>
+        <x:v>35974</x:v>
       </x:c>
       <x:c r="D64" s="15" t="s"/>
       <x:c r="E64" s="14" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="F64" s="14" t="s"/>
       <x:c r="G64" s="14" t="s">
-        <x:v>99</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>36</x:v>
+      </x:c>
+      <x:c r="H64" s="14" t="s"/>
       <x:c r="I64" s="16" t="s">
-        <x:v>101</x:v>
+        <x:v>37</x:v>
       </x:c>
       <x:c r="J64" s="14" t="s">
-        <x:v>53</x:v>
+        <x:v>38</x:v>
       </x:c>
       <x:c r="K64" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="L64" s="14" t="s">
-        <x:v>27</x:v>
+        <x:v>40</x:v>
       </x:c>
       <x:c r="M64" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N64" s="15" t="n">
-        <x:v>22881</x:v>
+        <x:v>22404</x:v>
       </x:c>
       <x:c r="O64" s="14" t="s">
-        <x:v>141</x:v>
+        <x:v>41</x:v>
       </x:c>
       <x:c r="P64" s="14" t="s">
-        <x:v>142</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="Q64" s="16" t="s">
-        <x:v>143</x:v>
+        <x:v>84</x:v>
       </x:c>
       <x:c r="R64" s="14" t="s">
-        <x:v>144</x:v>
+        <x:v>85</x:v>
       </x:c>
       <x:c r="S64" s="14" t="n">
-        <x:v>493083</x:v>
+        <x:v>604062</x:v>
       </x:c>
       <x:c r="T64" s="16" t="s">
-        <x:v>145</x:v>
+        <x:v>43</x:v>
       </x:c>
       <x:c r="U64" s="16" t="s">
-        <x:v>48</x:v>
+        <x:v>44</x:v>
       </x:c>
     </x:row>
     <x:row r="65" spans="1:21">
       <x:c r="A65" s="1" t="s">
-        <x:v>33</x:v>
+        <x:v>49</x:v>
       </x:c>
       <x:c r="B65" s="0" t="s">
-        <x:v>47</x:v>
+        <x:v>64</x:v>
       </x:c>
       <x:c r="C65" s="3" t="n">
-        <x:v>35974</x:v>
+        <x:v>41835</x:v>
       </x:c>
       <x:c r="D65" s="3" t="s"/>
-      <x:c r="E65" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="G65" s="0" t="s">
-        <x:v>36</x:v>
+        <x:v>141</x:v>
       </x:c>
       <x:c r="I65" s="4" t="s">
-        <x:v>37</x:v>
+        <x:v>142</x:v>
       </x:c>
       <x:c r="J65" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="K65" s="0" t="s">
-        <x:v>39</x:v>
+        <x:v>54</x:v>
       </x:c>
       <x:c r="L65" s="0" t="s">
-        <x:v>40</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="M65" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N65" s="3" t="n">
         <x:v>22404</x:v>
       </x:c>
       <x:c r="O65" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="P65" s="0" t="s">
-        <x:v>108</x:v>
+        <x:v>141</x:v>
       </x:c>
       <x:c r="Q65" s="4" t="s">
-        <x:v>37</x:v>
+        <x:v>142</x:v>
       </x:c>
       <x:c r="R65" s="0" t="s">
-        <x:v>109</x:v>
+        <x:v>143</x:v>
       </x:c>
       <x:c r="S65" s="0" t="n">
-        <x:v>603163</x:v>
+        <x:v>596256</x:v>
       </x:c>
       <x:c r="T65" s="4" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="U65" s="4" t="s">
-        <x:v>46</x:v>
+        <x:v>44</x:v>
       </x:c>
     </x:row>
     <x:row r="66" spans="1:21">
       <x:c r="A66" s="13" t="s">
-        <x:v>33</x:v>
+        <x:v>49</x:v>
       </x:c>
       <x:c r="B66" s="14" t="s">
-        <x:v>34</x:v>
+        <x:v>64</x:v>
       </x:c>
       <x:c r="C66" s="15" t="n">
-        <x:v>36112</x:v>
+        <x:v>41835</x:v>
       </x:c>
       <x:c r="D66" s="15" t="s"/>
-      <x:c r="E66" s="14" t="s">
-[...1 lines deleted...]
-      </x:c>
+      <x:c r="E66" s="14" t="s"/>
       <x:c r="F66" s="14" t="s"/>
       <x:c r="G66" s="14" t="s">
-        <x:v>36</x:v>
+        <x:v>124</x:v>
       </x:c>
       <x:c r="H66" s="14" t="s"/>
       <x:c r="I66" s="16" t="s">
-        <x:v>37</x:v>
+        <x:v>125</x:v>
       </x:c>
       <x:c r="J66" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="K66" s="14" t="s">
-        <x:v>39</x:v>
+        <x:v>54</x:v>
       </x:c>
       <x:c r="L66" s="14" t="s">
-        <x:v>40</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="M66" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N66" s="15" t="n">
         <x:v>22404</x:v>
       </x:c>
       <x:c r="O66" s="14" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="P66" s="14" t="s">
-        <x:v>111</x:v>
+        <x:v>124</x:v>
       </x:c>
       <x:c r="Q66" s="16" t="s">
-        <x:v>112</x:v>
+        <x:v>125</x:v>
       </x:c>
       <x:c r="R66" s="14" t="s">
-        <x:v>113</x:v>
+        <x:v>126</x:v>
       </x:c>
       <x:c r="S66" s="14" t="n">
-        <x:v>603287</x:v>
+        <x:v>596259</x:v>
       </x:c>
       <x:c r="T66" s="16" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="U66" s="16" t="s">
-        <x:v>46</x:v>
+        <x:v>44</x:v>
       </x:c>
     </x:row>
     <x:row r="67" spans="1:21">
       <x:c r="A67" s="1" t="s">
-        <x:v>33</x:v>
+        <x:v>49</x:v>
       </x:c>
       <x:c r="B67" s="0" t="s">
-        <x:v>127</x:v>
+        <x:v>64</x:v>
       </x:c>
       <x:c r="C67" s="3" t="n">
-        <x:v>37238</x:v>
+        <x:v>41835</x:v>
       </x:c>
       <x:c r="D67" s="3" t="s"/>
-      <x:c r="E67" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="G67" s="0" t="s">
-        <x:v>86</x:v>
+        <x:v>144</x:v>
       </x:c>
       <x:c r="I67" s="4" t="s">
-        <x:v>87</x:v>
+        <x:v>139</x:v>
       </x:c>
       <x:c r="J67" s="0" t="s">
-        <x:v>53</x:v>
+        <x:v>38</x:v>
       </x:c>
       <x:c r="K67" s="0" t="s">
-        <x:v>39</x:v>
+        <x:v>54</x:v>
       </x:c>
       <x:c r="L67" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M67" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N67" s="3" t="n">
-        <x:v>22435</x:v>
+        <x:v>22404</x:v>
       </x:c>
       <x:c r="O67" s="0" t="s">
-        <x:v>29</x:v>
+        <x:v>41</x:v>
       </x:c>
       <x:c r="P67" s="0" t="s">
-        <x:v>86</x:v>
+        <x:v>144</x:v>
       </x:c>
       <x:c r="Q67" s="4" t="s">
-        <x:v>87</x:v>
+        <x:v>139</x:v>
       </x:c>
       <x:c r="R67" s="0" t="s">
-        <x:v>88</x:v>
+        <x:v>140</x:v>
       </x:c>
       <x:c r="S67" s="0" t="n">
-        <x:v>548869</x:v>
+        <x:v>596262</x:v>
       </x:c>
       <x:c r="T67" s="4" t="s">
-        <x:v>45</x:v>
+        <x:v>43</x:v>
       </x:c>
       <x:c r="U67" s="4" t="s">
-        <x:v>110</x:v>
+        <x:v>44</x:v>
       </x:c>
     </x:row>
     <x:row r="68" spans="1:21">
       <x:c r="A68" s="13" t="s">
-        <x:v>33</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B68" s="14" t="s">
-        <x:v>47</x:v>
+        <x:v>145</x:v>
       </x:c>
       <x:c r="C68" s="15" t="n">
-        <x:v>35974</x:v>
+        <x:v>37301</x:v>
       </x:c>
       <x:c r="D68" s="15" t="s"/>
-      <x:c r="E68" s="14" t="s">
-[...1 lines deleted...]
-      </x:c>
+      <x:c r="E68" s="14" t="s"/>
       <x:c r="F68" s="14" t="s"/>
       <x:c r="G68" s="14" t="s">
-        <x:v>36</x:v>
-[...1 lines deleted...]
-      <x:c r="H68" s="14" t="s"/>
+        <x:v>99</x:v>
+      </x:c>
+      <x:c r="H68" s="14" t="s">
+        <x:v>100</x:v>
+      </x:c>
       <x:c r="I68" s="16" t="s">
-        <x:v>37</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="J68" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="K68" s="14" t="s">
-        <x:v>39</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="L68" s="14" t="s">
-        <x:v>40</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="M68" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N68" s="15" t="n">
-        <x:v>22404</x:v>
+        <x:v>45096</x:v>
       </x:c>
       <x:c r="O68" s="14" t="s">
-        <x:v>41</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="P68" s="14" t="s">
-        <x:v>83</x:v>
+        <x:v>99</x:v>
       </x:c>
       <x:c r="Q68" s="16" t="s">
-        <x:v>84</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="R68" s="14" t="s">
-        <x:v>85</x:v>
+        <x:v>103</x:v>
       </x:c>
       <x:c r="S68" s="14" t="n">
-        <x:v>604062</x:v>
+        <x:v>572148</x:v>
       </x:c>
       <x:c r="T68" s="16" t="s">
-        <x:v>43</x:v>
+        <x:v>45</x:v>
       </x:c>
       <x:c r="U68" s="16" t="s">
-        <x:v>44</x:v>
+        <x:v>48</x:v>
       </x:c>
     </x:row>
     <x:row r="69" spans="1:21">
       <x:c r="A69" s="1" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B69" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="C69" s="3" t="n">
         <x:v>35974</x:v>
       </x:c>
       <x:c r="D69" s="3" t="s"/>
       <x:c r="E69" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="G69" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="I69" s="4" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="J69" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
@@ -5743,500 +5743,495 @@
       </x:c>
       <x:c r="O78" s="14" t="s">
         <x:v>149</x:v>
       </x:c>
       <x:c r="P78" s="14" t="s">
         <x:v>114</x:v>
       </x:c>
       <x:c r="Q78" s="16" t="s">
         <x:v>115</x:v>
       </x:c>
       <x:c r="R78" s="14" t="s">
         <x:v>116</x:v>
       </x:c>
       <x:c r="S78" s="14" t="n">
         <x:v>595923</x:v>
       </x:c>
       <x:c r="T78" s="16" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="U78" s="16" t="s">
         <x:v>44</x:v>
       </x:c>
     </x:row>
     <x:row r="79" spans="1:21">
       <x:c r="A79" s="1" t="s">
-        <x:v>49</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B79" s="0" t="s">
-        <x:v>65</x:v>
+        <x:v>150</x:v>
       </x:c>
       <x:c r="C79" s="3" t="n">
-        <x:v>41837</x:v>
+        <x:v>35823</x:v>
       </x:c>
       <x:c r="D79" s="3" t="s"/>
       <x:c r="G79" s="0" t="s">
-        <x:v>150</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="I79" s="4" t="s">
-        <x:v>151</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="J79" s="0" t="s">
-        <x:v>53</x:v>
+        <x:v>38</x:v>
       </x:c>
       <x:c r="K79" s="0" t="s">
-        <x:v>54</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="L79" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M79" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N79" s="3" t="n">
-        <x:v>22404</x:v>
+        <x:v>22416</x:v>
       </x:c>
       <x:c r="O79" s="0" t="s">
-        <x:v>41</x:v>
+        <x:v>131</x:v>
       </x:c>
       <x:c r="P79" s="0" t="s">
-        <x:v>150</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="Q79" s="4" t="s">
+        <x:v>87</x:v>
+      </x:c>
+      <x:c r="R79" s="0" t="s">
+        <x:v>88</x:v>
+      </x:c>
+      <x:c r="S79" s="0" t="n">
+        <x:v>575738</x:v>
+      </x:c>
+      <x:c r="T79" s="4" t="s">
         <x:v>151</x:v>
       </x:c>
-      <x:c r="R79" s="0" t="s">
+      <x:c r="U79" s="4" t="s">
         <x:v>152</x:v>
-      </x:c>
-[...7 lines deleted...]
-        <x:v>44</x:v>
       </x:c>
     </x:row>
     <x:row r="80" spans="1:21">
       <x:c r="A80" s="13" t="s">
-        <x:v>49</x:v>
+        <x:v>33</x:v>
       </x:c>
       <x:c r="B80" s="14" t="s">
-        <x:v>153</x:v>
+        <x:v>34</x:v>
       </x:c>
       <x:c r="C80" s="15" t="n">
-        <x:v>37301</x:v>
+        <x:v>36112</x:v>
       </x:c>
       <x:c r="D80" s="15" t="s"/>
-      <x:c r="E80" s="14" t="s"/>
+      <x:c r="E80" s="14" t="s">
+        <x:v>35</x:v>
+      </x:c>
       <x:c r="F80" s="14" t="s"/>
       <x:c r="G80" s="14" t="s">
-        <x:v>124</x:v>
-[...1 lines deleted...]
-      <x:c r="H80" s="14" t="s"/>
+        <x:v>92</x:v>
+      </x:c>
+      <x:c r="H80" s="14" t="s">
+        <x:v>93</x:v>
+      </x:c>
       <x:c r="I80" s="16" t="s">
-        <x:v>125</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="J80" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="K80" s="14" t="s">
-        <x:v>54</x:v>
+        <x:v>39</x:v>
       </x:c>
       <x:c r="L80" s="14" t="s">
-        <x:v>27</x:v>
+        <x:v>40</x:v>
       </x:c>
       <x:c r="M80" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N80" s="15" t="n">
-        <x:v>45591</x:v>
+        <x:v>22404</x:v>
       </x:c>
       <x:c r="O80" s="14" t="s">
-        <x:v>129</x:v>
+        <x:v>41</x:v>
       </x:c>
       <x:c r="P80" s="14" t="s">
-        <x:v>124</x:v>
+        <x:v>138</x:v>
       </x:c>
       <x:c r="Q80" s="16" t="s">
-        <x:v>125</x:v>
+        <x:v>139</x:v>
       </x:c>
       <x:c r="R80" s="14" t="s">
-        <x:v>126</x:v>
+        <x:v>140</x:v>
       </x:c>
       <x:c r="S80" s="14" t="n">
-        <x:v>595566</x:v>
+        <x:v>609691</x:v>
       </x:c>
       <x:c r="T80" s="16" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="U80" s="16" t="s">
-        <x:v>46</x:v>
+        <x:v>44</x:v>
       </x:c>
     </x:row>
     <x:row r="81" spans="1:21">
       <x:c r="A81" s="1" t="s">
-        <x:v>21</x:v>
+        <x:v>33</x:v>
       </x:c>
       <x:c r="B81" s="0" t="s">
-        <x:v>154</x:v>
+        <x:v>34</x:v>
       </x:c>
       <x:c r="C81" s="3" t="n">
-        <x:v>35823</x:v>
+        <x:v>36112</x:v>
       </x:c>
       <x:c r="D81" s="3" t="s"/>
+      <x:c r="E81" s="0" t="s">
+        <x:v>35</x:v>
+      </x:c>
       <x:c r="G81" s="0" t="s">
-        <x:v>86</x:v>
+        <x:v>36</x:v>
       </x:c>
       <x:c r="I81" s="4" t="s">
-        <x:v>87</x:v>
+        <x:v>37</x:v>
       </x:c>
       <x:c r="J81" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="K81" s="0" t="s">
-        <x:v>26</x:v>
+        <x:v>39</x:v>
       </x:c>
       <x:c r="L81" s="0" t="s">
-        <x:v>27</x:v>
+        <x:v>40</x:v>
       </x:c>
       <x:c r="M81" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N81" s="3" t="n">
-        <x:v>22416</x:v>
+        <x:v>22404</x:v>
       </x:c>
       <x:c r="O81" s="0" t="s">
-        <x:v>131</x:v>
+        <x:v>41</x:v>
       </x:c>
       <x:c r="P81" s="0" t="s">
-        <x:v>86</x:v>
+        <x:v>108</x:v>
       </x:c>
       <x:c r="Q81" s="4" t="s">
-        <x:v>87</x:v>
+        <x:v>37</x:v>
       </x:c>
       <x:c r="R81" s="0" t="s">
-        <x:v>88</x:v>
+        <x:v>109</x:v>
       </x:c>
       <x:c r="S81" s="0" t="n">
-        <x:v>575738</x:v>
+        <x:v>603145</x:v>
       </x:c>
       <x:c r="T81" s="4" t="s">
-        <x:v>155</x:v>
+        <x:v>43</x:v>
       </x:c>
       <x:c r="U81" s="4" t="s">
-        <x:v>156</x:v>
+        <x:v>46</x:v>
       </x:c>
     </x:row>
     <x:row r="82" spans="1:21">
       <x:c r="A82" s="13" t="s">
-        <x:v>33</x:v>
+        <x:v>49</x:v>
       </x:c>
       <x:c r="B82" s="14" t="s">
-        <x:v>34</x:v>
+        <x:v>65</x:v>
       </x:c>
       <x:c r="C82" s="15" t="n">
-        <x:v>36112</x:v>
+        <x:v>41837</x:v>
       </x:c>
       <x:c r="D82" s="15" t="s"/>
-      <x:c r="E82" s="14" t="s">
-[...1 lines deleted...]
-      </x:c>
+      <x:c r="E82" s="14" t="s"/>
       <x:c r="F82" s="14" t="s"/>
       <x:c r="G82" s="14" t="s">
-        <x:v>92</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>153</x:v>
+      </x:c>
+      <x:c r="H82" s="14" t="s"/>
       <x:c r="I82" s="16" t="s">
-        <x:v>94</x:v>
+        <x:v>154</x:v>
       </x:c>
       <x:c r="J82" s="14" t="s">
-        <x:v>38</x:v>
+        <x:v>53</x:v>
       </x:c>
       <x:c r="K82" s="14" t="s">
-        <x:v>39</x:v>
+        <x:v>54</x:v>
       </x:c>
       <x:c r="L82" s="14" t="s">
-        <x:v>40</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="M82" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N82" s="15" t="n">
         <x:v>22404</x:v>
       </x:c>
       <x:c r="O82" s="14" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="P82" s="14" t="s">
-        <x:v>132</x:v>
+        <x:v>153</x:v>
       </x:c>
       <x:c r="Q82" s="16" t="s">
-        <x:v>133</x:v>
+        <x:v>154</x:v>
       </x:c>
       <x:c r="R82" s="14" t="s">
-        <x:v>134</x:v>
+        <x:v>155</x:v>
       </x:c>
       <x:c r="S82" s="14" t="n">
-        <x:v>609691</x:v>
+        <x:v>594217</x:v>
       </x:c>
       <x:c r="T82" s="16" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="U82" s="16" t="s">
         <x:v>44</x:v>
       </x:c>
     </x:row>
     <x:row r="83" spans="1:21">
       <x:c r="A83" s="1" t="s">
-        <x:v>33</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B83" s="0" t="s">
-        <x:v>157</x:v>
+        <x:v>156</x:v>
       </x:c>
       <x:c r="C83" s="3" t="n">
         <x:v>37301</x:v>
       </x:c>
       <x:c r="D83" s="3" t="s"/>
-      <x:c r="E83" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="G83" s="0" t="s">
         <x:v>99</x:v>
       </x:c>
       <x:c r="H83" s="0" t="s">
         <x:v>100</x:v>
       </x:c>
       <x:c r="I83" s="4" t="s">
         <x:v>101</x:v>
       </x:c>
       <x:c r="J83" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="K83" s="0" t="s">
-        <x:v>39</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="L83" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M83" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N83" s="3" t="n">
         <x:v>45591</x:v>
       </x:c>
       <x:c r="O83" s="0" t="s">
         <x:v>129</x:v>
       </x:c>
       <x:c r="P83" s="0" t="s">
-        <x:v>158</x:v>
+        <x:v>99</x:v>
       </x:c>
       <x:c r="Q83" s="4" t="s">
-        <x:v>159</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="R83" s="0" t="s">
         <x:v>103</x:v>
       </x:c>
       <x:c r="S83" s="0" t="n">
-        <x:v>556721</x:v>
+        <x:v>552664</x:v>
       </x:c>
       <x:c r="T83" s="4" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="U83" s="4" t="s">
         <x:v>46</x:v>
       </x:c>
     </x:row>
     <x:row r="84" spans="1:21">
       <x:c r="A84" s="13" t="s">
-        <x:v>33</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B84" s="14" t="s">
-        <x:v>34</x:v>
+        <x:v>150</x:v>
       </x:c>
       <x:c r="C84" s="15" t="n">
-        <x:v>36112</x:v>
+        <x:v>35823</x:v>
       </x:c>
       <x:c r="D84" s="15" t="s"/>
-      <x:c r="E84" s="14" t="s">
-[...1 lines deleted...]
-      </x:c>
+      <x:c r="E84" s="14" t="s"/>
       <x:c r="F84" s="14" t="s"/>
       <x:c r="G84" s="14" t="s">
-        <x:v>36</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="H84" s="14" t="s"/>
       <x:c r="I84" s="16" t="s">
-        <x:v>37</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="J84" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="K84" s="14" t="s">
-        <x:v>39</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="L84" s="14" t="s">
-        <x:v>40</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="M84" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N84" s="15" t="n">
-        <x:v>22404</x:v>
+        <x:v>22416</x:v>
       </x:c>
       <x:c r="O84" s="14" t="s">
-        <x:v>41</x:v>
+        <x:v>131</x:v>
       </x:c>
       <x:c r="P84" s="14" t="s">
-        <x:v>108</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="Q84" s="16" t="s">
-        <x:v>37</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="R84" s="14" t="s">
-        <x:v>109</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="S84" s="14" t="n">
-        <x:v>603145</x:v>
+        <x:v>618913</x:v>
       </x:c>
       <x:c r="T84" s="16" t="s">
-        <x:v>43</x:v>
+        <x:v>31</x:v>
       </x:c>
       <x:c r="U84" s="16" t="s">
-        <x:v>46</x:v>
+        <x:v>157</x:v>
       </x:c>
     </x:row>
     <x:row r="85" spans="1:21">
       <x:c r="A85" s="1" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B85" s="0" t="s">
-        <x:v>91</x:v>
+        <x:v>34</x:v>
       </x:c>
       <x:c r="C85" s="3" t="n">
-        <x:v>37917</x:v>
+        <x:v>36112</x:v>
       </x:c>
       <x:c r="D85" s="3" t="s"/>
       <x:c r="E85" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="G85" s="0" t="s">
-        <x:v>92</x:v>
-[...2 lines deleted...]
-        <x:v>93</x:v>
+        <x:v>36</x:v>
       </x:c>
       <x:c r="I85" s="4" t="s">
-        <x:v>94</x:v>
+        <x:v>37</x:v>
       </x:c>
       <x:c r="J85" s="0" t="s">
-        <x:v>53</x:v>
+        <x:v>38</x:v>
       </x:c>
       <x:c r="K85" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="L85" s="0" t="s">
-        <x:v>27</x:v>
+        <x:v>40</x:v>
       </x:c>
       <x:c r="M85" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N85" s="3" t="n">
         <x:v>22404</x:v>
       </x:c>
       <x:c r="O85" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="P85" s="0" t="s">
-        <x:v>92</x:v>
+        <x:v>111</x:v>
       </x:c>
       <x:c r="Q85" s="4" t="s">
-        <x:v>94</x:v>
+        <x:v>112</x:v>
       </x:c>
       <x:c r="R85" s="0" t="s">
-        <x:v>97</x:v>
+        <x:v>113</x:v>
       </x:c>
       <x:c r="S85" s="0" t="n">
-        <x:v>609701</x:v>
+        <x:v>603285</x:v>
       </x:c>
       <x:c r="T85" s="4" t="s">
-        <x:v>43</x:v>
+        <x:v>45</x:v>
       </x:c>
       <x:c r="U85" s="4" t="s">
-        <x:v>160</x:v>
+        <x:v>48</x:v>
       </x:c>
     </x:row>
     <x:row r="86" spans="1:21">
       <x:c r="A86" s="13" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B86" s="14" t="s">
-        <x:v>161</x:v>
+        <x:v>158</x:v>
       </x:c>
       <x:c r="C86" s="15" t="n">
         <x:v>37301</x:v>
       </x:c>
       <x:c r="D86" s="15" t="s"/>
       <x:c r="E86" s="14" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="F86" s="14" t="s"/>
       <x:c r="G86" s="14" t="s">
         <x:v>99</x:v>
       </x:c>
       <x:c r="H86" s="14" t="s">
         <x:v>100</x:v>
       </x:c>
       <x:c r="I86" s="16" t="s">
         <x:v>101</x:v>
       </x:c>
       <x:c r="J86" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="K86" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="L86" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M86" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N86" s="15" t="n">
         <x:v>45096</x:v>
       </x:c>
       <x:c r="O86" s="14" t="s">
         <x:v>102</x:v>
       </x:c>
       <x:c r="P86" s="14" t="s">
-        <x:v>158</x:v>
+        <x:v>159</x:v>
       </x:c>
       <x:c r="Q86" s="16" t="s">
-        <x:v>159</x:v>
+        <x:v>160</x:v>
       </x:c>
       <x:c r="R86" s="14" t="s">
         <x:v>103</x:v>
       </x:c>
       <x:c r="S86" s="14" t="n">
         <x:v>556747</x:v>
       </x:c>
       <x:c r="T86" s="16" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="U86" s="16" t="s">
         <x:v>46</x:v>
       </x:c>
     </x:row>
     <x:row r="87" spans="1:21">
       <x:c r="A87" s="1" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B87" s="0" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="C87" s="3" t="n">
         <x:v>36112</x:v>
       </x:c>
       <x:c r="D87" s="3" t="s"/>
@@ -6249,403 +6244,408 @@
       <x:c r="H87" s="0" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="I87" s="4" t="s">
         <x:v>94</x:v>
       </x:c>
       <x:c r="J87" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="K87" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="L87" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="M87" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N87" s="3" t="n">
         <x:v>22404</x:v>
       </x:c>
       <x:c r="O87" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="P87" s="0" t="s">
-        <x:v>132</x:v>
+        <x:v>138</x:v>
       </x:c>
       <x:c r="Q87" s="4" t="s">
-        <x:v>133</x:v>
+        <x:v>139</x:v>
       </x:c>
       <x:c r="R87" s="0" t="s">
-        <x:v>134</x:v>
+        <x:v>140</x:v>
       </x:c>
       <x:c r="S87" s="0" t="n">
         <x:v>509385</x:v>
       </x:c>
       <x:c r="T87" s="4" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="U87" s="4" t="s">
         <x:v>48</x:v>
       </x:c>
     </x:row>
     <x:row r="88" spans="1:21">
       <x:c r="A88" s="13" t="s">
-        <x:v>33</x:v>
+        <x:v>49</x:v>
       </x:c>
       <x:c r="B88" s="14" t="s">
-        <x:v>34</x:v>
+        <x:v>161</x:v>
       </x:c>
       <x:c r="C88" s="15" t="n">
-        <x:v>36112</x:v>
+        <x:v>37301</x:v>
       </x:c>
       <x:c r="D88" s="15" t="s"/>
-      <x:c r="E88" s="14" t="s">
-[...1 lines deleted...]
-      </x:c>
+      <x:c r="E88" s="14" t="s"/>
       <x:c r="F88" s="14" t="s"/>
       <x:c r="G88" s="14" t="s">
-        <x:v>36</x:v>
+        <x:v>124</x:v>
       </x:c>
       <x:c r="H88" s="14" t="s"/>
       <x:c r="I88" s="16" t="s">
-        <x:v>37</x:v>
+        <x:v>125</x:v>
       </x:c>
       <x:c r="J88" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="K88" s="14" t="s">
-        <x:v>39</x:v>
+        <x:v>54</x:v>
       </x:c>
       <x:c r="L88" s="14" t="s">
-        <x:v>40</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="M88" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N88" s="15" t="n">
-        <x:v>22404</x:v>
+        <x:v>45591</x:v>
       </x:c>
       <x:c r="O88" s="14" t="s">
-        <x:v>41</x:v>
+        <x:v>129</x:v>
       </x:c>
       <x:c r="P88" s="14" t="s">
-        <x:v>83</x:v>
+        <x:v>124</x:v>
       </x:c>
       <x:c r="Q88" s="16" t="s">
-        <x:v>84</x:v>
+        <x:v>125</x:v>
       </x:c>
       <x:c r="R88" s="14" t="s">
-        <x:v>85</x:v>
+        <x:v>126</x:v>
       </x:c>
       <x:c r="S88" s="14" t="n">
-        <x:v>503617</x:v>
+        <x:v>595566</x:v>
       </x:c>
       <x:c r="T88" s="16" t="s">
-        <x:v>66</x:v>
+        <x:v>43</x:v>
       </x:c>
       <x:c r="U88" s="16" t="s">
-        <x:v>67</x:v>
+        <x:v>46</x:v>
       </x:c>
     </x:row>
     <x:row r="89" spans="1:21">
       <x:c r="A89" s="1" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B89" s="0" t="s">
-        <x:v>91</x:v>
+        <x:v>162</x:v>
       </x:c>
       <x:c r="C89" s="3" t="n">
-        <x:v>37917</x:v>
+        <x:v>37301</x:v>
       </x:c>
       <x:c r="D89" s="3" t="s"/>
       <x:c r="E89" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="G89" s="0" t="s">
-        <x:v>92</x:v>
+        <x:v>99</x:v>
       </x:c>
       <x:c r="H89" s="0" t="s">
-        <x:v>93</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="I89" s="4" t="s">
-        <x:v>94</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="J89" s="0" t="s">
-        <x:v>53</x:v>
+        <x:v>38</x:v>
       </x:c>
       <x:c r="K89" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="L89" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M89" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N89" s="3" t="n">
-        <x:v>22404</x:v>
+        <x:v>45591</x:v>
       </x:c>
       <x:c r="O89" s="0" t="s">
-        <x:v>41</x:v>
+        <x:v>129</x:v>
       </x:c>
       <x:c r="P89" s="0" t="s">
-        <x:v>92</x:v>
+        <x:v>159</x:v>
       </x:c>
       <x:c r="Q89" s="4" t="s">
-        <x:v>94</x:v>
+        <x:v>160</x:v>
       </x:c>
       <x:c r="R89" s="0" t="s">
-        <x:v>97</x:v>
+        <x:v>103</x:v>
       </x:c>
       <x:c r="S89" s="0" t="n">
-        <x:v>557235</x:v>
+        <x:v>556721</x:v>
       </x:c>
       <x:c r="T89" s="4" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="U89" s="4" t="s">
-        <x:v>44</x:v>
+        <x:v>46</x:v>
       </x:c>
     </x:row>
     <x:row r="90" spans="1:21">
       <x:c r="A90" s="13" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B90" s="14" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="C90" s="15" t="n">
         <x:v>36112</x:v>
       </x:c>
       <x:c r="D90" s="15" t="s"/>
       <x:c r="E90" s="14" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="F90" s="14" t="s"/>
       <x:c r="G90" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="H90" s="14" t="s"/>
       <x:c r="I90" s="16" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="J90" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="K90" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="L90" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="M90" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N90" s="15" t="n">
         <x:v>22404</x:v>
       </x:c>
       <x:c r="O90" s="14" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="P90" s="14" t="s">
-        <x:v>111</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="Q90" s="16" t="s">
-        <x:v>112</x:v>
+        <x:v>84</x:v>
       </x:c>
       <x:c r="R90" s="14" t="s">
-        <x:v>113</x:v>
+        <x:v>85</x:v>
       </x:c>
       <x:c r="S90" s="14" t="n">
-        <x:v>603285</x:v>
+        <x:v>503617</x:v>
       </x:c>
       <x:c r="T90" s="16" t="s">
-        <x:v>45</x:v>
+        <x:v>66</x:v>
       </x:c>
       <x:c r="U90" s="16" t="s">
-        <x:v>48</x:v>
+        <x:v>67</x:v>
       </x:c>
     </x:row>
     <x:row r="91" spans="1:21">
       <x:c r="A91" s="1" t="s">
-        <x:v>21</x:v>
+        <x:v>33</x:v>
       </x:c>
       <x:c r="B91" s="0" t="s">
-        <x:v>162</x:v>
+        <x:v>91</x:v>
       </x:c>
       <x:c r="C91" s="3" t="n">
-        <x:v>37301</x:v>
+        <x:v>37917</x:v>
       </x:c>
       <x:c r="D91" s="3" t="s"/>
+      <x:c r="E91" s="0" t="s">
+        <x:v>35</x:v>
+      </x:c>
       <x:c r="G91" s="0" t="s">
-        <x:v>99</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="H91" s="0" t="s">
-        <x:v>100</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="I91" s="4" t="s">
-        <x:v>101</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="J91" s="0" t="s">
-        <x:v>38</x:v>
+        <x:v>53</x:v>
       </x:c>
       <x:c r="K91" s="0" t="s">
-        <x:v>26</x:v>
+        <x:v>39</x:v>
       </x:c>
       <x:c r="L91" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M91" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N91" s="3" t="n">
-        <x:v>45591</x:v>
+        <x:v>22404</x:v>
       </x:c>
       <x:c r="O91" s="0" t="s">
-        <x:v>129</x:v>
+        <x:v>41</x:v>
       </x:c>
       <x:c r="P91" s="0" t="s">
-        <x:v>99</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="Q91" s="4" t="s">
-        <x:v>101</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="R91" s="0" t="s">
-        <x:v>103</x:v>
+        <x:v>97</x:v>
       </x:c>
       <x:c r="S91" s="0" t="n">
-        <x:v>552664</x:v>
+        <x:v>557235</x:v>
       </x:c>
       <x:c r="T91" s="4" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="U91" s="4" t="s">
-        <x:v>46</x:v>
+        <x:v>44</x:v>
       </x:c>
     </x:row>
     <x:row r="92" spans="1:21">
       <x:c r="A92" s="13" t="s">
-        <x:v>21</x:v>
+        <x:v>33</x:v>
       </x:c>
       <x:c r="B92" s="14" t="s">
-        <x:v>154</x:v>
+        <x:v>91</x:v>
       </x:c>
       <x:c r="C92" s="15" t="n">
-        <x:v>35823</x:v>
+        <x:v>37917</x:v>
       </x:c>
       <x:c r="D92" s="15" t="s"/>
-      <x:c r="E92" s="14" t="s"/>
+      <x:c r="E92" s="14" t="s">
+        <x:v>35</x:v>
+      </x:c>
       <x:c r="F92" s="14" t="s"/>
       <x:c r="G92" s="14" t="s">
-        <x:v>86</x:v>
-[...1 lines deleted...]
-      <x:c r="H92" s="14" t="s"/>
+        <x:v>92</x:v>
+      </x:c>
+      <x:c r="H92" s="14" t="s">
+        <x:v>93</x:v>
+      </x:c>
       <x:c r="I92" s="16" t="s">
-        <x:v>87</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="J92" s="14" t="s">
-        <x:v>38</x:v>
+        <x:v>53</x:v>
       </x:c>
       <x:c r="K92" s="14" t="s">
-        <x:v>26</x:v>
+        <x:v>39</x:v>
       </x:c>
       <x:c r="L92" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M92" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N92" s="15" t="n">
-        <x:v>22416</x:v>
+        <x:v>22404</x:v>
       </x:c>
       <x:c r="O92" s="14" t="s">
-        <x:v>131</x:v>
+        <x:v>41</x:v>
       </x:c>
       <x:c r="P92" s="14" t="s">
-        <x:v>86</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="Q92" s="16" t="s">
-        <x:v>87</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="R92" s="14" t="s">
-        <x:v>88</x:v>
+        <x:v>97</x:v>
       </x:c>
       <x:c r="S92" s="14" t="n">
-        <x:v>618913</x:v>
+        <x:v>609701</x:v>
       </x:c>
       <x:c r="T92" s="16" t="s">
-        <x:v>31</x:v>
+        <x:v>43</x:v>
       </x:c>
       <x:c r="U92" s="16" t="s">
         <x:v>163</x:v>
       </x:c>
     </x:row>
     <x:row r="93" spans="1:21">
       <x:c r="A93" s="1" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="B93" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="C93" s="3" t="n">
         <x:v>41867</x:v>
       </x:c>
       <x:c r="D93" s="3" t="s"/>
       <x:c r="G93" s="0" t="s">
-        <x:v>135</x:v>
+        <x:v>141</x:v>
       </x:c>
       <x:c r="I93" s="4" t="s">
-        <x:v>136</x:v>
+        <x:v>142</x:v>
       </x:c>
       <x:c r="J93" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="K93" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="L93" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M93" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N93" s="3" t="n">
         <x:v>22404</x:v>
       </x:c>
       <x:c r="O93" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="P93" s="0" t="s">
-        <x:v>135</x:v>
+        <x:v>141</x:v>
       </x:c>
       <x:c r="Q93" s="4" t="s">
-        <x:v>136</x:v>
+        <x:v>142</x:v>
       </x:c>
       <x:c r="R93" s="0" t="s">
-        <x:v>137</x:v>
+        <x:v>143</x:v>
       </x:c>
       <x:c r="S93" s="0" t="n">
         <x:v>594273</x:v>
       </x:c>
       <x:c r="T93" s="4" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="U93" s="4" t="s">
         <x:v>44</x:v>
       </x:c>
     </x:row>
     <x:row r="94" spans="1:21">
       <x:c r="A94" s="13" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B94" s="14" t="s">
         <x:v>91</x:v>
       </x:c>
       <x:c r="C94" s="15" t="n">
         <x:v>37917</x:v>
       </x:c>
       <x:c r="D94" s="15" t="s"/>
       <x:c r="E94" s="14" t="s">
         <x:v>35</x:v>
       </x:c>
@@ -6963,51 +6963,51 @@
       </x:c>
       <x:c r="P99" s="0" t="s">
         <x:v>168</x:v>
       </x:c>
       <x:c r="Q99" s="4" t="s">
         <x:v>169</x:v>
       </x:c>
       <x:c r="R99" s="0" t="s">
         <x:v>170</x:v>
       </x:c>
       <x:c r="S99" s="0" t="n">
         <x:v>603225</x:v>
       </x:c>
       <x:c r="T99" s="4" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="U99" s="4" t="s">
         <x:v>48</x:v>
       </x:c>
     </x:row>
     <x:row r="100" spans="1:21">
       <x:c r="A100" s="13" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="B100" s="14" t="s">
-        <x:v>153</x:v>
+        <x:v>161</x:v>
       </x:c>
       <x:c r="C100" s="15" t="n">
         <x:v>37301</x:v>
       </x:c>
       <x:c r="D100" s="15" t="s"/>
       <x:c r="E100" s="14" t="s"/>
       <x:c r="F100" s="14" t="s"/>
       <x:c r="G100" s="14" t="s">
         <x:v>171</x:v>
       </x:c>
       <x:c r="H100" s="14" t="s"/>
       <x:c r="I100" s="16" t="s">
         <x:v>172</x:v>
       </x:c>
       <x:c r="J100" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="K100" s="14" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="L100" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M100" s="14" t="s">
         <x:v>28</x:v>
@@ -7105,69 +7105,69 @@
       <x:c r="E102" s="14" t="s"/>
       <x:c r="F102" s="14" t="s"/>
       <x:c r="G102" s="14" t="s">
         <x:v>165</x:v>
       </x:c>
       <x:c r="H102" s="14" t="s"/>
       <x:c r="I102" s="16" t="s">
         <x:v>166</x:v>
       </x:c>
       <x:c r="J102" s="14" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="K102" s="14" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="L102" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M102" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N102" s="15" t="n">
         <x:v>22313</x:v>
       </x:c>
       <x:c r="O102" s="14" t="s">
-        <x:v>71</x:v>
+        <x:v>74</x:v>
       </x:c>
       <x:c r="P102" s="14" t="s">
         <x:v>165</x:v>
       </x:c>
       <x:c r="Q102" s="16" t="s">
         <x:v>166</x:v>
       </x:c>
       <x:c r="R102" s="14" t="s">
         <x:v>167</x:v>
       </x:c>
       <x:c r="S102" s="14" t="n">
         <x:v>594251</x:v>
       </x:c>
       <x:c r="T102" s="16" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="U102" s="16" t="s">
-        <x:v>160</x:v>
+        <x:v>163</x:v>
       </x:c>
     </x:row>
     <x:row r="103" spans="1:21">
       <x:c r="A103" s="1" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="B103" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="C103" s="3" t="n">
         <x:v>41867</x:v>
       </x:c>
       <x:c r="D103" s="3" t="s"/>
       <x:c r="G103" s="0" t="s">
         <x:v>174</x:v>
       </x:c>
       <x:c r="I103" s="4" t="s">
         <x:v>175</x:v>
       </x:c>
       <x:c r="J103" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="K103" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
@@ -7484,51 +7484,51 @@
       <x:c r="U108" s="16" t="s">
         <x:v>44</x:v>
       </x:c>
     </x:row>
     <x:row r="109" spans="1:21">
       <x:c r="A109" s="1" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B109" s="0" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="C109" s="3" t="n">
         <x:v>36112</x:v>
       </x:c>
       <x:c r="D109" s="3" t="s"/>
       <x:c r="E109" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="G109" s="0" t="s">
         <x:v>185</x:v>
       </x:c>
       <x:c r="H109" s="0" t="s">
         <x:v>186</x:v>
       </x:c>
       <x:c r="I109" s="4" t="s">
-        <x:v>143</x:v>
+        <x:v>135</x:v>
       </x:c>
       <x:c r="J109" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="K109" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="L109" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="M109" s="0" t="s">
         <x:v>187</x:v>
       </x:c>
       <x:c r="N109" s="3" t="n">
         <x:v>22404</x:v>
       </x:c>
       <x:c r="O109" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="P109" s="0" t="s">
         <x:v>188</x:v>
       </x:c>
       <x:c r="Q109" s="4" t="s">
         <x:v>189</x:v>
       </x:c>
@@ -7545,51 +7545,51 @@
         <x:v>48</x:v>
       </x:c>
     </x:row>
     <x:row r="110" spans="1:21">
       <x:c r="A110" s="13" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B110" s="14" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="C110" s="15" t="n">
         <x:v>36112</x:v>
       </x:c>
       <x:c r="D110" s="15" t="s"/>
       <x:c r="E110" s="14" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="F110" s="14" t="s"/>
       <x:c r="G110" s="14" t="s">
         <x:v>185</x:v>
       </x:c>
       <x:c r="H110" s="14" t="s">
         <x:v>186</x:v>
       </x:c>
       <x:c r="I110" s="16" t="s">
-        <x:v>143</x:v>
+        <x:v>135</x:v>
       </x:c>
       <x:c r="J110" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="K110" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="L110" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="M110" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N110" s="15" t="n">
         <x:v>22404</x:v>
       </x:c>
       <x:c r="O110" s="14" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="P110" s="14" t="s">
         <x:v>188</x:v>
       </x:c>
       <x:c r="Q110" s="16" t="s">
         <x:v>189</x:v>
       </x:c>
@@ -7726,51 +7726,51 @@
       <x:c r="U112" s="16" t="s">
         <x:v>194</x:v>
       </x:c>
     </x:row>
     <x:row r="113" spans="1:21">
       <x:c r="A113" s="1" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B113" s="0" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="C113" s="3" t="n">
         <x:v>36112</x:v>
       </x:c>
       <x:c r="D113" s="3" t="s"/>
       <x:c r="E113" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="G113" s="0" t="s">
         <x:v>185</x:v>
       </x:c>
       <x:c r="H113" s="0" t="s">
         <x:v>186</x:v>
       </x:c>
       <x:c r="I113" s="4" t="s">
-        <x:v>143</x:v>
+        <x:v>135</x:v>
       </x:c>
       <x:c r="J113" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="K113" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="L113" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="M113" s="0" t="s">
         <x:v>187</x:v>
       </x:c>
       <x:c r="N113" s="3" t="n">
         <x:v>22404</x:v>
       </x:c>
       <x:c r="O113" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="P113" s="0" t="s">
         <x:v>188</x:v>
       </x:c>
       <x:c r="Q113" s="4" t="s">
         <x:v>189</x:v>
       </x:c>
@@ -8068,51 +8068,51 @@
       <x:c r="U118" s="16" t="s">
         <x:v>44</x:v>
       </x:c>
     </x:row>
     <x:row r="119" spans="1:21">
       <x:c r="A119" s="1" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B119" s="0" t="s">
         <x:v>127</x:v>
       </x:c>
       <x:c r="C119" s="3" t="n">
         <x:v>37238</x:v>
       </x:c>
       <x:c r="D119" s="3" t="s"/>
       <x:c r="E119" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="G119" s="0" t="s">
         <x:v>185</x:v>
       </x:c>
       <x:c r="H119" s="0" t="s">
         <x:v>186</x:v>
       </x:c>
       <x:c r="I119" s="4" t="s">
-        <x:v>143</x:v>
+        <x:v>135</x:v>
       </x:c>
       <x:c r="J119" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="K119" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="L119" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="M119" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N119" s="3" t="n">
         <x:v>22435</x:v>
       </x:c>
       <x:c r="O119" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P119" s="0" t="s">
         <x:v>188</x:v>
       </x:c>
       <x:c r="Q119" s="4" t="s">
         <x:v>189</x:v>
       </x:c>
@@ -8143,51 +8143,51 @@
       <x:c r="E120" s="14" t="s"/>
       <x:c r="F120" s="14" t="s"/>
       <x:c r="G120" s="14" t="s">
         <x:v>198</x:v>
       </x:c>
       <x:c r="H120" s="14" t="s"/>
       <x:c r="I120" s="16" t="s">
         <x:v>189</x:v>
       </x:c>
       <x:c r="J120" s="14" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="K120" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L120" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M120" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N120" s="15" t="n">
         <x:v>22313</x:v>
       </x:c>
       <x:c r="O120" s="14" t="s">
-        <x:v>71</x:v>
+        <x:v>74</x:v>
       </x:c>
       <x:c r="P120" s="14" t="s">
         <x:v>198</x:v>
       </x:c>
       <x:c r="Q120" s="16" t="s">
         <x:v>189</x:v>
       </x:c>
       <x:c r="R120" s="14" t="s">
         <x:v>197</x:v>
       </x:c>
       <x:c r="S120" s="14" t="n">
         <x:v>493589</x:v>
       </x:c>
       <x:c r="T120" s="16" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="U120" s="16" t="s">
         <x:v>44</x:v>
       </x:c>
     </x:row>
     <x:row r="121" spans="1:21">
       <x:c r="A121" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B121" s="0" t="s">
@@ -8197,354 +8197,354 @@
         <x:v>471</x:v>
       </x:c>
       <x:c r="D121" s="3" t="s"/>
       <x:c r="G121" s="0" t="s">
         <x:v>198</x:v>
       </x:c>
       <x:c r="I121" s="4" t="s">
         <x:v>189</x:v>
       </x:c>
       <x:c r="J121" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="K121" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L121" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M121" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N121" s="3" t="n">
         <x:v>22313</x:v>
       </x:c>
       <x:c r="O121" s="0" t="s">
-        <x:v>71</x:v>
+        <x:v>74</x:v>
       </x:c>
       <x:c r="P121" s="0" t="s">
         <x:v>198</x:v>
       </x:c>
       <x:c r="Q121" s="4" t="s">
         <x:v>189</x:v>
       </x:c>
       <x:c r="R121" s="0" t="s">
         <x:v>197</x:v>
       </x:c>
       <x:c r="S121" s="0" t="n">
         <x:v>493600</x:v>
       </x:c>
       <x:c r="T121" s="4" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="U121" s="4" t="s">
         <x:v>44</x:v>
       </x:c>
     </x:row>
     <x:row r="122" spans="1:21">
       <x:c r="A122" s="13" t="s">
-        <x:v>21</x:v>
+        <x:v>49</x:v>
       </x:c>
       <x:c r="B122" s="14" t="s">
-        <x:v>206</x:v>
+        <x:v>177</x:v>
       </x:c>
       <x:c r="C122" s="15" t="n">
-        <x:v>471</x:v>
+        <x:v>41866</x:v>
       </x:c>
       <x:c r="D122" s="15" t="s"/>
       <x:c r="E122" s="14" t="s"/>
       <x:c r="F122" s="14" t="s"/>
       <x:c r="G122" s="14" t="s">
-        <x:v>198</x:v>
+        <x:v>195</x:v>
       </x:c>
       <x:c r="H122" s="14" t="s"/>
       <x:c r="I122" s="16" t="s">
-        <x:v>189</x:v>
+        <x:v>196</x:v>
       </x:c>
       <x:c r="J122" s="14" t="s">
-        <x:v>38</x:v>
+        <x:v>53</x:v>
       </x:c>
       <x:c r="K122" s="14" t="s">
-        <x:v>26</x:v>
+        <x:v>54</x:v>
       </x:c>
       <x:c r="L122" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M122" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N122" s="15" t="n">
         <x:v>22313</x:v>
       </x:c>
       <x:c r="O122" s="14" t="s">
-        <x:v>71</x:v>
+        <x:v>74</x:v>
       </x:c>
       <x:c r="P122" s="14" t="s">
-        <x:v>198</x:v>
+        <x:v>195</x:v>
       </x:c>
       <x:c r="Q122" s="16" t="s">
-        <x:v>189</x:v>
+        <x:v>196</x:v>
       </x:c>
       <x:c r="R122" s="14" t="s">
         <x:v>197</x:v>
       </x:c>
       <x:c r="S122" s="14" t="n">
-        <x:v>543644</x:v>
+        <x:v>594253</x:v>
       </x:c>
       <x:c r="T122" s="16" t="s">
-        <x:v>45</x:v>
+        <x:v>43</x:v>
       </x:c>
       <x:c r="U122" s="16" t="s">
-        <x:v>46</x:v>
+        <x:v>163</x:v>
       </x:c>
     </x:row>
     <x:row r="123" spans="1:21">
       <x:c r="A123" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B123" s="0" t="s">
-        <x:v>204</x:v>
+        <x:v>206</x:v>
       </x:c>
       <x:c r="C123" s="3" t="n">
-        <x:v>37917</x:v>
+        <x:v>471</x:v>
       </x:c>
       <x:c r="D123" s="3" t="s"/>
       <x:c r="G123" s="0" t="s">
         <x:v>198</x:v>
       </x:c>
       <x:c r="I123" s="4" t="s">
         <x:v>189</x:v>
       </x:c>
       <x:c r="J123" s="0" t="s">
-        <x:v>53</x:v>
+        <x:v>38</x:v>
       </x:c>
       <x:c r="K123" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L123" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M123" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N123" s="3" t="n">
-        <x:v>22404</x:v>
+        <x:v>22313</x:v>
       </x:c>
       <x:c r="O123" s="0" t="s">
-        <x:v>41</x:v>
+        <x:v>74</x:v>
       </x:c>
       <x:c r="P123" s="0" t="s">
         <x:v>198</x:v>
       </x:c>
       <x:c r="Q123" s="4" t="s">
         <x:v>189</x:v>
       </x:c>
       <x:c r="R123" s="0" t="s">
         <x:v>197</x:v>
       </x:c>
       <x:c r="S123" s="0" t="n">
-        <x:v>543657</x:v>
+        <x:v>543644</x:v>
       </x:c>
       <x:c r="T123" s="4" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="U123" s="4" t="s">
         <x:v>46</x:v>
       </x:c>
     </x:row>
     <x:row r="124" spans="1:21">
       <x:c r="A124" s="13" t="s">
-        <x:v>49</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B124" s="14" t="s">
-        <x:v>177</x:v>
+        <x:v>204</x:v>
       </x:c>
       <x:c r="C124" s="15" t="n">
-        <x:v>41866</x:v>
+        <x:v>37917</x:v>
       </x:c>
       <x:c r="D124" s="15" t="s"/>
       <x:c r="E124" s="14" t="s"/>
       <x:c r="F124" s="14" t="s"/>
       <x:c r="G124" s="14" t="s">
-        <x:v>195</x:v>
+        <x:v>198</x:v>
       </x:c>
       <x:c r="H124" s="14" t="s"/>
       <x:c r="I124" s="16" t="s">
-        <x:v>196</x:v>
+        <x:v>189</x:v>
       </x:c>
       <x:c r="J124" s="14" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="K124" s="14" t="s">
-        <x:v>54</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="L124" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M124" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N124" s="15" t="n">
-        <x:v>22313</x:v>
+        <x:v>22404</x:v>
       </x:c>
       <x:c r="O124" s="14" t="s">
-        <x:v>71</x:v>
+        <x:v>41</x:v>
       </x:c>
       <x:c r="P124" s="14" t="s">
-        <x:v>195</x:v>
+        <x:v>198</x:v>
       </x:c>
       <x:c r="Q124" s="16" t="s">
-        <x:v>196</x:v>
+        <x:v>189</x:v>
       </x:c>
       <x:c r="R124" s="14" t="s">
         <x:v>197</x:v>
       </x:c>
       <x:c r="S124" s="14" t="n">
-        <x:v>594253</x:v>
+        <x:v>543657</x:v>
       </x:c>
       <x:c r="T124" s="16" t="s">
-        <x:v>43</x:v>
+        <x:v>45</x:v>
       </x:c>
       <x:c r="U124" s="16" t="s">
-        <x:v>160</x:v>
+        <x:v>46</x:v>
       </x:c>
     </x:row>
     <x:row r="125" spans="1:21">
       <x:c r="A125" s="1" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B125" s="0" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="C125" s="3" t="n">
         <x:v>36112</x:v>
       </x:c>
       <x:c r="D125" s="3" t="s"/>
       <x:c r="E125" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="G125" s="0" t="s">
         <x:v>185</x:v>
       </x:c>
       <x:c r="H125" s="0" t="s">
         <x:v>186</x:v>
       </x:c>
       <x:c r="I125" s="4" t="s">
-        <x:v>143</x:v>
+        <x:v>135</x:v>
       </x:c>
       <x:c r="J125" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="K125" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="L125" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="M125" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N125" s="3" t="n">
         <x:v>22404</x:v>
       </x:c>
       <x:c r="O125" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="P125" s="0" t="s">
         <x:v>188</x:v>
       </x:c>
       <x:c r="Q125" s="4" t="s">
         <x:v>189</x:v>
       </x:c>
       <x:c r="R125" s="0" t="s">
         <x:v>190</x:v>
       </x:c>
       <x:c r="S125" s="0" t="n">
         <x:v>552882</x:v>
       </x:c>
       <x:c r="T125" s="4" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="U125" s="4" t="s">
         <x:v>46</x:v>
       </x:c>
     </x:row>
     <x:row r="126" spans="1:21">
       <x:c r="A126" s="13" t="s">
-        <x:v>49</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B126" s="14" t="s">
-        <x:v>177</x:v>
+        <x:v>205</x:v>
       </x:c>
       <x:c r="C126" s="15" t="n">
-        <x:v>41866</x:v>
+        <x:v>37916</x:v>
       </x:c>
       <x:c r="D126" s="15" t="s"/>
       <x:c r="E126" s="14" t="s"/>
       <x:c r="F126" s="14" t="s"/>
       <x:c r="G126" s="14" t="s">
-        <x:v>195</x:v>
+        <x:v>198</x:v>
       </x:c>
       <x:c r="H126" s="14" t="s"/>
       <x:c r="I126" s="16" t="s">
-        <x:v>196</x:v>
+        <x:v>189</x:v>
       </x:c>
       <x:c r="J126" s="14" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="K126" s="14" t="s">
-        <x:v>54</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="L126" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M126" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N126" s="15" t="n">
         <x:v>22313</x:v>
       </x:c>
       <x:c r="O126" s="14" t="s">
-        <x:v>71</x:v>
+        <x:v>74</x:v>
       </x:c>
       <x:c r="P126" s="14" t="s">
-        <x:v>195</x:v>
+        <x:v>198</x:v>
       </x:c>
       <x:c r="Q126" s="16" t="s">
-        <x:v>196</x:v>
+        <x:v>189</x:v>
       </x:c>
       <x:c r="R126" s="14" t="s">
         <x:v>197</x:v>
       </x:c>
       <x:c r="S126" s="14" t="n">
-        <x:v>594252</x:v>
+        <x:v>543670</x:v>
       </x:c>
       <x:c r="T126" s="16" t="s">
-        <x:v>43</x:v>
+        <x:v>45</x:v>
       </x:c>
       <x:c r="U126" s="16" t="s">
-        <x:v>160</x:v>
+        <x:v>46</x:v>
       </x:c>
     </x:row>
     <x:row r="127" spans="1:21">
       <x:c r="A127" s="1" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B127" s="0" t="s">
         <x:v>127</x:v>
       </x:c>
       <x:c r="C127" s="3" t="n">
         <x:v>41842</x:v>
       </x:c>
       <x:c r="D127" s="3" t="s"/>
       <x:c r="E127" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="G127" s="0" t="s">
         <x:v>117</x:v>
       </x:c>
       <x:c r="H127" s="0" t="s">
         <x:v>118</x:v>
       </x:c>
       <x:c r="I127" s="4" t="s">
         <x:v>119</x:v>
       </x:c>
@@ -8601,51 +8601,51 @@
       </x:c>
       <x:c r="F128" s="14" t="s"/>
       <x:c r="G128" s="14" t="s">
         <x:v>198</x:v>
       </x:c>
       <x:c r="H128" s="14" t="s"/>
       <x:c r="I128" s="16" t="s">
         <x:v>189</x:v>
       </x:c>
       <x:c r="J128" s="14" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="K128" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="L128" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M128" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N128" s="15" t="n">
         <x:v>22313</x:v>
       </x:c>
       <x:c r="O128" s="14" t="s">
-        <x:v>71</x:v>
+        <x:v>74</x:v>
       </x:c>
       <x:c r="P128" s="14" t="s">
         <x:v>199</x:v>
       </x:c>
       <x:c r="Q128" s="16" t="s">
         <x:v>196</x:v>
       </x:c>
       <x:c r="R128" s="14" t="s">
         <x:v>197</x:v>
       </x:c>
       <x:c r="S128" s="14" t="n">
         <x:v>494769</x:v>
       </x:c>
       <x:c r="T128" s="16" t="s">
         <x:v>200</x:v>
       </x:c>
       <x:c r="U128" s="16" t="s">
         <x:v>48</x:v>
       </x:c>
     </x:row>
     <x:row r="129" spans="1:21">
       <x:c r="A129" s="1" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B129" s="0" t="s">
@@ -8681,684 +8681,684 @@
       </x:c>
       <x:c r="O129" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="P129" s="0" t="s">
         <x:v>209</x:v>
       </x:c>
       <x:c r="Q129" s="4" t="s">
         <x:v>202</x:v>
       </x:c>
       <x:c r="R129" s="0" t="s">
         <x:v>203</x:v>
       </x:c>
       <x:c r="S129" s="0" t="n">
         <x:v>605511</x:v>
       </x:c>
       <x:c r="T129" s="4" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="U129" s="4" t="s">
         <x:v>44</x:v>
       </x:c>
     </x:row>
     <x:row r="130" spans="1:21">
       <x:c r="A130" s="13" t="s">
-        <x:v>21</x:v>
+        <x:v>49</x:v>
       </x:c>
       <x:c r="B130" s="14" t="s">
-        <x:v>205</x:v>
+        <x:v>177</x:v>
       </x:c>
       <x:c r="C130" s="15" t="n">
-        <x:v>37916</x:v>
+        <x:v>41866</x:v>
       </x:c>
       <x:c r="D130" s="15" t="s"/>
       <x:c r="E130" s="14" t="s"/>
       <x:c r="F130" s="14" t="s"/>
       <x:c r="G130" s="14" t="s">
-        <x:v>198</x:v>
+        <x:v>195</x:v>
       </x:c>
       <x:c r="H130" s="14" t="s"/>
       <x:c r="I130" s="16" t="s">
-        <x:v>189</x:v>
+        <x:v>196</x:v>
       </x:c>
       <x:c r="J130" s="14" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="K130" s="14" t="s">
-        <x:v>26</x:v>
+        <x:v>54</x:v>
       </x:c>
       <x:c r="L130" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M130" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N130" s="15" t="n">
         <x:v>22313</x:v>
       </x:c>
       <x:c r="O130" s="14" t="s">
-        <x:v>71</x:v>
+        <x:v>74</x:v>
       </x:c>
       <x:c r="P130" s="14" t="s">
-        <x:v>198</x:v>
+        <x:v>195</x:v>
       </x:c>
       <x:c r="Q130" s="16" t="s">
-        <x:v>189</x:v>
+        <x:v>196</x:v>
       </x:c>
       <x:c r="R130" s="14" t="s">
         <x:v>197</x:v>
       </x:c>
       <x:c r="S130" s="14" t="n">
-        <x:v>543670</x:v>
+        <x:v>594252</x:v>
       </x:c>
       <x:c r="T130" s="16" t="s">
-        <x:v>45</x:v>
+        <x:v>43</x:v>
       </x:c>
       <x:c r="U130" s="16" t="s">
-        <x:v>46</x:v>
+        <x:v>163</x:v>
       </x:c>
     </x:row>
     <x:row r="131" spans="1:21">
       <x:c r="A131" s="1" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B131" s="0" t="s">
-        <x:v>34</x:v>
+        <x:v>207</x:v>
       </x:c>
       <x:c r="C131" s="3" t="n">
-        <x:v>41835</x:v>
+        <x:v>37916</x:v>
       </x:c>
       <x:c r="D131" s="3" t="s"/>
       <x:c r="E131" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="G131" s="0" t="s">
-        <x:v>117</x:v>
-[...2 lines deleted...]
-        <x:v>118</x:v>
+        <x:v>198</x:v>
       </x:c>
       <x:c r="I131" s="4" t="s">
-        <x:v>119</x:v>
+        <x:v>189</x:v>
       </x:c>
       <x:c r="J131" s="0" t="s">
-        <x:v>38</x:v>
+        <x:v>53</x:v>
       </x:c>
       <x:c r="K131" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="L131" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M131" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N131" s="3" t="n">
-        <x:v>22404</x:v>
+        <x:v>22313</x:v>
       </x:c>
       <x:c r="O131" s="0" t="s">
-        <x:v>41</x:v>
+        <x:v>74</x:v>
       </x:c>
       <x:c r="P131" s="0" t="s">
-        <x:v>191</x:v>
+        <x:v>199</x:v>
       </x:c>
       <x:c r="Q131" s="4" t="s">
-        <x:v>192</x:v>
+        <x:v>196</x:v>
       </x:c>
       <x:c r="R131" s="0" t="s">
-        <x:v>193</x:v>
+        <x:v>197</x:v>
       </x:c>
       <x:c r="S131" s="0" t="n">
-        <x:v>620925</x:v>
+        <x:v>547548</x:v>
       </x:c>
       <x:c r="T131" s="4" t="s">
-        <x:v>43</x:v>
+        <x:v>45</x:v>
       </x:c>
       <x:c r="U131" s="4" t="s">
-        <x:v>123</x:v>
+        <x:v>46</x:v>
       </x:c>
     </x:row>
     <x:row r="132" spans="1:21">
       <x:c r="A132" s="13" t="s">
-        <x:v>21</x:v>
+        <x:v>33</x:v>
       </x:c>
       <x:c r="B132" s="14" t="s">
-        <x:v>204</x:v>
+        <x:v>91</x:v>
       </x:c>
       <x:c r="C132" s="15" t="n">
         <x:v>37917</x:v>
       </x:c>
       <x:c r="D132" s="15" t="s"/>
-      <x:c r="E132" s="14" t="s"/>
+      <x:c r="E132" s="14" t="s">
+        <x:v>35</x:v>
+      </x:c>
       <x:c r="F132" s="14" t="s"/>
       <x:c r="G132" s="14" t="s">
         <x:v>198</x:v>
       </x:c>
       <x:c r="H132" s="14" t="s"/>
       <x:c r="I132" s="16" t="s">
         <x:v>189</x:v>
       </x:c>
       <x:c r="J132" s="14" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="K132" s="14" t="s">
-        <x:v>26</x:v>
+        <x:v>39</x:v>
       </x:c>
       <x:c r="L132" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M132" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N132" s="15" t="n">
         <x:v>22404</x:v>
       </x:c>
       <x:c r="O132" s="14" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="P132" s="14" t="s">
-        <x:v>198</x:v>
+        <x:v>199</x:v>
       </x:c>
       <x:c r="Q132" s="16" t="s">
-        <x:v>189</x:v>
+        <x:v>196</x:v>
       </x:c>
       <x:c r="R132" s="14" t="s">
         <x:v>197</x:v>
       </x:c>
       <x:c r="S132" s="14" t="n">
-        <x:v>493627</x:v>
+        <x:v>547549</x:v>
       </x:c>
       <x:c r="T132" s="16" t="s">
-        <x:v>200</x:v>
+        <x:v>45</x:v>
       </x:c>
       <x:c r="U132" s="16" t="s">
-        <x:v>48</x:v>
+        <x:v>46</x:v>
       </x:c>
     </x:row>
     <x:row r="133" spans="1:21">
       <x:c r="A133" s="1" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B133" s="0" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="C133" s="3" t="n">
         <x:v>36112</x:v>
       </x:c>
       <x:c r="D133" s="3" t="s"/>
       <x:c r="E133" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="G133" s="0" t="s">
         <x:v>185</x:v>
       </x:c>
       <x:c r="H133" s="0" t="s">
         <x:v>186</x:v>
       </x:c>
       <x:c r="I133" s="4" t="s">
-        <x:v>143</x:v>
+        <x:v>135</x:v>
       </x:c>
       <x:c r="J133" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="K133" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="L133" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="M133" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N133" s="3" t="n">
         <x:v>22404</x:v>
       </x:c>
       <x:c r="O133" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="P133" s="0" t="s">
         <x:v>188</x:v>
       </x:c>
       <x:c r="Q133" s="4" t="s">
         <x:v>189</x:v>
       </x:c>
       <x:c r="R133" s="0" t="s">
         <x:v>190</x:v>
       </x:c>
       <x:c r="S133" s="0" t="n">
         <x:v>604265</x:v>
       </x:c>
       <x:c r="T133" s="4" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="U133" s="4" t="s">
         <x:v>44</x:v>
       </x:c>
     </x:row>
     <x:row r="134" spans="1:21">
       <x:c r="A134" s="13" t="s">
-        <x:v>33</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B134" s="14" t="s">
-        <x:v>127</x:v>
+        <x:v>204</x:v>
       </x:c>
       <x:c r="C134" s="15" t="n">
-        <x:v>37238</x:v>
+        <x:v>37917</x:v>
       </x:c>
       <x:c r="D134" s="15" t="s"/>
-      <x:c r="E134" s="14" t="s">
-[...1 lines deleted...]
-      </x:c>
+      <x:c r="E134" s="14" t="s"/>
       <x:c r="F134" s="14" t="s"/>
       <x:c r="G134" s="14" t="s">
-        <x:v>185</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>198</x:v>
+      </x:c>
+      <x:c r="H134" s="14" t="s"/>
       <x:c r="I134" s="16" t="s">
-        <x:v>143</x:v>
+        <x:v>189</x:v>
       </x:c>
       <x:c r="J134" s="14" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="K134" s="14" t="s">
-        <x:v>39</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="L134" s="14" t="s">
-        <x:v>40</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="M134" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N134" s="15" t="n">
-        <x:v>22435</x:v>
+        <x:v>22404</x:v>
       </x:c>
       <x:c r="O134" s="14" t="s">
-        <x:v>29</x:v>
+        <x:v>41</x:v>
       </x:c>
       <x:c r="P134" s="14" t="s">
-        <x:v>188</x:v>
+        <x:v>198</x:v>
       </x:c>
       <x:c r="Q134" s="16" t="s">
         <x:v>189</x:v>
       </x:c>
       <x:c r="R134" s="14" t="s">
-        <x:v>190</x:v>
+        <x:v>197</x:v>
       </x:c>
       <x:c r="S134" s="14" t="n">
-        <x:v>502017</x:v>
+        <x:v>493627</x:v>
       </x:c>
       <x:c r="T134" s="16" t="s">
-        <x:v>89</x:v>
+        <x:v>200</x:v>
       </x:c>
       <x:c r="U134" s="16" t="s">
         <x:v>48</x:v>
       </x:c>
     </x:row>
     <x:row r="135" spans="1:21">
       <x:c r="A135" s="1" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B135" s="0" t="s">
-        <x:v>91</x:v>
+        <x:v>127</x:v>
       </x:c>
       <x:c r="C135" s="3" t="n">
-        <x:v>37917</x:v>
+        <x:v>37238</x:v>
       </x:c>
       <x:c r="D135" s="3" t="s"/>
       <x:c r="E135" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="G135" s="0" t="s">
-        <x:v>208</x:v>
+        <x:v>185</x:v>
+      </x:c>
+      <x:c r="H135" s="0" t="s">
+        <x:v>186</x:v>
       </x:c>
       <x:c r="I135" s="4" t="s">
-        <x:v>115</x:v>
+        <x:v>135</x:v>
       </x:c>
       <x:c r="J135" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="K135" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="L135" s="0" t="s">
-        <x:v>27</x:v>
+        <x:v>40</x:v>
       </x:c>
       <x:c r="M135" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N135" s="3" t="n">
-        <x:v>22404</x:v>
+        <x:v>22435</x:v>
       </x:c>
       <x:c r="O135" s="0" t="s">
-        <x:v>41</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="P135" s="0" t="s">
-        <x:v>209</x:v>
+        <x:v>188</x:v>
       </x:c>
       <x:c r="Q135" s="4" t="s">
-        <x:v>202</x:v>
+        <x:v>189</x:v>
       </x:c>
       <x:c r="R135" s="0" t="s">
-        <x:v>203</x:v>
+        <x:v>190</x:v>
       </x:c>
       <x:c r="S135" s="0" t="n">
-        <x:v>605510</x:v>
+        <x:v>502017</x:v>
       </x:c>
       <x:c r="T135" s="4" t="s">
-        <x:v>45</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="U135" s="4" t="s">
-        <x:v>46</x:v>
+        <x:v>48</x:v>
       </x:c>
     </x:row>
     <x:row r="136" spans="1:21">
       <x:c r="A136" s="13" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B136" s="14" t="s">
-        <x:v>207</x:v>
+        <x:v>91</x:v>
       </x:c>
       <x:c r="C136" s="15" t="n">
-        <x:v>37916</x:v>
+        <x:v>37917</x:v>
       </x:c>
       <x:c r="D136" s="15" t="s"/>
       <x:c r="E136" s="14" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="F136" s="14" t="s"/>
       <x:c r="G136" s="14" t="s">
-        <x:v>198</x:v>
+        <x:v>208</x:v>
       </x:c>
       <x:c r="H136" s="14" t="s"/>
       <x:c r="I136" s="16" t="s">
-        <x:v>189</x:v>
+        <x:v>115</x:v>
       </x:c>
       <x:c r="J136" s="14" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="K136" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="L136" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M136" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N136" s="15" t="n">
-        <x:v>22313</x:v>
+        <x:v>22404</x:v>
       </x:c>
       <x:c r="O136" s="14" t="s">
-        <x:v>71</x:v>
+        <x:v>41</x:v>
       </x:c>
       <x:c r="P136" s="14" t="s">
-        <x:v>199</x:v>
+        <x:v>209</x:v>
       </x:c>
       <x:c r="Q136" s="16" t="s">
-        <x:v>196</x:v>
+        <x:v>202</x:v>
       </x:c>
       <x:c r="R136" s="14" t="s">
-        <x:v>197</x:v>
+        <x:v>203</x:v>
       </x:c>
       <x:c r="S136" s="14" t="n">
-        <x:v>547548</x:v>
+        <x:v>605510</x:v>
       </x:c>
       <x:c r="T136" s="16" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="U136" s="16" t="s">
         <x:v>46</x:v>
       </x:c>
     </x:row>
     <x:row r="137" spans="1:21">
       <x:c r="A137" s="1" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B137" s="0" t="s">
         <x:v>91</x:v>
       </x:c>
       <x:c r="C137" s="3" t="n">
         <x:v>37917</x:v>
       </x:c>
       <x:c r="D137" s="3" t="s"/>
       <x:c r="E137" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="G137" s="0" t="s">
         <x:v>198</x:v>
       </x:c>
       <x:c r="I137" s="4" t="s">
         <x:v>189</x:v>
       </x:c>
       <x:c r="J137" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="K137" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="L137" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M137" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N137" s="3" t="n">
         <x:v>22404</x:v>
       </x:c>
       <x:c r="O137" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="P137" s="0" t="s">
-        <x:v>199</x:v>
+        <x:v>209</x:v>
       </x:c>
       <x:c r="Q137" s="4" t="s">
-        <x:v>196</x:v>
+        <x:v>202</x:v>
       </x:c>
       <x:c r="R137" s="0" t="s">
-        <x:v>197</x:v>
+        <x:v>203</x:v>
       </x:c>
       <x:c r="S137" s="0" t="n">
-        <x:v>547549</x:v>
+        <x:v>494759</x:v>
       </x:c>
       <x:c r="T137" s="4" t="s">
-        <x:v>45</x:v>
+        <x:v>200</x:v>
       </x:c>
       <x:c r="U137" s="4" t="s">
-        <x:v>46</x:v>
+        <x:v>210</x:v>
       </x:c>
     </x:row>
     <x:row r="138" spans="1:21">
       <x:c r="A138" s="13" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B138" s="14" t="s">
-        <x:v>91</x:v>
+        <x:v>34</x:v>
       </x:c>
       <x:c r="C138" s="15" t="n">
-        <x:v>37917</x:v>
+        <x:v>41835</x:v>
       </x:c>
       <x:c r="D138" s="15" t="s"/>
       <x:c r="E138" s="14" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="F138" s="14" t="s"/>
       <x:c r="G138" s="14" t="s">
-        <x:v>198</x:v>
-[...1 lines deleted...]
-      <x:c r="H138" s="14" t="s"/>
+        <x:v>117</x:v>
+      </x:c>
+      <x:c r="H138" s="14" t="s">
+        <x:v>118</x:v>
+      </x:c>
       <x:c r="I138" s="16" t="s">
-        <x:v>189</x:v>
+        <x:v>119</x:v>
       </x:c>
       <x:c r="J138" s="14" t="s">
-        <x:v>53</x:v>
+        <x:v>38</x:v>
       </x:c>
       <x:c r="K138" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="L138" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M138" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N138" s="15" t="n">
         <x:v>22404</x:v>
       </x:c>
       <x:c r="O138" s="14" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="P138" s="14" t="s">
-        <x:v>209</x:v>
+        <x:v>191</x:v>
       </x:c>
       <x:c r="Q138" s="16" t="s">
-        <x:v>202</x:v>
+        <x:v>192</x:v>
       </x:c>
       <x:c r="R138" s="14" t="s">
-        <x:v>203</x:v>
+        <x:v>193</x:v>
       </x:c>
       <x:c r="S138" s="14" t="n">
-        <x:v>494759</x:v>
+        <x:v>620925</x:v>
       </x:c>
       <x:c r="T138" s="16" t="s">
-        <x:v>200</x:v>
+        <x:v>43</x:v>
       </x:c>
       <x:c r="U138" s="16" t="s">
-        <x:v>210</x:v>
+        <x:v>123</x:v>
       </x:c>
     </x:row>
     <x:row r="139" spans="1:21">
       <x:c r="A139" s="1" t="s">
-        <x:v>49</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B139" s="0" t="s">
-        <x:v>64</x:v>
+        <x:v>180</x:v>
       </x:c>
       <x:c r="C139" s="3" t="n">
-        <x:v>41835</x:v>
+        <x:v>36112</x:v>
       </x:c>
       <x:c r="D139" s="3" t="s"/>
       <x:c r="G139" s="0" t="s">
-        <x:v>211</x:v>
+        <x:v>198</x:v>
       </x:c>
       <x:c r="I139" s="4" t="s">
-        <x:v>212</x:v>
+        <x:v>189</x:v>
       </x:c>
       <x:c r="J139" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="K139" s="0" t="s">
-        <x:v>54</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="L139" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M139" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N139" s="3" t="n">
         <x:v>22404</x:v>
       </x:c>
       <x:c r="O139" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="P139" s="0" t="s">
+        <x:v>198</x:v>
+      </x:c>
+      <x:c r="Q139" s="4" t="s">
+        <x:v>189</x:v>
+      </x:c>
+      <x:c r="R139" s="0" t="s">
         <x:v>211</x:v>
       </x:c>
-      <x:c r="Q139" s="4" t="s">
-[...4 lines deleted...]
-      </x:c>
       <x:c r="S139" s="0" t="n">
-        <x:v>596263</x:v>
+        <x:v>543663</x:v>
       </x:c>
       <x:c r="T139" s="4" t="s">
-        <x:v>43</x:v>
+        <x:v>45</x:v>
       </x:c>
       <x:c r="U139" s="4" t="s">
-        <x:v>44</x:v>
+        <x:v>46</x:v>
       </x:c>
     </x:row>
     <x:row r="140" spans="1:21">
       <x:c r="A140" s="13" t="s">
-        <x:v>21</x:v>
+        <x:v>49</x:v>
       </x:c>
       <x:c r="B140" s="14" t="s">
-        <x:v>180</x:v>
+        <x:v>64</x:v>
       </x:c>
       <x:c r="C140" s="15" t="n">
-        <x:v>36112</x:v>
+        <x:v>41835</x:v>
       </x:c>
       <x:c r="D140" s="15" t="s"/>
       <x:c r="E140" s="14" t="s"/>
       <x:c r="F140" s="14" t="s"/>
       <x:c r="G140" s="14" t="s">
-        <x:v>198</x:v>
+        <x:v>212</x:v>
       </x:c>
       <x:c r="H140" s="14" t="s"/>
       <x:c r="I140" s="16" t="s">
-        <x:v>189</x:v>
+        <x:v>213</x:v>
       </x:c>
       <x:c r="J140" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="K140" s="14" t="s">
-        <x:v>26</x:v>
+        <x:v>54</x:v>
       </x:c>
       <x:c r="L140" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M140" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N140" s="15" t="n">
         <x:v>22404</x:v>
       </x:c>
       <x:c r="O140" s="14" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="P140" s="14" t="s">
-        <x:v>198</x:v>
+        <x:v>212</x:v>
       </x:c>
       <x:c r="Q140" s="16" t="s">
-        <x:v>189</x:v>
+        <x:v>213</x:v>
       </x:c>
       <x:c r="R140" s="14" t="s">
         <x:v>214</x:v>
       </x:c>
       <x:c r="S140" s="14" t="n">
-        <x:v>543663</x:v>
+        <x:v>596263</x:v>
       </x:c>
       <x:c r="T140" s="16" t="s">
-        <x:v>45</x:v>
+        <x:v>43</x:v>
       </x:c>
       <x:c r="U140" s="16" t="s">
-        <x:v>46</x:v>
+        <x:v>44</x:v>
       </x:c>
     </x:row>
     <x:row r="141" spans="1:21">
       <x:c r="A141" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B141" s="0" t="s">
         <x:v>215</x:v>
       </x:c>
       <x:c r="C141" s="3" t="n">
         <x:v>36745</x:v>
       </x:c>
       <x:c r="D141" s="3" t="s"/>
       <x:c r="G141" s="0" t="s">
         <x:v>216</x:v>
       </x:c>
       <x:c r="H141" s="0" t="s">
         <x:v>217</x:v>
       </x:c>
       <x:c r="I141" s="4" t="s">
         <x:v>218</x:v>
       </x:c>
       <x:c r="J141" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
@@ -9421,51 +9421,51 @@
       <x:c r="J142" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="K142" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="L142" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M142" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N142" s="15" t="n">
         <x:v>22404</x:v>
       </x:c>
       <x:c r="O142" s="14" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="P142" s="14" t="s">
         <x:v>198</x:v>
       </x:c>
       <x:c r="Q142" s="16" t="s">
         <x:v>189</x:v>
       </x:c>
       <x:c r="R142" s="14" t="s">
-        <x:v>214</x:v>
+        <x:v>211</x:v>
       </x:c>
       <x:c r="S142" s="14" t="n">
         <x:v>547606</x:v>
       </x:c>
       <x:c r="T142" s="16" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="U142" s="16" t="s">
         <x:v>46</x:v>
       </x:c>
     </x:row>
     <x:row r="143" spans="1:21">
       <x:c r="A143" s="1" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="B143" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="C143" s="3" t="n">
         <x:v>41835</x:v>
       </x:c>
       <x:c r="D143" s="3" t="s"/>
       <x:c r="G143" s="0" t="s">
         <x:v>221</x:v>
       </x:c>
@@ -9475,51 +9475,51 @@
       <x:c r="J143" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="K143" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="L143" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M143" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N143" s="3" t="n">
         <x:v>22404</x:v>
       </x:c>
       <x:c r="O143" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="P143" s="0" t="s">
         <x:v>223</x:v>
       </x:c>
       <x:c r="Q143" s="4" t="s">
         <x:v>222</x:v>
       </x:c>
       <x:c r="R143" s="0" t="s">
-        <x:v>214</x:v>
+        <x:v>211</x:v>
       </x:c>
       <x:c r="S143" s="0" t="n">
         <x:v>596265</x:v>
       </x:c>
       <x:c r="T143" s="4" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="U143" s="4" t="s">
         <x:v>44</x:v>
       </x:c>
     </x:row>
     <x:row r="144" spans="1:21">
       <x:c r="A144" s="13" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B144" s="14" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="C144" s="15" t="n">
         <x:v>36112</x:v>
       </x:c>
       <x:c r="D144" s="15" t="s"/>
       <x:c r="E144" s="14" t="s">
         <x:v>35</x:v>
       </x:c>
@@ -9534,105 +9534,105 @@
       <x:c r="J144" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="K144" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="L144" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M144" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N144" s="15" t="n">
         <x:v>22404</x:v>
       </x:c>
       <x:c r="O144" s="14" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="P144" s="14" t="s">
         <x:v>198</x:v>
       </x:c>
       <x:c r="Q144" s="16" t="s">
         <x:v>189</x:v>
       </x:c>
       <x:c r="R144" s="14" t="s">
-        <x:v>214</x:v>
+        <x:v>211</x:v>
       </x:c>
       <x:c r="S144" s="14" t="n">
         <x:v>547605</x:v>
       </x:c>
       <x:c r="T144" s="16" t="s">
         <x:v>200</x:v>
       </x:c>
       <x:c r="U144" s="16" t="s">
         <x:v>48</x:v>
       </x:c>
     </x:row>
     <x:row r="145" spans="1:21">
       <x:c r="A145" s="1" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="B145" s="0" t="s">
         <x:v>148</x:v>
       </x:c>
       <x:c r="C145" s="3" t="n">
         <x:v>41014</x:v>
       </x:c>
       <x:c r="D145" s="3" t="s"/>
       <x:c r="G145" s="0" t="s">
-        <x:v>211</x:v>
+        <x:v>212</x:v>
       </x:c>
       <x:c r="I145" s="4" t="s">
-        <x:v>212</x:v>
+        <x:v>213</x:v>
       </x:c>
       <x:c r="J145" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="K145" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="L145" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M145" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N145" s="3" t="n">
         <x:v>22334</x:v>
       </x:c>
       <x:c r="O145" s="0" t="s">
         <x:v>149</x:v>
       </x:c>
       <x:c r="P145" s="0" t="s">
-        <x:v>211</x:v>
+        <x:v>212</x:v>
       </x:c>
       <x:c r="Q145" s="4" t="s">
-        <x:v>212</x:v>
+        <x:v>213</x:v>
       </x:c>
       <x:c r="R145" s="0" t="s">
-        <x:v>213</x:v>
+        <x:v>214</x:v>
       </x:c>
       <x:c r="S145" s="0" t="n">
         <x:v>595921</x:v>
       </x:c>
       <x:c r="T145" s="4" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="U145" s="4" t="s">
         <x:v>44</x:v>
       </x:c>
     </x:row>
     <x:row r="146" spans="1:21">
       <x:c r="A146" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B146" s="14" t="s">
         <x:v>180</x:v>
       </x:c>
       <x:c r="C146" s="15" t="n">
         <x:v>36112</x:v>
       </x:c>
       <x:c r="D146" s="15" t="s"/>
       <x:c r="E146" s="14" t="s"/>
       <x:c r="F146" s="14" t="s"/>
       <x:c r="G146" s="14" t="s">
@@ -9645,51 +9645,51 @@
       <x:c r="J146" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="K146" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L146" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M146" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N146" s="15" t="n">
         <x:v>22404</x:v>
       </x:c>
       <x:c r="O146" s="14" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="P146" s="14" t="s">
         <x:v>198</x:v>
       </x:c>
       <x:c r="Q146" s="16" t="s">
         <x:v>189</x:v>
       </x:c>
       <x:c r="R146" s="14" t="s">
-        <x:v>214</x:v>
+        <x:v>211</x:v>
       </x:c>
       <x:c r="S146" s="14" t="n">
         <x:v>519386</x:v>
       </x:c>
       <x:c r="T146" s="16" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="U146" s="16" t="s">
         <x:v>44</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:autoFilter ref="A1:U1"/>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0" gridLinesSet="true"/>
   <x:pageMargins left="0.7875" right="0.7875" top="1.05277777777778" bottom="1.05277777777778" header="0.7875" footer="0.7875"/>
   <x:pageSetup paperSize="9" scale="100" pageOrder="downThenOver" orientation="portrait" blackAndWhite="0" draft="0" cellComments="none" errors="displayed" horizontalDpi="300" verticalDpi="300" copies="1"/>
   <x:headerFooter differentOddEven="0" differentFirst="0" scaleWithDoc="1" alignWithMargins="1">
     <x:oddHeader>&amp;C&amp;"Times New Roman,Normal"&amp;12&amp;Kffffff&amp;A</x:oddHeader>
     <x:oddFooter>&amp;C&amp;"Times New Roman,Normal"&amp;12&amp;KffffffPage &amp;P</x:oddFooter>
     <x:evenHeader/>
     <x:evenFooter/>
     <x:firstHeader/>
     <x:firstFooter/>
   </x:headerFooter>
   <x:tableParts count="0"/>