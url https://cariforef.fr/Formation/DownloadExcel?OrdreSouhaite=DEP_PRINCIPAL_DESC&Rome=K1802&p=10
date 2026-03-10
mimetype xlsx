--- v0 (2026-03-10)
+++ v1 (2026-03-10)
@@ -1064,159 +1064,159 @@
   <x:si>
     <x:t>13288</x:t>
   </x:si>
   <x:si>
     <x:t>MARSEILLE CEDEX 09</x:t>
   </x:si>
   <x:si>
     <x:t>diplôme d'État de paysagiste</x:t>
   </x:si>
   <x:si>
     <x:t>13211</x:t>
   </x:si>
   <x:si>
     <x:t>MARSEILLE CEDEX 01</x:t>
   </x:si>
   <x:si>
     <x:t>LA Fontlongue</x:t>
   </x:si>
   <x:si>
     <x:t>13148</x:t>
   </x:si>
   <x:si>
     <x:t>MIRAMAS CEDEX</x:t>
   </x:si>
   <x:si>
+    <x:t>Master mention géographie, aménagement, environnement et développement parcours  territoires, société, aménagement</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Master mention droit de l'environnement parcours droit de l'énergie</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Master mention droit public parcours droit public des affaires et contrats publics</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Master mention archéologie, sciences pour l'archéologie parcours Momarch – Master of Martitime Archaeology</x:t>
+  </x:si>
+  <x:si>
+    <x:t>09/02/2024 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Master mention droit public parcours pratique des droits fondamentaux</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Développement Durable (DD) et Responsabilité Sociétale des Entreprises (RSE)</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Mandyben</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Lycée polyvalent Adam de Craponne</x:t>
+  </x:si>
+  <x:si>
+    <x:t>13651</x:t>
+  </x:si>
+  <x:si>
+    <x:t>LPO Don Bosco</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Manager de l'habitat social et durable (Apprentissage)</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Groupe Conseil Assurances Formation - Suptertiaire</x:t>
+  </x:si>
+  <x:si>
+    <x:t>75019</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Environnement aménagement</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Groupe Conseil Assurances Formation - Suptertiaire - Antenne Aix en Provence</x:t>
+  </x:si>
+  <x:si>
+    <x:t>08/26/2025 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>09/30/2027 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Master mention études européennes et internationales parcours coopération euro-méditerranéennes</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Master mention langues et sociétés parcours Moyen-Orient et Maghreb</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Habilitation de l'architecte diplômé d'Etat à l'exercice de la maîtrise d'oeuvre en son nom propre</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ENSA Marseille</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Sans niveau spécifique</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Architecture</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Lycée A Artaud</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Licence mention sciences sanitaires et sociales parcours plurisciences</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Licence mention sciences de l'Homme, anthropologie, ethnologie parcours sciences de l'Homme, anthropologie, ethnologie</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Anthropologie</x:t>
+  </x:si>
+  <x:si>
+    <x:t>master mention science politique</x:t>
+  </x:si>
+  <x:si>
     <x:t>Responsable d'établissement de l'économie sociale et solidaire (Apprentissage)</x:t>
   </x:si>
   <x:si>
     <x:t>Formation et Métier - Cfa Régional de la Cité Technique</x:t>
   </x:si>
   <x:si>
     <x:t>FM</x:t>
   </x:si>
   <x:si>
     <x:t>13016</x:t>
   </x:si>
   <x:si>
     <x:t>Économie sociale</x:t>
   </x:si>
   <x:si>
     <x:t>Pastré Grande Bastide</x:t>
   </x:si>
   <x:si>
     <x:t>13009</x:t>
   </x:si>
   <x:si>
     <x:t>08/25/2025 00:00:00</x:t>
-  </x:si>
-[...85 lines deleted...]
-    <x:t>master mention science politique</x:t>
   </x:si>
   <x:si>
     <x:t>Master mention études européennes et internationales parcours négociation internationale et interculturelle</x:t>
   </x:si>
   <x:si>
     <x:t>Master mention géographie, aménagement, environnement et développement parcours géomatique et modélisation spatiale</x:t>
   </x:si>
   <x:si>
     <x:t>Lycée polyvalent Pierre Mendès-France</x:t>
   </x:si>
   <x:si>
     <x:t>13741</x:t>
   </x:si>
   <x:si>
     <x:t>VITROLLES CEDEX</x:t>
   </x:si>
   <x:si>
     <x:t>Master mention sciences de l'eau parcours gestion de l'eau et des milieux aquatiques</x:t>
   </x:si>
   <x:si>
     <x:t>DESU manager de commerces : villes et territoires</x:t>
   </x:si>
   <x:si>
     <x:t>10/14/2025 00:00:00</x:t>
   </x:si>
@@ -9516,1234 +9516,1234 @@
       </x:c>
       <x:c r="O128" s="14" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="P128" s="14" t="s">
         <x:v>328</x:v>
       </x:c>
       <x:c r="Q128" s="16" t="s">
         <x:v>329</x:v>
       </x:c>
       <x:c r="R128" s="14" t="s">
         <x:v>330</x:v>
       </x:c>
       <x:c r="S128" s="14" t="n">
         <x:v>592187</x:v>
       </x:c>
       <x:c r="T128" s="16" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="U128" s="16" t="s">
         <x:v>74</x:v>
       </x:c>
     </x:row>
     <x:row r="129" spans="1:21">
       <x:c r="A129" s="1" t="s">
-        <x:v>21</x:v>
+        <x:v>37</x:v>
       </x:c>
       <x:c r="B129" s="0" t="s">
         <x:v>331</x:v>
       </x:c>
       <x:c r="C129" s="3" t="n">
-        <x:v>39598</x:v>
+        <x:v>39194</x:v>
       </x:c>
       <x:c r="D129" s="3" t="s"/>
-      <x:c r="E129" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="G129" s="0" t="s">
-        <x:v>332</x:v>
+        <x:v>198</x:v>
       </x:c>
       <x:c r="H129" s="0" t="s">
-        <x:v>333</x:v>
+        <x:v>199</x:v>
       </x:c>
       <x:c r="I129" s="4" t="s">
-        <x:v>334</x:v>
+        <x:v>200</x:v>
       </x:c>
       <x:c r="J129" s="0" t="s">
-        <x:v>100</x:v>
+        <x:v>41</x:v>
       </x:c>
       <x:c r="K129" s="0" t="s">
-        <x:v>28</x:v>
+        <x:v>42</x:v>
       </x:c>
       <x:c r="L129" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="M129" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N129" s="3" t="n">
-        <x:v>13175</x:v>
+        <x:v>12205</x:v>
       </x:c>
       <x:c r="O129" s="0" t="s">
-        <x:v>335</x:v>
+        <x:v>85</x:v>
       </x:c>
       <x:c r="P129" s="0" t="s">
-        <x:v>336</x:v>
+        <x:v>202</x:v>
       </x:c>
       <x:c r="Q129" s="4" t="s">
-        <x:v>337</x:v>
+        <x:v>195</x:v>
       </x:c>
       <x:c r="R129" s="0" t="s">
-        <x:v>244</x:v>
+        <x:v>189</x:v>
       </x:c>
       <x:c r="S129" s="0" t="n">
-        <x:v>556801</x:v>
+        <x:v>575534</x:v>
       </x:c>
       <x:c r="T129" s="4" t="s">
-        <x:v>338</x:v>
+        <x:v>35</x:v>
       </x:c>
       <x:c r="U129" s="4" t="s">
-        <x:v>105</x:v>
+        <x:v>203</x:v>
       </x:c>
     </x:row>
     <x:row r="130" spans="1:21">
       <x:c r="A130" s="13" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="B130" s="14" t="s">
-        <x:v>339</x:v>
+        <x:v>332</x:v>
       </x:c>
       <x:c r="C130" s="15" t="n">
-        <x:v>39194</x:v>
+        <x:v>36761</x:v>
       </x:c>
       <x:c r="D130" s="15" t="s"/>
       <x:c r="E130" s="14" t="s"/>
       <x:c r="F130" s="14" t="s"/>
       <x:c r="G130" s="14" t="s">
         <x:v>198</x:v>
       </x:c>
       <x:c r="H130" s="14" t="s">
         <x:v>199</x:v>
       </x:c>
       <x:c r="I130" s="16" t="s">
         <x:v>200</x:v>
       </x:c>
       <x:c r="J130" s="14" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="K130" s="14" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="L130" s="14" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="M130" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N130" s="15" t="n">
-        <x:v>12205</x:v>
+        <x:v>12518</x:v>
       </x:c>
       <x:c r="O130" s="14" t="s">
-        <x:v>85</x:v>
+        <x:v>228</x:v>
       </x:c>
       <x:c r="P130" s="14" t="s">
-        <x:v>202</x:v>
+        <x:v>198</x:v>
       </x:c>
       <x:c r="Q130" s="16" t="s">
-        <x:v>195</x:v>
+        <x:v>200</x:v>
       </x:c>
       <x:c r="R130" s="14" t="s">
         <x:v>189</x:v>
       </x:c>
       <x:c r="S130" s="14" t="n">
-        <x:v>575534</x:v>
+        <x:v>581233</x:v>
       </x:c>
       <x:c r="T130" s="16" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="U130" s="16" t="s">
         <x:v>203</x:v>
       </x:c>
     </x:row>
     <x:row r="131" spans="1:21">
       <x:c r="A131" s="1" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="B131" s="0" t="s">
-        <x:v>340</x:v>
+        <x:v>333</x:v>
       </x:c>
       <x:c r="C131" s="3" t="n">
-        <x:v>36761</x:v>
+        <x:v>38166</x:v>
       </x:c>
       <x:c r="D131" s="3" t="s"/>
       <x:c r="G131" s="0" t="s">
         <x:v>198</x:v>
       </x:c>
       <x:c r="H131" s="0" t="s">
         <x:v>199</x:v>
       </x:c>
       <x:c r="I131" s="4" t="s">
         <x:v>200</x:v>
       </x:c>
       <x:c r="J131" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="K131" s="0" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="L131" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="M131" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N131" s="3" t="n">
-        <x:v>12518</x:v>
+        <x:v>13237</x:v>
       </x:c>
       <x:c r="O131" s="0" t="s">
-        <x:v>228</x:v>
+        <x:v>150</x:v>
       </x:c>
       <x:c r="P131" s="0" t="s">
         <x:v>198</x:v>
       </x:c>
       <x:c r="Q131" s="4" t="s">
         <x:v>200</x:v>
       </x:c>
       <x:c r="R131" s="0" t="s">
         <x:v>189</x:v>
       </x:c>
       <x:c r="S131" s="0" t="n">
-        <x:v>581233</x:v>
+        <x:v>581252</x:v>
       </x:c>
       <x:c r="T131" s="4" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="U131" s="4" t="s">
         <x:v>203</x:v>
       </x:c>
     </x:row>
     <x:row r="132" spans="1:21">
       <x:c r="A132" s="13" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="B132" s="14" t="s">
-        <x:v>341</x:v>
+        <x:v>334</x:v>
       </x:c>
       <x:c r="C132" s="15" t="n">
-        <x:v>38166</x:v>
+        <x:v>40717</x:v>
       </x:c>
       <x:c r="D132" s="15" t="s"/>
       <x:c r="E132" s="14" t="s"/>
       <x:c r="F132" s="14" t="s"/>
       <x:c r="G132" s="14" t="s">
         <x:v>198</x:v>
       </x:c>
       <x:c r="H132" s="14" t="s">
         <x:v>199</x:v>
       </x:c>
       <x:c r="I132" s="16" t="s">
         <x:v>200</x:v>
       </x:c>
       <x:c r="J132" s="14" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="K132" s="14" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="L132" s="14" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="M132" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N132" s="15" t="n">
-        <x:v>13237</x:v>
+        <x:v>14201</x:v>
       </x:c>
       <x:c r="O132" s="14" t="s">
-        <x:v>150</x:v>
+        <x:v>159</x:v>
       </x:c>
       <x:c r="P132" s="14" t="s">
-        <x:v>198</x:v>
+        <x:v>202</x:v>
       </x:c>
       <x:c r="Q132" s="16" t="s">
-        <x:v>200</x:v>
+        <x:v>195</x:v>
       </x:c>
       <x:c r="R132" s="14" t="s">
         <x:v>189</x:v>
       </x:c>
       <x:c r="S132" s="14" t="n">
-        <x:v>581252</x:v>
+        <x:v>581323</x:v>
       </x:c>
       <x:c r="T132" s="16" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="U132" s="16" t="s">
         <x:v>203</x:v>
       </x:c>
     </x:row>
     <x:row r="133" spans="1:21">
       <x:c r="A133" s="1" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="B133" s="0" t="s">
-        <x:v>342</x:v>
+        <x:v>214</x:v>
       </x:c>
       <x:c r="C133" s="3" t="n">
-        <x:v>40717</x:v>
+        <x:v>40412</x:v>
       </x:c>
       <x:c r="D133" s="3" t="s"/>
       <x:c r="G133" s="0" t="s">
-        <x:v>198</x:v>
+        <x:v>215</x:v>
       </x:c>
       <x:c r="H133" s="0" t="s">
-        <x:v>199</x:v>
+        <x:v>216</x:v>
       </x:c>
       <x:c r="I133" s="4" t="s">
-        <x:v>200</x:v>
+        <x:v>217</x:v>
       </x:c>
       <x:c r="J133" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="K133" s="0" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="L133" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="M133" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N133" s="3" t="n">
-        <x:v>14201</x:v>
+        <x:v>12512</x:v>
       </x:c>
       <x:c r="O133" s="0" t="s">
-        <x:v>159</x:v>
+        <x:v>218</x:v>
       </x:c>
       <x:c r="P133" s="0" t="s">
-        <x:v>202</x:v>
+        <x:v>215</x:v>
       </x:c>
       <x:c r="Q133" s="4" t="s">
-        <x:v>195</x:v>
+        <x:v>217</x:v>
       </x:c>
       <x:c r="R133" s="0" t="s">
-        <x:v>189</x:v>
+        <x:v>221</x:v>
       </x:c>
       <x:c r="S133" s="0" t="n">
-        <x:v>581323</x:v>
+        <x:v>539048</x:v>
       </x:c>
       <x:c r="T133" s="4" t="s">
-        <x:v>35</x:v>
+        <x:v>335</x:v>
       </x:c>
       <x:c r="U133" s="4" t="s">
-        <x:v>203</x:v>
+        <x:v>122</x:v>
       </x:c>
     </x:row>
     <x:row r="134" spans="1:21">
       <x:c r="A134" s="13" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="B134" s="14" t="s">
-        <x:v>214</x:v>
+        <x:v>336</x:v>
       </x:c>
       <x:c r="C134" s="15" t="n">
-        <x:v>40412</x:v>
+        <x:v>38166</x:v>
       </x:c>
       <x:c r="D134" s="15" t="s"/>
       <x:c r="E134" s="14" t="s"/>
       <x:c r="F134" s="14" t="s"/>
       <x:c r="G134" s="14" t="s">
-        <x:v>215</x:v>
+        <x:v>198</x:v>
       </x:c>
       <x:c r="H134" s="14" t="s">
-        <x:v>216</x:v>
+        <x:v>199</x:v>
       </x:c>
       <x:c r="I134" s="16" t="s">
-        <x:v>217</x:v>
+        <x:v>200</x:v>
       </x:c>
       <x:c r="J134" s="14" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="K134" s="14" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="L134" s="14" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="M134" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N134" s="15" t="n">
-        <x:v>12512</x:v>
+        <x:v>13237</x:v>
       </x:c>
       <x:c r="O134" s="14" t="s">
-        <x:v>218</x:v>
+        <x:v>150</x:v>
       </x:c>
       <x:c r="P134" s="14" t="s">
-        <x:v>215</x:v>
+        <x:v>247</x:v>
       </x:c>
       <x:c r="Q134" s="16" t="s">
-        <x:v>217</x:v>
+        <x:v>200</x:v>
       </x:c>
       <x:c r="R134" s="14" t="s">
-        <x:v>221</x:v>
+        <x:v>189</x:v>
       </x:c>
       <x:c r="S134" s="14" t="n">
-        <x:v>539048</x:v>
+        <x:v>576335</x:v>
       </x:c>
       <x:c r="T134" s="16" t="s">
-        <x:v>343</x:v>
+        <x:v>35</x:v>
       </x:c>
       <x:c r="U134" s="16" t="s">
-        <x:v>122</x:v>
+        <x:v>203</x:v>
       </x:c>
     </x:row>
     <x:row r="135" spans="1:21">
       <x:c r="A135" s="1" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="B135" s="0" t="s">
-        <x:v>344</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>337</x:v>
+      </x:c>
+      <x:c r="C135" s="3" t="s"/>
       <x:c r="D135" s="3" t="s"/>
       <x:c r="G135" s="0" t="s">
-        <x:v>198</x:v>
-[...2 lines deleted...]
-        <x:v>199</x:v>
+        <x:v>338</x:v>
       </x:c>
       <x:c r="I135" s="4" t="s">
-        <x:v>200</x:v>
-[...2 lines deleted...]
-        <x:v>41</x:v>
+        <x:v>287</x:v>
       </x:c>
       <x:c r="K135" s="0" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="L135" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="M135" s="0" t="s">
-        <x:v>30</x:v>
+        <x:v>167</x:v>
       </x:c>
       <x:c r="N135" s="3" t="n">
-        <x:v>13237</x:v>
+        <x:v>12522</x:v>
       </x:c>
       <x:c r="O135" s="0" t="s">
-        <x:v>150</x:v>
+        <x:v>69</x:v>
       </x:c>
       <x:c r="P135" s="0" t="s">
-        <x:v>247</x:v>
+        <x:v>338</x:v>
       </x:c>
       <x:c r="Q135" s="4" t="s">
-        <x:v>200</x:v>
+        <x:v>287</x:v>
       </x:c>
       <x:c r="R135" s="0" t="s">
-        <x:v>189</x:v>
+        <x:v>288</x:v>
       </x:c>
       <x:c r="S135" s="0" t="n">
-        <x:v>576335</x:v>
+        <x:v>576578</x:v>
       </x:c>
       <x:c r="T135" s="4" t="s">
-        <x:v>35</x:v>
+        <x:v>148</x:v>
       </x:c>
       <x:c r="U135" s="4" t="s">
-        <x:v>203</x:v>
+        <x:v>157</x:v>
       </x:c>
     </x:row>
     <x:row r="136" spans="1:21">
       <x:c r="A136" s="13" t="s">
-        <x:v>37</x:v>
+        <x:v>61</x:v>
       </x:c>
       <x:c r="B136" s="14" t="s">
-        <x:v>345</x:v>
+        <x:v>79</x:v>
       </x:c>
       <x:c r="C136" s="15" t="s"/>
       <x:c r="D136" s="15" t="s"/>
       <x:c r="E136" s="14" t="s"/>
       <x:c r="F136" s="14" t="s"/>
       <x:c r="G136" s="14" t="s">
-        <x:v>346</x:v>
+        <x:v>339</x:v>
       </x:c>
       <x:c r="H136" s="14" t="s"/>
       <x:c r="I136" s="16" t="s">
-        <x:v>287</x:v>
-[...1 lines deleted...]
-      <x:c r="J136" s="14" t="s"/>
+        <x:v>340</x:v>
+      </x:c>
+      <x:c r="J136" s="14" t="s">
+        <x:v>68</x:v>
+      </x:c>
       <x:c r="K136" s="14" t="s">
-        <x:v>42</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="L136" s="14" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="M136" s="14" t="s">
-        <x:v>167</x:v>
+        <x:v>30</x:v>
       </x:c>
       <x:c r="N136" s="15" t="n">
         <x:v>12522</x:v>
       </x:c>
       <x:c r="O136" s="14" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="P136" s="14" t="s">
-        <x:v>346</x:v>
+        <x:v>339</x:v>
       </x:c>
       <x:c r="Q136" s="16" t="s">
-        <x:v>287</x:v>
+        <x:v>340</x:v>
       </x:c>
       <x:c r="R136" s="14" t="s">
-        <x:v>288</x:v>
+        <x:v>274</x:v>
       </x:c>
       <x:c r="S136" s="14" t="n">
-        <x:v>576578</x:v>
+        <x:v>594408</x:v>
       </x:c>
       <x:c r="T136" s="16" t="s">
-        <x:v>148</x:v>
+        <x:v>64</x:v>
       </x:c>
       <x:c r="U136" s="16" t="s">
-        <x:v>157</x:v>
+        <x:v>36</x:v>
       </x:c>
     </x:row>
     <x:row r="137" spans="1:21">
       <x:c r="A137" s="1" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="B137" s="0" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="C137" s="3" t="s"/>
       <x:c r="D137" s="3" t="s"/>
       <x:c r="G137" s="0" t="s">
-        <x:v>347</x:v>
+        <x:v>317</x:v>
       </x:c>
       <x:c r="I137" s="4" t="s">
-        <x:v>348</x:v>
+        <x:v>318</x:v>
       </x:c>
       <x:c r="J137" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="K137" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="L137" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="M137" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N137" s="3" t="n">
         <x:v>12522</x:v>
       </x:c>
       <x:c r="O137" s="0" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="P137" s="0" t="s">
-        <x:v>347</x:v>
+        <x:v>317</x:v>
       </x:c>
       <x:c r="Q137" s="4" t="s">
-        <x:v>348</x:v>
+        <x:v>318</x:v>
       </x:c>
       <x:c r="R137" s="0" t="s">
-        <x:v>274</x:v>
+        <x:v>319</x:v>
       </x:c>
       <x:c r="S137" s="0" t="n">
-        <x:v>594408</x:v>
+        <x:v>594413</x:v>
       </x:c>
       <x:c r="T137" s="4" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="U137" s="4" t="s">
         <x:v>36</x:v>
       </x:c>
     </x:row>
     <x:row r="138" spans="1:21">
       <x:c r="A138" s="13" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="B138" s="14" t="s">
-        <x:v>79</x:v>
+        <x:v>65</x:v>
       </x:c>
       <x:c r="C138" s="15" t="s"/>
       <x:c r="D138" s="15" t="s"/>
       <x:c r="E138" s="14" t="s"/>
       <x:c r="F138" s="14" t="s"/>
       <x:c r="G138" s="14" t="s">
-        <x:v>317</x:v>
+        <x:v>341</x:v>
       </x:c>
       <x:c r="H138" s="14" t="s"/>
       <x:c r="I138" s="16" t="s">
-        <x:v>318</x:v>
+        <x:v>287</x:v>
       </x:c>
       <x:c r="J138" s="14" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="K138" s="14" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="L138" s="14" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="M138" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N138" s="15" t="n">
         <x:v>12522</x:v>
       </x:c>
       <x:c r="O138" s="14" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="P138" s="14" t="s">
-        <x:v>317</x:v>
+        <x:v>341</x:v>
       </x:c>
       <x:c r="Q138" s="16" t="s">
-        <x:v>318</x:v>
+        <x:v>287</x:v>
       </x:c>
       <x:c r="R138" s="14" t="s">
-        <x:v>319</x:v>
+        <x:v>288</x:v>
       </x:c>
       <x:c r="S138" s="14" t="n">
-        <x:v>594413</x:v>
+        <x:v>594617</x:v>
       </x:c>
       <x:c r="T138" s="16" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="U138" s="16" t="s">
         <x:v>36</x:v>
       </x:c>
     </x:row>
     <x:row r="139" spans="1:21">
       <x:c r="A139" s="1" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="B139" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="C139" s="3" t="s"/>
       <x:c r="D139" s="3" t="s"/>
       <x:c r="G139" s="0" t="s">
-        <x:v>349</x:v>
+        <x:v>339</x:v>
       </x:c>
       <x:c r="I139" s="4" t="s">
-        <x:v>287</x:v>
+        <x:v>340</x:v>
       </x:c>
       <x:c r="J139" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="K139" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="L139" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="M139" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N139" s="3" t="n">
         <x:v>12522</x:v>
       </x:c>
       <x:c r="O139" s="0" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="P139" s="0" t="s">
-        <x:v>349</x:v>
+        <x:v>339</x:v>
       </x:c>
       <x:c r="Q139" s="4" t="s">
-        <x:v>287</x:v>
+        <x:v>340</x:v>
       </x:c>
       <x:c r="R139" s="0" t="s">
-        <x:v>288</x:v>
+        <x:v>274</x:v>
       </x:c>
       <x:c r="S139" s="0" t="n">
-        <x:v>594617</x:v>
+        <x:v>594620</x:v>
       </x:c>
       <x:c r="T139" s="4" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="U139" s="4" t="s">
         <x:v>36</x:v>
       </x:c>
     </x:row>
     <x:row r="140" spans="1:21">
       <x:c r="A140" s="13" t="s">
-        <x:v>61</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B140" s="14" t="s">
-        <x:v>65</x:v>
-[...1 lines deleted...]
-      <x:c r="C140" s="15" t="s"/>
+        <x:v>342</x:v>
+      </x:c>
+      <x:c r="C140" s="15" t="n">
+        <x:v>35590</x:v>
+      </x:c>
       <x:c r="D140" s="15" t="s"/>
-      <x:c r="E140" s="14" t="s"/>
+      <x:c r="E140" s="14" t="s">
+        <x:v>23</x:v>
+      </x:c>
       <x:c r="F140" s="14" t="s"/>
       <x:c r="G140" s="14" t="s">
-        <x:v>347</x:v>
+        <x:v>343</x:v>
       </x:c>
       <x:c r="H140" s="14" t="s"/>
       <x:c r="I140" s="16" t="s">
+        <x:v>344</x:v>
+      </x:c>
+      <x:c r="J140" s="14" t="s">
+        <x:v>41</x:v>
+      </x:c>
+      <x:c r="K140" s="14" t="s">
+        <x:v>28</x:v>
+      </x:c>
+      <x:c r="L140" s="14" t="s">
+        <x:v>29</x:v>
+      </x:c>
+      <x:c r="M140" s="14" t="s">
+        <x:v>30</x:v>
+      </x:c>
+      <x:c r="N140" s="15" t="n">
+        <x:v>12554</x:v>
+      </x:c>
+      <x:c r="O140" s="14" t="s">
+        <x:v>345</x:v>
+      </x:c>
+      <x:c r="P140" s="14" t="s">
+        <x:v>346</x:v>
+      </x:c>
+      <x:c r="Q140" s="16" t="s">
+        <x:v>188</x:v>
+      </x:c>
+      <x:c r="R140" s="14" t="s">
+        <x:v>189</x:v>
+      </x:c>
+      <x:c r="S140" s="14" t="n">
+        <x:v>552662</x:v>
+      </x:c>
+      <x:c r="T140" s="16" t="s">
+        <x:v>347</x:v>
+      </x:c>
+      <x:c r="U140" s="16" t="s">
         <x:v>348</x:v>
-      </x:c>
-[...34 lines deleted...]
-        <x:v>36</x:v>
       </x:c>
     </x:row>
     <x:row r="141" spans="1:21">
       <x:c r="A141" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B141" s="0" t="s">
-        <x:v>350</x:v>
+        <x:v>22</x:v>
       </x:c>
       <x:c r="C141" s="3" t="n">
-        <x:v>35590</x:v>
+        <x:v>39836</x:v>
       </x:c>
       <x:c r="D141" s="3" t="s"/>
       <x:c r="E141" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G141" s="0" t="s">
-        <x:v>351</x:v>
+        <x:v>291</x:v>
+      </x:c>
+      <x:c r="H141" s="0" t="s">
+        <x:v>292</x:v>
       </x:c>
       <x:c r="I141" s="4" t="s">
-        <x:v>352</x:v>
+        <x:v>293</x:v>
       </x:c>
       <x:c r="J141" s="0" t="s">
-        <x:v>41</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="K141" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L141" s="0" t="s">
-        <x:v>29</x:v>
+        <x:v>49</x:v>
       </x:c>
       <x:c r="M141" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N141" s="3" t="n">
-        <x:v>12554</x:v>
+        <x:v>12598</x:v>
       </x:c>
       <x:c r="O141" s="0" t="s">
-        <x:v>353</x:v>
+        <x:v>31</x:v>
       </x:c>
       <x:c r="P141" s="0" t="s">
-        <x:v>354</x:v>
+        <x:v>291</x:v>
       </x:c>
       <x:c r="Q141" s="4" t="s">
-        <x:v>188</x:v>
+        <x:v>293</x:v>
       </x:c>
       <x:c r="R141" s="0" t="s">
-        <x:v>189</x:v>
+        <x:v>294</x:v>
       </x:c>
       <x:c r="S141" s="0" t="n">
-        <x:v>552662</x:v>
+        <x:v>599636</x:v>
       </x:c>
       <x:c r="T141" s="4" t="s">
-        <x:v>355</x:v>
+        <x:v>64</x:v>
       </x:c>
       <x:c r="U141" s="4" t="s">
-        <x:v>356</x:v>
+        <x:v>74</x:v>
       </x:c>
     </x:row>
     <x:row r="142" spans="1:21">
       <x:c r="A142" s="13" t="s">
-        <x:v>21</x:v>
+        <x:v>37</x:v>
       </x:c>
       <x:c r="B142" s="14" t="s">
-        <x:v>22</x:v>
+        <x:v>349</x:v>
       </x:c>
       <x:c r="C142" s="15" t="n">
-        <x:v>39836</x:v>
+        <x:v>39403</x:v>
       </x:c>
       <x:c r="D142" s="15" t="s"/>
-      <x:c r="E142" s="14" t="s">
-[...1 lines deleted...]
-      </x:c>
+      <x:c r="E142" s="14" t="s"/>
       <x:c r="F142" s="14" t="s"/>
       <x:c r="G142" s="14" t="s">
-        <x:v>291</x:v>
+        <x:v>198</x:v>
       </x:c>
       <x:c r="H142" s="14" t="s">
-        <x:v>292</x:v>
+        <x:v>199</x:v>
       </x:c>
       <x:c r="I142" s="16" t="s">
-        <x:v>293</x:v>
+        <x:v>200</x:v>
       </x:c>
       <x:c r="J142" s="14" t="s">
-        <x:v>27</x:v>
+        <x:v>41</x:v>
       </x:c>
       <x:c r="K142" s="14" t="s">
-        <x:v>28</x:v>
+        <x:v>42</x:v>
       </x:c>
       <x:c r="L142" s="14" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="M142" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N142" s="15" t="n">
-        <x:v>12598</x:v>
+        <x:v>13024</x:v>
       </x:c>
       <x:c r="O142" s="14" t="s">
-        <x:v>31</x:v>
+        <x:v>211</x:v>
       </x:c>
       <x:c r="P142" s="14" t="s">
-        <x:v>291</x:v>
+        <x:v>202</x:v>
       </x:c>
       <x:c r="Q142" s="16" t="s">
-        <x:v>293</x:v>
+        <x:v>195</x:v>
       </x:c>
       <x:c r="R142" s="14" t="s">
-        <x:v>294</x:v>
+        <x:v>189</x:v>
       </x:c>
       <x:c r="S142" s="14" t="n">
-        <x:v>599636</x:v>
+        <x:v>575529</x:v>
       </x:c>
       <x:c r="T142" s="16" t="s">
-        <x:v>64</x:v>
+        <x:v>35</x:v>
       </x:c>
       <x:c r="U142" s="16" t="s">
-        <x:v>74</x:v>
+        <x:v>203</x:v>
       </x:c>
     </x:row>
     <x:row r="143" spans="1:21">
       <x:c r="A143" s="1" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="B143" s="0" t="s">
-        <x:v>357</x:v>
+        <x:v>350</x:v>
       </x:c>
       <x:c r="C143" s="3" t="n">
-        <x:v>39403</x:v>
+        <x:v>38695</x:v>
       </x:c>
       <x:c r="D143" s="3" t="s"/>
       <x:c r="G143" s="0" t="s">
         <x:v>198</x:v>
       </x:c>
       <x:c r="H143" s="0" t="s">
         <x:v>199</x:v>
       </x:c>
       <x:c r="I143" s="4" t="s">
         <x:v>200</x:v>
       </x:c>
       <x:c r="J143" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="K143" s="0" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="L143" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="M143" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N143" s="3" t="n">
-        <x:v>13024</x:v>
+        <x:v>14201</x:v>
       </x:c>
       <x:c r="O143" s="0" t="s">
-        <x:v>211</x:v>
+        <x:v>159</x:v>
       </x:c>
       <x:c r="P143" s="0" t="s">
         <x:v>202</x:v>
       </x:c>
       <x:c r="Q143" s="4" t="s">
         <x:v>195</x:v>
       </x:c>
       <x:c r="R143" s="0" t="s">
         <x:v>189</x:v>
       </x:c>
       <x:c r="S143" s="0" t="n">
-        <x:v>575529</x:v>
+        <x:v>575540</x:v>
       </x:c>
       <x:c r="T143" s="4" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="U143" s="4" t="s">
         <x:v>203</x:v>
       </x:c>
     </x:row>
     <x:row r="144" spans="1:21">
       <x:c r="A144" s="13" t="s">
-        <x:v>37</x:v>
+        <x:v>61</x:v>
       </x:c>
       <x:c r="B144" s="14" t="s">
-        <x:v>358</x:v>
-[...4 lines deleted...]
-      <x:c r="D144" s="15" t="s"/>
+        <x:v>351</x:v>
+      </x:c>
+      <x:c r="C144" s="15" t="s"/>
+      <x:c r="D144" s="15" t="n">
+        <x:v>6535</x:v>
+      </x:c>
       <x:c r="E144" s="14" t="s"/>
       <x:c r="F144" s="14" t="s"/>
       <x:c r="G144" s="14" t="s">
-        <x:v>198</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>352</x:v>
+      </x:c>
+      <x:c r="H144" s="14" t="s"/>
       <x:c r="I144" s="16" t="s">
-        <x:v>200</x:v>
+        <x:v>208</x:v>
       </x:c>
       <x:c r="J144" s="14" t="s">
-        <x:v>41</x:v>
+        <x:v>353</x:v>
       </x:c>
       <x:c r="K144" s="14" t="s">
-        <x:v>42</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="L144" s="14" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="M144" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N144" s="15" t="n">
-        <x:v>14201</x:v>
+        <x:v>22223</x:v>
       </x:c>
       <x:c r="O144" s="14" t="s">
-        <x:v>159</x:v>
+        <x:v>354</x:v>
       </x:c>
       <x:c r="P144" s="14" t="s">
-        <x:v>202</x:v>
+        <x:v>352</x:v>
       </x:c>
       <x:c r="Q144" s="16" t="s">
-        <x:v>195</x:v>
+        <x:v>208</x:v>
       </x:c>
       <x:c r="R144" s="14" t="s">
-        <x:v>189</x:v>
+        <x:v>209</x:v>
       </x:c>
       <x:c r="S144" s="14" t="n">
-        <x:v>575540</x:v>
+        <x:v>594210</x:v>
       </x:c>
       <x:c r="T144" s="16" t="s">
-        <x:v>35</x:v>
+        <x:v>64</x:v>
       </x:c>
       <x:c r="U144" s="16" t="s">
-        <x:v>203</x:v>
+        <x:v>36</x:v>
       </x:c>
     </x:row>
     <x:row r="145" spans="1:21">
       <x:c r="A145" s="1" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="B145" s="0" t="s">
-        <x:v>359</x:v>
+        <x:v>65</x:v>
       </x:c>
       <x:c r="C145" s="3" t="s"/>
-      <x:c r="D145" s="3" t="n">
-[...1 lines deleted...]
-      </x:c>
+      <x:c r="D145" s="3" t="s"/>
       <x:c r="G145" s="0" t="s">
-        <x:v>360</x:v>
+        <x:v>355</x:v>
       </x:c>
       <x:c r="I145" s="4" t="s">
-        <x:v>208</x:v>
+        <x:v>54</x:v>
       </x:c>
       <x:c r="J145" s="0" t="s">
-        <x:v>361</x:v>
+        <x:v>68</x:v>
       </x:c>
       <x:c r="K145" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="L145" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="M145" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N145" s="3" t="n">
-        <x:v>22223</x:v>
+        <x:v>12522</x:v>
       </x:c>
       <x:c r="O145" s="0" t="s">
-        <x:v>362</x:v>
+        <x:v>69</x:v>
       </x:c>
       <x:c r="P145" s="0" t="s">
-        <x:v>360</x:v>
+        <x:v>355</x:v>
       </x:c>
       <x:c r="Q145" s="4" t="s">
-        <x:v>208</x:v>
+        <x:v>54</x:v>
       </x:c>
       <x:c r="R145" s="0" t="s">
-        <x:v>209</x:v>
+        <x:v>266</x:v>
       </x:c>
       <x:c r="S145" s="0" t="n">
-        <x:v>594210</x:v>
+        <x:v>594598</x:v>
       </x:c>
       <x:c r="T145" s="4" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="U145" s="4" t="s">
         <x:v>36</x:v>
       </x:c>
     </x:row>
     <x:row r="146" spans="1:21">
       <x:c r="A146" s="13" t="s">
-        <x:v>61</x:v>
+        <x:v>37</x:v>
       </x:c>
       <x:c r="B146" s="14" t="s">
-        <x:v>65</x:v>
-[...1 lines deleted...]
-      <x:c r="C146" s="15" t="s"/>
+        <x:v>356</x:v>
+      </x:c>
+      <x:c r="C146" s="15" t="n">
+        <x:v>39696</x:v>
+      </x:c>
       <x:c r="D146" s="15" t="s"/>
       <x:c r="E146" s="14" t="s"/>
       <x:c r="F146" s="14" t="s"/>
       <x:c r="G146" s="14" t="s">
-        <x:v>363</x:v>
-[...1 lines deleted...]
-      <x:c r="H146" s="14" t="s"/>
+        <x:v>198</x:v>
+      </x:c>
+      <x:c r="H146" s="14" t="s">
+        <x:v>199</x:v>
+      </x:c>
       <x:c r="I146" s="16" t="s">
-        <x:v>54</x:v>
+        <x:v>200</x:v>
       </x:c>
       <x:c r="J146" s="14" t="s">
-        <x:v>68</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="K146" s="14" t="s">
-        <x:v>63</x:v>
+        <x:v>42</x:v>
       </x:c>
       <x:c r="L146" s="14" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="M146" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N146" s="15" t="n">
-        <x:v>12522</x:v>
+        <x:v>14256</x:v>
       </x:c>
       <x:c r="O146" s="14" t="s">
-        <x:v>69</x:v>
+        <x:v>261</x:v>
       </x:c>
       <x:c r="P146" s="14" t="s">
-        <x:v>363</x:v>
+        <x:v>207</x:v>
       </x:c>
       <x:c r="Q146" s="16" t="s">
-        <x:v>54</x:v>
+        <x:v>208</x:v>
       </x:c>
       <x:c r="R146" s="14" t="s">
-        <x:v>266</x:v>
+        <x:v>209</x:v>
       </x:c>
       <x:c r="S146" s="14" t="n">
-        <x:v>594598</x:v>
+        <x:v>581551</x:v>
       </x:c>
       <x:c r="T146" s="16" t="s">
-        <x:v>64</x:v>
+        <x:v>35</x:v>
       </x:c>
       <x:c r="U146" s="16" t="s">
-        <x:v>36</x:v>
+        <x:v>203</x:v>
       </x:c>
     </x:row>
     <x:row r="147" spans="1:21">
       <x:c r="A147" s="1" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="B147" s="0" t="s">
-        <x:v>364</x:v>
+        <x:v>357</x:v>
       </x:c>
       <x:c r="C147" s="3" t="n">
-        <x:v>39696</x:v>
+        <x:v>39698</x:v>
       </x:c>
       <x:c r="D147" s="3" t="s"/>
       <x:c r="G147" s="0" t="s">
         <x:v>198</x:v>
       </x:c>
       <x:c r="H147" s="0" t="s">
         <x:v>199</x:v>
       </x:c>
       <x:c r="I147" s="4" t="s">
         <x:v>200</x:v>
       </x:c>
       <x:c r="J147" s="0" t="s">
         <x:v>100</x:v>
       </x:c>
       <x:c r="K147" s="0" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="L147" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="M147" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N147" s="3" t="n">
-        <x:v>14256</x:v>
+        <x:v>14224</x:v>
       </x:c>
       <x:c r="O147" s="0" t="s">
-        <x:v>261</x:v>
+        <x:v>358</x:v>
       </x:c>
       <x:c r="P147" s="0" t="s">
-        <x:v>207</x:v>
+        <x:v>202</x:v>
       </x:c>
       <x:c r="Q147" s="4" t="s">
-        <x:v>208</x:v>
+        <x:v>195</x:v>
       </x:c>
       <x:c r="R147" s="0" t="s">
-        <x:v>209</x:v>
+        <x:v>189</x:v>
       </x:c>
       <x:c r="S147" s="0" t="n">
-        <x:v>581551</x:v>
+        <x:v>575732</x:v>
       </x:c>
       <x:c r="T147" s="4" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="U147" s="4" t="s">
         <x:v>203</x:v>
       </x:c>
     </x:row>
     <x:row r="148" spans="1:21">
       <x:c r="A148" s="13" t="s">
-        <x:v>37</x:v>
+        <x:v>61</x:v>
       </x:c>
       <x:c r="B148" s="14" t="s">
-        <x:v>365</x:v>
+        <x:v>359</x:v>
       </x:c>
       <x:c r="C148" s="15" t="n">
-        <x:v>39698</x:v>
+        <x:v>38175</x:v>
       </x:c>
       <x:c r="D148" s="15" t="s"/>
       <x:c r="E148" s="14" t="s"/>
       <x:c r="F148" s="14" t="s"/>
       <x:c r="G148" s="14" t="s">
-        <x:v>198</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>192</x:v>
+      </x:c>
+      <x:c r="H148" s="14" t="s"/>
       <x:c r="I148" s="16" t="s">
-        <x:v>200</x:v>
+        <x:v>193</x:v>
       </x:c>
       <x:c r="J148" s="14" t="s">
-        <x:v>100</x:v>
+        <x:v>41</x:v>
       </x:c>
       <x:c r="K148" s="14" t="s">
-        <x:v>42</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="L148" s="14" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="M148" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N148" s="15" t="n">
-        <x:v>14224</x:v>
+        <x:v>13027</x:v>
       </x:c>
       <x:c r="O148" s="14" t="s">
-        <x:v>366</x:v>
+        <x:v>43</x:v>
       </x:c>
       <x:c r="P148" s="14" t="s">
-        <x:v>202</x:v>
+        <x:v>256</x:v>
       </x:c>
       <x:c r="Q148" s="16" t="s">
-        <x:v>195</x:v>
+        <x:v>257</x:v>
       </x:c>
       <x:c r="R148" s="14" t="s">
-        <x:v>189</x:v>
+        <x:v>258</x:v>
       </x:c>
       <x:c r="S148" s="14" t="n">
-        <x:v>575732</x:v>
+        <x:v>597249</x:v>
       </x:c>
       <x:c r="T148" s="16" t="s">
-        <x:v>35</x:v>
+        <x:v>64</x:v>
       </x:c>
       <x:c r="U148" s="16" t="s">
-        <x:v>203</x:v>
+        <x:v>74</x:v>
       </x:c>
     </x:row>
     <x:row r="149" spans="1:21">
       <x:c r="A149" s="1" t="s">
-        <x:v>61</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B149" s="0" t="s">
+        <x:v>360</x:v>
+      </x:c>
+      <x:c r="C149" s="3" t="n">
+        <x:v>39598</x:v>
+      </x:c>
+      <x:c r="D149" s="3" t="s"/>
+      <x:c r="E149" s="0" t="s">
+        <x:v>23</x:v>
+      </x:c>
+      <x:c r="G149" s="0" t="s">
+        <x:v>361</x:v>
+      </x:c>
+      <x:c r="H149" s="0" t="s">
+        <x:v>362</x:v>
+      </x:c>
+      <x:c r="I149" s="4" t="s">
+        <x:v>363</x:v>
+      </x:c>
+      <x:c r="J149" s="0" t="s">
+        <x:v>100</x:v>
+      </x:c>
+      <x:c r="K149" s="0" t="s">
+        <x:v>28</x:v>
+      </x:c>
+      <x:c r="L149" s="0" t="s">
+        <x:v>49</x:v>
+      </x:c>
+      <x:c r="M149" s="0" t="s">
+        <x:v>30</x:v>
+      </x:c>
+      <x:c r="N149" s="3" t="n">
+        <x:v>13175</x:v>
+      </x:c>
+      <x:c r="O149" s="0" t="s">
+        <x:v>364</x:v>
+      </x:c>
+      <x:c r="P149" s="0" t="s">
+        <x:v>365</x:v>
+      </x:c>
+      <x:c r="Q149" s="4" t="s">
+        <x:v>366</x:v>
+      </x:c>
+      <x:c r="R149" s="0" t="s">
+        <x:v>244</x:v>
+      </x:c>
+      <x:c r="S149" s="0" t="n">
+        <x:v>556801</x:v>
+      </x:c>
+      <x:c r="T149" s="4" t="s">
         <x:v>367</x:v>
       </x:c>
-      <x:c r="C149" s="3" t="n">
-[...41 lines deleted...]
-      </x:c>
       <x:c r="U149" s="4" t="s">
-        <x:v>74</x:v>
+        <x:v>105</x:v>
       </x:c>
     </x:row>
     <x:row r="150" spans="1:21">
       <x:c r="A150" s="13" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="B150" s="14" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="C150" s="15" t="s"/>
       <x:c r="D150" s="15" t="s"/>
       <x:c r="E150" s="14" t="s"/>
       <x:c r="F150" s="14" t="s"/>
       <x:c r="G150" s="14" t="s">
         <x:v>176</x:v>
       </x:c>
       <x:c r="H150" s="14" t="s"/>
       <x:c r="I150" s="16" t="s">
         <x:v>177</x:v>
       </x:c>
       <x:c r="J150" s="14" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="K150" s="14" t="s">
         <x:v>63</x:v>
@@ -11867,51 +11867,51 @@
       <x:c r="E170" s="14" t="s"/>
       <x:c r="F170" s="14" t="s"/>
       <x:c r="G170" s="14" t="s">
         <x:v>412</x:v>
       </x:c>
       <x:c r="H170" s="14" t="s"/>
       <x:c r="I170" s="16" t="s">
         <x:v>188</x:v>
       </x:c>
       <x:c r="J170" s="14" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="K170" s="14" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="L170" s="14" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="M170" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N170" s="15" t="n">
         <x:v>12554</x:v>
       </x:c>
       <x:c r="O170" s="14" t="s">
-        <x:v>353</x:v>
+        <x:v>345</x:v>
       </x:c>
       <x:c r="P170" s="14" t="s">
         <x:v>413</x:v>
       </x:c>
       <x:c r="Q170" s="16" t="s">
         <x:v>188</x:v>
       </x:c>
       <x:c r="R170" s="14" t="s">
         <x:v>189</x:v>
       </x:c>
       <x:c r="S170" s="14" t="n">
         <x:v>592935</x:v>
       </x:c>
       <x:c r="T170" s="16" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="U170" s="16" t="s">
         <x:v>74</x:v>
       </x:c>
     </x:row>
     <x:row r="171" spans="1:21">
       <x:c r="A171" s="1" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="B171" s="0" t="s">
@@ -12369,51 +12369,51 @@
         <x:v>39698</x:v>
       </x:c>
       <x:c r="D179" s="3" t="s"/>
       <x:c r="G179" s="0" t="s">
         <x:v>192</x:v>
       </x:c>
       <x:c r="I179" s="4" t="s">
         <x:v>193</x:v>
       </x:c>
       <x:c r="J179" s="0" t="s">
         <x:v>100</x:v>
       </x:c>
       <x:c r="K179" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="L179" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="M179" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N179" s="3" t="n">
         <x:v>14224</x:v>
       </x:c>
       <x:c r="O179" s="0" t="s">
-        <x:v>366</x:v>
+        <x:v>358</x:v>
       </x:c>
       <x:c r="P179" s="0" t="s">
         <x:v>192</x:v>
       </x:c>
       <x:c r="Q179" s="4" t="s">
         <x:v>193</x:v>
       </x:c>
       <x:c r="R179" s="0" t="s">
         <x:v>196</x:v>
       </x:c>
       <x:c r="S179" s="0" t="n">
         <x:v>592205</x:v>
       </x:c>
       <x:c r="T179" s="4" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="U179" s="4" t="s">
         <x:v>102</x:v>
       </x:c>
     </x:row>
     <x:row r="180" spans="1:21">
       <x:c r="A180" s="13" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="B180" s="14" t="s">
@@ -14313,76 +14313,76 @@
       <x:c r="R213" s="0" t="s">
         <x:v>196</x:v>
       </x:c>
       <x:c r="S213" s="0" t="n">
         <x:v>591858</x:v>
       </x:c>
       <x:c r="T213" s="4" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="U213" s="4" t="s">
         <x:v>74</x:v>
       </x:c>
     </x:row>
     <x:row r="214" spans="1:21">
       <x:c r="A214" s="13" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="B214" s="14" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="C214" s="15" t="s"/>
       <x:c r="D214" s="15" t="s"/>
       <x:c r="E214" s="14" t="s"/>
       <x:c r="F214" s="14" t="s"/>
       <x:c r="G214" s="14" t="s">
-        <x:v>349</x:v>
+        <x:v>341</x:v>
       </x:c>
       <x:c r="H214" s="14" t="s"/>
       <x:c r="I214" s="16" t="s">
         <x:v>287</x:v>
       </x:c>
       <x:c r="J214" s="14" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="K214" s="14" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="L214" s="14" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="M214" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N214" s="15" t="n">
         <x:v>12522</x:v>
       </x:c>
       <x:c r="O214" s="14" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="P214" s="14" t="s">
-        <x:v>349</x:v>
+        <x:v>341</x:v>
       </x:c>
       <x:c r="Q214" s="16" t="s">
         <x:v>287</x:v>
       </x:c>
       <x:c r="R214" s="14" t="s">
         <x:v>288</x:v>
       </x:c>
       <x:c r="S214" s="14" t="n">
         <x:v>594393</x:v>
       </x:c>
       <x:c r="T214" s="16" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="U214" s="16" t="s">
         <x:v>36</x:v>
       </x:c>
     </x:row>
     <x:row r="215" spans="1:21">
       <x:c r="A215" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B215" s="0" t="s">
         <x:v>123</x:v>
       </x:c>
       <x:c r="C215" s="3" t="n">
@@ -14532,76 +14532,76 @@
       <x:c r="R217" s="0" t="s">
         <x:v>433</x:v>
       </x:c>
       <x:c r="S217" s="0" t="n">
         <x:v>594409</x:v>
       </x:c>
       <x:c r="T217" s="4" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="U217" s="4" t="s">
         <x:v>36</x:v>
       </x:c>
     </x:row>
     <x:row r="218" spans="1:21">
       <x:c r="A218" s="13" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="B218" s="14" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="C218" s="15" t="s"/>
       <x:c r="D218" s="15" t="s"/>
       <x:c r="E218" s="14" t="s"/>
       <x:c r="F218" s="14" t="s"/>
       <x:c r="G218" s="14" t="s">
-        <x:v>363</x:v>
+        <x:v>355</x:v>
       </x:c>
       <x:c r="H218" s="14" t="s"/>
       <x:c r="I218" s="16" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="J218" s="14" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="K218" s="14" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="L218" s="14" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="M218" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N218" s="15" t="n">
         <x:v>12522</x:v>
       </x:c>
       <x:c r="O218" s="14" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="P218" s="14" t="s">
-        <x:v>363</x:v>
+        <x:v>355</x:v>
       </x:c>
       <x:c r="Q218" s="16" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="R218" s="14" t="s">
         <x:v>266</x:v>
       </x:c>
       <x:c r="S218" s="14" t="n">
         <x:v>594420</x:v>
       </x:c>
       <x:c r="T218" s="16" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="U218" s="16" t="s">
         <x:v>36</x:v>
       </x:c>
     </x:row>
     <x:row r="219" spans="1:21">
       <x:c r="A219" s="1" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="B219" s="0" t="s">
         <x:v>452</x:v>
       </x:c>
       <x:c r="C219" s="3" t="n">
@@ -15372,51 +15372,51 @@
       <x:c r="M232" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N232" s="15" t="n">
         <x:v>12512</x:v>
       </x:c>
       <x:c r="O232" s="14" t="s">
         <x:v>218</x:v>
       </x:c>
       <x:c r="P232" s="14" t="s">
         <x:v>305</x:v>
       </x:c>
       <x:c r="Q232" s="16" t="s">
         <x:v>480</x:v>
       </x:c>
       <x:c r="R232" s="14" t="s">
         <x:v>425</x:v>
       </x:c>
       <x:c r="S232" s="14" t="n">
         <x:v>609441</x:v>
       </x:c>
       <x:c r="T232" s="16" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="U232" s="16" t="s">
-        <x:v>356</x:v>
+        <x:v>348</x:v>
       </x:c>
     </x:row>
     <x:row r="233" spans="1:21">
       <x:c r="A233" s="1" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="B233" s="0" t="s">
         <x:v>481</x:v>
       </x:c>
       <x:c r="C233" s="3" t="n">
         <x:v>40889</x:v>
       </x:c>
       <x:c r="D233" s="3" t="s"/>
       <x:c r="G233" s="0" t="s">
         <x:v>475</x:v>
       </x:c>
       <x:c r="I233" s="4" t="s">
         <x:v>476</x:v>
       </x:c>
       <x:c r="J233" s="0" t="s">
         <x:v>100</x:v>
       </x:c>
       <x:c r="K233" s="0" t="s">
         <x:v>42</x:v>
       </x:c>
@@ -16110,51 +16110,51 @@
       </x:c>
       <x:c r="P245" s="0" t="s">
         <x:v>305</x:v>
       </x:c>
       <x:c r="Q245" s="4" t="s">
         <x:v>306</x:v>
       </x:c>
       <x:c r="R245" s="0" t="s">
         <x:v>425</x:v>
       </x:c>
       <x:c r="S245" s="0" t="n">
         <x:v>592118</x:v>
       </x:c>
       <x:c r="T245" s="4" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="U245" s="4" t="s">
         <x:v>74</x:v>
       </x:c>
     </x:row>
     <x:row r="246" spans="1:21">
       <x:c r="A246" s="13" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="B246" s="14" t="s">
-        <x:v>367</x:v>
+        <x:v>359</x:v>
       </x:c>
       <x:c r="C246" s="15" t="n">
         <x:v>38175</x:v>
       </x:c>
       <x:c r="D246" s="15" t="s"/>
       <x:c r="E246" s="14" t="s"/>
       <x:c r="F246" s="14" t="s"/>
       <x:c r="G246" s="14" t="s">
         <x:v>305</x:v>
       </x:c>
       <x:c r="H246" s="14" t="s"/>
       <x:c r="I246" s="16" t="s">
         <x:v>306</x:v>
       </x:c>
       <x:c r="J246" s="14" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="K246" s="14" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="L246" s="14" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="M246" s="14" t="s">
         <x:v>30</x:v>
@@ -17707,51 +17707,51 @@
       <x:c r="E274" s="14" t="s"/>
       <x:c r="F274" s="14" t="s"/>
       <x:c r="G274" s="14" t="s">
         <x:v>305</x:v>
       </x:c>
       <x:c r="H274" s="14" t="s"/>
       <x:c r="I274" s="16" t="s">
         <x:v>306</x:v>
       </x:c>
       <x:c r="J274" s="14" t="s">
         <x:v>100</x:v>
       </x:c>
       <x:c r="K274" s="14" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="L274" s="14" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="M274" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N274" s="15" t="n">
         <x:v>14224</x:v>
       </x:c>
       <x:c r="O274" s="14" t="s">
-        <x:v>366</x:v>
+        <x:v>358</x:v>
       </x:c>
       <x:c r="P274" s="14" t="s">
         <x:v>305</x:v>
       </x:c>
       <x:c r="Q274" s="16" t="s">
         <x:v>306</x:v>
       </x:c>
       <x:c r="R274" s="14" t="s">
         <x:v>307</x:v>
       </x:c>
       <x:c r="S274" s="14" t="n">
         <x:v>592204</x:v>
       </x:c>
       <x:c r="T274" s="16" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="U274" s="16" t="s">
         <x:v>102</x:v>
       </x:c>
     </x:row>
     <x:row r="275" spans="1:21">
       <x:c r="A275" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B275" s="0" t="s">