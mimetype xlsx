--- v0 (2026-01-24)
+++ v1 (2026-03-31)
@@ -179,78 +179,78 @@
   <x:si>
     <x:t>formation entièrement présentielle</x:t>
   </x:si>
   <x:si>
     <x:t>Transport international marchandise</x:t>
   </x:si>
   <x:si>
     <x:t>CONSERVATOIRE NATIONAL DES ARTS ET METIERS</x:t>
   </x:si>
   <x:si>
     <x:t>13226</x:t>
   </x:si>
   <x:si>
     <x:t>MARSEILLE- 1er</x:t>
   </x:si>
   <x:si>
     <x:t>09/01/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>06/30/2029 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Formation professionnelle continue</x:t>
   </x:si>
   <x:si>
+    <x:t>Licence pro mention logistique et transports internationaux parcours management et droit du transport maritime</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Aix Marseille Université</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AMU</x:t>
+  </x:si>
+  <x:si>
+    <x:t>13007</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Tout public</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Aix Marseille Université|Aix Marseille Université - Faculté de Droit et Science Politique</x:t>
+  </x:si>
+  <x:si>
+    <x:t>MARSEILLE- 2e</x:t>
+  </x:si>
+  <x:si>
+    <x:t>09/01/2025 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>09/30/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
     <x:t>Licence pro mention logistique et transports internationaux parcours transport maritime international</x:t>
-  </x:si>
-[...25 lines deleted...]
-    <x:t>Aix Marseille Université|Aix Marseille Université - Faculté de Droit et Science Politique</x:t>
   </x:si>
   <x:si>
     <x:t>Périmètre :</x:t>
   </x:si>
 </x:sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts count="2">
     <x:numFmt numFmtId="164" formatCode="General"/>
     <x:numFmt numFmtId="165" formatCode="@"/>
   </x:numFmts>
   <x:fonts count="8">
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="FF333333"/>
       <x:name val="Aptos Narrow"/>
       <x:family val="2"/>
       <x:charset val="1"/>
     </x:font>
     <x:font>
       <x:sz val="10"/>
       <x:name val="Arial"/>
       <x:family val="0"/>
@@ -874,125 +874,125 @@
       <x:c r="H3" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="I3" s="4" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="J3" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K3" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="L3" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M3" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N3" s="3" t="n">
         <x:v>31847</x:v>
       </x:c>
       <x:c r="O3" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P3" s="0" t="s">
-        <x:v>37</x:v>
+        <x:v>41</x:v>
       </x:c>
       <x:c r="Q3" s="4" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="R3" s="0" t="s">
-        <x:v>41</x:v>
+        <x:v>42</x:v>
       </x:c>
       <x:c r="S3" s="0" t="n">
-        <x:v>580895</x:v>
+        <x:v>576295</x:v>
       </x:c>
       <x:c r="T3" s="4" t="s">
-        <x:v>42</x:v>
+        <x:v>43</x:v>
       </x:c>
       <x:c r="U3" s="4" t="s">
-        <x:v>43</x:v>
+        <x:v>44</x:v>
       </x:c>
     </x:row>
     <x:row r="4" spans="1:21">
       <x:c r="A4" s="13" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="B4" s="14" t="s">
-        <x:v>44</x:v>
+        <x:v>45</x:v>
       </x:c>
       <x:c r="C4" s="15" t="n">
         <x:v>40063</x:v>
       </x:c>
       <x:c r="D4" s="15" t="s"/>
       <x:c r="E4" s="14" t="s"/>
       <x:c r="F4" s="14" t="s"/>
       <x:c r="G4" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="H4" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="I4" s="16" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="J4" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K4" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="L4" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M4" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N4" s="15" t="n">
         <x:v>31847</x:v>
       </x:c>
       <x:c r="O4" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P4" s="14" t="s">
-        <x:v>45</x:v>
+        <x:v>37</x:v>
       </x:c>
       <x:c r="Q4" s="16" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="R4" s="14" t="s">
-        <x:v>41</x:v>
+        <x:v>42</x:v>
       </x:c>
       <x:c r="S4" s="14" t="n">
-        <x:v>576295</x:v>
+        <x:v>580895</x:v>
       </x:c>
       <x:c r="T4" s="16" t="s">
-        <x:v>42</x:v>
+        <x:v>43</x:v>
       </x:c>
       <x:c r="U4" s="16" t="s">
-        <x:v>43</x:v>
+        <x:v>44</x:v>
       </x:c>
     </x:row>
     <x:row r="5" spans="1:21">
       <x:c r="A5" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B5" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C5" s="3" t="n">
         <x:v>40063</x:v>
       </x:c>
       <x:c r="D5" s="3" t="s"/>
       <x:c r="G5" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="I5" s="4" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="J5" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K5" s="0" t="s">
         <x:v>26</x:v>
       </x:c>