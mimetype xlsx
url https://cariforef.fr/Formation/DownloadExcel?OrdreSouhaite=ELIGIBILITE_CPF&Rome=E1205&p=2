--- v0 (2026-03-30)
+++ v1 (2026-03-30)
@@ -2165,50 +2165,53 @@
   <x:si>
     <x:t>75001</x:t>
   </x:si>
   <x:si>
     <x:t>PARIS</x:t>
   </x:si>
   <x:si>
     <x:t>07/03/2024 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>07/03/2027 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>06/24/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>06/29/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Conception designer UI - module 1</x:t>
   </x:si>
   <x:si>
     <x:t>Infographie et mise en page - module 3</x:t>
   </x:si>
   <x:si>
+    <x:t>08/30/2027 00:00:00</x:t>
+  </x:si>
+  <x:si>
     <x:t>Ecrire et monter une séquence magazine TV</x:t>
   </x:si>
   <x:si>
     <x:t>Vigie Academy</x:t>
   </x:si>
   <x:si>
     <x:t>Jeune 16-25 ans , Public de la formation initiale , Public en emploi , Salarié , Tout public</x:t>
   </x:si>
   <x:si>
     <x:t>MARSEILLE- 1er</x:t>
   </x:si>
   <x:si>
     <x:t>Unreal Engine 5</x:t>
   </x:si>
   <x:si>
     <x:t>Proj Production</x:t>
   </x:si>
   <x:si>
     <x:t>Cadre demandeur d'emploi , Demandeur d'emploi , Salarié , Tout public</x:t>
   </x:si>
   <x:si>
     <x:t>04/10/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Zbrush : sculpture numérique</x:t>
@@ -2219,53 +2222,50 @@
   <x:si>
     <x:t>07/01/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>MARIGNANE</x:t>
   </x:si>
   <x:si>
     <x:t>Performa</x:t>
   </x:si>
   <x:si>
     <x:t>83520</x:t>
   </x:si>
   <x:si>
     <x:t>Performa - Antenne Saint Raphaël</x:t>
   </x:si>
   <x:si>
     <x:t>83700</x:t>
   </x:si>
   <x:si>
     <x:t>SAINT-RAPHAEL</x:t>
   </x:si>
   <x:si>
     <x:t>01/08/2027 00:00:00</x:t>
   </x:si>
   <x:si>
-    <x:t>08/30/2027 00:00:00</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>Chef de projet digitaux spécialisation création et Digital Design - Spécialité Design UX-UI (Apprentissage)</x:t>
   </x:si>
   <x:si>
     <x:t>Chef de projet digitaux spécialisation design UX-UI (Apprentissage)</x:t>
   </x:si>
   <x:si>
     <x:t>07/02/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>07/17/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Produire sa musique avec Logic Pro X</x:t>
   </x:si>
   <x:si>
     <x:t>Terkane</x:t>
   </x:si>
   <x:si>
     <x:t>Mixage</x:t>
   </x:si>
   <x:si>
     <x:t>02/19/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Bachelor en sciences et ingénierie - systèmes numériques pour le multimédia</x:t>
@@ -2474,198 +2474,198 @@
   <x:si>
     <x:t>Ecole Intuit-lab</x:t>
   </x:si>
   <x:si>
     <x:t>Diplôme national supérieur d'expression plastique option design</x:t>
   </x:si>
   <x:si>
     <x:t>Expert en conception et production de film d’animation</x:t>
   </x:si>
   <x:si>
     <x:t>École MoPA</x:t>
   </x:si>
   <x:si>
     <x:t>13637</x:t>
   </x:si>
   <x:si>
     <x:t>Ecole Brassart - MOPA</x:t>
   </x:si>
   <x:si>
     <x:t>04/17/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Infographie et mise en page - module 1</x:t>
   </x:si>
   <x:si>
+    <x:t>SAINT-MAXIMIN-LA-SAINTE-BAUME</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SAINTE-MAXIME</x:t>
+  </x:si>
+  <x:si>
+    <x:t>LOURMARIN</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AIX - LES MILLES</x:t>
+  </x:si>
+  <x:si>
+    <x:t>05/07/2025 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>05/06/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>01/07/2028 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>09/08/2025 00:00:00</x:t>
+  </x:si>
+  <x:si>
     <x:t>BUT spécialité métiers du multimédia et de l'internet parcours développement web et dispositifs interactifs</x:t>
   </x:si>
   <x:si>
     <x:t>Création site internet</x:t>
   </x:si>
   <x:si>
     <x:t>03/23/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>04/03/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Maîtriser les techniques de création d’assets de jeux vidéo (blender, modélisation, texturing et création d'assets)</x:t>
   </x:si>
   <x:si>
     <x:t>Mg Formation</x:t>
   </x:si>
   <x:si>
     <x:t>Logiciel 3DSMAX</x:t>
   </x:si>
   <x:si>
     <x:t>01/07/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>DN MADE mention animation</x:t>
   </x:si>
   <x:si>
+    <x:t>Initiation mise en scène intimité</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Digital Design</x:t>
+  </x:si>
+  <x:si>
+    <x:t>05/20/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
     <x:t>IFC Provence</x:t>
   </x:si>
   <x:si>
     <x:t>réalisateur animation 3D</x:t>
   </x:si>
   <x:si>
     <x:t>05/12/2026 00:00:00</x:t>
   </x:si>
   <x:si>
-    <x:t>Initiation mise en scène intimité</x:t>
-[...31 lines deleted...]
-  <x:si>
     <x:t>10/09/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>10/14/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Lycée S Veil</x:t>
   </x:si>
   <x:si>
     <x:t>Assistant réalisateur</x:t>
   </x:si>
   <x:si>
     <x:t>Manager de la création et du design de marque</x:t>
   </x:si>
   <x:si>
     <x:t>Jeune 16-25 ans</x:t>
   </x:si>
   <x:si>
     <x:t>Titre professionnel concepteur designer UI bloc de compétence 3 réaliser, améliorer et animer des sites web</x:t>
   </x:si>
   <x:si>
     <x:t>Activmedia Global Synergy</x:t>
   </x:si>
   <x:si>
     <x:t>06100</x:t>
   </x:si>
   <x:si>
     <x:t>04/23/2026 00:00:00</x:t>
   </x:si>
   <x:si>
+    <x:t>Titre professionnel graphiste</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Titre professionnel concepteur designer UI</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Naias Formation - Antenne Marseille</x:t>
+  </x:si>
+  <x:si>
+    <x:t>12/15/2025 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>05/15/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Titre professionnel concepteur designer UI bloc de compétences 1 Concevoir les éléments graphiques d'une interface et de supports de communication</x:t>
+  </x:si>
+  <x:si>
+    <x:t>07/06/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>12/10/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Chef de projet digital</x:t>
+  </x:si>
+  <x:si>
+    <x:t>04/28/2025 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>04/28/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Titre professionnel concepteur designer UI - CCP 1 : concevoir les éléments graphiques d'une interface et de supports de communication</x:t>
+  </x:si>
+  <x:si>
+    <x:t>09/23/2024 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Titre professionnel concepteur designer UI (Contrat de Professionnalisation)</x:t>
+  </x:si>
+  <x:si>
     <x:t>Assistant web et marketing</x:t>
   </x:si>
   <x:si>
-    <x:t>Titre professionnel concepteur designer UI bloc de compétences 1 Concevoir les éléments graphiques d'une interface et de supports de communication</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>Assistant web et marketing (préparation également possible par Bloc(s) de compétences)</x:t>
   </x:si>
   <x:si>
     <x:t>08/21/2025 00:00:00</x:t>
-  </x:si>
-[...37 lines deleted...]
-    <x:t>Titre professionnel concepteur designer UI (Contrat de Professionnalisation)</x:t>
   </x:si>
   <x:si>
     <x:t>Titre professionnel concepteur designer UI - CCP 3 : réaliser, améliorer et animer des sites web</x:t>
   </x:si>
   <x:si>
     <x:t>09/11/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>07/13/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Titre professionnel concepteur designer UI bloc de compétences 3 Réaliser, améliorer et animer des sites web</x:t>
   </x:si>
   <x:si>
     <x:t>Titre professionnel concepteur designer UI - CCP 2 : contribuer à la gestion et au suivi d'un projet de communication numérique</x:t>
   </x:si>
   <x:si>
     <x:t>03/11/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Label Emmaus</x:t>
   </x:si>
   <x:si>
     <x:t>93130</x:t>
   </x:si>
@@ -21448,1504 +21448,1498 @@
       </x:c>
       <x:c r="O331" s="0" t="s">
         <x:v>264</x:v>
       </x:c>
       <x:c r="P331" s="0" t="s">
         <x:v>403</x:v>
       </x:c>
       <x:c r="Q331" s="4" t="s">
         <x:v>119</x:v>
       </x:c>
       <x:c r="R331" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="S331" s="0" t="n">
         <x:v>603910</x:v>
       </x:c>
       <x:c r="T331" s="4" t="s">
         <x:v>141</x:v>
       </x:c>
       <x:c r="U331" s="4" t="s">
         <x:v>412</x:v>
       </x:c>
     </x:row>
     <x:row r="332" spans="1:21">
       <x:c r="A332" s="13" t="s">
-        <x:v>32</x:v>
+        <x:v>51</x:v>
       </x:c>
       <x:c r="B332" s="14" t="s">
-        <x:v>698</x:v>
-[...1 lines deleted...]
-      <x:c r="C332" s="15" t="s"/>
+        <x:v>52</x:v>
+      </x:c>
+      <x:c r="C332" s="15" t="n">
+        <x:v>35501</x:v>
+      </x:c>
       <x:c r="D332" s="15" t="s"/>
-      <x:c r="E332" s="14" t="s"/>
+      <x:c r="E332" s="14" t="s">
+        <x:v>53</x:v>
+      </x:c>
       <x:c r="F332" s="14" t="s"/>
       <x:c r="G332" s="14" t="s">
-        <x:v>699</x:v>
-[...1 lines deleted...]
-      <x:c r="H332" s="14" t="s"/>
+        <x:v>54</x:v>
+      </x:c>
+      <x:c r="H332" s="14" t="s">
+        <x:v>55</x:v>
+      </x:c>
       <x:c r="I332" s="16" t="s">
         <x:v>56</x:v>
       </x:c>
-      <x:c r="J332" s="14" t="s"/>
+      <x:c r="J332" s="14" t="s">
+        <x:v>57</x:v>
+      </x:c>
       <x:c r="K332" s="14" t="s">
-        <x:v>700</x:v>
+        <x:v>58</x:v>
       </x:c>
       <x:c r="L332" s="14" t="s">
-        <x:v>45</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="M332" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N332" s="15" t="n">
-        <x:v>46264</x:v>
+        <x:v>46081</x:v>
       </x:c>
       <x:c r="O332" s="14" t="s">
-        <x:v>166</x:v>
+        <x:v>59</x:v>
       </x:c>
       <x:c r="P332" s="14" t="s">
-        <x:v>699</x:v>
+        <x:v>60</x:v>
       </x:c>
       <x:c r="Q332" s="16" t="s">
-        <x:v>56</x:v>
+        <x:v>61</x:v>
       </x:c>
       <x:c r="R332" s="14" t="s">
-        <x:v>701</x:v>
+        <x:v>62</x:v>
       </x:c>
       <x:c r="S332" s="14" t="n">
-        <x:v>615360</x:v>
+        <x:v>510676</x:v>
       </x:c>
       <x:c r="T332" s="16" t="s">
-        <x:v>172</x:v>
+        <x:v>239</x:v>
       </x:c>
       <x:c r="U332" s="16" t="s">
-        <x:v>50</x:v>
+        <x:v>698</x:v>
       </x:c>
     </x:row>
     <x:row r="333" spans="1:21">
       <x:c r="A333" s="1" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="B333" s="0" t="s">
-        <x:v>702</x:v>
+        <x:v>699</x:v>
       </x:c>
       <x:c r="C333" s="3" t="s"/>
       <x:c r="D333" s="3" t="s"/>
       <x:c r="G333" s="0" t="s">
-        <x:v>703</x:v>
+        <x:v>700</x:v>
       </x:c>
       <x:c r="I333" s="4" t="s">
-        <x:v>67</x:v>
+        <x:v>56</x:v>
       </x:c>
       <x:c r="K333" s="0" t="s">
-        <x:v>704</x:v>
+        <x:v>701</x:v>
       </x:c>
       <x:c r="L333" s="0" t="s">
-        <x:v>26</x:v>
+        <x:v>45</x:v>
       </x:c>
       <x:c r="M333" s="0" t="s">
-        <x:v>46</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="N333" s="3" t="n">
-        <x:v>46251</x:v>
+        <x:v>46264</x:v>
       </x:c>
       <x:c r="O333" s="0" t="s">
-        <x:v>128</x:v>
+        <x:v>166</x:v>
       </x:c>
       <x:c r="P333" s="0" t="s">
-        <x:v>703</x:v>
+        <x:v>700</x:v>
       </x:c>
       <x:c r="Q333" s="4" t="s">
-        <x:v>67</x:v>
+        <x:v>56</x:v>
       </x:c>
       <x:c r="R333" s="0" t="s">
-        <x:v>69</x:v>
+        <x:v>702</x:v>
       </x:c>
       <x:c r="S333" s="0" t="n">
-        <x:v>621492</x:v>
+        <x:v>615360</x:v>
       </x:c>
       <x:c r="T333" s="4" t="s">
-        <x:v>39</x:v>
+        <x:v>172</x:v>
       </x:c>
       <x:c r="U333" s="4" t="s">
-        <x:v>705</x:v>
+        <x:v>50</x:v>
       </x:c>
     </x:row>
     <x:row r="334" spans="1:21">
       <x:c r="A334" s="13" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="B334" s="14" t="s">
-        <x:v>706</x:v>
+        <x:v>703</x:v>
       </x:c>
       <x:c r="C334" s="15" t="s"/>
       <x:c r="D334" s="15" t="s"/>
       <x:c r="E334" s="14" t="s"/>
       <x:c r="F334" s="14" t="s"/>
       <x:c r="G334" s="14" t="s">
-        <x:v>72</x:v>
+        <x:v>704</x:v>
       </x:c>
       <x:c r="H334" s="14" t="s"/>
       <x:c r="I334" s="16" t="s">
-        <x:v>35</x:v>
+        <x:v>67</x:v>
       </x:c>
       <x:c r="J334" s="14" t="s"/>
       <x:c r="K334" s="14" t="s">
-        <x:v>44</x:v>
+        <x:v>705</x:v>
       </x:c>
       <x:c r="L334" s="14" t="s">
-        <x:v>45</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="M334" s="14" t="s">
-        <x:v>73</x:v>
+        <x:v>46</x:v>
       </x:c>
       <x:c r="N334" s="15" t="n">
-        <x:v>46003</x:v>
+        <x:v>46251</x:v>
       </x:c>
       <x:c r="O334" s="14" t="s">
-        <x:v>74</x:v>
+        <x:v>128</x:v>
       </x:c>
       <x:c r="P334" s="14" t="s">
-        <x:v>72</x:v>
+        <x:v>704</x:v>
       </x:c>
       <x:c r="Q334" s="16" t="s">
-        <x:v>35</x:v>
+        <x:v>67</x:v>
       </x:c>
       <x:c r="R334" s="14" t="s">
-        <x:v>38</x:v>
+        <x:v>69</x:v>
       </x:c>
       <x:c r="S334" s="14" t="n">
-        <x:v>586273</x:v>
+        <x:v>621492</x:v>
       </x:c>
       <x:c r="T334" s="16" t="s">
-        <x:v>75</x:v>
+        <x:v>39</x:v>
       </x:c>
       <x:c r="U334" s="16" t="s">
-        <x:v>50</x:v>
+        <x:v>706</x:v>
       </x:c>
     </x:row>
     <x:row r="335" spans="1:21">
       <x:c r="A335" s="1" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="B335" s="0" t="s">
-        <x:v>77</x:v>
+        <x:v>707</x:v>
       </x:c>
       <x:c r="C335" s="3" t="s"/>
       <x:c r="D335" s="3" t="s"/>
       <x:c r="G335" s="0" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="I335" s="4" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="K335" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="L335" s="0" t="s">
-        <x:v>26</x:v>
+        <x:v>45</x:v>
       </x:c>
       <x:c r="M335" s="0" t="s">
-        <x:v>27</x:v>
+        <x:v>73</x:v>
       </x:c>
       <x:c r="N335" s="3" t="n">
-        <x:v>46382</x:v>
+        <x:v>46003</x:v>
       </x:c>
       <x:c r="O335" s="0" t="s">
-        <x:v>78</x:v>
+        <x:v>74</x:v>
       </x:c>
       <x:c r="P335" s="0" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="Q335" s="4" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="R335" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="S335" s="0" t="n">
-        <x:v>576583</x:v>
+        <x:v>586273</x:v>
       </x:c>
       <x:c r="T335" s="4" t="s">
-        <x:v>707</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="U335" s="4" t="s">
-        <x:v>708</x:v>
+        <x:v>50</x:v>
       </x:c>
     </x:row>
     <x:row r="336" spans="1:21">
       <x:c r="A336" s="13" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="B336" s="14" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="C336" s="15" t="s"/>
       <x:c r="D336" s="15" t="s"/>
       <x:c r="E336" s="14" t="s"/>
       <x:c r="F336" s="14" t="s"/>
       <x:c r="G336" s="14" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="H336" s="14" t="s"/>
       <x:c r="I336" s="16" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="J336" s="14" t="s"/>
       <x:c r="K336" s="14" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="L336" s="14" t="s">
-        <x:v>45</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="M336" s="14" t="s">
-        <x:v>46</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="N336" s="15" t="n">
         <x:v>46382</x:v>
       </x:c>
       <x:c r="O336" s="14" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="P336" s="14" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="Q336" s="16" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="R336" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="S336" s="14" t="n">
-        <x:v>576586</x:v>
+        <x:v>576583</x:v>
       </x:c>
       <x:c r="T336" s="16" t="s">
-        <x:v>75</x:v>
+        <x:v>708</x:v>
       </x:c>
       <x:c r="U336" s="16" t="s">
-        <x:v>50</x:v>
+        <x:v>709</x:v>
       </x:c>
     </x:row>
     <x:row r="337" spans="1:21">
       <x:c r="A337" s="1" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="B337" s="0" t="s">
-        <x:v>167</x:v>
+        <x:v>77</x:v>
       </x:c>
       <x:c r="C337" s="3" t="s"/>
       <x:c r="D337" s="3" t="s"/>
       <x:c r="G337" s="0" t="s">
-        <x:v>168</x:v>
+        <x:v>72</x:v>
       </x:c>
       <x:c r="I337" s="4" t="s">
-        <x:v>169</x:v>
+        <x:v>35</x:v>
       </x:c>
       <x:c r="K337" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="L337" s="0" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="M337" s="0" t="s">
-        <x:v>73</x:v>
+        <x:v>46</x:v>
       </x:c>
       <x:c r="N337" s="3" t="n">
-        <x:v>70312</x:v>
+        <x:v>46382</x:v>
       </x:c>
       <x:c r="O337" s="0" t="s">
-        <x:v>170</x:v>
+        <x:v>78</x:v>
       </x:c>
       <x:c r="P337" s="0" t="s">
-        <x:v>168</x:v>
+        <x:v>72</x:v>
       </x:c>
       <x:c r="Q337" s="4" t="s">
-        <x:v>169</x:v>
+        <x:v>35</x:v>
       </x:c>
       <x:c r="R337" s="0" t="s">
-        <x:v>164</x:v>
+        <x:v>38</x:v>
       </x:c>
       <x:c r="S337" s="0" t="n">
-        <x:v>616594</x:v>
+        <x:v>576586</x:v>
       </x:c>
       <x:c r="T337" s="4" t="s">
-        <x:v>172</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="U337" s="4" t="s">
-        <x:v>173</x:v>
+        <x:v>50</x:v>
       </x:c>
     </x:row>
     <x:row r="338" spans="1:21">
       <x:c r="A338" s="13" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="B338" s="14" t="s">
         <x:v>167</x:v>
       </x:c>
       <x:c r="C338" s="15" t="s"/>
       <x:c r="D338" s="15" t="s"/>
       <x:c r="E338" s="14" t="s"/>
       <x:c r="F338" s="14" t="s"/>
       <x:c r="G338" s="14" t="s">
         <x:v>168</x:v>
       </x:c>
       <x:c r="H338" s="14" t="s"/>
       <x:c r="I338" s="16" t="s">
         <x:v>169</x:v>
       </x:c>
       <x:c r="J338" s="14" t="s"/>
       <x:c r="K338" s="14" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="L338" s="14" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="M338" s="14" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="N338" s="15" t="n">
         <x:v>70312</x:v>
       </x:c>
       <x:c r="O338" s="14" t="s">
         <x:v>170</x:v>
       </x:c>
       <x:c r="P338" s="14" t="s">
         <x:v>168</x:v>
       </x:c>
       <x:c r="Q338" s="16" t="s">
         <x:v>169</x:v>
       </x:c>
       <x:c r="R338" s="14" t="s">
-        <x:v>709</x:v>
+        <x:v>164</x:v>
       </x:c>
       <x:c r="S338" s="14" t="n">
-        <x:v>616660</x:v>
+        <x:v>616594</x:v>
       </x:c>
       <x:c r="T338" s="16" t="s">
         <x:v>172</x:v>
       </x:c>
       <x:c r="U338" s="16" t="s">
         <x:v>173</x:v>
       </x:c>
     </x:row>
     <x:row r="339" spans="1:21">
       <x:c r="A339" s="1" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="B339" s="0" t="s">
         <x:v>167</x:v>
       </x:c>
       <x:c r="C339" s="3" t="s"/>
       <x:c r="D339" s="3" t="s"/>
       <x:c r="G339" s="0" t="s">
         <x:v>168</x:v>
       </x:c>
       <x:c r="I339" s="4" t="s">
         <x:v>169</x:v>
       </x:c>
       <x:c r="K339" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="L339" s="0" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="M339" s="0" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="N339" s="3" t="n">
         <x:v>70312</x:v>
       </x:c>
       <x:c r="O339" s="0" t="s">
         <x:v>170</x:v>
       </x:c>
       <x:c r="P339" s="0" t="s">
         <x:v>168</x:v>
       </x:c>
       <x:c r="Q339" s="4" t="s">
         <x:v>169</x:v>
       </x:c>
       <x:c r="R339" s="0" t="s">
-        <x:v>29</x:v>
+        <x:v>710</x:v>
       </x:c>
       <x:c r="S339" s="0" t="n">
-        <x:v>616664</x:v>
+        <x:v>616660</x:v>
       </x:c>
       <x:c r="T339" s="4" t="s">
         <x:v>172</x:v>
       </x:c>
       <x:c r="U339" s="4" t="s">
         <x:v>173</x:v>
       </x:c>
     </x:row>
     <x:row r="340" spans="1:21">
       <x:c r="A340" s="13" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="B340" s="14" t="s">
         <x:v>167</x:v>
       </x:c>
       <x:c r="C340" s="15" t="s"/>
       <x:c r="D340" s="15" t="s"/>
       <x:c r="E340" s="14" t="s"/>
       <x:c r="F340" s="14" t="s"/>
       <x:c r="G340" s="14" t="s">
         <x:v>168</x:v>
       </x:c>
       <x:c r="H340" s="14" t="s"/>
       <x:c r="I340" s="16" t="s">
         <x:v>169</x:v>
       </x:c>
       <x:c r="J340" s="14" t="s"/>
       <x:c r="K340" s="14" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="L340" s="14" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="M340" s="14" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="N340" s="15" t="n">
         <x:v>70312</x:v>
       </x:c>
       <x:c r="O340" s="14" t="s">
         <x:v>170</x:v>
       </x:c>
       <x:c r="P340" s="14" t="s">
         <x:v>168</x:v>
       </x:c>
       <x:c r="Q340" s="16" t="s">
         <x:v>169</x:v>
       </x:c>
       <x:c r="R340" s="14" t="s">
-        <x:v>112</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="S340" s="14" t="n">
-        <x:v>616667</x:v>
+        <x:v>616664</x:v>
       </x:c>
       <x:c r="T340" s="16" t="s">
         <x:v>172</x:v>
       </x:c>
       <x:c r="U340" s="16" t="s">
         <x:v>173</x:v>
       </x:c>
     </x:row>
     <x:row r="341" spans="1:21">
       <x:c r="A341" s="1" t="s">
-        <x:v>51</x:v>
+        <x:v>32</x:v>
       </x:c>
       <x:c r="B341" s="0" t="s">
-        <x:v>52</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>167</x:v>
+      </x:c>
+      <x:c r="C341" s="3" t="s"/>
       <x:c r="D341" s="3" t="s"/>
-      <x:c r="E341" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="G341" s="0" t="s">
-        <x:v>54</x:v>
-[...2 lines deleted...]
-        <x:v>55</x:v>
+        <x:v>168</x:v>
       </x:c>
       <x:c r="I341" s="4" t="s">
-        <x:v>56</x:v>
-[...2 lines deleted...]
-        <x:v>57</x:v>
+        <x:v>169</x:v>
       </x:c>
       <x:c r="K341" s="0" t="s">
-        <x:v>58</x:v>
+        <x:v>44</x:v>
       </x:c>
       <x:c r="L341" s="0" t="s">
-        <x:v>26</x:v>
+        <x:v>45</x:v>
       </x:c>
       <x:c r="M341" s="0" t="s">
-        <x:v>27</x:v>
+        <x:v>73</x:v>
       </x:c>
       <x:c r="N341" s="3" t="n">
-        <x:v>46081</x:v>
+        <x:v>70312</x:v>
       </x:c>
       <x:c r="O341" s="0" t="s">
-        <x:v>59</x:v>
+        <x:v>170</x:v>
       </x:c>
       <x:c r="P341" s="0" t="s">
-        <x:v>60</x:v>
+        <x:v>168</x:v>
       </x:c>
       <x:c r="Q341" s="4" t="s">
-        <x:v>61</x:v>
+        <x:v>169</x:v>
       </x:c>
       <x:c r="R341" s="0" t="s">
-        <x:v>62</x:v>
+        <x:v>112</x:v>
       </x:c>
       <x:c r="S341" s="0" t="n">
-        <x:v>602557</x:v>
+        <x:v>616667</x:v>
       </x:c>
       <x:c r="T341" s="4" t="s">
-        <x:v>30</x:v>
+        <x:v>172</x:v>
       </x:c>
       <x:c r="U341" s="4" t="s">
-        <x:v>532</x:v>
+        <x:v>173</x:v>
       </x:c>
     </x:row>
     <x:row r="342" spans="1:21">
       <x:c r="A342" s="13" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="B342" s="14" t="s">
-        <x:v>117</x:v>
+        <x:v>52</x:v>
       </x:c>
       <x:c r="C342" s="15" t="n">
-        <x:v>35634</x:v>
+        <x:v>35501</x:v>
       </x:c>
       <x:c r="D342" s="15" t="s"/>
       <x:c r="E342" s="14" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="F342" s="14" t="s"/>
       <x:c r="G342" s="14" t="s">
-        <x:v>710</x:v>
-[...1 lines deleted...]
-      <x:c r="H342" s="14" t="s"/>
+        <x:v>54</x:v>
+      </x:c>
+      <x:c r="H342" s="14" t="s">
+        <x:v>55</x:v>
+      </x:c>
       <x:c r="I342" s="16" t="s">
-        <x:v>711</x:v>
+        <x:v>56</x:v>
       </x:c>
       <x:c r="J342" s="14" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="K342" s="14" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="L342" s="14" t="s">
-        <x:v>45</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="M342" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N342" s="15" t="n">
-        <x:v>31090</x:v>
+        <x:v>46081</x:v>
       </x:c>
       <x:c r="O342" s="14" t="s">
-        <x:v>47</x:v>
+        <x:v>59</x:v>
       </x:c>
       <x:c r="P342" s="14" t="s">
-        <x:v>712</x:v>
+        <x:v>60</x:v>
       </x:c>
       <x:c r="Q342" s="16" t="s">
-        <x:v>713</x:v>
+        <x:v>61</x:v>
       </x:c>
       <x:c r="R342" s="14" t="s">
-        <x:v>714</x:v>
+        <x:v>62</x:v>
       </x:c>
       <x:c r="S342" s="14" t="n">
-        <x:v>599572</x:v>
+        <x:v>602557</x:v>
       </x:c>
       <x:c r="T342" s="16" t="s">
-        <x:v>369</x:v>
+        <x:v>30</x:v>
       </x:c>
       <x:c r="U342" s="16" t="s">
-        <x:v>715</x:v>
+        <x:v>532</x:v>
       </x:c>
     </x:row>
     <x:row r="343" spans="1:21">
       <x:c r="A343" s="1" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="B343" s="0" t="s">
-        <x:v>439</x:v>
+        <x:v>117</x:v>
       </x:c>
       <x:c r="C343" s="3" t="n">
-        <x:v>35502</x:v>
+        <x:v>35634</x:v>
       </x:c>
       <x:c r="D343" s="3" t="s"/>
       <x:c r="E343" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="G343" s="0" t="s">
-        <x:v>54</x:v>
-[...2 lines deleted...]
-        <x:v>55</x:v>
+        <x:v>711</x:v>
       </x:c>
       <x:c r="I343" s="4" t="s">
-        <x:v>56</x:v>
+        <x:v>712</x:v>
       </x:c>
       <x:c r="J343" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="K343" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="L343" s="0" t="s">
-        <x:v>26</x:v>
+        <x:v>45</x:v>
       </x:c>
       <x:c r="M343" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N343" s="3" t="n">
-        <x:v>31018</x:v>
+        <x:v>31090</x:v>
       </x:c>
       <x:c r="O343" s="0" t="s">
-        <x:v>440</x:v>
+        <x:v>47</x:v>
       </x:c>
       <x:c r="P343" s="0" t="s">
-        <x:v>60</x:v>
+        <x:v>713</x:v>
       </x:c>
       <x:c r="Q343" s="4" t="s">
-        <x:v>61</x:v>
+        <x:v>714</x:v>
       </x:c>
       <x:c r="R343" s="0" t="s">
-        <x:v>62</x:v>
+        <x:v>715</x:v>
       </x:c>
       <x:c r="S343" s="0" t="n">
-        <x:v>513899</x:v>
+        <x:v>599572</x:v>
       </x:c>
       <x:c r="T343" s="4" t="s">
-        <x:v>239</x:v>
+        <x:v>369</x:v>
       </x:c>
       <x:c r="U343" s="4" t="s">
         <x:v>716</x:v>
       </x:c>
     </x:row>
     <x:row r="344" spans="1:21">
       <x:c r="A344" s="13" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="B344" s="14" t="s">
-        <x:v>566</x:v>
+        <x:v>439</x:v>
       </x:c>
       <x:c r="C344" s="15" t="n">
-        <x:v>39605</x:v>
+        <x:v>35502</x:v>
       </x:c>
       <x:c r="D344" s="15" t="s"/>
       <x:c r="E344" s="14" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="F344" s="14" t="s"/>
       <x:c r="G344" s="14" t="s">
-        <x:v>235</x:v>
-[...1 lines deleted...]
-      <x:c r="H344" s="14" t="s"/>
+        <x:v>54</x:v>
+      </x:c>
+      <x:c r="H344" s="14" t="s">
+        <x:v>55</x:v>
+      </x:c>
       <x:c r="I344" s="16" t="s">
-        <x:v>236</x:v>
+        <x:v>56</x:v>
       </x:c>
       <x:c r="J344" s="14" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="K344" s="14" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="L344" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M344" s="14" t="s">
-        <x:v>73</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="N344" s="15" t="n">
-        <x:v>46003</x:v>
+        <x:v>31018</x:v>
       </x:c>
       <x:c r="O344" s="14" t="s">
-        <x:v>74</x:v>
+        <x:v>440</x:v>
       </x:c>
       <x:c r="P344" s="14" t="s">
-        <x:v>305</x:v>
+        <x:v>60</x:v>
       </x:c>
       <x:c r="Q344" s="16" t="s">
-        <x:v>90</x:v>
+        <x:v>61</x:v>
       </x:c>
       <x:c r="R344" s="14" t="s">
-        <x:v>92</x:v>
+        <x:v>62</x:v>
       </x:c>
       <x:c r="S344" s="14" t="n">
-        <x:v>550892</x:v>
+        <x:v>513899</x:v>
       </x:c>
       <x:c r="T344" s="16" t="s">
-        <x:v>306</x:v>
+        <x:v>239</x:v>
       </x:c>
       <x:c r="U344" s="16" t="s">
-        <x:v>540</x:v>
+        <x:v>698</x:v>
       </x:c>
     </x:row>
     <x:row r="345" spans="1:21">
       <x:c r="A345" s="1" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="B345" s="0" t="s">
-        <x:v>117</x:v>
+        <x:v>566</x:v>
       </x:c>
       <x:c r="C345" s="3" t="n">
-        <x:v>35634</x:v>
+        <x:v>39605</x:v>
       </x:c>
       <x:c r="D345" s="3" t="s"/>
       <x:c r="E345" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="G345" s="0" t="s">
-        <x:v>442</x:v>
+        <x:v>235</x:v>
       </x:c>
       <x:c r="I345" s="4" t="s">
-        <x:v>83</x:v>
+        <x:v>236</x:v>
       </x:c>
       <x:c r="J345" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="K345" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="L345" s="0" t="s">
-        <x:v>45</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="M345" s="0" t="s">
-        <x:v>46</x:v>
+        <x:v>73</x:v>
       </x:c>
       <x:c r="N345" s="3" t="n">
-        <x:v>31090</x:v>
+        <x:v>46003</x:v>
       </x:c>
       <x:c r="O345" s="0" t="s">
-        <x:v>47</x:v>
+        <x:v>74</x:v>
       </x:c>
       <x:c r="P345" s="0" t="s">
-        <x:v>442</x:v>
+        <x:v>305</x:v>
       </x:c>
       <x:c r="Q345" s="4" t="s">
-        <x:v>83</x:v>
+        <x:v>90</x:v>
       </x:c>
       <x:c r="R345" s="0" t="s">
-        <x:v>112</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="S345" s="0" t="n">
-        <x:v>509841</x:v>
+        <x:v>550892</x:v>
       </x:c>
       <x:c r="T345" s="4" t="s">
-        <x:v>543</x:v>
+        <x:v>306</x:v>
       </x:c>
       <x:c r="U345" s="4" t="s">
-        <x:v>544</x:v>
+        <x:v>540</x:v>
       </x:c>
     </x:row>
     <x:row r="346" spans="1:21">
       <x:c r="A346" s="13" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="B346" s="14" t="s">
-        <x:v>312</x:v>
+        <x:v>117</x:v>
       </x:c>
       <x:c r="C346" s="15" t="n">
-        <x:v>35541</x:v>
+        <x:v>35634</x:v>
       </x:c>
       <x:c r="D346" s="15" t="s"/>
       <x:c r="E346" s="14" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="F346" s="14" t="s"/>
       <x:c r="G346" s="14" t="s">
-        <x:v>110</x:v>
+        <x:v>442</x:v>
       </x:c>
       <x:c r="H346" s="14" t="s"/>
       <x:c r="I346" s="16" t="s">
-        <x:v>111</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="J346" s="14" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="K346" s="14" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="L346" s="14" t="s">
-        <x:v>26</x:v>
+        <x:v>45</x:v>
       </x:c>
       <x:c r="M346" s="14" t="s">
-        <x:v>73</x:v>
+        <x:v>46</x:v>
       </x:c>
       <x:c r="N346" s="15" t="n">
-        <x:v>44527</x:v>
+        <x:v>31090</x:v>
       </x:c>
       <x:c r="O346" s="14" t="s">
-        <x:v>279</x:v>
+        <x:v>47</x:v>
       </x:c>
       <x:c r="P346" s="14" t="s">
-        <x:v>110</x:v>
+        <x:v>442</x:v>
       </x:c>
       <x:c r="Q346" s="16" t="s">
-        <x:v>111</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="R346" s="14" t="s">
         <x:v>112</x:v>
       </x:c>
       <x:c r="S346" s="14" t="n">
-        <x:v>549695</x:v>
+        <x:v>509841</x:v>
       </x:c>
       <x:c r="T346" s="16" t="s">
-        <x:v>283</x:v>
+        <x:v>543</x:v>
       </x:c>
       <x:c r="U346" s="16" t="s">
-        <x:v>284</x:v>
+        <x:v>544</x:v>
       </x:c>
     </x:row>
     <x:row r="347" spans="1:21">
       <x:c r="A347" s="1" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="B347" s="0" t="s">
-        <x:v>717</x:v>
+        <x:v>312</x:v>
       </x:c>
       <x:c r="C347" s="3" t="n">
         <x:v>35541</x:v>
       </x:c>
       <x:c r="D347" s="3" t="s"/>
       <x:c r="E347" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="G347" s="0" t="s">
         <x:v>110</x:v>
       </x:c>
       <x:c r="I347" s="4" t="s">
         <x:v>111</x:v>
       </x:c>
       <x:c r="J347" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="K347" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="L347" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M347" s="0" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="N347" s="3" t="n">
         <x:v>44527</x:v>
       </x:c>
       <x:c r="O347" s="0" t="s">
         <x:v>279</x:v>
       </x:c>
       <x:c r="P347" s="0" t="s">
         <x:v>110</x:v>
       </x:c>
       <x:c r="Q347" s="4" t="s">
         <x:v>111</x:v>
       </x:c>
       <x:c r="R347" s="0" t="s">
         <x:v>112</x:v>
       </x:c>
       <x:c r="S347" s="0" t="n">
-        <x:v>549697</x:v>
+        <x:v>549695</x:v>
       </x:c>
       <x:c r="T347" s="4" t="s">
         <x:v>283</x:v>
       </x:c>
       <x:c r="U347" s="4" t="s">
         <x:v>284</x:v>
       </x:c>
     </x:row>
     <x:row r="348" spans="1:21">
       <x:c r="A348" s="13" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="B348" s="14" t="s">
-        <x:v>718</x:v>
+        <x:v>717</x:v>
       </x:c>
       <x:c r="C348" s="15" t="n">
         <x:v>35541</x:v>
       </x:c>
       <x:c r="D348" s="15" t="s"/>
       <x:c r="E348" s="14" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="F348" s="14" t="s"/>
       <x:c r="G348" s="14" t="s">
-        <x:v>107</x:v>
+        <x:v>110</x:v>
       </x:c>
       <x:c r="H348" s="14" t="s"/>
       <x:c r="I348" s="16" t="s">
-        <x:v>90</x:v>
+        <x:v>111</x:v>
       </x:c>
       <x:c r="J348" s="14" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="K348" s="14" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="L348" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M348" s="14" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="N348" s="15" t="n">
         <x:v>44527</x:v>
       </x:c>
       <x:c r="O348" s="14" t="s">
         <x:v>279</x:v>
       </x:c>
       <x:c r="P348" s="14" t="s">
-        <x:v>107</x:v>
+        <x:v>110</x:v>
       </x:c>
       <x:c r="Q348" s="16" t="s">
-        <x:v>90</x:v>
+        <x:v>111</x:v>
       </x:c>
       <x:c r="R348" s="14" t="s">
-        <x:v>92</x:v>
+        <x:v>112</x:v>
       </x:c>
       <x:c r="S348" s="14" t="n">
-        <x:v>549719</x:v>
+        <x:v>549697</x:v>
       </x:c>
       <x:c r="T348" s="16" t="s">
-        <x:v>285</x:v>
+        <x:v>283</x:v>
       </x:c>
       <x:c r="U348" s="16" t="s">
-        <x:v>79</x:v>
+        <x:v>284</x:v>
       </x:c>
     </x:row>
     <x:row r="349" spans="1:21">
       <x:c r="A349" s="1" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="B349" s="0" t="s">
-        <x:v>546</x:v>
+        <x:v>718</x:v>
       </x:c>
       <x:c r="C349" s="3" t="n">
         <x:v>35541</x:v>
       </x:c>
       <x:c r="D349" s="3" t="s"/>
       <x:c r="E349" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="G349" s="0" t="s">
         <x:v>107</x:v>
       </x:c>
       <x:c r="I349" s="4" t="s">
         <x:v>90</x:v>
       </x:c>
       <x:c r="J349" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="K349" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="L349" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M349" s="0" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="N349" s="3" t="n">
         <x:v>44527</x:v>
       </x:c>
       <x:c r="O349" s="0" t="s">
         <x:v>279</x:v>
       </x:c>
       <x:c r="P349" s="0" t="s">
         <x:v>107</x:v>
       </x:c>
       <x:c r="Q349" s="4" t="s">
         <x:v>90</x:v>
       </x:c>
       <x:c r="R349" s="0" t="s">
         <x:v>92</x:v>
       </x:c>
       <x:c r="S349" s="0" t="n">
-        <x:v>549720</x:v>
+        <x:v>549719</x:v>
       </x:c>
       <x:c r="T349" s="4" t="s">
         <x:v>285</x:v>
       </x:c>
       <x:c r="U349" s="4" t="s">
         <x:v>79</x:v>
       </x:c>
     </x:row>
     <x:row r="350" spans="1:21">
       <x:c r="A350" s="13" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="B350" s="14" t="s">
-        <x:v>718</x:v>
+        <x:v>546</x:v>
       </x:c>
       <x:c r="C350" s="15" t="n">
         <x:v>35541</x:v>
       </x:c>
       <x:c r="D350" s="15" t="s"/>
       <x:c r="E350" s="14" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="F350" s="14" t="s"/>
       <x:c r="G350" s="14" t="s">
         <x:v>107</x:v>
       </x:c>
       <x:c r="H350" s="14" t="s"/>
       <x:c r="I350" s="16" t="s">
         <x:v>90</x:v>
       </x:c>
       <x:c r="J350" s="14" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="K350" s="14" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="L350" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M350" s="14" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="N350" s="15" t="n">
         <x:v>44527</x:v>
       </x:c>
       <x:c r="O350" s="14" t="s">
         <x:v>279</x:v>
       </x:c>
       <x:c r="P350" s="14" t="s">
         <x:v>107</x:v>
       </x:c>
       <x:c r="Q350" s="16" t="s">
         <x:v>90</x:v>
       </x:c>
       <x:c r="R350" s="14" t="s">
         <x:v>92</x:v>
       </x:c>
       <x:c r="S350" s="14" t="n">
-        <x:v>549723</x:v>
+        <x:v>549720</x:v>
       </x:c>
       <x:c r="T350" s="16" t="s">
-        <x:v>283</x:v>
+        <x:v>285</x:v>
       </x:c>
       <x:c r="U350" s="16" t="s">
-        <x:v>284</x:v>
+        <x:v>79</x:v>
       </x:c>
     </x:row>
     <x:row r="351" spans="1:21">
       <x:c r="A351" s="1" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="B351" s="0" t="s">
-        <x:v>254</x:v>
+        <x:v>718</x:v>
       </x:c>
       <x:c r="C351" s="3" t="n">
-        <x:v>37232</x:v>
+        <x:v>35541</x:v>
       </x:c>
       <x:c r="D351" s="3" t="s"/>
       <x:c r="E351" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="G351" s="0" t="s">
-        <x:v>255</x:v>
-[...2 lines deleted...]
-        <x:v>256</x:v>
+        <x:v>107</x:v>
       </x:c>
       <x:c r="I351" s="4" t="s">
-        <x:v>56</x:v>
+        <x:v>90</x:v>
       </x:c>
       <x:c r="J351" s="0" t="s">
-        <x:v>257</x:v>
+        <x:v>57</x:v>
       </x:c>
       <x:c r="K351" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="L351" s="0" t="s">
-        <x:v>45</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="M351" s="0" t="s">
-        <x:v>27</x:v>
+        <x:v>73</x:v>
       </x:c>
       <x:c r="N351" s="3" t="n">
-        <x:v>46052</x:v>
+        <x:v>44527</x:v>
       </x:c>
       <x:c r="O351" s="0" t="s">
-        <x:v>258</x:v>
+        <x:v>279</x:v>
       </x:c>
       <x:c r="P351" s="0" t="s">
-        <x:v>255</x:v>
+        <x:v>107</x:v>
       </x:c>
       <x:c r="Q351" s="4" t="s">
-        <x:v>56</x:v>
+        <x:v>90</x:v>
       </x:c>
       <x:c r="R351" s="0" t="s">
-        <x:v>232</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="S351" s="0" t="n">
-        <x:v>498663</x:v>
+        <x:v>549723</x:v>
       </x:c>
       <x:c r="T351" s="4" t="s">
-        <x:v>239</x:v>
+        <x:v>283</x:v>
       </x:c>
       <x:c r="U351" s="4" t="s">
-        <x:v>31</x:v>
+        <x:v>284</x:v>
       </x:c>
     </x:row>
     <x:row r="352" spans="1:21">
       <x:c r="A352" s="13" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="B352" s="14" t="s">
-        <x:v>566</x:v>
+        <x:v>254</x:v>
       </x:c>
       <x:c r="C352" s="15" t="n">
-        <x:v>34345</x:v>
+        <x:v>37232</x:v>
       </x:c>
       <x:c r="D352" s="15" t="s"/>
       <x:c r="E352" s="14" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="F352" s="14" t="s"/>
       <x:c r="G352" s="14" t="s">
-        <x:v>235</x:v>
-[...1 lines deleted...]
-      <x:c r="H352" s="14" t="s"/>
+        <x:v>255</x:v>
+      </x:c>
+      <x:c r="H352" s="14" t="s">
+        <x:v>256</x:v>
+      </x:c>
       <x:c r="I352" s="16" t="s">
-        <x:v>236</x:v>
+        <x:v>56</x:v>
       </x:c>
       <x:c r="J352" s="14" t="s">
-        <x:v>57</x:v>
+        <x:v>257</x:v>
       </x:c>
       <x:c r="K352" s="14" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="L352" s="14" t="s">
-        <x:v>26</x:v>
+        <x:v>45</x:v>
       </x:c>
       <x:c r="M352" s="14" t="s">
-        <x:v>73</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="N352" s="15" t="n">
-        <x:v>46081</x:v>
+        <x:v>46052</x:v>
       </x:c>
       <x:c r="O352" s="14" t="s">
-        <x:v>59</x:v>
+        <x:v>258</x:v>
       </x:c>
       <x:c r="P352" s="14" t="s">
-        <x:v>305</x:v>
+        <x:v>255</x:v>
       </x:c>
       <x:c r="Q352" s="16" t="s">
-        <x:v>90</x:v>
+        <x:v>56</x:v>
       </x:c>
       <x:c r="R352" s="14" t="s">
-        <x:v>92</x:v>
+        <x:v>232</x:v>
       </x:c>
       <x:c r="S352" s="14" t="n">
-        <x:v>534832</x:v>
+        <x:v>498663</x:v>
       </x:c>
       <x:c r="T352" s="16" t="s">
-        <x:v>552</x:v>
+        <x:v>239</x:v>
       </x:c>
       <x:c r="U352" s="16" t="s">
-        <x:v>307</x:v>
+        <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="353" spans="1:21">
       <x:c r="A353" s="1" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="B353" s="0" t="s">
-        <x:v>539</x:v>
+        <x:v>566</x:v>
       </x:c>
       <x:c r="C353" s="3" t="n">
-        <x:v>37816</x:v>
+        <x:v>34345</x:v>
       </x:c>
       <x:c r="D353" s="3" t="s"/>
       <x:c r="E353" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="G353" s="0" t="s">
         <x:v>235</x:v>
       </x:c>
       <x:c r="I353" s="4" t="s">
         <x:v>236</x:v>
       </x:c>
       <x:c r="J353" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="K353" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="L353" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M353" s="0" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="N353" s="3" t="n">
-        <x:v>31090</x:v>
+        <x:v>46081</x:v>
       </x:c>
       <x:c r="O353" s="0" t="s">
-        <x:v>47</x:v>
+        <x:v>59</x:v>
       </x:c>
       <x:c r="P353" s="0" t="s">
-        <x:v>238</x:v>
+        <x:v>305</x:v>
       </x:c>
       <x:c r="Q353" s="4" t="s">
-        <x:v>119</x:v>
+        <x:v>90</x:v>
       </x:c>
       <x:c r="R353" s="0" t="s">
-        <x:v>62</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="S353" s="0" t="n">
-        <x:v>534878</x:v>
+        <x:v>534832</x:v>
       </x:c>
       <x:c r="T353" s="4" t="s">
         <x:v>552</x:v>
       </x:c>
       <x:c r="U353" s="4" t="s">
         <x:v>307</x:v>
       </x:c>
     </x:row>
     <x:row r="354" spans="1:21">
       <x:c r="A354" s="13" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="B354" s="14" t="s">
-        <x:v>103</x:v>
+        <x:v>539</x:v>
       </x:c>
       <x:c r="C354" s="15" t="n">
-        <x:v>37662</x:v>
+        <x:v>37816</x:v>
       </x:c>
       <x:c r="D354" s="15" t="s"/>
       <x:c r="E354" s="14" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="F354" s="14" t="s"/>
       <x:c r="G354" s="14" t="s">
-        <x:v>143</x:v>
+        <x:v>235</x:v>
       </x:c>
       <x:c r="H354" s="14" t="s"/>
       <x:c r="I354" s="16" t="s">
-        <x:v>90</x:v>
+        <x:v>236</x:v>
       </x:c>
       <x:c r="J354" s="14" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="K354" s="14" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="L354" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M354" s="14" t="s">
-        <x:v>27</x:v>
+        <x:v>73</x:v>
       </x:c>
       <x:c r="N354" s="15" t="n">
-        <x:v>34074</x:v>
+        <x:v>31090</x:v>
       </x:c>
       <x:c r="O354" s="14" t="s">
-        <x:v>91</x:v>
+        <x:v>47</x:v>
       </x:c>
       <x:c r="P354" s="14" t="s">
-        <x:v>143</x:v>
+        <x:v>238</x:v>
       </x:c>
       <x:c r="Q354" s="16" t="s">
-        <x:v>90</x:v>
+        <x:v>119</x:v>
       </x:c>
       <x:c r="R354" s="14" t="s">
-        <x:v>92</x:v>
+        <x:v>62</x:v>
       </x:c>
       <x:c r="S354" s="14" t="n">
-        <x:v>554129</x:v>
+        <x:v>534878</x:v>
       </x:c>
       <x:c r="T354" s="16" t="s">
-        <x:v>261</x:v>
+        <x:v>552</x:v>
       </x:c>
       <x:c r="U354" s="16" t="s">
-        <x:v>247</x:v>
+        <x:v>307</x:v>
       </x:c>
     </x:row>
     <x:row r="355" spans="1:21">
       <x:c r="A355" s="1" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="B355" s="0" t="s">
-        <x:v>260</x:v>
+        <x:v>103</x:v>
       </x:c>
       <x:c r="C355" s="3" t="n">
-        <x:v>39240</x:v>
+        <x:v>37662</x:v>
       </x:c>
       <x:c r="D355" s="3" t="s"/>
       <x:c r="E355" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="G355" s="0" t="s">
         <x:v>143</x:v>
       </x:c>
       <x:c r="I355" s="4" t="s">
         <x:v>90</x:v>
       </x:c>
       <x:c r="J355" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="K355" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="L355" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M355" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N355" s="3" t="n">
-        <x:v>31090</x:v>
+        <x:v>34074</x:v>
       </x:c>
       <x:c r="O355" s="0" t="s">
-        <x:v>47</x:v>
+        <x:v>91</x:v>
       </x:c>
       <x:c r="P355" s="0" t="s">
         <x:v>143</x:v>
       </x:c>
       <x:c r="Q355" s="4" t="s">
         <x:v>90</x:v>
       </x:c>
       <x:c r="R355" s="0" t="s">
         <x:v>92</x:v>
       </x:c>
       <x:c r="S355" s="0" t="n">
-        <x:v>601652</x:v>
+        <x:v>554129</x:v>
       </x:c>
       <x:c r="T355" s="4" t="s">
-        <x:v>105</x:v>
+        <x:v>261</x:v>
       </x:c>
       <x:c r="U355" s="4" t="s">
-        <x:v>99</x:v>
+        <x:v>247</x:v>
       </x:c>
     </x:row>
     <x:row r="356" spans="1:21">
       <x:c r="A356" s="13" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="B356" s="14" t="s">
-        <x:v>142</x:v>
+        <x:v>260</x:v>
       </x:c>
       <x:c r="C356" s="15" t="n">
-        <x:v>39855</x:v>
+        <x:v>39240</x:v>
       </x:c>
       <x:c r="D356" s="15" t="s"/>
       <x:c r="E356" s="14" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="F356" s="14" t="s"/>
       <x:c r="G356" s="14" t="s">
-        <x:v>104</x:v>
+        <x:v>143</x:v>
       </x:c>
       <x:c r="H356" s="14" t="s"/>
       <x:c r="I356" s="16" t="s">
-        <x:v>67</x:v>
+        <x:v>90</x:v>
       </x:c>
       <x:c r="J356" s="14" t="s">
-        <x:v>97</x:v>
+        <x:v>57</x:v>
       </x:c>
       <x:c r="K356" s="14" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="L356" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M356" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N356" s="15" t="n">
-        <x:v>46003</x:v>
+        <x:v>31090</x:v>
       </x:c>
       <x:c r="O356" s="14" t="s">
-        <x:v>74</x:v>
+        <x:v>47</x:v>
       </x:c>
       <x:c r="P356" s="14" t="s">
-        <x:v>104</x:v>
+        <x:v>143</x:v>
       </x:c>
       <x:c r="Q356" s="16" t="s">
-        <x:v>67</x:v>
+        <x:v>90</x:v>
       </x:c>
       <x:c r="R356" s="14" t="s">
-        <x:v>69</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="S356" s="14" t="n">
-        <x:v>601684</x:v>
+        <x:v>601652</x:v>
       </x:c>
       <x:c r="T356" s="16" t="s">
         <x:v>105</x:v>
       </x:c>
       <x:c r="U356" s="16" t="s">
         <x:v>99</x:v>
       </x:c>
     </x:row>
     <x:row r="357" spans="1:21">
       <x:c r="A357" s="1" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="B357" s="0" t="s">
-        <x:v>52</x:v>
+        <x:v>142</x:v>
       </x:c>
       <x:c r="C357" s="3" t="n">
-        <x:v>35501</x:v>
+        <x:v>39855</x:v>
       </x:c>
       <x:c r="D357" s="3" t="s"/>
       <x:c r="E357" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="G357" s="0" t="s">
-        <x:v>54</x:v>
-[...2 lines deleted...]
-        <x:v>55</x:v>
+        <x:v>104</x:v>
       </x:c>
       <x:c r="I357" s="4" t="s">
-        <x:v>56</x:v>
+        <x:v>67</x:v>
       </x:c>
       <x:c r="J357" s="0" t="s">
-        <x:v>57</x:v>
+        <x:v>97</x:v>
       </x:c>
       <x:c r="K357" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="L357" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M357" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N357" s="3" t="n">
-        <x:v>46081</x:v>
+        <x:v>46003</x:v>
       </x:c>
       <x:c r="O357" s="0" t="s">
-        <x:v>59</x:v>
+        <x:v>74</x:v>
       </x:c>
       <x:c r="P357" s="0" t="s">
-        <x:v>60</x:v>
+        <x:v>104</x:v>
       </x:c>
       <x:c r="Q357" s="4" t="s">
-        <x:v>61</x:v>
+        <x:v>67</x:v>
       </x:c>
       <x:c r="R357" s="0" t="s">
-        <x:v>62</x:v>
+        <x:v>69</x:v>
       </x:c>
       <x:c r="S357" s="0" t="n">
-        <x:v>510676</x:v>
+        <x:v>601684</x:v>
       </x:c>
       <x:c r="T357" s="4" t="s">
-        <x:v>239</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="U357" s="4" t="s">
-        <x:v>716</x:v>
+        <x:v>99</x:v>
       </x:c>
     </x:row>
     <x:row r="358" spans="1:21">
       <x:c r="A358" s="13" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="B358" s="14" t="s">
         <x:v>248</x:v>
       </x:c>
       <x:c r="C358" s="15" t="s"/>
       <x:c r="D358" s="15" t="s"/>
       <x:c r="E358" s="14" t="s"/>
       <x:c r="F358" s="14" t="s"/>
       <x:c r="G358" s="14" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="H358" s="14" t="s"/>
       <x:c r="I358" s="16" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="J358" s="14" t="s"/>
       <x:c r="K358" s="14" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="L358" s="14" t="s">
@@ -22970,75 +22964,75 @@
         <x:v>38</x:v>
       </x:c>
       <x:c r="S358" s="14" t="n">
         <x:v>577984</x:v>
       </x:c>
       <x:c r="T358" s="16" t="s">
         <x:v>719</x:v>
       </x:c>
       <x:c r="U358" s="16" t="s">
         <x:v>720</x:v>
       </x:c>
     </x:row>
     <x:row r="359" spans="1:21">
       <x:c r="A359" s="1" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="B359" s="0" t="s">
         <x:v>721</x:v>
       </x:c>
       <x:c r="C359" s="3" t="s"/>
       <x:c r="D359" s="3" t="s"/>
       <x:c r="G359" s="0" t="s">
         <x:v>722</x:v>
       </x:c>
       <x:c r="I359" s="4" t="s">
-        <x:v>713</x:v>
+        <x:v>714</x:v>
       </x:c>
       <x:c r="K359" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="L359" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M359" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N359" s="3" t="n">
         <x:v>46225</x:v>
       </x:c>
       <x:c r="O359" s="0" t="s">
         <x:v>723</x:v>
       </x:c>
       <x:c r="P359" s="0" t="s">
         <x:v>722</x:v>
       </x:c>
       <x:c r="Q359" s="4" t="s">
-        <x:v>713</x:v>
+        <x:v>714</x:v>
       </x:c>
       <x:c r="R359" s="0" t="s">
-        <x:v>714</x:v>
+        <x:v>715</x:v>
       </x:c>
       <x:c r="S359" s="0" t="n">
         <x:v>567699</x:v>
       </x:c>
       <x:c r="T359" s="4" t="s">
         <x:v>724</x:v>
       </x:c>
       <x:c r="U359" s="4" t="s">
         <x:v>50</x:v>
       </x:c>
     </x:row>
     <x:row r="360" spans="1:21">
       <x:c r="A360" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B360" s="14" t="s">
         <x:v>725</x:v>
       </x:c>
       <x:c r="C360" s="15" t="n">
         <x:v>41002</x:v>
       </x:c>
       <x:c r="D360" s="15" t="s"/>
       <x:c r="E360" s="14" t="s"/>
       <x:c r="F360" s="14" t="s"/>
       <x:c r="G360" s="14" t="s">
@@ -23128,76 +23122,76 @@
         <x:v>585504</x:v>
       </x:c>
       <x:c r="T361" s="4" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="U361" s="4" t="s">
         <x:v>50</x:v>
       </x:c>
     </x:row>
     <x:row r="362" spans="1:21">
       <x:c r="A362" s="13" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="B362" s="14" t="s">
         <x:v>729</x:v>
       </x:c>
       <x:c r="C362" s="15" t="s"/>
       <x:c r="D362" s="15" t="s"/>
       <x:c r="E362" s="14" t="s"/>
       <x:c r="F362" s="14" t="s"/>
       <x:c r="G362" s="14" t="s">
         <x:v>722</x:v>
       </x:c>
       <x:c r="H362" s="14" t="s"/>
       <x:c r="I362" s="16" t="s">
-        <x:v>713</x:v>
+        <x:v>714</x:v>
       </x:c>
       <x:c r="J362" s="14" t="s"/>
       <x:c r="K362" s="14" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="L362" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M362" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N362" s="15" t="n">
         <x:v>46264</x:v>
       </x:c>
       <x:c r="O362" s="14" t="s">
         <x:v>166</x:v>
       </x:c>
       <x:c r="P362" s="14" t="s">
         <x:v>722</x:v>
       </x:c>
       <x:c r="Q362" s="16" t="s">
-        <x:v>713</x:v>
+        <x:v>714</x:v>
       </x:c>
       <x:c r="R362" s="14" t="s">
-        <x:v>714</x:v>
+        <x:v>715</x:v>
       </x:c>
       <x:c r="S362" s="14" t="n">
         <x:v>567700</x:v>
       </x:c>
       <x:c r="T362" s="16" t="s">
         <x:v>724</x:v>
       </x:c>
       <x:c r="U362" s="16" t="s">
         <x:v>50</x:v>
       </x:c>
     </x:row>
     <x:row r="363" spans="1:21">
       <x:c r="A363" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B363" s="0" t="s">
         <x:v>197</x:v>
       </x:c>
       <x:c r="C363" s="3" t="n">
         <x:v>41125</x:v>
       </x:c>
       <x:c r="D363" s="3" t="s"/>
       <x:c r="G363" s="0" t="s">
         <x:v>667</x:v>
       </x:c>
@@ -26548,75 +26542,75 @@
       <x:c r="S424" s="14" t="n">
         <x:v>609017</x:v>
       </x:c>
       <x:c r="T424" s="16" t="s">
         <x:v>364</x:v>
       </x:c>
       <x:c r="U424" s="16" t="s">
         <x:v>50</x:v>
       </x:c>
     </x:row>
     <x:row r="425" spans="1:21">
       <x:c r="A425" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B425" s="0" t="s">
         <x:v>197</x:v>
       </x:c>
       <x:c r="C425" s="3" t="n">
         <x:v>39741</x:v>
       </x:c>
       <x:c r="D425" s="3" t="s"/>
       <x:c r="G425" s="0" t="s">
         <x:v>790</x:v>
       </x:c>
       <x:c r="I425" s="4" t="s">
-        <x:v>711</x:v>
+        <x:v>712</x:v>
       </x:c>
       <x:c r="J425" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="K425" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L425" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M425" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N425" s="3" t="n">
         <x:v>46354</x:v>
       </x:c>
       <x:c r="O425" s="0" t="s">
         <x:v>195</x:v>
       </x:c>
       <x:c r="P425" s="0" t="s">
         <x:v>790</x:v>
       </x:c>
       <x:c r="Q425" s="4" t="s">
-        <x:v>711</x:v>
+        <x:v>712</x:v>
       </x:c>
       <x:c r="R425" s="0" t="s">
         <x:v>656</x:v>
       </x:c>
       <x:c r="S425" s="0" t="n">
         <x:v>624496</x:v>
       </x:c>
       <x:c r="T425" s="4" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="U425" s="4" t="s">
         <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="426" spans="1:21">
       <x:c r="A426" s="13" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="B426" s="14" t="s">
         <x:v>131</x:v>
       </x:c>
       <x:c r="C426" s="15" t="s"/>
       <x:c r="D426" s="15" t="s"/>
       <x:c r="E426" s="14" t="s"/>
       <x:c r="F426" s="14" t="s"/>
@@ -27758,2669 +27752,2660 @@
       </x:c>
       <x:c r="O447" s="0" t="s">
         <x:v>140</x:v>
       </x:c>
       <x:c r="P447" s="0" t="s">
         <x:v>138</x:v>
       </x:c>
       <x:c r="Q447" s="4" t="s">
         <x:v>139</x:v>
       </x:c>
       <x:c r="R447" s="0" t="s">
         <x:v>365</x:v>
       </x:c>
       <x:c r="S447" s="0" t="n">
         <x:v>614721</x:v>
       </x:c>
       <x:c r="T447" s="4" t="s">
         <x:v>141</x:v>
       </x:c>
       <x:c r="U447" s="4" t="s">
         <x:v>50</x:v>
       </x:c>
     </x:row>
     <x:row r="448" spans="1:21">
       <x:c r="A448" s="13" t="s">
-        <x:v>51</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B448" s="14" t="s">
-        <x:v>427</x:v>
+        <x:v>619</x:v>
       </x:c>
       <x:c r="C448" s="15" t="n">
-        <x:v>38018</x:v>
+        <x:v>41244</x:v>
       </x:c>
       <x:c r="D448" s="15" t="s"/>
-      <x:c r="E448" s="14" t="s">
-[...1 lines deleted...]
-      </x:c>
+      <x:c r="E448" s="14" t="s"/>
       <x:c r="F448" s="14" t="s"/>
       <x:c r="G448" s="14" t="s">
-        <x:v>118</x:v>
+        <x:v>620</x:v>
       </x:c>
       <x:c r="H448" s="14" t="s"/>
       <x:c r="I448" s="16" t="s">
-        <x:v>119</x:v>
+        <x:v>621</x:v>
       </x:c>
       <x:c r="J448" s="14" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="K448" s="14" t="s">
-        <x:v>58</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="L448" s="14" t="s">
-        <x:v>45</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="M448" s="14" t="s">
-        <x:v>46</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="N448" s="15" t="n">
-        <x:v>31054</x:v>
+        <x:v>46003</x:v>
       </x:c>
       <x:c r="O448" s="14" t="s">
-        <x:v>430</x:v>
+        <x:v>74</x:v>
       </x:c>
       <x:c r="P448" s="14" t="s">
-        <x:v>118</x:v>
+        <x:v>620</x:v>
       </x:c>
       <x:c r="Q448" s="16" t="s">
-        <x:v>119</x:v>
+        <x:v>621</x:v>
       </x:c>
       <x:c r="R448" s="14" t="s">
-        <x:v>62</x:v>
+        <x:v>758</x:v>
       </x:c>
       <x:c r="S448" s="14" t="n">
-        <x:v>608948</x:v>
+        <x:v>616015</x:v>
       </x:c>
       <x:c r="T448" s="16" t="s">
-        <x:v>75</x:v>
+        <x:v>30</x:v>
       </x:c>
       <x:c r="U448" s="16" t="s">
-        <x:v>50</x:v>
+        <x:v>93</x:v>
       </x:c>
     </x:row>
     <x:row r="449" spans="1:21">
       <x:c r="A449" s="1" t="s">
-        <x:v>21</x:v>
+        <x:v>32</x:v>
       </x:c>
       <x:c r="B449" s="0" t="s">
-        <x:v>801</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>384</x:v>
+      </x:c>
+      <x:c r="C449" s="3" t="s"/>
       <x:c r="D449" s="3" t="s"/>
       <x:c r="G449" s="0" t="s">
-        <x:v>268</x:v>
+        <x:v>125</x:v>
+      </x:c>
+      <x:c r="H449" s="0" t="s">
+        <x:v>126</x:v>
       </x:c>
       <x:c r="I449" s="4" t="s">
-        <x:v>269</x:v>
-[...2 lines deleted...]
-        <x:v>57</x:v>
+        <x:v>127</x:v>
       </x:c>
       <x:c r="K449" s="0" t="s">
-        <x:v>25</x:v>
+        <x:v>58</x:v>
       </x:c>
       <x:c r="L449" s="0" t="s">
-        <x:v>26</x:v>
+        <x:v>45</x:v>
       </x:c>
       <x:c r="M449" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N449" s="3" t="n">
-        <x:v>31018</x:v>
+        <x:v>46072</x:v>
       </x:c>
       <x:c r="O449" s="0" t="s">
-        <x:v>440</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="P449" s="0" t="s">
-        <x:v>271</x:v>
+        <x:v>125</x:v>
       </x:c>
       <x:c r="Q449" s="4" t="s">
-        <x:v>119</x:v>
+        <x:v>127</x:v>
       </x:c>
       <x:c r="R449" s="0" t="s">
-        <x:v>62</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="S449" s="0" t="n">
-        <x:v>596792</x:v>
+        <x:v>624485</x:v>
       </x:c>
       <x:c r="T449" s="4" t="s">
-        <x:v>30</x:v>
+        <x:v>306</x:v>
       </x:c>
       <x:c r="U449" s="4" t="s">
-        <x:v>93</x:v>
+        <x:v>50</x:v>
       </x:c>
     </x:row>
     <x:row r="450" spans="1:21">
       <x:c r="A450" s="13" t="s">
-        <x:v>21</x:v>
+        <x:v>32</x:v>
       </x:c>
       <x:c r="B450" s="14" t="s">
-        <x:v>801</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>416</x:v>
+      </x:c>
+      <x:c r="C450" s="15" t="s"/>
       <x:c r="D450" s="15" t="s"/>
       <x:c r="E450" s="14" t="s"/>
       <x:c r="F450" s="14" t="s"/>
       <x:c r="G450" s="14" t="s">
-        <x:v>268</x:v>
+        <x:v>72</x:v>
       </x:c>
       <x:c r="H450" s="14" t="s"/>
       <x:c r="I450" s="16" t="s">
-        <x:v>269</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>35</x:v>
+      </x:c>
+      <x:c r="J450" s="14" t="s"/>
       <x:c r="K450" s="14" t="s">
-        <x:v>25</x:v>
+        <x:v>44</x:v>
       </x:c>
       <x:c r="L450" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M450" s="14" t="s">
-        <x:v>27</x:v>
+        <x:v>73</x:v>
       </x:c>
       <x:c r="N450" s="15" t="n">
-        <x:v>31018</x:v>
+        <x:v>46081</x:v>
       </x:c>
       <x:c r="O450" s="14" t="s">
-        <x:v>440</x:v>
+        <x:v>59</x:v>
       </x:c>
       <x:c r="P450" s="14" t="s">
-        <x:v>271</x:v>
+        <x:v>72</x:v>
       </x:c>
       <x:c r="Q450" s="16" t="s">
-        <x:v>61</x:v>
+        <x:v>35</x:v>
       </x:c>
       <x:c r="R450" s="14" t="s">
-        <x:v>344</x:v>
+        <x:v>38</x:v>
       </x:c>
       <x:c r="S450" s="14" t="n">
-        <x:v>596793</x:v>
+        <x:v>576556</x:v>
       </x:c>
       <x:c r="T450" s="16" t="s">
-        <x:v>30</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="U450" s="16" t="s">
-        <x:v>93</x:v>
+        <x:v>50</x:v>
       </x:c>
     </x:row>
     <x:row r="451" spans="1:21">
       <x:c r="A451" s="1" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="B451" s="0" t="s">
-        <x:v>386</x:v>
+        <x:v>149</x:v>
       </x:c>
       <x:c r="C451" s="3" t="s"/>
       <x:c r="D451" s="3" t="s"/>
       <x:c r="G451" s="0" t="s">
-        <x:v>184</x:v>
+        <x:v>72</x:v>
       </x:c>
       <x:c r="I451" s="4" t="s">
-        <x:v>185</x:v>
+        <x:v>35</x:v>
       </x:c>
       <x:c r="K451" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="L451" s="0" t="s">
-        <x:v>45</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="M451" s="0" t="s">
-        <x:v>46</x:v>
+        <x:v>73</x:v>
       </x:c>
       <x:c r="N451" s="3" t="n">
-        <x:v>46003</x:v>
+        <x:v>46072</x:v>
       </x:c>
       <x:c r="O451" s="0" t="s">
-        <x:v>74</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="P451" s="0" t="s">
-        <x:v>184</x:v>
+        <x:v>72</x:v>
       </x:c>
       <x:c r="Q451" s="4" t="s">
-        <x:v>185</x:v>
+        <x:v>35</x:v>
       </x:c>
       <x:c r="R451" s="0" t="s">
-        <x:v>186</x:v>
+        <x:v>38</x:v>
       </x:c>
       <x:c r="S451" s="0" t="n">
-        <x:v>580384</x:v>
+        <x:v>576697</x:v>
       </x:c>
       <x:c r="T451" s="4" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="U451" s="4" t="s">
         <x:v>50</x:v>
       </x:c>
     </x:row>
     <x:row r="452" spans="1:21">
       <x:c r="A452" s="13" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="B452" s="14" t="s">
-        <x:v>802</x:v>
+        <x:v>149</x:v>
       </x:c>
       <x:c r="C452" s="15" t="s"/>
       <x:c r="D452" s="15" t="s"/>
       <x:c r="E452" s="14" t="s"/>
       <x:c r="F452" s="14" t="s"/>
       <x:c r="G452" s="14" t="s">
-        <x:v>184</x:v>
+        <x:v>72</x:v>
       </x:c>
       <x:c r="H452" s="14" t="s"/>
       <x:c r="I452" s="16" t="s">
-        <x:v>185</x:v>
+        <x:v>35</x:v>
       </x:c>
       <x:c r="J452" s="14" t="s"/>
       <x:c r="K452" s="14" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="L452" s="14" t="s">
-        <x:v>45</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="M452" s="14" t="s">
-        <x:v>46</x:v>
+        <x:v>73</x:v>
       </x:c>
       <x:c r="N452" s="15" t="n">
-        <x:v>31090</x:v>
+        <x:v>46072</x:v>
       </x:c>
       <x:c r="O452" s="14" t="s">
-        <x:v>47</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="P452" s="14" t="s">
-        <x:v>184</x:v>
+        <x:v>72</x:v>
       </x:c>
       <x:c r="Q452" s="16" t="s">
-        <x:v>185</x:v>
+        <x:v>35</x:v>
       </x:c>
       <x:c r="R452" s="14" t="s">
-        <x:v>186</x:v>
+        <x:v>38</x:v>
       </x:c>
       <x:c r="S452" s="14" t="n">
-        <x:v>614329</x:v>
+        <x:v>576698</x:v>
       </x:c>
       <x:c r="T452" s="16" t="s">
-        <x:v>803</x:v>
+        <x:v>369</x:v>
       </x:c>
       <x:c r="U452" s="16" t="s">
-        <x:v>804</x:v>
+        <x:v>706</x:v>
       </x:c>
     </x:row>
     <x:row r="453" spans="1:21">
       <x:c r="A453" s="1" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="B453" s="0" t="s">
-        <x:v>805</x:v>
+        <x:v>149</x:v>
       </x:c>
       <x:c r="C453" s="3" t="s"/>
       <x:c r="D453" s="3" t="s"/>
       <x:c r="G453" s="0" t="s">
-        <x:v>806</x:v>
+        <x:v>72</x:v>
       </x:c>
       <x:c r="I453" s="4" t="s">
-        <x:v>374</x:v>
+        <x:v>35</x:v>
       </x:c>
       <x:c r="K453" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="L453" s="0" t="s">
-        <x:v>45</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="M453" s="0" t="s">
-        <x:v>27</x:v>
+        <x:v>73</x:v>
       </x:c>
       <x:c r="N453" s="3" t="n">
-        <x:v>72743</x:v>
+        <x:v>46072</x:v>
       </x:c>
       <x:c r="O453" s="0" t="s">
-        <x:v>807</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="P453" s="0" t="s">
-        <x:v>806</x:v>
+        <x:v>72</x:v>
       </x:c>
       <x:c r="Q453" s="4" t="s">
-        <x:v>374</x:v>
+        <x:v>35</x:v>
       </x:c>
       <x:c r="R453" s="0" t="s">
-        <x:v>375</x:v>
+        <x:v>38</x:v>
       </x:c>
       <x:c r="S453" s="0" t="n">
-        <x:v>614356</x:v>
+        <x:v>576700</x:v>
       </x:c>
       <x:c r="T453" s="4" t="s">
-        <x:v>808</x:v>
+        <x:v>30</x:v>
       </x:c>
       <x:c r="U453" s="4" t="s">
-        <x:v>50</x:v>
+        <x:v>738</x:v>
       </x:c>
     </x:row>
     <x:row r="454" spans="1:21">
       <x:c r="A454" s="13" t="s">
-        <x:v>21</x:v>
+        <x:v>32</x:v>
       </x:c>
       <x:c r="B454" s="14" t="s">
-        <x:v>809</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>624</x:v>
+      </x:c>
+      <x:c r="C454" s="15" t="s"/>
       <x:c r="D454" s="15" t="s"/>
       <x:c r="E454" s="14" t="s"/>
       <x:c r="F454" s="14" t="s"/>
       <x:c r="G454" s="14" t="s">
-        <x:v>498</x:v>
+        <x:v>138</x:v>
       </x:c>
       <x:c r="H454" s="14" t="s"/>
       <x:c r="I454" s="16" t="s">
-        <x:v>499</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>139</x:v>
+      </x:c>
+      <x:c r="J454" s="14" t="s"/>
       <x:c r="K454" s="14" t="s">
-        <x:v>25</x:v>
+        <x:v>44</x:v>
       </x:c>
       <x:c r="L454" s="14" t="s">
-        <x:v>26</x:v>
+        <x:v>45</x:v>
       </x:c>
       <x:c r="M454" s="14" t="s">
-        <x:v>27</x:v>
+        <x:v>73</x:v>
       </x:c>
       <x:c r="N454" s="15" t="n">
-        <x:v>46276</x:v>
+        <x:v>71132</x:v>
       </x:c>
       <x:c r="O454" s="14" t="s">
-        <x:v>318</x:v>
+        <x:v>264</x:v>
       </x:c>
       <x:c r="P454" s="14" t="s">
-        <x:v>498</x:v>
+        <x:v>138</x:v>
       </x:c>
       <x:c r="Q454" s="16" t="s">
-        <x:v>499</x:v>
+        <x:v>139</x:v>
       </x:c>
       <x:c r="R454" s="14" t="s">
-        <x:v>500</x:v>
+        <x:v>112</x:v>
       </x:c>
       <x:c r="S454" s="14" t="n">
-        <x:v>595863</x:v>
+        <x:v>612469</x:v>
       </x:c>
       <x:c r="T454" s="16" t="s">
-        <x:v>30</x:v>
+        <x:v>406</x:v>
       </x:c>
       <x:c r="U454" s="16" t="s">
-        <x:v>93</x:v>
+        <x:v>50</x:v>
       </x:c>
     </x:row>
     <x:row r="455" spans="1:21">
       <x:c r="A455" s="1" t="s">
-        <x:v>21</x:v>
+        <x:v>32</x:v>
       </x:c>
       <x:c r="B455" s="0" t="s">
-        <x:v>197</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>226</x:v>
+      </x:c>
+      <x:c r="C455" s="3" t="s"/>
       <x:c r="D455" s="3" t="s"/>
       <x:c r="G455" s="0" t="s">
-        <x:v>810</x:v>
+        <x:v>227</x:v>
       </x:c>
       <x:c r="I455" s="4" t="s">
-        <x:v>24</x:v>
-[...2 lines deleted...]
-        <x:v>57</x:v>
+        <x:v>228</x:v>
       </x:c>
       <x:c r="K455" s="0" t="s">
-        <x:v>25</x:v>
+        <x:v>44</x:v>
       </x:c>
       <x:c r="L455" s="0" t="s">
-        <x:v>26</x:v>
+        <x:v>45</x:v>
       </x:c>
       <x:c r="M455" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N455" s="3" t="n">
-        <x:v>46354</x:v>
+        <x:v>71140</x:v>
       </x:c>
       <x:c r="O455" s="0" t="s">
-        <x:v>195</x:v>
+        <x:v>229</x:v>
       </x:c>
       <x:c r="P455" s="0" t="s">
-        <x:v>810</x:v>
+        <x:v>762</x:v>
       </x:c>
       <x:c r="Q455" s="4" t="s">
-        <x:v>24</x:v>
+        <x:v>96</x:v>
       </x:c>
       <x:c r="R455" s="0" t="s">
-        <x:v>29</x:v>
+        <x:v>69</x:v>
       </x:c>
       <x:c r="S455" s="0" t="n">
-        <x:v>592277</x:v>
+        <x:v>505743</x:v>
       </x:c>
       <x:c r="T455" s="4" t="s">
-        <x:v>30</x:v>
+        <x:v>233</x:v>
       </x:c>
       <x:c r="U455" s="4" t="s">
-        <x:v>31</x:v>
+        <x:v>50</x:v>
       </x:c>
     </x:row>
     <x:row r="456" spans="1:21">
       <x:c r="A456" s="13" t="s">
-        <x:v>21</x:v>
+        <x:v>32</x:v>
       </x:c>
       <x:c r="B456" s="14" t="s">
-        <x:v>811</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>167</x:v>
+      </x:c>
+      <x:c r="C456" s="15" t="s"/>
       <x:c r="D456" s="15" t="s"/>
       <x:c r="E456" s="14" t="s"/>
       <x:c r="F456" s="14" t="s"/>
       <x:c r="G456" s="14" t="s">
-        <x:v>371</x:v>
+        <x:v>168</x:v>
       </x:c>
       <x:c r="H456" s="14" t="s"/>
       <x:c r="I456" s="16" t="s">
-        <x:v>127</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>169</x:v>
+      </x:c>
+      <x:c r="J456" s="14" t="s"/>
       <x:c r="K456" s="14" t="s">
-        <x:v>25</x:v>
+        <x:v>44</x:v>
       </x:c>
       <x:c r="L456" s="14" t="s">
-        <x:v>26</x:v>
+        <x:v>45</x:v>
       </x:c>
       <x:c r="M456" s="14" t="s">
-        <x:v>27</x:v>
+        <x:v>73</x:v>
       </x:c>
       <x:c r="N456" s="15" t="n">
-        <x:v>46264</x:v>
+        <x:v>70312</x:v>
       </x:c>
       <x:c r="O456" s="14" t="s">
-        <x:v>166</x:v>
+        <x:v>170</x:v>
       </x:c>
       <x:c r="P456" s="14" t="s">
-        <x:v>371</x:v>
+        <x:v>168</x:v>
       </x:c>
       <x:c r="Q456" s="16" t="s">
-        <x:v>127</x:v>
+        <x:v>169</x:v>
       </x:c>
       <x:c r="R456" s="14" t="s">
-        <x:v>92</x:v>
+        <x:v>375</x:v>
       </x:c>
       <x:c r="S456" s="14" t="n">
-        <x:v>592302</x:v>
+        <x:v>616593</x:v>
       </x:c>
       <x:c r="T456" s="16" t="s">
-        <x:v>30</x:v>
+        <x:v>172</x:v>
       </x:c>
       <x:c r="U456" s="16" t="s">
-        <x:v>99</x:v>
+        <x:v>173</x:v>
       </x:c>
     </x:row>
     <x:row r="457" spans="1:21">
       <x:c r="A457" s="1" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="B457" s="0" t="s">
-        <x:v>187</x:v>
+        <x:v>167</x:v>
       </x:c>
       <x:c r="C457" s="3" t="s"/>
       <x:c r="D457" s="3" t="s"/>
       <x:c r="G457" s="0" t="s">
-        <x:v>132</x:v>
+        <x:v>168</x:v>
       </x:c>
       <x:c r="I457" s="4" t="s">
-        <x:v>133</x:v>
+        <x:v>169</x:v>
       </x:c>
       <x:c r="K457" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="L457" s="0" t="s">
-        <x:v>26</x:v>
+        <x:v>45</x:v>
       </x:c>
       <x:c r="M457" s="0" t="s">
-        <x:v>27</x:v>
+        <x:v>73</x:v>
       </x:c>
       <x:c r="N457" s="3" t="n">
-        <x:v>46081</x:v>
+        <x:v>70312</x:v>
       </x:c>
       <x:c r="O457" s="0" t="s">
-        <x:v>59</x:v>
+        <x:v>170</x:v>
       </x:c>
       <x:c r="P457" s="0" t="s">
-        <x:v>132</x:v>
+        <x:v>168</x:v>
       </x:c>
       <x:c r="Q457" s="4" t="s">
-        <x:v>133</x:v>
+        <x:v>169</x:v>
       </x:c>
       <x:c r="R457" s="0" t="s">
-        <x:v>92</x:v>
+        <x:v>801</x:v>
       </x:c>
       <x:c r="S457" s="0" t="n">
-        <x:v>556172</x:v>
+        <x:v>616596</x:v>
       </x:c>
       <x:c r="T457" s="4" t="s">
-        <x:v>188</x:v>
+        <x:v>172</x:v>
       </x:c>
       <x:c r="U457" s="4" t="s">
-        <x:v>307</x:v>
+        <x:v>173</x:v>
       </x:c>
     </x:row>
     <x:row r="458" spans="1:21">
       <x:c r="A458" s="13" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="B458" s="14" t="s">
-        <x:v>458</x:v>
+        <x:v>167</x:v>
       </x:c>
       <x:c r="C458" s="15" t="s"/>
       <x:c r="D458" s="15" t="s"/>
       <x:c r="E458" s="14" t="s"/>
       <x:c r="F458" s="14" t="s"/>
       <x:c r="G458" s="14" t="s">
-        <x:v>459</x:v>
+        <x:v>168</x:v>
       </x:c>
       <x:c r="H458" s="14" t="s"/>
       <x:c r="I458" s="16" t="s">
-        <x:v>460</x:v>
+        <x:v>169</x:v>
       </x:c>
       <x:c r="J458" s="14" t="s"/>
       <x:c r="K458" s="14" t="s">
-        <x:v>36</x:v>
+        <x:v>44</x:v>
       </x:c>
       <x:c r="L458" s="14" t="s">
-        <x:v>26</x:v>
+        <x:v>45</x:v>
       </x:c>
       <x:c r="M458" s="14" t="s">
-        <x:v>27</x:v>
+        <x:v>73</x:v>
       </x:c>
       <x:c r="N458" s="15" t="n">
-        <x:v>46337</x:v>
+        <x:v>70312</x:v>
       </x:c>
       <x:c r="O458" s="14" t="s">
-        <x:v>461</x:v>
+        <x:v>170</x:v>
       </x:c>
       <x:c r="P458" s="14" t="s">
-        <x:v>462</x:v>
+        <x:v>168</x:v>
       </x:c>
       <x:c r="Q458" s="16" t="s">
-        <x:v>460</x:v>
+        <x:v>169</x:v>
       </x:c>
       <x:c r="R458" s="14" t="s">
-        <x:v>232</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="S458" s="14" t="n">
-        <x:v>615585</x:v>
+        <x:v>616636</x:v>
       </x:c>
       <x:c r="T458" s="16" t="s">
-        <x:v>150</x:v>
+        <x:v>172</x:v>
       </x:c>
       <x:c r="U458" s="16" t="s">
-        <x:v>812</x:v>
+        <x:v>173</x:v>
       </x:c>
     </x:row>
     <x:row r="459" spans="1:21">
       <x:c r="A459" s="1" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="B459" s="0" t="s">
-        <x:v>469</x:v>
+        <x:v>167</x:v>
       </x:c>
       <x:c r="C459" s="3" t="s"/>
       <x:c r="D459" s="3" t="s"/>
       <x:c r="G459" s="0" t="s">
-        <x:v>138</x:v>
+        <x:v>168</x:v>
       </x:c>
       <x:c r="I459" s="4" t="s">
-        <x:v>139</x:v>
+        <x:v>169</x:v>
       </x:c>
       <x:c r="K459" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="L459" s="0" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="M459" s="0" t="s">
-        <x:v>27</x:v>
+        <x:v>73</x:v>
       </x:c>
       <x:c r="N459" s="3" t="n">
-        <x:v>72502</x:v>
+        <x:v>70312</x:v>
       </x:c>
       <x:c r="O459" s="0" t="s">
-        <x:v>470</x:v>
+        <x:v>170</x:v>
       </x:c>
       <x:c r="P459" s="0" t="s">
-        <x:v>138</x:v>
+        <x:v>168</x:v>
       </x:c>
       <x:c r="Q459" s="4" t="s">
-        <x:v>139</x:v>
+        <x:v>169</x:v>
       </x:c>
       <x:c r="R459" s="0" t="s">
-        <x:v>365</x:v>
+        <x:v>344</x:v>
       </x:c>
       <x:c r="S459" s="0" t="n">
-        <x:v>609709</x:v>
+        <x:v>616654</x:v>
       </x:c>
       <x:c r="T459" s="4" t="s">
-        <x:v>471</x:v>
+        <x:v>172</x:v>
       </x:c>
       <x:c r="U459" s="4" t="s">
-        <x:v>50</x:v>
+        <x:v>173</x:v>
       </x:c>
     </x:row>
     <x:row r="460" spans="1:21">
       <x:c r="A460" s="13" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="B460" s="14" t="s">
-        <x:v>212</x:v>
+        <x:v>167</x:v>
       </x:c>
       <x:c r="C460" s="15" t="s"/>
       <x:c r="D460" s="15" t="s"/>
       <x:c r="E460" s="14" t="s"/>
       <x:c r="F460" s="14" t="s"/>
       <x:c r="G460" s="14" t="s">
-        <x:v>208</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>168</x:v>
+      </x:c>
+      <x:c r="H460" s="14" t="s"/>
       <x:c r="I460" s="16" t="s">
-        <x:v>210</x:v>
+        <x:v>169</x:v>
       </x:c>
       <x:c r="J460" s="14" t="s"/>
       <x:c r="K460" s="14" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="L460" s="14" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="M460" s="14" t="s">
-        <x:v>27</x:v>
+        <x:v>73</x:v>
       </x:c>
       <x:c r="N460" s="15" t="n">
-        <x:v>46003</x:v>
+        <x:v>70312</x:v>
       </x:c>
       <x:c r="O460" s="14" t="s">
-        <x:v>74</x:v>
+        <x:v>170</x:v>
       </x:c>
       <x:c r="P460" s="14" t="s">
-        <x:v>208</x:v>
+        <x:v>168</x:v>
       </x:c>
       <x:c r="Q460" s="16" t="s">
-        <x:v>210</x:v>
+        <x:v>169</x:v>
       </x:c>
       <x:c r="R460" s="14" t="s">
-        <x:v>92</x:v>
+        <x:v>524</x:v>
       </x:c>
       <x:c r="S460" s="14" t="n">
-        <x:v>533683</x:v>
+        <x:v>616656</x:v>
       </x:c>
       <x:c r="T460" s="16" t="s">
-        <x:v>75</x:v>
+        <x:v>172</x:v>
       </x:c>
       <x:c r="U460" s="16" t="s">
-        <x:v>50</x:v>
+        <x:v>173</x:v>
       </x:c>
     </x:row>
     <x:row r="461" spans="1:21">
       <x:c r="A461" s="1" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="B461" s="0" t="s">
-        <x:v>473</x:v>
+        <x:v>167</x:v>
       </x:c>
       <x:c r="C461" s="3" t="s"/>
       <x:c r="D461" s="3" t="s"/>
       <x:c r="G461" s="0" t="s">
-        <x:v>208</x:v>
-[...2 lines deleted...]
-        <x:v>209</x:v>
+        <x:v>168</x:v>
       </x:c>
       <x:c r="I461" s="4" t="s">
-        <x:v>210</x:v>
+        <x:v>169</x:v>
       </x:c>
       <x:c r="K461" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="L461" s="0" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="M461" s="0" t="s">
-        <x:v>46</x:v>
+        <x:v>73</x:v>
       </x:c>
       <x:c r="N461" s="3" t="n">
-        <x:v>31684</x:v>
+        <x:v>70312</x:v>
       </x:c>
       <x:c r="O461" s="0" t="s">
-        <x:v>474</x:v>
+        <x:v>170</x:v>
       </x:c>
       <x:c r="P461" s="0" t="s">
-        <x:v>208</x:v>
+        <x:v>168</x:v>
       </x:c>
       <x:c r="Q461" s="4" t="s">
-        <x:v>210</x:v>
+        <x:v>169</x:v>
       </x:c>
       <x:c r="R461" s="0" t="s">
-        <x:v>92</x:v>
+        <x:v>802</x:v>
       </x:c>
       <x:c r="S461" s="0" t="n">
-        <x:v>533710</x:v>
+        <x:v>616657</x:v>
       </x:c>
       <x:c r="T461" s="4" t="s">
-        <x:v>75</x:v>
+        <x:v>172</x:v>
       </x:c>
       <x:c r="U461" s="4" t="s">
-        <x:v>50</x:v>
+        <x:v>173</x:v>
       </x:c>
     </x:row>
     <x:row r="462" spans="1:21">
       <x:c r="A462" s="13" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="B462" s="14" t="s">
-        <x:v>739</x:v>
+        <x:v>167</x:v>
       </x:c>
       <x:c r="C462" s="15" t="s"/>
       <x:c r="D462" s="15" t="s"/>
       <x:c r="E462" s="14" t="s"/>
       <x:c r="F462" s="14" t="s"/>
       <x:c r="G462" s="14" t="s">
-        <x:v>72</x:v>
+        <x:v>168</x:v>
       </x:c>
       <x:c r="H462" s="14" t="s"/>
       <x:c r="I462" s="16" t="s">
-        <x:v>35</x:v>
+        <x:v>169</x:v>
       </x:c>
       <x:c r="J462" s="14" t="s"/>
       <x:c r="K462" s="14" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="L462" s="14" t="s">
-        <x:v>26</x:v>
+        <x:v>45</x:v>
       </x:c>
       <x:c r="M462" s="14" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="N462" s="15" t="n">
-        <x:v>71132</x:v>
+        <x:v>70312</x:v>
       </x:c>
       <x:c r="O462" s="14" t="s">
-        <x:v>264</x:v>
+        <x:v>170</x:v>
       </x:c>
       <x:c r="P462" s="14" t="s">
-        <x:v>72</x:v>
+        <x:v>168</x:v>
       </x:c>
       <x:c r="Q462" s="16" t="s">
-        <x:v>35</x:v>
+        <x:v>169</x:v>
       </x:c>
       <x:c r="R462" s="14" t="s">
-        <x:v>38</x:v>
+        <x:v>536</x:v>
       </x:c>
       <x:c r="S462" s="14" t="n">
-        <x:v>577081</x:v>
+        <x:v>616670</x:v>
       </x:c>
       <x:c r="T462" s="16" t="s">
-        <x:v>75</x:v>
+        <x:v>172</x:v>
       </x:c>
       <x:c r="U462" s="16" t="s">
-        <x:v>50</x:v>
+        <x:v>173</x:v>
       </x:c>
     </x:row>
     <x:row r="463" spans="1:21">
       <x:c r="A463" s="1" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="B463" s="0" t="s">
-        <x:v>813</x:v>
+        <x:v>633</x:v>
       </x:c>
       <x:c r="C463" s="3" t="s"/>
       <x:c r="D463" s="3" t="s"/>
+      <x:c r="E463" s="0" t="s">
+        <x:v>634</x:v>
+      </x:c>
+      <x:c r="F463" s="0" t="s">
+        <x:v>635</x:v>
+      </x:c>
       <x:c r="G463" s="0" t="s">
-        <x:v>72</x:v>
+        <x:v>636</x:v>
+      </x:c>
+      <x:c r="H463" s="0" t="s">
+        <x:v>637</x:v>
       </x:c>
       <x:c r="I463" s="4" t="s">
-        <x:v>35</x:v>
+        <x:v>638</x:v>
       </x:c>
       <x:c r="K463" s="0" t="s">
-        <x:v>44</x:v>
+        <x:v>36</x:v>
       </x:c>
       <x:c r="L463" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M463" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N463" s="3" t="n">
-        <x:v>46264</x:v>
+        <x:v>31090</x:v>
       </x:c>
       <x:c r="O463" s="0" t="s">
-        <x:v>166</x:v>
+        <x:v>47</x:v>
       </x:c>
       <x:c r="P463" s="0" t="s">
-        <x:v>72</x:v>
+        <x:v>639</x:v>
       </x:c>
       <x:c r="Q463" s="4" t="s">
-        <x:v>35</x:v>
+        <x:v>640</x:v>
       </x:c>
       <x:c r="R463" s="0" t="s">
-        <x:v>38</x:v>
+        <x:v>803</x:v>
       </x:c>
       <x:c r="S463" s="0" t="n">
-        <x:v>577110</x:v>
+        <x:v>583932</x:v>
       </x:c>
       <x:c r="T463" s="4" t="s">
-        <x:v>75</x:v>
+        <x:v>642</x:v>
       </x:c>
       <x:c r="U463" s="4" t="s">
-        <x:v>50</x:v>
+        <x:v>250</x:v>
       </x:c>
     </x:row>
     <x:row r="464" spans="1:21">
       <x:c r="A464" s="13" t="s">
-        <x:v>32</x:v>
+        <x:v>51</x:v>
       </x:c>
       <x:c r="B464" s="14" t="s">
-        <x:v>475</x:v>
-[...1 lines deleted...]
-      <x:c r="C464" s="15" t="s"/>
+        <x:v>103</x:v>
+      </x:c>
+      <x:c r="C464" s="15" t="n">
+        <x:v>34814</x:v>
+      </x:c>
       <x:c r="D464" s="15" t="s"/>
-      <x:c r="E464" s="14" t="s"/>
+      <x:c r="E464" s="14" t="s">
+        <x:v>53</x:v>
+      </x:c>
       <x:c r="F464" s="14" t="s"/>
       <x:c r="G464" s="14" t="s">
-        <x:v>214</x:v>
+        <x:v>118</x:v>
       </x:c>
       <x:c r="H464" s="14" t="s"/>
       <x:c r="I464" s="16" t="s">
-        <x:v>215</x:v>
-[...1 lines deleted...]
-      <x:c r="J464" s="14" t="s"/>
+        <x:v>119</x:v>
+      </x:c>
+      <x:c r="J464" s="14" t="s">
+        <x:v>57</x:v>
+      </x:c>
       <x:c r="K464" s="14" t="s">
-        <x:v>44</x:v>
+        <x:v>58</x:v>
       </x:c>
       <x:c r="L464" s="14" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="M464" s="14" t="s">
-        <x:v>73</x:v>
+        <x:v>46</x:v>
       </x:c>
       <x:c r="N464" s="15" t="n">
-        <x:v>45098</x:v>
+        <x:v>31090</x:v>
       </x:c>
       <x:c r="O464" s="14" t="s">
-        <x:v>476</x:v>
+        <x:v>47</x:v>
       </x:c>
       <x:c r="P464" s="14" t="s">
-        <x:v>214</x:v>
+        <x:v>118</x:v>
       </x:c>
       <x:c r="Q464" s="16" t="s">
-        <x:v>215</x:v>
+        <x:v>119</x:v>
       </x:c>
       <x:c r="R464" s="14" t="s">
-        <x:v>69</x:v>
+        <x:v>62</x:v>
       </x:c>
       <x:c r="S464" s="14" t="n">
-        <x:v>568773</x:v>
+        <x:v>553366</x:v>
       </x:c>
       <x:c r="T464" s="16" t="s">
-        <x:v>477</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="U464" s="16" t="s">
-        <x:v>87</x:v>
+        <x:v>123</x:v>
       </x:c>
     </x:row>
     <x:row r="465" spans="1:21">
       <x:c r="A465" s="1" t="s">
-        <x:v>21</x:v>
+        <x:v>51</x:v>
       </x:c>
       <x:c r="B465" s="0" t="s">
-        <x:v>113</x:v>
+        <x:v>117</x:v>
       </x:c>
       <x:c r="C465" s="3" t="n">
-        <x:v>36943</x:v>
+        <x:v>35634</x:v>
       </x:c>
       <x:c r="D465" s="3" t="s"/>
+      <x:c r="E465" s="0" t="s">
+        <x:v>53</x:v>
+      </x:c>
       <x:c r="G465" s="0" t="s">
-        <x:v>291</x:v>
+        <x:v>487</x:v>
       </x:c>
       <x:c r="I465" s="4" t="s">
-        <x:v>292</x:v>
+        <x:v>488</x:v>
       </x:c>
       <x:c r="J465" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="K465" s="0" t="s">
-        <x:v>25</x:v>
+        <x:v>58</x:v>
       </x:c>
       <x:c r="L465" s="0" t="s">
-        <x:v>26</x:v>
+        <x:v>45</x:v>
       </x:c>
       <x:c r="M465" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N465" s="3" t="n">
-        <x:v>46081</x:v>
+        <x:v>31090</x:v>
       </x:c>
       <x:c r="O465" s="0" t="s">
-        <x:v>59</x:v>
+        <x:v>47</x:v>
       </x:c>
       <x:c r="P465" s="0" t="s">
-        <x:v>291</x:v>
+        <x:v>487</x:v>
       </x:c>
       <x:c r="Q465" s="4" t="s">
-        <x:v>292</x:v>
+        <x:v>488</x:v>
       </x:c>
       <x:c r="R465" s="0" t="s">
-        <x:v>294</x:v>
+        <x:v>804</x:v>
       </x:c>
       <x:c r="S465" s="0" t="n">
-        <x:v>595589</x:v>
+        <x:v>553774</x:v>
       </x:c>
       <x:c r="T465" s="4" t="s">
-        <x:v>30</x:v>
+        <x:v>805</x:v>
       </x:c>
       <x:c r="U465" s="4" t="s">
-        <x:v>93</x:v>
+        <x:v>806</x:v>
       </x:c>
     </x:row>
     <x:row r="466" spans="1:21">
       <x:c r="A466" s="13" t="s">
-        <x:v>21</x:v>
+        <x:v>51</x:v>
       </x:c>
       <x:c r="B466" s="14" t="s">
-        <x:v>510</x:v>
+        <x:v>117</x:v>
       </x:c>
       <x:c r="C466" s="15" t="n">
-        <x:v>37946</x:v>
+        <x:v>35634</x:v>
       </x:c>
       <x:c r="D466" s="15" t="s"/>
-      <x:c r="E466" s="14" t="s"/>
+      <x:c r="E466" s="14" t="s">
+        <x:v>53</x:v>
+      </x:c>
       <x:c r="F466" s="14" t="s"/>
       <x:c r="G466" s="14" t="s">
-        <x:v>340</x:v>
+        <x:v>711</x:v>
       </x:c>
       <x:c r="H466" s="14" t="s"/>
       <x:c r="I466" s="16" t="s">
-        <x:v>35</x:v>
+        <x:v>712</x:v>
       </x:c>
       <x:c r="J466" s="14" t="s">
-        <x:v>257</x:v>
+        <x:v>57</x:v>
       </x:c>
       <x:c r="K466" s="14" t="s">
-        <x:v>25</x:v>
+        <x:v>58</x:v>
       </x:c>
       <x:c r="L466" s="14" t="s">
-        <x:v>26</x:v>
+        <x:v>45</x:v>
       </x:c>
       <x:c r="M466" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N466" s="15" t="n">
-        <x:v>22441</x:v>
+        <x:v>31090</x:v>
       </x:c>
       <x:c r="O466" s="14" t="s">
-        <x:v>341</x:v>
+        <x:v>47</x:v>
       </x:c>
       <x:c r="P466" s="14" t="s">
-        <x:v>340</x:v>
+        <x:v>713</x:v>
       </x:c>
       <x:c r="Q466" s="16" t="s">
-        <x:v>35</x:v>
+        <x:v>714</x:v>
       </x:c>
       <x:c r="R466" s="14" t="s">
-        <x:v>38</x:v>
+        <x:v>715</x:v>
       </x:c>
       <x:c r="S466" s="14" t="n">
-        <x:v>595596</x:v>
+        <x:v>599570</x:v>
       </x:c>
       <x:c r="T466" s="16" t="s">
-        <x:v>30</x:v>
+        <x:v>369</x:v>
       </x:c>
       <x:c r="U466" s="16" t="s">
-        <x:v>93</x:v>
+        <x:v>807</x:v>
       </x:c>
     </x:row>
     <x:row r="467" spans="1:21">
       <x:c r="A467" s="1" t="s">
-        <x:v>21</x:v>
+        <x:v>51</x:v>
       </x:c>
       <x:c r="B467" s="0" t="s">
-        <x:v>514</x:v>
+        <x:v>282</x:v>
       </x:c>
       <x:c r="C467" s="3" t="n">
-        <x:v>36950</x:v>
+        <x:v>35541</x:v>
       </x:c>
       <x:c r="D467" s="3" t="s"/>
+      <x:c r="E467" s="0" t="s">
+        <x:v>53</x:v>
+      </x:c>
       <x:c r="G467" s="0" t="s">
-        <x:v>507</x:v>
+        <x:v>110</x:v>
       </x:c>
       <x:c r="I467" s="4" t="s">
-        <x:v>508</x:v>
+        <x:v>111</x:v>
       </x:c>
       <x:c r="J467" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="K467" s="0" t="s">
-        <x:v>25</x:v>
+        <x:v>58</x:v>
       </x:c>
       <x:c r="L467" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M467" s="0" t="s">
-        <x:v>27</x:v>
+        <x:v>73</x:v>
       </x:c>
       <x:c r="N467" s="3" t="n">
-        <x:v>45027</x:v>
+        <x:v>44527</x:v>
       </x:c>
       <x:c r="O467" s="0" t="s">
-        <x:v>297</x:v>
+        <x:v>279</x:v>
       </x:c>
       <x:c r="P467" s="0" t="s">
-        <x:v>507</x:v>
+        <x:v>110</x:v>
       </x:c>
       <x:c r="Q467" s="4" t="s">
-        <x:v>508</x:v>
+        <x:v>111</x:v>
       </x:c>
       <x:c r="R467" s="0" t="s">
-        <x:v>509</x:v>
+        <x:v>112</x:v>
       </x:c>
       <x:c r="S467" s="0" t="n">
-        <x:v>595600</x:v>
+        <x:v>549700</x:v>
       </x:c>
       <x:c r="T467" s="4" t="s">
-        <x:v>30</x:v>
+        <x:v>285</x:v>
       </x:c>
       <x:c r="U467" s="4" t="s">
-        <x:v>93</x:v>
+        <x:v>79</x:v>
       </x:c>
     </x:row>
     <x:row r="468" spans="1:21">
       <x:c r="A468" s="13" t="s">
-        <x:v>21</x:v>
+        <x:v>51</x:v>
       </x:c>
       <x:c r="B468" s="14" t="s">
-        <x:v>619</x:v>
+        <x:v>652</x:v>
       </x:c>
       <x:c r="C468" s="15" t="n">
-        <x:v>41244</x:v>
+        <x:v>39092</x:v>
       </x:c>
       <x:c r="D468" s="15" t="s"/>
-      <x:c r="E468" s="14" t="s"/>
+      <x:c r="E468" s="14" t="s">
+        <x:v>53</x:v>
+      </x:c>
       <x:c r="F468" s="14" t="s"/>
       <x:c r="G468" s="14" t="s">
-        <x:v>620</x:v>
+        <x:v>110</x:v>
       </x:c>
       <x:c r="H468" s="14" t="s"/>
       <x:c r="I468" s="16" t="s">
-        <x:v>621</x:v>
+        <x:v>111</x:v>
       </x:c>
       <x:c r="J468" s="14" t="s">
-        <x:v>57</x:v>
+        <x:v>97</x:v>
       </x:c>
       <x:c r="K468" s="14" t="s">
-        <x:v>25</x:v>
+        <x:v>58</x:v>
       </x:c>
       <x:c r="L468" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M468" s="14" t="s">
-        <x:v>27</x:v>
+        <x:v>73</x:v>
       </x:c>
       <x:c r="N468" s="15" t="n">
-        <x:v>46003</x:v>
+        <x:v>46081</x:v>
       </x:c>
       <x:c r="O468" s="14" t="s">
-        <x:v>74</x:v>
+        <x:v>59</x:v>
       </x:c>
       <x:c r="P468" s="14" t="s">
-        <x:v>620</x:v>
+        <x:v>110</x:v>
       </x:c>
       <x:c r="Q468" s="16" t="s">
-        <x:v>621</x:v>
+        <x:v>111</x:v>
       </x:c>
       <x:c r="R468" s="14" t="s">
-        <x:v>758</x:v>
+        <x:v>112</x:v>
       </x:c>
       <x:c r="S468" s="14" t="n">
-        <x:v>616015</x:v>
+        <x:v>549712</x:v>
       </x:c>
       <x:c r="T468" s="16" t="s">
-        <x:v>30</x:v>
+        <x:v>285</x:v>
       </x:c>
       <x:c r="U468" s="16" t="s">
-        <x:v>93</x:v>
+        <x:v>284</x:v>
       </x:c>
     </x:row>
     <x:row r="469" spans="1:21">
       <x:c r="A469" s="1" t="s">
-        <x:v>32</x:v>
+        <x:v>51</x:v>
       </x:c>
       <x:c r="B469" s="0" t="s">
-        <x:v>384</x:v>
-[...1 lines deleted...]
-      <x:c r="C469" s="3" t="s"/>
+        <x:v>567</x:v>
+      </x:c>
+      <x:c r="C469" s="3" t="n">
+        <x:v>35541</x:v>
+      </x:c>
       <x:c r="D469" s="3" t="s"/>
+      <x:c r="E469" s="0" t="s">
+        <x:v>53</x:v>
+      </x:c>
       <x:c r="G469" s="0" t="s">
-        <x:v>125</x:v>
-[...2 lines deleted...]
-        <x:v>126</x:v>
+        <x:v>107</x:v>
       </x:c>
       <x:c r="I469" s="4" t="s">
-        <x:v>127</x:v>
+        <x:v>90</x:v>
+      </x:c>
+      <x:c r="J469" s="0" t="s">
+        <x:v>57</x:v>
       </x:c>
       <x:c r="K469" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="L469" s="0" t="s">
-        <x:v>45</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="M469" s="0" t="s">
-        <x:v>27</x:v>
+        <x:v>73</x:v>
       </x:c>
       <x:c r="N469" s="3" t="n">
-        <x:v>46072</x:v>
+        <x:v>44527</x:v>
       </x:c>
       <x:c r="O469" s="0" t="s">
-        <x:v>28</x:v>
+        <x:v>279</x:v>
       </x:c>
       <x:c r="P469" s="0" t="s">
-        <x:v>125</x:v>
+        <x:v>107</x:v>
       </x:c>
       <x:c r="Q469" s="4" t="s">
-        <x:v>127</x:v>
+        <x:v>90</x:v>
       </x:c>
       <x:c r="R469" s="0" t="s">
         <x:v>92</x:v>
       </x:c>
       <x:c r="S469" s="0" t="n">
-        <x:v>624485</x:v>
+        <x:v>549727</x:v>
       </x:c>
       <x:c r="T469" s="4" t="s">
-        <x:v>306</x:v>
+        <x:v>283</x:v>
       </x:c>
       <x:c r="U469" s="4" t="s">
-        <x:v>50</x:v>
+        <x:v>284</x:v>
       </x:c>
     </x:row>
     <x:row r="470" spans="1:21">
       <x:c r="A470" s="13" t="s">
-        <x:v>32</x:v>
+        <x:v>51</x:v>
       </x:c>
       <x:c r="B470" s="14" t="s">
-        <x:v>624</x:v>
-[...1 lines deleted...]
-      <x:c r="C470" s="15" t="s"/>
+        <x:v>550</x:v>
+      </x:c>
+      <x:c r="C470" s="15" t="n">
+        <x:v>39855</x:v>
+      </x:c>
       <x:c r="D470" s="15" t="s"/>
-      <x:c r="E470" s="14" t="s"/>
+      <x:c r="E470" s="14" t="s">
+        <x:v>53</x:v>
+      </x:c>
       <x:c r="F470" s="14" t="s"/>
       <x:c r="G470" s="14" t="s">
-        <x:v>138</x:v>
+        <x:v>235</x:v>
       </x:c>
       <x:c r="H470" s="14" t="s"/>
       <x:c r="I470" s="16" t="s">
-        <x:v>139</x:v>
-[...1 lines deleted...]
-      <x:c r="J470" s="14" t="s"/>
+        <x:v>236</x:v>
+      </x:c>
+      <x:c r="J470" s="14" t="s">
+        <x:v>97</x:v>
+      </x:c>
       <x:c r="K470" s="14" t="s">
-        <x:v>44</x:v>
+        <x:v>58</x:v>
       </x:c>
       <x:c r="L470" s="14" t="s">
-        <x:v>45</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="M470" s="14" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="N470" s="15" t="n">
-        <x:v>71132</x:v>
+        <x:v>46003</x:v>
       </x:c>
       <x:c r="O470" s="14" t="s">
-        <x:v>264</x:v>
+        <x:v>74</x:v>
       </x:c>
       <x:c r="P470" s="14" t="s">
-        <x:v>138</x:v>
+        <x:v>305</x:v>
       </x:c>
       <x:c r="Q470" s="16" t="s">
-        <x:v>139</x:v>
+        <x:v>90</x:v>
       </x:c>
       <x:c r="R470" s="14" t="s">
-        <x:v>112</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="S470" s="14" t="n">
-        <x:v>612469</x:v>
+        <x:v>579363</x:v>
       </x:c>
       <x:c r="T470" s="16" t="s">
-        <x:v>406</x:v>
+        <x:v>306</x:v>
       </x:c>
       <x:c r="U470" s="16" t="s">
-        <x:v>50</x:v>
+        <x:v>307</x:v>
       </x:c>
     </x:row>
     <x:row r="471" spans="1:21">
       <x:c r="A471" s="1" t="s">
-        <x:v>32</x:v>
+        <x:v>51</x:v>
       </x:c>
       <x:c r="B471" s="0" t="s">
-        <x:v>226</x:v>
-[...1 lines deleted...]
-      <x:c r="C471" s="3" t="s"/>
+        <x:v>142</x:v>
+      </x:c>
+      <x:c r="C471" s="3" t="n">
+        <x:v>34403</x:v>
+      </x:c>
       <x:c r="D471" s="3" t="s"/>
+      <x:c r="E471" s="0" t="s">
+        <x:v>53</x:v>
+      </x:c>
       <x:c r="G471" s="0" t="s">
-        <x:v>227</x:v>
+        <x:v>143</x:v>
       </x:c>
       <x:c r="I471" s="4" t="s">
-        <x:v>228</x:v>
+        <x:v>90</x:v>
+      </x:c>
+      <x:c r="J471" s="0" t="s">
+        <x:v>97</x:v>
       </x:c>
       <x:c r="K471" s="0" t="s">
-        <x:v>44</x:v>
+        <x:v>58</x:v>
       </x:c>
       <x:c r="L471" s="0" t="s">
-        <x:v>45</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="M471" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N471" s="3" t="n">
-        <x:v>71140</x:v>
+        <x:v>46347</x:v>
       </x:c>
       <x:c r="O471" s="0" t="s">
-        <x:v>229</x:v>
+        <x:v>551</x:v>
       </x:c>
       <x:c r="P471" s="0" t="s">
-        <x:v>762</x:v>
+        <x:v>143</x:v>
       </x:c>
       <x:c r="Q471" s="4" t="s">
-        <x:v>96</x:v>
+        <x:v>90</x:v>
       </x:c>
       <x:c r="R471" s="0" t="s">
-        <x:v>69</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="S471" s="0" t="n">
-        <x:v>505743</x:v>
+        <x:v>554132</x:v>
       </x:c>
       <x:c r="T471" s="4" t="s">
-        <x:v>233</x:v>
+        <x:v>261</x:v>
       </x:c>
       <x:c r="U471" s="4" t="s">
-        <x:v>50</x:v>
+        <x:v>247</x:v>
       </x:c>
     </x:row>
     <x:row r="472" spans="1:21">
       <x:c r="A472" s="13" t="s">
-        <x:v>32</x:v>
+        <x:v>51</x:v>
       </x:c>
       <x:c r="B472" s="14" t="s">
-        <x:v>167</x:v>
-[...1 lines deleted...]
-      <x:c r="C472" s="15" t="s"/>
+        <x:v>441</x:v>
+      </x:c>
+      <x:c r="C472" s="15" t="n">
+        <x:v>38143</x:v>
+      </x:c>
       <x:c r="D472" s="15" t="s"/>
-      <x:c r="E472" s="14" t="s"/>
+      <x:c r="E472" s="14" t="s">
+        <x:v>53</x:v>
+      </x:c>
       <x:c r="F472" s="14" t="s"/>
       <x:c r="G472" s="14" t="s">
-        <x:v>168</x:v>
+        <x:v>143</x:v>
       </x:c>
       <x:c r="H472" s="14" t="s"/>
       <x:c r="I472" s="16" t="s">
-        <x:v>169</x:v>
-[...1 lines deleted...]
-      <x:c r="J472" s="14" t="s"/>
+        <x:v>90</x:v>
+      </x:c>
+      <x:c r="J472" s="14" t="s">
+        <x:v>57</x:v>
+      </x:c>
       <x:c r="K472" s="14" t="s">
-        <x:v>44</x:v>
+        <x:v>58</x:v>
       </x:c>
       <x:c r="L472" s="14" t="s">
-        <x:v>45</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="M472" s="14" t="s">
-        <x:v>73</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="N472" s="15" t="n">
-        <x:v>70312</x:v>
+        <x:v>46003</x:v>
       </x:c>
       <x:c r="O472" s="14" t="s">
-        <x:v>170</x:v>
+        <x:v>74</x:v>
       </x:c>
       <x:c r="P472" s="14" t="s">
-        <x:v>168</x:v>
+        <x:v>143</x:v>
       </x:c>
       <x:c r="Q472" s="16" t="s">
-        <x:v>169</x:v>
+        <x:v>90</x:v>
       </x:c>
       <x:c r="R472" s="14" t="s">
-        <x:v>375</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="S472" s="14" t="n">
-        <x:v>616593</x:v>
+        <x:v>554142</x:v>
       </x:c>
       <x:c r="T472" s="16" t="s">
-        <x:v>172</x:v>
+        <x:v>261</x:v>
       </x:c>
       <x:c r="U472" s="16" t="s">
-        <x:v>173</x:v>
+        <x:v>247</x:v>
       </x:c>
     </x:row>
     <x:row r="473" spans="1:21">
       <x:c r="A473" s="1" t="s">
-        <x:v>32</x:v>
+        <x:v>51</x:v>
       </x:c>
       <x:c r="B473" s="0" t="s">
-        <x:v>167</x:v>
-[...1 lines deleted...]
-      <x:c r="C473" s="3" t="s"/>
+        <x:v>241</x:v>
+      </x:c>
+      <x:c r="C473" s="3" t="n">
+        <x:v>40602</x:v>
+      </x:c>
       <x:c r="D473" s="3" t="s"/>
+      <x:c r="E473" s="0" t="s">
+        <x:v>53</x:v>
+      </x:c>
       <x:c r="G473" s="0" t="s">
-        <x:v>168</x:v>
+        <x:v>242</x:v>
+      </x:c>
+      <x:c r="H473" s="0" t="s">
+        <x:v>243</x:v>
       </x:c>
       <x:c r="I473" s="4" t="s">
-        <x:v>169</x:v>
+        <x:v>244</x:v>
+      </x:c>
+      <x:c r="J473" s="0" t="s">
+        <x:v>97</x:v>
       </x:c>
       <x:c r="K473" s="0" t="s">
-        <x:v>44</x:v>
+        <x:v>58</x:v>
       </x:c>
       <x:c r="L473" s="0" t="s">
-        <x:v>45</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="M473" s="0" t="s">
-        <x:v>73</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="N473" s="3" t="n">
-        <x:v>70312</x:v>
+        <x:v>32025</x:v>
       </x:c>
       <x:c r="O473" s="0" t="s">
-        <x:v>170</x:v>
+        <x:v>245</x:v>
       </x:c>
       <x:c r="P473" s="0" t="s">
-        <x:v>168</x:v>
+        <x:v>246</x:v>
       </x:c>
       <x:c r="Q473" s="4" t="s">
-        <x:v>169</x:v>
+        <x:v>96</x:v>
       </x:c>
       <x:c r="R473" s="0" t="s">
-        <x:v>814</x:v>
+        <x:v>69</x:v>
       </x:c>
       <x:c r="S473" s="0" t="n">
-        <x:v>616596</x:v>
+        <x:v>590825</x:v>
       </x:c>
       <x:c r="T473" s="4" t="s">
-        <x:v>172</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="U473" s="4" t="s">
-        <x:v>173</x:v>
+        <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="474" spans="1:21">
       <x:c r="A474" s="13" t="s">
-        <x:v>32</x:v>
+        <x:v>51</x:v>
       </x:c>
       <x:c r="B474" s="14" t="s">
-        <x:v>167</x:v>
-[...1 lines deleted...]
-      <x:c r="C474" s="15" t="s"/>
+        <x:v>342</x:v>
+      </x:c>
+      <x:c r="C474" s="15" t="n">
+        <x:v>39532</x:v>
+      </x:c>
       <x:c r="D474" s="15" t="s"/>
-      <x:c r="E474" s="14" t="s"/>
+      <x:c r="E474" s="14" t="s">
+        <x:v>53</x:v>
+      </x:c>
       <x:c r="F474" s="14" t="s"/>
       <x:c r="G474" s="14" t="s">
-        <x:v>168</x:v>
+        <x:v>554</x:v>
       </x:c>
       <x:c r="H474" s="14" t="s"/>
       <x:c r="I474" s="16" t="s">
-        <x:v>169</x:v>
-[...1 lines deleted...]
-      <x:c r="J474" s="14" t="s"/>
+        <x:v>555</x:v>
+      </x:c>
+      <x:c r="J474" s="14" t="s">
+        <x:v>237</x:v>
+      </x:c>
       <x:c r="K474" s="14" t="s">
-        <x:v>44</x:v>
+        <x:v>58</x:v>
       </x:c>
       <x:c r="L474" s="14" t="s">
-        <x:v>45</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="M474" s="14" t="s">
-        <x:v>73</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="N474" s="15" t="n">
-        <x:v>70312</x:v>
+        <x:v>46003</x:v>
       </x:c>
       <x:c r="O474" s="14" t="s">
-        <x:v>170</x:v>
+        <x:v>74</x:v>
       </x:c>
       <x:c r="P474" s="14" t="s">
-        <x:v>168</x:v>
+        <x:v>554</x:v>
       </x:c>
       <x:c r="Q474" s="16" t="s">
-        <x:v>169</x:v>
+        <x:v>555</x:v>
       </x:c>
       <x:c r="R474" s="14" t="s">
-        <x:v>92</x:v>
+        <x:v>556</x:v>
       </x:c>
       <x:c r="S474" s="14" t="n">
-        <x:v>616636</x:v>
+        <x:v>565677</x:v>
       </x:c>
       <x:c r="T474" s="16" t="s">
-        <x:v>172</x:v>
+        <x:v>808</x:v>
       </x:c>
       <x:c r="U474" s="16" t="s">
-        <x:v>173</x:v>
+        <x:v>564</x:v>
       </x:c>
     </x:row>
     <x:row r="475" spans="1:21">
       <x:c r="A475" s="1" t="s">
-        <x:v>32</x:v>
+        <x:v>51</x:v>
       </x:c>
       <x:c r="B475" s="0" t="s">
-        <x:v>167</x:v>
-[...1 lines deleted...]
-      <x:c r="C475" s="3" t="s"/>
+        <x:v>260</x:v>
+      </x:c>
+      <x:c r="C475" s="3" t="n">
+        <x:v>39240</x:v>
+      </x:c>
       <x:c r="D475" s="3" t="s"/>
+      <x:c r="E475" s="0" t="s">
+        <x:v>53</x:v>
+      </x:c>
       <x:c r="G475" s="0" t="s">
-        <x:v>168</x:v>
+        <x:v>143</x:v>
       </x:c>
       <x:c r="I475" s="4" t="s">
-        <x:v>169</x:v>
+        <x:v>90</x:v>
+      </x:c>
+      <x:c r="J475" s="0" t="s">
+        <x:v>57</x:v>
       </x:c>
       <x:c r="K475" s="0" t="s">
-        <x:v>44</x:v>
+        <x:v>58</x:v>
       </x:c>
       <x:c r="L475" s="0" t="s">
-        <x:v>45</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="M475" s="0" t="s">
-        <x:v>73</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="N475" s="3" t="n">
-        <x:v>70312</x:v>
+        <x:v>31090</x:v>
       </x:c>
       <x:c r="O475" s="0" t="s">
-        <x:v>170</x:v>
+        <x:v>47</x:v>
       </x:c>
       <x:c r="P475" s="0" t="s">
-        <x:v>168</x:v>
+        <x:v>143</x:v>
       </x:c>
       <x:c r="Q475" s="4" t="s">
-        <x:v>169</x:v>
+        <x:v>90</x:v>
       </x:c>
       <x:c r="R475" s="0" t="s">
-        <x:v>344</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="S475" s="0" t="n">
-        <x:v>616654</x:v>
+        <x:v>601653</x:v>
       </x:c>
       <x:c r="T475" s="4" t="s">
-        <x:v>172</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="U475" s="4" t="s">
-        <x:v>173</x:v>
+        <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="476" spans="1:21">
       <x:c r="A476" s="13" t="s">
-        <x:v>32</x:v>
+        <x:v>51</x:v>
       </x:c>
       <x:c r="B476" s="14" t="s">
-        <x:v>167</x:v>
-[...1 lines deleted...]
-      <x:c r="C476" s="15" t="s"/>
+        <x:v>103</x:v>
+      </x:c>
+      <x:c r="C476" s="15" t="n">
+        <x:v>37662</x:v>
+      </x:c>
       <x:c r="D476" s="15" t="s"/>
-      <x:c r="E476" s="14" t="s"/>
+      <x:c r="E476" s="14" t="s">
+        <x:v>53</x:v>
+      </x:c>
       <x:c r="F476" s="14" t="s"/>
       <x:c r="G476" s="14" t="s">
-        <x:v>168</x:v>
+        <x:v>143</x:v>
       </x:c>
       <x:c r="H476" s="14" t="s"/>
       <x:c r="I476" s="16" t="s">
-        <x:v>169</x:v>
-[...1 lines deleted...]
-      <x:c r="J476" s="14" t="s"/>
+        <x:v>90</x:v>
+      </x:c>
+      <x:c r="J476" s="14" t="s">
+        <x:v>57</x:v>
+      </x:c>
       <x:c r="K476" s="14" t="s">
-        <x:v>44</x:v>
+        <x:v>58</x:v>
       </x:c>
       <x:c r="L476" s="14" t="s">
-        <x:v>45</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="M476" s="14" t="s">
-        <x:v>73</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="N476" s="15" t="n">
-        <x:v>70312</x:v>
+        <x:v>34074</x:v>
       </x:c>
       <x:c r="O476" s="14" t="s">
-        <x:v>170</x:v>
+        <x:v>91</x:v>
       </x:c>
       <x:c r="P476" s="14" t="s">
-        <x:v>168</x:v>
+        <x:v>143</x:v>
       </x:c>
       <x:c r="Q476" s="16" t="s">
-        <x:v>169</x:v>
+        <x:v>90</x:v>
       </x:c>
       <x:c r="R476" s="14" t="s">
-        <x:v>524</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="S476" s="14" t="n">
-        <x:v>616656</x:v>
+        <x:v>601661</x:v>
       </x:c>
       <x:c r="T476" s="16" t="s">
-        <x:v>172</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="U476" s="16" t="s">
-        <x:v>173</x:v>
+        <x:v>99</x:v>
       </x:c>
     </x:row>
     <x:row r="477" spans="1:21">
       <x:c r="A477" s="1" t="s">
-        <x:v>32</x:v>
+        <x:v>51</x:v>
       </x:c>
       <x:c r="B477" s="0" t="s">
-        <x:v>167</x:v>
-[...1 lines deleted...]
-      <x:c r="C477" s="3" t="s"/>
+        <x:v>441</x:v>
+      </x:c>
+      <x:c r="C477" s="3" t="n">
+        <x:v>38143</x:v>
+      </x:c>
       <x:c r="D477" s="3" t="s"/>
+      <x:c r="E477" s="0" t="s">
+        <x:v>53</x:v>
+      </x:c>
       <x:c r="G477" s="0" t="s">
-        <x:v>168</x:v>
+        <x:v>143</x:v>
       </x:c>
       <x:c r="I477" s="4" t="s">
-        <x:v>169</x:v>
+        <x:v>90</x:v>
+      </x:c>
+      <x:c r="J477" s="0" t="s">
+        <x:v>57</x:v>
       </x:c>
       <x:c r="K477" s="0" t="s">
-        <x:v>44</x:v>
+        <x:v>58</x:v>
       </x:c>
       <x:c r="L477" s="0" t="s">
-        <x:v>45</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="M477" s="0" t="s">
-        <x:v>73</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="N477" s="3" t="n">
-        <x:v>70312</x:v>
+        <x:v>46003</x:v>
       </x:c>
       <x:c r="O477" s="0" t="s">
-        <x:v>170</x:v>
+        <x:v>74</x:v>
       </x:c>
       <x:c r="P477" s="0" t="s">
-        <x:v>168</x:v>
+        <x:v>143</x:v>
       </x:c>
       <x:c r="Q477" s="4" t="s">
-        <x:v>169</x:v>
+        <x:v>90</x:v>
       </x:c>
       <x:c r="R477" s="0" t="s">
-        <x:v>815</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="S477" s="0" t="n">
-        <x:v>616657</x:v>
+        <x:v>601665</x:v>
       </x:c>
       <x:c r="T477" s="4" t="s">
-        <x:v>172</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="U477" s="4" t="s">
-        <x:v>173</x:v>
+        <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="478" spans="1:21">
       <x:c r="A478" s="13" t="s">
-        <x:v>32</x:v>
+        <x:v>51</x:v>
       </x:c>
       <x:c r="B478" s="14" t="s">
-        <x:v>167</x:v>
-[...1 lines deleted...]
-      <x:c r="C478" s="15" t="s"/>
+        <x:v>260</x:v>
+      </x:c>
+      <x:c r="C478" s="15" t="n">
+        <x:v>39240</x:v>
+      </x:c>
       <x:c r="D478" s="15" t="s"/>
-      <x:c r="E478" s="14" t="s"/>
+      <x:c r="E478" s="14" t="s">
+        <x:v>53</x:v>
+      </x:c>
       <x:c r="F478" s="14" t="s"/>
       <x:c r="G478" s="14" t="s">
-        <x:v>168</x:v>
+        <x:v>104</x:v>
       </x:c>
       <x:c r="H478" s="14" t="s"/>
       <x:c r="I478" s="16" t="s">
-        <x:v>169</x:v>
-[...1 lines deleted...]
-      <x:c r="J478" s="14" t="s"/>
+        <x:v>67</x:v>
+      </x:c>
+      <x:c r="J478" s="14" t="s">
+        <x:v>57</x:v>
+      </x:c>
       <x:c r="K478" s="14" t="s">
-        <x:v>44</x:v>
+        <x:v>58</x:v>
       </x:c>
       <x:c r="L478" s="14" t="s">
-        <x:v>45</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="M478" s="14" t="s">
-        <x:v>73</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="N478" s="15" t="n">
-        <x:v>70312</x:v>
+        <x:v>31090</x:v>
       </x:c>
       <x:c r="O478" s="14" t="s">
-        <x:v>170</x:v>
+        <x:v>47</x:v>
       </x:c>
       <x:c r="P478" s="14" t="s">
-        <x:v>168</x:v>
+        <x:v>104</x:v>
       </x:c>
       <x:c r="Q478" s="16" t="s">
-        <x:v>169</x:v>
+        <x:v>67</x:v>
       </x:c>
       <x:c r="R478" s="14" t="s">
-        <x:v>536</x:v>
+        <x:v>69</x:v>
       </x:c>
       <x:c r="S478" s="14" t="n">
-        <x:v>616670</x:v>
+        <x:v>601675</x:v>
       </x:c>
       <x:c r="T478" s="16" t="s">
-        <x:v>172</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="U478" s="16" t="s">
-        <x:v>173</x:v>
+        <x:v>99</x:v>
       </x:c>
     </x:row>
     <x:row r="479" spans="1:21">
       <x:c r="A479" s="1" t="s">
-        <x:v>32</x:v>
+        <x:v>51</x:v>
       </x:c>
       <x:c r="B479" s="0" t="s">
-        <x:v>633</x:v>
-[...1 lines deleted...]
-      <x:c r="C479" s="3" t="s"/>
+        <x:v>325</x:v>
+      </x:c>
+      <x:c r="C479" s="3" t="n">
+        <x:v>39764</x:v>
+      </x:c>
       <x:c r="D479" s="3" t="s"/>
       <x:c r="E479" s="0" t="s">
-        <x:v>634</x:v>
-[...2 lines deleted...]
-        <x:v>635</x:v>
+        <x:v>53</x:v>
       </x:c>
       <x:c r="G479" s="0" t="s">
-        <x:v>636</x:v>
-[...2 lines deleted...]
-        <x:v>637</x:v>
+        <x:v>104</x:v>
       </x:c>
       <x:c r="I479" s="4" t="s">
-        <x:v>638</x:v>
+        <x:v>67</x:v>
+      </x:c>
+      <x:c r="J479" s="0" t="s">
+        <x:v>57</x:v>
       </x:c>
       <x:c r="K479" s="0" t="s">
-        <x:v>36</x:v>
+        <x:v>58</x:v>
       </x:c>
       <x:c r="L479" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M479" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N479" s="3" t="n">
-        <x:v>31090</x:v>
+        <x:v>46003</x:v>
       </x:c>
       <x:c r="O479" s="0" t="s">
-        <x:v>47</x:v>
+        <x:v>74</x:v>
       </x:c>
       <x:c r="P479" s="0" t="s">
-        <x:v>639</x:v>
+        <x:v>104</x:v>
       </x:c>
       <x:c r="Q479" s="4" t="s">
-        <x:v>640</x:v>
+        <x:v>67</x:v>
       </x:c>
       <x:c r="R479" s="0" t="s">
-        <x:v>816</x:v>
+        <x:v>69</x:v>
       </x:c>
       <x:c r="S479" s="0" t="n">
-        <x:v>583932</x:v>
+        <x:v>601679</x:v>
       </x:c>
       <x:c r="T479" s="4" t="s">
-        <x:v>642</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="U479" s="4" t="s">
-        <x:v>250</x:v>
+        <x:v>93</x:v>
       </x:c>
     </x:row>
     <x:row r="480" spans="1:21">
       <x:c r="A480" s="13" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="B480" s="14" t="s">
-        <x:v>103</x:v>
+        <x:v>427</x:v>
       </x:c>
       <x:c r="C480" s="15" t="n">
-        <x:v>34814</x:v>
+        <x:v>38018</x:v>
       </x:c>
       <x:c r="D480" s="15" t="s"/>
       <x:c r="E480" s="14" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="F480" s="14" t="s"/>
       <x:c r="G480" s="14" t="s">
         <x:v>118</x:v>
       </x:c>
       <x:c r="H480" s="14" t="s"/>
       <x:c r="I480" s="16" t="s">
         <x:v>119</x:v>
       </x:c>
       <x:c r="J480" s="14" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="K480" s="14" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="L480" s="14" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="M480" s="14" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="N480" s="15" t="n">
-        <x:v>31090</x:v>
+        <x:v>31054</x:v>
       </x:c>
       <x:c r="O480" s="14" t="s">
-        <x:v>47</x:v>
+        <x:v>430</x:v>
       </x:c>
       <x:c r="P480" s="14" t="s">
         <x:v>118</x:v>
       </x:c>
       <x:c r="Q480" s="16" t="s">
         <x:v>119</x:v>
       </x:c>
       <x:c r="R480" s="14" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="S480" s="14" t="n">
-        <x:v>553366</x:v>
+        <x:v>608948</x:v>
       </x:c>
       <x:c r="T480" s="16" t="s">
-        <x:v>86</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="U480" s="16" t="s">
-        <x:v>123</x:v>
+        <x:v>50</x:v>
       </x:c>
     </x:row>
     <x:row r="481" spans="1:21">
       <x:c r="A481" s="1" t="s">
-        <x:v>51</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B481" s="0" t="s">
-        <x:v>117</x:v>
+        <x:v>809</x:v>
       </x:c>
       <x:c r="C481" s="3" t="n">
-        <x:v>35634</x:v>
+        <x:v>41546</x:v>
       </x:c>
       <x:c r="D481" s="3" t="s"/>
-      <x:c r="E481" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="G481" s="0" t="s">
-        <x:v>487</x:v>
+        <x:v>268</x:v>
       </x:c>
       <x:c r="I481" s="4" t="s">
-        <x:v>488</x:v>
+        <x:v>269</x:v>
       </x:c>
       <x:c r="J481" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="K481" s="0" t="s">
-        <x:v>58</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="L481" s="0" t="s">
-        <x:v>45</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="M481" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N481" s="3" t="n">
-        <x:v>31090</x:v>
+        <x:v>31018</x:v>
       </x:c>
       <x:c r="O481" s="0" t="s">
-        <x:v>47</x:v>
+        <x:v>440</x:v>
       </x:c>
       <x:c r="P481" s="0" t="s">
-        <x:v>487</x:v>
+        <x:v>271</x:v>
       </x:c>
       <x:c r="Q481" s="4" t="s">
-        <x:v>488</x:v>
+        <x:v>119</x:v>
       </x:c>
       <x:c r="R481" s="0" t="s">
-        <x:v>817</x:v>
+        <x:v>62</x:v>
       </x:c>
       <x:c r="S481" s="0" t="n">
-        <x:v>553774</x:v>
+        <x:v>596792</x:v>
       </x:c>
       <x:c r="T481" s="4" t="s">
-        <x:v>818</x:v>
+        <x:v>30</x:v>
       </x:c>
       <x:c r="U481" s="4" t="s">
-        <x:v>819</x:v>
+        <x:v>93</x:v>
       </x:c>
     </x:row>
     <x:row r="482" spans="1:21">
       <x:c r="A482" s="13" t="s">
-        <x:v>51</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B482" s="14" t="s">
-        <x:v>117</x:v>
+        <x:v>809</x:v>
       </x:c>
       <x:c r="C482" s="15" t="n">
-        <x:v>35634</x:v>
+        <x:v>41546</x:v>
       </x:c>
       <x:c r="D482" s="15" t="s"/>
-      <x:c r="E482" s="14" t="s">
-[...1 lines deleted...]
-      </x:c>
+      <x:c r="E482" s="14" t="s"/>
       <x:c r="F482" s="14" t="s"/>
       <x:c r="G482" s="14" t="s">
-        <x:v>710</x:v>
+        <x:v>268</x:v>
       </x:c>
       <x:c r="H482" s="14" t="s"/>
       <x:c r="I482" s="16" t="s">
-        <x:v>711</x:v>
+        <x:v>269</x:v>
       </x:c>
       <x:c r="J482" s="14" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="K482" s="14" t="s">
-        <x:v>58</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="L482" s="14" t="s">
-        <x:v>45</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="M482" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N482" s="15" t="n">
-        <x:v>31090</x:v>
+        <x:v>31018</x:v>
       </x:c>
       <x:c r="O482" s="14" t="s">
-        <x:v>47</x:v>
+        <x:v>440</x:v>
       </x:c>
       <x:c r="P482" s="14" t="s">
-        <x:v>712</x:v>
+        <x:v>271</x:v>
       </x:c>
       <x:c r="Q482" s="16" t="s">
-        <x:v>713</x:v>
+        <x:v>61</x:v>
       </x:c>
       <x:c r="R482" s="14" t="s">
-        <x:v>714</x:v>
+        <x:v>344</x:v>
       </x:c>
       <x:c r="S482" s="14" t="n">
-        <x:v>599570</x:v>
+        <x:v>596793</x:v>
       </x:c>
       <x:c r="T482" s="16" t="s">
-        <x:v>369</x:v>
+        <x:v>30</x:v>
       </x:c>
       <x:c r="U482" s="16" t="s">
-        <x:v>820</x:v>
+        <x:v>93</x:v>
       </x:c>
     </x:row>
     <x:row r="483" spans="1:21">
       <x:c r="A483" s="1" t="s">
-        <x:v>51</x:v>
+        <x:v>32</x:v>
       </x:c>
       <x:c r="B483" s="0" t="s">
-        <x:v>282</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>386</x:v>
+      </x:c>
+      <x:c r="C483" s="3" t="s"/>
       <x:c r="D483" s="3" t="s"/>
-      <x:c r="E483" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="G483" s="0" t="s">
-        <x:v>110</x:v>
+        <x:v>184</x:v>
       </x:c>
       <x:c r="I483" s="4" t="s">
-        <x:v>111</x:v>
-[...2 lines deleted...]
-        <x:v>57</x:v>
+        <x:v>185</x:v>
       </x:c>
       <x:c r="K483" s="0" t="s">
-        <x:v>58</x:v>
+        <x:v>44</x:v>
       </x:c>
       <x:c r="L483" s="0" t="s">
-        <x:v>26</x:v>
+        <x:v>45</x:v>
       </x:c>
       <x:c r="M483" s="0" t="s">
-        <x:v>73</x:v>
+        <x:v>46</x:v>
       </x:c>
       <x:c r="N483" s="3" t="n">
-        <x:v>44527</x:v>
+        <x:v>46003</x:v>
       </x:c>
       <x:c r="O483" s="0" t="s">
-        <x:v>279</x:v>
+        <x:v>74</x:v>
       </x:c>
       <x:c r="P483" s="0" t="s">
-        <x:v>110</x:v>
+        <x:v>184</x:v>
       </x:c>
       <x:c r="Q483" s="4" t="s">
-        <x:v>111</x:v>
+        <x:v>185</x:v>
       </x:c>
       <x:c r="R483" s="0" t="s">
-        <x:v>112</x:v>
+        <x:v>186</x:v>
       </x:c>
       <x:c r="S483" s="0" t="n">
-        <x:v>549700</x:v>
+        <x:v>580384</x:v>
       </x:c>
       <x:c r="T483" s="4" t="s">
-        <x:v>285</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="U483" s="4" t="s">
-        <x:v>79</x:v>
+        <x:v>50</x:v>
       </x:c>
     </x:row>
     <x:row r="484" spans="1:21">
       <x:c r="A484" s="13" t="s">
-        <x:v>51</x:v>
+        <x:v>32</x:v>
       </x:c>
       <x:c r="B484" s="14" t="s">
-        <x:v>652</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>810</x:v>
+      </x:c>
+      <x:c r="C484" s="15" t="s"/>
       <x:c r="D484" s="15" t="s"/>
-      <x:c r="E484" s="14" t="s">
-[...1 lines deleted...]
-      </x:c>
+      <x:c r="E484" s="14" t="s"/>
       <x:c r="F484" s="14" t="s"/>
       <x:c r="G484" s="14" t="s">
-        <x:v>110</x:v>
+        <x:v>184</x:v>
       </x:c>
       <x:c r="H484" s="14" t="s"/>
       <x:c r="I484" s="16" t="s">
-        <x:v>111</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>185</x:v>
+      </x:c>
+      <x:c r="J484" s="14" t="s"/>
       <x:c r="K484" s="14" t="s">
-        <x:v>58</x:v>
+        <x:v>44</x:v>
       </x:c>
       <x:c r="L484" s="14" t="s">
-        <x:v>26</x:v>
+        <x:v>45</x:v>
       </x:c>
       <x:c r="M484" s="14" t="s">
-        <x:v>73</x:v>
+        <x:v>46</x:v>
       </x:c>
       <x:c r="N484" s="15" t="n">
-        <x:v>46081</x:v>
+        <x:v>31090</x:v>
       </x:c>
       <x:c r="O484" s="14" t="s">
-        <x:v>59</x:v>
+        <x:v>47</x:v>
       </x:c>
       <x:c r="P484" s="14" t="s">
-        <x:v>110</x:v>
+        <x:v>184</x:v>
       </x:c>
       <x:c r="Q484" s="16" t="s">
-        <x:v>111</x:v>
+        <x:v>185</x:v>
       </x:c>
       <x:c r="R484" s="14" t="s">
-        <x:v>112</x:v>
+        <x:v>186</x:v>
       </x:c>
       <x:c r="S484" s="14" t="n">
-        <x:v>549712</x:v>
+        <x:v>614329</x:v>
       </x:c>
       <x:c r="T484" s="16" t="s">
-        <x:v>285</x:v>
+        <x:v>811</x:v>
       </x:c>
       <x:c r="U484" s="16" t="s">
-        <x:v>284</x:v>
+        <x:v>812</x:v>
       </x:c>
     </x:row>
     <x:row r="485" spans="1:21">
       <x:c r="A485" s="1" t="s">
-        <x:v>51</x:v>
+        <x:v>32</x:v>
       </x:c>
       <x:c r="B485" s="0" t="s">
-        <x:v>567</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>813</x:v>
+      </x:c>
+      <x:c r="C485" s="3" t="s"/>
       <x:c r="D485" s="3" t="s"/>
-      <x:c r="E485" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="G485" s="0" t="s">
-        <x:v>107</x:v>
+        <x:v>814</x:v>
       </x:c>
       <x:c r="I485" s="4" t="s">
-        <x:v>90</x:v>
-[...2 lines deleted...]
-        <x:v>57</x:v>
+        <x:v>374</x:v>
       </x:c>
       <x:c r="K485" s="0" t="s">
-        <x:v>58</x:v>
+        <x:v>44</x:v>
       </x:c>
       <x:c r="L485" s="0" t="s">
-        <x:v>26</x:v>
+        <x:v>45</x:v>
       </x:c>
       <x:c r="M485" s="0" t="s">
-        <x:v>73</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="N485" s="3" t="n">
-        <x:v>44527</x:v>
+        <x:v>72743</x:v>
       </x:c>
       <x:c r="O485" s="0" t="s">
-        <x:v>279</x:v>
+        <x:v>815</x:v>
       </x:c>
       <x:c r="P485" s="0" t="s">
-        <x:v>107</x:v>
+        <x:v>814</x:v>
       </x:c>
       <x:c r="Q485" s="4" t="s">
-        <x:v>90</x:v>
+        <x:v>374</x:v>
       </x:c>
       <x:c r="R485" s="0" t="s">
-        <x:v>92</x:v>
+        <x:v>375</x:v>
       </x:c>
       <x:c r="S485" s="0" t="n">
-        <x:v>549727</x:v>
+        <x:v>614356</x:v>
       </x:c>
       <x:c r="T485" s="4" t="s">
-        <x:v>283</x:v>
+        <x:v>816</x:v>
       </x:c>
       <x:c r="U485" s="4" t="s">
-        <x:v>284</x:v>
+        <x:v>50</x:v>
       </x:c>
     </x:row>
     <x:row r="486" spans="1:21">
       <x:c r="A486" s="13" t="s">
-        <x:v>51</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B486" s="14" t="s">
-        <x:v>550</x:v>
+        <x:v>817</x:v>
       </x:c>
       <x:c r="C486" s="15" t="n">
-        <x:v>39855</x:v>
+        <x:v>36940</x:v>
       </x:c>
       <x:c r="D486" s="15" t="s"/>
-      <x:c r="E486" s="14" t="s">
-[...1 lines deleted...]
-      </x:c>
+      <x:c r="E486" s="14" t="s"/>
       <x:c r="F486" s="14" t="s"/>
       <x:c r="G486" s="14" t="s">
-        <x:v>235</x:v>
+        <x:v>498</x:v>
       </x:c>
       <x:c r="H486" s="14" t="s"/>
       <x:c r="I486" s="16" t="s">
-        <x:v>236</x:v>
+        <x:v>499</x:v>
       </x:c>
       <x:c r="J486" s="14" t="s">
-        <x:v>97</x:v>
+        <x:v>57</x:v>
       </x:c>
       <x:c r="K486" s="14" t="s">
-        <x:v>58</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="L486" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M486" s="14" t="s">
-        <x:v>73</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="N486" s="15" t="n">
-        <x:v>46003</x:v>
+        <x:v>46276</x:v>
       </x:c>
       <x:c r="O486" s="14" t="s">
-        <x:v>74</x:v>
+        <x:v>318</x:v>
       </x:c>
       <x:c r="P486" s="14" t="s">
-        <x:v>305</x:v>
+        <x:v>498</x:v>
       </x:c>
       <x:c r="Q486" s="16" t="s">
-        <x:v>90</x:v>
+        <x:v>499</x:v>
       </x:c>
       <x:c r="R486" s="14" t="s">
-        <x:v>92</x:v>
+        <x:v>500</x:v>
       </x:c>
       <x:c r="S486" s="14" t="n">
-        <x:v>579363</x:v>
+        <x:v>595863</x:v>
       </x:c>
       <x:c r="T486" s="16" t="s">
-        <x:v>306</x:v>
+        <x:v>30</x:v>
       </x:c>
       <x:c r="U486" s="16" t="s">
-        <x:v>307</x:v>
+        <x:v>93</x:v>
       </x:c>
     </x:row>
     <x:row r="487" spans="1:21">
       <x:c r="A487" s="1" t="s">
-        <x:v>51</x:v>
+        <x:v>32</x:v>
       </x:c>
       <x:c r="B487" s="0" t="s">
-        <x:v>142</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>469</x:v>
+      </x:c>
+      <x:c r="C487" s="3" t="s"/>
       <x:c r="D487" s="3" t="s"/>
-      <x:c r="E487" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="G487" s="0" t="s">
-        <x:v>143</x:v>
+        <x:v>138</x:v>
       </x:c>
       <x:c r="I487" s="4" t="s">
-        <x:v>90</x:v>
-[...2 lines deleted...]
-        <x:v>97</x:v>
+        <x:v>139</x:v>
       </x:c>
       <x:c r="K487" s="0" t="s">
-        <x:v>58</x:v>
+        <x:v>44</x:v>
       </x:c>
       <x:c r="L487" s="0" t="s">
-        <x:v>26</x:v>
+        <x:v>45</x:v>
       </x:c>
       <x:c r="M487" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N487" s="3" t="n">
-        <x:v>46347</x:v>
+        <x:v>72502</x:v>
       </x:c>
       <x:c r="O487" s="0" t="s">
-        <x:v>551</x:v>
+        <x:v>470</x:v>
       </x:c>
       <x:c r="P487" s="0" t="s">
-        <x:v>143</x:v>
+        <x:v>138</x:v>
       </x:c>
       <x:c r="Q487" s="4" t="s">
-        <x:v>90</x:v>
+        <x:v>139</x:v>
       </x:c>
       <x:c r="R487" s="0" t="s">
-        <x:v>92</x:v>
+        <x:v>365</x:v>
       </x:c>
       <x:c r="S487" s="0" t="n">
-        <x:v>554132</x:v>
+        <x:v>609709</x:v>
       </x:c>
       <x:c r="T487" s="4" t="s">
-        <x:v>261</x:v>
+        <x:v>471</x:v>
       </x:c>
       <x:c r="U487" s="4" t="s">
-        <x:v>247</x:v>
+        <x:v>50</x:v>
       </x:c>
     </x:row>
     <x:row r="488" spans="1:21">
       <x:c r="A488" s="13" t="s">
-        <x:v>51</x:v>
+        <x:v>32</x:v>
       </x:c>
       <x:c r="B488" s="14" t="s">
-        <x:v>441</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>212</x:v>
+      </x:c>
+      <x:c r="C488" s="15" t="s"/>
       <x:c r="D488" s="15" t="s"/>
-      <x:c r="E488" s="14" t="s">
-[...1 lines deleted...]
-      </x:c>
+      <x:c r="E488" s="14" t="s"/>
       <x:c r="F488" s="14" t="s"/>
       <x:c r="G488" s="14" t="s">
-        <x:v>143</x:v>
-[...1 lines deleted...]
-      <x:c r="H488" s="14" t="s"/>
+        <x:v>208</x:v>
+      </x:c>
+      <x:c r="H488" s="14" t="s">
+        <x:v>209</x:v>
+      </x:c>
       <x:c r="I488" s="16" t="s">
-        <x:v>90</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>210</x:v>
+      </x:c>
+      <x:c r="J488" s="14" t="s"/>
       <x:c r="K488" s="14" t="s">
-        <x:v>58</x:v>
+        <x:v>44</x:v>
       </x:c>
       <x:c r="L488" s="14" t="s">
-        <x:v>26</x:v>
+        <x:v>45</x:v>
       </x:c>
       <x:c r="M488" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N488" s="15" t="n">
         <x:v>46003</x:v>
       </x:c>
       <x:c r="O488" s="14" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="P488" s="14" t="s">
-        <x:v>143</x:v>
+        <x:v>208</x:v>
       </x:c>
       <x:c r="Q488" s="16" t="s">
-        <x:v>90</x:v>
+        <x:v>210</x:v>
       </x:c>
       <x:c r="R488" s="14" t="s">
         <x:v>92</x:v>
       </x:c>
       <x:c r="S488" s="14" t="n">
-        <x:v>554142</x:v>
+        <x:v>533683</x:v>
       </x:c>
       <x:c r="T488" s="16" t="s">
-        <x:v>261</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="U488" s="16" t="s">
-        <x:v>247</x:v>
+        <x:v>50</x:v>
       </x:c>
     </x:row>
     <x:row r="489" spans="1:21">
       <x:c r="A489" s="1" t="s">
-        <x:v>51</x:v>
+        <x:v>32</x:v>
       </x:c>
       <x:c r="B489" s="0" t="s">
-        <x:v>241</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>473</x:v>
+      </x:c>
+      <x:c r="C489" s="3" t="s"/>
       <x:c r="D489" s="3" t="s"/>
-      <x:c r="E489" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="G489" s="0" t="s">
-        <x:v>242</x:v>
+        <x:v>208</x:v>
       </x:c>
       <x:c r="H489" s="0" t="s">
-        <x:v>243</x:v>
+        <x:v>209</x:v>
       </x:c>
       <x:c r="I489" s="4" t="s">
-        <x:v>244</x:v>
-[...2 lines deleted...]
-        <x:v>97</x:v>
+        <x:v>210</x:v>
       </x:c>
       <x:c r="K489" s="0" t="s">
-        <x:v>58</x:v>
+        <x:v>44</x:v>
       </x:c>
       <x:c r="L489" s="0" t="s">
-        <x:v>26</x:v>
+        <x:v>45</x:v>
       </x:c>
       <x:c r="M489" s="0" t="s">
-        <x:v>27</x:v>
+        <x:v>46</x:v>
       </x:c>
       <x:c r="N489" s="3" t="n">
-        <x:v>32025</x:v>
+        <x:v>31684</x:v>
       </x:c>
       <x:c r="O489" s="0" t="s">
-        <x:v>245</x:v>
+        <x:v>474</x:v>
       </x:c>
       <x:c r="P489" s="0" t="s">
-        <x:v>246</x:v>
+        <x:v>208</x:v>
       </x:c>
       <x:c r="Q489" s="4" t="s">
-        <x:v>96</x:v>
+        <x:v>210</x:v>
       </x:c>
       <x:c r="R489" s="0" t="s">
-        <x:v>69</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="S489" s="0" t="n">
-        <x:v>590825</x:v>
+        <x:v>533710</x:v>
       </x:c>
       <x:c r="T489" s="4" t="s">
-        <x:v>63</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="U489" s="4" t="s">
-        <x:v>31</x:v>
+        <x:v>50</x:v>
       </x:c>
     </x:row>
     <x:row r="490" spans="1:21">
       <x:c r="A490" s="13" t="s">
-        <x:v>51</x:v>
+        <x:v>32</x:v>
       </x:c>
       <x:c r="B490" s="14" t="s">
-        <x:v>342</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>739</x:v>
+      </x:c>
+      <x:c r="C490" s="15" t="s"/>
       <x:c r="D490" s="15" t="s"/>
-      <x:c r="E490" s="14" t="s">
-[...1 lines deleted...]
-      </x:c>
+      <x:c r="E490" s="14" t="s"/>
       <x:c r="F490" s="14" t="s"/>
       <x:c r="G490" s="14" t="s">
-        <x:v>554</x:v>
+        <x:v>72</x:v>
       </x:c>
       <x:c r="H490" s="14" t="s"/>
       <x:c r="I490" s="16" t="s">
-        <x:v>555</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>35</x:v>
+      </x:c>
+      <x:c r="J490" s="14" t="s"/>
       <x:c r="K490" s="14" t="s">
-        <x:v>58</x:v>
+        <x:v>44</x:v>
       </x:c>
       <x:c r="L490" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M490" s="14" t="s">
-        <x:v>27</x:v>
+        <x:v>73</x:v>
       </x:c>
       <x:c r="N490" s="15" t="n">
-        <x:v>46003</x:v>
+        <x:v>71132</x:v>
       </x:c>
       <x:c r="O490" s="14" t="s">
-        <x:v>74</x:v>
+        <x:v>264</x:v>
       </x:c>
       <x:c r="P490" s="14" t="s">
-        <x:v>554</x:v>
+        <x:v>72</x:v>
       </x:c>
       <x:c r="Q490" s="16" t="s">
-        <x:v>555</x:v>
+        <x:v>35</x:v>
       </x:c>
       <x:c r="R490" s="14" t="s">
-        <x:v>556</x:v>
+        <x:v>38</x:v>
       </x:c>
       <x:c r="S490" s="14" t="n">
-        <x:v>565677</x:v>
+        <x:v>577081</x:v>
       </x:c>
       <x:c r="T490" s="16" t="s">
-        <x:v>821</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="U490" s="16" t="s">
-        <x:v>564</x:v>
+        <x:v>50</x:v>
       </x:c>
     </x:row>
     <x:row r="491" spans="1:21">
       <x:c r="A491" s="1" t="s">
-        <x:v>51</x:v>
+        <x:v>32</x:v>
       </x:c>
       <x:c r="B491" s="0" t="s">
-        <x:v>260</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>818</x:v>
+      </x:c>
+      <x:c r="C491" s="3" t="s"/>
       <x:c r="D491" s="3" t="s"/>
-      <x:c r="E491" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="G491" s="0" t="s">
-        <x:v>143</x:v>
+        <x:v>72</x:v>
       </x:c>
       <x:c r="I491" s="4" t="s">
-        <x:v>90</x:v>
-[...2 lines deleted...]
-        <x:v>57</x:v>
+        <x:v>35</x:v>
       </x:c>
       <x:c r="K491" s="0" t="s">
-        <x:v>58</x:v>
+        <x:v>44</x:v>
       </x:c>
       <x:c r="L491" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M491" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N491" s="3" t="n">
-        <x:v>31090</x:v>
+        <x:v>46264</x:v>
       </x:c>
       <x:c r="O491" s="0" t="s">
-        <x:v>47</x:v>
+        <x:v>166</x:v>
       </x:c>
       <x:c r="P491" s="0" t="s">
-        <x:v>143</x:v>
+        <x:v>72</x:v>
       </x:c>
       <x:c r="Q491" s="4" t="s">
-        <x:v>90</x:v>
+        <x:v>35</x:v>
       </x:c>
       <x:c r="R491" s="0" t="s">
-        <x:v>92</x:v>
+        <x:v>38</x:v>
       </x:c>
       <x:c r="S491" s="0" t="n">
-        <x:v>601653</x:v>
+        <x:v>577110</x:v>
       </x:c>
       <x:c r="T491" s="4" t="s">
-        <x:v>105</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="U491" s="4" t="s">
-        <x:v>31</x:v>
+        <x:v>50</x:v>
       </x:c>
     </x:row>
     <x:row r="492" spans="1:21">
       <x:c r="A492" s="13" t="s">
-        <x:v>51</x:v>
+        <x:v>32</x:v>
       </x:c>
       <x:c r="B492" s="14" t="s">
-        <x:v>103</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>475</x:v>
+      </x:c>
+      <x:c r="C492" s="15" t="s"/>
       <x:c r="D492" s="15" t="s"/>
-      <x:c r="E492" s="14" t="s">
-[...1 lines deleted...]
-      </x:c>
+      <x:c r="E492" s="14" t="s"/>
       <x:c r="F492" s="14" t="s"/>
       <x:c r="G492" s="14" t="s">
-        <x:v>143</x:v>
+        <x:v>214</x:v>
       </x:c>
       <x:c r="H492" s="14" t="s"/>
       <x:c r="I492" s="16" t="s">
-        <x:v>90</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>215</x:v>
+      </x:c>
+      <x:c r="J492" s="14" t="s"/>
       <x:c r="K492" s="14" t="s">
-        <x:v>58</x:v>
+        <x:v>44</x:v>
       </x:c>
       <x:c r="L492" s="14" t="s">
-        <x:v>26</x:v>
+        <x:v>45</x:v>
       </x:c>
       <x:c r="M492" s="14" t="s">
-        <x:v>27</x:v>
+        <x:v>73</x:v>
       </x:c>
       <x:c r="N492" s="15" t="n">
-        <x:v>34074</x:v>
+        <x:v>45098</x:v>
       </x:c>
       <x:c r="O492" s="14" t="s">
-        <x:v>91</x:v>
+        <x:v>476</x:v>
       </x:c>
       <x:c r="P492" s="14" t="s">
-        <x:v>143</x:v>
+        <x:v>214</x:v>
       </x:c>
       <x:c r="Q492" s="16" t="s">
-        <x:v>90</x:v>
+        <x:v>215</x:v>
       </x:c>
       <x:c r="R492" s="14" t="s">
-        <x:v>92</x:v>
+        <x:v>69</x:v>
       </x:c>
       <x:c r="S492" s="14" t="n">
-        <x:v>601661</x:v>
+        <x:v>568773</x:v>
       </x:c>
       <x:c r="T492" s="16" t="s">
-        <x:v>105</x:v>
+        <x:v>477</x:v>
       </x:c>
       <x:c r="U492" s="16" t="s">
-        <x:v>99</x:v>
+        <x:v>87</x:v>
       </x:c>
     </x:row>
     <x:row r="493" spans="1:21">
       <x:c r="A493" s="1" t="s">
-        <x:v>51</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B493" s="0" t="s">
-        <x:v>441</x:v>
+        <x:v>113</x:v>
       </x:c>
       <x:c r="C493" s="3" t="n">
-        <x:v>38143</x:v>
+        <x:v>36943</x:v>
       </x:c>
       <x:c r="D493" s="3" t="s"/>
-      <x:c r="E493" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="G493" s="0" t="s">
-        <x:v>143</x:v>
+        <x:v>291</x:v>
       </x:c>
       <x:c r="I493" s="4" t="s">
-        <x:v>90</x:v>
+        <x:v>292</x:v>
       </x:c>
       <x:c r="J493" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="K493" s="0" t="s">
-        <x:v>58</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="L493" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M493" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N493" s="3" t="n">
-        <x:v>46003</x:v>
+        <x:v>46081</x:v>
       </x:c>
       <x:c r="O493" s="0" t="s">
-        <x:v>74</x:v>
+        <x:v>59</x:v>
       </x:c>
       <x:c r="P493" s="0" t="s">
-        <x:v>143</x:v>
+        <x:v>291</x:v>
       </x:c>
       <x:c r="Q493" s="4" t="s">
-        <x:v>90</x:v>
+        <x:v>292</x:v>
       </x:c>
       <x:c r="R493" s="0" t="s">
-        <x:v>92</x:v>
+        <x:v>294</x:v>
       </x:c>
       <x:c r="S493" s="0" t="n">
-        <x:v>601665</x:v>
+        <x:v>595589</x:v>
       </x:c>
       <x:c r="T493" s="4" t="s">
-        <x:v>105</x:v>
+        <x:v>30</x:v>
       </x:c>
       <x:c r="U493" s="4" t="s">
-        <x:v>31</x:v>
+        <x:v>93</x:v>
       </x:c>
     </x:row>
     <x:row r="494" spans="1:21">
       <x:c r="A494" s="13" t="s">
-        <x:v>51</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B494" s="14" t="s">
-        <x:v>260</x:v>
+        <x:v>510</x:v>
       </x:c>
       <x:c r="C494" s="15" t="n">
-        <x:v>39240</x:v>
+        <x:v>37946</x:v>
       </x:c>
       <x:c r="D494" s="15" t="s"/>
-      <x:c r="E494" s="14" t="s">
-[...1 lines deleted...]
-      </x:c>
+      <x:c r="E494" s="14" t="s"/>
       <x:c r="F494" s="14" t="s"/>
       <x:c r="G494" s="14" t="s">
-        <x:v>104</x:v>
+        <x:v>340</x:v>
       </x:c>
       <x:c r="H494" s="14" t="s"/>
       <x:c r="I494" s="16" t="s">
-        <x:v>67</x:v>
+        <x:v>35</x:v>
       </x:c>
       <x:c r="J494" s="14" t="s">
-        <x:v>57</x:v>
+        <x:v>257</x:v>
       </x:c>
       <x:c r="K494" s="14" t="s">
-        <x:v>58</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="L494" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M494" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N494" s="15" t="n">
-        <x:v>31090</x:v>
+        <x:v>22441</x:v>
       </x:c>
       <x:c r="O494" s="14" t="s">
-        <x:v>47</x:v>
+        <x:v>341</x:v>
       </x:c>
       <x:c r="P494" s="14" t="s">
-        <x:v>104</x:v>
+        <x:v>340</x:v>
       </x:c>
       <x:c r="Q494" s="16" t="s">
-        <x:v>67</x:v>
+        <x:v>35</x:v>
       </x:c>
       <x:c r="R494" s="14" t="s">
-        <x:v>69</x:v>
+        <x:v>38</x:v>
       </x:c>
       <x:c r="S494" s="14" t="n">
-        <x:v>601675</x:v>
+        <x:v>595596</x:v>
       </x:c>
       <x:c r="T494" s="16" t="s">
-        <x:v>105</x:v>
+        <x:v>30</x:v>
       </x:c>
       <x:c r="U494" s="16" t="s">
-        <x:v>99</x:v>
+        <x:v>93</x:v>
       </x:c>
     </x:row>
     <x:row r="495" spans="1:21">
       <x:c r="A495" s="1" t="s">
-        <x:v>51</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B495" s="0" t="s">
-        <x:v>325</x:v>
+        <x:v>514</x:v>
       </x:c>
       <x:c r="C495" s="3" t="n">
-        <x:v>39764</x:v>
+        <x:v>36950</x:v>
       </x:c>
       <x:c r="D495" s="3" t="s"/>
-      <x:c r="E495" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="G495" s="0" t="s">
-        <x:v>104</x:v>
+        <x:v>507</x:v>
       </x:c>
       <x:c r="I495" s="4" t="s">
-        <x:v>67</x:v>
+        <x:v>508</x:v>
       </x:c>
       <x:c r="J495" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="K495" s="0" t="s">
-        <x:v>58</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="L495" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M495" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N495" s="3" t="n">
-        <x:v>46003</x:v>
+        <x:v>45027</x:v>
       </x:c>
       <x:c r="O495" s="0" t="s">
-        <x:v>74</x:v>
+        <x:v>297</x:v>
       </x:c>
       <x:c r="P495" s="0" t="s">
-        <x:v>104</x:v>
+        <x:v>507</x:v>
       </x:c>
       <x:c r="Q495" s="4" t="s">
-        <x:v>67</x:v>
+        <x:v>508</x:v>
       </x:c>
       <x:c r="R495" s="0" t="s">
-        <x:v>69</x:v>
+        <x:v>509</x:v>
       </x:c>
       <x:c r="S495" s="0" t="n">
-        <x:v>601679</x:v>
+        <x:v>595600</x:v>
       </x:c>
       <x:c r="T495" s="4" t="s">
-        <x:v>105</x:v>
+        <x:v>30</x:v>
       </x:c>
       <x:c r="U495" s="4" t="s">
         <x:v>93</x:v>
       </x:c>
     </x:row>
     <x:row r="496" spans="1:21">
       <x:c r="A496" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B496" s="14" t="s">
         <x:v>347</x:v>
       </x:c>
       <x:c r="C496" s="15" t="n">
         <x:v>40465</x:v>
       </x:c>
       <x:c r="D496" s="15" t="s"/>
       <x:c r="E496" s="14" t="s"/>
       <x:c r="F496" s="14" t="s"/>
       <x:c r="G496" s="14" t="s">
         <x:v>755</x:v>
       </x:c>
       <x:c r="H496" s="14" t="s"/>
       <x:c r="I496" s="16" t="s">
         <x:v>756</x:v>
       </x:c>
@@ -30444,51 +30429,51 @@
       </x:c>
       <x:c r="P496" s="14" t="s">
         <x:v>755</x:v>
       </x:c>
       <x:c r="Q496" s="16" t="s">
         <x:v>756</x:v>
       </x:c>
       <x:c r="R496" s="14" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="S496" s="14" t="n">
         <x:v>592797</x:v>
       </x:c>
       <x:c r="T496" s="16" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="U496" s="16" t="s">
         <x:v>99</x:v>
       </x:c>
     </x:row>
     <x:row r="497" spans="1:21">
       <x:c r="A497" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B497" s="0" t="s">
-        <x:v>822</x:v>
+        <x:v>819</x:v>
       </x:c>
       <x:c r="C497" s="3" t="s"/>
       <x:c r="D497" s="3" t="s"/>
       <x:c r="G497" s="0" t="s">
         <x:v>505</x:v>
       </x:c>
       <x:c r="I497" s="4" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="K497" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L497" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M497" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N497" s="3" t="n">
         <x:v>46081</x:v>
       </x:c>
       <x:c r="O497" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="P497" s="0" t="s">
@@ -30538,255 +30523,264 @@
       <x:c r="M498" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N498" s="15" t="n">
         <x:v>46327</x:v>
       </x:c>
       <x:c r="O498" s="14" t="s">
         <x:v>203</x:v>
       </x:c>
       <x:c r="P498" s="14" t="s">
         <x:v>201</x:v>
       </x:c>
       <x:c r="Q498" s="16" t="s">
         <x:v>202</x:v>
       </x:c>
       <x:c r="R498" s="14" t="s">
         <x:v>204</x:v>
       </x:c>
       <x:c r="S498" s="14" t="n">
         <x:v>600980</x:v>
       </x:c>
       <x:c r="T498" s="16" t="s">
         <x:v>141</x:v>
       </x:c>
       <x:c r="U498" s="16" t="s">
-        <x:v>823</x:v>
+        <x:v>820</x:v>
       </x:c>
     </x:row>
     <x:row r="499" spans="1:21">
       <x:c r="A499" s="1" t="s">
-        <x:v>32</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B499" s="0" t="s">
-        <x:v>416</x:v>
-[...1 lines deleted...]
-      <x:c r="C499" s="3" t="s"/>
+        <x:v>197</x:v>
+      </x:c>
+      <x:c r="C499" s="3" t="n">
+        <x:v>39741</x:v>
+      </x:c>
       <x:c r="D499" s="3" t="s"/>
       <x:c r="G499" s="0" t="s">
-        <x:v>72</x:v>
+        <x:v>821</x:v>
       </x:c>
       <x:c r="I499" s="4" t="s">
-        <x:v>35</x:v>
+        <x:v>24</x:v>
+      </x:c>
+      <x:c r="J499" s="0" t="s">
+        <x:v>57</x:v>
       </x:c>
       <x:c r="K499" s="0" t="s">
-        <x:v>44</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="L499" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M499" s="0" t="s">
-        <x:v>73</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="N499" s="3" t="n">
-        <x:v>46081</x:v>
+        <x:v>46354</x:v>
       </x:c>
       <x:c r="O499" s="0" t="s">
-        <x:v>59</x:v>
+        <x:v>195</x:v>
       </x:c>
       <x:c r="P499" s="0" t="s">
-        <x:v>72</x:v>
+        <x:v>821</x:v>
       </x:c>
       <x:c r="Q499" s="4" t="s">
-        <x:v>35</x:v>
+        <x:v>24</x:v>
       </x:c>
       <x:c r="R499" s="0" t="s">
-        <x:v>38</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="S499" s="0" t="n">
-        <x:v>576556</x:v>
+        <x:v>592277</x:v>
       </x:c>
       <x:c r="T499" s="4" t="s">
-        <x:v>75</x:v>
+        <x:v>30</x:v>
       </x:c>
       <x:c r="U499" s="4" t="s">
-        <x:v>50</x:v>
+        <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="500" spans="1:21">
       <x:c r="A500" s="13" t="s">
-        <x:v>32</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B500" s="14" t="s">
-        <x:v>149</x:v>
-[...1 lines deleted...]
-      <x:c r="C500" s="15" t="s"/>
+        <x:v>822</x:v>
+      </x:c>
+      <x:c r="C500" s="15" t="n">
+        <x:v>39861</x:v>
+      </x:c>
       <x:c r="D500" s="15" t="s"/>
       <x:c r="E500" s="14" t="s"/>
       <x:c r="F500" s="14" t="s"/>
       <x:c r="G500" s="14" t="s">
-        <x:v>72</x:v>
+        <x:v>371</x:v>
       </x:c>
       <x:c r="H500" s="14" t="s"/>
       <x:c r="I500" s="16" t="s">
-        <x:v>35</x:v>
-[...1 lines deleted...]
-      <x:c r="J500" s="14" t="s"/>
+        <x:v>127</x:v>
+      </x:c>
+      <x:c r="J500" s="14" t="s">
+        <x:v>97</x:v>
+      </x:c>
       <x:c r="K500" s="14" t="s">
-        <x:v>44</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="L500" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M500" s="14" t="s">
-        <x:v>73</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="N500" s="15" t="n">
-        <x:v>46072</x:v>
+        <x:v>46264</x:v>
       </x:c>
       <x:c r="O500" s="14" t="s">
-        <x:v>28</x:v>
+        <x:v>166</x:v>
       </x:c>
       <x:c r="P500" s="14" t="s">
-        <x:v>72</x:v>
+        <x:v>371</x:v>
       </x:c>
       <x:c r="Q500" s="16" t="s">
-        <x:v>35</x:v>
+        <x:v>127</x:v>
       </x:c>
       <x:c r="R500" s="14" t="s">
-        <x:v>38</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="S500" s="14" t="n">
-        <x:v>576697</x:v>
+        <x:v>592302</x:v>
       </x:c>
       <x:c r="T500" s="16" t="s">
-        <x:v>75</x:v>
+        <x:v>30</x:v>
       </x:c>
       <x:c r="U500" s="16" t="s">
-        <x:v>50</x:v>
+        <x:v>99</x:v>
       </x:c>
     </x:row>
     <x:row r="501" spans="1:21">
       <x:c r="A501" s="1" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="B501" s="0" t="s">
-        <x:v>149</x:v>
+        <x:v>187</x:v>
       </x:c>
       <x:c r="C501" s="3" t="s"/>
       <x:c r="D501" s="3" t="s"/>
       <x:c r="G501" s="0" t="s">
-        <x:v>72</x:v>
+        <x:v>132</x:v>
       </x:c>
       <x:c r="I501" s="4" t="s">
-        <x:v>35</x:v>
+        <x:v>133</x:v>
       </x:c>
       <x:c r="K501" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="L501" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M501" s="0" t="s">
-        <x:v>73</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="N501" s="3" t="n">
-        <x:v>46072</x:v>
+        <x:v>46081</x:v>
       </x:c>
       <x:c r="O501" s="0" t="s">
-        <x:v>28</x:v>
+        <x:v>59</x:v>
       </x:c>
       <x:c r="P501" s="0" t="s">
-        <x:v>72</x:v>
+        <x:v>132</x:v>
       </x:c>
       <x:c r="Q501" s="4" t="s">
-        <x:v>35</x:v>
+        <x:v>133</x:v>
       </x:c>
       <x:c r="R501" s="0" t="s">
-        <x:v>38</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="S501" s="0" t="n">
-        <x:v>576698</x:v>
+        <x:v>556172</x:v>
       </x:c>
       <x:c r="T501" s="4" t="s">
-        <x:v>369</x:v>
+        <x:v>188</x:v>
       </x:c>
       <x:c r="U501" s="4" t="s">
-        <x:v>705</x:v>
+        <x:v>307</x:v>
       </x:c>
     </x:row>
     <x:row r="502" spans="1:21">
       <x:c r="A502" s="13" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="B502" s="14" t="s">
-        <x:v>149</x:v>
+        <x:v>458</x:v>
       </x:c>
       <x:c r="C502" s="15" t="s"/>
       <x:c r="D502" s="15" t="s"/>
       <x:c r="E502" s="14" t="s"/>
       <x:c r="F502" s="14" t="s"/>
       <x:c r="G502" s="14" t="s">
-        <x:v>72</x:v>
+        <x:v>459</x:v>
       </x:c>
       <x:c r="H502" s="14" t="s"/>
       <x:c r="I502" s="16" t="s">
-        <x:v>35</x:v>
+        <x:v>460</x:v>
       </x:c>
       <x:c r="J502" s="14" t="s"/>
       <x:c r="K502" s="14" t="s">
-        <x:v>44</x:v>
+        <x:v>36</x:v>
       </x:c>
       <x:c r="L502" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M502" s="14" t="s">
-        <x:v>73</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="N502" s="15" t="n">
-        <x:v>46072</x:v>
+        <x:v>46337</x:v>
       </x:c>
       <x:c r="O502" s="14" t="s">
-        <x:v>28</x:v>
+        <x:v>461</x:v>
       </x:c>
       <x:c r="P502" s="14" t="s">
-        <x:v>72</x:v>
+        <x:v>462</x:v>
       </x:c>
       <x:c r="Q502" s="16" t="s">
-        <x:v>35</x:v>
+        <x:v>460</x:v>
       </x:c>
       <x:c r="R502" s="14" t="s">
-        <x:v>38</x:v>
+        <x:v>232</x:v>
       </x:c>
       <x:c r="S502" s="14" t="n">
-        <x:v>576700</x:v>
+        <x:v>615585</x:v>
       </x:c>
       <x:c r="T502" s="16" t="s">
-        <x:v>30</x:v>
+        <x:v>150</x:v>
       </x:c>
       <x:c r="U502" s="16" t="s">
-        <x:v>738</x:v>
+        <x:v>823</x:v>
       </x:c>
     </x:row>
     <x:row r="503" spans="1:21">
       <x:c r="A503" s="1" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="B503" s="0" t="s">
         <x:v>732</x:v>
       </x:c>
       <x:c r="C503" s="3" t="s"/>
       <x:c r="D503" s="3" t="s"/>
       <x:c r="G503" s="0" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="I503" s="4" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="K503" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="L503" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M503" s="0" t="s">
         <x:v>73</x:v>
@@ -31071,663 +31065,662 @@
       </x:c>
       <x:c r="Q508" s="16" t="s">
         <x:v>832</x:v>
       </x:c>
       <x:c r="R508" s="14" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="S508" s="14" t="n">
         <x:v>616374</x:v>
       </x:c>
       <x:c r="T508" s="16" t="s">
         <x:v>833</x:v>
       </x:c>
       <x:c r="U508" s="16" t="s">
         <x:v>385</x:v>
       </x:c>
     </x:row>
     <x:row r="509" spans="1:21">
       <x:c r="A509" s="1" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="B509" s="0" t="s">
         <x:v>834</x:v>
       </x:c>
       <x:c r="C509" s="3" t="n">
-        <x:v>38472</x:v>
+        <x:v>39532</x:v>
       </x:c>
       <x:c r="D509" s="3" t="s"/>
       <x:c r="G509" s="0" t="s">
-        <x:v>759</x:v>
-[...2 lines deleted...]
-        <x:v>760</x:v>
+        <x:v>82</x:v>
       </x:c>
       <x:c r="I509" s="4" t="s">
-        <x:v>90</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="J509" s="0" t="s">
         <x:v>237</x:v>
       </x:c>
       <x:c r="K509" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="L509" s="0" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="M509" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="N509" s="3" t="n">
-        <x:v>34093</x:v>
+        <x:v>46003</x:v>
       </x:c>
       <x:c r="O509" s="0" t="s">
-        <x:v>84</x:v>
+        <x:v>74</x:v>
       </x:c>
       <x:c r="P509" s="0" t="s">
-        <x:v>759</x:v>
+        <x:v>82</x:v>
       </x:c>
       <x:c r="Q509" s="4" t="s">
-        <x:v>90</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="R509" s="0" t="s">
-        <x:v>92</x:v>
+        <x:v>85</x:v>
       </x:c>
       <x:c r="S509" s="0" t="n">
-        <x:v>521657</x:v>
+        <x:v>613735</x:v>
       </x:c>
       <x:c r="T509" s="4" t="s">
-        <x:v>761</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="U509" s="4" t="s">
-        <x:v>50</x:v>
+        <x:v>191</x:v>
       </x:c>
     </x:row>
     <x:row r="510" spans="1:21">
       <x:c r="A510" s="13" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="B510" s="14" t="s">
         <x:v>835</x:v>
       </x:c>
       <x:c r="C510" s="15" t="n">
         <x:v>35634</x:v>
       </x:c>
       <x:c r="D510" s="15" t="s"/>
       <x:c r="E510" s="14" t="s"/>
       <x:c r="F510" s="14" t="s"/>
       <x:c r="G510" s="14" t="s">
-        <x:v>82</x:v>
+        <x:v>836</x:v>
       </x:c>
       <x:c r="H510" s="14" t="s"/>
       <x:c r="I510" s="16" t="s">
-        <x:v>83</x:v>
+        <x:v>35</x:v>
       </x:c>
       <x:c r="J510" s="14" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="K510" s="14" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="L510" s="14" t="s">
-        <x:v>45</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="M510" s="14" t="s">
-        <x:v>46</x:v>
+        <x:v>73</x:v>
       </x:c>
       <x:c r="N510" s="15" t="n">
         <x:v>31090</x:v>
       </x:c>
       <x:c r="O510" s="14" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="P510" s="14" t="s">
-        <x:v>82</x:v>
+        <x:v>836</x:v>
       </x:c>
       <x:c r="Q510" s="16" t="s">
-        <x:v>83</x:v>
+        <x:v>35</x:v>
       </x:c>
       <x:c r="R510" s="14" t="s">
-        <x:v>85</x:v>
+        <x:v>69</x:v>
       </x:c>
       <x:c r="S510" s="14" t="n">
-        <x:v>578780</x:v>
+        <x:v>567237</x:v>
       </x:c>
       <x:c r="T510" s="16" t="s">
-        <x:v>354</x:v>
+        <x:v>837</x:v>
       </x:c>
       <x:c r="U510" s="16" t="s">
-        <x:v>50</x:v>
+        <x:v>838</x:v>
       </x:c>
     </x:row>
     <x:row r="511" spans="1:21">
       <x:c r="A511" s="1" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="B511" s="0" t="s">
-        <x:v>836</x:v>
+        <x:v>839</x:v>
       </x:c>
       <x:c r="C511" s="3" t="n">
-        <x:v>38472</x:v>
+        <x:v>35634</x:v>
       </x:c>
       <x:c r="D511" s="3" t="s"/>
       <x:c r="G511" s="0" t="s">
-        <x:v>759</x:v>
-[...2 lines deleted...]
-        <x:v>760</x:v>
+        <x:v>82</x:v>
       </x:c>
       <x:c r="I511" s="4" t="s">
-        <x:v>90</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="J511" s="0" t="s">
-        <x:v>237</x:v>
+        <x:v>57</x:v>
       </x:c>
       <x:c r="K511" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="L511" s="0" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="M511" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="N511" s="3" t="n">
-        <x:v>34093</x:v>
+        <x:v>31090</x:v>
       </x:c>
       <x:c r="O511" s="0" t="s">
-        <x:v>84</x:v>
+        <x:v>47</x:v>
       </x:c>
       <x:c r="P511" s="0" t="s">
-        <x:v>759</x:v>
+        <x:v>82</x:v>
       </x:c>
       <x:c r="Q511" s="4" t="s">
-        <x:v>90</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="R511" s="0" t="s">
-        <x:v>92</x:v>
+        <x:v>85</x:v>
       </x:c>
       <x:c r="S511" s="0" t="n">
-        <x:v>586449</x:v>
+        <x:v>578780</x:v>
       </x:c>
       <x:c r="T511" s="4" t="s">
-        <x:v>837</x:v>
+        <x:v>354</x:v>
       </x:c>
       <x:c r="U511" s="4" t="s">
         <x:v>50</x:v>
       </x:c>
     </x:row>
     <x:row r="512" spans="1:21">
       <x:c r="A512" s="13" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="B512" s="14" t="s">
-        <x:v>838</x:v>
+        <x:v>835</x:v>
       </x:c>
       <x:c r="C512" s="15" t="n">
-        <x:v>39532</x:v>
+        <x:v>35634</x:v>
       </x:c>
       <x:c r="D512" s="15" t="s"/>
       <x:c r="E512" s="14" t="s"/>
       <x:c r="F512" s="14" t="s"/>
       <x:c r="G512" s="14" t="s">
-        <x:v>82</x:v>
+        <x:v>831</x:v>
       </x:c>
       <x:c r="H512" s="14" t="s"/>
       <x:c r="I512" s="16" t="s">
-        <x:v>83</x:v>
+        <x:v>832</x:v>
       </x:c>
       <x:c r="J512" s="14" t="s">
-        <x:v>237</x:v>
+        <x:v>57</x:v>
       </x:c>
       <x:c r="K512" s="14" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="L512" s="14" t="s">
-        <x:v>45</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="M512" s="14" t="s">
-        <x:v>46</x:v>
+        <x:v>73</x:v>
       </x:c>
       <x:c r="N512" s="15" t="n">
-        <x:v>46003</x:v>
+        <x:v>31090</x:v>
       </x:c>
       <x:c r="O512" s="14" t="s">
-        <x:v>74</x:v>
+        <x:v>47</x:v>
       </x:c>
       <x:c r="P512" s="14" t="s">
-        <x:v>82</x:v>
+        <x:v>831</x:v>
       </x:c>
       <x:c r="Q512" s="16" t="s">
-        <x:v>83</x:v>
+        <x:v>832</x:v>
       </x:c>
       <x:c r="R512" s="14" t="s">
-        <x:v>85</x:v>
+        <x:v>69</x:v>
       </x:c>
       <x:c r="S512" s="14" t="n">
-        <x:v>613735</x:v>
+        <x:v>615572</x:v>
       </x:c>
       <x:c r="T512" s="16" t="s">
-        <x:v>75</x:v>
+        <x:v>840</x:v>
       </x:c>
       <x:c r="U512" s="16" t="s">
-        <x:v>191</x:v>
+        <x:v>841</x:v>
       </x:c>
     </x:row>
     <x:row r="513" spans="1:21">
       <x:c r="A513" s="1" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="B513" s="0" t="s">
-        <x:v>839</x:v>
+        <x:v>842</x:v>
       </x:c>
       <x:c r="C513" s="3" t="n">
-        <x:v>35634</x:v>
+        <x:v>38018</x:v>
       </x:c>
       <x:c r="D513" s="3" t="s"/>
       <x:c r="G513" s="0" t="s">
-        <x:v>840</x:v>
+        <x:v>118</x:v>
       </x:c>
       <x:c r="I513" s="4" t="s">
-        <x:v>35</x:v>
+        <x:v>119</x:v>
       </x:c>
       <x:c r="J513" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="K513" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="L513" s="0" t="s">
-        <x:v>26</x:v>
+        <x:v>45</x:v>
       </x:c>
       <x:c r="M513" s="0" t="s">
-        <x:v>73</x:v>
+        <x:v>46</x:v>
       </x:c>
       <x:c r="N513" s="3" t="n">
-        <x:v>31090</x:v>
+        <x:v>31054</x:v>
       </x:c>
       <x:c r="O513" s="0" t="s">
-        <x:v>47</x:v>
+        <x:v>430</x:v>
       </x:c>
       <x:c r="P513" s="0" t="s">
-        <x:v>840</x:v>
+        <x:v>118</x:v>
       </x:c>
       <x:c r="Q513" s="4" t="s">
-        <x:v>35</x:v>
+        <x:v>119</x:v>
       </x:c>
       <x:c r="R513" s="0" t="s">
-        <x:v>69</x:v>
+        <x:v>62</x:v>
       </x:c>
       <x:c r="S513" s="0" t="n">
-        <x:v>567237</x:v>
+        <x:v>574456</x:v>
       </x:c>
       <x:c r="T513" s="4" t="s">
-        <x:v>841</x:v>
+        <x:v>843</x:v>
       </x:c>
       <x:c r="U513" s="4" t="s">
-        <x:v>842</x:v>
+        <x:v>844</x:v>
       </x:c>
     </x:row>
     <x:row r="514" spans="1:21">
       <x:c r="A514" s="13" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="B514" s="14" t="s">
-        <x:v>839</x:v>
+        <x:v>845</x:v>
       </x:c>
       <x:c r="C514" s="15" t="n">
         <x:v>35634</x:v>
       </x:c>
       <x:c r="D514" s="15" t="s"/>
       <x:c r="E514" s="14" t="s"/>
       <x:c r="F514" s="14" t="s"/>
       <x:c r="G514" s="14" t="s">
-        <x:v>831</x:v>
+        <x:v>72</x:v>
       </x:c>
       <x:c r="H514" s="14" t="s"/>
       <x:c r="I514" s="16" t="s">
-        <x:v>832</x:v>
+        <x:v>35</x:v>
       </x:c>
       <x:c r="J514" s="14" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="K514" s="14" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="L514" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M514" s="14" t="s">
-        <x:v>73</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="N514" s="15" t="n">
         <x:v>31090</x:v>
       </x:c>
       <x:c r="O514" s="14" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="P514" s="14" t="s">
-        <x:v>831</x:v>
+        <x:v>72</x:v>
       </x:c>
       <x:c r="Q514" s="16" t="s">
-        <x:v>832</x:v>
+        <x:v>35</x:v>
       </x:c>
       <x:c r="R514" s="14" t="s">
-        <x:v>69</x:v>
+        <x:v>38</x:v>
       </x:c>
       <x:c r="S514" s="14" t="n">
-        <x:v>615572</x:v>
+        <x:v>585493</x:v>
       </x:c>
       <x:c r="T514" s="16" t="s">
-        <x:v>843</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="U514" s="16" t="s">
-        <x:v>844</x:v>
+        <x:v>50</x:v>
       </x:c>
     </x:row>
     <x:row r="515" spans="1:21">
       <x:c r="A515" s="1" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="B515" s="0" t="s">
-        <x:v>845</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="C515" s="3" t="n">
-        <x:v>38018</x:v>
+        <x:v>37662</x:v>
       </x:c>
       <x:c r="D515" s="3" t="s"/>
       <x:c r="G515" s="0" t="s">
-        <x:v>118</x:v>
+        <x:v>143</x:v>
       </x:c>
       <x:c r="I515" s="4" t="s">
-        <x:v>119</x:v>
+        <x:v>90</x:v>
       </x:c>
       <x:c r="J515" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="K515" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="L515" s="0" t="s">
-        <x:v>45</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="M515" s="0" t="s">
-        <x:v>46</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="N515" s="3" t="n">
-        <x:v>31054</x:v>
+        <x:v>34074</x:v>
       </x:c>
       <x:c r="O515" s="0" t="s">
-        <x:v>430</x:v>
+        <x:v>91</x:v>
       </x:c>
       <x:c r="P515" s="0" t="s">
-        <x:v>118</x:v>
+        <x:v>143</x:v>
       </x:c>
       <x:c r="Q515" s="4" t="s">
-        <x:v>119</x:v>
+        <x:v>90</x:v>
       </x:c>
       <x:c r="R515" s="0" t="s">
-        <x:v>62</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="S515" s="0" t="n">
-        <x:v>574456</x:v>
+        <x:v>547196</x:v>
       </x:c>
       <x:c r="T515" s="4" t="s">
         <x:v>846</x:v>
       </x:c>
       <x:c r="U515" s="4" t="s">
-        <x:v>847</x:v>
+        <x:v>247</x:v>
       </x:c>
     </x:row>
     <x:row r="516" spans="1:21">
       <x:c r="A516" s="13" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="B516" s="14" t="s">
-        <x:v>848</x:v>
+        <x:v>835</x:v>
       </x:c>
       <x:c r="C516" s="15" t="n">
         <x:v>35634</x:v>
       </x:c>
       <x:c r="D516" s="15" t="s"/>
       <x:c r="E516" s="14" t="s"/>
       <x:c r="F516" s="14" t="s"/>
       <x:c r="G516" s="14" t="s">
-        <x:v>72</x:v>
+        <x:v>82</x:v>
       </x:c>
       <x:c r="H516" s="14" t="s"/>
       <x:c r="I516" s="16" t="s">
-        <x:v>35</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="J516" s="14" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="K516" s="14" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="L516" s="14" t="s">
-        <x:v>26</x:v>
+        <x:v>45</x:v>
       </x:c>
       <x:c r="M516" s="14" t="s">
-        <x:v>27</x:v>
+        <x:v>46</x:v>
       </x:c>
       <x:c r="N516" s="15" t="n">
         <x:v>31090</x:v>
       </x:c>
       <x:c r="O516" s="14" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="P516" s="14" t="s">
-        <x:v>72</x:v>
+        <x:v>82</x:v>
       </x:c>
       <x:c r="Q516" s="16" t="s">
-        <x:v>35</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="R516" s="14" t="s">
-        <x:v>38</x:v>
+        <x:v>85</x:v>
       </x:c>
       <x:c r="S516" s="14" t="n">
-        <x:v>585493</x:v>
+        <x:v>559215</x:v>
       </x:c>
       <x:c r="T516" s="16" t="s">
-        <x:v>75</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="U516" s="16" t="s">
-        <x:v>50</x:v>
+        <x:v>87</x:v>
       </x:c>
     </x:row>
     <x:row r="517" spans="1:21">
       <x:c r="A517" s="1" t="s">
-        <x:v>32</x:v>
+        <x:v>785</x:v>
       </x:c>
       <x:c r="B517" s="0" t="s">
-        <x:v>88</x:v>
+        <x:v>847</x:v>
       </x:c>
       <x:c r="C517" s="3" t="n">
-        <x:v>37662</x:v>
+        <x:v>35634</x:v>
       </x:c>
       <x:c r="D517" s="3" t="s"/>
       <x:c r="G517" s="0" t="s">
-        <x:v>143</x:v>
+        <x:v>227</x:v>
       </x:c>
       <x:c r="I517" s="4" t="s">
-        <x:v>90</x:v>
+        <x:v>228</x:v>
       </x:c>
       <x:c r="J517" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="K517" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="L517" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M517" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N517" s="3" t="n">
-        <x:v>34074</x:v>
+        <x:v>31090</x:v>
       </x:c>
       <x:c r="O517" s="0" t="s">
-        <x:v>91</x:v>
+        <x:v>47</x:v>
       </x:c>
       <x:c r="P517" s="0" t="s">
-        <x:v>143</x:v>
+        <x:v>227</x:v>
       </x:c>
       <x:c r="Q517" s="4" t="s">
-        <x:v>90</x:v>
+        <x:v>228</x:v>
       </x:c>
       <x:c r="R517" s="0" t="s">
-        <x:v>92</x:v>
+        <x:v>232</x:v>
       </x:c>
       <x:c r="S517" s="0" t="n">
-        <x:v>547196</x:v>
+        <x:v>566725</x:v>
       </x:c>
       <x:c r="T517" s="4" t="s">
-        <x:v>849</x:v>
+        <x:v>220</x:v>
       </x:c>
       <x:c r="U517" s="4" t="s">
-        <x:v>247</x:v>
+        <x:v>50</x:v>
       </x:c>
     </x:row>
     <x:row r="518" spans="1:21">
       <x:c r="A518" s="13" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="B518" s="14" t="s">
-        <x:v>839</x:v>
+        <x:v>848</x:v>
       </x:c>
       <x:c r="C518" s="15" t="n">
-        <x:v>35634</x:v>
+        <x:v>38472</x:v>
       </x:c>
       <x:c r="D518" s="15" t="s"/>
       <x:c r="E518" s="14" t="s"/>
       <x:c r="F518" s="14" t="s"/>
       <x:c r="G518" s="14" t="s">
-        <x:v>82</x:v>
-[...1 lines deleted...]
-      <x:c r="H518" s="14" t="s"/>
+        <x:v>759</x:v>
+      </x:c>
+      <x:c r="H518" s="14" t="s">
+        <x:v>760</x:v>
+      </x:c>
       <x:c r="I518" s="16" t="s">
-        <x:v>83</x:v>
+        <x:v>90</x:v>
       </x:c>
       <x:c r="J518" s="14" t="s">
-        <x:v>57</x:v>
+        <x:v>237</x:v>
       </x:c>
       <x:c r="K518" s="14" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="L518" s="14" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="M518" s="14" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="N518" s="15" t="n">
-        <x:v>31090</x:v>
+        <x:v>34093</x:v>
       </x:c>
       <x:c r="O518" s="14" t="s">
-        <x:v>47</x:v>
+        <x:v>84</x:v>
       </x:c>
       <x:c r="P518" s="14" t="s">
-        <x:v>82</x:v>
+        <x:v>759</x:v>
       </x:c>
       <x:c r="Q518" s="16" t="s">
-        <x:v>83</x:v>
+        <x:v>90</x:v>
       </x:c>
       <x:c r="R518" s="14" t="s">
-        <x:v>85</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="S518" s="14" t="n">
-        <x:v>559215</x:v>
+        <x:v>521657</x:v>
       </x:c>
       <x:c r="T518" s="16" t="s">
-        <x:v>86</x:v>
+        <x:v>761</x:v>
       </x:c>
       <x:c r="U518" s="16" t="s">
-        <x:v>87</x:v>
+        <x:v>50</x:v>
       </x:c>
     </x:row>
     <x:row r="519" spans="1:21">
       <x:c r="A519" s="1" t="s">
-        <x:v>785</x:v>
+        <x:v>32</x:v>
       </x:c>
       <x:c r="B519" s="0" t="s">
-        <x:v>850</x:v>
+        <x:v>849</x:v>
       </x:c>
       <x:c r="C519" s="3" t="n">
-        <x:v>35634</x:v>
+        <x:v>38472</x:v>
       </x:c>
       <x:c r="D519" s="3" t="s"/>
       <x:c r="G519" s="0" t="s">
-        <x:v>227</x:v>
+        <x:v>759</x:v>
+      </x:c>
+      <x:c r="H519" s="0" t="s">
+        <x:v>760</x:v>
       </x:c>
       <x:c r="I519" s="4" t="s">
-        <x:v>228</x:v>
+        <x:v>90</x:v>
       </x:c>
       <x:c r="J519" s="0" t="s">
-        <x:v>57</x:v>
+        <x:v>237</x:v>
       </x:c>
       <x:c r="K519" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="L519" s="0" t="s">
-        <x:v>26</x:v>
+        <x:v>45</x:v>
       </x:c>
       <x:c r="M519" s="0" t="s">
-        <x:v>27</x:v>
+        <x:v>46</x:v>
       </x:c>
       <x:c r="N519" s="3" t="n">
-        <x:v>31090</x:v>
+        <x:v>34093</x:v>
       </x:c>
       <x:c r="O519" s="0" t="s">
-        <x:v>47</x:v>
+        <x:v>84</x:v>
       </x:c>
       <x:c r="P519" s="0" t="s">
-        <x:v>227</x:v>
+        <x:v>759</x:v>
       </x:c>
       <x:c r="Q519" s="4" t="s">
-        <x:v>228</x:v>
+        <x:v>90</x:v>
       </x:c>
       <x:c r="R519" s="0" t="s">
-        <x:v>232</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="S519" s="0" t="n">
-        <x:v>566725</x:v>
+        <x:v>586449</x:v>
       </x:c>
       <x:c r="T519" s="4" t="s">
-        <x:v>220</x:v>
+        <x:v>850</x:v>
       </x:c>
       <x:c r="U519" s="4" t="s">
         <x:v>50</x:v>
       </x:c>
     </x:row>
     <x:row r="520" spans="1:21">
       <x:c r="A520" s="13" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="B520" s="14" t="s">
-        <x:v>839</x:v>
+        <x:v>835</x:v>
       </x:c>
       <x:c r="C520" s="15" t="n">
         <x:v>35634</x:v>
       </x:c>
       <x:c r="D520" s="15" t="s"/>
       <x:c r="E520" s="14" t="s"/>
       <x:c r="F520" s="14" t="s"/>
       <x:c r="G520" s="14" t="s">
         <x:v>831</x:v>
       </x:c>
       <x:c r="H520" s="14" t="s"/>
       <x:c r="I520" s="16" t="s">
         <x:v>832</x:v>
       </x:c>
       <x:c r="J520" s="14" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="K520" s="14" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="L520" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M520" s="14" t="s">
         <x:v>46</x:v>
@@ -31783,156 +31776,156 @@
       <x:c r="L521" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M521" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N521" s="3" t="n">
         <x:v>31090</x:v>
       </x:c>
       <x:c r="O521" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="P521" s="0" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="Q521" s="4" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="R521" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="S521" s="0" t="n">
         <x:v>584783</x:v>
       </x:c>
       <x:c r="T521" s="4" t="s">
-        <x:v>847</x:v>
+        <x:v>844</x:v>
       </x:c>
       <x:c r="U521" s="4" t="s">
         <x:v>381</x:v>
       </x:c>
     </x:row>
     <x:row r="522" spans="1:21">
       <x:c r="A522" s="13" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="B522" s="14" t="s">
-        <x:v>839</x:v>
+        <x:v>835</x:v>
       </x:c>
       <x:c r="C522" s="15" t="n">
         <x:v>35634</x:v>
       </x:c>
       <x:c r="D522" s="15" t="s"/>
       <x:c r="E522" s="14" t="s"/>
       <x:c r="F522" s="14" t="s"/>
       <x:c r="G522" s="14" t="s">
-        <x:v>710</x:v>
+        <x:v>711</x:v>
       </x:c>
       <x:c r="H522" s="14" t="s"/>
       <x:c r="I522" s="16" t="s">
-        <x:v>711</x:v>
+        <x:v>712</x:v>
       </x:c>
       <x:c r="J522" s="14" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="K522" s="14" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="L522" s="14" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="M522" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N522" s="15" t="n">
         <x:v>31090</x:v>
       </x:c>
       <x:c r="O522" s="14" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="P522" s="14" t="s">
-        <x:v>710</x:v>
+        <x:v>711</x:v>
       </x:c>
       <x:c r="Q522" s="16" t="s">
-        <x:v>711</x:v>
+        <x:v>712</x:v>
       </x:c>
       <x:c r="R522" s="14" t="s">
-        <x:v>714</x:v>
+        <x:v>715</x:v>
       </x:c>
       <x:c r="S522" s="14" t="n">
         <x:v>588093</x:v>
       </x:c>
       <x:c r="T522" s="16" t="s">
         <x:v>852</x:v>
       </x:c>
       <x:c r="U522" s="16" t="s">
         <x:v>853</x:v>
       </x:c>
     </x:row>
     <x:row r="523" spans="1:21">
       <x:c r="A523" s="1" t="s">
         <x:v>785</x:v>
       </x:c>
       <x:c r="B523" s="0" t="s">
-        <x:v>850</x:v>
+        <x:v>847</x:v>
       </x:c>
       <x:c r="C523" s="3" t="n">
         <x:v>35634</x:v>
       </x:c>
       <x:c r="D523" s="3" t="s"/>
       <x:c r="G523" s="0" t="s">
-        <x:v>710</x:v>
+        <x:v>711</x:v>
       </x:c>
       <x:c r="I523" s="4" t="s">
-        <x:v>711</x:v>
+        <x:v>712</x:v>
       </x:c>
       <x:c r="J523" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="K523" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="L523" s="0" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="M523" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N523" s="3" t="n">
         <x:v>31090</x:v>
       </x:c>
       <x:c r="O523" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="P523" s="0" t="s">
-        <x:v>710</x:v>
+        <x:v>711</x:v>
       </x:c>
       <x:c r="Q523" s="4" t="s">
-        <x:v>711</x:v>
+        <x:v>712</x:v>
       </x:c>
       <x:c r="R523" s="0" t="s">
-        <x:v>714</x:v>
+        <x:v>715</x:v>
       </x:c>
       <x:c r="S523" s="0" t="n">
         <x:v>588094</x:v>
       </x:c>
       <x:c r="T523" s="4" t="s">
         <x:v>852</x:v>
       </x:c>
       <x:c r="U523" s="4" t="s">
         <x:v>853</x:v>
       </x:c>
     </x:row>
     <x:row r="524" spans="1:21">
       <x:c r="A524" s="13" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="B524" s="14" t="s">
         <x:v>854</x:v>
       </x:c>
       <x:c r="C524" s="15" t="n">
         <x:v>35634</x:v>
       </x:c>
       <x:c r="D524" s="15" t="s"/>
       <x:c r="E524" s="14" t="s"/>
       <x:c r="F524" s="14" t="s"/>
       <x:c r="G524" s="14" t="s">
@@ -32073,51 +32066,51 @@
       </x:c>
       <x:c r="P526" s="14" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="Q526" s="16" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="R526" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="S526" s="14" t="n">
         <x:v>585440</x:v>
       </x:c>
       <x:c r="T526" s="16" t="s">
         <x:v>856</x:v>
       </x:c>
       <x:c r="U526" s="16" t="s">
         <x:v>150</x:v>
       </x:c>
     </x:row>
     <x:row r="527" spans="1:21">
       <x:c r="A527" s="1" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="B527" s="0" t="s">
-        <x:v>839</x:v>
+        <x:v>835</x:v>
       </x:c>
       <x:c r="C527" s="3" t="n">
         <x:v>35634</x:v>
       </x:c>
       <x:c r="D527" s="3" t="s"/>
       <x:c r="G527" s="0" t="s">
         <x:v>857</x:v>
       </x:c>
       <x:c r="I527" s="4" t="s">
         <x:v>858</x:v>
       </x:c>
       <x:c r="J527" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="K527" s="0" t="s">
         <x:v>859</x:v>
       </x:c>
       <x:c r="L527" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M527" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N527" s="3" t="n">
         <x:v>31090</x:v>
@@ -32127,51 +32120,51 @@
       </x:c>
       <x:c r="P527" s="0" t="s">
         <x:v>857</x:v>
       </x:c>
       <x:c r="Q527" s="4" t="s">
         <x:v>858</x:v>
       </x:c>
       <x:c r="R527" s="0" t="s">
         <x:v>204</x:v>
       </x:c>
       <x:c r="S527" s="0" t="n">
         <x:v>608724</x:v>
       </x:c>
       <x:c r="T527" s="4" t="s">
         <x:v>860</x:v>
       </x:c>
       <x:c r="U527" s="4" t="s">
         <x:v>861</x:v>
       </x:c>
     </x:row>
     <x:row r="528" spans="1:21">
       <x:c r="A528" s="13" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="B528" s="14" t="s">
-        <x:v>839</x:v>
+        <x:v>835</x:v>
       </x:c>
       <x:c r="C528" s="15" t="n">
         <x:v>35634</x:v>
       </x:c>
       <x:c r="D528" s="15" t="s"/>
       <x:c r="E528" s="14" t="s"/>
       <x:c r="F528" s="14" t="s"/>
       <x:c r="G528" s="14" t="s">
         <x:v>862</x:v>
       </x:c>
       <x:c r="H528" s="14" t="s"/>
       <x:c r="I528" s="16" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="J528" s="14" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="K528" s="14" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="L528" s="14" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="M528" s="14" t="s">
         <x:v>27</x:v>
@@ -32184,97 +32177,97 @@
       </x:c>
       <x:c r="P528" s="14" t="s">
         <x:v>862</x:v>
       </x:c>
       <x:c r="Q528" s="16" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="R528" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="S528" s="14" t="n">
         <x:v>583489</x:v>
       </x:c>
       <x:c r="T528" s="16" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="U528" s="16" t="s">
         <x:v>863</x:v>
       </x:c>
     </x:row>
     <x:row r="529" spans="1:21">
       <x:c r="A529" s="1" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="B529" s="0" t="s">
-        <x:v>839</x:v>
+        <x:v>835</x:v>
       </x:c>
       <x:c r="C529" s="3" t="n">
         <x:v>35634</x:v>
       </x:c>
       <x:c r="D529" s="3" t="s"/>
       <x:c r="G529" s="0" t="s">
-        <x:v>840</x:v>
+        <x:v>836</x:v>
       </x:c>
       <x:c r="I529" s="4" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="J529" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="K529" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="L529" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M529" s="0" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="N529" s="3" t="n">
         <x:v>31090</x:v>
       </x:c>
       <x:c r="O529" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="P529" s="0" t="s">
-        <x:v>840</x:v>
+        <x:v>836</x:v>
       </x:c>
       <x:c r="Q529" s="4" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="R529" s="0" t="s">
-        <x:v>701</x:v>
+        <x:v>702</x:v>
       </x:c>
       <x:c r="S529" s="0" t="n">
         <x:v>571756</x:v>
       </x:c>
       <x:c r="T529" s="4" t="s">
-        <x:v>841</x:v>
+        <x:v>837</x:v>
       </x:c>
       <x:c r="U529" s="4" t="s">
-        <x:v>842</x:v>
+        <x:v>838</x:v>
       </x:c>
     </x:row>
     <x:row r="530" spans="1:21">
       <x:c r="A530" s="13" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="B530" s="14" t="s">
         <x:v>864</x:v>
       </x:c>
       <x:c r="C530" s="15" t="n">
         <x:v>40465</x:v>
       </x:c>
       <x:c r="D530" s="15" t="s"/>
       <x:c r="E530" s="14" t="s"/>
       <x:c r="F530" s="14" t="s"/>
       <x:c r="G530" s="14" t="s">
         <x:v>454</x:v>
       </x:c>
       <x:c r="H530" s="14" t="s">
         <x:v>455</x:v>
       </x:c>
       <x:c r="I530" s="16" t="s">
         <x:v>456</x:v>
       </x:c>
       <x:c r="J530" s="14" t="s">
@@ -32413,105 +32406,105 @@
       </x:c>
       <x:c r="P532" s="14" t="s">
         <x:v>868</x:v>
       </x:c>
       <x:c r="Q532" s="16" t="s">
         <x:v>870</x:v>
       </x:c>
       <x:c r="R532" s="14" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="S532" s="14" t="n">
         <x:v>606654</x:v>
       </x:c>
       <x:c r="T532" s="16" t="s">
         <x:v>135</x:v>
       </x:c>
       <x:c r="U532" s="16" t="s">
         <x:v>240</x:v>
       </x:c>
     </x:row>
     <x:row r="533" spans="1:21">
       <x:c r="A533" s="1" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="B533" s="0" t="s">
-        <x:v>838</x:v>
+        <x:v>834</x:v>
       </x:c>
       <x:c r="C533" s="3" t="n">
         <x:v>39532</x:v>
       </x:c>
       <x:c r="D533" s="3" t="s"/>
       <x:c r="G533" s="0" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="I533" s="4" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="J533" s="0" t="s">
         <x:v>237</x:v>
       </x:c>
       <x:c r="K533" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="L533" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M533" s="0" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="N533" s="3" t="n">
         <x:v>46003</x:v>
       </x:c>
       <x:c r="O533" s="0" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="P533" s="0" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="Q533" s="4" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="R533" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="S533" s="0" t="n">
         <x:v>581280</x:v>
       </x:c>
       <x:c r="T533" s="4" t="s">
         <x:v>369</x:v>
       </x:c>
       <x:c r="U533" s="4" t="s">
-        <x:v>705</x:v>
+        <x:v>706</x:v>
       </x:c>
     </x:row>
     <x:row r="534" spans="1:21">
       <x:c r="A534" s="13" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="B534" s="14" t="s">
-        <x:v>838</x:v>
+        <x:v>834</x:v>
       </x:c>
       <x:c r="C534" s="15" t="n">
         <x:v>39532</x:v>
       </x:c>
       <x:c r="D534" s="15" t="s"/>
       <x:c r="E534" s="14" t="s"/>
       <x:c r="F534" s="14" t="s"/>
       <x:c r="G534" s="14" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="H534" s="14" t="s"/>
       <x:c r="I534" s="16" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="J534" s="14" t="s">
         <x:v>237</x:v>
       </x:c>
       <x:c r="K534" s="14" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="L534" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M534" s="14" t="s">
         <x:v>73</x:v>
@@ -32578,97 +32571,97 @@
       </x:c>
       <x:c r="P535" s="0" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="Q535" s="4" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="R535" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="S535" s="0" t="n">
         <x:v>581285</x:v>
       </x:c>
       <x:c r="T535" s="4" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="U535" s="4" t="s">
         <x:v>437</x:v>
       </x:c>
     </x:row>
     <x:row r="536" spans="1:21">
       <x:c r="A536" s="13" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="B536" s="14" t="s">
-        <x:v>839</x:v>
+        <x:v>835</x:v>
       </x:c>
       <x:c r="C536" s="15" t="n">
         <x:v>35634</x:v>
       </x:c>
       <x:c r="D536" s="15" t="s"/>
       <x:c r="E536" s="14" t="s"/>
       <x:c r="F536" s="14" t="s"/>
       <x:c r="G536" s="14" t="s">
         <x:v>831</x:v>
       </x:c>
       <x:c r="H536" s="14" t="s"/>
       <x:c r="I536" s="16" t="s">
         <x:v>832</x:v>
       </x:c>
       <x:c r="J536" s="14" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="K536" s="14" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="L536" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M536" s="14" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="N536" s="15" t="n">
         <x:v>31090</x:v>
       </x:c>
       <x:c r="O536" s="14" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="P536" s="14" t="s">
         <x:v>831</x:v>
       </x:c>
       <x:c r="Q536" s="16" t="s">
         <x:v>832</x:v>
       </x:c>
       <x:c r="R536" s="14" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="S536" s="14" t="n">
         <x:v>572510</x:v>
       </x:c>
       <x:c r="T536" s="16" t="s">
-        <x:v>821</x:v>
+        <x:v>808</x:v>
       </x:c>
       <x:c r="U536" s="16" t="s">
         <x:v>799</x:v>
       </x:c>
     </x:row>
     <x:row r="537" spans="1:21">
       <x:c r="A537" s="1" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="B537" s="0" t="s">
         <x:v>872</x:v>
       </x:c>
       <x:c r="C537" s="3" t="n">
         <x:v>40917</x:v>
       </x:c>
       <x:c r="D537" s="3" t="s"/>
       <x:c r="G537" s="0" t="s">
         <x:v>688</x:v>
       </x:c>
       <x:c r="H537" s="0" t="s">
         <x:v>689</x:v>
       </x:c>
       <x:c r="I537" s="4" t="s">
         <x:v>690</x:v>
       </x:c>
@@ -32806,51 +32799,51 @@
       </x:c>
       <x:c r="P539" s="0" t="s">
         <x:v>648</x:v>
       </x:c>
       <x:c r="Q539" s="4" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="R539" s="0" t="s">
         <x:v>102</x:v>
       </x:c>
       <x:c r="S539" s="0" t="n">
         <x:v>610970</x:v>
       </x:c>
       <x:c r="T539" s="4" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="U539" s="4" t="s">
         <x:v>719</x:v>
       </x:c>
     </x:row>
     <x:row r="540" spans="1:21">
       <x:c r="A540" s="13" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="B540" s="14" t="s">
-        <x:v>839</x:v>
+        <x:v>835</x:v>
       </x:c>
       <x:c r="C540" s="15" t="n">
         <x:v>35634</x:v>
       </x:c>
       <x:c r="D540" s="15" t="s"/>
       <x:c r="E540" s="14" t="s"/>
       <x:c r="F540" s="14" t="s"/>
       <x:c r="G540" s="14" t="s">
         <x:v>118</x:v>
       </x:c>
       <x:c r="H540" s="14" t="s"/>
       <x:c r="I540" s="16" t="s">
         <x:v>119</x:v>
       </x:c>
       <x:c r="J540" s="14" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="K540" s="14" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="L540" s="14" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="M540" s="14" t="s">
         <x:v>46</x:v>
@@ -32979,51 +32972,51 @@
       </x:c>
       <x:c r="P542" s="14" t="s">
         <x:v>865</x:v>
       </x:c>
       <x:c r="Q542" s="16" t="s">
         <x:v>866</x:v>
       </x:c>
       <x:c r="R542" s="14" t="s">
         <x:v>204</x:v>
       </x:c>
       <x:c r="S542" s="14" t="n">
         <x:v>575796</x:v>
       </x:c>
       <x:c r="T542" s="16" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="U542" s="16" t="s">
         <x:v>129</x:v>
       </x:c>
     </x:row>
     <x:row r="543" spans="1:21">
       <x:c r="A543" s="1" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="B543" s="0" t="s">
-        <x:v>839</x:v>
+        <x:v>835</x:v>
       </x:c>
       <x:c r="C543" s="3" t="n">
         <x:v>35634</x:v>
       </x:c>
       <x:c r="D543" s="3" t="s"/>
       <x:c r="G543" s="0" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="I543" s="4" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="J543" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="K543" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="L543" s="0" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="M543" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="N543" s="3" t="n">
         <x:v>31090</x:v>
@@ -33144,108 +33137,108 @@
       </x:c>
       <x:c r="P545" s="0" t="s">
         <x:v>144</x:v>
       </x:c>
       <x:c r="Q545" s="4" t="s">
         <x:v>145</x:v>
       </x:c>
       <x:c r="R545" s="0" t="s">
         <x:v>146</x:v>
       </x:c>
       <x:c r="S545" s="0" t="n">
         <x:v>621302</x:v>
       </x:c>
       <x:c r="T545" s="4" t="s">
         <x:v>432</x:v>
       </x:c>
       <x:c r="U545" s="4" t="s">
         <x:v>661</x:v>
       </x:c>
     </x:row>
     <x:row r="546" spans="1:21">
       <x:c r="A546" s="13" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="B546" s="14" t="s">
-        <x:v>839</x:v>
+        <x:v>835</x:v>
       </x:c>
       <x:c r="C546" s="15" t="n">
         <x:v>35634</x:v>
       </x:c>
       <x:c r="D546" s="15" t="s"/>
       <x:c r="E546" s="14" t="s"/>
       <x:c r="F546" s="14" t="s"/>
       <x:c r="G546" s="14" t="s">
         <x:v>831</x:v>
       </x:c>
       <x:c r="H546" s="14" t="s"/>
       <x:c r="I546" s="16" t="s">
         <x:v>832</x:v>
       </x:c>
       <x:c r="J546" s="14" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="K546" s="14" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="L546" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M546" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N546" s="15" t="n">
         <x:v>31090</x:v>
       </x:c>
       <x:c r="O546" s="14" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="P546" s="14" t="s">
         <x:v>831</x:v>
       </x:c>
       <x:c r="Q546" s="16" t="s">
         <x:v>832</x:v>
       </x:c>
       <x:c r="R546" s="14" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="S546" s="14" t="n">
         <x:v>615570</x:v>
       </x:c>
       <x:c r="T546" s="16" t="s">
-        <x:v>843</x:v>
+        <x:v>840</x:v>
       </x:c>
       <x:c r="U546" s="16" t="s">
-        <x:v>844</x:v>
+        <x:v>841</x:v>
       </x:c>
     </x:row>
     <x:row r="547" spans="1:21">
       <x:c r="A547" s="1" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="B547" s="0" t="s">
-        <x:v>839</x:v>
+        <x:v>835</x:v>
       </x:c>
       <x:c r="C547" s="3" t="n">
         <x:v>35634</x:v>
       </x:c>
       <x:c r="D547" s="3" t="s"/>
       <x:c r="G547" s="0" t="s">
         <x:v>118</x:v>
       </x:c>
       <x:c r="I547" s="4" t="s">
         <x:v>119</x:v>
       </x:c>
       <x:c r="J547" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="K547" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="L547" s="0" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="M547" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="N547" s="3" t="n">
         <x:v>31090</x:v>
@@ -33538,51 +33531,51 @@
       </x:c>
       <x:c r="P552" s="14" t="s">
         <x:v>242</x:v>
       </x:c>
       <x:c r="Q552" s="16" t="s">
         <x:v>244</x:v>
       </x:c>
       <x:c r="R552" s="14" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="S552" s="14" t="n">
         <x:v>590123</x:v>
       </x:c>
       <x:c r="T552" s="16" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="U552" s="16" t="s">
         <x:v>564</x:v>
       </x:c>
     </x:row>
     <x:row r="553" spans="1:21">
       <x:c r="A553" s="1" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="B553" s="0" t="s">
-        <x:v>839</x:v>
+        <x:v>835</x:v>
       </x:c>
       <x:c r="C553" s="3" t="n">
         <x:v>35634</x:v>
       </x:c>
       <x:c r="D553" s="3" t="s"/>
       <x:c r="G553" s="0" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="I553" s="4" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="J553" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="K553" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="L553" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M553" s="0" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="N553" s="3" t="n">
         <x:v>31090</x:v>
@@ -33592,51 +33585,51 @@
       </x:c>
       <x:c r="P553" s="0" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="Q553" s="4" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="R553" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="S553" s="0" t="n">
         <x:v>584756</x:v>
       </x:c>
       <x:c r="T553" s="4" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="U553" s="4" t="s">
         <x:v>50</x:v>
       </x:c>
     </x:row>
     <x:row r="554" spans="1:21">
       <x:c r="A554" s="13" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="B554" s="14" t="s">
-        <x:v>835</x:v>
+        <x:v>839</x:v>
       </x:c>
       <x:c r="C554" s="15" t="n">
         <x:v>35634</x:v>
       </x:c>
       <x:c r="D554" s="15" t="s"/>
       <x:c r="E554" s="14" t="s"/>
       <x:c r="F554" s="14" t="s"/>
       <x:c r="G554" s="14" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="H554" s="14" t="s"/>
       <x:c r="I554" s="16" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="J554" s="14" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="K554" s="14" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="L554" s="14" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="M554" s="14" t="s">
         <x:v>46</x:v>
@@ -33703,51 +33696,51 @@
       </x:c>
       <x:c r="P555" s="0" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="Q555" s="4" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="R555" s="0" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="S555" s="0" t="n">
         <x:v>578779</x:v>
       </x:c>
       <x:c r="T555" s="4" t="s">
         <x:v>354</x:v>
       </x:c>
       <x:c r="U555" s="4" t="s">
         <x:v>50</x:v>
       </x:c>
     </x:row>
     <x:row r="556" spans="1:21">
       <x:c r="A556" s="13" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="B556" s="14" t="s">
-        <x:v>839</x:v>
+        <x:v>835</x:v>
       </x:c>
       <x:c r="C556" s="15" t="n">
         <x:v>35634</x:v>
       </x:c>
       <x:c r="D556" s="15" t="s"/>
       <x:c r="E556" s="14" t="s"/>
       <x:c r="F556" s="14" t="s"/>
       <x:c r="G556" s="14" t="s">
         <x:v>831</x:v>
       </x:c>
       <x:c r="H556" s="14" t="s"/>
       <x:c r="I556" s="16" t="s">
         <x:v>832</x:v>
       </x:c>
       <x:c r="J556" s="14" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="K556" s="14" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="L556" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M556" s="14" t="s">
         <x:v>73</x:v>
@@ -33760,51 +33753,51 @@
       </x:c>
       <x:c r="P556" s="14" t="s">
         <x:v>831</x:v>
       </x:c>
       <x:c r="Q556" s="16" t="s">
         <x:v>832</x:v>
       </x:c>
       <x:c r="R556" s="14" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="S556" s="14" t="n">
         <x:v>601114</x:v>
       </x:c>
       <x:c r="T556" s="16" t="s">
         <x:v>172</x:v>
       </x:c>
       <x:c r="U556" s="16" t="s">
         <x:v>129</x:v>
       </x:c>
     </x:row>
     <x:row r="557" spans="1:21">
       <x:c r="A557" s="1" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="B557" s="0" t="s">
-        <x:v>839</x:v>
+        <x:v>835</x:v>
       </x:c>
       <x:c r="C557" s="3" t="n">
         <x:v>35634</x:v>
       </x:c>
       <x:c r="D557" s="3" t="s"/>
       <x:c r="G557" s="0" t="s">
         <x:v>884</x:v>
       </x:c>
       <x:c r="I557" s="4" t="s">
         <x:v>127</x:v>
       </x:c>
       <x:c r="J557" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="K557" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="L557" s="0" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="M557" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="N557" s="3" t="n">
         <x:v>31090</x:v>
@@ -33814,51 +33807,51 @@
       </x:c>
       <x:c r="P557" s="0" t="s">
         <x:v>884</x:v>
       </x:c>
       <x:c r="Q557" s="4" t="s">
         <x:v>127</x:v>
       </x:c>
       <x:c r="R557" s="0" t="s">
         <x:v>92</x:v>
       </x:c>
       <x:c r="S557" s="0" t="n">
         <x:v>616390</x:v>
       </x:c>
       <x:c r="T557" s="4" t="s">
         <x:v>885</x:v>
       </x:c>
       <x:c r="U557" s="4" t="s">
         <x:v>50</x:v>
       </x:c>
     </x:row>
     <x:row r="558" spans="1:21">
       <x:c r="A558" s="13" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="B558" s="14" t="s">
-        <x:v>835</x:v>
+        <x:v>839</x:v>
       </x:c>
       <x:c r="C558" s="15" t="n">
         <x:v>35634</x:v>
       </x:c>
       <x:c r="D558" s="15" t="s"/>
       <x:c r="E558" s="14" t="s"/>
       <x:c r="F558" s="14" t="s"/>
       <x:c r="G558" s="14" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="H558" s="14" t="s"/>
       <x:c r="I558" s="16" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="J558" s="14" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="K558" s="14" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="L558" s="14" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="M558" s="14" t="s">
         <x:v>46</x:v>
@@ -33871,51 +33864,51 @@
       </x:c>
       <x:c r="P558" s="14" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="Q558" s="16" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="R558" s="14" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="S558" s="14" t="n">
         <x:v>559189</x:v>
       </x:c>
       <x:c r="T558" s="16" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="U558" s="16" t="s">
         <x:v>87</x:v>
       </x:c>
     </x:row>
     <x:row r="559" spans="1:21">
       <x:c r="A559" s="1" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="B559" s="0" t="s">
-        <x:v>839</x:v>
+        <x:v>835</x:v>
       </x:c>
       <x:c r="C559" s="3" t="n">
         <x:v>35634</x:v>
       </x:c>
       <x:c r="D559" s="3" t="s"/>
       <x:c r="G559" s="0" t="s">
         <x:v>831</x:v>
       </x:c>
       <x:c r="I559" s="4" t="s">
         <x:v>832</x:v>
       </x:c>
       <x:c r="J559" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="K559" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="L559" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M559" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N559" s="3" t="n">
         <x:v>31090</x:v>
@@ -33925,100 +33918,100 @@
       </x:c>
       <x:c r="P559" s="0" t="s">
         <x:v>831</x:v>
       </x:c>
       <x:c r="Q559" s="4" t="s">
         <x:v>832</x:v>
       </x:c>
       <x:c r="R559" s="0" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="S559" s="0" t="n">
         <x:v>601110</x:v>
       </x:c>
       <x:c r="T559" s="4" t="s">
         <x:v>172</x:v>
       </x:c>
       <x:c r="U559" s="4" t="s">
         <x:v>129</x:v>
       </x:c>
     </x:row>
     <x:row r="560" spans="1:21">
       <x:c r="A560" s="13" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="B560" s="14" t="s">
-        <x:v>839</x:v>
+        <x:v>835</x:v>
       </x:c>
       <x:c r="C560" s="15" t="n">
         <x:v>35634</x:v>
       </x:c>
       <x:c r="D560" s="15" t="s"/>
       <x:c r="E560" s="14" t="s"/>
       <x:c r="F560" s="14" t="s"/>
       <x:c r="G560" s="14" t="s">
         <x:v>831</x:v>
       </x:c>
       <x:c r="H560" s="14" t="s"/>
       <x:c r="I560" s="16" t="s">
         <x:v>832</x:v>
       </x:c>
       <x:c r="J560" s="14" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="K560" s="14" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="L560" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M560" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N560" s="15" t="n">
         <x:v>31090</x:v>
       </x:c>
       <x:c r="O560" s="14" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="P560" s="14" t="s">
         <x:v>831</x:v>
       </x:c>
       <x:c r="Q560" s="16" t="s">
         <x:v>832</x:v>
       </x:c>
       <x:c r="R560" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="S560" s="14" t="n">
         <x:v>615574</x:v>
       </x:c>
       <x:c r="T560" s="16" t="s">
-        <x:v>843</x:v>
+        <x:v>840</x:v>
       </x:c>
       <x:c r="U560" s="16" t="s">
-        <x:v>844</x:v>
+        <x:v>841</x:v>
       </x:c>
     </x:row>
     <x:row r="561" spans="1:21">
       <x:c r="A561" s="1" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="B561" s="0" t="s">
         <x:v>886</x:v>
       </x:c>
       <x:c r="C561" s="3" t="n">
         <x:v>36533</x:v>
       </x:c>
       <x:c r="D561" s="3" t="s"/>
       <x:c r="G561" s="0" t="s">
         <x:v>125</x:v>
       </x:c>
       <x:c r="H561" s="0" t="s">
         <x:v>126</x:v>
       </x:c>
       <x:c r="I561" s="4" t="s">
         <x:v>127</x:v>
       </x:c>
       <x:c r="J561" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
@@ -34085,162 +34078,162 @@
       <x:c r="L562" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M562" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N562" s="15" t="n">
         <x:v>34074</x:v>
       </x:c>
       <x:c r="O562" s="14" t="s">
         <x:v>91</x:v>
       </x:c>
       <x:c r="P562" s="14" t="s">
         <x:v>143</x:v>
       </x:c>
       <x:c r="Q562" s="16" t="s">
         <x:v>90</x:v>
       </x:c>
       <x:c r="R562" s="14" t="s">
         <x:v>92</x:v>
       </x:c>
       <x:c r="S562" s="14" t="n">
         <x:v>547199</x:v>
       </x:c>
       <x:c r="T562" s="16" t="s">
-        <x:v>849</x:v>
+        <x:v>846</x:v>
       </x:c>
       <x:c r="U562" s="16" t="s">
         <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="563" spans="1:21">
       <x:c r="A563" s="1" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="B563" s="0" t="s">
-        <x:v>839</x:v>
+        <x:v>835</x:v>
       </x:c>
       <x:c r="C563" s="3" t="n">
         <x:v>35634</x:v>
       </x:c>
       <x:c r="D563" s="3" t="s"/>
       <x:c r="G563" s="0" t="s">
         <x:v>831</x:v>
       </x:c>
       <x:c r="I563" s="4" t="s">
         <x:v>832</x:v>
       </x:c>
       <x:c r="J563" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="K563" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="L563" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M563" s="0" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="N563" s="3" t="n">
         <x:v>31090</x:v>
       </x:c>
       <x:c r="O563" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="P563" s="0" t="s">
         <x:v>831</x:v>
       </x:c>
       <x:c r="Q563" s="4" t="s">
         <x:v>832</x:v>
       </x:c>
       <x:c r="R563" s="0" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="S563" s="0" t="n">
         <x:v>572511</x:v>
       </x:c>
       <x:c r="T563" s="4" t="s">
-        <x:v>821</x:v>
+        <x:v>808</x:v>
       </x:c>
       <x:c r="U563" s="4" t="s">
         <x:v>799</x:v>
       </x:c>
     </x:row>
     <x:row r="564" spans="1:21">
       <x:c r="A564" s="13" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="B564" s="14" t="s">
-        <x:v>839</x:v>
+        <x:v>835</x:v>
       </x:c>
       <x:c r="C564" s="15" t="n">
         <x:v>35634</x:v>
       </x:c>
       <x:c r="D564" s="15" t="s"/>
       <x:c r="E564" s="14" t="s"/>
       <x:c r="F564" s="14" t="s"/>
       <x:c r="G564" s="14" t="s">
         <x:v>831</x:v>
       </x:c>
       <x:c r="H564" s="14" t="s"/>
       <x:c r="I564" s="16" t="s">
         <x:v>832</x:v>
       </x:c>
       <x:c r="J564" s="14" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="K564" s="14" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="L564" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M564" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N564" s="15" t="n">
         <x:v>31090</x:v>
       </x:c>
       <x:c r="O564" s="14" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="P564" s="14" t="s">
         <x:v>831</x:v>
       </x:c>
       <x:c r="Q564" s="16" t="s">
         <x:v>832</x:v>
       </x:c>
       <x:c r="R564" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="S564" s="14" t="n">
         <x:v>572513</x:v>
       </x:c>
       <x:c r="T564" s="16" t="s">
-        <x:v>821</x:v>
+        <x:v>808</x:v>
       </x:c>
       <x:c r="U564" s="16" t="s">
         <x:v>799</x:v>
       </x:c>
     </x:row>
     <x:row r="565" spans="1:21">
       <x:c r="A565" s="1" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="B565" s="0" t="s">
         <x:v>752</x:v>
       </x:c>
       <x:c r="C565" s="3" t="n">
         <x:v>35541</x:v>
       </x:c>
       <x:c r="D565" s="3" t="s"/>
       <x:c r="G565" s="0" t="s">
         <x:v>107</x:v>
       </x:c>
       <x:c r="I565" s="4" t="s">
         <x:v>90</x:v>
       </x:c>
       <x:c r="J565" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
@@ -34361,51 +34354,51 @@
       <x:c r="L567" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M567" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N567" s="3" t="n">
         <x:v>31090</x:v>
       </x:c>
       <x:c r="O567" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="P567" s="0" t="s">
         <x:v>143</x:v>
       </x:c>
       <x:c r="Q567" s="4" t="s">
         <x:v>90</x:v>
       </x:c>
       <x:c r="R567" s="0" t="s">
         <x:v>92</x:v>
       </x:c>
       <x:c r="S567" s="0" t="n">
         <x:v>547239</x:v>
       </x:c>
       <x:c r="T567" s="4" t="s">
-        <x:v>849</x:v>
+        <x:v>846</x:v>
       </x:c>
       <x:c r="U567" s="4" t="s">
         <x:v>247</x:v>
       </x:c>
     </x:row>
     <x:row r="568" spans="1:21">
       <x:c r="A568" s="13" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="B568" s="14" t="s">
         <x:v>851</x:v>
       </x:c>
       <x:c r="C568" s="15" t="n">
         <x:v>35634</x:v>
       </x:c>
       <x:c r="D568" s="15" t="s"/>
       <x:c r="E568" s="14" t="s"/>
       <x:c r="F568" s="14" t="s"/>
       <x:c r="G568" s="14" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="H568" s="14" t="s"/>
       <x:c r="I568" s="16" t="s">
         <x:v>35</x:v>
       </x:c>
@@ -34709,51 +34702,51 @@
       </x:c>
       <x:c r="P573" s="0" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="Q573" s="4" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="R573" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="S573" s="0" t="n">
         <x:v>581313</x:v>
       </x:c>
       <x:c r="T573" s="4" t="s">
         <x:v>856</x:v>
       </x:c>
       <x:c r="U573" s="4" t="s">
         <x:v>150</x:v>
       </x:c>
     </x:row>
     <x:row r="574" spans="1:21">
       <x:c r="A574" s="13" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="B574" s="14" t="s">
-        <x:v>838</x:v>
+        <x:v>834</x:v>
       </x:c>
       <x:c r="C574" s="15" t="n">
         <x:v>39532</x:v>
       </x:c>
       <x:c r="D574" s="15" t="s"/>
       <x:c r="E574" s="14" t="s"/>
       <x:c r="F574" s="14" t="s"/>
       <x:c r="G574" s="14" t="s">
         <x:v>118</x:v>
       </x:c>
       <x:c r="H574" s="14" t="s"/>
       <x:c r="I574" s="16" t="s">
         <x:v>119</x:v>
       </x:c>
       <x:c r="J574" s="14" t="s">
         <x:v>237</x:v>
       </x:c>
       <x:c r="K574" s="14" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="L574" s="14" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="M574" s="14" t="s">
         <x:v>46</x:v>
@@ -34766,51 +34759,51 @@
       </x:c>
       <x:c r="P574" s="14" t="s">
         <x:v>118</x:v>
       </x:c>
       <x:c r="Q574" s="16" t="s">
         <x:v>119</x:v>
       </x:c>
       <x:c r="R574" s="14" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="S574" s="14" t="n">
         <x:v>616981</x:v>
       </x:c>
       <x:c r="T574" s="16" t="s">
         <x:v>892</x:v>
       </x:c>
       <x:c r="U574" s="16" t="s">
         <x:v>863</x:v>
       </x:c>
     </x:row>
     <x:row r="575" spans="1:21">
       <x:c r="A575" s="1" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="B575" s="0" t="s">
-        <x:v>839</x:v>
+        <x:v>835</x:v>
       </x:c>
       <x:c r="C575" s="3" t="n">
         <x:v>35634</x:v>
       </x:c>
       <x:c r="D575" s="3" t="s"/>
       <x:c r="G575" s="0" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="I575" s="4" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="J575" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="K575" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="L575" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M575" s="0" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="N575" s="3" t="n">
         <x:v>31090</x:v>
@@ -34877,51 +34870,51 @@
       </x:c>
       <x:c r="P576" s="14" t="s">
         <x:v>831</x:v>
       </x:c>
       <x:c r="Q576" s="16" t="s">
         <x:v>832</x:v>
       </x:c>
       <x:c r="R576" s="14" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="S576" s="14" t="n">
         <x:v>616373</x:v>
       </x:c>
       <x:c r="T576" s="16" t="s">
         <x:v>833</x:v>
       </x:c>
       <x:c r="U576" s="16" t="s">
         <x:v>385</x:v>
       </x:c>
     </x:row>
     <x:row r="577" spans="1:21">
       <x:c r="A577" s="1" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="B577" s="0" t="s">
-        <x:v>845</x:v>
+        <x:v>842</x:v>
       </x:c>
       <x:c r="C577" s="3" t="n">
         <x:v>38018</x:v>
       </x:c>
       <x:c r="D577" s="3" t="s"/>
       <x:c r="G577" s="0" t="s">
         <x:v>118</x:v>
       </x:c>
       <x:c r="I577" s="4" t="s">
         <x:v>119</x:v>
       </x:c>
       <x:c r="J577" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="K577" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="L577" s="0" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="M577" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="N577" s="3" t="n">
         <x:v>31054</x:v>
@@ -34988,94 +34981,94 @@
       </x:c>
       <x:c r="P578" s="14" t="s">
         <x:v>118</x:v>
       </x:c>
       <x:c r="Q578" s="16" t="s">
         <x:v>119</x:v>
       </x:c>
       <x:c r="R578" s="14" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="S578" s="14" t="n">
         <x:v>579910</x:v>
       </x:c>
       <x:c r="T578" s="16" t="s">
         <x:v>895</x:v>
       </x:c>
       <x:c r="U578" s="16" t="s">
         <x:v>544</x:v>
       </x:c>
     </x:row>
     <x:row r="579" spans="1:21">
       <x:c r="A579" s="1" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="B579" s="0" t="s">
-        <x:v>839</x:v>
+        <x:v>835</x:v>
       </x:c>
       <x:c r="C579" s="3" t="n">
         <x:v>35634</x:v>
       </x:c>
       <x:c r="D579" s="3" t="s"/>
       <x:c r="G579" s="0" t="s">
         <x:v>831</x:v>
       </x:c>
       <x:c r="I579" s="4" t="s">
         <x:v>832</x:v>
       </x:c>
       <x:c r="J579" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="K579" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="L579" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M579" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N579" s="3" t="n">
         <x:v>31090</x:v>
       </x:c>
       <x:c r="O579" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="P579" s="0" t="s">
         <x:v>831</x:v>
       </x:c>
       <x:c r="Q579" s="4" t="s">
         <x:v>832</x:v>
       </x:c>
       <x:c r="R579" s="0" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="S579" s="0" t="n">
         <x:v>572509</x:v>
       </x:c>
       <x:c r="T579" s="4" t="s">
-        <x:v>821</x:v>
+        <x:v>808</x:v>
       </x:c>
       <x:c r="U579" s="4" t="s">
         <x:v>799</x:v>
       </x:c>
     </x:row>
     <x:row r="580" spans="1:21">
       <x:c r="A580" s="13" t="s">
         <x:v>785</x:v>
       </x:c>
       <x:c r="B580" s="14" t="s">
         <x:v>896</x:v>
       </x:c>
       <x:c r="C580" s="15" t="n">
         <x:v>38018</x:v>
       </x:c>
       <x:c r="D580" s="15" t="s"/>
       <x:c r="E580" s="14" t="s"/>
       <x:c r="F580" s="14" t="s"/>
       <x:c r="G580" s="14" t="s">
         <x:v>688</x:v>
       </x:c>
       <x:c r="H580" s="14" t="s">
         <x:v>689</x:v>
       </x:c>
       <x:c r="I580" s="16" t="s">
@@ -35158,162 +35151,162 @@
       </x:c>
       <x:c r="P581" s="0" t="s">
         <x:v>865</x:v>
       </x:c>
       <x:c r="Q581" s="4" t="s">
         <x:v>866</x:v>
       </x:c>
       <x:c r="R581" s="0" t="s">
         <x:v>204</x:v>
       </x:c>
       <x:c r="S581" s="0" t="n">
         <x:v>575797</x:v>
       </x:c>
       <x:c r="T581" s="4" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="U581" s="4" t="s">
         <x:v>129</x:v>
       </x:c>
     </x:row>
     <x:row r="582" spans="1:21">
       <x:c r="A582" s="13" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="B582" s="14" t="s">
-        <x:v>839</x:v>
+        <x:v>835</x:v>
       </x:c>
       <x:c r="C582" s="15" t="n">
         <x:v>35634</x:v>
       </x:c>
       <x:c r="D582" s="15" t="s"/>
       <x:c r="E582" s="14" t="s"/>
       <x:c r="F582" s="14" t="s"/>
       <x:c r="G582" s="14" t="s">
         <x:v>831</x:v>
       </x:c>
       <x:c r="H582" s="14" t="s"/>
       <x:c r="I582" s="16" t="s">
         <x:v>832</x:v>
       </x:c>
       <x:c r="J582" s="14" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="K582" s="14" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="L582" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M582" s="14" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="N582" s="15" t="n">
         <x:v>31090</x:v>
       </x:c>
       <x:c r="O582" s="14" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="P582" s="14" t="s">
         <x:v>831</x:v>
       </x:c>
       <x:c r="Q582" s="16" t="s">
         <x:v>832</x:v>
       </x:c>
       <x:c r="R582" s="14" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="S582" s="14" t="n">
         <x:v>615571</x:v>
       </x:c>
       <x:c r="T582" s="16" t="s">
-        <x:v>843</x:v>
+        <x:v>840</x:v>
       </x:c>
       <x:c r="U582" s="16" t="s">
-        <x:v>844</x:v>
+        <x:v>841</x:v>
       </x:c>
     </x:row>
     <x:row r="583" spans="1:21">
       <x:c r="A583" s="1" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="B583" s="0" t="s">
-        <x:v>839</x:v>
+        <x:v>835</x:v>
       </x:c>
       <x:c r="C583" s="3" t="n">
         <x:v>35634</x:v>
       </x:c>
       <x:c r="D583" s="3" t="s"/>
       <x:c r="G583" s="0" t="s">
         <x:v>831</x:v>
       </x:c>
       <x:c r="I583" s="4" t="s">
         <x:v>832</x:v>
       </x:c>
       <x:c r="J583" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="K583" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="L583" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M583" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N583" s="3" t="n">
         <x:v>31090</x:v>
       </x:c>
       <x:c r="O583" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="P583" s="0" t="s">
         <x:v>831</x:v>
       </x:c>
       <x:c r="Q583" s="4" t="s">
         <x:v>832</x:v>
       </x:c>
       <x:c r="R583" s="0" t="s">
         <x:v>92</x:v>
       </x:c>
       <x:c r="S583" s="0" t="n">
         <x:v>615573</x:v>
       </x:c>
       <x:c r="T583" s="4" t="s">
-        <x:v>843</x:v>
+        <x:v>840</x:v>
       </x:c>
       <x:c r="U583" s="4" t="s">
-        <x:v>844</x:v>
+        <x:v>841</x:v>
       </x:c>
     </x:row>
     <x:row r="584" spans="1:21">
       <x:c r="A584" s="13" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="B584" s="14" t="s">
-        <x:v>839</x:v>
+        <x:v>835</x:v>
       </x:c>
       <x:c r="C584" s="15" t="n">
         <x:v>35634</x:v>
       </x:c>
       <x:c r="D584" s="15" t="s"/>
       <x:c r="E584" s="14" t="s"/>
       <x:c r="F584" s="14" t="s"/>
       <x:c r="G584" s="14" t="s">
         <x:v>831</x:v>
       </x:c>
       <x:c r="H584" s="14" t="s"/>
       <x:c r="I584" s="16" t="s">
         <x:v>832</x:v>
       </x:c>
       <x:c r="J584" s="14" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="K584" s="14" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="L584" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M584" s="14" t="s">
         <x:v>46</x:v>
@@ -35442,97 +35435,97 @@
       </x:c>
       <x:c r="P586" s="14" t="s">
         <x:v>868</x:v>
       </x:c>
       <x:c r="Q586" s="16" t="s">
         <x:v>870</x:v>
       </x:c>
       <x:c r="R586" s="14" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="S586" s="14" t="n">
         <x:v>606133</x:v>
       </x:c>
       <x:c r="T586" s="16" t="s">
         <x:v>147</x:v>
       </x:c>
       <x:c r="U586" s="16" t="s">
         <x:v>247</x:v>
       </x:c>
     </x:row>
     <x:row r="587" spans="1:21">
       <x:c r="A587" s="1" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="B587" s="0" t="s">
-        <x:v>839</x:v>
+        <x:v>835</x:v>
       </x:c>
       <x:c r="C587" s="3" t="n">
         <x:v>35634</x:v>
       </x:c>
       <x:c r="D587" s="3" t="s"/>
       <x:c r="G587" s="0" t="s">
-        <x:v>840</x:v>
+        <x:v>836</x:v>
       </x:c>
       <x:c r="I587" s="4" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="J587" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="K587" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="L587" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M587" s="0" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="N587" s="3" t="n">
         <x:v>31090</x:v>
       </x:c>
       <x:c r="O587" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="P587" s="0" t="s">
-        <x:v>840</x:v>
+        <x:v>836</x:v>
       </x:c>
       <x:c r="Q587" s="4" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="R587" s="0" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="S587" s="0" t="n">
         <x:v>567241</x:v>
       </x:c>
       <x:c r="T587" s="4" t="s">
-        <x:v>841</x:v>
+        <x:v>837</x:v>
       </x:c>
       <x:c r="U587" s="4" t="s">
-        <x:v>842</x:v>
+        <x:v>838</x:v>
       </x:c>
     </x:row>
     <x:row r="588" spans="1:21">
       <x:c r="A588" s="13" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="B588" s="14" t="s">
         <x:v>854</x:v>
       </x:c>
       <x:c r="C588" s="15" t="n">
         <x:v>35634</x:v>
       </x:c>
       <x:c r="D588" s="15" t="s"/>
       <x:c r="E588" s="14" t="s"/>
       <x:c r="F588" s="14" t="s"/>
       <x:c r="G588" s="14" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="H588" s="14" t="s"/>
       <x:c r="I588" s="16" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="J588" s="14" t="s">
         <x:v>57</x:v>
       </x:c>
@@ -35664,51 +35657,51 @@
       </x:c>
       <x:c r="P590" s="14" t="s">
         <x:v>118</x:v>
       </x:c>
       <x:c r="Q590" s="16" t="s">
         <x:v>119</x:v>
       </x:c>
       <x:c r="R590" s="14" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="S590" s="14" t="n">
         <x:v>621070</x:v>
       </x:c>
       <x:c r="T590" s="16" t="s">
         <x:v>150</x:v>
       </x:c>
       <x:c r="U590" s="16" t="s">
         <x:v>903</x:v>
       </x:c>
     </x:row>
     <x:row r="591" spans="1:21">
       <x:c r="A591" s="1" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="B591" s="0" t="s">
-        <x:v>839</x:v>
+        <x:v>835</x:v>
       </x:c>
       <x:c r="C591" s="3" t="n">
         <x:v>35634</x:v>
       </x:c>
       <x:c r="D591" s="3" t="s"/>
       <x:c r="G591" s="0" t="s">
         <x:v>227</x:v>
       </x:c>
       <x:c r="I591" s="4" t="s">
         <x:v>228</x:v>
       </x:c>
       <x:c r="J591" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="K591" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="L591" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M591" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="N591" s="3" t="n">
         <x:v>31090</x:v>
@@ -35764,51 +35757,51 @@
       <x:c r="L592" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M592" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N592" s="15" t="n">
         <x:v>46003</x:v>
       </x:c>
       <x:c r="O592" s="14" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="P592" s="14" t="s">
         <x:v>143</x:v>
       </x:c>
       <x:c r="Q592" s="16" t="s">
         <x:v>90</x:v>
       </x:c>
       <x:c r="R592" s="14" t="s">
         <x:v>92</x:v>
       </x:c>
       <x:c r="S592" s="14" t="n">
         <x:v>547221</x:v>
       </x:c>
       <x:c r="T592" s="16" t="s">
-        <x:v>849</x:v>
+        <x:v>846</x:v>
       </x:c>
       <x:c r="U592" s="16" t="s">
         <x:v>247</x:v>
       </x:c>
     </x:row>
     <x:row r="593" spans="1:21">
       <x:c r="A593" s="1" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="B593" s="0" t="s">
         <x:v>904</x:v>
       </x:c>
       <x:c r="C593" s="3" t="n">
         <x:v>41079</x:v>
       </x:c>
       <x:c r="D593" s="3" t="s"/>
       <x:c r="G593" s="0" t="s">
         <x:v>755</x:v>
       </x:c>
       <x:c r="H593" s="0" t="s">
         <x:v>905</x:v>
       </x:c>
       <x:c r="I593" s="4" t="s">
         <x:v>621</x:v>
       </x:c>
@@ -35945,51 +35938,51 @@
       </x:c>
       <x:c r="P595" s="0" t="s">
         <x:v>104</x:v>
       </x:c>
       <x:c r="Q595" s="4" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="R595" s="0" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="S595" s="0" t="n">
         <x:v>584120</x:v>
       </x:c>
       <x:c r="T595" s="4" t="s">
         <x:v>135</x:v>
       </x:c>
       <x:c r="U595" s="4" t="s">
         <x:v>99</x:v>
       </x:c>
     </x:row>
     <x:row r="596" spans="1:21">
       <x:c r="A596" s="13" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="B596" s="14" t="s">
-        <x:v>838</x:v>
+        <x:v>834</x:v>
       </x:c>
       <x:c r="C596" s="15" t="n">
         <x:v>39532</x:v>
       </x:c>
       <x:c r="D596" s="15" t="s"/>
       <x:c r="E596" s="14" t="s"/>
       <x:c r="F596" s="14" t="s"/>
       <x:c r="G596" s="14" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="H596" s="14" t="s"/>
       <x:c r="I596" s="16" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="J596" s="14" t="s">
         <x:v>237</x:v>
       </x:c>
       <x:c r="K596" s="14" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="L596" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M596" s="14" t="s">
         <x:v>73</x:v>
@@ -36002,51 +35995,51 @@
       </x:c>
       <x:c r="P596" s="14" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="Q596" s="16" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="R596" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="S596" s="14" t="n">
         <x:v>584267</x:v>
       </x:c>
       <x:c r="T596" s="16" t="s">
         <x:v>354</x:v>
       </x:c>
       <x:c r="U596" s="16" t="s">
         <x:v>50</x:v>
       </x:c>
     </x:row>
     <x:row r="597" spans="1:21">
       <x:c r="A597" s="1" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="B597" s="0" t="s">
-        <x:v>839</x:v>
+        <x:v>835</x:v>
       </x:c>
       <x:c r="C597" s="3" t="n">
         <x:v>35634</x:v>
       </x:c>
       <x:c r="D597" s="3" t="s"/>
       <x:c r="G597" s="0" t="s">
         <x:v>161</x:v>
       </x:c>
       <x:c r="H597" s="0" t="s">
         <x:v>162</x:v>
       </x:c>
       <x:c r="I597" s="4" t="s">
         <x:v>163</x:v>
       </x:c>
       <x:c r="J597" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="K597" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="L597" s="0" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="M597" s="0" t="s">
         <x:v>27</x:v>
@@ -36059,51 +36052,51 @@
       </x:c>
       <x:c r="P597" s="0" t="s">
         <x:v>161</x:v>
       </x:c>
       <x:c r="Q597" s="4" t="s">
         <x:v>163</x:v>
       </x:c>
       <x:c r="R597" s="0" t="s">
         <x:v>164</x:v>
       </x:c>
       <x:c r="S597" s="0" t="n">
         <x:v>552021</x:v>
       </x:c>
       <x:c r="T597" s="4" t="s">
         <x:v>908</x:v>
       </x:c>
       <x:c r="U597" s="4" t="s">
         <x:v>50</x:v>
       </x:c>
     </x:row>
     <x:row r="598" spans="1:21">
       <x:c r="A598" s="13" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="B598" s="14" t="s">
-        <x:v>838</x:v>
+        <x:v>834</x:v>
       </x:c>
       <x:c r="C598" s="15" t="n">
         <x:v>39532</x:v>
       </x:c>
       <x:c r="D598" s="15" t="s"/>
       <x:c r="E598" s="14" t="s"/>
       <x:c r="F598" s="14" t="s"/>
       <x:c r="G598" s="14" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="H598" s="14" t="s"/>
       <x:c r="I598" s="16" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="J598" s="14" t="s">
         <x:v>237</x:v>
       </x:c>
       <x:c r="K598" s="14" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="L598" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M598" s="14" t="s">
         <x:v>73</x:v>
@@ -36159,51 +36152,51 @@
       <x:c r="L599" s="0" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="M599" s="0" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="N599" s="3" t="n">
         <x:v>46003</x:v>
       </x:c>
       <x:c r="O599" s="0" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="P599" s="0" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="Q599" s="4" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="R599" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="S599" s="0" t="n">
         <x:v>581311</x:v>
       </x:c>
       <x:c r="T599" s="4" t="s">
-        <x:v>823</x:v>
+        <x:v>820</x:v>
       </x:c>
       <x:c r="U599" s="4" t="s">
         <x:v>735</x:v>
       </x:c>
     </x:row>
     <x:row r="600" spans="1:21">
       <x:c r="A600" s="13" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="B600" s="14" t="s">
         <x:v>909</x:v>
       </x:c>
       <x:c r="C600" s="15" t="n">
         <x:v>39532</x:v>
       </x:c>
       <x:c r="D600" s="15" t="s"/>
       <x:c r="E600" s="14" t="s"/>
       <x:c r="F600" s="14" t="s"/>
       <x:c r="G600" s="14" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="H600" s="14" t="s"/>
       <x:c r="I600" s="16" t="s">
         <x:v>35</x:v>
       </x:c>
@@ -36338,51 +36331,51 @@
       </x:c>
       <x:c r="P602" s="14" t="s">
         <x:v>104</x:v>
       </x:c>
       <x:c r="Q602" s="16" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="R602" s="14" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="S602" s="14" t="n">
         <x:v>578910</x:v>
       </x:c>
       <x:c r="T602" s="16" t="s">
         <x:v>135</x:v>
       </x:c>
       <x:c r="U602" s="16" t="s">
         <x:v>247</x:v>
       </x:c>
     </x:row>
     <x:row r="603" spans="1:21">
       <x:c r="A603" s="1" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="B603" s="0" t="s">
-        <x:v>839</x:v>
+        <x:v>835</x:v>
       </x:c>
       <x:c r="C603" s="3" t="n">
         <x:v>35634</x:v>
       </x:c>
       <x:c r="D603" s="3" t="s"/>
       <x:c r="G603" s="0" t="s">
         <x:v>831</x:v>
       </x:c>
       <x:c r="I603" s="4" t="s">
         <x:v>832</x:v>
       </x:c>
       <x:c r="J603" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="K603" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="L603" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M603" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N603" s="3" t="n">
         <x:v>31090</x:v>
@@ -36392,51 +36385,51 @@
       </x:c>
       <x:c r="P603" s="0" t="s">
         <x:v>831</x:v>
       </x:c>
       <x:c r="Q603" s="4" t="s">
         <x:v>832</x:v>
       </x:c>
       <x:c r="R603" s="0" t="s">
         <x:v>92</x:v>
       </x:c>
       <x:c r="S603" s="0" t="n">
         <x:v>601115</x:v>
       </x:c>
       <x:c r="T603" s="4" t="s">
         <x:v>172</x:v>
       </x:c>
       <x:c r="U603" s="4" t="s">
         <x:v>129</x:v>
       </x:c>
     </x:row>
     <x:row r="604" spans="1:21">
       <x:c r="A604" s="13" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="B604" s="14" t="s">
-        <x:v>839</x:v>
+        <x:v>835</x:v>
       </x:c>
       <x:c r="C604" s="15" t="n">
         <x:v>35634</x:v>
       </x:c>
       <x:c r="D604" s="15" t="s"/>
       <x:c r="E604" s="14" t="s"/>
       <x:c r="F604" s="14" t="s"/>
       <x:c r="G604" s="14" t="s">
         <x:v>831</x:v>
       </x:c>
       <x:c r="H604" s="14" t="s"/>
       <x:c r="I604" s="16" t="s">
         <x:v>832</x:v>
       </x:c>
       <x:c r="J604" s="14" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="K604" s="14" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="L604" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M604" s="14" t="s">
         <x:v>27</x:v>
@@ -36789,51 +36782,51 @@
       </x:c>
       <x:c r="P610" s="14" t="s">
         <x:v>107</x:v>
       </x:c>
       <x:c r="Q610" s="16" t="s">
         <x:v>90</x:v>
       </x:c>
       <x:c r="R610" s="14" t="s">
         <x:v>92</x:v>
       </x:c>
       <x:c r="S610" s="14" t="n">
         <x:v>537296</x:v>
       </x:c>
       <x:c r="T610" s="16" t="s">
         <x:v>261</x:v>
       </x:c>
       <x:c r="U610" s="16" t="s">
         <x:v>307</x:v>
       </x:c>
     </x:row>
     <x:row r="611" spans="1:21">
       <x:c r="A611" s="1" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="B611" s="0" t="s">
-        <x:v>838</x:v>
+        <x:v>834</x:v>
       </x:c>
       <x:c r="C611" s="3" t="n">
         <x:v>39532</x:v>
       </x:c>
       <x:c r="D611" s="3" t="s"/>
       <x:c r="G611" s="0" t="s">
         <x:v>118</x:v>
       </x:c>
       <x:c r="I611" s="4" t="s">
         <x:v>119</x:v>
       </x:c>
       <x:c r="J611" s="0" t="s">
         <x:v>237</x:v>
       </x:c>
       <x:c r="K611" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="L611" s="0" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="M611" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="N611" s="3" t="n">
         <x:v>46003</x:v>
@@ -36954,97 +36947,97 @@
       </x:c>
       <x:c r="P613" s="0" t="s">
         <x:v>143</x:v>
       </x:c>
       <x:c r="Q613" s="4" t="s">
         <x:v>90</x:v>
       </x:c>
       <x:c r="R613" s="0" t="s">
         <x:v>92</x:v>
       </x:c>
       <x:c r="S613" s="0" t="n">
         <x:v>547192</x:v>
       </x:c>
       <x:c r="T613" s="4" t="s">
         <x:v>480</x:v>
       </x:c>
       <x:c r="U613" s="4" t="s">
         <x:v>99</x:v>
       </x:c>
     </x:row>
     <x:row r="614" spans="1:21">
       <x:c r="A614" s="13" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="B614" s="14" t="s">
-        <x:v>839</x:v>
+        <x:v>835</x:v>
       </x:c>
       <x:c r="C614" s="15" t="n">
         <x:v>35634</x:v>
       </x:c>
       <x:c r="D614" s="15" t="s"/>
       <x:c r="E614" s="14" t="s"/>
       <x:c r="F614" s="14" t="s"/>
       <x:c r="G614" s="14" t="s">
         <x:v>831</x:v>
       </x:c>
       <x:c r="H614" s="14" t="s"/>
       <x:c r="I614" s="16" t="s">
         <x:v>832</x:v>
       </x:c>
       <x:c r="J614" s="14" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="K614" s="14" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="L614" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M614" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N614" s="15" t="n">
         <x:v>31090</x:v>
       </x:c>
       <x:c r="O614" s="14" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="P614" s="14" t="s">
         <x:v>831</x:v>
       </x:c>
       <x:c r="Q614" s="16" t="s">
         <x:v>832</x:v>
       </x:c>
       <x:c r="R614" s="14" t="s">
         <x:v>92</x:v>
       </x:c>
       <x:c r="S614" s="14" t="n">
         <x:v>572512</x:v>
       </x:c>
       <x:c r="T614" s="16" t="s">
-        <x:v>821</x:v>
+        <x:v>808</x:v>
       </x:c>
       <x:c r="U614" s="16" t="s">
         <x:v>799</x:v>
       </x:c>
     </x:row>
     <x:row r="615" spans="1:21">
       <x:c r="A615" s="1" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="B615" s="0" t="s">
         <x:v>900</x:v>
       </x:c>
       <x:c r="C615" s="3" t="n">
         <x:v>40183</x:v>
       </x:c>
       <x:c r="D615" s="3" t="s"/>
       <x:c r="G615" s="0" t="s">
         <x:v>868</x:v>
       </x:c>
       <x:c r="H615" s="0" t="s">
         <x:v>869</x:v>
       </x:c>
       <x:c r="I615" s="4" t="s">
         <x:v>870</x:v>
       </x:c>
@@ -37238,51 +37231,51 @@
       </x:c>
       <x:c r="P618" s="14" t="s">
         <x:v>494</x:v>
       </x:c>
       <x:c r="Q618" s="16" t="s">
         <x:v>101</x:v>
       </x:c>
       <x:c r="R618" s="14" t="s">
         <x:v>102</x:v>
       </x:c>
       <x:c r="S618" s="14" t="n">
         <x:v>590734</x:v>
       </x:c>
       <x:c r="T618" s="16" t="s">
         <x:v>135</x:v>
       </x:c>
       <x:c r="U618" s="16" t="s">
         <x:v>281</x:v>
       </x:c>
     </x:row>
     <x:row r="619" spans="1:21">
       <x:c r="A619" s="1" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="B619" s="0" t="s">
-        <x:v>839</x:v>
+        <x:v>835</x:v>
       </x:c>
       <x:c r="C619" s="3" t="n">
         <x:v>35634</x:v>
       </x:c>
       <x:c r="D619" s="3" t="s"/>
       <x:c r="G619" s="0" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="I619" s="4" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="J619" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="K619" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="L619" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M619" s="0" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="N619" s="3" t="n">
         <x:v>31090</x:v>
@@ -37292,51 +37285,51 @@
       </x:c>
       <x:c r="P619" s="0" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="Q619" s="4" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="R619" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="S619" s="0" t="n">
         <x:v>584769</x:v>
       </x:c>
       <x:c r="T619" s="4" t="s">
         <x:v>918</x:v>
       </x:c>
       <x:c r="U619" s="4" t="s">
         <x:v>662</x:v>
       </x:c>
     </x:row>
     <x:row r="620" spans="1:21">
       <x:c r="A620" s="13" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="B620" s="14" t="s">
-        <x:v>838</x:v>
+        <x:v>834</x:v>
       </x:c>
       <x:c r="C620" s="15" t="n">
         <x:v>39532</x:v>
       </x:c>
       <x:c r="D620" s="15" t="s"/>
       <x:c r="E620" s="14" t="s"/>
       <x:c r="F620" s="14" t="s"/>
       <x:c r="G620" s="14" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="H620" s="14" t="s"/>
       <x:c r="I620" s="16" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="J620" s="14" t="s">
         <x:v>237</x:v>
       </x:c>
       <x:c r="K620" s="14" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="L620" s="14" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="M620" s="14" t="s">
         <x:v>46</x:v>
@@ -37349,51 +37342,51 @@
       </x:c>
       <x:c r="P620" s="14" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="Q620" s="16" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="R620" s="14" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="S620" s="14" t="n">
         <x:v>602508</x:v>
       </x:c>
       <x:c r="T620" s="16" t="s">
         <x:v>354</x:v>
       </x:c>
       <x:c r="U620" s="16" t="s">
         <x:v>50</x:v>
       </x:c>
     </x:row>
     <x:row r="621" spans="1:21">
       <x:c r="A621" s="1" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="B621" s="0" t="s">
-        <x:v>838</x:v>
+        <x:v>834</x:v>
       </x:c>
       <x:c r="C621" s="3" t="n">
         <x:v>39532</x:v>
       </x:c>
       <x:c r="D621" s="3" t="s"/>
       <x:c r="G621" s="0" t="s">
         <x:v>144</x:v>
       </x:c>
       <x:c r="I621" s="4" t="s">
         <x:v>145</x:v>
       </x:c>
       <x:c r="J621" s="0" t="s">
         <x:v>237</x:v>
       </x:c>
       <x:c r="K621" s="0" t="s">
         <x:v>919</x:v>
       </x:c>
       <x:c r="L621" s="0" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="M621" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="N621" s="3" t="n">
         <x:v>46003</x:v>
@@ -37462,51 +37455,51 @@
       </x:c>
       <x:c r="P622" s="14" t="s">
         <x:v>688</x:v>
       </x:c>
       <x:c r="Q622" s="16" t="s">
         <x:v>690</x:v>
       </x:c>
       <x:c r="R622" s="14" t="s">
         <x:v>691</x:v>
       </x:c>
       <x:c r="S622" s="14" t="n">
         <x:v>615683</x:v>
       </x:c>
       <x:c r="T622" s="16" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="U622" s="16" t="s">
         <x:v>898</x:v>
       </x:c>
     </x:row>
     <x:row r="623" spans="1:21">
       <x:c r="A623" s="1" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="B623" s="0" t="s">
-        <x:v>845</x:v>
+        <x:v>842</x:v>
       </x:c>
       <x:c r="C623" s="3" t="n">
         <x:v>38018</x:v>
       </x:c>
       <x:c r="D623" s="3" t="s"/>
       <x:c r="G623" s="0" t="s">
         <x:v>688</x:v>
       </x:c>
       <x:c r="H623" s="0" t="s">
         <x:v>689</x:v>
       </x:c>
       <x:c r="I623" s="4" t="s">
         <x:v>690</x:v>
       </x:c>
       <x:c r="J623" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="K623" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="L623" s="0" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="M623" s="0" t="s">
         <x:v>46</x:v>
@@ -37519,51 +37512,51 @@
       </x:c>
       <x:c r="P623" s="0" t="s">
         <x:v>688</x:v>
       </x:c>
       <x:c r="Q623" s="4" t="s">
         <x:v>690</x:v>
       </x:c>
       <x:c r="R623" s="0" t="s">
         <x:v>691</x:v>
       </x:c>
       <x:c r="S623" s="0" t="n">
         <x:v>578602</x:v>
       </x:c>
       <x:c r="T623" s="4" t="s">
         <x:v>921</x:v>
       </x:c>
       <x:c r="U623" s="4" t="s">
         <x:v>898</x:v>
       </x:c>
     </x:row>
     <x:row r="624" spans="1:21">
       <x:c r="A624" s="13" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="B624" s="14" t="s">
-        <x:v>834</x:v>
+        <x:v>848</x:v>
       </x:c>
       <x:c r="C624" s="15" t="n">
         <x:v>38472</x:v>
       </x:c>
       <x:c r="D624" s="15" t="s"/>
       <x:c r="E624" s="14" t="s"/>
       <x:c r="F624" s="14" t="s"/>
       <x:c r="G624" s="14" t="s">
         <x:v>235</x:v>
       </x:c>
       <x:c r="H624" s="14" t="s"/>
       <x:c r="I624" s="16" t="s">
         <x:v>236</x:v>
       </x:c>
       <x:c r="J624" s="14" t="s">
         <x:v>237</x:v>
       </x:c>
       <x:c r="K624" s="14" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="L624" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M624" s="14" t="s">
         <x:v>27</x:v>
@@ -37692,51 +37685,51 @@
       </x:c>
       <x:c r="P626" s="14" t="s">
         <x:v>688</x:v>
       </x:c>
       <x:c r="Q626" s="16" t="s">
         <x:v>690</x:v>
       </x:c>
       <x:c r="R626" s="14" t="s">
         <x:v>691</x:v>
       </x:c>
       <x:c r="S626" s="14" t="n">
         <x:v>615699</x:v>
       </x:c>
       <x:c r="T626" s="16" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="U626" s="16" t="s">
         <x:v>873</x:v>
       </x:c>
     </x:row>
     <x:row r="627" spans="1:21">
       <x:c r="A627" s="1" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="B627" s="0" t="s">
-        <x:v>839</x:v>
+        <x:v>835</x:v>
       </x:c>
       <x:c r="C627" s="3" t="n">
         <x:v>35634</x:v>
       </x:c>
       <x:c r="D627" s="3" t="s"/>
       <x:c r="G627" s="0" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="I627" s="4" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="J627" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="K627" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="L627" s="0" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="M627" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="N627" s="3" t="n">
         <x:v>31090</x:v>
@@ -37918,51 +37911,51 @@
       </x:c>
       <x:c r="P630" s="14" t="s">
         <x:v>759</x:v>
       </x:c>
       <x:c r="Q630" s="16" t="s">
         <x:v>90</x:v>
       </x:c>
       <x:c r="R630" s="14" t="s">
         <x:v>92</x:v>
       </x:c>
       <x:c r="S630" s="14" t="n">
         <x:v>574092</x:v>
       </x:c>
       <x:c r="T630" s="16" t="s">
         <x:v>926</x:v>
       </x:c>
       <x:c r="U630" s="16" t="s">
         <x:v>927</x:v>
       </x:c>
     </x:row>
     <x:row r="631" spans="1:21">
       <x:c r="A631" s="1" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="B631" s="0" t="s">
-        <x:v>848</x:v>
+        <x:v>845</x:v>
       </x:c>
       <x:c r="C631" s="3" t="n">
         <x:v>35634</x:v>
       </x:c>
       <x:c r="D631" s="3" t="s"/>
       <x:c r="G631" s="0" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="I631" s="4" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="J631" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="K631" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="L631" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M631" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N631" s="3" t="n">
         <x:v>31090</x:v>