--- v0 (2026-03-10)
+++ v1 (2026-03-10)
@@ -209,87 +209,87 @@
   <x:si>
     <x:t>Public de la formation initiale</x:t>
   </x:si>
   <x:si>
     <x:t>MARSEILLE-13e</x:t>
   </x:si>
   <x:si>
     <x:t>09/01/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>06/30/2028 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Formaseq</x:t>
   </x:si>
   <x:si>
     <x:t>13008</x:t>
   </x:si>
   <x:si>
     <x:t>MARSEILLE- 8e</x:t>
   </x:si>
   <x:si>
     <x:t>10/07/2026 00:00:00</x:t>
   </x:si>
   <x:si>
+    <x:t>BUT spécialité génie biologique parcours sciences de l'environnement et écotechnologies</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Aix-Marseille Université</x:t>
+  </x:si>
+  <x:si>
+    <x:t>13284</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Bac + 3 et 4</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Méthode physico-chimique analyse</x:t>
+  </x:si>
+  <x:si>
+    <x:t>UNIVERSITE D'AIX MARSEILLE</x:t>
+  </x:si>
+  <x:si>
+    <x:t>04000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>DIGNE LES BAINS</x:t>
+  </x:si>
+  <x:si>
+    <x:t>06/30/2029 00:00:00</x:t>
+  </x:si>
+  <x:si>
     <x:t>Delta - Groupe Someform</x:t>
   </x:si>
   <x:si>
     <x:t>13200</x:t>
   </x:si>
   <x:si>
     <x:t>ARLES</x:t>
   </x:si>
   <x:si>
     <x:t>08/31/2028 00:00:00</x:t>
-  </x:si>
-[...25 lines deleted...]
-    <x:t>06/30/2029 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Forma Var - Antenne Formaplus</x:t>
   </x:si>
   <x:si>
     <x:t>83480</x:t>
   </x:si>
   <x:si>
     <x:t>PUGET-SUR-ARGENS</x:t>
   </x:si>
   <x:si>
     <x:t>10/09/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>05/22/2027 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Institut National de l'Hygiène et du Nettoyage Industriel</x:t>
   </x:si>
   <x:si>
     <x:t>INHNI</x:t>
   </x:si>
   <x:si>
     <x:t>94800</x:t>
   </x:si>
@@ -1144,154 +1144,153 @@
       </x:c>
       <x:c r="O4" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P4" s="14" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="Q4" s="16" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="R4" s="14" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="S4" s="14" t="n">
         <x:v>605100</x:v>
       </x:c>
       <x:c r="T4" s="16" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="U4" s="16" t="s">
         <x:v>41</x:v>
       </x:c>
     </x:row>
     <x:row r="5" spans="1:21">
       <x:c r="A5" s="1" t="s">
-        <x:v>21</x:v>
+        <x:v>34</x:v>
       </x:c>
       <x:c r="B5" s="0" t="s">
-        <x:v>22</x:v>
+        <x:v>46</x:v>
       </x:c>
       <x:c r="C5" s="3" t="n">
-        <x:v>39944</x:v>
+        <x:v>35370</x:v>
       </x:c>
       <x:c r="D5" s="3" t="s"/>
-      <x:c r="E5" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="G5" s="0" t="s">
-        <x:v>46</x:v>
+        <x:v>47</x:v>
       </x:c>
       <x:c r="I5" s="4" t="s">
-        <x:v>47</x:v>
+        <x:v>48</x:v>
       </x:c>
       <x:c r="J5" s="0" t="s">
-        <x:v>26</x:v>
+        <x:v>49</x:v>
       </x:c>
       <x:c r="K5" s="0" t="s">
-        <x:v>27</x:v>
+        <x:v>38</x:v>
       </x:c>
       <x:c r="L5" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M5" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N5" s="3" t="n">
-        <x:v>12570</x:v>
+        <x:v>11502</x:v>
       </x:c>
       <x:c r="O5" s="0" t="s">
-        <x:v>30</x:v>
+        <x:v>50</x:v>
       </x:c>
       <x:c r="P5" s="0" t="s">
-        <x:v>46</x:v>
+        <x:v>51</x:v>
       </x:c>
       <x:c r="Q5" s="4" t="s">
-        <x:v>47</x:v>
+        <x:v>52</x:v>
       </x:c>
       <x:c r="R5" s="0" t="s">
-        <x:v>48</x:v>
+        <x:v>53</x:v>
       </x:c>
       <x:c r="S5" s="0" t="n">
-        <x:v>601752</x:v>
+        <x:v>596699</x:v>
       </x:c>
       <x:c r="T5" s="4" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="U5" s="4" t="s">
-        <x:v>49</x:v>
+        <x:v>54</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:21">
       <x:c r="A6" s="13" t="s">
-        <x:v>34</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B6" s="14" t="s">
-        <x:v>50</x:v>
+        <x:v>22</x:v>
       </x:c>
       <x:c r="C6" s="15" t="n">
-        <x:v>35370</x:v>
+        <x:v>39944</x:v>
       </x:c>
       <x:c r="D6" s="15" t="s"/>
-      <x:c r="E6" s="14" t="s"/>
+      <x:c r="E6" s="14" t="s">
+        <x:v>23</x:v>
+      </x:c>
       <x:c r="F6" s="14" t="s"/>
       <x:c r="G6" s="14" t="s">
-        <x:v>51</x:v>
+        <x:v>55</x:v>
       </x:c>
       <x:c r="H6" s="14" t="s"/>
       <x:c r="I6" s="16" t="s">
-        <x:v>52</x:v>
+        <x:v>56</x:v>
       </x:c>
       <x:c r="J6" s="14" t="s">
-        <x:v>53</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="K6" s="14" t="s">
-        <x:v>38</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="L6" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M6" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N6" s="15" t="n">
-        <x:v>11502</x:v>
+        <x:v>12570</x:v>
       </x:c>
       <x:c r="O6" s="14" t="s">
-        <x:v>54</x:v>
+        <x:v>30</x:v>
       </x:c>
       <x:c r="P6" s="14" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="Q6" s="16" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="R6" s="14" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="S6" s="14" t="n">
-        <x:v>596699</x:v>
+        <x:v>601752</x:v>
       </x:c>
       <x:c r="T6" s="16" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="U6" s="16" t="s">
         <x:v>58</x:v>
       </x:c>
     </x:row>
     <x:row r="7" spans="1:21">
       <x:c r="A7" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B7" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C7" s="3" t="n">
         <x:v>39944</x:v>
       </x:c>
       <x:c r="D7" s="3" t="s"/>
       <x:c r="E7" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G7" s="0" t="s">
         <x:v>24</x:v>
       </x:c>
@@ -1501,147 +1500,147 @@
       <x:c r="R10" s="14" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="S10" s="14" t="n">
         <x:v>620395</x:v>
       </x:c>
       <x:c r="T10" s="16" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="U10" s="16" t="s">
         <x:v>41</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:21">
       <x:c r="A11" s="1" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="B11" s="0" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="C11" s="3" t="n">
         <x:v>35516</x:v>
       </x:c>
       <x:c r="D11" s="3" t="s"/>
       <x:c r="G11" s="0" t="s">
-        <x:v>51</x:v>
+        <x:v>47</x:v>
       </x:c>
       <x:c r="I11" s="4" t="s">
-        <x:v>52</x:v>
+        <x:v>48</x:v>
       </x:c>
       <x:c r="J11" s="0" t="s">
-        <x:v>53</x:v>
+        <x:v>49</x:v>
       </x:c>
       <x:c r="K11" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="L11" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M11" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N11" s="3" t="n">
         <x:v>12522</x:v>
       </x:c>
       <x:c r="O11" s="0" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="P11" s="0" t="s">
-        <x:v>55</x:v>
+        <x:v>51</x:v>
       </x:c>
       <x:c r="Q11" s="4" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="R11" s="0" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="S11" s="0" t="n">
         <x:v>596685</x:v>
       </x:c>
       <x:c r="T11" s="4" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="U11" s="4" t="s">
-        <x:v>58</x:v>
+        <x:v>54</x:v>
       </x:c>
     </x:row>
     <x:row r="12" spans="1:21">
       <x:c r="A12" s="13" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="B12" s="14" t="s">
-        <x:v>50</x:v>
+        <x:v>46</x:v>
       </x:c>
       <x:c r="C12" s="15" t="n">
         <x:v>35370</x:v>
       </x:c>
       <x:c r="D12" s="15" t="s"/>
       <x:c r="E12" s="14" t="s"/>
       <x:c r="F12" s="14" t="s"/>
       <x:c r="G12" s="14" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="H12" s="14" t="s"/>
       <x:c r="I12" s="16" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="J12" s="14" t="s">
-        <x:v>53</x:v>
+        <x:v>49</x:v>
       </x:c>
       <x:c r="K12" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="L12" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M12" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N12" s="15" t="n">
         <x:v>11502</x:v>
       </x:c>
       <x:c r="O12" s="14" t="s">
-        <x:v>54</x:v>
+        <x:v>50</x:v>
       </x:c>
       <x:c r="P12" s="14" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="Q12" s="16" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="R12" s="14" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="S12" s="14" t="n">
         <x:v>596698</x:v>
       </x:c>
       <x:c r="T12" s="16" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="U12" s="16" t="s">
-        <x:v>58</x:v>
+        <x:v>54</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:21">
       <x:c r="A13" s="1" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="B13" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="C13" s="3" t="n">
         <x:v>39944</x:v>
       </x:c>
       <x:c r="D13" s="3" t="s"/>
       <x:c r="G13" s="0" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="I13" s="4" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="J13" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K13" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
@@ -1679,126 +1678,126 @@
     <x:row r="14" spans="1:21">
       <x:c r="A14" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B14" s="14" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="C14" s="15" t="n">
         <x:v>35370</x:v>
       </x:c>
       <x:c r="D14" s="15" t="s"/>
       <x:c r="E14" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F14" s="14" t="s"/>
       <x:c r="G14" s="14" t="s">
         <x:v>90</x:v>
       </x:c>
       <x:c r="H14" s="14" t="s">
         <x:v>91</x:v>
       </x:c>
       <x:c r="I14" s="16" t="s">
         <x:v>92</x:v>
       </x:c>
       <x:c r="J14" s="14" t="s">
-        <x:v>53</x:v>
+        <x:v>49</x:v>
       </x:c>
       <x:c r="K14" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L14" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M14" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N14" s="15" t="n">
         <x:v>11502</x:v>
       </x:c>
       <x:c r="O14" s="14" t="s">
-        <x:v>54</x:v>
+        <x:v>50</x:v>
       </x:c>
       <x:c r="P14" s="14" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="Q14" s="16" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="R14" s="14" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="S14" s="14" t="n">
         <x:v>602526</x:v>
       </x:c>
       <x:c r="T14" s="16" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="U14" s="16" t="s">
         <x:v>94</x:v>
       </x:c>
     </x:row>
     <x:row r="15" spans="1:21">
       <x:c r="A15" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B15" s="0" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="C15" s="3" t="n">
         <x:v>35370</x:v>
       </x:c>
       <x:c r="D15" s="3" t="s"/>
       <x:c r="E15" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G15" s="0" t="s">
         <x:v>90</x:v>
       </x:c>
       <x:c r="H15" s="0" t="s">
         <x:v>91</x:v>
       </x:c>
       <x:c r="I15" s="4" t="s">
         <x:v>92</x:v>
       </x:c>
       <x:c r="J15" s="0" t="s">
-        <x:v>53</x:v>
+        <x:v>49</x:v>
       </x:c>
       <x:c r="K15" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L15" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M15" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N15" s="3" t="n">
         <x:v>11502</x:v>
       </x:c>
       <x:c r="O15" s="0" t="s">
-        <x:v>54</x:v>
+        <x:v>50</x:v>
       </x:c>
       <x:c r="P15" s="0" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="Q15" s="4" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="R15" s="0" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="S15" s="0" t="n">
         <x:v>556142</x:v>
       </x:c>
       <x:c r="T15" s="4" t="s">
         <x:v>95</x:v>
       </x:c>
       <x:c r="U15" s="4" t="s">
         <x:v>69</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:21">
       <x:c r="A16" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B16" s="14" t="s">
@@ -1916,51 +1915,51 @@
       </x:c>
     </x:row>
     <x:row r="18" spans="1:21">
       <x:c r="A18" s="13" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="B18" s="14" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="C18" s="15" t="n">
         <x:v>35516</x:v>
       </x:c>
       <x:c r="D18" s="15" t="s"/>
       <x:c r="E18" s="14" t="s"/>
       <x:c r="F18" s="14" t="s"/>
       <x:c r="G18" s="14" t="s">
         <x:v>105</x:v>
       </x:c>
       <x:c r="H18" s="14" t="s">
         <x:v>106</x:v>
       </x:c>
       <x:c r="I18" s="16" t="s">
         <x:v>107</x:v>
       </x:c>
       <x:c r="J18" s="14" t="s">
-        <x:v>53</x:v>
+        <x:v>49</x:v>
       </x:c>
       <x:c r="K18" s="14" t="s">
         <x:v>102</x:v>
       </x:c>
       <x:c r="L18" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M18" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N18" s="15" t="n">
         <x:v>12522</x:v>
       </x:c>
       <x:c r="O18" s="14" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="P18" s="14" t="s">
         <x:v>105</x:v>
       </x:c>
       <x:c r="Q18" s="16" t="s">
         <x:v>107</x:v>
       </x:c>
       <x:c r="R18" s="14" t="s">
         <x:v>80</x:v>
       </x:c>
@@ -2014,93 +2013,93 @@
       </x:c>
       <x:c r="P19" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="Q19" s="4" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="R19" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="S19" s="0" t="n">
         <x:v>572335</x:v>
       </x:c>
       <x:c r="T19" s="4" t="s">
         <x:v>95</x:v>
       </x:c>
       <x:c r="U19" s="4" t="s">
         <x:v>109</x:v>
       </x:c>
     </x:row>
     <x:row r="20" spans="1:21">
       <x:c r="A20" s="13" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="B20" s="14" t="s">
-        <x:v>50</x:v>
+        <x:v>46</x:v>
       </x:c>
       <x:c r="C20" s="15" t="n">
         <x:v>35370</x:v>
       </x:c>
       <x:c r="D20" s="15" t="s"/>
       <x:c r="E20" s="14" t="s"/>
       <x:c r="F20" s="14" t="s"/>
       <x:c r="G20" s="14" t="s">
         <x:v>105</x:v>
       </x:c>
       <x:c r="H20" s="14" t="s">
         <x:v>106</x:v>
       </x:c>
       <x:c r="I20" s="16" t="s">
         <x:v>107</x:v>
       </x:c>
       <x:c r="J20" s="14" t="s">
-        <x:v>53</x:v>
+        <x:v>49</x:v>
       </x:c>
       <x:c r="K20" s="14" t="s">
         <x:v>102</x:v>
       </x:c>
       <x:c r="L20" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M20" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N20" s="15" t="n">
         <x:v>11502</x:v>
       </x:c>
       <x:c r="O20" s="14" t="s">
-        <x:v>54</x:v>
+        <x:v>50</x:v>
       </x:c>
       <x:c r="P20" s="14" t="s">
         <x:v>105</x:v>
       </x:c>
       <x:c r="Q20" s="16" t="s">
         <x:v>107</x:v>
       </x:c>
       <x:c r="R20" s="14" t="s">
-        <x:v>57</x:v>
+        <x:v>53</x:v>
       </x:c>
       <x:c r="S20" s="14" t="n">
         <x:v>575964</x:v>
       </x:c>
       <x:c r="T20" s="16" t="s">
         <x:v>95</x:v>
       </x:c>
       <x:c r="U20" s="16" t="s">
         <x:v>108</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:autoFilter ref="A1:U1"/>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0" gridLinesSet="true"/>
   <x:pageMargins left="0.7875" right="0.7875" top="1.05277777777778" bottom="1.05277777777778" header="0.7875" footer="0.7875"/>
   <x:pageSetup paperSize="9" scale="100" pageOrder="downThenOver" orientation="portrait" blackAndWhite="0" draft="0" cellComments="none" errors="displayed" horizontalDpi="300" verticalDpi="300" copies="1"/>
   <x:headerFooter differentOddEven="0" differentFirst="0" scaleWithDoc="1" alignWithMargins="1">
     <x:oddHeader>&amp;C&amp;"Times New Roman,Normal"&amp;12&amp;Kffffff&amp;A</x:oddHeader>
     <x:oddFooter>&amp;C&amp;"Times New Roman,Normal"&amp;12&amp;KffffffPage &amp;P</x:oddFooter>
     <x:evenHeader/>
     <x:evenFooter/>
     <x:firstHeader/>
     <x:firstFooter/>
   </x:headerFooter>
   <x:tableParts count="0"/>