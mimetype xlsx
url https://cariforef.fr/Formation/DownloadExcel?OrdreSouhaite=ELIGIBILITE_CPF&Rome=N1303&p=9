--- v2 (2026-02-17)
+++ v3 (2026-02-18)
@@ -1007,159 +1007,159 @@
   <x:si>
     <x:t>12/01/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>10/01/2027 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>BTS GTLA - Gestion des transports et logistique associée</x:t>
   </x:si>
   <x:si>
     <x:t>03/01/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>01/01/2027 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>04/01/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>02/01/2027 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Titre Professionnel Technicien supérieur en méthodes et exploitation logistique</x:t>
   </x:si>
   <x:si>
+    <x:t>04/17/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Technicien en logistique d'entreposage</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Agence Nationale pour la Formation Professionnelle des Adultes - Filiale Entreprise - CFA</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AFPA - CFA</x:t>
+  </x:si>
+  <x:si>
+    <x:t>13417</x:t>
+  </x:si>
+  <x:si>
+    <x:t>LE PONTET CEDEX</x:t>
+  </x:si>
+  <x:si>
+    <x:t>01/12/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>07/10/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Titre Professionnel Technicien en logistique d'entreposage</x:t>
+  </x:si>
+  <x:si>
     <x:t>BAC PRO Logistique</x:t>
   </x:si>
   <x:si>
     <x:t>05/01/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>03/01/2027 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>06/01/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>04/01/2027 00:00:00</x:t>
   </x:si>
   <x:si>
-    <x:t>Technicien en logistique d'entreposage</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>Agence Nationale pour la Formation Professionnelle des Adultes - Accès à l'Emploi</x:t>
   </x:si>
   <x:si>
     <x:t>AFPA - ACCES A L'EMPLOI</x:t>
   </x:si>
   <x:si>
-    <x:t>13417</x:t>
-[...10 lines deleted...]
-  <x:si>
     <x:t>Titre professionnel technicien en logistique d'entreposage</x:t>
   </x:si>
   <x:si>
     <x:t>11/01/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>01/01/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Technicien supérieur en méthodes et exploitation logistique</x:t>
   </x:si>
   <x:si>
     <x:t>09/14/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>04/22/2027 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>02/01/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>07/01/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>05/01/2027 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Evolusio Formations</x:t>
   </x:si>
   <x:si>
     <x:t>02/23/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>06/01/2027 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>07/01/2027 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>07/01/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>02/01/2025 00:00:00</x:t>
   </x:si>
   <x:si>
-    <x:t>Agence Nationale pour la Formation Professionnelle des Adultes - Filiale Entreprise - CFA</x:t>
-[...4 lines deleted...]
-  <x:si>
     <x:t>04/13/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>12/04/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>08/01/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>03/15/2027 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>04/12/2027 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>10/21/2027 00:00:00</x:t>
-  </x:si>
-[...4 lines deleted...]
-    <x:t>Titre Professionnel Technicien en logistique d'entreposage</x:t>
   </x:si>
   <x:si>
     <x:t>06/01/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>10/23/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>01/11/2027 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>07/07/2027 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>07/30/2028 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>01/27/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>G et L Formation - Luc Grzesiak - Cftl Transformation</x:t>
   </x:si>
   <x:si>
     <x:t>41500</x:t>
   </x:si>
@@ -27634,2018 +27634,2016 @@
       <x:c r="R444" s="14" t="s">
         <x:v>188</x:v>
       </x:c>
       <x:c r="S444" s="14" t="n">
         <x:v>613306</x:v>
       </x:c>
       <x:c r="T444" s="16" t="s">
         <x:v>309</x:v>
       </x:c>
       <x:c r="U444" s="16" t="s">
         <x:v>310</x:v>
       </x:c>
     </x:row>
     <x:row r="445" spans="1:21">
       <x:c r="A445" s="1" t="s">
         <x:v>140</x:v>
       </x:c>
       <x:c r="B445" s="0" t="s">
         <x:v>311</x:v>
       </x:c>
       <x:c r="C445" s="3" t="n">
         <x:v>37277</x:v>
       </x:c>
       <x:c r="D445" s="3" t="s"/>
       <x:c r="G445" s="0" t="s">
-        <x:v>195</x:v>
+        <x:v>256</x:v>
       </x:c>
       <x:c r="I445" s="4" t="s">
-        <x:v>196</x:v>
+        <x:v>257</x:v>
       </x:c>
       <x:c r="J445" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K445" s="0" t="s">
         <x:v>145</x:v>
       </x:c>
       <x:c r="L445" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M445" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N445" s="3" t="n">
         <x:v>31663</x:v>
       </x:c>
       <x:c r="O445" s="0" t="s">
         <x:v>155</x:v>
       </x:c>
       <x:c r="P445" s="0" t="s">
-        <x:v>195</x:v>
+        <x:v>256</x:v>
       </x:c>
       <x:c r="Q445" s="4" t="s">
-        <x:v>196</x:v>
+        <x:v>257</x:v>
       </x:c>
       <x:c r="R445" s="0" t="s">
-        <x:v>198</x:v>
+        <x:v>117</x:v>
       </x:c>
       <x:c r="S445" s="0" t="n">
-        <x:v>598122</x:v>
+        <x:v>531716</x:v>
       </x:c>
       <x:c r="T445" s="4" t="s">
-        <x:v>199</x:v>
+        <x:v>159</x:v>
       </x:c>
       <x:c r="U445" s="4" t="s">
-        <x:v>251</x:v>
+        <x:v>312</x:v>
       </x:c>
     </x:row>
     <x:row r="446" spans="1:21">
       <x:c r="A446" s="13" t="s">
         <x:v>140</x:v>
       </x:c>
       <x:c r="B446" s="14" t="s">
-        <x:v>312</x:v>
+        <x:v>313</x:v>
       </x:c>
       <x:c r="C446" s="15" t="n">
-        <x:v>38302</x:v>
+        <x:v>36237</x:v>
       </x:c>
       <x:c r="D446" s="15" t="s"/>
       <x:c r="E446" s="14" t="s"/>
       <x:c r="F446" s="14" t="s"/>
       <x:c r="G446" s="14" t="s">
-        <x:v>83</x:v>
+        <x:v>314</x:v>
       </x:c>
       <x:c r="H446" s="14" t="s">
-        <x:v>84</x:v>
+        <x:v>315</x:v>
       </x:c>
       <x:c r="I446" s="16" t="s">
-        <x:v>85</x:v>
+        <x:v>316</x:v>
       </x:c>
       <x:c r="J446" s="14" t="s">
         <x:v>154</x:v>
       </x:c>
       <x:c r="K446" s="14" t="s">
         <x:v>145</x:v>
       </x:c>
       <x:c r="L446" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M446" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N446" s="15" t="n">
-        <x:v>31663</x:v>
+        <x:v>31721</x:v>
       </x:c>
       <x:c r="O446" s="14" t="s">
-        <x:v>155</x:v>
+        <x:v>182</x:v>
       </x:c>
       <x:c r="P446" s="14" t="s">
-        <x:v>83</x:v>
+        <x:v>314</x:v>
       </x:c>
       <x:c r="Q446" s="16" t="s">
-        <x:v>85</x:v>
+        <x:v>316</x:v>
       </x:c>
       <x:c r="R446" s="14" t="s">
-        <x:v>88</x:v>
+        <x:v>317</x:v>
       </x:c>
       <x:c r="S446" s="14" t="n">
-        <x:v>572004</x:v>
+        <x:v>524856</x:v>
       </x:c>
       <x:c r="T446" s="16" t="s">
-        <x:v>67</x:v>
+        <x:v>318</x:v>
       </x:c>
       <x:c r="U446" s="16" t="s">
-        <x:v>68</x:v>
+        <x:v>319</x:v>
       </x:c>
     </x:row>
     <x:row r="447" spans="1:21">
       <x:c r="A447" s="1" t="s">
         <x:v>140</x:v>
       </x:c>
       <x:c r="B447" s="0" t="s">
-        <x:v>311</x:v>
+        <x:v>320</x:v>
       </x:c>
       <x:c r="C447" s="3" t="n">
-        <x:v>37277</x:v>
+        <x:v>36237</x:v>
       </x:c>
       <x:c r="D447" s="3" t="s"/>
       <x:c r="G447" s="0" t="s">
         <x:v>195</x:v>
       </x:c>
       <x:c r="I447" s="4" t="s">
         <x:v>196</x:v>
       </x:c>
       <x:c r="J447" s="0" t="s">
-        <x:v>25</x:v>
+        <x:v>154</x:v>
       </x:c>
       <x:c r="K447" s="0" t="s">
         <x:v>145</x:v>
       </x:c>
       <x:c r="L447" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M447" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N447" s="3" t="n">
-        <x:v>31663</x:v>
+        <x:v>31721</x:v>
       </x:c>
       <x:c r="O447" s="0" t="s">
-        <x:v>155</x:v>
+        <x:v>182</x:v>
       </x:c>
       <x:c r="P447" s="0" t="s">
         <x:v>195</x:v>
       </x:c>
       <x:c r="Q447" s="4" t="s">
         <x:v>196</x:v>
       </x:c>
       <x:c r="R447" s="0" t="s">
         <x:v>198</x:v>
       </x:c>
       <x:c r="S447" s="0" t="n">
-        <x:v>543711</x:v>
+        <x:v>598127</x:v>
       </x:c>
       <x:c r="T447" s="4" t="s">
-        <x:v>240</x:v>
+        <x:v>199</x:v>
       </x:c>
       <x:c r="U447" s="4" t="s">
-        <x:v>281</x:v>
+        <x:v>200</x:v>
       </x:c>
     </x:row>
     <x:row r="448" spans="1:21">
       <x:c r="A448" s="13" t="s">
         <x:v>140</x:v>
       </x:c>
       <x:c r="B448" s="14" t="s">
-        <x:v>301</x:v>
+        <x:v>321</x:v>
       </x:c>
       <x:c r="C448" s="15" t="n">
-        <x:v>37277</x:v>
+        <x:v>38302</x:v>
       </x:c>
       <x:c r="D448" s="15" t="s"/>
       <x:c r="E448" s="14" t="s"/>
       <x:c r="F448" s="14" t="s"/>
       <x:c r="G448" s="14" t="s">
-        <x:v>186</x:v>
-[...1 lines deleted...]
-      <x:c r="H448" s="14" t="s"/>
+        <x:v>83</x:v>
+      </x:c>
+      <x:c r="H448" s="14" t="s">
+        <x:v>84</x:v>
+      </x:c>
       <x:c r="I448" s="16" t="s">
-        <x:v>187</x:v>
+        <x:v>85</x:v>
       </x:c>
       <x:c r="J448" s="14" t="s">
-        <x:v>25</x:v>
+        <x:v>154</x:v>
       </x:c>
       <x:c r="K448" s="14" t="s">
         <x:v>145</x:v>
       </x:c>
       <x:c r="L448" s="14" t="s">
-        <x:v>40</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="M448" s="14" t="s">
-        <x:v>146</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="N448" s="15" t="n">
         <x:v>31663</x:v>
       </x:c>
       <x:c r="O448" s="14" t="s">
         <x:v>155</x:v>
       </x:c>
       <x:c r="P448" s="14" t="s">
-        <x:v>186</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="Q448" s="16" t="s">
-        <x:v>187</x:v>
+        <x:v>85</x:v>
       </x:c>
       <x:c r="R448" s="14" t="s">
-        <x:v>188</x:v>
+        <x:v>165</x:v>
       </x:c>
       <x:c r="S448" s="14" t="n">
-        <x:v>613307</x:v>
+        <x:v>551777</x:v>
       </x:c>
       <x:c r="T448" s="16" t="s">
-        <x:v>313</x:v>
+        <x:v>67</x:v>
       </x:c>
       <x:c r="U448" s="16" t="s">
-        <x:v>314</x:v>
+        <x:v>32</x:v>
       </x:c>
     </x:row>
     <x:row r="449" spans="1:21">
       <x:c r="A449" s="1" t="s">
         <x:v>140</x:v>
       </x:c>
       <x:c r="B449" s="0" t="s">
         <x:v>301</x:v>
       </x:c>
       <x:c r="C449" s="3" t="n">
         <x:v>37277</x:v>
       </x:c>
       <x:c r="D449" s="3" t="s"/>
       <x:c r="G449" s="0" t="s">
         <x:v>186</x:v>
       </x:c>
       <x:c r="I449" s="4" t="s">
         <x:v>187</x:v>
       </x:c>
       <x:c r="J449" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K449" s="0" t="s">
         <x:v>145</x:v>
       </x:c>
       <x:c r="L449" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="M449" s="0" t="s">
         <x:v>146</x:v>
       </x:c>
       <x:c r="N449" s="3" t="n">
         <x:v>31663</x:v>
       </x:c>
       <x:c r="O449" s="0" t="s">
         <x:v>155</x:v>
       </x:c>
       <x:c r="P449" s="0" t="s">
         <x:v>186</x:v>
       </x:c>
       <x:c r="Q449" s="4" t="s">
         <x:v>187</x:v>
       </x:c>
       <x:c r="R449" s="0" t="s">
         <x:v>188</x:v>
       </x:c>
       <x:c r="S449" s="0" t="n">
-        <x:v>613308</x:v>
+        <x:v>613307</x:v>
       </x:c>
       <x:c r="T449" s="4" t="s">
-        <x:v>315</x:v>
+        <x:v>322</x:v>
       </x:c>
       <x:c r="U449" s="4" t="s">
-        <x:v>316</x:v>
+        <x:v>323</x:v>
       </x:c>
     </x:row>
     <x:row r="450" spans="1:21">
       <x:c r="A450" s="13" t="s">
         <x:v>140</x:v>
       </x:c>
       <x:c r="B450" s="14" t="s">
-        <x:v>317</x:v>
+        <x:v>301</x:v>
       </x:c>
       <x:c r="C450" s="15" t="n">
-        <x:v>36237</x:v>
+        <x:v>37277</x:v>
       </x:c>
       <x:c r="D450" s="15" t="s"/>
       <x:c r="E450" s="14" t="s"/>
       <x:c r="F450" s="14" t="s"/>
       <x:c r="G450" s="14" t="s">
-        <x:v>318</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>186</x:v>
+      </x:c>
+      <x:c r="H450" s="14" t="s"/>
       <x:c r="I450" s="16" t="s">
-        <x:v>320</x:v>
+        <x:v>187</x:v>
       </x:c>
       <x:c r="J450" s="14" t="s">
-        <x:v>154</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="K450" s="14" t="s">
         <x:v>145</x:v>
       </x:c>
       <x:c r="L450" s="14" t="s">
-        <x:v>27</x:v>
+        <x:v>40</x:v>
       </x:c>
       <x:c r="M450" s="14" t="s">
-        <x:v>28</x:v>
+        <x:v>146</x:v>
       </x:c>
       <x:c r="N450" s="15" t="n">
-        <x:v>31721</x:v>
+        <x:v>31663</x:v>
       </x:c>
       <x:c r="O450" s="14" t="s">
-        <x:v>182</x:v>
+        <x:v>155</x:v>
       </x:c>
       <x:c r="P450" s="14" t="s">
-        <x:v>318</x:v>
+        <x:v>186</x:v>
       </x:c>
       <x:c r="Q450" s="16" t="s">
-        <x:v>320</x:v>
+        <x:v>187</x:v>
       </x:c>
       <x:c r="R450" s="14" t="s">
-        <x:v>321</x:v>
+        <x:v>188</x:v>
       </x:c>
       <x:c r="S450" s="14" t="n">
-        <x:v>524759</x:v>
+        <x:v>613308</x:v>
       </x:c>
       <x:c r="T450" s="16" t="s">
-        <x:v>322</x:v>
+        <x:v>324</x:v>
       </x:c>
       <x:c r="U450" s="16" t="s">
-        <x:v>323</x:v>
+        <x:v>325</x:v>
       </x:c>
     </x:row>
     <x:row r="451" spans="1:21">
       <x:c r="A451" s="1" t="s">
         <x:v>140</x:v>
       </x:c>
       <x:c r="B451" s="0" t="s">
-        <x:v>306</x:v>
+        <x:v>313</x:v>
       </x:c>
       <x:c r="C451" s="3" t="n">
-        <x:v>38365</x:v>
+        <x:v>36237</x:v>
       </x:c>
       <x:c r="D451" s="3" t="s"/>
       <x:c r="G451" s="0" t="s">
-        <x:v>83</x:v>
+        <x:v>326</x:v>
       </x:c>
       <x:c r="H451" s="0" t="s">
-        <x:v>84</x:v>
+        <x:v>327</x:v>
       </x:c>
       <x:c r="I451" s="4" t="s">
-        <x:v>85</x:v>
+        <x:v>316</x:v>
       </x:c>
       <x:c r="J451" s="0" t="s">
-        <x:v>25</x:v>
+        <x:v>154</x:v>
       </x:c>
       <x:c r="K451" s="0" t="s">
         <x:v>145</x:v>
       </x:c>
       <x:c r="L451" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M451" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N451" s="3" t="n">
-        <x:v>31834</x:v>
+        <x:v>31721</x:v>
       </x:c>
       <x:c r="O451" s="0" t="s">
-        <x:v>72</x:v>
+        <x:v>182</x:v>
       </x:c>
       <x:c r="P451" s="0" t="s">
-        <x:v>83</x:v>
+        <x:v>326</x:v>
       </x:c>
       <x:c r="Q451" s="4" t="s">
-        <x:v>85</x:v>
+        <x:v>316</x:v>
       </x:c>
       <x:c r="R451" s="0" t="s">
-        <x:v>88</x:v>
+        <x:v>317</x:v>
       </x:c>
       <x:c r="S451" s="0" t="n">
-        <x:v>509251</x:v>
+        <x:v>524759</x:v>
       </x:c>
       <x:c r="T451" s="4" t="s">
-        <x:v>236</x:v>
+        <x:v>318</x:v>
       </x:c>
       <x:c r="U451" s="4" t="s">
-        <x:v>53</x:v>
+        <x:v>319</x:v>
       </x:c>
     </x:row>
     <x:row r="452" spans="1:21">
       <x:c r="A452" s="13" t="s">
         <x:v>140</x:v>
       </x:c>
       <x:c r="B452" s="14" t="s">
         <x:v>306</x:v>
       </x:c>
       <x:c r="C452" s="15" t="n">
         <x:v>38365</x:v>
       </x:c>
       <x:c r="D452" s="15" t="s"/>
       <x:c r="E452" s="14" t="s"/>
       <x:c r="F452" s="14" t="s"/>
       <x:c r="G452" s="14" t="s">
-        <x:v>109</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="H452" s="14" t="s">
-        <x:v>110</x:v>
+        <x:v>84</x:v>
       </x:c>
       <x:c r="I452" s="16" t="s">
-        <x:v>111</x:v>
+        <x:v>85</x:v>
       </x:c>
       <x:c r="J452" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K452" s="14" t="s">
         <x:v>145</x:v>
       </x:c>
       <x:c r="L452" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M452" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N452" s="15" t="n">
         <x:v>31834</x:v>
       </x:c>
       <x:c r="O452" s="14" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="P452" s="14" t="s">
-        <x:v>109</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="Q452" s="16" t="s">
-        <x:v>111</x:v>
+        <x:v>85</x:v>
       </x:c>
       <x:c r="R452" s="14" t="s">
-        <x:v>117</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="S452" s="14" t="n">
-        <x:v>615155</x:v>
+        <x:v>509251</x:v>
       </x:c>
       <x:c r="T452" s="16" t="s">
-        <x:v>31</x:v>
+        <x:v>236</x:v>
       </x:c>
       <x:c r="U452" s="16" t="s">
-        <x:v>32</x:v>
+        <x:v>53</x:v>
       </x:c>
     </x:row>
     <x:row r="453" spans="1:21">
       <x:c r="A453" s="1" t="s">
         <x:v>140</x:v>
       </x:c>
       <x:c r="B453" s="0" t="s">
-        <x:v>324</x:v>
+        <x:v>306</x:v>
       </x:c>
       <x:c r="C453" s="3" t="n">
-        <x:v>36237</x:v>
+        <x:v>38365</x:v>
       </x:c>
       <x:c r="D453" s="3" t="s"/>
       <x:c r="G453" s="0" t="s">
-        <x:v>186</x:v>
+        <x:v>109</x:v>
+      </x:c>
+      <x:c r="H453" s="0" t="s">
+        <x:v>110</x:v>
       </x:c>
       <x:c r="I453" s="4" t="s">
-        <x:v>187</x:v>
+        <x:v>111</x:v>
       </x:c>
       <x:c r="J453" s="0" t="s">
-        <x:v>154</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="K453" s="0" t="s">
         <x:v>145</x:v>
       </x:c>
       <x:c r="L453" s="0" t="s">
-        <x:v>40</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="M453" s="0" t="s">
-        <x:v>146</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="N453" s="3" t="n">
-        <x:v>31721</x:v>
+        <x:v>31834</x:v>
       </x:c>
       <x:c r="O453" s="0" t="s">
-        <x:v>182</x:v>
+        <x:v>72</x:v>
       </x:c>
       <x:c r="P453" s="0" t="s">
-        <x:v>186</x:v>
+        <x:v>109</x:v>
       </x:c>
       <x:c r="Q453" s="4" t="s">
-        <x:v>187</x:v>
+        <x:v>111</x:v>
       </x:c>
       <x:c r="R453" s="0" t="s">
-        <x:v>188</x:v>
+        <x:v>117</x:v>
       </x:c>
       <x:c r="S453" s="0" t="n">
-        <x:v>557348</x:v>
+        <x:v>615155</x:v>
       </x:c>
       <x:c r="T453" s="4" t="s">
-        <x:v>325</x:v>
+        <x:v>31</x:v>
       </x:c>
       <x:c r="U453" s="4" t="s">
-        <x:v>315</x:v>
+        <x:v>32</x:v>
       </x:c>
     </x:row>
     <x:row r="454" spans="1:21">
       <x:c r="A454" s="13" t="s">
         <x:v>140</x:v>
       </x:c>
       <x:c r="B454" s="14" t="s">
-        <x:v>301</x:v>
+        <x:v>328</x:v>
       </x:c>
       <x:c r="C454" s="15" t="n">
-        <x:v>37277</x:v>
+        <x:v>36237</x:v>
       </x:c>
       <x:c r="D454" s="15" t="s"/>
       <x:c r="E454" s="14" t="s"/>
       <x:c r="F454" s="14" t="s"/>
       <x:c r="G454" s="14" t="s">
         <x:v>186</x:v>
       </x:c>
       <x:c r="H454" s="14" t="s"/>
       <x:c r="I454" s="16" t="s">
         <x:v>187</x:v>
       </x:c>
       <x:c r="J454" s="14" t="s">
-        <x:v>25</x:v>
+        <x:v>154</x:v>
       </x:c>
       <x:c r="K454" s="14" t="s">
         <x:v>145</x:v>
       </x:c>
       <x:c r="L454" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="M454" s="14" t="s">
         <x:v>146</x:v>
       </x:c>
       <x:c r="N454" s="15" t="n">
-        <x:v>31663</x:v>
+        <x:v>31721</x:v>
       </x:c>
       <x:c r="O454" s="14" t="s">
-        <x:v>155</x:v>
+        <x:v>182</x:v>
       </x:c>
       <x:c r="P454" s="14" t="s">
         <x:v>186</x:v>
       </x:c>
       <x:c r="Q454" s="16" t="s">
         <x:v>187</x:v>
       </x:c>
       <x:c r="R454" s="14" t="s">
         <x:v>188</x:v>
       </x:c>
       <x:c r="S454" s="14" t="n">
-        <x:v>613303</x:v>
+        <x:v>557348</x:v>
       </x:c>
       <x:c r="T454" s="16" t="s">
-        <x:v>326</x:v>
+        <x:v>329</x:v>
       </x:c>
       <x:c r="U454" s="16" t="s">
-        <x:v>302</x:v>
+        <x:v>324</x:v>
       </x:c>
     </x:row>
     <x:row r="455" spans="1:21">
       <x:c r="A455" s="1" t="s">
         <x:v>140</x:v>
       </x:c>
       <x:c r="B455" s="0" t="s">
-        <x:v>327</x:v>
+        <x:v>301</x:v>
       </x:c>
       <x:c r="C455" s="3" t="n">
         <x:v>37277</x:v>
       </x:c>
       <x:c r="D455" s="3" t="s"/>
       <x:c r="G455" s="0" t="s">
-        <x:v>318</x:v>
-[...2 lines deleted...]
-        <x:v>319</x:v>
+        <x:v>186</x:v>
       </x:c>
       <x:c r="I455" s="4" t="s">
-        <x:v>320</x:v>
+        <x:v>187</x:v>
       </x:c>
       <x:c r="J455" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K455" s="0" t="s">
         <x:v>145</x:v>
       </x:c>
       <x:c r="L455" s="0" t="s">
-        <x:v>27</x:v>
+        <x:v>40</x:v>
       </x:c>
       <x:c r="M455" s="0" t="s">
-        <x:v>28</x:v>
+        <x:v>146</x:v>
       </x:c>
       <x:c r="N455" s="3" t="n">
         <x:v>31663</x:v>
       </x:c>
       <x:c r="O455" s="0" t="s">
         <x:v>155</x:v>
       </x:c>
       <x:c r="P455" s="0" t="s">
-        <x:v>318</x:v>
+        <x:v>186</x:v>
       </x:c>
       <x:c r="Q455" s="4" t="s">
-        <x:v>320</x:v>
+        <x:v>187</x:v>
       </x:c>
       <x:c r="R455" s="0" t="s">
-        <x:v>321</x:v>
+        <x:v>188</x:v>
       </x:c>
       <x:c r="S455" s="0" t="n">
-        <x:v>544537</x:v>
+        <x:v>613303</x:v>
       </x:c>
       <x:c r="T455" s="4" t="s">
-        <x:v>328</x:v>
+        <x:v>330</x:v>
       </x:c>
       <x:c r="U455" s="4" t="s">
-        <x:v>329</x:v>
+        <x:v>302</x:v>
       </x:c>
     </x:row>
     <x:row r="456" spans="1:21">
       <x:c r="A456" s="13" t="s">
         <x:v>140</x:v>
       </x:c>
       <x:c r="B456" s="14" t="s">
-        <x:v>306</x:v>
+        <x:v>331</x:v>
       </x:c>
       <x:c r="C456" s="15" t="n">
-        <x:v>38365</x:v>
+        <x:v>37277</x:v>
       </x:c>
       <x:c r="D456" s="15" t="s"/>
       <x:c r="E456" s="14" t="s"/>
       <x:c r="F456" s="14" t="s"/>
       <x:c r="G456" s="14" t="s">
-        <x:v>83</x:v>
+        <x:v>326</x:v>
       </x:c>
       <x:c r="H456" s="14" t="s">
-        <x:v>84</x:v>
+        <x:v>327</x:v>
       </x:c>
       <x:c r="I456" s="16" t="s">
-        <x:v>85</x:v>
+        <x:v>316</x:v>
       </x:c>
       <x:c r="J456" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K456" s="14" t="s">
         <x:v>145</x:v>
       </x:c>
       <x:c r="L456" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M456" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N456" s="15" t="n">
-        <x:v>31834</x:v>
+        <x:v>31663</x:v>
       </x:c>
       <x:c r="O456" s="14" t="s">
-        <x:v>72</x:v>
+        <x:v>155</x:v>
       </x:c>
       <x:c r="P456" s="14" t="s">
-        <x:v>83</x:v>
+        <x:v>326</x:v>
       </x:c>
       <x:c r="Q456" s="16" t="s">
-        <x:v>85</x:v>
+        <x:v>316</x:v>
       </x:c>
       <x:c r="R456" s="14" t="s">
-        <x:v>88</x:v>
+        <x:v>317</x:v>
       </x:c>
       <x:c r="S456" s="14" t="n">
-        <x:v>601061</x:v>
+        <x:v>544537</x:v>
       </x:c>
       <x:c r="T456" s="16" t="s">
-        <x:v>236</x:v>
+        <x:v>332</x:v>
       </x:c>
       <x:c r="U456" s="16" t="s">
-        <x:v>53</x:v>
+        <x:v>333</x:v>
       </x:c>
     </x:row>
     <x:row r="457" spans="1:21">
       <x:c r="A457" s="1" t="s">
         <x:v>140</x:v>
       </x:c>
       <x:c r="B457" s="0" t="s">
-        <x:v>301</x:v>
+        <x:v>306</x:v>
       </x:c>
       <x:c r="C457" s="3" t="n">
-        <x:v>37277</x:v>
+        <x:v>38365</x:v>
       </x:c>
       <x:c r="D457" s="3" t="s"/>
       <x:c r="G457" s="0" t="s">
-        <x:v>186</x:v>
+        <x:v>83</x:v>
+      </x:c>
+      <x:c r="H457" s="0" t="s">
+        <x:v>84</x:v>
       </x:c>
       <x:c r="I457" s="4" t="s">
-        <x:v>187</x:v>
+        <x:v>85</x:v>
       </x:c>
       <x:c r="J457" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K457" s="0" t="s">
         <x:v>145</x:v>
       </x:c>
       <x:c r="L457" s="0" t="s">
-        <x:v>40</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="M457" s="0" t="s">
-        <x:v>146</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="N457" s="3" t="n">
-        <x:v>31663</x:v>
+        <x:v>31834</x:v>
       </x:c>
       <x:c r="O457" s="0" t="s">
-        <x:v>155</x:v>
+        <x:v>72</x:v>
       </x:c>
       <x:c r="P457" s="0" t="s">
-        <x:v>186</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="Q457" s="4" t="s">
-        <x:v>187</x:v>
+        <x:v>85</x:v>
       </x:c>
       <x:c r="R457" s="0" t="s">
-        <x:v>188</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="S457" s="0" t="n">
-        <x:v>613304</x:v>
+        <x:v>601061</x:v>
       </x:c>
       <x:c r="T457" s="4" t="s">
-        <x:v>330</x:v>
+        <x:v>236</x:v>
       </x:c>
       <x:c r="U457" s="4" t="s">
-        <x:v>304</x:v>
+        <x:v>53</x:v>
       </x:c>
     </x:row>
     <x:row r="458" spans="1:21">
       <x:c r="A458" s="13" t="s">
         <x:v>140</x:v>
       </x:c>
       <x:c r="B458" s="14" t="s">
         <x:v>301</x:v>
       </x:c>
       <x:c r="C458" s="15" t="n">
         <x:v>37277</x:v>
       </x:c>
       <x:c r="D458" s="15" t="s"/>
       <x:c r="E458" s="14" t="s"/>
       <x:c r="F458" s="14" t="s"/>
       <x:c r="G458" s="14" t="s">
         <x:v>186</x:v>
       </x:c>
       <x:c r="H458" s="14" t="s"/>
       <x:c r="I458" s="16" t="s">
         <x:v>187</x:v>
       </x:c>
       <x:c r="J458" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K458" s="14" t="s">
         <x:v>145</x:v>
       </x:c>
       <x:c r="L458" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="M458" s="14" t="s">
         <x:v>146</x:v>
       </x:c>
       <x:c r="N458" s="15" t="n">
         <x:v>31663</x:v>
       </x:c>
       <x:c r="O458" s="14" t="s">
         <x:v>155</x:v>
       </x:c>
       <x:c r="P458" s="14" t="s">
         <x:v>186</x:v>
       </x:c>
       <x:c r="Q458" s="16" t="s">
         <x:v>187</x:v>
       </x:c>
       <x:c r="R458" s="14" t="s">
         <x:v>188</x:v>
       </x:c>
       <x:c r="S458" s="14" t="n">
-        <x:v>613309</x:v>
+        <x:v>613304</x:v>
       </x:c>
       <x:c r="T458" s="16" t="s">
-        <x:v>331</x:v>
+        <x:v>334</x:v>
       </x:c>
       <x:c r="U458" s="16" t="s">
-        <x:v>332</x:v>
+        <x:v>304</x:v>
       </x:c>
     </x:row>
     <x:row r="459" spans="1:21">
       <x:c r="A459" s="1" t="s">
         <x:v>140</x:v>
       </x:c>
       <x:c r="B459" s="0" t="s">
         <x:v>301</x:v>
       </x:c>
       <x:c r="C459" s="3" t="n">
         <x:v>37277</x:v>
       </x:c>
       <x:c r="D459" s="3" t="s"/>
       <x:c r="G459" s="0" t="s">
-        <x:v>333</x:v>
+        <x:v>186</x:v>
       </x:c>
       <x:c r="I459" s="4" t="s">
-        <x:v>162</x:v>
+        <x:v>187</x:v>
       </x:c>
       <x:c r="J459" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K459" s="0" t="s">
         <x:v>145</x:v>
       </x:c>
       <x:c r="L459" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="M459" s="0" t="s">
         <x:v>146</x:v>
       </x:c>
       <x:c r="N459" s="3" t="n">
         <x:v>31663</x:v>
       </x:c>
       <x:c r="O459" s="0" t="s">
         <x:v>155</x:v>
       </x:c>
       <x:c r="P459" s="0" t="s">
-        <x:v>333</x:v>
+        <x:v>186</x:v>
       </x:c>
       <x:c r="Q459" s="4" t="s">
-        <x:v>162</x:v>
+        <x:v>187</x:v>
       </x:c>
       <x:c r="R459" s="0" t="s">
-        <x:v>148</x:v>
+        <x:v>188</x:v>
       </x:c>
       <x:c r="S459" s="0" t="n">
-        <x:v>617543</x:v>
+        <x:v>613309</x:v>
       </x:c>
       <x:c r="T459" s="4" t="s">
-        <x:v>334</x:v>
+        <x:v>335</x:v>
       </x:c>
       <x:c r="U459" s="4" t="s">
-        <x:v>150</x:v>
+        <x:v>336</x:v>
       </x:c>
     </x:row>
     <x:row r="460" spans="1:21">
       <x:c r="A460" s="13" t="s">
         <x:v>140</x:v>
       </x:c>
       <x:c r="B460" s="14" t="s">
-        <x:v>324</x:v>
+        <x:v>301</x:v>
       </x:c>
       <x:c r="C460" s="15" t="n">
-        <x:v>36237</x:v>
+        <x:v>37277</x:v>
       </x:c>
       <x:c r="D460" s="15" t="s"/>
       <x:c r="E460" s="14" t="s"/>
       <x:c r="F460" s="14" t="s"/>
       <x:c r="G460" s="14" t="s">
-        <x:v>186</x:v>
+        <x:v>337</x:v>
       </x:c>
       <x:c r="H460" s="14" t="s"/>
       <x:c r="I460" s="16" t="s">
-        <x:v>187</x:v>
+        <x:v>162</x:v>
       </x:c>
       <x:c r="J460" s="14" t="s">
-        <x:v>154</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="K460" s="14" t="s">
         <x:v>145</x:v>
       </x:c>
       <x:c r="L460" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="M460" s="14" t="s">
         <x:v>146</x:v>
       </x:c>
       <x:c r="N460" s="15" t="n">
-        <x:v>31721</x:v>
+        <x:v>31663</x:v>
       </x:c>
       <x:c r="O460" s="14" t="s">
-        <x:v>182</x:v>
+        <x:v>155</x:v>
       </x:c>
       <x:c r="P460" s="14" t="s">
-        <x:v>186</x:v>
+        <x:v>337</x:v>
       </x:c>
       <x:c r="Q460" s="16" t="s">
-        <x:v>187</x:v>
+        <x:v>162</x:v>
       </x:c>
       <x:c r="R460" s="14" t="s">
-        <x:v>188</x:v>
+        <x:v>148</x:v>
       </x:c>
       <x:c r="S460" s="14" t="n">
-        <x:v>613299</x:v>
+        <x:v>617543</x:v>
       </x:c>
       <x:c r="T460" s="16" t="s">
-        <x:v>302</x:v>
+        <x:v>338</x:v>
       </x:c>
       <x:c r="U460" s="16" t="s">
-        <x:v>335</x:v>
+        <x:v>150</x:v>
       </x:c>
     </x:row>
     <x:row r="461" spans="1:21">
       <x:c r="A461" s="1" t="s">
         <x:v>140</x:v>
       </x:c>
       <x:c r="B461" s="0" t="s">
-        <x:v>324</x:v>
+        <x:v>328</x:v>
       </x:c>
       <x:c r="C461" s="3" t="n">
         <x:v>36237</x:v>
       </x:c>
       <x:c r="D461" s="3" t="s"/>
       <x:c r="G461" s="0" t="s">
         <x:v>186</x:v>
       </x:c>
       <x:c r="I461" s="4" t="s">
         <x:v>187</x:v>
       </x:c>
       <x:c r="J461" s="0" t="s">
         <x:v>154</x:v>
       </x:c>
       <x:c r="K461" s="0" t="s">
         <x:v>145</x:v>
       </x:c>
       <x:c r="L461" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="M461" s="0" t="s">
         <x:v>146</x:v>
       </x:c>
       <x:c r="N461" s="3" t="n">
         <x:v>31721</x:v>
       </x:c>
       <x:c r="O461" s="0" t="s">
         <x:v>182</x:v>
       </x:c>
       <x:c r="P461" s="0" t="s">
         <x:v>186</x:v>
       </x:c>
       <x:c r="Q461" s="4" t="s">
         <x:v>187</x:v>
       </x:c>
       <x:c r="R461" s="0" t="s">
         <x:v>188</x:v>
       </x:c>
       <x:c r="S461" s="0" t="n">
-        <x:v>613300</x:v>
+        <x:v>613299</x:v>
       </x:c>
       <x:c r="T461" s="4" t="s">
-        <x:v>304</x:v>
+        <x:v>302</x:v>
       </x:c>
       <x:c r="U461" s="4" t="s">
-        <x:v>336</x:v>
+        <x:v>339</x:v>
       </x:c>
     </x:row>
     <x:row r="462" spans="1:21">
       <x:c r="A462" s="13" t="s">
         <x:v>140</x:v>
       </x:c>
       <x:c r="B462" s="14" t="s">
-        <x:v>306</x:v>
+        <x:v>328</x:v>
       </x:c>
       <x:c r="C462" s="15" t="n">
-        <x:v>38365</x:v>
+        <x:v>36237</x:v>
       </x:c>
       <x:c r="D462" s="15" t="s"/>
       <x:c r="E462" s="14" t="s"/>
       <x:c r="F462" s="14" t="s"/>
       <x:c r="G462" s="14" t="s">
-        <x:v>83</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>186</x:v>
+      </x:c>
+      <x:c r="H462" s="14" t="s"/>
       <x:c r="I462" s="16" t="s">
-        <x:v>85</x:v>
+        <x:v>187</x:v>
       </x:c>
       <x:c r="J462" s="14" t="s">
-        <x:v>25</x:v>
+        <x:v>154</x:v>
       </x:c>
       <x:c r="K462" s="14" t="s">
         <x:v>145</x:v>
       </x:c>
       <x:c r="L462" s="14" t="s">
-        <x:v>27</x:v>
+        <x:v>40</x:v>
       </x:c>
       <x:c r="M462" s="14" t="s">
-        <x:v>28</x:v>
+        <x:v>146</x:v>
       </x:c>
       <x:c r="N462" s="15" t="n">
-        <x:v>31834</x:v>
+        <x:v>31721</x:v>
       </x:c>
       <x:c r="O462" s="14" t="s">
-        <x:v>72</x:v>
+        <x:v>182</x:v>
       </x:c>
       <x:c r="P462" s="14" t="s">
-        <x:v>83</x:v>
+        <x:v>186</x:v>
       </x:c>
       <x:c r="Q462" s="16" t="s">
-        <x:v>85</x:v>
+        <x:v>187</x:v>
       </x:c>
       <x:c r="R462" s="14" t="s">
-        <x:v>88</x:v>
+        <x:v>188</x:v>
       </x:c>
       <x:c r="S462" s="14" t="n">
-        <x:v>601062</x:v>
+        <x:v>613300</x:v>
       </x:c>
       <x:c r="T462" s="16" t="s">
-        <x:v>67</x:v>
+        <x:v>304</x:v>
       </x:c>
       <x:c r="U462" s="16" t="s">
-        <x:v>68</x:v>
+        <x:v>340</x:v>
       </x:c>
     </x:row>
     <x:row r="463" spans="1:21">
       <x:c r="A463" s="1" t="s">
         <x:v>140</x:v>
       </x:c>
       <x:c r="B463" s="0" t="s">
-        <x:v>104</x:v>
+        <x:v>306</x:v>
       </x:c>
       <x:c r="C463" s="3" t="n">
         <x:v>38365</x:v>
       </x:c>
       <x:c r="D463" s="3" t="s"/>
       <x:c r="G463" s="0" t="s">
-        <x:v>128</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="H463" s="0" t="s">
-        <x:v>129</x:v>
+        <x:v>84</x:v>
       </x:c>
       <x:c r="I463" s="4" t="s">
-        <x:v>92</x:v>
+        <x:v>85</x:v>
       </x:c>
       <x:c r="J463" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K463" s="0" t="s">
         <x:v>145</x:v>
       </x:c>
       <x:c r="L463" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M463" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N463" s="3" t="n">
         <x:v>31834</x:v>
       </x:c>
       <x:c r="O463" s="0" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="P463" s="0" t="s">
-        <x:v>128</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="Q463" s="4" t="s">
-        <x:v>92</x:v>
+        <x:v>85</x:v>
       </x:c>
       <x:c r="R463" s="0" t="s">
-        <x:v>93</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="S463" s="0" t="n">
-        <x:v>588301</x:v>
+        <x:v>601062</x:v>
       </x:c>
       <x:c r="T463" s="4" t="s">
-        <x:v>246</x:v>
+        <x:v>67</x:v>
       </x:c>
       <x:c r="U463" s="4" t="s">
         <x:v>68</x:v>
       </x:c>
     </x:row>
     <x:row r="464" spans="1:21">
       <x:c r="A464" s="13" t="s">
         <x:v>140</x:v>
       </x:c>
       <x:c r="B464" s="14" t="s">
-        <x:v>301</x:v>
+        <x:v>104</x:v>
       </x:c>
       <x:c r="C464" s="15" t="n">
-        <x:v>37277</x:v>
+        <x:v>38365</x:v>
       </x:c>
       <x:c r="D464" s="15" t="s"/>
       <x:c r="E464" s="14" t="s"/>
       <x:c r="F464" s="14" t="s"/>
       <x:c r="G464" s="14" t="s">
-        <x:v>186</x:v>
-[...1 lines deleted...]
-      <x:c r="H464" s="14" t="s"/>
+        <x:v>128</x:v>
+      </x:c>
+      <x:c r="H464" s="14" t="s">
+        <x:v>129</x:v>
+      </x:c>
       <x:c r="I464" s="16" t="s">
-        <x:v>187</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="J464" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K464" s="14" t="s">
         <x:v>145</x:v>
       </x:c>
       <x:c r="L464" s="14" t="s">
-        <x:v>40</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="M464" s="14" t="s">
-        <x:v>146</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="N464" s="15" t="n">
-        <x:v>31663</x:v>
+        <x:v>31834</x:v>
       </x:c>
       <x:c r="O464" s="14" t="s">
-        <x:v>155</x:v>
+        <x:v>72</x:v>
       </x:c>
       <x:c r="P464" s="14" t="s">
-        <x:v>186</x:v>
+        <x:v>128</x:v>
       </x:c>
       <x:c r="Q464" s="16" t="s">
-        <x:v>187</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="R464" s="14" t="s">
-        <x:v>188</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="S464" s="14" t="n">
-        <x:v>557330</x:v>
+        <x:v>588301</x:v>
       </x:c>
       <x:c r="T464" s="16" t="s">
-        <x:v>337</x:v>
+        <x:v>246</x:v>
       </x:c>
       <x:c r="U464" s="16" t="s">
-        <x:v>313</x:v>
+        <x:v>68</x:v>
       </x:c>
     </x:row>
     <x:row r="465" spans="1:21">
       <x:c r="A465" s="1" t="s">
         <x:v>140</x:v>
       </x:c>
       <x:c r="B465" s="0" t="s">
         <x:v>301</x:v>
       </x:c>
       <x:c r="C465" s="3" t="n">
         <x:v>37277</x:v>
       </x:c>
       <x:c r="D465" s="3" t="s"/>
       <x:c r="G465" s="0" t="s">
         <x:v>186</x:v>
       </x:c>
       <x:c r="I465" s="4" t="s">
         <x:v>187</x:v>
       </x:c>
       <x:c r="J465" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K465" s="0" t="s">
         <x:v>145</x:v>
       </x:c>
       <x:c r="L465" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="M465" s="0" t="s">
         <x:v>146</x:v>
       </x:c>
       <x:c r="N465" s="3" t="n">
         <x:v>31663</x:v>
       </x:c>
       <x:c r="O465" s="0" t="s">
         <x:v>155</x:v>
       </x:c>
       <x:c r="P465" s="0" t="s">
         <x:v>186</x:v>
       </x:c>
       <x:c r="Q465" s="4" t="s">
         <x:v>187</x:v>
       </x:c>
       <x:c r="R465" s="0" t="s">
         <x:v>188</x:v>
       </x:c>
       <x:c r="S465" s="0" t="n">
-        <x:v>557324</x:v>
+        <x:v>557330</x:v>
       </x:c>
       <x:c r="T465" s="4" t="s">
-        <x:v>338</x:v>
+        <x:v>341</x:v>
       </x:c>
       <x:c r="U465" s="4" t="s">
-        <x:v>304</x:v>
+        <x:v>322</x:v>
       </x:c>
     </x:row>
     <x:row r="466" spans="1:21">
       <x:c r="A466" s="13" t="s">
         <x:v>140</x:v>
       </x:c>
       <x:c r="B466" s="14" t="s">
-        <x:v>324</x:v>
+        <x:v>301</x:v>
       </x:c>
       <x:c r="C466" s="15" t="n">
-        <x:v>36237</x:v>
+        <x:v>37277</x:v>
       </x:c>
       <x:c r="D466" s="15" t="s"/>
       <x:c r="E466" s="14" t="s"/>
       <x:c r="F466" s="14" t="s"/>
       <x:c r="G466" s="14" t="s">
         <x:v>186</x:v>
       </x:c>
       <x:c r="H466" s="14" t="s"/>
       <x:c r="I466" s="16" t="s">
         <x:v>187</x:v>
       </x:c>
       <x:c r="J466" s="14" t="s">
-        <x:v>154</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="K466" s="14" t="s">
         <x:v>145</x:v>
       </x:c>
       <x:c r="L466" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="M466" s="14" t="s">
         <x:v>146</x:v>
       </x:c>
       <x:c r="N466" s="15" t="n">
-        <x:v>31721</x:v>
+        <x:v>31663</x:v>
       </x:c>
       <x:c r="O466" s="14" t="s">
-        <x:v>182</x:v>
+        <x:v>155</x:v>
       </x:c>
       <x:c r="P466" s="14" t="s">
         <x:v>186</x:v>
       </x:c>
       <x:c r="Q466" s="16" t="s">
         <x:v>187</x:v>
       </x:c>
       <x:c r="R466" s="14" t="s">
         <x:v>188</x:v>
       </x:c>
       <x:c r="S466" s="14" t="n">
-        <x:v>613291</x:v>
+        <x:v>557324</x:v>
       </x:c>
       <x:c r="T466" s="16" t="s">
-        <x:v>307</x:v>
+        <x:v>342</x:v>
       </x:c>
       <x:c r="U466" s="16" t="s">
-        <x:v>190</x:v>
+        <x:v>304</x:v>
       </x:c>
     </x:row>
     <x:row r="467" spans="1:21">
       <x:c r="A467" s="1" t="s">
         <x:v>140</x:v>
       </x:c>
       <x:c r="B467" s="0" t="s">
-        <x:v>327</x:v>
+        <x:v>328</x:v>
       </x:c>
       <x:c r="C467" s="3" t="n">
-        <x:v>37277</x:v>
+        <x:v>36237</x:v>
       </x:c>
       <x:c r="D467" s="3" t="s"/>
       <x:c r="G467" s="0" t="s">
-        <x:v>339</x:v>
-[...2 lines deleted...]
-        <x:v>340</x:v>
+        <x:v>186</x:v>
       </x:c>
       <x:c r="I467" s="4" t="s">
-        <x:v>320</x:v>
+        <x:v>187</x:v>
       </x:c>
       <x:c r="J467" s="0" t="s">
-        <x:v>25</x:v>
+        <x:v>154</x:v>
       </x:c>
       <x:c r="K467" s="0" t="s">
         <x:v>145</x:v>
       </x:c>
       <x:c r="L467" s="0" t="s">
-        <x:v>27</x:v>
+        <x:v>40</x:v>
       </x:c>
       <x:c r="M467" s="0" t="s">
-        <x:v>28</x:v>
+        <x:v>146</x:v>
       </x:c>
       <x:c r="N467" s="3" t="n">
-        <x:v>31663</x:v>
+        <x:v>31721</x:v>
       </x:c>
       <x:c r="O467" s="0" t="s">
-        <x:v>155</x:v>
+        <x:v>182</x:v>
       </x:c>
       <x:c r="P467" s="0" t="s">
-        <x:v>339</x:v>
+        <x:v>186</x:v>
       </x:c>
       <x:c r="Q467" s="4" t="s">
-        <x:v>320</x:v>
+        <x:v>187</x:v>
       </x:c>
       <x:c r="R467" s="0" t="s">
-        <x:v>321</x:v>
+        <x:v>188</x:v>
       </x:c>
       <x:c r="S467" s="0" t="n">
-        <x:v>581832</x:v>
+        <x:v>613291</x:v>
       </x:c>
       <x:c r="T467" s="4" t="s">
-        <x:v>341</x:v>
+        <x:v>307</x:v>
       </x:c>
       <x:c r="U467" s="4" t="s">
-        <x:v>342</x:v>
+        <x:v>190</x:v>
       </x:c>
     </x:row>
     <x:row r="468" spans="1:21">
       <x:c r="A468" s="13" t="s">
         <x:v>140</x:v>
       </x:c>
       <x:c r="B468" s="14" t="s">
-        <x:v>306</x:v>
+        <x:v>331</x:v>
       </x:c>
       <x:c r="C468" s="15" t="n">
-        <x:v>38365</x:v>
+        <x:v>37277</x:v>
       </x:c>
       <x:c r="D468" s="15" t="s"/>
       <x:c r="E468" s="14" t="s"/>
       <x:c r="F468" s="14" t="s"/>
       <x:c r="G468" s="14" t="s">
-        <x:v>109</x:v>
+        <x:v>314</x:v>
       </x:c>
       <x:c r="H468" s="14" t="s">
-        <x:v>110</x:v>
+        <x:v>315</x:v>
       </x:c>
       <x:c r="I468" s="16" t="s">
-        <x:v>111</x:v>
+        <x:v>316</x:v>
       </x:c>
       <x:c r="J468" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K468" s="14" t="s">
         <x:v>145</x:v>
       </x:c>
       <x:c r="L468" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M468" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N468" s="15" t="n">
-        <x:v>31834</x:v>
+        <x:v>31663</x:v>
       </x:c>
       <x:c r="O468" s="14" t="s">
-        <x:v>72</x:v>
+        <x:v>155</x:v>
       </x:c>
       <x:c r="P468" s="14" t="s">
-        <x:v>109</x:v>
+        <x:v>314</x:v>
       </x:c>
       <x:c r="Q468" s="16" t="s">
-        <x:v>111</x:v>
+        <x:v>316</x:v>
       </x:c>
       <x:c r="R468" s="14" t="s">
-        <x:v>264</x:v>
+        <x:v>317</x:v>
       </x:c>
       <x:c r="S468" s="14" t="n">
-        <x:v>601066</x:v>
+        <x:v>581832</x:v>
       </x:c>
       <x:c r="T468" s="16" t="s">
-        <x:v>67</x:v>
+        <x:v>343</x:v>
       </x:c>
       <x:c r="U468" s="16" t="s">
-        <x:v>68</x:v>
+        <x:v>344</x:v>
       </x:c>
     </x:row>
     <x:row r="469" spans="1:21">
       <x:c r="A469" s="1" t="s">
         <x:v>140</x:v>
       </x:c>
       <x:c r="B469" s="0" t="s">
-        <x:v>301</x:v>
+        <x:v>306</x:v>
       </x:c>
       <x:c r="C469" s="3" t="n">
-        <x:v>37277</x:v>
+        <x:v>38365</x:v>
       </x:c>
       <x:c r="D469" s="3" t="s"/>
       <x:c r="G469" s="0" t="s">
-        <x:v>186</x:v>
+        <x:v>109</x:v>
+      </x:c>
+      <x:c r="H469" s="0" t="s">
+        <x:v>110</x:v>
       </x:c>
       <x:c r="I469" s="4" t="s">
-        <x:v>187</x:v>
+        <x:v>111</x:v>
       </x:c>
       <x:c r="J469" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K469" s="0" t="s">
         <x:v>145</x:v>
       </x:c>
       <x:c r="L469" s="0" t="s">
-        <x:v>40</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="M469" s="0" t="s">
-        <x:v>146</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="N469" s="3" t="n">
-        <x:v>31663</x:v>
+        <x:v>31834</x:v>
       </x:c>
       <x:c r="O469" s="0" t="s">
-        <x:v>155</x:v>
+        <x:v>72</x:v>
       </x:c>
       <x:c r="P469" s="0" t="s">
-        <x:v>186</x:v>
+        <x:v>109</x:v>
       </x:c>
       <x:c r="Q469" s="4" t="s">
-        <x:v>187</x:v>
+        <x:v>111</x:v>
       </x:c>
       <x:c r="R469" s="0" t="s">
-        <x:v>188</x:v>
+        <x:v>264</x:v>
       </x:c>
       <x:c r="S469" s="0" t="n">
-        <x:v>557333</x:v>
+        <x:v>601066</x:v>
       </x:c>
       <x:c r="T469" s="4" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="U469" s="4" t="s">
-        <x:v>331</x:v>
+        <x:v>68</x:v>
       </x:c>
     </x:row>
     <x:row r="470" spans="1:21">
       <x:c r="A470" s="13" t="s">
         <x:v>140</x:v>
       </x:c>
       <x:c r="B470" s="14" t="s">
-        <x:v>324</x:v>
+        <x:v>321</x:v>
       </x:c>
       <x:c r="C470" s="15" t="n">
-        <x:v>36237</x:v>
+        <x:v>38302</x:v>
       </x:c>
       <x:c r="D470" s="15" t="s"/>
       <x:c r="E470" s="14" t="s"/>
       <x:c r="F470" s="14" t="s"/>
       <x:c r="G470" s="14" t="s">
-        <x:v>186</x:v>
-[...1 lines deleted...]
-      <x:c r="H470" s="14" t="s"/>
+        <x:v>83</x:v>
+      </x:c>
+      <x:c r="H470" s="14" t="s">
+        <x:v>84</x:v>
+      </x:c>
       <x:c r="I470" s="16" t="s">
-        <x:v>187</x:v>
+        <x:v>85</x:v>
       </x:c>
       <x:c r="J470" s="14" t="s">
         <x:v>154</x:v>
       </x:c>
       <x:c r="K470" s="14" t="s">
         <x:v>145</x:v>
       </x:c>
       <x:c r="L470" s="14" t="s">
-        <x:v>40</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="M470" s="14" t="s">
-        <x:v>146</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="N470" s="15" t="n">
-        <x:v>31721</x:v>
+        <x:v>31663</x:v>
       </x:c>
       <x:c r="O470" s="14" t="s">
-        <x:v>182</x:v>
+        <x:v>155</x:v>
       </x:c>
       <x:c r="P470" s="14" t="s">
-        <x:v>186</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="Q470" s="16" t="s">
-        <x:v>187</x:v>
+        <x:v>85</x:v>
       </x:c>
       <x:c r="R470" s="14" t="s">
-        <x:v>188</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="S470" s="14" t="n">
-        <x:v>557345</x:v>
+        <x:v>572004</x:v>
       </x:c>
       <x:c r="T470" s="16" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="U470" s="16" t="s">
-        <x:v>309</x:v>
+        <x:v>68</x:v>
       </x:c>
     </x:row>
     <x:row r="471" spans="1:21">
       <x:c r="A471" s="1" t="s">
         <x:v>140</x:v>
       </x:c>
       <x:c r="B471" s="0" t="s">
-        <x:v>306</x:v>
+        <x:v>311</x:v>
       </x:c>
       <x:c r="C471" s="3" t="n">
-        <x:v>38365</x:v>
+        <x:v>37277</x:v>
       </x:c>
       <x:c r="D471" s="3" t="s"/>
       <x:c r="G471" s="0" t="s">
-        <x:v>109</x:v>
-[...2 lines deleted...]
-        <x:v>110</x:v>
+        <x:v>195</x:v>
       </x:c>
       <x:c r="I471" s="4" t="s">
-        <x:v>111</x:v>
+        <x:v>196</x:v>
       </x:c>
       <x:c r="J471" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K471" s="0" t="s">
         <x:v>145</x:v>
       </x:c>
       <x:c r="L471" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M471" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N471" s="3" t="n">
-        <x:v>31834</x:v>
+        <x:v>31663</x:v>
       </x:c>
       <x:c r="O471" s="0" t="s">
-        <x:v>72</x:v>
+        <x:v>155</x:v>
       </x:c>
       <x:c r="P471" s="0" t="s">
-        <x:v>109</x:v>
+        <x:v>195</x:v>
       </x:c>
       <x:c r="Q471" s="4" t="s">
-        <x:v>111</x:v>
+        <x:v>196</x:v>
       </x:c>
       <x:c r="R471" s="0" t="s">
-        <x:v>100</x:v>
+        <x:v>198</x:v>
       </x:c>
       <x:c r="S471" s="0" t="n">
-        <x:v>597738</x:v>
+        <x:v>543711</x:v>
       </x:c>
       <x:c r="T471" s="4" t="s">
-        <x:v>31</x:v>
+        <x:v>240</x:v>
       </x:c>
       <x:c r="U471" s="4" t="s">
-        <x:v>32</x:v>
+        <x:v>281</x:v>
       </x:c>
     </x:row>
     <x:row r="472" spans="1:21">
       <x:c r="A472" s="13" t="s">
         <x:v>140</x:v>
       </x:c>
       <x:c r="B472" s="14" t="s">
-        <x:v>324</x:v>
+        <x:v>301</x:v>
       </x:c>
       <x:c r="C472" s="15" t="n">
-        <x:v>36237</x:v>
+        <x:v>37277</x:v>
       </x:c>
       <x:c r="D472" s="15" t="s"/>
       <x:c r="E472" s="14" t="s"/>
       <x:c r="F472" s="14" t="s"/>
       <x:c r="G472" s="14" t="s">
         <x:v>186</x:v>
       </x:c>
       <x:c r="H472" s="14" t="s"/>
       <x:c r="I472" s="16" t="s">
         <x:v>187</x:v>
       </x:c>
       <x:c r="J472" s="14" t="s">
-        <x:v>154</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="K472" s="14" t="s">
         <x:v>145</x:v>
       </x:c>
       <x:c r="L472" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="M472" s="14" t="s">
         <x:v>146</x:v>
       </x:c>
       <x:c r="N472" s="15" t="n">
-        <x:v>31721</x:v>
+        <x:v>31663</x:v>
       </x:c>
       <x:c r="O472" s="14" t="s">
-        <x:v>182</x:v>
+        <x:v>155</x:v>
       </x:c>
       <x:c r="P472" s="14" t="s">
         <x:v>186</x:v>
       </x:c>
       <x:c r="Q472" s="16" t="s">
         <x:v>187</x:v>
       </x:c>
       <x:c r="R472" s="14" t="s">
         <x:v>188</x:v>
       </x:c>
       <x:c r="S472" s="14" t="n">
-        <x:v>613296</x:v>
+        <x:v>557333</x:v>
       </x:c>
       <x:c r="T472" s="16" t="s">
-        <x:v>343</x:v>
+        <x:v>67</x:v>
       </x:c>
       <x:c r="U472" s="16" t="s">
-        <x:v>314</x:v>
+        <x:v>335</x:v>
       </x:c>
     </x:row>
     <x:row r="473" spans="1:21">
       <x:c r="A473" s="1" t="s">
         <x:v>140</x:v>
       </x:c>
       <x:c r="B473" s="0" t="s">
-        <x:v>327</x:v>
+        <x:v>328</x:v>
       </x:c>
       <x:c r="C473" s="3" t="n">
-        <x:v>37277</x:v>
+        <x:v>36237</x:v>
       </x:c>
       <x:c r="D473" s="3" t="s"/>
       <x:c r="G473" s="0" t="s">
-        <x:v>339</x:v>
-[...2 lines deleted...]
-        <x:v>340</x:v>
+        <x:v>186</x:v>
       </x:c>
       <x:c r="I473" s="4" t="s">
-        <x:v>320</x:v>
+        <x:v>187</x:v>
       </x:c>
       <x:c r="J473" s="0" t="s">
-        <x:v>25</x:v>
+        <x:v>154</x:v>
       </x:c>
       <x:c r="K473" s="0" t="s">
         <x:v>145</x:v>
       </x:c>
       <x:c r="L473" s="0" t="s">
-        <x:v>27</x:v>
+        <x:v>40</x:v>
       </x:c>
       <x:c r="M473" s="0" t="s">
-        <x:v>28</x:v>
+        <x:v>146</x:v>
       </x:c>
       <x:c r="N473" s="3" t="n">
-        <x:v>31663</x:v>
+        <x:v>31721</x:v>
       </x:c>
       <x:c r="O473" s="0" t="s">
-        <x:v>155</x:v>
+        <x:v>182</x:v>
       </x:c>
       <x:c r="P473" s="0" t="s">
-        <x:v>339</x:v>
+        <x:v>186</x:v>
       </x:c>
       <x:c r="Q473" s="4" t="s">
-        <x:v>320</x:v>
+        <x:v>187</x:v>
       </x:c>
       <x:c r="R473" s="0" t="s">
-        <x:v>321</x:v>
+        <x:v>188</x:v>
       </x:c>
       <x:c r="S473" s="0" t="n">
-        <x:v>544552</x:v>
+        <x:v>557345</x:v>
       </x:c>
       <x:c r="T473" s="4" t="s">
-        <x:v>328</x:v>
+        <x:v>67</x:v>
       </x:c>
       <x:c r="U473" s="4" t="s">
-        <x:v>329</x:v>
+        <x:v>309</x:v>
       </x:c>
     </x:row>
     <x:row r="474" spans="1:21">
       <x:c r="A474" s="13" t="s">
         <x:v>140</x:v>
       </x:c>
       <x:c r="B474" s="14" t="s">
-        <x:v>317</x:v>
+        <x:v>306</x:v>
       </x:c>
       <x:c r="C474" s="15" t="n">
-        <x:v>36237</x:v>
+        <x:v>38365</x:v>
       </x:c>
       <x:c r="D474" s="15" t="s"/>
       <x:c r="E474" s="14" t="s"/>
       <x:c r="F474" s="14" t="s"/>
       <x:c r="G474" s="14" t="s">
-        <x:v>339</x:v>
+        <x:v>109</x:v>
       </x:c>
       <x:c r="H474" s="14" t="s">
-        <x:v>340</x:v>
+        <x:v>110</x:v>
       </x:c>
       <x:c r="I474" s="16" t="s">
-        <x:v>320</x:v>
+        <x:v>111</x:v>
       </x:c>
       <x:c r="J474" s="14" t="s">
-        <x:v>154</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="K474" s="14" t="s">
         <x:v>145</x:v>
       </x:c>
       <x:c r="L474" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M474" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N474" s="15" t="n">
-        <x:v>31721</x:v>
+        <x:v>31834</x:v>
       </x:c>
       <x:c r="O474" s="14" t="s">
-        <x:v>182</x:v>
+        <x:v>72</x:v>
       </x:c>
       <x:c r="P474" s="14" t="s">
-        <x:v>339</x:v>
+        <x:v>109</x:v>
       </x:c>
       <x:c r="Q474" s="16" t="s">
-        <x:v>320</x:v>
+        <x:v>111</x:v>
       </x:c>
       <x:c r="R474" s="14" t="s">
-        <x:v>321</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="S474" s="14" t="n">
-        <x:v>579284</x:v>
+        <x:v>597738</x:v>
       </x:c>
       <x:c r="T474" s="16" t="s">
-        <x:v>328</x:v>
+        <x:v>31</x:v>
       </x:c>
       <x:c r="U474" s="16" t="s">
-        <x:v>344</x:v>
+        <x:v>32</x:v>
       </x:c>
     </x:row>
     <x:row r="475" spans="1:21">
       <x:c r="A475" s="1" t="s">
         <x:v>140</x:v>
       </x:c>
       <x:c r="B475" s="0" t="s">
-        <x:v>317</x:v>
+        <x:v>328</x:v>
       </x:c>
       <x:c r="C475" s="3" t="n">
         <x:v>36237</x:v>
       </x:c>
       <x:c r="D475" s="3" t="s"/>
       <x:c r="G475" s="0" t="s">
-        <x:v>339</x:v>
-[...2 lines deleted...]
-        <x:v>340</x:v>
+        <x:v>186</x:v>
       </x:c>
       <x:c r="I475" s="4" t="s">
-        <x:v>320</x:v>
+        <x:v>187</x:v>
       </x:c>
       <x:c r="J475" s="0" t="s">
         <x:v>154</x:v>
       </x:c>
       <x:c r="K475" s="0" t="s">
         <x:v>145</x:v>
       </x:c>
       <x:c r="L475" s="0" t="s">
-        <x:v>27</x:v>
+        <x:v>40</x:v>
       </x:c>
       <x:c r="M475" s="0" t="s">
-        <x:v>28</x:v>
+        <x:v>146</x:v>
       </x:c>
       <x:c r="N475" s="3" t="n">
         <x:v>31721</x:v>
       </x:c>
       <x:c r="O475" s="0" t="s">
         <x:v>182</x:v>
       </x:c>
       <x:c r="P475" s="0" t="s">
-        <x:v>339</x:v>
+        <x:v>186</x:v>
       </x:c>
       <x:c r="Q475" s="4" t="s">
-        <x:v>320</x:v>
+        <x:v>187</x:v>
       </x:c>
       <x:c r="R475" s="0" t="s">
-        <x:v>321</x:v>
+        <x:v>188</x:v>
       </x:c>
       <x:c r="S475" s="0" t="n">
-        <x:v>581831</x:v>
+        <x:v>613296</x:v>
       </x:c>
       <x:c r="T475" s="4" t="s">
         <x:v>345</x:v>
       </x:c>
       <x:c r="U475" s="4" t="s">
-        <x:v>346</x:v>
+        <x:v>323</x:v>
       </x:c>
     </x:row>
     <x:row r="476" spans="1:21">
       <x:c r="A476" s="13" t="s">
         <x:v>140</x:v>
       </x:c>
       <x:c r="B476" s="14" t="s">
-        <x:v>311</x:v>
+        <x:v>331</x:v>
       </x:c>
       <x:c r="C476" s="15" t="n">
         <x:v>37277</x:v>
       </x:c>
       <x:c r="D476" s="15" t="s"/>
       <x:c r="E476" s="14" t="s"/>
       <x:c r="F476" s="14" t="s"/>
       <x:c r="G476" s="14" t="s">
-        <x:v>256</x:v>
-[...1 lines deleted...]
-      <x:c r="H476" s="14" t="s"/>
+        <x:v>314</x:v>
+      </x:c>
+      <x:c r="H476" s="14" t="s">
+        <x:v>315</x:v>
+      </x:c>
       <x:c r="I476" s="16" t="s">
-        <x:v>257</x:v>
+        <x:v>316</x:v>
       </x:c>
       <x:c r="J476" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K476" s="14" t="s">
         <x:v>145</x:v>
       </x:c>
       <x:c r="L476" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M476" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N476" s="15" t="n">
         <x:v>31663</x:v>
       </x:c>
       <x:c r="O476" s="14" t="s">
         <x:v>155</x:v>
       </x:c>
       <x:c r="P476" s="14" t="s">
-        <x:v>256</x:v>
+        <x:v>314</x:v>
       </x:c>
       <x:c r="Q476" s="16" t="s">
-        <x:v>257</x:v>
+        <x:v>316</x:v>
       </x:c>
       <x:c r="R476" s="14" t="s">
-        <x:v>117</x:v>
+        <x:v>317</x:v>
       </x:c>
       <x:c r="S476" s="14" t="n">
-        <x:v>531716</x:v>
+        <x:v>544552</x:v>
       </x:c>
       <x:c r="T476" s="16" t="s">
-        <x:v>159</x:v>
+        <x:v>332</x:v>
       </x:c>
       <x:c r="U476" s="16" t="s">
-        <x:v>347</x:v>
+        <x:v>333</x:v>
       </x:c>
     </x:row>
     <x:row r="477" spans="1:21">
       <x:c r="A477" s="1" t="s">
         <x:v>140</x:v>
       </x:c>
       <x:c r="B477" s="0" t="s">
-        <x:v>317</x:v>
+        <x:v>313</x:v>
       </x:c>
       <x:c r="C477" s="3" t="n">
         <x:v>36237</x:v>
       </x:c>
       <x:c r="D477" s="3" t="s"/>
       <x:c r="G477" s="0" t="s">
-        <x:v>339</x:v>
+        <x:v>314</x:v>
       </x:c>
       <x:c r="H477" s="0" t="s">
-        <x:v>340</x:v>
+        <x:v>315</x:v>
       </x:c>
       <x:c r="I477" s="4" t="s">
-        <x:v>320</x:v>
+        <x:v>316</x:v>
       </x:c>
       <x:c r="J477" s="0" t="s">
         <x:v>154</x:v>
       </x:c>
       <x:c r="K477" s="0" t="s">
         <x:v>145</x:v>
       </x:c>
       <x:c r="L477" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M477" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N477" s="3" t="n">
         <x:v>31721</x:v>
       </x:c>
       <x:c r="O477" s="0" t="s">
         <x:v>182</x:v>
       </x:c>
       <x:c r="P477" s="0" t="s">
-        <x:v>339</x:v>
+        <x:v>314</x:v>
       </x:c>
       <x:c r="Q477" s="4" t="s">
-        <x:v>320</x:v>
+        <x:v>316</x:v>
       </x:c>
       <x:c r="R477" s="0" t="s">
-        <x:v>321</x:v>
+        <x:v>317</x:v>
       </x:c>
       <x:c r="S477" s="0" t="n">
-        <x:v>524856</x:v>
+        <x:v>579284</x:v>
       </x:c>
       <x:c r="T477" s="4" t="s">
-        <x:v>322</x:v>
+        <x:v>332</x:v>
       </x:c>
       <x:c r="U477" s="4" t="s">
-        <x:v>323</x:v>
+        <x:v>346</x:v>
       </x:c>
     </x:row>
     <x:row r="478" spans="1:21">
       <x:c r="A478" s="13" t="s">
         <x:v>140</x:v>
       </x:c>
       <x:c r="B478" s="14" t="s">
-        <x:v>348</x:v>
+        <x:v>311</x:v>
       </x:c>
       <x:c r="C478" s="15" t="n">
-        <x:v>36237</x:v>
+        <x:v>37277</x:v>
       </x:c>
       <x:c r="D478" s="15" t="s"/>
       <x:c r="E478" s="14" t="s"/>
       <x:c r="F478" s="14" t="s"/>
       <x:c r="G478" s="14" t="s">
         <x:v>195</x:v>
       </x:c>
       <x:c r="H478" s="14" t="s"/>
       <x:c r="I478" s="16" t="s">
         <x:v>196</x:v>
       </x:c>
       <x:c r="J478" s="14" t="s">
-        <x:v>154</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="K478" s="14" t="s">
         <x:v>145</x:v>
       </x:c>
       <x:c r="L478" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M478" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N478" s="15" t="n">
-        <x:v>31721</x:v>
+        <x:v>31663</x:v>
       </x:c>
       <x:c r="O478" s="14" t="s">
-        <x:v>182</x:v>
+        <x:v>155</x:v>
       </x:c>
       <x:c r="P478" s="14" t="s">
         <x:v>195</x:v>
       </x:c>
       <x:c r="Q478" s="16" t="s">
         <x:v>196</x:v>
       </x:c>
       <x:c r="R478" s="14" t="s">
         <x:v>198</x:v>
       </x:c>
       <x:c r="S478" s="14" t="n">
-        <x:v>598127</x:v>
+        <x:v>598122</x:v>
       </x:c>
       <x:c r="T478" s="16" t="s">
         <x:v>199</x:v>
       </x:c>
       <x:c r="U478" s="16" t="s">
-        <x:v>200</x:v>
+        <x:v>251</x:v>
       </x:c>
     </x:row>
     <x:row r="479" spans="1:21">
       <x:c r="A479" s="1" t="s">
         <x:v>140</x:v>
       </x:c>
       <x:c r="B479" s="0" t="s">
-        <x:v>312</x:v>
+        <x:v>313</x:v>
       </x:c>
       <x:c r="C479" s="3" t="n">
-        <x:v>38302</x:v>
+        <x:v>36237</x:v>
       </x:c>
       <x:c r="D479" s="3" t="s"/>
       <x:c r="G479" s="0" t="s">
-        <x:v>83</x:v>
+        <x:v>314</x:v>
       </x:c>
       <x:c r="H479" s="0" t="s">
-        <x:v>84</x:v>
+        <x:v>315</x:v>
       </x:c>
       <x:c r="I479" s="4" t="s">
-        <x:v>85</x:v>
+        <x:v>316</x:v>
       </x:c>
       <x:c r="J479" s="0" t="s">
         <x:v>154</x:v>
       </x:c>
       <x:c r="K479" s="0" t="s">
         <x:v>145</x:v>
       </x:c>
       <x:c r="L479" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M479" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N479" s="3" t="n">
-        <x:v>31663</x:v>
+        <x:v>31721</x:v>
       </x:c>
       <x:c r="O479" s="0" t="s">
-        <x:v>155</x:v>
+        <x:v>182</x:v>
       </x:c>
       <x:c r="P479" s="0" t="s">
-        <x:v>83</x:v>
+        <x:v>314</x:v>
       </x:c>
       <x:c r="Q479" s="4" t="s">
-        <x:v>85</x:v>
+        <x:v>316</x:v>
       </x:c>
       <x:c r="R479" s="0" t="s">
-        <x:v>165</x:v>
+        <x:v>317</x:v>
       </x:c>
       <x:c r="S479" s="0" t="n">
-        <x:v>551777</x:v>
+        <x:v>581831</x:v>
       </x:c>
       <x:c r="T479" s="4" t="s">
-        <x:v>67</x:v>
+        <x:v>347</x:v>
       </x:c>
       <x:c r="U479" s="4" t="s">
-        <x:v>32</x:v>
+        <x:v>348</x:v>
       </x:c>
     </x:row>
     <x:row r="480" spans="1:21">
       <x:c r="A480" s="13" t="s">
         <x:v>140</x:v>
       </x:c>
       <x:c r="B480" s="14" t="s">
         <x:v>301</x:v>
       </x:c>
       <x:c r="C480" s="15" t="n">
         <x:v>37277</x:v>
       </x:c>
       <x:c r="D480" s="15" t="s"/>
       <x:c r="E480" s="14" t="s"/>
       <x:c r="F480" s="14" t="s"/>
       <x:c r="G480" s="14" t="s">
         <x:v>186</x:v>
       </x:c>
       <x:c r="H480" s="14" t="s"/>
       <x:c r="I480" s="16" t="s">
         <x:v>187</x:v>
       </x:c>
       <x:c r="J480" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
@@ -29712,51 +29710,51 @@
       <x:c r="M481" s="0" t="s">
         <x:v>146</x:v>
       </x:c>
       <x:c r="N481" s="3" t="n">
         <x:v>31663</x:v>
       </x:c>
       <x:c r="O481" s="0" t="s">
         <x:v>155</x:v>
       </x:c>
       <x:c r="P481" s="0" t="s">
         <x:v>186</x:v>
       </x:c>
       <x:c r="Q481" s="4" t="s">
         <x:v>187</x:v>
       </x:c>
       <x:c r="R481" s="0" t="s">
         <x:v>188</x:v>
       </x:c>
       <x:c r="S481" s="0" t="n">
         <x:v>557334</x:v>
       </x:c>
       <x:c r="T481" s="4" t="s">
         <x:v>189</x:v>
       </x:c>
       <x:c r="U481" s="4" t="s">
-        <x:v>343</x:v>
+        <x:v>345</x:v>
       </x:c>
     </x:row>
     <x:row r="482" spans="1:21">
       <x:c r="A482" s="13" t="s">
         <x:v>140</x:v>
       </x:c>
       <x:c r="B482" s="14" t="s">
         <x:v>301</x:v>
       </x:c>
       <x:c r="C482" s="15" t="n">
         <x:v>37277</x:v>
       </x:c>
       <x:c r="D482" s="15" t="s"/>
       <x:c r="E482" s="14" t="s"/>
       <x:c r="F482" s="14" t="s"/>
       <x:c r="G482" s="14" t="s">
         <x:v>186</x:v>
       </x:c>
       <x:c r="H482" s="14" t="s"/>
       <x:c r="I482" s="16" t="s">
         <x:v>187</x:v>
       </x:c>
       <x:c r="J482" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
@@ -29766,329 +29764,329 @@
       <x:c r="L482" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="M482" s="14" t="s">
         <x:v>146</x:v>
       </x:c>
       <x:c r="N482" s="15" t="n">
         <x:v>31663</x:v>
       </x:c>
       <x:c r="O482" s="14" t="s">
         <x:v>155</x:v>
       </x:c>
       <x:c r="P482" s="14" t="s">
         <x:v>186</x:v>
       </x:c>
       <x:c r="Q482" s="16" t="s">
         <x:v>187</x:v>
       </x:c>
       <x:c r="R482" s="14" t="s">
         <x:v>188</x:v>
       </x:c>
       <x:c r="S482" s="14" t="n">
         <x:v>557335</x:v>
       </x:c>
       <x:c r="T482" s="16" t="s">
-        <x:v>325</x:v>
+        <x:v>329</x:v>
       </x:c>
       <x:c r="U482" s="16" t="s">
         <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="483" spans="1:21">
       <x:c r="A483" s="1" t="s">
         <x:v>140</x:v>
       </x:c>
       <x:c r="B483" s="0" t="s">
-        <x:v>324</x:v>
+        <x:v>328</x:v>
       </x:c>
       <x:c r="C483" s="3" t="n">
         <x:v>36237</x:v>
       </x:c>
       <x:c r="D483" s="3" t="s"/>
       <x:c r="G483" s="0" t="s">
         <x:v>186</x:v>
       </x:c>
       <x:c r="I483" s="4" t="s">
         <x:v>187</x:v>
       </x:c>
       <x:c r="J483" s="0" t="s">
         <x:v>154</x:v>
       </x:c>
       <x:c r="K483" s="0" t="s">
         <x:v>145</x:v>
       </x:c>
       <x:c r="L483" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="M483" s="0" t="s">
         <x:v>146</x:v>
       </x:c>
       <x:c r="N483" s="3" t="n">
         <x:v>31721</x:v>
       </x:c>
       <x:c r="O483" s="0" t="s">
         <x:v>182</x:v>
       </x:c>
       <x:c r="P483" s="0" t="s">
         <x:v>186</x:v>
       </x:c>
       <x:c r="Q483" s="4" t="s">
         <x:v>187</x:v>
       </x:c>
       <x:c r="R483" s="0" t="s">
         <x:v>188</x:v>
       </x:c>
       <x:c r="S483" s="0" t="n">
         <x:v>613297</x:v>
       </x:c>
       <x:c r="T483" s="4" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="U483" s="4" t="s">
-        <x:v>316</x:v>
+        <x:v>325</x:v>
       </x:c>
     </x:row>
     <x:row r="484" spans="1:21">
       <x:c r="A484" s="13" t="s">
         <x:v>140</x:v>
       </x:c>
       <x:c r="B484" s="14" t="s">
-        <x:v>324</x:v>
+        <x:v>328</x:v>
       </x:c>
       <x:c r="C484" s="15" t="n">
         <x:v>36237</x:v>
       </x:c>
       <x:c r="D484" s="15" t="s"/>
       <x:c r="E484" s="14" t="s"/>
       <x:c r="F484" s="14" t="s"/>
       <x:c r="G484" s="14" t="s">
         <x:v>186</x:v>
       </x:c>
       <x:c r="H484" s="14" t="s"/>
       <x:c r="I484" s="16" t="s">
         <x:v>187</x:v>
       </x:c>
       <x:c r="J484" s="14" t="s">
         <x:v>154</x:v>
       </x:c>
       <x:c r="K484" s="14" t="s">
         <x:v>145</x:v>
       </x:c>
       <x:c r="L484" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="M484" s="14" t="s">
         <x:v>146</x:v>
       </x:c>
       <x:c r="N484" s="15" t="n">
         <x:v>31721</x:v>
       </x:c>
       <x:c r="O484" s="14" t="s">
         <x:v>182</x:v>
       </x:c>
       <x:c r="P484" s="14" t="s">
         <x:v>186</x:v>
       </x:c>
       <x:c r="Q484" s="16" t="s">
         <x:v>187</x:v>
       </x:c>
       <x:c r="R484" s="14" t="s">
         <x:v>188</x:v>
       </x:c>
       <x:c r="S484" s="14" t="n">
         <x:v>613298</x:v>
       </x:c>
       <x:c r="T484" s="16" t="s">
         <x:v>190</x:v>
       </x:c>
       <x:c r="U484" s="16" t="s">
-        <x:v>332</x:v>
+        <x:v>336</x:v>
       </x:c>
     </x:row>
     <x:row r="485" spans="1:21">
       <x:c r="A485" s="1" t="s">
         <x:v>140</x:v>
       </x:c>
       <x:c r="B485" s="0" t="s">
-        <x:v>317</x:v>
+        <x:v>313</x:v>
       </x:c>
       <x:c r="C485" s="3" t="n">
         <x:v>36237</x:v>
       </x:c>
       <x:c r="D485" s="3" t="s"/>
       <x:c r="G485" s="0" t="s">
-        <x:v>339</x:v>
+        <x:v>314</x:v>
       </x:c>
       <x:c r="H485" s="0" t="s">
-        <x:v>340</x:v>
+        <x:v>315</x:v>
       </x:c>
       <x:c r="I485" s="4" t="s">
-        <x:v>320</x:v>
+        <x:v>316</x:v>
       </x:c>
       <x:c r="J485" s="0" t="s">
         <x:v>154</x:v>
       </x:c>
       <x:c r="K485" s="0" t="s">
         <x:v>145</x:v>
       </x:c>
       <x:c r="L485" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M485" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N485" s="3" t="n">
         <x:v>31721</x:v>
       </x:c>
       <x:c r="O485" s="0" t="s">
         <x:v>182</x:v>
       </x:c>
       <x:c r="P485" s="0" t="s">
-        <x:v>339</x:v>
+        <x:v>314</x:v>
       </x:c>
       <x:c r="Q485" s="4" t="s">
-        <x:v>320</x:v>
+        <x:v>316</x:v>
       </x:c>
       <x:c r="R485" s="0" t="s">
-        <x:v>321</x:v>
+        <x:v>317</x:v>
       </x:c>
       <x:c r="S485" s="0" t="n">
         <x:v>544551</x:v>
       </x:c>
       <x:c r="T485" s="4" t="s">
-        <x:v>341</x:v>
+        <x:v>343</x:v>
       </x:c>
       <x:c r="U485" s="4" t="s">
         <x:v>350</x:v>
       </x:c>
     </x:row>
     <x:row r="486" spans="1:21">
       <x:c r="A486" s="13" t="s">
         <x:v>140</x:v>
       </x:c>
       <x:c r="B486" s="14" t="s">
-        <x:v>327</x:v>
+        <x:v>331</x:v>
       </x:c>
       <x:c r="C486" s="15" t="n">
         <x:v>37277</x:v>
       </x:c>
       <x:c r="D486" s="15" t="s"/>
       <x:c r="E486" s="14" t="s"/>
       <x:c r="F486" s="14" t="s"/>
       <x:c r="G486" s="14" t="s">
-        <x:v>339</x:v>
+        <x:v>314</x:v>
       </x:c>
       <x:c r="H486" s="14" t="s">
-        <x:v>340</x:v>
+        <x:v>315</x:v>
       </x:c>
       <x:c r="I486" s="16" t="s">
-        <x:v>320</x:v>
+        <x:v>316</x:v>
       </x:c>
       <x:c r="J486" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K486" s="14" t="s">
         <x:v>145</x:v>
       </x:c>
       <x:c r="L486" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M486" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N486" s="15" t="n">
         <x:v>31663</x:v>
       </x:c>
       <x:c r="O486" s="14" t="s">
         <x:v>155</x:v>
       </x:c>
       <x:c r="P486" s="14" t="s">
-        <x:v>339</x:v>
+        <x:v>314</x:v>
       </x:c>
       <x:c r="Q486" s="16" t="s">
-        <x:v>320</x:v>
+        <x:v>316</x:v>
       </x:c>
       <x:c r="R486" s="14" t="s">
-        <x:v>321</x:v>
+        <x:v>317</x:v>
       </x:c>
       <x:c r="S486" s="14" t="n">
         <x:v>579285</x:v>
       </x:c>
       <x:c r="T486" s="16" t="s">
-        <x:v>322</x:v>
+        <x:v>318</x:v>
       </x:c>
       <x:c r="U486" s="16" t="s">
         <x:v>294</x:v>
       </x:c>
     </x:row>
     <x:row r="487" spans="1:21">
       <x:c r="A487" s="1" t="s">
         <x:v>140</x:v>
       </x:c>
       <x:c r="B487" s="0" t="s">
-        <x:v>317</x:v>
+        <x:v>313</x:v>
       </x:c>
       <x:c r="C487" s="3" t="n">
         <x:v>36237</x:v>
       </x:c>
       <x:c r="D487" s="3" t="s"/>
       <x:c r="G487" s="0" t="s">
-        <x:v>339</x:v>
+        <x:v>314</x:v>
       </x:c>
       <x:c r="H487" s="0" t="s">
-        <x:v>340</x:v>
+        <x:v>315</x:v>
       </x:c>
       <x:c r="I487" s="4" t="s">
-        <x:v>320</x:v>
+        <x:v>316</x:v>
       </x:c>
       <x:c r="J487" s="0" t="s">
         <x:v>154</x:v>
       </x:c>
       <x:c r="K487" s="0" t="s">
         <x:v>145</x:v>
       </x:c>
       <x:c r="L487" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M487" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N487" s="3" t="n">
         <x:v>31721</x:v>
       </x:c>
       <x:c r="O487" s="0" t="s">
         <x:v>182</x:v>
       </x:c>
       <x:c r="P487" s="0" t="s">
-        <x:v>339</x:v>
+        <x:v>314</x:v>
       </x:c>
       <x:c r="Q487" s="4" t="s">
-        <x:v>320</x:v>
+        <x:v>316</x:v>
       </x:c>
       <x:c r="R487" s="0" t="s">
-        <x:v>321</x:v>
+        <x:v>317</x:v>
       </x:c>
       <x:c r="S487" s="0" t="n">
         <x:v>581830</x:v>
       </x:c>
       <x:c r="T487" s="4" t="s">
         <x:v>351</x:v>
       </x:c>
       <x:c r="U487" s="4" t="s">
         <x:v>352</x:v>
       </x:c>
     </x:row>
     <x:row r="488" spans="1:21">
       <x:c r="A488" s="13" t="s">
         <x:v>140</x:v>
       </x:c>
       <x:c r="B488" s="14" t="s">
         <x:v>306</x:v>
       </x:c>
       <x:c r="C488" s="15" t="n">
         <x:v>38365</x:v>
       </x:c>
       <x:c r="D488" s="15" t="s"/>
       <x:c r="E488" s="14" t="s"/>
       <x:c r="F488" s="14" t="s"/>
       <x:c r="G488" s="14" t="s">
@@ -30120,82 +30118,82 @@
       </x:c>
       <x:c r="P488" s="14" t="s">
         <x:v>109</x:v>
       </x:c>
       <x:c r="Q488" s="16" t="s">
         <x:v>111</x:v>
       </x:c>
       <x:c r="R488" s="14" t="s">
         <x:v>188</x:v>
       </x:c>
       <x:c r="S488" s="14" t="n">
         <x:v>601067</x:v>
       </x:c>
       <x:c r="T488" s="16" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="U488" s="16" t="s">
         <x:v>353</x:v>
       </x:c>
     </x:row>
     <x:row r="489" spans="1:21">
       <x:c r="A489" s="1" t="s">
         <x:v>140</x:v>
       </x:c>
       <x:c r="B489" s="0" t="s">
-        <x:v>324</x:v>
+        <x:v>328</x:v>
       </x:c>
       <x:c r="C489" s="3" t="n">
         <x:v>36237</x:v>
       </x:c>
       <x:c r="D489" s="3" t="s"/>
       <x:c r="G489" s="0" t="s">
-        <x:v>333</x:v>
+        <x:v>337</x:v>
       </x:c>
       <x:c r="I489" s="4" t="s">
         <x:v>162</x:v>
       </x:c>
       <x:c r="J489" s="0" t="s">
         <x:v>154</x:v>
       </x:c>
       <x:c r="K489" s="0" t="s">
         <x:v>145</x:v>
       </x:c>
       <x:c r="L489" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="M489" s="0" t="s">
         <x:v>146</x:v>
       </x:c>
       <x:c r="N489" s="3" t="n">
         <x:v>31721</x:v>
       </x:c>
       <x:c r="O489" s="0" t="s">
         <x:v>182</x:v>
       </x:c>
       <x:c r="P489" s="0" t="s">
-        <x:v>333</x:v>
+        <x:v>337</x:v>
       </x:c>
       <x:c r="Q489" s="4" t="s">
         <x:v>162</x:v>
       </x:c>
       <x:c r="R489" s="0" t="s">
         <x:v>148</x:v>
       </x:c>
       <x:c r="S489" s="0" t="n">
         <x:v>616379</x:v>
       </x:c>
       <x:c r="T489" s="4" t="s">
         <x:v>354</x:v>
       </x:c>
       <x:c r="U489" s="4" t="s">
         <x:v>150</x:v>
       </x:c>
     </x:row>
     <x:row r="490" spans="1:21">
       <x:c r="A490" s="13" t="s">
         <x:v>140</x:v>
       </x:c>
       <x:c r="B490" s="14" t="s">
         <x:v>104</x:v>
       </x:c>
       <x:c r="C490" s="15" t="n">
@@ -30285,51 +30283,51 @@
       </x:c>
       <x:c r="P491" s="0" t="s">
         <x:v>186</x:v>
       </x:c>
       <x:c r="Q491" s="4" t="s">
         <x:v>187</x:v>
       </x:c>
       <x:c r="R491" s="0" t="s">
         <x:v>188</x:v>
       </x:c>
       <x:c r="S491" s="0" t="n">
         <x:v>557336</x:v>
       </x:c>
       <x:c r="T491" s="4" t="s">
         <x:v>358</x:v>
       </x:c>
       <x:c r="U491" s="4" t="s">
         <x:v>190</x:v>
       </x:c>
     </x:row>
     <x:row r="492" spans="1:21">
       <x:c r="A492" s="13" t="s">
         <x:v>140</x:v>
       </x:c>
       <x:c r="B492" s="14" t="s">
-        <x:v>324</x:v>
+        <x:v>328</x:v>
       </x:c>
       <x:c r="C492" s="15" t="n">
         <x:v>36237</x:v>
       </x:c>
       <x:c r="D492" s="15" t="s"/>
       <x:c r="E492" s="14" t="s"/>
       <x:c r="F492" s="14" t="s"/>
       <x:c r="G492" s="14" t="s">
         <x:v>186</x:v>
       </x:c>
       <x:c r="H492" s="14" t="s"/>
       <x:c r="I492" s="16" t="s">
         <x:v>187</x:v>
       </x:c>
       <x:c r="J492" s="14" t="s">
         <x:v>154</x:v>
       </x:c>
       <x:c r="K492" s="14" t="s">
         <x:v>145</x:v>
       </x:c>
       <x:c r="L492" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="M492" s="14" t="s">
         <x:v>146</x:v>
@@ -30342,97 +30340,97 @@
       </x:c>
       <x:c r="P492" s="14" t="s">
         <x:v>186</x:v>
       </x:c>
       <x:c r="Q492" s="16" t="s">
         <x:v>187</x:v>
       </x:c>
       <x:c r="R492" s="14" t="s">
         <x:v>188</x:v>
       </x:c>
       <x:c r="S492" s="14" t="n">
         <x:v>557344</x:v>
       </x:c>
       <x:c r="T492" s="16" t="s">
         <x:v>359</x:v>
       </x:c>
       <x:c r="U492" s="16" t="s">
         <x:v>307</x:v>
       </x:c>
     </x:row>
     <x:row r="493" spans="1:21">
       <x:c r="A493" s="1" t="s">
         <x:v>140</x:v>
       </x:c>
       <x:c r="B493" s="0" t="s">
-        <x:v>324</x:v>
+        <x:v>328</x:v>
       </x:c>
       <x:c r="C493" s="3" t="n">
         <x:v>36237</x:v>
       </x:c>
       <x:c r="D493" s="3" t="s"/>
       <x:c r="G493" s="0" t="s">
         <x:v>186</x:v>
       </x:c>
       <x:c r="I493" s="4" t="s">
         <x:v>187</x:v>
       </x:c>
       <x:c r="J493" s="0" t="s">
         <x:v>154</x:v>
       </x:c>
       <x:c r="K493" s="0" t="s">
         <x:v>145</x:v>
       </x:c>
       <x:c r="L493" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="M493" s="0" t="s">
         <x:v>146</x:v>
       </x:c>
       <x:c r="N493" s="3" t="n">
         <x:v>31721</x:v>
       </x:c>
       <x:c r="O493" s="0" t="s">
         <x:v>182</x:v>
       </x:c>
       <x:c r="P493" s="0" t="s">
         <x:v>186</x:v>
       </x:c>
       <x:c r="Q493" s="4" t="s">
         <x:v>187</x:v>
       </x:c>
       <x:c r="R493" s="0" t="s">
         <x:v>188</x:v>
       </x:c>
       <x:c r="S493" s="0" t="n">
         <x:v>557349</x:v>
       </x:c>
       <x:c r="T493" s="4" t="s">
         <x:v>358</x:v>
       </x:c>
       <x:c r="U493" s="4" t="s">
-        <x:v>331</x:v>
+        <x:v>335</x:v>
       </x:c>
     </x:row>
     <x:row r="494" spans="1:21">
       <x:c r="A494" s="13" t="s">
         <x:v>140</x:v>
       </x:c>
       <x:c r="B494" s="14" t="s">
         <x:v>311</x:v>
       </x:c>
       <x:c r="C494" s="15" t="n">
         <x:v>37277</x:v>
       </x:c>
       <x:c r="D494" s="15" t="s"/>
       <x:c r="E494" s="14" t="s"/>
       <x:c r="F494" s="14" t="s"/>
       <x:c r="G494" s="14" t="s">
         <x:v>256</x:v>
       </x:c>
       <x:c r="H494" s="14" t="s"/>
       <x:c r="I494" s="16" t="s">
         <x:v>257</x:v>
       </x:c>
       <x:c r="J494" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
@@ -30574,91 +30572,91 @@
       </x:c>
       <x:c r="P496" s="14" t="s">
         <x:v>178</x:v>
       </x:c>
       <x:c r="Q496" s="16" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="R496" s="14" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="S496" s="14" t="n">
         <x:v>583953</x:v>
       </x:c>
       <x:c r="T496" s="16" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="U496" s="16" t="s">
         <x:v>367</x:v>
       </x:c>
     </x:row>
     <x:row r="497" spans="1:21">
       <x:c r="A497" s="1" t="s">
         <x:v>140</x:v>
       </x:c>
       <x:c r="B497" s="0" t="s">
-        <x:v>317</x:v>
+        <x:v>313</x:v>
       </x:c>
       <x:c r="C497" s="3" t="n">
         <x:v>36237</x:v>
       </x:c>
       <x:c r="D497" s="3" t="s"/>
       <x:c r="G497" s="0" t="s">
-        <x:v>318</x:v>
+        <x:v>326</x:v>
       </x:c>
       <x:c r="H497" s="0" t="s">
-        <x:v>319</x:v>
+        <x:v>327</x:v>
       </x:c>
       <x:c r="I497" s="4" t="s">
-        <x:v>320</x:v>
+        <x:v>316</x:v>
       </x:c>
       <x:c r="J497" s="0" t="s">
         <x:v>154</x:v>
       </x:c>
       <x:c r="K497" s="0" t="s">
         <x:v>145</x:v>
       </x:c>
       <x:c r="L497" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M497" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N497" s="3" t="n">
         <x:v>31721</x:v>
       </x:c>
       <x:c r="O497" s="0" t="s">
         <x:v>182</x:v>
       </x:c>
       <x:c r="P497" s="0" t="s">
-        <x:v>318</x:v>
+        <x:v>326</x:v>
       </x:c>
       <x:c r="Q497" s="4" t="s">
-        <x:v>320</x:v>
+        <x:v>316</x:v>
       </x:c>
       <x:c r="R497" s="0" t="s">
-        <x:v>321</x:v>
+        <x:v>317</x:v>
       </x:c>
       <x:c r="S497" s="0" t="n">
         <x:v>581823</x:v>
       </x:c>
       <x:c r="T497" s="4" t="s">
         <x:v>351</x:v>
       </x:c>
       <x:c r="U497" s="4" t="s">
         <x:v>352</x:v>
       </x:c>
     </x:row>
     <x:row r="498" spans="1:21">
       <x:c r="A498" s="13" t="s">
         <x:v>140</x:v>
       </x:c>
       <x:c r="B498" s="14" t="s">
         <x:v>306</x:v>
       </x:c>
       <x:c r="C498" s="15" t="n">
         <x:v>38365</x:v>
       </x:c>
       <x:c r="D498" s="15" t="s"/>
       <x:c r="E498" s="14" t="s"/>
       <x:c r="F498" s="14" t="s"/>
       <x:c r="G498" s="14" t="s">
@@ -30690,97 +30688,97 @@
       </x:c>
       <x:c r="P498" s="14" t="s">
         <x:v>109</x:v>
       </x:c>
       <x:c r="Q498" s="16" t="s">
         <x:v>111</x:v>
       </x:c>
       <x:c r="R498" s="14" t="s">
         <x:v>100</x:v>
       </x:c>
       <x:c r="S498" s="14" t="n">
         <x:v>601064</x:v>
       </x:c>
       <x:c r="T498" s="16" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="U498" s="16" t="s">
         <x:v>32</x:v>
       </x:c>
     </x:row>
     <x:row r="499" spans="1:21">
       <x:c r="A499" s="1" t="s">
         <x:v>140</x:v>
       </x:c>
       <x:c r="B499" s="0" t="s">
-        <x:v>327</x:v>
+        <x:v>331</x:v>
       </x:c>
       <x:c r="C499" s="3" t="n">
         <x:v>37277</x:v>
       </x:c>
       <x:c r="D499" s="3" t="s"/>
       <x:c r="G499" s="0" t="s">
-        <x:v>318</x:v>
+        <x:v>326</x:v>
       </x:c>
       <x:c r="H499" s="0" t="s">
-        <x:v>319</x:v>
+        <x:v>327</x:v>
       </x:c>
       <x:c r="I499" s="4" t="s">
-        <x:v>320</x:v>
+        <x:v>316</x:v>
       </x:c>
       <x:c r="J499" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K499" s="0" t="s">
         <x:v>145</x:v>
       </x:c>
       <x:c r="L499" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M499" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N499" s="3" t="n">
         <x:v>31663</x:v>
       </x:c>
       <x:c r="O499" s="0" t="s">
         <x:v>155</x:v>
       </x:c>
       <x:c r="P499" s="0" t="s">
-        <x:v>318</x:v>
+        <x:v>326</x:v>
       </x:c>
       <x:c r="Q499" s="4" t="s">
-        <x:v>320</x:v>
+        <x:v>316</x:v>
       </x:c>
       <x:c r="R499" s="0" t="s">
-        <x:v>321</x:v>
+        <x:v>317</x:v>
       </x:c>
       <x:c r="S499" s="0" t="n">
         <x:v>579147</x:v>
       </x:c>
       <x:c r="T499" s="4" t="s">
-        <x:v>322</x:v>
+        <x:v>318</x:v>
       </x:c>
       <x:c r="U499" s="4" t="s">
         <x:v>294</x:v>
       </x:c>
     </x:row>
     <x:row r="500" spans="1:21">
       <x:c r="A500" s="13" t="s">
         <x:v>140</x:v>
       </x:c>
       <x:c r="B500" s="14" t="s">
         <x:v>306</x:v>
       </x:c>
       <x:c r="C500" s="15" t="n">
         <x:v>38365</x:v>
       </x:c>
       <x:c r="D500" s="15" t="s"/>
       <x:c r="E500" s="14" t="s"/>
       <x:c r="F500" s="14" t="s"/>
       <x:c r="G500" s="14" t="s">
         <x:v>109</x:v>
       </x:c>
       <x:c r="H500" s="14" t="s">
         <x:v>110</x:v>
       </x:c>
       <x:c r="I500" s="16" t="s">
@@ -30806,100 +30804,100 @@
       </x:c>
       <x:c r="P500" s="14" t="s">
         <x:v>109</x:v>
       </x:c>
       <x:c r="Q500" s="16" t="s">
         <x:v>111</x:v>
       </x:c>
       <x:c r="R500" s="14" t="s">
         <x:v>100</x:v>
       </x:c>
       <x:c r="S500" s="14" t="n">
         <x:v>554780</x:v>
       </x:c>
       <x:c r="T500" s="16" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="U500" s="16" t="s">
         <x:v>68</x:v>
       </x:c>
     </x:row>
     <x:row r="501" spans="1:21">
       <x:c r="A501" s="1" t="s">
         <x:v>140</x:v>
       </x:c>
       <x:c r="B501" s="0" t="s">
-        <x:v>317</x:v>
+        <x:v>313</x:v>
       </x:c>
       <x:c r="C501" s="3" t="n">
         <x:v>36237</x:v>
       </x:c>
       <x:c r="D501" s="3" t="s"/>
       <x:c r="G501" s="0" t="s">
-        <x:v>318</x:v>
+        <x:v>326</x:v>
       </x:c>
       <x:c r="H501" s="0" t="s">
-        <x:v>319</x:v>
+        <x:v>327</x:v>
       </x:c>
       <x:c r="I501" s="4" t="s">
-        <x:v>320</x:v>
+        <x:v>316</x:v>
       </x:c>
       <x:c r="J501" s="0" t="s">
         <x:v>154</x:v>
       </x:c>
       <x:c r="K501" s="0" t="s">
         <x:v>145</x:v>
       </x:c>
       <x:c r="L501" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M501" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N501" s="3" t="n">
         <x:v>31721</x:v>
       </x:c>
       <x:c r="O501" s="0" t="s">
         <x:v>182</x:v>
       </x:c>
       <x:c r="P501" s="0" t="s">
-        <x:v>318</x:v>
+        <x:v>326</x:v>
       </x:c>
       <x:c r="Q501" s="4" t="s">
-        <x:v>320</x:v>
+        <x:v>316</x:v>
       </x:c>
       <x:c r="R501" s="0" t="s">
-        <x:v>321</x:v>
+        <x:v>317</x:v>
       </x:c>
       <x:c r="S501" s="0" t="n">
         <x:v>579146</x:v>
       </x:c>
       <x:c r="T501" s="4" t="s">
-        <x:v>328</x:v>
+        <x:v>332</x:v>
       </x:c>
       <x:c r="U501" s="4" t="s">
-        <x:v>344</x:v>
+        <x:v>346</x:v>
       </x:c>
     </x:row>
     <x:row r="502" spans="1:21">
       <x:c r="A502" s="13" t="s">
         <x:v>140</x:v>
       </x:c>
       <x:c r="B502" s="14" t="s">
         <x:v>306</x:v>
       </x:c>
       <x:c r="C502" s="15" t="n">
         <x:v>38365</x:v>
       </x:c>
       <x:c r="D502" s="15" t="s"/>
       <x:c r="E502" s="14" t="s"/>
       <x:c r="F502" s="14" t="s"/>
       <x:c r="G502" s="14" t="s">
         <x:v>278</x:v>
       </x:c>
       <x:c r="H502" s="14" t="s"/>
       <x:c r="I502" s="16" t="s">
         <x:v>92</x:v>
       </x:c>
       <x:c r="J502" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
@@ -30920,51 +30918,51 @@
       </x:c>
       <x:c r="P502" s="14" t="s">
         <x:v>278</x:v>
       </x:c>
       <x:c r="Q502" s="16" t="s">
         <x:v>92</x:v>
       </x:c>
       <x:c r="R502" s="14" t="s">
         <x:v>210</x:v>
       </x:c>
       <x:c r="S502" s="14" t="n">
         <x:v>493601</x:v>
       </x:c>
       <x:c r="T502" s="16" t="s">
         <x:v>236</x:v>
       </x:c>
       <x:c r="U502" s="16" t="s">
         <x:v>53</x:v>
       </x:c>
     </x:row>
     <x:row r="503" spans="1:21">
       <x:c r="A503" s="1" t="s">
         <x:v>140</x:v>
       </x:c>
       <x:c r="B503" s="0" t="s">
-        <x:v>324</x:v>
+        <x:v>328</x:v>
       </x:c>
       <x:c r="C503" s="3" t="n">
         <x:v>36237</x:v>
       </x:c>
       <x:c r="D503" s="3" t="s"/>
       <x:c r="G503" s="0" t="s">
         <x:v>186</x:v>
       </x:c>
       <x:c r="I503" s="4" t="s">
         <x:v>187</x:v>
       </x:c>
       <x:c r="J503" s="0" t="s">
         <x:v>154</x:v>
       </x:c>
       <x:c r="K503" s="0" t="s">
         <x:v>145</x:v>
       </x:c>
       <x:c r="L503" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="M503" s="0" t="s">
         <x:v>146</x:v>
       </x:c>
       <x:c r="N503" s="3" t="n">
         <x:v>31721</x:v>
@@ -31031,151 +31029,151 @@
       </x:c>
       <x:c r="P504" s="14" t="s">
         <x:v>368</x:v>
       </x:c>
       <x:c r="Q504" s="16" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="R504" s="14" t="s">
         <x:v>124</x:v>
       </x:c>
       <x:c r="S504" s="14" t="n">
         <x:v>611506</x:v>
       </x:c>
       <x:c r="T504" s="16" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="U504" s="16" t="s">
         <x:v>32</x:v>
       </x:c>
     </x:row>
     <x:row r="505" spans="1:21">
       <x:c r="A505" s="1" t="s">
         <x:v>140</x:v>
       </x:c>
       <x:c r="B505" s="0" t="s">
-        <x:v>324</x:v>
+        <x:v>328</x:v>
       </x:c>
       <x:c r="C505" s="3" t="n">
         <x:v>36237</x:v>
       </x:c>
       <x:c r="D505" s="3" t="s"/>
       <x:c r="G505" s="0" t="s">
         <x:v>186</x:v>
       </x:c>
       <x:c r="I505" s="4" t="s">
         <x:v>187</x:v>
       </x:c>
       <x:c r="J505" s="0" t="s">
         <x:v>154</x:v>
       </x:c>
       <x:c r="K505" s="0" t="s">
         <x:v>145</x:v>
       </x:c>
       <x:c r="L505" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="M505" s="0" t="s">
         <x:v>146</x:v>
       </x:c>
       <x:c r="N505" s="3" t="n">
         <x:v>31721</x:v>
       </x:c>
       <x:c r="O505" s="0" t="s">
         <x:v>182</x:v>
       </x:c>
       <x:c r="P505" s="0" t="s">
         <x:v>186</x:v>
       </x:c>
       <x:c r="Q505" s="4" t="s">
         <x:v>187</x:v>
       </x:c>
       <x:c r="R505" s="0" t="s">
         <x:v>188</x:v>
       </x:c>
       <x:c r="S505" s="0" t="n">
         <x:v>613294</x:v>
       </x:c>
       <x:c r="T505" s="4" t="s">
-        <x:v>315</x:v>
+        <x:v>324</x:v>
       </x:c>
       <x:c r="U505" s="4" t="s">
         <x:v>308</x:v>
       </x:c>
     </x:row>
     <x:row r="506" spans="1:21">
       <x:c r="A506" s="13" t="s">
         <x:v>140</x:v>
       </x:c>
       <x:c r="B506" s="14" t="s">
-        <x:v>324</x:v>
+        <x:v>328</x:v>
       </x:c>
       <x:c r="C506" s="15" t="n">
         <x:v>36237</x:v>
       </x:c>
       <x:c r="D506" s="15" t="s"/>
       <x:c r="E506" s="14" t="s"/>
       <x:c r="F506" s="14" t="s"/>
       <x:c r="G506" s="14" t="s">
         <x:v>186</x:v>
       </x:c>
       <x:c r="H506" s="14" t="s"/>
       <x:c r="I506" s="16" t="s">
         <x:v>187</x:v>
       </x:c>
       <x:c r="J506" s="14" t="s">
         <x:v>154</x:v>
       </x:c>
       <x:c r="K506" s="14" t="s">
         <x:v>145</x:v>
       </x:c>
       <x:c r="L506" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="M506" s="14" t="s">
         <x:v>146</x:v>
       </x:c>
       <x:c r="N506" s="15" t="n">
         <x:v>31721</x:v>
       </x:c>
       <x:c r="O506" s="14" t="s">
         <x:v>182</x:v>
       </x:c>
       <x:c r="P506" s="14" t="s">
         <x:v>186</x:v>
       </x:c>
       <x:c r="Q506" s="16" t="s">
         <x:v>187</x:v>
       </x:c>
       <x:c r="R506" s="14" t="s">
         <x:v>188</x:v>
       </x:c>
       <x:c r="S506" s="14" t="n">
         <x:v>613295</x:v>
       </x:c>
       <x:c r="T506" s="16" t="s">
-        <x:v>331</x:v>
+        <x:v>335</x:v>
       </x:c>
       <x:c r="U506" s="16" t="s">
         <x:v>310</x:v>
       </x:c>
     </x:row>
     <x:row r="507" spans="1:21">
       <x:c r="A507" s="1" t="s">
         <x:v>140</x:v>
       </x:c>
       <x:c r="B507" s="0" t="s">
         <x:v>301</x:v>
       </x:c>
       <x:c r="C507" s="3" t="n">
         <x:v>37277</x:v>
       </x:c>
       <x:c r="D507" s="3" t="s"/>
       <x:c r="G507" s="0" t="s">
         <x:v>186</x:v>
       </x:c>
       <x:c r="I507" s="4" t="s">
         <x:v>187</x:v>
       </x:c>
       <x:c r="J507" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
@@ -31196,51 +31194,51 @@
       </x:c>
       <x:c r="P507" s="0" t="s">
         <x:v>186</x:v>
       </x:c>
       <x:c r="Q507" s="4" t="s">
         <x:v>187</x:v>
       </x:c>
       <x:c r="R507" s="0" t="s">
         <x:v>188</x:v>
       </x:c>
       <x:c r="S507" s="0" t="n">
         <x:v>557323</x:v>
       </x:c>
       <x:c r="T507" s="4" t="s">
         <x:v>369</x:v>
       </x:c>
       <x:c r="U507" s="4" t="s">
         <x:v>302</x:v>
       </x:c>
     </x:row>
     <x:row r="508" spans="1:21">
       <x:c r="A508" s="13" t="s">
         <x:v>140</x:v>
       </x:c>
       <x:c r="B508" s="14" t="s">
-        <x:v>348</x:v>
+        <x:v>320</x:v>
       </x:c>
       <x:c r="C508" s="15" t="n">
         <x:v>36237</x:v>
       </x:c>
       <x:c r="D508" s="15" t="s"/>
       <x:c r="E508" s="14" t="s"/>
       <x:c r="F508" s="14" t="s"/>
       <x:c r="G508" s="14" t="s">
         <x:v>195</x:v>
       </x:c>
       <x:c r="H508" s="14" t="s"/>
       <x:c r="I508" s="16" t="s">
         <x:v>196</x:v>
       </x:c>
       <x:c r="J508" s="14" t="s">
         <x:v>154</x:v>
       </x:c>
       <x:c r="K508" s="14" t="s">
         <x:v>145</x:v>
       </x:c>
       <x:c r="L508" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M508" s="14" t="s">
         <x:v>28</x:v>
@@ -31296,113 +31294,113 @@
       <x:c r="L509" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="M509" s="0" t="s">
         <x:v>146</x:v>
       </x:c>
       <x:c r="N509" s="3" t="n">
         <x:v>31663</x:v>
       </x:c>
       <x:c r="O509" s="0" t="s">
         <x:v>155</x:v>
       </x:c>
       <x:c r="P509" s="0" t="s">
         <x:v>186</x:v>
       </x:c>
       <x:c r="Q509" s="4" t="s">
         <x:v>187</x:v>
       </x:c>
       <x:c r="R509" s="0" t="s">
         <x:v>188</x:v>
       </x:c>
       <x:c r="S509" s="0" t="n">
         <x:v>613310</x:v>
       </x:c>
       <x:c r="T509" s="4" t="s">
-        <x:v>343</x:v>
+        <x:v>345</x:v>
       </x:c>
       <x:c r="U509" s="4" t="s">
-        <x:v>335</x:v>
+        <x:v>339</x:v>
       </x:c>
     </x:row>
     <x:row r="510" spans="1:21">
       <x:c r="A510" s="13" t="s">
         <x:v>140</x:v>
       </x:c>
       <x:c r="B510" s="14" t="s">
-        <x:v>327</x:v>
+        <x:v>331</x:v>
       </x:c>
       <x:c r="C510" s="15" t="n">
         <x:v>37277</x:v>
       </x:c>
       <x:c r="D510" s="15" t="s"/>
       <x:c r="E510" s="14" t="s"/>
       <x:c r="F510" s="14" t="s"/>
       <x:c r="G510" s="14" t="s">
-        <x:v>318</x:v>
+        <x:v>326</x:v>
       </x:c>
       <x:c r="H510" s="14" t="s">
-        <x:v>319</x:v>
+        <x:v>327</x:v>
       </x:c>
       <x:c r="I510" s="16" t="s">
-        <x:v>320</x:v>
+        <x:v>316</x:v>
       </x:c>
       <x:c r="J510" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K510" s="14" t="s">
         <x:v>145</x:v>
       </x:c>
       <x:c r="L510" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M510" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N510" s="15" t="n">
         <x:v>31663</x:v>
       </x:c>
       <x:c r="O510" s="14" t="s">
         <x:v>155</x:v>
       </x:c>
       <x:c r="P510" s="14" t="s">
-        <x:v>318</x:v>
+        <x:v>326</x:v>
       </x:c>
       <x:c r="Q510" s="16" t="s">
-        <x:v>320</x:v>
+        <x:v>316</x:v>
       </x:c>
       <x:c r="R510" s="14" t="s">
-        <x:v>321</x:v>
+        <x:v>317</x:v>
       </x:c>
       <x:c r="S510" s="14" t="n">
         <x:v>581825</x:v>
       </x:c>
       <x:c r="T510" s="16" t="s">
-        <x:v>341</x:v>
+        <x:v>343</x:v>
       </x:c>
       <x:c r="U510" s="16" t="s">
-        <x:v>342</x:v>
+        <x:v>344</x:v>
       </x:c>
     </x:row>
     <x:row r="511" spans="1:21">
       <x:c r="A511" s="1" t="s">
         <x:v>140</x:v>
       </x:c>
       <x:c r="B511" s="0" t="s">
         <x:v>301</x:v>
       </x:c>
       <x:c r="C511" s="3" t="n">
         <x:v>37277</x:v>
       </x:c>
       <x:c r="D511" s="3" t="s"/>
       <x:c r="G511" s="0" t="s">
         <x:v>186</x:v>
       </x:c>
       <x:c r="I511" s="4" t="s">
         <x:v>187</x:v>
       </x:c>
       <x:c r="J511" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K511" s="0" t="s">
         <x:v>145</x:v>
       </x:c>
@@ -31412,51 +31410,51 @@
       <x:c r="M511" s="0" t="s">
         <x:v>146</x:v>
       </x:c>
       <x:c r="N511" s="3" t="n">
         <x:v>31663</x:v>
       </x:c>
       <x:c r="O511" s="0" t="s">
         <x:v>155</x:v>
       </x:c>
       <x:c r="P511" s="0" t="s">
         <x:v>186</x:v>
       </x:c>
       <x:c r="Q511" s="4" t="s">
         <x:v>187</x:v>
       </x:c>
       <x:c r="R511" s="0" t="s">
         <x:v>188</x:v>
       </x:c>
       <x:c r="S511" s="0" t="n">
         <x:v>613311</x:v>
       </x:c>
       <x:c r="T511" s="4" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="U511" s="4" t="s">
-        <x:v>336</x:v>
+        <x:v>340</x:v>
       </x:c>
     </x:row>
     <x:row r="512" spans="1:21">
       <x:c r="A512" s="13" t="s">
         <x:v>140</x:v>
       </x:c>
       <x:c r="B512" s="14" t="s">
         <x:v>301</x:v>
       </x:c>
       <x:c r="C512" s="15" t="n">
         <x:v>37277</x:v>
       </x:c>
       <x:c r="D512" s="15" t="s"/>
       <x:c r="E512" s="14" t="s"/>
       <x:c r="F512" s="14" t="s"/>
       <x:c r="G512" s="14" t="s">
         <x:v>186</x:v>
       </x:c>
       <x:c r="H512" s="14" t="s"/>
       <x:c r="I512" s="16" t="s">
         <x:v>187</x:v>
       </x:c>
       <x:c r="J512" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
@@ -31477,275 +31475,275 @@
       </x:c>
       <x:c r="P512" s="14" t="s">
         <x:v>186</x:v>
       </x:c>
       <x:c r="Q512" s="16" t="s">
         <x:v>187</x:v>
       </x:c>
       <x:c r="R512" s="14" t="s">
         <x:v>188</x:v>
       </x:c>
       <x:c r="S512" s="14" t="n">
         <x:v>613312</x:v>
       </x:c>
       <x:c r="T512" s="16" t="s">
         <x:v>190</x:v>
       </x:c>
       <x:c r="U512" s="16" t="s">
         <x:v>370</x:v>
       </x:c>
     </x:row>
     <x:row r="513" spans="1:21">
       <x:c r="A513" s="1" t="s">
         <x:v>140</x:v>
       </x:c>
       <x:c r="B513" s="0" t="s">
-        <x:v>327</x:v>
+        <x:v>331</x:v>
       </x:c>
       <x:c r="C513" s="3" t="n">
         <x:v>37277</x:v>
       </x:c>
       <x:c r="D513" s="3" t="s"/>
       <x:c r="G513" s="0" t="s">
-        <x:v>318</x:v>
+        <x:v>326</x:v>
       </x:c>
       <x:c r="H513" s="0" t="s">
-        <x:v>319</x:v>
+        <x:v>327</x:v>
       </x:c>
       <x:c r="I513" s="4" t="s">
-        <x:v>320</x:v>
+        <x:v>316</x:v>
       </x:c>
       <x:c r="J513" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K513" s="0" t="s">
         <x:v>145</x:v>
       </x:c>
       <x:c r="L513" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M513" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N513" s="3" t="n">
         <x:v>31663</x:v>
       </x:c>
       <x:c r="O513" s="0" t="s">
         <x:v>155</x:v>
       </x:c>
       <x:c r="P513" s="0" t="s">
-        <x:v>318</x:v>
+        <x:v>326</x:v>
       </x:c>
       <x:c r="Q513" s="4" t="s">
-        <x:v>320</x:v>
+        <x:v>316</x:v>
       </x:c>
       <x:c r="R513" s="0" t="s">
-        <x:v>321</x:v>
+        <x:v>317</x:v>
       </x:c>
       <x:c r="S513" s="0" t="n">
         <x:v>527691</x:v>
       </x:c>
       <x:c r="T513" s="4" t="s">
         <x:v>371</x:v>
       </x:c>
       <x:c r="U513" s="4" t="s">
         <x:v>350</x:v>
       </x:c>
     </x:row>
     <x:row r="514" spans="1:21">
       <x:c r="A514" s="13" t="s">
         <x:v>140</x:v>
       </x:c>
       <x:c r="B514" s="14" t="s">
-        <x:v>327</x:v>
+        <x:v>331</x:v>
       </x:c>
       <x:c r="C514" s="15" t="n">
         <x:v>37277</x:v>
       </x:c>
       <x:c r="D514" s="15" t="s"/>
       <x:c r="E514" s="14" t="s"/>
       <x:c r="F514" s="14" t="s"/>
       <x:c r="G514" s="14" t="s">
-        <x:v>339</x:v>
+        <x:v>314</x:v>
       </x:c>
       <x:c r="H514" s="14" t="s">
-        <x:v>340</x:v>
+        <x:v>315</x:v>
       </x:c>
       <x:c r="I514" s="16" t="s">
-        <x:v>320</x:v>
+        <x:v>316</x:v>
       </x:c>
       <x:c r="J514" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K514" s="14" t="s">
         <x:v>145</x:v>
       </x:c>
       <x:c r="L514" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M514" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N514" s="15" t="n">
         <x:v>31663</x:v>
       </x:c>
       <x:c r="O514" s="14" t="s">
         <x:v>155</x:v>
       </x:c>
       <x:c r="P514" s="14" t="s">
-        <x:v>339</x:v>
+        <x:v>314</x:v>
       </x:c>
       <x:c r="Q514" s="16" t="s">
-        <x:v>320</x:v>
+        <x:v>316</x:v>
       </x:c>
       <x:c r="R514" s="14" t="s">
-        <x:v>321</x:v>
+        <x:v>317</x:v>
       </x:c>
       <x:c r="S514" s="14" t="n">
         <x:v>527718</x:v>
       </x:c>
       <x:c r="T514" s="16" t="s">
         <x:v>371</x:v>
       </x:c>
       <x:c r="U514" s="16" t="s">
         <x:v>350</x:v>
       </x:c>
     </x:row>
     <x:row r="515" spans="1:21">
       <x:c r="A515" s="1" t="s">
         <x:v>140</x:v>
       </x:c>
       <x:c r="B515" s="0" t="s">
-        <x:v>317</x:v>
+        <x:v>313</x:v>
       </x:c>
       <x:c r="C515" s="3" t="n">
         <x:v>36237</x:v>
       </x:c>
       <x:c r="D515" s="3" t="s"/>
       <x:c r="G515" s="0" t="s">
-        <x:v>318</x:v>
+        <x:v>326</x:v>
       </x:c>
       <x:c r="H515" s="0" t="s">
-        <x:v>319</x:v>
+        <x:v>327</x:v>
       </x:c>
       <x:c r="I515" s="4" t="s">
-        <x:v>320</x:v>
+        <x:v>316</x:v>
       </x:c>
       <x:c r="J515" s="0" t="s">
         <x:v>154</x:v>
       </x:c>
       <x:c r="K515" s="0" t="s">
         <x:v>145</x:v>
       </x:c>
       <x:c r="L515" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M515" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N515" s="3" t="n">
         <x:v>31721</x:v>
       </x:c>
       <x:c r="O515" s="0" t="s">
         <x:v>182</x:v>
       </x:c>
       <x:c r="P515" s="0" t="s">
-        <x:v>318</x:v>
+        <x:v>326</x:v>
       </x:c>
       <x:c r="Q515" s="4" t="s">
-        <x:v>320</x:v>
+        <x:v>316</x:v>
       </x:c>
       <x:c r="R515" s="0" t="s">
-        <x:v>321</x:v>
+        <x:v>317</x:v>
       </x:c>
       <x:c r="S515" s="0" t="n">
         <x:v>544536</x:v>
       </x:c>
       <x:c r="T515" s="4" t="s">
-        <x:v>341</x:v>
+        <x:v>343</x:v>
       </x:c>
       <x:c r="U515" s="4" t="s">
         <x:v>350</x:v>
       </x:c>
     </x:row>
     <x:row r="516" spans="1:21">
       <x:c r="A516" s="13" t="s">
         <x:v>140</x:v>
       </x:c>
       <x:c r="B516" s="14" t="s">
-        <x:v>317</x:v>
+        <x:v>313</x:v>
       </x:c>
       <x:c r="C516" s="15" t="n">
         <x:v>36237</x:v>
       </x:c>
       <x:c r="D516" s="15" t="s"/>
       <x:c r="E516" s="14" t="s"/>
       <x:c r="F516" s="14" t="s"/>
       <x:c r="G516" s="14" t="s">
-        <x:v>318</x:v>
+        <x:v>326</x:v>
       </x:c>
       <x:c r="H516" s="14" t="s">
-        <x:v>319</x:v>
+        <x:v>327</x:v>
       </x:c>
       <x:c r="I516" s="16" t="s">
-        <x:v>320</x:v>
+        <x:v>316</x:v>
       </x:c>
       <x:c r="J516" s="14" t="s">
         <x:v>154</x:v>
       </x:c>
       <x:c r="K516" s="14" t="s">
         <x:v>145</x:v>
       </x:c>
       <x:c r="L516" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M516" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N516" s="15" t="n">
         <x:v>31721</x:v>
       </x:c>
       <x:c r="O516" s="14" t="s">
         <x:v>182</x:v>
       </x:c>
       <x:c r="P516" s="14" t="s">
-        <x:v>318</x:v>
+        <x:v>326</x:v>
       </x:c>
       <x:c r="Q516" s="16" t="s">
-        <x:v>320</x:v>
+        <x:v>316</x:v>
       </x:c>
       <x:c r="R516" s="14" t="s">
-        <x:v>321</x:v>
+        <x:v>317</x:v>
       </x:c>
       <x:c r="S516" s="14" t="n">
         <x:v>581824</x:v>
       </x:c>
       <x:c r="T516" s="16" t="s">
-        <x:v>345</x:v>
+        <x:v>347</x:v>
       </x:c>
       <x:c r="U516" s="16" t="s">
-        <x:v>346</x:v>
+        <x:v>348</x:v>
       </x:c>
     </x:row>
     <x:row r="517" spans="1:21">
       <x:c r="A517" s="1" t="s">
         <x:v>140</x:v>
       </x:c>
       <x:c r="B517" s="0" t="s">
         <x:v>301</x:v>
       </x:c>
       <x:c r="C517" s="3" t="n">
         <x:v>37277</x:v>
       </x:c>
       <x:c r="D517" s="3" t="s"/>
       <x:c r="G517" s="0" t="s">
         <x:v>186</x:v>
       </x:c>
       <x:c r="I517" s="4" t="s">
         <x:v>187</x:v>
       </x:c>
       <x:c r="J517" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K517" s="0" t="s">
         <x:v>145</x:v>
       </x:c>
@@ -31812,273 +31810,273 @@
       <x:c r="M518" s="14" t="s">
         <x:v>146</x:v>
       </x:c>
       <x:c r="N518" s="15" t="n">
         <x:v>31663</x:v>
       </x:c>
       <x:c r="O518" s="14" t="s">
         <x:v>155</x:v>
       </x:c>
       <x:c r="P518" s="14" t="s">
         <x:v>186</x:v>
       </x:c>
       <x:c r="Q518" s="16" t="s">
         <x:v>187</x:v>
       </x:c>
       <x:c r="R518" s="14" t="s">
         <x:v>188</x:v>
       </x:c>
       <x:c r="S518" s="14" t="n">
         <x:v>557331</x:v>
       </x:c>
       <x:c r="T518" s="16" t="s">
         <x:v>359</x:v>
       </x:c>
       <x:c r="U518" s="16" t="s">
-        <x:v>315</x:v>
+        <x:v>324</x:v>
       </x:c>
     </x:row>
     <x:row r="519" spans="1:21">
       <x:c r="A519" s="1" t="s">
         <x:v>140</x:v>
       </x:c>
       <x:c r="B519" s="0" t="s">
-        <x:v>324</x:v>
+        <x:v>328</x:v>
       </x:c>
       <x:c r="C519" s="3" t="n">
         <x:v>36237</x:v>
       </x:c>
       <x:c r="D519" s="3" t="s"/>
       <x:c r="G519" s="0" t="s">
         <x:v>186</x:v>
       </x:c>
       <x:c r="I519" s="4" t="s">
         <x:v>187</x:v>
       </x:c>
       <x:c r="J519" s="0" t="s">
         <x:v>154</x:v>
       </x:c>
       <x:c r="K519" s="0" t="s">
         <x:v>145</x:v>
       </x:c>
       <x:c r="L519" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="M519" s="0" t="s">
         <x:v>146</x:v>
       </x:c>
       <x:c r="N519" s="3" t="n">
         <x:v>31721</x:v>
       </x:c>
       <x:c r="O519" s="0" t="s">
         <x:v>182</x:v>
       </x:c>
       <x:c r="P519" s="0" t="s">
         <x:v>186</x:v>
       </x:c>
       <x:c r="Q519" s="4" t="s">
         <x:v>187</x:v>
       </x:c>
       <x:c r="R519" s="0" t="s">
         <x:v>188</x:v>
       </x:c>
       <x:c r="S519" s="0" t="n">
         <x:v>613289</x:v>
       </x:c>
       <x:c r="T519" s="4" t="s">
-        <x:v>326</x:v>
+        <x:v>330</x:v>
       </x:c>
       <x:c r="U519" s="4" t="s">
-        <x:v>343</x:v>
+        <x:v>345</x:v>
       </x:c>
     </x:row>
     <x:row r="520" spans="1:21">
       <x:c r="A520" s="13" t="s">
         <x:v>140</x:v>
       </x:c>
       <x:c r="B520" s="14" t="s">
-        <x:v>324</x:v>
+        <x:v>328</x:v>
       </x:c>
       <x:c r="C520" s="15" t="n">
         <x:v>36237</x:v>
       </x:c>
       <x:c r="D520" s="15" t="s"/>
       <x:c r="E520" s="14" t="s"/>
       <x:c r="F520" s="14" t="s"/>
       <x:c r="G520" s="14" t="s">
         <x:v>186</x:v>
       </x:c>
       <x:c r="H520" s="14" t="s"/>
       <x:c r="I520" s="16" t="s">
         <x:v>187</x:v>
       </x:c>
       <x:c r="J520" s="14" t="s">
         <x:v>154</x:v>
       </x:c>
       <x:c r="K520" s="14" t="s">
         <x:v>145</x:v>
       </x:c>
       <x:c r="L520" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="M520" s="14" t="s">
         <x:v>146</x:v>
       </x:c>
       <x:c r="N520" s="15" t="n">
         <x:v>31721</x:v>
       </x:c>
       <x:c r="O520" s="14" t="s">
         <x:v>182</x:v>
       </x:c>
       <x:c r="P520" s="14" t="s">
         <x:v>186</x:v>
       </x:c>
       <x:c r="Q520" s="16" t="s">
         <x:v>187</x:v>
       </x:c>
       <x:c r="R520" s="14" t="s">
         <x:v>188</x:v>
       </x:c>
       <x:c r="S520" s="14" t="n">
         <x:v>613290</x:v>
       </x:c>
       <x:c r="T520" s="16" t="s">
-        <x:v>330</x:v>
+        <x:v>334</x:v>
       </x:c>
       <x:c r="U520" s="16" t="s">
         <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="521" spans="1:21">
       <x:c r="A521" s="1" t="s">
         <x:v>140</x:v>
       </x:c>
       <x:c r="B521" s="0" t="s">
-        <x:v>324</x:v>
+        <x:v>328</x:v>
       </x:c>
       <x:c r="C521" s="3" t="n">
         <x:v>36237</x:v>
       </x:c>
       <x:c r="D521" s="3" t="s"/>
       <x:c r="G521" s="0" t="s">
         <x:v>186</x:v>
       </x:c>
       <x:c r="I521" s="4" t="s">
         <x:v>187</x:v>
       </x:c>
       <x:c r="J521" s="0" t="s">
         <x:v>154</x:v>
       </x:c>
       <x:c r="K521" s="0" t="s">
         <x:v>145</x:v>
       </x:c>
       <x:c r="L521" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="M521" s="0" t="s">
         <x:v>146</x:v>
       </x:c>
       <x:c r="N521" s="3" t="n">
         <x:v>31721</x:v>
       </x:c>
       <x:c r="O521" s="0" t="s">
         <x:v>182</x:v>
       </x:c>
       <x:c r="P521" s="0" t="s">
         <x:v>186</x:v>
       </x:c>
       <x:c r="Q521" s="4" t="s">
         <x:v>187</x:v>
       </x:c>
       <x:c r="R521" s="0" t="s">
         <x:v>188</x:v>
       </x:c>
       <x:c r="S521" s="0" t="n">
         <x:v>613293</x:v>
       </x:c>
       <x:c r="T521" s="4" t="s">
-        <x:v>313</x:v>
+        <x:v>322</x:v>
       </x:c>
       <x:c r="U521" s="4" t="s">
         <x:v>304</x:v>
       </x:c>
     </x:row>
     <x:row r="522" spans="1:21">
       <x:c r="A522" s="13" t="s">
         <x:v>140</x:v>
       </x:c>
       <x:c r="B522" s="14" t="s">
-        <x:v>324</x:v>
+        <x:v>328</x:v>
       </x:c>
       <x:c r="C522" s="15" t="n">
         <x:v>36237</x:v>
       </x:c>
       <x:c r="D522" s="15" t="s"/>
       <x:c r="E522" s="14" t="s"/>
       <x:c r="F522" s="14" t="s"/>
       <x:c r="G522" s="14" t="s">
         <x:v>186</x:v>
       </x:c>
       <x:c r="H522" s="14" t="s"/>
       <x:c r="I522" s="16" t="s">
         <x:v>187</x:v>
       </x:c>
       <x:c r="J522" s="14" t="s">
         <x:v>154</x:v>
       </x:c>
       <x:c r="K522" s="14" t="s">
         <x:v>145</x:v>
       </x:c>
       <x:c r="L522" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="M522" s="14" t="s">
         <x:v>146</x:v>
       </x:c>
       <x:c r="N522" s="15" t="n">
         <x:v>31721</x:v>
       </x:c>
       <x:c r="O522" s="14" t="s">
         <x:v>182</x:v>
       </x:c>
       <x:c r="P522" s="14" t="s">
         <x:v>186</x:v>
       </x:c>
       <x:c r="Q522" s="16" t="s">
         <x:v>187</x:v>
       </x:c>
       <x:c r="R522" s="14" t="s">
         <x:v>188</x:v>
       </x:c>
       <x:c r="S522" s="14" t="n">
         <x:v>557347</x:v>
       </x:c>
       <x:c r="T522" s="16" t="s">
         <x:v>189</x:v>
       </x:c>
       <x:c r="U522" s="16" t="s">
-        <x:v>313</x:v>
+        <x:v>322</x:v>
       </x:c>
     </x:row>
     <x:row r="523" spans="1:21">
       <x:c r="A523" s="1" t="s">
         <x:v>140</x:v>
       </x:c>
       <x:c r="B523" s="0" t="s">
         <x:v>306</x:v>
       </x:c>
       <x:c r="C523" s="3" t="n">
         <x:v>38365</x:v>
       </x:c>
       <x:c r="D523" s="3" t="s"/>
       <x:c r="G523" s="0" t="s">
         <x:v>109</x:v>
       </x:c>
       <x:c r="H523" s="0" t="s">
         <x:v>110</x:v>
       </x:c>
       <x:c r="I523" s="4" t="s">
         <x:v>111</x:v>
       </x:c>
       <x:c r="J523" s="0" t="s">
         <x:v>25</x:v>
       </x:c>