--- v0 (2026-03-15)
+++ v1 (2026-03-15)
@@ -398,69 +398,69 @@
   <x:si>
     <x:t>09/11/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Groupement d'Intérêt Public pour la Formation Continue et l'Insertion Professionnelle de l'Académie d'Aix-Marseille</x:t>
   </x:si>
   <x:si>
     <x:t>GIP FCIP AIX-MARSEILLE</x:t>
   </x:si>
   <x:si>
     <x:t>13857</x:t>
   </x:si>
   <x:si>
     <x:t>12/16/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>10/12/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>10/21/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>04/28/2026 00:00:00</x:t>
   </x:si>
   <x:si>
+    <x:t>03/23/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>11/17/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>01/29/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>07/02/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
     <x:t>11/06/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>01/27/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>06/24/2026 00:00:00</x:t>
-  </x:si>
-[...10 lines deleted...]
-    <x:t>11/17/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Gestion du risque infectieux - mise à niveau</x:t>
   </x:si>
   <x:si>
     <x:t>Demandeur d'emploi , Salarié</x:t>
   </x:si>
   <x:si>
     <x:t>06/23/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>03/19/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Périmètre :</x:t>
   </x:si>
 </x:sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts count="2">
     <x:numFmt numFmtId="164" formatCode="General"/>
     <x:numFmt numFmtId="165" formatCode="@"/>
   </x:numFmts>
@@ -2375,367 +2375,369 @@
       <x:c r="R24" s="14" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="S24" s="14" t="n">
         <x:v>585559</x:v>
       </x:c>
       <x:c r="T24" s="16" t="s">
         <x:v>107</x:v>
       </x:c>
       <x:c r="U24" s="16" t="s">
         <x:v>108</x:v>
       </x:c>
     </x:row>
     <x:row r="25" spans="1:21">
       <x:c r="A25" s="1" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="B25" s="0" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="C25" s="3" t="n">
         <x:v>40913</x:v>
       </x:c>
       <x:c r="D25" s="3" t="s"/>
       <x:c r="G25" s="0" t="s">
-        <x:v>88</x:v>
+        <x:v>94</x:v>
+      </x:c>
+      <x:c r="H25" s="0" t="s">
+        <x:v>95</x:v>
       </x:c>
       <x:c r="I25" s="4" t="s">
-        <x:v>89</x:v>
+        <x:v>96</x:v>
       </x:c>
       <x:c r="J25" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K25" s="0" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="L25" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="M25" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N25" s="3" t="n">
         <x:v>35015</x:v>
       </x:c>
       <x:c r="O25" s="0" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="P25" s="0" t="s">
-        <x:v>88</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="Q25" s="4" t="s">
-        <x:v>89</x:v>
+        <x:v>96</x:v>
       </x:c>
       <x:c r="R25" s="0" t="s">
-        <x:v>91</x:v>
+        <x:v>47</x:v>
       </x:c>
       <x:c r="S25" s="0" t="n">
-        <x:v>585558</x:v>
+        <x:v>588524</x:v>
       </x:c>
       <x:c r="T25" s="4" t="s">
         <x:v>109</x:v>
       </x:c>
       <x:c r="U25" s="4" t="s">
-        <x:v>93</x:v>
+        <x:v>110</x:v>
       </x:c>
     </x:row>
     <x:row r="26" spans="1:21">
       <x:c r="A26" s="13" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="B26" s="14" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="C26" s="15" t="n">
         <x:v>40913</x:v>
       </x:c>
       <x:c r="D26" s="15" t="s"/>
       <x:c r="E26" s="14" t="s"/>
       <x:c r="F26" s="14" t="s"/>
       <x:c r="G26" s="14" t="s">
-        <x:v>94</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>88</x:v>
+      </x:c>
+      <x:c r="H26" s="14" t="s"/>
       <x:c r="I26" s="16" t="s">
-        <x:v>96</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="J26" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K26" s="14" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="L26" s="14" t="s">
-        <x:v>28</x:v>
+        <x:v>44</x:v>
       </x:c>
       <x:c r="M26" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N26" s="15" t="n">
         <x:v>35015</x:v>
       </x:c>
       <x:c r="O26" s="14" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="P26" s="14" t="s">
-        <x:v>94</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="Q26" s="16" t="s">
-        <x:v>96</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="R26" s="14" t="s">
-        <x:v>47</x:v>
+        <x:v>91</x:v>
       </x:c>
       <x:c r="S26" s="14" t="n">
-        <x:v>616711</x:v>
+        <x:v>606245</x:v>
       </x:c>
       <x:c r="T26" s="16" t="s">
-        <x:v>32</x:v>
+        <x:v>111</x:v>
       </x:c>
       <x:c r="U26" s="16" t="s">
-        <x:v>98</x:v>
+        <x:v>112</x:v>
       </x:c>
     </x:row>
     <x:row r="27" spans="1:21">
       <x:c r="A27" s="1" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="B27" s="0" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="C27" s="3" t="n">
-        <x:v>40913</x:v>
+        <x:v>36358</x:v>
       </x:c>
       <x:c r="D27" s="3" t="s"/>
       <x:c r="G27" s="0" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="I27" s="4" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="J27" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K27" s="0" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="L27" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="M27" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N27" s="3" t="n">
-        <x:v>35015</x:v>
+        <x:v>43401</x:v>
       </x:c>
       <x:c r="O27" s="0" t="s">
-        <x:v>73</x:v>
+        <x:v>90</x:v>
       </x:c>
       <x:c r="P27" s="0" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="Q27" s="4" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="R27" s="0" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="S27" s="0" t="n">
-        <x:v>607332</x:v>
+        <x:v>574154</x:v>
       </x:c>
       <x:c r="T27" s="4" t="s">
-        <x:v>110</x:v>
+        <x:v>107</x:v>
       </x:c>
       <x:c r="U27" s="4" t="s">
-        <x:v>111</x:v>
+        <x:v>108</x:v>
       </x:c>
     </x:row>
     <x:row r="28" spans="1:21">
       <x:c r="A28" s="13" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="B28" s="14" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="C28" s="15" t="n">
         <x:v>40913</x:v>
       </x:c>
       <x:c r="D28" s="15" t="s"/>
       <x:c r="E28" s="14" t="s"/>
       <x:c r="F28" s="14" t="s"/>
       <x:c r="G28" s="14" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="H28" s="14" t="s"/>
       <x:c r="I28" s="16" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="J28" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K28" s="14" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="L28" s="14" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="M28" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N28" s="15" t="n">
         <x:v>35015</x:v>
       </x:c>
       <x:c r="O28" s="14" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="P28" s="14" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="Q28" s="16" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="R28" s="14" t="s">
         <x:v>91</x:v>
       </x:c>
       <x:c r="S28" s="14" t="n">
-        <x:v>606245</x:v>
+        <x:v>585558</x:v>
       </x:c>
       <x:c r="T28" s="16" t="s">
-        <x:v>112</x:v>
+        <x:v>113</x:v>
       </x:c>
       <x:c r="U28" s="16" t="s">
-        <x:v>113</x:v>
+        <x:v>93</x:v>
       </x:c>
     </x:row>
     <x:row r="29" spans="1:21">
       <x:c r="A29" s="1" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="B29" s="0" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="C29" s="3" t="n">
-        <x:v>36358</x:v>
+        <x:v>40913</x:v>
       </x:c>
       <x:c r="D29" s="3" t="s"/>
       <x:c r="G29" s="0" t="s">
-        <x:v>88</x:v>
+        <x:v>94</x:v>
+      </x:c>
+      <x:c r="H29" s="0" t="s">
+        <x:v>95</x:v>
       </x:c>
       <x:c r="I29" s="4" t="s">
-        <x:v>89</x:v>
+        <x:v>96</x:v>
       </x:c>
       <x:c r="J29" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K29" s="0" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="L29" s="0" t="s">
-        <x:v>44</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="M29" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N29" s="3" t="n">
-        <x:v>43401</x:v>
+        <x:v>35015</x:v>
       </x:c>
       <x:c r="O29" s="0" t="s">
-        <x:v>90</x:v>
+        <x:v>73</x:v>
       </x:c>
       <x:c r="P29" s="0" t="s">
-        <x:v>88</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="Q29" s="4" t="s">
-        <x:v>89</x:v>
+        <x:v>96</x:v>
       </x:c>
       <x:c r="R29" s="0" t="s">
-        <x:v>31</x:v>
+        <x:v>47</x:v>
       </x:c>
       <x:c r="S29" s="0" t="n">
-        <x:v>574154</x:v>
+        <x:v>616711</x:v>
       </x:c>
       <x:c r="T29" s="4" t="s">
-        <x:v>107</x:v>
+        <x:v>32</x:v>
       </x:c>
       <x:c r="U29" s="4" t="s">
-        <x:v>108</x:v>
+        <x:v>98</x:v>
       </x:c>
     </x:row>
     <x:row r="30" spans="1:21">
       <x:c r="A30" s="13" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="B30" s="14" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="C30" s="15" t="n">
         <x:v>40913</x:v>
       </x:c>
       <x:c r="D30" s="15" t="s"/>
       <x:c r="E30" s="14" t="s"/>
       <x:c r="F30" s="14" t="s"/>
       <x:c r="G30" s="14" t="s">
-        <x:v>94</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>88</x:v>
+      </x:c>
+      <x:c r="H30" s="14" t="s"/>
       <x:c r="I30" s="16" t="s">
-        <x:v>96</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="J30" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K30" s="14" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="L30" s="14" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="M30" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N30" s="15" t="n">
         <x:v>35015</x:v>
       </x:c>
       <x:c r="O30" s="14" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="P30" s="14" t="s">
-        <x:v>94</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="Q30" s="16" t="s">
-        <x:v>96</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="R30" s="14" t="s">
-        <x:v>47</x:v>
+        <x:v>31</x:v>
       </x:c>
       <x:c r="S30" s="14" t="n">
-        <x:v>588524</x:v>
+        <x:v>607332</x:v>
       </x:c>
       <x:c r="T30" s="16" t="s">
         <x:v>114</x:v>
       </x:c>
       <x:c r="U30" s="16" t="s">
         <x:v>115</x:v>
       </x:c>
     </x:row>
     <x:row r="31" spans="1:21">
       <x:c r="A31" s="1" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="B31" s="0" t="s">
         <x:v>116</x:v>
       </x:c>
       <x:c r="C31" s="3" t="s"/>
       <x:c r="D31" s="3" t="s"/>
       <x:c r="G31" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="H31" s="0" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="I31" s="4" t="s">
         <x:v>25</x:v>