--- v0 (2026-01-24)
+++ v1 (2026-03-29)
@@ -194,72 +194,72 @@
   <x:si>
     <x:t>93290</x:t>
   </x:si>
   <x:si>
     <x:t>Demandeur d'emploi , Tout public</x:t>
   </x:si>
   <x:si>
     <x:t>permanente</x:t>
   </x:si>
   <x:si>
     <x:t>formation entièrement à distance</x:t>
   </x:si>
   <x:si>
     <x:t>MARIGNANE</x:t>
   </x:si>
   <x:si>
     <x:t>09/01/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>12/31/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Agent d'escale</x:t>
   </x:si>
   <x:si>
-    <x:t>02/23/2026 00:00:00</x:t>
-[...2 lines deleted...]
-    <x:t>03/13/2026 00:00:00</x:t>
+    <x:t>06/01/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>06/19/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Agent d'escale commercial</x:t>
   </x:si>
   <x:si>
     <x:t>Autre public , Demandeur d'emploi</x:t>
   </x:si>
   <x:si>
     <x:t>06/02/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Agent d'escale et Stage Anglais et Stage préparation et examen TOEIC</x:t>
   </x:si>
   <x:si>
-    <x:t>02/09/2026 00:00:00</x:t>
-[...2 lines deleted...]
-    <x:t>03/20/2026 00:00:00</x:t>
+    <x:t>05/18/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>06/26/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Agent d'escale et Stage Préparation et examen TOEIC</x:t>
   </x:si>
   <x:si>
     <x:t>Formation scolaire, universitaire</x:t>
   </x:si>
   <x:si>
     <x:t>Ingénieur diplômé de l'école de l'air et de l'espace</x:t>
   </x:si>
   <x:si>
     <x:t>École de l'air et de l'espace</x:t>
   </x:si>
   <x:si>
     <x:t>13651</x:t>
   </x:si>
   <x:si>
     <x:t>Bac + 5 et plus</x:t>
   </x:si>
   <x:si>
     <x:t>Public de la formation initiale</x:t>
   </x:si>
   <x:si>
     <x:t>Construction aérospatiale</x:t>
   </x:si>
@@ -969,51 +969,51 @@
       <x:c r="K4" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L4" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M4" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N4" s="15" t="n">
         <x:v>31876</x:v>
       </x:c>
       <x:c r="O4" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P4" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="Q4" s="16" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="R4" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="S4" s="14" t="n">
-        <x:v>611262</x:v>
+        <x:v>617515</x:v>
       </x:c>
       <x:c r="T4" s="16" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="U4" s="16" t="s">
         <x:v>42</x:v>
       </x:c>
     </x:row>
     <x:row r="5" spans="1:21">
       <x:c r="A5" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B5" s="0" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="C5" s="3" t="s"/>
       <x:c r="D5" s="3" t="s"/>
       <x:c r="G5" s="0" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="I5" s="4" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="K5" s="0" t="s">
         <x:v>44</x:v>
@@ -1071,100 +1071,100 @@
       <x:c r="K6" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L6" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M6" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N6" s="15" t="n">
         <x:v>31876</x:v>
       </x:c>
       <x:c r="O6" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P6" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="Q6" s="16" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="R6" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="S6" s="14" t="n">
-        <x:v>611264</x:v>
+        <x:v>617517</x:v>
       </x:c>
       <x:c r="T6" s="16" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="U6" s="16" t="s">
         <x:v>48</x:v>
       </x:c>
     </x:row>
     <x:row r="7" spans="1:21">
       <x:c r="A7" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B7" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="C7" s="3" t="s"/>
       <x:c r="D7" s="3" t="s"/>
       <x:c r="G7" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="I7" s="4" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="K7" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L7" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M7" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N7" s="3" t="n">
         <x:v>31876</x:v>
       </x:c>
       <x:c r="O7" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P7" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="Q7" s="4" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="R7" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="S7" s="0" t="n">
-        <x:v>611266</x:v>
+        <x:v>617519</x:v>
       </x:c>
       <x:c r="T7" s="4" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="U7" s="4" t="s">
         <x:v>48</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:21">
       <x:c r="A8" s="13" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="B8" s="14" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="C8" s="15" t="n">
         <x:v>41498</x:v>
       </x:c>
       <x:c r="D8" s="15" t="s"/>
       <x:c r="E8" s="14" t="s"/>
       <x:c r="F8" s="14" t="s"/>
       <x:c r="G8" s="14" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H8" s="14" t="s"/>