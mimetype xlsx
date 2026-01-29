--- v0 (2025-11-24)
+++ v1 (2026-01-29)
@@ -143,99 +143,99 @@
     <x:t>CP 
 Organisme formateur</x:t>
   </x:si>
   <x:si>
     <x:t>Ville</x:t>
   </x:si>
   <x:si>
     <x:t>Numéro de session CARIF</x:t>
   </x:si>
   <x:si>
     <x:t>Date début session</x:t>
   </x:si>
   <x:si>
     <x:t>Date fin session</x:t>
   </x:si>
   <x:si>
     <x:t>Formation en apprentissage</x:t>
   </x:si>
   <x:si>
     <x:t>Licence pro mention optique professionnelle (Apprentissage)</x:t>
   </x:si>
   <x:si>
     <x:t>OPCO</x:t>
   </x:si>
   <x:si>
+    <x:t>Institut Supérieur d'Optique</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ISO</x:t>
+  </x:si>
+  <x:si>
+    <x:t>13013</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Bac + 3 et 4</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Autre public</x:t>
+  </x:si>
+  <x:si>
+    <x:t>dates fixes</x:t>
+  </x:si>
+  <x:si>
+    <x:t>formation entièrement présentielle</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Optique lunetterie</x:t>
+  </x:si>
+  <x:si>
+    <x:t>MARSEILLE-13e</x:t>
+  </x:si>
+  <x:si>
+    <x:t>09/01/2025 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>06/30/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
     <x:t>Novétude Santé Pro II - Esol</x:t>
   </x:si>
   <x:si>
     <x:t>69007</x:t>
   </x:si>
   <x:si>
-    <x:t>Bac + 3 et 4</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>Tout public</x:t>
   </x:si>
   <x:si>
-    <x:t>dates fixes</x:t>
-[...7 lines deleted...]
-  <x:si>
     <x:t>Novétude Santé Pro II - Esol - Antenne Nice</x:t>
   </x:si>
   <x:si>
     <x:t>06200</x:t>
   </x:si>
   <x:si>
     <x:t>NICE</x:t>
-  </x:si>
-[...19 lines deleted...]
-    <x:t>MARSEILLE-13e</x:t>
   </x:si>
   <x:si>
     <x:t>Formation professionnelle continue</x:t>
   </x:si>
   <x:si>
     <x:t>Ingénieur diplômé de l'école polytechnique universitaire de Marseille de l'université d'Aix-Marseille spécialité génie biomédical</x:t>
   </x:si>
   <x:si>
     <x:t>Aix Marseille Université</x:t>
   </x:si>
   <x:si>
     <x:t>AMU</x:t>
   </x:si>
   <x:si>
     <x:t>13007</x:t>
   </x:si>
   <x:si>
     <x:t>Bac + 5 et plus</x:t>
   </x:si>
   <x:si>
     <x:t>Résolution problème</x:t>
   </x:si>
   <x:si>
     <x:t>MARSEILLE- 9e</x:t>
   </x:si>
@@ -883,347 +883,346 @@
       <x:c r="T1" s="10" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="U1" s="10" t="s">
         <x:v>20</x:v>
       </x:c>
     </x:row>
     <x:row r="2" spans="1:21">
       <x:c r="A2" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B2" s="14" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C2" s="15" t="n">
         <x:v>30157</x:v>
       </x:c>
       <x:c r="D2" s="15" t="s"/>
       <x:c r="E2" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F2" s="14" t="s"/>
       <x:c r="G2" s="14" t="s">
         <x:v>24</x:v>
       </x:c>
-      <x:c r="H2" s="14" t="s"/>
+      <x:c r="H2" s="14" t="s">
+        <x:v>25</x:v>
+      </x:c>
       <x:c r="I2" s="16" t="s">
-        <x:v>25</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="J2" s="14" t="s">
-        <x:v>26</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="K2" s="14" t="s">
-        <x:v>27</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="L2" s="14" t="s">
-        <x:v>28</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="M2" s="14" t="s">
-        <x:v>29</x:v>
+        <x:v>30</x:v>
       </x:c>
       <x:c r="N2" s="15" t="n">
         <x:v>43486</x:v>
       </x:c>
       <x:c r="O2" s="14" t="s">
-        <x:v>30</x:v>
+        <x:v>31</x:v>
       </x:c>
       <x:c r="P2" s="14" t="s">
-        <x:v>31</x:v>
+        <x:v>24</x:v>
       </x:c>
       <x:c r="Q2" s="16" t="s">
+        <x:v>26</x:v>
+      </x:c>
+      <x:c r="R2" s="14" t="s">
         <x:v>32</x:v>
       </x:c>
-      <x:c r="R2" s="14" t="s">
+      <x:c r="S2" s="14" t="n">
+        <x:v>551083</x:v>
+      </x:c>
+      <x:c r="T2" s="16" t="s">
         <x:v>33</x:v>
       </x:c>
-      <x:c r="S2" s="14" t="n">
-[...2 lines deleted...]
-      <x:c r="T2" s="16" t="s">
+      <x:c r="U2" s="16" t="s">
         <x:v>34</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>35</x:v>
       </x:c>
     </x:row>
     <x:row r="3" spans="1:21">
       <x:c r="A3" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B3" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C3" s="3" t="n">
         <x:v>30157</x:v>
       </x:c>
       <x:c r="D3" s="3" t="s"/>
       <x:c r="E3" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G3" s="0" t="s">
+        <x:v>35</x:v>
+      </x:c>
+      <x:c r="I3" s="4" t="s">
         <x:v>36</x:v>
       </x:c>
-      <x:c r="H3" s="0" t="s">
+      <x:c r="J3" s="0" t="s">
+        <x:v>27</x:v>
+      </x:c>
+      <x:c r="K3" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
-      <x:c r="I3" s="4" t="s">
-[...7 lines deleted...]
-      </x:c>
       <x:c r="L3" s="0" t="s">
-        <x:v>28</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="M3" s="0" t="s">
-        <x:v>29</x:v>
+        <x:v>30</x:v>
       </x:c>
       <x:c r="N3" s="3" t="n">
         <x:v>43486</x:v>
       </x:c>
       <x:c r="O3" s="0" t="s">
-        <x:v>30</x:v>
+        <x:v>31</x:v>
       </x:c>
       <x:c r="P3" s="0" t="s">
-        <x:v>36</x:v>
+        <x:v>38</x:v>
       </x:c>
       <x:c r="Q3" s="4" t="s">
-        <x:v>38</x:v>
+        <x:v>39</x:v>
       </x:c>
       <x:c r="R3" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="S3" s="0" t="n">
-        <x:v>551083</x:v>
+        <x:v>552389</x:v>
       </x:c>
       <x:c r="T3" s="4" t="s">
+        <x:v>33</x:v>
+      </x:c>
+      <x:c r="U3" s="4" t="s">
         <x:v>34</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>35</x:v>
       </x:c>
     </x:row>
     <x:row r="4" spans="1:21">
       <x:c r="A4" s="13" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="B4" s="14" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="C4" s="15" t="n">
         <x:v>37926</x:v>
       </x:c>
       <x:c r="D4" s="15" t="s"/>
       <x:c r="E4" s="14" t="s"/>
       <x:c r="F4" s="14" t="s"/>
       <x:c r="G4" s="14" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="H4" s="14" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="I4" s="16" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="J4" s="14" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="K4" s="14" t="s">
-        <x:v>27</x:v>
+        <x:v>37</x:v>
       </x:c>
       <x:c r="L4" s="14" t="s">
-        <x:v>28</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="M4" s="14" t="s">
-        <x:v>29</x:v>
+        <x:v>30</x:v>
       </x:c>
       <x:c r="N4" s="15" t="n">
         <x:v>15099</x:v>
       </x:c>
       <x:c r="O4" s="14" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="P4" s="14" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="Q4" s="16" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="R4" s="14" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="S4" s="14" t="n">
         <x:v>575048</x:v>
       </x:c>
       <x:c r="T4" s="16" t="s">
-        <x:v>34</x:v>
+        <x:v>33</x:v>
       </x:c>
       <x:c r="U4" s="16" t="s">
         <x:v>49</x:v>
       </x:c>
     </x:row>
     <x:row r="5" spans="1:21">
       <x:c r="A5" s="1" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="B5" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="C5" s="3" t="n">
         <x:v>37926</x:v>
       </x:c>
       <x:c r="D5" s="3" t="s"/>
       <x:c r="G5" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="I5" s="4" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="J5" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="K5" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="L5" s="0" t="s">
-        <x:v>28</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="M5" s="0" t="s">
-        <x:v>29</x:v>
+        <x:v>30</x:v>
       </x:c>
       <x:c r="N5" s="3" t="n">
         <x:v>15099</x:v>
       </x:c>
       <x:c r="O5" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="P5" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="Q5" s="4" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="R5" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="S5" s="0" t="n">
         <x:v>595587</x:v>
       </x:c>
       <x:c r="T5" s="4" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="U5" s="4" t="s">
         <x:v>57</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:21">
       <x:c r="A6" s="13" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="B6" s="14" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="C6" s="15" t="s"/>
       <x:c r="D6" s="15" t="s"/>
       <x:c r="E6" s="14" t="s"/>
       <x:c r="F6" s="14" t="s"/>
       <x:c r="G6" s="14" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="H6" s="14" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="I6" s="16" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="J6" s="14" t="s"/>
       <x:c r="K6" s="14" t="s">
-        <x:v>27</x:v>
+        <x:v>37</x:v>
       </x:c>
       <x:c r="L6" s="14" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="M6" s="14" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="N6" s="15" t="n">
         <x:v>34581</x:v>
       </x:c>
       <x:c r="O6" s="14" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="P6" s="14" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="Q6" s="16" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="R6" s="14" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="S6" s="14" t="n">
         <x:v>523313</x:v>
       </x:c>
       <x:c r="T6" s="16" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="U6" s="16" t="s">
         <x:v>67</x:v>
       </x:c>
     </x:row>
     <x:row r="7" spans="1:21">
       <x:c r="A7" s="1" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="B7" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="C7" s="3" t="n">
         <x:v>35366</x:v>
       </x:c>
       <x:c r="D7" s="3" t="s"/>
       <x:c r="G7" s="0" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="I7" s="4" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="J7" s="0" t="s">
-        <x:v>26</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="K7" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="L7" s="0" t="s">
-        <x:v>28</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="M7" s="0" t="s">
-        <x:v>29</x:v>
+        <x:v>30</x:v>
       </x:c>
       <x:c r="N7" s="3" t="n">
         <x:v>12046</x:v>
       </x:c>
       <x:c r="O7" s="0" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="P7" s="0" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="Q7" s="4" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="R7" s="0" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="S7" s="0" t="n">
         <x:v>596696</x:v>
       </x:c>
       <x:c r="T7" s="4" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="U7" s="4" t="s">
         <x:v>57</x:v>
       </x:c>