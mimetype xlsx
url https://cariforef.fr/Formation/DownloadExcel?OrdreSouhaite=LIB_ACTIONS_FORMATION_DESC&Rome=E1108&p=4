--- v0 (2025-12-11)
+++ v1 (2026-03-30)
@@ -24,51 +24,51 @@
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:loext="http://schemas.libreoffice.org/" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:fileVersion appName="Calc"/>
   <x:workbookPr showObjects="all" backupFile="false" codeName="ThisWorkbook"/>
   <x:workbookProtection/>
   <x:bookViews>
     <x:workbookView showHorizontalScroll="true" showVerticalScroll="true" showSheetTabs="true" xWindow="0" yWindow="0" windowWidth="16384" windowHeight="8192" tabRatio="500" firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="resultats d'extraction" sheetId="1" r:id="rId3"/>
     <x:sheet name="rappel des filtres" sheetId="2" r:id="rId4"/>
   </x:sheets>
   <x:definedNames>
     <x:definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'resultats d''extraction'!$A$1:$U$1</x:definedName>
   </x:definedNames>
   <x:calcPr refMode="A1" iterate="false" iterateCount="100" iterateDelta="0.0001"/>
   <x:extLst>
     <x:ext xmlns:loext="http://schemas.libreoffice.org/" uri="{7626C862-2A13-11E5-B345-FEFF819CDC9F}">
       <loext:extCalcPr stringRefSyntax="ExcelA1"/>
     </x:ext>
   </x:extLst>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="204" uniqueCount="204">
+<x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="172" uniqueCount="172">
   <x:si>
     <x:t>Formation 
  (professionnelle continue / en contrat de pro /
 scolaire, universitaire / en apprentissage)</x:t>
   </x:si>
   <x:si>
     <x:t>Intitulé Formation</x:t>
   </x:si>
   <x:si>
     <x:t>Code RNCP</x:t>
   </x:si>
   <x:si>
     <x:t>Code RS (Répertoire Spécifique)</x:t>
   </x:si>
   <x:si>
     <x:t>Financeur</x:t>
   </x:si>
   <x:si>
     <x:t>Programme 
 (PRF, etc.)</x:t>
   </x:si>
   <x:si>
     <x:t>Organisme responsable</x:t>
   </x:si>
   <x:si>
@@ -413,74 +413,74 @@
   <x:si>
     <x:t>Licence mention langues étrangères appliquées parcours anglais - japonais</x:t>
   </x:si>
   <x:si>
     <x:t>Licence mention langues étrangères appliquées parcours anglais - italien</x:t>
   </x:si>
   <x:si>
     <x:t>Licence mention langues étrangères appliquées parcours anglais - espagnol</x:t>
   </x:si>
   <x:si>
     <x:t>Licence mention langues étrangères appliquées parcours anglais - coréen</x:t>
   </x:si>
   <x:si>
     <x:t>Licence mention langues étrangères appliquées parcours anglais - chinois</x:t>
   </x:si>
   <x:si>
     <x:t>Licence mention langues étrangères appliquées parcours anglais - arabe</x:t>
   </x:si>
   <x:si>
     <x:t>Licence mention langues étrangères appliquées parcours anglais - allemand</x:t>
   </x:si>
   <x:si>
     <x:t>licence mention langues étrangères appliquées</x:t>
   </x:si>
   <x:si>
+    <x:t>06/30/2029 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Licence mention langues étrangères appliquées</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Université de Toulon</x:t>
+  </x:si>
+  <x:si>
+    <x:t>UTLN</x:t>
+  </x:si>
+  <x:si>
+    <x:t>83041</x:t>
+  </x:si>
+  <x:si>
+    <x:t>09/15/2025 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>06/30/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
     <x:t>NICE CEDEX 03</x:t>
   </x:si>
   <x:si>
-    <x:t>06/30/2029 00:00:00</x:t>
-[...19 lines deleted...]
-  <x:si>
     <x:t>Langue des signes française (niveaux CECRL)</x:t>
   </x:si>
   <x:si>
     <x:t>Conseil Régional</x:t>
   </x:si>
   <x:si>
     <x:t>Programme Régional Formation  2022-2026 (PRF)</x:t>
   </x:si>
   <x:si>
     <x:t>Association pour l'Education Cognitive et le Développement</x:t>
   </x:si>
   <x:si>
     <x:t>AECD</x:t>
   </x:si>
   <x:si>
     <x:t>13016</x:t>
   </x:si>
   <x:si>
     <x:t>Sans niveau spécifique</x:t>
   </x:si>
   <x:si>
     <x:t>Demandeur d'emploi</x:t>
   </x:si>
   <x:si>
     <x:t>CAVAILLON</x:t>
@@ -494,234 +494,138 @@
   <x:si>
     <x:t>Langue des signes française - Niveau B1</x:t>
   </x:si>
   <x:si>
     <x:t>01/05/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Langue des signes française - Niveau A1.4</x:t>
   </x:si>
   <x:si>
     <x:t>Langue des signes française - Niveau A1.3</x:t>
   </x:si>
   <x:si>
     <x:t>Langue des signes française - Niveau A1.2</x:t>
   </x:si>
   <x:si>
     <x:t>01/01/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Langue des signes française - Niveau A1</x:t>
   </x:si>
   <x:si>
     <x:t>Langue des signes - A1/A2</x:t>
   </x:si>
   <x:si>
-    <x:t>Université d'Etudes et de Loisirs des Alpes du Sud</x:t>
-[...26 lines deleted...]
-    <x:t>Framework jQuery</x:t>
+    <x:t>Diplôme de compétence en langue des signes française</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Langue des Signes Française Méditerranée</x:t>
+  </x:si>
+  <x:si>
+    <x:t>LSF MED</x:t>
+  </x:si>
+  <x:si>
+    <x:t>13008</x:t>
+  </x:si>
+  <x:si>
+    <x:t>11/24/2025 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>08/29/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>01/26/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>MARSEILLE- 8e</x:t>
+  </x:si>
+  <x:si>
+    <x:t>03/16/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>07/03/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>04/03/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>06/01/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>10/01/2025 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>06/17/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>TOULON</x:t>
   </x:si>
   <x:si>
-    <x:t>01/11/2023 00:00:00</x:t>
-[...29 lines deleted...]
-    <x:t>MARSEILLE- 8e</x:t>
+    <x:t>09/16/2025 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AIX - LES MILLES</x:t>
+  </x:si>
+  <x:si>
+    <x:t>07/10/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>04/13/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>05/22/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>02/23/2026 00:00:00</x:t>
   </x:si>
   <x:si>
-    <x:t>03/13/2026 00:00:00</x:t>
-[...2 lines deleted...]
-    <x:t>AIX - LES MILLES</x:t>
+    <x:t>09/29/2025 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>06/29/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>10/27/2025 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>04/17/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>10/13/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>07/06/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>07/24/2026 00:00:00</x:t>
   </x:si>
   <x:si>
-    <x:t>01/12/2026 00:00:00</x:t>
-[...40 lines deleted...]
-  <x:si>
     <x:t>04/20/2026 00:00:00</x:t>
   </x:si>
   <x:si>
-    <x:t>08/29/2026 00:00:00</x:t>
-[...31 lines deleted...]
-  <x:si>
     <x:t>Découverte de la LSF N1</x:t>
-  </x:si>
-[...22 lines deleted...]
-    <x:t>12/20/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Périmètre :</x:t>
   </x:si>
 </x:sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts count="2">
     <x:numFmt numFmtId="164" formatCode="General"/>
     <x:numFmt numFmtId="165" formatCode="@"/>
   </x:numFmts>
   <x:fonts count="8">
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="FF333333"/>
       <x:name val="Aptos Narrow"/>
       <x:family val="2"/>
       <x:charset val="1"/>
     </x:font>
     <x:font>
       <x:sz val="10"/>
       <x:name val="Arial"/>
       <x:family val="0"/>
@@ -3520,315 +3424,315 @@
       </x:c>
       <x:c r="S41" s="0" t="n">
         <x:v>575781</x:v>
       </x:c>
       <x:c r="T41" s="4" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="U41" s="4" t="s">
         <x:v>47</x:v>
       </x:c>
     </x:row>
     <x:row r="42" spans="1:21">
       <x:c r="A42" s="13" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="B42" s="14" t="s">
         <x:v>113</x:v>
       </x:c>
       <x:c r="C42" s="15" t="n">
         <x:v>39173</x:v>
       </x:c>
       <x:c r="D42" s="15" t="s"/>
       <x:c r="E42" s="14" t="s"/>
       <x:c r="F42" s="14" t="s"/>
       <x:c r="G42" s="14" t="s">
-        <x:v>75</x:v>
+        <x:v>51</x:v>
       </x:c>
       <x:c r="H42" s="14" t="s"/>
       <x:c r="I42" s="16" t="s">
-        <x:v>76</x:v>
+        <x:v>52</x:v>
       </x:c>
       <x:c r="J42" s="14" t="s">
         <x:v>103</x:v>
       </x:c>
       <x:c r="K42" s="14" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="L42" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M42" s="14" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="N42" s="15" t="n">
         <x:v>15254</x:v>
       </x:c>
       <x:c r="O42" s="14" t="s">
         <x:v>104</x:v>
       </x:c>
       <x:c r="P42" s="14" t="s">
-        <x:v>75</x:v>
+        <x:v>51</x:v>
       </x:c>
       <x:c r="Q42" s="16" t="s">
-        <x:v>76</x:v>
+        <x:v>52</x:v>
       </x:c>
       <x:c r="R42" s="14" t="s">
-        <x:v>114</x:v>
+        <x:v>54</x:v>
       </x:c>
       <x:c r="S42" s="14" t="n">
-        <x:v>592055</x:v>
+        <x:v>592052</x:v>
       </x:c>
       <x:c r="T42" s="16" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="U42" s="16" t="s">
-        <x:v>115</x:v>
+        <x:v>114</x:v>
       </x:c>
     </x:row>
     <x:row r="43" spans="1:21">
       <x:c r="A43" s="1" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="B43" s="0" t="s">
         <x:v>113</x:v>
       </x:c>
       <x:c r="C43" s="3" t="n">
         <x:v>39173</x:v>
       </x:c>
       <x:c r="D43" s="3" t="s"/>
       <x:c r="G43" s="0" t="s">
-        <x:v>87</x:v>
+        <x:v>58</x:v>
       </x:c>
       <x:c r="I43" s="4" t="s">
-        <x:v>88</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="J43" s="0" t="s">
         <x:v>103</x:v>
       </x:c>
       <x:c r="K43" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="L43" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M43" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="N43" s="3" t="n">
         <x:v>15254</x:v>
       </x:c>
       <x:c r="O43" s="0" t="s">
         <x:v>104</x:v>
       </x:c>
       <x:c r="P43" s="0" t="s">
-        <x:v>89</x:v>
+        <x:v>58</x:v>
       </x:c>
       <x:c r="Q43" s="4" t="s">
-        <x:v>90</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="R43" s="0" t="s">
-        <x:v>91</x:v>
+        <x:v>64</x:v>
       </x:c>
       <x:c r="S43" s="0" t="n">
-        <x:v>592053</x:v>
+        <x:v>592054</x:v>
       </x:c>
       <x:c r="T43" s="4" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="U43" s="4" t="s">
-        <x:v>115</x:v>
+        <x:v>114</x:v>
       </x:c>
     </x:row>
     <x:row r="44" spans="1:21">
       <x:c r="A44" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B44" s="14" t="s">
-        <x:v>116</x:v>
+        <x:v>115</x:v>
       </x:c>
       <x:c r="C44" s="15" t="n">
         <x:v>39173</x:v>
       </x:c>
       <x:c r="D44" s="15" t="s"/>
       <x:c r="E44" s="14" t="s"/>
       <x:c r="F44" s="14" t="s"/>
       <x:c r="G44" s="14" t="s">
+        <x:v>116</x:v>
+      </x:c>
+      <x:c r="H44" s="14" t="s">
         <x:v>117</x:v>
       </x:c>
-      <x:c r="H44" s="14" t="s">
+      <x:c r="I44" s="16" t="s">
         <x:v>118</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>119</x:v>
       </x:c>
       <x:c r="J44" s="14" t="s">
         <x:v>103</x:v>
       </x:c>
       <x:c r="K44" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L44" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M44" s="14" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="N44" s="15" t="n">
         <x:v>15254</x:v>
       </x:c>
       <x:c r="O44" s="14" t="s">
         <x:v>104</x:v>
       </x:c>
       <x:c r="P44" s="14" t="s">
-        <x:v>117</x:v>
+        <x:v>116</x:v>
       </x:c>
       <x:c r="Q44" s="16" t="s">
-        <x:v>119</x:v>
+        <x:v>118</x:v>
       </x:c>
       <x:c r="R44" s="14" t="s">
         <x:v>91</x:v>
       </x:c>
       <x:c r="S44" s="14" t="n">
         <x:v>588182</x:v>
       </x:c>
       <x:c r="T44" s="16" t="s">
+        <x:v>119</x:v>
+      </x:c>
+      <x:c r="U44" s="16" t="s">
         <x:v>120</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>121</x:v>
       </x:c>
     </x:row>
     <x:row r="45" spans="1:21">
       <x:c r="A45" s="1" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="B45" s="0" t="s">
         <x:v>113</x:v>
       </x:c>
       <x:c r="C45" s="3" t="n">
         <x:v>39173</x:v>
       </x:c>
       <x:c r="D45" s="3" t="s"/>
       <x:c r="G45" s="0" t="s">
-        <x:v>58</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="I45" s="4" t="s">
-        <x:v>63</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="J45" s="0" t="s">
         <x:v>103</x:v>
       </x:c>
       <x:c r="K45" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="L45" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M45" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="N45" s="3" t="n">
         <x:v>15254</x:v>
       </x:c>
       <x:c r="O45" s="0" t="s">
         <x:v>104</x:v>
       </x:c>
       <x:c r="P45" s="0" t="s">
-        <x:v>58</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="Q45" s="4" t="s">
-        <x:v>63</x:v>
+        <x:v>90</x:v>
       </x:c>
       <x:c r="R45" s="0" t="s">
-        <x:v>64</x:v>
+        <x:v>91</x:v>
       </x:c>
       <x:c r="S45" s="0" t="n">
-        <x:v>592054</x:v>
+        <x:v>592053</x:v>
       </x:c>
       <x:c r="T45" s="4" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="U45" s="4" t="s">
-        <x:v>115</x:v>
+        <x:v>114</x:v>
       </x:c>
     </x:row>
     <x:row r="46" spans="1:21">
       <x:c r="A46" s="13" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="B46" s="14" t="s">
         <x:v>113</x:v>
       </x:c>
       <x:c r="C46" s="15" t="n">
         <x:v>39173</x:v>
       </x:c>
       <x:c r="D46" s="15" t="s"/>
       <x:c r="E46" s="14" t="s"/>
       <x:c r="F46" s="14" t="s"/>
       <x:c r="G46" s="14" t="s">
-        <x:v>51</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="H46" s="14" t="s"/>
       <x:c r="I46" s="16" t="s">
-        <x:v>52</x:v>
+        <x:v>76</x:v>
       </x:c>
       <x:c r="J46" s="14" t="s">
         <x:v>103</x:v>
       </x:c>
       <x:c r="K46" s="14" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="L46" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M46" s="14" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="N46" s="15" t="n">
         <x:v>15254</x:v>
       </x:c>
       <x:c r="O46" s="14" t="s">
         <x:v>104</x:v>
       </x:c>
       <x:c r="P46" s="14" t="s">
-        <x:v>51</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="Q46" s="16" t="s">
-        <x:v>52</x:v>
+        <x:v>76</x:v>
       </x:c>
       <x:c r="R46" s="14" t="s">
-        <x:v>54</x:v>
+        <x:v>121</x:v>
       </x:c>
       <x:c r="S46" s="14" t="n">
-        <x:v>592052</x:v>
+        <x:v>592055</x:v>
       </x:c>
       <x:c r="T46" s="16" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="U46" s="16" t="s">
-        <x:v>115</x:v>
+        <x:v>114</x:v>
       </x:c>
     </x:row>
     <x:row r="47" spans="1:21">
       <x:c r="A47" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B47" s="0" t="s">
         <x:v>122</x:v>
       </x:c>
       <x:c r="C47" s="3" t="s"/>
       <x:c r="D47" s="3" t="n">
         <x:v>5463</x:v>
       </x:c>
       <x:c r="E47" s="0" t="s">
         <x:v>123</x:v>
       </x:c>
       <x:c r="F47" s="0" t="s">
         <x:v>124</x:v>
       </x:c>
       <x:c r="G47" s="0" t="s">
         <x:v>125</x:v>
       </x:c>
       <x:c r="H47" s="0" t="s">
         <x:v>126</x:v>
       </x:c>
@@ -4176,2090 +4080,1237 @@
       </x:c>
       <x:c r="P53" s="0" t="s">
         <x:v>94</x:v>
       </x:c>
       <x:c r="Q53" s="4" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="R53" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="S53" s="0" t="n">
         <x:v>599391</x:v>
       </x:c>
       <x:c r="T53" s="4" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="U53" s="4" t="s">
         <x:v>99</x:v>
       </x:c>
     </x:row>
     <x:row r="54" spans="1:21">
       <x:c r="A54" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B54" s="14" t="s">
-        <x:v>97</x:v>
+        <x:v>141</x:v>
       </x:c>
       <x:c r="C54" s="15" t="s"/>
-      <x:c r="D54" s="15" t="s"/>
+      <x:c r="D54" s="15" t="n">
+        <x:v>5463</x:v>
+      </x:c>
       <x:c r="E54" s="14" t="s"/>
       <x:c r="F54" s="14" t="s"/>
       <x:c r="G54" s="14" t="s">
-        <x:v>141</x:v>
+        <x:v>142</x:v>
       </x:c>
       <x:c r="H54" s="14" t="s">
-        <x:v>142</x:v>
+        <x:v>143</x:v>
       </x:c>
       <x:c r="I54" s="16" t="s">
-        <x:v>143</x:v>
-[...1 lines deleted...]
-      <x:c r="J54" s="14" t="s"/>
+        <x:v>144</x:v>
+      </x:c>
+      <x:c r="J54" s="14" t="s">
+        <x:v>128</x:v>
+      </x:c>
       <x:c r="K54" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L54" s="14" t="s">
-        <x:v>33</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="M54" s="14" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="N54" s="15" t="n">
         <x:v>15250</x:v>
       </x:c>
       <x:c r="O54" s="14" t="s">
         <x:v>97</x:v>
       </x:c>
       <x:c r="P54" s="14" t="s">
-        <x:v>141</x:v>
+        <x:v>142</x:v>
       </x:c>
       <x:c r="Q54" s="16" t="s">
-        <x:v>143</x:v>
+        <x:v>144</x:v>
       </x:c>
       <x:c r="R54" s="14" t="s">
-        <x:v>144</x:v>
+        <x:v>77</x:v>
       </x:c>
       <x:c r="S54" s="14" t="n">
-        <x:v>538072</x:v>
+        <x:v>576179</x:v>
       </x:c>
       <x:c r="T54" s="16" t="s">
         <x:v>145</x:v>
       </x:c>
       <x:c r="U54" s="16" t="s">
         <x:v>146</x:v>
       </x:c>
     </x:row>
     <x:row r="55" spans="1:21">
       <x:c r="A55" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B55" s="0" t="s">
+        <x:v>141</x:v>
+      </x:c>
+      <x:c r="C55" s="3" t="s"/>
+      <x:c r="D55" s="3" t="n">
+        <x:v>5463</x:v>
+      </x:c>
+      <x:c r="G55" s="0" t="s">
+        <x:v>142</x:v>
+      </x:c>
+      <x:c r="H55" s="0" t="s">
+        <x:v>143</x:v>
+      </x:c>
+      <x:c r="I55" s="4" t="s">
+        <x:v>144</x:v>
+      </x:c>
+      <x:c r="J55" s="0" t="s">
+        <x:v>128</x:v>
+      </x:c>
+      <x:c r="K55" s="0" t="s">
+        <x:v>25</x:v>
+      </x:c>
+      <x:c r="L55" s="0" t="s">
+        <x:v>26</x:v>
+      </x:c>
+      <x:c r="M55" s="0" t="s">
+        <x:v>41</x:v>
+      </x:c>
+      <x:c r="N55" s="3" t="n">
+        <x:v>15250</x:v>
+      </x:c>
+      <x:c r="O55" s="0" t="s">
+        <x:v>97</x:v>
+      </x:c>
+      <x:c r="P55" s="0" t="s">
+        <x:v>142</x:v>
+      </x:c>
+      <x:c r="Q55" s="4" t="s">
+        <x:v>144</x:v>
+      </x:c>
+      <x:c r="R55" s="0" t="s">
+        <x:v>77</x:v>
+      </x:c>
+      <x:c r="S55" s="0" t="n">
+        <x:v>576180</x:v>
+      </x:c>
+      <x:c r="T55" s="4" t="s">
         <x:v>147</x:v>
       </x:c>
-      <x:c r="C55" s="3" t="s"/>
-[...36 lines deleted...]
-      </x:c>
       <x:c r="U55" s="4" t="s">
-        <x:v>153</x:v>
+        <x:v>146</x:v>
       </x:c>
     </x:row>
     <x:row r="56" spans="1:21">
       <x:c r="A56" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B56" s="14" t="s">
-        <x:v>154</x:v>
+        <x:v>141</x:v>
       </x:c>
       <x:c r="C56" s="15" t="s"/>
       <x:c r="D56" s="15" t="n">
         <x:v>5463</x:v>
       </x:c>
       <x:c r="E56" s="14" t="s"/>
       <x:c r="F56" s="14" t="s"/>
       <x:c r="G56" s="14" t="s">
-        <x:v>155</x:v>
-[...1 lines deleted...]
-      <x:c r="H56" s="14" t="s"/>
+        <x:v>142</x:v>
+      </x:c>
+      <x:c r="H56" s="14" t="s">
+        <x:v>143</x:v>
+      </x:c>
       <x:c r="I56" s="16" t="s">
-        <x:v>156</x:v>
+        <x:v>144</x:v>
       </x:c>
       <x:c r="J56" s="14" t="s">
         <x:v>128</x:v>
       </x:c>
       <x:c r="K56" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L56" s="14" t="s">
-        <x:v>33</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="M56" s="14" t="s">
-        <x:v>157</x:v>
+        <x:v>41</x:v>
       </x:c>
       <x:c r="N56" s="15" t="n">
         <x:v>15250</x:v>
       </x:c>
       <x:c r="O56" s="14" t="s">
         <x:v>97</x:v>
       </x:c>
       <x:c r="P56" s="14" t="s">
-        <x:v>155</x:v>
+        <x:v>142</x:v>
       </x:c>
       <x:c r="Q56" s="16" t="s">
-        <x:v>156</x:v>
+        <x:v>144</x:v>
       </x:c>
       <x:c r="R56" s="14" t="s">
-        <x:v>45</x:v>
+        <x:v>148</x:v>
       </x:c>
       <x:c r="S56" s="14" t="n">
-        <x:v>506378</x:v>
+        <x:v>576104</x:v>
       </x:c>
       <x:c r="T56" s="16" t="s">
-        <x:v>158</x:v>
+        <x:v>149</x:v>
       </x:c>
       <x:c r="U56" s="16" t="s">
-        <x:v>146</x:v>
+        <x:v>150</x:v>
       </x:c>
     </x:row>
     <x:row r="57" spans="1:21">
       <x:c r="A57" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B57" s="0" t="s">
-        <x:v>154</x:v>
+        <x:v>141</x:v>
       </x:c>
       <x:c r="C57" s="3" t="s"/>
       <x:c r="D57" s="3" t="n">
         <x:v>5463</x:v>
       </x:c>
       <x:c r="G57" s="0" t="s">
-        <x:v>159</x:v>
+        <x:v>142</x:v>
       </x:c>
       <x:c r="H57" s="0" t="s">
-        <x:v>160</x:v>
+        <x:v>143</x:v>
       </x:c>
       <x:c r="I57" s="4" t="s">
-        <x:v>161</x:v>
+        <x:v>144</x:v>
       </x:c>
       <x:c r="J57" s="0" t="s">
         <x:v>128</x:v>
       </x:c>
       <x:c r="K57" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L57" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M57" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="N57" s="3" t="n">
         <x:v>15250</x:v>
       </x:c>
       <x:c r="O57" s="0" t="s">
         <x:v>97</x:v>
       </x:c>
       <x:c r="P57" s="0" t="s">
-        <x:v>159</x:v>
+        <x:v>142</x:v>
       </x:c>
       <x:c r="Q57" s="4" t="s">
-        <x:v>161</x:v>
+        <x:v>144</x:v>
       </x:c>
       <x:c r="R57" s="0" t="s">
-        <x:v>162</x:v>
+        <x:v>148</x:v>
       </x:c>
       <x:c r="S57" s="0" t="n">
-        <x:v>576054</x:v>
+        <x:v>576056</x:v>
       </x:c>
       <x:c r="T57" s="4" t="s">
-        <x:v>163</x:v>
+        <x:v>149</x:v>
       </x:c>
       <x:c r="U57" s="4" t="s">
-        <x:v>164</x:v>
+        <x:v>151</x:v>
       </x:c>
     </x:row>
     <x:row r="58" spans="1:21">
       <x:c r="A58" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B58" s="14" t="s">
-        <x:v>154</x:v>
+        <x:v>141</x:v>
       </x:c>
       <x:c r="C58" s="15" t="s"/>
       <x:c r="D58" s="15" t="n">
         <x:v>5463</x:v>
       </x:c>
       <x:c r="E58" s="14" t="s"/>
       <x:c r="F58" s="14" t="s"/>
       <x:c r="G58" s="14" t="s">
-        <x:v>159</x:v>
+        <x:v>142</x:v>
       </x:c>
       <x:c r="H58" s="14" t="s">
-        <x:v>160</x:v>
+        <x:v>143</x:v>
       </x:c>
       <x:c r="I58" s="16" t="s">
-        <x:v>161</x:v>
+        <x:v>144</x:v>
       </x:c>
       <x:c r="J58" s="14" t="s">
         <x:v>128</x:v>
       </x:c>
       <x:c r="K58" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L58" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M58" s="14" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="N58" s="15" t="n">
         <x:v>15250</x:v>
       </x:c>
       <x:c r="O58" s="14" t="s">
         <x:v>97</x:v>
       </x:c>
       <x:c r="P58" s="14" t="s">
-        <x:v>159</x:v>
+        <x:v>142</x:v>
       </x:c>
       <x:c r="Q58" s="16" t="s">
-        <x:v>161</x:v>
+        <x:v>144</x:v>
       </x:c>
       <x:c r="R58" s="14" t="s">
-        <x:v>165</x:v>
+        <x:v>148</x:v>
       </x:c>
       <x:c r="S58" s="14" t="n">
-        <x:v>576164</x:v>
+        <x:v>576088</x:v>
       </x:c>
       <x:c r="T58" s="16" t="s">
-        <x:v>166</x:v>
+        <x:v>152</x:v>
       </x:c>
       <x:c r="U58" s="16" t="s">
-        <x:v>167</x:v>
+        <x:v>150</x:v>
       </x:c>
     </x:row>
     <x:row r="59" spans="1:21">
       <x:c r="A59" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B59" s="0" t="s">
-        <x:v>154</x:v>
+        <x:v>141</x:v>
       </x:c>
       <x:c r="C59" s="3" t="s"/>
       <x:c r="D59" s="3" t="n">
         <x:v>5463</x:v>
       </x:c>
       <x:c r="G59" s="0" t="s">
-        <x:v>159</x:v>
+        <x:v>142</x:v>
       </x:c>
       <x:c r="H59" s="0" t="s">
-        <x:v>160</x:v>
+        <x:v>143</x:v>
       </x:c>
       <x:c r="I59" s="4" t="s">
-        <x:v>161</x:v>
+        <x:v>144</x:v>
       </x:c>
       <x:c r="J59" s="0" t="s">
         <x:v>128</x:v>
       </x:c>
       <x:c r="K59" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L59" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M59" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="N59" s="3" t="n">
         <x:v>15250</x:v>
       </x:c>
       <x:c r="O59" s="0" t="s">
         <x:v>97</x:v>
       </x:c>
       <x:c r="P59" s="0" t="s">
-        <x:v>159</x:v>
+        <x:v>142</x:v>
       </x:c>
       <x:c r="Q59" s="4" t="s">
-        <x:v>161</x:v>
+        <x:v>144</x:v>
       </x:c>
       <x:c r="R59" s="0" t="s">
-        <x:v>162</x:v>
+        <x:v>148</x:v>
       </x:c>
       <x:c r="S59" s="0" t="n">
-        <x:v>576086</x:v>
+        <x:v>576125</x:v>
       </x:c>
       <x:c r="T59" s="4" t="s">
-        <x:v>168</x:v>
+        <x:v>153</x:v>
       </x:c>
       <x:c r="U59" s="4" t="s">
-        <x:v>169</x:v>
+        <x:v>154</x:v>
       </x:c>
     </x:row>
     <x:row r="60" spans="1:21">
       <x:c r="A60" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B60" s="14" t="s">
-        <x:v>154</x:v>
+        <x:v>141</x:v>
       </x:c>
       <x:c r="C60" s="15" t="s"/>
       <x:c r="D60" s="15" t="n">
         <x:v>5463</x:v>
       </x:c>
       <x:c r="E60" s="14" t="s"/>
       <x:c r="F60" s="14" t="s"/>
       <x:c r="G60" s="14" t="s">
-        <x:v>159</x:v>
+        <x:v>142</x:v>
       </x:c>
       <x:c r="H60" s="14" t="s">
-        <x:v>160</x:v>
+        <x:v>143</x:v>
       </x:c>
       <x:c r="I60" s="16" t="s">
-        <x:v>161</x:v>
+        <x:v>144</x:v>
       </x:c>
       <x:c r="J60" s="14" t="s">
         <x:v>128</x:v>
       </x:c>
       <x:c r="K60" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L60" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M60" s="14" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="N60" s="15" t="n">
         <x:v>15250</x:v>
       </x:c>
       <x:c r="O60" s="14" t="s">
         <x:v>97</x:v>
       </x:c>
       <x:c r="P60" s="14" t="s">
-        <x:v>159</x:v>
+        <x:v>142</x:v>
       </x:c>
       <x:c r="Q60" s="16" t="s">
-        <x:v>161</x:v>
+        <x:v>144</x:v>
       </x:c>
       <x:c r="R60" s="14" t="s">
-        <x:v>165</x:v>
+        <x:v>155</x:v>
       </x:c>
       <x:c r="S60" s="14" t="n">
-        <x:v>576167</x:v>
+        <x:v>576120</x:v>
       </x:c>
       <x:c r="T60" s="16" t="s">
-        <x:v>170</x:v>
+        <x:v>156</x:v>
       </x:c>
       <x:c r="U60" s="16" t="s">
-        <x:v>171</x:v>
+        <x:v>120</x:v>
       </x:c>
     </x:row>
     <x:row r="61" spans="1:21">
       <x:c r="A61" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B61" s="0" t="s">
-        <x:v>154</x:v>
+        <x:v>141</x:v>
       </x:c>
       <x:c r="C61" s="3" t="s"/>
       <x:c r="D61" s="3" t="n">
         <x:v>5463</x:v>
       </x:c>
       <x:c r="G61" s="0" t="s">
-        <x:v>159</x:v>
+        <x:v>142</x:v>
       </x:c>
       <x:c r="H61" s="0" t="s">
-        <x:v>160</x:v>
+        <x:v>143</x:v>
       </x:c>
       <x:c r="I61" s="4" t="s">
-        <x:v>161</x:v>
+        <x:v>144</x:v>
       </x:c>
       <x:c r="J61" s="0" t="s">
         <x:v>128</x:v>
       </x:c>
       <x:c r="K61" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L61" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M61" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="N61" s="3" t="n">
         <x:v>15250</x:v>
       </x:c>
       <x:c r="O61" s="0" t="s">
         <x:v>97</x:v>
       </x:c>
       <x:c r="P61" s="0" t="s">
-        <x:v>159</x:v>
+        <x:v>142</x:v>
       </x:c>
       <x:c r="Q61" s="4" t="s">
-        <x:v>161</x:v>
+        <x:v>144</x:v>
       </x:c>
       <x:c r="R61" s="0" t="s">
-        <x:v>162</x:v>
+        <x:v>157</x:v>
       </x:c>
       <x:c r="S61" s="0" t="n">
-        <x:v>576056</x:v>
+        <x:v>576167</x:v>
       </x:c>
       <x:c r="T61" s="4" t="s">
-        <x:v>170</x:v>
+        <x:v>149</x:v>
       </x:c>
       <x:c r="U61" s="4" t="s">
-        <x:v>172</x:v>
+        <x:v>158</x:v>
       </x:c>
     </x:row>
     <x:row r="62" spans="1:21">
       <x:c r="A62" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B62" s="14" t="s">
-        <x:v>154</x:v>
+        <x:v>141</x:v>
       </x:c>
       <x:c r="C62" s="15" t="s"/>
       <x:c r="D62" s="15" t="n">
         <x:v>5463</x:v>
       </x:c>
       <x:c r="E62" s="14" t="s"/>
       <x:c r="F62" s="14" t="s"/>
       <x:c r="G62" s="14" t="s">
-        <x:v>159</x:v>
+        <x:v>142</x:v>
       </x:c>
       <x:c r="H62" s="14" t="s">
-        <x:v>160</x:v>
+        <x:v>143</x:v>
       </x:c>
       <x:c r="I62" s="16" t="s">
-        <x:v>161</x:v>
+        <x:v>144</x:v>
       </x:c>
       <x:c r="J62" s="14" t="s">
         <x:v>128</x:v>
       </x:c>
       <x:c r="K62" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L62" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M62" s="14" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="N62" s="15" t="n">
         <x:v>15250</x:v>
       </x:c>
       <x:c r="O62" s="14" t="s">
         <x:v>97</x:v>
       </x:c>
       <x:c r="P62" s="14" t="s">
-        <x:v>159</x:v>
+        <x:v>142</x:v>
       </x:c>
       <x:c r="Q62" s="16" t="s">
-        <x:v>161</x:v>
+        <x:v>144</x:v>
       </x:c>
       <x:c r="R62" s="14" t="s">
-        <x:v>162</x:v>
+        <x:v>148</x:v>
       </x:c>
       <x:c r="S62" s="14" t="n">
         <x:v>576060</x:v>
       </x:c>
       <x:c r="T62" s="16" t="s">
-        <x:v>173</x:v>
+        <x:v>159</x:v>
       </x:c>
       <x:c r="U62" s="16" t="s">
-        <x:v>174</x:v>
+        <x:v>160</x:v>
       </x:c>
     </x:row>
     <x:row r="63" spans="1:21">
       <x:c r="A63" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B63" s="0" t="s">
-        <x:v>154</x:v>
+        <x:v>141</x:v>
       </x:c>
       <x:c r="C63" s="3" t="s"/>
       <x:c r="D63" s="3" t="n">
         <x:v>5463</x:v>
       </x:c>
       <x:c r="G63" s="0" t="s">
-        <x:v>159</x:v>
+        <x:v>142</x:v>
       </x:c>
       <x:c r="H63" s="0" t="s">
-        <x:v>160</x:v>
+        <x:v>143</x:v>
       </x:c>
       <x:c r="I63" s="4" t="s">
-        <x:v>161</x:v>
+        <x:v>144</x:v>
       </x:c>
       <x:c r="J63" s="0" t="s">
         <x:v>128</x:v>
       </x:c>
       <x:c r="K63" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L63" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M63" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="N63" s="3" t="n">
         <x:v>15250</x:v>
       </x:c>
       <x:c r="O63" s="0" t="s">
         <x:v>97</x:v>
       </x:c>
       <x:c r="P63" s="0" t="s">
-        <x:v>159</x:v>
+        <x:v>142</x:v>
       </x:c>
       <x:c r="Q63" s="4" t="s">
+        <x:v>144</x:v>
+      </x:c>
+      <x:c r="R63" s="0" t="s">
+        <x:v>148</x:v>
+      </x:c>
+      <x:c r="S63" s="0" t="n">
+        <x:v>576096</x:v>
+      </x:c>
+      <x:c r="T63" s="4" t="s">
         <x:v>161</x:v>
       </x:c>
-      <x:c r="R63" s="0" t="s">
-[...7 lines deleted...]
-      </x:c>
       <x:c r="U63" s="4" t="s">
-        <x:v>176</x:v>
+        <x:v>160</x:v>
       </x:c>
     </x:row>
     <x:row r="64" spans="1:21">
       <x:c r="A64" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B64" s="14" t="s">
-        <x:v>154</x:v>
+        <x:v>141</x:v>
       </x:c>
       <x:c r="C64" s="15" t="s"/>
       <x:c r="D64" s="15" t="n">
         <x:v>5463</x:v>
       </x:c>
       <x:c r="E64" s="14" t="s"/>
       <x:c r="F64" s="14" t="s"/>
       <x:c r="G64" s="14" t="s">
-        <x:v>159</x:v>
+        <x:v>142</x:v>
       </x:c>
       <x:c r="H64" s="14" t="s">
-        <x:v>160</x:v>
+        <x:v>143</x:v>
       </x:c>
       <x:c r="I64" s="16" t="s">
-        <x:v>161</x:v>
+        <x:v>144</x:v>
       </x:c>
       <x:c r="J64" s="14" t="s">
         <x:v>128</x:v>
       </x:c>
       <x:c r="K64" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L64" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M64" s="14" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="N64" s="15" t="n">
         <x:v>15250</x:v>
       </x:c>
       <x:c r="O64" s="14" t="s">
         <x:v>97</x:v>
       </x:c>
       <x:c r="P64" s="14" t="s">
-        <x:v>159</x:v>
+        <x:v>142</x:v>
       </x:c>
       <x:c r="Q64" s="16" t="s">
-        <x:v>161</x:v>
+        <x:v>144</x:v>
       </x:c>
       <x:c r="R64" s="14" t="s">
+        <x:v>148</x:v>
+      </x:c>
+      <x:c r="S64" s="14" t="n">
+        <x:v>576126</x:v>
+      </x:c>
+      <x:c r="T64" s="16" t="s">
         <x:v>162</x:v>
       </x:c>
-      <x:c r="S64" s="14" t="n">
-[...4 lines deleted...]
-      </x:c>
       <x:c r="U64" s="16" t="s">
-        <x:v>178</x:v>
+        <x:v>163</x:v>
       </x:c>
     </x:row>
     <x:row r="65" spans="1:21">
       <x:c r="A65" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B65" s="0" t="s">
-        <x:v>154</x:v>
+        <x:v>141</x:v>
       </x:c>
       <x:c r="C65" s="3" t="s"/>
       <x:c r="D65" s="3" t="n">
         <x:v>5463</x:v>
       </x:c>
       <x:c r="G65" s="0" t="s">
-        <x:v>159</x:v>
+        <x:v>142</x:v>
       </x:c>
       <x:c r="H65" s="0" t="s">
-        <x:v>160</x:v>
+        <x:v>143</x:v>
       </x:c>
       <x:c r="I65" s="4" t="s">
-        <x:v>161</x:v>
+        <x:v>144</x:v>
       </x:c>
       <x:c r="J65" s="0" t="s">
         <x:v>128</x:v>
       </x:c>
       <x:c r="K65" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L65" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M65" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="N65" s="3" t="n">
         <x:v>15250</x:v>
       </x:c>
       <x:c r="O65" s="0" t="s">
         <x:v>97</x:v>
       </x:c>
       <x:c r="P65" s="0" t="s">
-        <x:v>159</x:v>
+        <x:v>142</x:v>
       </x:c>
       <x:c r="Q65" s="4" t="s">
-        <x:v>161</x:v>
+        <x:v>144</x:v>
       </x:c>
       <x:c r="R65" s="0" t="s">
-        <x:v>162</x:v>
+        <x:v>157</x:v>
       </x:c>
       <x:c r="S65" s="0" t="n">
-        <x:v>576101</x:v>
+        <x:v>576163</x:v>
       </x:c>
       <x:c r="T65" s="4" t="s">
-        <x:v>177</x:v>
+        <x:v>164</x:v>
       </x:c>
       <x:c r="U65" s="4" t="s">
-        <x:v>169</x:v>
+        <x:v>165</x:v>
       </x:c>
     </x:row>
     <x:row r="66" spans="1:21">
       <x:c r="A66" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B66" s="14" t="s">
-        <x:v>154</x:v>
+        <x:v>141</x:v>
       </x:c>
       <x:c r="C66" s="15" t="s"/>
       <x:c r="D66" s="15" t="n">
         <x:v>5463</x:v>
       </x:c>
       <x:c r="E66" s="14" t="s"/>
       <x:c r="F66" s="14" t="s"/>
       <x:c r="G66" s="14" t="s">
-        <x:v>159</x:v>
+        <x:v>142</x:v>
       </x:c>
       <x:c r="H66" s="14" t="s">
-        <x:v>160</x:v>
+        <x:v>143</x:v>
       </x:c>
       <x:c r="I66" s="16" t="s">
-        <x:v>161</x:v>
+        <x:v>144</x:v>
       </x:c>
       <x:c r="J66" s="14" t="s">
         <x:v>128</x:v>
       </x:c>
       <x:c r="K66" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L66" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M66" s="14" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="N66" s="15" t="n">
         <x:v>15250</x:v>
       </x:c>
       <x:c r="O66" s="14" t="s">
         <x:v>97</x:v>
       </x:c>
       <x:c r="P66" s="14" t="s">
-        <x:v>159</x:v>
+        <x:v>142</x:v>
       </x:c>
       <x:c r="Q66" s="16" t="s">
-        <x:v>161</x:v>
+        <x:v>144</x:v>
       </x:c>
       <x:c r="R66" s="14" t="s">
-        <x:v>162</x:v>
+        <x:v>77</x:v>
       </x:c>
       <x:c r="S66" s="14" t="n">
-        <x:v>576126</x:v>
+        <x:v>576182</x:v>
       </x:c>
       <x:c r="T66" s="16" t="s">
-        <x:v>179</x:v>
+        <x:v>166</x:v>
       </x:c>
       <x:c r="U66" s="16" t="s">
-        <x:v>180</x:v>
+        <x:v>146</x:v>
       </x:c>
     </x:row>
     <x:row r="67" spans="1:21">
       <x:c r="A67" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B67" s="0" t="s">
-        <x:v>154</x:v>
+        <x:v>141</x:v>
       </x:c>
       <x:c r="C67" s="3" t="s"/>
       <x:c r="D67" s="3" t="n">
         <x:v>5463</x:v>
       </x:c>
       <x:c r="G67" s="0" t="s">
-        <x:v>159</x:v>
+        <x:v>142</x:v>
       </x:c>
       <x:c r="H67" s="0" t="s">
-        <x:v>160</x:v>
+        <x:v>143</x:v>
       </x:c>
       <x:c r="I67" s="4" t="s">
-        <x:v>161</x:v>
+        <x:v>144</x:v>
       </x:c>
       <x:c r="J67" s="0" t="s">
         <x:v>128</x:v>
       </x:c>
       <x:c r="K67" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L67" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M67" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="N67" s="3" t="n">
         <x:v>15250</x:v>
       </x:c>
       <x:c r="O67" s="0" t="s">
         <x:v>97</x:v>
       </x:c>
       <x:c r="P67" s="0" t="s">
-        <x:v>159</x:v>
+        <x:v>142</x:v>
       </x:c>
       <x:c r="Q67" s="4" t="s">
-        <x:v>161</x:v>
+        <x:v>144</x:v>
       </x:c>
       <x:c r="R67" s="0" t="s">
-        <x:v>162</x:v>
+        <x:v>148</x:v>
       </x:c>
       <x:c r="S67" s="0" t="n">
-        <x:v>576094</x:v>
+        <x:v>576098</x:v>
       </x:c>
       <x:c r="T67" s="4" t="s">
-        <x:v>163</x:v>
+        <x:v>149</x:v>
       </x:c>
       <x:c r="U67" s="4" t="s">
-        <x:v>172</x:v>
+        <x:v>160</x:v>
       </x:c>
     </x:row>
     <x:row r="68" spans="1:21">
       <x:c r="A68" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B68" s="14" t="s">
-        <x:v>154</x:v>
+        <x:v>141</x:v>
       </x:c>
       <x:c r="C68" s="15" t="s"/>
       <x:c r="D68" s="15" t="n">
         <x:v>5463</x:v>
       </x:c>
       <x:c r="E68" s="14" t="s"/>
       <x:c r="F68" s="14" t="s"/>
       <x:c r="G68" s="14" t="s">
-        <x:v>159</x:v>
+        <x:v>142</x:v>
       </x:c>
       <x:c r="H68" s="14" t="s">
-        <x:v>160</x:v>
+        <x:v>143</x:v>
       </x:c>
       <x:c r="I68" s="16" t="s">
-        <x:v>161</x:v>
+        <x:v>144</x:v>
       </x:c>
       <x:c r="J68" s="14" t="s">
         <x:v>128</x:v>
       </x:c>
       <x:c r="K68" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L68" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M68" s="14" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="N68" s="15" t="n">
         <x:v>15250</x:v>
       </x:c>
       <x:c r="O68" s="14" t="s">
         <x:v>97</x:v>
       </x:c>
       <x:c r="P68" s="14" t="s">
-        <x:v>159</x:v>
+        <x:v>142</x:v>
       </x:c>
       <x:c r="Q68" s="16" t="s">
-        <x:v>161</x:v>
+        <x:v>144</x:v>
       </x:c>
       <x:c r="R68" s="14" t="s">
-        <x:v>162</x:v>
+        <x:v>157</x:v>
       </x:c>
       <x:c r="S68" s="14" t="n">
-        <x:v>576051</x:v>
+        <x:v>576164</x:v>
       </x:c>
       <x:c r="T68" s="16" t="s">
-        <x:v>163</x:v>
+        <x:v>167</x:v>
       </x:c>
       <x:c r="U68" s="16" t="s">
-        <x:v>181</x:v>
+        <x:v>168</x:v>
       </x:c>
     </x:row>
     <x:row r="69" spans="1:21">
       <x:c r="A69" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B69" s="0" t="s">
-        <x:v>154</x:v>
+        <x:v>141</x:v>
       </x:c>
       <x:c r="C69" s="3" t="s"/>
       <x:c r="D69" s="3" t="n">
         <x:v>5463</x:v>
       </x:c>
       <x:c r="G69" s="0" t="s">
-        <x:v>159</x:v>
+        <x:v>142</x:v>
       </x:c>
       <x:c r="H69" s="0" t="s">
-        <x:v>160</x:v>
+        <x:v>143</x:v>
       </x:c>
       <x:c r="I69" s="4" t="s">
-        <x:v>161</x:v>
+        <x:v>144</x:v>
       </x:c>
       <x:c r="J69" s="0" t="s">
         <x:v>128</x:v>
       </x:c>
       <x:c r="K69" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L69" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M69" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="N69" s="3" t="n">
         <x:v>15250</x:v>
       </x:c>
       <x:c r="O69" s="0" t="s">
         <x:v>97</x:v>
       </x:c>
       <x:c r="P69" s="0" t="s">
-        <x:v>159</x:v>
+        <x:v>142</x:v>
       </x:c>
       <x:c r="Q69" s="4" t="s">
-        <x:v>161</x:v>
+        <x:v>144</x:v>
       </x:c>
       <x:c r="R69" s="0" t="s">
-        <x:v>162</x:v>
+        <x:v>77</x:v>
       </x:c>
       <x:c r="S69" s="0" t="n">
-        <x:v>576104</x:v>
+        <x:v>576177</x:v>
       </x:c>
       <x:c r="T69" s="4" t="s">
-        <x:v>170</x:v>
+        <x:v>169</x:v>
       </x:c>
       <x:c r="U69" s="4" t="s">
-        <x:v>181</x:v>
+        <x:v>146</x:v>
       </x:c>
     </x:row>
     <x:row r="70" spans="1:21">
       <x:c r="A70" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B70" s="14" t="s">
-        <x:v>154</x:v>
+        <x:v>141</x:v>
       </x:c>
       <x:c r="C70" s="15" t="s"/>
       <x:c r="D70" s="15" t="n">
         <x:v>5463</x:v>
       </x:c>
       <x:c r="E70" s="14" t="s"/>
       <x:c r="F70" s="14" t="s"/>
       <x:c r="G70" s="14" t="s">
-        <x:v>159</x:v>
+        <x:v>142</x:v>
       </x:c>
       <x:c r="H70" s="14" t="s">
-        <x:v>160</x:v>
+        <x:v>143</x:v>
       </x:c>
       <x:c r="I70" s="16" t="s">
-        <x:v>161</x:v>
+        <x:v>144</x:v>
       </x:c>
       <x:c r="J70" s="14" t="s">
         <x:v>128</x:v>
       </x:c>
       <x:c r="K70" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L70" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M70" s="14" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="N70" s="15" t="n">
         <x:v>15250</x:v>
       </x:c>
       <x:c r="O70" s="14" t="s">
         <x:v>97</x:v>
       </x:c>
       <x:c r="P70" s="14" t="s">
-        <x:v>159</x:v>
+        <x:v>142</x:v>
       </x:c>
       <x:c r="Q70" s="16" t="s">
+        <x:v>144</x:v>
+      </x:c>
+      <x:c r="R70" s="14" t="s">
+        <x:v>148</x:v>
+      </x:c>
+      <x:c r="S70" s="14" t="n">
+        <x:v>576051</x:v>
+      </x:c>
+      <x:c r="T70" s="16" t="s">
         <x:v>161</x:v>
       </x:c>
-      <x:c r="R70" s="14" t="s">
-[...7 lines deleted...]
-      </x:c>
       <x:c r="U70" s="16" t="s">
-        <x:v>183</x:v>
+        <x:v>150</x:v>
       </x:c>
     </x:row>
     <x:row r="71" spans="1:21">
       <x:c r="A71" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B71" s="0" t="s">
-        <x:v>154</x:v>
+        <x:v>141</x:v>
       </x:c>
       <x:c r="C71" s="3" t="s"/>
       <x:c r="D71" s="3" t="n">
         <x:v>5463</x:v>
       </x:c>
       <x:c r="G71" s="0" t="s">
-        <x:v>159</x:v>
+        <x:v>142</x:v>
       </x:c>
       <x:c r="H71" s="0" t="s">
-        <x:v>160</x:v>
+        <x:v>143</x:v>
       </x:c>
       <x:c r="I71" s="4" t="s">
-        <x:v>161</x:v>
+        <x:v>144</x:v>
       </x:c>
       <x:c r="J71" s="0" t="s">
         <x:v>128</x:v>
       </x:c>
       <x:c r="K71" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L71" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M71" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="N71" s="3" t="n">
         <x:v>15250</x:v>
       </x:c>
       <x:c r="O71" s="0" t="s">
         <x:v>97</x:v>
       </x:c>
       <x:c r="P71" s="0" t="s">
-        <x:v>159</x:v>
+        <x:v>142</x:v>
       </x:c>
       <x:c r="Q71" s="4" t="s">
+        <x:v>144</x:v>
+      </x:c>
+      <x:c r="R71" s="0" t="s">
+        <x:v>148</x:v>
+      </x:c>
+      <x:c r="S71" s="0" t="n">
+        <x:v>576094</x:v>
+      </x:c>
+      <x:c r="T71" s="4" t="s">
         <x:v>161</x:v>
       </x:c>
-      <x:c r="R71" s="0" t="s">
-[...7 lines deleted...]
-      </x:c>
       <x:c r="U71" s="4" t="s">
-        <x:v>169</x:v>
+        <x:v>151</x:v>
       </x:c>
     </x:row>
     <x:row r="72" spans="1:21">
       <x:c r="A72" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B72" s="14" t="s">
-        <x:v>154</x:v>
+        <x:v>141</x:v>
       </x:c>
       <x:c r="C72" s="15" t="s"/>
       <x:c r="D72" s="15" t="n">
         <x:v>5463</x:v>
       </x:c>
       <x:c r="E72" s="14" t="s"/>
       <x:c r="F72" s="14" t="s"/>
       <x:c r="G72" s="14" t="s">
-        <x:v>159</x:v>
+        <x:v>142</x:v>
       </x:c>
       <x:c r="H72" s="14" t="s">
-        <x:v>160</x:v>
+        <x:v>143</x:v>
       </x:c>
       <x:c r="I72" s="16" t="s">
-        <x:v>161</x:v>
+        <x:v>144</x:v>
       </x:c>
       <x:c r="J72" s="14" t="s">
         <x:v>128</x:v>
       </x:c>
       <x:c r="K72" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L72" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M72" s="14" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="N72" s="15" t="n">
         <x:v>15250</x:v>
       </x:c>
       <x:c r="O72" s="14" t="s">
         <x:v>97</x:v>
       </x:c>
       <x:c r="P72" s="14" t="s">
+        <x:v>142</x:v>
+      </x:c>
+      <x:c r="Q72" s="16" t="s">
+        <x:v>144</x:v>
+      </x:c>
+      <x:c r="R72" s="14" t="s">
+        <x:v>148</x:v>
+      </x:c>
+      <x:c r="S72" s="14" t="n">
+        <x:v>576111</x:v>
+      </x:c>
+      <x:c r="T72" s="16" t="s">
         <x:v>159</x:v>
       </x:c>
-      <x:c r="Q72" s="16" t="s">
-[...10 lines deleted...]
-      </x:c>
       <x:c r="U72" s="16" t="s">
-        <x:v>183</x:v>
+        <x:v>150</x:v>
       </x:c>
     </x:row>
     <x:row r="73" spans="1:21">
       <x:c r="A73" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B73" s="0" t="s">
-        <x:v>154</x:v>
+        <x:v>170</x:v>
       </x:c>
       <x:c r="C73" s="3" t="s"/>
-      <x:c r="D73" s="3" t="n">
-[...1 lines deleted...]
-      </x:c>
+      <x:c r="D73" s="3" t="s"/>
       <x:c r="G73" s="0" t="s">
-        <x:v>159</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="H73" s="0" t="s">
-        <x:v>160</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="I73" s="4" t="s">
-        <x:v>161</x:v>
-[...2 lines deleted...]
-        <x:v>128</x:v>
+        <x:v>96</x:v>
       </x:c>
       <x:c r="K73" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L73" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M73" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="N73" s="3" t="n">
         <x:v>15250</x:v>
       </x:c>
       <x:c r="O73" s="0" t="s">
         <x:v>97</x:v>
       </x:c>
       <x:c r="P73" s="0" t="s">
-        <x:v>159</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="Q73" s="4" t="s">
-        <x:v>161</x:v>
+        <x:v>96</x:v>
       </x:c>
       <x:c r="R73" s="0" t="s">
-        <x:v>162</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="S73" s="0" t="n">
-        <x:v>576050</x:v>
+        <x:v>599388</x:v>
       </x:c>
       <x:c r="T73" s="4" t="s">
-        <x:v>185</x:v>
+        <x:v>98</x:v>
       </x:c>
       <x:c r="U73" s="4" t="s">
-        <x:v>169</x:v>
-[...805 lines deleted...]
-      <x:c r="U87" s="4" t="s">
         <x:v>99</x:v>
-      </x:c>
-[...53 lines deleted...]
-        <x:v>202</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:autoFilter ref="A1:U1"/>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0" gridLinesSet="true"/>
   <x:pageMargins left="0.7875" right="0.7875" top="1.05277777777778" bottom="1.05277777777778" header="0.7875" footer="0.7875"/>
   <x:pageSetup paperSize="9" scale="100" pageOrder="downThenOver" orientation="portrait" blackAndWhite="0" draft="0" cellComments="none" errors="displayed" horizontalDpi="300" verticalDpi="300" copies="1"/>
   <x:headerFooter differentOddEven="0" differentFirst="0" scaleWithDoc="1" alignWithMargins="1">
     <x:oddHeader>&amp;C&amp;"Times New Roman,Normal"&amp;12&amp;Kffffff&amp;A</x:oddHeader>
     <x:oddFooter>&amp;C&amp;"Times New Roman,Normal"&amp;12&amp;KffffffPage &amp;P</x:oddFooter>
     <x:evenHeader/>
     <x:evenFooter/>
     <x:firstHeader/>
     <x:firstFooter/>
   </x:headerFooter>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetPr filterMode="false">
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
     <x:pageSetUpPr fitToPage="false"/>
   </x:sheetPr>
   <x:dimension ref="A1:A12"/>
   <x:sheetViews>
     <x:sheetView defaultGridColor="true" colorId="64" workbookViewId="0">
       <x:selection activeCell="A6" sqref="A6"/>
     </x:sheetView>
   </x:sheetViews>
   <x:sheetFormatPr defaultColWidth="12.144219" defaultRowHeight="15" zeroHeight="false"/>
   <x:cols>
     <x:col min="1" max="1" width="36.71" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:1" ht="15" customHeight="1" outlineLevel="0">
       <x:c r="A1" s="8" t="s">
-        <x:v>203</x:v>
+        <x:v>171</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:1" ht="15" customHeight="1" outlineLevel="0">
       <x:c r="A6" s="8" t="s"/>
     </x:row>
     <x:row r="8" spans="1:1" ht="15" customHeight="1" outlineLevel="0">
       <x:c r="A8" s="8" t="s"/>
     </x:row>
     <x:row r="12" spans="1:1" ht="15" customHeight="1" outlineLevel="0">
       <x:c r="A12" s="8" t="s"/>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0" gridLinesSet="true"/>
   <x:pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.511811023622047" footer="0.511811023622047"/>
   <x:pageSetup paperSize="9" scale="100" pageOrder="downThenOver" orientation="portrait" blackAndWhite="0" draft="0" cellComments="none" errors="displayed" horizontalDpi="300" verticalDpi="300" copies="1"/>
   <x:headerFooter differentOddEven="false" differentFirst="false">
     <x:oddHeader/>
     <x:oddFooter/>
   </x:headerFooter>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <ap:Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:ap="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">