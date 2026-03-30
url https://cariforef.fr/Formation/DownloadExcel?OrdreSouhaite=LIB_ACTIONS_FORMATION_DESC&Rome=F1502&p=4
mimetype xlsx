--- v0 (2026-03-30)
+++ v1 (2026-03-30)
@@ -263,89 +263,89 @@
   <x:si>
     <x:t>NICE</x:t>
   </x:si>
   <x:si>
     <x:t>10/30/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>12/04/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>04/10/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>LA GARDE</x:t>
   </x:si>
   <x:si>
     <x:t>04/20/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>07/20/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>09/21/2026 00:00:00</x:t>
   </x:si>
   <x:si>
+    <x:t>06/23/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
     <x:t>06/01/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>09/07/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>08/24/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>12/11/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>05/19/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>11/16/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>11/02/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>09/25/2026 00:00:00</x:t>
   </x:si>
   <x:si>
+    <x:t>09/22/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>10/22/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
     <x:t>06/26/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>06/22/2026 00:00:00</x:t>
   </x:si>
   <x:si>
-    <x:t>06/23/2026 00:00:00</x:t>
-[...7 lines deleted...]
-  <x:si>
     <x:t>Monter, vérifier et utiliser des échafaudages roulants</x:t>
   </x:si>
   <x:si>
     <x:t>Btp France Formation</x:t>
   </x:si>
   <x:si>
     <x:t>83160</x:t>
   </x:si>
   <x:si>
     <x:t>Échafaudage</x:t>
   </x:si>
   <x:si>
     <x:t>LA VALETTE-DU-VAR</x:t>
   </x:si>
   <x:si>
     <x:t>01/01/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>12/31/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Monter, démonter, utiliser et réaliser la vérification journalière des échafaudages de pied - ECX037</x:t>
   </x:si>
   <x:si>
     <x:t>12/14/2026 00:00:00</x:t>
@@ -359,114 +359,114 @@
   <x:si>
     <x:t>09/08/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>09/09/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>10/20/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>10/21/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>05/04/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>05/05/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>09/16/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>09/17/2026 00:00:00</x:t>
   </x:si>
   <x:si>
+    <x:t>11/03/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>11/04/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>10/27/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>10/28/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
     <x:t>04/21/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>04/22/2026 00:00:00</x:t>
   </x:si>
   <x:si>
-    <x:t>11/03/2026 00:00:00</x:t>
-[...10 lines deleted...]
-  <x:si>
     <x:t>Montage, utilisation et démontage des échafaudages de pied (R408) - personnels travaillant sur les échafaudages + Montage, utilisation et démontage des échafaudages roulants (R457)</x:t>
   </x:si>
   <x:si>
     <x:t>Olivier Dupeyre Formation</x:t>
   </x:si>
   <x:si>
     <x:t>ODF</x:t>
   </x:si>
   <x:si>
     <x:t>84100</x:t>
   </x:si>
   <x:si>
     <x:t>Sans niveau spécifique</x:t>
   </x:si>
   <x:si>
     <x:t>permanente</x:t>
   </x:si>
   <x:si>
     <x:t>ORANGE</x:t>
   </x:si>
   <x:si>
     <x:t>Montage, utilisation et démontage des échafaudages de pied (R408) - personnels travaillant sur les échafaudages</x:t>
   </x:si>
   <x:si>
+    <x:t>Europe Formation Conseil</x:t>
+  </x:si>
+  <x:si>
+    <x:t>EFC</x:t>
+  </x:si>
+  <x:si>
+    <x:t>06130</x:t>
+  </x:si>
+  <x:si>
+    <x:t>GRASSE</x:t>
+  </x:si>
+  <x:si>
     <x:t>Formaplus</x:t>
   </x:si>
   <x:si>
     <x:t>06200</x:t>
   </x:si>
   <x:si>
     <x:t>12/31/2028 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>CARROS</x:t>
-  </x:si>
-[...10 lines deleted...]
-    <x:t>GRASSE</x:t>
   </x:si>
   <x:si>
     <x:t>Montage, démontage, réception et utilisation d'un échafaudage fixe (R408)</x:t>
   </x:si>
   <x:si>
     <x:t>Bma Formation</x:t>
   </x:si>
   <x:si>
     <x:t>83210</x:t>
   </x:si>
   <x:si>
     <x:t>LA FARLEDE</x:t>
   </x:si>
   <x:si>
     <x:t>01/05/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>01/05/2027 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Formation complète échafaudage fixe ou roulant (CMRUD)</x:t>
   </x:si>
   <x:si>
     <x:t>Bernard Clément Formation Travaux Publics</x:t>
   </x:si>
@@ -2050,258 +2050,258 @@
       <x:c r="I21" s="4" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="K21" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L21" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M21" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N21" s="3" t="n">
         <x:v>22286</x:v>
       </x:c>
       <x:c r="O21" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P21" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="Q21" s="4" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="R21" s="0" t="s">
-        <x:v>31</x:v>
+        <x:v>53</x:v>
       </x:c>
       <x:c r="S21" s="0" t="n">
-        <x:v>610416</x:v>
+        <x:v>610421</x:v>
       </x:c>
       <x:c r="T21" s="4" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="U21" s="4" t="s">
         <x:v>64</x:v>
       </x:c>
     </x:row>
     <x:row r="22" spans="1:21">
       <x:c r="A22" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B22" s="14" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="C22" s="15" t="s"/>
       <x:c r="D22" s="15" t="s"/>
       <x:c r="E22" s="14" t="s"/>
       <x:c r="F22" s="14" t="s"/>
       <x:c r="G22" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="H22" s="14" t="s"/>
       <x:c r="I22" s="16" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="J22" s="14" t="s"/>
       <x:c r="K22" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L22" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M22" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N22" s="15" t="n">
         <x:v>22286</x:v>
       </x:c>
       <x:c r="O22" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P22" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="Q22" s="16" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="R22" s="14" t="s">
-        <x:v>29</x:v>
+        <x:v>31</x:v>
       </x:c>
       <x:c r="S22" s="14" t="n">
-        <x:v>619318</x:v>
+        <x:v>610416</x:v>
       </x:c>
       <x:c r="T22" s="16" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="U22" s="16" t="s">
         <x:v>65</x:v>
       </x:c>
     </x:row>
     <x:row r="23" spans="1:21">
       <x:c r="A23" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B23" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="C23" s="3" t="s"/>
       <x:c r="D23" s="3" t="s"/>
       <x:c r="G23" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="I23" s="4" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="K23" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L23" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M23" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N23" s="3" t="n">
         <x:v>22286</x:v>
       </x:c>
       <x:c r="O23" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P23" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="Q23" s="4" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="R23" s="0" t="s">
-        <x:v>53</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="S23" s="0" t="n">
-        <x:v>619324</x:v>
+        <x:v>619318</x:v>
       </x:c>
       <x:c r="T23" s="4" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="U23" s="4" t="s">
         <x:v>66</x:v>
       </x:c>
     </x:row>
     <x:row r="24" spans="1:21">
       <x:c r="A24" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B24" s="14" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="C24" s="15" t="s"/>
       <x:c r="D24" s="15" t="s"/>
       <x:c r="E24" s="14" t="s"/>
       <x:c r="F24" s="14" t="s"/>
       <x:c r="G24" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="H24" s="14" t="s"/>
       <x:c r="I24" s="16" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="J24" s="14" t="s"/>
       <x:c r="K24" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L24" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M24" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N24" s="15" t="n">
         <x:v>22286</x:v>
       </x:c>
       <x:c r="O24" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P24" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="Q24" s="16" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="R24" s="14" t="s">
-        <x:v>60</x:v>
+        <x:v>53</x:v>
       </x:c>
       <x:c r="S24" s="14" t="n">
-        <x:v>619331</x:v>
+        <x:v>619324</x:v>
       </x:c>
       <x:c r="T24" s="16" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="U24" s="16" t="s">
         <x:v>67</x:v>
       </x:c>
     </x:row>
     <x:row r="25" spans="1:21">
       <x:c r="A25" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B25" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="C25" s="3" t="s"/>
       <x:c r="D25" s="3" t="s"/>
       <x:c r="G25" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="I25" s="4" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="K25" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L25" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M25" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N25" s="3" t="n">
         <x:v>22286</x:v>
       </x:c>
       <x:c r="O25" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P25" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="Q25" s="4" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="R25" s="0" t="s">
-        <x:v>53</x:v>
+        <x:v>60</x:v>
       </x:c>
       <x:c r="S25" s="0" t="n">
-        <x:v>610420</x:v>
+        <x:v>619331</x:v>
       </x:c>
       <x:c r="T25" s="4" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="U25" s="4" t="s">
         <x:v>68</x:v>
       </x:c>
     </x:row>
     <x:row r="26" spans="1:21">
       <x:c r="A26" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B26" s="14" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="C26" s="15" t="s"/>
       <x:c r="D26" s="15" t="s"/>
       <x:c r="E26" s="14" t="s"/>
       <x:c r="F26" s="14" t="s"/>
       <x:c r="G26" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="H26" s="14" t="s"/>
       <x:c r="I26" s="16" t="s">
         <x:v>24</x:v>
@@ -2310,406 +2310,406 @@
       <x:c r="K26" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L26" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M26" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N26" s="15" t="n">
         <x:v>22286</x:v>
       </x:c>
       <x:c r="O26" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P26" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="Q26" s="16" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="R26" s="14" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="S26" s="14" t="n">
-        <x:v>619327</x:v>
+        <x:v>610420</x:v>
       </x:c>
       <x:c r="T26" s="16" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="U26" s="16" t="s">
         <x:v>69</x:v>
       </x:c>
     </x:row>
     <x:row r="27" spans="1:21">
       <x:c r="A27" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B27" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="C27" s="3" t="s"/>
       <x:c r="D27" s="3" t="s"/>
       <x:c r="G27" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="I27" s="4" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="K27" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L27" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M27" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N27" s="3" t="n">
         <x:v>22286</x:v>
       </x:c>
       <x:c r="O27" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P27" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="Q27" s="4" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="R27" s="0" t="s">
-        <x:v>60</x:v>
+        <x:v>53</x:v>
       </x:c>
       <x:c r="S27" s="0" t="n">
-        <x:v>619330</x:v>
+        <x:v>619327</x:v>
       </x:c>
       <x:c r="T27" s="4" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="U27" s="4" t="s">
         <x:v>70</x:v>
       </x:c>
     </x:row>
     <x:row r="28" spans="1:21">
       <x:c r="A28" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B28" s="14" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="C28" s="15" t="s"/>
       <x:c r="D28" s="15" t="s"/>
       <x:c r="E28" s="14" t="s"/>
       <x:c r="F28" s="14" t="s"/>
       <x:c r="G28" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="H28" s="14" t="s"/>
       <x:c r="I28" s="16" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="J28" s="14" t="s"/>
       <x:c r="K28" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L28" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M28" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N28" s="15" t="n">
         <x:v>22286</x:v>
       </x:c>
       <x:c r="O28" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P28" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="Q28" s="16" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="R28" s="14" t="s">
-        <x:v>56</x:v>
+        <x:v>60</x:v>
       </x:c>
       <x:c r="S28" s="14" t="n">
-        <x:v>619320</x:v>
+        <x:v>619330</x:v>
       </x:c>
       <x:c r="T28" s="16" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="U28" s="16" t="s">
         <x:v>71</x:v>
       </x:c>
     </x:row>
     <x:row r="29" spans="1:21">
       <x:c r="A29" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B29" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="C29" s="3" t="s"/>
       <x:c r="D29" s="3" t="s"/>
       <x:c r="G29" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="I29" s="4" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="K29" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L29" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M29" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N29" s="3" t="n">
         <x:v>22286</x:v>
       </x:c>
       <x:c r="O29" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P29" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="Q29" s="4" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="R29" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="S29" s="0" t="n">
-        <x:v>610418</x:v>
+        <x:v>619320</x:v>
       </x:c>
       <x:c r="T29" s="4" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="U29" s="4" t="s">
         <x:v>72</x:v>
       </x:c>
     </x:row>
     <x:row r="30" spans="1:21">
       <x:c r="A30" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B30" s="14" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="C30" s="15" t="s"/>
       <x:c r="D30" s="15" t="s"/>
       <x:c r="E30" s="14" t="s"/>
       <x:c r="F30" s="14" t="s"/>
       <x:c r="G30" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="H30" s="14" t="s"/>
       <x:c r="I30" s="16" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="J30" s="14" t="s"/>
       <x:c r="K30" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L30" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M30" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N30" s="15" t="n">
         <x:v>22286</x:v>
       </x:c>
       <x:c r="O30" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P30" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="Q30" s="16" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="R30" s="14" t="s">
-        <x:v>60</x:v>
+        <x:v>53</x:v>
       </x:c>
       <x:c r="S30" s="14" t="n">
-        <x:v>610423</x:v>
+        <x:v>619325</x:v>
       </x:c>
       <x:c r="T30" s="16" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="U30" s="16" t="s">
         <x:v>73</x:v>
       </x:c>
     </x:row>
     <x:row r="31" spans="1:21">
       <x:c r="A31" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B31" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="C31" s="3" t="s"/>
       <x:c r="D31" s="3" t="s"/>
       <x:c r="G31" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="I31" s="4" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="K31" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L31" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M31" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N31" s="3" t="n">
         <x:v>22286</x:v>
       </x:c>
       <x:c r="O31" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P31" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="Q31" s="4" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="R31" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="S31" s="0" t="n">
-        <x:v>610421</x:v>
+        <x:v>619326</x:v>
       </x:c>
       <x:c r="T31" s="4" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="U31" s="4" t="s">
         <x:v>74</x:v>
       </x:c>
     </x:row>
     <x:row r="32" spans="1:21">
       <x:c r="A32" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B32" s="14" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="C32" s="15" t="s"/>
       <x:c r="D32" s="15" t="s"/>
       <x:c r="E32" s="14" t="s"/>
       <x:c r="F32" s="14" t="s"/>
       <x:c r="G32" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="H32" s="14" t="s"/>
       <x:c r="I32" s="16" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="J32" s="14" t="s"/>
       <x:c r="K32" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L32" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M32" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N32" s="15" t="n">
         <x:v>22286</x:v>
       </x:c>
       <x:c r="O32" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P32" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="Q32" s="16" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="R32" s="14" t="s">
-        <x:v>53</x:v>
+        <x:v>56</x:v>
       </x:c>
       <x:c r="S32" s="14" t="n">
-        <x:v>619325</x:v>
+        <x:v>610418</x:v>
       </x:c>
       <x:c r="T32" s="16" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="U32" s="16" t="s">
         <x:v>75</x:v>
       </x:c>
     </x:row>
     <x:row r="33" spans="1:21">
       <x:c r="A33" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B33" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="C33" s="3" t="s"/>
       <x:c r="D33" s="3" t="s"/>
       <x:c r="G33" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="I33" s="4" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="K33" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L33" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M33" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N33" s="3" t="n">
         <x:v>22286</x:v>
       </x:c>
       <x:c r="O33" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P33" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="Q33" s="4" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="R33" s="0" t="s">
-        <x:v>53</x:v>
+        <x:v>60</x:v>
       </x:c>
       <x:c r="S33" s="0" t="n">
-        <x:v>619326</x:v>
+        <x:v>610423</x:v>
       </x:c>
       <x:c r="T33" s="4" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="U33" s="4" t="s">
         <x:v>76</x:v>
       </x:c>
     </x:row>
     <x:row r="34" spans="1:21">
       <x:c r="A34" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B34" s="14" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="C34" s="15" t="s"/>
       <x:c r="D34" s="15" t="s"/>
       <x:c r="E34" s="14" t="s"/>
       <x:c r="F34" s="14" t="s"/>
       <x:c r="G34" s="14" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="H34" s="14" t="s"/>
       <x:c r="I34" s="16" t="s">
         <x:v>79</x:v>
@@ -3070,156 +3070,156 @@
       <x:c r="I41" s="4" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="K41" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L41" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M41" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N41" s="3" t="n">
         <x:v>22286</x:v>
       </x:c>
       <x:c r="O41" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P41" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="Q41" s="4" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="R41" s="0" t="s">
-        <x:v>33</x:v>
+        <x:v>56</x:v>
       </x:c>
       <x:c r="S41" s="0" t="n">
-        <x:v>610427</x:v>
+        <x:v>619336</x:v>
       </x:c>
       <x:c r="T41" s="4" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="U41" s="4" t="s">
         <x:v>97</x:v>
       </x:c>
     </x:row>
     <x:row r="42" spans="1:21">
       <x:c r="A42" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B42" s="14" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="C42" s="15" t="s"/>
       <x:c r="D42" s="15" t="s"/>
       <x:c r="E42" s="14" t="s"/>
       <x:c r="F42" s="14" t="s"/>
       <x:c r="G42" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="H42" s="14" t="s"/>
       <x:c r="I42" s="16" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="J42" s="14" t="s"/>
       <x:c r="K42" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L42" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M42" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N42" s="15" t="n">
         <x:v>22286</x:v>
       </x:c>
       <x:c r="O42" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P42" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="Q42" s="16" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="R42" s="14" t="s">
-        <x:v>56</x:v>
+        <x:v>33</x:v>
       </x:c>
       <x:c r="S42" s="14" t="n">
-        <x:v>619336</x:v>
+        <x:v>619338</x:v>
       </x:c>
       <x:c r="T42" s="16" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="U42" s="16" t="s">
         <x:v>99</x:v>
       </x:c>
     </x:row>
     <x:row r="43" spans="1:21">
       <x:c r="A43" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B43" s="0" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="C43" s="3" t="s"/>
       <x:c r="D43" s="3" t="s"/>
       <x:c r="G43" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="I43" s="4" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="K43" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L43" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M43" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N43" s="3" t="n">
         <x:v>22286</x:v>
       </x:c>
       <x:c r="O43" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P43" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="Q43" s="4" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="R43" s="0" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="S43" s="0" t="n">
-        <x:v>619338</x:v>
+        <x:v>610427</x:v>
       </x:c>
       <x:c r="T43" s="4" t="s">
         <x:v>100</x:v>
       </x:c>
       <x:c r="U43" s="4" t="s">
         <x:v>101</x:v>
       </x:c>
     </x:row>
     <x:row r="44" spans="1:21">
       <x:c r="A44" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B44" s="14" t="s">
         <x:v>102</x:v>
       </x:c>
       <x:c r="C44" s="15" t="s"/>
       <x:c r="D44" s="15" t="s"/>
       <x:c r="E44" s="14" t="s"/>
       <x:c r="F44" s="14" t="s"/>
       <x:c r="G44" s="14" t="s">
         <x:v>103</x:v>
       </x:c>
       <x:c r="H44" s="14" t="s">
         <x:v>104</x:v>
       </x:c>
@@ -3251,359 +3251,359 @@
         <x:v>105</x:v>
       </x:c>
       <x:c r="R44" s="14" t="s">
         <x:v>108</x:v>
       </x:c>
       <x:c r="S44" s="14" t="n">
         <x:v>598229</x:v>
       </x:c>
       <x:c r="T44" s="16" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="U44" s="16" t="s">
         <x:v>83</x:v>
       </x:c>
     </x:row>
     <x:row r="45" spans="1:21">
       <x:c r="A45" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B45" s="0" t="s">
         <x:v>109</x:v>
       </x:c>
       <x:c r="C45" s="3" t="s"/>
       <x:c r="D45" s="3" t="s"/>
       <x:c r="G45" s="0" t="s">
-        <x:v>103</x:v>
+        <x:v>110</x:v>
       </x:c>
       <x:c r="H45" s="0" t="s">
-        <x:v>104</x:v>
+        <x:v>111</x:v>
       </x:c>
       <x:c r="I45" s="4" t="s">
-        <x:v>105</x:v>
+        <x:v>112</x:v>
       </x:c>
       <x:c r="J45" s="0" t="s">
         <x:v>106</x:v>
       </x:c>
       <x:c r="K45" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L45" s="0" t="s">
         <x:v>107</x:v>
       </x:c>
       <x:c r="M45" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N45" s="3" t="n">
         <x:v>22297</x:v>
       </x:c>
       <x:c r="O45" s="0" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="P45" s="0" t="s">
-        <x:v>103</x:v>
+        <x:v>110</x:v>
       </x:c>
       <x:c r="Q45" s="4" t="s">
-        <x:v>105</x:v>
+        <x:v>112</x:v>
       </x:c>
       <x:c r="R45" s="0" t="s">
-        <x:v>108</x:v>
+        <x:v>113</x:v>
       </x:c>
       <x:c r="S45" s="0" t="n">
-        <x:v>598171</x:v>
+        <x:v>608836</x:v>
       </x:c>
       <x:c r="T45" s="4" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="U45" s="4" t="s">
         <x:v>83</x:v>
       </x:c>
     </x:row>
     <x:row r="46" spans="1:21">
       <x:c r="A46" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B46" s="14" t="s">
         <x:v>109</x:v>
       </x:c>
       <x:c r="C46" s="15" t="s"/>
       <x:c r="D46" s="15" t="s"/>
       <x:c r="E46" s="14" t="s"/>
       <x:c r="F46" s="14" t="s"/>
       <x:c r="G46" s="14" t="s">
-        <x:v>110</x:v>
+        <x:v>114</x:v>
       </x:c>
       <x:c r="H46" s="14" t="s"/>
       <x:c r="I46" s="16" t="s">
-        <x:v>111</x:v>
+        <x:v>115</x:v>
       </x:c>
       <x:c r="J46" s="14" t="s">
         <x:v>106</x:v>
       </x:c>
       <x:c r="K46" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L46" s="14" t="s">
         <x:v>107</x:v>
       </x:c>
       <x:c r="M46" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N46" s="15" t="n">
         <x:v>22297</x:v>
       </x:c>
       <x:c r="O46" s="14" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="P46" s="14" t="s">
-        <x:v>110</x:v>
+        <x:v>114</x:v>
       </x:c>
       <x:c r="Q46" s="16" t="s">
-        <x:v>111</x:v>
+        <x:v>115</x:v>
       </x:c>
       <x:c r="R46" s="14" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="S46" s="14" t="n">
         <x:v>606881</x:v>
       </x:c>
       <x:c r="T46" s="16" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="U46" s="16" t="s">
-        <x:v>112</x:v>
+        <x:v>116</x:v>
       </x:c>
     </x:row>
     <x:row r="47" spans="1:21">
       <x:c r="A47" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B47" s="0" t="s">
         <x:v>109</x:v>
       </x:c>
       <x:c r="C47" s="3" t="s"/>
       <x:c r="D47" s="3" t="s"/>
       <x:c r="G47" s="0" t="s">
-        <x:v>110</x:v>
+        <x:v>114</x:v>
       </x:c>
       <x:c r="I47" s="4" t="s">
-        <x:v>111</x:v>
+        <x:v>115</x:v>
       </x:c>
       <x:c r="J47" s="0" t="s">
         <x:v>106</x:v>
       </x:c>
       <x:c r="K47" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L47" s="0" t="s">
         <x:v>107</x:v>
       </x:c>
       <x:c r="M47" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N47" s="3" t="n">
         <x:v>22297</x:v>
       </x:c>
       <x:c r="O47" s="0" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="P47" s="0" t="s">
-        <x:v>110</x:v>
+        <x:v>114</x:v>
       </x:c>
       <x:c r="Q47" s="4" t="s">
-        <x:v>111</x:v>
+        <x:v>115</x:v>
       </x:c>
       <x:c r="R47" s="0" t="s">
-        <x:v>113</x:v>
+        <x:v>117</x:v>
       </x:c>
       <x:c r="S47" s="0" t="n">
         <x:v>606882</x:v>
       </x:c>
       <x:c r="T47" s="4" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="U47" s="4" t="s">
-        <x:v>112</x:v>
+        <x:v>116</x:v>
       </x:c>
     </x:row>
     <x:row r="48" spans="1:21">
       <x:c r="A48" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B48" s="14" t="s">
         <x:v>109</x:v>
       </x:c>
       <x:c r="C48" s="15" t="s"/>
       <x:c r="D48" s="15" t="s"/>
       <x:c r="E48" s="14" t="s"/>
       <x:c r="F48" s="14" t="s"/>
       <x:c r="G48" s="14" t="s">
-        <x:v>114</x:v>
+        <x:v>103</x:v>
       </x:c>
       <x:c r="H48" s="14" t="s">
-        <x:v>115</x:v>
+        <x:v>104</x:v>
       </x:c>
       <x:c r="I48" s="16" t="s">
-        <x:v>116</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="J48" s="14" t="s">
         <x:v>106</x:v>
       </x:c>
       <x:c r="K48" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L48" s="14" t="s">
         <x:v>107</x:v>
       </x:c>
       <x:c r="M48" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N48" s="15" t="n">
         <x:v>22297</x:v>
       </x:c>
       <x:c r="O48" s="14" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="P48" s="14" t="s">
-        <x:v>114</x:v>
+        <x:v>103</x:v>
       </x:c>
       <x:c r="Q48" s="16" t="s">
-        <x:v>116</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="R48" s="14" t="s">
-        <x:v>117</x:v>
+        <x:v>108</x:v>
       </x:c>
       <x:c r="S48" s="14" t="n">
-        <x:v>608836</x:v>
+        <x:v>598171</x:v>
       </x:c>
       <x:c r="T48" s="16" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="U48" s="16" t="s">
         <x:v>83</x:v>
       </x:c>
     </x:row>
     <x:row r="49" spans="1:21">
       <x:c r="A49" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B49" s="0" t="s">
         <x:v>118</x:v>
       </x:c>
       <x:c r="C49" s="3" t="s"/>
       <x:c r="D49" s="3" t="s"/>
       <x:c r="G49" s="0" t="s">
-        <x:v>78</x:v>
+        <x:v>119</x:v>
       </x:c>
       <x:c r="I49" s="4" t="s">
-        <x:v>79</x:v>
+        <x:v>120</x:v>
       </x:c>
       <x:c r="K49" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L49" s="0" t="s">
-        <x:v>26</x:v>
+        <x:v>107</x:v>
       </x:c>
       <x:c r="M49" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N49" s="3" t="n">
         <x:v>22297</x:v>
       </x:c>
       <x:c r="O49" s="0" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="P49" s="0" t="s">
-        <x:v>78</x:v>
+        <x:v>119</x:v>
       </x:c>
       <x:c r="Q49" s="4" t="s">
-        <x:v>79</x:v>
+        <x:v>120</x:v>
       </x:c>
       <x:c r="R49" s="0" t="s">
-        <x:v>81</x:v>
+        <x:v>121</x:v>
       </x:c>
       <x:c r="S49" s="0" t="n">
-        <x:v>617170</x:v>
+        <x:v>599880</x:v>
       </x:c>
       <x:c r="T49" s="4" t="s">
-        <x:v>82</x:v>
+        <x:v>122</x:v>
       </x:c>
       <x:c r="U49" s="4" t="s">
-        <x:v>83</x:v>
+        <x:v>123</x:v>
       </x:c>
     </x:row>
     <x:row r="50" spans="1:21">
       <x:c r="A50" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B50" s="14" t="s">
         <x:v>118</x:v>
       </x:c>
       <x:c r="C50" s="15" t="s"/>
       <x:c r="D50" s="15" t="s"/>
       <x:c r="E50" s="14" t="s"/>
       <x:c r="F50" s="14" t="s"/>
       <x:c r="G50" s="14" t="s">
-        <x:v>119</x:v>
+        <x:v>78</x:v>
       </x:c>
       <x:c r="H50" s="14" t="s"/>
       <x:c r="I50" s="16" t="s">
-        <x:v>120</x:v>
+        <x:v>79</x:v>
       </x:c>
       <x:c r="J50" s="14" t="s"/>
       <x:c r="K50" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L50" s="14" t="s">
-        <x:v>107</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="M50" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N50" s="15" t="n">
         <x:v>22297</x:v>
       </x:c>
       <x:c r="O50" s="14" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="P50" s="14" t="s">
-        <x:v>119</x:v>
+        <x:v>78</x:v>
       </x:c>
       <x:c r="Q50" s="16" t="s">
-        <x:v>120</x:v>
+        <x:v>79</x:v>
       </x:c>
       <x:c r="R50" s="14" t="s">
-        <x:v>121</x:v>
+        <x:v>81</x:v>
       </x:c>
       <x:c r="S50" s="14" t="n">
-        <x:v>599880</x:v>
+        <x:v>617170</x:v>
       </x:c>
       <x:c r="T50" s="16" t="s">
-        <x:v>122</x:v>
+        <x:v>82</x:v>
       </x:c>
       <x:c r="U50" s="16" t="s">
-        <x:v>123</x:v>
+        <x:v>83</x:v>
       </x:c>
     </x:row>
     <x:row r="51" spans="1:21">
       <x:c r="A51" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B51" s="0" t="s">
         <x:v>124</x:v>
       </x:c>
       <x:c r="C51" s="3" t="s"/>
       <x:c r="D51" s="3" t="s"/>
       <x:c r="G51" s="0" t="s">
         <x:v>125</x:v>
       </x:c>
       <x:c r="H51" s="0" t="s">
         <x:v>126</x:v>
       </x:c>
       <x:c r="I51" s="4" t="s">
         <x:v>127</x:v>
       </x:c>
       <x:c r="K51" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L51" s="0" t="s">
         <x:v>107</x:v>