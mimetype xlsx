--- v0 (2026-03-12)
+++ v1 (2026-03-12)
@@ -362,56 +362,56 @@
   <x:si>
     <x:t>SALON DE PROVENCE CEDEX</x:t>
   </x:si>
   <x:si>
     <x:t>Master mention traitement du signal et des images parcours traitement du signal et des images</x:t>
   </x:si>
   <x:si>
     <x:t>Aix Marseille Université</x:t>
   </x:si>
   <x:si>
     <x:t>AMU</x:t>
   </x:si>
   <x:si>
     <x:t>13007</x:t>
   </x:si>
   <x:si>
     <x:t>Traitement signal</x:t>
   </x:si>
   <x:si>
     <x:t>Aix Marseille Université - Faculté des Sciences</x:t>
   </x:si>
   <x:si>
     <x:t>13003</x:t>
   </x:si>
   <x:si>
+    <x:t>MARSEILLE- 9e</x:t>
+  </x:si>
+  <x:si>
     <x:t>MARSEILLE-13e</x:t>
   </x:si>
   <x:si>
-    <x:t>MARSEILLE- 9e</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>Master mention traitement du signal et des images parcours compétences complémentaires en informatiques</x:t>
   </x:si>
   <x:si>
     <x:t>master mention traitement du signal et des images</x:t>
   </x:si>
   <x:si>
     <x:t>Aix-Marseille Université</x:t>
   </x:si>
   <x:si>
     <x:t>13284</x:t>
   </x:si>
   <x:si>
     <x:t>UNIVERSITE D'AIX MARSEILLE</x:t>
   </x:si>
   <x:si>
     <x:t>13013</x:t>
   </x:si>
   <x:si>
     <x:t>06/30/2028 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>13397</x:t>
   </x:si>
   <x:si>
     <x:t>MARSEILLE CEDEX 20</x:t>
@@ -737,125 +737,125 @@
   <x:si>
     <x:t>Master mention instrumentation, mesure, métrologie parcours microcapteurs et microélectronique</x:t>
   </x:si>
   <x:si>
     <x:t>Mesure optique</x:t>
   </x:si>
   <x:si>
     <x:t>Master mention instrumentation, mesure, métrologie parcours instrumentation des moyens d'essai</x:t>
   </x:si>
   <x:si>
     <x:t>Master mention instrumentation, mesure, métrologie parcours ingénierie en instrumentation industrielle</x:t>
   </x:si>
   <x:si>
     <x:t>Master mention instrumentation, mesure, métrologie parcours compétences complémentaires en informatique</x:t>
   </x:si>
   <x:si>
     <x:t>Master mention instrumentation, mesure, métrologie parcours commercialisation en instrumentation scientifique</x:t>
   </x:si>
   <x:si>
     <x:t>master mention instrumentation, mesure, métrologie</x:t>
   </x:si>
   <x:si>
     <x:t>ST PAUL LES DURANCE CEDEX</x:t>
   </x:si>
   <x:si>
+    <x:t>Formation en contrat de pro</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Master mention ingénierie des systèmes complexes (Contrat de Professionnalisation)</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Openclassrooms</x:t>
+  </x:si>
+  <x:si>
+    <x:t>OC</x:t>
+  </x:si>
+  <x:si>
+    <x:t>75001</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Automatisme informatique industrielle</x:t>
+  </x:si>
+  <x:si>
+    <x:t>PARIS</x:t>
+  </x:si>
+  <x:si>
+    <x:t>07/05/2024 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>07/05/2027 00:00:00</x:t>
+  </x:si>
+  <x:si>
     <x:t>master mention ingénierie des systèmes complexes</x:t>
   </x:si>
   <x:si>
-    <x:t>Automatisme informatique industrielle</x:t>
-[...17 lines deleted...]
-    <x:t>PARIS</x:t>
+    <x:t>Master mention ingénierie des systèmes complexes</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Université de Toulon</x:t>
+  </x:si>
+  <x:si>
+    <x:t>UTLN</x:t>
+  </x:si>
+  <x:si>
+    <x:t>09/08/2025 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>05/31/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>01/01/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>06/30/2029 00:00:00</x:t>
   </x:si>
   <x:si>
-    <x:t>07/05/2024 00:00:00</x:t>
-[...19 lines deleted...]
-  <x:si>
     <x:t>Master mention ingénierie de la santé parcours prévention des risques et nuisances technologiques</x:t>
   </x:si>
   <x:si>
     <x:t>Qualité hygiène sécurité environnement</x:t>
   </x:si>
   <x:si>
     <x:t>MARSEILLE- 5e</x:t>
   </x:si>
   <x:si>
     <x:t>Master mention ingénierie de la santé parcours médicaments et produits de santé</x:t>
   </x:si>
   <x:si>
     <x:t>master mention ingénierie de la santé</x:t>
   </x:si>
   <x:si>
     <x:t>Master mention ingénierie de la santé</x:t>
   </x:si>
   <x:si>
+    <x:t>09/02/2025 00:00:00</x:t>
+  </x:si>
+  <x:si>
     <x:t>09/03/2024 00:00:00</x:t>
   </x:si>
   <x:si>
-    <x:t>09/02/2025 00:00:00</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>Master mention immunologie parcours immunologie</x:t>
   </x:si>
   <x:si>
     <x:t>Biochimie</x:t>
   </x:si>
   <x:si>
     <x:t>Master mention immunologie parcours compétences complémentaires en informatique</x:t>
   </x:si>
   <x:si>
     <x:t>master mention immunologie</x:t>
   </x:si>
   <x:si>
     <x:t>Master mention IA - Intelligence Artificielle / AI - Artificial Intelligence</x:t>
   </x:si>
   <x:si>
     <x:t>Avignon Université</x:t>
   </x:si>
   <x:si>
     <x:t>Mathématiques appliquées</x:t>
   </x:si>
   <x:si>
     <x:t>AVIGNON</x:t>
   </x:si>
   <x:si>
     <x:t>07/15/2026 00:00:00</x:t>
@@ -1079,176 +1079,176 @@
   <x:si>
     <x:t>Acoustique</x:t>
   </x:si>
   <x:si>
     <x:t>Master mention acoustique et musicologie parcours ingénierie et conception sonore</x:t>
   </x:si>
   <x:si>
     <x:t>master mention acoustique et musicologie</x:t>
   </x:si>
   <x:si>
     <x:t>Manager marketing et développement de solutions innovantes pour les industries et technologies de santé (MS) (Apprentissage)</x:t>
   </x:si>
   <x:si>
     <x:t>Kedge Business School</x:t>
   </x:si>
   <x:si>
     <x:t>33400</x:t>
   </x:si>
   <x:si>
     <x:t>Conseil entreprise</x:t>
   </x:si>
   <x:si>
     <x:t>13009</x:t>
   </x:si>
   <x:si>
+    <x:t>10/13/2025 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>11/17/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
     <x:t>10/12/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>11/22/2027 00:00:00</x:t>
   </x:si>
   <x:si>
-    <x:t>10/13/2025 00:00:00</x:t>
-[...4 lines deleted...]
-  <x:si>
     <x:t>Manager marketing et développement de solutions innovantes pour les industries et technologies de santé (MS)</x:t>
   </x:si>
   <x:si>
     <x:t>10/06/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>11/30/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Licence pro mention métiers de l'industrie : industrie navale et maritime (Apprentissage)</x:t>
   </x:si>
   <x:si>
     <x:t>CFA Régional CFAI Provence</x:t>
   </x:si>
   <x:si>
     <x:t>CFAI PROVENCE</x:t>
   </x:si>
   <x:si>
     <x:t>13800</x:t>
   </x:si>
   <x:si>
     <x:t>Travaux portuaires</x:t>
   </x:si>
   <x:si>
     <x:t>Université de Toulon - IUT La Garde</x:t>
   </x:si>
   <x:si>
     <x:t>Licence pro mention métiers de l'industrie : industrie aéronautique double parcours maintenance aéronautique et technologie des aéronefs</x:t>
   </x:si>
   <x:si>
     <x:t>Construction aéronautique</x:t>
   </x:si>
   <x:si>
     <x:t>TALLARD</x:t>
   </x:si>
   <x:si>
     <x:t>licence pro mention métiers de l'industrie : industrie aéronautique</x:t>
   </x:si>
   <x:si>
     <x:t>ASSO GAP AERO TALLARD HAUTES ALPES</x:t>
   </x:si>
   <x:si>
     <x:t>05130</x:t>
   </x:si>
   <x:si>
     <x:t>Licence pro mention métiers de l'industrie : conception et amélioration de processus et procédés industriels (Apprentissage)</x:t>
   </x:si>
   <x:si>
+    <x:t>ISTRES</x:t>
+  </x:si>
+  <x:si>
     <x:t>Lycée Polyvalent Les Iscles</x:t>
   </x:si>
   <x:si>
     <x:t>04100</x:t>
   </x:si>
   <x:si>
     <x:t>MANOSQUE</x:t>
   </x:si>
   <x:si>
     <x:t>06/01/2026 00:00:00</x:t>
   </x:si>
   <x:si>
-    <x:t>ISTRES</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>Licence mention sciences et techniques des activités physiques et sportives : ergonomie du sport et performance motrice</x:t>
   </x:si>
   <x:si>
     <x:t>Éducation sportive</x:t>
   </x:si>
   <x:si>
     <x:t>Licence mention sciences de la vie parcours plurisciences</x:t>
   </x:si>
   <x:si>
     <x:t>Biologie</x:t>
   </x:si>
   <x:si>
     <x:t>Licence mention sciences de la vie parcours physiologie et génomique fonctionnelle</x:t>
   </x:si>
   <x:si>
     <x:t>Licence mention sciences de la vie parcours neurosciences</x:t>
   </x:si>
   <x:si>
     <x:t>Licence mention sciences de la vie parcours métiers de la biologie</x:t>
   </x:si>
   <x:si>
     <x:t>Licence mention sciences de la vie parcours biologie cellulaire</x:t>
   </x:si>
   <x:si>
     <x:t>Licence mention sciences de la vie parcours biologie</x:t>
   </x:si>
   <x:si>
     <x:t>Licence mention sciences de la vie parcours biochimie, biologie cellulaire et physiologie</x:t>
   </x:si>
   <x:si>
     <x:t>Licence mention sciences de la vie parcours biochimie et génie biologique</x:t>
   </x:si>
   <x:si>
     <x:t>Licence mention sciences de la vie parcours biochimie</x:t>
   </x:si>
   <x:si>
+    <x:t>licence mention sciences de la vie</x:t>
+  </x:si>
+  <x:si>
+    <x:t>13090</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AIX EN PROVENCE</x:t>
+  </x:si>
+  <x:si>
     <x:t>Licence mention sciences de la vie</x:t>
   </x:si>
   <x:si>
     <x:t>05/25/2026 00:00:00</x:t>
   </x:si>
   <x:si>
-    <x:t>licence mention sciences de la vie</x:t>
-[...7 lines deleted...]
-  <x:si>
     <x:t>NICE CEDEX 2</x:t>
   </x:si>
   <x:si>
     <x:t>Licence mention mathématiques parcours préparation MEEF</x:t>
   </x:si>
   <x:si>
     <x:t>Mathématiques</x:t>
   </x:si>
   <x:si>
     <x:t>Licence mention mathématiques parcours plurisciences</x:t>
   </x:si>
   <x:si>
     <x:t>Licence mention mathématiques parcours mathématiques</x:t>
   </x:si>
   <x:si>
     <x:t>licence mention mathématiques</x:t>
   </x:si>
   <x:si>
     <x:t>licence mention électronique, énergie électrique, automatique</x:t>
   </x:si>
   <x:si>
     <x:t>Électricité</x:t>
   </x:si>
   <x:si>
     <x:t>Ingénieur diplômé du conservatoire national des arts et métiers spécialité génie industriel (Apprentissage)</x:t>
@@ -1496,59 +1496,59 @@
   <x:si>
     <x:t>Ingénieur diplômé de l'école d'ingénieurs de l'université de Toulon</x:t>
   </x:si>
   <x:si>
     <x:t>Ingénieur diplômé de l'école centrale de Marseille</x:t>
   </x:si>
   <x:si>
     <x:t>Expert en optimisation des systèmes énergétiques (MS)</x:t>
   </x:si>
   <x:si>
     <x:t>Mathématiques décision</x:t>
   </x:si>
   <x:si>
     <x:t>Expert en énergies renouvelables (MS) (Apprentissage)</x:t>
   </x:si>
   <x:si>
     <x:t>Afi24</x:t>
   </x:si>
   <x:si>
     <x:t>Énergie solaire</x:t>
   </x:si>
   <x:si>
     <x:t>Ecole Nationale Supérieure des Mines de Paris - Antenne Valbonne</x:t>
   </x:si>
   <x:si>
+    <x:t>09/07/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>12/17/2027 00:00:00</x:t>
+  </x:si>
+  <x:si>
     <x:t>12/18/2026 00:00:00</x:t>
   </x:si>
   <x:si>
-    <x:t>09/07/2026 00:00:00</x:t>
-[...4 lines deleted...]
-  <x:si>
     <x:t>Expert en énergies renouvelables (MS) (Contrat de Professionnalisation)</x:t>
   </x:si>
   <x:si>
     <x:t>Cadre demandeur d'emploi , Demandeur d'emploi plus de 26 ans , Particulier, individuel , Public sans emploi , Tout public</x:t>
   </x:si>
   <x:si>
     <x:t>Expert en énergies renouvelables (MS)</x:t>
   </x:si>
   <x:si>
     <x:t>07/07/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Expert en digitalisation et exploitation des bâtiments (Apprentissage)</x:t>
   </x:si>
   <x:si>
     <x:t>Académie du Management</x:t>
   </x:si>
   <x:si>
     <x:t>ACAMAN</x:t>
   </x:si>
   <x:si>
     <x:t>83600</x:t>
   </x:si>
   <x:si>
     <x:t>Contrat performance énergétique</x:t>
@@ -1559,66 +1559,66 @@
   <x:si>
     <x:t>Chambre de Commerce et d'Industrie Métropolitaine Aix Marseille Provence</x:t>
   </x:si>
   <x:si>
     <x:t>CCIMP</x:t>
   </x:si>
   <x:si>
     <x:t>13221</x:t>
   </x:si>
   <x:si>
     <x:t>Chambre de Commerce et d'Industrie Métropolitaine Aix Marseille Provence - CFA Régional Interconsulaire Méditerranée - Antenne Institut Supérieur Bâtiment et TP</x:t>
   </x:si>
   <x:si>
     <x:t>10/21/2024 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>10/20/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Expert en digitalisation et exploitation des bâtiments</x:t>
   </x:si>
   <x:si>
     <x:t>11/03/2025 00:00:00</x:t>
   </x:si>
   <x:si>
+    <x:t>Wedge Academy</x:t>
+  </x:si>
+  <x:si>
+    <x:t>06200</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Jeune 16-25 ans</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Performance énergétique bâtiment</x:t>
+  </x:si>
+  <x:si>
+    <x:t>12/31/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
     <x:t>11/03/2026 00:00:00</x:t>
-  </x:si>
-[...13 lines deleted...]
-    <x:t>12/31/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>DU préparation des maîtres ès sciences à l'insertion et à la créativité en entreprise</x:t>
   </x:si>
   <x:si>
     <x:t>designer produits, services et innovation</x:t>
   </x:si>
   <x:si>
     <x:t>Condé Marseille</x:t>
   </x:si>
   <x:si>
     <x:t>13002</x:t>
   </x:si>
   <x:si>
     <x:t>Développement durable</x:t>
   </x:si>
   <x:si>
     <x:t>Ecole de Condé Marseille</x:t>
   </x:si>
   <x:si>
     <x:t>MARSEILLE- 2e</x:t>
   </x:si>
   <x:si>
     <x:t>Concepteur de systèmes IoT sécurisés (MS) (Apprentissage)</x:t>
   </x:si>
@@ -3045,51 +3045,51 @@
       <x:c r="K15" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="L15" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M15" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N15" s="3" t="n">
         <x:v>24356</x:v>
       </x:c>
       <x:c r="O15" s="0" t="s">
         <x:v>94</x:v>
       </x:c>
       <x:c r="P15" s="0" t="s">
         <x:v>95</x:v>
       </x:c>
       <x:c r="Q15" s="4" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="R15" s="0" t="s">
         <x:v>97</x:v>
       </x:c>
       <x:c r="S15" s="0" t="n">
-        <x:v>575008</x:v>
+        <x:v>575009</x:v>
       </x:c>
       <x:c r="T15" s="4" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="U15" s="4" t="s">
         <x:v>68</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:21">
       <x:c r="A16" s="13" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="B16" s="14" t="s">
         <x:v>90</x:v>
       </x:c>
       <x:c r="C16" s="15" t="n">
         <x:v>39003</x:v>
       </x:c>
       <x:c r="D16" s="15" t="s"/>
       <x:c r="E16" s="14" t="s"/>
       <x:c r="F16" s="14" t="s"/>
       <x:c r="G16" s="14" t="s">
         <x:v>91</x:v>
       </x:c>
       <x:c r="H16" s="14" t="s">
@@ -3104,51 +3104,51 @@
       <x:c r="K16" s="14" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="L16" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M16" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N16" s="15" t="n">
         <x:v>24356</x:v>
       </x:c>
       <x:c r="O16" s="14" t="s">
         <x:v>94</x:v>
       </x:c>
       <x:c r="P16" s="14" t="s">
         <x:v>95</x:v>
       </x:c>
       <x:c r="Q16" s="16" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="R16" s="14" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="S16" s="14" t="n">
-        <x:v>575009</x:v>
+        <x:v>575008</x:v>
       </x:c>
       <x:c r="T16" s="16" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="U16" s="16" t="s">
         <x:v>68</x:v>
       </x:c>
     </x:row>
     <x:row r="17" spans="1:21">
       <x:c r="A17" s="1" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="B17" s="0" t="s">
         <x:v>99</x:v>
       </x:c>
       <x:c r="C17" s="3" t="n">
         <x:v>39003</x:v>
       </x:c>
       <x:c r="D17" s="3" t="s"/>
       <x:c r="G17" s="0" t="s">
         <x:v>91</x:v>
       </x:c>
       <x:c r="H17" s="0" t="s">
         <x:v>92</x:v>
       </x:c>
@@ -3158,51 +3158,51 @@
       <x:c r="J17" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="K17" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="L17" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M17" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N17" s="3" t="n">
         <x:v>24356</x:v>
       </x:c>
       <x:c r="O17" s="0" t="s">
         <x:v>94</x:v>
       </x:c>
       <x:c r="P17" s="0" t="s">
         <x:v>95</x:v>
       </x:c>
       <x:c r="Q17" s="4" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="R17" s="0" t="s">
-        <x:v>98</x:v>
+        <x:v>97</x:v>
       </x:c>
       <x:c r="S17" s="0" t="n">
         <x:v>581574</x:v>
       </x:c>
       <x:c r="T17" s="4" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="U17" s="4" t="s">
         <x:v>68</x:v>
       </x:c>
     </x:row>
     <x:row r="18" spans="1:21">
       <x:c r="A18" s="13" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="B18" s="14" t="s">
         <x:v>100</x:v>
       </x:c>
       <x:c r="C18" s="15" t="n">
         <x:v>39003</x:v>
       </x:c>
       <x:c r="D18" s="15" t="s"/>
       <x:c r="E18" s="14" t="s"/>
       <x:c r="F18" s="14" t="s"/>
       <x:c r="G18" s="14" t="s">
@@ -3215,51 +3215,51 @@
       <x:c r="J18" s="14" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="K18" s="14" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="L18" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M18" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N18" s="15" t="n">
         <x:v>24356</x:v>
       </x:c>
       <x:c r="O18" s="14" t="s">
         <x:v>94</x:v>
       </x:c>
       <x:c r="P18" s="14" t="s">
         <x:v>103</x:v>
       </x:c>
       <x:c r="Q18" s="16" t="s">
         <x:v>104</x:v>
       </x:c>
       <x:c r="R18" s="14" t="s">
-        <x:v>97</x:v>
+        <x:v>98</x:v>
       </x:c>
       <x:c r="S18" s="14" t="n">
         <x:v>591932</x:v>
       </x:c>
       <x:c r="T18" s="16" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="U18" s="16" t="s">
         <x:v>105</x:v>
       </x:c>
     </x:row>
     <x:row r="19" spans="1:21">
       <x:c r="A19" s="1" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="B19" s="0" t="s">
         <x:v>100</x:v>
       </x:c>
       <x:c r="C19" s="3" t="n">
         <x:v>39003</x:v>
       </x:c>
       <x:c r="D19" s="3" t="s"/>
       <x:c r="G19" s="0" t="s">
         <x:v>101</x:v>
       </x:c>
@@ -3439,51 +3439,51 @@
       <x:c r="J22" s="14" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="K22" s="14" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="L22" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M22" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N22" s="15" t="n">
         <x:v>15454</x:v>
       </x:c>
       <x:c r="O22" s="14" t="s">
         <x:v>112</x:v>
       </x:c>
       <x:c r="P22" s="14" t="s">
         <x:v>113</x:v>
       </x:c>
       <x:c r="Q22" s="16" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="R22" s="14" t="s">
-        <x:v>98</x:v>
+        <x:v>97</x:v>
       </x:c>
       <x:c r="S22" s="14" t="n">
         <x:v>576271</x:v>
       </x:c>
       <x:c r="T22" s="16" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="U22" s="16" t="s">
         <x:v>68</x:v>
       </x:c>
     </x:row>
     <x:row r="23" spans="1:21">
       <x:c r="A23" s="1" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="B23" s="0" t="s">
         <x:v>114</x:v>
       </x:c>
       <x:c r="C23" s="3" t="n">
         <x:v>38699</x:v>
       </x:c>
       <x:c r="D23" s="3" t="s"/>
       <x:c r="G23" s="0" t="s">
         <x:v>91</x:v>
       </x:c>
@@ -3496,51 +3496,51 @@
       <x:c r="J23" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="K23" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="L23" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M23" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N23" s="3" t="n">
         <x:v>15454</x:v>
       </x:c>
       <x:c r="O23" s="0" t="s">
         <x:v>112</x:v>
       </x:c>
       <x:c r="P23" s="0" t="s">
         <x:v>113</x:v>
       </x:c>
       <x:c r="Q23" s="4" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="R23" s="0" t="s">
-        <x:v>98</x:v>
+        <x:v>97</x:v>
       </x:c>
       <x:c r="S23" s="0" t="n">
         <x:v>576272</x:v>
       </x:c>
       <x:c r="T23" s="4" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="U23" s="4" t="s">
         <x:v>68</x:v>
       </x:c>
     </x:row>
     <x:row r="24" spans="1:21">
       <x:c r="A24" s="13" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="B24" s="14" t="s">
         <x:v>115</x:v>
       </x:c>
       <x:c r="C24" s="15" t="n">
         <x:v>38699</x:v>
       </x:c>
       <x:c r="D24" s="15" t="s"/>
       <x:c r="E24" s="14" t="s"/>
       <x:c r="F24" s="14" t="s"/>
       <x:c r="G24" s="14" t="s">
@@ -3555,51 +3555,51 @@
       <x:c r="J24" s="14" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="K24" s="14" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="L24" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M24" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N24" s="15" t="n">
         <x:v>15454</x:v>
       </x:c>
       <x:c r="O24" s="14" t="s">
         <x:v>112</x:v>
       </x:c>
       <x:c r="P24" s="14" t="s">
         <x:v>113</x:v>
       </x:c>
       <x:c r="Q24" s="16" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="R24" s="14" t="s">
-        <x:v>98</x:v>
+        <x:v>97</x:v>
       </x:c>
       <x:c r="S24" s="14" t="n">
         <x:v>576274</x:v>
       </x:c>
       <x:c r="T24" s="16" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="U24" s="16" t="s">
         <x:v>68</x:v>
       </x:c>
     </x:row>
     <x:row r="25" spans="1:21">
       <x:c r="A25" s="1" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="B25" s="0" t="s">
         <x:v>116</x:v>
       </x:c>
       <x:c r="C25" s="3" t="n">
         <x:v>38699</x:v>
       </x:c>
       <x:c r="D25" s="3" t="s"/>
       <x:c r="G25" s="0" t="s">
         <x:v>101</x:v>
       </x:c>
@@ -4398,51 +4398,51 @@
       <x:c r="J39" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="K39" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="L39" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M39" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N39" s="3" t="n">
         <x:v>14278</x:v>
       </x:c>
       <x:c r="O39" s="0" t="s">
         <x:v>136</x:v>
       </x:c>
       <x:c r="P39" s="0" t="s">
         <x:v>95</x:v>
       </x:c>
       <x:c r="Q39" s="4" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="R39" s="0" t="s">
-        <x:v>98</x:v>
+        <x:v>97</x:v>
       </x:c>
       <x:c r="S39" s="0" t="n">
         <x:v>581575</x:v>
       </x:c>
       <x:c r="T39" s="4" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="U39" s="4" t="s">
         <x:v>68</x:v>
       </x:c>
     </x:row>
     <x:row r="40" spans="1:21">
       <x:c r="A40" s="13" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="B40" s="14" t="s">
         <x:v>138</x:v>
       </x:c>
       <x:c r="C40" s="15" t="n">
         <x:v>38967</x:v>
       </x:c>
       <x:c r="D40" s="15" t="s"/>
       <x:c r="E40" s="14" t="s"/>
       <x:c r="F40" s="14" t="s"/>
       <x:c r="G40" s="14" t="s">
@@ -4736,51 +4736,51 @@
       <x:c r="J45" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="K45" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="L45" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M45" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N45" s="3" t="n">
         <x:v>24237</x:v>
       </x:c>
       <x:c r="O45" s="0" t="s">
         <x:v>144</x:v>
       </x:c>
       <x:c r="P45" s="0" t="s">
         <x:v>95</x:v>
       </x:c>
       <x:c r="Q45" s="4" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="R45" s="0" t="s">
-        <x:v>98</x:v>
+        <x:v>97</x:v>
       </x:c>
       <x:c r="S45" s="0" t="n">
         <x:v>574995</x:v>
       </x:c>
       <x:c r="T45" s="4" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="U45" s="4" t="s">
         <x:v>68</x:v>
       </x:c>
     </x:row>
     <x:row r="46" spans="1:21">
       <x:c r="A46" s="13" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="B46" s="14" t="s">
         <x:v>145</x:v>
       </x:c>
       <x:c r="C46" s="15" t="n">
         <x:v>38997</x:v>
       </x:c>
       <x:c r="D46" s="15" t="s"/>
       <x:c r="E46" s="14" t="s"/>
       <x:c r="F46" s="14" t="s"/>
       <x:c r="G46" s="14" t="s">
@@ -4795,51 +4795,51 @@
       <x:c r="J46" s="14" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="K46" s="14" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="L46" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M46" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N46" s="15" t="n">
         <x:v>24237</x:v>
       </x:c>
       <x:c r="O46" s="14" t="s">
         <x:v>144</x:v>
       </x:c>
       <x:c r="P46" s="14" t="s">
         <x:v>95</x:v>
       </x:c>
       <x:c r="Q46" s="16" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="R46" s="14" t="s">
-        <x:v>98</x:v>
+        <x:v>97</x:v>
       </x:c>
       <x:c r="S46" s="14" t="n">
         <x:v>581573</x:v>
       </x:c>
       <x:c r="T46" s="16" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="U46" s="16" t="s">
         <x:v>68</x:v>
       </x:c>
     </x:row>
     <x:row r="47" spans="1:21">
       <x:c r="A47" s="1" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="B47" s="0" t="s">
         <x:v>146</x:v>
       </x:c>
       <x:c r="C47" s="3" t="n">
         <x:v>38997</x:v>
       </x:c>
       <x:c r="D47" s="3" t="s"/>
       <x:c r="G47" s="0" t="s">
         <x:v>91</x:v>
       </x:c>
@@ -4852,51 +4852,51 @@
       <x:c r="J47" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="K47" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="L47" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M47" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N47" s="3" t="n">
         <x:v>24237</x:v>
       </x:c>
       <x:c r="O47" s="0" t="s">
         <x:v>144</x:v>
       </x:c>
       <x:c r="P47" s="0" t="s">
         <x:v>95</x:v>
       </x:c>
       <x:c r="Q47" s="4" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="R47" s="0" t="s">
-        <x:v>98</x:v>
+        <x:v>97</x:v>
       </x:c>
       <x:c r="S47" s="0" t="n">
         <x:v>574994</x:v>
       </x:c>
       <x:c r="T47" s="4" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="U47" s="4" t="s">
         <x:v>68</x:v>
       </x:c>
     </x:row>
     <x:row r="48" spans="1:21">
       <x:c r="A48" s="13" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="B48" s="14" t="s">
         <x:v>147</x:v>
       </x:c>
       <x:c r="C48" s="15" t="n">
         <x:v>38997</x:v>
       </x:c>
       <x:c r="D48" s="15" t="s"/>
       <x:c r="E48" s="14" t="s"/>
       <x:c r="F48" s="14" t="s"/>
       <x:c r="G48" s="14" t="s">
@@ -5022,54 +5022,54 @@
       <x:c r="J50" s="14" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="K50" s="14" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="L50" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M50" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N50" s="15" t="n">
         <x:v>11454</x:v>
       </x:c>
       <x:c r="O50" s="14" t="s">
         <x:v>151</x:v>
       </x:c>
       <x:c r="P50" s="14" t="s">
         <x:v>95</x:v>
       </x:c>
       <x:c r="Q50" s="16" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="R50" s="14" t="s">
-        <x:v>130</x:v>
+        <x:v>98</x:v>
       </x:c>
       <x:c r="S50" s="14" t="n">
-        <x:v>574991</x:v>
+        <x:v>574989</x:v>
       </x:c>
       <x:c r="T50" s="16" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="U50" s="16" t="s">
         <x:v>68</x:v>
       </x:c>
     </x:row>
     <x:row r="51" spans="1:21">
       <x:c r="A51" s="1" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="B51" s="0" t="s">
         <x:v>150</x:v>
       </x:c>
       <x:c r="C51" s="3" t="n">
         <x:v>38994</x:v>
       </x:c>
       <x:c r="D51" s="3" t="s"/>
       <x:c r="G51" s="0" t="s">
         <x:v>91</x:v>
       </x:c>
       <x:c r="H51" s="0" t="s">
         <x:v>92</x:v>
       </x:c>
@@ -5079,54 +5079,54 @@
       <x:c r="J51" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="K51" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="L51" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M51" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N51" s="3" t="n">
         <x:v>11454</x:v>
       </x:c>
       <x:c r="O51" s="0" t="s">
         <x:v>151</x:v>
       </x:c>
       <x:c r="P51" s="0" t="s">
         <x:v>95</x:v>
       </x:c>
       <x:c r="Q51" s="4" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="R51" s="0" t="s">
-        <x:v>97</x:v>
+        <x:v>130</x:v>
       </x:c>
       <x:c r="S51" s="0" t="n">
-        <x:v>574989</x:v>
+        <x:v>574991</x:v>
       </x:c>
       <x:c r="T51" s="4" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="U51" s="4" t="s">
         <x:v>68</x:v>
       </x:c>
     </x:row>
     <x:row r="52" spans="1:21">
       <x:c r="A52" s="13" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="B52" s="14" t="s">
         <x:v>150</x:v>
       </x:c>
       <x:c r="C52" s="15" t="n">
         <x:v>38994</x:v>
       </x:c>
       <x:c r="D52" s="15" t="s"/>
       <x:c r="E52" s="14" t="s"/>
       <x:c r="F52" s="14" t="s"/>
       <x:c r="G52" s="14" t="s">
         <x:v>91</x:v>
       </x:c>
       <x:c r="H52" s="14" t="s">
@@ -5138,51 +5138,51 @@
       <x:c r="J52" s="14" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="K52" s="14" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="L52" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M52" s="14" t="s">
         <x:v>152</x:v>
       </x:c>
       <x:c r="N52" s="15" t="n">
         <x:v>11454</x:v>
       </x:c>
       <x:c r="O52" s="14" t="s">
         <x:v>151</x:v>
       </x:c>
       <x:c r="P52" s="14" t="s">
         <x:v>95</x:v>
       </x:c>
       <x:c r="Q52" s="16" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="R52" s="14" t="s">
-        <x:v>97</x:v>
+        <x:v>98</x:v>
       </x:c>
       <x:c r="S52" s="14" t="n">
         <x:v>574990</x:v>
       </x:c>
       <x:c r="T52" s="16" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="U52" s="16" t="s">
         <x:v>68</x:v>
       </x:c>
     </x:row>
     <x:row r="53" spans="1:21">
       <x:c r="A53" s="1" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="B53" s="0" t="s">
         <x:v>153</x:v>
       </x:c>
       <x:c r="C53" s="3" t="n">
         <x:v>38994</x:v>
       </x:c>
       <x:c r="D53" s="3" t="s"/>
       <x:c r="G53" s="0" t="s">
         <x:v>91</x:v>
       </x:c>
@@ -5195,51 +5195,51 @@
       <x:c r="J53" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="K53" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="L53" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M53" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N53" s="3" t="n">
         <x:v>11454</x:v>
       </x:c>
       <x:c r="O53" s="0" t="s">
         <x:v>151</x:v>
       </x:c>
       <x:c r="P53" s="0" t="s">
         <x:v>95</x:v>
       </x:c>
       <x:c r="Q53" s="4" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="R53" s="0" t="s">
-        <x:v>97</x:v>
+        <x:v>98</x:v>
       </x:c>
       <x:c r="S53" s="0" t="n">
         <x:v>574988</x:v>
       </x:c>
       <x:c r="T53" s="4" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="U53" s="4" t="s">
         <x:v>68</x:v>
       </x:c>
     </x:row>
     <x:row r="54" spans="1:21">
       <x:c r="A54" s="13" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="B54" s="14" t="s">
         <x:v>154</x:v>
       </x:c>
       <x:c r="C54" s="15" t="n">
         <x:v>38994</x:v>
       </x:c>
       <x:c r="D54" s="15" t="s"/>
       <x:c r="E54" s="14" t="s"/>
       <x:c r="F54" s="14" t="s"/>
       <x:c r="G54" s="14" t="s">
@@ -5254,51 +5254,51 @@
       <x:c r="J54" s="14" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="K54" s="14" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="L54" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M54" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N54" s="15" t="n">
         <x:v>11454</x:v>
       </x:c>
       <x:c r="O54" s="14" t="s">
         <x:v>151</x:v>
       </x:c>
       <x:c r="P54" s="14" t="s">
         <x:v>95</x:v>
       </x:c>
       <x:c r="Q54" s="16" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="R54" s="14" t="s">
-        <x:v>98</x:v>
+        <x:v>97</x:v>
       </x:c>
       <x:c r="S54" s="14" t="n">
         <x:v>581571</x:v>
       </x:c>
       <x:c r="T54" s="16" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="U54" s="16" t="s">
         <x:v>68</x:v>
       </x:c>
     </x:row>
     <x:row r="55" spans="1:21">
       <x:c r="A55" s="1" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="B55" s="0" t="s">
         <x:v>155</x:v>
       </x:c>
       <x:c r="C55" s="3" t="n">
         <x:v>38994</x:v>
       </x:c>
       <x:c r="D55" s="3" t="s"/>
       <x:c r="G55" s="0" t="s">
         <x:v>101</x:v>
       </x:c>
@@ -5816,51 +5816,51 @@
       <x:c r="J64" s="14" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="K64" s="14" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="L64" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M64" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N64" s="15" t="n">
         <x:v>12051</x:v>
       </x:c>
       <x:c r="O64" s="14" t="s">
         <x:v>159</x:v>
       </x:c>
       <x:c r="P64" s="14" t="s">
         <x:v>95</x:v>
       </x:c>
       <x:c r="Q64" s="16" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="R64" s="14" t="s">
-        <x:v>98</x:v>
+        <x:v>97</x:v>
       </x:c>
       <x:c r="S64" s="14" t="n">
         <x:v>581570</x:v>
       </x:c>
       <x:c r="T64" s="16" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="U64" s="16" t="s">
         <x:v>68</x:v>
       </x:c>
     </x:row>
     <x:row r="65" spans="1:21">
       <x:c r="A65" s="1" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="B65" s="0" t="s">
         <x:v>162</x:v>
       </x:c>
       <x:c r="C65" s="3" t="n">
         <x:v>38972</x:v>
       </x:c>
       <x:c r="D65" s="3" t="s"/>
       <x:c r="G65" s="0" t="s">
         <x:v>91</x:v>
       </x:c>
@@ -5915,123 +5915,123 @@
         <x:v>163</x:v>
       </x:c>
       <x:c r="C66" s="15" t="n">
         <x:v>38972</x:v>
       </x:c>
       <x:c r="D66" s="15" t="s"/>
       <x:c r="E66" s="14" t="s"/>
       <x:c r="F66" s="14" t="s"/>
       <x:c r="G66" s="14" t="s">
         <x:v>101</x:v>
       </x:c>
       <x:c r="H66" s="14" t="s"/>
       <x:c r="I66" s="16" t="s">
         <x:v>102</x:v>
       </x:c>
       <x:c r="J66" s="14" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="K66" s="14" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="L66" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M66" s="14" t="s">
-        <x:v>29</x:v>
+        <x:v>156</x:v>
       </x:c>
       <x:c r="N66" s="15" t="n">
         <x:v>12051</x:v>
       </x:c>
       <x:c r="O66" s="14" t="s">
         <x:v>159</x:v>
       </x:c>
       <x:c r="P66" s="14" t="s">
         <x:v>103</x:v>
       </x:c>
       <x:c r="Q66" s="16" t="s">
-        <x:v>79</x:v>
+        <x:v>164</x:v>
       </x:c>
       <x:c r="R66" s="14" t="s">
-        <x:v>81</x:v>
+        <x:v>165</x:v>
       </x:c>
       <x:c r="S66" s="14" t="n">
-        <x:v>591999</x:v>
+        <x:v>592000</x:v>
       </x:c>
       <x:c r="T66" s="16" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="U66" s="16" t="s">
         <x:v>105</x:v>
       </x:c>
     </x:row>
     <x:row r="67" spans="1:21">
       <x:c r="A67" s="1" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="B67" s="0" t="s">
         <x:v>163</x:v>
       </x:c>
       <x:c r="C67" s="3" t="n">
         <x:v>38972</x:v>
       </x:c>
       <x:c r="D67" s="3" t="s"/>
       <x:c r="G67" s="0" t="s">
         <x:v>101</x:v>
       </x:c>
       <x:c r="I67" s="4" t="s">
         <x:v>102</x:v>
       </x:c>
       <x:c r="J67" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="K67" s="0" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="L67" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M67" s="0" t="s">
-        <x:v>156</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="N67" s="3" t="n">
         <x:v>12051</x:v>
       </x:c>
       <x:c r="O67" s="0" t="s">
         <x:v>159</x:v>
       </x:c>
       <x:c r="P67" s="0" t="s">
         <x:v>103</x:v>
       </x:c>
       <x:c r="Q67" s="4" t="s">
-        <x:v>164</x:v>
+        <x:v>79</x:v>
       </x:c>
       <x:c r="R67" s="0" t="s">
-        <x:v>165</x:v>
+        <x:v>81</x:v>
       </x:c>
       <x:c r="S67" s="0" t="n">
-        <x:v>592000</x:v>
+        <x:v>591999</x:v>
       </x:c>
       <x:c r="T67" s="4" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="U67" s="4" t="s">
         <x:v>105</x:v>
       </x:c>
     </x:row>
     <x:row r="68" spans="1:21">
       <x:c r="A68" s="13" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="B68" s="14" t="s">
         <x:v>163</x:v>
       </x:c>
       <x:c r="C68" s="15" t="n">
         <x:v>38972</x:v>
       </x:c>
       <x:c r="D68" s="15" t="s"/>
       <x:c r="E68" s="14" t="s"/>
       <x:c r="F68" s="14" t="s"/>
       <x:c r="G68" s="14" t="s">
         <x:v>101</x:v>
       </x:c>
       <x:c r="H68" s="14" t="s"/>
@@ -6098,51 +6098,51 @@
       <x:c r="J69" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="K69" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="L69" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M69" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N69" s="3" t="n">
         <x:v>11406</x:v>
       </x:c>
       <x:c r="O69" s="0" t="s">
         <x:v>167</x:v>
       </x:c>
       <x:c r="P69" s="0" t="s">
         <x:v>95</x:v>
       </x:c>
       <x:c r="Q69" s="4" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="R69" s="0" t="s">
-        <x:v>97</x:v>
+        <x:v>98</x:v>
       </x:c>
       <x:c r="S69" s="0" t="n">
         <x:v>574984</x:v>
       </x:c>
       <x:c r="T69" s="4" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="U69" s="4" t="s">
         <x:v>68</x:v>
       </x:c>
     </x:row>
     <x:row r="70" spans="1:21">
       <x:c r="A70" s="13" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="B70" s="14" t="s">
         <x:v>168</x:v>
       </x:c>
       <x:c r="C70" s="15" t="n">
         <x:v>38691</x:v>
       </x:c>
       <x:c r="D70" s="15" t="s"/>
       <x:c r="E70" s="14" t="s"/>
       <x:c r="F70" s="14" t="s"/>
       <x:c r="G70" s="14" t="s">
@@ -6157,51 +6157,51 @@
       <x:c r="J70" s="14" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="K70" s="14" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="L70" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M70" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N70" s="15" t="n">
         <x:v>11406</x:v>
       </x:c>
       <x:c r="O70" s="14" t="s">
         <x:v>167</x:v>
       </x:c>
       <x:c r="P70" s="14" t="s">
         <x:v>95</x:v>
       </x:c>
       <x:c r="Q70" s="16" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="R70" s="14" t="s">
-        <x:v>97</x:v>
+        <x:v>98</x:v>
       </x:c>
       <x:c r="S70" s="14" t="n">
         <x:v>574983</x:v>
       </x:c>
       <x:c r="T70" s="16" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="U70" s="16" t="s">
         <x:v>68</x:v>
       </x:c>
     </x:row>
     <x:row r="71" spans="1:21">
       <x:c r="A71" s="1" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="B71" s="0" t="s">
         <x:v>169</x:v>
       </x:c>
       <x:c r="C71" s="3" t="n">
         <x:v>38691</x:v>
       </x:c>
       <x:c r="D71" s="3" t="s"/>
       <x:c r="G71" s="0" t="s">
         <x:v>91</x:v>
       </x:c>
@@ -6214,51 +6214,51 @@
       <x:c r="J71" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="K71" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="L71" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M71" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N71" s="3" t="n">
         <x:v>11406</x:v>
       </x:c>
       <x:c r="O71" s="0" t="s">
         <x:v>167</x:v>
       </x:c>
       <x:c r="P71" s="0" t="s">
         <x:v>95</x:v>
       </x:c>
       <x:c r="Q71" s="4" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="R71" s="0" t="s">
-        <x:v>98</x:v>
+        <x:v>97</x:v>
       </x:c>
       <x:c r="S71" s="0" t="n">
         <x:v>581569</x:v>
       </x:c>
       <x:c r="T71" s="4" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="U71" s="4" t="s">
         <x:v>68</x:v>
       </x:c>
     </x:row>
     <x:row r="72" spans="1:21">
       <x:c r="A72" s="13" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="B72" s="14" t="s">
         <x:v>170</x:v>
       </x:c>
       <x:c r="C72" s="15" t="n">
         <x:v>38691</x:v>
       </x:c>
       <x:c r="D72" s="15" t="s"/>
       <x:c r="E72" s="14" t="s"/>
       <x:c r="F72" s="14" t="s"/>
       <x:c r="G72" s="14" t="s">
@@ -6384,51 +6384,51 @@
       <x:c r="J74" s="14" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="K74" s="14" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="L74" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M74" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N74" s="15" t="n">
         <x:v>21543</x:v>
       </x:c>
       <x:c r="O74" s="14" t="s">
         <x:v>172</x:v>
       </x:c>
       <x:c r="P74" s="14" t="s">
         <x:v>95</x:v>
       </x:c>
       <x:c r="Q74" s="16" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="R74" s="14" t="s">
-        <x:v>98</x:v>
+        <x:v>97</x:v>
       </x:c>
       <x:c r="S74" s="14" t="n">
         <x:v>574981</x:v>
       </x:c>
       <x:c r="T74" s="16" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="U74" s="16" t="s">
         <x:v>68</x:v>
       </x:c>
     </x:row>
     <x:row r="75" spans="1:21">
       <x:c r="A75" s="1" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="B75" s="0" t="s">
         <x:v>173</x:v>
       </x:c>
       <x:c r="C75" s="3" t="n">
         <x:v>38969</x:v>
       </x:c>
       <x:c r="D75" s="3" t="s"/>
       <x:c r="G75" s="0" t="s">
         <x:v>91</x:v>
       </x:c>
@@ -6441,51 +6441,51 @@
       <x:c r="J75" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="K75" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="L75" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M75" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N75" s="3" t="n">
         <x:v>21543</x:v>
       </x:c>
       <x:c r="O75" s="0" t="s">
         <x:v>172</x:v>
       </x:c>
       <x:c r="P75" s="0" t="s">
         <x:v>95</x:v>
       </x:c>
       <x:c r="Q75" s="4" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="R75" s="0" t="s">
-        <x:v>98</x:v>
+        <x:v>97</x:v>
       </x:c>
       <x:c r="S75" s="0" t="n">
         <x:v>574980</x:v>
       </x:c>
       <x:c r="T75" s="4" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="U75" s="4" t="s">
         <x:v>68</x:v>
       </x:c>
     </x:row>
     <x:row r="76" spans="1:21">
       <x:c r="A76" s="13" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="B76" s="14" t="s">
         <x:v>174</x:v>
       </x:c>
       <x:c r="C76" s="15" t="n">
         <x:v>38969</x:v>
       </x:c>
       <x:c r="D76" s="15" t="s"/>
       <x:c r="E76" s="14" t="s"/>
       <x:c r="F76" s="14" t="s"/>
       <x:c r="G76" s="14" t="s">
@@ -6500,51 +6500,51 @@
       <x:c r="J76" s="14" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="K76" s="14" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="L76" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M76" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N76" s="15" t="n">
         <x:v>21543</x:v>
       </x:c>
       <x:c r="O76" s="14" t="s">
         <x:v>172</x:v>
       </x:c>
       <x:c r="P76" s="14" t="s">
         <x:v>95</x:v>
       </x:c>
       <x:c r="Q76" s="16" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="R76" s="14" t="s">
-        <x:v>98</x:v>
+        <x:v>97</x:v>
       </x:c>
       <x:c r="S76" s="14" t="n">
         <x:v>581568</x:v>
       </x:c>
       <x:c r="T76" s="16" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="U76" s="16" t="s">
         <x:v>68</x:v>
       </x:c>
     </x:row>
     <x:row r="77" spans="1:21">
       <x:c r="A77" s="1" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="B77" s="0" t="s">
         <x:v>175</x:v>
       </x:c>
       <x:c r="C77" s="3" t="n">
         <x:v>38969</x:v>
       </x:c>
       <x:c r="D77" s="3" t="s"/>
       <x:c r="G77" s="0" t="s">
         <x:v>101</x:v>
       </x:c>
@@ -6613,51 +6613,51 @@
       <x:c r="J78" s="14" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="K78" s="14" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="L78" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M78" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N78" s="15" t="n">
         <x:v>23554</x:v>
       </x:c>
       <x:c r="O78" s="14" t="s">
         <x:v>177</x:v>
       </x:c>
       <x:c r="P78" s="14" t="s">
         <x:v>95</x:v>
       </x:c>
       <x:c r="Q78" s="16" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="R78" s="14" t="s">
-        <x:v>97</x:v>
+        <x:v>98</x:v>
       </x:c>
       <x:c r="S78" s="14" t="n">
         <x:v>574979</x:v>
       </x:c>
       <x:c r="T78" s="16" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="U78" s="16" t="s">
         <x:v>68</x:v>
       </x:c>
     </x:row>
     <x:row r="79" spans="1:21">
       <x:c r="A79" s="1" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="B79" s="0" t="s">
         <x:v>178</x:v>
       </x:c>
       <x:c r="C79" s="3" t="n">
         <x:v>38682</x:v>
       </x:c>
       <x:c r="D79" s="3" t="s"/>
       <x:c r="G79" s="0" t="s">
         <x:v>91</x:v>
       </x:c>
@@ -6670,51 +6670,51 @@
       <x:c r="J79" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="K79" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="L79" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M79" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N79" s="3" t="n">
         <x:v>23554</x:v>
       </x:c>
       <x:c r="O79" s="0" t="s">
         <x:v>177</x:v>
       </x:c>
       <x:c r="P79" s="0" t="s">
         <x:v>95</x:v>
       </x:c>
       <x:c r="Q79" s="4" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="R79" s="0" t="s">
-        <x:v>97</x:v>
+        <x:v>98</x:v>
       </x:c>
       <x:c r="S79" s="0" t="n">
         <x:v>574978</x:v>
       </x:c>
       <x:c r="T79" s="4" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="U79" s="4" t="s">
         <x:v>68</x:v>
       </x:c>
     </x:row>
     <x:row r="80" spans="1:21">
       <x:c r="A80" s="13" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="B80" s="14" t="s">
         <x:v>179</x:v>
       </x:c>
       <x:c r="C80" s="15" t="n">
         <x:v>38682</x:v>
       </x:c>
       <x:c r="D80" s="15" t="s"/>
       <x:c r="E80" s="14" t="s"/>
       <x:c r="F80" s="14" t="s"/>
       <x:c r="G80" s="14" t="s">
@@ -6729,51 +6729,51 @@
       <x:c r="J80" s="14" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="K80" s="14" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="L80" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M80" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N80" s="15" t="n">
         <x:v>23554</x:v>
       </x:c>
       <x:c r="O80" s="14" t="s">
         <x:v>177</x:v>
       </x:c>
       <x:c r="P80" s="14" t="s">
         <x:v>95</x:v>
       </x:c>
       <x:c r="Q80" s="16" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="R80" s="14" t="s">
-        <x:v>98</x:v>
+        <x:v>97</x:v>
       </x:c>
       <x:c r="S80" s="14" t="n">
         <x:v>581567</x:v>
       </x:c>
       <x:c r="T80" s="16" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="U80" s="16" t="s">
         <x:v>68</x:v>
       </x:c>
     </x:row>
     <x:row r="81" spans="1:21">
       <x:c r="A81" s="1" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="B81" s="0" t="s">
         <x:v>180</x:v>
       </x:c>
       <x:c r="C81" s="3" t="n">
         <x:v>38682</x:v>
       </x:c>
       <x:c r="D81" s="3" t="s"/>
       <x:c r="G81" s="0" t="s">
         <x:v>91</x:v>
       </x:c>
@@ -6786,51 +6786,51 @@
       <x:c r="J81" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="K81" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="L81" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M81" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N81" s="3" t="n">
         <x:v>23554</x:v>
       </x:c>
       <x:c r="O81" s="0" t="s">
         <x:v>177</x:v>
       </x:c>
       <x:c r="P81" s="0" t="s">
         <x:v>95</x:v>
       </x:c>
       <x:c r="Q81" s="4" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="R81" s="0" t="s">
-        <x:v>97</x:v>
+        <x:v>98</x:v>
       </x:c>
       <x:c r="S81" s="0" t="n">
         <x:v>574976</x:v>
       </x:c>
       <x:c r="T81" s="4" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="U81" s="4" t="s">
         <x:v>68</x:v>
       </x:c>
     </x:row>
     <x:row r="82" spans="1:21">
       <x:c r="A82" s="13" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="B82" s="14" t="s">
         <x:v>181</x:v>
       </x:c>
       <x:c r="C82" s="15" t="n">
         <x:v>38682</x:v>
       </x:c>
       <x:c r="D82" s="15" t="s"/>
       <x:c r="E82" s="14" t="s"/>
       <x:c r="F82" s="14" t="s"/>
       <x:c r="G82" s="14" t="s">
@@ -6954,51 +6954,51 @@
       <x:c r="J84" s="14" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="K84" s="14" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="L84" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M84" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N84" s="15" t="n">
         <x:v>23554</x:v>
       </x:c>
       <x:c r="O84" s="14" t="s">
         <x:v>177</x:v>
       </x:c>
       <x:c r="P84" s="14" t="s">
         <x:v>103</x:v>
       </x:c>
       <x:c r="Q84" s="16" t="s">
         <x:v>104</x:v>
       </x:c>
       <x:c r="R84" s="14" t="s">
-        <x:v>97</x:v>
+        <x:v>98</x:v>
       </x:c>
       <x:c r="S84" s="14" t="n">
         <x:v>591873</x:v>
       </x:c>
       <x:c r="T84" s="16" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="U84" s="16" t="s">
         <x:v>105</x:v>
       </x:c>
     </x:row>
     <x:row r="85" spans="1:21">
       <x:c r="A85" s="1" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="B85" s="0" t="s">
         <x:v>182</x:v>
       </x:c>
       <x:c r="C85" s="3" t="n">
         <x:v>39416</x:v>
       </x:c>
       <x:c r="D85" s="3" t="s"/>
       <x:c r="G85" s="0" t="s">
         <x:v>91</x:v>
       </x:c>
@@ -7243,51 +7243,51 @@
       <x:c r="J89" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="K89" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="L89" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M89" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N89" s="3" t="n">
         <x:v>11040</x:v>
       </x:c>
       <x:c r="O89" s="0" t="s">
         <x:v>183</x:v>
       </x:c>
       <x:c r="P89" s="0" t="s">
         <x:v>95</x:v>
       </x:c>
       <x:c r="Q89" s="4" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="R89" s="0" t="s">
-        <x:v>98</x:v>
+        <x:v>97</x:v>
       </x:c>
       <x:c r="S89" s="0" t="n">
         <x:v>574969</x:v>
       </x:c>
       <x:c r="T89" s="4" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="U89" s="4" t="s">
         <x:v>68</x:v>
       </x:c>
     </x:row>
     <x:row r="90" spans="1:21">
       <x:c r="A90" s="13" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="B90" s="14" t="s">
         <x:v>187</x:v>
       </x:c>
       <x:c r="C90" s="15" t="n">
         <x:v>39416</x:v>
       </x:c>
       <x:c r="D90" s="15" t="s"/>
       <x:c r="E90" s="14" t="s"/>
       <x:c r="F90" s="14" t="s"/>
       <x:c r="G90" s="14" t="s">
@@ -7467,51 +7467,51 @@
       <x:c r="J93" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="K93" s="0" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="L93" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M93" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N93" s="3" t="n">
         <x:v>11040</x:v>
       </x:c>
       <x:c r="O93" s="0" t="s">
         <x:v>183</x:v>
       </x:c>
       <x:c r="P93" s="0" t="s">
         <x:v>103</x:v>
       </x:c>
       <x:c r="Q93" s="4" t="s">
         <x:v>104</x:v>
       </x:c>
       <x:c r="R93" s="0" t="s">
-        <x:v>97</x:v>
+        <x:v>98</x:v>
       </x:c>
       <x:c r="S93" s="0" t="n">
         <x:v>592121</x:v>
       </x:c>
       <x:c r="T93" s="4" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="U93" s="4" t="s">
         <x:v>105</x:v>
       </x:c>
     </x:row>
     <x:row r="94" spans="1:21">
       <x:c r="A94" s="13" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="B94" s="14" t="s">
         <x:v>190</x:v>
       </x:c>
       <x:c r="C94" s="15" t="n">
         <x:v>39416</x:v>
       </x:c>
       <x:c r="D94" s="15" t="s"/>
       <x:c r="E94" s="14" t="s"/>
       <x:c r="F94" s="14" t="s"/>
       <x:c r="G94" s="14" t="s">
@@ -7526,51 +7526,51 @@
       <x:c r="J94" s="14" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="K94" s="14" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="L94" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M94" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N94" s="15" t="n">
         <x:v>11040</x:v>
       </x:c>
       <x:c r="O94" s="14" t="s">
         <x:v>183</x:v>
       </x:c>
       <x:c r="P94" s="14" t="s">
         <x:v>95</x:v>
       </x:c>
       <x:c r="Q94" s="16" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="R94" s="14" t="s">
-        <x:v>98</x:v>
+        <x:v>97</x:v>
       </x:c>
       <x:c r="S94" s="14" t="n">
         <x:v>581566</x:v>
       </x:c>
       <x:c r="T94" s="16" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="U94" s="16" t="s">
         <x:v>68</x:v>
       </x:c>
     </x:row>
     <x:row r="95" spans="1:21">
       <x:c r="A95" s="1" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="B95" s="0" t="s">
         <x:v>189</x:v>
       </x:c>
       <x:c r="C95" s="3" t="n">
         <x:v>39416</x:v>
       </x:c>
       <x:c r="D95" s="3" t="s"/>
       <x:c r="G95" s="0" t="s">
         <x:v>191</x:v>
       </x:c>
@@ -7980,51 +7980,51 @@
       <x:c r="J102" s="14" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="K102" s="14" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="L102" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M102" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N102" s="15" t="n">
         <x:v>11036</x:v>
       </x:c>
       <x:c r="O102" s="14" t="s">
         <x:v>199</x:v>
       </x:c>
       <x:c r="P102" s="14" t="s">
         <x:v>95</x:v>
       </x:c>
       <x:c r="Q102" s="16" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="R102" s="14" t="s">
-        <x:v>98</x:v>
+        <x:v>97</x:v>
       </x:c>
       <x:c r="S102" s="14" t="n">
         <x:v>581565</x:v>
       </x:c>
       <x:c r="T102" s="16" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="U102" s="16" t="s">
         <x:v>68</x:v>
       </x:c>
     </x:row>
     <x:row r="103" spans="1:21">
       <x:c r="A103" s="1" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="B103" s="0" t="s">
         <x:v>203</x:v>
       </x:c>
       <x:c r="C103" s="3" t="n">
         <x:v>39493</x:v>
       </x:c>
       <x:c r="D103" s="3" t="s"/>
       <x:c r="G103" s="0" t="s">
         <x:v>108</x:v>
       </x:c>
@@ -8489,51 +8489,51 @@
       <x:c r="J111" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="K111" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="L111" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M111" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N111" s="3" t="n">
         <x:v>11414</x:v>
       </x:c>
       <x:c r="O111" s="0" t="s">
         <x:v>215</x:v>
       </x:c>
       <x:c r="P111" s="0" t="s">
         <x:v>95</x:v>
       </x:c>
       <x:c r="Q111" s="4" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="R111" s="0" t="s">
-        <x:v>97</x:v>
+        <x:v>98</x:v>
       </x:c>
       <x:c r="S111" s="0" t="n">
         <x:v>574964</x:v>
       </x:c>
       <x:c r="T111" s="4" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="U111" s="4" t="s">
         <x:v>68</x:v>
       </x:c>
     </x:row>
     <x:row r="112" spans="1:21">
       <x:c r="A112" s="13" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="B112" s="14" t="s">
         <x:v>216</x:v>
       </x:c>
       <x:c r="C112" s="15" t="n">
         <x:v>38684</x:v>
       </x:c>
       <x:c r="D112" s="15" t="s"/>
       <x:c r="E112" s="14" t="s"/>
       <x:c r="F112" s="14" t="s"/>
       <x:c r="G112" s="14" t="s">
@@ -8548,51 +8548,51 @@
       <x:c r="J112" s="14" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="K112" s="14" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="L112" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M112" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N112" s="15" t="n">
         <x:v>11414</x:v>
       </x:c>
       <x:c r="O112" s="14" t="s">
         <x:v>215</x:v>
       </x:c>
       <x:c r="P112" s="14" t="s">
         <x:v>95</x:v>
       </x:c>
       <x:c r="Q112" s="16" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="R112" s="14" t="s">
-        <x:v>97</x:v>
+        <x:v>98</x:v>
       </x:c>
       <x:c r="S112" s="14" t="n">
         <x:v>574963</x:v>
       </x:c>
       <x:c r="T112" s="16" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="U112" s="16" t="s">
         <x:v>68</x:v>
       </x:c>
     </x:row>
     <x:row r="113" spans="1:21">
       <x:c r="A113" s="1" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="B113" s="0" t="s">
         <x:v>217</x:v>
       </x:c>
       <x:c r="C113" s="3" t="n">
         <x:v>38684</x:v>
       </x:c>
       <x:c r="D113" s="3" t="s"/>
       <x:c r="G113" s="0" t="s">
         <x:v>91</x:v>
       </x:c>
@@ -8605,51 +8605,51 @@
       <x:c r="J113" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="K113" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="L113" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M113" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N113" s="3" t="n">
         <x:v>11414</x:v>
       </x:c>
       <x:c r="O113" s="0" t="s">
         <x:v>215</x:v>
       </x:c>
       <x:c r="P113" s="0" t="s">
         <x:v>95</x:v>
       </x:c>
       <x:c r="Q113" s="4" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="R113" s="0" t="s">
-        <x:v>97</x:v>
+        <x:v>98</x:v>
       </x:c>
       <x:c r="S113" s="0" t="n">
         <x:v>574962</x:v>
       </x:c>
       <x:c r="T113" s="4" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="U113" s="4" t="s">
         <x:v>68</x:v>
       </x:c>
     </x:row>
     <x:row r="114" spans="1:21">
       <x:c r="A114" s="13" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="B114" s="14" t="s">
         <x:v>218</x:v>
       </x:c>
       <x:c r="C114" s="15" t="n">
         <x:v>38684</x:v>
       </x:c>
       <x:c r="D114" s="15" t="s"/>
       <x:c r="E114" s="14" t="s"/>
       <x:c r="F114" s="14" t="s"/>
       <x:c r="G114" s="14" t="s">
@@ -8664,51 +8664,51 @@
       <x:c r="J114" s="14" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="K114" s="14" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="L114" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M114" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N114" s="15" t="n">
         <x:v>11414</x:v>
       </x:c>
       <x:c r="O114" s="14" t="s">
         <x:v>215</x:v>
       </x:c>
       <x:c r="P114" s="14" t="s">
         <x:v>95</x:v>
       </x:c>
       <x:c r="Q114" s="16" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="R114" s="14" t="s">
-        <x:v>98</x:v>
+        <x:v>97</x:v>
       </x:c>
       <x:c r="S114" s="14" t="n">
         <x:v>581563</x:v>
       </x:c>
       <x:c r="T114" s="16" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="U114" s="16" t="s">
         <x:v>68</x:v>
       </x:c>
     </x:row>
     <x:row r="115" spans="1:21">
       <x:c r="A115" s="1" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="B115" s="0" t="s">
         <x:v>219</x:v>
       </x:c>
       <x:c r="C115" s="3" t="n">
         <x:v>38684</x:v>
       </x:c>
       <x:c r="D115" s="3" t="s"/>
       <x:c r="G115" s="0" t="s">
         <x:v>91</x:v>
       </x:c>
@@ -8721,51 +8721,51 @@
       <x:c r="J115" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="K115" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="L115" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M115" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N115" s="3" t="n">
         <x:v>11414</x:v>
       </x:c>
       <x:c r="O115" s="0" t="s">
         <x:v>215</x:v>
       </x:c>
       <x:c r="P115" s="0" t="s">
         <x:v>95</x:v>
       </x:c>
       <x:c r="Q115" s="4" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="R115" s="0" t="s">
-        <x:v>97</x:v>
+        <x:v>98</x:v>
       </x:c>
       <x:c r="S115" s="0" t="n">
         <x:v>577647</x:v>
       </x:c>
       <x:c r="T115" s="4" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="U115" s="4" t="s">
         <x:v>68</x:v>
       </x:c>
     </x:row>
     <x:row r="116" spans="1:21">
       <x:c r="A116" s="13" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="B116" s="14" t="s">
         <x:v>220</x:v>
       </x:c>
       <x:c r="C116" s="15" t="n">
         <x:v>38684</x:v>
       </x:c>
       <x:c r="D116" s="15" t="s"/>
       <x:c r="E116" s="14" t="s"/>
       <x:c r="F116" s="14" t="s"/>
       <x:c r="G116" s="14" t="s">
@@ -8775,552 +8775,554 @@
       <x:c r="I116" s="16" t="s">
         <x:v>102</x:v>
       </x:c>
       <x:c r="J116" s="14" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="K116" s="14" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="L116" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M116" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N116" s="15" t="n">
         <x:v>11414</x:v>
       </x:c>
       <x:c r="O116" s="14" t="s">
         <x:v>215</x:v>
       </x:c>
       <x:c r="P116" s="14" t="s">
         <x:v>103</x:v>
       </x:c>
       <x:c r="Q116" s="16" t="s">
-        <x:v>79</x:v>
+        <x:v>106</x:v>
       </x:c>
       <x:c r="R116" s="14" t="s">
-        <x:v>81</x:v>
+        <x:v>107</x:v>
       </x:c>
       <x:c r="S116" s="14" t="n">
-        <x:v>591878</x:v>
+        <x:v>591880</x:v>
       </x:c>
       <x:c r="T116" s="16" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="U116" s="16" t="s">
         <x:v>105</x:v>
       </x:c>
     </x:row>
     <x:row r="117" spans="1:21">
       <x:c r="A117" s="1" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="B117" s="0" t="s">
         <x:v>220</x:v>
       </x:c>
       <x:c r="C117" s="3" t="n">
         <x:v>38684</x:v>
       </x:c>
       <x:c r="D117" s="3" t="s"/>
       <x:c r="G117" s="0" t="s">
         <x:v>101</x:v>
       </x:c>
       <x:c r="I117" s="4" t="s">
         <x:v>102</x:v>
       </x:c>
       <x:c r="J117" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="K117" s="0" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="L117" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M117" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N117" s="3" t="n">
         <x:v>11414</x:v>
       </x:c>
       <x:c r="O117" s="0" t="s">
         <x:v>215</x:v>
       </x:c>
       <x:c r="P117" s="0" t="s">
-        <x:v>101</x:v>
+        <x:v>103</x:v>
       </x:c>
       <x:c r="Q117" s="4" t="s">
-        <x:v>102</x:v>
+        <x:v>79</x:v>
       </x:c>
       <x:c r="R117" s="0" t="s">
-        <x:v>221</x:v>
+        <x:v>81</x:v>
       </x:c>
       <x:c r="S117" s="0" t="n">
-        <x:v>591879</x:v>
+        <x:v>591878</x:v>
       </x:c>
       <x:c r="T117" s="4" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="U117" s="4" t="s">
         <x:v>105</x:v>
       </x:c>
     </x:row>
     <x:row r="118" spans="1:21">
       <x:c r="A118" s="13" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="B118" s="14" t="s">
         <x:v>220</x:v>
       </x:c>
       <x:c r="C118" s="15" t="n">
         <x:v>38684</x:v>
       </x:c>
       <x:c r="D118" s="15" t="s"/>
       <x:c r="E118" s="14" t="s"/>
       <x:c r="F118" s="14" t="s"/>
       <x:c r="G118" s="14" t="s">
         <x:v>101</x:v>
       </x:c>
       <x:c r="H118" s="14" t="s"/>
       <x:c r="I118" s="16" t="s">
         <x:v>102</x:v>
       </x:c>
       <x:c r="J118" s="14" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="K118" s="14" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="L118" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M118" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N118" s="15" t="n">
         <x:v>11414</x:v>
       </x:c>
       <x:c r="O118" s="14" t="s">
         <x:v>215</x:v>
       </x:c>
       <x:c r="P118" s="14" t="s">
-        <x:v>103</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="Q118" s="16" t="s">
-        <x:v>106</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="R118" s="14" t="s">
-        <x:v>107</x:v>
+        <x:v>221</x:v>
       </x:c>
       <x:c r="S118" s="14" t="n">
-        <x:v>591880</x:v>
+        <x:v>591879</x:v>
       </x:c>
       <x:c r="T118" s="16" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="U118" s="16" t="s">
         <x:v>105</x:v>
       </x:c>
     </x:row>
     <x:row r="119" spans="1:21">
       <x:c r="A119" s="1" t="s">
-        <x:v>70</x:v>
+        <x:v>222</x:v>
       </x:c>
       <x:c r="B119" s="0" t="s">
-        <x:v>222</x:v>
+        <x:v>223</x:v>
       </x:c>
       <x:c r="C119" s="3" t="n">
         <x:v>38981</x:v>
       </x:c>
       <x:c r="D119" s="3" t="s"/>
       <x:c r="G119" s="0" t="s">
-        <x:v>191</x:v>
+        <x:v>224</x:v>
+      </x:c>
+      <x:c r="H119" s="0" t="s">
+        <x:v>225</x:v>
       </x:c>
       <x:c r="I119" s="4" t="s">
-        <x:v>192</x:v>
+        <x:v>226</x:v>
       </x:c>
       <x:c r="J119" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="K119" s="0" t="s">
-        <x:v>74</x:v>
+        <x:v>56</x:v>
       </x:c>
       <x:c r="L119" s="0" t="s">
-        <x:v>28</x:v>
+        <x:v>125</x:v>
       </x:c>
       <x:c r="M119" s="0" t="s">
-        <x:v>29</x:v>
+        <x:v>152</x:v>
       </x:c>
       <x:c r="N119" s="3" t="n">
         <x:v>24454</x:v>
       </x:c>
       <x:c r="O119" s="0" t="s">
-        <x:v>223</x:v>
+        <x:v>227</x:v>
       </x:c>
       <x:c r="P119" s="0" t="s">
-        <x:v>193</x:v>
+        <x:v>224</x:v>
       </x:c>
       <x:c r="Q119" s="4" t="s">
-        <x:v>194</x:v>
+        <x:v>226</x:v>
       </x:c>
       <x:c r="R119" s="0" t="s">
-        <x:v>195</x:v>
+        <x:v>228</x:v>
       </x:c>
       <x:c r="S119" s="0" t="n">
-        <x:v>591984</x:v>
+        <x:v>578592</x:v>
       </x:c>
       <x:c r="T119" s="4" t="s">
-        <x:v>57</x:v>
+        <x:v>229</x:v>
       </x:c>
       <x:c r="U119" s="4" t="s">
-        <x:v>105</x:v>
+        <x:v>230</x:v>
       </x:c>
     </x:row>
     <x:row r="120" spans="1:21">
       <x:c r="A120" s="13" t="s">
-        <x:v>224</x:v>
+        <x:v>70</x:v>
       </x:c>
       <x:c r="B120" s="14" t="s">
-        <x:v>225</x:v>
+        <x:v>231</x:v>
       </x:c>
       <x:c r="C120" s="15" t="n">
         <x:v>38981</x:v>
       </x:c>
       <x:c r="D120" s="15" t="s"/>
       <x:c r="E120" s="14" t="s"/>
       <x:c r="F120" s="14" t="s"/>
       <x:c r="G120" s="14" t="s">
-        <x:v>226</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>191</x:v>
+      </x:c>
+      <x:c r="H120" s="14" t="s"/>
       <x:c r="I120" s="16" t="s">
-        <x:v>228</x:v>
+        <x:v>192</x:v>
       </x:c>
       <x:c r="J120" s="14" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="K120" s="14" t="s">
-        <x:v>56</x:v>
+        <x:v>74</x:v>
       </x:c>
       <x:c r="L120" s="14" t="s">
-        <x:v>125</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="M120" s="14" t="s">
-        <x:v>152</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="N120" s="15" t="n">
         <x:v>24454</x:v>
       </x:c>
       <x:c r="O120" s="14" t="s">
-        <x:v>223</x:v>
+        <x:v>227</x:v>
       </x:c>
       <x:c r="P120" s="14" t="s">
-        <x:v>226</x:v>
+        <x:v>193</x:v>
       </x:c>
       <x:c r="Q120" s="16" t="s">
-        <x:v>228</x:v>
+        <x:v>196</x:v>
       </x:c>
       <x:c r="R120" s="14" t="s">
-        <x:v>229</x:v>
+        <x:v>197</x:v>
       </x:c>
       <x:c r="S120" s="14" t="n">
-        <x:v>615681</x:v>
+        <x:v>591983</x:v>
       </x:c>
       <x:c r="T120" s="16" t="s">
-        <x:v>230</x:v>
+        <x:v>57</x:v>
       </x:c>
       <x:c r="U120" s="16" t="s">
-        <x:v>231</x:v>
+        <x:v>58</x:v>
       </x:c>
     </x:row>
     <x:row r="121" spans="1:21">
       <x:c r="A121" s="1" t="s">
-        <x:v>224</x:v>
+        <x:v>54</x:v>
       </x:c>
       <x:c r="B121" s="0" t="s">
-        <x:v>225</x:v>
+        <x:v>232</x:v>
       </x:c>
       <x:c r="C121" s="3" t="n">
         <x:v>38981</x:v>
       </x:c>
       <x:c r="D121" s="3" t="s"/>
       <x:c r="G121" s="0" t="s">
-        <x:v>226</x:v>
+        <x:v>233</x:v>
       </x:c>
       <x:c r="H121" s="0" t="s">
-        <x:v>227</x:v>
+        <x:v>234</x:v>
       </x:c>
       <x:c r="I121" s="4" t="s">
-        <x:v>228</x:v>
+        <x:v>196</x:v>
       </x:c>
       <x:c r="J121" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="K121" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="L121" s="0" t="s">
-        <x:v>125</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="M121" s="0" t="s">
-        <x:v>152</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="N121" s="3" t="n">
         <x:v>24454</x:v>
       </x:c>
       <x:c r="O121" s="0" t="s">
-        <x:v>223</x:v>
+        <x:v>227</x:v>
       </x:c>
       <x:c r="P121" s="0" t="s">
-        <x:v>226</x:v>
+        <x:v>233</x:v>
       </x:c>
       <x:c r="Q121" s="4" t="s">
-        <x:v>228</x:v>
+        <x:v>196</x:v>
       </x:c>
       <x:c r="R121" s="0" t="s">
-        <x:v>229</x:v>
+        <x:v>195</x:v>
       </x:c>
       <x:c r="S121" s="0" t="n">
-        <x:v>578592</x:v>
+        <x:v>587824</x:v>
       </x:c>
       <x:c r="T121" s="4" t="s">
-        <x:v>232</x:v>
+        <x:v>235</x:v>
       </x:c>
       <x:c r="U121" s="4" t="s">
-        <x:v>233</x:v>
+        <x:v>236</x:v>
       </x:c>
     </x:row>
     <x:row r="122" spans="1:21">
       <x:c r="A122" s="13" t="s">
-        <x:v>54</x:v>
+        <x:v>70</x:v>
       </x:c>
       <x:c r="B122" s="14" t="s">
-        <x:v>234</x:v>
+        <x:v>231</x:v>
       </x:c>
       <x:c r="C122" s="15" t="n">
         <x:v>38981</x:v>
       </x:c>
       <x:c r="D122" s="15" t="s"/>
       <x:c r="E122" s="14" t="s"/>
       <x:c r="F122" s="14" t="s"/>
       <x:c r="G122" s="14" t="s">
-        <x:v>226</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>191</x:v>
+      </x:c>
+      <x:c r="H122" s="14" t="s"/>
       <x:c r="I122" s="16" t="s">
-        <x:v>228</x:v>
+        <x:v>192</x:v>
       </x:c>
       <x:c r="J122" s="14" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="K122" s="14" t="s">
-        <x:v>56</x:v>
+        <x:v>74</x:v>
       </x:c>
       <x:c r="L122" s="14" t="s">
-        <x:v>125</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="M122" s="14" t="s">
-        <x:v>152</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="N122" s="15" t="n">
         <x:v>24454</x:v>
       </x:c>
       <x:c r="O122" s="14" t="s">
-        <x:v>223</x:v>
+        <x:v>227</x:v>
       </x:c>
       <x:c r="P122" s="14" t="s">
-        <x:v>226</x:v>
+        <x:v>193</x:v>
       </x:c>
       <x:c r="Q122" s="16" t="s">
-        <x:v>228</x:v>
+        <x:v>194</x:v>
       </x:c>
       <x:c r="R122" s="14" t="s">
-        <x:v>229</x:v>
+        <x:v>195</x:v>
       </x:c>
       <x:c r="S122" s="14" t="n">
-        <x:v>578591</x:v>
+        <x:v>591984</x:v>
       </x:c>
       <x:c r="T122" s="16" t="s">
-        <x:v>232</x:v>
+        <x:v>57</x:v>
       </x:c>
       <x:c r="U122" s="16" t="s">
-        <x:v>233</x:v>
+        <x:v>105</x:v>
       </x:c>
     </x:row>
     <x:row r="123" spans="1:21">
       <x:c r="A123" s="1" t="s">
-        <x:v>70</x:v>
+        <x:v>222</x:v>
       </x:c>
       <x:c r="B123" s="0" t="s">
-        <x:v>222</x:v>
+        <x:v>223</x:v>
       </x:c>
       <x:c r="C123" s="3" t="n">
         <x:v>38981</x:v>
       </x:c>
       <x:c r="D123" s="3" t="s"/>
       <x:c r="G123" s="0" t="s">
-        <x:v>191</x:v>
+        <x:v>224</x:v>
+      </x:c>
+      <x:c r="H123" s="0" t="s">
+        <x:v>225</x:v>
       </x:c>
       <x:c r="I123" s="4" t="s">
-        <x:v>192</x:v>
+        <x:v>226</x:v>
       </x:c>
       <x:c r="J123" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="K123" s="0" t="s">
-        <x:v>74</x:v>
+        <x:v>56</x:v>
       </x:c>
       <x:c r="L123" s="0" t="s">
-        <x:v>28</x:v>
+        <x:v>125</x:v>
       </x:c>
       <x:c r="M123" s="0" t="s">
-        <x:v>29</x:v>
+        <x:v>152</x:v>
       </x:c>
       <x:c r="N123" s="3" t="n">
         <x:v>24454</x:v>
       </x:c>
       <x:c r="O123" s="0" t="s">
-        <x:v>223</x:v>
+        <x:v>227</x:v>
       </x:c>
       <x:c r="P123" s="0" t="s">
-        <x:v>193</x:v>
+        <x:v>224</x:v>
       </x:c>
       <x:c r="Q123" s="4" t="s">
-        <x:v>196</x:v>
+        <x:v>226</x:v>
       </x:c>
       <x:c r="R123" s="0" t="s">
-        <x:v>197</x:v>
+        <x:v>228</x:v>
       </x:c>
       <x:c r="S123" s="0" t="n">
-        <x:v>591983</x:v>
+        <x:v>615681</x:v>
       </x:c>
       <x:c r="T123" s="4" t="s">
-        <x:v>57</x:v>
+        <x:v>237</x:v>
       </x:c>
       <x:c r="U123" s="4" t="s">
-        <x:v>58</x:v>
+        <x:v>238</x:v>
       </x:c>
     </x:row>
     <x:row r="124" spans="1:21">
       <x:c r="A124" s="13" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="B124" s="14" t="s">
-        <x:v>234</x:v>
+        <x:v>232</x:v>
       </x:c>
       <x:c r="C124" s="15" t="n">
         <x:v>38981</x:v>
       </x:c>
       <x:c r="D124" s="15" t="s"/>
       <x:c r="E124" s="14" t="s"/>
       <x:c r="F124" s="14" t="s"/>
       <x:c r="G124" s="14" t="s">
-        <x:v>235</x:v>
+        <x:v>224</x:v>
       </x:c>
       <x:c r="H124" s="14" t="s">
-        <x:v>236</x:v>
+        <x:v>225</x:v>
       </x:c>
       <x:c r="I124" s="16" t="s">
-        <x:v>196</x:v>
+        <x:v>226</x:v>
       </x:c>
       <x:c r="J124" s="14" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="K124" s="14" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="L124" s="14" t="s">
-        <x:v>28</x:v>
+        <x:v>125</x:v>
       </x:c>
       <x:c r="M124" s="14" t="s">
-        <x:v>29</x:v>
+        <x:v>152</x:v>
       </x:c>
       <x:c r="N124" s="15" t="n">
         <x:v>24454</x:v>
       </x:c>
       <x:c r="O124" s="14" t="s">
-        <x:v>223</x:v>
+        <x:v>227</x:v>
       </x:c>
       <x:c r="P124" s="14" t="s">
-        <x:v>235</x:v>
+        <x:v>224</x:v>
       </x:c>
       <x:c r="Q124" s="16" t="s">
-        <x:v>196</x:v>
+        <x:v>226</x:v>
       </x:c>
       <x:c r="R124" s="14" t="s">
-        <x:v>195</x:v>
+        <x:v>228</x:v>
       </x:c>
       <x:c r="S124" s="14" t="n">
-        <x:v>587824</x:v>
+        <x:v>578591</x:v>
       </x:c>
       <x:c r="T124" s="16" t="s">
-        <x:v>237</x:v>
+        <x:v>229</x:v>
       </x:c>
       <x:c r="U124" s="16" t="s">
-        <x:v>238</x:v>
+        <x:v>230</x:v>
       </x:c>
     </x:row>
     <x:row r="125" spans="1:21">
       <x:c r="A125" s="1" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="B125" s="0" t="s">
-        <x:v>222</x:v>
+        <x:v>231</x:v>
       </x:c>
       <x:c r="C125" s="3" t="n">
         <x:v>38981</x:v>
       </x:c>
       <x:c r="D125" s="3" t="s"/>
       <x:c r="G125" s="0" t="s">
         <x:v>108</x:v>
       </x:c>
       <x:c r="I125" s="4" t="s">
         <x:v>109</x:v>
       </x:c>
       <x:c r="J125" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="K125" s="0" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="L125" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M125" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N125" s="3" t="n">
         <x:v>24454</x:v>
       </x:c>
       <x:c r="O125" s="0" t="s">
-        <x:v>223</x:v>
+        <x:v>227</x:v>
       </x:c>
       <x:c r="P125" s="0" t="s">
         <x:v>108</x:v>
       </x:c>
       <x:c r="Q125" s="4" t="s">
         <x:v>109</x:v>
       </x:c>
       <x:c r="R125" s="0" t="s">
         <x:v>110</x:v>
       </x:c>
       <x:c r="S125" s="0" t="n">
         <x:v>591982</x:v>
       </x:c>
       <x:c r="T125" s="4" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="U125" s="4" t="s">
         <x:v>105</x:v>
       </x:c>
     </x:row>
     <x:row r="126" spans="1:21">
       <x:c r="A126" s="13" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="B126" s="14" t="s">
@@ -9574,164 +9576,164 @@
       <x:c r="K130" s="14" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="L130" s="14" t="s">
         <x:v>125</x:v>
       </x:c>
       <x:c r="M130" s="14" t="s">
         <x:v>156</x:v>
       </x:c>
       <x:c r="N130" s="15" t="n">
         <x:v>31407</x:v>
       </x:c>
       <x:c r="O130" s="14" t="s">
         <x:v>240</x:v>
       </x:c>
       <x:c r="P130" s="14" t="s">
         <x:v>118</x:v>
       </x:c>
       <x:c r="Q130" s="16" t="s">
         <x:v>124</x:v>
       </x:c>
       <x:c r="R130" s="14" t="s">
         <x:v>121</x:v>
       </x:c>
       <x:c r="S130" s="14" t="n">
-        <x:v>540578</x:v>
+        <x:v>591171</x:v>
       </x:c>
       <x:c r="T130" s="16" t="s">
         <x:v>245</x:v>
       </x:c>
       <x:c r="U130" s="16" t="s">
-        <x:v>188</x:v>
+        <x:v>68</x:v>
       </x:c>
     </x:row>
     <x:row r="131" spans="1:21">
       <x:c r="A131" s="1" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="B131" s="0" t="s">
         <x:v>244</x:v>
       </x:c>
       <x:c r="C131" s="3" t="n">
         <x:v>39433</x:v>
       </x:c>
       <x:c r="D131" s="3" t="s"/>
       <x:c r="G131" s="0" t="s">
         <x:v>118</x:v>
       </x:c>
       <x:c r="H131" s="0" t="s">
         <x:v>123</x:v>
       </x:c>
       <x:c r="I131" s="4" t="s">
         <x:v>124</x:v>
       </x:c>
       <x:c r="J131" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="K131" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="L131" s="0" t="s">
         <x:v>125</x:v>
       </x:c>
       <x:c r="M131" s="0" t="s">
         <x:v>156</x:v>
       </x:c>
       <x:c r="N131" s="3" t="n">
         <x:v>31407</x:v>
       </x:c>
       <x:c r="O131" s="0" t="s">
         <x:v>240</x:v>
       </x:c>
       <x:c r="P131" s="0" t="s">
         <x:v>118</x:v>
       </x:c>
       <x:c r="Q131" s="4" t="s">
         <x:v>124</x:v>
       </x:c>
       <x:c r="R131" s="0" t="s">
         <x:v>121</x:v>
       </x:c>
       <x:c r="S131" s="0" t="n">
-        <x:v>591171</x:v>
+        <x:v>540578</x:v>
       </x:c>
       <x:c r="T131" s="4" t="s">
         <x:v>246</x:v>
       </x:c>
       <x:c r="U131" s="4" t="s">
-        <x:v>68</x:v>
+        <x:v>188</x:v>
       </x:c>
     </x:row>
     <x:row r="132" spans="1:21">
       <x:c r="A132" s="13" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="B132" s="14" t="s">
         <x:v>247</x:v>
       </x:c>
       <x:c r="C132" s="15" t="n">
         <x:v>39508</x:v>
       </x:c>
       <x:c r="D132" s="15" t="s"/>
       <x:c r="E132" s="14" t="s"/>
       <x:c r="F132" s="14" t="s"/>
       <x:c r="G132" s="14" t="s">
         <x:v>91</x:v>
       </x:c>
       <x:c r="H132" s="14" t="s">
         <x:v>92</x:v>
       </x:c>
       <x:c r="I132" s="16" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="J132" s="14" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="K132" s="14" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="L132" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M132" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N132" s="15" t="n">
         <x:v>12058</x:v>
       </x:c>
       <x:c r="O132" s="14" t="s">
         <x:v>248</x:v>
       </x:c>
       <x:c r="P132" s="14" t="s">
         <x:v>95</x:v>
       </x:c>
       <x:c r="Q132" s="16" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="R132" s="14" t="s">
-        <x:v>98</x:v>
+        <x:v>97</x:v>
       </x:c>
       <x:c r="S132" s="14" t="n">
         <x:v>574951</x:v>
       </x:c>
       <x:c r="T132" s="16" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="U132" s="16" t="s">
         <x:v>68</x:v>
       </x:c>
     </x:row>
     <x:row r="133" spans="1:21">
       <x:c r="A133" s="1" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="B133" s="0" t="s">
         <x:v>249</x:v>
       </x:c>
       <x:c r="C133" s="3" t="n">
         <x:v>39508</x:v>
       </x:c>
       <x:c r="D133" s="3" t="s"/>
       <x:c r="G133" s="0" t="s">
         <x:v>91</x:v>
       </x:c>
@@ -9744,51 +9746,51 @@
       <x:c r="J133" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="K133" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="L133" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M133" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N133" s="3" t="n">
         <x:v>12058</x:v>
       </x:c>
       <x:c r="O133" s="0" t="s">
         <x:v>248</x:v>
       </x:c>
       <x:c r="P133" s="0" t="s">
         <x:v>95</x:v>
       </x:c>
       <x:c r="Q133" s="4" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="R133" s="0" t="s">
-        <x:v>98</x:v>
+        <x:v>97</x:v>
       </x:c>
       <x:c r="S133" s="0" t="n">
         <x:v>581561</x:v>
       </x:c>
       <x:c r="T133" s="4" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="U133" s="4" t="s">
         <x:v>68</x:v>
       </x:c>
     </x:row>
     <x:row r="134" spans="1:21">
       <x:c r="A134" s="13" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="B134" s="14" t="s">
         <x:v>250</x:v>
       </x:c>
       <x:c r="C134" s="15" t="n">
         <x:v>39508</x:v>
       </x:c>
       <x:c r="D134" s="15" t="s"/>
       <x:c r="E134" s="14" t="s"/>
       <x:c r="F134" s="14" t="s"/>
       <x:c r="G134" s="14" t="s">
@@ -9861,159 +9863,159 @@
       <x:c r="L135" s="0" t="s">
         <x:v>125</x:v>
       </x:c>
       <x:c r="M135" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N135" s="3" t="n">
         <x:v>11052</x:v>
       </x:c>
       <x:c r="O135" s="0" t="s">
         <x:v>253</x:v>
       </x:c>
       <x:c r="P135" s="0" t="s">
         <x:v>252</x:v>
       </x:c>
       <x:c r="Q135" s="4" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="R135" s="0" t="s">
         <x:v>254</x:v>
       </x:c>
       <x:c r="S135" s="0" t="n">
         <x:v>597722</x:v>
       </x:c>
       <x:c r="T135" s="4" t="s">
-        <x:v>237</x:v>
+        <x:v>235</x:v>
       </x:c>
       <x:c r="U135" s="4" t="s">
         <x:v>255</x:v>
       </x:c>
     </x:row>
     <x:row r="136" spans="1:21">
       <x:c r="A136" s="13" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="B136" s="14" t="s">
         <x:v>251</x:v>
       </x:c>
       <x:c r="C136" s="15" t="n">
         <x:v>39485</x:v>
       </x:c>
       <x:c r="D136" s="15" t="s"/>
       <x:c r="E136" s="14" t="s"/>
       <x:c r="F136" s="14" t="s"/>
       <x:c r="G136" s="14" t="s">
         <x:v>256</x:v>
       </x:c>
       <x:c r="H136" s="14" t="s"/>
       <x:c r="I136" s="16" t="s">
         <x:v>257</x:v>
       </x:c>
       <x:c r="J136" s="14" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="K136" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L136" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M136" s="14" t="s">
         <x:v>152</x:v>
       </x:c>
       <x:c r="N136" s="15" t="n">
         <x:v>11052</x:v>
       </x:c>
       <x:c r="O136" s="14" t="s">
         <x:v>253</x:v>
       </x:c>
       <x:c r="P136" s="14" t="s">
         <x:v>256</x:v>
       </x:c>
       <x:c r="Q136" s="16" t="s">
         <x:v>257</x:v>
       </x:c>
       <x:c r="R136" s="14" t="s">
-        <x:v>229</x:v>
+        <x:v>228</x:v>
       </x:c>
       <x:c r="S136" s="14" t="n">
         <x:v>578115</x:v>
       </x:c>
       <x:c r="T136" s="16" t="s">
-        <x:v>237</x:v>
+        <x:v>235</x:v>
       </x:c>
       <x:c r="U136" s="16" t="s">
         <x:v>58</x:v>
       </x:c>
     </x:row>
     <x:row r="137" spans="1:21">
       <x:c r="A137" s="1" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="B137" s="0" t="s">
         <x:v>258</x:v>
       </x:c>
       <x:c r="C137" s="3" t="n">
         <x:v>38984</x:v>
       </x:c>
       <x:c r="D137" s="3" t="s"/>
       <x:c r="G137" s="0" t="s">
         <x:v>91</x:v>
       </x:c>
       <x:c r="H137" s="0" t="s">
         <x:v>92</x:v>
       </x:c>
       <x:c r="I137" s="4" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="J137" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="K137" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="L137" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M137" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N137" s="3" t="n">
         <x:v>22024</x:v>
       </x:c>
       <x:c r="O137" s="0" t="s">
         <x:v>259</x:v>
       </x:c>
       <x:c r="P137" s="0" t="s">
         <x:v>95</x:v>
       </x:c>
       <x:c r="Q137" s="4" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="R137" s="0" t="s">
-        <x:v>97</x:v>
+        <x:v>98</x:v>
       </x:c>
       <x:c r="S137" s="0" t="n">
         <x:v>575011</x:v>
       </x:c>
       <x:c r="T137" s="4" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="U137" s="4" t="s">
         <x:v>68</x:v>
       </x:c>
     </x:row>
     <x:row r="138" spans="1:21">
       <x:c r="A138" s="13" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="B138" s="14" t="s">
         <x:v>260</x:v>
       </x:c>
       <x:c r="C138" s="15" t="n">
         <x:v>38984</x:v>
       </x:c>
       <x:c r="D138" s="15" t="s"/>
       <x:c r="E138" s="14" t="s"/>
       <x:c r="F138" s="14" t="s"/>
       <x:c r="G138" s="14" t="s">
@@ -10028,51 +10030,51 @@
       <x:c r="J138" s="14" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="K138" s="14" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="L138" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M138" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N138" s="15" t="n">
         <x:v>22024</x:v>
       </x:c>
       <x:c r="O138" s="14" t="s">
         <x:v>259</x:v>
       </x:c>
       <x:c r="P138" s="14" t="s">
         <x:v>95</x:v>
       </x:c>
       <x:c r="Q138" s="16" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="R138" s="14" t="s">
-        <x:v>97</x:v>
+        <x:v>98</x:v>
       </x:c>
       <x:c r="S138" s="14" t="n">
         <x:v>575010</x:v>
       </x:c>
       <x:c r="T138" s="16" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="U138" s="16" t="s">
         <x:v>68</x:v>
       </x:c>
     </x:row>
     <x:row r="139" spans="1:21">
       <x:c r="A139" s="1" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="B139" s="0" t="s">
         <x:v>261</x:v>
       </x:c>
       <x:c r="C139" s="3" t="n">
         <x:v>38984</x:v>
       </x:c>
       <x:c r="D139" s="3" t="s"/>
       <x:c r="G139" s="0" t="s">
         <x:v>91</x:v>
       </x:c>
@@ -10085,51 +10087,51 @@
       <x:c r="J139" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="K139" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="L139" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M139" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N139" s="3" t="n">
         <x:v>22024</x:v>
       </x:c>
       <x:c r="O139" s="0" t="s">
         <x:v>259</x:v>
       </x:c>
       <x:c r="P139" s="0" t="s">
         <x:v>95</x:v>
       </x:c>
       <x:c r="Q139" s="4" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="R139" s="0" t="s">
-        <x:v>98</x:v>
+        <x:v>97</x:v>
       </x:c>
       <x:c r="S139" s="0" t="n">
         <x:v>581560</x:v>
       </x:c>
       <x:c r="T139" s="4" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="U139" s="4" t="s">
         <x:v>68</x:v>
       </x:c>
     </x:row>
     <x:row r="140" spans="1:21">
       <x:c r="A140" s="13" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="B140" s="14" t="s">
         <x:v>262</x:v>
       </x:c>
       <x:c r="C140" s="15" t="n">
         <x:v>38984</x:v>
       </x:c>
       <x:c r="D140" s="15" t="s"/>
       <x:c r="E140" s="14" t="s"/>
       <x:c r="F140" s="14" t="s"/>
       <x:c r="G140" s="14" t="s">
@@ -10142,51 +10144,51 @@
       <x:c r="J140" s="14" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="K140" s="14" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="L140" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M140" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N140" s="15" t="n">
         <x:v>22024</x:v>
       </x:c>
       <x:c r="O140" s="14" t="s">
         <x:v>259</x:v>
       </x:c>
       <x:c r="P140" s="14" t="s">
         <x:v>103</x:v>
       </x:c>
       <x:c r="Q140" s="16" t="s">
         <x:v>104</x:v>
       </x:c>
       <x:c r="R140" s="14" t="s">
-        <x:v>97</x:v>
+        <x:v>98</x:v>
       </x:c>
       <x:c r="S140" s="14" t="n">
         <x:v>591963</x:v>
       </x:c>
       <x:c r="T140" s="16" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="U140" s="16" t="s">
         <x:v>105</x:v>
       </x:c>
     </x:row>
     <x:row r="141" spans="1:21">
       <x:c r="A141" s="1" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="B141" s="0" t="s">
         <x:v>262</x:v>
       </x:c>
       <x:c r="C141" s="3" t="n">
         <x:v>38984</x:v>
       </x:c>
       <x:c r="D141" s="3" t="s"/>
       <x:c r="G141" s="0" t="s">
         <x:v>101</x:v>
       </x:c>
@@ -10253,51 +10255,51 @@
       <x:c r="J142" s="14" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="K142" s="14" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="L142" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M142" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N142" s="15" t="n">
         <x:v>22024</x:v>
       </x:c>
       <x:c r="O142" s="14" t="s">
         <x:v>259</x:v>
       </x:c>
       <x:c r="P142" s="14" t="s">
         <x:v>103</x:v>
       </x:c>
       <x:c r="Q142" s="16" t="s">
         <x:v>104</x:v>
       </x:c>
       <x:c r="R142" s="14" t="s">
-        <x:v>97</x:v>
+        <x:v>98</x:v>
       </x:c>
       <x:c r="S142" s="14" t="n">
         <x:v>591962</x:v>
       </x:c>
       <x:c r="T142" s="16" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="U142" s="16" t="s">
         <x:v>105</x:v>
       </x:c>
     </x:row>
     <x:row r="143" spans="1:21">
       <x:c r="A143" s="1" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="B143" s="0" t="s">
         <x:v>263</x:v>
       </x:c>
       <x:c r="C143" s="3" t="n">
         <x:v>38179</x:v>
       </x:c>
       <x:c r="D143" s="3" t="s"/>
       <x:c r="G143" s="0" t="s">
         <x:v>91</x:v>
       </x:c>
@@ -10310,51 +10312,51 @@
       <x:c r="J143" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="K143" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="L143" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M143" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N143" s="3" t="n">
         <x:v>11534</x:v>
       </x:c>
       <x:c r="O143" s="0" t="s">
         <x:v>264</x:v>
       </x:c>
       <x:c r="P143" s="0" t="s">
         <x:v>95</x:v>
       </x:c>
       <x:c r="Q143" s="4" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="R143" s="0" t="s">
-        <x:v>97</x:v>
+        <x:v>98</x:v>
       </x:c>
       <x:c r="S143" s="0" t="n">
         <x:v>576162</x:v>
       </x:c>
       <x:c r="T143" s="4" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="U143" s="4" t="s">
         <x:v>68</x:v>
       </x:c>
     </x:row>
     <x:row r="144" spans="1:21">
       <x:c r="A144" s="13" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="B144" s="14" t="s">
         <x:v>265</x:v>
       </x:c>
       <x:c r="C144" s="15" t="n">
         <x:v>38179</x:v>
       </x:c>
       <x:c r="D144" s="15" t="s"/>
       <x:c r="E144" s="14" t="s"/>
       <x:c r="F144" s="14" t="s"/>
       <x:c r="G144" s="14" t="s">
@@ -10369,51 +10371,51 @@
       <x:c r="J144" s="14" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="K144" s="14" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="L144" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M144" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N144" s="15" t="n">
         <x:v>11534</x:v>
       </x:c>
       <x:c r="O144" s="14" t="s">
         <x:v>264</x:v>
       </x:c>
       <x:c r="P144" s="14" t="s">
         <x:v>95</x:v>
       </x:c>
       <x:c r="Q144" s="16" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="R144" s="14" t="s">
-        <x:v>98</x:v>
+        <x:v>97</x:v>
       </x:c>
       <x:c r="S144" s="14" t="n">
         <x:v>581559</x:v>
       </x:c>
       <x:c r="T144" s="16" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="U144" s="16" t="s">
         <x:v>68</x:v>
       </x:c>
     </x:row>
     <x:row r="145" spans="1:21">
       <x:c r="A145" s="1" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="B145" s="0" t="s">
         <x:v>266</x:v>
       </x:c>
       <x:c r="C145" s="3" t="n">
         <x:v>38179</x:v>
       </x:c>
       <x:c r="D145" s="3" t="s"/>
       <x:c r="G145" s="0" t="s">
         <x:v>101</x:v>
       </x:c>
@@ -10650,51 +10652,51 @@
       <x:c r="J149" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="K149" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="L149" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M149" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N149" s="3" t="n">
         <x:v>24354</x:v>
       </x:c>
       <x:c r="O149" s="0" t="s">
         <x:v>276</x:v>
       </x:c>
       <x:c r="P149" s="0" t="s">
         <x:v>95</x:v>
       </x:c>
       <x:c r="Q149" s="4" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="R149" s="0" t="s">
-        <x:v>97</x:v>
+        <x:v>98</x:v>
       </x:c>
       <x:c r="S149" s="0" t="n">
         <x:v>574950</x:v>
       </x:c>
       <x:c r="T149" s="4" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="U149" s="4" t="s">
         <x:v>68</x:v>
       </x:c>
     </x:row>
     <x:row r="150" spans="1:21">
       <x:c r="A150" s="13" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="B150" s="14" t="s">
         <x:v>277</x:v>
       </x:c>
       <x:c r="C150" s="15" t="n">
         <x:v>38687</x:v>
       </x:c>
       <x:c r="D150" s="15" t="s"/>
       <x:c r="E150" s="14" t="s"/>
       <x:c r="F150" s="14" t="s"/>
       <x:c r="G150" s="14" t="s">
@@ -10709,51 +10711,51 @@
       <x:c r="J150" s="14" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="K150" s="14" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="L150" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M150" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N150" s="15" t="n">
         <x:v>24354</x:v>
       </x:c>
       <x:c r="O150" s="14" t="s">
         <x:v>276</x:v>
       </x:c>
       <x:c r="P150" s="14" t="s">
         <x:v>95</x:v>
       </x:c>
       <x:c r="Q150" s="16" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="R150" s="14" t="s">
-        <x:v>97</x:v>
+        <x:v>98</x:v>
       </x:c>
       <x:c r="S150" s="14" t="n">
         <x:v>574949</x:v>
       </x:c>
       <x:c r="T150" s="16" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="U150" s="16" t="s">
         <x:v>68</x:v>
       </x:c>
     </x:row>
     <x:row r="151" spans="1:21">
       <x:c r="A151" s="1" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="B151" s="0" t="s">
         <x:v>278</x:v>
       </x:c>
       <x:c r="C151" s="3" t="n">
         <x:v>38687</x:v>
       </x:c>
       <x:c r="D151" s="3" t="s"/>
       <x:c r="G151" s="0" t="s">
         <x:v>91</x:v>
       </x:c>
@@ -10766,51 +10768,51 @@
       <x:c r="J151" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="K151" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="L151" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M151" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N151" s="3" t="n">
         <x:v>24354</x:v>
       </x:c>
       <x:c r="O151" s="0" t="s">
         <x:v>276</x:v>
       </x:c>
       <x:c r="P151" s="0" t="s">
         <x:v>95</x:v>
       </x:c>
       <x:c r="Q151" s="4" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="R151" s="0" t="s">
-        <x:v>97</x:v>
+        <x:v>98</x:v>
       </x:c>
       <x:c r="S151" s="0" t="n">
         <x:v>574948</x:v>
       </x:c>
       <x:c r="T151" s="4" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="U151" s="4" t="s">
         <x:v>68</x:v>
       </x:c>
     </x:row>
     <x:row r="152" spans="1:21">
       <x:c r="A152" s="13" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="B152" s="14" t="s">
         <x:v>279</x:v>
       </x:c>
       <x:c r="C152" s="15" t="n">
         <x:v>38687</x:v>
       </x:c>
       <x:c r="D152" s="15" t="s"/>
       <x:c r="E152" s="14" t="s"/>
       <x:c r="F152" s="14" t="s"/>
       <x:c r="G152" s="14" t="s">
@@ -10825,51 +10827,51 @@
       <x:c r="J152" s="14" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="K152" s="14" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="L152" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M152" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N152" s="15" t="n">
         <x:v>24354</x:v>
       </x:c>
       <x:c r="O152" s="14" t="s">
         <x:v>276</x:v>
       </x:c>
       <x:c r="P152" s="14" t="s">
         <x:v>95</x:v>
       </x:c>
       <x:c r="Q152" s="16" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="R152" s="14" t="s">
-        <x:v>98</x:v>
+        <x:v>97</x:v>
       </x:c>
       <x:c r="S152" s="14" t="n">
         <x:v>581558</x:v>
       </x:c>
       <x:c r="T152" s="16" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="U152" s="16" t="s">
         <x:v>68</x:v>
       </x:c>
     </x:row>
     <x:row r="153" spans="1:21">
       <x:c r="A153" s="1" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="B153" s="0" t="s">
         <x:v>280</x:v>
       </x:c>
       <x:c r="C153" s="3" t="n">
         <x:v>38687</x:v>
       </x:c>
       <x:c r="D153" s="3" t="s"/>
       <x:c r="G153" s="0" t="s">
         <x:v>91</x:v>
       </x:c>
@@ -10882,51 +10884,51 @@
       <x:c r="J153" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="K153" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="L153" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M153" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N153" s="3" t="n">
         <x:v>24354</x:v>
       </x:c>
       <x:c r="O153" s="0" t="s">
         <x:v>276</x:v>
       </x:c>
       <x:c r="P153" s="0" t="s">
         <x:v>95</x:v>
       </x:c>
       <x:c r="Q153" s="4" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="R153" s="0" t="s">
-        <x:v>97</x:v>
+        <x:v>98</x:v>
       </x:c>
       <x:c r="S153" s="0" t="n">
         <x:v>574947</x:v>
       </x:c>
       <x:c r="T153" s="4" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="U153" s="4" t="s">
         <x:v>68</x:v>
       </x:c>
     </x:row>
     <x:row r="154" spans="1:21">
       <x:c r="A154" s="13" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="B154" s="14" t="s">
         <x:v>281</x:v>
       </x:c>
       <x:c r="C154" s="15" t="n">
         <x:v>38687</x:v>
       </x:c>
       <x:c r="D154" s="15" t="s"/>
       <x:c r="E154" s="14" t="s"/>
       <x:c r="F154" s="14" t="s"/>
       <x:c r="G154" s="14" t="s">
@@ -11334,51 +11336,51 @@
       <x:c r="J161" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="K161" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="L161" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M161" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N161" s="3" t="n">
         <x:v>11554</x:v>
       </x:c>
       <x:c r="O161" s="0" t="s">
         <x:v>295</x:v>
       </x:c>
       <x:c r="P161" s="0" t="s">
         <x:v>95</x:v>
       </x:c>
       <x:c r="Q161" s="4" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="R161" s="0" t="s">
-        <x:v>97</x:v>
+        <x:v>98</x:v>
       </x:c>
       <x:c r="S161" s="0" t="n">
         <x:v>574946</x:v>
       </x:c>
       <x:c r="T161" s="4" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="U161" s="4" t="s">
         <x:v>68</x:v>
       </x:c>
     </x:row>
     <x:row r="162" spans="1:21">
       <x:c r="A162" s="13" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="B162" s="14" t="s">
         <x:v>296</x:v>
       </x:c>
       <x:c r="C162" s="15" t="n">
         <x:v>38703</x:v>
       </x:c>
       <x:c r="D162" s="15" t="s"/>
       <x:c r="E162" s="14" t="s"/>
       <x:c r="F162" s="14" t="s"/>
       <x:c r="G162" s="14" t="s">
@@ -11393,51 +11395,51 @@
       <x:c r="J162" s="14" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="K162" s="14" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="L162" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M162" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N162" s="15" t="n">
         <x:v>11554</x:v>
       </x:c>
       <x:c r="O162" s="14" t="s">
         <x:v>295</x:v>
       </x:c>
       <x:c r="P162" s="14" t="s">
         <x:v>95</x:v>
       </x:c>
       <x:c r="Q162" s="16" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="R162" s="14" t="s">
-        <x:v>98</x:v>
+        <x:v>97</x:v>
       </x:c>
       <x:c r="S162" s="14" t="n">
         <x:v>581555</x:v>
       </x:c>
       <x:c r="T162" s="16" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="U162" s="16" t="s">
         <x:v>68</x:v>
       </x:c>
     </x:row>
     <x:row r="163" spans="1:21">
       <x:c r="A163" s="1" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="B163" s="0" t="s">
         <x:v>297</x:v>
       </x:c>
       <x:c r="C163" s="3" t="n">
         <x:v>38703</x:v>
       </x:c>
       <x:c r="D163" s="3" t="s"/>
       <x:c r="G163" s="0" t="s">
         <x:v>91</x:v>
       </x:c>
@@ -11450,51 +11452,51 @@
       <x:c r="J163" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="K163" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="L163" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M163" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N163" s="3" t="n">
         <x:v>11554</x:v>
       </x:c>
       <x:c r="O163" s="0" t="s">
         <x:v>295</x:v>
       </x:c>
       <x:c r="P163" s="0" t="s">
         <x:v>95</x:v>
       </x:c>
       <x:c r="Q163" s="4" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="R163" s="0" t="s">
-        <x:v>97</x:v>
+        <x:v>98</x:v>
       </x:c>
       <x:c r="S163" s="0" t="n">
         <x:v>574945</x:v>
       </x:c>
       <x:c r="T163" s="4" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="U163" s="4" t="s">
         <x:v>68</x:v>
       </x:c>
     </x:row>
     <x:row r="164" spans="1:21">
       <x:c r="A164" s="13" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="B164" s="14" t="s">
         <x:v>298</x:v>
       </x:c>
       <x:c r="C164" s="15" t="n">
         <x:v>38703</x:v>
       </x:c>
       <x:c r="D164" s="15" t="s"/>
       <x:c r="E164" s="14" t="s"/>
       <x:c r="F164" s="14" t="s"/>
       <x:c r="G164" s="14" t="s">
@@ -11509,51 +11511,51 @@
       <x:c r="J164" s="14" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="K164" s="14" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="L164" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M164" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N164" s="15" t="n">
         <x:v>11554</x:v>
       </x:c>
       <x:c r="O164" s="14" t="s">
         <x:v>295</x:v>
       </x:c>
       <x:c r="P164" s="14" t="s">
         <x:v>95</x:v>
       </x:c>
       <x:c r="Q164" s="16" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="R164" s="14" t="s">
-        <x:v>97</x:v>
+        <x:v>98</x:v>
       </x:c>
       <x:c r="S164" s="14" t="n">
         <x:v>574944</x:v>
       </x:c>
       <x:c r="T164" s="16" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="U164" s="16" t="s">
         <x:v>68</x:v>
       </x:c>
     </x:row>
     <x:row r="165" spans="1:21">
       <x:c r="A165" s="1" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="B165" s="0" t="s">
         <x:v>299</x:v>
       </x:c>
       <x:c r="C165" s="3" t="n">
         <x:v>38706</x:v>
       </x:c>
       <x:c r="D165" s="3" t="s"/>
       <x:c r="G165" s="0" t="s">
         <x:v>118</x:v>
       </x:c>
@@ -12361,51 +12363,51 @@
       <x:c r="J179" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="K179" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="L179" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M179" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N179" s="3" t="n">
         <x:v>12003</x:v>
       </x:c>
       <x:c r="O179" s="0" t="s">
         <x:v>316</x:v>
       </x:c>
       <x:c r="P179" s="0" t="s">
         <x:v>95</x:v>
       </x:c>
       <x:c r="Q179" s="4" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="R179" s="0" t="s">
-        <x:v>98</x:v>
+        <x:v>97</x:v>
       </x:c>
       <x:c r="S179" s="0" t="n">
         <x:v>576144</x:v>
       </x:c>
       <x:c r="T179" s="4" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="U179" s="4" t="s">
         <x:v>68</x:v>
       </x:c>
     </x:row>
     <x:row r="180" spans="1:21">
       <x:c r="A180" s="13" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="B180" s="14" t="s">
         <x:v>317</x:v>
       </x:c>
       <x:c r="C180" s="15" t="n">
         <x:v>38965</x:v>
       </x:c>
       <x:c r="D180" s="15" t="s"/>
       <x:c r="E180" s="14" t="s"/>
       <x:c r="F180" s="14" t="s"/>
       <x:c r="G180" s="14" t="s">
@@ -12420,51 +12422,51 @@
       <x:c r="J180" s="14" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="K180" s="14" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="L180" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M180" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N180" s="15" t="n">
         <x:v>12003</x:v>
       </x:c>
       <x:c r="O180" s="14" t="s">
         <x:v>316</x:v>
       </x:c>
       <x:c r="P180" s="14" t="s">
         <x:v>95</x:v>
       </x:c>
       <x:c r="Q180" s="16" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="R180" s="14" t="s">
-        <x:v>98</x:v>
+        <x:v>97</x:v>
       </x:c>
       <x:c r="S180" s="14" t="n">
         <x:v>581553</x:v>
       </x:c>
       <x:c r="T180" s="16" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="U180" s="16" t="s">
         <x:v>68</x:v>
       </x:c>
     </x:row>
     <x:row r="181" spans="1:21">
       <x:c r="A181" s="1" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="B181" s="0" t="s">
         <x:v>318</x:v>
       </x:c>
       <x:c r="C181" s="3" t="n">
         <x:v>38965</x:v>
       </x:c>
       <x:c r="D181" s="3" t="s"/>
       <x:c r="G181" s="0" t="s">
         <x:v>91</x:v>
       </x:c>
@@ -12477,51 +12479,51 @@
       <x:c r="J181" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="K181" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="L181" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M181" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N181" s="3" t="n">
         <x:v>12003</x:v>
       </x:c>
       <x:c r="O181" s="0" t="s">
         <x:v>316</x:v>
       </x:c>
       <x:c r="P181" s="0" t="s">
         <x:v>95</x:v>
       </x:c>
       <x:c r="Q181" s="4" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="R181" s="0" t="s">
-        <x:v>98</x:v>
+        <x:v>97</x:v>
       </x:c>
       <x:c r="S181" s="0" t="n">
         <x:v>576140</x:v>
       </x:c>
       <x:c r="T181" s="4" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="U181" s="4" t="s">
         <x:v>68</x:v>
       </x:c>
     </x:row>
     <x:row r="182" spans="1:21">
       <x:c r="A182" s="13" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="B182" s="14" t="s">
         <x:v>319</x:v>
       </x:c>
       <x:c r="C182" s="15" t="n">
         <x:v>38965</x:v>
       </x:c>
       <x:c r="D182" s="15" t="s"/>
       <x:c r="E182" s="14" t="s"/>
       <x:c r="F182" s="14" t="s"/>
       <x:c r="G182" s="14" t="s">
@@ -12751,126 +12753,126 @@
       <x:c r="C186" s="15" t="n">
         <x:v>39185</x:v>
       </x:c>
       <x:c r="D186" s="15" t="s"/>
       <x:c r="E186" s="14" t="s"/>
       <x:c r="F186" s="14" t="s"/>
       <x:c r="G186" s="14" t="s">
         <x:v>91</x:v>
       </x:c>
       <x:c r="H186" s="14" t="s">
         <x:v>92</x:v>
       </x:c>
       <x:c r="I186" s="16" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="J186" s="14" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="K186" s="14" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="L186" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M186" s="14" t="s">
-        <x:v>152</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="N186" s="15" t="n">
         <x:v>12054</x:v>
       </x:c>
       <x:c r="O186" s="14" t="s">
         <x:v>321</x:v>
       </x:c>
       <x:c r="P186" s="14" t="s">
-        <x:v>129</x:v>
+        <x:v>325</x:v>
       </x:c>
       <x:c r="Q186" s="16" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="R186" s="14" t="s">
         <x:v>130</x:v>
       </x:c>
       <x:c r="S186" s="14" t="n">
-        <x:v>577545</x:v>
+        <x:v>577544</x:v>
       </x:c>
       <x:c r="T186" s="16" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="U186" s="16" t="s">
         <x:v>68</x:v>
       </x:c>
     </x:row>
     <x:row r="187" spans="1:21">
       <x:c r="A187" s="1" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="B187" s="0" t="s">
         <x:v>324</x:v>
       </x:c>
       <x:c r="C187" s="3" t="n">
         <x:v>39185</x:v>
       </x:c>
       <x:c r="D187" s="3" t="s"/>
       <x:c r="G187" s="0" t="s">
         <x:v>91</x:v>
       </x:c>
       <x:c r="H187" s="0" t="s">
         <x:v>92</x:v>
       </x:c>
       <x:c r="I187" s="4" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="J187" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="K187" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="L187" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M187" s="0" t="s">
-        <x:v>29</x:v>
+        <x:v>152</x:v>
       </x:c>
       <x:c r="N187" s="3" t="n">
         <x:v>12054</x:v>
       </x:c>
       <x:c r="O187" s="0" t="s">
         <x:v>321</x:v>
       </x:c>
       <x:c r="P187" s="0" t="s">
-        <x:v>325</x:v>
+        <x:v>129</x:v>
       </x:c>
       <x:c r="Q187" s="4" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="R187" s="0" t="s">
         <x:v>130</x:v>
       </x:c>
       <x:c r="S187" s="0" t="n">
-        <x:v>577544</x:v>
+        <x:v>577545</x:v>
       </x:c>
       <x:c r="T187" s="4" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="U187" s="4" t="s">
         <x:v>68</x:v>
       </x:c>
     </x:row>
     <x:row r="188" spans="1:21">
       <x:c r="A188" s="13" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="B188" s="14" t="s">
         <x:v>326</x:v>
       </x:c>
       <x:c r="C188" s="15" t="n">
         <x:v>39185</x:v>
       </x:c>
       <x:c r="D188" s="15" t="s"/>
       <x:c r="E188" s="14" t="s"/>
       <x:c r="F188" s="14" t="s"/>
       <x:c r="G188" s="14" t="s">
         <x:v>101</x:v>
       </x:c>
       <x:c r="H188" s="14" t="s"/>
@@ -13331,54 +13333,54 @@
       <x:c r="J196" s="14" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="K196" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L196" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M196" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N196" s="15" t="n">
         <x:v>32043</x:v>
       </x:c>
       <x:c r="O196" s="14" t="s">
         <x:v>334</x:v>
       </x:c>
       <x:c r="P196" s="14" t="s">
         <x:v>332</x:v>
       </x:c>
       <x:c r="Q196" s="16" t="s">
         <x:v>335</x:v>
       </x:c>
       <x:c r="R196" s="14" t="s">
-        <x:v>98</x:v>
+        <x:v>97</x:v>
       </x:c>
       <x:c r="S196" s="14" t="n">
-        <x:v>600234</x:v>
+        <x:v>553083</x:v>
       </x:c>
       <x:c r="T196" s="16" t="s">
         <x:v>336</x:v>
       </x:c>
       <x:c r="U196" s="16" t="s">
         <x:v>337</x:v>
       </x:c>
     </x:row>
     <x:row r="197" spans="1:21">
       <x:c r="A197" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B197" s="0" t="s">
         <x:v>331</x:v>
       </x:c>
       <x:c r="C197" s="3" t="n">
         <x:v>37814</x:v>
       </x:c>
       <x:c r="D197" s="3" t="s"/>
       <x:c r="E197" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G197" s="0" t="s">
         <x:v>332</x:v>
       </x:c>
@@ -13388,54 +13390,54 @@
       <x:c r="J197" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="K197" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L197" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M197" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N197" s="3" t="n">
         <x:v>32043</x:v>
       </x:c>
       <x:c r="O197" s="0" t="s">
         <x:v>334</x:v>
       </x:c>
       <x:c r="P197" s="0" t="s">
         <x:v>332</x:v>
       </x:c>
       <x:c r="Q197" s="4" t="s">
         <x:v>335</x:v>
       </x:c>
       <x:c r="R197" s="0" t="s">
-        <x:v>98</x:v>
+        <x:v>97</x:v>
       </x:c>
       <x:c r="S197" s="0" t="n">
-        <x:v>553083</x:v>
+        <x:v>600234</x:v>
       </x:c>
       <x:c r="T197" s="4" t="s">
         <x:v>338</x:v>
       </x:c>
       <x:c r="U197" s="4" t="s">
         <x:v>339</x:v>
       </x:c>
     </x:row>
     <x:row r="198" spans="1:21">
       <x:c r="A198" s="13" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="B198" s="14" t="s">
         <x:v>340</x:v>
       </x:c>
       <x:c r="C198" s="15" t="n">
         <x:v>37814</x:v>
       </x:c>
       <x:c r="D198" s="15" t="s"/>
       <x:c r="E198" s="14" t="s"/>
       <x:c r="F198" s="14" t="s"/>
       <x:c r="G198" s="14" t="s">
         <x:v>332</x:v>
       </x:c>
       <x:c r="H198" s="14" t="s"/>
@@ -13445,51 +13447,51 @@
       <x:c r="J198" s="14" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="K198" s="14" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="L198" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M198" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N198" s="15" t="n">
         <x:v>32043</x:v>
       </x:c>
       <x:c r="O198" s="14" t="s">
         <x:v>334</x:v>
       </x:c>
       <x:c r="P198" s="14" t="s">
         <x:v>332</x:v>
       </x:c>
       <x:c r="Q198" s="16" t="s">
         <x:v>335</x:v>
       </x:c>
       <x:c r="R198" s="14" t="s">
-        <x:v>98</x:v>
+        <x:v>97</x:v>
       </x:c>
       <x:c r="S198" s="14" t="n">
         <x:v>599890</x:v>
       </x:c>
       <x:c r="T198" s="16" t="s">
         <x:v>341</x:v>
       </x:c>
       <x:c r="U198" s="16" t="s">
         <x:v>342</x:v>
       </x:c>
     </x:row>
     <x:row r="199" spans="1:21">
       <x:c r="A199" s="1" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="B199" s="0" t="s">
         <x:v>340</x:v>
       </x:c>
       <x:c r="C199" s="3" t="n">
         <x:v>37814</x:v>
       </x:c>
       <x:c r="D199" s="3" t="s"/>
       <x:c r="G199" s="0" t="s">
         <x:v>78</x:v>
       </x:c>
@@ -13519,161 +13521,161 @@
       </x:c>
       <x:c r="Q199" s="4" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="R199" s="0" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="S199" s="0" t="n">
         <x:v>592005</x:v>
       </x:c>
       <x:c r="T199" s="4" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="U199" s="4" t="s">
         <x:v>58</x:v>
       </x:c>
     </x:row>
     <x:row r="200" spans="1:21">
       <x:c r="A200" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B200" s="14" t="s">
         <x:v>343</x:v>
       </x:c>
       <x:c r="C200" s="15" t="n">
-        <x:v>29798</x:v>
+        <x:v>40510</x:v>
       </x:c>
       <x:c r="D200" s="15" t="s"/>
       <x:c r="E200" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F200" s="14" t="s"/>
       <x:c r="G200" s="14" t="s">
         <x:v>344</x:v>
       </x:c>
       <x:c r="H200" s="14" t="s">
         <x:v>345</x:v>
       </x:c>
       <x:c r="I200" s="16" t="s">
         <x:v>346</x:v>
       </x:c>
       <x:c r="J200" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K200" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L200" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M200" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N200" s="15" t="n">
         <x:v>22048</x:v>
       </x:c>
       <x:c r="O200" s="14" t="s">
         <x:v>347</x:v>
       </x:c>
       <x:c r="P200" s="14" t="s">
         <x:v>348</x:v>
       </x:c>
       <x:c r="Q200" s="16" t="s">
         <x:v>194</x:v>
       </x:c>
       <x:c r="R200" s="14" t="s">
         <x:v>195</x:v>
       </x:c>
       <x:c r="S200" s="14" t="n">
-        <x:v>550287</x:v>
+        <x:v>605725</x:v>
       </x:c>
       <x:c r="T200" s="16" t="s">
-        <x:v>52</x:v>
+        <x:v>57</x:v>
       </x:c>
       <x:c r="U200" s="16" t="s">
-        <x:v>274</x:v>
+        <x:v>58</x:v>
       </x:c>
     </x:row>
     <x:row r="201" spans="1:21">
       <x:c r="A201" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B201" s="0" t="s">
         <x:v>343</x:v>
       </x:c>
       <x:c r="C201" s="3" t="n">
-        <x:v>40510</x:v>
+        <x:v>29798</x:v>
       </x:c>
       <x:c r="D201" s="3" t="s"/>
       <x:c r="E201" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G201" s="0" t="s">
         <x:v>344</x:v>
       </x:c>
       <x:c r="H201" s="0" t="s">
         <x:v>345</x:v>
       </x:c>
       <x:c r="I201" s="4" t="s">
         <x:v>346</x:v>
       </x:c>
       <x:c r="J201" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K201" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L201" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M201" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N201" s="3" t="n">
         <x:v>22048</x:v>
       </x:c>
       <x:c r="O201" s="0" t="s">
         <x:v>347</x:v>
       </x:c>
       <x:c r="P201" s="0" t="s">
         <x:v>348</x:v>
       </x:c>
       <x:c r="Q201" s="4" t="s">
         <x:v>194</x:v>
       </x:c>
       <x:c r="R201" s="0" t="s">
         <x:v>195</x:v>
       </x:c>
       <x:c r="S201" s="0" t="n">
-        <x:v>605725</x:v>
+        <x:v>550287</x:v>
       </x:c>
       <x:c r="T201" s="4" t="s">
-        <x:v>57</x:v>
+        <x:v>52</x:v>
       </x:c>
       <x:c r="U201" s="4" t="s">
-        <x:v>58</x:v>
+        <x:v>274</x:v>
       </x:c>
     </x:row>
     <x:row r="202" spans="1:21">
       <x:c r="A202" s="13" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="B202" s="14" t="s">
         <x:v>349</x:v>
       </x:c>
       <x:c r="C202" s="15" t="n">
         <x:v>40231</x:v>
       </x:c>
       <x:c r="D202" s="15" t="s"/>
       <x:c r="E202" s="14" t="s"/>
       <x:c r="F202" s="14" t="s"/>
       <x:c r="G202" s="14" t="s">
         <x:v>91</x:v>
       </x:c>
       <x:c r="H202" s="14" t="s">
         <x:v>92</x:v>
       </x:c>
       <x:c r="I202" s="16" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="J202" s="14" t="s">
@@ -13727,357 +13729,358 @@
       <x:c r="G203" s="0" t="s">
         <x:v>101</x:v>
       </x:c>
       <x:c r="I203" s="4" t="s">
         <x:v>102</x:v>
       </x:c>
       <x:c r="J203" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K203" s="0" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="L203" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M203" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N203" s="3" t="n">
         <x:v>23613</x:v>
       </x:c>
       <x:c r="O203" s="0" t="s">
         <x:v>350</x:v>
       </x:c>
       <x:c r="P203" s="0" t="s">
-        <x:v>353</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="Q203" s="4" t="s">
-        <x:v>354</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="R203" s="0" t="s">
         <x:v>351</x:v>
       </x:c>
       <x:c r="S203" s="0" t="n">
-        <x:v>592398</x:v>
+        <x:v>592397</x:v>
       </x:c>
       <x:c r="T203" s="4" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="U203" s="4" t="s">
         <x:v>58</x:v>
       </x:c>
     </x:row>
     <x:row r="204" spans="1:21">
       <x:c r="A204" s="13" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="B204" s="14" t="s">
         <x:v>352</x:v>
       </x:c>
       <x:c r="C204" s="15" t="n">
         <x:v>40231</x:v>
       </x:c>
       <x:c r="D204" s="15" t="s"/>
       <x:c r="E204" s="14" t="s"/>
       <x:c r="F204" s="14" t="s"/>
       <x:c r="G204" s="14" t="s">
         <x:v>101</x:v>
       </x:c>
       <x:c r="H204" s="14" t="s"/>
       <x:c r="I204" s="16" t="s">
         <x:v>102</x:v>
       </x:c>
       <x:c r="J204" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K204" s="14" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="L204" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M204" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N204" s="15" t="n">
         <x:v>23613</x:v>
       </x:c>
       <x:c r="O204" s="14" t="s">
         <x:v>350</x:v>
       </x:c>
       <x:c r="P204" s="14" t="s">
-        <x:v>101</x:v>
+        <x:v>353</x:v>
       </x:c>
       <x:c r="Q204" s="16" t="s">
-        <x:v>102</x:v>
+        <x:v>354</x:v>
       </x:c>
       <x:c r="R204" s="14" t="s">
         <x:v>351</x:v>
       </x:c>
       <x:c r="S204" s="14" t="n">
-        <x:v>592397</x:v>
+        <x:v>592398</x:v>
       </x:c>
       <x:c r="T204" s="16" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="U204" s="16" t="s">
         <x:v>58</x:v>
       </x:c>
     </x:row>
     <x:row r="205" spans="1:21">
       <x:c r="A205" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B205" s="0" t="s">
         <x:v>355</x:v>
       </x:c>
       <x:c r="C205" s="3" t="n">
         <x:v>30126</x:v>
       </x:c>
       <x:c r="D205" s="3" t="s"/>
       <x:c r="E205" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G205" s="0" t="s">
         <x:v>344</x:v>
       </x:c>
       <x:c r="H205" s="0" t="s">
         <x:v>345</x:v>
       </x:c>
       <x:c r="I205" s="4" t="s">
         <x:v>346</x:v>
       </x:c>
       <x:c r="J205" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K205" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L205" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M205" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N205" s="3" t="n">
         <x:v>31608</x:v>
       </x:c>
       <x:c r="O205" s="0" t="s">
         <x:v>302</x:v>
       </x:c>
       <x:c r="P205" s="0" t="s">
+        <x:v>344</x:v>
+      </x:c>
+      <x:c r="Q205" s="4" t="s">
+        <x:v>346</x:v>
+      </x:c>
+      <x:c r="R205" s="0" t="s">
         <x:v>356</x:v>
       </x:c>
-      <x:c r="Q205" s="4" t="s">
-[...4 lines deleted...]
-      </x:c>
       <x:c r="S205" s="0" t="n">
-        <x:v>550285</x:v>
+        <x:v>550286</x:v>
       </x:c>
       <x:c r="T205" s="4" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="U205" s="4" t="s">
-        <x:v>359</x:v>
+        <x:v>274</x:v>
       </x:c>
     </x:row>
     <x:row r="206" spans="1:21">
       <x:c r="A206" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B206" s="14" t="s">
         <x:v>355</x:v>
       </x:c>
       <x:c r="C206" s="15" t="n">
         <x:v>30126</x:v>
       </x:c>
       <x:c r="D206" s="15" t="s"/>
       <x:c r="E206" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F206" s="14" t="s"/>
       <x:c r="G206" s="14" t="s">
         <x:v>344</x:v>
       </x:c>
       <x:c r="H206" s="14" t="s">
         <x:v>345</x:v>
       </x:c>
       <x:c r="I206" s="16" t="s">
         <x:v>346</x:v>
       </x:c>
       <x:c r="J206" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K206" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L206" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M206" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N206" s="15" t="n">
         <x:v>31608</x:v>
       </x:c>
       <x:c r="O206" s="14" t="s">
         <x:v>302</x:v>
       </x:c>
       <x:c r="P206" s="14" t="s">
-        <x:v>344</x:v>
+        <x:v>357</x:v>
       </x:c>
       <x:c r="Q206" s="16" t="s">
-        <x:v>346</x:v>
+        <x:v>358</x:v>
       </x:c>
       <x:c r="R206" s="14" t="s">
-        <x:v>360</x:v>
+        <x:v>359</x:v>
       </x:c>
       <x:c r="S206" s="14" t="n">
-        <x:v>550286</x:v>
+        <x:v>550285</x:v>
       </x:c>
       <x:c r="T206" s="16" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="U206" s="16" t="s">
-        <x:v>274</x:v>
+        <x:v>360</x:v>
       </x:c>
     </x:row>
     <x:row r="207" spans="1:21">
       <x:c r="A207" s="1" t="s">
-        <x:v>70</x:v>
+        <x:v>54</x:v>
       </x:c>
       <x:c r="B207" s="0" t="s">
         <x:v>361</x:v>
       </x:c>
       <x:c r="C207" s="3" t="n">
         <x:v>35973</x:v>
       </x:c>
       <x:c r="D207" s="3" t="s"/>
       <x:c r="G207" s="0" t="s">
-        <x:v>101</x:v>
+        <x:v>91</x:v>
+      </x:c>
+      <x:c r="H207" s="0" t="s">
+        <x:v>92</x:v>
       </x:c>
       <x:c r="I207" s="4" t="s">
-        <x:v>102</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="J207" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K207" s="0" t="s">
-        <x:v>74</x:v>
+        <x:v>56</x:v>
       </x:c>
       <x:c r="L207" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M207" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N207" s="3" t="n">
         <x:v>15436</x:v>
       </x:c>
       <x:c r="O207" s="0" t="s">
         <x:v>362</x:v>
       </x:c>
       <x:c r="P207" s="0" t="s">
-        <x:v>103</x:v>
+        <x:v>113</x:v>
       </x:c>
       <x:c r="Q207" s="4" t="s">
-        <x:v>79</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="R207" s="0" t="s">
-        <x:v>81</x:v>
+        <x:v>97</x:v>
       </x:c>
       <x:c r="S207" s="0" t="n">
-        <x:v>595444</x:v>
+        <x:v>576259</x:v>
       </x:c>
       <x:c r="T207" s="4" t="s">
-        <x:v>57</x:v>
+        <x:v>52</x:v>
       </x:c>
       <x:c r="U207" s="4" t="s">
-        <x:v>231</x:v>
+        <x:v>68</x:v>
       </x:c>
     </x:row>
     <x:row r="208" spans="1:21">
       <x:c r="A208" s="13" t="s">
-        <x:v>54</x:v>
+        <x:v>70</x:v>
       </x:c>
       <x:c r="B208" s="14" t="s">
         <x:v>361</x:v>
       </x:c>
       <x:c r="C208" s="15" t="n">
         <x:v>35973</x:v>
       </x:c>
       <x:c r="D208" s="15" t="s"/>
       <x:c r="E208" s="14" t="s"/>
       <x:c r="F208" s="14" t="s"/>
       <x:c r="G208" s="14" t="s">
-        <x:v>91</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>101</x:v>
+      </x:c>
+      <x:c r="H208" s="14" t="s"/>
       <x:c r="I208" s="16" t="s">
-        <x:v>93</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="J208" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K208" s="14" t="s">
-        <x:v>56</x:v>
+        <x:v>74</x:v>
       </x:c>
       <x:c r="L208" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M208" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N208" s="15" t="n">
         <x:v>15436</x:v>
       </x:c>
       <x:c r="O208" s="14" t="s">
         <x:v>362</x:v>
       </x:c>
       <x:c r="P208" s="14" t="s">
-        <x:v>113</x:v>
+        <x:v>103</x:v>
       </x:c>
       <x:c r="Q208" s="16" t="s">
-        <x:v>93</x:v>
+        <x:v>79</x:v>
       </x:c>
       <x:c r="R208" s="14" t="s">
-        <x:v>98</x:v>
+        <x:v>81</x:v>
       </x:c>
       <x:c r="S208" s="14" t="n">
-        <x:v>576259</x:v>
+        <x:v>595444</x:v>
       </x:c>
       <x:c r="T208" s="16" t="s">
-        <x:v>52</x:v>
+        <x:v>57</x:v>
       </x:c>
       <x:c r="U208" s="16" t="s">
-        <x:v>68</x:v>
+        <x:v>238</x:v>
       </x:c>
     </x:row>
     <x:row r="209" spans="1:21">
       <x:c r="A209" s="1" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="B209" s="0" t="s">
         <x:v>363</x:v>
       </x:c>
       <x:c r="C209" s="3" t="n">
         <x:v>39517</x:v>
       </x:c>
       <x:c r="D209" s="3" t="s"/>
       <x:c r="G209" s="0" t="s">
         <x:v>91</x:v>
       </x:c>
       <x:c r="H209" s="0" t="s">
         <x:v>92</x:v>
       </x:c>
       <x:c r="I209" s="4" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="J209" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
@@ -14313,51 +14316,51 @@
       <x:c r="J213" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K213" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="L213" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M213" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N213" s="3" t="n">
         <x:v>12046</x:v>
       </x:c>
       <x:c r="O213" s="0" t="s">
         <x:v>364</x:v>
       </x:c>
       <x:c r="P213" s="0" t="s">
         <x:v>95</x:v>
       </x:c>
       <x:c r="Q213" s="4" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="R213" s="0" t="s">
-        <x:v>98</x:v>
+        <x:v>97</x:v>
       </x:c>
       <x:c r="S213" s="0" t="n">
         <x:v>574930</x:v>
       </x:c>
       <x:c r="T213" s="4" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="U213" s="4" t="s">
         <x:v>68</x:v>
       </x:c>
     </x:row>
     <x:row r="214" spans="1:21">
       <x:c r="A214" s="13" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="B214" s="14" t="s">
         <x:v>369</x:v>
       </x:c>
       <x:c r="C214" s="15" t="n">
         <x:v>39517</x:v>
       </x:c>
       <x:c r="D214" s="15" t="s"/>
       <x:c r="E214" s="14" t="s"/>
       <x:c r="F214" s="14" t="s"/>
       <x:c r="G214" s="14" t="s">
@@ -14372,51 +14375,51 @@
       <x:c r="J214" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K214" s="14" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="L214" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M214" s="14" t="s">
         <x:v>152</x:v>
       </x:c>
       <x:c r="N214" s="15" t="n">
         <x:v>12046</x:v>
       </x:c>
       <x:c r="O214" s="14" t="s">
         <x:v>364</x:v>
       </x:c>
       <x:c r="P214" s="14" t="s">
         <x:v>95</x:v>
       </x:c>
       <x:c r="Q214" s="16" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="R214" s="14" t="s">
-        <x:v>97</x:v>
+        <x:v>98</x:v>
       </x:c>
       <x:c r="S214" s="14" t="n">
         <x:v>581345</x:v>
       </x:c>
       <x:c r="T214" s="16" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="U214" s="16" t="s">
         <x:v>68</x:v>
       </x:c>
     </x:row>
     <x:row r="215" spans="1:21">
       <x:c r="A215" s="1" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="B215" s="0" t="s">
         <x:v>370</x:v>
       </x:c>
       <x:c r="C215" s="3" t="n">
         <x:v>39517</x:v>
       </x:c>
       <x:c r="D215" s="3" t="s"/>
       <x:c r="G215" s="0" t="s">
         <x:v>91</x:v>
       </x:c>
@@ -14455,597 +14458,597 @@
       </x:c>
       <x:c r="S215" s="0" t="n">
         <x:v>574929</x:v>
       </x:c>
       <x:c r="T215" s="4" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="U215" s="4" t="s">
         <x:v>68</x:v>
       </x:c>
     </x:row>
     <x:row r="216" spans="1:21">
       <x:c r="A216" s="13" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="B216" s="14" t="s">
         <x:v>371</x:v>
       </x:c>
       <x:c r="C216" s="15" t="n">
         <x:v>39517</x:v>
       </x:c>
       <x:c r="D216" s="15" t="s"/>
       <x:c r="E216" s="14" t="s"/>
       <x:c r="F216" s="14" t="s"/>
       <x:c r="G216" s="14" t="s">
-        <x:v>235</x:v>
+        <x:v>233</x:v>
       </x:c>
       <x:c r="H216" s="14" t="s">
-        <x:v>236</x:v>
+        <x:v>234</x:v>
       </x:c>
       <x:c r="I216" s="16" t="s">
         <x:v>196</x:v>
       </x:c>
       <x:c r="J216" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K216" s="14" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="L216" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M216" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N216" s="15" t="n">
         <x:v>12046</x:v>
       </x:c>
       <x:c r="O216" s="14" t="s">
         <x:v>364</x:v>
       </x:c>
       <x:c r="P216" s="14" t="s">
-        <x:v>235</x:v>
+        <x:v>233</x:v>
       </x:c>
       <x:c r="Q216" s="16" t="s">
         <x:v>196</x:v>
       </x:c>
       <x:c r="R216" s="14" t="s">
         <x:v>195</x:v>
       </x:c>
       <x:c r="S216" s="14" t="n">
         <x:v>587481</x:v>
       </x:c>
       <x:c r="T216" s="16" t="s">
-        <x:v>246</x:v>
+        <x:v>245</x:v>
       </x:c>
       <x:c r="U216" s="16" t="s">
-        <x:v>238</x:v>
+        <x:v>236</x:v>
       </x:c>
     </x:row>
     <x:row r="217" spans="1:21">
       <x:c r="A217" s="1" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="B217" s="0" t="s">
         <x:v>372</x:v>
       </x:c>
       <x:c r="C217" s="3" t="n">
         <x:v>39517</x:v>
       </x:c>
       <x:c r="D217" s="3" t="s"/>
       <x:c r="G217" s="0" t="s">
         <x:v>91</x:v>
       </x:c>
       <x:c r="H217" s="0" t="s">
         <x:v>92</x:v>
       </x:c>
       <x:c r="I217" s="4" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="J217" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K217" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="L217" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M217" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N217" s="3" t="n">
         <x:v>12046</x:v>
       </x:c>
       <x:c r="O217" s="0" t="s">
         <x:v>364</x:v>
       </x:c>
       <x:c r="P217" s="0" t="s">
         <x:v>95</x:v>
       </x:c>
       <x:c r="Q217" s="4" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="R217" s="0" t="s">
-        <x:v>98</x:v>
+        <x:v>97</x:v>
       </x:c>
       <x:c r="S217" s="0" t="n">
         <x:v>574928</x:v>
       </x:c>
       <x:c r="T217" s="4" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="U217" s="4" t="s">
         <x:v>68</x:v>
       </x:c>
     </x:row>
     <x:row r="218" spans="1:21">
       <x:c r="A218" s="13" t="s">
-        <x:v>54</x:v>
+        <x:v>70</x:v>
       </x:c>
       <x:c r="B218" s="14" t="s">
         <x:v>373</x:v>
       </x:c>
       <x:c r="C218" s="15" t="n">
         <x:v>39517</x:v>
       </x:c>
       <x:c r="D218" s="15" t="s"/>
       <x:c r="E218" s="14" t="s"/>
       <x:c r="F218" s="14" t="s"/>
       <x:c r="G218" s="14" t="s">
-        <x:v>252</x:v>
+        <x:v>191</x:v>
       </x:c>
       <x:c r="H218" s="14" t="s"/>
       <x:c r="I218" s="16" t="s">
-        <x:v>42</x:v>
+        <x:v>192</x:v>
       </x:c>
       <x:c r="J218" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K218" s="14" t="s">
-        <x:v>56</x:v>
+        <x:v>74</x:v>
       </x:c>
       <x:c r="L218" s="14" t="s">
-        <x:v>125</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="M218" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N218" s="15" t="n">
         <x:v>12046</x:v>
       </x:c>
       <x:c r="O218" s="14" t="s">
         <x:v>364</x:v>
       </x:c>
       <x:c r="P218" s="14" t="s">
-        <x:v>252</x:v>
+        <x:v>193</x:v>
       </x:c>
       <x:c r="Q218" s="16" t="s">
-        <x:v>42</x:v>
+        <x:v>194</x:v>
       </x:c>
       <x:c r="R218" s="14" t="s">
-        <x:v>254</x:v>
+        <x:v>195</x:v>
       </x:c>
       <x:c r="S218" s="14" t="n">
-        <x:v>598013</x:v>
+        <x:v>592166</x:v>
       </x:c>
       <x:c r="T218" s="16" t="s">
-        <x:v>36</x:v>
+        <x:v>57</x:v>
       </x:c>
       <x:c r="U218" s="16" t="s">
-        <x:v>374</x:v>
+        <x:v>238</x:v>
       </x:c>
     </x:row>
     <x:row r="219" spans="1:21">
       <x:c r="A219" s="1" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="B219" s="0" t="s">
-        <x:v>375</x:v>
+        <x:v>373</x:v>
       </x:c>
       <x:c r="C219" s="3" t="n">
         <x:v>39517</x:v>
       </x:c>
       <x:c r="D219" s="3" t="s"/>
       <x:c r="G219" s="0" t="s">
         <x:v>101</x:v>
       </x:c>
       <x:c r="I219" s="4" t="s">
         <x:v>102</x:v>
       </x:c>
       <x:c r="J219" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K219" s="0" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="L219" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M219" s="0" t="s">
         <x:v>156</x:v>
       </x:c>
       <x:c r="N219" s="3" t="n">
         <x:v>12046</x:v>
       </x:c>
       <x:c r="O219" s="0" t="s">
         <x:v>364</x:v>
       </x:c>
       <x:c r="P219" s="0" t="s">
         <x:v>103</x:v>
       </x:c>
       <x:c r="Q219" s="4" t="s">
-        <x:v>376</x:v>
+        <x:v>374</x:v>
       </x:c>
       <x:c r="R219" s="0" t="s">
-        <x:v>377</x:v>
+        <x:v>375</x:v>
       </x:c>
       <x:c r="S219" s="0" t="n">
         <x:v>592170</x:v>
       </x:c>
       <x:c r="T219" s="4" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="U219" s="4" t="s">
-        <x:v>231</x:v>
+        <x:v>238</x:v>
       </x:c>
     </x:row>
     <x:row r="220" spans="1:21">
       <x:c r="A220" s="13" t="s">
-        <x:v>70</x:v>
+        <x:v>54</x:v>
       </x:c>
       <x:c r="B220" s="14" t="s">
-        <x:v>375</x:v>
+        <x:v>376</x:v>
       </x:c>
       <x:c r="C220" s="15" t="n">
         <x:v>39517</x:v>
       </x:c>
       <x:c r="D220" s="15" t="s"/>
       <x:c r="E220" s="14" t="s"/>
       <x:c r="F220" s="14" t="s"/>
       <x:c r="G220" s="14" t="s">
-        <x:v>191</x:v>
+        <x:v>252</x:v>
       </x:c>
       <x:c r="H220" s="14" t="s"/>
       <x:c r="I220" s="16" t="s">
-        <x:v>192</x:v>
+        <x:v>42</x:v>
       </x:c>
       <x:c r="J220" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K220" s="14" t="s">
-        <x:v>74</x:v>
+        <x:v>56</x:v>
       </x:c>
       <x:c r="L220" s="14" t="s">
-        <x:v>28</x:v>
+        <x:v>125</x:v>
       </x:c>
       <x:c r="M220" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N220" s="15" t="n">
         <x:v>12046</x:v>
       </x:c>
       <x:c r="O220" s="14" t="s">
         <x:v>364</x:v>
       </x:c>
       <x:c r="P220" s="14" t="s">
-        <x:v>193</x:v>
+        <x:v>252</x:v>
       </x:c>
       <x:c r="Q220" s="16" t="s">
-        <x:v>194</x:v>
+        <x:v>42</x:v>
       </x:c>
       <x:c r="R220" s="14" t="s">
-        <x:v>195</x:v>
+        <x:v>254</x:v>
       </x:c>
       <x:c r="S220" s="14" t="n">
-        <x:v>592166</x:v>
+        <x:v>598013</x:v>
       </x:c>
       <x:c r="T220" s="16" t="s">
-        <x:v>57</x:v>
+        <x:v>36</x:v>
       </x:c>
       <x:c r="U220" s="16" t="s">
-        <x:v>231</x:v>
+        <x:v>377</x:v>
       </x:c>
     </x:row>
     <x:row r="221" spans="1:21">
       <x:c r="A221" s="1" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="B221" s="0" t="s">
-        <x:v>375</x:v>
+        <x:v>373</x:v>
       </x:c>
       <x:c r="C221" s="3" t="n">
         <x:v>39517</x:v>
       </x:c>
       <x:c r="D221" s="3" t="s"/>
       <x:c r="G221" s="0" t="s">
         <x:v>118</x:v>
       </x:c>
       <x:c r="I221" s="4" t="s">
         <x:v>119</x:v>
       </x:c>
       <x:c r="J221" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K221" s="0" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="L221" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M221" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N221" s="3" t="n">
         <x:v>12046</x:v>
       </x:c>
       <x:c r="O221" s="0" t="s">
         <x:v>364</x:v>
       </x:c>
       <x:c r="P221" s="0" t="s">
         <x:v>118</x:v>
       </x:c>
       <x:c r="Q221" s="4" t="s">
         <x:v>119</x:v>
       </x:c>
       <x:c r="R221" s="0" t="s">
         <x:v>378</x:v>
       </x:c>
       <x:c r="S221" s="0" t="n">
         <x:v>592168</x:v>
       </x:c>
       <x:c r="T221" s="4" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="U221" s="4" t="s">
-        <x:v>231</x:v>
+        <x:v>238</x:v>
       </x:c>
     </x:row>
     <x:row r="222" spans="1:21">
       <x:c r="A222" s="13" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="B222" s="14" t="s">
-        <x:v>375</x:v>
+        <x:v>373</x:v>
       </x:c>
       <x:c r="C222" s="15" t="n">
         <x:v>39517</x:v>
       </x:c>
       <x:c r="D222" s="15" t="s"/>
       <x:c r="E222" s="14" t="s"/>
       <x:c r="F222" s="14" t="s"/>
       <x:c r="G222" s="14" t="s">
         <x:v>101</x:v>
       </x:c>
       <x:c r="H222" s="14" t="s"/>
       <x:c r="I222" s="16" t="s">
         <x:v>102</x:v>
       </x:c>
       <x:c r="J222" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K222" s="14" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="L222" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M222" s="14" t="s">
         <x:v>156</x:v>
       </x:c>
       <x:c r="N222" s="15" t="n">
         <x:v>12046</x:v>
       </x:c>
       <x:c r="O222" s="14" t="s">
         <x:v>364</x:v>
       </x:c>
       <x:c r="P222" s="14" t="s">
         <x:v>103</x:v>
       </x:c>
       <x:c r="Q222" s="16" t="s">
         <x:v>104</x:v>
       </x:c>
       <x:c r="R222" s="14" t="s">
         <x:v>134</x:v>
       </x:c>
       <x:c r="S222" s="14" t="n">
         <x:v>592171</x:v>
       </x:c>
       <x:c r="T222" s="16" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="U222" s="16" t="s">
-        <x:v>231</x:v>
+        <x:v>238</x:v>
       </x:c>
     </x:row>
     <x:row r="223" spans="1:21">
       <x:c r="A223" s="1" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="B223" s="0" t="s">
-        <x:v>375</x:v>
+        <x:v>373</x:v>
       </x:c>
       <x:c r="C223" s="3" t="n">
         <x:v>39517</x:v>
       </x:c>
       <x:c r="D223" s="3" t="s"/>
       <x:c r="G223" s="0" t="s">
         <x:v>101</x:v>
       </x:c>
       <x:c r="I223" s="4" t="s">
         <x:v>102</x:v>
       </x:c>
       <x:c r="J223" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K223" s="0" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="L223" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M223" s="0" t="s">
         <x:v>156</x:v>
       </x:c>
       <x:c r="N223" s="3" t="n">
         <x:v>12046</x:v>
       </x:c>
       <x:c r="O223" s="0" t="s">
         <x:v>364</x:v>
       </x:c>
       <x:c r="P223" s="0" t="s">
         <x:v>103</x:v>
       </x:c>
       <x:c r="Q223" s="4" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="R223" s="0" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="S223" s="0" t="n">
         <x:v>592169</x:v>
       </x:c>
       <x:c r="T223" s="4" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="U223" s="4" t="s">
-        <x:v>231</x:v>
+        <x:v>238</x:v>
       </x:c>
     </x:row>
     <x:row r="224" spans="1:21">
       <x:c r="A224" s="13" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="B224" s="14" t="s">
-        <x:v>375</x:v>
+        <x:v>373</x:v>
       </x:c>
       <x:c r="C224" s="15" t="n">
         <x:v>39517</x:v>
       </x:c>
       <x:c r="D224" s="15" t="s"/>
       <x:c r="E224" s="14" t="s"/>
       <x:c r="F224" s="14" t="s"/>
       <x:c r="G224" s="14" t="s">
         <x:v>101</x:v>
       </x:c>
       <x:c r="H224" s="14" t="s"/>
       <x:c r="I224" s="16" t="s">
         <x:v>102</x:v>
       </x:c>
       <x:c r="J224" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K224" s="14" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="L224" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M224" s="14" t="s">
         <x:v>156</x:v>
       </x:c>
       <x:c r="N224" s="15" t="n">
         <x:v>12046</x:v>
       </x:c>
       <x:c r="O224" s="14" t="s">
         <x:v>364</x:v>
       </x:c>
       <x:c r="P224" s="14" t="s">
         <x:v>103</x:v>
       </x:c>
       <x:c r="Q224" s="16" t="s">
         <x:v>106</x:v>
       </x:c>
       <x:c r="R224" s="14" t="s">
         <x:v>107</x:v>
       </x:c>
       <x:c r="S224" s="14" t="n">
         <x:v>592167</x:v>
       </x:c>
       <x:c r="T224" s="16" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="U224" s="16" t="s">
-        <x:v>231</x:v>
+        <x:v>238</x:v>
       </x:c>
     </x:row>
     <x:row r="225" spans="1:21">
       <x:c r="A225" s="1" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="B225" s="0" t="s">
         <x:v>379</x:v>
       </x:c>
       <x:c r="C225" s="3" t="n">
         <x:v>40113</x:v>
       </x:c>
       <x:c r="D225" s="3" t="s"/>
       <x:c r="G225" s="0" t="s">
-        <x:v>235</x:v>
+        <x:v>233</x:v>
       </x:c>
       <x:c r="H225" s="0" t="s">
-        <x:v>236</x:v>
+        <x:v>234</x:v>
       </x:c>
       <x:c r="I225" s="4" t="s">
         <x:v>196</x:v>
       </x:c>
       <x:c r="J225" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K225" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="L225" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M225" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N225" s="3" t="n">
         <x:v>11054</x:v>
       </x:c>
       <x:c r="O225" s="0" t="s">
         <x:v>380</x:v>
       </x:c>
       <x:c r="P225" s="0" t="s">
-        <x:v>235</x:v>
+        <x:v>233</x:v>
       </x:c>
       <x:c r="Q225" s="4" t="s">
         <x:v>196</x:v>
       </x:c>
       <x:c r="R225" s="0" t="s">
         <x:v>195</x:v>
       </x:c>
       <x:c r="S225" s="0" t="n">
         <x:v>587477</x:v>
       </x:c>
       <x:c r="T225" s="4" t="s">
-        <x:v>246</x:v>
+        <x:v>245</x:v>
       </x:c>
       <x:c r="U225" s="4" t="s">
-        <x:v>238</x:v>
+        <x:v>236</x:v>
       </x:c>
     </x:row>
     <x:row r="226" spans="1:21">
       <x:c r="A226" s="13" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="B226" s="14" t="s">
         <x:v>381</x:v>
       </x:c>
       <x:c r="C226" s="15" t="n">
         <x:v>40113</x:v>
       </x:c>
       <x:c r="D226" s="15" t="s"/>
       <x:c r="E226" s="14" t="s"/>
       <x:c r="F226" s="14" t="s"/>
       <x:c r="G226" s="14" t="s">
         <x:v>91</x:v>
       </x:c>
       <x:c r="H226" s="14" t="s">
         <x:v>92</x:v>
       </x:c>
       <x:c r="I226" s="16" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="J226" s="14" t="s">
@@ -15167,51 +15170,51 @@
       <x:c r="J228" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K228" s="14" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="L228" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M228" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N228" s="15" t="n">
         <x:v>11054</x:v>
       </x:c>
       <x:c r="O228" s="14" t="s">
         <x:v>380</x:v>
       </x:c>
       <x:c r="P228" s="14" t="s">
         <x:v>95</x:v>
       </x:c>
       <x:c r="Q228" s="16" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="R228" s="14" t="s">
-        <x:v>98</x:v>
+        <x:v>97</x:v>
       </x:c>
       <x:c r="S228" s="14" t="n">
         <x:v>574916</x:v>
       </x:c>
       <x:c r="T228" s="16" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="U228" s="16" t="s">
         <x:v>68</x:v>
       </x:c>
     </x:row>
     <x:row r="229" spans="1:21">
       <x:c r="A229" s="1" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="B229" s="0" t="s">
         <x:v>382</x:v>
       </x:c>
       <x:c r="C229" s="3" t="n">
         <x:v>40113</x:v>
       </x:c>
       <x:c r="D229" s="3" t="s"/>
       <x:c r="G229" s="0" t="s">
         <x:v>91</x:v>
       </x:c>
@@ -15224,51 +15227,51 @@
       <x:c r="J229" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K229" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="L229" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M229" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N229" s="3" t="n">
         <x:v>11054</x:v>
       </x:c>
       <x:c r="O229" s="0" t="s">
         <x:v>380</x:v>
       </x:c>
       <x:c r="P229" s="0" t="s">
         <x:v>95</x:v>
       </x:c>
       <x:c r="Q229" s="4" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="R229" s="0" t="s">
-        <x:v>377</x:v>
+        <x:v>375</x:v>
       </x:c>
       <x:c r="S229" s="0" t="n">
         <x:v>574917</x:v>
       </x:c>
       <x:c r="T229" s="4" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="U229" s="4" t="s">
         <x:v>68</x:v>
       </x:c>
     </x:row>
     <x:row r="230" spans="1:21">
       <x:c r="A230" s="13" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="B230" s="14" t="s">
         <x:v>382</x:v>
       </x:c>
       <x:c r="C230" s="15" t="n">
         <x:v>40113</x:v>
       </x:c>
       <x:c r="D230" s="15" t="s"/>
       <x:c r="E230" s="14" t="s"/>
       <x:c r="F230" s="14" t="s"/>
       <x:c r="G230" s="14" t="s">
@@ -15346,51 +15349,51 @@
       <x:c r="M231" s="0" t="s">
         <x:v>156</x:v>
       </x:c>
       <x:c r="N231" s="3" t="n">
         <x:v>11054</x:v>
       </x:c>
       <x:c r="O231" s="0" t="s">
         <x:v>380</x:v>
       </x:c>
       <x:c r="P231" s="0" t="s">
         <x:v>103</x:v>
       </x:c>
       <x:c r="Q231" s="4" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="R231" s="0" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="S231" s="0" t="n">
         <x:v>592383</x:v>
       </x:c>
       <x:c r="T231" s="4" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="U231" s="4" t="s">
-        <x:v>231</x:v>
+        <x:v>238</x:v>
       </x:c>
     </x:row>
     <x:row r="232" spans="1:21">
       <x:c r="A232" s="13" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="B232" s="14" t="s">
         <x:v>383</x:v>
       </x:c>
       <x:c r="C232" s="15" t="n">
         <x:v>40113</x:v>
       </x:c>
       <x:c r="D232" s="15" t="s"/>
       <x:c r="E232" s="14" t="s"/>
       <x:c r="F232" s="14" t="s"/>
       <x:c r="G232" s="14" t="s">
         <x:v>101</x:v>
       </x:c>
       <x:c r="H232" s="14" t="s"/>
       <x:c r="I232" s="16" t="s">
         <x:v>102</x:v>
       </x:c>
       <x:c r="J232" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
@@ -15403,105 +15406,105 @@
       <x:c r="M232" s="14" t="s">
         <x:v>156</x:v>
       </x:c>
       <x:c r="N232" s="15" t="n">
         <x:v>11054</x:v>
       </x:c>
       <x:c r="O232" s="14" t="s">
         <x:v>380</x:v>
       </x:c>
       <x:c r="P232" s="14" t="s">
         <x:v>103</x:v>
       </x:c>
       <x:c r="Q232" s="16" t="s">
         <x:v>106</x:v>
       </x:c>
       <x:c r="R232" s="14" t="s">
         <x:v>107</x:v>
       </x:c>
       <x:c r="S232" s="14" t="n">
         <x:v>592382</x:v>
       </x:c>
       <x:c r="T232" s="16" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="U232" s="16" t="s">
-        <x:v>231</x:v>
+        <x:v>238</x:v>
       </x:c>
     </x:row>
     <x:row r="233" spans="1:21">
       <x:c r="A233" s="1" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="B233" s="0" t="s">
         <x:v>383</x:v>
       </x:c>
       <x:c r="C233" s="3" t="n">
         <x:v>40113</x:v>
       </x:c>
       <x:c r="D233" s="3" t="s"/>
       <x:c r="G233" s="0" t="s">
         <x:v>101</x:v>
       </x:c>
       <x:c r="I233" s="4" t="s">
         <x:v>102</x:v>
       </x:c>
       <x:c r="J233" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K233" s="0" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="L233" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M233" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N233" s="3" t="n">
         <x:v>11054</x:v>
       </x:c>
       <x:c r="O233" s="0" t="s">
         <x:v>380</x:v>
       </x:c>
       <x:c r="P233" s="0" t="s">
         <x:v>103</x:v>
       </x:c>
       <x:c r="Q233" s="4" t="s">
-        <x:v>376</x:v>
+        <x:v>374</x:v>
       </x:c>
       <x:c r="R233" s="0" t="s">
-        <x:v>377</x:v>
+        <x:v>375</x:v>
       </x:c>
       <x:c r="S233" s="0" t="n">
         <x:v>592387</x:v>
       </x:c>
       <x:c r="T233" s="4" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="U233" s="4" t="s">
-        <x:v>231</x:v>
+        <x:v>238</x:v>
       </x:c>
     </x:row>
     <x:row r="234" spans="1:21">
       <x:c r="A234" s="13" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="B234" s="14" t="s">
         <x:v>383</x:v>
       </x:c>
       <x:c r="C234" s="15" t="n">
         <x:v>40113</x:v>
       </x:c>
       <x:c r="D234" s="15" t="s"/>
       <x:c r="E234" s="14" t="s"/>
       <x:c r="F234" s="14" t="s"/>
       <x:c r="G234" s="14" t="s">
         <x:v>101</x:v>
       </x:c>
       <x:c r="H234" s="14" t="s"/>
       <x:c r="I234" s="16" t="s">
         <x:v>102</x:v>
       </x:c>
       <x:c r="J234" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
@@ -15514,51 +15517,51 @@
       <x:c r="M234" s="14" t="s">
         <x:v>156</x:v>
       </x:c>
       <x:c r="N234" s="15" t="n">
         <x:v>11054</x:v>
       </x:c>
       <x:c r="O234" s="14" t="s">
         <x:v>380</x:v>
       </x:c>
       <x:c r="P234" s="14" t="s">
         <x:v>103</x:v>
       </x:c>
       <x:c r="Q234" s="16" t="s">
         <x:v>104</x:v>
       </x:c>
       <x:c r="R234" s="14" t="s">
         <x:v>134</x:v>
       </x:c>
       <x:c r="S234" s="14" t="n">
         <x:v>592385</x:v>
       </x:c>
       <x:c r="T234" s="16" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="U234" s="16" t="s">
-        <x:v>231</x:v>
+        <x:v>238</x:v>
       </x:c>
     </x:row>
     <x:row r="235" spans="1:21">
       <x:c r="A235" s="1" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="B235" s="0" t="s">
         <x:v>383</x:v>
       </x:c>
       <x:c r="C235" s="3" t="n">
         <x:v>40113</x:v>
       </x:c>
       <x:c r="D235" s="3" t="s"/>
       <x:c r="G235" s="0" t="s">
         <x:v>118</x:v>
       </x:c>
       <x:c r="I235" s="4" t="s">
         <x:v>119</x:v>
       </x:c>
       <x:c r="J235" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K235" s="0" t="s">
         <x:v>74</x:v>
       </x:c>
@@ -15568,51 +15571,51 @@
       <x:c r="M235" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N235" s="3" t="n">
         <x:v>11054</x:v>
       </x:c>
       <x:c r="O235" s="0" t="s">
         <x:v>380</x:v>
       </x:c>
       <x:c r="P235" s="0" t="s">
         <x:v>118</x:v>
       </x:c>
       <x:c r="Q235" s="4" t="s">
         <x:v>119</x:v>
       </x:c>
       <x:c r="R235" s="0" t="s">
         <x:v>378</x:v>
       </x:c>
       <x:c r="S235" s="0" t="n">
         <x:v>592386</x:v>
       </x:c>
       <x:c r="T235" s="4" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="U235" s="4" t="s">
-        <x:v>231</x:v>
+        <x:v>238</x:v>
       </x:c>
     </x:row>
     <x:row r="236" spans="1:21">
       <x:c r="A236" s="13" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="B236" s="14" t="s">
         <x:v>383</x:v>
       </x:c>
       <x:c r="C236" s="15" t="n">
         <x:v>40113</x:v>
       </x:c>
       <x:c r="D236" s="15" t="s"/>
       <x:c r="E236" s="14" t="s"/>
       <x:c r="F236" s="14" t="s"/>
       <x:c r="G236" s="14" t="s">
         <x:v>191</x:v>
       </x:c>
       <x:c r="H236" s="14" t="s"/>
       <x:c r="I236" s="16" t="s">
         <x:v>192</x:v>
       </x:c>
       <x:c r="J236" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
@@ -15625,51 +15628,51 @@
       <x:c r="M236" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N236" s="15" t="n">
         <x:v>11054</x:v>
       </x:c>
       <x:c r="O236" s="14" t="s">
         <x:v>380</x:v>
       </x:c>
       <x:c r="P236" s="14" t="s">
         <x:v>193</x:v>
       </x:c>
       <x:c r="Q236" s="16" t="s">
         <x:v>194</x:v>
       </x:c>
       <x:c r="R236" s="14" t="s">
         <x:v>195</x:v>
       </x:c>
       <x:c r="S236" s="14" t="n">
         <x:v>592384</x:v>
       </x:c>
       <x:c r="T236" s="16" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="U236" s="16" t="s">
-        <x:v>231</x:v>
+        <x:v>238</x:v>
       </x:c>
     </x:row>
     <x:row r="237" spans="1:21">
       <x:c r="A237" s="1" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="B237" s="0" t="s">
         <x:v>383</x:v>
       </x:c>
       <x:c r="C237" s="3" t="n">
         <x:v>40113</x:v>
       </x:c>
       <x:c r="D237" s="3" t="s"/>
       <x:c r="G237" s="0" t="s">
         <x:v>252</x:v>
       </x:c>
       <x:c r="I237" s="4" t="s">
         <x:v>289</x:v>
       </x:c>
       <x:c r="J237" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K237" s="0" t="s">
         <x:v>74</x:v>
       </x:c>
@@ -15679,51 +15682,51 @@
       <x:c r="M237" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N237" s="3" t="n">
         <x:v>11054</x:v>
       </x:c>
       <x:c r="O237" s="0" t="s">
         <x:v>380</x:v>
       </x:c>
       <x:c r="P237" s="0" t="s">
         <x:v>291</x:v>
       </x:c>
       <x:c r="Q237" s="4" t="s">
         <x:v>292</x:v>
       </x:c>
       <x:c r="R237" s="0" t="s">
         <x:v>293</x:v>
       </x:c>
       <x:c r="S237" s="0" t="n">
         <x:v>592388</x:v>
       </x:c>
       <x:c r="T237" s="4" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="U237" s="4" t="s">
-        <x:v>231</x:v>
+        <x:v>238</x:v>
       </x:c>
     </x:row>
     <x:row r="238" spans="1:21">
       <x:c r="A238" s="13" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="B238" s="14" t="s">
         <x:v>384</x:v>
       </x:c>
       <x:c r="C238" s="15" t="n">
         <x:v>38975</x:v>
       </x:c>
       <x:c r="D238" s="15" t="s"/>
       <x:c r="E238" s="14" t="s"/>
       <x:c r="F238" s="14" t="s"/>
       <x:c r="G238" s="14" t="s">
         <x:v>118</x:v>
       </x:c>
       <x:c r="H238" s="14" t="s"/>
       <x:c r="I238" s="16" t="s">
         <x:v>119</x:v>
       </x:c>
       <x:c r="J238" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
@@ -15736,51 +15739,51 @@
       <x:c r="M238" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N238" s="15" t="n">
         <x:v>24054</x:v>
       </x:c>
       <x:c r="O238" s="14" t="s">
         <x:v>385</x:v>
       </x:c>
       <x:c r="P238" s="14" t="s">
         <x:v>118</x:v>
       </x:c>
       <x:c r="Q238" s="16" t="s">
         <x:v>119</x:v>
       </x:c>
       <x:c r="R238" s="14" t="s">
         <x:v>378</x:v>
       </x:c>
       <x:c r="S238" s="14" t="n">
         <x:v>591930</x:v>
       </x:c>
       <x:c r="T238" s="16" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="U238" s="16" t="s">
-        <x:v>231</x:v>
+        <x:v>238</x:v>
       </x:c>
     </x:row>
     <x:row r="239" spans="1:21">
       <x:c r="A239" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B239" s="0" t="s">
         <x:v>386</x:v>
       </x:c>
       <x:c r="C239" s="3" t="n">
         <x:v>39130</x:v>
       </x:c>
       <x:c r="D239" s="3" t="s"/>
       <x:c r="E239" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G239" s="0" t="s">
         <x:v>268</x:v>
       </x:c>
       <x:c r="H239" s="0" t="s">
         <x:v>269</x:v>
       </x:c>
       <x:c r="I239" s="4" t="s">
         <x:v>270</x:v>
       </x:c>
@@ -16030,51 +16033,51 @@
       <x:c r="M243" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N243" s="3" t="n">
         <x:v>12576</x:v>
       </x:c>
       <x:c r="O243" s="0" t="s">
         <x:v>398</x:v>
       </x:c>
       <x:c r="P243" s="0" t="s">
         <x:v>399</x:v>
       </x:c>
       <x:c r="Q243" s="4" t="s">
         <x:v>400</x:v>
       </x:c>
       <x:c r="R243" s="0" t="s">
         <x:v>121</x:v>
       </x:c>
       <x:c r="S243" s="0" t="n">
         <x:v>606187</x:v>
       </x:c>
       <x:c r="T243" s="4" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="U243" s="4" t="s">
-        <x:v>231</x:v>
+        <x:v>238</x:v>
       </x:c>
     </x:row>
     <x:row r="244" spans="1:21">
       <x:c r="A244" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B244" s="14" t="s">
         <x:v>401</x:v>
       </x:c>
       <x:c r="C244" s="15" t="n">
         <x:v>38321</x:v>
       </x:c>
       <x:c r="D244" s="15" t="s"/>
       <x:c r="E244" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F244" s="14" t="s"/>
       <x:c r="G244" s="14" t="s">
         <x:v>344</x:v>
       </x:c>
       <x:c r="H244" s="14" t="s">
         <x:v>345</x:v>
       </x:c>
       <x:c r="I244" s="16" t="s">
         <x:v>346</x:v>
@@ -16145,57 +16148,57 @@
       <x:c r="K245" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L245" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M245" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N245" s="3" t="n">
         <x:v>15099</x:v>
       </x:c>
       <x:c r="O245" s="0" t="s">
         <x:v>387</x:v>
       </x:c>
       <x:c r="P245" s="0" t="s">
         <x:v>402</x:v>
       </x:c>
       <x:c r="Q245" s="4" t="s">
         <x:v>403</x:v>
       </x:c>
       <x:c r="R245" s="0" t="s">
         <x:v>404</x:v>
       </x:c>
       <x:c r="S245" s="0" t="n">
-        <x:v>451268</x:v>
+        <x:v>550303</x:v>
       </x:c>
       <x:c r="T245" s="4" t="s">
-        <x:v>405</x:v>
+        <x:v>52</x:v>
       </x:c>
       <x:c r="U245" s="4" t="s">
-        <x:v>406</x:v>
+        <x:v>105</x:v>
       </x:c>
     </x:row>
     <x:row r="246" spans="1:21">
       <x:c r="A246" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B246" s="14" t="s">
         <x:v>401</x:v>
       </x:c>
       <x:c r="C246" s="15" t="n">
         <x:v>38321</x:v>
       </x:c>
       <x:c r="D246" s="15" t="s"/>
       <x:c r="E246" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F246" s="14" t="s"/>
       <x:c r="G246" s="14" t="s">
         <x:v>344</x:v>
       </x:c>
       <x:c r="H246" s="14" t="s">
         <x:v>345</x:v>
       </x:c>
       <x:c r="I246" s="16" t="s">
         <x:v>346</x:v>
@@ -16206,57 +16209,57 @@
       <x:c r="K246" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L246" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M246" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N246" s="15" t="n">
         <x:v>15099</x:v>
       </x:c>
       <x:c r="O246" s="14" t="s">
         <x:v>387</x:v>
       </x:c>
       <x:c r="P246" s="14" t="s">
         <x:v>402</x:v>
       </x:c>
       <x:c r="Q246" s="16" t="s">
         <x:v>403</x:v>
       </x:c>
       <x:c r="R246" s="14" t="s">
         <x:v>404</x:v>
       </x:c>
       <x:c r="S246" s="14" t="n">
-        <x:v>550303</x:v>
+        <x:v>451268</x:v>
       </x:c>
       <x:c r="T246" s="16" t="s">
-        <x:v>52</x:v>
+        <x:v>405</x:v>
       </x:c>
       <x:c r="U246" s="16" t="s">
-        <x:v>105</x:v>
+        <x:v>406</x:v>
       </x:c>
     </x:row>
     <x:row r="247" spans="1:21">
       <x:c r="A247" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B247" s="0" t="s">
         <x:v>401</x:v>
       </x:c>
       <x:c r="C247" s="3" t="n">
         <x:v>38321</x:v>
       </x:c>
       <x:c r="D247" s="3" t="s"/>
       <x:c r="E247" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G247" s="0" t="s">
         <x:v>344</x:v>
       </x:c>
       <x:c r="H247" s="0" t="s">
         <x:v>345</x:v>
       </x:c>
       <x:c r="I247" s="4" t="s">
         <x:v>346</x:v>
       </x:c>
@@ -16435,120 +16438,120 @@
         <x:v>411</x:v>
       </x:c>
       <x:c r="H250" s="14" t="s"/>
       <x:c r="I250" s="16" t="s">
         <x:v>412</x:v>
       </x:c>
       <x:c r="J250" s="14" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="K250" s="14" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="L250" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M250" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N250" s="15" t="n">
         <x:v>15099</x:v>
       </x:c>
       <x:c r="O250" s="14" t="s">
         <x:v>387</x:v>
       </x:c>
       <x:c r="P250" s="14" t="s">
-        <x:v>413</x:v>
+        <x:v>411</x:v>
       </x:c>
       <x:c r="Q250" s="16" t="s">
-        <x:v>403</x:v>
+        <x:v>412</x:v>
       </x:c>
       <x:c r="R250" s="14" t="s">
-        <x:v>404</x:v>
+        <x:v>409</x:v>
       </x:c>
       <x:c r="S250" s="14" t="n">
-        <x:v>616026</x:v>
+        <x:v>616027</x:v>
       </x:c>
       <x:c r="T250" s="16" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="U250" s="16" t="s">
-        <x:v>231</x:v>
+        <x:v>238</x:v>
       </x:c>
     </x:row>
     <x:row r="251" spans="1:21">
       <x:c r="A251" s="1" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="B251" s="0" t="s">
         <x:v>410</x:v>
       </x:c>
       <x:c r="C251" s="3" t="n">
         <x:v>38412</x:v>
       </x:c>
       <x:c r="D251" s="3" t="s"/>
       <x:c r="G251" s="0" t="s">
         <x:v>411</x:v>
       </x:c>
       <x:c r="I251" s="4" t="s">
         <x:v>412</x:v>
       </x:c>
       <x:c r="J251" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="K251" s="0" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="L251" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M251" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N251" s="3" t="n">
         <x:v>15099</x:v>
       </x:c>
       <x:c r="O251" s="0" t="s">
         <x:v>387</x:v>
       </x:c>
       <x:c r="P251" s="0" t="s">
-        <x:v>411</x:v>
+        <x:v>413</x:v>
       </x:c>
       <x:c r="Q251" s="4" t="s">
-        <x:v>412</x:v>
+        <x:v>403</x:v>
       </x:c>
       <x:c r="R251" s="0" t="s">
-        <x:v>409</x:v>
+        <x:v>404</x:v>
       </x:c>
       <x:c r="S251" s="0" t="n">
-        <x:v>616027</x:v>
+        <x:v>616026</x:v>
       </x:c>
       <x:c r="T251" s="4" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="U251" s="4" t="s">
-        <x:v>231</x:v>
+        <x:v>238</x:v>
       </x:c>
     </x:row>
     <x:row r="252" spans="1:21">
       <x:c r="A252" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B252" s="14" t="s">
         <x:v>414</x:v>
       </x:c>
       <x:c r="C252" s="15" t="n">
         <x:v>40179</x:v>
       </x:c>
       <x:c r="D252" s="15" t="s"/>
       <x:c r="E252" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F252" s="14" t="s"/>
       <x:c r="G252" s="14" t="s">
         <x:v>415</x:v>
       </x:c>
       <x:c r="H252" s="14" t="s"/>
       <x:c r="I252" s="16" t="s">
         <x:v>416</x:v>
       </x:c>
       <x:c r="J252" s="14" t="s">
@@ -16557,114 +16560,114 @@
       <x:c r="K252" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L252" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M252" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N252" s="15" t="n">
         <x:v>12554</x:v>
       </x:c>
       <x:c r="O252" s="14" t="s">
         <x:v>417</x:v>
       </x:c>
       <x:c r="P252" s="14" t="s">
         <x:v>418</x:v>
       </x:c>
       <x:c r="Q252" s="16" t="s">
         <x:v>419</x:v>
       </x:c>
       <x:c r="R252" s="14" t="s">
         <x:v>420</x:v>
       </x:c>
       <x:c r="S252" s="14" t="n">
-        <x:v>546663</x:v>
+        <x:v>497289</x:v>
       </x:c>
       <x:c r="T252" s="16" t="s">
-        <x:v>52</x:v>
+        <x:v>389</x:v>
       </x:c>
       <x:c r="U252" s="16" t="s">
-        <x:v>126</x:v>
+        <x:v>390</x:v>
       </x:c>
     </x:row>
     <x:row r="253" spans="1:21">
       <x:c r="A253" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B253" s="0" t="s">
         <x:v>414</x:v>
       </x:c>
       <x:c r="C253" s="3" t="n">
         <x:v>40179</x:v>
       </x:c>
       <x:c r="D253" s="3" t="s"/>
       <x:c r="E253" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G253" s="0" t="s">
         <x:v>415</x:v>
       </x:c>
       <x:c r="I253" s="4" t="s">
         <x:v>416</x:v>
       </x:c>
       <x:c r="J253" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="K253" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L253" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M253" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N253" s="3" t="n">
         <x:v>12554</x:v>
       </x:c>
       <x:c r="O253" s="0" t="s">
         <x:v>417</x:v>
       </x:c>
       <x:c r="P253" s="0" t="s">
         <x:v>418</x:v>
       </x:c>
       <x:c r="Q253" s="4" t="s">
         <x:v>419</x:v>
       </x:c>
       <x:c r="R253" s="0" t="s">
         <x:v>420</x:v>
       </x:c>
       <x:c r="S253" s="0" t="n">
-        <x:v>497289</x:v>
+        <x:v>546663</x:v>
       </x:c>
       <x:c r="T253" s="4" t="s">
-        <x:v>389</x:v>
+        <x:v>52</x:v>
       </x:c>
       <x:c r="U253" s="4" t="s">
-        <x:v>390</x:v>
+        <x:v>126</x:v>
       </x:c>
     </x:row>
     <x:row r="254" spans="1:21">
       <x:c r="A254" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B254" s="14" t="s">
         <x:v>414</x:v>
       </x:c>
       <x:c r="C254" s="15" t="n">
         <x:v>40179</x:v>
       </x:c>
       <x:c r="D254" s="15" t="s"/>
       <x:c r="E254" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F254" s="14" t="s"/>
       <x:c r="G254" s="14" t="s">
         <x:v>415</x:v>
       </x:c>
       <x:c r="H254" s="14" t="s"/>
       <x:c r="I254" s="16" t="s">
         <x:v>416</x:v>
       </x:c>
       <x:c r="J254" s="14" t="s">
@@ -16727,51 +16730,51 @@
       <x:c r="J255" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="K255" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="L255" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M255" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N255" s="3" t="n">
         <x:v>15099</x:v>
       </x:c>
       <x:c r="O255" s="0" t="s">
         <x:v>387</x:v>
       </x:c>
       <x:c r="P255" s="0" t="s">
         <x:v>91</x:v>
       </x:c>
       <x:c r="Q255" s="4" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="R255" s="0" t="s">
-        <x:v>97</x:v>
+        <x:v>98</x:v>
       </x:c>
       <x:c r="S255" s="0" t="n">
         <x:v>575054</x:v>
       </x:c>
       <x:c r="T255" s="4" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="U255" s="4" t="s">
         <x:v>68</x:v>
       </x:c>
     </x:row>
     <x:row r="256" spans="1:21">
       <x:c r="A256" s="13" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="B256" s="14" t="s">
         <x:v>423</x:v>
       </x:c>
       <x:c r="C256" s="15" t="n">
         <x:v>37580</x:v>
       </x:c>
       <x:c r="D256" s="15" t="s"/>
       <x:c r="E256" s="14" t="s"/>
       <x:c r="F256" s="14" t="s"/>
       <x:c r="G256" s="14" t="s">
@@ -16786,51 +16789,51 @@
       <x:c r="J256" s="14" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="K256" s="14" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="L256" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M256" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N256" s="15" t="n">
         <x:v>11454</x:v>
       </x:c>
       <x:c r="O256" s="14" t="s">
         <x:v>151</x:v>
       </x:c>
       <x:c r="P256" s="14" t="s">
         <x:v>91</x:v>
       </x:c>
       <x:c r="Q256" s="16" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="R256" s="14" t="s">
-        <x:v>97</x:v>
+        <x:v>98</x:v>
       </x:c>
       <x:c r="S256" s="14" t="n">
         <x:v>575053</x:v>
       </x:c>
       <x:c r="T256" s="16" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="U256" s="16" t="s">
         <x:v>68</x:v>
       </x:c>
     </x:row>
     <x:row r="257" spans="1:21">
       <x:c r="A257" s="1" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="B257" s="0" t="s">
         <x:v>424</x:v>
       </x:c>
       <x:c r="C257" s="3" t="n">
         <x:v>37582</x:v>
       </x:c>
       <x:c r="D257" s="3" t="s"/>
       <x:c r="G257" s="0" t="s">
         <x:v>91</x:v>
       </x:c>
@@ -16843,51 +16846,51 @@
       <x:c r="J257" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="K257" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="L257" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M257" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N257" s="3" t="n">
         <x:v>15099</x:v>
       </x:c>
       <x:c r="O257" s="0" t="s">
         <x:v>387</x:v>
       </x:c>
       <x:c r="P257" s="0" t="s">
         <x:v>91</x:v>
       </x:c>
       <x:c r="Q257" s="4" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="R257" s="0" t="s">
-        <x:v>98</x:v>
+        <x:v>97</x:v>
       </x:c>
       <x:c r="S257" s="0" t="n">
         <x:v>575052</x:v>
       </x:c>
       <x:c r="T257" s="4" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="U257" s="4" t="s">
         <x:v>68</x:v>
       </x:c>
     </x:row>
     <x:row r="258" spans="1:21">
       <x:c r="A258" s="13" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="B258" s="14" t="s">
         <x:v>425</x:v>
       </x:c>
       <x:c r="C258" s="15" t="n">
         <x:v>40042</x:v>
       </x:c>
       <x:c r="D258" s="15" t="s"/>
       <x:c r="E258" s="14" t="s"/>
       <x:c r="F258" s="14" t="s"/>
       <x:c r="G258" s="14" t="s">
@@ -16902,51 +16905,51 @@
       <x:c r="J258" s="14" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="K258" s="14" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="L258" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M258" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N258" s="15" t="n">
         <x:v>15099</x:v>
       </x:c>
       <x:c r="O258" s="14" t="s">
         <x:v>387</x:v>
       </x:c>
       <x:c r="P258" s="14" t="s">
         <x:v>91</x:v>
       </x:c>
       <x:c r="Q258" s="16" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="R258" s="14" t="s">
-        <x:v>97</x:v>
+        <x:v>98</x:v>
       </x:c>
       <x:c r="S258" s="14" t="n">
         <x:v>575049</x:v>
       </x:c>
       <x:c r="T258" s="16" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="U258" s="16" t="s">
         <x:v>68</x:v>
       </x:c>
     </x:row>
     <x:row r="259" spans="1:21">
       <x:c r="A259" s="1" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="B259" s="0" t="s">
         <x:v>426</x:v>
       </x:c>
       <x:c r="C259" s="3" t="n">
         <x:v>37926</x:v>
       </x:c>
       <x:c r="D259" s="3" t="s"/>
       <x:c r="G259" s="0" t="s">
         <x:v>91</x:v>
       </x:c>
@@ -16959,51 +16962,51 @@
       <x:c r="J259" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="K259" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="L259" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M259" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N259" s="3" t="n">
         <x:v>15099</x:v>
       </x:c>
       <x:c r="O259" s="0" t="s">
         <x:v>387</x:v>
       </x:c>
       <x:c r="P259" s="0" t="s">
         <x:v>91</x:v>
       </x:c>
       <x:c r="Q259" s="4" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="R259" s="0" t="s">
-        <x:v>98</x:v>
+        <x:v>97</x:v>
       </x:c>
       <x:c r="S259" s="0" t="n">
         <x:v>575048</x:v>
       </x:c>
       <x:c r="T259" s="4" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="U259" s="4" t="s">
         <x:v>68</x:v>
       </x:c>
     </x:row>
     <x:row r="260" spans="1:21">
       <x:c r="A260" s="13" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="B260" s="14" t="s">
         <x:v>427</x:v>
       </x:c>
       <x:c r="C260" s="15" t="n">
         <x:v>37933</x:v>
       </x:c>
       <x:c r="D260" s="15" t="s"/>
       <x:c r="E260" s="14" t="s"/>
       <x:c r="F260" s="14" t="s"/>
       <x:c r="G260" s="14" t="s">
@@ -17018,51 +17021,51 @@
       <x:c r="J260" s="14" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="K260" s="14" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="L260" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M260" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N260" s="15" t="n">
         <x:v>12046</x:v>
       </x:c>
       <x:c r="O260" s="14" t="s">
         <x:v>364</x:v>
       </x:c>
       <x:c r="P260" s="14" t="s">
         <x:v>91</x:v>
       </x:c>
       <x:c r="Q260" s="16" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="R260" s="14" t="s">
-        <x:v>98</x:v>
+        <x:v>97</x:v>
       </x:c>
       <x:c r="S260" s="14" t="n">
         <x:v>575047</x:v>
       </x:c>
       <x:c r="T260" s="16" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="U260" s="16" t="s">
         <x:v>68</x:v>
       </x:c>
     </x:row>
     <x:row r="261" spans="1:21">
       <x:c r="A261" s="1" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="B261" s="0" t="s">
         <x:v>428</x:v>
       </x:c>
       <x:c r="C261" s="3" t="n">
         <x:v>37578</x:v>
       </x:c>
       <x:c r="D261" s="3" t="s"/>
       <x:c r="G261" s="0" t="s">
         <x:v>91</x:v>
       </x:c>
@@ -17075,51 +17078,51 @@
       <x:c r="J261" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="K261" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="L261" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M261" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N261" s="3" t="n">
         <x:v>15099</x:v>
       </x:c>
       <x:c r="O261" s="0" t="s">
         <x:v>387</x:v>
       </x:c>
       <x:c r="P261" s="0" t="s">
         <x:v>91</x:v>
       </x:c>
       <x:c r="Q261" s="4" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="R261" s="0" t="s">
-        <x:v>97</x:v>
+        <x:v>98</x:v>
       </x:c>
       <x:c r="S261" s="0" t="n">
         <x:v>575046</x:v>
       </x:c>
       <x:c r="T261" s="4" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="U261" s="4" t="s">
         <x:v>68</x:v>
       </x:c>
     </x:row>
     <x:row r="262" spans="1:21">
       <x:c r="A262" s="13" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="B262" s="14" t="s">
         <x:v>429</x:v>
       </x:c>
       <x:c r="C262" s="15" t="n">
         <x:v>37581</x:v>
       </x:c>
       <x:c r="D262" s="15" t="s"/>
       <x:c r="E262" s="14" t="s"/>
       <x:c r="F262" s="14" t="s"/>
       <x:c r="G262" s="14" t="s">
@@ -17132,114 +17135,114 @@
       <x:c r="J262" s="14" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="K262" s="14" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="L262" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M262" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N262" s="15" t="n">
         <x:v>15099</x:v>
       </x:c>
       <x:c r="O262" s="14" t="s">
         <x:v>387</x:v>
       </x:c>
       <x:c r="P262" s="14" t="s">
         <x:v>101</x:v>
       </x:c>
       <x:c r="Q262" s="16" t="s">
         <x:v>102</x:v>
       </x:c>
       <x:c r="R262" s="14" t="s">
-        <x:v>97</x:v>
+        <x:v>98</x:v>
       </x:c>
       <x:c r="S262" s="14" t="n">
         <x:v>595605</x:v>
       </x:c>
       <x:c r="T262" s="16" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="U262" s="16" t="s">
-        <x:v>231</x:v>
+        <x:v>238</x:v>
       </x:c>
     </x:row>
     <x:row r="263" spans="1:21">
       <x:c r="A263" s="1" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="B263" s="0" t="s">
         <x:v>430</x:v>
       </x:c>
       <x:c r="C263" s="3" t="n">
         <x:v>37580</x:v>
       </x:c>
       <x:c r="D263" s="3" t="s"/>
       <x:c r="G263" s="0" t="s">
         <x:v>101</x:v>
       </x:c>
       <x:c r="I263" s="4" t="s">
         <x:v>102</x:v>
       </x:c>
       <x:c r="J263" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="K263" s="0" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="L263" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M263" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N263" s="3" t="n">
         <x:v>11454</x:v>
       </x:c>
       <x:c r="O263" s="0" t="s">
         <x:v>151</x:v>
       </x:c>
       <x:c r="P263" s="0" t="s">
         <x:v>101</x:v>
       </x:c>
       <x:c r="Q263" s="4" t="s">
         <x:v>102</x:v>
       </x:c>
       <x:c r="R263" s="0" t="s">
-        <x:v>97</x:v>
+        <x:v>98</x:v>
       </x:c>
       <x:c r="S263" s="0" t="n">
         <x:v>595664</x:v>
       </x:c>
       <x:c r="T263" s="4" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="U263" s="4" t="s">
-        <x:v>231</x:v>
+        <x:v>238</x:v>
       </x:c>
     </x:row>
     <x:row r="264" spans="1:21">
       <x:c r="A264" s="13" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="B264" s="14" t="s">
         <x:v>431</x:v>
       </x:c>
       <x:c r="C264" s="15" t="n">
         <x:v>37582</x:v>
       </x:c>
       <x:c r="D264" s="15" t="s"/>
       <x:c r="E264" s="14" t="s"/>
       <x:c r="F264" s="14" t="s"/>
       <x:c r="G264" s="14" t="s">
         <x:v>101</x:v>
       </x:c>
       <x:c r="H264" s="14" t="s"/>
       <x:c r="I264" s="16" t="s">
         <x:v>102</x:v>
       </x:c>
       <x:c r="J264" s="14" t="s">
         <x:v>63</x:v>
       </x:c>
@@ -17252,105 +17255,105 @@
       <x:c r="M264" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N264" s="15" t="n">
         <x:v>15099</x:v>
       </x:c>
       <x:c r="O264" s="14" t="s">
         <x:v>387</x:v>
       </x:c>
       <x:c r="P264" s="14" t="s">
         <x:v>101</x:v>
       </x:c>
       <x:c r="Q264" s="16" t="s">
         <x:v>102</x:v>
       </x:c>
       <x:c r="R264" s="14" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="S264" s="14" t="n">
         <x:v>595842</x:v>
       </x:c>
       <x:c r="T264" s="16" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="U264" s="16" t="s">
-        <x:v>231</x:v>
+        <x:v>238</x:v>
       </x:c>
     </x:row>
     <x:row r="265" spans="1:21">
       <x:c r="A265" s="1" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="B265" s="0" t="s">
         <x:v>432</x:v>
       </x:c>
       <x:c r="C265" s="3" t="n">
         <x:v>40042</x:v>
       </x:c>
       <x:c r="D265" s="3" t="s"/>
       <x:c r="G265" s="0" t="s">
         <x:v>101</x:v>
       </x:c>
       <x:c r="I265" s="4" t="s">
         <x:v>102</x:v>
       </x:c>
       <x:c r="J265" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="K265" s="0" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="L265" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M265" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N265" s="3" t="n">
         <x:v>15099</x:v>
       </x:c>
       <x:c r="O265" s="0" t="s">
         <x:v>387</x:v>
       </x:c>
       <x:c r="P265" s="0" t="s">
         <x:v>101</x:v>
       </x:c>
       <x:c r="Q265" s="4" t="s">
         <x:v>102</x:v>
       </x:c>
       <x:c r="R265" s="0" t="s">
-        <x:v>97</x:v>
+        <x:v>98</x:v>
       </x:c>
       <x:c r="S265" s="0" t="n">
         <x:v>595629</x:v>
       </x:c>
       <x:c r="T265" s="4" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="U265" s="4" t="s">
-        <x:v>231</x:v>
+        <x:v>238</x:v>
       </x:c>
     </x:row>
     <x:row r="266" spans="1:21">
       <x:c r="A266" s="13" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="B266" s="14" t="s">
         <x:v>433</x:v>
       </x:c>
       <x:c r="C266" s="15" t="n">
         <x:v>37926</x:v>
       </x:c>
       <x:c r="D266" s="15" t="s"/>
       <x:c r="E266" s="14" t="s"/>
       <x:c r="F266" s="14" t="s"/>
       <x:c r="G266" s="14" t="s">
         <x:v>101</x:v>
       </x:c>
       <x:c r="H266" s="14" t="s"/>
       <x:c r="I266" s="16" t="s">
         <x:v>102</x:v>
       </x:c>
       <x:c r="J266" s="14" t="s">
         <x:v>63</x:v>
       </x:c>
@@ -17363,51 +17366,51 @@
       <x:c r="M266" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N266" s="15" t="n">
         <x:v>15099</x:v>
       </x:c>
       <x:c r="O266" s="14" t="s">
         <x:v>387</x:v>
       </x:c>
       <x:c r="P266" s="14" t="s">
         <x:v>101</x:v>
       </x:c>
       <x:c r="Q266" s="16" t="s">
         <x:v>102</x:v>
       </x:c>
       <x:c r="R266" s="14" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="S266" s="14" t="n">
         <x:v>595587</x:v>
       </x:c>
       <x:c r="T266" s="16" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="U266" s="16" t="s">
-        <x:v>231</x:v>
+        <x:v>238</x:v>
       </x:c>
     </x:row>
     <x:row r="267" spans="1:21">
       <x:c r="A267" s="1" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="B267" s="0" t="s">
         <x:v>434</x:v>
       </x:c>
       <x:c r="C267" s="3" t="n">
         <x:v>37933</x:v>
       </x:c>
       <x:c r="D267" s="3" t="s"/>
       <x:c r="G267" s="0" t="s">
         <x:v>101</x:v>
       </x:c>
       <x:c r="I267" s="4" t="s">
         <x:v>102</x:v>
       </x:c>
       <x:c r="J267" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="K267" s="0" t="s">
         <x:v>74</x:v>
       </x:c>
@@ -17417,51 +17420,51 @@
       <x:c r="M267" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N267" s="3" t="n">
         <x:v>12046</x:v>
       </x:c>
       <x:c r="O267" s="0" t="s">
         <x:v>364</x:v>
       </x:c>
       <x:c r="P267" s="0" t="s">
         <x:v>101</x:v>
       </x:c>
       <x:c r="Q267" s="4" t="s">
         <x:v>102</x:v>
       </x:c>
       <x:c r="R267" s="0" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="S267" s="0" t="n">
         <x:v>595624</x:v>
       </x:c>
       <x:c r="T267" s="4" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="U267" s="4" t="s">
-        <x:v>231</x:v>
+        <x:v>238</x:v>
       </x:c>
     </x:row>
     <x:row r="268" spans="1:21">
       <x:c r="A268" s="13" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="B268" s="14" t="s">
         <x:v>435</x:v>
       </x:c>
       <x:c r="C268" s="15" t="n">
         <x:v>35637</x:v>
       </x:c>
       <x:c r="D268" s="15" t="s"/>
       <x:c r="E268" s="14" t="s"/>
       <x:c r="F268" s="14" t="s"/>
       <x:c r="G268" s="14" t="s">
         <x:v>118</x:v>
       </x:c>
       <x:c r="H268" s="14" t="s"/>
       <x:c r="I268" s="16" t="s">
         <x:v>119</x:v>
       </x:c>
       <x:c r="J268" s="14" t="s">
         <x:v>63</x:v>
       </x:c>
@@ -17474,51 +17477,51 @@
       <x:c r="M268" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N268" s="15" t="n">
         <x:v>15099</x:v>
       </x:c>
       <x:c r="O268" s="14" t="s">
         <x:v>387</x:v>
       </x:c>
       <x:c r="P268" s="14" t="s">
         <x:v>118</x:v>
       </x:c>
       <x:c r="Q268" s="16" t="s">
         <x:v>119</x:v>
       </x:c>
       <x:c r="R268" s="14" t="s">
         <x:v>133</x:v>
       </x:c>
       <x:c r="S268" s="14" t="n">
         <x:v>616028</x:v>
       </x:c>
       <x:c r="T268" s="16" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="U268" s="16" t="s">
-        <x:v>231</x:v>
+        <x:v>238</x:v>
       </x:c>
     </x:row>
     <x:row r="269" spans="1:21">
       <x:c r="A269" s="1" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="B269" s="0" t="s">
         <x:v>436</x:v>
       </x:c>
       <x:c r="C269" s="3" t="n">
         <x:v>37929</x:v>
       </x:c>
       <x:c r="D269" s="3" t="s"/>
       <x:c r="G269" s="0" t="s">
         <x:v>118</x:v>
       </x:c>
       <x:c r="I269" s="4" t="s">
         <x:v>119</x:v>
       </x:c>
       <x:c r="J269" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="K269" s="0" t="s">
         <x:v>74</x:v>
       </x:c>
@@ -17528,51 +17531,51 @@
       <x:c r="M269" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N269" s="3" t="n">
         <x:v>11031</x:v>
       </x:c>
       <x:c r="O269" s="0" t="s">
         <x:v>437</x:v>
       </x:c>
       <x:c r="P269" s="0" t="s">
         <x:v>118</x:v>
       </x:c>
       <x:c r="Q269" s="4" t="s">
         <x:v>119</x:v>
       </x:c>
       <x:c r="R269" s="0" t="s">
         <x:v>133</x:v>
       </x:c>
       <x:c r="S269" s="0" t="n">
         <x:v>597136</x:v>
       </x:c>
       <x:c r="T269" s="4" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="U269" s="4" t="s">
-        <x:v>231</x:v>
+        <x:v>238</x:v>
       </x:c>
     </x:row>
     <x:row r="270" spans="1:21">
       <x:c r="A270" s="13" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="B270" s="14" t="s">
         <x:v>438</x:v>
       </x:c>
       <x:c r="C270" s="15" t="n">
         <x:v>39450</x:v>
       </x:c>
       <x:c r="D270" s="15" t="s"/>
       <x:c r="E270" s="14" t="s"/>
       <x:c r="F270" s="14" t="s"/>
       <x:c r="G270" s="14" t="s">
         <x:v>118</x:v>
       </x:c>
       <x:c r="H270" s="14" t="s"/>
       <x:c r="I270" s="16" t="s">
         <x:v>119</x:v>
       </x:c>
       <x:c r="J270" s="14" t="s">
         <x:v>63</x:v>
       </x:c>
@@ -17585,51 +17588,51 @@
       <x:c r="M270" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N270" s="15" t="n">
         <x:v>12046</x:v>
       </x:c>
       <x:c r="O270" s="14" t="s">
         <x:v>364</x:v>
       </x:c>
       <x:c r="P270" s="14" t="s">
         <x:v>118</x:v>
       </x:c>
       <x:c r="Q270" s="16" t="s">
         <x:v>119</x:v>
       </x:c>
       <x:c r="R270" s="14" t="s">
         <x:v>133</x:v>
       </x:c>
       <x:c r="S270" s="14" t="n">
         <x:v>595756</x:v>
       </x:c>
       <x:c r="T270" s="16" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="U270" s="16" t="s">
-        <x:v>231</x:v>
+        <x:v>238</x:v>
       </x:c>
     </x:row>
     <x:row r="271" spans="1:21">
       <x:c r="A271" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B271" s="0" t="s">
         <x:v>439</x:v>
       </x:c>
       <x:c r="C271" s="3" t="n">
         <x:v>38211</x:v>
       </x:c>
       <x:c r="D271" s="3" t="s"/>
       <x:c r="E271" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G271" s="0" t="s">
         <x:v>344</x:v>
       </x:c>
       <x:c r="H271" s="0" t="s">
         <x:v>345</x:v>
       </x:c>
       <x:c r="I271" s="4" t="s">
         <x:v>346</x:v>
       </x:c>
@@ -17766,51 +17769,51 @@
       <x:c r="M273" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N273" s="3" t="n">
         <x:v>15099</x:v>
       </x:c>
       <x:c r="O273" s="0" t="s">
         <x:v>387</x:v>
       </x:c>
       <x:c r="P273" s="0" t="s">
         <x:v>440</x:v>
       </x:c>
       <x:c r="Q273" s="4" t="s">
         <x:v>149</x:v>
       </x:c>
       <x:c r="R273" s="0" t="s">
         <x:v>133</x:v>
       </x:c>
       <x:c r="S273" s="0" t="n">
         <x:v>605717</x:v>
       </x:c>
       <x:c r="T273" s="4" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="U273" s="4" t="s">
-        <x:v>231</x:v>
+        <x:v>238</x:v>
       </x:c>
     </x:row>
     <x:row r="274" spans="1:21">
       <x:c r="A274" s="13" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="B274" s="14" t="s">
         <x:v>441</x:v>
       </x:c>
       <x:c r="C274" s="15" t="n">
         <x:v>38211</x:v>
       </x:c>
       <x:c r="D274" s="15" t="s"/>
       <x:c r="E274" s="14" t="s"/>
       <x:c r="F274" s="14" t="s"/>
       <x:c r="G274" s="14" t="s">
         <x:v>118</x:v>
       </x:c>
       <x:c r="H274" s="14" t="s"/>
       <x:c r="I274" s="16" t="s">
         <x:v>119</x:v>
       </x:c>
       <x:c r="J274" s="14" t="s">
         <x:v>63</x:v>
       </x:c>
@@ -17823,51 +17826,51 @@
       <x:c r="M274" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N274" s="15" t="n">
         <x:v>15099</x:v>
       </x:c>
       <x:c r="O274" s="14" t="s">
         <x:v>387</x:v>
       </x:c>
       <x:c r="P274" s="14" t="s">
         <x:v>118</x:v>
       </x:c>
       <x:c r="Q274" s="16" t="s">
         <x:v>119</x:v>
       </x:c>
       <x:c r="R274" s="14" t="s">
         <x:v>133</x:v>
       </x:c>
       <x:c r="S274" s="14" t="n">
         <x:v>597135</x:v>
       </x:c>
       <x:c r="T274" s="16" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="U274" s="16" t="s">
-        <x:v>231</x:v>
+        <x:v>238</x:v>
       </x:c>
     </x:row>
     <x:row r="275" spans="1:21">
       <x:c r="A275" s="1" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="B275" s="0" t="s">
         <x:v>441</x:v>
       </x:c>
       <x:c r="C275" s="3" t="n">
         <x:v>38211</x:v>
       </x:c>
       <x:c r="D275" s="3" t="s"/>
       <x:c r="G275" s="0" t="s">
         <x:v>118</x:v>
       </x:c>
       <x:c r="I275" s="4" t="s">
         <x:v>119</x:v>
       </x:c>
       <x:c r="J275" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="K275" s="0" t="s">
         <x:v>74</x:v>
       </x:c>
@@ -17877,51 +17880,51 @@
       <x:c r="M275" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N275" s="3" t="n">
         <x:v>15099</x:v>
       </x:c>
       <x:c r="O275" s="0" t="s">
         <x:v>387</x:v>
       </x:c>
       <x:c r="P275" s="0" t="s">
         <x:v>118</x:v>
       </x:c>
       <x:c r="Q275" s="4" t="s">
         <x:v>119</x:v>
       </x:c>
       <x:c r="R275" s="0" t="s">
         <x:v>133</x:v>
       </x:c>
       <x:c r="S275" s="0" t="n">
         <x:v>616043</x:v>
       </x:c>
       <x:c r="T275" s="4" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="U275" s="4" t="s">
-        <x:v>231</x:v>
+        <x:v>238</x:v>
       </x:c>
     </x:row>
     <x:row r="276" spans="1:21">
       <x:c r="A276" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B276" s="14" t="s">
         <x:v>442</x:v>
       </x:c>
       <x:c r="C276" s="15" t="n">
         <x:v>40530</x:v>
       </x:c>
       <x:c r="D276" s="15" t="s"/>
       <x:c r="E276" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F276" s="14" t="s"/>
       <x:c r="G276" s="14" t="s">
         <x:v>344</x:v>
       </x:c>
       <x:c r="H276" s="14" t="s">
         <x:v>345</x:v>
       </x:c>
       <x:c r="I276" s="16" t="s">
         <x:v>346</x:v>
@@ -17929,108 +17932,108 @@
       <x:c r="J276" s="14" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="K276" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L276" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M276" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N276" s="15" t="n">
         <x:v>12556</x:v>
       </x:c>
       <x:c r="O276" s="14" t="s">
         <x:v>443</x:v>
       </x:c>
       <x:c r="P276" s="14" t="s">
         <x:v>444</x:v>
       </x:c>
       <x:c r="Q276" s="16" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="R276" s="14" t="s">
-        <x:v>98</x:v>
+        <x:v>97</x:v>
       </x:c>
       <x:c r="S276" s="14" t="n">
         <x:v>605768</x:v>
       </x:c>
       <x:c r="T276" s="16" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="U276" s="16" t="s">
-        <x:v>231</x:v>
+        <x:v>238</x:v>
       </x:c>
     </x:row>
     <x:row r="277" spans="1:21">
       <x:c r="A277" s="1" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="B277" s="0" t="s">
         <x:v>445</x:v>
       </x:c>
       <x:c r="C277" s="3" t="n">
         <x:v>40530</x:v>
       </x:c>
       <x:c r="D277" s="3" t="s"/>
       <x:c r="G277" s="0" t="s">
         <x:v>91</x:v>
       </x:c>
       <x:c r="H277" s="0" t="s">
         <x:v>92</x:v>
       </x:c>
       <x:c r="I277" s="4" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="J277" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="K277" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="L277" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M277" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N277" s="3" t="n">
         <x:v>12556</x:v>
       </x:c>
       <x:c r="O277" s="0" t="s">
         <x:v>443</x:v>
       </x:c>
       <x:c r="P277" s="0" t="s">
         <x:v>91</x:v>
       </x:c>
       <x:c r="Q277" s="4" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="R277" s="0" t="s">
-        <x:v>97</x:v>
+        <x:v>98</x:v>
       </x:c>
       <x:c r="S277" s="0" t="n">
         <x:v>575055</x:v>
       </x:c>
       <x:c r="T277" s="4" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="U277" s="4" t="s">
         <x:v>68</x:v>
       </x:c>
     </x:row>
     <x:row r="278" spans="1:21">
       <x:c r="A278" s="13" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="B278" s="14" t="s">
         <x:v>446</x:v>
       </x:c>
       <x:c r="C278" s="15" t="n">
         <x:v>41163</x:v>
       </x:c>
       <x:c r="D278" s="15" t="s"/>
       <x:c r="E278" s="14" t="s"/>
       <x:c r="F278" s="14" t="s"/>
       <x:c r="G278" s="14" t="s">
@@ -18050,51 +18053,51 @@
         <x:v>28</x:v>
       </x:c>
       <x:c r="M278" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N278" s="15" t="n">
         <x:v>15099</x:v>
       </x:c>
       <x:c r="O278" s="14" t="s">
         <x:v>387</x:v>
       </x:c>
       <x:c r="P278" s="14" t="s"/>
       <x:c r="Q278" s="16" t="s">
         <x:v>449</x:v>
       </x:c>
       <x:c r="R278" s="14" t="s">
         <x:v>450</x:v>
       </x:c>
       <x:c r="S278" s="14" t="n">
         <x:v>595206</x:v>
       </x:c>
       <x:c r="T278" s="16" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="U278" s="16" t="s">
-        <x:v>231</x:v>
+        <x:v>238</x:v>
       </x:c>
     </x:row>
     <x:row r="279" spans="1:21">
       <x:c r="A279" s="1" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="B279" s="0" t="s">
         <x:v>451</x:v>
       </x:c>
       <x:c r="C279" s="3" t="n">
         <x:v>40205</x:v>
       </x:c>
       <x:c r="D279" s="3" t="s"/>
       <x:c r="G279" s="0" t="s">
         <x:v>452</x:v>
       </x:c>
       <x:c r="I279" s="4" t="s">
         <x:v>453</x:v>
       </x:c>
       <x:c r="J279" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="K279" s="0" t="s">
         <x:v>74</x:v>
       </x:c>
@@ -18104,51 +18107,51 @@
       <x:c r="M279" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N279" s="3" t="n">
         <x:v>24326</x:v>
       </x:c>
       <x:c r="O279" s="0" t="s">
         <x:v>454</x:v>
       </x:c>
       <x:c r="P279" s="0" t="s">
         <x:v>452</x:v>
       </x:c>
       <x:c r="Q279" s="4" t="s">
         <x:v>453</x:v>
       </x:c>
       <x:c r="R279" s="0" t="s">
         <x:v>455</x:v>
       </x:c>
       <x:c r="S279" s="0" t="n">
         <x:v>595616</x:v>
       </x:c>
       <x:c r="T279" s="4" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="U279" s="4" t="s">
-        <x:v>231</x:v>
+        <x:v>238</x:v>
       </x:c>
     </x:row>
     <x:row r="280" spans="1:21">
       <x:c r="A280" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B280" s="14" t="s">
         <x:v>456</x:v>
       </x:c>
       <x:c r="C280" s="15" t="n">
         <x:v>39303</x:v>
       </x:c>
       <x:c r="D280" s="15" t="s"/>
       <x:c r="E280" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F280" s="14" t="s"/>
       <x:c r="G280" s="14" t="s">
         <x:v>344</x:v>
       </x:c>
       <x:c r="H280" s="14" t="s">
         <x:v>345</x:v>
       </x:c>
       <x:c r="I280" s="16" t="s">
         <x:v>346</x:v>
@@ -18156,111 +18159,111 @@
       <x:c r="J280" s="14" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="K280" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L280" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M280" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N280" s="15" t="n">
         <x:v>23554</x:v>
       </x:c>
       <x:c r="O280" s="14" t="s">
         <x:v>177</x:v>
       </x:c>
       <x:c r="P280" s="14" t="s">
         <x:v>344</x:v>
       </x:c>
       <x:c r="Q280" s="16" t="s">
         <x:v>346</x:v>
       </x:c>
       <x:c r="R280" s="14" t="s">
-        <x:v>377</x:v>
+        <x:v>375</x:v>
       </x:c>
       <x:c r="S280" s="14" t="n">
-        <x:v>501081</x:v>
+        <x:v>605716</x:v>
       </x:c>
       <x:c r="T280" s="16" t="s">
-        <x:v>389</x:v>
+        <x:v>57</x:v>
       </x:c>
       <x:c r="U280" s="16" t="s">
-        <x:v>58</x:v>
+        <x:v>238</x:v>
       </x:c>
     </x:row>
     <x:row r="281" spans="1:21">
       <x:c r="A281" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B281" s="0" t="s">
         <x:v>456</x:v>
       </x:c>
       <x:c r="C281" s="3" t="n">
         <x:v>39303</x:v>
       </x:c>
       <x:c r="D281" s="3" t="s"/>
       <x:c r="E281" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G281" s="0" t="s">
         <x:v>344</x:v>
       </x:c>
       <x:c r="H281" s="0" t="s">
         <x:v>345</x:v>
       </x:c>
       <x:c r="I281" s="4" t="s">
         <x:v>346</x:v>
       </x:c>
       <x:c r="J281" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="K281" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L281" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M281" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N281" s="3" t="n">
         <x:v>23554</x:v>
       </x:c>
       <x:c r="O281" s="0" t="s">
         <x:v>177</x:v>
       </x:c>
       <x:c r="P281" s="0" t="s">
         <x:v>344</x:v>
       </x:c>
       <x:c r="Q281" s="4" t="s">
         <x:v>346</x:v>
       </x:c>
       <x:c r="R281" s="0" t="s">
-        <x:v>377</x:v>
+        <x:v>375</x:v>
       </x:c>
       <x:c r="S281" s="0" t="n">
         <x:v>550283</x:v>
       </x:c>
       <x:c r="T281" s="4" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="U281" s="4" t="s">
         <x:v>105</x:v>
       </x:c>
     </x:row>
     <x:row r="282" spans="1:21">
       <x:c r="A282" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B282" s="14" t="s">
         <x:v>456</x:v>
       </x:c>
       <x:c r="C282" s="15" t="n">
         <x:v>39303</x:v>
       </x:c>
       <x:c r="D282" s="15" t="s"/>
       <x:c r="E282" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
@@ -18277,120 +18280,120 @@
       <x:c r="J282" s="14" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="K282" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L282" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M282" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N282" s="15" t="n">
         <x:v>23554</x:v>
       </x:c>
       <x:c r="O282" s="14" t="s">
         <x:v>177</x:v>
       </x:c>
       <x:c r="P282" s="14" t="s">
         <x:v>344</x:v>
       </x:c>
       <x:c r="Q282" s="16" t="s">
         <x:v>346</x:v>
       </x:c>
       <x:c r="R282" s="14" t="s">
-        <x:v>377</x:v>
+        <x:v>375</x:v>
       </x:c>
       <x:c r="S282" s="14" t="n">
-        <x:v>605716</x:v>
+        <x:v>501081</x:v>
       </x:c>
       <x:c r="T282" s="16" t="s">
-        <x:v>57</x:v>
+        <x:v>389</x:v>
       </x:c>
       <x:c r="U282" s="16" t="s">
-        <x:v>231</x:v>
+        <x:v>58</x:v>
       </x:c>
     </x:row>
     <x:row r="283" spans="1:21">
       <x:c r="A283" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B283" s="0" t="s">
         <x:v>457</x:v>
       </x:c>
       <x:c r="C283" s="3" t="n">
-        <x:v>37939</x:v>
+        <x:v>39169</x:v>
       </x:c>
       <x:c r="D283" s="3" t="s"/>
       <x:c r="E283" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G283" s="0" t="s">
         <x:v>344</x:v>
       </x:c>
       <x:c r="H283" s="0" t="s">
         <x:v>345</x:v>
       </x:c>
       <x:c r="I283" s="4" t="s">
         <x:v>346</x:v>
       </x:c>
       <x:c r="J283" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="K283" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L283" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M283" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N283" s="3" t="n">
         <x:v>15099</x:v>
       </x:c>
       <x:c r="O283" s="0" t="s">
         <x:v>387</x:v>
       </x:c>
       <x:c r="P283" s="0" t="s">
         <x:v>458</x:v>
       </x:c>
       <x:c r="Q283" s="4" t="s">
         <x:v>459</x:v>
       </x:c>
       <x:c r="R283" s="0" t="s">
-        <x:v>377</x:v>
+        <x:v>375</x:v>
       </x:c>
       <x:c r="S283" s="0" t="n">
-        <x:v>451266</x:v>
+        <x:v>543539</x:v>
       </x:c>
       <x:c r="T283" s="4" t="s">
-        <x:v>421</x:v>
+        <x:v>389</x:v>
       </x:c>
       <x:c r="U283" s="4" t="s">
-        <x:v>406</x:v>
+        <x:v>58</x:v>
       </x:c>
     </x:row>
     <x:row r="284" spans="1:21">
       <x:c r="A284" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B284" s="14" t="s">
         <x:v>457</x:v>
       </x:c>
       <x:c r="C284" s="15" t="n">
         <x:v>39169</x:v>
       </x:c>
       <x:c r="D284" s="15" t="s"/>
       <x:c r="E284" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F284" s="14" t="s"/>
       <x:c r="G284" s="14" t="s">
         <x:v>344</x:v>
       </x:c>
       <x:c r="H284" s="14" t="s">
         <x:v>345</x:v>
       </x:c>
       <x:c r="I284" s="16" t="s">
         <x:v>346</x:v>
@@ -18398,120 +18401,120 @@
       <x:c r="J284" s="14" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="K284" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L284" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M284" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N284" s="15" t="n">
         <x:v>15099</x:v>
       </x:c>
       <x:c r="O284" s="14" t="s">
         <x:v>387</x:v>
       </x:c>
       <x:c r="P284" s="14" t="s">
         <x:v>458</x:v>
       </x:c>
       <x:c r="Q284" s="16" t="s">
         <x:v>459</x:v>
       </x:c>
       <x:c r="R284" s="14" t="s">
-        <x:v>377</x:v>
+        <x:v>375</x:v>
       </x:c>
       <x:c r="S284" s="14" t="n">
-        <x:v>605714</x:v>
+        <x:v>550302</x:v>
       </x:c>
       <x:c r="T284" s="16" t="s">
-        <x:v>57</x:v>
+        <x:v>52</x:v>
       </x:c>
       <x:c r="U284" s="16" t="s">
-        <x:v>231</x:v>
+        <x:v>105</x:v>
       </x:c>
     </x:row>
     <x:row r="285" spans="1:21">
       <x:c r="A285" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B285" s="0" t="s">
         <x:v>457</x:v>
       </x:c>
       <x:c r="C285" s="3" t="n">
-        <x:v>39169</x:v>
+        <x:v>37939</x:v>
       </x:c>
       <x:c r="D285" s="3" t="s"/>
       <x:c r="E285" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G285" s="0" t="s">
         <x:v>344</x:v>
       </x:c>
       <x:c r="H285" s="0" t="s">
         <x:v>345</x:v>
       </x:c>
       <x:c r="I285" s="4" t="s">
         <x:v>346</x:v>
       </x:c>
       <x:c r="J285" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="K285" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L285" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M285" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N285" s="3" t="n">
         <x:v>15099</x:v>
       </x:c>
       <x:c r="O285" s="0" t="s">
         <x:v>387</x:v>
       </x:c>
       <x:c r="P285" s="0" t="s">
         <x:v>458</x:v>
       </x:c>
       <x:c r="Q285" s="4" t="s">
         <x:v>459</x:v>
       </x:c>
       <x:c r="R285" s="0" t="s">
-        <x:v>377</x:v>
+        <x:v>375</x:v>
       </x:c>
       <x:c r="S285" s="0" t="n">
-        <x:v>550302</x:v>
+        <x:v>451266</x:v>
       </x:c>
       <x:c r="T285" s="4" t="s">
-        <x:v>52</x:v>
+        <x:v>421</x:v>
       </x:c>
       <x:c r="U285" s="4" t="s">
-        <x:v>105</x:v>
+        <x:v>406</x:v>
       </x:c>
     </x:row>
     <x:row r="286" spans="1:21">
       <x:c r="A286" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B286" s="14" t="s">
         <x:v>457</x:v>
       </x:c>
       <x:c r="C286" s="15" t="n">
         <x:v>39169</x:v>
       </x:c>
       <x:c r="D286" s="15" t="s"/>
       <x:c r="E286" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F286" s="14" t="s"/>
       <x:c r="G286" s="14" t="s">
         <x:v>344</x:v>
       </x:c>
       <x:c r="H286" s="14" t="s">
         <x:v>345</x:v>
       </x:c>
       <x:c r="I286" s="16" t="s">
         <x:v>346</x:v>
@@ -18519,60 +18522,60 @@
       <x:c r="J286" s="14" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="K286" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L286" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M286" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N286" s="15" t="n">
         <x:v>15099</x:v>
       </x:c>
       <x:c r="O286" s="14" t="s">
         <x:v>387</x:v>
       </x:c>
       <x:c r="P286" s="14" t="s">
         <x:v>458</x:v>
       </x:c>
       <x:c r="Q286" s="16" t="s">
         <x:v>459</x:v>
       </x:c>
       <x:c r="R286" s="14" t="s">
-        <x:v>377</x:v>
+        <x:v>375</x:v>
       </x:c>
       <x:c r="S286" s="14" t="n">
-        <x:v>543539</x:v>
+        <x:v>605714</x:v>
       </x:c>
       <x:c r="T286" s="16" t="s">
-        <x:v>389</x:v>
+        <x:v>57</x:v>
       </x:c>
       <x:c r="U286" s="16" t="s">
-        <x:v>58</x:v>
+        <x:v>238</x:v>
       </x:c>
     </x:row>
     <x:row r="287" spans="1:21">
       <x:c r="A287" s="1" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="B287" s="0" t="s">
         <x:v>460</x:v>
       </x:c>
       <x:c r="C287" s="3" t="n">
         <x:v>39305</x:v>
       </x:c>
       <x:c r="D287" s="3" t="s"/>
       <x:c r="G287" s="0" t="s">
         <x:v>461</x:v>
       </x:c>
       <x:c r="I287" s="4" t="s">
         <x:v>462</x:v>
       </x:c>
       <x:c r="J287" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="K287" s="0" t="s">
         <x:v>74</x:v>
       </x:c>
@@ -18582,51 +18585,51 @@
       <x:c r="M287" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N287" s="3" t="n">
         <x:v>23054</x:v>
       </x:c>
       <x:c r="O287" s="0" t="s">
         <x:v>463</x:v>
       </x:c>
       <x:c r="P287" s="0" t="s">
         <x:v>464</x:v>
       </x:c>
       <x:c r="Q287" s="4" t="s">
         <x:v>465</x:v>
       </x:c>
       <x:c r="R287" s="0" t="s">
         <x:v>466</x:v>
       </x:c>
       <x:c r="S287" s="0" t="n">
         <x:v>592394</x:v>
       </x:c>
       <x:c r="T287" s="4" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="U287" s="4" t="s">
-        <x:v>231</x:v>
+        <x:v>238</x:v>
       </x:c>
     </x:row>
     <x:row r="288" spans="1:21">
       <x:c r="A288" s="13" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="B288" s="14" t="s">
         <x:v>467</x:v>
       </x:c>
       <x:c r="C288" s="15" t="n">
         <x:v>40081</x:v>
       </x:c>
       <x:c r="D288" s="15" t="s"/>
       <x:c r="E288" s="14" t="s"/>
       <x:c r="F288" s="14" t="s"/>
       <x:c r="G288" s="14" t="s">
         <x:v>191</x:v>
       </x:c>
       <x:c r="H288" s="14" t="s"/>
       <x:c r="I288" s="16" t="s">
         <x:v>192</x:v>
       </x:c>
       <x:c r="J288" s="14" t="s">
         <x:v>63</x:v>
       </x:c>
@@ -18639,51 +18642,51 @@
       <x:c r="M288" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N288" s="15" t="n">
         <x:v>15099</x:v>
       </x:c>
       <x:c r="O288" s="14" t="s">
         <x:v>387</x:v>
       </x:c>
       <x:c r="P288" s="14" t="s">
         <x:v>193</x:v>
       </x:c>
       <x:c r="Q288" s="16" t="s">
         <x:v>196</x:v>
       </x:c>
       <x:c r="R288" s="14" t="s">
         <x:v>197</x:v>
       </x:c>
       <x:c r="S288" s="14" t="n">
         <x:v>595527</x:v>
       </x:c>
       <x:c r="T288" s="16" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="U288" s="16" t="s">
-        <x:v>231</x:v>
+        <x:v>238</x:v>
       </x:c>
     </x:row>
     <x:row r="289" spans="1:21">
       <x:c r="A289" s="1" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="B289" s="0" t="s">
         <x:v>468</x:v>
       </x:c>
       <x:c r="C289" s="3" t="n">
         <x:v>37907</x:v>
       </x:c>
       <x:c r="D289" s="3" t="s"/>
       <x:c r="G289" s="0" t="s">
         <x:v>108</x:v>
       </x:c>
       <x:c r="I289" s="4" t="s">
         <x:v>109</x:v>
       </x:c>
       <x:c r="J289" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="K289" s="0" t="s">
         <x:v>74</x:v>
       </x:c>
@@ -18693,51 +18696,51 @@
       <x:c r="M289" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N289" s="3" t="n">
         <x:v>15099</x:v>
       </x:c>
       <x:c r="O289" s="0" t="s">
         <x:v>387</x:v>
       </x:c>
       <x:c r="P289" s="0" t="s">
         <x:v>108</x:v>
       </x:c>
       <x:c r="Q289" s="4" t="s">
         <x:v>109</x:v>
       </x:c>
       <x:c r="R289" s="0" t="s">
         <x:v>110</x:v>
       </x:c>
       <x:c r="S289" s="0" t="n">
         <x:v>593739</x:v>
       </x:c>
       <x:c r="T289" s="4" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="U289" s="4" t="s">
-        <x:v>231</x:v>
+        <x:v>238</x:v>
       </x:c>
     </x:row>
     <x:row r="290" spans="1:21">
       <x:c r="A290" s="13" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="B290" s="14" t="s">
         <x:v>468</x:v>
       </x:c>
       <x:c r="C290" s="15" t="n">
         <x:v>37907</x:v>
       </x:c>
       <x:c r="D290" s="15" t="s"/>
       <x:c r="E290" s="14" t="s"/>
       <x:c r="F290" s="14" t="s"/>
       <x:c r="G290" s="14" t="s">
         <x:v>108</x:v>
       </x:c>
       <x:c r="H290" s="14" t="s"/>
       <x:c r="I290" s="16" t="s">
         <x:v>109</x:v>
       </x:c>
       <x:c r="J290" s="14" t="s">
         <x:v>63</x:v>
       </x:c>
@@ -18750,51 +18753,51 @@
       <x:c r="M290" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N290" s="15" t="n">
         <x:v>15099</x:v>
       </x:c>
       <x:c r="O290" s="14" t="s">
         <x:v>387</x:v>
       </x:c>
       <x:c r="P290" s="14" t="s">
         <x:v>108</x:v>
       </x:c>
       <x:c r="Q290" s="16" t="s">
         <x:v>109</x:v>
       </x:c>
       <x:c r="R290" s="14" t="s">
         <x:v>121</x:v>
       </x:c>
       <x:c r="S290" s="14" t="n">
         <x:v>593740</x:v>
       </x:c>
       <x:c r="T290" s="16" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="U290" s="16" t="s">
-        <x:v>231</x:v>
+        <x:v>238</x:v>
       </x:c>
     </x:row>
     <x:row r="291" spans="1:21">
       <x:c r="A291" s="1" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="B291" s="0" t="s">
         <x:v>469</x:v>
       </x:c>
       <x:c r="C291" s="3" t="n">
         <x:v>38774</x:v>
       </x:c>
       <x:c r="D291" s="3" t="s"/>
       <x:c r="G291" s="0" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="I291" s="4" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="J291" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="K291" s="0" t="s">
         <x:v>74</x:v>
       </x:c>
@@ -18857,173 +18860,173 @@
       <x:c r="K292" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L292" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M292" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N292" s="15" t="n">
         <x:v>24118</x:v>
       </x:c>
       <x:c r="O292" s="14" t="s">
         <x:v>473</x:v>
       </x:c>
       <x:c r="P292" s="14" t="s">
         <x:v>474</x:v>
       </x:c>
       <x:c r="Q292" s="16" t="s">
         <x:v>400</x:v>
       </x:c>
       <x:c r="R292" s="14" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="S292" s="14" t="n">
-        <x:v>571908</x:v>
+        <x:v>600169</x:v>
       </x:c>
       <x:c r="T292" s="16" t="s">
-        <x:v>237</x:v>
+        <x:v>475</x:v>
       </x:c>
       <x:c r="U292" s="16" t="s">
-        <x:v>475</x:v>
+        <x:v>476</x:v>
       </x:c>
     </x:row>
     <x:row r="293" spans="1:21">
       <x:c r="A293" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B293" s="0" t="s">
         <x:v>471</x:v>
       </x:c>
       <x:c r="C293" s="3" t="n">
         <x:v>39725</x:v>
       </x:c>
       <x:c r="D293" s="3" t="s"/>
       <x:c r="E293" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G293" s="0" t="s">
         <x:v>472</x:v>
       </x:c>
       <x:c r="I293" s="4" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="J293" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="K293" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L293" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M293" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N293" s="3" t="n">
         <x:v>24118</x:v>
       </x:c>
       <x:c r="O293" s="0" t="s">
         <x:v>473</x:v>
       </x:c>
       <x:c r="P293" s="0" t="s">
         <x:v>474</x:v>
       </x:c>
       <x:c r="Q293" s="4" t="s">
         <x:v>400</x:v>
       </x:c>
       <x:c r="R293" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="S293" s="0" t="n">
-        <x:v>600169</x:v>
+        <x:v>571908</x:v>
       </x:c>
       <x:c r="T293" s="4" t="s">
-        <x:v>476</x:v>
+        <x:v>235</x:v>
       </x:c>
       <x:c r="U293" s="4" t="s">
         <x:v>477</x:v>
       </x:c>
     </x:row>
     <x:row r="294" spans="1:21">
       <x:c r="A294" s="13" t="s">
-        <x:v>224</x:v>
+        <x:v>222</x:v>
       </x:c>
       <x:c r="B294" s="14" t="s">
         <x:v>478</x:v>
       </x:c>
       <x:c r="C294" s="15" t="n">
         <x:v>39725</x:v>
       </x:c>
       <x:c r="D294" s="15" t="s"/>
       <x:c r="E294" s="14" t="s"/>
       <x:c r="F294" s="14" t="s"/>
       <x:c r="G294" s="14" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="H294" s="14" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="I294" s="16" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="J294" s="14" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="K294" s="14" t="s">
         <x:v>479</x:v>
       </x:c>
       <x:c r="L294" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M294" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N294" s="15" t="n">
         <x:v>24118</x:v>
       </x:c>
       <x:c r="O294" s="14" t="s">
         <x:v>473</x:v>
       </x:c>
       <x:c r="P294" s="14" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="Q294" s="16" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="R294" s="14" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="S294" s="14" t="n">
         <x:v>566551</x:v>
       </x:c>
       <x:c r="T294" s="16" t="s">
-        <x:v>237</x:v>
+        <x:v>235</x:v>
       </x:c>
       <x:c r="U294" s="16" t="s">
-        <x:v>475</x:v>
+        <x:v>477</x:v>
       </x:c>
     </x:row>
     <x:row r="295" spans="1:21">
       <x:c r="A295" s="1" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="B295" s="0" t="s">
         <x:v>480</x:v>
       </x:c>
       <x:c r="C295" s="3" t="n">
         <x:v>39725</x:v>
       </x:c>
       <x:c r="D295" s="3" t="s"/>
       <x:c r="G295" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="H295" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="I295" s="4" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="J295" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
@@ -19036,51 +19039,51 @@
       <x:c r="M295" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N295" s="3" t="n">
         <x:v>24118</x:v>
       </x:c>
       <x:c r="O295" s="0" t="s">
         <x:v>473</x:v>
       </x:c>
       <x:c r="P295" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="Q295" s="4" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="R295" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="S295" s="0" t="n">
         <x:v>612390</x:v>
       </x:c>
       <x:c r="T295" s="4" t="s">
         <x:v>481</x:v>
       </x:c>
       <x:c r="U295" s="4" t="s">
-        <x:v>477</x:v>
+        <x:v>476</x:v>
       </x:c>
     </x:row>
     <x:row r="296" spans="1:21">
       <x:c r="A296" s="13" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="B296" s="14" t="s">
         <x:v>480</x:v>
       </x:c>
       <x:c r="C296" s="15" t="n">
         <x:v>39725</x:v>
       </x:c>
       <x:c r="D296" s="15" t="s"/>
       <x:c r="E296" s="14" t="s"/>
       <x:c r="F296" s="14" t="s"/>
       <x:c r="G296" s="14" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="H296" s="14" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="I296" s="16" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="J296" s="14" t="s">
@@ -19092,54 +19095,54 @@
       <x:c r="L296" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M296" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N296" s="15" t="n">
         <x:v>24118</x:v>
       </x:c>
       <x:c r="O296" s="14" t="s">
         <x:v>473</x:v>
       </x:c>
       <x:c r="P296" s="14" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="Q296" s="16" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="R296" s="14" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="S296" s="14" t="n">
         <x:v>567142</x:v>
       </x:c>
       <x:c r="T296" s="16" t="s">
-        <x:v>237</x:v>
+        <x:v>235</x:v>
       </x:c>
       <x:c r="U296" s="16" t="s">
-        <x:v>475</x:v>
+        <x:v>477</x:v>
       </x:c>
     </x:row>
     <x:row r="297" spans="1:21">
       <x:c r="A297" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B297" s="0" t="s">
         <x:v>482</x:v>
       </x:c>
       <x:c r="C297" s="3" t="n">
         <x:v>38908</x:v>
       </x:c>
       <x:c r="D297" s="3" t="s"/>
       <x:c r="E297" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G297" s="0" t="s">
         <x:v>483</x:v>
       </x:c>
       <x:c r="H297" s="0" t="s">
         <x:v>484</x:v>
       </x:c>
       <x:c r="I297" s="4" t="s">
         <x:v>485</x:v>
       </x:c>
@@ -19207,51 +19210,51 @@
       <x:c r="J298" s="14" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="K298" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L298" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M298" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N298" s="15" t="n">
         <x:v>22213</x:v>
       </x:c>
       <x:c r="O298" s="14" t="s">
         <x:v>486</x:v>
       </x:c>
       <x:c r="P298" s="14" t="s">
         <x:v>491</x:v>
       </x:c>
       <x:c r="Q298" s="16" t="s">
         <x:v>104</x:v>
       </x:c>
       <x:c r="R298" s="14" t="s">
-        <x:v>98</x:v>
+        <x:v>97</x:v>
       </x:c>
       <x:c r="S298" s="14" t="n">
         <x:v>531532</x:v>
       </x:c>
       <x:c r="T298" s="16" t="s">
         <x:v>492</x:v>
       </x:c>
       <x:c r="U298" s="16" t="s">
         <x:v>274</x:v>
       </x:c>
     </x:row>
     <x:row r="299" spans="1:21">
       <x:c r="A299" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B299" s="0" t="s">
         <x:v>482</x:v>
       </x:c>
       <x:c r="C299" s="3" t="n">
         <x:v>38908</x:v>
       </x:c>
       <x:c r="D299" s="3" t="s"/>
       <x:c r="E299" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
@@ -19267,51 +19270,51 @@
       <x:c r="J299" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="K299" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L299" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M299" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N299" s="3" t="n">
         <x:v>22213</x:v>
       </x:c>
       <x:c r="O299" s="0" t="s">
         <x:v>486</x:v>
       </x:c>
       <x:c r="P299" s="0" t="s">
         <x:v>491</x:v>
       </x:c>
       <x:c r="Q299" s="4" t="s">
         <x:v>104</x:v>
       </x:c>
       <x:c r="R299" s="0" t="s">
-        <x:v>98</x:v>
+        <x:v>97</x:v>
       </x:c>
       <x:c r="S299" s="0" t="n">
         <x:v>549370</x:v>
       </x:c>
       <x:c r="T299" s="4" t="s">
         <x:v>493</x:v>
       </x:c>
       <x:c r="U299" s="4" t="s">
         <x:v>58</x:v>
       </x:c>
     </x:row>
     <x:row r="300" spans="1:21">
       <x:c r="A300" s="13" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="B300" s="14" t="s">
         <x:v>494</x:v>
       </x:c>
       <x:c r="C300" s="15" t="n">
         <x:v>38908</x:v>
       </x:c>
       <x:c r="D300" s="15" t="s"/>
       <x:c r="E300" s="14" t="s"/>
       <x:c r="F300" s="14" t="s"/>
       <x:c r="G300" s="14" t="s">
@@ -19326,174 +19329,173 @@
       <x:c r="J300" s="14" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="K300" s="14" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="L300" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M300" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N300" s="15" t="n">
         <x:v>22213</x:v>
       </x:c>
       <x:c r="O300" s="14" t="s">
         <x:v>486</x:v>
       </x:c>
       <x:c r="P300" s="14" t="s">
         <x:v>491</x:v>
       </x:c>
       <x:c r="Q300" s="16" t="s">
         <x:v>104</x:v>
       </x:c>
       <x:c r="R300" s="14" t="s">
-        <x:v>98</x:v>
+        <x:v>97</x:v>
       </x:c>
       <x:c r="S300" s="14" t="n">
         <x:v>598029</x:v>
       </x:c>
       <x:c r="T300" s="16" t="s">
         <x:v>495</x:v>
       </x:c>
       <x:c r="U300" s="16" t="s">
         <x:v>58</x:v>
       </x:c>
     </x:row>
     <x:row r="301" spans="1:21">
       <x:c r="A301" s="1" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="B301" s="0" t="s">
         <x:v>494</x:v>
       </x:c>
       <x:c r="C301" s="3" t="n">
-        <x:v>38908</x:v>
+        <x:v>39880</x:v>
       </x:c>
       <x:c r="D301" s="3" t="s"/>
       <x:c r="G301" s="0" t="s">
-        <x:v>488</x:v>
-[...2 lines deleted...]
-        <x:v>489</x:v>
+        <x:v>496</x:v>
       </x:c>
       <x:c r="I301" s="4" t="s">
-        <x:v>490</x:v>
+        <x:v>497</x:v>
       </x:c>
       <x:c r="J301" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="K301" s="0" t="s">
-        <x:v>56</x:v>
+        <x:v>498</x:v>
       </x:c>
       <x:c r="L301" s="0" t="s">
-        <x:v>28</x:v>
+        <x:v>125</x:v>
       </x:c>
       <x:c r="M301" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N301" s="3" t="n">
-        <x:v>22213</x:v>
+        <x:v>22211</x:v>
       </x:c>
       <x:c r="O301" s="0" t="s">
-        <x:v>486</x:v>
+        <x:v>499</x:v>
       </x:c>
       <x:c r="P301" s="0" t="s">
-        <x:v>491</x:v>
+        <x:v>496</x:v>
       </x:c>
       <x:c r="Q301" s="4" t="s">
-        <x:v>104</x:v>
+        <x:v>497</x:v>
       </x:c>
       <x:c r="R301" s="0" t="s">
-        <x:v>98</x:v>
+        <x:v>121</x:v>
       </x:c>
       <x:c r="S301" s="0" t="n">
-        <x:v>598030</x:v>
+        <x:v>558313</x:v>
       </x:c>
       <x:c r="T301" s="4" t="s">
-        <x:v>496</x:v>
+        <x:v>52</x:v>
       </x:c>
       <x:c r="U301" s="4" t="s">
-        <x:v>105</x:v>
+        <x:v>500</x:v>
       </x:c>
     </x:row>
     <x:row r="302" spans="1:21">
       <x:c r="A302" s="13" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="B302" s="14" t="s">
         <x:v>494</x:v>
       </x:c>
       <x:c r="C302" s="15" t="n">
-        <x:v>39880</x:v>
+        <x:v>38908</x:v>
       </x:c>
       <x:c r="D302" s="15" t="s"/>
       <x:c r="E302" s="14" t="s"/>
       <x:c r="F302" s="14" t="s"/>
       <x:c r="G302" s="14" t="s">
-        <x:v>497</x:v>
-[...1 lines deleted...]
-      <x:c r="H302" s="14" t="s"/>
+        <x:v>488</x:v>
+      </x:c>
+      <x:c r="H302" s="14" t="s">
+        <x:v>489</x:v>
+      </x:c>
       <x:c r="I302" s="16" t="s">
-        <x:v>498</x:v>
+        <x:v>490</x:v>
       </x:c>
       <x:c r="J302" s="14" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="K302" s="14" t="s">
-        <x:v>499</x:v>
+        <x:v>56</x:v>
       </x:c>
       <x:c r="L302" s="14" t="s">
-        <x:v>125</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="M302" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N302" s="15" t="n">
-        <x:v>22211</x:v>
+        <x:v>22213</x:v>
       </x:c>
       <x:c r="O302" s="14" t="s">
-        <x:v>500</x:v>
+        <x:v>486</x:v>
       </x:c>
       <x:c r="P302" s="14" t="s">
-        <x:v>497</x:v>
+        <x:v>491</x:v>
       </x:c>
       <x:c r="Q302" s="16" t="s">
-        <x:v>498</x:v>
+        <x:v>104</x:v>
       </x:c>
       <x:c r="R302" s="14" t="s">
-        <x:v>121</x:v>
+        <x:v>97</x:v>
       </x:c>
       <x:c r="S302" s="14" t="n">
-        <x:v>558313</x:v>
+        <x:v>598030</x:v>
       </x:c>
       <x:c r="T302" s="16" t="s">
-        <x:v>52</x:v>
+        <x:v>501</x:v>
       </x:c>
       <x:c r="U302" s="16" t="s">
-        <x:v>501</x:v>
+        <x:v>105</x:v>
       </x:c>
     </x:row>
     <x:row r="303" spans="1:21">
       <x:c r="A303" s="1" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="B303" s="0" t="s">
         <x:v>502</x:v>
       </x:c>
       <x:c r="C303" s="3" t="s"/>
       <x:c r="D303" s="3" t="s"/>
       <x:c r="G303" s="0" t="s">
         <x:v>101</x:v>
       </x:c>
       <x:c r="I303" s="4" t="s">
         <x:v>102</x:v>
       </x:c>
       <x:c r="K303" s="0" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="L303" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M303" s="0" t="s">
         <x:v>29</x:v>
@@ -19909,99 +19911,99 @@
       <x:c r="M310" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N310" s="15" t="n">
         <x:v>11454</x:v>
       </x:c>
       <x:c r="O310" s="14" t="s">
         <x:v>151</x:v>
       </x:c>
       <x:c r="P310" s="14" t="s">
         <x:v>103</x:v>
       </x:c>
       <x:c r="Q310" s="16" t="s">
         <x:v>522</x:v>
       </x:c>
       <x:c r="R310" s="14" t="s">
         <x:v>110</x:v>
       </x:c>
       <x:c r="S310" s="14" t="n">
         <x:v>596775</x:v>
       </x:c>
       <x:c r="T310" s="16" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="U310" s="16" t="s">
-        <x:v>231</x:v>
+        <x:v>238</x:v>
       </x:c>
     </x:row>
     <x:row r="311" spans="1:21">
       <x:c r="A311" s="1" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="B311" s="0" t="s">
         <x:v>521</x:v>
       </x:c>
       <x:c r="C311" s="3" t="n">
         <x:v>35479</x:v>
       </x:c>
       <x:c r="D311" s="3" t="s"/>
       <x:c r="G311" s="0" t="s">
         <x:v>91</x:v>
       </x:c>
       <x:c r="H311" s="0" t="s">
         <x:v>92</x:v>
       </x:c>
       <x:c r="I311" s="4" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="J311" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K311" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="L311" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M311" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N311" s="3" t="n">
         <x:v>11454</x:v>
       </x:c>
       <x:c r="O311" s="0" t="s">
         <x:v>151</x:v>
       </x:c>
       <x:c r="P311" s="0" t="s">
         <x:v>523</x:v>
       </x:c>
       <x:c r="Q311" s="4" t="s">
         <x:v>104</x:v>
       </x:c>
       <x:c r="R311" s="0" t="s">
-        <x:v>97</x:v>
+        <x:v>98</x:v>
       </x:c>
       <x:c r="S311" s="0" t="n">
         <x:v>575553</x:v>
       </x:c>
       <x:c r="T311" s="4" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="U311" s="4" t="s">
         <x:v>68</x:v>
       </x:c>
     </x:row>
     <x:row r="312" spans="1:21">
       <x:c r="A312" s="13" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="B312" s="14" t="s">
         <x:v>524</x:v>
       </x:c>
       <x:c r="C312" s="15" t="n">
         <x:v>35480</x:v>
       </x:c>
       <x:c r="D312" s="15" t="s"/>
       <x:c r="E312" s="14" t="s"/>
       <x:c r="F312" s="14" t="s"/>
       <x:c r="G312" s="14" t="s">
@@ -20016,51 +20018,51 @@
       <x:c r="J312" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K312" s="14" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="L312" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M312" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N312" s="15" t="n">
         <x:v>11454</x:v>
       </x:c>
       <x:c r="O312" s="14" t="s">
         <x:v>151</x:v>
       </x:c>
       <x:c r="P312" s="14" t="s">
         <x:v>523</x:v>
       </x:c>
       <x:c r="Q312" s="16" t="s">
         <x:v>104</x:v>
       </x:c>
       <x:c r="R312" s="14" t="s">
-        <x:v>97</x:v>
+        <x:v>98</x:v>
       </x:c>
       <x:c r="S312" s="14" t="n">
         <x:v>575552</x:v>
       </x:c>
       <x:c r="T312" s="16" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="U312" s="16" t="s">
         <x:v>68</x:v>
       </x:c>
     </x:row>
     <x:row r="313" spans="1:21">
       <x:c r="A313" s="1" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="B313" s="0" t="s">
         <x:v>524</x:v>
       </x:c>
       <x:c r="C313" s="3" t="n">
         <x:v>35480</x:v>
       </x:c>
       <x:c r="D313" s="3" t="s"/>
       <x:c r="G313" s="0" t="s">
         <x:v>101</x:v>
       </x:c>
@@ -20079,51 +20081,51 @@
       <x:c r="M313" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N313" s="3" t="n">
         <x:v>11454</x:v>
       </x:c>
       <x:c r="O313" s="0" t="s">
         <x:v>151</x:v>
       </x:c>
       <x:c r="P313" s="0" t="s">
         <x:v>103</x:v>
       </x:c>
       <x:c r="Q313" s="4" t="s">
         <x:v>522</x:v>
       </x:c>
       <x:c r="R313" s="0" t="s">
         <x:v>110</x:v>
       </x:c>
       <x:c r="S313" s="0" t="n">
         <x:v>596774</x:v>
       </x:c>
       <x:c r="T313" s="4" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="U313" s="4" t="s">
-        <x:v>231</x:v>
+        <x:v>238</x:v>
       </x:c>
     </x:row>
     <x:row r="314" spans="1:21">
       <x:c r="A314" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B314" s="14" t="s">
         <x:v>525</x:v>
       </x:c>
       <x:c r="C314" s="15" t="n">
         <x:v>35466</x:v>
       </x:c>
       <x:c r="D314" s="15" t="s"/>
       <x:c r="E314" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F314" s="14" t="s"/>
       <x:c r="G314" s="14" t="s">
         <x:v>526</x:v>
       </x:c>
       <x:c r="H314" s="14" t="s">
         <x:v>527</x:v>
       </x:c>
       <x:c r="I314" s="16" t="s">
         <x:v>528</x:v>
@@ -20205,160 +20207,159 @@
       </x:c>
       <x:c r="O315" s="0" t="s">
         <x:v>463</x:v>
       </x:c>
       <x:c r="P315" s="0" t="s">
         <x:v>348</x:v>
       </x:c>
       <x:c r="Q315" s="4" t="s">
         <x:v>194</x:v>
       </x:c>
       <x:c r="R315" s="0" t="s">
         <x:v>195</x:v>
       </x:c>
       <x:c r="S315" s="0" t="n">
         <x:v>556140</x:v>
       </x:c>
       <x:c r="T315" s="4" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="U315" s="4" t="s">
         <x:v>188</x:v>
       </x:c>
     </x:row>
     <x:row r="316" spans="1:21">
       <x:c r="A316" s="13" t="s">
-        <x:v>70</x:v>
+        <x:v>54</x:v>
       </x:c>
       <x:c r="B316" s="14" t="s">
         <x:v>529</x:v>
       </x:c>
       <x:c r="C316" s="15" t="n">
         <x:v>35466</x:v>
       </x:c>
       <x:c r="D316" s="15" t="s"/>
       <x:c r="E316" s="14" t="s"/>
       <x:c r="F316" s="14" t="s"/>
       <x:c r="G316" s="14" t="s">
-        <x:v>101</x:v>
-[...1 lines deleted...]
-      <x:c r="H316" s="14" t="s"/>
+        <x:v>91</x:v>
+      </x:c>
+      <x:c r="H316" s="14" t="s">
+        <x:v>92</x:v>
+      </x:c>
       <x:c r="I316" s="16" t="s">
-        <x:v>102</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="J316" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K316" s="14" t="s">
-        <x:v>74</x:v>
+        <x:v>56</x:v>
       </x:c>
       <x:c r="L316" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M316" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N316" s="15" t="n">
         <x:v>23054</x:v>
       </x:c>
       <x:c r="O316" s="14" t="s">
         <x:v>463</x:v>
       </x:c>
       <x:c r="P316" s="14" t="s">
-        <x:v>103</x:v>
+        <x:v>91</x:v>
       </x:c>
       <x:c r="Q316" s="16" t="s">
-        <x:v>530</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="R316" s="14" t="s">
-        <x:v>466</x:v>
+        <x:v>375</x:v>
       </x:c>
       <x:c r="S316" s="14" t="n">
-        <x:v>596733</x:v>
+        <x:v>575969</x:v>
       </x:c>
       <x:c r="T316" s="16" t="s">
-        <x:v>57</x:v>
+        <x:v>52</x:v>
       </x:c>
       <x:c r="U316" s="16" t="s">
-        <x:v>231</x:v>
+        <x:v>68</x:v>
       </x:c>
     </x:row>
     <x:row r="317" spans="1:21">
       <x:c r="A317" s="1" t="s">
-        <x:v>54</x:v>
+        <x:v>70</x:v>
       </x:c>
       <x:c r="B317" s="0" t="s">
         <x:v>529</x:v>
       </x:c>
       <x:c r="C317" s="3" t="n">
         <x:v>35466</x:v>
       </x:c>
       <x:c r="D317" s="3" t="s"/>
       <x:c r="G317" s="0" t="s">
-        <x:v>91</x:v>
-[...2 lines deleted...]
-        <x:v>92</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="I317" s="4" t="s">
-        <x:v>93</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="J317" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K317" s="0" t="s">
-        <x:v>56</x:v>
+        <x:v>74</x:v>
       </x:c>
       <x:c r="L317" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M317" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N317" s="3" t="n">
         <x:v>23054</x:v>
       </x:c>
       <x:c r="O317" s="0" t="s">
         <x:v>463</x:v>
       </x:c>
       <x:c r="P317" s="0" t="s">
-        <x:v>91</x:v>
+        <x:v>103</x:v>
       </x:c>
       <x:c r="Q317" s="4" t="s">
-        <x:v>93</x:v>
+        <x:v>530</x:v>
       </x:c>
       <x:c r="R317" s="0" t="s">
-        <x:v>377</x:v>
+        <x:v>466</x:v>
       </x:c>
       <x:c r="S317" s="0" t="n">
-        <x:v>575969</x:v>
+        <x:v>596733</x:v>
       </x:c>
       <x:c r="T317" s="4" t="s">
-        <x:v>52</x:v>
+        <x:v>57</x:v>
       </x:c>
       <x:c r="U317" s="4" t="s">
-        <x:v>68</x:v>
+        <x:v>238</x:v>
       </x:c>
     </x:row>
     <x:row r="318" spans="1:21">
       <x:c r="A318" s="13" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="B318" s="14" t="s">
         <x:v>529</x:v>
       </x:c>
       <x:c r="C318" s="15" t="n">
         <x:v>35466</x:v>
       </x:c>
       <x:c r="D318" s="15" t="s"/>
       <x:c r="E318" s="14" t="s"/>
       <x:c r="F318" s="14" t="s"/>
       <x:c r="G318" s="14" t="s">
         <x:v>191</x:v>
       </x:c>
       <x:c r="H318" s="14" t="s"/>
       <x:c r="I318" s="16" t="s">
         <x:v>192</x:v>
       </x:c>
       <x:c r="J318" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
@@ -20371,102 +20372,102 @@
       <x:c r="M318" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N318" s="15" t="n">
         <x:v>23054</x:v>
       </x:c>
       <x:c r="O318" s="14" t="s">
         <x:v>463</x:v>
       </x:c>
       <x:c r="P318" s="14" t="s">
         <x:v>193</x:v>
       </x:c>
       <x:c r="Q318" s="16" t="s">
         <x:v>194</x:v>
       </x:c>
       <x:c r="R318" s="14" t="s">
         <x:v>195</x:v>
       </x:c>
       <x:c r="S318" s="14" t="n">
         <x:v>596734</x:v>
       </x:c>
       <x:c r="T318" s="16" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="U318" s="16" t="s">
-        <x:v>231</x:v>
+        <x:v>238</x:v>
       </x:c>
     </x:row>
     <x:row r="319" spans="1:21">
       <x:c r="A319" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B319" s="0" t="s">
         <x:v>531</x:v>
       </x:c>
       <x:c r="C319" s="3" t="n">
         <x:v>35463</x:v>
       </x:c>
       <x:c r="D319" s="3" t="s"/>
       <x:c r="E319" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G319" s="0" t="s">
         <x:v>526</x:v>
       </x:c>
       <x:c r="H319" s="0" t="s">
         <x:v>527</x:v>
       </x:c>
       <x:c r="I319" s="4" t="s">
         <x:v>528</x:v>
       </x:c>
       <x:c r="J319" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K319" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L319" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M319" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N319" s="3" t="n">
         <x:v>23054</x:v>
       </x:c>
       <x:c r="O319" s="0" t="s">
         <x:v>463</x:v>
       </x:c>
       <x:c r="P319" s="0" t="s">
         <x:v>532</x:v>
       </x:c>
       <x:c r="Q319" s="4" t="s">
         <x:v>530</x:v>
       </x:c>
       <x:c r="R319" s="0" t="s">
-        <x:v>377</x:v>
+        <x:v>375</x:v>
       </x:c>
       <x:c r="S319" s="0" t="n">
         <x:v>453850</x:v>
       </x:c>
       <x:c r="T319" s="4" t="s">
         <x:v>405</x:v>
       </x:c>
       <x:c r="U319" s="4" t="s">
         <x:v>533</x:v>
       </x:c>
     </x:row>
     <x:row r="320" spans="1:21">
       <x:c r="A320" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B320" s="14" t="s">
         <x:v>531</x:v>
       </x:c>
       <x:c r="C320" s="15" t="n">
         <x:v>35463</x:v>
       </x:c>
       <x:c r="D320" s="15" t="s"/>
       <x:c r="E320" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
@@ -20543,51 +20544,51 @@
       <x:c r="J321" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K321" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L321" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M321" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N321" s="3" t="n">
         <x:v>23054</x:v>
       </x:c>
       <x:c r="O321" s="0" t="s">
         <x:v>463</x:v>
       </x:c>
       <x:c r="P321" s="0" t="s">
         <x:v>532</x:v>
       </x:c>
       <x:c r="Q321" s="4" t="s">
         <x:v>530</x:v>
       </x:c>
       <x:c r="R321" s="0" t="s">
-        <x:v>377</x:v>
+        <x:v>375</x:v>
       </x:c>
       <x:c r="S321" s="0" t="n">
         <x:v>509934</x:v>
       </x:c>
       <x:c r="T321" s="4" t="s">
         <x:v>389</x:v>
       </x:c>
       <x:c r="U321" s="4" t="s">
         <x:v>534</x:v>
       </x:c>
     </x:row>
     <x:row r="322" spans="1:21">
       <x:c r="A322" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B322" s="14" t="s">
         <x:v>531</x:v>
       </x:c>
       <x:c r="C322" s="15" t="n">
         <x:v>35463</x:v>
       </x:c>
       <x:c r="D322" s="15" t="s"/>
       <x:c r="E322" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
@@ -20664,51 +20665,51 @@
       <x:c r="J323" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K323" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L323" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M323" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N323" s="3" t="n">
         <x:v>23054</x:v>
       </x:c>
       <x:c r="O323" s="0" t="s">
         <x:v>463</x:v>
       </x:c>
       <x:c r="P323" s="0" t="s">
         <x:v>532</x:v>
       </x:c>
       <x:c r="Q323" s="4" t="s">
         <x:v>530</x:v>
       </x:c>
       <x:c r="R323" s="0" t="s">
-        <x:v>377</x:v>
+        <x:v>375</x:v>
       </x:c>
       <x:c r="S323" s="0" t="n">
         <x:v>603839</x:v>
       </x:c>
       <x:c r="T323" s="4" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="U323" s="4" t="s">
         <x:v>391</x:v>
       </x:c>
     </x:row>
     <x:row r="324" spans="1:21">
       <x:c r="A324" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B324" s="14" t="s">
         <x:v>531</x:v>
       </x:c>
       <x:c r="C324" s="15" t="n">
         <x:v>35463</x:v>
       </x:c>
       <x:c r="D324" s="15" t="s"/>
       <x:c r="E324" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
@@ -20725,51 +20726,51 @@
       <x:c r="J324" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K324" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L324" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M324" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N324" s="15" t="n">
         <x:v>23054</x:v>
       </x:c>
       <x:c r="O324" s="14" t="s">
         <x:v>463</x:v>
       </x:c>
       <x:c r="P324" s="14" t="s">
         <x:v>532</x:v>
       </x:c>
       <x:c r="Q324" s="16" t="s">
         <x:v>530</x:v>
       </x:c>
       <x:c r="R324" s="14" t="s">
-        <x:v>377</x:v>
+        <x:v>375</x:v>
       </x:c>
       <x:c r="S324" s="14" t="n">
         <x:v>554927</x:v>
       </x:c>
       <x:c r="T324" s="16" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="U324" s="16" t="s">
         <x:v>126</x:v>
       </x:c>
     </x:row>
     <x:row r="325" spans="1:21">
       <x:c r="A325" s="1" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="B325" s="0" t="s">
         <x:v>535</x:v>
       </x:c>
       <x:c r="C325" s="3" t="n">
         <x:v>35463</x:v>
       </x:c>
       <x:c r="D325" s="3" t="s"/>
       <x:c r="G325" s="0" t="s">
         <x:v>101</x:v>
       </x:c>
@@ -20788,51 +20789,51 @@
       <x:c r="M325" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N325" s="3" t="n">
         <x:v>23054</x:v>
       </x:c>
       <x:c r="O325" s="0" t="s">
         <x:v>463</x:v>
       </x:c>
       <x:c r="P325" s="0" t="s">
         <x:v>103</x:v>
       </x:c>
       <x:c r="Q325" s="4" t="s">
         <x:v>530</x:v>
       </x:c>
       <x:c r="R325" s="0" t="s">
         <x:v>466</x:v>
       </x:c>
       <x:c r="S325" s="0" t="n">
         <x:v>596735</x:v>
       </x:c>
       <x:c r="T325" s="4" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="U325" s="4" t="s">
-        <x:v>231</x:v>
+        <x:v>238</x:v>
       </x:c>
     </x:row>
     <x:row r="326" spans="1:21">
       <x:c r="A326" s="13" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="B326" s="14" t="s">
         <x:v>535</x:v>
       </x:c>
       <x:c r="C326" s="15" t="n">
         <x:v>35463</x:v>
       </x:c>
       <x:c r="D326" s="15" t="s"/>
       <x:c r="E326" s="14" t="s"/>
       <x:c r="F326" s="14" t="s"/>
       <x:c r="G326" s="14" t="s">
         <x:v>191</x:v>
       </x:c>
       <x:c r="H326" s="14" t="s"/>
       <x:c r="I326" s="16" t="s">
         <x:v>192</x:v>
       </x:c>
       <x:c r="J326" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
@@ -20845,99 +20846,99 @@
       <x:c r="M326" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N326" s="15" t="n">
         <x:v>23054</x:v>
       </x:c>
       <x:c r="O326" s="14" t="s">
         <x:v>463</x:v>
       </x:c>
       <x:c r="P326" s="14" t="s">
         <x:v>193</x:v>
       </x:c>
       <x:c r="Q326" s="16" t="s">
         <x:v>194</x:v>
       </x:c>
       <x:c r="R326" s="14" t="s">
         <x:v>195</x:v>
       </x:c>
       <x:c r="S326" s="14" t="n">
         <x:v>596736</x:v>
       </x:c>
       <x:c r="T326" s="16" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="U326" s="16" t="s">
-        <x:v>231</x:v>
+        <x:v>238</x:v>
       </x:c>
     </x:row>
     <x:row r="327" spans="1:21">
       <x:c r="A327" s="1" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="B327" s="0" t="s">
         <x:v>535</x:v>
       </x:c>
       <x:c r="C327" s="3" t="n">
         <x:v>35463</x:v>
       </x:c>
       <x:c r="D327" s="3" t="s"/>
       <x:c r="G327" s="0" t="s">
         <x:v>91</x:v>
       </x:c>
       <x:c r="H327" s="0" t="s">
         <x:v>92</x:v>
       </x:c>
       <x:c r="I327" s="4" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="J327" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K327" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="L327" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M327" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N327" s="3" t="n">
         <x:v>23054</x:v>
       </x:c>
       <x:c r="O327" s="0" t="s">
         <x:v>463</x:v>
       </x:c>
       <x:c r="P327" s="0" t="s">
         <x:v>91</x:v>
       </x:c>
       <x:c r="Q327" s="4" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="R327" s="0" t="s">
-        <x:v>377</x:v>
+        <x:v>375</x:v>
       </x:c>
       <x:c r="S327" s="0" t="n">
         <x:v>575968</x:v>
       </x:c>
       <x:c r="T327" s="4" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="U327" s="4" t="s">
         <x:v>68</x:v>
       </x:c>
     </x:row>
     <x:row r="328" spans="1:21">
       <x:c r="A328" s="13" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="B328" s="14" t="s">
         <x:v>536</x:v>
       </x:c>
       <x:c r="C328" s="15" t="n">
         <x:v>35373</x:v>
       </x:c>
       <x:c r="D328" s="15" t="s"/>
       <x:c r="E328" s="14" t="s"/>
       <x:c r="F328" s="14" t="s"/>
       <x:c r="G328" s="14" t="s">
@@ -20952,51 +20953,51 @@
       <x:c r="J328" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K328" s="14" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="L328" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M328" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N328" s="15" t="n">
         <x:v>11534</x:v>
       </x:c>
       <x:c r="O328" s="14" t="s">
         <x:v>264</x:v>
       </x:c>
       <x:c r="P328" s="14" t="s">
         <x:v>523</x:v>
       </x:c>
       <x:c r="Q328" s="16" t="s">
         <x:v>104</x:v>
       </x:c>
       <x:c r="R328" s="14" t="s">
-        <x:v>97</x:v>
+        <x:v>98</x:v>
       </x:c>
       <x:c r="S328" s="14" t="n">
         <x:v>575544</x:v>
       </x:c>
       <x:c r="T328" s="16" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="U328" s="16" t="s">
         <x:v>68</x:v>
       </x:c>
     </x:row>
     <x:row r="329" spans="1:21">
       <x:c r="A329" s="1" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="B329" s="0" t="s">
         <x:v>537</x:v>
       </x:c>
       <x:c r="C329" s="3" t="n">
         <x:v>35373</x:v>
       </x:c>
       <x:c r="D329" s="3" t="s"/>
       <x:c r="G329" s="0" t="s">
         <x:v>101</x:v>
       </x:c>
@@ -21015,51 +21016,51 @@
       <x:c r="M329" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N329" s="3" t="n">
         <x:v>11534</x:v>
       </x:c>
       <x:c r="O329" s="0" t="s">
         <x:v>264</x:v>
       </x:c>
       <x:c r="P329" s="0" t="s">
         <x:v>103</x:v>
       </x:c>
       <x:c r="Q329" s="4" t="s">
         <x:v>522</x:v>
       </x:c>
       <x:c r="R329" s="0" t="s">
         <x:v>110</x:v>
       </x:c>
       <x:c r="S329" s="0" t="n">
         <x:v>596700</x:v>
       </x:c>
       <x:c r="T329" s="4" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="U329" s="4" t="s">
-        <x:v>231</x:v>
+        <x:v>238</x:v>
       </x:c>
     </x:row>
     <x:row r="330" spans="1:21">
       <x:c r="A330" s="13" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="B330" s="14" t="s">
         <x:v>538</x:v>
       </x:c>
       <x:c r="C330" s="15" t="n">
         <x:v>35368</x:v>
       </x:c>
       <x:c r="D330" s="15" t="s"/>
       <x:c r="E330" s="14" t="s"/>
       <x:c r="F330" s="14" t="s"/>
       <x:c r="G330" s="14" t="s">
         <x:v>252</x:v>
       </x:c>
       <x:c r="H330" s="14" t="s"/>
       <x:c r="I330" s="16" t="s">
         <x:v>289</x:v>
       </x:c>
       <x:c r="J330" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
@@ -21072,51 +21073,51 @@
       <x:c r="M330" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N330" s="15" t="n">
         <x:v>12046</x:v>
       </x:c>
       <x:c r="O330" s="14" t="s">
         <x:v>364</x:v>
       </x:c>
       <x:c r="P330" s="14" t="s">
         <x:v>291</x:v>
       </x:c>
       <x:c r="Q330" s="16" t="s">
         <x:v>539</x:v>
       </x:c>
       <x:c r="R330" s="14" t="s">
         <x:v>293</x:v>
       </x:c>
       <x:c r="S330" s="14" t="n">
         <x:v>596697</x:v>
       </x:c>
       <x:c r="T330" s="16" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="U330" s="16" t="s">
-        <x:v>231</x:v>
+        <x:v>238</x:v>
       </x:c>
     </x:row>
     <x:row r="331" spans="1:21">
       <x:c r="A331" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B331" s="0" t="s">
         <x:v>540</x:v>
       </x:c>
       <x:c r="C331" s="3" t="n">
         <x:v>35367</x:v>
       </x:c>
       <x:c r="D331" s="3" t="s"/>
       <x:c r="E331" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G331" s="0" t="s">
         <x:v>526</x:v>
       </x:c>
       <x:c r="H331" s="0" t="s">
         <x:v>527</x:v>
       </x:c>
       <x:c r="I331" s="4" t="s">
         <x:v>528</x:v>
       </x:c>
@@ -21247,51 +21248,51 @@
       <x:c r="M333" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N333" s="3" t="n">
         <x:v>12010</x:v>
       </x:c>
       <x:c r="O333" s="0" t="s">
         <x:v>541</x:v>
       </x:c>
       <x:c r="P333" s="0" t="s">
         <x:v>193</x:v>
       </x:c>
       <x:c r="Q333" s="4" t="s">
         <x:v>194</x:v>
       </x:c>
       <x:c r="R333" s="0" t="s">
         <x:v>195</x:v>
       </x:c>
       <x:c r="S333" s="0" t="n">
         <x:v>596694</x:v>
       </x:c>
       <x:c r="T333" s="4" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="U333" s="4" t="s">
-        <x:v>231</x:v>
+        <x:v>238</x:v>
       </x:c>
     </x:row>
     <x:row r="334" spans="1:21">
       <x:c r="A334" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B334" s="14" t="s">
         <x:v>543</x:v>
       </x:c>
       <x:c r="C334" s="15" t="n">
         <x:v>35496</x:v>
       </x:c>
       <x:c r="D334" s="15" t="s"/>
       <x:c r="E334" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F334" s="14" t="s"/>
       <x:c r="G334" s="14" t="s">
         <x:v>526</x:v>
       </x:c>
       <x:c r="H334" s="14" t="s">
         <x:v>527</x:v>
       </x:c>
       <x:c r="I334" s="16" t="s">
         <x:v>528</x:v>
@@ -21299,51 +21300,51 @@
       <x:c r="J334" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K334" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L334" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M334" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N334" s="15" t="n">
         <x:v>11534</x:v>
       </x:c>
       <x:c r="O334" s="14" t="s">
         <x:v>264</x:v>
       </x:c>
       <x:c r="P334" s="14" t="s">
         <x:v>523</x:v>
       </x:c>
       <x:c r="Q334" s="16" t="s">
         <x:v>104</x:v>
       </x:c>
       <x:c r="R334" s="14" t="s">
-        <x:v>97</x:v>
+        <x:v>98</x:v>
       </x:c>
       <x:c r="S334" s="14" t="n">
         <x:v>509945</x:v>
       </x:c>
       <x:c r="T334" s="16" t="s">
         <x:v>389</x:v>
       </x:c>
       <x:c r="U334" s="16" t="s">
         <x:v>534</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:autoFilter ref="A1:U1"/>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0" gridLinesSet="true"/>
   <x:pageMargins left="0.7875" right="0.7875" top="1.05277777777778" bottom="1.05277777777778" header="0.7875" footer="0.7875"/>
   <x:pageSetup paperSize="9" scale="100" pageOrder="downThenOver" orientation="portrait" blackAndWhite="0" draft="0" cellComments="none" errors="displayed" horizontalDpi="300" verticalDpi="300" copies="1"/>
   <x:headerFooter differentOddEven="0" differentFirst="0" scaleWithDoc="1" alignWithMargins="1">
     <x:oddHeader>&amp;C&amp;"Times New Roman,Normal"&amp;12&amp;Kffffff&amp;A</x:oddHeader>
     <x:oddFooter>&amp;C&amp;"Times New Roman,Normal"&amp;12&amp;KffffffPage &amp;P</x:oddFooter>
     <x:evenHeader/>
     <x:evenFooter/>
     <x:firstHeader/>
     <x:firstFooter/>
   </x:headerFooter>
   <x:tableParts count="0"/>