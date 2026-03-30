--- v0 (2026-01-24)
+++ v1 (2026-03-30)
@@ -143,126 +143,126 @@
     <x:t>CP 
 Organisme formateur</x:t>
   </x:si>
   <x:si>
     <x:t>Ville</x:t>
   </x:si>
   <x:si>
     <x:t>Numéro de session CARIF</x:t>
   </x:si>
   <x:si>
     <x:t>Date début session</x:t>
   </x:si>
   <x:si>
     <x:t>Date fin session</x:t>
   </x:si>
   <x:si>
     <x:t>Formation en apprentissage</x:t>
   </x:si>
   <x:si>
     <x:t>Titre professionnel maçon en voirie et réseaux divers (Apprentissage)</x:t>
   </x:si>
   <x:si>
     <x:t>OPCO</x:t>
   </x:si>
   <x:si>
+    <x:t>Ecole de la Construction des Infrastructures et Réseaux - Ecir Formation</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CFTP</x:t>
+  </x:si>
+  <x:si>
+    <x:t>13370</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Niveau CAP, BEP</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Autre public</x:t>
+  </x:si>
+  <x:si>
+    <x:t>permanente</x:t>
+  </x:si>
+  <x:si>
+    <x:t>formation entièrement présentielle</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Chaussée</x:t>
+  </x:si>
+  <x:si>
+    <x:t>MALLEMORT</x:t>
+  </x:si>
+  <x:si>
+    <x:t>09/14/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>10/29/2027 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Association de Formation pour la Coopération et la Promotion Professionnelle Méditerranéenne</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ACPM</x:t>
+  </x:si>
+  <x:si>
+    <x:t>13013</x:t>
+  </x:si>
+  <x:si>
+    <x:t>MARSEILLE-13e</x:t>
+  </x:si>
+  <x:si>
+    <x:t>09/01/2025 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>06/30/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>09/01/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>06/30/2027 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>09/15/2025 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>10/02/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
     <x:t>Compétences BTP</x:t>
   </x:si>
   <x:si>
     <x:t>C BTP</x:t>
   </x:si>
   <x:si>
     <x:t>13127</x:t>
   </x:si>
   <x:si>
-    <x:t>Niveau CAP, BEP</x:t>
-[...13 lines deleted...]
-  <x:si>
     <x:t>VITROLLES</x:t>
   </x:si>
   <x:si>
-    <x:t>09/01/2026 00:00:00</x:t>
-[...40 lines deleted...]
-  <x:si>
     <x:t>06/30/2028 00:00:00</x:t>
-  </x:si>
-[...4 lines deleted...]
-    <x:t>10/02/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Formation professionnelle continue</x:t>
   </x:si>
   <x:si>
     <x:t>Titre professionnel maçon en voirie et réseaux divers</x:t>
   </x:si>
   <x:si>
     <x:t>Access Pro</x:t>
   </x:si>
   <x:si>
     <x:t>13016</x:t>
   </x:si>
   <x:si>
     <x:t>Tout public</x:t>
   </x:si>
   <x:si>
     <x:t>MARSEILLE-16e</x:t>
   </x:si>
   <x:si>
     <x:t>01/01/2024 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>12/31/2026 00:00:00</x:t>
   </x:si>
@@ -866,51 +866,51 @@
       <x:c r="K2" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L2" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M2" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N2" s="15" t="n">
         <x:v>22001</x:v>
       </x:c>
       <x:c r="O2" s="14" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="P2" s="14" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="Q2" s="16" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="R2" s="14" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="S2" s="14" t="n">
-        <x:v>598862</x:v>
+        <x:v>601727</x:v>
       </x:c>
       <x:c r="T2" s="16" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="U2" s="16" t="s">
         <x:v>34</x:v>
       </x:c>
     </x:row>
     <x:row r="3" spans="1:21">
       <x:c r="A3" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B3" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C3" s="3" t="n">
         <x:v>38080</x:v>
       </x:c>
       <x:c r="D3" s="3" t="s"/>
       <x:c r="E3" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G3" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
@@ -926,118 +926,118 @@
       <x:c r="K3" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L3" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M3" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N3" s="3" t="n">
         <x:v>22001</x:v>
       </x:c>
       <x:c r="O3" s="0" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="P3" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="Q3" s="4" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="R3" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="S3" s="0" t="n">
-        <x:v>601727</x:v>
+        <x:v>567914</x:v>
       </x:c>
       <x:c r="T3" s="4" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="U3" s="4" t="s">
         <x:v>40</x:v>
       </x:c>
     </x:row>
     <x:row r="4" spans="1:21">
       <x:c r="A4" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B4" s="14" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C4" s="15" t="n">
         <x:v>38080</x:v>
       </x:c>
       <x:c r="D4" s="15" t="s"/>
       <x:c r="E4" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F4" s="14" t="s"/>
       <x:c r="G4" s="14" t="s">
-        <x:v>41</x:v>
+        <x:v>35</x:v>
       </x:c>
       <x:c r="H4" s="14" t="s">
-        <x:v>42</x:v>
+        <x:v>36</x:v>
       </x:c>
       <x:c r="I4" s="16" t="s">
-        <x:v>43</x:v>
+        <x:v>37</x:v>
       </x:c>
       <x:c r="J4" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K4" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L4" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M4" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N4" s="15" t="n">
         <x:v>22001</x:v>
       </x:c>
       <x:c r="O4" s="14" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="P4" s="14" t="s">
+        <x:v>35</x:v>
+      </x:c>
+      <x:c r="Q4" s="16" t="s">
+        <x:v>37</x:v>
+      </x:c>
+      <x:c r="R4" s="14" t="s">
+        <x:v>38</x:v>
+      </x:c>
+      <x:c r="S4" s="14" t="n">
+        <x:v>604324</x:v>
+      </x:c>
+      <x:c r="T4" s="16" t="s">
         <x:v>41</x:v>
       </x:c>
-      <x:c r="Q4" s="16" t="s">
-[...10 lines deleted...]
-      </x:c>
       <x:c r="U4" s="16" t="s">
-        <x:v>34</x:v>
+        <x:v>42</x:v>
       </x:c>
     </x:row>
     <x:row r="5" spans="1:21">
       <x:c r="A5" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B5" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C5" s="3" t="n">
         <x:v>38080</x:v>
       </x:c>
       <x:c r="D5" s="3" t="s"/>
       <x:c r="E5" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G5" s="0" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="H5" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="I5" s="4" t="s">
         <x:v>26</x:v>
       </x:c>
@@ -1047,178 +1047,178 @@
       <x:c r="K5" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L5" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M5" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N5" s="3" t="n">
         <x:v>22001</x:v>
       </x:c>
       <x:c r="O5" s="0" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="P5" s="0" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="Q5" s="4" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="R5" s="0" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="S5" s="0" t="n">
-        <x:v>548494</x:v>
+        <x:v>546178</x:v>
       </x:c>
       <x:c r="T5" s="4" t="s">
-        <x:v>45</x:v>
+        <x:v>43</x:v>
       </x:c>
       <x:c r="U5" s="4" t="s">
-        <x:v>46</x:v>
+        <x:v>44</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:21">
       <x:c r="A6" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B6" s="14" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C6" s="15" t="n">
         <x:v>38080</x:v>
       </x:c>
       <x:c r="D6" s="15" t="s"/>
       <x:c r="E6" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F6" s="14" t="s"/>
       <x:c r="G6" s="14" t="s">
-        <x:v>41</x:v>
+        <x:v>35</x:v>
       </x:c>
       <x:c r="H6" s="14" t="s">
-        <x:v>42</x:v>
+        <x:v>36</x:v>
       </x:c>
       <x:c r="I6" s="16" t="s">
-        <x:v>43</x:v>
+        <x:v>37</x:v>
       </x:c>
       <x:c r="J6" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K6" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L6" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M6" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N6" s="15" t="n">
         <x:v>22001</x:v>
       </x:c>
       <x:c r="O6" s="14" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="P6" s="14" t="s">
-        <x:v>41</x:v>
+        <x:v>35</x:v>
       </x:c>
       <x:c r="Q6" s="16" t="s">
-        <x:v>43</x:v>
+        <x:v>37</x:v>
       </x:c>
       <x:c r="R6" s="14" t="s">
-        <x:v>44</x:v>
+        <x:v>38</x:v>
       </x:c>
       <x:c r="S6" s="14" t="n">
-        <x:v>604323</x:v>
+        <x:v>567915</x:v>
       </x:c>
       <x:c r="T6" s="16" t="s">
-        <x:v>33</x:v>
+        <x:v>39</x:v>
       </x:c>
       <x:c r="U6" s="16" t="s">
-        <x:v>47</x:v>
+        <x:v>42</x:v>
       </x:c>
     </x:row>
     <x:row r="7" spans="1:21">
       <x:c r="A7" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B7" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C7" s="3" t="n">
         <x:v>38080</x:v>
       </x:c>
       <x:c r="D7" s="3" t="s"/>
       <x:c r="E7" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G7" s="0" t="s">
-        <x:v>41</x:v>
+        <x:v>45</x:v>
       </x:c>
       <x:c r="H7" s="0" t="s">
-        <x:v>42</x:v>
+        <x:v>46</x:v>
       </x:c>
       <x:c r="I7" s="4" t="s">
-        <x:v>43</x:v>
+        <x:v>47</x:v>
       </x:c>
       <x:c r="J7" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K7" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L7" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M7" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N7" s="3" t="n">
         <x:v>22001</x:v>
       </x:c>
       <x:c r="O7" s="0" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="P7" s="0" t="s">
+        <x:v>45</x:v>
+      </x:c>
+      <x:c r="Q7" s="4" t="s">
+        <x:v>47</x:v>
+      </x:c>
+      <x:c r="R7" s="0" t="s">
+        <x:v>48</x:v>
+      </x:c>
+      <x:c r="S7" s="0" t="n">
+        <x:v>598862</x:v>
+      </x:c>
+      <x:c r="T7" s="4" t="s">
         <x:v>41</x:v>
       </x:c>
-      <x:c r="Q7" s="4" t="s">
-[...10 lines deleted...]
-      </x:c>
       <x:c r="U7" s="4" t="s">
-        <x:v>34</x:v>
+        <x:v>42</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:21">
       <x:c r="A8" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B8" s="14" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C8" s="15" t="n">
         <x:v>38080</x:v>
       </x:c>
       <x:c r="D8" s="15" t="s"/>
       <x:c r="E8" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F8" s="14" t="s"/>
       <x:c r="G8" s="14" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="H8" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="I8" s="16" t="s">
         <x:v>37</x:v>
@@ -1229,117 +1229,117 @@
       <x:c r="K8" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L8" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M8" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N8" s="15" t="n">
         <x:v>22001</x:v>
       </x:c>
       <x:c r="O8" s="14" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="P8" s="14" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="Q8" s="16" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="R8" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="S8" s="14" t="n">
-        <x:v>546178</x:v>
+        <x:v>604323</x:v>
       </x:c>
       <x:c r="T8" s="16" t="s">
-        <x:v>48</x:v>
+        <x:v>41</x:v>
       </x:c>
       <x:c r="U8" s="16" t="s">
         <x:v>49</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:21">
       <x:c r="A9" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B9" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C9" s="3" t="n">
         <x:v>38080</x:v>
       </x:c>
       <x:c r="D9" s="3" t="s"/>
       <x:c r="E9" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G9" s="0" t="s">
-        <x:v>41</x:v>
+        <x:v>45</x:v>
       </x:c>
       <x:c r="H9" s="0" t="s">
-        <x:v>42</x:v>
+        <x:v>46</x:v>
       </x:c>
       <x:c r="I9" s="4" t="s">
-        <x:v>43</x:v>
+        <x:v>47</x:v>
       </x:c>
       <x:c r="J9" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K9" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L9" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M9" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N9" s="3" t="n">
         <x:v>22001</x:v>
       </x:c>
       <x:c r="O9" s="0" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="P9" s="0" t="s">
-        <x:v>41</x:v>
+        <x:v>45</x:v>
       </x:c>
       <x:c r="Q9" s="4" t="s">
-        <x:v>43</x:v>
+        <x:v>47</x:v>
       </x:c>
       <x:c r="R9" s="0" t="s">
-        <x:v>44</x:v>
+        <x:v>48</x:v>
       </x:c>
       <x:c r="S9" s="0" t="n">
-        <x:v>567914</x:v>
+        <x:v>548494</x:v>
       </x:c>
       <x:c r="T9" s="4" t="s">
-        <x:v>45</x:v>
+        <x:v>39</x:v>
       </x:c>
       <x:c r="U9" s="4" t="s">
-        <x:v>46</x:v>
+        <x:v>40</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:21">
       <x:c r="A10" s="13" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="B10" s="14" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="C10" s="15" t="n">
         <x:v>38080</x:v>
       </x:c>
       <x:c r="D10" s="15" t="s"/>
       <x:c r="E10" s="14" t="s"/>
       <x:c r="F10" s="14" t="s"/>
       <x:c r="G10" s="14" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H10" s="14" t="s"/>
       <x:c r="I10" s="16" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="J10" s="14" t="s">
         <x:v>27</x:v>
       </x:c>