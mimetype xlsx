--- v1 (2026-03-30)
+++ v2 (2026-03-31)
@@ -314,81 +314,81 @@
   <x:si>
     <x:t>Avignon Université</x:t>
   </x:si>
   <x:si>
     <x:t>84029</x:t>
   </x:si>
   <x:si>
     <x:t>AVIGNON CEDEX 01</x:t>
   </x:si>
   <x:si>
     <x:t>Chargé de projets de formation et d'enseignement</x:t>
   </x:si>
   <x:si>
     <x:t>Sipca</x:t>
   </x:si>
   <x:si>
     <x:t>80000</x:t>
   </x:si>
   <x:si>
     <x:t>Demandeur d'emploi , Salarié</x:t>
   </x:si>
   <x:si>
     <x:t>Responsable formation</x:t>
   </x:si>
   <x:si>
+    <x:t>09/21/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>01/21/2027 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>12/07/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>04/08/2027 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>03/30/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>07/31/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
     <x:t>AVIGNON</x:t>
   </x:si>
   <x:si>
     <x:t>06/29/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>10/15/2026 00:00:00</x:t>
   </x:si>
   <x:si>
-    <x:t>09/21/2026 00:00:00</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>01/07/2027 00:00:00</x:t>
   </x:si>
   <x:si>
-    <x:t>01/21/2027 00:00:00</x:t>
-[...7 lines deleted...]
-  <x:si>
     <x:t>10/30/2026 00:00:00</x:t>
-  </x:si>
-[...4 lines deleted...]
-    <x:t>07/31/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Accompagner les apprenants avec l’orthopédagogie</x:t>
   </x:si>
   <x:si>
     <x:t>Centre de Formation en Orthopédagogie à Distance - Sylvie Ricard</x:t>
   </x:si>
   <x:si>
     <x:t>CFO</x:t>
   </x:si>
   <x:si>
     <x:t>13150</x:t>
   </x:si>
   <x:si>
     <x:t>Demandeur d'emploi , Enseignant , Profession libérale , Salarié , Tout public</x:t>
   </x:si>
   <x:si>
     <x:t>permanente</x:t>
   </x:si>
   <x:si>
     <x:t>formation entièrement à distance</x:t>
   </x:si>
   <x:si>
     <x:t>TARASCON</x:t>
   </x:si>
@@ -1815,309 +1815,309 @@
       <x:c r="R16" s="14" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="S16" s="14" t="n">
         <x:v>592115</x:v>
       </x:c>
       <x:c r="T16" s="16" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="U16" s="16" t="s">
         <x:v>64</x:v>
       </x:c>
     </x:row>
     <x:row r="17" spans="1:21">
       <x:c r="A17" s="1" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="B17" s="0" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="C17" s="3" t="n">
         <x:v>39506</x:v>
       </x:c>
       <x:c r="D17" s="3" t="s"/>
       <x:c r="G17" s="0" t="s">
-        <x:v>73</x:v>
+        <x:v>58</x:v>
       </x:c>
       <x:c r="I17" s="4" t="s">
-        <x:v>74</x:v>
+        <x:v>59</x:v>
       </x:c>
       <x:c r="J17" s="0" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="K17" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="L17" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M17" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="N17" s="3" t="n">
         <x:v>15235</x:v>
       </x:c>
       <x:c r="O17" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="P17" s="0" t="s">
-        <x:v>73</x:v>
+        <x:v>58</x:v>
       </x:c>
       <x:c r="Q17" s="4" t="s">
-        <x:v>74</x:v>
+        <x:v>59</x:v>
       </x:c>
       <x:c r="R17" s="0" t="s">
-        <x:v>75</x:v>
+        <x:v>62</x:v>
       </x:c>
       <x:c r="S17" s="0" t="n">
-        <x:v>592114</x:v>
+        <x:v>592113</x:v>
       </x:c>
       <x:c r="T17" s="4" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="U17" s="4" t="s">
         <x:v>64</x:v>
       </x:c>
     </x:row>
     <x:row r="18" spans="1:21">
       <x:c r="A18" s="13" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="B18" s="14" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="C18" s="15" t="n">
         <x:v>39506</x:v>
       </x:c>
       <x:c r="D18" s="15" t="s"/>
       <x:c r="E18" s="14" t="s"/>
       <x:c r="F18" s="14" t="s"/>
       <x:c r="G18" s="14" t="s">
-        <x:v>58</x:v>
+        <x:v>73</x:v>
       </x:c>
       <x:c r="H18" s="14" t="s"/>
       <x:c r="I18" s="16" t="s">
-        <x:v>59</x:v>
+        <x:v>74</x:v>
       </x:c>
       <x:c r="J18" s="14" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="K18" s="14" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="L18" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M18" s="14" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="N18" s="15" t="n">
         <x:v>15235</x:v>
       </x:c>
       <x:c r="O18" s="14" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="P18" s="14" t="s">
-        <x:v>58</x:v>
+        <x:v>73</x:v>
       </x:c>
       <x:c r="Q18" s="16" t="s">
-        <x:v>59</x:v>
+        <x:v>74</x:v>
       </x:c>
       <x:c r="R18" s="14" t="s">
-        <x:v>62</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="S18" s="14" t="n">
-        <x:v>592113</x:v>
+        <x:v>592114</x:v>
       </x:c>
       <x:c r="T18" s="16" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="U18" s="16" t="s">
         <x:v>64</x:v>
       </x:c>
     </x:row>
     <x:row r="19" spans="1:21">
       <x:c r="A19" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B19" s="0" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="C19" s="3" t="n">
         <x:v>39842</x:v>
       </x:c>
       <x:c r="D19" s="3" t="s"/>
       <x:c r="G19" s="0" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="I19" s="4" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="J19" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="K19" s="0" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="L19" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M19" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N19" s="3" t="n">
         <x:v>44528</x:v>
       </x:c>
       <x:c r="O19" s="0" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="P19" s="0" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="Q19" s="4" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="R19" s="0" t="s">
+        <x:v>72</x:v>
+      </x:c>
+      <x:c r="S19" s="0" t="n">
+        <x:v>618543</x:v>
+      </x:c>
+      <x:c r="T19" s="4" t="s">
         <x:v>81</x:v>
       </x:c>
-      <x:c r="S19" s="0" t="n">
-[...2 lines deleted...]
-      <x:c r="T19" s="4" t="s">
+      <x:c r="U19" s="4" t="s">
         <x:v>82</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>83</x:v>
       </x:c>
     </x:row>
     <x:row r="20" spans="1:21">
       <x:c r="A20" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B20" s="14" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="C20" s="15" t="n">
         <x:v>39842</x:v>
       </x:c>
       <x:c r="D20" s="15" t="s"/>
       <x:c r="E20" s="14" t="s"/>
       <x:c r="F20" s="14" t="s"/>
       <x:c r="G20" s="14" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="H20" s="14" t="s"/>
       <x:c r="I20" s="16" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="J20" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="K20" s="14" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="L20" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M20" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N20" s="15" t="n">
         <x:v>44528</x:v>
       </x:c>
       <x:c r="O20" s="14" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="P20" s="14" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="Q20" s="16" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="R20" s="14" t="s">
-        <x:v>39</x:v>
+        <x:v>72</x:v>
       </x:c>
       <x:c r="S20" s="14" t="n">
-        <x:v>623975</x:v>
+        <x:v>618545</x:v>
       </x:c>
       <x:c r="T20" s="16" t="s">
+        <x:v>83</x:v>
+      </x:c>
+      <x:c r="U20" s="16" t="s">
         <x:v>84</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>85</x:v>
       </x:c>
     </x:row>
     <x:row r="21" spans="1:21">
       <x:c r="A21" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B21" s="0" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="C21" s="3" t="n">
         <x:v>39842</x:v>
       </x:c>
       <x:c r="D21" s="3" t="s"/>
       <x:c r="G21" s="0" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="I21" s="4" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="J21" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="K21" s="0" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="L21" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M21" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N21" s="3" t="n">
         <x:v>44528</x:v>
       </x:c>
       <x:c r="O21" s="0" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="P21" s="0" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="Q21" s="4" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="R21" s="0" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="S21" s="0" t="n">
-        <x:v>618544</x:v>
+        <x:v>618539</x:v>
       </x:c>
       <x:c r="T21" s="4" t="s">
-        <x:v>84</x:v>
+        <x:v>85</x:v>
       </x:c>
       <x:c r="U21" s="4" t="s">
         <x:v>86</x:v>
       </x:c>
     </x:row>
     <x:row r="22" spans="1:21">
       <x:c r="A22" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B22" s="14" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="C22" s="15" t="n">
         <x:v>39842</x:v>
       </x:c>
       <x:c r="D22" s="15" t="s"/>
       <x:c r="E22" s="14" t="s"/>
       <x:c r="F22" s="14" t="s"/>
       <x:c r="G22" s="14" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="H22" s="14" t="s"/>
       <x:c r="I22" s="16" t="s">
         <x:v>78</x:v>
       </x:c>
@@ -2127,444 +2127,444 @@
       <x:c r="K22" s="14" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="L22" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M22" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N22" s="15" t="n">
         <x:v>44528</x:v>
       </x:c>
       <x:c r="O22" s="14" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="P22" s="14" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="Q22" s="16" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="R22" s="14" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="S22" s="14" t="n">
-        <x:v>618545</x:v>
+        <x:v>618540</x:v>
       </x:c>
       <x:c r="T22" s="16" t="s">
-        <x:v>87</x:v>
+        <x:v>85</x:v>
       </x:c>
       <x:c r="U22" s="16" t="s">
-        <x:v>88</x:v>
+        <x:v>86</x:v>
       </x:c>
     </x:row>
     <x:row r="23" spans="1:21">
       <x:c r="A23" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B23" s="0" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="C23" s="3" t="n">
         <x:v>39842</x:v>
       </x:c>
       <x:c r="D23" s="3" t="s"/>
       <x:c r="G23" s="0" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="I23" s="4" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="J23" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="K23" s="0" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="L23" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M23" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N23" s="3" t="n">
         <x:v>44528</x:v>
       </x:c>
       <x:c r="O23" s="0" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="P23" s="0" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="Q23" s="4" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="R23" s="0" t="s">
-        <x:v>72</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="S23" s="0" t="n">
-        <x:v>618542</x:v>
+        <x:v>623267</x:v>
       </x:c>
       <x:c r="T23" s="4" t="s">
-        <x:v>82</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="U23" s="4" t="s">
         <x:v>89</x:v>
       </x:c>
     </x:row>
     <x:row r="24" spans="1:21">
       <x:c r="A24" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B24" s="14" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="C24" s="15" t="n">
         <x:v>39842</x:v>
       </x:c>
       <x:c r="D24" s="15" t="s"/>
       <x:c r="E24" s="14" t="s"/>
       <x:c r="F24" s="14" t="s"/>
       <x:c r="G24" s="14" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="H24" s="14" t="s"/>
       <x:c r="I24" s="16" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="J24" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="K24" s="14" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="L24" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M24" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N24" s="15" t="n">
         <x:v>44528</x:v>
       </x:c>
       <x:c r="O24" s="14" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="P24" s="14" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="Q24" s="16" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="R24" s="14" t="s">
-        <x:v>72</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="S24" s="14" t="n">
-        <x:v>618539</x:v>
+        <x:v>623280</x:v>
       </x:c>
       <x:c r="T24" s="16" t="s">
+        <x:v>81</x:v>
+      </x:c>
+      <x:c r="U24" s="16" t="s">
         <x:v>90</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>91</x:v>
       </x:c>
     </x:row>
     <x:row r="25" spans="1:21">
       <x:c r="A25" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B25" s="0" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="C25" s="3" t="n">
         <x:v>39842</x:v>
       </x:c>
       <x:c r="D25" s="3" t="s"/>
       <x:c r="G25" s="0" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="I25" s="4" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="J25" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="K25" s="0" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="L25" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M25" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N25" s="3" t="n">
         <x:v>44528</x:v>
       </x:c>
       <x:c r="O25" s="0" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="P25" s="0" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="Q25" s="4" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="R25" s="0" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="S25" s="0" t="n">
-        <x:v>618546</x:v>
+        <x:v>618541</x:v>
       </x:c>
       <x:c r="T25" s="4" t="s">
-        <x:v>87</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="U25" s="4" t="s">
-        <x:v>88</x:v>
+        <x:v>91</x:v>
       </x:c>
     </x:row>
     <x:row r="26" spans="1:21">
       <x:c r="A26" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B26" s="14" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="C26" s="15" t="n">
         <x:v>39842</x:v>
       </x:c>
       <x:c r="D26" s="15" t="s"/>
       <x:c r="E26" s="14" t="s"/>
       <x:c r="F26" s="14" t="s"/>
       <x:c r="G26" s="14" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="H26" s="14" t="s"/>
       <x:c r="I26" s="16" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="J26" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="K26" s="14" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="L26" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M26" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N26" s="15" t="n">
         <x:v>44528</x:v>
       </x:c>
       <x:c r="O26" s="14" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="P26" s="14" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="Q26" s="16" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="R26" s="14" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="S26" s="14" t="n">
-        <x:v>618541</x:v>
+        <x:v>618544</x:v>
       </x:c>
       <x:c r="T26" s="16" t="s">
+        <x:v>81</x:v>
+      </x:c>
+      <x:c r="U26" s="16" t="s">
         <x:v>82</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>89</x:v>
       </x:c>
     </x:row>
     <x:row r="27" spans="1:21">
       <x:c r="A27" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B27" s="0" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="C27" s="3" t="n">
         <x:v>39842</x:v>
       </x:c>
       <x:c r="D27" s="3" t="s"/>
       <x:c r="G27" s="0" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="I27" s="4" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="J27" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="K27" s="0" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="L27" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M27" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N27" s="3" t="n">
         <x:v>44528</x:v>
       </x:c>
       <x:c r="O27" s="0" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="P27" s="0" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="Q27" s="4" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="R27" s="0" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="S27" s="0" t="n">
-        <x:v>618540</x:v>
+        <x:v>618546</x:v>
       </x:c>
       <x:c r="T27" s="4" t="s">
-        <x:v>90</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="U27" s="4" t="s">
-        <x:v>91</x:v>
+        <x:v>84</x:v>
       </x:c>
     </x:row>
     <x:row r="28" spans="1:21">
       <x:c r="A28" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B28" s="14" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="C28" s="15" t="n">
         <x:v>39842</x:v>
       </x:c>
       <x:c r="D28" s="15" t="s"/>
       <x:c r="E28" s="14" t="s"/>
       <x:c r="F28" s="14" t="s"/>
       <x:c r="G28" s="14" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="H28" s="14" t="s"/>
       <x:c r="I28" s="16" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="J28" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="K28" s="14" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="L28" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M28" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N28" s="15" t="n">
         <x:v>44528</x:v>
       </x:c>
       <x:c r="O28" s="14" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="P28" s="14" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="Q28" s="16" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="R28" s="14" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="S28" s="14" t="n">
-        <x:v>618543</x:v>
+        <x:v>618542</x:v>
       </x:c>
       <x:c r="T28" s="16" t="s">
-        <x:v>84</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="U28" s="16" t="s">
-        <x:v>86</x:v>
+        <x:v>91</x:v>
       </x:c>
     </x:row>
     <x:row r="29" spans="1:21">
       <x:c r="A29" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B29" s="0" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="C29" s="3" t="n">
         <x:v>39842</x:v>
       </x:c>
       <x:c r="D29" s="3" t="s"/>
       <x:c r="G29" s="0" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="I29" s="4" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="J29" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="K29" s="0" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="L29" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M29" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N29" s="3" t="n">
         <x:v>44528</x:v>
       </x:c>
       <x:c r="O29" s="0" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="P29" s="0" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="Q29" s="4" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="R29" s="0" t="s">
+        <x:v>39</x:v>
+      </x:c>
+      <x:c r="S29" s="0" t="n">
+        <x:v>623975</x:v>
+      </x:c>
+      <x:c r="T29" s="4" t="s">
         <x:v>81</x:v>
       </x:c>
-      <x:c r="S29" s="0" t="n">
-[...4 lines deleted...]
-      </x:c>
       <x:c r="U29" s="4" t="s">
-        <x:v>85</x:v>
+        <x:v>90</x:v>
       </x:c>
     </x:row>
     <x:row r="30" spans="1:21">
       <x:c r="A30" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B30" s="14" t="s">
         <x:v>92</x:v>
       </x:c>
       <x:c r="C30" s="15" t="s"/>
       <x:c r="D30" s="15" t="s"/>
       <x:c r="E30" s="14" t="s"/>
       <x:c r="F30" s="14" t="s"/>
       <x:c r="G30" s="14" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="H30" s="14" t="s">
         <x:v>94</x:v>
       </x:c>
       <x:c r="I30" s="16" t="s">
         <x:v>95</x:v>
       </x:c>
       <x:c r="J30" s="14" t="s"/>
       <x:c r="K30" s="14" t="s">
         <x:v>96</x:v>