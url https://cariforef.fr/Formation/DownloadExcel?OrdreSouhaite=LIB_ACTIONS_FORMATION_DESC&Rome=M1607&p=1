--- v1 (2026-02-17)
+++ v2 (2026-02-17)
@@ -737,143 +737,143 @@
   <x:si>
     <x:t>05000</x:t>
   </x:si>
   <x:si>
     <x:t>GAP</x:t>
   </x:si>
   <x:si>
     <x:t>01/05/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Ecole Supérieure de Commerce et de Communication - Antenne Nice (Brown Séquard)</x:t>
   </x:si>
   <x:si>
     <x:t>09/01/2024 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>06/30/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Stéphane Auger Com - Fabrik Tête d'Affiche</x:t>
   </x:si>
   <x:si>
     <x:t>83600</x:t>
   </x:si>
   <x:si>
+    <x:t>Esid</x:t>
+  </x:si>
+  <x:si>
+    <x:t>08/31/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Esid - Antenne Nice</x:t>
+  </x:si>
+  <x:si>
+    <x:t>06200</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Cfa Perspective - Isim</x:t>
+  </x:si>
+  <x:si>
+    <x:t>01/08/2027 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Idev - Antenne Marignane</x:t>
+  </x:si>
+  <x:si>
+    <x:t>13700</x:t>
+  </x:si>
+  <x:si>
+    <x:t>02/16/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>02/28/2027 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Athélia Institut de Formation Conseils et Performance</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AIFCP</x:t>
+  </x:si>
+  <x:si>
+    <x:t>13600</x:t>
+  </x:si>
+  <x:si>
+    <x:t>09/22/2025 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Ladapt</x:t>
+  </x:si>
+  <x:si>
+    <x:t>75019</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Ladapt - Antenne Toulon - CFA Spécialisé</x:t>
+  </x:si>
+  <x:si>
+    <x:t>83000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>03/24/2025 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>08/30/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Greta-Cfa Côte d'Azur</x:t>
+  </x:si>
+  <x:si>
+    <x:t>06203</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Lycée Jacques Audiberti</x:t>
+  </x:si>
+  <x:si>
+    <x:t>03/31/2025 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>03/27/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Association des Centres d'Accueil et de Formation de la Mutualité Sociale Agricole de Vaucluse</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ACAF MSA</x:t>
+  </x:si>
+  <x:si>
+    <x:t>84110</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BOLLENE</x:t>
+  </x:si>
+  <x:si>
+    <x:t>01/06/2025 00:00:00</x:t>
+  </x:si>
+  <x:si>
     <x:t>07/01/2027 00:00:00</x:t>
   </x:si>
   <x:si>
-    <x:t>Esid</x:t>
-[...88 lines deleted...]
-  <x:si>
     <x:t>07/03/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>01/06/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>03/26/2027 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Crc</x:t>
   </x:si>
   <x:si>
     <x:t>Titre professionnel secrétaire assistant</x:t>
   </x:si>
   <x:si>
     <x:t>Titre Professionnel Secrétaire assistant</x:t>
   </x:si>
   <x:si>
     <x:t>Greta-Cfa Alpes Provence</x:t>
   </x:si>
   <x:si>
     <x:t>SISTERON</x:t>
   </x:si>
   <x:si>
     <x:t>09/29/2025 00:00:00</x:t>
@@ -2216,60 +2216,60 @@
   <x:si>
     <x:t>MFR</x:t>
   </x:si>
   <x:si>
     <x:t>13570</x:t>
   </x:si>
   <x:si>
     <x:t>BARBENTANE</x:t>
   </x:si>
   <x:si>
     <x:t>08/30/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Centre de Formation Professionnelle Vincent de Paul</x:t>
   </x:si>
   <x:si>
     <x:t>Lycée Frédéric Mistral - Lycée des Métiers de l'Automobile et des Services aux Entreprises</x:t>
   </x:si>
   <x:si>
     <x:t>Ogec Cour Maintenon</x:t>
   </x:si>
   <x:si>
     <x:t>Lycée des Métiers Louis Martin Bret</x:t>
   </x:si>
   <x:si>
+    <x:t>08/30/2024 00:00:00</x:t>
+  </x:si>
+  <x:si>
     <x:t>Centre Régional de la Bourse du Travail - CFA Régional de la Bourse du Travail</x:t>
   </x:si>
   <x:si>
     <x:t>CFBT</x:t>
   </x:si>
   <x:si>
     <x:t>13001</x:t>
-  </x:si>
-[...1 lines deleted...]
-    <x:t>08/30/2024 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>AEP Saint Eloi</x:t>
   </x:si>
   <x:si>
     <x:t>Institut Technique et Professionnel Aixois</x:t>
   </x:si>
   <x:si>
     <x:t>ITPA</x:t>
   </x:si>
   <x:si>
     <x:t>Ecole Supérieure des Compétences et Métiers - Antenne Nice</x:t>
   </x:si>
   <x:si>
     <x:t>09/16/2024 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>bac pro assistance à la gestion des organisations et de leurs activités</x:t>
   </x:si>
   <x:si>
     <x:t xml:space="preserve">Lycée des métiers La Calade - Jane Vialle </x:t>
   </x:si>
   <x:si>
     <x:t>LP la Calade</x:t>
   </x:si>
@@ -10012,267 +10012,268 @@
       <x:c r="S128" s="14" t="n">
         <x:v>547166</x:v>
       </x:c>
       <x:c r="T128" s="16" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="U128" s="16" t="s">
         <x:v>219</x:v>
       </x:c>
     </x:row>
     <x:row r="129" spans="1:21">
       <x:c r="A129" s="1" t="s">
         <x:v>155</x:v>
       </x:c>
       <x:c r="B129" s="0" t="s">
         <x:v>156</x:v>
       </x:c>
       <x:c r="C129" s="3" t="n">
         <x:v>36804</x:v>
       </x:c>
       <x:c r="D129" s="3" t="s"/>
       <x:c r="E129" s="0" t="s">
         <x:v>157</x:v>
       </x:c>
       <x:c r="G129" s="0" t="s">
-        <x:v>149</x:v>
+        <x:v>158</x:v>
+      </x:c>
+      <x:c r="H129" s="0" t="s">
+        <x:v>159</x:v>
       </x:c>
       <x:c r="I129" s="4" t="s">
-        <x:v>150</x:v>
+        <x:v>160</x:v>
       </x:c>
       <x:c r="J129" s="0" t="s">
         <x:v>131</x:v>
       </x:c>
       <x:c r="K129" s="0" t="s">
         <x:v>161</x:v>
       </x:c>
       <x:c r="L129" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M129" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="N129" s="3" t="n">
         <x:v>35007</x:v>
       </x:c>
       <x:c r="O129" s="0" t="s">
         <x:v>132</x:v>
       </x:c>
       <x:c r="P129" s="0" t="s">
-        <x:v>149</x:v>
+        <x:v>158</x:v>
       </x:c>
       <x:c r="Q129" s="4" t="s">
-        <x:v>150</x:v>
+        <x:v>160</x:v>
       </x:c>
       <x:c r="R129" s="0" t="s">
-        <x:v>93</x:v>
+        <x:v>162</x:v>
       </x:c>
       <x:c r="S129" s="0" t="n">
-        <x:v>554390</x:v>
+        <x:v>548910</x:v>
       </x:c>
       <x:c r="T129" s="4" t="s">
-        <x:v>182</x:v>
+        <x:v>46</x:v>
       </x:c>
       <x:c r="U129" s="4" t="s">
         <x:v>219</x:v>
       </x:c>
     </x:row>
     <x:row r="130" spans="1:21">
       <x:c r="A130" s="13" t="s">
         <x:v>155</x:v>
       </x:c>
       <x:c r="B130" s="14" t="s">
         <x:v>156</x:v>
       </x:c>
       <x:c r="C130" s="15" t="n">
         <x:v>36804</x:v>
       </x:c>
       <x:c r="D130" s="15" t="s"/>
       <x:c r="E130" s="14" t="s">
         <x:v>157</x:v>
       </x:c>
       <x:c r="F130" s="14" t="s"/>
       <x:c r="G130" s="14" t="s">
-        <x:v>42</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>149</x:v>
+      </x:c>
+      <x:c r="H130" s="14" t="s"/>
       <x:c r="I130" s="16" t="s">
-        <x:v>44</x:v>
+        <x:v>150</x:v>
       </x:c>
       <x:c r="J130" s="14" t="s">
         <x:v>131</x:v>
       </x:c>
       <x:c r="K130" s="14" t="s">
         <x:v>161</x:v>
       </x:c>
       <x:c r="L130" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M130" s="14" t="s">
-        <x:v>27</x:v>
+        <x:v>36</x:v>
       </x:c>
       <x:c r="N130" s="15" t="n">
         <x:v>35007</x:v>
       </x:c>
       <x:c r="O130" s="14" t="s">
         <x:v>132</x:v>
       </x:c>
       <x:c r="P130" s="14" t="s">
-        <x:v>42</x:v>
+        <x:v>149</x:v>
       </x:c>
       <x:c r="Q130" s="16" t="s">
-        <x:v>44</x:v>
+        <x:v>150</x:v>
       </x:c>
       <x:c r="R130" s="14" t="s">
-        <x:v>45</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="S130" s="14" t="n">
-        <x:v>549136</x:v>
+        <x:v>554390</x:v>
       </x:c>
       <x:c r="T130" s="16" t="s">
-        <x:v>46</x:v>
+        <x:v>182</x:v>
       </x:c>
       <x:c r="U130" s="16" t="s">
-        <x:v>222</x:v>
+        <x:v>219</x:v>
       </x:c>
     </x:row>
     <x:row r="131" spans="1:21">
       <x:c r="A131" s="1" t="s">
         <x:v>155</x:v>
       </x:c>
       <x:c r="B131" s="0" t="s">
         <x:v>156</x:v>
       </x:c>
       <x:c r="C131" s="3" t="n">
         <x:v>36804</x:v>
       </x:c>
       <x:c r="D131" s="3" t="s"/>
       <x:c r="E131" s="0" t="s">
         <x:v>157</x:v>
       </x:c>
       <x:c r="G131" s="0" t="s">
-        <x:v>223</x:v>
+        <x:v>222</x:v>
       </x:c>
       <x:c r="I131" s="4" t="s">
         <x:v>221</x:v>
       </x:c>
       <x:c r="J131" s="0" t="s">
         <x:v>131</x:v>
       </x:c>
       <x:c r="K131" s="0" t="s">
         <x:v>161</x:v>
       </x:c>
       <x:c r="L131" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="M131" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N131" s="3" t="n">
         <x:v>35007</x:v>
       </x:c>
       <x:c r="O131" s="0" t="s">
         <x:v>132</x:v>
       </x:c>
       <x:c r="P131" s="0" t="s">
-        <x:v>223</x:v>
+        <x:v>222</x:v>
       </x:c>
       <x:c r="Q131" s="4" t="s">
         <x:v>221</x:v>
       </x:c>
       <x:c r="R131" s="0" t="s">
         <x:v>92</x:v>
       </x:c>
       <x:c r="S131" s="0" t="n">
         <x:v>552338</x:v>
       </x:c>
       <x:c r="T131" s="4" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="U131" s="4" t="s">
-        <x:v>224</x:v>
+        <x:v>223</x:v>
       </x:c>
     </x:row>
     <x:row r="132" spans="1:21">
       <x:c r="A132" s="13" t="s">
         <x:v>155</x:v>
       </x:c>
       <x:c r="B132" s="14" t="s">
         <x:v>156</x:v>
       </x:c>
       <x:c r="C132" s="15" t="n">
         <x:v>36804</x:v>
       </x:c>
       <x:c r="D132" s="15" t="s"/>
       <x:c r="E132" s="14" t="s">
         <x:v>157</x:v>
       </x:c>
       <x:c r="F132" s="14" t="s"/>
       <x:c r="G132" s="14" t="s">
-        <x:v>223</x:v>
+        <x:v>222</x:v>
       </x:c>
       <x:c r="H132" s="14" t="s"/>
       <x:c r="I132" s="16" t="s">
         <x:v>221</x:v>
       </x:c>
       <x:c r="J132" s="14" t="s">
         <x:v>131</x:v>
       </x:c>
       <x:c r="K132" s="14" t="s">
         <x:v>161</x:v>
       </x:c>
       <x:c r="L132" s="14" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="M132" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N132" s="15" t="n">
         <x:v>35007</x:v>
       </x:c>
       <x:c r="O132" s="14" t="s">
         <x:v>132</x:v>
       </x:c>
       <x:c r="P132" s="14" t="s">
+        <x:v>224</x:v>
+      </x:c>
+      <x:c r="Q132" s="16" t="s">
         <x:v>225</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>226</x:v>
       </x:c>
       <x:c r="R132" s="14" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="S132" s="14" t="n">
         <x:v>552339</x:v>
       </x:c>
       <x:c r="T132" s="16" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="U132" s="16" t="s">
-        <x:v>224</x:v>
+        <x:v>223</x:v>
       </x:c>
     </x:row>
     <x:row r="133" spans="1:21">
       <x:c r="A133" s="1" t="s">
         <x:v>155</x:v>
       </x:c>
       <x:c r="B133" s="0" t="s">
         <x:v>156</x:v>
       </x:c>
       <x:c r="C133" s="3" t="n">
         <x:v>36804</x:v>
       </x:c>
       <x:c r="D133" s="3" t="s"/>
       <x:c r="E133" s="0" t="s">
         <x:v>157</x:v>
       </x:c>
       <x:c r="G133" s="0" t="s">
         <x:v>200</x:v>
       </x:c>
       <x:c r="I133" s="4" t="s">
         <x:v>201</x:v>
       </x:c>
       <x:c r="J133" s="0" t="s">
         <x:v>131</x:v>
       </x:c>
@@ -10304,79 +10305,79 @@
         <x:v>588262</x:v>
       </x:c>
       <x:c r="T133" s="4" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="U133" s="4" t="s">
         <x:v>56</x:v>
       </x:c>
     </x:row>
     <x:row r="134" spans="1:21">
       <x:c r="A134" s="13" t="s">
         <x:v>155</x:v>
       </x:c>
       <x:c r="B134" s="14" t="s">
         <x:v>156</x:v>
       </x:c>
       <x:c r="C134" s="15" t="n">
         <x:v>36804</x:v>
       </x:c>
       <x:c r="D134" s="15" t="s"/>
       <x:c r="E134" s="14" t="s">
         <x:v>157</x:v>
       </x:c>
       <x:c r="F134" s="14" t="s"/>
       <x:c r="G134" s="14" t="s">
-        <x:v>227</x:v>
+        <x:v>226</x:v>
       </x:c>
       <x:c r="H134" s="14" t="s"/>
       <x:c r="I134" s="16" t="s">
-        <x:v>226</x:v>
+        <x:v>225</x:v>
       </x:c>
       <x:c r="J134" s="14" t="s">
         <x:v>131</x:v>
       </x:c>
       <x:c r="K134" s="14" t="s">
         <x:v>161</x:v>
       </x:c>
       <x:c r="L134" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M134" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="N134" s="15" t="n">
         <x:v>35007</x:v>
       </x:c>
       <x:c r="O134" s="14" t="s">
         <x:v>132</x:v>
       </x:c>
       <x:c r="P134" s="14" t="s">
-        <x:v>227</x:v>
+        <x:v>226</x:v>
       </x:c>
       <x:c r="Q134" s="16" t="s">
-        <x:v>226</x:v>
+        <x:v>225</x:v>
       </x:c>
       <x:c r="R134" s="14" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="S134" s="14" t="n">
         <x:v>603786</x:v>
       </x:c>
       <x:c r="T134" s="16" t="s">
         <x:v>216</x:v>
       </x:c>
       <x:c r="U134" s="16" t="s">
         <x:v>56</x:v>
       </x:c>
     </x:row>
     <x:row r="135" spans="1:21">
       <x:c r="A135" s="1" t="s">
         <x:v>155</x:v>
       </x:c>
       <x:c r="B135" s="0" t="s">
         <x:v>156</x:v>
       </x:c>
       <x:c r="C135" s="3" t="n">
         <x:v>36804</x:v>
       </x:c>
       <x:c r="D135" s="3" t="s"/>
@@ -10401,286 +10402,286 @@
       <x:c r="M135" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N135" s="3" t="n">
         <x:v>35007</x:v>
       </x:c>
       <x:c r="O135" s="0" t="s">
         <x:v>132</x:v>
       </x:c>
       <x:c r="P135" s="0" t="s">
         <x:v>202</x:v>
       </x:c>
       <x:c r="Q135" s="4" t="s">
         <x:v>203</x:v>
       </x:c>
       <x:c r="R135" s="0" t="s">
         <x:v>204</x:v>
       </x:c>
       <x:c r="S135" s="0" t="n">
         <x:v>599563</x:v>
       </x:c>
       <x:c r="T135" s="4" t="s">
         <x:v>216</x:v>
       </x:c>
       <x:c r="U135" s="4" t="s">
-        <x:v>228</x:v>
+        <x:v>227</x:v>
       </x:c>
     </x:row>
     <x:row r="136" spans="1:21">
       <x:c r="A136" s="13" t="s">
         <x:v>155</x:v>
       </x:c>
       <x:c r="B136" s="14" t="s">
         <x:v>156</x:v>
       </x:c>
       <x:c r="C136" s="15" t="n">
         <x:v>36804</x:v>
       </x:c>
       <x:c r="D136" s="15" t="s"/>
       <x:c r="E136" s="14" t="s">
         <x:v>157</x:v>
       </x:c>
       <x:c r="F136" s="14" t="s"/>
       <x:c r="G136" s="14" t="s">
         <x:v>191</x:v>
       </x:c>
       <x:c r="H136" s="14" t="s"/>
       <x:c r="I136" s="16" t="s">
         <x:v>192</x:v>
       </x:c>
       <x:c r="J136" s="14" t="s">
         <x:v>131</x:v>
       </x:c>
       <x:c r="K136" s="14" t="s">
         <x:v>161</x:v>
       </x:c>
       <x:c r="L136" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M136" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="N136" s="15" t="n">
         <x:v>35007</x:v>
       </x:c>
       <x:c r="O136" s="14" t="s">
         <x:v>132</x:v>
       </x:c>
       <x:c r="P136" s="14" t="s">
+        <x:v>228</x:v>
+      </x:c>
+      <x:c r="Q136" s="16" t="s">
         <x:v>229</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>230</x:v>
       </x:c>
       <x:c r="R136" s="14" t="s">
         <x:v>99</x:v>
       </x:c>
       <x:c r="S136" s="14" t="n">
         <x:v>599923</x:v>
       </x:c>
       <x:c r="T136" s="16" t="s">
+        <x:v>230</x:v>
+      </x:c>
+      <x:c r="U136" s="16" t="s">
         <x:v>231</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>232</x:v>
       </x:c>
     </x:row>
     <x:row r="137" spans="1:21">
       <x:c r="A137" s="1" t="s">
         <x:v>155</x:v>
       </x:c>
       <x:c r="B137" s="0" t="s">
         <x:v>156</x:v>
       </x:c>
       <x:c r="C137" s="3" t="n">
         <x:v>36804</x:v>
       </x:c>
       <x:c r="D137" s="3" t="s"/>
       <x:c r="E137" s="0" t="s">
         <x:v>157</x:v>
       </x:c>
       <x:c r="G137" s="0" t="s">
+        <x:v>232</x:v>
+      </x:c>
+      <x:c r="H137" s="0" t="s">
         <x:v>233</x:v>
       </x:c>
-      <x:c r="H137" s="0" t="s">
+      <x:c r="I137" s="4" t="s">
         <x:v>234</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>235</x:v>
       </x:c>
       <x:c r="J137" s="0" t="s">
         <x:v>131</x:v>
       </x:c>
       <x:c r="K137" s="0" t="s">
         <x:v>161</x:v>
       </x:c>
       <x:c r="L137" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M137" s="0" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="N137" s="3" t="n">
         <x:v>35007</x:v>
       </x:c>
       <x:c r="O137" s="0" t="s">
         <x:v>132</x:v>
       </x:c>
       <x:c r="P137" s="0" t="s">
-        <x:v>233</x:v>
+        <x:v>232</x:v>
       </x:c>
       <x:c r="Q137" s="4" t="s">
-        <x:v>235</x:v>
+        <x:v>234</x:v>
       </x:c>
       <x:c r="R137" s="0" t="s">
         <x:v>104</x:v>
       </x:c>
       <x:c r="S137" s="0" t="n">
         <x:v>590013</x:v>
       </x:c>
       <x:c r="T137" s="4" t="s">
-        <x:v>236</x:v>
+        <x:v>235</x:v>
       </x:c>
       <x:c r="U137" s="4" t="s">
         <x:v>152</x:v>
       </x:c>
     </x:row>
     <x:row r="138" spans="1:21">
       <x:c r="A138" s="13" t="s">
         <x:v>155</x:v>
       </x:c>
       <x:c r="B138" s="14" t="s">
         <x:v>156</x:v>
       </x:c>
       <x:c r="C138" s="15" t="n">
         <x:v>36804</x:v>
       </x:c>
       <x:c r="D138" s="15" t="s"/>
       <x:c r="E138" s="14" t="s">
         <x:v>157</x:v>
       </x:c>
       <x:c r="F138" s="14" t="s"/>
       <x:c r="G138" s="14" t="s">
-        <x:v>237</x:v>
+        <x:v>236</x:v>
       </x:c>
       <x:c r="H138" s="14" t="s"/>
       <x:c r="I138" s="16" t="s">
-        <x:v>238</x:v>
+        <x:v>237</x:v>
       </x:c>
       <x:c r="J138" s="14" t="s">
         <x:v>131</x:v>
       </x:c>
       <x:c r="K138" s="14" t="s">
         <x:v>161</x:v>
       </x:c>
       <x:c r="L138" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M138" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N138" s="15" t="n">
         <x:v>35007</x:v>
       </x:c>
       <x:c r="O138" s="14" t="s">
         <x:v>132</x:v>
       </x:c>
       <x:c r="P138" s="14" t="s">
+        <x:v>238</x:v>
+      </x:c>
+      <x:c r="Q138" s="16" t="s">
         <x:v>239</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>240</x:v>
       </x:c>
       <x:c r="R138" s="14" t="s">
         <x:v>100</x:v>
       </x:c>
       <x:c r="S138" s="14" t="n">
         <x:v>549678</x:v>
       </x:c>
       <x:c r="T138" s="16" t="s">
+        <x:v>240</x:v>
+      </x:c>
+      <x:c r="U138" s="16" t="s">
         <x:v>241</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>242</x:v>
       </x:c>
     </x:row>
     <x:row r="139" spans="1:21">
       <x:c r="A139" s="1" t="s">
         <x:v>155</x:v>
       </x:c>
       <x:c r="B139" s="0" t="s">
         <x:v>156</x:v>
       </x:c>
       <x:c r="C139" s="3" t="n">
         <x:v>36804</x:v>
       </x:c>
       <x:c r="D139" s="3" t="s"/>
       <x:c r="E139" s="0" t="s">
         <x:v>157</x:v>
       </x:c>
       <x:c r="G139" s="0" t="s">
+        <x:v>242</x:v>
+      </x:c>
+      <x:c r="I139" s="4" t="s">
         <x:v>243</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>244</x:v>
       </x:c>
       <x:c r="J139" s="0" t="s">
         <x:v>131</x:v>
       </x:c>
       <x:c r="K139" s="0" t="s">
         <x:v>161</x:v>
       </x:c>
       <x:c r="L139" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="M139" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="N139" s="3" t="n">
         <x:v>35007</x:v>
       </x:c>
       <x:c r="O139" s="0" t="s">
         <x:v>132</x:v>
       </x:c>
       <x:c r="P139" s="0" t="s">
-        <x:v>245</x:v>
+        <x:v>244</x:v>
       </x:c>
       <x:c r="Q139" s="4" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="R139" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="S139" s="0" t="n">
         <x:v>556682</x:v>
       </x:c>
       <x:c r="T139" s="4" t="s">
+        <x:v>245</x:v>
+      </x:c>
+      <x:c r="U139" s="4" t="s">
         <x:v>246</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>247</x:v>
       </x:c>
     </x:row>
     <x:row r="140" spans="1:21">
       <x:c r="A140" s="13" t="s">
         <x:v>155</x:v>
       </x:c>
       <x:c r="B140" s="14" t="s">
         <x:v>156</x:v>
       </x:c>
       <x:c r="C140" s="15" t="n">
         <x:v>36804</x:v>
       </x:c>
       <x:c r="D140" s="15" t="s"/>
       <x:c r="E140" s="14" t="s">
         <x:v>157</x:v>
       </x:c>
       <x:c r="F140" s="14" t="s"/>
       <x:c r="G140" s="14" t="s">
         <x:v>212</x:v>
       </x:c>
       <x:c r="H140" s="14" t="s">
         <x:v>213</x:v>
       </x:c>
       <x:c r="I140" s="16" t="s">
         <x:v>214</x:v>
@@ -10715,90 +10716,90 @@
       <x:c r="S140" s="14" t="n">
         <x:v>599042</x:v>
       </x:c>
       <x:c r="T140" s="16" t="s">
         <x:v>216</x:v>
       </x:c>
       <x:c r="U140" s="16" t="s">
         <x:v>56</x:v>
       </x:c>
     </x:row>
     <x:row r="141" spans="1:21">
       <x:c r="A141" s="1" t="s">
         <x:v>155</x:v>
       </x:c>
       <x:c r="B141" s="0" t="s">
         <x:v>156</x:v>
       </x:c>
       <x:c r="C141" s="3" t="n">
         <x:v>36804</x:v>
       </x:c>
       <x:c r="D141" s="3" t="s"/>
       <x:c r="E141" s="0" t="s">
         <x:v>157</x:v>
       </x:c>
       <x:c r="G141" s="0" t="s">
+        <x:v>247</x:v>
+      </x:c>
+      <x:c r="H141" s="0" t="s">
         <x:v>248</x:v>
       </x:c>
-      <x:c r="H141" s="0" t="s">
+      <x:c r="I141" s="4" t="s">
         <x:v>249</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>250</x:v>
       </x:c>
       <x:c r="J141" s="0" t="s">
         <x:v>131</x:v>
       </x:c>
       <x:c r="K141" s="0" t="s">
         <x:v>161</x:v>
       </x:c>
       <x:c r="L141" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="M141" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N141" s="3" t="n">
         <x:v>35007</x:v>
       </x:c>
       <x:c r="O141" s="0" t="s">
         <x:v>132</x:v>
       </x:c>
       <x:c r="P141" s="0" t="s">
-        <x:v>248</x:v>
+        <x:v>247</x:v>
       </x:c>
       <x:c r="Q141" s="4" t="s">
+        <x:v>249</x:v>
+      </x:c>
+      <x:c r="R141" s="0" t="s">
         <x:v>250</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>251</x:v>
       </x:c>
       <x:c r="S141" s="0" t="n">
         <x:v>536164</x:v>
       </x:c>
       <x:c r="T141" s="4" t="s">
-        <x:v>252</x:v>
+        <x:v>251</x:v>
       </x:c>
       <x:c r="U141" s="4" t="s">
         <x:v>38</x:v>
       </x:c>
     </x:row>
     <x:row r="142" spans="1:21">
       <x:c r="A142" s="13" t="s">
         <x:v>155</x:v>
       </x:c>
       <x:c r="B142" s="14" t="s">
         <x:v>156</x:v>
       </x:c>
       <x:c r="C142" s="15" t="n">
         <x:v>36804</x:v>
       </x:c>
       <x:c r="D142" s="15" t="s"/>
       <x:c r="E142" s="14" t="s">
         <x:v>157</x:v>
       </x:c>
       <x:c r="F142" s="14" t="s"/>
       <x:c r="G142" s="14" t="s">
         <x:v>187</x:v>
       </x:c>
       <x:c r="H142" s="14" t="s">
         <x:v>188</x:v>
@@ -10836,389 +10837,388 @@
       <x:c r="S142" s="14" t="n">
         <x:v>502661</x:v>
       </x:c>
       <x:c r="T142" s="16" t="s">
         <x:v>218</x:v>
       </x:c>
       <x:c r="U142" s="16" t="s">
         <x:v>219</x:v>
       </x:c>
     </x:row>
     <x:row r="143" spans="1:21">
       <x:c r="A143" s="1" t="s">
         <x:v>155</x:v>
       </x:c>
       <x:c r="B143" s="0" t="s">
         <x:v>156</x:v>
       </x:c>
       <x:c r="C143" s="3" t="n">
         <x:v>36804</x:v>
       </x:c>
       <x:c r="D143" s="3" t="s"/>
       <x:c r="E143" s="0" t="s">
         <x:v>157</x:v>
       </x:c>
       <x:c r="G143" s="0" t="s">
-        <x:v>243</x:v>
+        <x:v>42</x:v>
+      </x:c>
+      <x:c r="H143" s="0" t="s">
+        <x:v>43</x:v>
       </x:c>
       <x:c r="I143" s="4" t="s">
-        <x:v>244</x:v>
+        <x:v>44</x:v>
       </x:c>
       <x:c r="J143" s="0" t="s">
         <x:v>131</x:v>
       </x:c>
       <x:c r="K143" s="0" t="s">
         <x:v>161</x:v>
       </x:c>
       <x:c r="L143" s="0" t="s">
-        <x:v>35</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="M143" s="0" t="s">
-        <x:v>36</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="N143" s="3" t="n">
         <x:v>35007</x:v>
       </x:c>
       <x:c r="O143" s="0" t="s">
         <x:v>132</x:v>
       </x:c>
       <x:c r="P143" s="0" t="s">
-        <x:v>245</x:v>
+        <x:v>42</x:v>
       </x:c>
       <x:c r="Q143" s="4" t="s">
-        <x:v>24</x:v>
+        <x:v>44</x:v>
       </x:c>
       <x:c r="R143" s="0" t="s">
-        <x:v>29</x:v>
+        <x:v>45</x:v>
       </x:c>
       <x:c r="S143" s="0" t="n">
-        <x:v>565152</x:v>
+        <x:v>549136</x:v>
       </x:c>
       <x:c r="T143" s="4" t="s">
-        <x:v>236</x:v>
+        <x:v>46</x:v>
       </x:c>
       <x:c r="U143" s="4" t="s">
-        <x:v>253</x:v>
+        <x:v>252</x:v>
       </x:c>
     </x:row>
     <x:row r="144" spans="1:21">
       <x:c r="A144" s="13" t="s">
         <x:v>155</x:v>
       </x:c>
       <x:c r="B144" s="14" t="s">
         <x:v>156</x:v>
       </x:c>
       <x:c r="C144" s="15" t="n">
         <x:v>36804</x:v>
       </x:c>
       <x:c r="D144" s="15" t="s"/>
       <x:c r="E144" s="14" t="s">
         <x:v>157</x:v>
       </x:c>
       <x:c r="F144" s="14" t="s"/>
       <x:c r="G144" s="14" t="s">
-        <x:v>191</x:v>
+        <x:v>242</x:v>
       </x:c>
       <x:c r="H144" s="14" t="s"/>
       <x:c r="I144" s="16" t="s">
-        <x:v>192</x:v>
+        <x:v>243</x:v>
       </x:c>
       <x:c r="J144" s="14" t="s">
         <x:v>131</x:v>
       </x:c>
       <x:c r="K144" s="14" t="s">
         <x:v>161</x:v>
       </x:c>
       <x:c r="L144" s="14" t="s">
-        <x:v>26</x:v>
+        <x:v>35</x:v>
       </x:c>
       <x:c r="M144" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="N144" s="15" t="n">
         <x:v>35007</x:v>
       </x:c>
       <x:c r="O144" s="14" t="s">
         <x:v>132</x:v>
       </x:c>
       <x:c r="P144" s="14" t="s">
-        <x:v>193</x:v>
+        <x:v>244</x:v>
       </x:c>
       <x:c r="Q144" s="16" t="s">
-        <x:v>194</x:v>
+        <x:v>24</x:v>
       </x:c>
       <x:c r="R144" s="14" t="s">
-        <x:v>195</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="S144" s="14" t="n">
-        <x:v>599924</x:v>
+        <x:v>565152</x:v>
       </x:c>
       <x:c r="T144" s="16" t="s">
-        <x:v>231</x:v>
+        <x:v>235</x:v>
       </x:c>
       <x:c r="U144" s="16" t="s">
-        <x:v>232</x:v>
+        <x:v>253</x:v>
       </x:c>
     </x:row>
     <x:row r="145" spans="1:21">
       <x:c r="A145" s="1" t="s">
         <x:v>155</x:v>
       </x:c>
       <x:c r="B145" s="0" t="s">
         <x:v>156</x:v>
       </x:c>
       <x:c r="C145" s="3" t="n">
         <x:v>36804</x:v>
       </x:c>
       <x:c r="D145" s="3" t="s"/>
       <x:c r="E145" s="0" t="s">
         <x:v>157</x:v>
       </x:c>
       <x:c r="G145" s="0" t="s">
-        <x:v>248</x:v>
-[...2 lines deleted...]
-        <x:v>249</x:v>
+        <x:v>191</x:v>
       </x:c>
       <x:c r="I145" s="4" t="s">
-        <x:v>250</x:v>
+        <x:v>192</x:v>
       </x:c>
       <x:c r="J145" s="0" t="s">
         <x:v>131</x:v>
       </x:c>
       <x:c r="K145" s="0" t="s">
         <x:v>161</x:v>
       </x:c>
       <x:c r="L145" s="0" t="s">
-        <x:v>35</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="M145" s="0" t="s">
-        <x:v>27</x:v>
+        <x:v>36</x:v>
       </x:c>
       <x:c r="N145" s="3" t="n">
         <x:v>35007</x:v>
       </x:c>
       <x:c r="O145" s="0" t="s">
         <x:v>132</x:v>
       </x:c>
       <x:c r="P145" s="0" t="s">
-        <x:v>248</x:v>
+        <x:v>193</x:v>
       </x:c>
       <x:c r="Q145" s="4" t="s">
-        <x:v>250</x:v>
+        <x:v>194</x:v>
       </x:c>
       <x:c r="R145" s="0" t="s">
-        <x:v>251</x:v>
+        <x:v>195</x:v>
       </x:c>
       <x:c r="S145" s="0" t="n">
-        <x:v>603588</x:v>
+        <x:v>599924</x:v>
       </x:c>
       <x:c r="T145" s="4" t="s">
-        <x:v>254</x:v>
+        <x:v>230</x:v>
       </x:c>
       <x:c r="U145" s="4" t="s">
-        <x:v>255</x:v>
+        <x:v>231</x:v>
       </x:c>
     </x:row>
     <x:row r="146" spans="1:21">
       <x:c r="A146" s="13" t="s">
         <x:v>155</x:v>
       </x:c>
       <x:c r="B146" s="14" t="s">
         <x:v>156</x:v>
       </x:c>
       <x:c r="C146" s="15" t="n">
         <x:v>36804</x:v>
       </x:c>
       <x:c r="D146" s="15" t="s"/>
       <x:c r="E146" s="14" t="s">
         <x:v>157</x:v>
       </x:c>
       <x:c r="F146" s="14" t="s"/>
       <x:c r="G146" s="14" t="s">
-        <x:v>256</x:v>
-[...1 lines deleted...]
-      <x:c r="H146" s="14" t="s"/>
+        <x:v>247</x:v>
+      </x:c>
+      <x:c r="H146" s="14" t="s">
+        <x:v>248</x:v>
+      </x:c>
       <x:c r="I146" s="16" t="s">
-        <x:v>171</x:v>
+        <x:v>249</x:v>
       </x:c>
       <x:c r="J146" s="14" t="s">
         <x:v>131</x:v>
       </x:c>
       <x:c r="K146" s="14" t="s">
         <x:v>161</x:v>
       </x:c>
       <x:c r="L146" s="14" t="s">
-        <x:v>26</x:v>
+        <x:v>35</x:v>
       </x:c>
       <x:c r="M146" s="14" t="s">
-        <x:v>69</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="N146" s="15" t="n">
         <x:v>35007</x:v>
       </x:c>
       <x:c r="O146" s="14" t="s">
         <x:v>132</x:v>
       </x:c>
       <x:c r="P146" s="14" t="s">
-        <x:v>256</x:v>
+        <x:v>247</x:v>
       </x:c>
       <x:c r="Q146" s="16" t="s">
-        <x:v>171</x:v>
+        <x:v>249</x:v>
       </x:c>
       <x:c r="R146" s="14" t="s">
-        <x:v>82</x:v>
+        <x:v>250</x:v>
       </x:c>
       <x:c r="S146" s="14" t="n">
-        <x:v>609212</x:v>
+        <x:v>603588</x:v>
       </x:c>
       <x:c r="T146" s="16" t="s">
-        <x:v>30</x:v>
+        <x:v>254</x:v>
       </x:c>
       <x:c r="U146" s="16" t="s">
-        <x:v>56</x:v>
+        <x:v>255</x:v>
       </x:c>
     </x:row>
     <x:row r="147" spans="1:21">
       <x:c r="A147" s="1" t="s">
         <x:v>155</x:v>
       </x:c>
       <x:c r="B147" s="0" t="s">
         <x:v>156</x:v>
       </x:c>
       <x:c r="C147" s="3" t="n">
         <x:v>36804</x:v>
       </x:c>
       <x:c r="D147" s="3" t="s"/>
       <x:c r="E147" s="0" t="s">
         <x:v>157</x:v>
       </x:c>
       <x:c r="G147" s="0" t="s">
-        <x:v>164</x:v>
-[...2 lines deleted...]
-        <x:v>165</x:v>
+        <x:v>256</x:v>
       </x:c>
       <x:c r="I147" s="4" t="s">
-        <x:v>166</x:v>
+        <x:v>171</x:v>
       </x:c>
       <x:c r="J147" s="0" t="s">
         <x:v>131</x:v>
       </x:c>
       <x:c r="K147" s="0" t="s">
         <x:v>161</x:v>
       </x:c>
       <x:c r="L147" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M147" s="0" t="s">
-        <x:v>36</x:v>
+        <x:v>69</x:v>
       </x:c>
       <x:c r="N147" s="3" t="n">
         <x:v>35007</x:v>
       </x:c>
       <x:c r="O147" s="0" t="s">
         <x:v>132</x:v>
       </x:c>
       <x:c r="P147" s="0" t="s">
-        <x:v>164</x:v>
+        <x:v>256</x:v>
       </x:c>
       <x:c r="Q147" s="4" t="s">
-        <x:v>166</x:v>
+        <x:v>171</x:v>
       </x:c>
       <x:c r="R147" s="0" t="s">
-        <x:v>98</x:v>
+        <x:v>82</x:v>
       </x:c>
       <x:c r="S147" s="0" t="n">
-        <x:v>546938</x:v>
+        <x:v>609212</x:v>
       </x:c>
       <x:c r="T147" s="4" t="s">
-        <x:v>172</x:v>
+        <x:v>30</x:v>
       </x:c>
       <x:c r="U147" s="4" t="s">
         <x:v>56</x:v>
       </x:c>
     </x:row>
     <x:row r="148" spans="1:21">
       <x:c r="A148" s="13" t="s">
         <x:v>155</x:v>
       </x:c>
       <x:c r="B148" s="14" t="s">
         <x:v>156</x:v>
       </x:c>
       <x:c r="C148" s="15" t="n">
         <x:v>36804</x:v>
       </x:c>
       <x:c r="D148" s="15" t="s"/>
       <x:c r="E148" s="14" t="s">
         <x:v>157</x:v>
       </x:c>
       <x:c r="F148" s="14" t="s"/>
       <x:c r="G148" s="14" t="s">
-        <x:v>158</x:v>
+        <x:v>164</x:v>
       </x:c>
       <x:c r="H148" s="14" t="s">
-        <x:v>159</x:v>
+        <x:v>165</x:v>
       </x:c>
       <x:c r="I148" s="16" t="s">
-        <x:v>160</x:v>
+        <x:v>166</x:v>
       </x:c>
       <x:c r="J148" s="14" t="s">
         <x:v>131</x:v>
       </x:c>
       <x:c r="K148" s="14" t="s">
         <x:v>161</x:v>
       </x:c>
       <x:c r="L148" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M148" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="N148" s="15" t="n">
         <x:v>35007</x:v>
       </x:c>
       <x:c r="O148" s="14" t="s">
         <x:v>132</x:v>
       </x:c>
       <x:c r="P148" s="14" t="s">
-        <x:v>158</x:v>
+        <x:v>164</x:v>
       </x:c>
       <x:c r="Q148" s="16" t="s">
-        <x:v>160</x:v>
+        <x:v>166</x:v>
       </x:c>
       <x:c r="R148" s="14" t="s">
-        <x:v>162</x:v>
+        <x:v>98</x:v>
       </x:c>
       <x:c r="S148" s="14" t="n">
-        <x:v>548910</x:v>
+        <x:v>546938</x:v>
       </x:c>
       <x:c r="T148" s="16" t="s">
-        <x:v>46</x:v>
+        <x:v>172</x:v>
       </x:c>
       <x:c r="U148" s="16" t="s">
-        <x:v>219</x:v>
+        <x:v>56</x:v>
       </x:c>
     </x:row>
     <x:row r="149" spans="1:21">
       <x:c r="A149" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B149" s="0" t="s">
         <x:v>257</x:v>
       </x:c>
       <x:c r="C149" s="3" t="n">
         <x:v>36804</x:v>
       </x:c>
       <x:c r="D149" s="3" t="s"/>
       <x:c r="G149" s="0" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="H149" s="0" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="I149" s="4" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="J149" s="0" t="s">
         <x:v>131</x:v>
       </x:c>
@@ -12031,135 +12031,135 @@
       </x:c>
       <x:c r="S163" s="0" t="n">
         <x:v>574599</x:v>
       </x:c>
       <x:c r="T163" s="4" t="s">
         <x:v>269</x:v>
       </x:c>
       <x:c r="U163" s="4" t="s">
         <x:v>270</x:v>
       </x:c>
     </x:row>
     <x:row r="164" spans="1:21">
       <x:c r="A164" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B164" s="14" t="s">
         <x:v>257</x:v>
       </x:c>
       <x:c r="C164" s="15" t="n">
         <x:v>36804</x:v>
       </x:c>
       <x:c r="D164" s="15" t="s"/>
       <x:c r="E164" s="14" t="s"/>
       <x:c r="F164" s="14" t="s"/>
       <x:c r="G164" s="14" t="s">
+        <x:v>232</x:v>
+      </x:c>
+      <x:c r="H164" s="14" t="s">
         <x:v>233</x:v>
       </x:c>
-      <x:c r="H164" s="14" t="s">
+      <x:c r="I164" s="16" t="s">
         <x:v>234</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>235</x:v>
       </x:c>
       <x:c r="J164" s="14" t="s">
         <x:v>131</x:v>
       </x:c>
       <x:c r="K164" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L164" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M164" s="14" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="N164" s="15" t="n">
         <x:v>35007</x:v>
       </x:c>
       <x:c r="O164" s="14" t="s">
         <x:v>132</x:v>
       </x:c>
       <x:c r="P164" s="14" t="s">
-        <x:v>233</x:v>
+        <x:v>232</x:v>
       </x:c>
       <x:c r="Q164" s="16" t="s">
-        <x:v>235</x:v>
+        <x:v>234</x:v>
       </x:c>
       <x:c r="R164" s="14" t="s">
         <x:v>104</x:v>
       </x:c>
       <x:c r="S164" s="14" t="n">
         <x:v>570301</x:v>
       </x:c>
       <x:c r="T164" s="16" t="s">
         <x:v>172</x:v>
       </x:c>
       <x:c r="U164" s="16" t="s">
         <x:v>154</x:v>
       </x:c>
     </x:row>
     <x:row r="165" spans="1:21">
       <x:c r="A165" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B165" s="0" t="s">
         <x:v>258</x:v>
       </x:c>
       <x:c r="C165" s="3" t="n">
         <x:v>36804</x:v>
       </x:c>
       <x:c r="D165" s="3" t="s"/>
       <x:c r="G165" s="0" t="s">
+        <x:v>242</x:v>
+      </x:c>
+      <x:c r="I165" s="4" t="s">
         <x:v>243</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>244</x:v>
       </x:c>
       <x:c r="J165" s="0" t="s">
         <x:v>131</x:v>
       </x:c>
       <x:c r="K165" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L165" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="M165" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N165" s="3" t="n">
         <x:v>35007</x:v>
       </x:c>
       <x:c r="O165" s="0" t="s">
         <x:v>132</x:v>
       </x:c>
       <x:c r="P165" s="0" t="s">
+        <x:v>242</x:v>
+      </x:c>
+      <x:c r="Q165" s="4" t="s">
         <x:v>243</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>244</x:v>
       </x:c>
       <x:c r="R165" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="S165" s="0" t="n">
         <x:v>545080</x:v>
       </x:c>
       <x:c r="T165" s="4" t="s">
         <x:v>121</x:v>
       </x:c>
       <x:c r="U165" s="4" t="s">
         <x:v>290</x:v>
       </x:c>
     </x:row>
     <x:row r="166" spans="1:21">
       <x:c r="A166" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B166" s="14" t="s">
         <x:v>258</x:v>
       </x:c>
       <x:c r="C166" s="15" t="n">
         <x:v>36804</x:v>
       </x:c>
       <x:c r="D166" s="15" t="s"/>
@@ -12201,87 +12201,87 @@
       <x:c r="R166" s="14" t="s">
         <x:v>293</x:v>
       </x:c>
       <x:c r="S166" s="14" t="n">
         <x:v>579303</x:v>
       </x:c>
       <x:c r="T166" s="16" t="s">
         <x:v>261</x:v>
       </x:c>
       <x:c r="U166" s="16" t="s">
         <x:v>294</x:v>
       </x:c>
     </x:row>
     <x:row r="167" spans="1:21">
       <x:c r="A167" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B167" s="0" t="s">
         <x:v>258</x:v>
       </x:c>
       <x:c r="C167" s="3" t="n">
         <x:v>36804</x:v>
       </x:c>
       <x:c r="D167" s="3" t="s"/>
       <x:c r="G167" s="0" t="s">
+        <x:v>242</x:v>
+      </x:c>
+      <x:c r="I167" s="4" t="s">
         <x:v>243</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>244</x:v>
       </x:c>
       <x:c r="J167" s="0" t="s">
         <x:v>131</x:v>
       </x:c>
       <x:c r="K167" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L167" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="M167" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N167" s="3" t="n">
         <x:v>35007</x:v>
       </x:c>
       <x:c r="O167" s="0" t="s">
         <x:v>132</x:v>
       </x:c>
       <x:c r="P167" s="0" t="s">
+        <x:v>242</x:v>
+      </x:c>
+      <x:c r="Q167" s="4" t="s">
         <x:v>243</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>244</x:v>
       </x:c>
       <x:c r="R167" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="S167" s="0" t="n">
         <x:v>556582</x:v>
       </x:c>
       <x:c r="T167" s="4" t="s">
-        <x:v>236</x:v>
+        <x:v>235</x:v>
       </x:c>
       <x:c r="U167" s="4" t="s">
         <x:v>253</x:v>
       </x:c>
     </x:row>
     <x:row r="168" spans="1:21">
       <x:c r="A168" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B168" s="14" t="s">
         <x:v>257</x:v>
       </x:c>
       <x:c r="C168" s="15" t="n">
         <x:v>36804</x:v>
       </x:c>
       <x:c r="D168" s="15" t="s"/>
       <x:c r="E168" s="14" t="s"/>
       <x:c r="F168" s="14" t="s"/>
       <x:c r="G168" s="14" t="s">
         <x:v>256</x:v>
       </x:c>
       <x:c r="H168" s="14" t="s"/>
       <x:c r="I168" s="16" t="s">
         <x:v>171</x:v>
       </x:c>
@@ -12408,51 +12408,51 @@
       <x:c r="M170" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N170" s="15" t="n">
         <x:v>35007</x:v>
       </x:c>
       <x:c r="O170" s="14" t="s">
         <x:v>132</x:v>
       </x:c>
       <x:c r="P170" s="14" t="s">
         <x:v>170</x:v>
       </x:c>
       <x:c r="Q170" s="16" t="s">
         <x:v>171</x:v>
       </x:c>
       <x:c r="R170" s="14" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="S170" s="14" t="n">
         <x:v>568813</x:v>
       </x:c>
       <x:c r="T170" s="16" t="s">
         <x:v>297</x:v>
       </x:c>
       <x:c r="U170" s="16" t="s">
-        <x:v>232</x:v>
+        <x:v>231</x:v>
       </x:c>
     </x:row>
     <x:row r="171" spans="1:21">
       <x:c r="A171" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B171" s="0" t="s">
         <x:v>257</x:v>
       </x:c>
       <x:c r="C171" s="3" t="n">
         <x:v>36804</x:v>
       </x:c>
       <x:c r="D171" s="3" t="s"/>
       <x:c r="G171" s="0" t="s">
         <x:v>266</x:v>
       </x:c>
       <x:c r="I171" s="4" t="s">
         <x:v>267</x:v>
       </x:c>
       <x:c r="J171" s="0" t="s">
         <x:v>131</x:v>
       </x:c>
       <x:c r="K171" s="0" t="s">
         <x:v>268</x:v>
       </x:c>
@@ -12742,51 +12742,51 @@
       <x:c r="L176" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M176" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="N176" s="15" t="n">
         <x:v>35035</x:v>
       </x:c>
       <x:c r="O176" s="14" t="s">
         <x:v>302</x:v>
       </x:c>
       <x:c r="P176" s="14" t="s">
         <x:v>212</x:v>
       </x:c>
       <x:c r="Q176" s="16" t="s">
         <x:v>214</x:v>
       </x:c>
       <x:c r="R176" s="14" t="s">
         <x:v>215</x:v>
       </x:c>
       <x:c r="S176" s="14" t="n">
         <x:v>617364</x:v>
       </x:c>
       <x:c r="T176" s="16" t="s">
-        <x:v>231</x:v>
+        <x:v>230</x:v>
       </x:c>
       <x:c r="U176" s="16" t="s">
         <x:v>304</x:v>
       </x:c>
     </x:row>
     <x:row r="177" spans="1:21">
       <x:c r="A177" s="1" t="s">
         <x:v>173</x:v>
       </x:c>
       <x:c r="B177" s="0" t="s">
         <x:v>305</x:v>
       </x:c>
       <x:c r="C177" s="3" t="n">
         <x:v>41239</x:v>
       </x:c>
       <x:c r="D177" s="3" t="s"/>
       <x:c r="E177" s="0" t="s">
         <x:v>157</x:v>
       </x:c>
       <x:c r="G177" s="0" t="s">
         <x:v>135</x:v>
       </x:c>
       <x:c r="H177" s="0" t="s">
         <x:v>136</x:v>
       </x:c>
@@ -13103,54 +13103,54 @@
       <x:c r="L182" s="14" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="M182" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="N182" s="15" t="n">
         <x:v>35035</x:v>
       </x:c>
       <x:c r="O182" s="14" t="s">
         <x:v>302</x:v>
       </x:c>
       <x:c r="P182" s="14" t="s">
         <x:v>193</x:v>
       </x:c>
       <x:c r="Q182" s="16" t="s">
         <x:v>194</x:v>
       </x:c>
       <x:c r="R182" s="14" t="s">
         <x:v>195</x:v>
       </x:c>
       <x:c r="S182" s="14" t="n">
         <x:v>599999</x:v>
       </x:c>
       <x:c r="T182" s="16" t="s">
+        <x:v>230</x:v>
+      </x:c>
+      <x:c r="U182" s="16" t="s">
         <x:v>231</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>232</x:v>
       </x:c>
     </x:row>
     <x:row r="183" spans="1:21">
       <x:c r="A183" s="1" t="s">
         <x:v>155</x:v>
       </x:c>
       <x:c r="B183" s="0" t="s">
         <x:v>309</x:v>
       </x:c>
       <x:c r="C183" s="3" t="n">
         <x:v>41239</x:v>
       </x:c>
       <x:c r="D183" s="3" t="s"/>
       <x:c r="E183" s="0" t="s">
         <x:v>157</x:v>
       </x:c>
       <x:c r="G183" s="0" t="s">
         <x:v>187</x:v>
       </x:c>
       <x:c r="H183" s="0" t="s">
         <x:v>188</x:v>
       </x:c>
       <x:c r="I183" s="4" t="s">
         <x:v>189</x:v>
       </x:c>
@@ -13269,66 +13269,66 @@
       <x:c r="G185" s="0" t="s">
         <x:v>191</x:v>
       </x:c>
       <x:c r="I185" s="4" t="s">
         <x:v>192</x:v>
       </x:c>
       <x:c r="J185" s="0" t="s">
         <x:v>131</x:v>
       </x:c>
       <x:c r="K185" s="0" t="s">
         <x:v>161</x:v>
       </x:c>
       <x:c r="L185" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="M185" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="N185" s="3" t="n">
         <x:v>35035</x:v>
       </x:c>
       <x:c r="O185" s="0" t="s">
         <x:v>302</x:v>
       </x:c>
       <x:c r="P185" s="0" t="s">
+        <x:v>228</x:v>
+      </x:c>
+      <x:c r="Q185" s="4" t="s">
         <x:v>229</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>230</x:v>
       </x:c>
       <x:c r="R185" s="0" t="s">
         <x:v>99</x:v>
       </x:c>
       <x:c r="S185" s="0" t="n">
         <x:v>600000</x:v>
       </x:c>
       <x:c r="T185" s="4" t="s">
+        <x:v>230</x:v>
+      </x:c>
+      <x:c r="U185" s="4" t="s">
         <x:v>231</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>232</x:v>
       </x:c>
     </x:row>
     <x:row r="186" spans="1:21">
       <x:c r="A186" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B186" s="14" t="s">
         <x:v>315</x:v>
       </x:c>
       <x:c r="C186" s="15" t="n">
         <x:v>41239</x:v>
       </x:c>
       <x:c r="D186" s="15" t="s"/>
       <x:c r="E186" s="14" t="s"/>
       <x:c r="F186" s="14" t="s"/>
       <x:c r="G186" s="14" t="s">
         <x:v>316</x:v>
       </x:c>
       <x:c r="H186" s="14" t="s"/>
       <x:c r="I186" s="16" t="s">
         <x:v>317</x:v>
       </x:c>
       <x:c r="J186" s="14" t="s">
         <x:v>131</x:v>
       </x:c>
@@ -13475,189 +13475,189 @@
       <x:c r="S188" s="14" t="n">
         <x:v>588305</x:v>
       </x:c>
       <x:c r="T188" s="16" t="s">
         <x:v>327</x:v>
       </x:c>
       <x:c r="U188" s="16" t="s">
         <x:v>49</x:v>
       </x:c>
     </x:row>
     <x:row r="189" spans="1:21">
       <x:c r="A189" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B189" s="0" t="s">
         <x:v>315</x:v>
       </x:c>
       <x:c r="C189" s="3" t="n">
         <x:v>41239</x:v>
       </x:c>
       <x:c r="D189" s="3" t="s"/>
       <x:c r="G189" s="0" t="s">
         <x:v>328</x:v>
       </x:c>
       <x:c r="I189" s="4" t="s">
-        <x:v>240</x:v>
+        <x:v>239</x:v>
       </x:c>
       <x:c r="J189" s="0" t="s">
         <x:v>131</x:v>
       </x:c>
       <x:c r="K189" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L189" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="M189" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N189" s="3" t="n">
         <x:v>35035</x:v>
       </x:c>
       <x:c r="O189" s="0" t="s">
         <x:v>302</x:v>
       </x:c>
       <x:c r="P189" s="0" t="s">
         <x:v>328</x:v>
       </x:c>
       <x:c r="Q189" s="4" t="s">
-        <x:v>240</x:v>
+        <x:v>239</x:v>
       </x:c>
       <x:c r="R189" s="0" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="S189" s="0" t="n">
         <x:v>599169</x:v>
       </x:c>
       <x:c r="T189" s="4" t="s">
         <x:v>329</x:v>
       </x:c>
       <x:c r="U189" s="4" t="s">
         <x:v>330</x:v>
       </x:c>
     </x:row>
     <x:row r="190" spans="1:21">
       <x:c r="A190" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B190" s="14" t="s">
         <x:v>315</x:v>
       </x:c>
       <x:c r="C190" s="15" t="n">
         <x:v>41239</x:v>
       </x:c>
       <x:c r="D190" s="15" t="s"/>
       <x:c r="E190" s="14" t="s"/>
       <x:c r="F190" s="14" t="s"/>
       <x:c r="G190" s="14" t="s">
         <x:v>328</x:v>
       </x:c>
       <x:c r="H190" s="14" t="s"/>
       <x:c r="I190" s="16" t="s">
-        <x:v>240</x:v>
+        <x:v>239</x:v>
       </x:c>
       <x:c r="J190" s="14" t="s">
         <x:v>131</x:v>
       </x:c>
       <x:c r="K190" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L190" s="14" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="M190" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N190" s="15" t="n">
         <x:v>35035</x:v>
       </x:c>
       <x:c r="O190" s="14" t="s">
         <x:v>302</x:v>
       </x:c>
       <x:c r="P190" s="14" t="s">
         <x:v>328</x:v>
       </x:c>
       <x:c r="Q190" s="16" t="s">
-        <x:v>240</x:v>
+        <x:v>239</x:v>
       </x:c>
       <x:c r="R190" s="14" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="S190" s="14" t="n">
         <x:v>598731</x:v>
       </x:c>
       <x:c r="T190" s="16" t="s">
         <x:v>265</x:v>
       </x:c>
       <x:c r="U190" s="16" t="s">
         <x:v>154</x:v>
       </x:c>
     </x:row>
     <x:row r="191" spans="1:21">
       <x:c r="A191" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B191" s="0" t="s">
         <x:v>315</x:v>
       </x:c>
       <x:c r="C191" s="3" t="n">
         <x:v>41239</x:v>
       </x:c>
       <x:c r="D191" s="3" t="s"/>
       <x:c r="G191" s="0" t="s">
         <x:v>331</x:v>
       </x:c>
       <x:c r="H191" s="0" t="s">
         <x:v>332</x:v>
       </x:c>
       <x:c r="I191" s="4" t="s">
-        <x:v>240</x:v>
+        <x:v>239</x:v>
       </x:c>
       <x:c r="J191" s="0" t="s">
         <x:v>131</x:v>
       </x:c>
       <x:c r="K191" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L191" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M191" s="0" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="N191" s="3" t="n">
         <x:v>35035</x:v>
       </x:c>
       <x:c r="O191" s="0" t="s">
         <x:v>302</x:v>
       </x:c>
       <x:c r="P191" s="0" t="s">
         <x:v>331</x:v>
       </x:c>
       <x:c r="Q191" s="4" t="s">
-        <x:v>240</x:v>
+        <x:v>239</x:v>
       </x:c>
       <x:c r="R191" s="0" t="s">
         <x:v>100</x:v>
       </x:c>
       <x:c r="S191" s="0" t="n">
         <x:v>611291</x:v>
       </x:c>
       <x:c r="T191" s="4" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="U191" s="4" t="s">
         <x:v>56</x:v>
       </x:c>
     </x:row>
     <x:row r="192" spans="1:21">
       <x:c r="A192" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B192" s="14" t="s">
         <x:v>333</x:v>
       </x:c>
       <x:c r="C192" s="15" t="s"/>
       <x:c r="D192" s="15" t="s"/>
       <x:c r="E192" s="14" t="s"/>
       <x:c r="F192" s="14" t="s"/>
@@ -14432,51 +14432,51 @@
       <x:c r="L205" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="M205" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N205" s="3" t="n">
         <x:v>35007</x:v>
       </x:c>
       <x:c r="O205" s="0" t="s">
         <x:v>132</x:v>
       </x:c>
       <x:c r="P205" s="0" t="s">
         <x:v>135</x:v>
       </x:c>
       <x:c r="Q205" s="4" t="s">
         <x:v>130</x:v>
       </x:c>
       <x:c r="R205" s="0" t="s">
         <x:v>137</x:v>
       </x:c>
       <x:c r="S205" s="0" t="n">
         <x:v>524894</x:v>
       </x:c>
       <x:c r="T205" s="4" t="s">
-        <x:v>236</x:v>
+        <x:v>235</x:v>
       </x:c>
       <x:c r="U205" s="4" t="s">
         <x:v>354</x:v>
       </x:c>
     </x:row>
     <x:row r="206" spans="1:21">
       <x:c r="A206" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B206" s="14" t="s">
         <x:v>338</x:v>
       </x:c>
       <x:c r="C206" s="15" t="n">
         <x:v>36804</x:v>
       </x:c>
       <x:c r="D206" s="15" t="s"/>
       <x:c r="E206" s="14" t="s"/>
       <x:c r="F206" s="14" t="s"/>
       <x:c r="G206" s="14" t="s">
         <x:v>128</x:v>
       </x:c>
       <x:c r="H206" s="14" t="s">
         <x:v>129</x:v>
       </x:c>
       <x:c r="I206" s="16" t="s">
@@ -14491,51 +14491,51 @@
       <x:c r="L206" s="14" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="M206" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N206" s="15" t="n">
         <x:v>35007</x:v>
       </x:c>
       <x:c r="O206" s="14" t="s">
         <x:v>132</x:v>
       </x:c>
       <x:c r="P206" s="14" t="s">
         <x:v>128</x:v>
       </x:c>
       <x:c r="Q206" s="16" t="s">
         <x:v>130</x:v>
       </x:c>
       <x:c r="R206" s="14" t="s">
         <x:v>137</x:v>
       </x:c>
       <x:c r="S206" s="14" t="n">
         <x:v>524796</x:v>
       </x:c>
       <x:c r="T206" s="16" t="s">
-        <x:v>236</x:v>
+        <x:v>235</x:v>
       </x:c>
       <x:c r="U206" s="16" t="s">
         <x:v>354</x:v>
       </x:c>
     </x:row>
     <x:row r="207" spans="1:21">
       <x:c r="A207" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B207" s="0" t="s">
         <x:v>338</x:v>
       </x:c>
       <x:c r="C207" s="3" t="n">
         <x:v>36804</x:v>
       </x:c>
       <x:c r="D207" s="3" t="s"/>
       <x:c r="G207" s="0" t="s">
         <x:v>135</x:v>
       </x:c>
       <x:c r="H207" s="0" t="s">
         <x:v>136</x:v>
       </x:c>
       <x:c r="I207" s="4" t="s">
         <x:v>130</x:v>
       </x:c>
@@ -15853,307 +15853,307 @@
         <x:v>81</x:v>
       </x:c>
       <x:c r="J232" s="14" t="s"/>
       <x:c r="K232" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L232" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M232" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="N232" s="15" t="n">
         <x:v>70312</x:v>
       </x:c>
       <x:c r="O232" s="14" t="s">
         <x:v>356</x:v>
       </x:c>
       <x:c r="P232" s="14" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="Q232" s="16" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="R232" s="14" t="s">
-        <x:v>95</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="S232" s="14" t="n">
-        <x:v>616662</x:v>
+        <x:v>616592</x:v>
       </x:c>
       <x:c r="T232" s="16" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="U232" s="16" t="s">
         <x:v>84</x:v>
       </x:c>
     </x:row>
     <x:row r="233" spans="1:21">
       <x:c r="A233" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B233" s="0" t="s">
         <x:v>355</x:v>
       </x:c>
       <x:c r="C233" s="3" t="s"/>
       <x:c r="D233" s="3" t="s"/>
       <x:c r="G233" s="0" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="I233" s="4" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="K233" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L233" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M233" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="N233" s="3" t="n">
         <x:v>70312</x:v>
       </x:c>
       <x:c r="O233" s="0" t="s">
         <x:v>356</x:v>
       </x:c>
       <x:c r="P233" s="0" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="Q233" s="4" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="R233" s="0" t="s">
-        <x:v>106</x:v>
+        <x:v>123</x:v>
       </x:c>
       <x:c r="S233" s="0" t="n">
-        <x:v>616668</x:v>
+        <x:v>616650</x:v>
       </x:c>
       <x:c r="T233" s="4" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="U233" s="4" t="s">
         <x:v>84</x:v>
       </x:c>
     </x:row>
     <x:row r="234" spans="1:21">
       <x:c r="A234" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B234" s="14" t="s">
         <x:v>355</x:v>
       </x:c>
       <x:c r="C234" s="15" t="s"/>
       <x:c r="D234" s="15" t="s"/>
       <x:c r="E234" s="14" t="s"/>
       <x:c r="F234" s="14" t="s"/>
       <x:c r="G234" s="14" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="H234" s="14" t="s"/>
       <x:c r="I234" s="16" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="J234" s="14" t="s"/>
       <x:c r="K234" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L234" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M234" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="N234" s="15" t="n">
         <x:v>70312</x:v>
       </x:c>
       <x:c r="O234" s="14" t="s">
         <x:v>356</x:v>
       </x:c>
       <x:c r="P234" s="14" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="Q234" s="16" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="R234" s="14" t="s">
-        <x:v>94</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="S234" s="14" t="n">
-        <x:v>616669</x:v>
+        <x:v>616653</x:v>
       </x:c>
       <x:c r="T234" s="16" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="U234" s="16" t="s">
         <x:v>84</x:v>
       </x:c>
     </x:row>
     <x:row r="235" spans="1:21">
       <x:c r="A235" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B235" s="0" t="s">
         <x:v>355</x:v>
       </x:c>
       <x:c r="C235" s="3" t="s"/>
       <x:c r="D235" s="3" t="s"/>
       <x:c r="G235" s="0" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="I235" s="4" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="K235" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L235" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M235" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="N235" s="3" t="n">
         <x:v>70312</x:v>
       </x:c>
       <x:c r="O235" s="0" t="s">
         <x:v>356</x:v>
       </x:c>
       <x:c r="P235" s="0" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="Q235" s="4" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="R235" s="0" t="s">
-        <x:v>88</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="S235" s="0" t="n">
-        <x:v>616592</x:v>
+        <x:v>616662</x:v>
       </x:c>
       <x:c r="T235" s="4" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="U235" s="4" t="s">
         <x:v>84</x:v>
       </x:c>
     </x:row>
     <x:row r="236" spans="1:21">
       <x:c r="A236" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B236" s="14" t="s">
         <x:v>355</x:v>
       </x:c>
       <x:c r="C236" s="15" t="s"/>
       <x:c r="D236" s="15" t="s"/>
       <x:c r="E236" s="14" t="s"/>
       <x:c r="F236" s="14" t="s"/>
       <x:c r="G236" s="14" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="H236" s="14" t="s"/>
       <x:c r="I236" s="16" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="J236" s="14" t="s"/>
       <x:c r="K236" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L236" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M236" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="N236" s="15" t="n">
         <x:v>70312</x:v>
       </x:c>
       <x:c r="O236" s="14" t="s">
         <x:v>356</x:v>
       </x:c>
       <x:c r="P236" s="14" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="Q236" s="16" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="R236" s="14" t="s">
-        <x:v>123</x:v>
+        <x:v>106</x:v>
       </x:c>
       <x:c r="S236" s="14" t="n">
-        <x:v>616650</x:v>
+        <x:v>616668</x:v>
       </x:c>
       <x:c r="T236" s="16" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="U236" s="16" t="s">
         <x:v>84</x:v>
       </x:c>
     </x:row>
     <x:row r="237" spans="1:21">
       <x:c r="A237" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B237" s="0" t="s">
         <x:v>355</x:v>
       </x:c>
       <x:c r="C237" s="3" t="s"/>
       <x:c r="D237" s="3" t="s"/>
       <x:c r="G237" s="0" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="I237" s="4" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="K237" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L237" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M237" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="N237" s="3" t="n">
         <x:v>70312</x:v>
       </x:c>
       <x:c r="O237" s="0" t="s">
         <x:v>356</x:v>
       </x:c>
       <x:c r="P237" s="0" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="Q237" s="4" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="R237" s="0" t="s">
-        <x:v>92</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="S237" s="0" t="n">
-        <x:v>616653</x:v>
+        <x:v>616669</x:v>
       </x:c>
       <x:c r="T237" s="4" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="U237" s="4" t="s">
         <x:v>84</x:v>
       </x:c>
     </x:row>
     <x:row r="238" spans="1:21">
       <x:c r="A238" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B238" s="14" t="s">
         <x:v>355</x:v>
       </x:c>
       <x:c r="C238" s="15" t="s"/>
       <x:c r="D238" s="15" t="s"/>
       <x:c r="E238" s="14" t="s"/>
       <x:c r="F238" s="14" t="s"/>
       <x:c r="G238" s="14" t="s">
         <x:v>108</x:v>
       </x:c>
       <x:c r="H238" s="14" t="s"/>
       <x:c r="I238" s="16" t="s">
         <x:v>109</x:v>
@@ -22223,51 +22223,51 @@
       <x:c r="G357" s="0" t="s">
         <x:v>408</x:v>
       </x:c>
       <x:c r="I357" s="4" t="s">
         <x:v>409</x:v>
       </x:c>
       <x:c r="K357" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L357" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M357" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N357" s="3" t="n">
         <x:v>70354</x:v>
       </x:c>
       <x:c r="O357" s="0" t="s">
         <x:v>145</x:v>
       </x:c>
       <x:c r="P357" s="0" t="s">
         <x:v>413</x:v>
       </x:c>
       <x:c r="Q357" s="4" t="s">
-        <x:v>226</x:v>
+        <x:v>225</x:v>
       </x:c>
       <x:c r="R357" s="0" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="S357" s="0" t="n">
         <x:v>505820</x:v>
       </x:c>
       <x:c r="T357" s="4" t="s">
         <x:v>412</x:v>
       </x:c>
       <x:c r="U357" s="4" t="s">
         <x:v>56</x:v>
       </x:c>
     </x:row>
     <x:row r="358" spans="1:21">
       <x:c r="A358" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B358" s="14" t="s">
         <x:v>414</x:v>
       </x:c>
       <x:c r="C358" s="15" t="n">
         <x:v>36804</x:v>
       </x:c>
       <x:c r="D358" s="15" t="s"/>
@@ -22970,51 +22970,51 @@
       <x:c r="M370" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="N370" s="15" t="n">
         <x:v>70322</x:v>
       </x:c>
       <x:c r="O370" s="14" t="s">
         <x:v>360</x:v>
       </x:c>
       <x:c r="P370" s="14" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="Q370" s="16" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="R370" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="S370" s="14" t="n">
         <x:v>576623</x:v>
       </x:c>
       <x:c r="T370" s="16" t="s">
         <x:v>342</x:v>
       </x:c>
       <x:c r="U370" s="16" t="s">
-        <x:v>247</x:v>
+        <x:v>246</x:v>
       </x:c>
     </x:row>
     <x:row r="371" spans="1:21">
       <x:c r="A371" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B371" s="0" t="s">
         <x:v>443</x:v>
       </x:c>
       <x:c r="C371" s="3" t="s"/>
       <x:c r="D371" s="3" t="s"/>
       <x:c r="G371" s="0" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="I371" s="4" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="K371" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L371" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="M371" s="0" t="s">
         <x:v>36</x:v>
@@ -30218,51 +30218,51 @@
       <x:c r="G509" s="0" t="s">
         <x:v>408</x:v>
       </x:c>
       <x:c r="I509" s="4" t="s">
         <x:v>409</x:v>
       </x:c>
       <x:c r="K509" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L509" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M509" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N509" s="3" t="n">
         <x:v>70354</x:v>
       </x:c>
       <x:c r="O509" s="0" t="s">
         <x:v>145</x:v>
       </x:c>
       <x:c r="P509" s="0" t="s">
         <x:v>413</x:v>
       </x:c>
       <x:c r="Q509" s="4" t="s">
-        <x:v>226</x:v>
+        <x:v>225</x:v>
       </x:c>
       <x:c r="R509" s="0" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="S509" s="0" t="n">
         <x:v>566966</x:v>
       </x:c>
       <x:c r="T509" s="4" t="s">
         <x:v>531</x:v>
       </x:c>
       <x:c r="U509" s="4" t="s">
         <x:v>56</x:v>
       </x:c>
     </x:row>
     <x:row r="510" spans="1:21">
       <x:c r="A510" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B510" s="14" t="s">
         <x:v>477</x:v>
       </x:c>
       <x:c r="C510" s="15" t="s"/>
       <x:c r="D510" s="15" t="s"/>
       <x:c r="E510" s="14" t="s"/>
       <x:c r="F510" s="14" t="s"/>
@@ -30332,51 +30332,51 @@
       <x:c r="M511" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N511" s="3" t="n">
         <x:v>15052</x:v>
       </x:c>
       <x:c r="O511" s="0" t="s">
         <x:v>477</x:v>
       </x:c>
       <x:c r="P511" s="0" t="s">
         <x:v>170</x:v>
       </x:c>
       <x:c r="Q511" s="4" t="s">
         <x:v>171</x:v>
       </x:c>
       <x:c r="R511" s="0" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="S511" s="0" t="n">
         <x:v>568804</x:v>
       </x:c>
       <x:c r="T511" s="4" t="s">
         <x:v>297</x:v>
       </x:c>
       <x:c r="U511" s="4" t="s">
-        <x:v>232</x:v>
+        <x:v>231</x:v>
       </x:c>
     </x:row>
     <x:row r="512" spans="1:21">
       <x:c r="A512" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B512" s="14" t="s">
         <x:v>477</x:v>
       </x:c>
       <x:c r="C512" s="15" t="s"/>
       <x:c r="D512" s="15" t="s"/>
       <x:c r="E512" s="14" t="s"/>
       <x:c r="F512" s="14" t="s"/>
       <x:c r="G512" s="14" t="s">
         <x:v>170</x:v>
       </x:c>
       <x:c r="H512" s="14" t="s"/>
       <x:c r="I512" s="16" t="s">
         <x:v>171</x:v>
       </x:c>
       <x:c r="J512" s="14" t="s"/>
       <x:c r="K512" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L512" s="14" t="s">
@@ -31792,75 +31792,75 @@
         <x:v>604</x:v>
       </x:c>
       <x:c r="S538" s="14" t="n">
         <x:v>594460</x:v>
       </x:c>
       <x:c r="T538" s="16" t="s">
         <x:v>163</x:v>
       </x:c>
       <x:c r="U538" s="16" t="s">
         <x:v>47</x:v>
       </x:c>
     </x:row>
     <x:row r="539" spans="1:21">
       <x:c r="A539" s="1" t="s">
         <x:v>501</x:v>
       </x:c>
       <x:c r="B539" s="0" t="s">
         <x:v>540</x:v>
       </x:c>
       <x:c r="C539" s="3" t="s"/>
       <x:c r="D539" s="3" t="s"/>
       <x:c r="G539" s="0" t="s">
         <x:v>605</x:v>
       </x:c>
       <x:c r="I539" s="4" t="s">
-        <x:v>230</x:v>
+        <x:v>229</x:v>
       </x:c>
       <x:c r="J539" s="0" t="s">
         <x:v>131</x:v>
       </x:c>
       <x:c r="K539" s="0" t="s">
         <x:v>505</x:v>
       </x:c>
       <x:c r="L539" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="M539" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N539" s="3" t="n">
         <x:v>33054</x:v>
       </x:c>
       <x:c r="O539" s="0" t="s">
         <x:v>543</x:v>
       </x:c>
       <x:c r="P539" s="0" t="s">
         <x:v>605</x:v>
       </x:c>
       <x:c r="Q539" s="4" t="s">
-        <x:v>230</x:v>
+        <x:v>229</x:v>
       </x:c>
       <x:c r="R539" s="0" t="s">
         <x:v>99</x:v>
       </x:c>
       <x:c r="S539" s="0" t="n">
         <x:v>594461</x:v>
       </x:c>
       <x:c r="T539" s="4" t="s">
         <x:v>163</x:v>
       </x:c>
       <x:c r="U539" s="4" t="s">
         <x:v>47</x:v>
       </x:c>
     </x:row>
     <x:row r="540" spans="1:21">
       <x:c r="A540" s="13" t="s">
         <x:v>501</x:v>
       </x:c>
       <x:c r="B540" s="14" t="s">
         <x:v>540</x:v>
       </x:c>
       <x:c r="C540" s="15" t="s"/>
       <x:c r="D540" s="15" t="s"/>
       <x:c r="E540" s="14" t="s"/>
       <x:c r="F540" s="14" t="s"/>
@@ -32006,75 +32006,75 @@
         <x:v>85</x:v>
       </x:c>
       <x:c r="S542" s="14" t="n">
         <x:v>594487</x:v>
       </x:c>
       <x:c r="T542" s="16" t="s">
         <x:v>163</x:v>
       </x:c>
       <x:c r="U542" s="16" t="s">
         <x:v>47</x:v>
       </x:c>
     </x:row>
     <x:row r="543" spans="1:21">
       <x:c r="A543" s="1" t="s">
         <x:v>501</x:v>
       </x:c>
       <x:c r="B543" s="0" t="s">
         <x:v>540</x:v>
       </x:c>
       <x:c r="C543" s="3" t="s"/>
       <x:c r="D543" s="3" t="s"/>
       <x:c r="G543" s="0" t="s">
         <x:v>611</x:v>
       </x:c>
       <x:c r="I543" s="4" t="s">
-        <x:v>240</x:v>
+        <x:v>239</x:v>
       </x:c>
       <x:c r="J543" s="0" t="s">
         <x:v>131</x:v>
       </x:c>
       <x:c r="K543" s="0" t="s">
         <x:v>505</x:v>
       </x:c>
       <x:c r="L543" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="M543" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N543" s="3" t="n">
         <x:v>33054</x:v>
       </x:c>
       <x:c r="O543" s="0" t="s">
         <x:v>543</x:v>
       </x:c>
       <x:c r="P543" s="0" t="s">
         <x:v>611</x:v>
       </x:c>
       <x:c r="Q543" s="4" t="s">
-        <x:v>240</x:v>
+        <x:v>239</x:v>
       </x:c>
       <x:c r="R543" s="0" t="s">
         <x:v>100</x:v>
       </x:c>
       <x:c r="S543" s="0" t="n">
         <x:v>594435</x:v>
       </x:c>
       <x:c r="T543" s="4" t="s">
         <x:v>163</x:v>
       </x:c>
       <x:c r="U543" s="4" t="s">
         <x:v>47</x:v>
       </x:c>
     </x:row>
     <x:row r="544" spans="1:21">
       <x:c r="A544" s="13" t="s">
         <x:v>501</x:v>
       </x:c>
       <x:c r="B544" s="14" t="s">
         <x:v>540</x:v>
       </x:c>
       <x:c r="C544" s="15" t="s"/>
       <x:c r="D544" s="15" t="s"/>
       <x:c r="E544" s="14" t="s"/>
       <x:c r="F544" s="14" t="s"/>
@@ -33183,75 +33183,75 @@
         <x:v>70</x:v>
       </x:c>
       <x:c r="S564" s="14" t="n">
         <x:v>594454</x:v>
       </x:c>
       <x:c r="T564" s="16" t="s">
         <x:v>163</x:v>
       </x:c>
       <x:c r="U564" s="16" t="s">
         <x:v>47</x:v>
       </x:c>
     </x:row>
     <x:row r="565" spans="1:21">
       <x:c r="A565" s="1" t="s">
         <x:v>501</x:v>
       </x:c>
       <x:c r="B565" s="0" t="s">
         <x:v>540</x:v>
       </x:c>
       <x:c r="C565" s="3" t="s"/>
       <x:c r="D565" s="3" t="s"/>
       <x:c r="G565" s="0" t="s">
         <x:v>658</x:v>
       </x:c>
       <x:c r="I565" s="4" t="s">
-        <x:v>235</x:v>
+        <x:v>234</x:v>
       </x:c>
       <x:c r="J565" s="0" t="s">
         <x:v>131</x:v>
       </x:c>
       <x:c r="K565" s="0" t="s">
         <x:v>505</x:v>
       </x:c>
       <x:c r="L565" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="M565" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N565" s="3" t="n">
         <x:v>33054</x:v>
       </x:c>
       <x:c r="O565" s="0" t="s">
         <x:v>543</x:v>
       </x:c>
       <x:c r="P565" s="0" t="s">
         <x:v>658</x:v>
       </x:c>
       <x:c r="Q565" s="4" t="s">
-        <x:v>235</x:v>
+        <x:v>234</x:v>
       </x:c>
       <x:c r="R565" s="0" t="s">
         <x:v>104</x:v>
       </x:c>
       <x:c r="S565" s="0" t="n">
         <x:v>594457</x:v>
       </x:c>
       <x:c r="T565" s="4" t="s">
         <x:v>163</x:v>
       </x:c>
       <x:c r="U565" s="4" t="s">
         <x:v>47</x:v>
       </x:c>
     </x:row>
     <x:row r="566" spans="1:21">
       <x:c r="A566" s="13" t="s">
         <x:v>501</x:v>
       </x:c>
       <x:c r="B566" s="14" t="s">
         <x:v>540</x:v>
       </x:c>
       <x:c r="C566" s="15" t="s"/>
       <x:c r="D566" s="15" t="s"/>
       <x:c r="E566" s="14" t="s"/>
       <x:c r="F566" s="14" t="s"/>
@@ -33907,51 +33907,51 @@
       <x:c r="J578" s="14" t="s">
         <x:v>131</x:v>
       </x:c>
       <x:c r="K578" s="14" t="s">
         <x:v>505</x:v>
       </x:c>
       <x:c r="L578" s="14" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="M578" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N578" s="15" t="n">
         <x:v>33054</x:v>
       </x:c>
       <x:c r="O578" s="14" t="s">
         <x:v>543</x:v>
       </x:c>
       <x:c r="P578" s="14" t="s">
         <x:v>689</x:v>
       </x:c>
       <x:c r="Q578" s="16" t="s">
         <x:v>690</x:v>
       </x:c>
       <x:c r="R578" s="14" t="s">
-        <x:v>251</x:v>
+        <x:v>250</x:v>
       </x:c>
       <x:c r="S578" s="14" t="n">
         <x:v>594476</x:v>
       </x:c>
       <x:c r="T578" s="16" t="s">
         <x:v>163</x:v>
       </x:c>
       <x:c r="U578" s="16" t="s">
         <x:v>47</x:v>
       </x:c>
     </x:row>
     <x:row r="579" spans="1:21">
       <x:c r="A579" s="1" t="s">
         <x:v>501</x:v>
       </x:c>
       <x:c r="B579" s="0" t="s">
         <x:v>540</x:v>
       </x:c>
       <x:c r="C579" s="3" t="s"/>
       <x:c r="D579" s="3" t="s"/>
       <x:c r="G579" s="0" t="s">
         <x:v>691</x:v>
       </x:c>
       <x:c r="I579" s="4" t="s">
         <x:v>312</x:v>
@@ -35353,441 +35353,442 @@
       <x:c r="S602" s="14" t="n">
         <x:v>553188</x:v>
       </x:c>
       <x:c r="T602" s="16" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="U602" s="16" t="s">
         <x:v>310</x:v>
       </x:c>
     </x:row>
     <x:row r="603" spans="1:21">
       <x:c r="A603" s="1" t="s">
         <x:v>155</x:v>
       </x:c>
       <x:c r="B603" s="0" t="s">
         <x:v>692</x:v>
       </x:c>
       <x:c r="C603" s="3" t="n">
         <x:v>34606</x:v>
       </x:c>
       <x:c r="D603" s="3" t="s"/>
       <x:c r="E603" s="0" t="s">
         <x:v>157</x:v>
       </x:c>
       <x:c r="G603" s="0" t="s">
-        <x:v>715</x:v>
+        <x:v>706</x:v>
       </x:c>
       <x:c r="H603" s="0" t="s">
-        <x:v>716</x:v>
+        <x:v>707</x:v>
       </x:c>
       <x:c r="I603" s="4" t="s">
-        <x:v>717</x:v>
+        <x:v>708</x:v>
       </x:c>
       <x:c r="J603" s="0" t="s">
         <x:v>131</x:v>
       </x:c>
       <x:c r="K603" s="0" t="s">
         <x:v>161</x:v>
       </x:c>
       <x:c r="L603" s="0" t="s">
-        <x:v>26</x:v>
+        <x:v>35</x:v>
       </x:c>
       <x:c r="M603" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N603" s="3" t="n">
         <x:v>35035</x:v>
       </x:c>
       <x:c r="O603" s="0" t="s">
         <x:v>302</x:v>
       </x:c>
       <x:c r="P603" s="0" t="s">
+        <x:v>706</x:v>
+      </x:c>
+      <x:c r="Q603" s="4" t="s">
+        <x:v>708</x:v>
+      </x:c>
+      <x:c r="R603" s="0" t="s">
+        <x:v>709</x:v>
+      </x:c>
+      <x:c r="S603" s="0" t="n">
+        <x:v>498010</x:v>
+      </x:c>
+      <x:c r="T603" s="4" t="s">
         <x:v>715</x:v>
-      </x:c>
-[...10 lines deleted...]
-        <x:v>218</x:v>
       </x:c>
       <x:c r="U603" s="4" t="s">
         <x:v>47</x:v>
       </x:c>
     </x:row>
     <x:row r="604" spans="1:21">
       <x:c r="A604" s="13" t="s">
         <x:v>155</x:v>
       </x:c>
       <x:c r="B604" s="14" t="s">
         <x:v>692</x:v>
       </x:c>
       <x:c r="C604" s="15" t="n">
         <x:v>34606</x:v>
       </x:c>
       <x:c r="D604" s="15" t="s"/>
       <x:c r="E604" s="14" t="s">
         <x:v>157</x:v>
       </x:c>
       <x:c r="F604" s="14" t="s"/>
       <x:c r="G604" s="14" t="s">
-        <x:v>435</x:v>
+        <x:v>716</x:v>
       </x:c>
       <x:c r="H604" s="14" t="s">
-        <x:v>436</x:v>
+        <x:v>717</x:v>
       </x:c>
       <x:c r="I604" s="16" t="s">
-        <x:v>285</x:v>
+        <x:v>718</x:v>
       </x:c>
       <x:c r="J604" s="14" t="s">
         <x:v>131</x:v>
       </x:c>
       <x:c r="K604" s="14" t="s">
         <x:v>161</x:v>
       </x:c>
       <x:c r="L604" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M604" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N604" s="15" t="n">
         <x:v>35035</x:v>
       </x:c>
       <x:c r="O604" s="14" t="s">
         <x:v>302</x:v>
       </x:c>
       <x:c r="P604" s="14" t="s">
-        <x:v>699</x:v>
+        <x:v>716</x:v>
       </x:c>
       <x:c r="Q604" s="16" t="s">
-        <x:v>700</x:v>
+        <x:v>718</x:v>
       </x:c>
       <x:c r="R604" s="14" t="s">
-        <x:v>701</x:v>
+        <x:v>293</x:v>
       </x:c>
       <x:c r="S604" s="14" t="n">
-        <x:v>501648</x:v>
+        <x:v>498664</x:v>
       </x:c>
       <x:c r="T604" s="16" t="s">
         <x:v>218</x:v>
       </x:c>
       <x:c r="U604" s="16" t="s">
         <x:v>47</x:v>
       </x:c>
     </x:row>
     <x:row r="605" spans="1:21">
       <x:c r="A605" s="1" t="s">
         <x:v>155</x:v>
       </x:c>
       <x:c r="B605" s="0" t="s">
         <x:v>692</x:v>
       </x:c>
       <x:c r="C605" s="3" t="n">
         <x:v>34606</x:v>
       </x:c>
       <x:c r="D605" s="3" t="s"/>
       <x:c r="E605" s="0" t="s">
         <x:v>157</x:v>
       </x:c>
       <x:c r="G605" s="0" t="s">
-        <x:v>259</x:v>
+        <x:v>435</x:v>
+      </x:c>
+      <x:c r="H605" s="0" t="s">
+        <x:v>436</x:v>
       </x:c>
       <x:c r="I605" s="4" t="s">
-        <x:v>214</x:v>
+        <x:v>285</x:v>
       </x:c>
       <x:c r="J605" s="0" t="s">
         <x:v>131</x:v>
       </x:c>
       <x:c r="K605" s="0" t="s">
         <x:v>161</x:v>
       </x:c>
       <x:c r="L605" s="0" t="s">
-        <x:v>35</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="M605" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N605" s="3" t="n">
         <x:v>35035</x:v>
       </x:c>
       <x:c r="O605" s="0" t="s">
         <x:v>302</x:v>
       </x:c>
       <x:c r="P605" s="0" t="s">
-        <x:v>696</x:v>
+        <x:v>699</x:v>
       </x:c>
       <x:c r="Q605" s="4" t="s">
-        <x:v>587</x:v>
+        <x:v>700</x:v>
       </x:c>
       <x:c r="R605" s="0" t="s">
-        <x:v>382</x:v>
+        <x:v>701</x:v>
       </x:c>
       <x:c r="S605" s="0" t="n">
-        <x:v>547506</x:v>
+        <x:v>501648</x:v>
       </x:c>
       <x:c r="T605" s="4" t="s">
-        <x:v>46</x:v>
+        <x:v>218</x:v>
       </x:c>
       <x:c r="U605" s="4" t="s">
         <x:v>47</x:v>
       </x:c>
     </x:row>
     <x:row r="606" spans="1:21">
       <x:c r="A606" s="13" t="s">
         <x:v>155</x:v>
       </x:c>
       <x:c r="B606" s="14" t="s">
         <x:v>692</x:v>
       </x:c>
       <x:c r="C606" s="15" t="n">
-        <x:v>40705</x:v>
+        <x:v>34606</x:v>
       </x:c>
       <x:c r="D606" s="15" t="s"/>
       <x:c r="E606" s="14" t="s">
         <x:v>157</x:v>
       </x:c>
       <x:c r="F606" s="14" t="s"/>
       <x:c r="G606" s="14" t="s">
-        <x:v>278</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>259</x:v>
+      </x:c>
+      <x:c r="H606" s="14" t="s"/>
       <x:c r="I606" s="16" t="s">
-        <x:v>194</x:v>
+        <x:v>214</x:v>
       </x:c>
       <x:c r="J606" s="14" t="s">
         <x:v>131</x:v>
       </x:c>
       <x:c r="K606" s="14" t="s">
         <x:v>161</x:v>
       </x:c>
       <x:c r="L606" s="14" t="s">
-        <x:v>26</x:v>
+        <x:v>35</x:v>
       </x:c>
       <x:c r="M606" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N606" s="15" t="n">
         <x:v>35035</x:v>
       </x:c>
       <x:c r="O606" s="14" t="s">
         <x:v>302</x:v>
       </x:c>
       <x:c r="P606" s="14" t="s">
-        <x:v>702</x:v>
+        <x:v>696</x:v>
       </x:c>
       <x:c r="Q606" s="16" t="s">
-        <x:v>703</x:v>
+        <x:v>587</x:v>
       </x:c>
       <x:c r="R606" s="14" t="s">
-        <x:v>704</x:v>
+        <x:v>382</x:v>
       </x:c>
       <x:c r="S606" s="14" t="n">
-        <x:v>557195</x:v>
+        <x:v>547506</x:v>
       </x:c>
       <x:c r="T606" s="16" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="U606" s="16" t="s">
-        <x:v>219</x:v>
+        <x:v>47</x:v>
       </x:c>
     </x:row>
     <x:row r="607" spans="1:21">
       <x:c r="A607" s="1" t="s">
         <x:v>155</x:v>
       </x:c>
       <x:c r="B607" s="0" t="s">
         <x:v>692</x:v>
       </x:c>
       <x:c r="C607" s="3" t="n">
         <x:v>40705</x:v>
       </x:c>
       <x:c r="D607" s="3" t="s"/>
       <x:c r="E607" s="0" t="s">
         <x:v>157</x:v>
       </x:c>
       <x:c r="G607" s="0" t="s">
         <x:v>278</x:v>
       </x:c>
       <x:c r="H607" s="0" t="s">
         <x:v>279</x:v>
       </x:c>
       <x:c r="I607" s="4" t="s">
         <x:v>194</x:v>
       </x:c>
       <x:c r="J607" s="0" t="s">
         <x:v>131</x:v>
       </x:c>
       <x:c r="K607" s="0" t="s">
         <x:v>161</x:v>
       </x:c>
       <x:c r="L607" s="0" t="s">
-        <x:v>35</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="M607" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N607" s="3" t="n">
         <x:v>35035</x:v>
       </x:c>
       <x:c r="O607" s="0" t="s">
         <x:v>302</x:v>
       </x:c>
       <x:c r="P607" s="0" t="s">
-        <x:v>713</x:v>
+        <x:v>702</x:v>
       </x:c>
       <x:c r="Q607" s="4" t="s">
-        <x:v>264</x:v>
+        <x:v>703</x:v>
       </x:c>
       <x:c r="R607" s="0" t="s">
-        <x:v>116</x:v>
+        <x:v>704</x:v>
       </x:c>
       <x:c r="S607" s="0" t="n">
-        <x:v>557204</x:v>
+        <x:v>557195</x:v>
       </x:c>
       <x:c r="T607" s="4" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="U607" s="4" t="s">
-        <x:v>47</x:v>
+        <x:v>219</x:v>
       </x:c>
     </x:row>
     <x:row r="608" spans="1:21">
       <x:c r="A608" s="13" t="s">
         <x:v>155</x:v>
       </x:c>
       <x:c r="B608" s="14" t="s">
         <x:v>692</x:v>
       </x:c>
       <x:c r="C608" s="15" t="n">
-        <x:v>34606</x:v>
+        <x:v>40705</x:v>
       </x:c>
       <x:c r="D608" s="15" t="s"/>
       <x:c r="E608" s="14" t="s">
         <x:v>157</x:v>
       </x:c>
       <x:c r="F608" s="14" t="s"/>
       <x:c r="G608" s="14" t="s">
-        <x:v>706</x:v>
+        <x:v>278</x:v>
       </x:c>
       <x:c r="H608" s="14" t="s">
-        <x:v>707</x:v>
+        <x:v>279</x:v>
       </x:c>
       <x:c r="I608" s="16" t="s">
-        <x:v>708</x:v>
+        <x:v>194</x:v>
       </x:c>
       <x:c r="J608" s="14" t="s">
         <x:v>131</x:v>
       </x:c>
       <x:c r="K608" s="14" t="s">
         <x:v>161</x:v>
       </x:c>
       <x:c r="L608" s="14" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="M608" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N608" s="15" t="n">
         <x:v>35035</x:v>
       </x:c>
       <x:c r="O608" s="14" t="s">
         <x:v>302</x:v>
       </x:c>
       <x:c r="P608" s="14" t="s">
-        <x:v>706</x:v>
+        <x:v>713</x:v>
       </x:c>
       <x:c r="Q608" s="16" t="s">
-        <x:v>708</x:v>
+        <x:v>264</x:v>
       </x:c>
       <x:c r="R608" s="14" t="s">
-        <x:v>709</x:v>
+        <x:v>116</x:v>
       </x:c>
       <x:c r="S608" s="14" t="n">
-        <x:v>498010</x:v>
+        <x:v>557204</x:v>
       </x:c>
       <x:c r="T608" s="16" t="s">
-        <x:v>718</x:v>
+        <x:v>46</x:v>
       </x:c>
       <x:c r="U608" s="16" t="s">
         <x:v>47</x:v>
       </x:c>
     </x:row>
     <x:row r="609" spans="1:21">
       <x:c r="A609" s="1" t="s">
         <x:v>155</x:v>
       </x:c>
       <x:c r="B609" s="0" t="s">
         <x:v>692</x:v>
       </x:c>
       <x:c r="C609" s="3" t="n">
         <x:v>40705</x:v>
       </x:c>
       <x:c r="D609" s="3" t="s"/>
       <x:c r="E609" s="0" t="s">
         <x:v>157</x:v>
       </x:c>
       <x:c r="G609" s="0" t="s">
-        <x:v>715</x:v>
+        <x:v>716</x:v>
       </x:c>
       <x:c r="H609" s="0" t="s">
-        <x:v>716</x:v>
+        <x:v>717</x:v>
       </x:c>
       <x:c r="I609" s="4" t="s">
-        <x:v>717</x:v>
+        <x:v>718</x:v>
       </x:c>
       <x:c r="J609" s="0" t="s">
         <x:v>131</x:v>
       </x:c>
       <x:c r="K609" s="0" t="s">
         <x:v>161</x:v>
       </x:c>
       <x:c r="L609" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M609" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N609" s="3" t="n">
         <x:v>35035</x:v>
       </x:c>
       <x:c r="O609" s="0" t="s">
         <x:v>302</x:v>
       </x:c>
       <x:c r="P609" s="0" t="s">
-        <x:v>715</x:v>
+        <x:v>716</x:v>
       </x:c>
       <x:c r="Q609" s="4" t="s">
-        <x:v>717</x:v>
+        <x:v>718</x:v>
       </x:c>
       <x:c r="R609" s="0" t="s">
         <x:v>293</x:v>
       </x:c>
       <x:c r="S609" s="0" t="n">
         <x:v>547066</x:v>
       </x:c>
       <x:c r="T609" s="4" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="U609" s="4" t="s">
         <x:v>310</x:v>
       </x:c>
     </x:row>
     <x:row r="610" spans="1:21">
       <x:c r="A610" s="13" t="s">
         <x:v>155</x:v>
       </x:c>
       <x:c r="B610" s="14" t="s">
         <x:v>692</x:v>
       </x:c>
       <x:c r="C610" s="15" t="n">
         <x:v>34606</x:v>
       </x:c>
       <x:c r="D610" s="15" t="s"/>
@@ -35952,81 +35953,81 @@
       <x:c r="S612" s="14" t="n">
         <x:v>609649</x:v>
       </x:c>
       <x:c r="T612" s="16" t="s">
         <x:v>163</x:v>
       </x:c>
       <x:c r="U612" s="16" t="s">
         <x:v>310</x:v>
       </x:c>
     </x:row>
     <x:row r="613" spans="1:21">
       <x:c r="A613" s="1" t="s">
         <x:v>155</x:v>
       </x:c>
       <x:c r="B613" s="0" t="s">
         <x:v>692</x:v>
       </x:c>
       <x:c r="C613" s="3" t="n">
         <x:v>34606</x:v>
       </x:c>
       <x:c r="D613" s="3" t="s"/>
       <x:c r="E613" s="0" t="s">
         <x:v>157</x:v>
       </x:c>
       <x:c r="G613" s="0" t="s">
-        <x:v>715</x:v>
+        <x:v>716</x:v>
       </x:c>
       <x:c r="H613" s="0" t="s">
-        <x:v>716</x:v>
+        <x:v>717</x:v>
       </x:c>
       <x:c r="I613" s="4" t="s">
-        <x:v>717</x:v>
+        <x:v>718</x:v>
       </x:c>
       <x:c r="J613" s="0" t="s">
         <x:v>131</x:v>
       </x:c>
       <x:c r="K613" s="0" t="s">
         <x:v>161</x:v>
       </x:c>
       <x:c r="L613" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M613" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N613" s="3" t="n">
         <x:v>35035</x:v>
       </x:c>
       <x:c r="O613" s="0" t="s">
         <x:v>302</x:v>
       </x:c>
       <x:c r="P613" s="0" t="s">
-        <x:v>715</x:v>
+        <x:v>716</x:v>
       </x:c>
       <x:c r="Q613" s="4" t="s">
-        <x:v>717</x:v>
+        <x:v>718</x:v>
       </x:c>
       <x:c r="R613" s="0" t="s">
         <x:v>293</x:v>
       </x:c>
       <x:c r="S613" s="0" t="n">
         <x:v>452329</x:v>
       </x:c>
       <x:c r="T613" s="4" t="s">
         <x:v>698</x:v>
       </x:c>
       <x:c r="U613" s="4" t="s">
         <x:v>219</x:v>
       </x:c>
     </x:row>
     <x:row r="614" spans="1:21">
       <x:c r="A614" s="13" t="s">
         <x:v>155</x:v>
       </x:c>
       <x:c r="B614" s="14" t="s">
         <x:v>692</x:v>
       </x:c>
       <x:c r="C614" s="15" t="n">
         <x:v>40705</x:v>
       </x:c>
       <x:c r="D614" s="15" t="s"/>
@@ -36229,51 +36230,51 @@
       <x:c r="M617" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N617" s="3" t="n">
         <x:v>35035</x:v>
       </x:c>
       <x:c r="O617" s="0" t="s">
         <x:v>302</x:v>
       </x:c>
       <x:c r="P617" s="0" t="s">
         <x:v>719</x:v>
       </x:c>
       <x:c r="Q617" s="4" t="s">
         <x:v>657</x:v>
       </x:c>
       <x:c r="R617" s="0" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="S617" s="0" t="n">
         <x:v>609461</x:v>
       </x:c>
       <x:c r="T617" s="4" t="s">
         <x:v>163</x:v>
       </x:c>
       <x:c r="U617" s="4" t="s">
-        <x:v>222</x:v>
+        <x:v>252</x:v>
       </x:c>
     </x:row>
     <x:row r="618" spans="1:21">
       <x:c r="A618" s="13" t="s">
         <x:v>155</x:v>
       </x:c>
       <x:c r="B618" s="14" t="s">
         <x:v>692</x:v>
       </x:c>
       <x:c r="C618" s="15" t="n">
         <x:v>34606</x:v>
       </x:c>
       <x:c r="D618" s="15" t="s"/>
       <x:c r="E618" s="14" t="s">
         <x:v>157</x:v>
       </x:c>
       <x:c r="F618" s="14" t="s"/>
       <x:c r="G618" s="14" t="s">
         <x:v>259</x:v>
       </x:c>
       <x:c r="H618" s="14" t="s"/>
       <x:c r="I618" s="16" t="s">
         <x:v>214</x:v>
       </x:c>
       <x:c r="J618" s="14" t="s">
@@ -36466,51 +36467,51 @@
       <x:c r="L621" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="M621" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N621" s="3" t="n">
         <x:v>35035</x:v>
       </x:c>
       <x:c r="O621" s="0" t="s">
         <x:v>302</x:v>
       </x:c>
       <x:c r="P621" s="0" t="s">
         <x:v>706</x:v>
       </x:c>
       <x:c r="Q621" s="4" t="s">
         <x:v>708</x:v>
       </x:c>
       <x:c r="R621" s="0" t="s">
         <x:v>709</x:v>
       </x:c>
       <x:c r="S621" s="0" t="n">
         <x:v>498009</x:v>
       </x:c>
       <x:c r="T621" s="4" t="s">
-        <x:v>718</x:v>
+        <x:v>715</x:v>
       </x:c>
       <x:c r="U621" s="4" t="s">
         <x:v>219</x:v>
       </x:c>
     </x:row>
     <x:row r="622" spans="1:21">
       <x:c r="A622" s="13" t="s">
         <x:v>155</x:v>
       </x:c>
       <x:c r="B622" s="14" t="s">
         <x:v>692</x:v>
       </x:c>
       <x:c r="C622" s="15" t="n">
         <x:v>40705</x:v>
       </x:c>
       <x:c r="D622" s="15" t="s"/>
       <x:c r="E622" s="14" t="s">
         <x:v>157</x:v>
       </x:c>
       <x:c r="F622" s="14" t="s"/>
       <x:c r="G622" s="14" t="s">
         <x:v>278</x:v>
       </x:c>
       <x:c r="H622" s="14" t="s">
         <x:v>279</x:v>
@@ -36548,81 +36549,81 @@
       <x:c r="S622" s="14" t="n">
         <x:v>557203</x:v>
       </x:c>
       <x:c r="T622" s="16" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="U622" s="16" t="s">
         <x:v>310</x:v>
       </x:c>
     </x:row>
     <x:row r="623" spans="1:21">
       <x:c r="A623" s="1" t="s">
         <x:v>155</x:v>
       </x:c>
       <x:c r="B623" s="0" t="s">
         <x:v>692</x:v>
       </x:c>
       <x:c r="C623" s="3" t="n">
         <x:v>40705</x:v>
       </x:c>
       <x:c r="D623" s="3" t="s"/>
       <x:c r="E623" s="0" t="s">
         <x:v>157</x:v>
       </x:c>
       <x:c r="G623" s="0" t="s">
-        <x:v>715</x:v>
+        <x:v>716</x:v>
       </x:c>
       <x:c r="H623" s="0" t="s">
-        <x:v>716</x:v>
+        <x:v>717</x:v>
       </x:c>
       <x:c r="I623" s="4" t="s">
-        <x:v>717</x:v>
+        <x:v>718</x:v>
       </x:c>
       <x:c r="J623" s="0" t="s">
         <x:v>131</x:v>
       </x:c>
       <x:c r="K623" s="0" t="s">
         <x:v>161</x:v>
       </x:c>
       <x:c r="L623" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M623" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N623" s="3" t="n">
         <x:v>35035</x:v>
       </x:c>
       <x:c r="O623" s="0" t="s">
         <x:v>302</x:v>
       </x:c>
       <x:c r="P623" s="0" t="s">
-        <x:v>715</x:v>
+        <x:v>716</x:v>
       </x:c>
       <x:c r="Q623" s="4" t="s">
-        <x:v>717</x:v>
+        <x:v>718</x:v>
       </x:c>
       <x:c r="R623" s="0" t="s">
         <x:v>293</x:v>
       </x:c>
       <x:c r="S623" s="0" t="n">
         <x:v>600475</x:v>
       </x:c>
       <x:c r="T623" s="4" t="s">
         <x:v>163</x:v>
       </x:c>
       <x:c r="U623" s="4" t="s">
         <x:v>705</x:v>
       </x:c>
     </x:row>
     <x:row r="624" spans="1:21">
       <x:c r="A624" s="13" t="s">
         <x:v>155</x:v>
       </x:c>
       <x:c r="B624" s="14" t="s">
         <x:v>692</x:v>
       </x:c>
       <x:c r="C624" s="15" t="n">
         <x:v>40705</x:v>
       </x:c>
       <x:c r="D624" s="15" t="s"/>
@@ -37016,75 +37017,75 @@
       <x:c r="S630" s="14" t="n">
         <x:v>595262</x:v>
       </x:c>
       <x:c r="T630" s="16" t="s">
         <x:v>163</x:v>
       </x:c>
       <x:c r="U630" s="16" t="s">
         <x:v>310</x:v>
       </x:c>
     </x:row>
     <x:row r="631" spans="1:21">
       <x:c r="A631" s="1" t="s">
         <x:v>501</x:v>
       </x:c>
       <x:c r="B631" s="0" t="s">
         <x:v>724</x:v>
       </x:c>
       <x:c r="C631" s="3" t="n">
         <x:v>40705</x:v>
       </x:c>
       <x:c r="D631" s="3" t="s"/>
       <x:c r="G631" s="0" t="s">
         <x:v>605</x:v>
       </x:c>
       <x:c r="I631" s="4" t="s">
-        <x:v>230</x:v>
+        <x:v>229</x:v>
       </x:c>
       <x:c r="J631" s="0" t="s">
         <x:v>131</x:v>
       </x:c>
       <x:c r="K631" s="0" t="s">
         <x:v>505</x:v>
       </x:c>
       <x:c r="L631" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="M631" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N631" s="3" t="n">
         <x:v>35035</x:v>
       </x:c>
       <x:c r="O631" s="0" t="s">
         <x:v>302</x:v>
       </x:c>
       <x:c r="P631" s="0" t="s">
         <x:v>605</x:v>
       </x:c>
       <x:c r="Q631" s="4" t="s">
-        <x:v>230</x:v>
+        <x:v>229</x:v>
       </x:c>
       <x:c r="R631" s="0" t="s">
         <x:v>99</x:v>
       </x:c>
       <x:c r="S631" s="0" t="n">
         <x:v>595264</x:v>
       </x:c>
       <x:c r="T631" s="4" t="s">
         <x:v>163</x:v>
       </x:c>
       <x:c r="U631" s="4" t="s">
         <x:v>310</x:v>
       </x:c>
     </x:row>
     <x:row r="632" spans="1:21">
       <x:c r="A632" s="13" t="s">
         <x:v>501</x:v>
       </x:c>
       <x:c r="B632" s="14" t="s">
         <x:v>724</x:v>
       </x:c>
       <x:c r="C632" s="15" t="n">
         <x:v>40705</x:v>
       </x:c>
       <x:c r="D632" s="15" t="s"/>
@@ -37127,75 +37128,75 @@
       <x:c r="S632" s="14" t="n">
         <x:v>595270</x:v>
       </x:c>
       <x:c r="T632" s="16" t="s">
         <x:v>163</x:v>
       </x:c>
       <x:c r="U632" s="16" t="s">
         <x:v>310</x:v>
       </x:c>
     </x:row>
     <x:row r="633" spans="1:21">
       <x:c r="A633" s="1" t="s">
         <x:v>501</x:v>
       </x:c>
       <x:c r="B633" s="0" t="s">
         <x:v>724</x:v>
       </x:c>
       <x:c r="C633" s="3" t="n">
         <x:v>40705</x:v>
       </x:c>
       <x:c r="D633" s="3" t="s"/>
       <x:c r="G633" s="0" t="s">
         <x:v>730</x:v>
       </x:c>
       <x:c r="I633" s="4" t="s">
-        <x:v>240</x:v>
+        <x:v>239</x:v>
       </x:c>
       <x:c r="J633" s="0" t="s">
         <x:v>131</x:v>
       </x:c>
       <x:c r="K633" s="0" t="s">
         <x:v>505</x:v>
       </x:c>
       <x:c r="L633" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="M633" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N633" s="3" t="n">
         <x:v>35035</x:v>
       </x:c>
       <x:c r="O633" s="0" t="s">
         <x:v>302</x:v>
       </x:c>
       <x:c r="P633" s="0" t="s">
         <x:v>730</x:v>
       </x:c>
       <x:c r="Q633" s="4" t="s">
-        <x:v>240</x:v>
+        <x:v>239</x:v>
       </x:c>
       <x:c r="R633" s="0" t="s">
         <x:v>100</x:v>
       </x:c>
       <x:c r="S633" s="0" t="n">
         <x:v>595273</x:v>
       </x:c>
       <x:c r="T633" s="4" t="s">
         <x:v>163</x:v>
       </x:c>
       <x:c r="U633" s="4" t="s">
         <x:v>310</x:v>
       </x:c>
     </x:row>
     <x:row r="634" spans="1:21">
       <x:c r="A634" s="13" t="s">
         <x:v>501</x:v>
       </x:c>
       <x:c r="B634" s="14" t="s">
         <x:v>724</x:v>
       </x:c>
       <x:c r="C634" s="15" t="n">
         <x:v>40705</x:v>
       </x:c>
       <x:c r="D634" s="15" t="s"/>
@@ -37238,75 +37239,75 @@
       <x:c r="S634" s="14" t="n">
         <x:v>595274</x:v>
       </x:c>
       <x:c r="T634" s="16" t="s">
         <x:v>163</x:v>
       </x:c>
       <x:c r="U634" s="16" t="s">
         <x:v>310</x:v>
       </x:c>
     </x:row>
     <x:row r="635" spans="1:21">
       <x:c r="A635" s="1" t="s">
         <x:v>501</x:v>
       </x:c>
       <x:c r="B635" s="0" t="s">
         <x:v>724</x:v>
       </x:c>
       <x:c r="C635" s="3" t="n">
         <x:v>40705</x:v>
       </x:c>
       <x:c r="D635" s="3" t="s"/>
       <x:c r="G635" s="0" t="s">
         <x:v>731</x:v>
       </x:c>
       <x:c r="I635" s="4" t="s">
-        <x:v>240</x:v>
+        <x:v>239</x:v>
       </x:c>
       <x:c r="J635" s="0" t="s">
         <x:v>131</x:v>
       </x:c>
       <x:c r="K635" s="0" t="s">
         <x:v>505</x:v>
       </x:c>
       <x:c r="L635" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="M635" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N635" s="3" t="n">
         <x:v>35035</x:v>
       </x:c>
       <x:c r="O635" s="0" t="s">
         <x:v>302</x:v>
       </x:c>
       <x:c r="P635" s="0" t="s">
         <x:v>611</x:v>
       </x:c>
       <x:c r="Q635" s="4" t="s">
-        <x:v>240</x:v>
+        <x:v>239</x:v>
       </x:c>
       <x:c r="R635" s="0" t="s">
         <x:v>100</x:v>
       </x:c>
       <x:c r="S635" s="0" t="n">
         <x:v>595277</x:v>
       </x:c>
       <x:c r="T635" s="4" t="s">
         <x:v>163</x:v>
       </x:c>
       <x:c r="U635" s="4" t="s">
         <x:v>310</x:v>
       </x:c>
     </x:row>
     <x:row r="636" spans="1:21">
       <x:c r="A636" s="13" t="s">
         <x:v>501</x:v>
       </x:c>
       <x:c r="B636" s="14" t="s">
         <x:v>724</x:v>
       </x:c>
       <x:c r="C636" s="15" t="n">
         <x:v>40705</x:v>
       </x:c>
       <x:c r="D636" s="15" t="s"/>
@@ -38156,54 +38157,54 @@
       <x:c r="H651" s="0" t="s">
         <x:v>428</x:v>
       </x:c>
       <x:c r="I651" s="4" t="s">
         <x:v>189</x:v>
       </x:c>
       <x:c r="J651" s="0" t="s">
         <x:v>131</x:v>
       </x:c>
       <x:c r="K651" s="0" t="s">
         <x:v>268</x:v>
       </x:c>
       <x:c r="L651" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="M651" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N651" s="3" t="n">
         <x:v>35035</x:v>
       </x:c>
       <x:c r="O651" s="0" t="s">
         <x:v>302</x:v>
       </x:c>
       <x:c r="P651" s="0" t="s">
+        <x:v>242</x:v>
+      </x:c>
+      <x:c r="Q651" s="4" t="s">
         <x:v>243</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>244</x:v>
       </x:c>
       <x:c r="R651" s="0" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="S651" s="0" t="n">
         <x:v>583811</x:v>
       </x:c>
       <x:c r="T651" s="4" t="s">
         <x:v>755</x:v>
       </x:c>
       <x:c r="U651" s="4" t="s">
         <x:v>756</x:v>
       </x:c>
     </x:row>
     <x:row r="652" spans="1:21">
       <x:c r="A652" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B652" s="14" t="s">
         <x:v>754</x:v>
       </x:c>
       <x:c r="C652" s="15" t="n">
         <x:v>40705</x:v>
       </x:c>
       <x:c r="D652" s="15" t="s"/>
@@ -38694,75 +38695,75 @@
       <x:c r="S660" s="14" t="n">
         <x:v>595266</x:v>
       </x:c>
       <x:c r="T660" s="16" t="s">
         <x:v>163</x:v>
       </x:c>
       <x:c r="U660" s="16" t="s">
         <x:v>310</x:v>
       </x:c>
     </x:row>
     <x:row r="661" spans="1:21">
       <x:c r="A661" s="1" t="s">
         <x:v>501</x:v>
       </x:c>
       <x:c r="B661" s="0" t="s">
         <x:v>724</x:v>
       </x:c>
       <x:c r="C661" s="3" t="n">
         <x:v>40705</x:v>
       </x:c>
       <x:c r="D661" s="3" t="s"/>
       <x:c r="G661" s="0" t="s">
         <x:v>658</x:v>
       </x:c>
       <x:c r="I661" s="4" t="s">
-        <x:v>235</x:v>
+        <x:v>234</x:v>
       </x:c>
       <x:c r="J661" s="0" t="s">
         <x:v>131</x:v>
       </x:c>
       <x:c r="K661" s="0" t="s">
         <x:v>505</x:v>
       </x:c>
       <x:c r="L661" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="M661" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N661" s="3" t="n">
         <x:v>35035</x:v>
       </x:c>
       <x:c r="O661" s="0" t="s">
         <x:v>302</x:v>
       </x:c>
       <x:c r="P661" s="0" t="s">
         <x:v>658</x:v>
       </x:c>
       <x:c r="Q661" s="4" t="s">
-        <x:v>235</x:v>
+        <x:v>234</x:v>
       </x:c>
       <x:c r="R661" s="0" t="s">
         <x:v>104</x:v>
       </x:c>
       <x:c r="S661" s="0" t="n">
         <x:v>595283</x:v>
       </x:c>
       <x:c r="T661" s="4" t="s">
         <x:v>163</x:v>
       </x:c>
       <x:c r="U661" s="4" t="s">
         <x:v>310</x:v>
       </x:c>
     </x:row>
     <x:row r="662" spans="1:21">
       <x:c r="A662" s="13" t="s">
         <x:v>501</x:v>
       </x:c>
       <x:c r="B662" s="14" t="s">
         <x:v>724</x:v>
       </x:c>
       <x:c r="C662" s="15" t="n">
         <x:v>40705</x:v>
       </x:c>
       <x:c r="D662" s="15" t="s"/>
@@ -41018,51 +41019,51 @@
       <x:c r="L702" s="14" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="M702" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N702" s="15" t="n">
         <x:v>35028</x:v>
       </x:c>
       <x:c r="O702" s="14" t="s">
         <x:v>816</x:v>
       </x:c>
       <x:c r="P702" s="14" t="s">
         <x:v>817</x:v>
       </x:c>
       <x:c r="Q702" s="16" t="s">
         <x:v>171</x:v>
       </x:c>
       <x:c r="R702" s="14" t="s">
         <x:v>103</x:v>
       </x:c>
       <x:c r="S702" s="14" t="n">
         <x:v>601783</x:v>
       </x:c>
       <x:c r="T702" s="16" t="s">
-        <x:v>231</x:v>
+        <x:v>230</x:v>
       </x:c>
       <x:c r="U702" s="16" t="s">
         <x:v>818</x:v>
       </x:c>
     </x:row>
     <x:row r="703" spans="1:21">
       <x:c r="A703" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B703" s="0" t="s">
         <x:v>810</x:v>
       </x:c>
       <x:c r="C703" s="3" t="n">
         <x:v>36804</x:v>
       </x:c>
       <x:c r="D703" s="3" t="s"/>
       <x:c r="G703" s="0" t="s">
         <x:v>128</x:v>
       </x:c>
       <x:c r="H703" s="0" t="s">
         <x:v>129</x:v>
       </x:c>
       <x:c r="I703" s="4" t="s">
         <x:v>130</x:v>
       </x:c>
@@ -41406,51 +41407,51 @@
       <x:c r="I709" s="4" t="s">
         <x:v>837</x:v>
       </x:c>
       <x:c r="J709" s="0" t="s">
         <x:v>828</x:v>
       </x:c>
       <x:c r="K709" s="0" t="s">
         <x:v>161</x:v>
       </x:c>
       <x:c r="L709" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="M709" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N709" s="3" t="n">
         <x:v>35006</x:v>
       </x:c>
       <x:c r="O709" s="0" t="s">
         <x:v>829</x:v>
       </x:c>
       <x:c r="P709" s="0" t="s">
         <x:v>838</x:v>
       </x:c>
       <x:c r="Q709" s="4" t="s">
-        <x:v>240</x:v>
+        <x:v>239</x:v>
       </x:c>
       <x:c r="R709" s="0" t="s">
         <x:v>100</x:v>
       </x:c>
       <x:c r="S709" s="0" t="n">
         <x:v>599791</x:v>
       </x:c>
       <x:c r="T709" s="4" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="U709" s="4" t="s">
         <x:v>839</x:v>
       </x:c>
     </x:row>
     <x:row r="710" spans="1:21">
       <x:c r="A710" s="13" t="s">
         <x:v>155</x:v>
       </x:c>
       <x:c r="B710" s="14" t="s">
         <x:v>825</x:v>
       </x:c>
       <x:c r="C710" s="15" t="n">
         <x:v>36389</x:v>
       </x:c>
       <x:c r="D710" s="15" t="s"/>
@@ -41525,51 +41526,51 @@
       <x:c r="I711" s="4" t="s">
         <x:v>837</x:v>
       </x:c>
       <x:c r="J711" s="0" t="s">
         <x:v>828</x:v>
       </x:c>
       <x:c r="K711" s="0" t="s">
         <x:v>161</x:v>
       </x:c>
       <x:c r="L711" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="M711" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N711" s="3" t="n">
         <x:v>35006</x:v>
       </x:c>
       <x:c r="O711" s="0" t="s">
         <x:v>829</x:v>
       </x:c>
       <x:c r="P711" s="0" t="s">
         <x:v>838</x:v>
       </x:c>
       <x:c r="Q711" s="4" t="s">
-        <x:v>240</x:v>
+        <x:v>239</x:v>
       </x:c>
       <x:c r="R711" s="0" t="s">
         <x:v>100</x:v>
       </x:c>
       <x:c r="S711" s="0" t="n">
         <x:v>599790</x:v>
       </x:c>
       <x:c r="T711" s="4" t="s">
         <x:v>840</x:v>
       </x:c>
       <x:c r="U711" s="4" t="s">
         <x:v>841</x:v>
       </x:c>
     </x:row>
     <x:row r="712" spans="1:21">
       <x:c r="A712" s="13" t="s">
         <x:v>155</x:v>
       </x:c>
       <x:c r="B712" s="14" t="s">
         <x:v>825</x:v>
       </x:c>
       <x:c r="C712" s="15" t="n">
         <x:v>40249</x:v>
       </x:c>
       <x:c r="D712" s="15" t="s"/>
@@ -41586,51 +41587,51 @@
       <x:c r="I712" s="16" t="s">
         <x:v>837</x:v>
       </x:c>
       <x:c r="J712" s="14" t="s">
         <x:v>828</x:v>
       </x:c>
       <x:c r="K712" s="14" t="s">
         <x:v>161</x:v>
       </x:c>
       <x:c r="L712" s="14" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="M712" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N712" s="15" t="n">
         <x:v>35006</x:v>
       </x:c>
       <x:c r="O712" s="14" t="s">
         <x:v>829</x:v>
       </x:c>
       <x:c r="P712" s="14" t="s">
         <x:v>838</x:v>
       </x:c>
       <x:c r="Q712" s="16" t="s">
-        <x:v>240</x:v>
+        <x:v>239</x:v>
       </x:c>
       <x:c r="R712" s="14" t="s">
         <x:v>100</x:v>
       </x:c>
       <x:c r="S712" s="14" t="n">
         <x:v>599789</x:v>
       </x:c>
       <x:c r="T712" s="16" t="s">
         <x:v>842</x:v>
       </x:c>
       <x:c r="U712" s="16" t="s">
         <x:v>843</x:v>
       </x:c>
     </x:row>
     <x:row r="713" spans="1:21">
       <x:c r="A713" s="1" t="s">
         <x:v>155</x:v>
       </x:c>
       <x:c r="B713" s="0" t="s">
         <x:v>825</x:v>
       </x:c>
       <x:c r="C713" s="3" t="n">
         <x:v>36389</x:v>
       </x:c>
       <x:c r="D713" s="3" t="s"/>
@@ -41714,99 +41715,99 @@
       <x:c r="M714" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N714" s="15" t="n">
         <x:v>35006</x:v>
       </x:c>
       <x:c r="O714" s="14" t="s">
         <x:v>829</x:v>
       </x:c>
       <x:c r="P714" s="14" t="s">
         <x:v>830</x:v>
       </x:c>
       <x:c r="Q714" s="16" t="s">
         <x:v>831</x:v>
       </x:c>
       <x:c r="R714" s="14" t="s">
         <x:v>832</x:v>
       </x:c>
       <x:c r="S714" s="14" t="n">
         <x:v>579346</x:v>
       </x:c>
       <x:c r="T714" s="16" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="U714" s="16" t="s">
-        <x:v>232</x:v>
+        <x:v>231</x:v>
       </x:c>
     </x:row>
     <x:row r="715" spans="1:21">
       <x:c r="A715" s="1" t="s">
         <x:v>155</x:v>
       </x:c>
       <x:c r="B715" s="0" t="s">
         <x:v>825</x:v>
       </x:c>
       <x:c r="C715" s="3" t="n">
         <x:v>36389</x:v>
       </x:c>
       <x:c r="D715" s="3" t="s"/>
       <x:c r="E715" s="0" t="s">
         <x:v>157</x:v>
       </x:c>
       <x:c r="G715" s="0" t="s">
         <x:v>835</x:v>
       </x:c>
       <x:c r="H715" s="0" t="s">
         <x:v>836</x:v>
       </x:c>
       <x:c r="I715" s="4" t="s">
         <x:v>837</x:v>
       </x:c>
       <x:c r="J715" s="0" t="s">
         <x:v>828</x:v>
       </x:c>
       <x:c r="K715" s="0" t="s">
         <x:v>161</x:v>
       </x:c>
       <x:c r="L715" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M715" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N715" s="3" t="n">
         <x:v>35006</x:v>
       </x:c>
       <x:c r="O715" s="0" t="s">
         <x:v>829</x:v>
       </x:c>
       <x:c r="P715" s="0" t="s">
         <x:v>838</x:v>
       </x:c>
       <x:c r="Q715" s="4" t="s">
-        <x:v>240</x:v>
+        <x:v>239</x:v>
       </x:c>
       <x:c r="R715" s="0" t="s">
         <x:v>100</x:v>
       </x:c>
       <x:c r="S715" s="0" t="n">
         <x:v>546657</x:v>
       </x:c>
       <x:c r="T715" s="4" t="s">
         <x:v>846</x:v>
       </x:c>
       <x:c r="U715" s="4" t="s">
         <x:v>468</x:v>
       </x:c>
     </x:row>
     <x:row r="716" spans="1:21">
       <x:c r="A716" s="13" t="s">
         <x:v>155</x:v>
       </x:c>
       <x:c r="B716" s="14" t="s">
         <x:v>825</x:v>
       </x:c>
       <x:c r="C716" s="15" t="n">
         <x:v>40249</x:v>
       </x:c>
       <x:c r="D716" s="15" t="s"/>
@@ -41833,51 +41834,51 @@
       <x:c r="M716" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N716" s="15" t="n">
         <x:v>35006</x:v>
       </x:c>
       <x:c r="O716" s="14" t="s">
         <x:v>829</x:v>
       </x:c>
       <x:c r="P716" s="14" t="s">
         <x:v>844</x:v>
       </x:c>
       <x:c r="Q716" s="16" t="s">
         <x:v>845</x:v>
       </x:c>
       <x:c r="R716" s="14" t="s">
         <x:v>371</x:v>
       </x:c>
       <x:c r="S716" s="14" t="n">
         <x:v>579343</x:v>
       </x:c>
       <x:c r="T716" s="16" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="U716" s="16" t="s">
-        <x:v>232</x:v>
+        <x:v>231</x:v>
       </x:c>
     </x:row>
     <x:row r="717" spans="1:21">
       <x:c r="A717" s="1" t="s">
         <x:v>155</x:v>
       </x:c>
       <x:c r="B717" s="0" t="s">
         <x:v>825</x:v>
       </x:c>
       <x:c r="C717" s="3" t="n">
         <x:v>40249</x:v>
       </x:c>
       <x:c r="D717" s="3" t="s"/>
       <x:c r="E717" s="0" t="s">
         <x:v>157</x:v>
       </x:c>
       <x:c r="G717" s="0" t="s">
         <x:v>826</x:v>
       </x:c>
       <x:c r="I717" s="4" t="s">
         <x:v>827</x:v>
       </x:c>
       <x:c r="J717" s="0" t="s">
         <x:v>828</x:v>
       </x:c>
@@ -41990,51 +41991,51 @@
       <x:c r="I719" s="4" t="s">
         <x:v>837</x:v>
       </x:c>
       <x:c r="J719" s="0" t="s">
         <x:v>828</x:v>
       </x:c>
       <x:c r="K719" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L719" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M719" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N719" s="3" t="n">
         <x:v>35006</x:v>
       </x:c>
       <x:c r="O719" s="0" t="s">
         <x:v>829</x:v>
       </x:c>
       <x:c r="P719" s="0" t="s">
         <x:v>838</x:v>
       </x:c>
       <x:c r="Q719" s="4" t="s">
-        <x:v>240</x:v>
+        <x:v>239</x:v>
       </x:c>
       <x:c r="R719" s="0" t="s">
         <x:v>100</x:v>
       </x:c>
       <x:c r="S719" s="0" t="n">
         <x:v>576238</x:v>
       </x:c>
       <x:c r="T719" s="4" t="s">
         <x:v>500</x:v>
       </x:c>
       <x:c r="U719" s="4" t="s">
         <x:v>186</x:v>
       </x:c>
     </x:row>
     <x:row r="720" spans="1:21">
       <x:c r="A720" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B720" s="14" t="s">
         <x:v>851</x:v>
       </x:c>
       <x:c r="C720" s="15" t="s"/>
       <x:c r="D720" s="15" t="s"/>
       <x:c r="E720" s="14" t="s"/>
       <x:c r="F720" s="14" t="s"/>
@@ -42679,51 +42680,51 @@
       <x:c r="L731" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="M731" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N731" s="3" t="n">
         <x:v>35028</x:v>
       </x:c>
       <x:c r="O731" s="0" t="s">
         <x:v>816</x:v>
       </x:c>
       <x:c r="P731" s="0" t="s">
         <x:v>863</x:v>
       </x:c>
       <x:c r="Q731" s="4" t="s">
         <x:v>864</x:v>
       </x:c>
       <x:c r="R731" s="0" t="s">
         <x:v>368</x:v>
       </x:c>
       <x:c r="S731" s="0" t="n">
         <x:v>601739</x:v>
       </x:c>
       <x:c r="T731" s="4" t="s">
-        <x:v>231</x:v>
+        <x:v>230</x:v>
       </x:c>
       <x:c r="U731" s="4" t="s">
         <x:v>818</x:v>
       </x:c>
     </x:row>
     <x:row r="732" spans="1:21">
       <x:c r="A732" s="13" t="s">
         <x:v>155</x:v>
       </x:c>
       <x:c r="B732" s="14" t="s">
         <x:v>814</x:v>
       </x:c>
       <x:c r="C732" s="15" t="n">
         <x:v>38625</x:v>
       </x:c>
       <x:c r="D732" s="15" t="s"/>
       <x:c r="E732" s="14" t="s">
         <x:v>157</x:v>
       </x:c>
       <x:c r="F732" s="14" t="s"/>
       <x:c r="G732" s="14" t="s">
         <x:v>187</x:v>
       </x:c>
       <x:c r="H732" s="14" t="s">
         <x:v>188</x:v>
@@ -42918,51 +42919,51 @@
       <x:c r="M735" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N735" s="3" t="n">
         <x:v>35028</x:v>
       </x:c>
       <x:c r="O735" s="0" t="s">
         <x:v>816</x:v>
       </x:c>
       <x:c r="P735" s="0" t="s">
         <x:v>863</x:v>
       </x:c>
       <x:c r="Q735" s="4" t="s">
         <x:v>864</x:v>
       </x:c>
       <x:c r="R735" s="0" t="s">
         <x:v>368</x:v>
       </x:c>
       <x:c r="S735" s="0" t="n">
         <x:v>581841</x:v>
       </x:c>
       <x:c r="T735" s="4" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="U735" s="4" t="s">
-        <x:v>224</x:v>
+        <x:v>223</x:v>
       </x:c>
     </x:row>
     <x:row r="736" spans="1:21">
       <x:c r="A736" s="13" t="s">
         <x:v>155</x:v>
       </x:c>
       <x:c r="B736" s="14" t="s">
         <x:v>814</x:v>
       </x:c>
       <x:c r="C736" s="15" t="n">
         <x:v>38625</x:v>
       </x:c>
       <x:c r="D736" s="15" t="s"/>
       <x:c r="E736" s="14" t="s">
         <x:v>157</x:v>
       </x:c>
       <x:c r="F736" s="14" t="s"/>
       <x:c r="G736" s="14" t="s">
         <x:v>815</x:v>
       </x:c>
       <x:c r="H736" s="14" t="s"/>
       <x:c r="I736" s="16" t="s">
         <x:v>629</x:v>
       </x:c>
       <x:c r="J736" s="14" t="s">
@@ -43147,51 +43148,51 @@
       <x:c r="L739" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="M739" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N739" s="3" t="n">
         <x:v>35028</x:v>
       </x:c>
       <x:c r="O739" s="0" t="s">
         <x:v>816</x:v>
       </x:c>
       <x:c r="P739" s="0" t="s">
         <x:v>815</x:v>
       </x:c>
       <x:c r="Q739" s="4" t="s">
         <x:v>629</x:v>
       </x:c>
       <x:c r="R739" s="0" t="s">
         <x:v>95</x:v>
       </x:c>
       <x:c r="S739" s="0" t="n">
         <x:v>601780</x:v>
       </x:c>
       <x:c r="T739" s="4" t="s">
-        <x:v>231</x:v>
+        <x:v>230</x:v>
       </x:c>
       <x:c r="U739" s="4" t="s">
         <x:v>818</x:v>
       </x:c>
     </x:row>
     <x:row r="740" spans="1:21">
       <x:c r="A740" s="13" t="s">
         <x:v>155</x:v>
       </x:c>
       <x:c r="B740" s="14" t="s">
         <x:v>814</x:v>
       </x:c>
       <x:c r="C740" s="15" t="n">
         <x:v>38625</x:v>
       </x:c>
       <x:c r="D740" s="15" t="s"/>
       <x:c r="E740" s="14" t="s">
         <x:v>157</x:v>
       </x:c>
       <x:c r="F740" s="14" t="s"/>
       <x:c r="G740" s="14" t="s">
         <x:v>815</x:v>
       </x:c>
       <x:c r="H740" s="14" t="s"/>
       <x:c r="I740" s="16" t="s">
@@ -43209,51 +43210,51 @@
       <x:c r="M740" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N740" s="15" t="n">
         <x:v>35028</x:v>
       </x:c>
       <x:c r="O740" s="14" t="s">
         <x:v>816</x:v>
       </x:c>
       <x:c r="P740" s="14" t="s">
         <x:v>815</x:v>
       </x:c>
       <x:c r="Q740" s="16" t="s">
         <x:v>629</x:v>
       </x:c>
       <x:c r="R740" s="14" t="s">
         <x:v>95</x:v>
       </x:c>
       <x:c r="S740" s="14" t="n">
         <x:v>552160</x:v>
       </x:c>
       <x:c r="T740" s="16" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="U740" s="16" t="s">
-        <x:v>224</x:v>
+        <x:v>223</x:v>
       </x:c>
     </x:row>
     <x:row r="741" spans="1:21">
       <x:c r="A741" s="1" t="s">
         <x:v>155</x:v>
       </x:c>
       <x:c r="B741" s="0" t="s">
         <x:v>814</x:v>
       </x:c>
       <x:c r="C741" s="3" t="n">
         <x:v>38625</x:v>
       </x:c>
       <x:c r="D741" s="3" t="s"/>
       <x:c r="E741" s="0" t="s">
         <x:v>157</x:v>
       </x:c>
       <x:c r="G741" s="0" t="s">
         <x:v>815</x:v>
       </x:c>
       <x:c r="I741" s="4" t="s">
         <x:v>629</x:v>
       </x:c>
       <x:c r="J741" s="0" t="s">
         <x:v>131</x:v>
       </x:c>
@@ -43266,51 +43267,51 @@
       <x:c r="M741" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N741" s="3" t="n">
         <x:v>35028</x:v>
       </x:c>
       <x:c r="O741" s="0" t="s">
         <x:v>816</x:v>
       </x:c>
       <x:c r="P741" s="0" t="s">
         <x:v>817</x:v>
       </x:c>
       <x:c r="Q741" s="4" t="s">
         <x:v>171</x:v>
       </x:c>
       <x:c r="R741" s="0" t="s">
         <x:v>103</x:v>
       </x:c>
       <x:c r="S741" s="0" t="n">
         <x:v>552162</x:v>
       </x:c>
       <x:c r="T741" s="4" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="U741" s="4" t="s">
-        <x:v>224</x:v>
+        <x:v>223</x:v>
       </x:c>
     </x:row>
     <x:row r="742" spans="1:21">
       <x:c r="A742" s="13" t="s">
         <x:v>155</x:v>
       </x:c>
       <x:c r="B742" s="14" t="s">
         <x:v>814</x:v>
       </x:c>
       <x:c r="C742" s="15" t="n">
         <x:v>38625</x:v>
       </x:c>
       <x:c r="D742" s="15" t="s"/>
       <x:c r="E742" s="14" t="s">
         <x:v>157</x:v>
       </x:c>
       <x:c r="F742" s="14" t="s"/>
       <x:c r="G742" s="14" t="s">
         <x:v>826</x:v>
       </x:c>
       <x:c r="H742" s="14" t="s"/>
       <x:c r="I742" s="16" t="s">
         <x:v>827</x:v>
       </x:c>
       <x:c r="J742" s="14" t="s">
@@ -43325,51 +43326,51 @@
       <x:c r="M742" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N742" s="15" t="n">
         <x:v>35028</x:v>
       </x:c>
       <x:c r="O742" s="14" t="s">
         <x:v>816</x:v>
       </x:c>
       <x:c r="P742" s="14" t="s">
         <x:v>826</x:v>
       </x:c>
       <x:c r="Q742" s="16" t="s">
         <x:v>827</x:v>
       </x:c>
       <x:c r="R742" s="14" t="s">
         <x:v>868</x:v>
       </x:c>
       <x:c r="S742" s="14" t="n">
         <x:v>549456</x:v>
       </x:c>
       <x:c r="T742" s="16" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="U742" s="16" t="s">
-        <x:v>224</x:v>
+        <x:v>223</x:v>
       </x:c>
     </x:row>
     <x:row r="743" spans="1:21">
       <x:c r="A743" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B743" s="0" t="s">
         <x:v>869</x:v>
       </x:c>
       <x:c r="C743" s="3" t="n">
         <x:v>38625</x:v>
       </x:c>
       <x:c r="D743" s="3" t="s"/>
       <x:c r="G743" s="0" t="s">
         <x:v>815</x:v>
       </x:c>
       <x:c r="I743" s="4" t="s">
         <x:v>629</x:v>
       </x:c>
       <x:c r="J743" s="0" t="s">
         <x:v>131</x:v>
       </x:c>
       <x:c r="K743" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
@@ -43663,51 +43664,51 @@
       <x:c r="M748" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N748" s="15" t="n">
         <x:v>35028</x:v>
       </x:c>
       <x:c r="O748" s="14" t="s">
         <x:v>816</x:v>
       </x:c>
       <x:c r="P748" s="14" t="s">
         <x:v>863</x:v>
       </x:c>
       <x:c r="Q748" s="16" t="s">
         <x:v>864</x:v>
       </x:c>
       <x:c r="R748" s="14" t="s">
         <x:v>368</x:v>
       </x:c>
       <x:c r="S748" s="14" t="n">
         <x:v>615132</x:v>
       </x:c>
       <x:c r="T748" s="16" t="s">
         <x:v>288</x:v>
       </x:c>
       <x:c r="U748" s="16" t="s">
-        <x:v>232</x:v>
+        <x:v>231</x:v>
       </x:c>
     </x:row>
     <x:row r="749" spans="1:21">
       <x:c r="A749" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B749" s="0" t="s">
         <x:v>869</x:v>
       </x:c>
       <x:c r="C749" s="3" t="n">
         <x:v>38625</x:v>
       </x:c>
       <x:c r="D749" s="3" t="s"/>
       <x:c r="G749" s="0" t="s">
         <x:v>494</x:v>
       </x:c>
       <x:c r="H749" s="0" t="s">
         <x:v>495</x:v>
       </x:c>
       <x:c r="I749" s="4" t="s">
         <x:v>496</x:v>
       </x:c>
       <x:c r="J749" s="0" t="s">
         <x:v>131</x:v>
       </x:c>
@@ -43774,51 +43775,51 @@
       <x:c r="L750" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M750" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="N750" s="15" t="n">
         <x:v>35028</x:v>
       </x:c>
       <x:c r="O750" s="14" t="s">
         <x:v>816</x:v>
       </x:c>
       <x:c r="P750" s="14" t="s">
         <x:v>872</x:v>
       </x:c>
       <x:c r="Q750" s="16" t="s">
         <x:v>617</x:v>
       </x:c>
       <x:c r="R750" s="14" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="S750" s="14" t="n">
         <x:v>571898</x:v>
       </x:c>
       <x:c r="T750" s="16" t="s">
-        <x:v>241</x:v>
+        <x:v>240</x:v>
       </x:c>
       <x:c r="U750" s="16" t="s">
         <x:v>219</x:v>
       </x:c>
     </x:row>
     <x:row r="751" spans="1:21">
       <x:c r="A751" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B751" s="0" t="s">
         <x:v>869</x:v>
       </x:c>
       <x:c r="C751" s="3" t="n">
         <x:v>38625</x:v>
       </x:c>
       <x:c r="D751" s="3" t="s"/>
       <x:c r="G751" s="0" t="s">
         <x:v>873</x:v>
       </x:c>
       <x:c r="H751" s="0" t="s">
         <x:v>874</x:v>
       </x:c>
       <x:c r="I751" s="4" t="s">
         <x:v>312</x:v>
       </x:c>
@@ -44123,51 +44124,51 @@
       <x:c r="M756" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N756" s="15" t="n">
         <x:v>35028</x:v>
       </x:c>
       <x:c r="O756" s="14" t="s">
         <x:v>816</x:v>
       </x:c>
       <x:c r="P756" s="14" t="s">
         <x:v>863</x:v>
       </x:c>
       <x:c r="Q756" s="16" t="s">
         <x:v>864</x:v>
       </x:c>
       <x:c r="R756" s="14" t="s">
         <x:v>368</x:v>
       </x:c>
       <x:c r="S756" s="14" t="n">
         <x:v>617372</x:v>
       </x:c>
       <x:c r="T756" s="16" t="s">
         <x:v>876</x:v>
       </x:c>
       <x:c r="U756" s="16" t="s">
-        <x:v>232</x:v>
+        <x:v>231</x:v>
       </x:c>
     </x:row>
     <x:row r="757" spans="1:21">
       <x:c r="A757" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B757" s="0" t="s">
         <x:v>869</x:v>
       </x:c>
       <x:c r="C757" s="3" t="n">
         <x:v>38625</x:v>
       </x:c>
       <x:c r="D757" s="3" t="s"/>
       <x:c r="G757" s="0" t="s">
         <x:v>815</x:v>
       </x:c>
       <x:c r="I757" s="4" t="s">
         <x:v>629</x:v>
       </x:c>
       <x:c r="J757" s="0" t="s">
         <x:v>131</x:v>
       </x:c>
       <x:c r="K757" s="0" t="s">
         <x:v>25</x:v>
       </x:c>