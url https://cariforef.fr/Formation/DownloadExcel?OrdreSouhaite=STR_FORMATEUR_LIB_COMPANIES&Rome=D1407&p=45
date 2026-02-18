--- v0 (2026-02-18)
+++ v1 (2026-02-18)
@@ -449,62 +449,62 @@
   <x:si>
     <x:t>06/11/2027 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>MARSEILLE- 8e</x:t>
   </x:si>
   <x:si>
     <x:t>03/16/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>03/19/2027 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>MARSEILLE- 3e</x:t>
   </x:si>
   <x:si>
     <x:t>05/15/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>05/14/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>05/22/2026 00:00:00</x:t>
   </x:si>
   <x:si>
+    <x:t>06/06/2025 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>06/12/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
     <x:t>05/14/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>05/13/2026 00:00:00</x:t>
   </x:si>
   <x:si>
-    <x:t>06/06/2025 00:00:00</x:t>
-[...4 lines deleted...]
-  <x:si>
     <x:t>Api 84 - Cfai 84 - Nextech</x:t>
   </x:si>
   <x:si>
     <x:t>84918</x:t>
   </x:si>
   <x:si>
     <x:t>AVIGNON</x:t>
   </x:si>
   <x:si>
     <x:t>08/26/2024 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>08/28/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Titre professionnel conseiller commercial</x:t>
   </x:si>
   <x:si>
     <x:t>France Travail</x:t>
   </x:si>
   <x:si>
     <x:t>AFC</x:t>
   </x:si>
   <x:si>
     <x:t>Institut National de Formation et de Recherche sur l'Education Permanente - Antenne Carpentras</x:t>
@@ -719,65 +719,65 @@
   <x:si>
     <x:t>06601</x:t>
   </x:si>
   <x:si>
     <x:t>Ingénieur d'affaires</x:t>
   </x:si>
   <x:si>
     <x:t>Cfa Perspective - Isim</x:t>
   </x:si>
   <x:si>
     <x:t>10/29/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>07/12/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>11/26/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>09/25/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>08/31/2026 00:00:00</x:t>
   </x:si>
   <x:si>
+    <x:t>Ingénieur d'affaires (Apprentissage)</x:t>
+  </x:si>
+  <x:si>
+    <x:t>09/24/2025 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>07/12/2027 00:00:00</x:t>
+  </x:si>
+  <x:si>
     <x:t>01/05/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>12/31/2026 00:00:00</x:t>
   </x:si>
   <x:si>
-    <x:t>Ingénieur d'affaires (Apprentissage)</x:t>
-[...7 lines deleted...]
-  <x:si>
     <x:t>BTSA génie des équipements agricoles (Apprentissage)</x:t>
   </x:si>
   <x:si>
     <x:t>Machinisme agricole</x:t>
   </x:si>
   <x:si>
     <x:t>Cfa Régional Agricole Public Paca - UFA Lycée Professionnel Agricole La Ricarde</x:t>
   </x:si>
   <x:si>
     <x:t>84800</x:t>
   </x:si>
   <x:si>
     <x:t>L'ISLE-SUR-LA-SORGUE</x:t>
   </x:si>
   <x:si>
     <x:t>CFA Régional CFAI Provence</x:t>
   </x:si>
   <x:si>
     <x:t>CFAI PROVENCE</x:t>
   </x:si>
   <x:si>
     <x:t>13800</x:t>
   </x:si>
   <x:si>
     <x:t>ISTRES</x:t>
@@ -890,65 +890,65 @@
   <x:si>
     <x:t>13008</x:t>
   </x:si>
   <x:si>
     <x:t>Cma Formation La Seyne sur Mer</x:t>
   </x:si>
   <x:si>
     <x:t>83500</x:t>
   </x:si>
   <x:si>
     <x:t>LA SEYNE-SUR-MER</x:t>
   </x:si>
   <x:si>
     <x:t>Comité Interprofessionnel d'Apprentissage Corot</x:t>
   </x:si>
   <x:si>
     <x:t>CIA</x:t>
   </x:si>
   <x:si>
     <x:t>13333</x:t>
   </x:si>
   <x:si>
     <x:t>MARSEILLE-14e</x:t>
   </x:si>
   <x:si>
+    <x:t>Licence pro mention management et gestion des organisations parcours gestion des établissements sanitaires, sociaux et médico-sociaux (Apprentissage)</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Conservatoire National des Arts et des Métiers Paca</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CNAM</x:t>
+  </x:si>
+  <x:si>
+    <x:t>13015</x:t>
+  </x:si>
+  <x:si>
     <x:t>Licence pro mention management et gestion des organisations parcours gestion des établissements sanitaires, sociaux et médico-sociaux (Contrat de Professionnalisation)</x:t>
   </x:si>
   <x:si>
-    <x:t>Conservatoire National des Arts et des Métiers Paca</x:t>
-[...10 lines deleted...]
-  <x:si>
     <x:t>Licence pro mention management et gestion des organisations parcours gestion des établissements sanitaires, sociaux et médico-sociaux</x:t>
   </x:si>
   <x:si>
     <x:t>Titre professionnel négociateur technico-commercial</x:t>
   </x:si>
   <x:si>
     <x:t>Crc</x:t>
   </x:si>
   <x:si>
     <x:t>83130</x:t>
   </x:si>
   <x:si>
     <x:t>LA VALETTE-DU-VAR</x:t>
   </x:si>
   <x:si>
     <x:t>01/21/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>01/01/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>12/31/2027 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Ebm Business School</x:t>
@@ -1082,62 +1082,62 @@
   <x:si>
     <x:t>BRIGNOLES</x:t>
   </x:si>
   <x:si>
     <x:t>FREJUS</x:t>
   </x:si>
   <x:si>
     <x:t>Esid - Antenne Nice</x:t>
   </x:si>
   <x:si>
     <x:t>Business developer en hautes technologies (Apprentissage)</x:t>
   </x:si>
   <x:si>
     <x:t>Euridis Management</x:t>
   </x:si>
   <x:si>
     <x:t>75009</x:t>
   </x:si>
   <x:si>
     <x:t>Euridis Management - Antenne Aix en Provence</x:t>
   </x:si>
   <x:si>
     <x:t>13100</x:t>
   </x:si>
   <x:si>
+    <x:t>09/06/2029 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Business developer en hautes technologies spécialisation marketing (Apprentissage)</x:t>
+  </x:si>
+  <x:si>
     <x:t>09/02/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>12/31/2028 00:00:00</x:t>
   </x:si>
   <x:si>
-    <x:t>09/06/2029 00:00:00</x:t>
-[...4 lines deleted...]
-  <x:si>
     <x:t>Ingénieur d'affaires en hautes technologies (Apprentissage)</x:t>
   </x:si>
   <x:si>
     <x:t>Vente informatique</x:t>
   </x:si>
   <x:si>
     <x:t>Ingénieur d'affaires en hautes technologies spécialisation international business manager (Apprentissage)</x:t>
   </x:si>
   <x:si>
     <x:t>08/24/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Business developer en hautes technologies spécialisation international (Apprentissage)</x:t>
   </x:si>
   <x:si>
     <x:t>Chargé d'affaires en hautes technologies (Apprentissage)</x:t>
   </x:si>
   <x:si>
     <x:t>Vente spécialisée</x:t>
   </x:si>
   <x:si>
     <x:t>09/01/2023 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>08/26/2025 00:00:00</x:t>
@@ -1205,125 +1205,125 @@
   <x:si>
     <x:t>11/01/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>06/01/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>07/31/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>01/01/2027 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>11/01/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>06/01/2027 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>04/01/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>10/01/2024 00:00:00</x:t>
   </x:si>
   <x:si>
+    <x:t>07/01/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
     <x:t>12/01/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>02/01/2026 00:00:00</x:t>
   </x:si>
   <x:si>
-    <x:t>07/01/2026 00:00:00</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>02/01/2027 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>07/01/2027 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>France Langues Communication - CFA</x:t>
   </x:si>
   <x:si>
     <x:t>06160</x:t>
   </x:si>
   <x:si>
     <x:t>JUAN LES PINS</x:t>
   </x:si>
   <x:si>
     <x:t>11/03/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>FLC FORMATION</x:t>
   </x:si>
   <x:si>
     <x:t>VILLENEUVE-LOUBET</x:t>
   </x:si>
   <x:si>
     <x:t>BTS FED - Fluides Energies Domotique - Option C Domotique et bâtiment communicants</x:t>
   </x:si>
   <x:si>
     <x:t>Greta du Var</x:t>
   </x:si>
   <x:si>
     <x:t>BTS FED - Fluides Energies Domotique - Option A Génie climatique et fluidique</x:t>
   </x:si>
   <x:si>
     <x:t>Greta-Cfa Alpes Provence</x:t>
   </x:si>
   <x:si>
     <x:t>05000</x:t>
   </x:si>
   <x:si>
     <x:t>BTS Conseil et commercialisation de solutions techniques</x:t>
   </x:si>
   <x:si>
+    <x:t>Greta-Cfa Marseille Méditerranée</x:t>
+  </x:si>
+  <x:si>
+    <x:t>GMM</x:t>
+  </x:si>
+  <x:si>
+    <x:t>13010</x:t>
+  </x:si>
+  <x:si>
+    <x:t>09/30/2024 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>06/26/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>09/29/2025 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>08/27/2027 00:00:00</x:t>
+  </x:si>
+  <x:si>
     <x:t>BTS FED - Fluides Energies Domotique - Option B Froid et conditionnement d'air</x:t>
   </x:si>
   <x:si>
-    <x:t>Greta-Cfa Marseille Méditerranée</x:t>
-[...19 lines deleted...]
-  <x:si>
     <x:t>MARSEILLE-10e</x:t>
   </x:si>
   <x:si>
     <x:t>09/09/2024 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Greta-Cfa Vaucluse</x:t>
   </x:si>
   <x:si>
     <x:t>SORGUES</x:t>
   </x:si>
   <x:si>
     <x:t>Groupe Someform</x:t>
   </x:si>
   <x:si>
     <x:t>13127</x:t>
   </x:si>
   <x:si>
     <x:t>VITROLLES</x:t>
   </x:si>
   <x:si>
     <x:t>Groupe Someform - Antenne La Garde</x:t>
   </x:si>
   <x:si>
     <x:t>LA GARDE</x:t>
@@ -1925,120 +1925,120 @@
   <x:si>
     <x:t>07/02/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>09/03/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>12/03/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>12/02/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>05/06/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>05/05/2027 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>10/07/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>10/06/2027 00:00:00</x:t>
   </x:si>
   <x:si>
+    <x:t>11/04/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>11/03/2027 00:00:00</x:t>
+  </x:si>
+  <x:si>
     <x:t>05/07/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>08/06/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>11/05/2025 00:00:00</x:t>
   </x:si>
   <x:si>
-    <x:t>11/04/2026 00:00:00</x:t>
-[...2 lines deleted...]
-    <x:t>11/03/2027 00:00:00</x:t>
+    <x:t>12/01/2027 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>04/02/2025 00:00:00</x:t>
   </x:si>
   <x:si>
-    <x:t>12/01/2027 00:00:00</x:t>
+    <x:t>06/04/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>01/07/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>01/06/2027 00:00:00</x:t>
   </x:si>
   <x:si>
-    <x:t>06/04/2025 00:00:00</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>Titre professionnel conseiller commercial (préparation également possible par Bloc(s) de compétences)</x:t>
   </x:si>
   <x:si>
     <x:t>Pgm Learning</x:t>
   </x:si>
   <x:si>
     <x:t>75012</x:t>
   </x:si>
   <x:si>
     <x:t>Demandeur d'emploi , Jeune 16-25 ans , Particulier, individuel , Salarié , Tout public</x:t>
   </x:si>
   <x:si>
+    <x:t>07/03/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
     <x:t>03/02/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>10/02/2026 00:00:00</x:t>
   </x:si>
   <x:si>
-    <x:t>07/03/2026 00:00:00</x:t>
+    <x:t>10/20/2025 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>02/20/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>05/05/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>12/04/2026 00:00:00</x:t>
   </x:si>
   <x:si>
-    <x:t>10/20/2025 00:00:00</x:t>
-[...4 lines deleted...]
-  <x:si>
     <x:t>08/21/2026 00:00:00</x:t>
   </x:si>
   <x:si>
+    <x:t>01/02/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
     <x:t>06/08/2026 00:00:00</x:t>
-  </x:si>
-[...1 lines deleted...]
-    <x:t>01/02/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>03/20/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>04/06/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>11/06/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>01/19/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>02/02/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>10/09/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Progress Sup</x:t>
   </x:si>
   <x:si>
     <x:t>75010</x:t>
   </x:si>
@@ -4357,153 +4357,153 @@
       </x:c>
       <x:c r="P30" s="14" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="Q30" s="16" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="R30" s="14" t="s">
         <x:v>119</x:v>
       </x:c>
       <x:c r="S30" s="14" t="n">
         <x:v>600731</x:v>
       </x:c>
       <x:c r="T30" s="16" t="s">
         <x:v>123</x:v>
       </x:c>
       <x:c r="U30" s="16" t="s">
         <x:v>125</x:v>
       </x:c>
     </x:row>
     <x:row r="31" spans="1:21">
       <x:c r="A31" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B31" s="0" t="s">
-        <x:v>94</x:v>
+        <x:v>82</x:v>
       </x:c>
       <x:c r="C31" s="3" t="n">
-        <x:v>37717</x:v>
+        <x:v>39063</x:v>
       </x:c>
       <x:c r="D31" s="3" t="s"/>
       <x:c r="E31" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G31" s="0" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="I31" s="4" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="J31" s="0" t="s">
-        <x:v>95</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="K31" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L31" s="0" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="M31" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N31" s="3" t="n">
-        <x:v>34581</x:v>
+        <x:v>34572</x:v>
       </x:c>
       <x:c r="O31" s="0" t="s">
-        <x:v>48</x:v>
+        <x:v>30</x:v>
       </x:c>
       <x:c r="P31" s="0" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="Q31" s="4" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="R31" s="0" t="s">
-        <x:v>103</x:v>
+        <x:v>116</x:v>
       </x:c>
       <x:c r="S31" s="0" t="n">
-        <x:v>564175</x:v>
+        <x:v>553784</x:v>
       </x:c>
       <x:c r="T31" s="4" t="s">
         <x:v>126</x:v>
       </x:c>
       <x:c r="U31" s="4" t="s">
         <x:v>127</x:v>
       </x:c>
     </x:row>
     <x:row r="32" spans="1:21">
       <x:c r="A32" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B32" s="14" t="s">
-        <x:v>82</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="C32" s="15" t="n">
-        <x:v>39063</x:v>
+        <x:v>37717</x:v>
       </x:c>
       <x:c r="D32" s="15" t="s"/>
       <x:c r="E32" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F32" s="14" t="s"/>
       <x:c r="G32" s="14" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="H32" s="14" t="s"/>
       <x:c r="I32" s="16" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="J32" s="14" t="s">
-        <x:v>26</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="K32" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L32" s="14" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="M32" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N32" s="15" t="n">
-        <x:v>34572</x:v>
+        <x:v>34581</x:v>
       </x:c>
       <x:c r="O32" s="14" t="s">
-        <x:v>30</x:v>
+        <x:v>48</x:v>
       </x:c>
       <x:c r="P32" s="14" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="Q32" s="16" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="R32" s="14" t="s">
-        <x:v>116</x:v>
+        <x:v>103</x:v>
       </x:c>
       <x:c r="S32" s="14" t="n">
-        <x:v>553784</x:v>
+        <x:v>564175</x:v>
       </x:c>
       <x:c r="T32" s="16" t="s">
         <x:v>128</x:v>
       </x:c>
       <x:c r="U32" s="16" t="s">
         <x:v>129</x:v>
       </x:c>
     </x:row>
     <x:row r="33" spans="1:21">
       <x:c r="A33" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B33" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="C33" s="3" t="n">
         <x:v>35801</x:v>
       </x:c>
       <x:c r="D33" s="3" t="s"/>
       <x:c r="E33" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G33" s="0" t="s">
         <x:v>130</x:v>
       </x:c>
@@ -5345,57 +5345,57 @@
       <x:c r="K47" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L47" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M47" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N47" s="3" t="n">
         <x:v>22499</x:v>
       </x:c>
       <x:c r="O47" s="0" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="P47" s="0" t="s">
         <x:v>177</x:v>
       </x:c>
       <x:c r="Q47" s="4" t="s">
         <x:v>178</x:v>
       </x:c>
       <x:c r="R47" s="0" t="s">
         <x:v>179</x:v>
       </x:c>
       <x:c r="S47" s="0" t="n">
-        <x:v>512439</x:v>
+        <x:v>600747</x:v>
       </x:c>
       <x:c r="T47" s="4" t="s">
-        <x:v>183</x:v>
+        <x:v>159</x:v>
       </x:c>
       <x:c r="U47" s="4" t="s">
-        <x:v>38</x:v>
+        <x:v>182</x:v>
       </x:c>
     </x:row>
     <x:row r="48" spans="1:21">
       <x:c r="A48" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B48" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="C48" s="15" t="n">
         <x:v>38361</x:v>
       </x:c>
       <x:c r="D48" s="15" t="s"/>
       <x:c r="E48" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F48" s="14" t="s"/>
       <x:c r="G48" s="14" t="s">
         <x:v>177</x:v>
       </x:c>
       <x:c r="H48" s="14" t="s"/>
       <x:c r="I48" s="16" t="s">
         <x:v>178</x:v>
       </x:c>
       <x:c r="J48" s="14" t="s">
@@ -5404,57 +5404,57 @@
       <x:c r="K48" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L48" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M48" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N48" s="15" t="n">
         <x:v>22499</x:v>
       </x:c>
       <x:c r="O48" s="14" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="P48" s="14" t="s">
         <x:v>177</x:v>
       </x:c>
       <x:c r="Q48" s="16" t="s">
         <x:v>178</x:v>
       </x:c>
       <x:c r="R48" s="14" t="s">
         <x:v>179</x:v>
       </x:c>
       <x:c r="S48" s="14" t="n">
-        <x:v>600747</x:v>
+        <x:v>512439</x:v>
       </x:c>
       <x:c r="T48" s="16" t="s">
-        <x:v>159</x:v>
+        <x:v>183</x:v>
       </x:c>
       <x:c r="U48" s="16" t="s">
-        <x:v>182</x:v>
+        <x:v>38</x:v>
       </x:c>
     </x:row>
     <x:row r="49" spans="1:21">
       <x:c r="A49" s="1" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="B49" s="0" t="s">
         <x:v>184</x:v>
       </x:c>
       <x:c r="C49" s="3" t="s"/>
       <x:c r="D49" s="3" t="s"/>
       <x:c r="G49" s="0" t="s">
         <x:v>185</x:v>
       </x:c>
       <x:c r="I49" s="4" t="s">
         <x:v>186</x:v>
       </x:c>
       <x:c r="K49" s="0" t="s">
         <x:v>187</x:v>
       </x:c>
       <x:c r="L49" s="0" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="M49" s="0" t="s">
         <x:v>29</x:v>
@@ -5588,164 +5588,164 @@
       </x:c>
       <x:c r="P51" s="0" t="s">
         <x:v>190</x:v>
       </x:c>
       <x:c r="Q51" s="4" t="s">
         <x:v>192</x:v>
       </x:c>
       <x:c r="R51" s="0" t="s">
         <x:v>144</x:v>
       </x:c>
       <x:c r="S51" s="0" t="n">
         <x:v>590079</x:v>
       </x:c>
       <x:c r="T51" s="4" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="U51" s="4" t="s">
         <x:v>38</x:v>
       </x:c>
     </x:row>
     <x:row r="52" spans="1:21">
       <x:c r="A52" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B52" s="14" t="s">
-        <x:v>189</x:v>
+        <x:v>47</x:v>
       </x:c>
       <x:c r="C52" s="15" t="n">
-        <x:v>40568</x:v>
+        <x:v>35801</x:v>
       </x:c>
       <x:c r="D52" s="15" t="s"/>
       <x:c r="E52" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F52" s="14" t="s"/>
       <x:c r="G52" s="14" t="s">
-        <x:v>195</x:v>
+        <x:v>190</x:v>
       </x:c>
       <x:c r="H52" s="14" t="s">
-        <x:v>196</x:v>
+        <x:v>191</x:v>
       </x:c>
       <x:c r="I52" s="16" t="s">
-        <x:v>197</x:v>
+        <x:v>192</x:v>
       </x:c>
       <x:c r="J52" s="14" t="s">
-        <x:v>64</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="K52" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L52" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M52" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N52" s="15" t="n">
-        <x:v>34085</x:v>
+        <x:v>34581</x:v>
       </x:c>
       <x:c r="O52" s="14" t="s">
-        <x:v>193</x:v>
+        <x:v>48</x:v>
       </x:c>
       <x:c r="P52" s="14" t="s">
         <x:v>190</x:v>
       </x:c>
       <x:c r="Q52" s="16" t="s">
         <x:v>192</x:v>
       </x:c>
       <x:c r="R52" s="14" t="s">
         <x:v>144</x:v>
       </x:c>
       <x:c r="S52" s="14" t="n">
-        <x:v>609182</x:v>
+        <x:v>506448</x:v>
       </x:c>
       <x:c r="T52" s="16" t="s">
-        <x:v>32</x:v>
+        <x:v>183</x:v>
       </x:c>
       <x:c r="U52" s="16" t="s">
-        <x:v>198</x:v>
+        <x:v>38</x:v>
       </x:c>
     </x:row>
     <x:row r="53" spans="1:21">
       <x:c r="A53" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B53" s="0" t="s">
-        <x:v>47</x:v>
+        <x:v>189</x:v>
       </x:c>
       <x:c r="C53" s="3" t="n">
-        <x:v>35801</x:v>
+        <x:v>40568</x:v>
       </x:c>
       <x:c r="D53" s="3" t="s"/>
       <x:c r="E53" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G53" s="0" t="s">
-        <x:v>190</x:v>
+        <x:v>195</x:v>
       </x:c>
       <x:c r="H53" s="0" t="s">
-        <x:v>191</x:v>
+        <x:v>196</x:v>
       </x:c>
       <x:c r="I53" s="4" t="s">
-        <x:v>192</x:v>
+        <x:v>197</x:v>
       </x:c>
       <x:c r="J53" s="0" t="s">
-        <x:v>26</x:v>
+        <x:v>64</x:v>
       </x:c>
       <x:c r="K53" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L53" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M53" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N53" s="3" t="n">
-        <x:v>34581</x:v>
+        <x:v>34085</x:v>
       </x:c>
       <x:c r="O53" s="0" t="s">
-        <x:v>48</x:v>
+        <x:v>193</x:v>
       </x:c>
       <x:c r="P53" s="0" t="s">
         <x:v>190</x:v>
       </x:c>
       <x:c r="Q53" s="4" t="s">
         <x:v>192</x:v>
       </x:c>
       <x:c r="R53" s="0" t="s">
         <x:v>144</x:v>
       </x:c>
       <x:c r="S53" s="0" t="n">
-        <x:v>506448</x:v>
+        <x:v>609182</x:v>
       </x:c>
       <x:c r="T53" s="4" t="s">
-        <x:v>183</x:v>
+        <x:v>32</x:v>
       </x:c>
       <x:c r="U53" s="4" t="s">
-        <x:v>38</x:v>
+        <x:v>198</x:v>
       </x:c>
     </x:row>
     <x:row r="54" spans="1:21">
       <x:c r="A54" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B54" s="14" t="s">
         <x:v>194</x:v>
       </x:c>
       <x:c r="C54" s="15" t="n">
         <x:v>40568</x:v>
       </x:c>
       <x:c r="D54" s="15" t="s"/>
       <x:c r="E54" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F54" s="14" t="s"/>
       <x:c r="G54" s="14" t="s">
         <x:v>190</x:v>
       </x:c>
       <x:c r="H54" s="14" t="s">
         <x:v>191</x:v>
       </x:c>
       <x:c r="I54" s="16" t="s">
         <x:v>192</x:v>
@@ -6174,153 +6174,153 @@
       </x:c>
       <x:c r="P61" s="0" t="s">
         <x:v>210</x:v>
       </x:c>
       <x:c r="Q61" s="4" t="s">
         <x:v>168</x:v>
       </x:c>
       <x:c r="R61" s="0" t="s">
         <x:v>104</x:v>
       </x:c>
       <x:c r="S61" s="0" t="n">
         <x:v>558102</x:v>
       </x:c>
       <x:c r="T61" s="4" t="s">
         <x:v>214</x:v>
       </x:c>
       <x:c r="U61" s="4" t="s">
         <x:v>215</x:v>
       </x:c>
     </x:row>
     <x:row r="62" spans="1:21">
       <x:c r="A62" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B62" s="14" t="s">
-        <x:v>22</x:v>
+        <x:v>216</x:v>
       </x:c>
       <x:c r="C62" s="15" t="n">
-        <x:v>39063</x:v>
+        <x:v>38466</x:v>
       </x:c>
       <x:c r="D62" s="15" t="s"/>
       <x:c r="E62" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F62" s="14" t="s"/>
       <x:c r="G62" s="14" t="s">
         <x:v>210</x:v>
       </x:c>
       <x:c r="H62" s="14" t="s"/>
       <x:c r="I62" s="16" t="s">
         <x:v>168</x:v>
       </x:c>
       <x:c r="J62" s="14" t="s">
-        <x:v>26</x:v>
+        <x:v>57</x:v>
       </x:c>
       <x:c r="K62" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L62" s="14" t="s">
-        <x:v>85</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="M62" s="14" t="s">
-        <x:v>34</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="N62" s="15" t="n">
-        <x:v>34572</x:v>
+        <x:v>34590</x:v>
       </x:c>
       <x:c r="O62" s="14" t="s">
-        <x:v>30</x:v>
+        <x:v>209</x:v>
       </x:c>
       <x:c r="P62" s="14" t="s">
         <x:v>210</x:v>
       </x:c>
       <x:c r="Q62" s="16" t="s">
         <x:v>168</x:v>
       </x:c>
       <x:c r="R62" s="14" t="s">
         <x:v>104</x:v>
       </x:c>
       <x:c r="S62" s="14" t="n">
-        <x:v>607485</x:v>
+        <x:v>545654</x:v>
       </x:c>
       <x:c r="T62" s="16" t="s">
-        <x:v>216</x:v>
+        <x:v>217</x:v>
       </x:c>
       <x:c r="U62" s="16" t="s">
-        <x:v>217</x:v>
+        <x:v>218</x:v>
       </x:c>
     </x:row>
     <x:row r="63" spans="1:21">
       <x:c r="A63" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B63" s="0" t="s">
-        <x:v>218</x:v>
+        <x:v>22</x:v>
       </x:c>
       <x:c r="C63" s="3" t="n">
-        <x:v>38466</x:v>
+        <x:v>39063</x:v>
       </x:c>
       <x:c r="D63" s="3" t="s"/>
       <x:c r="E63" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G63" s="0" t="s">
         <x:v>210</x:v>
       </x:c>
       <x:c r="I63" s="4" t="s">
         <x:v>168</x:v>
       </x:c>
       <x:c r="J63" s="0" t="s">
-        <x:v>57</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="K63" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L63" s="0" t="s">
-        <x:v>28</x:v>
+        <x:v>85</x:v>
       </x:c>
       <x:c r="M63" s="0" t="s">
-        <x:v>29</x:v>
+        <x:v>34</x:v>
       </x:c>
       <x:c r="N63" s="3" t="n">
-        <x:v>34590</x:v>
+        <x:v>34572</x:v>
       </x:c>
       <x:c r="O63" s="0" t="s">
-        <x:v>209</x:v>
+        <x:v>30</x:v>
       </x:c>
       <x:c r="P63" s="0" t="s">
         <x:v>210</x:v>
       </x:c>
       <x:c r="Q63" s="4" t="s">
         <x:v>168</x:v>
       </x:c>
       <x:c r="R63" s="0" t="s">
         <x:v>104</x:v>
       </x:c>
       <x:c r="S63" s="0" t="n">
-        <x:v>545654</x:v>
+        <x:v>607485</x:v>
       </x:c>
       <x:c r="T63" s="4" t="s">
         <x:v>219</x:v>
       </x:c>
       <x:c r="U63" s="4" t="s">
         <x:v>220</x:v>
       </x:c>
     </x:row>
     <x:row r="64" spans="1:21">
       <x:c r="A64" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B64" s="14" t="s">
         <x:v>221</x:v>
       </x:c>
       <x:c r="C64" s="15" t="n">
         <x:v>39686</x:v>
       </x:c>
       <x:c r="D64" s="15" t="s"/>
       <x:c r="E64" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F64" s="14" t="s"/>
       <x:c r="G64" s="14" t="s">
         <x:v>207</x:v>
@@ -7121,57 +7121,57 @@
       <x:c r="K77" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L77" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M77" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N77" s="3" t="n">
         <x:v>34085</x:v>
       </x:c>
       <x:c r="O77" s="0" t="s">
         <x:v>193</x:v>
       </x:c>
       <x:c r="P77" s="0" t="s">
         <x:v>235</x:v>
       </x:c>
       <x:c r="Q77" s="4" t="s">
         <x:v>237</x:v>
       </x:c>
       <x:c r="R77" s="0" t="s">
         <x:v>104</x:v>
       </x:c>
       <x:c r="S77" s="0" t="n">
-        <x:v>608799</x:v>
+        <x:v>590083</x:v>
       </x:c>
       <x:c r="T77" s="4" t="s">
-        <x:v>32</x:v>
+        <x:v>61</x:v>
       </x:c>
       <x:c r="U77" s="4" t="s">
-        <x:v>35</x:v>
+        <x:v>38</x:v>
       </x:c>
     </x:row>
     <x:row r="78" spans="1:21">
       <x:c r="A78" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B78" s="14" t="s">
         <x:v>189</x:v>
       </x:c>
       <x:c r="C78" s="15" t="n">
         <x:v>40568</x:v>
       </x:c>
       <x:c r="D78" s="15" t="s"/>
       <x:c r="E78" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F78" s="14" t="s"/>
       <x:c r="G78" s="14" t="s">
         <x:v>235</x:v>
       </x:c>
       <x:c r="H78" s="14" t="s">
         <x:v>236</x:v>
       </x:c>
       <x:c r="I78" s="16" t="s">
         <x:v>237</x:v>
@@ -7182,57 +7182,57 @@
       <x:c r="K78" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L78" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M78" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N78" s="15" t="n">
         <x:v>34085</x:v>
       </x:c>
       <x:c r="O78" s="14" t="s">
         <x:v>193</x:v>
       </x:c>
       <x:c r="P78" s="14" t="s">
         <x:v>235</x:v>
       </x:c>
       <x:c r="Q78" s="16" t="s">
         <x:v>237</x:v>
       </x:c>
       <x:c r="R78" s="14" t="s">
         <x:v>104</x:v>
       </x:c>
       <x:c r="S78" s="14" t="n">
-        <x:v>590083</x:v>
+        <x:v>608799</x:v>
       </x:c>
       <x:c r="T78" s="16" t="s">
-        <x:v>61</x:v>
+        <x:v>32</x:v>
       </x:c>
       <x:c r="U78" s="16" t="s">
-        <x:v>38</x:v>
+        <x:v>35</x:v>
       </x:c>
     </x:row>
     <x:row r="79" spans="1:21">
       <x:c r="A79" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B79" s="0" t="s">
         <x:v>234</x:v>
       </x:c>
       <x:c r="C79" s="3" t="n">
         <x:v>36393</x:v>
       </x:c>
       <x:c r="D79" s="3" t="s"/>
       <x:c r="E79" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G79" s="0" t="s">
         <x:v>235</x:v>
       </x:c>
       <x:c r="H79" s="0" t="s">
         <x:v>236</x:v>
       </x:c>
       <x:c r="I79" s="4" t="s">
         <x:v>237</x:v>
       </x:c>
@@ -7501,161 +7501,161 @@
       </x:c>
       <x:c r="Q83" s="4" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="R83" s="0" t="s">
         <x:v>132</x:v>
       </x:c>
       <x:c r="S83" s="0" t="n">
         <x:v>547217</x:v>
       </x:c>
       <x:c r="T83" s="4" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="U83" s="4" t="s">
         <x:v>246</x:v>
       </x:c>
     </x:row>
     <x:row r="84" spans="1:21">
       <x:c r="A84" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B84" s="14" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="C84" s="15" t="n">
-        <x:v>41757</x:v>
+        <x:v>35801</x:v>
       </x:c>
       <x:c r="D84" s="15" t="s"/>
       <x:c r="E84" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F84" s="14" t="s"/>
       <x:c r="G84" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="H84" s="14" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="I84" s="16" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="J84" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K84" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L84" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M84" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N84" s="15" t="n">
         <x:v>34581</x:v>
       </x:c>
       <x:c r="O84" s="14" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="P84" s="14" t="s">
         <x:v>247</x:v>
       </x:c>
       <x:c r="Q84" s="16" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="R84" s="14" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="S84" s="14" t="n">
-        <x:v>602829</x:v>
+        <x:v>558860</x:v>
       </x:c>
       <x:c r="T84" s="16" t="s">
-        <x:v>32</x:v>
+        <x:v>61</x:v>
       </x:c>
       <x:c r="U84" s="16" t="s">
-        <x:v>33</x:v>
+        <x:v>35</x:v>
       </x:c>
     </x:row>
     <x:row r="85" spans="1:21">
       <x:c r="A85" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B85" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="C85" s="3" t="n">
-        <x:v>35801</x:v>
+        <x:v>41757</x:v>
       </x:c>
       <x:c r="D85" s="3" t="s"/>
       <x:c r="E85" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G85" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="H85" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="I85" s="4" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="J85" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K85" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L85" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M85" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N85" s="3" t="n">
         <x:v>34581</x:v>
       </x:c>
       <x:c r="O85" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="P85" s="0" t="s">
         <x:v>247</x:v>
       </x:c>
       <x:c r="Q85" s="4" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="R85" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="S85" s="0" t="n">
-        <x:v>558860</x:v>
+        <x:v>602829</x:v>
       </x:c>
       <x:c r="T85" s="4" t="s">
-        <x:v>61</x:v>
+        <x:v>32</x:v>
       </x:c>
       <x:c r="U85" s="4" t="s">
-        <x:v>35</x:v>
+        <x:v>33</x:v>
       </x:c>
     </x:row>
     <x:row r="86" spans="1:21">
       <x:c r="A86" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B86" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="C86" s="15" t="n">
         <x:v>38361</x:v>
       </x:c>
       <x:c r="D86" s="15" t="s"/>
       <x:c r="E86" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F86" s="14" t="s"/>
       <x:c r="G86" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="H86" s="14" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="I86" s="16" t="s">
         <x:v>42</x:v>
@@ -7801,161 +7801,161 @@
       </x:c>
       <x:c r="P88" s="14" t="s">
         <x:v>253</x:v>
       </x:c>
       <x:c r="Q88" s="16" t="s">
         <x:v>254</x:v>
       </x:c>
       <x:c r="R88" s="14" t="s">
         <x:v>255</x:v>
       </x:c>
       <x:c r="S88" s="14" t="n">
         <x:v>551893</x:v>
       </x:c>
       <x:c r="T88" s="16" t="s">
         <x:v>244</x:v>
       </x:c>
       <x:c r="U88" s="16" t="s">
         <x:v>215</x:v>
       </x:c>
     </x:row>
     <x:row r="89" spans="1:21">
       <x:c r="A89" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B89" s="0" t="s">
-        <x:v>189</x:v>
+        <x:v>249</x:v>
       </x:c>
       <x:c r="C89" s="3" t="n">
-        <x:v>40568</x:v>
+        <x:v>35164</x:v>
       </x:c>
       <x:c r="D89" s="3" t="s"/>
       <x:c r="E89" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G89" s="0" t="s">
         <x:v>250</x:v>
       </x:c>
       <x:c r="H89" s="0" t="s">
         <x:v>251</x:v>
       </x:c>
       <x:c r="I89" s="4" t="s">
         <x:v>252</x:v>
       </x:c>
       <x:c r="J89" s="0" t="s">
-        <x:v>64</x:v>
+        <x:v>57</x:v>
       </x:c>
       <x:c r="K89" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L89" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M89" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N89" s="3" t="n">
         <x:v>34085</x:v>
       </x:c>
       <x:c r="O89" s="0" t="s">
         <x:v>193</x:v>
       </x:c>
       <x:c r="P89" s="0" t="s">
         <x:v>253</x:v>
       </x:c>
       <x:c r="Q89" s="4" t="s">
         <x:v>254</x:v>
       </x:c>
       <x:c r="R89" s="0" t="s">
         <x:v>255</x:v>
       </x:c>
       <x:c r="S89" s="0" t="n">
-        <x:v>590092</x:v>
+        <x:v>551894</x:v>
       </x:c>
       <x:c r="T89" s="4" t="s">
         <x:v>152</x:v>
       </x:c>
       <x:c r="U89" s="4" t="s">
-        <x:v>215</x:v>
+        <x:v>180</x:v>
       </x:c>
     </x:row>
     <x:row r="90" spans="1:21">
       <x:c r="A90" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B90" s="14" t="s">
-        <x:v>249</x:v>
+        <x:v>189</x:v>
       </x:c>
       <x:c r="C90" s="15" t="n">
-        <x:v>35164</x:v>
+        <x:v>40568</x:v>
       </x:c>
       <x:c r="D90" s="15" t="s"/>
       <x:c r="E90" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F90" s="14" t="s"/>
       <x:c r="G90" s="14" t="s">
         <x:v>250</x:v>
       </x:c>
       <x:c r="H90" s="14" t="s">
         <x:v>251</x:v>
       </x:c>
       <x:c r="I90" s="16" t="s">
         <x:v>252</x:v>
       </x:c>
       <x:c r="J90" s="14" t="s">
-        <x:v>57</x:v>
+        <x:v>64</x:v>
       </x:c>
       <x:c r="K90" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L90" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M90" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N90" s="15" t="n">
         <x:v>34085</x:v>
       </x:c>
       <x:c r="O90" s="14" t="s">
         <x:v>193</x:v>
       </x:c>
       <x:c r="P90" s="14" t="s">
         <x:v>253</x:v>
       </x:c>
       <x:c r="Q90" s="16" t="s">
         <x:v>254</x:v>
       </x:c>
       <x:c r="R90" s="14" t="s">
         <x:v>255</x:v>
       </x:c>
       <x:c r="S90" s="14" t="n">
-        <x:v>551894</x:v>
+        <x:v>601013</x:v>
       </x:c>
       <x:c r="T90" s="16" t="s">
-        <x:v>152</x:v>
+        <x:v>90</x:v>
       </x:c>
       <x:c r="U90" s="16" t="s">
         <x:v>180</x:v>
       </x:c>
     </x:row>
     <x:row r="91" spans="1:21">
       <x:c r="A91" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B91" s="0" t="s">
         <x:v>189</x:v>
       </x:c>
       <x:c r="C91" s="3" t="n">
         <x:v>40568</x:v>
       </x:c>
       <x:c r="D91" s="3" t="s"/>
       <x:c r="E91" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G91" s="0" t="s">
         <x:v>250</x:v>
       </x:c>
       <x:c r="H91" s="0" t="s">
         <x:v>251</x:v>
       </x:c>
@@ -7968,57 +7968,57 @@
       <x:c r="K91" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L91" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M91" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N91" s="3" t="n">
         <x:v>34085</x:v>
       </x:c>
       <x:c r="O91" s="0" t="s">
         <x:v>193</x:v>
       </x:c>
       <x:c r="P91" s="0" t="s">
         <x:v>253</x:v>
       </x:c>
       <x:c r="Q91" s="4" t="s">
         <x:v>254</x:v>
       </x:c>
       <x:c r="R91" s="0" t="s">
         <x:v>255</x:v>
       </x:c>
       <x:c r="S91" s="0" t="n">
-        <x:v>601013</x:v>
+        <x:v>590092</x:v>
       </x:c>
       <x:c r="T91" s="4" t="s">
-        <x:v>90</x:v>
+        <x:v>152</x:v>
       </x:c>
       <x:c r="U91" s="4" t="s">
-        <x:v>180</x:v>
+        <x:v>215</x:v>
       </x:c>
     </x:row>
     <x:row r="92" spans="1:21">
       <x:c r="A92" s="13" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="B92" s="14" t="s">
         <x:v>256</x:v>
       </x:c>
       <x:c r="C92" s="15" t="n">
         <x:v>40568</x:v>
       </x:c>
       <x:c r="D92" s="15" t="s"/>
       <x:c r="E92" s="14" t="s"/>
       <x:c r="F92" s="14" t="s"/>
       <x:c r="G92" s="14" t="s">
         <x:v>257</x:v>
       </x:c>
       <x:c r="H92" s="14" t="s">
         <x:v>258</x:v>
       </x:c>
       <x:c r="I92" s="16" t="s">
         <x:v>259</x:v>
       </x:c>
       <x:c r="J92" s="14" t="s">
@@ -8695,165 +8695,164 @@
       </x:c>
       <x:c r="O103" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P103" s="0" t="s">
         <x:v>269</x:v>
       </x:c>
       <x:c r="Q103" s="4" t="s">
         <x:v>271</x:v>
       </x:c>
       <x:c r="R103" s="0" t="s">
         <x:v>272</x:v>
       </x:c>
       <x:c r="S103" s="0" t="n">
         <x:v>599335</x:v>
       </x:c>
       <x:c r="T103" s="4" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="U103" s="4" t="s">
         <x:v>35</x:v>
       </x:c>
     </x:row>
     <x:row r="104" spans="1:21">
       <x:c r="A104" s="13" t="s">
-        <x:v>199</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B104" s="14" t="s">
         <x:v>273</x:v>
       </x:c>
       <x:c r="C104" s="15" t="n">
-        <x:v>30086</x:v>
+        <x:v>40290</x:v>
       </x:c>
       <x:c r="D104" s="15" t="s"/>
-      <x:c r="E104" s="14" t="s"/>
+      <x:c r="E104" s="14" t="s">
+        <x:v>23</x:v>
+      </x:c>
       <x:c r="F104" s="14" t="s"/>
       <x:c r="G104" s="14" t="s">
         <x:v>274</x:v>
       </x:c>
       <x:c r="H104" s="14" t="s">
         <x:v>275</x:v>
       </x:c>
       <x:c r="I104" s="16" t="s">
         <x:v>276</x:v>
       </x:c>
       <x:c r="J104" s="14" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="K104" s="14" t="s">
-        <x:v>58</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="L104" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M104" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N104" s="15" t="n">
         <x:v>32054</x:v>
       </x:c>
       <x:c r="O104" s="14" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="P104" s="14" t="s">
         <x:v>274</x:v>
       </x:c>
       <x:c r="Q104" s="16" t="s">
         <x:v>276</x:v>
       </x:c>
       <x:c r="R104" s="14" t="s">
         <x:v>116</x:v>
       </x:c>
       <x:c r="S104" s="14" t="n">
-        <x:v>558338</x:v>
+        <x:v>611472</x:v>
       </x:c>
       <x:c r="T104" s="16" t="s">
-        <x:v>61</x:v>
+        <x:v>32</x:v>
       </x:c>
       <x:c r="U104" s="16" t="s">
-        <x:v>215</x:v>
+        <x:v>180</x:v>
       </x:c>
     </x:row>
     <x:row r="105" spans="1:21">
       <x:c r="A105" s="1" t="s">
-        <x:v>21</x:v>
+        <x:v>199</x:v>
       </x:c>
       <x:c r="B105" s="0" t="s">
         <x:v>277</x:v>
       </x:c>
       <x:c r="C105" s="3" t="n">
-        <x:v>40290</x:v>
+        <x:v>30086</x:v>
       </x:c>
       <x:c r="D105" s="3" t="s"/>
-      <x:c r="E105" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="G105" s="0" t="s">
         <x:v>274</x:v>
       </x:c>
       <x:c r="H105" s="0" t="s">
         <x:v>275</x:v>
       </x:c>
       <x:c r="I105" s="4" t="s">
         <x:v>276</x:v>
       </x:c>
       <x:c r="J105" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="K105" s="0" t="s">
-        <x:v>27</x:v>
+        <x:v>58</x:v>
       </x:c>
       <x:c r="L105" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M105" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N105" s="3" t="n">
         <x:v>32054</x:v>
       </x:c>
       <x:c r="O105" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="P105" s="0" t="s">
         <x:v>274</x:v>
       </x:c>
       <x:c r="Q105" s="4" t="s">
         <x:v>276</x:v>
       </x:c>
       <x:c r="R105" s="0" t="s">
         <x:v>116</x:v>
       </x:c>
       <x:c r="S105" s="0" t="n">
-        <x:v>611472</x:v>
+        <x:v>558338</x:v>
       </x:c>
       <x:c r="T105" s="4" t="s">
-        <x:v>32</x:v>
+        <x:v>61</x:v>
       </x:c>
       <x:c r="U105" s="4" t="s">
-        <x:v>180</x:v>
+        <x:v>215</x:v>
       </x:c>
     </x:row>
     <x:row r="106" spans="1:21">
       <x:c r="A106" s="13" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="B106" s="14" t="s">
         <x:v>278</x:v>
       </x:c>
       <x:c r="C106" s="15" t="n">
         <x:v>30086</x:v>
       </x:c>
       <x:c r="D106" s="15" t="s"/>
       <x:c r="E106" s="14" t="s"/>
       <x:c r="F106" s="14" t="s"/>
       <x:c r="G106" s="14" t="s">
         <x:v>274</x:v>
       </x:c>
       <x:c r="H106" s="14" t="s">
         <x:v>275</x:v>
       </x:c>
       <x:c r="I106" s="16" t="s">
         <x:v>276</x:v>
       </x:c>
       <x:c r="J106" s="14" t="s">
@@ -8876,51 +8875,51 @@
       </x:c>
       <x:c r="P106" s="14" t="s">
         <x:v>274</x:v>
       </x:c>
       <x:c r="Q106" s="16" t="s">
         <x:v>276</x:v>
       </x:c>
       <x:c r="R106" s="14" t="s">
         <x:v>116</x:v>
       </x:c>
       <x:c r="S106" s="14" t="n">
         <x:v>558340</x:v>
       </x:c>
       <x:c r="T106" s="16" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="U106" s="16" t="s">
         <x:v>215</x:v>
       </x:c>
     </x:row>
     <x:row r="107" spans="1:21">
       <x:c r="A107" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B107" s="0" t="s">
-        <x:v>277</x:v>
+        <x:v>273</x:v>
       </x:c>
       <x:c r="C107" s="3" t="n">
         <x:v>30086</x:v>
       </x:c>
       <x:c r="D107" s="3" t="s"/>
       <x:c r="E107" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G107" s="0" t="s">
         <x:v>274</x:v>
       </x:c>
       <x:c r="H107" s="0" t="s">
         <x:v>275</x:v>
       </x:c>
       <x:c r="I107" s="4" t="s">
         <x:v>276</x:v>
       </x:c>
       <x:c r="J107" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="K107" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L107" s="0" t="s">
         <x:v>28</x:v>
@@ -8985,51 +8984,51 @@
       <x:c r="M108" s="14" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="N108" s="15" t="n">
         <x:v>34572</x:v>
       </x:c>
       <x:c r="O108" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P108" s="14" t="s">
         <x:v>280</x:v>
       </x:c>
       <x:c r="Q108" s="16" t="s">
         <x:v>281</x:v>
       </x:c>
       <x:c r="R108" s="14" t="s">
         <x:v>282</x:v>
       </x:c>
       <x:c r="S108" s="14" t="n">
         <x:v>615335</x:v>
       </x:c>
       <x:c r="T108" s="16" t="s">
         <x:v>283</x:v>
       </x:c>
       <x:c r="U108" s="16" t="s">
-        <x:v>217</x:v>
+        <x:v>220</x:v>
       </x:c>
     </x:row>
     <x:row r="109" spans="1:21">
       <x:c r="A109" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B109" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C109" s="3" t="n">
         <x:v>39063</x:v>
       </x:c>
       <x:c r="D109" s="3" t="s"/>
       <x:c r="E109" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G109" s="0" t="s">
         <x:v>280</x:v>
       </x:c>
       <x:c r="I109" s="4" t="s">
         <x:v>281</x:v>
       </x:c>
       <x:c r="J109" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
@@ -10240,433 +10239,432 @@
       </x:c>
       <x:c r="P130" s="14" t="s">
         <x:v>291</x:v>
       </x:c>
       <x:c r="Q130" s="16" t="s">
         <x:v>166</x:v>
       </x:c>
       <x:c r="R130" s="14" t="s">
         <x:v>293</x:v>
       </x:c>
       <x:c r="S130" s="14" t="n">
         <x:v>548183</x:v>
       </x:c>
       <x:c r="T130" s="16" t="s">
         <x:v>260</x:v>
       </x:c>
       <x:c r="U130" s="16" t="s">
         <x:v>90</x:v>
       </x:c>
     </x:row>
     <x:row r="131" spans="1:21">
       <x:c r="A131" s="1" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="B131" s="0" t="s">
-        <x:v>135</x:v>
+        <x:v>279</x:v>
       </x:c>
       <x:c r="C131" s="3" t="n">
-        <x:v>37717</x:v>
+        <x:v>39063</x:v>
       </x:c>
       <x:c r="D131" s="3" t="s"/>
       <x:c r="G131" s="0" t="s">
         <x:v>291</x:v>
       </x:c>
       <x:c r="I131" s="4" t="s">
         <x:v>166</x:v>
       </x:c>
       <x:c r="J131" s="0" t="s">
-        <x:v>95</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="K131" s="0" t="s">
         <x:v>292</x:v>
       </x:c>
       <x:c r="L131" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M131" s="0" t="s">
-        <x:v>34</x:v>
+        <x:v>157</x:v>
       </x:c>
       <x:c r="N131" s="3" t="n">
-        <x:v>34581</x:v>
+        <x:v>34572</x:v>
       </x:c>
       <x:c r="O131" s="0" t="s">
-        <x:v>48</x:v>
+        <x:v>30</x:v>
       </x:c>
       <x:c r="P131" s="0" t="s">
         <x:v>291</x:v>
       </x:c>
       <x:c r="Q131" s="4" t="s">
         <x:v>166</x:v>
       </x:c>
       <x:c r="R131" s="0" t="s">
         <x:v>293</x:v>
       </x:c>
       <x:c r="S131" s="0" t="n">
-        <x:v>569969</x:v>
+        <x:v>617730</x:v>
       </x:c>
       <x:c r="T131" s="4" t="s">
-        <x:v>260</x:v>
+        <x:v>304</x:v>
       </x:c>
       <x:c r="U131" s="4" t="s">
-        <x:v>298</x:v>
+        <x:v>301</x:v>
       </x:c>
     </x:row>
     <x:row r="132" spans="1:21">
       <x:c r="A132" s="13" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="B132" s="14" t="s">
         <x:v>279</x:v>
       </x:c>
       <x:c r="C132" s="15" t="n">
         <x:v>39063</x:v>
       </x:c>
       <x:c r="D132" s="15" t="s"/>
       <x:c r="E132" s="14" t="s"/>
       <x:c r="F132" s="14" t="s"/>
       <x:c r="G132" s="14" t="s">
         <x:v>291</x:v>
       </x:c>
       <x:c r="H132" s="14" t="s"/>
       <x:c r="I132" s="16" t="s">
         <x:v>166</x:v>
       </x:c>
       <x:c r="J132" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K132" s="14" t="s">
         <x:v>292</x:v>
       </x:c>
       <x:c r="L132" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M132" s="14" t="s">
         <x:v>157</x:v>
       </x:c>
       <x:c r="N132" s="15" t="n">
         <x:v>34572</x:v>
       </x:c>
       <x:c r="O132" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P132" s="14" t="s">
         <x:v>291</x:v>
       </x:c>
       <x:c r="Q132" s="16" t="s">
         <x:v>166</x:v>
       </x:c>
       <x:c r="R132" s="14" t="s">
         <x:v>293</x:v>
       </x:c>
       <x:c r="S132" s="14" t="n">
-        <x:v>617730</x:v>
+        <x:v>617731</x:v>
       </x:c>
       <x:c r="T132" s="16" t="s">
-        <x:v>304</x:v>
+        <x:v>305</x:v>
       </x:c>
       <x:c r="U132" s="16" t="s">
         <x:v>301</x:v>
       </x:c>
     </x:row>
     <x:row r="133" spans="1:21">
       <x:c r="A133" s="1" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="B133" s="0" t="s">
-        <x:v>279</x:v>
+        <x:v>135</x:v>
       </x:c>
       <x:c r="C133" s="3" t="n">
-        <x:v>39063</x:v>
+        <x:v>37717</x:v>
       </x:c>
       <x:c r="D133" s="3" t="s"/>
       <x:c r="G133" s="0" t="s">
         <x:v>291</x:v>
       </x:c>
       <x:c r="I133" s="4" t="s">
         <x:v>166</x:v>
       </x:c>
       <x:c r="J133" s="0" t="s">
-        <x:v>26</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="K133" s="0" t="s">
         <x:v>292</x:v>
       </x:c>
       <x:c r="L133" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M133" s="0" t="s">
         <x:v>157</x:v>
       </x:c>
       <x:c r="N133" s="3" t="n">
-        <x:v>34572</x:v>
+        <x:v>34581</x:v>
       </x:c>
       <x:c r="O133" s="0" t="s">
-        <x:v>30</x:v>
+        <x:v>48</x:v>
       </x:c>
       <x:c r="P133" s="0" t="s">
         <x:v>291</x:v>
       </x:c>
       <x:c r="Q133" s="4" t="s">
         <x:v>166</x:v>
       </x:c>
       <x:c r="R133" s="0" t="s">
         <x:v>293</x:v>
       </x:c>
       <x:c r="S133" s="0" t="n">
-        <x:v>617731</x:v>
+        <x:v>598726</x:v>
       </x:c>
       <x:c r="T133" s="4" t="s">
-        <x:v>305</x:v>
+        <x:v>296</x:v>
       </x:c>
       <x:c r="U133" s="4" t="s">
-        <x:v>301</x:v>
+        <x:v>215</x:v>
       </x:c>
     </x:row>
     <x:row r="134" spans="1:21">
       <x:c r="A134" s="13" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="B134" s="14" t="s">
-        <x:v>135</x:v>
+        <x:v>279</x:v>
       </x:c>
       <x:c r="C134" s="15" t="n">
-        <x:v>37717</x:v>
+        <x:v>39063</x:v>
       </x:c>
       <x:c r="D134" s="15" t="s"/>
       <x:c r="E134" s="14" t="s"/>
       <x:c r="F134" s="14" t="s"/>
       <x:c r="G134" s="14" t="s">
         <x:v>291</x:v>
       </x:c>
       <x:c r="H134" s="14" t="s"/>
       <x:c r="I134" s="16" t="s">
         <x:v>166</x:v>
       </x:c>
       <x:c r="J134" s="14" t="s">
-        <x:v>95</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="K134" s="14" t="s">
         <x:v>292</x:v>
       </x:c>
       <x:c r="L134" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M134" s="14" t="s">
         <x:v>157</x:v>
       </x:c>
       <x:c r="N134" s="15" t="n">
-        <x:v>34581</x:v>
+        <x:v>34572</x:v>
       </x:c>
       <x:c r="O134" s="14" t="s">
-        <x:v>48</x:v>
+        <x:v>30</x:v>
       </x:c>
       <x:c r="P134" s="14" t="s">
         <x:v>291</x:v>
       </x:c>
       <x:c r="Q134" s="16" t="s">
         <x:v>166</x:v>
       </x:c>
       <x:c r="R134" s="14" t="s">
         <x:v>293</x:v>
       </x:c>
       <x:c r="S134" s="14" t="n">
-        <x:v>572856</x:v>
+        <x:v>609625</x:v>
       </x:c>
       <x:c r="T134" s="16" t="s">
-        <x:v>297</x:v>
+        <x:v>299</x:v>
       </x:c>
       <x:c r="U134" s="16" t="s">
-        <x:v>298</x:v>
+        <x:v>109</x:v>
       </x:c>
     </x:row>
     <x:row r="135" spans="1:21">
       <x:c r="A135" s="1" t="s">
-        <x:v>21</x:v>
+        <x:v>52</x:v>
       </x:c>
       <x:c r="B135" s="0" t="s">
-        <x:v>94</x:v>
+        <x:v>135</x:v>
       </x:c>
       <x:c r="C135" s="3" t="n">
         <x:v>37717</x:v>
       </x:c>
       <x:c r="D135" s="3" t="s"/>
-      <x:c r="E135" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="G135" s="0" t="s">
         <x:v>291</x:v>
       </x:c>
       <x:c r="I135" s="4" t="s">
         <x:v>166</x:v>
       </x:c>
       <x:c r="J135" s="0" t="s">
         <x:v>95</x:v>
       </x:c>
       <x:c r="K135" s="0" t="s">
-        <x:v>27</x:v>
+        <x:v>292</x:v>
       </x:c>
       <x:c r="L135" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M135" s="0" t="s">
-        <x:v>34</x:v>
+        <x:v>157</x:v>
       </x:c>
       <x:c r="N135" s="3" t="n">
         <x:v>34581</x:v>
       </x:c>
       <x:c r="O135" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="P135" s="0" t="s">
         <x:v>291</x:v>
       </x:c>
       <x:c r="Q135" s="4" t="s">
         <x:v>166</x:v>
       </x:c>
       <x:c r="R135" s="0" t="s">
         <x:v>293</x:v>
       </x:c>
       <x:c r="S135" s="0" t="n">
-        <x:v>600042</x:v>
+        <x:v>572856</x:v>
       </x:c>
       <x:c r="T135" s="4" t="s">
-        <x:v>92</x:v>
+        <x:v>297</x:v>
       </x:c>
       <x:c r="U135" s="4" t="s">
-        <x:v>180</x:v>
+        <x:v>298</x:v>
       </x:c>
     </x:row>
     <x:row r="136" spans="1:21">
       <x:c r="A136" s="13" t="s">
-        <x:v>52</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B136" s="14" t="s">
-        <x:v>135</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="C136" s="15" t="n">
         <x:v>37717</x:v>
       </x:c>
       <x:c r="D136" s="15" t="s"/>
-      <x:c r="E136" s="14" t="s"/>
+      <x:c r="E136" s="14" t="s">
+        <x:v>23</x:v>
+      </x:c>
       <x:c r="F136" s="14" t="s"/>
       <x:c r="G136" s="14" t="s">
         <x:v>291</x:v>
       </x:c>
       <x:c r="H136" s="14" t="s"/>
       <x:c r="I136" s="16" t="s">
         <x:v>166</x:v>
       </x:c>
       <x:c r="J136" s="14" t="s">
         <x:v>95</x:v>
       </x:c>
       <x:c r="K136" s="14" t="s">
-        <x:v>292</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="L136" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M136" s="14" t="s">
-        <x:v>157</x:v>
+        <x:v>34</x:v>
       </x:c>
       <x:c r="N136" s="15" t="n">
         <x:v>34581</x:v>
       </x:c>
       <x:c r="O136" s="14" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="P136" s="14" t="s">
         <x:v>291</x:v>
       </x:c>
       <x:c r="Q136" s="16" t="s">
         <x:v>166</x:v>
       </x:c>
       <x:c r="R136" s="14" t="s">
         <x:v>293</x:v>
       </x:c>
       <x:c r="S136" s="14" t="n">
-        <x:v>598726</x:v>
+        <x:v>600042</x:v>
       </x:c>
       <x:c r="T136" s="16" t="s">
-        <x:v>296</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="U136" s="16" t="s">
-        <x:v>215</x:v>
+        <x:v>180</x:v>
       </x:c>
     </x:row>
     <x:row r="137" spans="1:21">
       <x:c r="A137" s="1" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="B137" s="0" t="s">
-        <x:v>279</x:v>
+        <x:v>135</x:v>
       </x:c>
       <x:c r="C137" s="3" t="n">
-        <x:v>39063</x:v>
+        <x:v>37717</x:v>
       </x:c>
       <x:c r="D137" s="3" t="s"/>
       <x:c r="G137" s="0" t="s">
         <x:v>291</x:v>
       </x:c>
       <x:c r="I137" s="4" t="s">
         <x:v>166</x:v>
       </x:c>
       <x:c r="J137" s="0" t="s">
-        <x:v>26</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="K137" s="0" t="s">
         <x:v>292</x:v>
       </x:c>
       <x:c r="L137" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M137" s="0" t="s">
-        <x:v>157</x:v>
+        <x:v>34</x:v>
       </x:c>
       <x:c r="N137" s="3" t="n">
-        <x:v>34572</x:v>
+        <x:v>34581</x:v>
       </x:c>
       <x:c r="O137" s="0" t="s">
-        <x:v>30</x:v>
+        <x:v>48</x:v>
       </x:c>
       <x:c r="P137" s="0" t="s">
         <x:v>291</x:v>
       </x:c>
       <x:c r="Q137" s="4" t="s">
         <x:v>166</x:v>
       </x:c>
       <x:c r="R137" s="0" t="s">
         <x:v>293</x:v>
       </x:c>
       <x:c r="S137" s="0" t="n">
-        <x:v>609625</x:v>
+        <x:v>569969</x:v>
       </x:c>
       <x:c r="T137" s="4" t="s">
-        <x:v>299</x:v>
+        <x:v>260</x:v>
       </x:c>
       <x:c r="U137" s="4" t="s">
-        <x:v>109</x:v>
+        <x:v>298</x:v>
       </x:c>
     </x:row>
     <x:row r="138" spans="1:21">
       <x:c r="A138" s="13" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="B138" s="14" t="s">
         <x:v>306</x:v>
       </x:c>
       <x:c r="C138" s="15" t="n">
         <x:v>39743</x:v>
       </x:c>
       <x:c r="D138" s="15" t="s"/>
       <x:c r="E138" s="14" t="s"/>
       <x:c r="F138" s="14" t="s"/>
       <x:c r="G138" s="14" t="s">
         <x:v>307</x:v>
       </x:c>
       <x:c r="H138" s="14" t="s"/>
       <x:c r="I138" s="16" t="s">
         <x:v>308</x:v>
       </x:c>
       <x:c r="J138" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
@@ -11616,173 +11614,173 @@
       <x:c r="K154" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L154" s="14" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="M154" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N154" s="15" t="n">
         <x:v>34572</x:v>
       </x:c>
       <x:c r="O154" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P154" s="14" t="s">
         <x:v>335</x:v>
       </x:c>
       <x:c r="Q154" s="16" t="s">
         <x:v>336</x:v>
       </x:c>
       <x:c r="R154" s="14" t="s">
         <x:v>326</x:v>
       </x:c>
       <x:c r="S154" s="14" t="n">
-        <x:v>578907</x:v>
+        <x:v>603053</x:v>
       </x:c>
       <x:c r="T154" s="16" t="s">
+        <x:v>90</x:v>
+      </x:c>
+      <x:c r="U154" s="16" t="s">
         <x:v>337</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>338</x:v>
       </x:c>
     </x:row>
     <x:row r="155" spans="1:21">
       <x:c r="A155" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B155" s="0" t="s">
-        <x:v>332</x:v>
+        <x:v>338</x:v>
       </x:c>
       <x:c r="C155" s="3" t="n">
         <x:v>40607</x:v>
       </x:c>
       <x:c r="D155" s="3" t="s"/>
       <x:c r="E155" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G155" s="0" t="s">
         <x:v>333</x:v>
       </x:c>
       <x:c r="I155" s="4" t="s">
         <x:v>334</x:v>
       </x:c>
       <x:c r="J155" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="K155" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L155" s="0" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="M155" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N155" s="3" t="n">
         <x:v>34572</x:v>
       </x:c>
       <x:c r="O155" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P155" s="0" t="s">
         <x:v>335</x:v>
       </x:c>
       <x:c r="Q155" s="4" t="s">
         <x:v>336</x:v>
       </x:c>
       <x:c r="R155" s="0" t="s">
         <x:v>326</x:v>
       </x:c>
       <x:c r="S155" s="0" t="n">
-        <x:v>603053</x:v>
+        <x:v>603061</x:v>
       </x:c>
       <x:c r="T155" s="4" t="s">
-        <x:v>90</x:v>
+        <x:v>61</x:v>
       </x:c>
       <x:c r="U155" s="4" t="s">
-        <x:v>339</x:v>
+        <x:v>220</x:v>
       </x:c>
     </x:row>
     <x:row r="156" spans="1:21">
       <x:c r="A156" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B156" s="14" t="s">
-        <x:v>340</x:v>
+        <x:v>332</x:v>
       </x:c>
       <x:c r="C156" s="15" t="n">
         <x:v>40607</x:v>
       </x:c>
       <x:c r="D156" s="15" t="s"/>
       <x:c r="E156" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F156" s="14" t="s"/>
       <x:c r="G156" s="14" t="s">
         <x:v>333</x:v>
       </x:c>
       <x:c r="H156" s="14" t="s"/>
       <x:c r="I156" s="16" t="s">
         <x:v>334</x:v>
       </x:c>
       <x:c r="J156" s="14" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="K156" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L156" s="14" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="M156" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N156" s="15" t="n">
         <x:v>34572</x:v>
       </x:c>
       <x:c r="O156" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P156" s="14" t="s">
         <x:v>335</x:v>
       </x:c>
       <x:c r="Q156" s="16" t="s">
         <x:v>336</x:v>
       </x:c>
       <x:c r="R156" s="14" t="s">
         <x:v>326</x:v>
       </x:c>
       <x:c r="S156" s="14" t="n">
-        <x:v>603061</x:v>
+        <x:v>578907</x:v>
       </x:c>
       <x:c r="T156" s="16" t="s">
-        <x:v>61</x:v>
+        <x:v>339</x:v>
       </x:c>
       <x:c r="U156" s="16" t="s">
-        <x:v>217</x:v>
+        <x:v>340</x:v>
       </x:c>
     </x:row>
     <x:row r="157" spans="1:21">
       <x:c r="A157" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B157" s="0" t="s">
         <x:v>341</x:v>
       </x:c>
       <x:c r="C157" s="3" t="n">
         <x:v>35652</x:v>
       </x:c>
       <x:c r="D157" s="3" t="s"/>
       <x:c r="E157" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G157" s="0" t="s">
         <x:v>333</x:v>
       </x:c>
       <x:c r="I157" s="4" t="s">
         <x:v>334</x:v>
       </x:c>
       <x:c r="J157" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
@@ -11795,59 +11793,59 @@
       <x:c r="M157" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N157" s="3" t="n">
         <x:v>34538</x:v>
       </x:c>
       <x:c r="O157" s="0" t="s">
         <x:v>342</x:v>
       </x:c>
       <x:c r="P157" s="0" t="s">
         <x:v>335</x:v>
       </x:c>
       <x:c r="Q157" s="4" t="s">
         <x:v>336</x:v>
       </x:c>
       <x:c r="R157" s="0" t="s">
         <x:v>326</x:v>
       </x:c>
       <x:c r="S157" s="0" t="n">
         <x:v>549064</x:v>
       </x:c>
       <x:c r="T157" s="4" t="s">
         <x:v>183</x:v>
       </x:c>
       <x:c r="U157" s="4" t="s">
-        <x:v>217</x:v>
+        <x:v>220</x:v>
       </x:c>
     </x:row>
     <x:row r="158" spans="1:21">
       <x:c r="A158" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B158" s="14" t="s">
-        <x:v>340</x:v>
+        <x:v>338</x:v>
       </x:c>
       <x:c r="C158" s="15" t="n">
         <x:v>40607</x:v>
       </x:c>
       <x:c r="D158" s="15" t="s"/>
       <x:c r="E158" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F158" s="14" t="s"/>
       <x:c r="G158" s="14" t="s">
         <x:v>333</x:v>
       </x:c>
       <x:c r="H158" s="14" t="s"/>
       <x:c r="I158" s="16" t="s">
         <x:v>334</x:v>
       </x:c>
       <x:c r="J158" s="14" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="K158" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L158" s="14" t="s">
         <x:v>85</x:v>
       </x:c>
@@ -11911,51 +11909,51 @@
       <x:c r="M159" s="0" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="N159" s="3" t="n">
         <x:v>34538</x:v>
       </x:c>
       <x:c r="O159" s="0" t="s">
         <x:v>342</x:v>
       </x:c>
       <x:c r="P159" s="0" t="s">
         <x:v>335</x:v>
       </x:c>
       <x:c r="Q159" s="4" t="s">
         <x:v>336</x:v>
       </x:c>
       <x:c r="R159" s="0" t="s">
         <x:v>326</x:v>
       </x:c>
       <x:c r="S159" s="0" t="n">
         <x:v>549066</x:v>
       </x:c>
       <x:c r="T159" s="4" t="s">
         <x:v>183</x:v>
       </x:c>
       <x:c r="U159" s="4" t="s">
-        <x:v>217</x:v>
+        <x:v>220</x:v>
       </x:c>
     </x:row>
     <x:row r="160" spans="1:21">
       <x:c r="A160" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B160" s="14" t="s">
         <x:v>343</x:v>
       </x:c>
       <x:c r="C160" s="15" t="n">
         <x:v>35652</x:v>
       </x:c>
       <x:c r="D160" s="15" t="s"/>
       <x:c r="E160" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F160" s="14" t="s"/>
       <x:c r="G160" s="14" t="s">
         <x:v>333</x:v>
       </x:c>
       <x:c r="H160" s="14" t="s"/>
       <x:c r="I160" s="16" t="s">
         <x:v>334</x:v>
       </x:c>
       <x:c r="J160" s="14" t="s">
@@ -12027,51 +12025,51 @@
       <x:c r="M161" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N161" s="3" t="n">
         <x:v>34572</x:v>
       </x:c>
       <x:c r="O161" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P161" s="0" t="s">
         <x:v>335</x:v>
       </x:c>
       <x:c r="Q161" s="4" t="s">
         <x:v>336</x:v>
       </x:c>
       <x:c r="R161" s="0" t="s">
         <x:v>326</x:v>
       </x:c>
       <x:c r="S161" s="0" t="n">
         <x:v>578909</x:v>
       </x:c>
       <x:c r="T161" s="4" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="U161" s="4" t="s">
-        <x:v>217</x:v>
+        <x:v>220</x:v>
       </x:c>
     </x:row>
     <x:row r="162" spans="1:21">
       <x:c r="A162" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B162" s="14" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="C162" s="15" t="n">
         <x:v>35801</x:v>
       </x:c>
       <x:c r="D162" s="15" t="s"/>
       <x:c r="E162" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F162" s="14" t="s"/>
       <x:c r="G162" s="14" t="s">
         <x:v>333</x:v>
       </x:c>
       <x:c r="H162" s="14" t="s"/>
       <x:c r="I162" s="16" t="s">
         <x:v>334</x:v>
       </x:c>
       <x:c r="J162" s="14" t="s">
@@ -12259,51 +12257,51 @@
       <x:c r="M165" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N165" s="3" t="n">
         <x:v>34572</x:v>
       </x:c>
       <x:c r="O165" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P165" s="0" t="s">
         <x:v>335</x:v>
       </x:c>
       <x:c r="Q165" s="4" t="s">
         <x:v>336</x:v>
       </x:c>
       <x:c r="R165" s="0" t="s">
         <x:v>326</x:v>
       </x:c>
       <x:c r="S165" s="0" t="n">
         <x:v>603059</x:v>
       </x:c>
       <x:c r="T165" s="4" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="U165" s="4" t="s">
-        <x:v>217</x:v>
+        <x:v>220</x:v>
       </x:c>
     </x:row>
     <x:row r="166" spans="1:21">
       <x:c r="A166" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B166" s="14" t="s">
         <x:v>345</x:v>
       </x:c>
       <x:c r="C166" s="15" t="n">
         <x:v>40607</x:v>
       </x:c>
       <x:c r="D166" s="15" t="s"/>
       <x:c r="E166" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F166" s="14" t="s"/>
       <x:c r="G166" s="14" t="s">
         <x:v>333</x:v>
       </x:c>
       <x:c r="H166" s="14" t="s"/>
       <x:c r="I166" s="16" t="s">
         <x:v>334</x:v>
       </x:c>
       <x:c r="J166" s="14" t="s">
@@ -12607,51 +12605,51 @@
       <x:c r="M171" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N171" s="3" t="n">
         <x:v>34538</x:v>
       </x:c>
       <x:c r="O171" s="0" t="s">
         <x:v>342</x:v>
       </x:c>
       <x:c r="P171" s="0" t="s">
         <x:v>335</x:v>
       </x:c>
       <x:c r="Q171" s="4" t="s">
         <x:v>336</x:v>
       </x:c>
       <x:c r="R171" s="0" t="s">
         <x:v>326</x:v>
       </x:c>
       <x:c r="S171" s="0" t="n">
         <x:v>603063</x:v>
       </x:c>
       <x:c r="T171" s="4" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="U171" s="4" t="s">
-        <x:v>217</x:v>
+        <x:v>220</x:v>
       </x:c>
     </x:row>
     <x:row r="172" spans="1:21">
       <x:c r="A172" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B172" s="14" t="s">
         <x:v>341</x:v>
       </x:c>
       <x:c r="C172" s="15" t="n">
         <x:v>35652</x:v>
       </x:c>
       <x:c r="D172" s="15" t="s"/>
       <x:c r="E172" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F172" s="14" t="s"/>
       <x:c r="G172" s="14" t="s">
         <x:v>333</x:v>
       </x:c>
       <x:c r="H172" s="14" t="s"/>
       <x:c r="I172" s="16" t="s">
         <x:v>334</x:v>
       </x:c>
       <x:c r="J172" s="14" t="s">
@@ -12666,51 +12664,51 @@
       <x:c r="M172" s="14" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="N172" s="15" t="n">
         <x:v>34538</x:v>
       </x:c>
       <x:c r="O172" s="14" t="s">
         <x:v>342</x:v>
       </x:c>
       <x:c r="P172" s="14" t="s">
         <x:v>335</x:v>
       </x:c>
       <x:c r="Q172" s="16" t="s">
         <x:v>336</x:v>
       </x:c>
       <x:c r="R172" s="14" t="s">
         <x:v>326</x:v>
       </x:c>
       <x:c r="S172" s="14" t="n">
         <x:v>497345</x:v>
       </x:c>
       <x:c r="T172" s="16" t="s">
         <x:v>183</x:v>
       </x:c>
       <x:c r="U172" s="16" t="s">
-        <x:v>217</x:v>
+        <x:v>220</x:v>
       </x:c>
     </x:row>
     <x:row r="173" spans="1:21">
       <x:c r="A173" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B173" s="0" t="s">
         <x:v>343</x:v>
       </x:c>
       <x:c r="C173" s="3" t="n">
         <x:v>35652</x:v>
       </x:c>
       <x:c r="D173" s="3" t="s"/>
       <x:c r="E173" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G173" s="0" t="s">
         <x:v>333</x:v>
       </x:c>
       <x:c r="I173" s="4" t="s">
         <x:v>334</x:v>
       </x:c>
       <x:c r="J173" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
@@ -12723,51 +12721,51 @@
       <x:c r="M173" s="0" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="N173" s="3" t="n">
         <x:v>34538</x:v>
       </x:c>
       <x:c r="O173" s="0" t="s">
         <x:v>342</x:v>
       </x:c>
       <x:c r="P173" s="0" t="s">
         <x:v>335</x:v>
       </x:c>
       <x:c r="Q173" s="4" t="s">
         <x:v>336</x:v>
       </x:c>
       <x:c r="R173" s="0" t="s">
         <x:v>326</x:v>
       </x:c>
       <x:c r="S173" s="0" t="n">
         <x:v>497346</x:v>
       </x:c>
       <x:c r="T173" s="4" t="s">
         <x:v>183</x:v>
       </x:c>
       <x:c r="U173" s="4" t="s">
-        <x:v>217</x:v>
+        <x:v>220</x:v>
       </x:c>
     </x:row>
     <x:row r="174" spans="1:21">
       <x:c r="A174" s="13" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="B174" s="14" t="s">
         <x:v>279</x:v>
       </x:c>
       <x:c r="C174" s="15" t="n">
         <x:v>39063</x:v>
       </x:c>
       <x:c r="D174" s="15" t="s"/>
       <x:c r="E174" s="14" t="s"/>
       <x:c r="F174" s="14" t="s"/>
       <x:c r="G174" s="14" t="s">
         <x:v>350</x:v>
       </x:c>
       <x:c r="H174" s="14" t="s"/>
       <x:c r="I174" s="16" t="s">
         <x:v>336</x:v>
       </x:c>
       <x:c r="J174" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
@@ -12780,51 +12778,51 @@
       <x:c r="M174" s="14" t="s">
         <x:v>157</x:v>
       </x:c>
       <x:c r="N174" s="15" t="n">
         <x:v>34572</x:v>
       </x:c>
       <x:c r="O174" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P174" s="14" t="s">
         <x:v>350</x:v>
       </x:c>
       <x:c r="Q174" s="16" t="s">
         <x:v>336</x:v>
       </x:c>
       <x:c r="R174" s="14" t="s">
         <x:v>326</x:v>
       </x:c>
       <x:c r="S174" s="14" t="n">
         <x:v>617291</x:v>
       </x:c>
       <x:c r="T174" s="16" t="s">
         <x:v>351</x:v>
       </x:c>
       <x:c r="U174" s="16" t="s">
-        <x:v>217</x:v>
+        <x:v>220</x:v>
       </x:c>
     </x:row>
     <x:row r="175" spans="1:21">
       <x:c r="A175" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B175" s="0" t="s">
         <x:v>94</x:v>
       </x:c>
       <x:c r="C175" s="3" t="n">
         <x:v>37717</x:v>
       </x:c>
       <x:c r="D175" s="3" t="s"/>
       <x:c r="E175" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G175" s="0" t="s">
         <x:v>352</x:v>
       </x:c>
       <x:c r="I175" s="4" t="s">
         <x:v>237</x:v>
       </x:c>
       <x:c r="J175" s="0" t="s">
         <x:v>95</x:v>
       </x:c>
@@ -12837,51 +12835,51 @@
       <x:c r="M175" s="0" t="s">
         <x:v>157</x:v>
       </x:c>
       <x:c r="N175" s="3" t="n">
         <x:v>34581</x:v>
       </x:c>
       <x:c r="O175" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="P175" s="0" t="s">
         <x:v>352</x:v>
       </x:c>
       <x:c r="Q175" s="4" t="s">
         <x:v>237</x:v>
       </x:c>
       <x:c r="R175" s="0" t="s">
         <x:v>353</x:v>
       </x:c>
       <x:c r="S175" s="0" t="n">
         <x:v>558656</x:v>
       </x:c>
       <x:c r="T175" s="4" t="s">
         <x:v>354</x:v>
       </x:c>
       <x:c r="U175" s="4" t="s">
-        <x:v>127</x:v>
+        <x:v>129</x:v>
       </x:c>
     </x:row>
     <x:row r="176" spans="1:21">
       <x:c r="A176" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B176" s="14" t="s">
         <x:v>94</x:v>
       </x:c>
       <x:c r="C176" s="15" t="n">
         <x:v>37717</x:v>
       </x:c>
       <x:c r="D176" s="15" t="s"/>
       <x:c r="E176" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F176" s="14" t="s"/>
       <x:c r="G176" s="14" t="s">
         <x:v>352</x:v>
       </x:c>
       <x:c r="H176" s="14" t="s"/>
       <x:c r="I176" s="16" t="s">
         <x:v>237</x:v>
       </x:c>
       <x:c r="J176" s="14" t="s">
@@ -12901,216 +12899,217 @@
       </x:c>
       <x:c r="O176" s="14" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="P176" s="14" t="s">
         <x:v>352</x:v>
       </x:c>
       <x:c r="Q176" s="16" t="s">
         <x:v>237</x:v>
       </x:c>
       <x:c r="R176" s="14" t="s">
         <x:v>353</x:v>
       </x:c>
       <x:c r="S176" s="14" t="n">
         <x:v>558657</x:v>
       </x:c>
       <x:c r="T176" s="16" t="s">
         <x:v>355</x:v>
       </x:c>
       <x:c r="U176" s="16" t="s">
         <x:v>356</x:v>
       </x:c>
     </x:row>
     <x:row r="177" spans="1:21">
       <x:c r="A177" s="1" t="s">
-        <x:v>52</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B177" s="0" t="s">
-        <x:v>279</x:v>
+        <x:v>22</x:v>
       </x:c>
       <x:c r="C177" s="3" t="n">
         <x:v>39063</x:v>
       </x:c>
       <x:c r="D177" s="3" t="s"/>
+      <x:c r="E177" s="0" t="s">
+        <x:v>23</x:v>
+      </x:c>
       <x:c r="G177" s="0" t="s">
         <x:v>352</x:v>
       </x:c>
       <x:c r="I177" s="4" t="s">
         <x:v>237</x:v>
       </x:c>
       <x:c r="J177" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K177" s="0" t="s">
-        <x:v>58</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="L177" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M177" s="0" t="s">
         <x:v>157</x:v>
       </x:c>
       <x:c r="N177" s="3" t="n">
         <x:v>34572</x:v>
       </x:c>
       <x:c r="O177" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P177" s="0" t="s">
         <x:v>352</x:v>
       </x:c>
       <x:c r="Q177" s="4" t="s">
         <x:v>237</x:v>
       </x:c>
       <x:c r="R177" s="0" t="s">
         <x:v>353</x:v>
       </x:c>
       <x:c r="S177" s="0" t="n">
-        <x:v>566759</x:v>
+        <x:v>565526</x:v>
       </x:c>
       <x:c r="T177" s="4" t="s">
-        <x:v>354</x:v>
+        <x:v>152</x:v>
       </x:c>
       <x:c r="U177" s="4" t="s">
-        <x:v>127</x:v>
+        <x:v>356</x:v>
       </x:c>
     </x:row>
     <x:row r="178" spans="1:21">
       <x:c r="A178" s="13" t="s">
-        <x:v>21</x:v>
+        <x:v>52</x:v>
       </x:c>
       <x:c r="B178" s="14" t="s">
-        <x:v>22</x:v>
+        <x:v>279</x:v>
       </x:c>
       <x:c r="C178" s="15" t="n">
         <x:v>39063</x:v>
       </x:c>
       <x:c r="D178" s="15" t="s"/>
-      <x:c r="E178" s="14" t="s">
-[...1 lines deleted...]
-      </x:c>
+      <x:c r="E178" s="14" t="s"/>
       <x:c r="F178" s="14" t="s"/>
       <x:c r="G178" s="14" t="s">
         <x:v>352</x:v>
       </x:c>
       <x:c r="H178" s="14" t="s"/>
       <x:c r="I178" s="16" t="s">
         <x:v>237</x:v>
       </x:c>
       <x:c r="J178" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K178" s="14" t="s">
-        <x:v>27</x:v>
+        <x:v>58</x:v>
       </x:c>
       <x:c r="L178" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M178" s="14" t="s">
         <x:v>157</x:v>
       </x:c>
       <x:c r="N178" s="15" t="n">
         <x:v>34572</x:v>
       </x:c>
       <x:c r="O178" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P178" s="14" t="s">
         <x:v>352</x:v>
       </x:c>
       <x:c r="Q178" s="16" t="s">
         <x:v>237</x:v>
       </x:c>
       <x:c r="R178" s="14" t="s">
         <x:v>353</x:v>
       </x:c>
       <x:c r="S178" s="14" t="n">
-        <x:v>565525</x:v>
+        <x:v>566759</x:v>
       </x:c>
       <x:c r="T178" s="16" t="s">
         <x:v>354</x:v>
       </x:c>
       <x:c r="U178" s="16" t="s">
-        <x:v>127</x:v>
+        <x:v>129</x:v>
       </x:c>
     </x:row>
     <x:row r="179" spans="1:21">
       <x:c r="A179" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B179" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C179" s="3" t="n">
         <x:v>39063</x:v>
       </x:c>
       <x:c r="D179" s="3" t="s"/>
       <x:c r="E179" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G179" s="0" t="s">
         <x:v>352</x:v>
       </x:c>
       <x:c r="I179" s="4" t="s">
         <x:v>237</x:v>
       </x:c>
       <x:c r="J179" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K179" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L179" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M179" s="0" t="s">
         <x:v>157</x:v>
       </x:c>
       <x:c r="N179" s="3" t="n">
         <x:v>34572</x:v>
       </x:c>
       <x:c r="O179" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P179" s="0" t="s">
         <x:v>352</x:v>
       </x:c>
       <x:c r="Q179" s="4" t="s">
         <x:v>237</x:v>
       </x:c>
       <x:c r="R179" s="0" t="s">
         <x:v>353</x:v>
       </x:c>
       <x:c r="S179" s="0" t="n">
-        <x:v>565526</x:v>
+        <x:v>565525</x:v>
       </x:c>
       <x:c r="T179" s="4" t="s">
-        <x:v>152</x:v>
+        <x:v>354</x:v>
       </x:c>
       <x:c r="U179" s="4" t="s">
-        <x:v>356</x:v>
+        <x:v>129</x:v>
       </x:c>
     </x:row>
     <x:row r="180" spans="1:21">
       <x:c r="A180" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B180" s="14" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C180" s="15" t="n">
         <x:v>39063</x:v>
       </x:c>
       <x:c r="D180" s="15" t="s"/>
       <x:c r="E180" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F180" s="14" t="s"/>
       <x:c r="G180" s="14" t="s">
         <x:v>352</x:v>
       </x:c>
       <x:c r="H180" s="14" t="s"/>
       <x:c r="I180" s="16" t="s">
         <x:v>237</x:v>
       </x:c>
       <x:c r="J180" s="14" t="s">
@@ -13179,51 +13178,51 @@
       <x:c r="M181" s="0" t="s">
         <x:v>157</x:v>
       </x:c>
       <x:c r="N181" s="3" t="n">
         <x:v>34581</x:v>
       </x:c>
       <x:c r="O181" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="P181" s="0" t="s">
         <x:v>352</x:v>
       </x:c>
       <x:c r="Q181" s="4" t="s">
         <x:v>237</x:v>
       </x:c>
       <x:c r="R181" s="0" t="s">
         <x:v>353</x:v>
       </x:c>
       <x:c r="S181" s="0" t="n">
         <x:v>567445</x:v>
       </x:c>
       <x:c r="T181" s="4" t="s">
         <x:v>354</x:v>
       </x:c>
       <x:c r="U181" s="4" t="s">
-        <x:v>127</x:v>
+        <x:v>129</x:v>
       </x:c>
     </x:row>
     <x:row r="182" spans="1:21">
       <x:c r="A182" s="13" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="B182" s="14" t="s">
         <x:v>279</x:v>
       </x:c>
       <x:c r="C182" s="15" t="n">
         <x:v>39063</x:v>
       </x:c>
       <x:c r="D182" s="15" t="s"/>
       <x:c r="E182" s="14" t="s"/>
       <x:c r="F182" s="14" t="s"/>
       <x:c r="G182" s="14" t="s">
         <x:v>352</x:v>
       </x:c>
       <x:c r="H182" s="14" t="s"/>
       <x:c r="I182" s="16" t="s">
         <x:v>237</x:v>
       </x:c>
       <x:c r="J182" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
@@ -14238,170 +14237,171 @@
       <x:c r="K200" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L200" s="14" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="M200" s="14" t="s">
         <x:v>157</x:v>
       </x:c>
       <x:c r="N200" s="15" t="n">
         <x:v>34572</x:v>
       </x:c>
       <x:c r="O200" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P200" s="14" t="s">
         <x:v>359</x:v>
       </x:c>
       <x:c r="Q200" s="16" t="s">
         <x:v>360</x:v>
       </x:c>
       <x:c r="R200" s="14" t="s">
         <x:v>116</x:v>
       </x:c>
       <x:c r="S200" s="14" t="n">
-        <x:v>532737</x:v>
+        <x:v>557587</x:v>
       </x:c>
       <x:c r="T200" s="16" t="s">
-        <x:v>377</x:v>
+        <x:v>368</x:v>
       </x:c>
       <x:c r="U200" s="16" t="s">
-        <x:v>62</x:v>
+        <x:v>366</x:v>
       </x:c>
     </x:row>
     <x:row r="201" spans="1:21">
       <x:c r="A201" s="1" t="s">
-        <x:v>52</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B201" s="0" t="s">
-        <x:v>135</x:v>
+        <x:v>22</x:v>
       </x:c>
       <x:c r="C201" s="3" t="n">
-        <x:v>37717</x:v>
+        <x:v>39063</x:v>
       </x:c>
       <x:c r="D201" s="3" t="s"/>
+      <x:c r="E201" s="0" t="s">
+        <x:v>23</x:v>
+      </x:c>
       <x:c r="G201" s="0" t="s">
         <x:v>359</x:v>
       </x:c>
       <x:c r="I201" s="4" t="s">
         <x:v>360</x:v>
       </x:c>
       <x:c r="J201" s="0" t="s">
-        <x:v>95</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="K201" s="0" t="s">
-        <x:v>58</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="L201" s="0" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="M201" s="0" t="s">
         <x:v>157</x:v>
       </x:c>
       <x:c r="N201" s="3" t="n">
-        <x:v>34581</x:v>
+        <x:v>34572</x:v>
       </x:c>
       <x:c r="O201" s="0" t="s">
-        <x:v>48</x:v>
+        <x:v>30</x:v>
       </x:c>
       <x:c r="P201" s="0" t="s">
         <x:v>359</x:v>
       </x:c>
       <x:c r="Q201" s="4" t="s">
         <x:v>360</x:v>
       </x:c>
       <x:c r="R201" s="0" t="s">
         <x:v>116</x:v>
       </x:c>
       <x:c r="S201" s="0" t="n">
-        <x:v>613353</x:v>
+        <x:v>532737</x:v>
       </x:c>
       <x:c r="T201" s="4" t="s">
-        <x:v>369</x:v>
+        <x:v>377</x:v>
       </x:c>
       <x:c r="U201" s="4" t="s">
-        <x:v>378</x:v>
+        <x:v>62</x:v>
       </x:c>
     </x:row>
     <x:row r="202" spans="1:21">
       <x:c r="A202" s="13" t="s">
-        <x:v>21</x:v>
+        <x:v>52</x:v>
       </x:c>
       <x:c r="B202" s="14" t="s">
-        <x:v>22</x:v>
+        <x:v>135</x:v>
       </x:c>
       <x:c r="C202" s="15" t="n">
-        <x:v>39063</x:v>
+        <x:v>37717</x:v>
       </x:c>
       <x:c r="D202" s="15" t="s"/>
-      <x:c r="E202" s="14" t="s">
-[...1 lines deleted...]
-      </x:c>
+      <x:c r="E202" s="14" t="s"/>
       <x:c r="F202" s="14" t="s"/>
       <x:c r="G202" s="14" t="s">
         <x:v>359</x:v>
       </x:c>
       <x:c r="H202" s="14" t="s"/>
       <x:c r="I202" s="16" t="s">
         <x:v>360</x:v>
       </x:c>
       <x:c r="J202" s="14" t="s">
-        <x:v>26</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="K202" s="14" t="s">
-        <x:v>27</x:v>
+        <x:v>58</x:v>
       </x:c>
       <x:c r="L202" s="14" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="M202" s="14" t="s">
         <x:v>157</x:v>
       </x:c>
       <x:c r="N202" s="15" t="n">
-        <x:v>34572</x:v>
+        <x:v>34581</x:v>
       </x:c>
       <x:c r="O202" s="14" t="s">
-        <x:v>30</x:v>
+        <x:v>48</x:v>
       </x:c>
       <x:c r="P202" s="14" t="s">
         <x:v>359</x:v>
       </x:c>
       <x:c r="Q202" s="16" t="s">
         <x:v>360</x:v>
       </x:c>
       <x:c r="R202" s="14" t="s">
         <x:v>116</x:v>
       </x:c>
       <x:c r="S202" s="14" t="n">
-        <x:v>557587</x:v>
+        <x:v>557312</x:v>
       </x:c>
       <x:c r="T202" s="16" t="s">
-        <x:v>368</x:v>
+        <x:v>99</x:v>
       </x:c>
       <x:c r="U202" s="16" t="s">
-        <x:v>366</x:v>
+        <x:v>378</x:v>
       </x:c>
     </x:row>
     <x:row r="203" spans="1:21">
       <x:c r="A203" s="1" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="B203" s="0" t="s">
         <x:v>135</x:v>
       </x:c>
       <x:c r="C203" s="3" t="n">
         <x:v>37717</x:v>
       </x:c>
       <x:c r="D203" s="3" t="s"/>
       <x:c r="G203" s="0" t="s">
         <x:v>359</x:v>
       </x:c>
       <x:c r="I203" s="4" t="s">
         <x:v>360</x:v>
       </x:c>
       <x:c r="J203" s="0" t="s">
         <x:v>95</x:v>
       </x:c>
       <x:c r="K203" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
@@ -14462,222 +14462,222 @@
       <x:c r="K204" s="14" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="L204" s="14" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="M204" s="14" t="s">
         <x:v>157</x:v>
       </x:c>
       <x:c r="N204" s="15" t="n">
         <x:v>34581</x:v>
       </x:c>
       <x:c r="O204" s="14" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="P204" s="14" t="s">
         <x:v>359</x:v>
       </x:c>
       <x:c r="Q204" s="16" t="s">
         <x:v>360</x:v>
       </x:c>
       <x:c r="R204" s="14" t="s">
         <x:v>116</x:v>
       </x:c>
       <x:c r="S204" s="14" t="n">
-        <x:v>613350</x:v>
+        <x:v>613353</x:v>
       </x:c>
       <x:c r="T204" s="16" t="s">
+        <x:v>369</x:v>
+      </x:c>
+      <x:c r="U204" s="16" t="s">
         <x:v>379</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>32</x:v>
       </x:c>
     </x:row>
     <x:row r="205" spans="1:21">
       <x:c r="A205" s="1" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="B205" s="0" t="s">
         <x:v>135</x:v>
       </x:c>
       <x:c r="C205" s="3" t="n">
         <x:v>37717</x:v>
       </x:c>
       <x:c r="D205" s="3" t="s"/>
       <x:c r="G205" s="0" t="s">
         <x:v>359</x:v>
       </x:c>
       <x:c r="I205" s="4" t="s">
         <x:v>360</x:v>
       </x:c>
       <x:c r="J205" s="0" t="s">
         <x:v>95</x:v>
       </x:c>
       <x:c r="K205" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="L205" s="0" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="M205" s="0" t="s">
         <x:v>157</x:v>
       </x:c>
       <x:c r="N205" s="3" t="n">
         <x:v>34581</x:v>
       </x:c>
       <x:c r="O205" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="P205" s="0" t="s">
         <x:v>359</x:v>
       </x:c>
       <x:c r="Q205" s="4" t="s">
         <x:v>360</x:v>
       </x:c>
       <x:c r="R205" s="0" t="s">
         <x:v>116</x:v>
       </x:c>
       <x:c r="S205" s="0" t="n">
-        <x:v>613355</x:v>
+        <x:v>613350</x:v>
       </x:c>
       <x:c r="T205" s="4" t="s">
         <x:v>380</x:v>
       </x:c>
       <x:c r="U205" s="4" t="s">
-        <x:v>381</x:v>
+        <x:v>32</x:v>
       </x:c>
     </x:row>
     <x:row r="206" spans="1:21">
       <x:c r="A206" s="13" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="B206" s="14" t="s">
         <x:v>135</x:v>
       </x:c>
       <x:c r="C206" s="15" t="n">
         <x:v>37717</x:v>
       </x:c>
       <x:c r="D206" s="15" t="s"/>
       <x:c r="E206" s="14" t="s"/>
       <x:c r="F206" s="14" t="s"/>
       <x:c r="G206" s="14" t="s">
         <x:v>359</x:v>
       </x:c>
       <x:c r="H206" s="14" t="s"/>
       <x:c r="I206" s="16" t="s">
         <x:v>360</x:v>
       </x:c>
       <x:c r="J206" s="14" t="s">
         <x:v>95</x:v>
       </x:c>
       <x:c r="K206" s="14" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="L206" s="14" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="M206" s="14" t="s">
         <x:v>157</x:v>
       </x:c>
       <x:c r="N206" s="15" t="n">
         <x:v>34581</x:v>
       </x:c>
       <x:c r="O206" s="14" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="P206" s="14" t="s">
         <x:v>359</x:v>
       </x:c>
       <x:c r="Q206" s="16" t="s">
         <x:v>360</x:v>
       </x:c>
       <x:c r="R206" s="14" t="s">
         <x:v>116</x:v>
       </x:c>
       <x:c r="S206" s="14" t="n">
-        <x:v>613360</x:v>
+        <x:v>613355</x:v>
       </x:c>
       <x:c r="T206" s="16" t="s">
         <x:v>378</x:v>
       </x:c>
       <x:c r="U206" s="16" t="s">
-        <x:v>382</x:v>
+        <x:v>381</x:v>
       </x:c>
     </x:row>
     <x:row r="207" spans="1:21">
       <x:c r="A207" s="1" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="B207" s="0" t="s">
         <x:v>135</x:v>
       </x:c>
       <x:c r="C207" s="3" t="n">
         <x:v>37717</x:v>
       </x:c>
       <x:c r="D207" s="3" t="s"/>
       <x:c r="G207" s="0" t="s">
         <x:v>359</x:v>
       </x:c>
       <x:c r="I207" s="4" t="s">
         <x:v>360</x:v>
       </x:c>
       <x:c r="J207" s="0" t="s">
         <x:v>95</x:v>
       </x:c>
       <x:c r="K207" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="L207" s="0" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="M207" s="0" t="s">
         <x:v>157</x:v>
       </x:c>
       <x:c r="N207" s="3" t="n">
         <x:v>34581</x:v>
       </x:c>
       <x:c r="O207" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="P207" s="0" t="s">
         <x:v>359</x:v>
       </x:c>
       <x:c r="Q207" s="4" t="s">
         <x:v>360</x:v>
       </x:c>
       <x:c r="R207" s="0" t="s">
         <x:v>116</x:v>
       </x:c>
       <x:c r="S207" s="0" t="n">
-        <x:v>557312</x:v>
+        <x:v>613360</x:v>
       </x:c>
       <x:c r="T207" s="4" t="s">
-        <x:v>99</x:v>
+        <x:v>379</x:v>
       </x:c>
       <x:c r="U207" s="4" t="s">
-        <x:v>380</x:v>
+        <x:v>382</x:v>
       </x:c>
     </x:row>
     <x:row r="208" spans="1:21">
       <x:c r="A208" s="13" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="B208" s="14" t="s">
         <x:v>135</x:v>
       </x:c>
       <x:c r="C208" s="15" t="n">
         <x:v>37717</x:v>
       </x:c>
       <x:c r="D208" s="15" t="s"/>
       <x:c r="E208" s="14" t="s">
         <x:v>136</x:v>
       </x:c>
       <x:c r="F208" s="14" t="s">
         <x:v>137</x:v>
       </x:c>
       <x:c r="G208" s="14" t="s">
         <x:v>311</x:v>
       </x:c>
       <x:c r="H208" s="14" t="s">
         <x:v>312</x:v>
       </x:c>
@@ -15083,1261 +15083,1261 @@
       <x:c r="K215" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="L215" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M215" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N215" s="3" t="n">
         <x:v>34581</x:v>
       </x:c>
       <x:c r="O215" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="P215" s="0" t="s">
         <x:v>392</x:v>
       </x:c>
       <x:c r="Q215" s="4" t="s">
         <x:v>393</x:v>
       </x:c>
       <x:c r="R215" s="0" t="s">
         <x:v>255</x:v>
       </x:c>
       <x:c r="S215" s="0" t="n">
-        <x:v>597577</x:v>
+        <x:v>544518</x:v>
       </x:c>
       <x:c r="T215" s="4" t="s">
-        <x:v>32</x:v>
+        <x:v>152</x:v>
       </x:c>
       <x:c r="U215" s="4" t="s">
-        <x:v>33</x:v>
+        <x:v>35</x:v>
       </x:c>
     </x:row>
     <x:row r="216" spans="1:21">
       <x:c r="A216" s="13" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="B216" s="14" t="s">
         <x:v>389</x:v>
       </x:c>
       <x:c r="C216" s="15" t="n">
         <x:v>38361</x:v>
       </x:c>
       <x:c r="D216" s="15" t="s"/>
       <x:c r="E216" s="14" t="s"/>
       <x:c r="F216" s="14" t="s"/>
       <x:c r="G216" s="14" t="s">
         <x:v>392</x:v>
       </x:c>
       <x:c r="H216" s="14" t="s"/>
       <x:c r="I216" s="16" t="s">
         <x:v>393</x:v>
       </x:c>
       <x:c r="J216" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K216" s="14" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="L216" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M216" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N216" s="15" t="n">
         <x:v>22499</x:v>
       </x:c>
       <x:c r="O216" s="14" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="P216" s="14" t="s">
         <x:v>392</x:v>
       </x:c>
       <x:c r="Q216" s="16" t="s">
         <x:v>393</x:v>
       </x:c>
       <x:c r="R216" s="14" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="S216" s="14" t="n">
-        <x:v>493629</x:v>
+        <x:v>564384</x:v>
       </x:c>
       <x:c r="T216" s="16" t="s">
-        <x:v>244</x:v>
+        <x:v>32</x:v>
       </x:c>
       <x:c r="U216" s="16" t="s">
-        <x:v>38</x:v>
+        <x:v>33</x:v>
       </x:c>
     </x:row>
     <x:row r="217" spans="1:21">
       <x:c r="A217" s="1" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="B217" s="0" t="s">
-        <x:v>394</x:v>
+        <x:v>389</x:v>
       </x:c>
       <x:c r="C217" s="3" t="n">
-        <x:v>35801</x:v>
+        <x:v>38361</x:v>
       </x:c>
       <x:c r="D217" s="3" t="s"/>
       <x:c r="G217" s="0" t="s">
         <x:v>392</x:v>
       </x:c>
       <x:c r="I217" s="4" t="s">
         <x:v>393</x:v>
       </x:c>
       <x:c r="J217" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K217" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="L217" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M217" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N217" s="3" t="n">
-        <x:v>34581</x:v>
+        <x:v>22499</x:v>
       </x:c>
       <x:c r="O217" s="0" t="s">
-        <x:v>48</x:v>
+        <x:v>43</x:v>
       </x:c>
       <x:c r="P217" s="0" t="s">
         <x:v>392</x:v>
       </x:c>
       <x:c r="Q217" s="4" t="s">
         <x:v>393</x:v>
       </x:c>
       <x:c r="R217" s="0" t="s">
-        <x:v>255</x:v>
+        <x:v>70</x:v>
       </x:c>
       <x:c r="S217" s="0" t="n">
-        <x:v>510104</x:v>
+        <x:v>493629</x:v>
       </x:c>
       <x:c r="T217" s="4" t="s">
         <x:v>244</x:v>
       </x:c>
       <x:c r="U217" s="4" t="s">
         <x:v>38</x:v>
       </x:c>
     </x:row>
     <x:row r="218" spans="1:21">
       <x:c r="A218" s="13" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="B218" s="14" t="s">
-        <x:v>389</x:v>
+        <x:v>394</x:v>
       </x:c>
       <x:c r="C218" s="15" t="n">
-        <x:v>38361</x:v>
+        <x:v>35801</x:v>
       </x:c>
       <x:c r="D218" s="15" t="s"/>
       <x:c r="E218" s="14" t="s"/>
       <x:c r="F218" s="14" t="s"/>
       <x:c r="G218" s="14" t="s">
         <x:v>392</x:v>
       </x:c>
       <x:c r="H218" s="14" t="s"/>
       <x:c r="I218" s="16" t="s">
         <x:v>393</x:v>
       </x:c>
       <x:c r="J218" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K218" s="14" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="L218" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M218" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N218" s="15" t="n">
-        <x:v>22499</x:v>
+        <x:v>34581</x:v>
       </x:c>
       <x:c r="O218" s="14" t="s">
-        <x:v>43</x:v>
+        <x:v>48</x:v>
       </x:c>
       <x:c r="P218" s="14" t="s">
         <x:v>392</x:v>
       </x:c>
       <x:c r="Q218" s="16" t="s">
         <x:v>393</x:v>
       </x:c>
       <x:c r="R218" s="14" t="s">
-        <x:v>70</x:v>
+        <x:v>255</x:v>
       </x:c>
       <x:c r="S218" s="14" t="n">
-        <x:v>564384</x:v>
+        <x:v>510104</x:v>
       </x:c>
       <x:c r="T218" s="16" t="s">
-        <x:v>32</x:v>
+        <x:v>244</x:v>
       </x:c>
       <x:c r="U218" s="16" t="s">
-        <x:v>33</x:v>
+        <x:v>38</x:v>
       </x:c>
     </x:row>
     <x:row r="219" spans="1:21">
       <x:c r="A219" s="1" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="B219" s="0" t="s">
-        <x:v>394</x:v>
+        <x:v>389</x:v>
       </x:c>
       <x:c r="C219" s="3" t="n">
-        <x:v>35801</x:v>
+        <x:v>38361</x:v>
       </x:c>
       <x:c r="D219" s="3" t="s"/>
       <x:c r="G219" s="0" t="s">
         <x:v>392</x:v>
       </x:c>
       <x:c r="I219" s="4" t="s">
         <x:v>393</x:v>
       </x:c>
       <x:c r="J219" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K219" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="L219" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M219" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N219" s="3" t="n">
-        <x:v>34581</x:v>
+        <x:v>22499</x:v>
       </x:c>
       <x:c r="O219" s="0" t="s">
-        <x:v>48</x:v>
+        <x:v>43</x:v>
       </x:c>
       <x:c r="P219" s="0" t="s">
         <x:v>392</x:v>
       </x:c>
       <x:c r="Q219" s="4" t="s">
         <x:v>393</x:v>
       </x:c>
       <x:c r="R219" s="0" t="s">
-        <x:v>255</x:v>
+        <x:v>70</x:v>
       </x:c>
       <x:c r="S219" s="0" t="n">
-        <x:v>544518</x:v>
+        <x:v>564383</x:v>
       </x:c>
       <x:c r="T219" s="4" t="s">
-        <x:v>152</x:v>
+        <x:v>61</x:v>
       </x:c>
       <x:c r="U219" s="4" t="s">
         <x:v>35</x:v>
       </x:c>
     </x:row>
     <x:row r="220" spans="1:21">
       <x:c r="A220" s="13" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="B220" s="14" t="s">
-        <x:v>389</x:v>
+        <x:v>391</x:v>
       </x:c>
       <x:c r="C220" s="15" t="n">
         <x:v>38361</x:v>
       </x:c>
       <x:c r="D220" s="15" t="s"/>
       <x:c r="E220" s="14" t="s"/>
       <x:c r="F220" s="14" t="s"/>
       <x:c r="G220" s="14" t="s">
         <x:v>392</x:v>
       </x:c>
       <x:c r="H220" s="14" t="s"/>
       <x:c r="I220" s="16" t="s">
         <x:v>393</x:v>
       </x:c>
       <x:c r="J220" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K220" s="14" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="L220" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M220" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N220" s="15" t="n">
         <x:v>22499</x:v>
       </x:c>
       <x:c r="O220" s="14" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="P220" s="14" t="s">
         <x:v>392</x:v>
       </x:c>
       <x:c r="Q220" s="16" t="s">
         <x:v>393</x:v>
       </x:c>
       <x:c r="R220" s="14" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="S220" s="14" t="n">
-        <x:v>564383</x:v>
+        <x:v>557452</x:v>
       </x:c>
       <x:c r="T220" s="16" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="U220" s="16" t="s">
         <x:v>35</x:v>
       </x:c>
     </x:row>
     <x:row r="221" spans="1:21">
       <x:c r="A221" s="1" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="B221" s="0" t="s">
-        <x:v>391</x:v>
+        <x:v>394</x:v>
       </x:c>
       <x:c r="C221" s="3" t="n">
-        <x:v>38361</x:v>
+        <x:v>35801</x:v>
       </x:c>
       <x:c r="D221" s="3" t="s"/>
       <x:c r="G221" s="0" t="s">
         <x:v>392</x:v>
       </x:c>
       <x:c r="I221" s="4" t="s">
         <x:v>393</x:v>
       </x:c>
       <x:c r="J221" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K221" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="L221" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M221" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N221" s="3" t="n">
-        <x:v>22499</x:v>
+        <x:v>34581</x:v>
       </x:c>
       <x:c r="O221" s="0" t="s">
-        <x:v>43</x:v>
+        <x:v>48</x:v>
       </x:c>
       <x:c r="P221" s="0" t="s">
         <x:v>392</x:v>
       </x:c>
       <x:c r="Q221" s="4" t="s">
         <x:v>393</x:v>
       </x:c>
       <x:c r="R221" s="0" t="s">
-        <x:v>70</x:v>
+        <x:v>255</x:v>
       </x:c>
       <x:c r="S221" s="0" t="n">
-        <x:v>557452</x:v>
+        <x:v>597577</x:v>
       </x:c>
       <x:c r="T221" s="4" t="s">
-        <x:v>61</x:v>
+        <x:v>32</x:v>
       </x:c>
       <x:c r="U221" s="4" t="s">
-        <x:v>35</x:v>
+        <x:v>33</x:v>
       </x:c>
     </x:row>
     <x:row r="222" spans="1:21">
       <x:c r="A222" s="13" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="B222" s="14" t="s">
-        <x:v>395</x:v>
+        <x:v>391</x:v>
       </x:c>
       <x:c r="C222" s="15" t="n">
         <x:v>38361</x:v>
       </x:c>
       <x:c r="D222" s="15" t="s"/>
       <x:c r="E222" s="14" t="s"/>
       <x:c r="F222" s="14" t="s"/>
       <x:c r="G222" s="14" t="s">
+        <x:v>395</x:v>
+      </x:c>
+      <x:c r="H222" s="14" t="s">
         <x:v>396</x:v>
       </x:c>
-      <x:c r="H222" s="14" t="s">
+      <x:c r="I222" s="16" t="s">
         <x:v>397</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>398</x:v>
       </x:c>
       <x:c r="J222" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K222" s="14" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="L222" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M222" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N222" s="15" t="n">
         <x:v>22499</x:v>
       </x:c>
       <x:c r="O222" s="14" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="P222" s="14" t="s">
-        <x:v>396</x:v>
+        <x:v>395</x:v>
       </x:c>
       <x:c r="Q222" s="16" t="s">
-        <x:v>398</x:v>
+        <x:v>397</x:v>
       </x:c>
       <x:c r="R222" s="14" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="S222" s="14" t="n">
-        <x:v>564400</x:v>
+        <x:v>493578</x:v>
       </x:c>
       <x:c r="T222" s="16" t="s">
+        <x:v>398</x:v>
+      </x:c>
+      <x:c r="U222" s="16" t="s">
         <x:v>399</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>400</x:v>
       </x:c>
     </x:row>
     <x:row r="223" spans="1:21">
       <x:c r="A223" s="1" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="B223" s="0" t="s">
-        <x:v>395</x:v>
+        <x:v>391</x:v>
       </x:c>
       <x:c r="C223" s="3" t="n">
         <x:v>38361</x:v>
       </x:c>
       <x:c r="D223" s="3" t="s"/>
       <x:c r="G223" s="0" t="s">
+        <x:v>395</x:v>
+      </x:c>
+      <x:c r="H223" s="0" t="s">
         <x:v>396</x:v>
       </x:c>
-      <x:c r="H223" s="0" t="s">
+      <x:c r="I223" s="4" t="s">
         <x:v>397</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>398</x:v>
       </x:c>
       <x:c r="J223" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K223" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="L223" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M223" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N223" s="3" t="n">
         <x:v>22499</x:v>
       </x:c>
       <x:c r="O223" s="0" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="P223" s="0" t="s">
-        <x:v>396</x:v>
+        <x:v>395</x:v>
       </x:c>
       <x:c r="Q223" s="4" t="s">
-        <x:v>398</x:v>
+        <x:v>397</x:v>
       </x:c>
       <x:c r="R223" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="S223" s="0" t="n">
-        <x:v>609815</x:v>
+        <x:v>564392</x:v>
       </x:c>
       <x:c r="T223" s="4" t="s">
-        <x:v>109</x:v>
+        <x:v>400</x:v>
       </x:c>
       <x:c r="U223" s="4" t="s">
-        <x:v>33</x:v>
+        <x:v>401</x:v>
       </x:c>
     </x:row>
     <x:row r="224" spans="1:21">
       <x:c r="A224" s="13" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="B224" s="14" t="s">
-        <x:v>391</x:v>
+        <x:v>402</x:v>
       </x:c>
       <x:c r="C224" s="15" t="n">
         <x:v>38361</x:v>
       </x:c>
       <x:c r="D224" s="15" t="s"/>
       <x:c r="E224" s="14" t="s"/>
       <x:c r="F224" s="14" t="s"/>
       <x:c r="G224" s="14" t="s">
+        <x:v>395</x:v>
+      </x:c>
+      <x:c r="H224" s="14" t="s">
         <x:v>396</x:v>
       </x:c>
-      <x:c r="H224" s="14" t="s">
+      <x:c r="I224" s="16" t="s">
         <x:v>397</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>398</x:v>
       </x:c>
       <x:c r="J224" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K224" s="14" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="L224" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M224" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N224" s="15" t="n">
         <x:v>22499</x:v>
       </x:c>
       <x:c r="O224" s="14" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="P224" s="14" t="s">
-        <x:v>396</x:v>
+        <x:v>395</x:v>
       </x:c>
       <x:c r="Q224" s="16" t="s">
-        <x:v>398</x:v>
+        <x:v>397</x:v>
       </x:c>
       <x:c r="R224" s="14" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="S224" s="14" t="n">
-        <x:v>493578</x:v>
+        <x:v>543631</x:v>
       </x:c>
       <x:c r="T224" s="16" t="s">
+        <x:v>400</x:v>
+      </x:c>
+      <x:c r="U224" s="16" t="s">
         <x:v>401</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>402</x:v>
       </x:c>
     </x:row>
     <x:row r="225" spans="1:21">
       <x:c r="A225" s="1" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="B225" s="0" t="s">
-        <x:v>395</x:v>
+        <x:v>402</x:v>
       </x:c>
       <x:c r="C225" s="3" t="n">
         <x:v>38361</x:v>
       </x:c>
       <x:c r="D225" s="3" t="s"/>
       <x:c r="G225" s="0" t="s">
+        <x:v>395</x:v>
+      </x:c>
+      <x:c r="H225" s="0" t="s">
         <x:v>396</x:v>
       </x:c>
-      <x:c r="H225" s="0" t="s">
+      <x:c r="I225" s="4" t="s">
         <x:v>397</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>398</x:v>
       </x:c>
       <x:c r="J225" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K225" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="L225" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M225" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N225" s="3" t="n">
         <x:v>22499</x:v>
       </x:c>
       <x:c r="O225" s="0" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="P225" s="0" t="s">
-        <x:v>396</x:v>
+        <x:v>395</x:v>
       </x:c>
       <x:c r="Q225" s="4" t="s">
-        <x:v>398</x:v>
+        <x:v>397</x:v>
       </x:c>
       <x:c r="R225" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="S225" s="0" t="n">
-        <x:v>543631</x:v>
+        <x:v>564400</x:v>
       </x:c>
       <x:c r="T225" s="4" t="s">
-        <x:v>399</x:v>
+        <x:v>400</x:v>
       </x:c>
       <x:c r="U225" s="4" t="s">
-        <x:v>400</x:v>
+        <x:v>401</x:v>
       </x:c>
     </x:row>
     <x:row r="226" spans="1:21">
       <x:c r="A226" s="13" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="B226" s="14" t="s">
-        <x:v>391</x:v>
+        <x:v>402</x:v>
       </x:c>
       <x:c r="C226" s="15" t="n">
         <x:v>38361</x:v>
       </x:c>
       <x:c r="D226" s="15" t="s"/>
       <x:c r="E226" s="14" t="s"/>
       <x:c r="F226" s="14" t="s"/>
       <x:c r="G226" s="14" t="s">
+        <x:v>395</x:v>
+      </x:c>
+      <x:c r="H226" s="14" t="s">
         <x:v>396</x:v>
       </x:c>
-      <x:c r="H226" s="14" t="s">
+      <x:c r="I226" s="16" t="s">
         <x:v>397</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>398</x:v>
       </x:c>
       <x:c r="J226" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K226" s="14" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="L226" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M226" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N226" s="15" t="n">
         <x:v>22499</x:v>
       </x:c>
       <x:c r="O226" s="14" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="P226" s="14" t="s">
-        <x:v>396</x:v>
+        <x:v>395</x:v>
       </x:c>
       <x:c r="Q226" s="16" t="s">
-        <x:v>398</x:v>
+        <x:v>397</x:v>
       </x:c>
       <x:c r="R226" s="14" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="S226" s="14" t="n">
-        <x:v>564392</x:v>
+        <x:v>609815</x:v>
       </x:c>
       <x:c r="T226" s="16" t="s">
-        <x:v>399</x:v>
+        <x:v>109</x:v>
       </x:c>
       <x:c r="U226" s="16" t="s">
-        <x:v>400</x:v>
+        <x:v>33</x:v>
       </x:c>
     </x:row>
     <x:row r="227" spans="1:21">
       <x:c r="A227" s="1" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="B227" s="0" t="s">
         <x:v>391</x:v>
       </x:c>
       <x:c r="C227" s="3" t="n">
         <x:v>38361</x:v>
       </x:c>
       <x:c r="D227" s="3" t="s"/>
       <x:c r="G227" s="0" t="s">
+        <x:v>395</x:v>
+      </x:c>
+      <x:c r="H227" s="0" t="s">
         <x:v>396</x:v>
       </x:c>
-      <x:c r="H227" s="0" t="s">
+      <x:c r="I227" s="4" t="s">
         <x:v>397</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>398</x:v>
       </x:c>
       <x:c r="J227" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K227" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="L227" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M227" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N227" s="3" t="n">
         <x:v>22499</x:v>
       </x:c>
       <x:c r="O227" s="0" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="P227" s="0" t="s">
-        <x:v>396</x:v>
+        <x:v>395</x:v>
       </x:c>
       <x:c r="Q227" s="4" t="s">
-        <x:v>398</x:v>
+        <x:v>397</x:v>
       </x:c>
       <x:c r="R227" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="S227" s="0" t="n">
         <x:v>543630</x:v>
       </x:c>
       <x:c r="T227" s="4" t="s">
-        <x:v>399</x:v>
+        <x:v>400</x:v>
       </x:c>
       <x:c r="U227" s="4" t="s">
-        <x:v>400</x:v>
+        <x:v>401</x:v>
       </x:c>
     </x:row>
     <x:row r="228" spans="1:21">
       <x:c r="A228" s="13" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="B228" s="14" t="s">
-        <x:v>395</x:v>
+        <x:v>402</x:v>
       </x:c>
       <x:c r="C228" s="15" t="n">
         <x:v>38361</x:v>
       </x:c>
       <x:c r="D228" s="15" t="s"/>
       <x:c r="E228" s="14" t="s"/>
       <x:c r="F228" s="14" t="s"/>
       <x:c r="G228" s="14" t="s">
+        <x:v>395</x:v>
+      </x:c>
+      <x:c r="H228" s="14" t="s">
         <x:v>396</x:v>
       </x:c>
-      <x:c r="H228" s="14" t="s">
+      <x:c r="I228" s="16" t="s">
         <x:v>397</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>398</x:v>
       </x:c>
       <x:c r="J228" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K228" s="14" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="L228" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M228" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N228" s="15" t="n">
         <x:v>22499</x:v>
       </x:c>
       <x:c r="O228" s="14" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="P228" s="14" t="s">
-        <x:v>396</x:v>
+        <x:v>395</x:v>
       </x:c>
       <x:c r="Q228" s="16" t="s">
-        <x:v>398</x:v>
+        <x:v>397</x:v>
       </x:c>
       <x:c r="R228" s="14" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="S228" s="14" t="n">
         <x:v>493579</x:v>
       </x:c>
       <x:c r="T228" s="16" t="s">
-        <x:v>401</x:v>
+        <x:v>398</x:v>
       </x:c>
       <x:c r="U228" s="16" t="s">
-        <x:v>402</x:v>
+        <x:v>399</x:v>
       </x:c>
     </x:row>
     <x:row r="229" spans="1:21">
       <x:c r="A229" s="1" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="B229" s="0" t="s">
         <x:v>391</x:v>
       </x:c>
       <x:c r="C229" s="3" t="n">
         <x:v>38361</x:v>
       </x:c>
       <x:c r="D229" s="3" t="s"/>
       <x:c r="G229" s="0" t="s">
+        <x:v>395</x:v>
+      </x:c>
+      <x:c r="H229" s="0" t="s">
         <x:v>396</x:v>
       </x:c>
-      <x:c r="H229" s="0" t="s">
+      <x:c r="I229" s="4" t="s">
         <x:v>397</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>398</x:v>
       </x:c>
       <x:c r="J229" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K229" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="L229" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M229" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N229" s="3" t="n">
         <x:v>22499</x:v>
       </x:c>
       <x:c r="O229" s="0" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="P229" s="0" t="s">
-        <x:v>396</x:v>
+        <x:v>395</x:v>
       </x:c>
       <x:c r="Q229" s="4" t="s">
-        <x:v>398</x:v>
+        <x:v>397</x:v>
       </x:c>
       <x:c r="R229" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="S229" s="0" t="n">
         <x:v>564391</x:v>
       </x:c>
       <x:c r="T229" s="4" t="s">
-        <x:v>401</x:v>
+        <x:v>398</x:v>
       </x:c>
       <x:c r="U229" s="4" t="s">
-        <x:v>402</x:v>
+        <x:v>399</x:v>
       </x:c>
     </x:row>
     <x:row r="230" spans="1:21">
       <x:c r="A230" s="13" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="B230" s="14" t="s">
         <x:v>394</x:v>
       </x:c>
       <x:c r="C230" s="15" t="n">
         <x:v>35801</x:v>
       </x:c>
       <x:c r="D230" s="15" t="s"/>
       <x:c r="E230" s="14" t="s"/>
       <x:c r="F230" s="14" t="s"/>
       <x:c r="G230" s="14" t="s">
+        <x:v>395</x:v>
+      </x:c>
+      <x:c r="H230" s="14" t="s">
         <x:v>396</x:v>
       </x:c>
-      <x:c r="H230" s="14" t="s">
+      <x:c r="I230" s="16" t="s">
         <x:v>397</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>398</x:v>
       </x:c>
       <x:c r="J230" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K230" s="14" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="L230" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M230" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N230" s="15" t="n">
         <x:v>34581</x:v>
       </x:c>
       <x:c r="O230" s="14" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="P230" s="14" t="s">
-        <x:v>396</x:v>
+        <x:v>395</x:v>
       </x:c>
       <x:c r="Q230" s="16" t="s">
-        <x:v>398</x:v>
+        <x:v>397</x:v>
       </x:c>
       <x:c r="R230" s="14" t="s">
         <x:v>403</x:v>
       </x:c>
       <x:c r="S230" s="14" t="n">
         <x:v>490581</x:v>
       </x:c>
       <x:c r="T230" s="16" t="s">
         <x:v>404</x:v>
       </x:c>
       <x:c r="U230" s="16" t="s">
         <x:v>38</x:v>
       </x:c>
     </x:row>
     <x:row r="231" spans="1:21">
       <x:c r="A231" s="1" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="B231" s="0" t="s">
         <x:v>394</x:v>
       </x:c>
       <x:c r="C231" s="3" t="n">
         <x:v>35801</x:v>
       </x:c>
       <x:c r="D231" s="3" t="s"/>
       <x:c r="G231" s="0" t="s">
+        <x:v>395</x:v>
+      </x:c>
+      <x:c r="H231" s="0" t="s">
         <x:v>396</x:v>
       </x:c>
-      <x:c r="H231" s="0" t="s">
+      <x:c r="I231" s="4" t="s">
         <x:v>397</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>398</x:v>
       </x:c>
       <x:c r="J231" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K231" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="L231" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M231" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N231" s="3" t="n">
         <x:v>34581</x:v>
       </x:c>
       <x:c r="O231" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="P231" s="0" t="s">
-        <x:v>396</x:v>
+        <x:v>395</x:v>
       </x:c>
       <x:c r="Q231" s="4" t="s">
-        <x:v>398</x:v>
+        <x:v>397</x:v>
       </x:c>
       <x:c r="R231" s="0" t="s">
         <x:v>403</x:v>
       </x:c>
       <x:c r="S231" s="0" t="n">
         <x:v>539345</x:v>
       </x:c>
       <x:c r="T231" s="4" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="U231" s="4" t="s">
         <x:v>35</x:v>
       </x:c>
     </x:row>
     <x:row r="232" spans="1:21">
       <x:c r="A232" s="13" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="B232" s="14" t="s">
         <x:v>389</x:v>
       </x:c>
       <x:c r="C232" s="15" t="n">
         <x:v>38361</x:v>
       </x:c>
       <x:c r="D232" s="15" t="s"/>
       <x:c r="E232" s="14" t="s"/>
       <x:c r="F232" s="14" t="s"/>
       <x:c r="G232" s="14" t="s">
+        <x:v>395</x:v>
+      </x:c>
+      <x:c r="H232" s="14" t="s">
         <x:v>396</x:v>
       </x:c>
-      <x:c r="H232" s="14" t="s">
+      <x:c r="I232" s="16" t="s">
         <x:v>397</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>398</x:v>
       </x:c>
       <x:c r="J232" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K232" s="14" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="L232" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M232" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N232" s="15" t="n">
         <x:v>22499</x:v>
       </x:c>
       <x:c r="O232" s="14" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="P232" s="14" t="s">
-        <x:v>396</x:v>
+        <x:v>395</x:v>
       </x:c>
       <x:c r="Q232" s="16" t="s">
-        <x:v>398</x:v>
+        <x:v>397</x:v>
       </x:c>
       <x:c r="R232" s="14" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="S232" s="14" t="n">
         <x:v>550634</x:v>
       </x:c>
       <x:c r="T232" s="16" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="U232" s="16" t="s">
         <x:v>35</x:v>
       </x:c>
     </x:row>
     <x:row r="233" spans="1:21">
       <x:c r="A233" s="1" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="B233" s="0" t="s">
         <x:v>394</x:v>
       </x:c>
       <x:c r="C233" s="3" t="n">
         <x:v>35801</x:v>
       </x:c>
       <x:c r="D233" s="3" t="s"/>
       <x:c r="G233" s="0" t="s">
+        <x:v>395</x:v>
+      </x:c>
+      <x:c r="H233" s="0" t="s">
         <x:v>396</x:v>
       </x:c>
-      <x:c r="H233" s="0" t="s">
+      <x:c r="I233" s="4" t="s">
         <x:v>397</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>398</x:v>
       </x:c>
       <x:c r="J233" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K233" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="L233" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M233" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N233" s="3" t="n">
         <x:v>34581</x:v>
       </x:c>
       <x:c r="O233" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="P233" s="0" t="s">
-        <x:v>396</x:v>
+        <x:v>395</x:v>
       </x:c>
       <x:c r="Q233" s="4" t="s">
-        <x:v>398</x:v>
+        <x:v>397</x:v>
       </x:c>
       <x:c r="R233" s="0" t="s">
         <x:v>403</x:v>
       </x:c>
       <x:c r="S233" s="0" t="n">
         <x:v>611945</x:v>
       </x:c>
       <x:c r="T233" s="4" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="U233" s="4" t="s">
         <x:v>33</x:v>
       </x:c>
     </x:row>
     <x:row r="234" spans="1:21">
       <x:c r="A234" s="13" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="B234" s="14" t="s">
         <x:v>391</x:v>
       </x:c>
       <x:c r="C234" s="15" t="n">
         <x:v>38361</x:v>
       </x:c>
       <x:c r="D234" s="15" t="s"/>
       <x:c r="E234" s="14" t="s"/>
       <x:c r="F234" s="14" t="s"/>
       <x:c r="G234" s="14" t="s">
+        <x:v>395</x:v>
+      </x:c>
+      <x:c r="H234" s="14" t="s">
         <x:v>396</x:v>
       </x:c>
-      <x:c r="H234" s="14" t="s">
+      <x:c r="I234" s="16" t="s">
         <x:v>397</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>398</x:v>
       </x:c>
       <x:c r="J234" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K234" s="14" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="L234" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M234" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N234" s="15" t="n">
         <x:v>22499</x:v>
       </x:c>
       <x:c r="O234" s="14" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="P234" s="14" t="s">
-        <x:v>396</x:v>
+        <x:v>395</x:v>
       </x:c>
       <x:c r="Q234" s="16" t="s">
-        <x:v>398</x:v>
+        <x:v>397</x:v>
       </x:c>
       <x:c r="R234" s="14" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="S234" s="14" t="n">
         <x:v>609811</x:v>
       </x:c>
       <x:c r="T234" s="16" t="s">
         <x:v>109</x:v>
       </x:c>
       <x:c r="U234" s="16" t="s">
         <x:v>33</x:v>
       </x:c>
     </x:row>
     <x:row r="235" spans="1:21">
       <x:c r="A235" s="1" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="B235" s="0" t="s">
         <x:v>389</x:v>
       </x:c>
       <x:c r="C235" s="3" t="n">
         <x:v>38361</x:v>
       </x:c>
       <x:c r="D235" s="3" t="s"/>
       <x:c r="G235" s="0" t="s">
+        <x:v>395</x:v>
+      </x:c>
+      <x:c r="H235" s="0" t="s">
         <x:v>396</x:v>
       </x:c>
-      <x:c r="H235" s="0" t="s">
+      <x:c r="I235" s="4" t="s">
         <x:v>397</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>398</x:v>
       </x:c>
       <x:c r="J235" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K235" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="L235" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M235" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N235" s="3" t="n">
         <x:v>22499</x:v>
       </x:c>
       <x:c r="O235" s="0" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="P235" s="0" t="s">
-        <x:v>396</x:v>
+        <x:v>395</x:v>
       </x:c>
       <x:c r="Q235" s="4" t="s">
-        <x:v>398</x:v>
+        <x:v>397</x:v>
       </x:c>
       <x:c r="R235" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="S235" s="0" t="n">
         <x:v>564385</x:v>
       </x:c>
       <x:c r="T235" s="4" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="U235" s="4" t="s">
         <x:v>35</x:v>
       </x:c>
     </x:row>
     <x:row r="236" spans="1:21">
       <x:c r="A236" s="13" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="B236" s="14" t="s">
-        <x:v>395</x:v>
+        <x:v>402</x:v>
       </x:c>
       <x:c r="C236" s="15" t="n">
         <x:v>38361</x:v>
       </x:c>
       <x:c r="D236" s="15" t="s"/>
       <x:c r="E236" s="14" t="s"/>
       <x:c r="F236" s="14" t="s"/>
       <x:c r="G236" s="14" t="s">
+        <x:v>395</x:v>
+      </x:c>
+      <x:c r="H236" s="14" t="s">
         <x:v>396</x:v>
       </x:c>
-      <x:c r="H236" s="14" t="s">
+      <x:c r="I236" s="16" t="s">
         <x:v>397</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>398</x:v>
       </x:c>
       <x:c r="J236" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K236" s="14" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="L236" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M236" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N236" s="15" t="n">
         <x:v>22499</x:v>
       </x:c>
       <x:c r="O236" s="14" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="P236" s="14" t="s">
-        <x:v>396</x:v>
+        <x:v>395</x:v>
       </x:c>
       <x:c r="Q236" s="16" t="s">
-        <x:v>398</x:v>
+        <x:v>397</x:v>
       </x:c>
       <x:c r="R236" s="14" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="S236" s="14" t="n">
         <x:v>564399</x:v>
       </x:c>
       <x:c r="T236" s="16" t="s">
-        <x:v>401</x:v>
+        <x:v>398</x:v>
       </x:c>
       <x:c r="U236" s="16" t="s">
-        <x:v>402</x:v>
+        <x:v>399</x:v>
       </x:c>
     </x:row>
     <x:row r="237" spans="1:21">
       <x:c r="A237" s="1" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="B237" s="0" t="s">
         <x:v>394</x:v>
       </x:c>
       <x:c r="C237" s="3" t="n">
         <x:v>35801</x:v>
       </x:c>
       <x:c r="D237" s="3" t="s"/>
       <x:c r="G237" s="0" t="s">
         <x:v>405</x:v>
       </x:c>
       <x:c r="I237" s="4" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="J237" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K237" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
@@ -17340,564 +17340,564 @@
       </x:c>
       <x:c r="P254" s="14" t="s">
         <x:v>412</x:v>
       </x:c>
       <x:c r="Q254" s="16" t="s">
         <x:v>237</x:v>
       </x:c>
       <x:c r="R254" s="14" t="s">
         <x:v>188</x:v>
       </x:c>
       <x:c r="S254" s="14" t="n">
         <x:v>606237</x:v>
       </x:c>
       <x:c r="T254" s="16" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="U254" s="16" t="s">
         <x:v>33</x:v>
       </x:c>
     </x:row>
     <x:row r="255" spans="1:21">
       <x:c r="A255" s="1" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="B255" s="0" t="s">
-        <x:v>394</x:v>
+        <x:v>389</x:v>
       </x:c>
       <x:c r="C255" s="3" t="n">
-        <x:v>35801</x:v>
+        <x:v>38361</x:v>
       </x:c>
       <x:c r="D255" s="3" t="s"/>
       <x:c r="G255" s="0" t="s">
         <x:v>412</x:v>
       </x:c>
       <x:c r="H255" s="0" t="s">
         <x:v>413</x:v>
       </x:c>
       <x:c r="I255" s="4" t="s">
         <x:v>237</x:v>
       </x:c>
       <x:c r="J255" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K255" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="L255" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M255" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N255" s="3" t="n">
-        <x:v>34581</x:v>
+        <x:v>22499</x:v>
       </x:c>
       <x:c r="O255" s="0" t="s">
-        <x:v>48</x:v>
+        <x:v>43</x:v>
       </x:c>
       <x:c r="P255" s="0" t="s">
         <x:v>412</x:v>
       </x:c>
       <x:c r="Q255" s="4" t="s">
         <x:v>237</x:v>
       </x:c>
       <x:c r="R255" s="0" t="s">
-        <x:v>417</x:v>
+        <x:v>268</x:v>
       </x:c>
       <x:c r="S255" s="0" t="n">
-        <x:v>507554</x:v>
+        <x:v>564382</x:v>
       </x:c>
       <x:c r="T255" s="4" t="s">
-        <x:v>244</x:v>
+        <x:v>61</x:v>
       </x:c>
       <x:c r="U255" s="4" t="s">
-        <x:v>38</x:v>
+        <x:v>35</x:v>
       </x:c>
     </x:row>
     <x:row r="256" spans="1:21">
       <x:c r="A256" s="13" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="B256" s="14" t="s">
-        <x:v>389</x:v>
+        <x:v>394</x:v>
       </x:c>
       <x:c r="C256" s="15" t="n">
-        <x:v>38361</x:v>
+        <x:v>35801</x:v>
       </x:c>
       <x:c r="D256" s="15" t="s"/>
       <x:c r="E256" s="14" t="s"/>
       <x:c r="F256" s="14" t="s"/>
       <x:c r="G256" s="14" t="s">
         <x:v>412</x:v>
       </x:c>
       <x:c r="H256" s="14" t="s">
         <x:v>413</x:v>
       </x:c>
       <x:c r="I256" s="16" t="s">
         <x:v>237</x:v>
       </x:c>
       <x:c r="J256" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K256" s="14" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="L256" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M256" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N256" s="15" t="n">
-        <x:v>22499</x:v>
+        <x:v>34581</x:v>
       </x:c>
       <x:c r="O256" s="14" t="s">
-        <x:v>43</x:v>
+        <x:v>48</x:v>
       </x:c>
       <x:c r="P256" s="14" t="s">
         <x:v>412</x:v>
       </x:c>
       <x:c r="Q256" s="16" t="s">
         <x:v>237</x:v>
       </x:c>
       <x:c r="R256" s="14" t="s">
-        <x:v>268</x:v>
+        <x:v>414</x:v>
       </x:c>
       <x:c r="S256" s="14" t="n">
-        <x:v>564382</x:v>
+        <x:v>504157</x:v>
       </x:c>
       <x:c r="T256" s="16" t="s">
-        <x:v>61</x:v>
+        <x:v>244</x:v>
       </x:c>
       <x:c r="U256" s="16" t="s">
-        <x:v>35</x:v>
+        <x:v>38</x:v>
       </x:c>
     </x:row>
     <x:row r="257" spans="1:21">
       <x:c r="A257" s="1" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="B257" s="0" t="s">
         <x:v>394</x:v>
       </x:c>
       <x:c r="C257" s="3" t="n">
         <x:v>35801</x:v>
       </x:c>
       <x:c r="D257" s="3" t="s"/>
       <x:c r="G257" s="0" t="s">
         <x:v>412</x:v>
       </x:c>
       <x:c r="H257" s="0" t="s">
         <x:v>413</x:v>
       </x:c>
       <x:c r="I257" s="4" t="s">
         <x:v>237</x:v>
       </x:c>
       <x:c r="J257" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K257" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="L257" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M257" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N257" s="3" t="n">
         <x:v>34581</x:v>
       </x:c>
       <x:c r="O257" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="P257" s="0" t="s">
         <x:v>412</x:v>
       </x:c>
       <x:c r="Q257" s="4" t="s">
         <x:v>237</x:v>
       </x:c>
       <x:c r="R257" s="0" t="s">
-        <x:v>414</x:v>
+        <x:v>417</x:v>
       </x:c>
       <x:c r="S257" s="0" t="n">
-        <x:v>504157</x:v>
+        <x:v>608333</x:v>
       </x:c>
       <x:c r="T257" s="4" t="s">
-        <x:v>244</x:v>
+        <x:v>32</x:v>
       </x:c>
       <x:c r="U257" s="4" t="s">
-        <x:v>38</x:v>
+        <x:v>415</x:v>
       </x:c>
     </x:row>
     <x:row r="258" spans="1:21">
       <x:c r="A258" s="13" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="B258" s="14" t="s">
-        <x:v>394</x:v>
+        <x:v>389</x:v>
       </x:c>
       <x:c r="C258" s="15" t="n">
-        <x:v>35801</x:v>
+        <x:v>38361</x:v>
       </x:c>
       <x:c r="D258" s="15" t="s"/>
       <x:c r="E258" s="14" t="s"/>
       <x:c r="F258" s="14" t="s"/>
       <x:c r="G258" s="14" t="s">
         <x:v>412</x:v>
       </x:c>
       <x:c r="H258" s="14" t="s">
         <x:v>413</x:v>
       </x:c>
       <x:c r="I258" s="16" t="s">
         <x:v>237</x:v>
       </x:c>
       <x:c r="J258" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K258" s="14" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="L258" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M258" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N258" s="15" t="n">
-        <x:v>34581</x:v>
+        <x:v>22499</x:v>
       </x:c>
       <x:c r="O258" s="14" t="s">
-        <x:v>48</x:v>
+        <x:v>43</x:v>
       </x:c>
       <x:c r="P258" s="14" t="s">
         <x:v>412</x:v>
       </x:c>
       <x:c r="Q258" s="16" t="s">
         <x:v>237</x:v>
       </x:c>
       <x:c r="R258" s="14" t="s">
-        <x:v>417</x:v>
+        <x:v>330</x:v>
       </x:c>
       <x:c r="S258" s="14" t="n">
-        <x:v>608333</x:v>
+        <x:v>564375</x:v>
       </x:c>
       <x:c r="T258" s="16" t="s">
-        <x:v>32</x:v>
+        <x:v>61</x:v>
       </x:c>
       <x:c r="U258" s="16" t="s">
-        <x:v>415</x:v>
+        <x:v>35</x:v>
       </x:c>
     </x:row>
     <x:row r="259" spans="1:21">
       <x:c r="A259" s="1" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="B259" s="0" t="s">
         <x:v>389</x:v>
       </x:c>
       <x:c r="C259" s="3" t="n">
         <x:v>38361</x:v>
       </x:c>
       <x:c r="D259" s="3" t="s"/>
       <x:c r="G259" s="0" t="s">
         <x:v>412</x:v>
       </x:c>
       <x:c r="H259" s="0" t="s">
         <x:v>413</x:v>
       </x:c>
       <x:c r="I259" s="4" t="s">
         <x:v>237</x:v>
       </x:c>
       <x:c r="J259" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K259" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="L259" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M259" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N259" s="3" t="n">
         <x:v>22499</x:v>
       </x:c>
       <x:c r="O259" s="0" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="P259" s="0" t="s">
         <x:v>412</x:v>
       </x:c>
       <x:c r="Q259" s="4" t="s">
         <x:v>237</x:v>
       </x:c>
       <x:c r="R259" s="0" t="s">
-        <x:v>330</x:v>
+        <x:v>268</x:v>
       </x:c>
       <x:c r="S259" s="0" t="n">
-        <x:v>564375</x:v>
+        <x:v>564380</x:v>
       </x:c>
       <x:c r="T259" s="4" t="s">
-        <x:v>61</x:v>
+        <x:v>244</x:v>
       </x:c>
       <x:c r="U259" s="4" t="s">
-        <x:v>35</x:v>
+        <x:v>38</x:v>
       </x:c>
     </x:row>
     <x:row r="260" spans="1:21">
       <x:c r="A260" s="13" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="B260" s="14" t="s">
-        <x:v>389</x:v>
+        <x:v>394</x:v>
       </x:c>
       <x:c r="C260" s="15" t="n">
-        <x:v>38361</x:v>
+        <x:v>35801</x:v>
       </x:c>
       <x:c r="D260" s="15" t="s"/>
       <x:c r="E260" s="14" t="s"/>
       <x:c r="F260" s="14" t="s"/>
       <x:c r="G260" s="14" t="s">
         <x:v>412</x:v>
       </x:c>
       <x:c r="H260" s="14" t="s">
         <x:v>413</x:v>
       </x:c>
       <x:c r="I260" s="16" t="s">
         <x:v>237</x:v>
       </x:c>
       <x:c r="J260" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K260" s="14" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="L260" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M260" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N260" s="15" t="n">
-        <x:v>22499</x:v>
+        <x:v>34581</x:v>
       </x:c>
       <x:c r="O260" s="14" t="s">
-        <x:v>43</x:v>
+        <x:v>48</x:v>
       </x:c>
       <x:c r="P260" s="14" t="s">
         <x:v>412</x:v>
       </x:c>
       <x:c r="Q260" s="16" t="s">
         <x:v>237</x:v>
       </x:c>
       <x:c r="R260" s="14" t="s">
-        <x:v>268</x:v>
+        <x:v>417</x:v>
       </x:c>
       <x:c r="S260" s="14" t="n">
-        <x:v>564380</x:v>
+        <x:v>554778</x:v>
       </x:c>
       <x:c r="T260" s="16" t="s">
-        <x:v>244</x:v>
+        <x:v>61</x:v>
       </x:c>
       <x:c r="U260" s="16" t="s">
-        <x:v>38</x:v>
+        <x:v>35</x:v>
       </x:c>
     </x:row>
     <x:row r="261" spans="1:21">
       <x:c r="A261" s="1" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="B261" s="0" t="s">
-        <x:v>394</x:v>
+        <x:v>389</x:v>
       </x:c>
       <x:c r="C261" s="3" t="n">
-        <x:v>35801</x:v>
+        <x:v>38361</x:v>
       </x:c>
       <x:c r="D261" s="3" t="s"/>
       <x:c r="G261" s="0" t="s">
         <x:v>412</x:v>
       </x:c>
       <x:c r="H261" s="0" t="s">
         <x:v>413</x:v>
       </x:c>
       <x:c r="I261" s="4" t="s">
         <x:v>237</x:v>
       </x:c>
       <x:c r="J261" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K261" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="L261" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M261" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N261" s="3" t="n">
-        <x:v>34581</x:v>
+        <x:v>22499</x:v>
       </x:c>
       <x:c r="O261" s="0" t="s">
-        <x:v>48</x:v>
+        <x:v>43</x:v>
       </x:c>
       <x:c r="P261" s="0" t="s">
         <x:v>412</x:v>
       </x:c>
       <x:c r="Q261" s="4" t="s">
         <x:v>237</x:v>
       </x:c>
       <x:c r="R261" s="0" t="s">
-        <x:v>417</x:v>
+        <x:v>268</x:v>
       </x:c>
       <x:c r="S261" s="0" t="n">
-        <x:v>554778</x:v>
+        <x:v>557461</x:v>
       </x:c>
       <x:c r="T261" s="4" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="U261" s="4" t="s">
         <x:v>35</x:v>
       </x:c>
     </x:row>
     <x:row r="262" spans="1:21">
       <x:c r="A262" s="13" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="B262" s="14" t="s">
-        <x:v>389</x:v>
+        <x:v>394</x:v>
       </x:c>
       <x:c r="C262" s="15" t="n">
-        <x:v>38361</x:v>
+        <x:v>35801</x:v>
       </x:c>
       <x:c r="D262" s="15" t="s"/>
       <x:c r="E262" s="14" t="s"/>
       <x:c r="F262" s="14" t="s"/>
       <x:c r="G262" s="14" t="s">
         <x:v>412</x:v>
       </x:c>
       <x:c r="H262" s="14" t="s">
         <x:v>413</x:v>
       </x:c>
       <x:c r="I262" s="16" t="s">
         <x:v>237</x:v>
       </x:c>
       <x:c r="J262" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K262" s="14" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="L262" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M262" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N262" s="15" t="n">
-        <x:v>22499</x:v>
+        <x:v>34581</x:v>
       </x:c>
       <x:c r="O262" s="14" t="s">
-        <x:v>43</x:v>
+        <x:v>48</x:v>
       </x:c>
       <x:c r="P262" s="14" t="s">
         <x:v>412</x:v>
       </x:c>
       <x:c r="Q262" s="16" t="s">
         <x:v>237</x:v>
       </x:c>
       <x:c r="R262" s="14" t="s">
-        <x:v>268</x:v>
+        <x:v>417</x:v>
       </x:c>
       <x:c r="S262" s="14" t="n">
-        <x:v>557461</x:v>
+        <x:v>507554</x:v>
       </x:c>
       <x:c r="T262" s="16" t="s">
-        <x:v>61</x:v>
+        <x:v>244</x:v>
       </x:c>
       <x:c r="U262" s="16" t="s">
-        <x:v>35</x:v>
+        <x:v>38</x:v>
       </x:c>
     </x:row>
     <x:row r="263" spans="1:21">
       <x:c r="A263" s="1" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="B263" s="0" t="s">
         <x:v>389</x:v>
       </x:c>
       <x:c r="C263" s="3" t="n">
         <x:v>38361</x:v>
       </x:c>
       <x:c r="D263" s="3" t="s"/>
       <x:c r="G263" s="0" t="s">
         <x:v>412</x:v>
       </x:c>
       <x:c r="H263" s="0" t="s">
         <x:v>413</x:v>
       </x:c>
       <x:c r="I263" s="4" t="s">
         <x:v>237</x:v>
       </x:c>
       <x:c r="J263" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K263" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="L263" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M263" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N263" s="3" t="n">
         <x:v>22499</x:v>
       </x:c>
       <x:c r="O263" s="0" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="P263" s="0" t="s">
         <x:v>412</x:v>
       </x:c>
       <x:c r="Q263" s="4" t="s">
         <x:v>237</x:v>
       </x:c>
       <x:c r="R263" s="0" t="s">
-        <x:v>188</x:v>
+        <x:v>330</x:v>
       </x:c>
       <x:c r="S263" s="0" t="n">
-        <x:v>554008</x:v>
+        <x:v>564373</x:v>
       </x:c>
       <x:c r="T263" s="4" t="s">
-        <x:v>61</x:v>
+        <x:v>244</x:v>
       </x:c>
       <x:c r="U263" s="4" t="s">
-        <x:v>35</x:v>
+        <x:v>38</x:v>
       </x:c>
     </x:row>
     <x:row r="264" spans="1:21">
       <x:c r="A264" s="13" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="B264" s="14" t="s">
         <x:v>394</x:v>
       </x:c>
       <x:c r="C264" s="15" t="n">
         <x:v>35801</x:v>
       </x:c>
       <x:c r="D264" s="15" t="s"/>
       <x:c r="E264" s="14" t="s"/>
       <x:c r="F264" s="14" t="s"/>
       <x:c r="G264" s="14" t="s">
         <x:v>412</x:v>
       </x:c>
       <x:c r="H264" s="14" t="s">
         <x:v>413</x:v>
       </x:c>
       <x:c r="I264" s="16" t="s">
         <x:v>237</x:v>
       </x:c>
       <x:c r="J264" s="14" t="s">
@@ -18019,60 +18019,60 @@
       <x:c r="J266" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K266" s="14" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="L266" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M266" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N266" s="15" t="n">
         <x:v>22499</x:v>
       </x:c>
       <x:c r="O266" s="14" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="P266" s="14" t="s">
         <x:v>412</x:v>
       </x:c>
       <x:c r="Q266" s="16" t="s">
         <x:v>237</x:v>
       </x:c>
       <x:c r="R266" s="14" t="s">
-        <x:v>330</x:v>
+        <x:v>188</x:v>
       </x:c>
       <x:c r="S266" s="14" t="n">
-        <x:v>564373</x:v>
+        <x:v>554008</x:v>
       </x:c>
       <x:c r="T266" s="16" t="s">
-        <x:v>244</x:v>
+        <x:v>61</x:v>
       </x:c>
       <x:c r="U266" s="16" t="s">
-        <x:v>38</x:v>
+        <x:v>35</x:v>
       </x:c>
     </x:row>
     <x:row r="267" spans="1:21">
       <x:c r="A267" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B267" s="0" t="s">
         <x:v>346</x:v>
       </x:c>
       <x:c r="C267" s="3" t="n">
         <x:v>34399</x:v>
       </x:c>
       <x:c r="D267" s="3" t="s"/>
       <x:c r="E267" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G267" s="0" t="s">
         <x:v>424</x:v>
       </x:c>
       <x:c r="I267" s="4" t="s">
         <x:v>425</x:v>
       </x:c>
       <x:c r="J267" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
@@ -18198,51 +18198,51 @@
       <x:c r="M269" s="0" t="s">
         <x:v>157</x:v>
       </x:c>
       <x:c r="N269" s="3" t="n">
         <x:v>34572</x:v>
       </x:c>
       <x:c r="O269" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P269" s="0" t="s">
         <x:v>424</x:v>
       </x:c>
       <x:c r="Q269" s="4" t="s">
         <x:v>425</x:v>
       </x:c>
       <x:c r="R269" s="0" t="s">
         <x:v>116</x:v>
       </x:c>
       <x:c r="S269" s="0" t="n">
         <x:v>559253</x:v>
       </x:c>
       <x:c r="T269" s="4" t="s">
         <x:v>426</x:v>
       </x:c>
       <x:c r="U269" s="4" t="s">
-        <x:v>217</x:v>
+        <x:v>220</x:v>
       </x:c>
     </x:row>
     <x:row r="270" spans="1:21">
       <x:c r="A270" s="13" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="B270" s="14" t="s">
         <x:v>428</x:v>
       </x:c>
       <x:c r="C270" s="15" t="n">
         <x:v>35652</x:v>
       </x:c>
       <x:c r="D270" s="15" t="s"/>
       <x:c r="E270" s="14" t="s"/>
       <x:c r="F270" s="14" t="s"/>
       <x:c r="G270" s="14" t="s">
         <x:v>424</x:v>
       </x:c>
       <x:c r="H270" s="14" t="s"/>
       <x:c r="I270" s="16" t="s">
         <x:v>425</x:v>
       </x:c>
       <x:c r="J270" s="14" t="s">
         <x:v>57</x:v>
       </x:c>
@@ -18306,57 +18306,57 @@
       <x:c r="K271" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L271" s="0" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="M271" s="0" t="s">
         <x:v>157</x:v>
       </x:c>
       <x:c r="N271" s="3" t="n">
         <x:v>34538</x:v>
       </x:c>
       <x:c r="O271" s="0" t="s">
         <x:v>342</x:v>
       </x:c>
       <x:c r="P271" s="0" t="s">
         <x:v>424</x:v>
       </x:c>
       <x:c r="Q271" s="4" t="s">
         <x:v>425</x:v>
       </x:c>
       <x:c r="R271" s="0" t="s">
         <x:v>116</x:v>
       </x:c>
       <x:c r="S271" s="0" t="n">
-        <x:v>608951</x:v>
+        <x:v>553370</x:v>
       </x:c>
       <x:c r="T271" s="4" t="s">
-        <x:v>284</x:v>
+        <x:v>426</x:v>
       </x:c>
       <x:c r="U271" s="4" t="s">
-        <x:v>285</x:v>
+        <x:v>67</x:v>
       </x:c>
     </x:row>
     <x:row r="272" spans="1:21">
       <x:c r="A272" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B272" s="14" t="s">
         <x:v>341</x:v>
       </x:c>
       <x:c r="C272" s="15" t="n">
         <x:v>35652</x:v>
       </x:c>
       <x:c r="D272" s="15" t="s"/>
       <x:c r="E272" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F272" s="14" t="s"/>
       <x:c r="G272" s="14" t="s">
         <x:v>424</x:v>
       </x:c>
       <x:c r="H272" s="14" t="s"/>
       <x:c r="I272" s="16" t="s">
         <x:v>425</x:v>
       </x:c>
       <x:c r="J272" s="14" t="s">
@@ -18365,57 +18365,57 @@
       <x:c r="K272" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L272" s="14" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="M272" s="14" t="s">
         <x:v>157</x:v>
       </x:c>
       <x:c r="N272" s="15" t="n">
         <x:v>34538</x:v>
       </x:c>
       <x:c r="O272" s="14" t="s">
         <x:v>342</x:v>
       </x:c>
       <x:c r="P272" s="14" t="s">
         <x:v>424</x:v>
       </x:c>
       <x:c r="Q272" s="16" t="s">
         <x:v>425</x:v>
       </x:c>
       <x:c r="R272" s="14" t="s">
         <x:v>116</x:v>
       </x:c>
       <x:c r="S272" s="14" t="n">
-        <x:v>553370</x:v>
+        <x:v>608951</x:v>
       </x:c>
       <x:c r="T272" s="16" t="s">
-        <x:v>426</x:v>
+        <x:v>284</x:v>
       </x:c>
       <x:c r="U272" s="16" t="s">
-        <x:v>67</x:v>
+        <x:v>285</x:v>
       </x:c>
     </x:row>
     <x:row r="273" spans="1:21">
       <x:c r="A273" s="1" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="B273" s="0" t="s">
         <x:v>428</x:v>
       </x:c>
       <x:c r="C273" s="3" t="n">
         <x:v>35652</x:v>
       </x:c>
       <x:c r="D273" s="3" t="s"/>
       <x:c r="G273" s="0" t="s">
         <x:v>424</x:v>
       </x:c>
       <x:c r="I273" s="4" t="s">
         <x:v>425</x:v>
       </x:c>
       <x:c r="J273" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="K273" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
@@ -18425,51 +18425,51 @@
       <x:c r="M273" s="0" t="s">
         <x:v>157</x:v>
       </x:c>
       <x:c r="N273" s="3" t="n">
         <x:v>34538</x:v>
       </x:c>
       <x:c r="O273" s="0" t="s">
         <x:v>342</x:v>
       </x:c>
       <x:c r="P273" s="0" t="s">
         <x:v>424</x:v>
       </x:c>
       <x:c r="Q273" s="4" t="s">
         <x:v>425</x:v>
       </x:c>
       <x:c r="R273" s="0" t="s">
         <x:v>116</x:v>
       </x:c>
       <x:c r="S273" s="0" t="n">
         <x:v>550315</x:v>
       </x:c>
       <x:c r="T273" s="4" t="s">
         <x:v>377</x:v>
       </x:c>
       <x:c r="U273" s="4" t="s">
-        <x:v>217</x:v>
+        <x:v>220</x:v>
       </x:c>
     </x:row>
     <x:row r="274" spans="1:21">
       <x:c r="A274" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B274" s="14" t="s">
         <x:v>332</x:v>
       </x:c>
       <x:c r="C274" s="15" t="n">
         <x:v>40607</x:v>
       </x:c>
       <x:c r="D274" s="15" t="s"/>
       <x:c r="E274" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F274" s="14" t="s"/>
       <x:c r="G274" s="14" t="s">
         <x:v>424</x:v>
       </x:c>
       <x:c r="H274" s="14" t="s"/>
       <x:c r="I274" s="16" t="s">
         <x:v>425</x:v>
       </x:c>
       <x:c r="J274" s="14" t="s">
@@ -18484,51 +18484,51 @@
       <x:c r="M274" s="14" t="s">
         <x:v>157</x:v>
       </x:c>
       <x:c r="N274" s="15" t="n">
         <x:v>34572</x:v>
       </x:c>
       <x:c r="O274" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P274" s="14" t="s">
         <x:v>424</x:v>
       </x:c>
       <x:c r="Q274" s="16" t="s">
         <x:v>425</x:v>
       </x:c>
       <x:c r="R274" s="14" t="s">
         <x:v>116</x:v>
       </x:c>
       <x:c r="S274" s="14" t="n">
         <x:v>608935</x:v>
       </x:c>
       <x:c r="T274" s="16" t="s">
         <x:v>284</x:v>
       </x:c>
       <x:c r="U274" s="16" t="s">
-        <x:v>217</x:v>
+        <x:v>220</x:v>
       </x:c>
     </x:row>
     <x:row r="275" spans="1:21">
       <x:c r="A275" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B275" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C275" s="3" t="n">
         <x:v>39063</x:v>
       </x:c>
       <x:c r="D275" s="3" t="s"/>
       <x:c r="E275" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G275" s="0" t="s">
         <x:v>424</x:v>
       </x:c>
       <x:c r="I275" s="4" t="s">
         <x:v>425</x:v>
       </x:c>
       <x:c r="J275" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
@@ -18714,51 +18714,51 @@
       <x:c r="M278" s="14" t="s">
         <x:v>157</x:v>
       </x:c>
       <x:c r="N278" s="15" t="n">
         <x:v>34581</x:v>
       </x:c>
       <x:c r="O278" s="14" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="P278" s="14" t="s">
         <x:v>424</x:v>
       </x:c>
       <x:c r="Q278" s="16" t="s">
         <x:v>425</x:v>
       </x:c>
       <x:c r="R278" s="14" t="s">
         <x:v>116</x:v>
       </x:c>
       <x:c r="S278" s="14" t="n">
         <x:v>567943</x:v>
       </x:c>
       <x:c r="T278" s="16" t="s">
         <x:v>430</x:v>
       </x:c>
       <x:c r="U278" s="16" t="s">
-        <x:v>217</x:v>
+        <x:v>220</x:v>
       </x:c>
     </x:row>
     <x:row r="279" spans="1:21">
       <x:c r="A279" s="1" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="B279" s="0" t="s">
         <x:v>279</x:v>
       </x:c>
       <x:c r="C279" s="3" t="n">
         <x:v>39063</x:v>
       </x:c>
       <x:c r="D279" s="3" t="s"/>
       <x:c r="G279" s="0" t="s">
         <x:v>424</x:v>
       </x:c>
       <x:c r="I279" s="4" t="s">
         <x:v>425</x:v>
       </x:c>
       <x:c r="J279" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K279" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
@@ -18937,114 +18937,114 @@
       <x:c r="K282" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L282" s="14" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="M282" s="14" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="N282" s="15" t="n">
         <x:v>34572</x:v>
       </x:c>
       <x:c r="O282" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P282" s="14" t="s">
         <x:v>432</x:v>
       </x:c>
       <x:c r="Q282" s="16" t="s">
         <x:v>433</x:v>
       </x:c>
       <x:c r="R282" s="14" t="s">
         <x:v>431</x:v>
       </x:c>
       <x:c r="S282" s="14" t="n">
-        <x:v>608981</x:v>
+        <x:v>553502</x:v>
       </x:c>
       <x:c r="T282" s="16" t="s">
-        <x:v>284</x:v>
+        <x:v>426</x:v>
       </x:c>
       <x:c r="U282" s="16" t="s">
-        <x:v>217</x:v>
+        <x:v>427</x:v>
       </x:c>
     </x:row>
     <x:row r="283" spans="1:21">
       <x:c r="A283" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B283" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C283" s="3" t="n">
         <x:v>39063</x:v>
       </x:c>
       <x:c r="D283" s="3" t="s"/>
       <x:c r="E283" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G283" s="0" t="s">
         <x:v>424</x:v>
       </x:c>
       <x:c r="I283" s="4" t="s">
         <x:v>425</x:v>
       </x:c>
       <x:c r="J283" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K283" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L283" s="0" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="M283" s="0" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="N283" s="3" t="n">
         <x:v>34572</x:v>
       </x:c>
       <x:c r="O283" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P283" s="0" t="s">
         <x:v>432</x:v>
       </x:c>
       <x:c r="Q283" s="4" t="s">
         <x:v>433</x:v>
       </x:c>
       <x:c r="R283" s="0" t="s">
         <x:v>431</x:v>
       </x:c>
       <x:c r="S283" s="0" t="n">
-        <x:v>553502</x:v>
+        <x:v>608981</x:v>
       </x:c>
       <x:c r="T283" s="4" t="s">
-        <x:v>426</x:v>
+        <x:v>284</x:v>
       </x:c>
       <x:c r="U283" s="4" t="s">
-        <x:v>427</x:v>
+        <x:v>220</x:v>
       </x:c>
     </x:row>
     <x:row r="284" spans="1:21">
       <x:c r="A284" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B284" s="14" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C284" s="15" t="n">
         <x:v>39063</x:v>
       </x:c>
       <x:c r="D284" s="15" t="s"/>
       <x:c r="E284" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F284" s="14" t="s"/>
       <x:c r="G284" s="14" t="s">
         <x:v>434</x:v>
       </x:c>
       <x:c r="H284" s="14" t="s"/>
       <x:c r="I284" s="16" t="s">
         <x:v>435</x:v>
       </x:c>
       <x:c r="J284" s="14" t="s">
@@ -19356,159 +19356,159 @@
       </x:c>
       <x:c r="P289" s="0" t="s">
         <x:v>442</x:v>
       </x:c>
       <x:c r="Q289" s="4" t="s">
         <x:v>143</x:v>
       </x:c>
       <x:c r="R289" s="0" t="s">
         <x:v>443</x:v>
       </x:c>
       <x:c r="S289" s="0" t="n">
         <x:v>599940</x:v>
       </x:c>
       <x:c r="T289" s="4" t="s">
         <x:v>423</x:v>
       </x:c>
       <x:c r="U289" s="4" t="s">
         <x:v>441</x:v>
       </x:c>
     </x:row>
     <x:row r="290" spans="1:21">
       <x:c r="A290" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B290" s="14" t="s">
-        <x:v>94</x:v>
+        <x:v>47</x:v>
       </x:c>
       <x:c r="C290" s="15" t="n">
-        <x:v>37717</x:v>
+        <x:v>35801</x:v>
       </x:c>
       <x:c r="D290" s="15" t="s"/>
       <x:c r="E290" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F290" s="14" t="s"/>
       <x:c r="G290" s="14" t="s">
         <x:v>418</x:v>
       </x:c>
       <x:c r="H290" s="14" t="s"/>
       <x:c r="I290" s="16" t="s">
         <x:v>419</x:v>
       </x:c>
       <x:c r="J290" s="14" t="s">
-        <x:v>95</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="K290" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L290" s="14" t="s">
-        <x:v>85</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="M290" s="14" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="N290" s="15" t="n">
         <x:v>34581</x:v>
       </x:c>
       <x:c r="O290" s="14" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="P290" s="14" t="s">
         <x:v>442</x:v>
       </x:c>
       <x:c r="Q290" s="16" t="s">
         <x:v>143</x:v>
       </x:c>
       <x:c r="R290" s="14" t="s">
         <x:v>443</x:v>
       </x:c>
       <x:c r="S290" s="14" t="n">
-        <x:v>599903</x:v>
+        <x:v>502686</x:v>
       </x:c>
       <x:c r="T290" s="16" t="s">
-        <x:v>423</x:v>
+        <x:v>439</x:v>
       </x:c>
       <x:c r="U290" s="16" t="s">
-        <x:v>233</x:v>
+        <x:v>440</x:v>
       </x:c>
     </x:row>
     <x:row r="291" spans="1:21">
       <x:c r="A291" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B291" s="0" t="s">
-        <x:v>47</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="C291" s="3" t="n">
-        <x:v>35801</x:v>
+        <x:v>37717</x:v>
       </x:c>
       <x:c r="D291" s="3" t="s"/>
       <x:c r="E291" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G291" s="0" t="s">
         <x:v>418</x:v>
       </x:c>
       <x:c r="I291" s="4" t="s">
         <x:v>419</x:v>
       </x:c>
       <x:c r="J291" s="0" t="s">
-        <x:v>26</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="K291" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L291" s="0" t="s">
-        <x:v>28</x:v>
+        <x:v>85</x:v>
       </x:c>
       <x:c r="M291" s="0" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="N291" s="3" t="n">
         <x:v>34581</x:v>
       </x:c>
       <x:c r="O291" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="P291" s="0" t="s">
         <x:v>442</x:v>
       </x:c>
       <x:c r="Q291" s="4" t="s">
         <x:v>143</x:v>
       </x:c>
       <x:c r="R291" s="0" t="s">
         <x:v>443</x:v>
       </x:c>
       <x:c r="S291" s="0" t="n">
-        <x:v>502686</x:v>
+        <x:v>599903</x:v>
       </x:c>
       <x:c r="T291" s="4" t="s">
-        <x:v>439</x:v>
+        <x:v>423</x:v>
       </x:c>
       <x:c r="U291" s="4" t="s">
-        <x:v>440</x:v>
+        <x:v>233</x:v>
       </x:c>
     </x:row>
     <x:row r="292" spans="1:21">
       <x:c r="A292" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B292" s="14" t="s">
         <x:v>94</x:v>
       </x:c>
       <x:c r="C292" s="15" t="n">
         <x:v>37717</x:v>
       </x:c>
       <x:c r="D292" s="15" t="s"/>
       <x:c r="E292" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F292" s="14" t="s"/>
       <x:c r="G292" s="14" t="s">
         <x:v>418</x:v>
       </x:c>
       <x:c r="H292" s="14" t="s"/>
       <x:c r="I292" s="16" t="s">
         <x:v>419</x:v>
       </x:c>
       <x:c r="J292" s="14" t="s">
@@ -19641,51 +19641,51 @@
       <x:c r="M294" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N294" s="15" t="n">
         <x:v>34581</x:v>
       </x:c>
       <x:c r="O294" s="14" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="P294" s="14" t="s">
         <x:v>448</x:v>
       </x:c>
       <x:c r="Q294" s="16" t="s">
         <x:v>450</x:v>
       </x:c>
       <x:c r="R294" s="14" t="s">
         <x:v>417</x:v>
       </x:c>
       <x:c r="S294" s="14" t="n">
         <x:v>546924</x:v>
       </x:c>
       <x:c r="T294" s="16" t="s">
         <x:v>426</x:v>
       </x:c>
       <x:c r="U294" s="16" t="s">
-        <x:v>217</x:v>
+        <x:v>220</x:v>
       </x:c>
     </x:row>
     <x:row r="295" spans="1:21">
       <x:c r="A295" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B295" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C295" s="3" t="n">
         <x:v>39063</x:v>
       </x:c>
       <x:c r="D295" s="3" t="s"/>
       <x:c r="E295" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G295" s="0" t="s">
         <x:v>448</x:v>
       </x:c>
       <x:c r="H295" s="0" t="s">
         <x:v>449</x:v>
       </x:c>
       <x:c r="I295" s="4" t="s">
         <x:v>450</x:v>
       </x:c>
@@ -19701,51 +19701,51 @@
       <x:c r="M295" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N295" s="3" t="n">
         <x:v>34572</x:v>
       </x:c>
       <x:c r="O295" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P295" s="0" t="s">
         <x:v>448</x:v>
       </x:c>
       <x:c r="Q295" s="4" t="s">
         <x:v>450</x:v>
       </x:c>
       <x:c r="R295" s="0" t="s">
         <x:v>417</x:v>
       </x:c>
       <x:c r="S295" s="0" t="n">
         <x:v>546953</x:v>
       </x:c>
       <x:c r="T295" s="4" t="s">
         <x:v>426</x:v>
       </x:c>
       <x:c r="U295" s="4" t="s">
-        <x:v>217</x:v>
+        <x:v>220</x:v>
       </x:c>
     </x:row>
     <x:row r="296" spans="1:21">
       <x:c r="A296" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B296" s="14" t="s">
         <x:v>94</x:v>
       </x:c>
       <x:c r="C296" s="15" t="n">
         <x:v>37717</x:v>
       </x:c>
       <x:c r="D296" s="15" t="s"/>
       <x:c r="E296" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F296" s="14" t="s"/>
       <x:c r="G296" s="14" t="s">
         <x:v>448</x:v>
       </x:c>
       <x:c r="H296" s="14" t="s">
         <x:v>449</x:v>
       </x:c>
       <x:c r="I296" s="16" t="s">
         <x:v>450</x:v>
@@ -19762,51 +19762,51 @@
       <x:c r="M296" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N296" s="15" t="n">
         <x:v>34581</x:v>
       </x:c>
       <x:c r="O296" s="14" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="P296" s="14" t="s">
         <x:v>448</x:v>
       </x:c>
       <x:c r="Q296" s="16" t="s">
         <x:v>450</x:v>
       </x:c>
       <x:c r="R296" s="14" t="s">
         <x:v>417</x:v>
       </x:c>
       <x:c r="S296" s="14" t="n">
         <x:v>601958</x:v>
       </x:c>
       <x:c r="T296" s="16" t="s">
         <x:v>284</x:v>
       </x:c>
       <x:c r="U296" s="16" t="s">
-        <x:v>217</x:v>
+        <x:v>220</x:v>
       </x:c>
     </x:row>
     <x:row r="297" spans="1:21">
       <x:c r="A297" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B297" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C297" s="3" t="n">
         <x:v>39063</x:v>
       </x:c>
       <x:c r="D297" s="3" t="s"/>
       <x:c r="E297" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G297" s="0" t="s">
         <x:v>448</x:v>
       </x:c>
       <x:c r="H297" s="0" t="s">
         <x:v>449</x:v>
       </x:c>
       <x:c r="I297" s="4" t="s">
         <x:v>450</x:v>
       </x:c>
@@ -19822,51 +19822,51 @@
       <x:c r="M297" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N297" s="3" t="n">
         <x:v>34572</x:v>
       </x:c>
       <x:c r="O297" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P297" s="0" t="s">
         <x:v>448</x:v>
       </x:c>
       <x:c r="Q297" s="4" t="s">
         <x:v>450</x:v>
       </x:c>
       <x:c r="R297" s="0" t="s">
         <x:v>417</x:v>
       </x:c>
       <x:c r="S297" s="0" t="n">
         <x:v>601974</x:v>
       </x:c>
       <x:c r="T297" s="4" t="s">
         <x:v>284</x:v>
       </x:c>
       <x:c r="U297" s="4" t="s">
-        <x:v>217</x:v>
+        <x:v>220</x:v>
       </x:c>
     </x:row>
     <x:row r="298" spans="1:21">
       <x:c r="A298" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B298" s="14" t="s">
         <x:v>94</x:v>
       </x:c>
       <x:c r="C298" s="15" t="n">
         <x:v>37717</x:v>
       </x:c>
       <x:c r="D298" s="15" t="s"/>
       <x:c r="E298" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F298" s="14" t="s"/>
       <x:c r="G298" s="14" t="s">
         <x:v>448</x:v>
       </x:c>
       <x:c r="H298" s="14" t="s">
         <x:v>449</x:v>
       </x:c>
       <x:c r="I298" s="16" t="s">
         <x:v>450</x:v>
@@ -20002,51 +20002,51 @@
       <x:c r="M300" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N300" s="15" t="n">
         <x:v>34572</x:v>
       </x:c>
       <x:c r="O300" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P300" s="14" t="s">
         <x:v>448</x:v>
       </x:c>
       <x:c r="Q300" s="16" t="s">
         <x:v>450</x:v>
       </x:c>
       <x:c r="R300" s="14" t="s">
         <x:v>417</x:v>
       </x:c>
       <x:c r="S300" s="14" t="n">
         <x:v>551950</x:v>
       </x:c>
       <x:c r="T300" s="16" t="s">
         <x:v>451</x:v>
       </x:c>
       <x:c r="U300" s="16" t="s">
-        <x:v>217</x:v>
+        <x:v>220</x:v>
       </x:c>
     </x:row>
     <x:row r="301" spans="1:21">
       <x:c r="A301" s="1" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="B301" s="0" t="s">
         <x:v>135</x:v>
       </x:c>
       <x:c r="C301" s="3" t="n">
         <x:v>37717</x:v>
       </x:c>
       <x:c r="D301" s="3" t="s"/>
       <x:c r="G301" s="0" t="s">
         <x:v>448</x:v>
       </x:c>
       <x:c r="H301" s="0" t="s">
         <x:v>449</x:v>
       </x:c>
       <x:c r="I301" s="4" t="s">
         <x:v>450</x:v>
       </x:c>
       <x:c r="J301" s="0" t="s">
         <x:v>95</x:v>
       </x:c>
@@ -20059,51 +20059,51 @@
       <x:c r="M301" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N301" s="3" t="n">
         <x:v>34581</x:v>
       </x:c>
       <x:c r="O301" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="P301" s="0" t="s">
         <x:v>448</x:v>
       </x:c>
       <x:c r="Q301" s="4" t="s">
         <x:v>450</x:v>
       </x:c>
       <x:c r="R301" s="0" t="s">
         <x:v>417</x:v>
       </x:c>
       <x:c r="S301" s="0" t="n">
         <x:v>551864</x:v>
       </x:c>
       <x:c r="T301" s="4" t="s">
         <x:v>451</x:v>
       </x:c>
       <x:c r="U301" s="4" t="s">
-        <x:v>217</x:v>
+        <x:v>220</x:v>
       </x:c>
     </x:row>
     <x:row r="302" spans="1:21">
       <x:c r="A302" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B302" s="14" t="s">
         <x:v>452</x:v>
       </x:c>
       <x:c r="C302" s="15" t="n">
         <x:v>41302</x:v>
       </x:c>
       <x:c r="D302" s="15" t="s"/>
       <x:c r="E302" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F302" s="14" t="s"/>
       <x:c r="G302" s="14" t="s">
         <x:v>453</x:v>
       </x:c>
       <x:c r="H302" s="14" t="s">
         <x:v>454</x:v>
       </x:c>
       <x:c r="I302" s="16" t="s">
         <x:v>143</x:v>
@@ -20291,51 +20291,51 @@
       <x:c r="M305" s="0" t="s">
         <x:v>157</x:v>
       </x:c>
       <x:c r="N305" s="3" t="n">
         <x:v>34581</x:v>
       </x:c>
       <x:c r="O305" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="P305" s="0" t="s">
         <x:v>467</x:v>
       </x:c>
       <x:c r="Q305" s="4" t="s">
         <x:v>325</x:v>
       </x:c>
       <x:c r="R305" s="0" t="s">
         <x:v>326</x:v>
       </x:c>
       <x:c r="S305" s="0" t="n">
         <x:v>523313</x:v>
       </x:c>
       <x:c r="T305" s="4" t="s">
         <x:v>469</x:v>
       </x:c>
       <x:c r="U305" s="4" t="s">
-        <x:v>217</x:v>
+        <x:v>220</x:v>
       </x:c>
     </x:row>
     <x:row r="306" spans="1:21">
       <x:c r="A306" s="13" t="s">
         <x:v>199</x:v>
       </x:c>
       <x:c r="B306" s="14" t="s">
         <x:v>470</x:v>
       </x:c>
       <x:c r="C306" s="15" t="n">
         <x:v>39063</x:v>
       </x:c>
       <x:c r="D306" s="15" t="s"/>
       <x:c r="E306" s="14" t="s"/>
       <x:c r="F306" s="14" t="s"/>
       <x:c r="G306" s="14" t="s">
         <x:v>471</x:v>
       </x:c>
       <x:c r="H306" s="14" t="s">
         <x:v>472</x:v>
       </x:c>
       <x:c r="I306" s="16" t="s">
         <x:v>473</x:v>
       </x:c>
       <x:c r="J306" s="14" t="s">
@@ -20407,51 +20407,51 @@
       <x:c r="L307" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M307" s="0" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="N307" s="3" t="n">
         <x:v>34572</x:v>
       </x:c>
       <x:c r="O307" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P307" s="0" t="s">
         <x:v>476</x:v>
       </x:c>
       <x:c r="Q307" s="4" t="s">
         <x:v>477</x:v>
       </x:c>
       <x:c r="R307" s="0" t="s">
         <x:v>474</x:v>
       </x:c>
       <x:c r="S307" s="0" t="n">
         <x:v>553108</x:v>
       </x:c>
       <x:c r="T307" s="4" t="s">
-        <x:v>399</x:v>
+        <x:v>400</x:v>
       </x:c>
       <x:c r="U307" s="4" t="s">
         <x:v>478</x:v>
       </x:c>
     </x:row>
     <x:row r="308" spans="1:21">
       <x:c r="A308" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B308" s="14" t="s">
         <x:v>479</x:v>
       </x:c>
       <x:c r="C308" s="15" t="n">
         <x:v>40622</x:v>
       </x:c>
       <x:c r="D308" s="15" t="s"/>
       <x:c r="E308" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F308" s="14" t="s"/>
       <x:c r="G308" s="14" t="s">
         <x:v>480</x:v>
       </x:c>
       <x:c r="H308" s="14" t="s">
         <x:v>481</x:v>
@@ -20832,51 +20832,51 @@
       <x:c r="M314" s="14" t="s">
         <x:v>157</x:v>
       </x:c>
       <x:c r="N314" s="15" t="n">
         <x:v>34572</x:v>
       </x:c>
       <x:c r="O314" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P314" s="14" t="s">
         <x:v>484</x:v>
       </x:c>
       <x:c r="Q314" s="16" t="s">
         <x:v>485</x:v>
       </x:c>
       <x:c r="R314" s="14" t="s">
         <x:v>486</x:v>
       </x:c>
       <x:c r="S314" s="14" t="n">
         <x:v>608653</x:v>
       </x:c>
       <x:c r="T314" s="16" t="s">
         <x:v>284</x:v>
       </x:c>
       <x:c r="U314" s="16" t="s">
-        <x:v>217</x:v>
+        <x:v>220</x:v>
       </x:c>
     </x:row>
     <x:row r="315" spans="1:21">
       <x:c r="A315" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B315" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C315" s="3" t="n">
         <x:v>39063</x:v>
       </x:c>
       <x:c r="D315" s="3" t="s"/>
       <x:c r="E315" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G315" s="0" t="s">
         <x:v>484</x:v>
       </x:c>
       <x:c r="I315" s="4" t="s">
         <x:v>485</x:v>
       </x:c>
       <x:c r="J315" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
@@ -21424,345 +21424,345 @@
       </x:c>
       <x:c r="P324" s="14" t="s">
         <x:v>500</x:v>
       </x:c>
       <x:c r="Q324" s="16" t="s">
         <x:v>393</x:v>
       </x:c>
       <x:c r="R324" s="14" t="s">
         <x:v>144</x:v>
       </x:c>
       <x:c r="S324" s="14" t="n">
         <x:v>549858</x:v>
       </x:c>
       <x:c r="T324" s="16" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="U324" s="16" t="s">
         <x:v>35</x:v>
       </x:c>
     </x:row>
     <x:row r="325" spans="1:21">
       <x:c r="A325" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B325" s="0" t="s">
-        <x:v>503</x:v>
+        <x:v>501</x:v>
       </x:c>
       <x:c r="C325" s="3" t="n">
         <x:v>36003</x:v>
       </x:c>
       <x:c r="D325" s="3" t="s"/>
       <x:c r="E325" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G325" s="0" t="s">
         <x:v>207</x:v>
       </x:c>
       <x:c r="H325" s="0" t="s">
         <x:v>196</x:v>
       </x:c>
       <x:c r="I325" s="4" t="s">
         <x:v>208</x:v>
       </x:c>
       <x:c r="J325" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K325" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L325" s="0" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="M325" s="0" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="N325" s="3" t="n">
         <x:v>34525</x:v>
       </x:c>
       <x:c r="O325" s="0" t="s">
         <x:v>204</x:v>
       </x:c>
       <x:c r="P325" s="0" t="s">
         <x:v>500</x:v>
       </x:c>
       <x:c r="Q325" s="4" t="s">
         <x:v>393</x:v>
       </x:c>
       <x:c r="R325" s="0" t="s">
         <x:v>144</x:v>
       </x:c>
       <x:c r="S325" s="0" t="n">
-        <x:v>549874</x:v>
+        <x:v>605850</x:v>
       </x:c>
       <x:c r="T325" s="4" t="s">
-        <x:v>61</x:v>
+        <x:v>32</x:v>
       </x:c>
       <x:c r="U325" s="4" t="s">
-        <x:v>35</x:v>
+        <x:v>33</x:v>
       </x:c>
     </x:row>
     <x:row r="326" spans="1:21">
       <x:c r="A326" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B326" s="14" t="s">
-        <x:v>206</x:v>
+        <x:v>502</x:v>
       </x:c>
       <x:c r="C326" s="15" t="n">
         <x:v>36003</x:v>
       </x:c>
       <x:c r="D326" s="15" t="s"/>
       <x:c r="E326" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F326" s="14" t="s"/>
       <x:c r="G326" s="14" t="s">
         <x:v>207</x:v>
       </x:c>
       <x:c r="H326" s="14" t="s">
         <x:v>196</x:v>
       </x:c>
       <x:c r="I326" s="16" t="s">
         <x:v>208</x:v>
       </x:c>
       <x:c r="J326" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K326" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L326" s="14" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="M326" s="14" t="s">
-        <x:v>34</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="N326" s="15" t="n">
         <x:v>34525</x:v>
       </x:c>
       <x:c r="O326" s="14" t="s">
         <x:v>204</x:v>
       </x:c>
       <x:c r="P326" s="14" t="s">
         <x:v>500</x:v>
       </x:c>
       <x:c r="Q326" s="16" t="s">
         <x:v>393</x:v>
       </x:c>
       <x:c r="R326" s="14" t="s">
         <x:v>144</x:v>
       </x:c>
       <x:c r="S326" s="14" t="n">
-        <x:v>549877</x:v>
+        <x:v>496611</x:v>
       </x:c>
       <x:c r="T326" s="16" t="s">
-        <x:v>61</x:v>
+        <x:v>183</x:v>
       </x:c>
       <x:c r="U326" s="16" t="s">
-        <x:v>35</x:v>
+        <x:v>38</x:v>
       </x:c>
     </x:row>
     <x:row r="327" spans="1:21">
       <x:c r="A327" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B327" s="0" t="s">
-        <x:v>502</x:v>
+        <x:v>499</x:v>
       </x:c>
       <x:c r="C327" s="3" t="n">
         <x:v>36003</x:v>
       </x:c>
       <x:c r="D327" s="3" t="s"/>
       <x:c r="E327" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G327" s="0" t="s">
         <x:v>207</x:v>
       </x:c>
       <x:c r="H327" s="0" t="s">
         <x:v>196</x:v>
       </x:c>
       <x:c r="I327" s="4" t="s">
         <x:v>208</x:v>
       </x:c>
       <x:c r="J327" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K327" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L327" s="0" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="M327" s="0" t="s">
-        <x:v>29</x:v>
+        <x:v>34</x:v>
       </x:c>
       <x:c r="N327" s="3" t="n">
         <x:v>34525</x:v>
       </x:c>
       <x:c r="O327" s="0" t="s">
         <x:v>204</x:v>
       </x:c>
       <x:c r="P327" s="0" t="s">
         <x:v>500</x:v>
       </x:c>
       <x:c r="Q327" s="4" t="s">
         <x:v>393</x:v>
       </x:c>
       <x:c r="R327" s="0" t="s">
         <x:v>144</x:v>
       </x:c>
       <x:c r="S327" s="0" t="n">
-        <x:v>496611</x:v>
+        <x:v>496474</x:v>
       </x:c>
       <x:c r="T327" s="4" t="s">
         <x:v>183</x:v>
       </x:c>
       <x:c r="U327" s="4" t="s">
         <x:v>38</x:v>
       </x:c>
     </x:row>
     <x:row r="328" spans="1:21">
       <x:c r="A328" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B328" s="14" t="s">
-        <x:v>499</x:v>
+        <x:v>503</x:v>
       </x:c>
       <x:c r="C328" s="15" t="n">
         <x:v>36003</x:v>
       </x:c>
       <x:c r="D328" s="15" t="s"/>
       <x:c r="E328" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F328" s="14" t="s"/>
       <x:c r="G328" s="14" t="s">
         <x:v>207</x:v>
       </x:c>
       <x:c r="H328" s="14" t="s">
         <x:v>196</x:v>
       </x:c>
       <x:c r="I328" s="16" t="s">
         <x:v>208</x:v>
       </x:c>
       <x:c r="J328" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K328" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L328" s="14" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="M328" s="14" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="N328" s="15" t="n">
         <x:v>34525</x:v>
       </x:c>
       <x:c r="O328" s="14" t="s">
         <x:v>204</x:v>
       </x:c>
       <x:c r="P328" s="14" t="s">
         <x:v>500</x:v>
       </x:c>
       <x:c r="Q328" s="16" t="s">
         <x:v>393</x:v>
       </x:c>
       <x:c r="R328" s="14" t="s">
         <x:v>144</x:v>
       </x:c>
       <x:c r="S328" s="14" t="n">
-        <x:v>496474</x:v>
+        <x:v>549874</x:v>
       </x:c>
       <x:c r="T328" s="16" t="s">
-        <x:v>183</x:v>
+        <x:v>61</x:v>
       </x:c>
       <x:c r="U328" s="16" t="s">
-        <x:v>38</x:v>
+        <x:v>35</x:v>
       </x:c>
     </x:row>
     <x:row r="329" spans="1:21">
       <x:c r="A329" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B329" s="0" t="s">
-        <x:v>501</x:v>
+        <x:v>206</x:v>
       </x:c>
       <x:c r="C329" s="3" t="n">
         <x:v>36003</x:v>
       </x:c>
       <x:c r="D329" s="3" t="s"/>
       <x:c r="E329" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G329" s="0" t="s">
         <x:v>207</x:v>
       </x:c>
       <x:c r="H329" s="0" t="s">
         <x:v>196</x:v>
       </x:c>
       <x:c r="I329" s="4" t="s">
         <x:v>208</x:v>
       </x:c>
       <x:c r="J329" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K329" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L329" s="0" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="M329" s="0" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="N329" s="3" t="n">
         <x:v>34525</x:v>
       </x:c>
       <x:c r="O329" s="0" t="s">
         <x:v>204</x:v>
       </x:c>
       <x:c r="P329" s="0" t="s">
         <x:v>500</x:v>
       </x:c>
       <x:c r="Q329" s="4" t="s">
         <x:v>393</x:v>
       </x:c>
       <x:c r="R329" s="0" t="s">
         <x:v>144</x:v>
       </x:c>
       <x:c r="S329" s="0" t="n">
-        <x:v>605850</x:v>
+        <x:v>549877</x:v>
       </x:c>
       <x:c r="T329" s="4" t="s">
-        <x:v>32</x:v>
+        <x:v>61</x:v>
       </x:c>
       <x:c r="U329" s="4" t="s">
-        <x:v>33</x:v>
+        <x:v>35</x:v>
       </x:c>
     </x:row>
     <x:row r="330" spans="1:21">
       <x:c r="A330" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B330" s="14" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="C330" s="15" t="n">
         <x:v>35801</x:v>
       </x:c>
       <x:c r="D330" s="15" t="s"/>
       <x:c r="E330" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F330" s="14" t="s"/>
       <x:c r="G330" s="14" t="s">
         <x:v>392</x:v>
       </x:c>
       <x:c r="H330" s="14" t="s"/>
       <x:c r="I330" s="16" t="s">
         <x:v>393</x:v>
       </x:c>
       <x:c r="J330" s="14" t="s">
@@ -22558,163 +22558,161 @@
       </x:c>
       <x:c r="O343" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="P343" s="0" t="s">
         <x:v>513</x:v>
       </x:c>
       <x:c r="Q343" s="4" t="s">
         <x:v>186</x:v>
       </x:c>
       <x:c r="R343" s="0" t="s">
         <x:v>188</x:v>
       </x:c>
       <x:c r="S343" s="0" t="n">
         <x:v>511006</x:v>
       </x:c>
       <x:c r="T343" s="4" t="s">
         <x:v>244</x:v>
       </x:c>
       <x:c r="U343" s="4" t="s">
         <x:v>38</x:v>
       </x:c>
     </x:row>
     <x:row r="344" spans="1:21">
       <x:c r="A344" s="13" t="s">
-        <x:v>75</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B344" s="14" t="s">
-        <x:v>506</x:v>
+        <x:v>47</x:v>
       </x:c>
       <x:c r="C344" s="15" t="n">
         <x:v>35801</x:v>
       </x:c>
       <x:c r="D344" s="15" t="s"/>
-      <x:c r="E344" s="14" t="s"/>
+      <x:c r="E344" s="14" t="s">
+        <x:v>23</x:v>
+      </x:c>
       <x:c r="F344" s="14" t="s"/>
       <x:c r="G344" s="14" t="s">
-        <x:v>513</x:v>
-[...1 lines deleted...]
-      <x:c r="H344" s="14" t="s"/>
+        <x:v>412</x:v>
+      </x:c>
+      <x:c r="H344" s="14" t="s">
+        <x:v>413</x:v>
+      </x:c>
       <x:c r="I344" s="16" t="s">
-        <x:v>186</x:v>
+        <x:v>237</x:v>
       </x:c>
       <x:c r="J344" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K344" s="14" t="s">
-        <x:v>79</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="L344" s="14" t="s">
-        <x:v>28</x:v>
+        <x:v>85</x:v>
       </x:c>
       <x:c r="M344" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N344" s="15" t="n">
         <x:v>34581</x:v>
       </x:c>
       <x:c r="O344" s="14" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="P344" s="14" t="s">
         <x:v>513</x:v>
       </x:c>
       <x:c r="Q344" s="16" t="s">
         <x:v>186</x:v>
       </x:c>
       <x:c r="R344" s="14" t="s">
         <x:v>188</x:v>
       </x:c>
       <x:c r="S344" s="14" t="n">
-        <x:v>596057</x:v>
+        <x:v>556328</x:v>
       </x:c>
       <x:c r="T344" s="16" t="s">
-        <x:v>32</x:v>
+        <x:v>61</x:v>
       </x:c>
       <x:c r="U344" s="16" t="s">
-        <x:v>33</x:v>
+        <x:v>35</x:v>
       </x:c>
     </x:row>
     <x:row r="345" spans="1:21">
       <x:c r="A345" s="1" t="s">
-        <x:v>21</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="B345" s="0" t="s">
-        <x:v>47</x:v>
+        <x:v>506</x:v>
       </x:c>
       <x:c r="C345" s="3" t="n">
         <x:v>35801</x:v>
       </x:c>
       <x:c r="D345" s="3" t="s"/>
-      <x:c r="E345" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="G345" s="0" t="s">
-        <x:v>412</x:v>
-[...2 lines deleted...]
-        <x:v>413</x:v>
+        <x:v>513</x:v>
       </x:c>
       <x:c r="I345" s="4" t="s">
-        <x:v>237</x:v>
+        <x:v>186</x:v>
       </x:c>
       <x:c r="J345" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K345" s="0" t="s">
-        <x:v>27</x:v>
+        <x:v>79</x:v>
       </x:c>
       <x:c r="L345" s="0" t="s">
-        <x:v>85</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="M345" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N345" s="3" t="n">
         <x:v>34581</x:v>
       </x:c>
       <x:c r="O345" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="P345" s="0" t="s">
         <x:v>513</x:v>
       </x:c>
       <x:c r="Q345" s="4" t="s">
         <x:v>186</x:v>
       </x:c>
       <x:c r="R345" s="0" t="s">
         <x:v>188</x:v>
       </x:c>
       <x:c r="S345" s="0" t="n">
-        <x:v>556328</x:v>
+        <x:v>596057</x:v>
       </x:c>
       <x:c r="T345" s="4" t="s">
-        <x:v>61</x:v>
+        <x:v>32</x:v>
       </x:c>
       <x:c r="U345" s="4" t="s">
-        <x:v>35</x:v>
+        <x:v>33</x:v>
       </x:c>
     </x:row>
     <x:row r="346" spans="1:21">
       <x:c r="A346" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B346" s="14" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="C346" s="15" t="n">
         <x:v>35801</x:v>
       </x:c>
       <x:c r="D346" s="15" t="s"/>
       <x:c r="E346" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F346" s="14" t="s"/>
       <x:c r="G346" s="14" t="s">
         <x:v>412</x:v>
       </x:c>
       <x:c r="H346" s="14" t="s">
         <x:v>413</x:v>
       </x:c>
       <x:c r="I346" s="16" t="s">
         <x:v>237</x:v>
@@ -23490,57 +23488,57 @@
       <x:c r="K359" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L359" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M359" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N359" s="3" t="n">
         <x:v>22499</x:v>
       </x:c>
       <x:c r="O359" s="0" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="P359" s="0" t="s">
         <x:v>519</x:v>
       </x:c>
       <x:c r="Q359" s="4" t="s">
         <x:v>252</x:v>
       </x:c>
       <x:c r="R359" s="0" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="S359" s="0" t="n">
-        <x:v>605952</x:v>
+        <x:v>547561</x:v>
       </x:c>
       <x:c r="T359" s="4" t="s">
-        <x:v>32</x:v>
+        <x:v>61</x:v>
       </x:c>
       <x:c r="U359" s="4" t="s">
-        <x:v>33</x:v>
+        <x:v>35</x:v>
       </x:c>
     </x:row>
     <x:row r="360" spans="1:21">
       <x:c r="A360" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B360" s="14" t="s">
         <x:v>517</x:v>
       </x:c>
       <x:c r="C360" s="15" t="n">
         <x:v>38361</x:v>
       </x:c>
       <x:c r="D360" s="15" t="s"/>
       <x:c r="E360" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F360" s="14" t="s"/>
       <x:c r="G360" s="14" t="s">
         <x:v>392</x:v>
       </x:c>
       <x:c r="H360" s="14" t="s"/>
       <x:c r="I360" s="16" t="s">
         <x:v>393</x:v>
       </x:c>
       <x:c r="J360" s="14" t="s">
@@ -23549,57 +23547,57 @@
       <x:c r="K360" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L360" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M360" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N360" s="15" t="n">
         <x:v>22499</x:v>
       </x:c>
       <x:c r="O360" s="14" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="P360" s="14" t="s">
         <x:v>519</x:v>
       </x:c>
       <x:c r="Q360" s="16" t="s">
         <x:v>252</x:v>
       </x:c>
       <x:c r="R360" s="14" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="S360" s="14" t="n">
-        <x:v>547561</x:v>
+        <x:v>605952</x:v>
       </x:c>
       <x:c r="T360" s="16" t="s">
-        <x:v>61</x:v>
+        <x:v>32</x:v>
       </x:c>
       <x:c r="U360" s="16" t="s">
-        <x:v>35</x:v>
+        <x:v>33</x:v>
       </x:c>
     </x:row>
     <x:row r="361" spans="1:21">
       <x:c r="A361" s="1" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="B361" s="0" t="s">
         <x:v>506</x:v>
       </x:c>
       <x:c r="C361" s="3" t="n">
         <x:v>35801</x:v>
       </x:c>
       <x:c r="D361" s="3" t="s"/>
       <x:c r="G361" s="0" t="s">
         <x:v>520</x:v>
       </x:c>
       <x:c r="I361" s="4" t="s">
         <x:v>521</x:v>
       </x:c>
       <x:c r="J361" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K361" s="0" t="s">
         <x:v>79</x:v>
       </x:c>
@@ -24493,118 +24491,118 @@
       <x:c r="S376" s="14" t="n">
         <x:v>595936</x:v>
       </x:c>
       <x:c r="T376" s="16" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="U376" s="16" t="s">
         <x:v>33</x:v>
       </x:c>
     </x:row>
     <x:row r="377" spans="1:21">
       <x:c r="A377" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B377" s="0" t="s">
         <x:v>181</x:v>
       </x:c>
       <x:c r="C377" s="3" t="n">
         <x:v>38361</x:v>
       </x:c>
       <x:c r="D377" s="3" t="s"/>
       <x:c r="E377" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G377" s="0" t="s">
+        <x:v>395</x:v>
+      </x:c>
+      <x:c r="H377" s="0" t="s">
         <x:v>396</x:v>
       </x:c>
-      <x:c r="H377" s="0" t="s">
+      <x:c r="I377" s="4" t="s">
         <x:v>397</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>398</x:v>
       </x:c>
       <x:c r="J377" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K377" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L377" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M377" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N377" s="3" t="n">
         <x:v>22499</x:v>
       </x:c>
       <x:c r="O377" s="0" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="P377" s="0" t="s">
         <x:v>543</x:v>
       </x:c>
       <x:c r="Q377" s="4" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="R377" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="S377" s="0" t="n">
         <x:v>547704</x:v>
       </x:c>
       <x:c r="T377" s="4" t="s">
-        <x:v>399</x:v>
+        <x:v>400</x:v>
       </x:c>
       <x:c r="U377" s="4" t="s">
-        <x:v>400</x:v>
+        <x:v>401</x:v>
       </x:c>
     </x:row>
     <x:row r="378" spans="1:21">
       <x:c r="A378" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B378" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="C378" s="15" t="n">
         <x:v>38361</x:v>
       </x:c>
       <x:c r="D378" s="15" t="s"/>
       <x:c r="E378" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F378" s="14" t="s"/>
       <x:c r="G378" s="14" t="s">
+        <x:v>395</x:v>
+      </x:c>
+      <x:c r="H378" s="14" t="s">
         <x:v>396</x:v>
       </x:c>
-      <x:c r="H378" s="14" t="s">
+      <x:c r="I378" s="16" t="s">
         <x:v>397</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>398</x:v>
       </x:c>
       <x:c r="J378" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K378" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L378" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M378" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N378" s="15" t="n">
         <x:v>22499</x:v>
       </x:c>
       <x:c r="O378" s="14" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="P378" s="14" t="s">
         <x:v>543</x:v>
       </x:c>
       <x:c r="Q378" s="16" t="s">
         <x:v>74</x:v>
       </x:c>
@@ -24614,57 +24612,57 @@
       <x:c r="S378" s="14" t="n">
         <x:v>611234</x:v>
       </x:c>
       <x:c r="T378" s="16" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="U378" s="16" t="s">
         <x:v>33</x:v>
       </x:c>
     </x:row>
     <x:row r="379" spans="1:21">
       <x:c r="A379" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B379" s="0" t="s">
         <x:v>517</x:v>
       </x:c>
       <x:c r="C379" s="3" t="n">
         <x:v>38361</x:v>
       </x:c>
       <x:c r="D379" s="3" t="s"/>
       <x:c r="E379" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G379" s="0" t="s">
+        <x:v>395</x:v>
+      </x:c>
+      <x:c r="H379" s="0" t="s">
         <x:v>396</x:v>
       </x:c>
-      <x:c r="H379" s="0" t="s">
+      <x:c r="I379" s="4" t="s">
         <x:v>397</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>398</x:v>
       </x:c>
       <x:c r="J379" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K379" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L379" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M379" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N379" s="3" t="n">
         <x:v>22499</x:v>
       </x:c>
       <x:c r="O379" s="0" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="P379" s="0" t="s">
         <x:v>543</x:v>
       </x:c>
       <x:c r="Q379" s="4" t="s">
         <x:v>74</x:v>
       </x:c>
@@ -24675,238 +24673,238 @@
         <x:v>611277</x:v>
       </x:c>
       <x:c r="T379" s="4" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="U379" s="4" t="s">
         <x:v>33</x:v>
       </x:c>
     </x:row>
     <x:row r="380" spans="1:21">
       <x:c r="A380" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B380" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="C380" s="15" t="n">
         <x:v>38361</x:v>
       </x:c>
       <x:c r="D380" s="15" t="s"/>
       <x:c r="E380" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F380" s="14" t="s"/>
       <x:c r="G380" s="14" t="s">
+        <x:v>395</x:v>
+      </x:c>
+      <x:c r="H380" s="14" t="s">
         <x:v>396</x:v>
       </x:c>
-      <x:c r="H380" s="14" t="s">
+      <x:c r="I380" s="16" t="s">
         <x:v>397</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>398</x:v>
       </x:c>
       <x:c r="J380" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K380" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L380" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M380" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N380" s="15" t="n">
         <x:v>22499</x:v>
       </x:c>
       <x:c r="O380" s="14" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="P380" s="14" t="s">
         <x:v>543</x:v>
       </x:c>
       <x:c r="Q380" s="16" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="R380" s="14" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="S380" s="14" t="n">
         <x:v>547703</x:v>
       </x:c>
       <x:c r="T380" s="16" t="s">
-        <x:v>399</x:v>
+        <x:v>400</x:v>
       </x:c>
       <x:c r="U380" s="16" t="s">
-        <x:v>400</x:v>
+        <x:v>401</x:v>
       </x:c>
     </x:row>
     <x:row r="381" spans="1:21">
       <x:c r="A381" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B381" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="C381" s="3" t="n">
         <x:v>38361</x:v>
       </x:c>
       <x:c r="D381" s="3" t="s"/>
       <x:c r="E381" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G381" s="0" t="s">
+        <x:v>395</x:v>
+      </x:c>
+      <x:c r="H381" s="0" t="s">
         <x:v>396</x:v>
       </x:c>
-      <x:c r="H381" s="0" t="s">
+      <x:c r="I381" s="4" t="s">
         <x:v>397</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>398</x:v>
       </x:c>
       <x:c r="J381" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K381" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L381" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M381" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N381" s="3" t="n">
         <x:v>22499</x:v>
       </x:c>
       <x:c r="O381" s="0" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="P381" s="0" t="s">
         <x:v>543</x:v>
       </x:c>
       <x:c r="Q381" s="4" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="R381" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="S381" s="0" t="n">
         <x:v>494841</x:v>
       </x:c>
       <x:c r="T381" s="4" t="s">
-        <x:v>401</x:v>
+        <x:v>398</x:v>
       </x:c>
       <x:c r="U381" s="4" t="s">
-        <x:v>402</x:v>
+        <x:v>399</x:v>
       </x:c>
     </x:row>
     <x:row r="382" spans="1:21">
       <x:c r="A382" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B382" s="14" t="s">
         <x:v>181</x:v>
       </x:c>
       <x:c r="C382" s="15" t="n">
         <x:v>38361</x:v>
       </x:c>
       <x:c r="D382" s="15" t="s"/>
       <x:c r="E382" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F382" s="14" t="s"/>
       <x:c r="G382" s="14" t="s">
+        <x:v>395</x:v>
+      </x:c>
+      <x:c r="H382" s="14" t="s">
         <x:v>396</x:v>
       </x:c>
-      <x:c r="H382" s="14" t="s">
+      <x:c r="I382" s="16" t="s">
         <x:v>397</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>398</x:v>
       </x:c>
       <x:c r="J382" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K382" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L382" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M382" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N382" s="15" t="n">
         <x:v>22499</x:v>
       </x:c>
       <x:c r="O382" s="14" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="P382" s="14" t="s">
         <x:v>543</x:v>
       </x:c>
       <x:c r="Q382" s="16" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="R382" s="14" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="S382" s="14" t="n">
         <x:v>494842</x:v>
       </x:c>
       <x:c r="T382" s="16" t="s">
-        <x:v>401</x:v>
+        <x:v>398</x:v>
       </x:c>
       <x:c r="U382" s="16" t="s">
-        <x:v>402</x:v>
+        <x:v>399</x:v>
       </x:c>
     </x:row>
     <x:row r="383" spans="1:21">
       <x:c r="A383" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B383" s="0" t="s">
         <x:v>517</x:v>
       </x:c>
       <x:c r="C383" s="3" t="n">
         <x:v>38361</x:v>
       </x:c>
       <x:c r="D383" s="3" t="s"/>
       <x:c r="E383" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G383" s="0" t="s">
+        <x:v>395</x:v>
+      </x:c>
+      <x:c r="H383" s="0" t="s">
         <x:v>396</x:v>
       </x:c>
-      <x:c r="H383" s="0" t="s">
+      <x:c r="I383" s="4" t="s">
         <x:v>397</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>398</x:v>
       </x:c>
       <x:c r="J383" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K383" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L383" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M383" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N383" s="3" t="n">
         <x:v>22499</x:v>
       </x:c>
       <x:c r="O383" s="0" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="P383" s="0" t="s">
         <x:v>543</x:v>
       </x:c>
       <x:c r="Q383" s="4" t="s">
         <x:v>74</x:v>
       </x:c>
@@ -24917,57 +24915,57 @@
         <x:v>556735</x:v>
       </x:c>
       <x:c r="T383" s="4" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="U383" s="4" t="s">
         <x:v>35</x:v>
       </x:c>
     </x:row>
     <x:row r="384" spans="1:21">
       <x:c r="A384" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B384" s="14" t="s">
         <x:v>181</x:v>
       </x:c>
       <x:c r="C384" s="15" t="n">
         <x:v>38361</x:v>
       </x:c>
       <x:c r="D384" s="15" t="s"/>
       <x:c r="E384" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F384" s="14" t="s"/>
       <x:c r="G384" s="14" t="s">
+        <x:v>395</x:v>
+      </x:c>
+      <x:c r="H384" s="14" t="s">
         <x:v>396</x:v>
       </x:c>
-      <x:c r="H384" s="14" t="s">
+      <x:c r="I384" s="16" t="s">
         <x:v>397</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>398</x:v>
       </x:c>
       <x:c r="J384" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K384" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L384" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M384" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N384" s="15" t="n">
         <x:v>22499</x:v>
       </x:c>
       <x:c r="O384" s="14" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="P384" s="14" t="s">
         <x:v>543</x:v>
       </x:c>
       <x:c r="Q384" s="16" t="s">
         <x:v>74</x:v>
       </x:c>
@@ -24977,202 +24975,202 @@
       <x:c r="S384" s="14" t="n">
         <x:v>611241</x:v>
       </x:c>
       <x:c r="T384" s="16" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="U384" s="16" t="s">
         <x:v>33</x:v>
       </x:c>
     </x:row>
     <x:row r="385" spans="1:21">
       <x:c r="A385" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B385" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="C385" s="3" t="n">
         <x:v>35801</x:v>
       </x:c>
       <x:c r="D385" s="3" t="s"/>
       <x:c r="E385" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G385" s="0" t="s">
+        <x:v>395</x:v>
+      </x:c>
+      <x:c r="H385" s="0" t="s">
         <x:v>396</x:v>
       </x:c>
-      <x:c r="H385" s="0" t="s">
+      <x:c r="I385" s="4" t="s">
         <x:v>397</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>398</x:v>
       </x:c>
       <x:c r="J385" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K385" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L385" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M385" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N385" s="3" t="n">
         <x:v>34581</x:v>
       </x:c>
       <x:c r="O385" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="P385" s="0" t="s">
         <x:v>544</x:v>
       </x:c>
       <x:c r="Q385" s="4" t="s">
-        <x:v>398</x:v>
+        <x:v>397</x:v>
       </x:c>
       <x:c r="R385" s="0" t="s">
         <x:v>403</x:v>
       </x:c>
       <x:c r="S385" s="0" t="n">
         <x:v>493091</x:v>
       </x:c>
       <x:c r="T385" s="4" t="s">
         <x:v>545</x:v>
       </x:c>
       <x:c r="U385" s="4" t="s">
         <x:v>38</x:v>
       </x:c>
     </x:row>
     <x:row r="386" spans="1:21">
       <x:c r="A386" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B386" s="14" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="C386" s="15" t="n">
         <x:v>35801</x:v>
       </x:c>
       <x:c r="D386" s="15" t="s"/>
       <x:c r="E386" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F386" s="14" t="s"/>
       <x:c r="G386" s="14" t="s">
+        <x:v>395</x:v>
+      </x:c>
+      <x:c r="H386" s="14" t="s">
         <x:v>396</x:v>
       </x:c>
-      <x:c r="H386" s="14" t="s">
+      <x:c r="I386" s="16" t="s">
         <x:v>397</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>398</x:v>
       </x:c>
       <x:c r="J386" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K386" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L386" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M386" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N386" s="15" t="n">
         <x:v>34581</x:v>
       </x:c>
       <x:c r="O386" s="14" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="P386" s="14" t="s">
         <x:v>544</x:v>
       </x:c>
       <x:c r="Q386" s="16" t="s">
-        <x:v>398</x:v>
+        <x:v>397</x:v>
       </x:c>
       <x:c r="R386" s="14" t="s">
         <x:v>403</x:v>
       </x:c>
       <x:c r="S386" s="14" t="n">
         <x:v>547696</x:v>
       </x:c>
       <x:c r="T386" s="16" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="U386" s="16" t="s">
         <x:v>35</x:v>
       </x:c>
     </x:row>
     <x:row r="387" spans="1:21">
       <x:c r="A387" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B387" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="C387" s="3" t="n">
         <x:v>41757</x:v>
       </x:c>
       <x:c r="D387" s="3" t="s"/>
       <x:c r="E387" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G387" s="0" t="s">
+        <x:v>395</x:v>
+      </x:c>
+      <x:c r="H387" s="0" t="s">
         <x:v>396</x:v>
       </x:c>
-      <x:c r="H387" s="0" t="s">
+      <x:c r="I387" s="4" t="s">
         <x:v>397</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>398</x:v>
       </x:c>
       <x:c r="J387" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K387" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L387" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M387" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N387" s="3" t="n">
         <x:v>34581</x:v>
       </x:c>
       <x:c r="O387" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="P387" s="0" t="s">
         <x:v>544</x:v>
       </x:c>
       <x:c r="Q387" s="4" t="s">
-        <x:v>398</x:v>
+        <x:v>397</x:v>
       </x:c>
       <x:c r="R387" s="0" t="s">
         <x:v>403</x:v>
       </x:c>
       <x:c r="S387" s="0" t="n">
         <x:v>617445</x:v>
       </x:c>
       <x:c r="T387" s="4" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="U387" s="4" t="s">
         <x:v>33</x:v>
       </x:c>
     </x:row>
     <x:row r="388" spans="1:21">
       <x:c r="A388" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B388" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="C388" s="15" t="n">
         <x:v>38361</x:v>
       </x:c>
       <x:c r="D388" s="15" t="s"/>
@@ -27201,51 +27199,51 @@
       <x:c r="I422" s="16" t="s">
         <x:v>589</x:v>
       </x:c>
       <x:c r="J422" s="14" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="K422" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L422" s="14" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="M422" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N422" s="15" t="n">
         <x:v>43486</x:v>
       </x:c>
       <x:c r="O422" s="14" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="P422" s="14" t="s">
         <x:v>590</x:v>
       </x:c>
       <x:c r="Q422" s="16" t="s">
-        <x:v>398</x:v>
+        <x:v>397</x:v>
       </x:c>
       <x:c r="R422" s="14" t="s">
         <x:v>403</x:v>
       </x:c>
       <x:c r="S422" s="14" t="n">
         <x:v>605440</x:v>
       </x:c>
       <x:c r="T422" s="16" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="U422" s="16" t="s">
         <x:v>591</x:v>
       </x:c>
     </x:row>
     <x:row r="423" spans="1:21">
       <x:c r="A423" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B423" s="0" t="s">
         <x:v>479</x:v>
       </x:c>
       <x:c r="C423" s="3" t="n">
         <x:v>40622</x:v>
       </x:c>
       <x:c r="D423" s="3" t="s"/>
@@ -27258,71 +27256,71 @@
       <x:c r="I423" s="4" t="s">
         <x:v>589</x:v>
       </x:c>
       <x:c r="J423" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="K423" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L423" s="0" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="M423" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N423" s="3" t="n">
         <x:v>43486</x:v>
       </x:c>
       <x:c r="O423" s="0" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="P423" s="0" t="s">
         <x:v>590</x:v>
       </x:c>
       <x:c r="Q423" s="4" t="s">
-        <x:v>398</x:v>
+        <x:v>397</x:v>
       </x:c>
       <x:c r="R423" s="0" t="s">
         <x:v>403</x:v>
       </x:c>
       <x:c r="S423" s="0" t="n">
         <x:v>547208</x:v>
       </x:c>
       <x:c r="T423" s="4" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="U423" s="4" t="s">
         <x:v>592</x:v>
       </x:c>
     </x:row>
     <x:row r="424" spans="1:21">
       <x:c r="A424" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B424" s="14" t="s">
-        <x:v>277</x:v>
+        <x:v>273</x:v>
       </x:c>
       <x:c r="C424" s="15" t="n">
         <x:v>40290</x:v>
       </x:c>
       <x:c r="D424" s="15" t="s"/>
       <x:c r="E424" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F424" s="14" t="s"/>
       <x:c r="G424" s="14" t="s">
         <x:v>274</x:v>
       </x:c>
       <x:c r="H424" s="14" t="s">
         <x:v>275</x:v>
       </x:c>
       <x:c r="I424" s="16" t="s">
         <x:v>276</x:v>
       </x:c>
       <x:c r="J424" s="14" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="K424" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L424" s="14" t="s">
@@ -27385,51 +27383,51 @@
       <x:c r="M425" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N425" s="3" t="n">
         <x:v>34572</x:v>
       </x:c>
       <x:c r="O425" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P425" s="0" t="s">
         <x:v>594</x:v>
       </x:c>
       <x:c r="Q425" s="4" t="s">
         <x:v>595</x:v>
       </x:c>
       <x:c r="R425" s="0" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="S425" s="0" t="n">
         <x:v>588104</x:v>
       </x:c>
       <x:c r="T425" s="4" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="U425" s="4" t="s">
-        <x:v>217</x:v>
+        <x:v>220</x:v>
       </x:c>
     </x:row>
     <x:row r="426" spans="1:21">
       <x:c r="A426" s="13" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="B426" s="14" t="s">
         <x:v>279</x:v>
       </x:c>
       <x:c r="C426" s="15" t="n">
         <x:v>39063</x:v>
       </x:c>
       <x:c r="D426" s="15" t="s"/>
       <x:c r="E426" s="14" t="s"/>
       <x:c r="F426" s="14" t="s"/>
       <x:c r="G426" s="14" t="s">
         <x:v>594</x:v>
       </x:c>
       <x:c r="H426" s="14" t="s"/>
       <x:c r="I426" s="16" t="s">
         <x:v>595</x:v>
       </x:c>
       <x:c r="J426" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
@@ -27442,51 +27440,51 @@
       <x:c r="M426" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N426" s="15" t="n">
         <x:v>34572</x:v>
       </x:c>
       <x:c r="O426" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P426" s="14" t="s">
         <x:v>594</x:v>
       </x:c>
       <x:c r="Q426" s="16" t="s">
         <x:v>595</x:v>
       </x:c>
       <x:c r="R426" s="14" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="S426" s="14" t="n">
         <x:v>588106</x:v>
       </x:c>
       <x:c r="T426" s="16" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="U426" s="16" t="s">
-        <x:v>217</x:v>
+        <x:v>220</x:v>
       </x:c>
     </x:row>
     <x:row r="427" spans="1:21">
       <x:c r="A427" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B427" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C427" s="3" t="n">
         <x:v>39063</x:v>
       </x:c>
       <x:c r="D427" s="3" t="s"/>
       <x:c r="E427" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G427" s="0" t="s">
         <x:v>594</x:v>
       </x:c>
       <x:c r="I427" s="4" t="s">
         <x:v>595</x:v>
       </x:c>
       <x:c r="J427" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
@@ -27496,51 +27494,51 @@
       <x:c r="L427" s="0" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="M427" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N427" s="3" t="n">
         <x:v>34572</x:v>
       </x:c>
       <x:c r="O427" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P427" s="0" t="s">
         <x:v>596</x:v>
       </x:c>
       <x:c r="Q427" s="4" t="s">
         <x:v>597</x:v>
       </x:c>
       <x:c r="R427" s="0" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="S427" s="0" t="n">
         <x:v>599552</x:v>
       </x:c>
       <x:c r="T427" s="4" t="s">
-        <x:v>216</x:v>
+        <x:v>219</x:v>
       </x:c>
       <x:c r="U427" s="4" t="s">
         <x:v>114</x:v>
       </x:c>
     </x:row>
     <x:row r="428" spans="1:21">
       <x:c r="A428" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B428" s="14" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C428" s="15" t="n">
         <x:v>39063</x:v>
       </x:c>
       <x:c r="D428" s="15" t="s"/>
       <x:c r="E428" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F428" s="14" t="s"/>
       <x:c r="G428" s="14" t="s">
         <x:v>594</x:v>
       </x:c>
       <x:c r="H428" s="14" t="s"/>
       <x:c r="I428" s="16" t="s">
@@ -28007,51 +28005,51 @@
       <x:c r="M436" s="14" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="N436" s="15" t="n">
         <x:v>34572</x:v>
       </x:c>
       <x:c r="O436" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P436" s="14" t="s">
         <x:v>601</x:v>
       </x:c>
       <x:c r="Q436" s="16" t="s">
         <x:v>168</x:v>
       </x:c>
       <x:c r="R436" s="14" t="s">
         <x:v>104</x:v>
       </x:c>
       <x:c r="S436" s="14" t="n">
         <x:v>572978</x:v>
       </x:c>
       <x:c r="T436" s="16" t="s">
         <x:v>610</x:v>
       </x:c>
       <x:c r="U436" s="16" t="s">
-        <x:v>380</x:v>
+        <x:v>378</x:v>
       </x:c>
     </x:row>
     <x:row r="437" spans="1:21">
       <x:c r="A437" s="1" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="B437" s="0" t="s">
         <x:v>279</x:v>
       </x:c>
       <x:c r="C437" s="3" t="n">
         <x:v>39063</x:v>
       </x:c>
       <x:c r="D437" s="3" t="s"/>
       <x:c r="G437" s="0" t="s">
         <x:v>601</x:v>
       </x:c>
       <x:c r="I437" s="4" t="s">
         <x:v>168</x:v>
       </x:c>
       <x:c r="J437" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K437" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
@@ -28337,51 +28335,51 @@
       <x:c r="L442" s="14" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="M442" s="14" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="N442" s="15" t="n">
         <x:v>34572</x:v>
       </x:c>
       <x:c r="O442" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P442" s="14" t="s">
         <x:v>601</x:v>
       </x:c>
       <x:c r="Q442" s="16" t="s">
         <x:v>168</x:v>
       </x:c>
       <x:c r="R442" s="14" t="s">
         <x:v>104</x:v>
       </x:c>
       <x:c r="S442" s="14" t="n">
         <x:v>598808</x:v>
       </x:c>
       <x:c r="T442" s="16" t="s">
-        <x:v>380</x:v>
+        <x:v>378</x:v>
       </x:c>
       <x:c r="U442" s="16" t="s">
         <x:v>35</x:v>
       </x:c>
     </x:row>
     <x:row r="443" spans="1:21">
       <x:c r="A443" s="1" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="B443" s="0" t="s">
         <x:v>279</x:v>
       </x:c>
       <x:c r="C443" s="3" t="n">
         <x:v>39063</x:v>
       </x:c>
       <x:c r="D443" s="3" t="s"/>
       <x:c r="G443" s="0" t="s">
         <x:v>601</x:v>
       </x:c>
       <x:c r="I443" s="4" t="s">
         <x:v>168</x:v>
       </x:c>
       <x:c r="J443" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
@@ -28445,660 +28443,660 @@
       <x:c r="K444" s="14" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="L444" s="14" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="M444" s="14" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="N444" s="15" t="n">
         <x:v>34572</x:v>
       </x:c>
       <x:c r="O444" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P444" s="14" t="s">
         <x:v>601</x:v>
       </x:c>
       <x:c r="Q444" s="16" t="s">
         <x:v>168</x:v>
       </x:c>
       <x:c r="R444" s="14" t="s">
         <x:v>104</x:v>
       </x:c>
       <x:c r="S444" s="14" t="n">
-        <x:v>572976</x:v>
+        <x:v>598812</x:v>
       </x:c>
       <x:c r="T444" s="16" t="s">
         <x:v>618</x:v>
       </x:c>
       <x:c r="U444" s="16" t="s">
-        <x:v>614</x:v>
+        <x:v>619</x:v>
       </x:c>
     </x:row>
     <x:row r="445" spans="1:21">
       <x:c r="A445" s="1" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="B445" s="0" t="s">
         <x:v>279</x:v>
       </x:c>
       <x:c r="C445" s="3" t="n">
         <x:v>39063</x:v>
       </x:c>
       <x:c r="D445" s="3" t="s"/>
       <x:c r="G445" s="0" t="s">
         <x:v>601</x:v>
       </x:c>
       <x:c r="I445" s="4" t="s">
         <x:v>168</x:v>
       </x:c>
       <x:c r="J445" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K445" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="L445" s="0" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="M445" s="0" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="N445" s="3" t="n">
         <x:v>34572</x:v>
       </x:c>
       <x:c r="O445" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P445" s="0" t="s">
         <x:v>601</x:v>
       </x:c>
       <x:c r="Q445" s="4" t="s">
         <x:v>168</x:v>
       </x:c>
       <x:c r="R445" s="0" t="s">
         <x:v>104</x:v>
       </x:c>
       <x:c r="S445" s="0" t="n">
-        <x:v>572979</x:v>
+        <x:v>572976</x:v>
       </x:c>
       <x:c r="T445" s="4" t="s">
-        <x:v>619</x:v>
+        <x:v>620</x:v>
       </x:c>
       <x:c r="U445" s="4" t="s">
-        <x:v>608</x:v>
+        <x:v>614</x:v>
       </x:c>
     </x:row>
     <x:row r="446" spans="1:21">
       <x:c r="A446" s="13" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="B446" s="14" t="s">
         <x:v>279</x:v>
       </x:c>
       <x:c r="C446" s="15" t="n">
         <x:v>39063</x:v>
       </x:c>
       <x:c r="D446" s="15" t="s"/>
       <x:c r="E446" s="14" t="s"/>
       <x:c r="F446" s="14" t="s"/>
       <x:c r="G446" s="14" t="s">
         <x:v>601</x:v>
       </x:c>
       <x:c r="H446" s="14" t="s"/>
       <x:c r="I446" s="16" t="s">
         <x:v>168</x:v>
       </x:c>
       <x:c r="J446" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K446" s="14" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="L446" s="14" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="M446" s="14" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="N446" s="15" t="n">
         <x:v>34572</x:v>
       </x:c>
       <x:c r="O446" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P446" s="14" t="s">
         <x:v>601</x:v>
       </x:c>
       <x:c r="Q446" s="16" t="s">
         <x:v>168</x:v>
       </x:c>
       <x:c r="R446" s="14" t="s">
         <x:v>104</x:v>
       </x:c>
       <x:c r="S446" s="14" t="n">
-        <x:v>572982</x:v>
+        <x:v>572979</x:v>
       </x:c>
       <x:c r="T446" s="16" t="s">
-        <x:v>620</x:v>
+        <x:v>621</x:v>
       </x:c>
       <x:c r="U446" s="16" t="s">
-        <x:v>621</x:v>
+        <x:v>608</x:v>
       </x:c>
     </x:row>
     <x:row r="447" spans="1:21">
       <x:c r="A447" s="1" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="B447" s="0" t="s">
         <x:v>279</x:v>
       </x:c>
       <x:c r="C447" s="3" t="n">
         <x:v>39063</x:v>
       </x:c>
       <x:c r="D447" s="3" t="s"/>
       <x:c r="G447" s="0" t="s">
         <x:v>601</x:v>
       </x:c>
       <x:c r="I447" s="4" t="s">
         <x:v>168</x:v>
       </x:c>
       <x:c r="J447" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K447" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="L447" s="0" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="M447" s="0" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="N447" s="3" t="n">
         <x:v>34572</x:v>
       </x:c>
       <x:c r="O447" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P447" s="0" t="s">
         <x:v>601</x:v>
       </x:c>
       <x:c r="Q447" s="4" t="s">
         <x:v>168</x:v>
       </x:c>
       <x:c r="R447" s="0" t="s">
         <x:v>104</x:v>
       </x:c>
       <x:c r="S447" s="0" t="n">
-        <x:v>598812</x:v>
+        <x:v>572982</x:v>
       </x:c>
       <x:c r="T447" s="4" t="s">
-        <x:v>621</x:v>
+        <x:v>622</x:v>
       </x:c>
       <x:c r="U447" s="4" t="s">
-        <x:v>622</x:v>
+        <x:v>618</x:v>
       </x:c>
     </x:row>
     <x:row r="448" spans="1:21">
       <x:c r="A448" s="13" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="B448" s="14" t="s">
         <x:v>279</x:v>
       </x:c>
       <x:c r="C448" s="15" t="n">
         <x:v>39063</x:v>
       </x:c>
       <x:c r="D448" s="15" t="s"/>
       <x:c r="E448" s="14" t="s"/>
       <x:c r="F448" s="14" t="s"/>
       <x:c r="G448" s="14" t="s">
         <x:v>601</x:v>
       </x:c>
       <x:c r="H448" s="14" t="s"/>
       <x:c r="I448" s="16" t="s">
         <x:v>168</x:v>
       </x:c>
       <x:c r="J448" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K448" s="14" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="L448" s="14" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="M448" s="14" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="N448" s="15" t="n">
         <x:v>34572</x:v>
       </x:c>
       <x:c r="O448" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P448" s="14" t="s">
         <x:v>601</x:v>
       </x:c>
       <x:c r="Q448" s="16" t="s">
         <x:v>168</x:v>
       </x:c>
       <x:c r="R448" s="14" t="s">
         <x:v>104</x:v>
       </x:c>
       <x:c r="S448" s="14" t="n">
-        <x:v>572975</x:v>
+        <x:v>598814</x:v>
       </x:c>
       <x:c r="T448" s="16" t="s">
+        <x:v>613</x:v>
+      </x:c>
+      <x:c r="U448" s="16" t="s">
         <x:v>623</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>376</x:v>
       </x:c>
     </x:row>
     <x:row r="449" spans="1:21">
       <x:c r="A449" s="1" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="B449" s="0" t="s">
         <x:v>279</x:v>
       </x:c>
       <x:c r="C449" s="3" t="n">
         <x:v>39063</x:v>
       </x:c>
       <x:c r="D449" s="3" t="s"/>
       <x:c r="G449" s="0" t="s">
         <x:v>601</x:v>
       </x:c>
       <x:c r="I449" s="4" t="s">
         <x:v>168</x:v>
       </x:c>
       <x:c r="J449" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K449" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="L449" s="0" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="M449" s="0" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="N449" s="3" t="n">
         <x:v>34572</x:v>
       </x:c>
       <x:c r="O449" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P449" s="0" t="s">
         <x:v>601</x:v>
       </x:c>
       <x:c r="Q449" s="4" t="s">
         <x:v>168</x:v>
       </x:c>
       <x:c r="R449" s="0" t="s">
         <x:v>104</x:v>
       </x:c>
       <x:c r="S449" s="0" t="n">
-        <x:v>598814</x:v>
+        <x:v>572975</x:v>
       </x:c>
       <x:c r="T449" s="4" t="s">
-        <x:v>613</x:v>
+        <x:v>624</x:v>
       </x:c>
       <x:c r="U449" s="4" t="s">
-        <x:v>624</x:v>
+        <x:v>376</x:v>
       </x:c>
     </x:row>
     <x:row r="450" spans="1:21">
       <x:c r="A450" s="13" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="B450" s="14" t="s">
         <x:v>279</x:v>
       </x:c>
       <x:c r="C450" s="15" t="n">
         <x:v>39063</x:v>
       </x:c>
       <x:c r="D450" s="15" t="s"/>
       <x:c r="E450" s="14" t="s"/>
       <x:c r="F450" s="14" t="s"/>
       <x:c r="G450" s="14" t="s">
         <x:v>601</x:v>
       </x:c>
       <x:c r="H450" s="14" t="s"/>
       <x:c r="I450" s="16" t="s">
         <x:v>168</x:v>
       </x:c>
       <x:c r="J450" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K450" s="14" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="L450" s="14" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="M450" s="14" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="N450" s="15" t="n">
         <x:v>34572</x:v>
       </x:c>
       <x:c r="O450" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P450" s="14" t="s">
         <x:v>601</x:v>
       </x:c>
       <x:c r="Q450" s="16" t="s">
         <x:v>168</x:v>
       </x:c>
       <x:c r="R450" s="14" t="s">
         <x:v>104</x:v>
       </x:c>
       <x:c r="S450" s="14" t="n">
-        <x:v>598800</x:v>
+        <x:v>572977</x:v>
       </x:c>
       <x:c r="T450" s="16" t="s">
         <x:v>625</x:v>
       </x:c>
       <x:c r="U450" s="16" t="s">
-        <x:v>626</x:v>
+        <x:v>606</x:v>
       </x:c>
     </x:row>
     <x:row r="451" spans="1:21">
       <x:c r="A451" s="1" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="B451" s="0" t="s">
         <x:v>279</x:v>
       </x:c>
       <x:c r="C451" s="3" t="n">
         <x:v>39063</x:v>
       </x:c>
       <x:c r="D451" s="3" t="s"/>
       <x:c r="G451" s="0" t="s">
         <x:v>601</x:v>
       </x:c>
       <x:c r="I451" s="4" t="s">
         <x:v>168</x:v>
       </x:c>
       <x:c r="J451" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K451" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="L451" s="0" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="M451" s="0" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="N451" s="3" t="n">
         <x:v>34572</x:v>
       </x:c>
       <x:c r="O451" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P451" s="0" t="s">
         <x:v>601</x:v>
       </x:c>
       <x:c r="Q451" s="4" t="s">
         <x:v>168</x:v>
       </x:c>
       <x:c r="R451" s="0" t="s">
         <x:v>104</x:v>
       </x:c>
       <x:c r="S451" s="0" t="n">
-        <x:v>572977</x:v>
+        <x:v>598800</x:v>
       </x:c>
       <x:c r="T451" s="4" t="s">
+        <x:v>626</x:v>
+      </x:c>
+      <x:c r="U451" s="4" t="s">
         <x:v>627</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>606</x:v>
       </x:c>
     </x:row>
     <x:row r="452" spans="1:21">
       <x:c r="A452" s="13" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="B452" s="14" t="s">
         <x:v>628</x:v>
       </x:c>
       <x:c r="C452" s="15" t="n">
         <x:v>37717</x:v>
       </x:c>
       <x:c r="D452" s="15" t="s"/>
       <x:c r="E452" s="14" t="s"/>
       <x:c r="F452" s="14" t="s"/>
       <x:c r="G452" s="14" t="s">
         <x:v>629</x:v>
       </x:c>
       <x:c r="H452" s="14" t="s"/>
       <x:c r="I452" s="16" t="s">
         <x:v>630</x:v>
       </x:c>
       <x:c r="J452" s="14" t="s">
         <x:v>95</x:v>
       </x:c>
       <x:c r="K452" s="14" t="s">
         <x:v>631</x:v>
       </x:c>
       <x:c r="L452" s="14" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="M452" s="14" t="s">
         <x:v>157</x:v>
       </x:c>
       <x:c r="N452" s="15" t="n">
         <x:v>34581</x:v>
       </x:c>
       <x:c r="O452" s="14" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="P452" s="14" t="s">
         <x:v>629</x:v>
       </x:c>
       <x:c r="Q452" s="16" t="s">
         <x:v>630</x:v>
       </x:c>
       <x:c r="R452" s="14" t="s">
         <x:v>116</x:v>
       </x:c>
       <x:c r="S452" s="14" t="n">
-        <x:v>617009</x:v>
+        <x:v>611255</x:v>
       </x:c>
       <x:c r="T452" s="16" t="s">
+        <x:v>219</x:v>
+      </x:c>
+      <x:c r="U452" s="16" t="s">
         <x:v>632</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>633</x:v>
       </x:c>
     </x:row>
     <x:row r="453" spans="1:21">
       <x:c r="A453" s="1" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="B453" s="0" t="s">
         <x:v>628</x:v>
       </x:c>
       <x:c r="C453" s="3" t="n">
         <x:v>37717</x:v>
       </x:c>
       <x:c r="D453" s="3" t="s"/>
       <x:c r="G453" s="0" t="s">
         <x:v>629</x:v>
       </x:c>
       <x:c r="I453" s="4" t="s">
         <x:v>630</x:v>
       </x:c>
       <x:c r="J453" s="0" t="s">
         <x:v>95</x:v>
       </x:c>
       <x:c r="K453" s="0" t="s">
         <x:v>631</x:v>
       </x:c>
       <x:c r="L453" s="0" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="M453" s="0" t="s">
         <x:v>157</x:v>
       </x:c>
       <x:c r="N453" s="3" t="n">
         <x:v>34581</x:v>
       </x:c>
       <x:c r="O453" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="P453" s="0" t="s">
         <x:v>629</x:v>
       </x:c>
       <x:c r="Q453" s="4" t="s">
         <x:v>630</x:v>
       </x:c>
       <x:c r="R453" s="0" t="s">
         <x:v>116</x:v>
       </x:c>
       <x:c r="S453" s="0" t="n">
-        <x:v>617011</x:v>
+        <x:v>617009</x:v>
       </x:c>
       <x:c r="T453" s="4" t="s">
-        <x:v>632</x:v>
+        <x:v>633</x:v>
       </x:c>
       <x:c r="U453" s="4" t="s">
-        <x:v>633</x:v>
+        <x:v>634</x:v>
       </x:c>
     </x:row>
     <x:row r="454" spans="1:21">
       <x:c r="A454" s="13" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="B454" s="14" t="s">
         <x:v>628</x:v>
       </x:c>
       <x:c r="C454" s="15" t="n">
         <x:v>37717</x:v>
       </x:c>
       <x:c r="D454" s="15" t="s"/>
       <x:c r="E454" s="14" t="s"/>
       <x:c r="F454" s="14" t="s"/>
       <x:c r="G454" s="14" t="s">
         <x:v>629</x:v>
       </x:c>
       <x:c r="H454" s="14" t="s"/>
       <x:c r="I454" s="16" t="s">
         <x:v>630</x:v>
       </x:c>
       <x:c r="J454" s="14" t="s">
         <x:v>95</x:v>
       </x:c>
       <x:c r="K454" s="14" t="s">
         <x:v>631</x:v>
       </x:c>
       <x:c r="L454" s="14" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="M454" s="14" t="s">
         <x:v>157</x:v>
       </x:c>
       <x:c r="N454" s="15" t="n">
         <x:v>34581</x:v>
       </x:c>
       <x:c r="O454" s="14" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="P454" s="14" t="s">
         <x:v>629</x:v>
       </x:c>
       <x:c r="Q454" s="16" t="s">
         <x:v>630</x:v>
       </x:c>
       <x:c r="R454" s="14" t="s">
         <x:v>116</x:v>
       </x:c>
       <x:c r="S454" s="14" t="n">
-        <x:v>611255</x:v>
+        <x:v>617011</x:v>
       </x:c>
       <x:c r="T454" s="16" t="s">
-        <x:v>216</x:v>
+        <x:v>633</x:v>
       </x:c>
       <x:c r="U454" s="16" t="s">
         <x:v>634</x:v>
       </x:c>
     </x:row>
     <x:row r="455" spans="1:21">
       <x:c r="A455" s="1" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="B455" s="0" t="s">
         <x:v>628</x:v>
       </x:c>
       <x:c r="C455" s="3" t="n">
         <x:v>37717</x:v>
       </x:c>
       <x:c r="D455" s="3" t="s"/>
       <x:c r="G455" s="0" t="s">
         <x:v>629</x:v>
       </x:c>
       <x:c r="I455" s="4" t="s">
         <x:v>630</x:v>
       </x:c>
       <x:c r="J455" s="0" t="s">
         <x:v>95</x:v>
       </x:c>
       <x:c r="K455" s="0" t="s">
         <x:v>631</x:v>
       </x:c>
       <x:c r="L455" s="0" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="M455" s="0" t="s">
         <x:v>157</x:v>
       </x:c>
       <x:c r="N455" s="3" t="n">
         <x:v>34581</x:v>
       </x:c>
       <x:c r="O455" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="P455" s="0" t="s">
         <x:v>629</x:v>
       </x:c>
       <x:c r="Q455" s="4" t="s">
         <x:v>630</x:v>
       </x:c>
       <x:c r="R455" s="0" t="s">
         <x:v>116</x:v>
       </x:c>
       <x:c r="S455" s="0" t="n">
-        <x:v>617014</x:v>
+        <x:v>587705</x:v>
       </x:c>
       <x:c r="T455" s="4" t="s">
         <x:v>635</x:v>
       </x:c>
       <x:c r="U455" s="4" t="s">
         <x:v>636</x:v>
       </x:c>
     </x:row>
     <x:row r="456" spans="1:21">
       <x:c r="A456" s="13" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="B456" s="14" t="s">
         <x:v>628</x:v>
       </x:c>
       <x:c r="C456" s="15" t="n">
         <x:v>37717</x:v>
       </x:c>
       <x:c r="D456" s="15" t="s"/>
       <x:c r="E456" s="14" t="s"/>
       <x:c r="F456" s="14" t="s"/>
       <x:c r="G456" s="14" t="s">
         <x:v>629</x:v>
       </x:c>
       <x:c r="H456" s="14" t="s"/>
@@ -29111,51 +29109,51 @@
       <x:c r="K456" s="14" t="s">
         <x:v>631</x:v>
       </x:c>
       <x:c r="L456" s="14" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="M456" s="14" t="s">
         <x:v>157</x:v>
       </x:c>
       <x:c r="N456" s="15" t="n">
         <x:v>34581</x:v>
       </x:c>
       <x:c r="O456" s="14" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="P456" s="14" t="s">
         <x:v>629</x:v>
       </x:c>
       <x:c r="Q456" s="16" t="s">
         <x:v>630</x:v>
       </x:c>
       <x:c r="R456" s="14" t="s">
         <x:v>116</x:v>
       </x:c>
       <x:c r="S456" s="14" t="n">
-        <x:v>587705</x:v>
+        <x:v>617014</x:v>
       </x:c>
       <x:c r="T456" s="16" t="s">
         <x:v>637</x:v>
       </x:c>
       <x:c r="U456" s="16" t="s">
         <x:v>638</x:v>
       </x:c>
     </x:row>
     <x:row r="457" spans="1:21">
       <x:c r="A457" s="1" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="B457" s="0" t="s">
         <x:v>628</x:v>
       </x:c>
       <x:c r="C457" s="3" t="n">
         <x:v>37717</x:v>
       </x:c>
       <x:c r="D457" s="3" t="s"/>
       <x:c r="G457" s="0" t="s">
         <x:v>629</x:v>
       </x:c>
       <x:c r="I457" s="4" t="s">
         <x:v>630</x:v>
       </x:c>
@@ -29168,168 +29166,167 @@
       <x:c r="L457" s="0" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="M457" s="0" t="s">
         <x:v>157</x:v>
       </x:c>
       <x:c r="N457" s="3" t="n">
         <x:v>34581</x:v>
       </x:c>
       <x:c r="O457" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="P457" s="0" t="s">
         <x:v>629</x:v>
       </x:c>
       <x:c r="Q457" s="4" t="s">
         <x:v>630</x:v>
       </x:c>
       <x:c r="R457" s="0" t="s">
         <x:v>116</x:v>
       </x:c>
       <x:c r="S457" s="0" t="n">
         <x:v>611411</x:v>
       </x:c>
       <x:c r="T457" s="4" t="s">
-        <x:v>632</x:v>
+        <x:v>633</x:v>
       </x:c>
       <x:c r="U457" s="4" t="s">
         <x:v>639</x:v>
       </x:c>
     </x:row>
     <x:row r="458" spans="1:21">
       <x:c r="A458" s="13" t="s">
-        <x:v>52</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B458" s="14" t="s">
-        <x:v>628</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="C458" s="15" t="n">
         <x:v>37717</x:v>
       </x:c>
       <x:c r="D458" s="15" t="s"/>
-      <x:c r="E458" s="14" t="s"/>
+      <x:c r="E458" s="14" t="s">
+        <x:v>23</x:v>
+      </x:c>
       <x:c r="F458" s="14" t="s"/>
       <x:c r="G458" s="14" t="s">
         <x:v>629</x:v>
       </x:c>
       <x:c r="H458" s="14" t="s"/>
       <x:c r="I458" s="16" t="s">
         <x:v>630</x:v>
       </x:c>
       <x:c r="J458" s="14" t="s">
         <x:v>95</x:v>
       </x:c>
       <x:c r="K458" s="14" t="s">
-        <x:v>631</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="L458" s="14" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="M458" s="14" t="s">
-        <x:v>157</x:v>
+        <x:v>34</x:v>
       </x:c>
       <x:c r="N458" s="15" t="n">
         <x:v>34581</x:v>
       </x:c>
       <x:c r="O458" s="14" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="P458" s="14" t="s">
         <x:v>629</x:v>
       </x:c>
       <x:c r="Q458" s="16" t="s">
         <x:v>630</x:v>
       </x:c>
       <x:c r="R458" s="14" t="s">
         <x:v>116</x:v>
       </x:c>
       <x:c r="S458" s="14" t="n">
-        <x:v>617013</x:v>
+        <x:v>601516</x:v>
       </x:c>
       <x:c r="T458" s="16" t="s">
         <x:v>640</x:v>
       </x:c>
       <x:c r="U458" s="16" t="s">
-        <x:v>373</x:v>
+        <x:v>285</x:v>
       </x:c>
     </x:row>
     <x:row r="459" spans="1:21">
       <x:c r="A459" s="1" t="s">
-        <x:v>21</x:v>
+        <x:v>52</x:v>
       </x:c>
       <x:c r="B459" s="0" t="s">
-        <x:v>94</x:v>
+        <x:v>628</x:v>
       </x:c>
       <x:c r="C459" s="3" t="n">
         <x:v>37717</x:v>
       </x:c>
       <x:c r="D459" s="3" t="s"/>
-      <x:c r="E459" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="G459" s="0" t="s">
         <x:v>629</x:v>
       </x:c>
       <x:c r="I459" s="4" t="s">
         <x:v>630</x:v>
       </x:c>
       <x:c r="J459" s="0" t="s">
         <x:v>95</x:v>
       </x:c>
       <x:c r="K459" s="0" t="s">
-        <x:v>27</x:v>
+        <x:v>631</x:v>
       </x:c>
       <x:c r="L459" s="0" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="M459" s="0" t="s">
-        <x:v>34</x:v>
+        <x:v>157</x:v>
       </x:c>
       <x:c r="N459" s="3" t="n">
         <x:v>34581</x:v>
       </x:c>
       <x:c r="O459" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="P459" s="0" t="s">
         <x:v>629</x:v>
       </x:c>
       <x:c r="Q459" s="4" t="s">
         <x:v>630</x:v>
       </x:c>
       <x:c r="R459" s="0" t="s">
         <x:v>116</x:v>
       </x:c>
       <x:c r="S459" s="0" t="n">
-        <x:v>601516</x:v>
+        <x:v>617013</x:v>
       </x:c>
       <x:c r="T459" s="4" t="s">
         <x:v>641</x:v>
       </x:c>
       <x:c r="U459" s="4" t="s">
-        <x:v>285</x:v>
+        <x:v>373</x:v>
       </x:c>
     </x:row>
     <x:row r="460" spans="1:21">
       <x:c r="A460" s="13" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="B460" s="14" t="s">
         <x:v>628</x:v>
       </x:c>
       <x:c r="C460" s="15" t="n">
         <x:v>37717</x:v>
       </x:c>
       <x:c r="D460" s="15" t="s"/>
       <x:c r="E460" s="14" t="s"/>
       <x:c r="F460" s="14" t="s"/>
       <x:c r="G460" s="14" t="s">
         <x:v>629</x:v>
       </x:c>
       <x:c r="H460" s="14" t="s"/>
       <x:c r="I460" s="16" t="s">
         <x:v>630</x:v>
       </x:c>
       <x:c r="J460" s="14" t="s">
         <x:v>95</x:v>
       </x:c>
@@ -29620,51 +29617,51 @@
       <x:c r="M465" s="0" t="s">
         <x:v>157</x:v>
       </x:c>
       <x:c r="N465" s="3" t="n">
         <x:v>34581</x:v>
       </x:c>
       <x:c r="O465" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="P465" s="0" t="s">
         <x:v>629</x:v>
       </x:c>
       <x:c r="Q465" s="4" t="s">
         <x:v>630</x:v>
       </x:c>
       <x:c r="R465" s="0" t="s">
         <x:v>116</x:v>
       </x:c>
       <x:c r="S465" s="0" t="n">
         <x:v>598546</x:v>
       </x:c>
       <x:c r="T465" s="4" t="s">
         <x:v>296</x:v>
       </x:c>
       <x:c r="U465" s="4" t="s">
-        <x:v>634</x:v>
+        <x:v>632</x:v>
       </x:c>
     </x:row>
     <x:row r="466" spans="1:21">
       <x:c r="A466" s="13" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="B466" s="14" t="s">
         <x:v>628</x:v>
       </x:c>
       <x:c r="C466" s="15" t="n">
         <x:v>37717</x:v>
       </x:c>
       <x:c r="D466" s="15" t="s"/>
       <x:c r="E466" s="14" t="s"/>
       <x:c r="F466" s="14" t="s"/>
       <x:c r="G466" s="14" t="s">
         <x:v>629</x:v>
       </x:c>
       <x:c r="H466" s="14" t="s"/>
       <x:c r="I466" s="16" t="s">
         <x:v>630</x:v>
       </x:c>
       <x:c r="J466" s="14" t="s">
         <x:v>95</x:v>
       </x:c>
@@ -29898,54 +29895,54 @@
       <x:c r="L470" s="14" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="M470" s="14" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="N470" s="15" t="n">
         <x:v>34581</x:v>
       </x:c>
       <x:c r="O470" s="14" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="P470" s="14" t="s">
         <x:v>629</x:v>
       </x:c>
       <x:c r="Q470" s="16" t="s">
         <x:v>630</x:v>
       </x:c>
       <x:c r="R470" s="14" t="s">
         <x:v>116</x:v>
       </x:c>
       <x:c r="S470" s="14" t="n">
         <x:v>601508</x:v>
       </x:c>
       <x:c r="T470" s="16" t="s">
-        <x:v>641</x:v>
+        <x:v>640</x:v>
       </x:c>
       <x:c r="U470" s="16" t="s">
-        <x:v>217</x:v>
+        <x:v>220</x:v>
       </x:c>
     </x:row>
     <x:row r="471" spans="1:21">
       <x:c r="A471" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B471" s="0" t="s">
         <x:v>479</x:v>
       </x:c>
       <x:c r="C471" s="3" t="n">
         <x:v>40622</x:v>
       </x:c>
       <x:c r="D471" s="3" t="s"/>
       <x:c r="E471" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G471" s="0" t="s">
         <x:v>648</x:v>
       </x:c>
       <x:c r="I471" s="4" t="s">
         <x:v>649</x:v>
       </x:c>
       <x:c r="J471" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
@@ -30187,51 +30184,51 @@
       <x:c r="M475" s="0" t="s">
         <x:v>157</x:v>
       </x:c>
       <x:c r="N475" s="3" t="n">
         <x:v>34572</x:v>
       </x:c>
       <x:c r="O475" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P475" s="0" t="s">
         <x:v>651</x:v>
       </x:c>
       <x:c r="Q475" s="4" t="s">
         <x:v>336</x:v>
       </x:c>
       <x:c r="R475" s="0" t="s">
         <x:v>326</x:v>
       </x:c>
       <x:c r="S475" s="0" t="n">
         <x:v>604522</x:v>
       </x:c>
       <x:c r="T475" s="4" t="s">
         <x:v>99</x:v>
       </x:c>
       <x:c r="U475" s="4" t="s">
-        <x:v>217</x:v>
+        <x:v>220</x:v>
       </x:c>
     </x:row>
     <x:row r="476" spans="1:21">
       <x:c r="A476" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B476" s="14" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C476" s="15" t="n">
         <x:v>39063</x:v>
       </x:c>
       <x:c r="D476" s="15" t="s"/>
       <x:c r="E476" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F476" s="14" t="s"/>
       <x:c r="G476" s="14" t="s">
         <x:v>652</x:v>
       </x:c>
       <x:c r="H476" s="14" t="s"/>
       <x:c r="I476" s="16" t="s">
         <x:v>653</x:v>
       </x:c>
       <x:c r="J476" s="14" t="s">
@@ -30359,51 +30356,51 @@
       <x:c r="L478" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M478" s="14" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="N478" s="15" t="n">
         <x:v>34581</x:v>
       </x:c>
       <x:c r="O478" s="14" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="P478" s="14" t="s">
         <x:v>655</x:v>
       </x:c>
       <x:c r="Q478" s="16" t="s">
         <x:v>328</x:v>
       </x:c>
       <x:c r="R478" s="14" t="s">
         <x:v>330</x:v>
       </x:c>
       <x:c r="S478" s="14" t="n">
         <x:v>602620</x:v>
       </x:c>
       <x:c r="T478" s="16" t="s">
-        <x:v>216</x:v>
+        <x:v>219</x:v>
       </x:c>
       <x:c r="U478" s="16" t="s">
         <x:v>656</x:v>
       </x:c>
     </x:row>
     <x:row r="479" spans="1:21">
       <x:c r="A479" s="1" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="B479" s="0" t="s">
         <x:v>657</x:v>
       </x:c>
       <x:c r="C479" s="3" t="n">
         <x:v>40290</x:v>
       </x:c>
       <x:c r="D479" s="3" t="s"/>
       <x:c r="G479" s="0" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="I479" s="4" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="J479" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
@@ -30867,51 +30864,51 @@
       <x:c r="M487" s="0" t="s">
         <x:v>157</x:v>
       </x:c>
       <x:c r="N487" s="3" t="n">
         <x:v>34085</x:v>
       </x:c>
       <x:c r="O487" s="0" t="s">
         <x:v>193</x:v>
       </x:c>
       <x:c r="P487" s="0" t="s">
         <x:v>667</x:v>
       </x:c>
       <x:c r="Q487" s="4" t="s">
         <x:v>485</x:v>
       </x:c>
       <x:c r="R487" s="0" t="s">
         <x:v>486</x:v>
       </x:c>
       <x:c r="S487" s="0" t="n">
         <x:v>578775</x:v>
       </x:c>
       <x:c r="T487" s="4" t="s">
         <x:v>670</x:v>
       </x:c>
       <x:c r="U487" s="4" t="s">
-        <x:v>217</x:v>
+        <x:v>220</x:v>
       </x:c>
     </x:row>
     <x:row r="488" spans="1:21">
       <x:c r="A488" s="13" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="B488" s="14" t="s">
         <x:v>671</x:v>
       </x:c>
       <x:c r="C488" s="15" t="n">
         <x:v>35150</x:v>
       </x:c>
       <x:c r="D488" s="15" t="s"/>
       <x:c r="E488" s="14" t="s"/>
       <x:c r="F488" s="14" t="s"/>
       <x:c r="G488" s="14" t="s">
         <x:v>667</x:v>
       </x:c>
       <x:c r="H488" s="14" t="s"/>
       <x:c r="I488" s="16" t="s">
         <x:v>485</x:v>
       </x:c>
       <x:c r="J488" s="14" t="s">
         <x:v>64</x:v>
       </x:c>
@@ -30978,51 +30975,51 @@
       <x:c r="M489" s="0" t="s">
         <x:v>157</x:v>
       </x:c>
       <x:c r="N489" s="3" t="n">
         <x:v>34085</x:v>
       </x:c>
       <x:c r="O489" s="0" t="s">
         <x:v>193</x:v>
       </x:c>
       <x:c r="P489" s="0" t="s">
         <x:v>667</x:v>
       </x:c>
       <x:c r="Q489" s="4" t="s">
         <x:v>485</x:v>
       </x:c>
       <x:c r="R489" s="0" t="s">
         <x:v>486</x:v>
       </x:c>
       <x:c r="S489" s="0" t="n">
         <x:v>578774</x:v>
       </x:c>
       <x:c r="T489" s="4" t="s">
         <x:v>670</x:v>
       </x:c>
       <x:c r="U489" s="4" t="s">
-        <x:v>217</x:v>
+        <x:v>220</x:v>
       </x:c>
     </x:row>
     <x:row r="490" spans="1:21">
       <x:c r="A490" s="13" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="B490" s="14" t="s">
         <x:v>279</x:v>
       </x:c>
       <x:c r="C490" s="15" t="n">
         <x:v>39063</x:v>
       </x:c>
       <x:c r="D490" s="15" t="s"/>
       <x:c r="E490" s="14" t="s"/>
       <x:c r="F490" s="14" t="s"/>
       <x:c r="G490" s="14" t="s">
         <x:v>667</x:v>
       </x:c>
       <x:c r="H490" s="14" t="s"/>
       <x:c r="I490" s="16" t="s">
         <x:v>485</x:v>
       </x:c>
       <x:c r="J490" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
@@ -31035,51 +31032,51 @@
       <x:c r="M490" s="14" t="s">
         <x:v>157</x:v>
       </x:c>
       <x:c r="N490" s="15" t="n">
         <x:v>34572</x:v>
       </x:c>
       <x:c r="O490" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P490" s="14" t="s">
         <x:v>667</x:v>
       </x:c>
       <x:c r="Q490" s="16" t="s">
         <x:v>485</x:v>
       </x:c>
       <x:c r="R490" s="14" t="s">
         <x:v>486</x:v>
       </x:c>
       <x:c r="S490" s="14" t="n">
         <x:v>578851</x:v>
       </x:c>
       <x:c r="T490" s="16" t="s">
         <x:v>670</x:v>
       </x:c>
       <x:c r="U490" s="16" t="s">
-        <x:v>217</x:v>
+        <x:v>220</x:v>
       </x:c>
     </x:row>
     <x:row r="491" spans="1:21">
       <x:c r="A491" s="1" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="B491" s="0" t="s">
         <x:v>669</x:v>
       </x:c>
       <x:c r="C491" s="3" t="n">
         <x:v>35150</x:v>
       </x:c>
       <x:c r="D491" s="3" t="s"/>
       <x:c r="G491" s="0" t="s">
         <x:v>667</x:v>
       </x:c>
       <x:c r="I491" s="4" t="s">
         <x:v>485</x:v>
       </x:c>
       <x:c r="J491" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="K491" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
@@ -31146,51 +31143,51 @@
       <x:c r="M492" s="14" t="s">
         <x:v>157</x:v>
       </x:c>
       <x:c r="N492" s="15" t="n">
         <x:v>34085</x:v>
       </x:c>
       <x:c r="O492" s="14" t="s">
         <x:v>193</x:v>
       </x:c>
       <x:c r="P492" s="14" t="s">
         <x:v>667</x:v>
       </x:c>
       <x:c r="Q492" s="16" t="s">
         <x:v>485</x:v>
       </x:c>
       <x:c r="R492" s="14" t="s">
         <x:v>486</x:v>
       </x:c>
       <x:c r="S492" s="14" t="n">
         <x:v>578835</x:v>
       </x:c>
       <x:c r="T492" s="16" t="s">
         <x:v>670</x:v>
       </x:c>
       <x:c r="U492" s="16" t="s">
-        <x:v>217</x:v>
+        <x:v>220</x:v>
       </x:c>
     </x:row>
     <x:row r="493" spans="1:21">
       <x:c r="A493" s="1" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="B493" s="0" t="s">
         <x:v>672</x:v>
       </x:c>
       <x:c r="C493" s="3" t="n">
         <x:v>35150</x:v>
       </x:c>
       <x:c r="D493" s="3" t="s"/>
       <x:c r="G493" s="0" t="s">
         <x:v>667</x:v>
       </x:c>
       <x:c r="I493" s="4" t="s">
         <x:v>485</x:v>
       </x:c>
       <x:c r="J493" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="K493" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
@@ -31208,154 +31205,154 @@
       </x:c>
       <x:c r="P493" s="0" t="s">
         <x:v>667</x:v>
       </x:c>
       <x:c r="Q493" s="4" t="s">
         <x:v>485</x:v>
       </x:c>
       <x:c r="R493" s="0" t="s">
         <x:v>486</x:v>
       </x:c>
       <x:c r="S493" s="0" t="n">
         <x:v>559193</x:v>
       </x:c>
       <x:c r="T493" s="4" t="s">
         <x:v>426</x:v>
       </x:c>
       <x:c r="U493" s="4" t="s">
         <x:v>372</x:v>
       </x:c>
     </x:row>
     <x:row r="494" spans="1:21">
       <x:c r="A494" s="13" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="B494" s="14" t="s">
-        <x:v>279</x:v>
+        <x:v>671</x:v>
       </x:c>
       <x:c r="C494" s="15" t="n">
-        <x:v>39063</x:v>
+        <x:v>35150</x:v>
       </x:c>
       <x:c r="D494" s="15" t="s"/>
       <x:c r="E494" s="14" t="s"/>
       <x:c r="F494" s="14" t="s"/>
       <x:c r="G494" s="14" t="s">
         <x:v>667</x:v>
       </x:c>
       <x:c r="H494" s="14" t="s"/>
       <x:c r="I494" s="16" t="s">
         <x:v>485</x:v>
       </x:c>
       <x:c r="J494" s="14" t="s">
-        <x:v>26</x:v>
+        <x:v>64</x:v>
       </x:c>
       <x:c r="K494" s="14" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="L494" s="14" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="M494" s="14" t="s">
         <x:v>157</x:v>
       </x:c>
       <x:c r="N494" s="15" t="n">
-        <x:v>34572</x:v>
+        <x:v>34085</x:v>
       </x:c>
       <x:c r="O494" s="14" t="s">
-        <x:v>30</x:v>
+        <x:v>193</x:v>
       </x:c>
       <x:c r="P494" s="14" t="s">
         <x:v>667</x:v>
       </x:c>
       <x:c r="Q494" s="16" t="s">
         <x:v>485</x:v>
       </x:c>
       <x:c r="R494" s="14" t="s">
         <x:v>486</x:v>
       </x:c>
       <x:c r="S494" s="14" t="n">
-        <x:v>559247</x:v>
+        <x:v>578776</x:v>
       </x:c>
       <x:c r="T494" s="16" t="s">
-        <x:v>426</x:v>
+        <x:v>670</x:v>
       </x:c>
       <x:c r="U494" s="16" t="s">
-        <x:v>372</x:v>
+        <x:v>220</x:v>
       </x:c>
     </x:row>
     <x:row r="495" spans="1:21">
       <x:c r="A495" s="1" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="B495" s="0" t="s">
-        <x:v>671</x:v>
+        <x:v>279</x:v>
       </x:c>
       <x:c r="C495" s="3" t="n">
-        <x:v>35150</x:v>
+        <x:v>39063</x:v>
       </x:c>
       <x:c r="D495" s="3" t="s"/>
       <x:c r="G495" s="0" t="s">
         <x:v>667</x:v>
       </x:c>
       <x:c r="I495" s="4" t="s">
         <x:v>485</x:v>
       </x:c>
       <x:c r="J495" s="0" t="s">
-        <x:v>64</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="K495" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="L495" s="0" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="M495" s="0" t="s">
         <x:v>157</x:v>
       </x:c>
       <x:c r="N495" s="3" t="n">
-        <x:v>34085</x:v>
+        <x:v>34572</x:v>
       </x:c>
       <x:c r="O495" s="0" t="s">
-        <x:v>193</x:v>
+        <x:v>30</x:v>
       </x:c>
       <x:c r="P495" s="0" t="s">
         <x:v>667</x:v>
       </x:c>
       <x:c r="Q495" s="4" t="s">
         <x:v>485</x:v>
       </x:c>
       <x:c r="R495" s="0" t="s">
         <x:v>486</x:v>
       </x:c>
       <x:c r="S495" s="0" t="n">
-        <x:v>578776</x:v>
+        <x:v>559247</x:v>
       </x:c>
       <x:c r="T495" s="4" t="s">
-        <x:v>670</x:v>
+        <x:v>426</x:v>
       </x:c>
       <x:c r="U495" s="4" t="s">
-        <x:v>217</x:v>
+        <x:v>372</x:v>
       </x:c>
     </x:row>
     <x:row r="496" spans="1:21">
       <x:c r="A496" s="13" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="B496" s="14" t="s">
         <x:v>279</x:v>
       </x:c>
       <x:c r="C496" s="15" t="n">
         <x:v>39063</x:v>
       </x:c>
       <x:c r="D496" s="15" t="s"/>
       <x:c r="E496" s="14" t="s"/>
       <x:c r="F496" s="14" t="s"/>
       <x:c r="G496" s="14" t="s">
         <x:v>673</x:v>
       </x:c>
       <x:c r="H496" s="14" t="s"/>
       <x:c r="I496" s="16" t="s">
         <x:v>674</x:v>
       </x:c>
       <x:c r="J496" s="14" t="s">
         <x:v>26</x:v>
       </x:c>