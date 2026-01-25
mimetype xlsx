--- v0 (2026-01-25)
+++ v1 (2026-01-25)
@@ -497,68 +497,68 @@
   <x:si>
     <x:t>10/01/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>01/31/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Améliorez vos perspectives professionnelles en renforçant vos compétences numériques dans le domaine de l'informatique et d'Internet.</x:t>
   </x:si>
   <x:si>
     <x:t>Association Cool - L'Informatique pour Tous</x:t>
   </x:si>
   <x:si>
     <x:t>83170</x:t>
   </x:si>
   <x:si>
     <x:t>Accessibilité numérique</x:t>
   </x:si>
   <x:si>
     <x:t>03/02/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>04/30/2026 00:00:00</x:t>
   </x:si>
   <x:si>
+    <x:t>TRETS</x:t>
+  </x:si>
+  <x:si>
+    <x:t>02/27/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
     <x:t>SAINTE-MAXIME</x:t>
   </x:si>
   <x:si>
-    <x:t>02/27/2026 00:00:00</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>LA CIOTAT</x:t>
   </x:si>
   <x:si>
     <x:t>LORGUES</x:t>
   </x:si>
   <x:si>
     <x:t>PERTUIS</x:t>
   </x:si>
   <x:si>
-    <x:t>TRETS</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>PUGET-SUR-ARGENS</x:t>
   </x:si>
   <x:si>
     <x:t>LA GARDE</x:t>
   </x:si>
   <x:si>
     <x:t>MONTAUROUX</x:t>
   </x:si>
   <x:si>
     <x:t>CANNES</x:t>
   </x:si>
   <x:si>
     <x:t>SAINT-MAXIMIN-LA-SAINTE-BAUME</x:t>
   </x:si>
   <x:si>
     <x:t>DRAGUIGNAN</x:t>
   </x:si>
   <x:si>
     <x:t>HYERES</x:t>
   </x:si>
   <x:si>
     <x:t>MARIGNANE</x:t>
   </x:si>
   <x:si>
     <x:t>AVIGNON</x:t>
@@ -1118,74 +1118,74 @@
   <x:si>
     <x:t>ESID - Nice</x:t>
   </x:si>
   <x:si>
     <x:t>Création et gestion de site web sous wordpress et stratégie de communication</x:t>
   </x:si>
   <x:si>
     <x:t>Etincelle</x:t>
   </x:si>
   <x:si>
     <x:t>13710</x:t>
   </x:si>
   <x:si>
     <x:t>FUVEAU</x:t>
   </x:si>
   <x:si>
     <x:t>03/01/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>12/31/2027 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>02/06/2025 00:00:00</x:t>
   </x:si>
   <x:si>
+    <x:t>Initiation aux langages HTML et CSS</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Forma 13</x:t>
+  </x:si>
+  <x:si>
+    <x:t>13600</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Langage HTML</x:t>
+  </x:si>
+  <x:si>
+    <x:t>02/06/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
     <x:t>Création site internet</x:t>
   </x:si>
   <x:si>
-    <x:t>Forma 13</x:t>
-[...4 lines deleted...]
-  <x:si>
     <x:t>03/23/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>04/03/2026 00:00:00</x:t>
   </x:si>
   <x:si>
-    <x:t>Initiation aux langages HTML et CSS</x:t>
-[...7 lines deleted...]
-  <x:si>
     <x:t>03/27/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>03/30/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>12/01/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>03/01/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>01/26/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>01/30/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Création de site web avec Wordpress</x:t>
   </x:si>
   <x:si>
     <x:t>Formanosque</x:t>
   </x:si>
   <x:si>
     <x:t>10/09/2025 00:00:00</x:t>
@@ -1385,62 +1385,62 @@
   <x:si>
     <x:t>Infographie</x:t>
   </x:si>
   <x:si>
     <x:t>Infographie et mise en page - module 3</x:t>
   </x:si>
   <x:si>
     <x:t>Conception designer UI - module 1</x:t>
   </x:si>
   <x:si>
     <x:t>llustrator - Niveau 1 - Initiation</x:t>
   </x:si>
   <x:si>
     <x:t>Infographie et mise en page - module 1</x:t>
   </x:si>
   <x:si>
     <x:t>Web marketing - Construire et piloter une stratégie digitale efficace</x:t>
   </x:si>
   <x:si>
     <x:t>Kouta Services- Al-Habib Ivoulsou</x:t>
   </x:si>
   <x:si>
     <x:t>25000</x:t>
   </x:si>
   <x:si>
+    <x:t>04/23/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>04/24/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
     <x:t>03/19/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>03/20/2026 00:00:00</x:t>
   </x:si>
   <x:si>
-    <x:t>04/23/2026 00:00:00</x:t>
-[...4 lines deleted...]
-  <x:si>
     <x:t>02/05/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>04/16/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>04/17/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>La Forbine - Lycée Technique Privé de Chimie et de Biologie - Ecole Hôtelière de Provence - Antenne Aubagne</x:t>
   </x:si>
   <x:si>
     <x:t>13400</x:t>
   </x:si>
   <x:si>
     <x:t>La Forbine - Lycée Technique Privé de Chimie et de Biologie - Ecole Hôtelière de Provence - Antenne Aix en Provence</x:t>
   </x:si>
   <x:si>
     <x:t>13100</x:t>
   </x:si>
   <x:si>
     <x:t>07/31/2027 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>07/30/2026 00:00:00</x:t>
@@ -1982,66 +1982,66 @@
   <x:si>
     <x:t>Skillers - Métiers de l'informatique et du développement web</x:t>
   </x:si>
   <x:si>
     <x:t>Cycle Professionnel Community Management</x:t>
   </x:si>
   <x:si>
     <x:t>Responsable de projet webmarketing et communication digitale spécificité marketing et communication</x:t>
   </x:si>
   <x:si>
     <x:t>Formation à la carte (stratégie digital)</x:t>
   </x:si>
   <x:si>
     <x:t>12/15/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>03/07/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Cycle Professionnel Lancer et faire connaitre son activité sur Internet</x:t>
   </x:si>
   <x:si>
     <x:t>Gestion contenu site web</x:t>
   </x:si>
   <x:si>
+    <x:t>Vivaneo</x:t>
+  </x:si>
+  <x:si>
+    <x:t>75011</x:t>
+  </x:si>
+  <x:si>
+    <x:t>11/24/2025 00:00:00</x:t>
+  </x:si>
+  <x:si>
     <x:t>Illustrator - Maîtrise complète</x:t>
   </x:si>
   <x:si>
-    <x:t>Vivaneo</x:t>
-[...4 lines deleted...]
-  <x:si>
     <x:t>12/22/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Community Manager</x:t>
-  </x:si>
-[...1 lines deleted...]
-    <x:t>11/24/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Symfony - Développement web moderne</x:t>
   </x:si>
   <x:si>
     <x:t>Framework Symfony</x:t>
   </x:si>
   <x:si>
     <x:t>Youcap</x:t>
   </x:si>
   <x:si>
     <x:t>Cadre demandeur d'emploi , Conjoint collaborateur d'artisan , Demandeur d'emploi , Salarié , Tout public</x:t>
   </x:si>
   <x:si>
     <x:t>Périmètre :</x:t>
   </x:si>
 </x:sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts count="2">
     <x:numFmt numFmtId="164" formatCode="General"/>
     <x:numFmt numFmtId="165" formatCode="@"/>
   </x:numFmts>
@@ -2907,144 +2907,144 @@
       </x:c>
       <x:c r="P7" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="Q7" s="4" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="R7" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="S7" s="0" t="n">
         <x:v>534198</x:v>
       </x:c>
       <x:c r="T7" s="4" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="U7" s="4" t="s">
         <x:v>32</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:21">
       <x:c r="A8" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B8" s="14" t="s">
-        <x:v>33</x:v>
+        <x:v>22</x:v>
       </x:c>
       <x:c r="C8" s="15" t="s"/>
       <x:c r="D8" s="15" t="s"/>
       <x:c r="E8" s="14" t="s"/>
       <x:c r="F8" s="14" t="s"/>
       <x:c r="G8" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="H8" s="14" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="I8" s="16" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="J8" s="14" t="s"/>
       <x:c r="K8" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L8" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M8" s="14" t="s">
-        <x:v>28</x:v>
+        <x:v>34</x:v>
       </x:c>
       <x:c r="N8" s="15" t="n">
-        <x:v>70707</x:v>
+        <x:v>71132</x:v>
       </x:c>
       <x:c r="O8" s="14" t="s">
-        <x:v>35</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="P8" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="Q8" s="16" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="R8" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="S8" s="14" t="n">
-        <x:v>533643</x:v>
+        <x:v>533249</x:v>
       </x:c>
       <x:c r="T8" s="16" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="U8" s="16" t="s">
         <x:v>32</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:21">
       <x:c r="A9" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B9" s="0" t="s">
-        <x:v>22</x:v>
+        <x:v>33</x:v>
       </x:c>
       <x:c r="C9" s="3" t="s"/>
       <x:c r="D9" s="3" t="s"/>
       <x:c r="G9" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="H9" s="0" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="I9" s="4" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K9" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L9" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M9" s="0" t="s">
-        <x:v>34</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="N9" s="3" t="n">
-        <x:v>71132</x:v>
+        <x:v>70707</x:v>
       </x:c>
       <x:c r="O9" s="0" t="s">
-        <x:v>29</x:v>
+        <x:v>35</x:v>
       </x:c>
       <x:c r="P9" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="Q9" s="4" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="R9" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="S9" s="0" t="n">
-        <x:v>533249</x:v>
+        <x:v>533643</x:v>
       </x:c>
       <x:c r="T9" s="4" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="U9" s="4" t="s">
         <x:v>32</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:21">
       <x:c r="A10" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B10" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="C10" s="15" t="n">
         <x:v>34922</x:v>
       </x:c>
       <x:c r="D10" s="15" t="s"/>
       <x:c r="E10" s="14" t="s"/>
       <x:c r="F10" s="14" t="s"/>
       <x:c r="G10" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="H10" s="14" t="s"/>
@@ -4182,308 +4182,308 @@
       <x:c r="K31" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L31" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M31" s="0" t="s">
         <x:v>101</x:v>
       </x:c>
       <x:c r="N31" s="3" t="n">
         <x:v>46335</x:v>
       </x:c>
       <x:c r="O31" s="0" t="s">
         <x:v>139</x:v>
       </x:c>
       <x:c r="P31" s="0" t="s">
         <x:v>137</x:v>
       </x:c>
       <x:c r="Q31" s="4" t="s">
         <x:v>138</x:v>
       </x:c>
       <x:c r="R31" s="0" t="s">
         <x:v>142</x:v>
       </x:c>
       <x:c r="S31" s="0" t="n">
-        <x:v>603751</x:v>
+        <x:v>603732</x:v>
       </x:c>
       <x:c r="T31" s="4" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="U31" s="4" t="s">
         <x:v>143</x:v>
       </x:c>
     </x:row>
     <x:row r="32" spans="1:21">
       <x:c r="A32" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B32" s="14" t="s">
         <x:v>136</x:v>
       </x:c>
       <x:c r="C32" s="15" t="s"/>
       <x:c r="D32" s="15" t="s"/>
       <x:c r="E32" s="14" t="s"/>
       <x:c r="F32" s="14" t="s"/>
       <x:c r="G32" s="14" t="s">
         <x:v>137</x:v>
       </x:c>
       <x:c r="H32" s="14" t="s"/>
       <x:c r="I32" s="16" t="s">
         <x:v>138</x:v>
       </x:c>
       <x:c r="J32" s="14" t="s"/>
       <x:c r="K32" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L32" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M32" s="14" t="s">
         <x:v>101</x:v>
       </x:c>
       <x:c r="N32" s="15" t="n">
         <x:v>46335</x:v>
       </x:c>
       <x:c r="O32" s="14" t="s">
         <x:v>139</x:v>
       </x:c>
       <x:c r="P32" s="14" t="s">
         <x:v>137</x:v>
       </x:c>
       <x:c r="Q32" s="16" t="s">
         <x:v>138</x:v>
       </x:c>
       <x:c r="R32" s="14" t="s">
-        <x:v>144</x:v>
+        <x:v>121</x:v>
       </x:c>
       <x:c r="S32" s="14" t="n">
-        <x:v>603794</x:v>
+        <x:v>603726</x:v>
       </x:c>
       <x:c r="T32" s="16" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="U32" s="16" t="s">
         <x:v>143</x:v>
       </x:c>
     </x:row>
     <x:row r="33" spans="1:21">
       <x:c r="A33" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B33" s="0" t="s">
         <x:v>136</x:v>
       </x:c>
       <x:c r="C33" s="3" t="s"/>
       <x:c r="D33" s="3" t="s"/>
       <x:c r="G33" s="0" t="s">
         <x:v>137</x:v>
       </x:c>
       <x:c r="I33" s="4" t="s">
         <x:v>138</x:v>
       </x:c>
       <x:c r="K33" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L33" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M33" s="0" t="s">
         <x:v>101</x:v>
       </x:c>
       <x:c r="N33" s="3" t="n">
         <x:v>46335</x:v>
       </x:c>
       <x:c r="O33" s="0" t="s">
         <x:v>139</x:v>
       </x:c>
       <x:c r="P33" s="0" t="s">
         <x:v>137</x:v>
       </x:c>
       <x:c r="Q33" s="4" t="s">
         <x:v>138</x:v>
       </x:c>
       <x:c r="R33" s="0" t="s">
-        <x:v>145</x:v>
+        <x:v>144</x:v>
       </x:c>
       <x:c r="S33" s="0" t="n">
-        <x:v>603805</x:v>
+        <x:v>603751</x:v>
       </x:c>
       <x:c r="T33" s="4" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="U33" s="4" t="s">
         <x:v>143</x:v>
       </x:c>
     </x:row>
     <x:row r="34" spans="1:21">
       <x:c r="A34" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B34" s="14" t="s">
         <x:v>136</x:v>
       </x:c>
       <x:c r="C34" s="15" t="s"/>
       <x:c r="D34" s="15" t="s"/>
       <x:c r="E34" s="14" t="s"/>
       <x:c r="F34" s="14" t="s"/>
       <x:c r="G34" s="14" t="s">
         <x:v>137</x:v>
       </x:c>
       <x:c r="H34" s="14" t="s"/>
       <x:c r="I34" s="16" t="s">
         <x:v>138</x:v>
       </x:c>
       <x:c r="J34" s="14" t="s"/>
       <x:c r="K34" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L34" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M34" s="14" t="s">
         <x:v>101</x:v>
       </x:c>
       <x:c r="N34" s="15" t="n">
         <x:v>46335</x:v>
       </x:c>
       <x:c r="O34" s="14" t="s">
         <x:v>139</x:v>
       </x:c>
       <x:c r="P34" s="14" t="s">
         <x:v>137</x:v>
       </x:c>
       <x:c r="Q34" s="16" t="s">
         <x:v>138</x:v>
       </x:c>
       <x:c r="R34" s="14" t="s">
-        <x:v>146</x:v>
+        <x:v>145</x:v>
       </x:c>
       <x:c r="S34" s="14" t="n">
-        <x:v>603808</x:v>
+        <x:v>603794</x:v>
       </x:c>
       <x:c r="T34" s="16" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="U34" s="16" t="s">
         <x:v>143</x:v>
       </x:c>
     </x:row>
     <x:row r="35" spans="1:21">
       <x:c r="A35" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B35" s="0" t="s">
         <x:v>136</x:v>
       </x:c>
       <x:c r="C35" s="3" t="s"/>
       <x:c r="D35" s="3" t="s"/>
       <x:c r="G35" s="0" t="s">
         <x:v>137</x:v>
       </x:c>
       <x:c r="I35" s="4" t="s">
         <x:v>138</x:v>
       </x:c>
       <x:c r="K35" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L35" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M35" s="0" t="s">
         <x:v>101</x:v>
       </x:c>
       <x:c r="N35" s="3" t="n">
         <x:v>46335</x:v>
       </x:c>
       <x:c r="O35" s="0" t="s">
         <x:v>139</x:v>
       </x:c>
       <x:c r="P35" s="0" t="s">
         <x:v>137</x:v>
       </x:c>
       <x:c r="Q35" s="4" t="s">
         <x:v>138</x:v>
       </x:c>
       <x:c r="R35" s="0" t="s">
-        <x:v>147</x:v>
+        <x:v>146</x:v>
       </x:c>
       <x:c r="S35" s="0" t="n">
-        <x:v>603732</x:v>
+        <x:v>603805</x:v>
       </x:c>
       <x:c r="T35" s="4" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="U35" s="4" t="s">
         <x:v>143</x:v>
       </x:c>
     </x:row>
     <x:row r="36" spans="1:21">
       <x:c r="A36" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B36" s="14" t="s">
         <x:v>136</x:v>
       </x:c>
       <x:c r="C36" s="15" t="s"/>
       <x:c r="D36" s="15" t="s"/>
       <x:c r="E36" s="14" t="s"/>
       <x:c r="F36" s="14" t="s"/>
       <x:c r="G36" s="14" t="s">
         <x:v>137</x:v>
       </x:c>
       <x:c r="H36" s="14" t="s"/>
       <x:c r="I36" s="16" t="s">
         <x:v>138</x:v>
       </x:c>
       <x:c r="J36" s="14" t="s"/>
       <x:c r="K36" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L36" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M36" s="14" t="s">
         <x:v>101</x:v>
       </x:c>
       <x:c r="N36" s="15" t="n">
         <x:v>46335</x:v>
       </x:c>
       <x:c r="O36" s="14" t="s">
         <x:v>139</x:v>
       </x:c>
       <x:c r="P36" s="14" t="s">
         <x:v>137</x:v>
       </x:c>
       <x:c r="Q36" s="16" t="s">
         <x:v>138</x:v>
       </x:c>
       <x:c r="R36" s="14" t="s">
-        <x:v>121</x:v>
+        <x:v>147</x:v>
       </x:c>
       <x:c r="S36" s="14" t="n">
-        <x:v>603726</x:v>
+        <x:v>603808</x:v>
       </x:c>
       <x:c r="T36" s="16" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="U36" s="16" t="s">
         <x:v>143</x:v>
       </x:c>
     </x:row>
     <x:row r="37" spans="1:21">
       <x:c r="A37" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B37" s="0" t="s">
         <x:v>136</x:v>
       </x:c>
       <x:c r="C37" s="3" t="s"/>
       <x:c r="D37" s="3" t="s"/>
       <x:c r="G37" s="0" t="s">
         <x:v>137</x:v>
       </x:c>
       <x:c r="I37" s="4" t="s">
         <x:v>138</x:v>
       </x:c>
       <x:c r="K37" s="0" t="s">
         <x:v>26</x:v>
@@ -4995,51 +4995,51 @@
       <x:c r="I47" s="4" t="s">
         <x:v>138</x:v>
       </x:c>
       <x:c r="K47" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L47" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M47" s="0" t="s">
         <x:v>101</x:v>
       </x:c>
       <x:c r="N47" s="3" t="n">
         <x:v>46335</x:v>
       </x:c>
       <x:c r="O47" s="0" t="s">
         <x:v>139</x:v>
       </x:c>
       <x:c r="P47" s="0" t="s">
         <x:v>137</x:v>
       </x:c>
       <x:c r="Q47" s="4" t="s">
         <x:v>138</x:v>
       </x:c>
       <x:c r="R47" s="0" t="s">
-        <x:v>144</x:v>
+        <x:v>145</x:v>
       </x:c>
       <x:c r="S47" s="0" t="n">
         <x:v>613111</x:v>
       </x:c>
       <x:c r="T47" s="4" t="s">
         <x:v>140</x:v>
       </x:c>
       <x:c r="U47" s="4" t="s">
         <x:v>141</x:v>
       </x:c>
     </x:row>
     <x:row r="48" spans="1:21">
       <x:c r="A48" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B48" s="14" t="s">
         <x:v>136</x:v>
       </x:c>
       <x:c r="C48" s="15" t="s"/>
       <x:c r="D48" s="15" t="s"/>
       <x:c r="E48" s="14" t="s"/>
       <x:c r="F48" s="14" t="s"/>
       <x:c r="G48" s="14" t="s">
         <x:v>137</x:v>
       </x:c>
@@ -5660,51 +5660,51 @@
         <x:v>138</x:v>
       </x:c>
       <x:c r="J60" s="14" t="s"/>
       <x:c r="K60" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L60" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M60" s="14" t="s">
         <x:v>101</x:v>
       </x:c>
       <x:c r="N60" s="15" t="n">
         <x:v>46335</x:v>
       </x:c>
       <x:c r="O60" s="14" t="s">
         <x:v>139</x:v>
       </x:c>
       <x:c r="P60" s="14" t="s">
         <x:v>137</x:v>
       </x:c>
       <x:c r="Q60" s="16" t="s">
         <x:v>138</x:v>
       </x:c>
       <x:c r="R60" s="14" t="s">
-        <x:v>142</x:v>
+        <x:v>144</x:v>
       </x:c>
       <x:c r="S60" s="14" t="n">
         <x:v>613105</x:v>
       </x:c>
       <x:c r="T60" s="16" t="s">
         <x:v>140</x:v>
       </x:c>
       <x:c r="U60" s="16" t="s">
         <x:v>141</x:v>
       </x:c>
     </x:row>
     <x:row r="61" spans="1:21">
       <x:c r="A61" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B61" s="0" t="s">
         <x:v>136</x:v>
       </x:c>
       <x:c r="C61" s="3" t="s"/>
       <x:c r="D61" s="3" t="s"/>
       <x:c r="G61" s="0" t="s">
         <x:v>137</x:v>
       </x:c>
       <x:c r="I61" s="4" t="s">
         <x:v>138</x:v>
@@ -5864,51 +5864,51 @@
         <x:v>138</x:v>
       </x:c>
       <x:c r="J64" s="14" t="s"/>
       <x:c r="K64" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L64" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M64" s="14" t="s">
         <x:v>101</x:v>
       </x:c>
       <x:c r="N64" s="15" t="n">
         <x:v>46335</x:v>
       </x:c>
       <x:c r="O64" s="14" t="s">
         <x:v>139</x:v>
       </x:c>
       <x:c r="P64" s="14" t="s">
         <x:v>137</x:v>
       </x:c>
       <x:c r="Q64" s="16" t="s">
         <x:v>138</x:v>
       </x:c>
       <x:c r="R64" s="14" t="s">
-        <x:v>145</x:v>
+        <x:v>146</x:v>
       </x:c>
       <x:c r="S64" s="14" t="n">
         <x:v>613117</x:v>
       </x:c>
       <x:c r="T64" s="16" t="s">
         <x:v>140</x:v>
       </x:c>
       <x:c r="U64" s="16" t="s">
         <x:v>141</x:v>
       </x:c>
     </x:row>
     <x:row r="65" spans="1:21">
       <x:c r="A65" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B65" s="0" t="s">
         <x:v>136</x:v>
       </x:c>
       <x:c r="C65" s="3" t="s"/>
       <x:c r="D65" s="3" t="s"/>
       <x:c r="G65" s="0" t="s">
         <x:v>137</x:v>
       </x:c>
       <x:c r="I65" s="4" t="s">
         <x:v>138</x:v>
@@ -5966,51 +5966,51 @@
         <x:v>138</x:v>
       </x:c>
       <x:c r="J66" s="14" t="s"/>
       <x:c r="K66" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L66" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M66" s="14" t="s">
         <x:v>101</x:v>
       </x:c>
       <x:c r="N66" s="15" t="n">
         <x:v>46335</x:v>
       </x:c>
       <x:c r="O66" s="14" t="s">
         <x:v>139</x:v>
       </x:c>
       <x:c r="P66" s="14" t="s">
         <x:v>137</x:v>
       </x:c>
       <x:c r="Q66" s="16" t="s">
         <x:v>138</x:v>
       </x:c>
       <x:c r="R66" s="14" t="s">
-        <x:v>146</x:v>
+        <x:v>147</x:v>
       </x:c>
       <x:c r="S66" s="14" t="n">
         <x:v>613120</x:v>
       </x:c>
       <x:c r="T66" s="16" t="s">
         <x:v>140</x:v>
       </x:c>
       <x:c r="U66" s="16" t="s">
         <x:v>141</x:v>
       </x:c>
     </x:row>
     <x:row r="67" spans="1:21">
       <x:c r="A67" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B67" s="0" t="s">
         <x:v>136</x:v>
       </x:c>
       <x:c r="C67" s="3" t="s"/>
       <x:c r="D67" s="3" t="s"/>
       <x:c r="G67" s="0" t="s">
         <x:v>137</x:v>
       </x:c>
       <x:c r="I67" s="4" t="s">
         <x:v>138</x:v>
@@ -7190,51 +7190,51 @@
         <x:v>138</x:v>
       </x:c>
       <x:c r="J90" s="14" t="s"/>
       <x:c r="K90" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L90" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M90" s="14" t="s">
         <x:v>101</x:v>
       </x:c>
       <x:c r="N90" s="15" t="n">
         <x:v>46335</x:v>
       </x:c>
       <x:c r="O90" s="14" t="s">
         <x:v>139</x:v>
       </x:c>
       <x:c r="P90" s="14" t="s">
         <x:v>137</x:v>
       </x:c>
       <x:c r="Q90" s="16" t="s">
         <x:v>138</x:v>
       </x:c>
       <x:c r="R90" s="14" t="s">
-        <x:v>147</x:v>
+        <x:v>142</x:v>
       </x:c>
       <x:c r="S90" s="14" t="n">
         <x:v>613092</x:v>
       </x:c>
       <x:c r="T90" s="16" t="s">
         <x:v>140</x:v>
       </x:c>
       <x:c r="U90" s="16" t="s">
         <x:v>141</x:v>
       </x:c>
     </x:row>
     <x:row r="91" spans="1:21">
       <x:c r="A91" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B91" s="0" t="s">
         <x:v>136</x:v>
       </x:c>
       <x:c r="C91" s="3" t="s"/>
       <x:c r="D91" s="3" t="s"/>
       <x:c r="G91" s="0" t="s">
         <x:v>137</x:v>
       </x:c>
       <x:c r="I91" s="4" t="s">
         <x:v>138</x:v>
@@ -11160,171 +11160,171 @@
         <x:v>348</x:v>
       </x:c>
       <x:c r="U162" s="16" t="s">
         <x:v>32</x:v>
       </x:c>
     </x:row>
     <x:row r="163" spans="1:21">
       <x:c r="A163" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B163" s="0" t="s">
         <x:v>349</x:v>
       </x:c>
       <x:c r="C163" s="3" t="s"/>
       <x:c r="D163" s="3" t="s"/>
       <x:c r="G163" s="0" t="s">
         <x:v>350</x:v>
       </x:c>
       <x:c r="I163" s="4" t="s">
         <x:v>351</x:v>
       </x:c>
       <x:c r="K163" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L163" s="0" t="s">
-        <x:v>27</x:v>
+        <x:v>54</x:v>
       </x:c>
       <x:c r="M163" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N163" s="3" t="n">
-        <x:v>31090</x:v>
+        <x:v>30857</x:v>
       </x:c>
       <x:c r="O163" s="0" t="s">
-        <x:v>113</x:v>
+        <x:v>352</x:v>
       </x:c>
       <x:c r="P163" s="0" t="s">
         <x:v>350</x:v>
       </x:c>
       <x:c r="Q163" s="4" t="s">
         <x:v>351</x:v>
       </x:c>
       <x:c r="R163" s="0" t="s">
-        <x:v>144</x:v>
+        <x:v>145</x:v>
       </x:c>
       <x:c r="S163" s="0" t="n">
-        <x:v>614329</x:v>
+        <x:v>611394</x:v>
       </x:c>
       <x:c r="T163" s="4" t="s">
-        <x:v>352</x:v>
+        <x:v>230</x:v>
       </x:c>
       <x:c r="U163" s="4" t="s">
         <x:v>353</x:v>
       </x:c>
     </x:row>
     <x:row r="164" spans="1:21">
       <x:c r="A164" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B164" s="14" t="s">
         <x:v>354</x:v>
       </x:c>
       <x:c r="C164" s="15" t="s"/>
       <x:c r="D164" s="15" t="s"/>
       <x:c r="E164" s="14" t="s"/>
       <x:c r="F164" s="14" t="s"/>
       <x:c r="G164" s="14" t="s">
         <x:v>350</x:v>
       </x:c>
       <x:c r="H164" s="14" t="s"/>
       <x:c r="I164" s="16" t="s">
         <x:v>351</x:v>
       </x:c>
       <x:c r="J164" s="14" t="s"/>
       <x:c r="K164" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L164" s="14" t="s">
-        <x:v>54</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="M164" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N164" s="15" t="n">
-        <x:v>30857</x:v>
+        <x:v>31090</x:v>
       </x:c>
       <x:c r="O164" s="14" t="s">
-        <x:v>355</x:v>
+        <x:v>113</x:v>
       </x:c>
       <x:c r="P164" s="14" t="s">
         <x:v>350</x:v>
       </x:c>
       <x:c r="Q164" s="16" t="s">
         <x:v>351</x:v>
       </x:c>
       <x:c r="R164" s="14" t="s">
-        <x:v>144</x:v>
+        <x:v>145</x:v>
       </x:c>
       <x:c r="S164" s="14" t="n">
-        <x:v>611394</x:v>
+        <x:v>614329</x:v>
       </x:c>
       <x:c r="T164" s="16" t="s">
-        <x:v>230</x:v>
+        <x:v>355</x:v>
       </x:c>
       <x:c r="U164" s="16" t="s">
         <x:v>356</x:v>
       </x:c>
     </x:row>
     <x:row r="165" spans="1:21">
       <x:c r="A165" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B165" s="0" t="s">
-        <x:v>354</x:v>
+        <x:v>349</x:v>
       </x:c>
       <x:c r="C165" s="3" t="s"/>
       <x:c r="D165" s="3" t="s"/>
       <x:c r="G165" s="0" t="s">
         <x:v>350</x:v>
       </x:c>
       <x:c r="I165" s="4" t="s">
         <x:v>351</x:v>
       </x:c>
       <x:c r="K165" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L165" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M165" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N165" s="3" t="n">
         <x:v>30857</x:v>
       </x:c>
       <x:c r="O165" s="0" t="s">
-        <x:v>355</x:v>
+        <x:v>352</x:v>
       </x:c>
       <x:c r="P165" s="0" t="s">
         <x:v>350</x:v>
       </x:c>
       <x:c r="Q165" s="4" t="s">
         <x:v>351</x:v>
       </x:c>
       <x:c r="R165" s="0" t="s">
-        <x:v>144</x:v>
+        <x:v>145</x:v>
       </x:c>
       <x:c r="S165" s="0" t="n">
         <x:v>599879</x:v>
       </x:c>
       <x:c r="T165" s="4" t="s">
         <x:v>134</x:v>
       </x:c>
       <x:c r="U165" s="4" t="s">
         <x:v>32</x:v>
       </x:c>
     </x:row>
     <x:row r="166" spans="1:21">
       <x:c r="A166" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B166" s="14" t="s">
         <x:v>282</x:v>
       </x:c>
       <x:c r="C166" s="15" t="s"/>
       <x:c r="D166" s="15" t="s"/>
       <x:c r="E166" s="14" t="s"/>
       <x:c r="F166" s="14" t="s"/>
       <x:c r="G166" s="14" t="s">
         <x:v>350</x:v>
       </x:c>
@@ -11333,357 +11333,357 @@
         <x:v>351</x:v>
       </x:c>
       <x:c r="J166" s="14" t="s"/>
       <x:c r="K166" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L166" s="14" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="M166" s="14" t="s">
         <x:v>101</x:v>
       </x:c>
       <x:c r="N166" s="15" t="n">
         <x:v>70707</x:v>
       </x:c>
       <x:c r="O166" s="14" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="P166" s="14" t="s">
         <x:v>350</x:v>
       </x:c>
       <x:c r="Q166" s="16" t="s">
         <x:v>351</x:v>
       </x:c>
       <x:c r="R166" s="14" t="s">
-        <x:v>144</x:v>
+        <x:v>145</x:v>
       </x:c>
       <x:c r="S166" s="14" t="n">
         <x:v>614330</x:v>
       </x:c>
       <x:c r="T166" s="16" t="s">
-        <x:v>352</x:v>
+        <x:v>355</x:v>
       </x:c>
       <x:c r="U166" s="16" t="s">
         <x:v>357</x:v>
       </x:c>
     </x:row>
     <x:row r="167" spans="1:21">
       <x:c r="A167" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B167" s="0" t="s">
-        <x:v>354</x:v>
+        <x:v>349</x:v>
       </x:c>
       <x:c r="C167" s="3" t="s"/>
       <x:c r="D167" s="3" t="s"/>
       <x:c r="G167" s="0" t="s">
         <x:v>350</x:v>
       </x:c>
       <x:c r="I167" s="4" t="s">
         <x:v>351</x:v>
       </x:c>
       <x:c r="K167" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L167" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="M167" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N167" s="3" t="n">
         <x:v>30857</x:v>
       </x:c>
       <x:c r="O167" s="0" t="s">
-        <x:v>355</x:v>
+        <x:v>352</x:v>
       </x:c>
       <x:c r="P167" s="0" t="s">
         <x:v>350</x:v>
       </x:c>
       <x:c r="Q167" s="4" t="s">
         <x:v>351</x:v>
       </x:c>
       <x:c r="R167" s="0" t="s">
-        <x:v>144</x:v>
+        <x:v>145</x:v>
       </x:c>
       <x:c r="S167" s="0" t="n">
         <x:v>614333</x:v>
       </x:c>
       <x:c r="T167" s="4" t="s">
         <x:v>358</x:v>
       </x:c>
       <x:c r="U167" s="4" t="s">
-        <x:v>353</x:v>
+        <x:v>356</x:v>
       </x:c>
     </x:row>
     <x:row r="168" spans="1:21">
       <x:c r="A168" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B168" s="14" t="s">
         <x:v>282</x:v>
       </x:c>
       <x:c r="C168" s="15" t="s"/>
       <x:c r="D168" s="15" t="s"/>
       <x:c r="E168" s="14" t="s"/>
       <x:c r="F168" s="14" t="s"/>
       <x:c r="G168" s="14" t="s">
         <x:v>350</x:v>
       </x:c>
       <x:c r="H168" s="14" t="s"/>
       <x:c r="I168" s="16" t="s">
         <x:v>351</x:v>
       </x:c>
       <x:c r="J168" s="14" t="s"/>
       <x:c r="K168" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L168" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M168" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N168" s="15" t="n">
         <x:v>70707</x:v>
       </x:c>
       <x:c r="O168" s="14" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="P168" s="14" t="s">
         <x:v>350</x:v>
       </x:c>
       <x:c r="Q168" s="16" t="s">
         <x:v>351</x:v>
       </x:c>
       <x:c r="R168" s="14" t="s">
-        <x:v>144</x:v>
+        <x:v>145</x:v>
       </x:c>
       <x:c r="S168" s="14" t="n">
         <x:v>580364</x:v>
       </x:c>
       <x:c r="T168" s="16" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="U168" s="16" t="s">
         <x:v>32</x:v>
       </x:c>
     </x:row>
     <x:row r="169" spans="1:21">
       <x:c r="A169" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B169" s="0" t="s">
-        <x:v>354</x:v>
+        <x:v>349</x:v>
       </x:c>
       <x:c r="C169" s="3" t="s"/>
       <x:c r="D169" s="3" t="s"/>
       <x:c r="G169" s="0" t="s">
         <x:v>350</x:v>
       </x:c>
       <x:c r="I169" s="4" t="s">
         <x:v>351</x:v>
       </x:c>
       <x:c r="K169" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L169" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M169" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N169" s="3" t="n">
         <x:v>30857</x:v>
       </x:c>
       <x:c r="O169" s="0" t="s">
-        <x:v>355</x:v>
+        <x:v>352</x:v>
       </x:c>
       <x:c r="P169" s="0" t="s">
         <x:v>350</x:v>
       </x:c>
       <x:c r="Q169" s="4" t="s">
         <x:v>351</x:v>
       </x:c>
       <x:c r="R169" s="0" t="s">
-        <x:v>144</x:v>
+        <x:v>145</x:v>
       </x:c>
       <x:c r="S169" s="0" t="n">
         <x:v>611395</x:v>
       </x:c>
       <x:c r="T169" s="4" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="U169" s="4" t="s">
         <x:v>32</x:v>
       </x:c>
     </x:row>
     <x:row r="170" spans="1:21">
       <x:c r="A170" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B170" s="14" t="s">
-        <x:v>354</x:v>
+        <x:v>349</x:v>
       </x:c>
       <x:c r="C170" s="15" t="s"/>
       <x:c r="D170" s="15" t="s"/>
       <x:c r="E170" s="14" t="s"/>
       <x:c r="F170" s="14" t="s"/>
       <x:c r="G170" s="14" t="s">
         <x:v>350</x:v>
       </x:c>
       <x:c r="H170" s="14" t="s"/>
       <x:c r="I170" s="16" t="s">
         <x:v>351</x:v>
       </x:c>
       <x:c r="J170" s="14" t="s"/>
       <x:c r="K170" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L170" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M170" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N170" s="15" t="n">
         <x:v>30857</x:v>
       </x:c>
       <x:c r="O170" s="14" t="s">
-        <x:v>355</x:v>
+        <x:v>352</x:v>
       </x:c>
       <x:c r="P170" s="14" t="s">
         <x:v>350</x:v>
       </x:c>
       <x:c r="Q170" s="16" t="s">
         <x:v>351</x:v>
       </x:c>
       <x:c r="R170" s="14" t="s">
-        <x:v>144</x:v>
+        <x:v>145</x:v>
       </x:c>
       <x:c r="S170" s="14" t="n">
         <x:v>599881</x:v>
       </x:c>
       <x:c r="T170" s="16" t="s">
         <x:v>359</x:v>
       </x:c>
       <x:c r="U170" s="16" t="s">
         <x:v>360</x:v>
       </x:c>
     </x:row>
     <x:row r="171" spans="1:21">
       <x:c r="A171" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B171" s="0" t="s">
-        <x:v>349</x:v>
+        <x:v>354</x:v>
       </x:c>
       <x:c r="C171" s="3" t="s"/>
       <x:c r="D171" s="3" t="s"/>
       <x:c r="G171" s="0" t="s">
         <x:v>350</x:v>
       </x:c>
       <x:c r="I171" s="4" t="s">
         <x:v>351</x:v>
       </x:c>
       <x:c r="K171" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L171" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M171" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N171" s="3" t="n">
         <x:v>31090</x:v>
       </x:c>
       <x:c r="O171" s="0" t="s">
         <x:v>113</x:v>
       </x:c>
       <x:c r="P171" s="0" t="s">
         <x:v>350</x:v>
       </x:c>
       <x:c r="Q171" s="4" t="s">
         <x:v>351</x:v>
       </x:c>
       <x:c r="R171" s="0" t="s">
-        <x:v>144</x:v>
+        <x:v>145</x:v>
       </x:c>
       <x:c r="S171" s="0" t="n">
         <x:v>611383</x:v>
       </x:c>
       <x:c r="T171" s="4" t="s">
         <x:v>361</x:v>
       </x:c>
       <x:c r="U171" s="4" t="s">
-        <x:v>356</x:v>
+        <x:v>353</x:v>
       </x:c>
     </x:row>
     <x:row r="172" spans="1:21">
       <x:c r="A172" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B172" s="14" t="s">
         <x:v>282</x:v>
       </x:c>
       <x:c r="C172" s="15" t="s"/>
       <x:c r="D172" s="15" t="s"/>
       <x:c r="E172" s="14" t="s"/>
       <x:c r="F172" s="14" t="s"/>
       <x:c r="G172" s="14" t="s">
         <x:v>350</x:v>
       </x:c>
       <x:c r="H172" s="14" t="s"/>
       <x:c r="I172" s="16" t="s">
         <x:v>351</x:v>
       </x:c>
       <x:c r="J172" s="14" t="s"/>
       <x:c r="K172" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L172" s="14" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="M172" s="14" t="s">
         <x:v>101</x:v>
       </x:c>
       <x:c r="N172" s="15" t="n">
         <x:v>70707</x:v>
       </x:c>
       <x:c r="O172" s="14" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="P172" s="14" t="s">
         <x:v>350</x:v>
       </x:c>
       <x:c r="Q172" s="16" t="s">
         <x:v>351</x:v>
       </x:c>
       <x:c r="R172" s="14" t="s">
-        <x:v>144</x:v>
+        <x:v>145</x:v>
       </x:c>
       <x:c r="S172" s="14" t="n">
         <x:v>611389</x:v>
       </x:c>
       <x:c r="T172" s="16" t="s">
         <x:v>361</x:v>
       </x:c>
       <x:c r="U172" s="16" t="s">
         <x:v>362</x:v>
       </x:c>
     </x:row>
     <x:row r="173" spans="1:21">
       <x:c r="A173" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B173" s="0" t="s">
         <x:v>363</x:v>
       </x:c>
       <x:c r="C173" s="3" t="s"/>
       <x:c r="D173" s="3" t="s"/>
       <x:c r="G173" s="0" t="s">
         <x:v>364</x:v>
       </x:c>
       <x:c r="I173" s="4" t="s">
         <x:v>100</x:v>
@@ -13514,156 +13514,156 @@
         <x:v>437</x:v>
       </x:c>
       <x:c r="J206" s="14" t="s"/>
       <x:c r="K206" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L206" s="14" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="M206" s="14" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="N206" s="15" t="n">
         <x:v>34093</x:v>
       </x:c>
       <x:c r="O206" s="14" t="s">
         <x:v>132</x:v>
       </x:c>
       <x:c r="P206" s="14" t="s">
         <x:v>436</x:v>
       </x:c>
       <x:c r="Q206" s="16" t="s">
         <x:v>437</x:v>
       </x:c>
       <x:c r="R206" s="14" t="s">
-        <x:v>176</x:v>
+        <x:v>50</x:v>
       </x:c>
       <x:c r="S206" s="14" t="n">
-        <x:v>611780</x:v>
+        <x:v>611768</x:v>
       </x:c>
       <x:c r="T206" s="16" t="s">
-        <x:v>438</x:v>
+        <x:v>252</x:v>
       </x:c>
       <x:c r="U206" s="16" t="s">
-        <x:v>439</x:v>
+        <x:v>357</x:v>
       </x:c>
     </x:row>
     <x:row r="207" spans="1:21">
       <x:c r="A207" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B207" s="0" t="s">
         <x:v>435</x:v>
       </x:c>
       <x:c r="C207" s="3" t="s"/>
       <x:c r="D207" s="3" t="s"/>
       <x:c r="G207" s="0" t="s">
         <x:v>436</x:v>
       </x:c>
       <x:c r="I207" s="4" t="s">
         <x:v>437</x:v>
       </x:c>
       <x:c r="K207" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L207" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="M207" s="0" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="N207" s="3" t="n">
         <x:v>34093</x:v>
       </x:c>
       <x:c r="O207" s="0" t="s">
         <x:v>132</x:v>
       </x:c>
       <x:c r="P207" s="0" t="s">
         <x:v>436</x:v>
       </x:c>
       <x:c r="Q207" s="4" t="s">
         <x:v>437</x:v>
       </x:c>
       <x:c r="R207" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="S207" s="0" t="n">
-        <x:v>611768</x:v>
+        <x:v>611773</x:v>
       </x:c>
       <x:c r="T207" s="4" t="s">
-        <x:v>252</x:v>
+        <x:v>438</x:v>
       </x:c>
       <x:c r="U207" s="4" t="s">
-        <x:v>357</x:v>
+        <x:v>439</x:v>
       </x:c>
     </x:row>
     <x:row r="208" spans="1:21">
       <x:c r="A208" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B208" s="14" t="s">
         <x:v>435</x:v>
       </x:c>
       <x:c r="C208" s="15" t="s"/>
       <x:c r="D208" s="15" t="s"/>
       <x:c r="E208" s="14" t="s"/>
       <x:c r="F208" s="14" t="s"/>
       <x:c r="G208" s="14" t="s">
         <x:v>436</x:v>
       </x:c>
       <x:c r="H208" s="14" t="s"/>
       <x:c r="I208" s="16" t="s">
         <x:v>437</x:v>
       </x:c>
       <x:c r="J208" s="14" t="s"/>
       <x:c r="K208" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L208" s="14" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="M208" s="14" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="N208" s="15" t="n">
         <x:v>34093</x:v>
       </x:c>
       <x:c r="O208" s="14" t="s">
         <x:v>132</x:v>
       </x:c>
       <x:c r="P208" s="14" t="s">
         <x:v>436</x:v>
       </x:c>
       <x:c r="Q208" s="16" t="s">
         <x:v>437</x:v>
       </x:c>
       <x:c r="R208" s="14" t="s">
-        <x:v>50</x:v>
+        <x:v>176</x:v>
       </x:c>
       <x:c r="S208" s="14" t="n">
-        <x:v>611773</x:v>
+        <x:v>611780</x:v>
       </x:c>
       <x:c r="T208" s="16" t="s">
         <x:v>440</x:v>
       </x:c>
       <x:c r="U208" s="16" t="s">
         <x:v>441</x:v>
       </x:c>
     </x:row>
     <x:row r="209" spans="1:21">
       <x:c r="A209" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B209" s="0" t="s">
         <x:v>435</x:v>
       </x:c>
       <x:c r="C209" s="3" t="s"/>
       <x:c r="D209" s="3" t="s"/>
       <x:c r="G209" s="0" t="s">
         <x:v>436</x:v>
       </x:c>
       <x:c r="I209" s="4" t="s">
         <x:v>437</x:v>
       </x:c>
       <x:c r="K209" s="0" t="s">
         <x:v>26</x:v>
@@ -13674,51 +13674,51 @@
       <x:c r="M209" s="0" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="N209" s="3" t="n">
         <x:v>34093</x:v>
       </x:c>
       <x:c r="O209" s="0" t="s">
         <x:v>132</x:v>
       </x:c>
       <x:c r="P209" s="0" t="s">
         <x:v>436</x:v>
       </x:c>
       <x:c r="Q209" s="4" t="s">
         <x:v>437</x:v>
       </x:c>
       <x:c r="R209" s="0" t="s">
         <x:v>176</x:v>
       </x:c>
       <x:c r="S209" s="0" t="n">
         <x:v>611777</x:v>
       </x:c>
       <x:c r="T209" s="4" t="s">
         <x:v>442</x:v>
       </x:c>
       <x:c r="U209" s="4" t="s">
-        <x:v>356</x:v>
+        <x:v>353</x:v>
       </x:c>
     </x:row>
     <x:row r="210" spans="1:21">
       <x:c r="A210" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B210" s="14" t="s">
         <x:v>435</x:v>
       </x:c>
       <x:c r="C210" s="15" t="s"/>
       <x:c r="D210" s="15" t="s"/>
       <x:c r="E210" s="14" t="s"/>
       <x:c r="F210" s="14" t="s"/>
       <x:c r="G210" s="14" t="s">
         <x:v>436</x:v>
       </x:c>
       <x:c r="H210" s="14" t="s"/>
       <x:c r="I210" s="16" t="s">
         <x:v>437</x:v>
       </x:c>
       <x:c r="J210" s="14" t="s"/>
       <x:c r="K210" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L210" s="14" t="s">
@@ -13826,103 +13826,103 @@
       <x:c r="L212" s="14" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="M212" s="14" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="N212" s="15" t="n">
         <x:v>34093</x:v>
       </x:c>
       <x:c r="O212" s="14" t="s">
         <x:v>132</x:v>
       </x:c>
       <x:c r="P212" s="14" t="s">
         <x:v>436</x:v>
       </x:c>
       <x:c r="Q212" s="16" t="s">
         <x:v>437</x:v>
       </x:c>
       <x:c r="R212" s="14" t="s">
         <x:v>176</x:v>
       </x:c>
       <x:c r="S212" s="14" t="n">
         <x:v>611788</x:v>
       </x:c>
       <x:c r="T212" s="16" t="s">
-        <x:v>440</x:v>
+        <x:v>438</x:v>
       </x:c>
       <x:c r="U212" s="16" t="s">
-        <x:v>441</x:v>
+        <x:v>439</x:v>
       </x:c>
     </x:row>
     <x:row r="213" spans="1:21">
       <x:c r="A213" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B213" s="0" t="s">
         <x:v>435</x:v>
       </x:c>
       <x:c r="C213" s="3" t="s"/>
       <x:c r="D213" s="3" t="s"/>
       <x:c r="G213" s="0" t="s">
         <x:v>436</x:v>
       </x:c>
       <x:c r="I213" s="4" t="s">
         <x:v>437</x:v>
       </x:c>
       <x:c r="K213" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L213" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="M213" s="0" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="N213" s="3" t="n">
         <x:v>34093</x:v>
       </x:c>
       <x:c r="O213" s="0" t="s">
         <x:v>132</x:v>
       </x:c>
       <x:c r="P213" s="0" t="s">
         <x:v>436</x:v>
       </x:c>
       <x:c r="Q213" s="4" t="s">
         <x:v>437</x:v>
       </x:c>
       <x:c r="R213" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="S213" s="0" t="n">
         <x:v>611764</x:v>
       </x:c>
       <x:c r="T213" s="4" t="s">
         <x:v>442</x:v>
       </x:c>
       <x:c r="U213" s="4" t="s">
-        <x:v>356</x:v>
+        <x:v>353</x:v>
       </x:c>
     </x:row>
     <x:row r="214" spans="1:21">
       <x:c r="A214" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B214" s="14" t="s">
         <x:v>435</x:v>
       </x:c>
       <x:c r="C214" s="15" t="s"/>
       <x:c r="D214" s="15" t="s"/>
       <x:c r="E214" s="14" t="s"/>
       <x:c r="F214" s="14" t="s"/>
       <x:c r="G214" s="14" t="s">
         <x:v>436</x:v>
       </x:c>
       <x:c r="H214" s="14" t="s"/>
       <x:c r="I214" s="16" t="s">
         <x:v>437</x:v>
       </x:c>
       <x:c r="J214" s="14" t="s"/>
       <x:c r="K214" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L214" s="14" t="s">
@@ -14030,54 +14030,54 @@
       <x:c r="L216" s="14" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="M216" s="14" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="N216" s="15" t="n">
         <x:v>34093</x:v>
       </x:c>
       <x:c r="O216" s="14" t="s">
         <x:v>132</x:v>
       </x:c>
       <x:c r="P216" s="14" t="s">
         <x:v>436</x:v>
       </x:c>
       <x:c r="Q216" s="16" t="s">
         <x:v>437</x:v>
       </x:c>
       <x:c r="R216" s="14" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="S216" s="14" t="n">
         <x:v>611767</x:v>
       </x:c>
       <x:c r="T216" s="16" t="s">
-        <x:v>438</x:v>
+        <x:v>440</x:v>
       </x:c>
       <x:c r="U216" s="16" t="s">
-        <x:v>439</x:v>
+        <x:v>441</x:v>
       </x:c>
     </x:row>
     <x:row r="217" spans="1:21">
       <x:c r="A217" s="1" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="B217" s="0" t="s">
         <x:v>183</x:v>
       </x:c>
       <x:c r="C217" s="3" t="n">
         <x:v>40248</x:v>
       </x:c>
       <x:c r="D217" s="3" t="s"/>
       <x:c r="E217" s="0" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="G217" s="0" t="s">
         <x:v>445</x:v>
       </x:c>
       <x:c r="I217" s="4" t="s">
         <x:v>446</x:v>
       </x:c>
       <x:c r="J217" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
@@ -16027,717 +16027,717 @@
       </x:c>
       <x:c r="P253" s="0" t="s">
         <x:v>481</x:v>
       </x:c>
       <x:c r="Q253" s="4" t="s">
         <x:v>472</x:v>
       </x:c>
       <x:c r="R253" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="S253" s="0" t="n">
         <x:v>577084</x:v>
       </x:c>
       <x:c r="T253" s="4" t="s">
         <x:v>305</x:v>
       </x:c>
       <x:c r="U253" s="4" t="s">
         <x:v>499</x:v>
       </x:c>
     </x:row>
     <x:row r="254" spans="1:21">
       <x:c r="A254" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B254" s="14" t="s">
-        <x:v>480</x:v>
+        <x:v>489</x:v>
       </x:c>
       <x:c r="C254" s="15" t="s"/>
       <x:c r="D254" s="15" t="s"/>
       <x:c r="E254" s="14" t="s"/>
       <x:c r="F254" s="14" t="s"/>
       <x:c r="G254" s="14" t="s">
         <x:v>481</x:v>
       </x:c>
       <x:c r="H254" s="14" t="s"/>
       <x:c r="I254" s="16" t="s">
         <x:v>472</x:v>
       </x:c>
       <x:c r="J254" s="14" t="s"/>
       <x:c r="K254" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L254" s="14" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="M254" s="14" t="s">
-        <x:v>34</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="N254" s="15" t="n">
-        <x:v>46382</x:v>
+        <x:v>34093</x:v>
       </x:c>
       <x:c r="O254" s="14" t="s">
-        <x:v>482</x:v>
+        <x:v>132</x:v>
       </x:c>
       <x:c r="P254" s="14" t="s">
         <x:v>481</x:v>
       </x:c>
       <x:c r="Q254" s="16" t="s">
         <x:v>472</x:v>
       </x:c>
       <x:c r="R254" s="14" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="S254" s="14" t="n">
-        <x:v>576585</x:v>
+        <x:v>586276</x:v>
       </x:c>
       <x:c r="T254" s="16" t="s">
-        <x:v>500</x:v>
+        <x:v>31</x:v>
       </x:c>
       <x:c r="U254" s="16" t="s">
-        <x:v>501</x:v>
+        <x:v>32</x:v>
       </x:c>
     </x:row>
     <x:row r="255" spans="1:21">
       <x:c r="A255" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B255" s="0" t="s">
-        <x:v>489</x:v>
+        <x:v>480</x:v>
       </x:c>
       <x:c r="C255" s="3" t="s"/>
       <x:c r="D255" s="3" t="s"/>
       <x:c r="G255" s="0" t="s">
         <x:v>481</x:v>
       </x:c>
       <x:c r="I255" s="4" t="s">
         <x:v>472</x:v>
       </x:c>
       <x:c r="K255" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L255" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="M255" s="0" t="s">
-        <x:v>101</x:v>
+        <x:v>34</x:v>
       </x:c>
       <x:c r="N255" s="3" t="n">
-        <x:v>34093</x:v>
+        <x:v>46382</x:v>
       </x:c>
       <x:c r="O255" s="0" t="s">
-        <x:v>132</x:v>
+        <x:v>482</x:v>
       </x:c>
       <x:c r="P255" s="0" t="s">
         <x:v>481</x:v>
       </x:c>
       <x:c r="Q255" s="4" t="s">
         <x:v>472</x:v>
       </x:c>
       <x:c r="R255" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="S255" s="0" t="n">
-        <x:v>586276</x:v>
+        <x:v>576585</x:v>
       </x:c>
       <x:c r="T255" s="4" t="s">
-        <x:v>31</x:v>
+        <x:v>500</x:v>
       </x:c>
       <x:c r="U255" s="4" t="s">
-        <x:v>32</x:v>
+        <x:v>501</x:v>
       </x:c>
     </x:row>
     <x:row r="256" spans="1:21">
       <x:c r="A256" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B256" s="14" t="s">
         <x:v>502</x:v>
       </x:c>
       <x:c r="C256" s="15" t="s"/>
       <x:c r="D256" s="15" t="s"/>
       <x:c r="E256" s="14" t="s"/>
       <x:c r="F256" s="14" t="s"/>
       <x:c r="G256" s="14" t="s">
         <x:v>503</x:v>
       </x:c>
       <x:c r="H256" s="14" t="s">
         <x:v>504</x:v>
       </x:c>
       <x:c r="I256" s="16" t="s">
         <x:v>138</x:v>
       </x:c>
       <x:c r="J256" s="14" t="s"/>
       <x:c r="K256" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L256" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M256" s="14" t="s">
         <x:v>101</x:v>
       </x:c>
       <x:c r="N256" s="15" t="n">
         <x:v>30857</x:v>
       </x:c>
       <x:c r="O256" s="14" t="s">
-        <x:v>355</x:v>
+        <x:v>352</x:v>
       </x:c>
       <x:c r="P256" s="14" t="s">
         <x:v>503</x:v>
       </x:c>
       <x:c r="Q256" s="16" t="s">
         <x:v>138</x:v>
       </x:c>
       <x:c r="R256" s="14" t="s">
-        <x:v>153</x:v>
+        <x:v>145</x:v>
       </x:c>
       <x:c r="S256" s="14" t="n">
-        <x:v>606843</x:v>
+        <x:v>613961</x:v>
       </x:c>
       <x:c r="T256" s="16" t="s">
-        <x:v>31</x:v>
+        <x:v>140</x:v>
       </x:c>
       <x:c r="U256" s="16" t="s">
-        <x:v>143</x:v>
+        <x:v>141</x:v>
       </x:c>
     </x:row>
     <x:row r="257" spans="1:21">
       <x:c r="A257" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B257" s="0" t="s">
         <x:v>502</x:v>
       </x:c>
       <x:c r="C257" s="3" t="s"/>
       <x:c r="D257" s="3" t="s"/>
       <x:c r="G257" s="0" t="s">
         <x:v>503</x:v>
       </x:c>
       <x:c r="H257" s="0" t="s">
         <x:v>504</x:v>
       </x:c>
       <x:c r="I257" s="4" t="s">
         <x:v>138</x:v>
       </x:c>
       <x:c r="K257" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L257" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M257" s="0" t="s">
         <x:v>101</x:v>
       </x:c>
       <x:c r="N257" s="3" t="n">
         <x:v>30857</x:v>
       </x:c>
       <x:c r="O257" s="0" t="s">
-        <x:v>355</x:v>
+        <x:v>352</x:v>
       </x:c>
       <x:c r="P257" s="0" t="s">
         <x:v>503</x:v>
       </x:c>
       <x:c r="Q257" s="4" t="s">
         <x:v>138</x:v>
       </x:c>
       <x:c r="R257" s="0" t="s">
-        <x:v>174</x:v>
+        <x:v>151</x:v>
       </x:c>
       <x:c r="S257" s="0" t="n">
-        <x:v>606845</x:v>
+        <x:v>613966</x:v>
       </x:c>
       <x:c r="T257" s="4" t="s">
-        <x:v>31</x:v>
+        <x:v>140</x:v>
       </x:c>
       <x:c r="U257" s="4" t="s">
-        <x:v>143</x:v>
+        <x:v>141</x:v>
       </x:c>
     </x:row>
     <x:row r="258" spans="1:21">
       <x:c r="A258" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B258" s="14" t="s">
         <x:v>502</x:v>
       </x:c>
       <x:c r="C258" s="15" t="s"/>
       <x:c r="D258" s="15" t="s"/>
       <x:c r="E258" s="14" t="s"/>
       <x:c r="F258" s="14" t="s"/>
       <x:c r="G258" s="14" t="s">
         <x:v>503</x:v>
       </x:c>
       <x:c r="H258" s="14" t="s">
         <x:v>504</x:v>
       </x:c>
       <x:c r="I258" s="16" t="s">
         <x:v>138</x:v>
       </x:c>
       <x:c r="J258" s="14" t="s"/>
       <x:c r="K258" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L258" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M258" s="14" t="s">
         <x:v>101</x:v>
       </x:c>
       <x:c r="N258" s="15" t="n">
         <x:v>30857</x:v>
       </x:c>
       <x:c r="O258" s="14" t="s">
-        <x:v>355</x:v>
+        <x:v>352</x:v>
       </x:c>
       <x:c r="P258" s="14" t="s">
         <x:v>503</x:v>
       </x:c>
       <x:c r="Q258" s="16" t="s">
         <x:v>138</x:v>
       </x:c>
       <x:c r="R258" s="14" t="s">
-        <x:v>149</x:v>
+        <x:v>172</x:v>
       </x:c>
       <x:c r="S258" s="14" t="n">
-        <x:v>606846</x:v>
+        <x:v>613969</x:v>
       </x:c>
       <x:c r="T258" s="16" t="s">
-        <x:v>31</x:v>
+        <x:v>140</x:v>
       </x:c>
       <x:c r="U258" s="16" t="s">
-        <x:v>143</x:v>
+        <x:v>141</x:v>
       </x:c>
     </x:row>
     <x:row r="259" spans="1:21">
       <x:c r="A259" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B259" s="0" t="s">
         <x:v>502</x:v>
       </x:c>
       <x:c r="C259" s="3" t="s"/>
       <x:c r="D259" s="3" t="s"/>
       <x:c r="G259" s="0" t="s">
         <x:v>503</x:v>
       </x:c>
       <x:c r="H259" s="0" t="s">
         <x:v>504</x:v>
       </x:c>
       <x:c r="I259" s="4" t="s">
         <x:v>138</x:v>
       </x:c>
       <x:c r="K259" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L259" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M259" s="0" t="s">
         <x:v>101</x:v>
       </x:c>
       <x:c r="N259" s="3" t="n">
         <x:v>30857</x:v>
       </x:c>
       <x:c r="O259" s="0" t="s">
-        <x:v>355</x:v>
+        <x:v>352</x:v>
       </x:c>
       <x:c r="P259" s="0" t="s">
         <x:v>503</x:v>
       </x:c>
       <x:c r="Q259" s="4" t="s">
         <x:v>138</x:v>
       </x:c>
       <x:c r="R259" s="0" t="s">
-        <x:v>102</x:v>
+        <x:v>30</x:v>
       </x:c>
       <x:c r="S259" s="0" t="n">
-        <x:v>606864</x:v>
+        <x:v>613941</x:v>
       </x:c>
       <x:c r="T259" s="4" t="s">
-        <x:v>31</x:v>
+        <x:v>140</x:v>
       </x:c>
       <x:c r="U259" s="4" t="s">
-        <x:v>143</x:v>
+        <x:v>141</x:v>
       </x:c>
     </x:row>
     <x:row r="260" spans="1:21">
       <x:c r="A260" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B260" s="14" t="s">
         <x:v>502</x:v>
       </x:c>
       <x:c r="C260" s="15" t="s"/>
       <x:c r="D260" s="15" t="s"/>
       <x:c r="E260" s="14" t="s"/>
       <x:c r="F260" s="14" t="s"/>
       <x:c r="G260" s="14" t="s">
         <x:v>503</x:v>
       </x:c>
       <x:c r="H260" s="14" t="s">
         <x:v>504</x:v>
       </x:c>
       <x:c r="I260" s="16" t="s">
         <x:v>138</x:v>
       </x:c>
       <x:c r="J260" s="14" t="s"/>
       <x:c r="K260" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L260" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M260" s="14" t="s">
         <x:v>101</x:v>
       </x:c>
       <x:c r="N260" s="15" t="n">
         <x:v>30857</x:v>
       </x:c>
       <x:c r="O260" s="14" t="s">
-        <x:v>355</x:v>
+        <x:v>352</x:v>
       </x:c>
       <x:c r="P260" s="14" t="s">
         <x:v>503</x:v>
       </x:c>
       <x:c r="Q260" s="16" t="s">
         <x:v>138</x:v>
       </x:c>
       <x:c r="R260" s="14" t="s">
-        <x:v>30</x:v>
+        <x:v>154</x:v>
       </x:c>
       <x:c r="S260" s="14" t="n">
-        <x:v>613941</x:v>
+        <x:v>613951</x:v>
       </x:c>
       <x:c r="T260" s="16" t="s">
         <x:v>140</x:v>
       </x:c>
       <x:c r="U260" s="16" t="s">
         <x:v>141</x:v>
       </x:c>
     </x:row>
     <x:row r="261" spans="1:21">
       <x:c r="A261" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B261" s="0" t="s">
         <x:v>502</x:v>
       </x:c>
       <x:c r="C261" s="3" t="s"/>
       <x:c r="D261" s="3" t="s"/>
       <x:c r="G261" s="0" t="s">
         <x:v>503</x:v>
       </x:c>
       <x:c r="H261" s="0" t="s">
         <x:v>504</x:v>
       </x:c>
       <x:c r="I261" s="4" t="s">
         <x:v>138</x:v>
       </x:c>
       <x:c r="K261" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L261" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M261" s="0" t="s">
         <x:v>101</x:v>
       </x:c>
       <x:c r="N261" s="3" t="n">
         <x:v>30857</x:v>
       </x:c>
       <x:c r="O261" s="0" t="s">
-        <x:v>355</x:v>
+        <x:v>352</x:v>
       </x:c>
       <x:c r="P261" s="0" t="s">
         <x:v>503</x:v>
       </x:c>
       <x:c r="Q261" s="4" t="s">
         <x:v>138</x:v>
       </x:c>
       <x:c r="R261" s="0" t="s">
-        <x:v>154</x:v>
+        <x:v>150</x:v>
       </x:c>
       <x:c r="S261" s="0" t="n">
-        <x:v>613951</x:v>
+        <x:v>613954</x:v>
       </x:c>
       <x:c r="T261" s="4" t="s">
         <x:v>140</x:v>
       </x:c>
       <x:c r="U261" s="4" t="s">
         <x:v>141</x:v>
       </x:c>
     </x:row>
     <x:row r="262" spans="1:21">
       <x:c r="A262" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B262" s="14" t="s">
         <x:v>502</x:v>
       </x:c>
       <x:c r="C262" s="15" t="s"/>
       <x:c r="D262" s="15" t="s"/>
       <x:c r="E262" s="14" t="s"/>
       <x:c r="F262" s="14" t="s"/>
       <x:c r="G262" s="14" t="s">
         <x:v>503</x:v>
       </x:c>
       <x:c r="H262" s="14" t="s">
         <x:v>504</x:v>
       </x:c>
       <x:c r="I262" s="16" t="s">
         <x:v>138</x:v>
       </x:c>
       <x:c r="J262" s="14" t="s"/>
       <x:c r="K262" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L262" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M262" s="14" t="s">
         <x:v>101</x:v>
       </x:c>
       <x:c r="N262" s="15" t="n">
         <x:v>30857</x:v>
       </x:c>
       <x:c r="O262" s="14" t="s">
-        <x:v>355</x:v>
+        <x:v>352</x:v>
       </x:c>
       <x:c r="P262" s="14" t="s">
         <x:v>503</x:v>
       </x:c>
       <x:c r="Q262" s="16" t="s">
         <x:v>138</x:v>
       </x:c>
       <x:c r="R262" s="14" t="s">
-        <x:v>150</x:v>
+        <x:v>153</x:v>
       </x:c>
       <x:c r="S262" s="14" t="n">
-        <x:v>613954</x:v>
+        <x:v>606843</x:v>
       </x:c>
       <x:c r="T262" s="16" t="s">
-        <x:v>140</x:v>
+        <x:v>31</x:v>
       </x:c>
       <x:c r="U262" s="16" t="s">
-        <x:v>141</x:v>
+        <x:v>143</x:v>
       </x:c>
     </x:row>
     <x:row r="263" spans="1:21">
       <x:c r="A263" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B263" s="0" t="s">
         <x:v>502</x:v>
       </x:c>
       <x:c r="C263" s="3" t="s"/>
       <x:c r="D263" s="3" t="s"/>
       <x:c r="G263" s="0" t="s">
         <x:v>503</x:v>
       </x:c>
       <x:c r="H263" s="0" t="s">
         <x:v>504</x:v>
       </x:c>
       <x:c r="I263" s="4" t="s">
         <x:v>138</x:v>
       </x:c>
       <x:c r="K263" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L263" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M263" s="0" t="s">
         <x:v>101</x:v>
       </x:c>
       <x:c r="N263" s="3" t="n">
         <x:v>30857</x:v>
       </x:c>
       <x:c r="O263" s="0" t="s">
-        <x:v>355</x:v>
+        <x:v>352</x:v>
       </x:c>
       <x:c r="P263" s="0" t="s">
         <x:v>503</x:v>
       </x:c>
       <x:c r="Q263" s="4" t="s">
         <x:v>138</x:v>
       </x:c>
       <x:c r="R263" s="0" t="s">
-        <x:v>144</x:v>
+        <x:v>174</x:v>
       </x:c>
       <x:c r="S263" s="0" t="n">
-        <x:v>613961</x:v>
+        <x:v>606845</x:v>
       </x:c>
       <x:c r="T263" s="4" t="s">
-        <x:v>140</x:v>
+        <x:v>31</x:v>
       </x:c>
       <x:c r="U263" s="4" t="s">
-        <x:v>141</x:v>
+        <x:v>143</x:v>
       </x:c>
     </x:row>
     <x:row r="264" spans="1:21">
       <x:c r="A264" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B264" s="14" t="s">
         <x:v>502</x:v>
       </x:c>
       <x:c r="C264" s="15" t="s"/>
       <x:c r="D264" s="15" t="s"/>
       <x:c r="E264" s="14" t="s"/>
       <x:c r="F264" s="14" t="s"/>
       <x:c r="G264" s="14" t="s">
         <x:v>503</x:v>
       </x:c>
       <x:c r="H264" s="14" t="s">
         <x:v>504</x:v>
       </x:c>
       <x:c r="I264" s="16" t="s">
         <x:v>138</x:v>
       </x:c>
       <x:c r="J264" s="14" t="s"/>
       <x:c r="K264" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L264" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M264" s="14" t="s">
         <x:v>101</x:v>
       </x:c>
       <x:c r="N264" s="15" t="n">
         <x:v>30857</x:v>
       </x:c>
       <x:c r="O264" s="14" t="s">
-        <x:v>355</x:v>
+        <x:v>352</x:v>
       </x:c>
       <x:c r="P264" s="14" t="s">
         <x:v>503</x:v>
       </x:c>
       <x:c r="Q264" s="16" t="s">
         <x:v>138</x:v>
       </x:c>
       <x:c r="R264" s="14" t="s">
-        <x:v>151</x:v>
+        <x:v>149</x:v>
       </x:c>
       <x:c r="S264" s="14" t="n">
-        <x:v>613966</x:v>
+        <x:v>606846</x:v>
       </x:c>
       <x:c r="T264" s="16" t="s">
-        <x:v>140</x:v>
+        <x:v>31</x:v>
       </x:c>
       <x:c r="U264" s="16" t="s">
-        <x:v>141</x:v>
+        <x:v>143</x:v>
       </x:c>
     </x:row>
     <x:row r="265" spans="1:21">
       <x:c r="A265" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B265" s="0" t="s">
         <x:v>502</x:v>
       </x:c>
       <x:c r="C265" s="3" t="s"/>
       <x:c r="D265" s="3" t="s"/>
       <x:c r="G265" s="0" t="s">
         <x:v>503</x:v>
       </x:c>
       <x:c r="H265" s="0" t="s">
         <x:v>504</x:v>
       </x:c>
       <x:c r="I265" s="4" t="s">
         <x:v>138</x:v>
       </x:c>
       <x:c r="K265" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L265" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M265" s="0" t="s">
         <x:v>101</x:v>
       </x:c>
       <x:c r="N265" s="3" t="n">
         <x:v>30857</x:v>
       </x:c>
       <x:c r="O265" s="0" t="s">
-        <x:v>355</x:v>
+        <x:v>352</x:v>
       </x:c>
       <x:c r="P265" s="0" t="s">
         <x:v>503</x:v>
       </x:c>
       <x:c r="Q265" s="4" t="s">
         <x:v>138</x:v>
       </x:c>
       <x:c r="R265" s="0" t="s">
-        <x:v>172</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="S265" s="0" t="n">
-        <x:v>613969</x:v>
+        <x:v>606864</x:v>
       </x:c>
       <x:c r="T265" s="4" t="s">
-        <x:v>140</x:v>
+        <x:v>31</x:v>
       </x:c>
       <x:c r="U265" s="4" t="s">
-        <x:v>141</x:v>
+        <x:v>143</x:v>
       </x:c>
     </x:row>
     <x:row r="266" spans="1:21">
       <x:c r="A266" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B266" s="14" t="s">
         <x:v>502</x:v>
       </x:c>
       <x:c r="C266" s="15" t="s"/>
       <x:c r="D266" s="15" t="s"/>
       <x:c r="E266" s="14" t="s"/>
       <x:c r="F266" s="14" t="s"/>
       <x:c r="G266" s="14" t="s">
         <x:v>503</x:v>
       </x:c>
       <x:c r="H266" s="14" t="s">
         <x:v>504</x:v>
       </x:c>
       <x:c r="I266" s="16" t="s">
         <x:v>138</x:v>
       </x:c>
       <x:c r="J266" s="14" t="s"/>
       <x:c r="K266" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L266" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M266" s="14" t="s">
         <x:v>101</x:v>
       </x:c>
       <x:c r="N266" s="15" t="n">
         <x:v>30857</x:v>
       </x:c>
       <x:c r="O266" s="14" t="s">
-        <x:v>355</x:v>
+        <x:v>352</x:v>
       </x:c>
       <x:c r="P266" s="14" t="s">
         <x:v>503</x:v>
       </x:c>
       <x:c r="Q266" s="16" t="s">
         <x:v>138</x:v>
       </x:c>
       <x:c r="R266" s="14" t="s">
         <x:v>133</x:v>
       </x:c>
       <x:c r="S266" s="14" t="n">
         <x:v>613944</x:v>
       </x:c>
       <x:c r="T266" s="16" t="s">
         <x:v>140</x:v>
       </x:c>
       <x:c r="U266" s="16" t="s">
         <x:v>141</x:v>
       </x:c>
     </x:row>
     <x:row r="267" spans="1:21">
       <x:c r="A267" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B267" s="0" t="s">
@@ -16745,51 +16745,51 @@
       </x:c>
       <x:c r="C267" s="3" t="s"/>
       <x:c r="D267" s="3" t="s"/>
       <x:c r="G267" s="0" t="s">
         <x:v>503</x:v>
       </x:c>
       <x:c r="H267" s="0" t="s">
         <x:v>504</x:v>
       </x:c>
       <x:c r="I267" s="4" t="s">
         <x:v>138</x:v>
       </x:c>
       <x:c r="K267" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L267" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M267" s="0" t="s">
         <x:v>101</x:v>
       </x:c>
       <x:c r="N267" s="3" t="n">
         <x:v>30857</x:v>
       </x:c>
       <x:c r="O267" s="0" t="s">
-        <x:v>355</x:v>
+        <x:v>352</x:v>
       </x:c>
       <x:c r="P267" s="0" t="s">
         <x:v>503</x:v>
       </x:c>
       <x:c r="Q267" s="4" t="s">
         <x:v>138</x:v>
       </x:c>
       <x:c r="R267" s="0" t="s">
         <x:v>148</x:v>
       </x:c>
       <x:c r="S267" s="0" t="n">
         <x:v>613947</x:v>
       </x:c>
       <x:c r="T267" s="4" t="s">
         <x:v>140</x:v>
       </x:c>
       <x:c r="U267" s="4" t="s">
         <x:v>141</x:v>
       </x:c>
     </x:row>
     <x:row r="268" spans="1:21">
       <x:c r="A268" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B268" s="14" t="s">
@@ -16800,51 +16800,51 @@
       <x:c r="E268" s="14" t="s"/>
       <x:c r="F268" s="14" t="s"/>
       <x:c r="G268" s="14" t="s">
         <x:v>503</x:v>
       </x:c>
       <x:c r="H268" s="14" t="s">
         <x:v>504</x:v>
       </x:c>
       <x:c r="I268" s="16" t="s">
         <x:v>138</x:v>
       </x:c>
       <x:c r="J268" s="14" t="s"/>
       <x:c r="K268" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L268" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M268" s="14" t="s">
         <x:v>101</x:v>
       </x:c>
       <x:c r="N268" s="15" t="n">
         <x:v>30857</x:v>
       </x:c>
       <x:c r="O268" s="14" t="s">
-        <x:v>355</x:v>
+        <x:v>352</x:v>
       </x:c>
       <x:c r="P268" s="14" t="s">
         <x:v>503</x:v>
       </x:c>
       <x:c r="Q268" s="16" t="s">
         <x:v>138</x:v>
       </x:c>
       <x:c r="R268" s="14" t="s">
         <x:v>109</x:v>
       </x:c>
       <x:c r="S268" s="14" t="n">
         <x:v>613950</x:v>
       </x:c>
       <x:c r="T268" s="16" t="s">
         <x:v>140</x:v>
       </x:c>
       <x:c r="U268" s="16" t="s">
         <x:v>141</x:v>
       </x:c>
     </x:row>
     <x:row r="269" spans="1:21">
       <x:c r="A269" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B269" s="0" t="s">
@@ -16852,51 +16852,51 @@
       </x:c>
       <x:c r="C269" s="3" t="s"/>
       <x:c r="D269" s="3" t="s"/>
       <x:c r="G269" s="0" t="s">
         <x:v>503</x:v>
       </x:c>
       <x:c r="H269" s="0" t="s">
         <x:v>504</x:v>
       </x:c>
       <x:c r="I269" s="4" t="s">
         <x:v>138</x:v>
       </x:c>
       <x:c r="K269" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L269" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M269" s="0" t="s">
         <x:v>101</x:v>
       </x:c>
       <x:c r="N269" s="3" t="n">
         <x:v>30857</x:v>
       </x:c>
       <x:c r="O269" s="0" t="s">
-        <x:v>355</x:v>
+        <x:v>352</x:v>
       </x:c>
       <x:c r="P269" s="0" t="s">
         <x:v>503</x:v>
       </x:c>
       <x:c r="Q269" s="4" t="s">
         <x:v>138</x:v>
       </x:c>
       <x:c r="R269" s="0" t="s">
         <x:v>175</x:v>
       </x:c>
       <x:c r="S269" s="0" t="n">
         <x:v>613957</x:v>
       </x:c>
       <x:c r="T269" s="4" t="s">
         <x:v>140</x:v>
       </x:c>
       <x:c r="U269" s="4" t="s">
         <x:v>141</x:v>
       </x:c>
     </x:row>
     <x:row r="270" spans="1:21">
       <x:c r="A270" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B270" s="14" t="s">
@@ -16907,51 +16907,51 @@
       <x:c r="E270" s="14" t="s"/>
       <x:c r="F270" s="14" t="s"/>
       <x:c r="G270" s="14" t="s">
         <x:v>503</x:v>
       </x:c>
       <x:c r="H270" s="14" t="s">
         <x:v>504</x:v>
       </x:c>
       <x:c r="I270" s="16" t="s">
         <x:v>138</x:v>
       </x:c>
       <x:c r="J270" s="14" t="s"/>
       <x:c r="K270" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L270" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M270" s="14" t="s">
         <x:v>101</x:v>
       </x:c>
       <x:c r="N270" s="15" t="n">
         <x:v>30857</x:v>
       </x:c>
       <x:c r="O270" s="14" t="s">
-        <x:v>355</x:v>
+        <x:v>352</x:v>
       </x:c>
       <x:c r="P270" s="14" t="s">
         <x:v>503</x:v>
       </x:c>
       <x:c r="Q270" s="16" t="s">
         <x:v>138</x:v>
       </x:c>
       <x:c r="R270" s="14" t="s">
         <x:v>162</x:v>
       </x:c>
       <x:c r="S270" s="14" t="n">
         <x:v>613960</x:v>
       </x:c>
       <x:c r="T270" s="16" t="s">
         <x:v>140</x:v>
       </x:c>
       <x:c r="U270" s="16" t="s">
         <x:v>141</x:v>
       </x:c>
     </x:row>
     <x:row r="271" spans="1:21">
       <x:c r="A271" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B271" s="0" t="s">
@@ -16959,51 +16959,51 @@
       </x:c>
       <x:c r="C271" s="3" t="s"/>
       <x:c r="D271" s="3" t="s"/>
       <x:c r="G271" s="0" t="s">
         <x:v>503</x:v>
       </x:c>
       <x:c r="H271" s="0" t="s">
         <x:v>504</x:v>
       </x:c>
       <x:c r="I271" s="4" t="s">
         <x:v>138</x:v>
       </x:c>
       <x:c r="K271" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L271" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M271" s="0" t="s">
         <x:v>101</x:v>
       </x:c>
       <x:c r="N271" s="3" t="n">
         <x:v>30857</x:v>
       </x:c>
       <x:c r="O271" s="0" t="s">
-        <x:v>355</x:v>
+        <x:v>352</x:v>
       </x:c>
       <x:c r="P271" s="0" t="s">
         <x:v>503</x:v>
       </x:c>
       <x:c r="Q271" s="4" t="s">
         <x:v>138</x:v>
       </x:c>
       <x:c r="R271" s="0" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="S271" s="0" t="n">
         <x:v>613963</x:v>
       </x:c>
       <x:c r="T271" s="4" t="s">
         <x:v>140</x:v>
       </x:c>
       <x:c r="U271" s="4" t="s">
         <x:v>141</x:v>
       </x:c>
     </x:row>
     <x:row r="272" spans="1:21">
       <x:c r="A272" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B272" s="14" t="s">
@@ -17014,51 +17014,51 @@
       <x:c r="E272" s="14" t="s"/>
       <x:c r="F272" s="14" t="s"/>
       <x:c r="G272" s="14" t="s">
         <x:v>503</x:v>
       </x:c>
       <x:c r="H272" s="14" t="s">
         <x:v>504</x:v>
       </x:c>
       <x:c r="I272" s="16" t="s">
         <x:v>138</x:v>
       </x:c>
       <x:c r="J272" s="14" t="s"/>
       <x:c r="K272" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L272" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M272" s="14" t="s">
         <x:v>101</x:v>
       </x:c>
       <x:c r="N272" s="15" t="n">
         <x:v>30857</x:v>
       </x:c>
       <x:c r="O272" s="14" t="s">
-        <x:v>355</x:v>
+        <x:v>352</x:v>
       </x:c>
       <x:c r="P272" s="14" t="s">
         <x:v>503</x:v>
       </x:c>
       <x:c r="Q272" s="16" t="s">
         <x:v>138</x:v>
       </x:c>
       <x:c r="R272" s="14" t="s">
         <x:v>175</x:v>
       </x:c>
       <x:c r="S272" s="14" t="n">
         <x:v>606855</x:v>
       </x:c>
       <x:c r="T272" s="16" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="U272" s="16" t="s">
         <x:v>143</x:v>
       </x:c>
     </x:row>
     <x:row r="273" spans="1:21">
       <x:c r="A273" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B273" s="0" t="s">
@@ -17066,51 +17066,51 @@
       </x:c>
       <x:c r="C273" s="3" t="s"/>
       <x:c r="D273" s="3" t="s"/>
       <x:c r="G273" s="0" t="s">
         <x:v>503</x:v>
       </x:c>
       <x:c r="H273" s="0" t="s">
         <x:v>504</x:v>
       </x:c>
       <x:c r="I273" s="4" t="s">
         <x:v>138</x:v>
       </x:c>
       <x:c r="K273" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L273" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M273" s="0" t="s">
         <x:v>101</x:v>
       </x:c>
       <x:c r="N273" s="3" t="n">
         <x:v>30857</x:v>
       </x:c>
       <x:c r="O273" s="0" t="s">
-        <x:v>355</x:v>
+        <x:v>352</x:v>
       </x:c>
       <x:c r="P273" s="0" t="s">
         <x:v>503</x:v>
       </x:c>
       <x:c r="Q273" s="4" t="s">
         <x:v>138</x:v>
       </x:c>
       <x:c r="R273" s="0" t="s">
         <x:v>156</x:v>
       </x:c>
       <x:c r="S273" s="0" t="n">
         <x:v>606858</x:v>
       </x:c>
       <x:c r="T273" s="4" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="U273" s="4" t="s">
         <x:v>143</x:v>
       </x:c>
     </x:row>
     <x:row r="274" spans="1:21">
       <x:c r="A274" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B274" s="14" t="s">
@@ -17121,51 +17121,51 @@
       <x:c r="E274" s="14" t="s"/>
       <x:c r="F274" s="14" t="s"/>
       <x:c r="G274" s="14" t="s">
         <x:v>503</x:v>
       </x:c>
       <x:c r="H274" s="14" t="s">
         <x:v>504</x:v>
       </x:c>
       <x:c r="I274" s="16" t="s">
         <x:v>138</x:v>
       </x:c>
       <x:c r="J274" s="14" t="s"/>
       <x:c r="K274" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L274" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M274" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N274" s="15" t="n">
         <x:v>30857</x:v>
       </x:c>
       <x:c r="O274" s="14" t="s">
-        <x:v>355</x:v>
+        <x:v>352</x:v>
       </x:c>
       <x:c r="P274" s="14" t="s">
         <x:v>503</x:v>
       </x:c>
       <x:c r="Q274" s="16" t="s">
         <x:v>138</x:v>
       </x:c>
       <x:c r="R274" s="14" t="s">
         <x:v>159</x:v>
       </x:c>
       <x:c r="S274" s="14" t="n">
         <x:v>606833</x:v>
       </x:c>
       <x:c r="T274" s="16" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="U274" s="16" t="s">
         <x:v>143</x:v>
       </x:c>
     </x:row>
     <x:row r="275" spans="1:21">
       <x:c r="A275" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B275" s="0" t="s">
@@ -17173,51 +17173,51 @@
       </x:c>
       <x:c r="C275" s="3" t="s"/>
       <x:c r="D275" s="3" t="s"/>
       <x:c r="G275" s="0" t="s">
         <x:v>503</x:v>
       </x:c>
       <x:c r="H275" s="0" t="s">
         <x:v>504</x:v>
       </x:c>
       <x:c r="I275" s="4" t="s">
         <x:v>138</x:v>
       </x:c>
       <x:c r="K275" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L275" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M275" s="0" t="s">
         <x:v>101</x:v>
       </x:c>
       <x:c r="N275" s="3" t="n">
         <x:v>30857</x:v>
       </x:c>
       <x:c r="O275" s="0" t="s">
-        <x:v>355</x:v>
+        <x:v>352</x:v>
       </x:c>
       <x:c r="P275" s="0" t="s">
         <x:v>503</x:v>
       </x:c>
       <x:c r="Q275" s="4" t="s">
         <x:v>138</x:v>
       </x:c>
       <x:c r="R275" s="0" t="s">
         <x:v>152</x:v>
       </x:c>
       <x:c r="S275" s="0" t="n">
         <x:v>606834</x:v>
       </x:c>
       <x:c r="T275" s="4" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="U275" s="4" t="s">
         <x:v>143</x:v>
       </x:c>
     </x:row>
     <x:row r="276" spans="1:21">
       <x:c r="A276" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B276" s="14" t="s">
@@ -17228,51 +17228,51 @@
       <x:c r="E276" s="14" t="s"/>
       <x:c r="F276" s="14" t="s"/>
       <x:c r="G276" s="14" t="s">
         <x:v>503</x:v>
       </x:c>
       <x:c r="H276" s="14" t="s">
         <x:v>504</x:v>
       </x:c>
       <x:c r="I276" s="16" t="s">
         <x:v>138</x:v>
       </x:c>
       <x:c r="J276" s="14" t="s"/>
       <x:c r="K276" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L276" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M276" s="14" t="s">
         <x:v>101</x:v>
       </x:c>
       <x:c r="N276" s="15" t="n">
         <x:v>30857</x:v>
       </x:c>
       <x:c r="O276" s="14" t="s">
-        <x:v>355</x:v>
+        <x:v>352</x:v>
       </x:c>
       <x:c r="P276" s="14" t="s">
         <x:v>503</x:v>
       </x:c>
       <x:c r="Q276" s="16" t="s">
         <x:v>138</x:v>
       </x:c>
       <x:c r="R276" s="14" t="s">
         <x:v>173</x:v>
       </x:c>
       <x:c r="S276" s="14" t="n">
         <x:v>606841</x:v>
       </x:c>
       <x:c r="T276" s="16" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="U276" s="16" t="s">
         <x:v>143</x:v>
       </x:c>
     </x:row>
     <x:row r="277" spans="1:21">
       <x:c r="A277" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B277" s="0" t="s">
@@ -17280,51 +17280,51 @@
       </x:c>
       <x:c r="C277" s="3" t="s"/>
       <x:c r="D277" s="3" t="s"/>
       <x:c r="G277" s="0" t="s">
         <x:v>503</x:v>
       </x:c>
       <x:c r="H277" s="0" t="s">
         <x:v>504</x:v>
       </x:c>
       <x:c r="I277" s="4" t="s">
         <x:v>138</x:v>
       </x:c>
       <x:c r="K277" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L277" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M277" s="0" t="s">
         <x:v>101</x:v>
       </x:c>
       <x:c r="N277" s="3" t="n">
         <x:v>30857</x:v>
       </x:c>
       <x:c r="O277" s="0" t="s">
-        <x:v>355</x:v>
+        <x:v>352</x:v>
       </x:c>
       <x:c r="P277" s="0" t="s">
         <x:v>503</x:v>
       </x:c>
       <x:c r="Q277" s="4" t="s">
         <x:v>138</x:v>
       </x:c>
       <x:c r="R277" s="0" t="s">
         <x:v>109</x:v>
       </x:c>
       <x:c r="S277" s="0" t="n">
         <x:v>606847</x:v>
       </x:c>
       <x:c r="T277" s="4" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="U277" s="4" t="s">
         <x:v>143</x:v>
       </x:c>
     </x:row>
     <x:row r="278" spans="1:21">
       <x:c r="A278" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B278" s="14" t="s">
@@ -17335,51 +17335,51 @@
       <x:c r="E278" s="14" t="s"/>
       <x:c r="F278" s="14" t="s"/>
       <x:c r="G278" s="14" t="s">
         <x:v>503</x:v>
       </x:c>
       <x:c r="H278" s="14" t="s">
         <x:v>504</x:v>
       </x:c>
       <x:c r="I278" s="16" t="s">
         <x:v>138</x:v>
       </x:c>
       <x:c r="J278" s="14" t="s"/>
       <x:c r="K278" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L278" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M278" s="14" t="s">
         <x:v>101</x:v>
       </x:c>
       <x:c r="N278" s="15" t="n">
         <x:v>30857</x:v>
       </x:c>
       <x:c r="O278" s="14" t="s">
-        <x:v>355</x:v>
+        <x:v>352</x:v>
       </x:c>
       <x:c r="P278" s="14" t="s">
         <x:v>503</x:v>
       </x:c>
       <x:c r="Q278" s="16" t="s">
         <x:v>138</x:v>
       </x:c>
       <x:c r="R278" s="14" t="s">
         <x:v>164</x:v>
       </x:c>
       <x:c r="S278" s="14" t="n">
         <x:v>606849</x:v>
       </x:c>
       <x:c r="T278" s="16" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="U278" s="16" t="s">
         <x:v>143</x:v>
       </x:c>
     </x:row>
     <x:row r="279" spans="1:21">
       <x:c r="A279" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B279" s="0" t="s">
@@ -17387,51 +17387,51 @@
       </x:c>
       <x:c r="C279" s="3" t="s"/>
       <x:c r="D279" s="3" t="s"/>
       <x:c r="G279" s="0" t="s">
         <x:v>503</x:v>
       </x:c>
       <x:c r="H279" s="0" t="s">
         <x:v>504</x:v>
       </x:c>
       <x:c r="I279" s="4" t="s">
         <x:v>138</x:v>
       </x:c>
       <x:c r="K279" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L279" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M279" s="0" t="s">
         <x:v>101</x:v>
       </x:c>
       <x:c r="N279" s="3" t="n">
         <x:v>30857</x:v>
       </x:c>
       <x:c r="O279" s="0" t="s">
-        <x:v>355</x:v>
+        <x:v>352</x:v>
       </x:c>
       <x:c r="P279" s="0" t="s">
         <x:v>503</x:v>
       </x:c>
       <x:c r="Q279" s="4" t="s">
         <x:v>138</x:v>
       </x:c>
       <x:c r="R279" s="0" t="s">
         <x:v>161</x:v>
       </x:c>
       <x:c r="S279" s="0" t="n">
         <x:v>606853</x:v>
       </x:c>
       <x:c r="T279" s="4" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="U279" s="4" t="s">
         <x:v>143</x:v>
       </x:c>
     </x:row>
     <x:row r="280" spans="1:21">
       <x:c r="A280" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B280" s="14" t="s">
@@ -17442,51 +17442,51 @@
       <x:c r="E280" s="14" t="s"/>
       <x:c r="F280" s="14" t="s"/>
       <x:c r="G280" s="14" t="s">
         <x:v>503</x:v>
       </x:c>
       <x:c r="H280" s="14" t="s">
         <x:v>504</x:v>
       </x:c>
       <x:c r="I280" s="16" t="s">
         <x:v>138</x:v>
       </x:c>
       <x:c r="J280" s="14" t="s"/>
       <x:c r="K280" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L280" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M280" s="14" t="s">
         <x:v>101</x:v>
       </x:c>
       <x:c r="N280" s="15" t="n">
         <x:v>30857</x:v>
       </x:c>
       <x:c r="O280" s="14" t="s">
-        <x:v>355</x:v>
+        <x:v>352</x:v>
       </x:c>
       <x:c r="P280" s="14" t="s">
         <x:v>503</x:v>
       </x:c>
       <x:c r="Q280" s="16" t="s">
         <x:v>138</x:v>
       </x:c>
       <x:c r="R280" s="14" t="s">
         <x:v>162</x:v>
       </x:c>
       <x:c r="S280" s="14" t="n">
         <x:v>606856</x:v>
       </x:c>
       <x:c r="T280" s="16" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="U280" s="16" t="s">
         <x:v>143</x:v>
       </x:c>
     </x:row>
     <x:row r="281" spans="1:21">
       <x:c r="A281" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B281" s="0" t="s">
@@ -17494,51 +17494,51 @@
       </x:c>
       <x:c r="C281" s="3" t="s"/>
       <x:c r="D281" s="3" t="s"/>
       <x:c r="G281" s="0" t="s">
         <x:v>503</x:v>
       </x:c>
       <x:c r="H281" s="0" t="s">
         <x:v>504</x:v>
       </x:c>
       <x:c r="I281" s="4" t="s">
         <x:v>138</x:v>
       </x:c>
       <x:c r="K281" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L281" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M281" s="0" t="s">
         <x:v>101</x:v>
       </x:c>
       <x:c r="N281" s="3" t="n">
         <x:v>30857</x:v>
       </x:c>
       <x:c r="O281" s="0" t="s">
-        <x:v>355</x:v>
+        <x:v>352</x:v>
       </x:c>
       <x:c r="P281" s="0" t="s">
         <x:v>503</x:v>
       </x:c>
       <x:c r="Q281" s="4" t="s">
         <x:v>138</x:v>
       </x:c>
       <x:c r="R281" s="0" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="S281" s="0" t="n">
         <x:v>606859</x:v>
       </x:c>
       <x:c r="T281" s="4" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="U281" s="4" t="s">
         <x:v>143</x:v>
       </x:c>
     </x:row>
     <x:row r="282" spans="1:21">
       <x:c r="A282" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B282" s="14" t="s">
@@ -17549,51 +17549,51 @@
       <x:c r="E282" s="14" t="s"/>
       <x:c r="F282" s="14" t="s"/>
       <x:c r="G282" s="14" t="s">
         <x:v>503</x:v>
       </x:c>
       <x:c r="H282" s="14" t="s">
         <x:v>504</x:v>
       </x:c>
       <x:c r="I282" s="16" t="s">
         <x:v>138</x:v>
       </x:c>
       <x:c r="J282" s="14" t="s"/>
       <x:c r="K282" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L282" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M282" s="14" t="s">
         <x:v>101</x:v>
       </x:c>
       <x:c r="N282" s="15" t="n">
         <x:v>30857</x:v>
       </x:c>
       <x:c r="O282" s="14" t="s">
-        <x:v>355</x:v>
+        <x:v>352</x:v>
       </x:c>
       <x:c r="P282" s="14" t="s">
         <x:v>503</x:v>
       </x:c>
       <x:c r="Q282" s="16" t="s">
         <x:v>138</x:v>
       </x:c>
       <x:c r="R282" s="14" t="s">
         <x:v>163</x:v>
       </x:c>
       <x:c r="S282" s="14" t="n">
         <x:v>606861</x:v>
       </x:c>
       <x:c r="T282" s="16" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="U282" s="16" t="s">
         <x:v>143</x:v>
       </x:c>
     </x:row>
     <x:row r="283" spans="1:21">
       <x:c r="A283" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B283" s="0" t="s">
@@ -17601,51 +17601,51 @@
       </x:c>
       <x:c r="C283" s="3" t="s"/>
       <x:c r="D283" s="3" t="s"/>
       <x:c r="G283" s="0" t="s">
         <x:v>503</x:v>
       </x:c>
       <x:c r="H283" s="0" t="s">
         <x:v>504</x:v>
       </x:c>
       <x:c r="I283" s="4" t="s">
         <x:v>138</x:v>
       </x:c>
       <x:c r="K283" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L283" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="M283" s="0" t="s">
         <x:v>101</x:v>
       </x:c>
       <x:c r="N283" s="3" t="n">
         <x:v>30857</x:v>
       </x:c>
       <x:c r="O283" s="0" t="s">
-        <x:v>355</x:v>
+        <x:v>352</x:v>
       </x:c>
       <x:c r="P283" s="0" t="s">
         <x:v>503</x:v>
       </x:c>
       <x:c r="Q283" s="4" t="s">
         <x:v>138</x:v>
       </x:c>
       <x:c r="R283" s="0" t="s">
         <x:v>160</x:v>
       </x:c>
       <x:c r="S283" s="0" t="n">
         <x:v>613939</x:v>
       </x:c>
       <x:c r="T283" s="4" t="s">
         <x:v>140</x:v>
       </x:c>
       <x:c r="U283" s="4" t="s">
         <x:v>141</x:v>
       </x:c>
     </x:row>
     <x:row r="284" spans="1:21">
       <x:c r="A284" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B284" s="14" t="s">
@@ -17656,51 +17656,51 @@
       <x:c r="E284" s="14" t="s"/>
       <x:c r="F284" s="14" t="s"/>
       <x:c r="G284" s="14" t="s">
         <x:v>503</x:v>
       </x:c>
       <x:c r="H284" s="14" t="s">
         <x:v>504</x:v>
       </x:c>
       <x:c r="I284" s="16" t="s">
         <x:v>138</x:v>
       </x:c>
       <x:c r="J284" s="14" t="s"/>
       <x:c r="K284" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L284" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M284" s="14" t="s">
         <x:v>101</x:v>
       </x:c>
       <x:c r="N284" s="15" t="n">
         <x:v>30857</x:v>
       </x:c>
       <x:c r="O284" s="14" t="s">
-        <x:v>355</x:v>
+        <x:v>352</x:v>
       </x:c>
       <x:c r="P284" s="14" t="s">
         <x:v>503</x:v>
       </x:c>
       <x:c r="Q284" s="16" t="s">
         <x:v>138</x:v>
       </x:c>
       <x:c r="R284" s="14" t="s">
         <x:v>149</x:v>
       </x:c>
       <x:c r="S284" s="14" t="n">
         <x:v>613949</x:v>
       </x:c>
       <x:c r="T284" s="16" t="s">
         <x:v>140</x:v>
       </x:c>
       <x:c r="U284" s="16" t="s">
         <x:v>141</x:v>
       </x:c>
     </x:row>
     <x:row r="285" spans="1:21">
       <x:c r="A285" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B285" s="0" t="s">
@@ -17708,51 +17708,51 @@
       </x:c>
       <x:c r="C285" s="3" t="s"/>
       <x:c r="D285" s="3" t="s"/>
       <x:c r="G285" s="0" t="s">
         <x:v>503</x:v>
       </x:c>
       <x:c r="H285" s="0" t="s">
         <x:v>504</x:v>
       </x:c>
       <x:c r="I285" s="4" t="s">
         <x:v>138</x:v>
       </x:c>
       <x:c r="K285" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L285" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M285" s="0" t="s">
         <x:v>101</x:v>
       </x:c>
       <x:c r="N285" s="3" t="n">
         <x:v>30857</x:v>
       </x:c>
       <x:c r="O285" s="0" t="s">
-        <x:v>355</x:v>
+        <x:v>352</x:v>
       </x:c>
       <x:c r="P285" s="0" t="s">
         <x:v>503</x:v>
       </x:c>
       <x:c r="Q285" s="4" t="s">
         <x:v>138</x:v>
       </x:c>
       <x:c r="R285" s="0" t="s">
         <x:v>156</x:v>
       </x:c>
       <x:c r="S285" s="0" t="n">
         <x:v>613962</x:v>
       </x:c>
       <x:c r="T285" s="4" t="s">
         <x:v>140</x:v>
       </x:c>
       <x:c r="U285" s="4" t="s">
         <x:v>141</x:v>
       </x:c>
     </x:row>
     <x:row r="286" spans="1:21">
       <x:c r="A286" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B286" s="14" t="s">
@@ -17763,51 +17763,51 @@
       <x:c r="E286" s="14" t="s"/>
       <x:c r="F286" s="14" t="s"/>
       <x:c r="G286" s="14" t="s">
         <x:v>503</x:v>
       </x:c>
       <x:c r="H286" s="14" t="s">
         <x:v>504</x:v>
       </x:c>
       <x:c r="I286" s="16" t="s">
         <x:v>138</x:v>
       </x:c>
       <x:c r="J286" s="14" t="s"/>
       <x:c r="K286" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L286" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M286" s="14" t="s">
         <x:v>101</x:v>
       </x:c>
       <x:c r="N286" s="15" t="n">
         <x:v>30857</x:v>
       </x:c>
       <x:c r="O286" s="14" t="s">
-        <x:v>355</x:v>
+        <x:v>352</x:v>
       </x:c>
       <x:c r="P286" s="14" t="s">
         <x:v>503</x:v>
       </x:c>
       <x:c r="Q286" s="16" t="s">
         <x:v>138</x:v>
       </x:c>
       <x:c r="R286" s="14" t="s">
         <x:v>163</x:v>
       </x:c>
       <x:c r="S286" s="14" t="n">
         <x:v>613965</x:v>
       </x:c>
       <x:c r="T286" s="16" t="s">
         <x:v>140</x:v>
       </x:c>
       <x:c r="U286" s="16" t="s">
         <x:v>141</x:v>
       </x:c>
     </x:row>
     <x:row r="287" spans="1:21">
       <x:c r="A287" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B287" s="0" t="s">
@@ -17815,106 +17815,106 @@
       </x:c>
       <x:c r="C287" s="3" t="s"/>
       <x:c r="D287" s="3" t="s"/>
       <x:c r="G287" s="0" t="s">
         <x:v>503</x:v>
       </x:c>
       <x:c r="H287" s="0" t="s">
         <x:v>504</x:v>
       </x:c>
       <x:c r="I287" s="4" t="s">
         <x:v>138</x:v>
       </x:c>
       <x:c r="K287" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L287" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M287" s="0" t="s">
         <x:v>101</x:v>
       </x:c>
       <x:c r="N287" s="3" t="n">
         <x:v>30857</x:v>
       </x:c>
       <x:c r="O287" s="0" t="s">
-        <x:v>355</x:v>
+        <x:v>352</x:v>
       </x:c>
       <x:c r="P287" s="0" t="s">
         <x:v>503</x:v>
       </x:c>
       <x:c r="Q287" s="4" t="s">
         <x:v>138</x:v>
       </x:c>
       <x:c r="R287" s="0" t="s">
-        <x:v>145</x:v>
+        <x:v>146</x:v>
       </x:c>
       <x:c r="S287" s="0" t="n">
         <x:v>613967</x:v>
       </x:c>
       <x:c r="T287" s="4" t="s">
         <x:v>140</x:v>
       </x:c>
       <x:c r="U287" s="4" t="s">
         <x:v>141</x:v>
       </x:c>
     </x:row>
     <x:row r="288" spans="1:21">
       <x:c r="A288" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B288" s="14" t="s">
         <x:v>502</x:v>
       </x:c>
       <x:c r="C288" s="15" t="s"/>
       <x:c r="D288" s="15" t="s"/>
       <x:c r="E288" s="14" t="s"/>
       <x:c r="F288" s="14" t="s"/>
       <x:c r="G288" s="14" t="s">
         <x:v>503</x:v>
       </x:c>
       <x:c r="H288" s="14" t="s">
         <x:v>504</x:v>
       </x:c>
       <x:c r="I288" s="16" t="s">
         <x:v>138</x:v>
       </x:c>
       <x:c r="J288" s="14" t="s"/>
       <x:c r="K288" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L288" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M288" s="14" t="s">
         <x:v>101</x:v>
       </x:c>
       <x:c r="N288" s="15" t="n">
         <x:v>30857</x:v>
       </x:c>
       <x:c r="O288" s="14" t="s">
-        <x:v>355</x:v>
+        <x:v>352</x:v>
       </x:c>
       <x:c r="P288" s="14" t="s">
         <x:v>503</x:v>
       </x:c>
       <x:c r="Q288" s="16" t="s">
         <x:v>138</x:v>
       </x:c>
       <x:c r="R288" s="14" t="s">
         <x:v>102</x:v>
       </x:c>
       <x:c r="S288" s="14" t="n">
         <x:v>613968</x:v>
       </x:c>
       <x:c r="T288" s="16" t="s">
         <x:v>140</x:v>
       </x:c>
       <x:c r="U288" s="16" t="s">
         <x:v>141</x:v>
       </x:c>
     </x:row>
     <x:row r="289" spans="1:21">
       <x:c r="A289" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B289" s="0" t="s">
@@ -17922,51 +17922,51 @@
       </x:c>
       <x:c r="C289" s="3" t="s"/>
       <x:c r="D289" s="3" t="s"/>
       <x:c r="G289" s="0" t="s">
         <x:v>503</x:v>
       </x:c>
       <x:c r="H289" s="0" t="s">
         <x:v>504</x:v>
       </x:c>
       <x:c r="I289" s="4" t="s">
         <x:v>138</x:v>
       </x:c>
       <x:c r="K289" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L289" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M289" s="0" t="s">
         <x:v>101</x:v>
       </x:c>
       <x:c r="N289" s="3" t="n">
         <x:v>30857</x:v>
       </x:c>
       <x:c r="O289" s="0" t="s">
-        <x:v>355</x:v>
+        <x:v>352</x:v>
       </x:c>
       <x:c r="P289" s="0" t="s">
         <x:v>503</x:v>
       </x:c>
       <x:c r="Q289" s="4" t="s">
         <x:v>138</x:v>
       </x:c>
       <x:c r="R289" s="0" t="s">
         <x:v>172</x:v>
       </x:c>
       <x:c r="S289" s="0" t="n">
         <x:v>606865</x:v>
       </x:c>
       <x:c r="T289" s="4" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="U289" s="4" t="s">
         <x:v>143</x:v>
       </x:c>
     </x:row>
     <x:row r="290" spans="1:21">
       <x:c r="A290" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B290" s="14" t="s">
@@ -17977,51 +17977,51 @@
       <x:c r="E290" s="14" t="s"/>
       <x:c r="F290" s="14" t="s"/>
       <x:c r="G290" s="14" t="s">
         <x:v>503</x:v>
       </x:c>
       <x:c r="H290" s="14" t="s">
         <x:v>504</x:v>
       </x:c>
       <x:c r="I290" s="16" t="s">
         <x:v>138</x:v>
       </x:c>
       <x:c r="J290" s="14" t="s"/>
       <x:c r="K290" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L290" s="14" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="M290" s="14" t="s">
         <x:v>101</x:v>
       </x:c>
       <x:c r="N290" s="15" t="n">
         <x:v>30857</x:v>
       </x:c>
       <x:c r="O290" s="14" t="s">
-        <x:v>355</x:v>
+        <x:v>352</x:v>
       </x:c>
       <x:c r="P290" s="14" t="s">
         <x:v>503</x:v>
       </x:c>
       <x:c r="Q290" s="16" t="s">
         <x:v>138</x:v>
       </x:c>
       <x:c r="R290" s="14" t="s">
         <x:v>160</x:v>
       </x:c>
       <x:c r="S290" s="14" t="n">
         <x:v>606835</x:v>
       </x:c>
       <x:c r="T290" s="16" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="U290" s="16" t="s">
         <x:v>143</x:v>
       </x:c>
     </x:row>
     <x:row r="291" spans="1:21">
       <x:c r="A291" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B291" s="0" t="s">
@@ -18029,51 +18029,51 @@
       </x:c>
       <x:c r="C291" s="3" t="s"/>
       <x:c r="D291" s="3" t="s"/>
       <x:c r="G291" s="0" t="s">
         <x:v>503</x:v>
       </x:c>
       <x:c r="H291" s="0" t="s">
         <x:v>504</x:v>
       </x:c>
       <x:c r="I291" s="4" t="s">
         <x:v>138</x:v>
       </x:c>
       <x:c r="K291" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L291" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M291" s="0" t="s">
         <x:v>101</x:v>
       </x:c>
       <x:c r="N291" s="3" t="n">
         <x:v>30857</x:v>
       </x:c>
       <x:c r="O291" s="0" t="s">
-        <x:v>355</x:v>
+        <x:v>352</x:v>
       </x:c>
       <x:c r="P291" s="0" t="s">
         <x:v>503</x:v>
       </x:c>
       <x:c r="Q291" s="4" t="s">
         <x:v>138</x:v>
       </x:c>
       <x:c r="R291" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="S291" s="0" t="n">
         <x:v>606837</x:v>
       </x:c>
       <x:c r="T291" s="4" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="U291" s="4" t="s">
         <x:v>143</x:v>
       </x:c>
     </x:row>
     <x:row r="292" spans="1:21">
       <x:c r="A292" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B292" s="14" t="s">
@@ -18084,51 +18084,51 @@
       <x:c r="E292" s="14" t="s"/>
       <x:c r="F292" s="14" t="s"/>
       <x:c r="G292" s="14" t="s">
         <x:v>503</x:v>
       </x:c>
       <x:c r="H292" s="14" t="s">
         <x:v>504</x:v>
       </x:c>
       <x:c r="I292" s="16" t="s">
         <x:v>138</x:v>
       </x:c>
       <x:c r="J292" s="14" t="s"/>
       <x:c r="K292" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L292" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M292" s="14" t="s">
         <x:v>101</x:v>
       </x:c>
       <x:c r="N292" s="15" t="n">
         <x:v>30857</x:v>
       </x:c>
       <x:c r="O292" s="14" t="s">
-        <x:v>355</x:v>
+        <x:v>352</x:v>
       </x:c>
       <x:c r="P292" s="14" t="s">
         <x:v>503</x:v>
       </x:c>
       <x:c r="Q292" s="16" t="s">
         <x:v>138</x:v>
       </x:c>
       <x:c r="R292" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="S292" s="14" t="n">
         <x:v>606838</x:v>
       </x:c>
       <x:c r="T292" s="16" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="U292" s="16" t="s">
         <x:v>143</x:v>
       </x:c>
     </x:row>
     <x:row r="293" spans="1:21">
       <x:c r="A293" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B293" s="0" t="s">
@@ -18136,51 +18136,51 @@
       </x:c>
       <x:c r="C293" s="3" t="s"/>
       <x:c r="D293" s="3" t="s"/>
       <x:c r="G293" s="0" t="s">
         <x:v>503</x:v>
       </x:c>
       <x:c r="H293" s="0" t="s">
         <x:v>504</x:v>
       </x:c>
       <x:c r="I293" s="4" t="s">
         <x:v>138</x:v>
       </x:c>
       <x:c r="K293" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L293" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M293" s="0" t="s">
         <x:v>101</x:v>
       </x:c>
       <x:c r="N293" s="3" t="n">
         <x:v>30857</x:v>
       </x:c>
       <x:c r="O293" s="0" t="s">
-        <x:v>355</x:v>
+        <x:v>352</x:v>
       </x:c>
       <x:c r="P293" s="0" t="s">
         <x:v>503</x:v>
       </x:c>
       <x:c r="Q293" s="4" t="s">
         <x:v>138</x:v>
       </x:c>
       <x:c r="R293" s="0" t="s">
         <x:v>148</x:v>
       </x:c>
       <x:c r="S293" s="0" t="n">
         <x:v>606844</x:v>
       </x:c>
       <x:c r="T293" s="4" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="U293" s="4" t="s">
         <x:v>143</x:v>
       </x:c>
     </x:row>
     <x:row r="294" spans="1:21">
       <x:c r="A294" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B294" s="14" t="s">
@@ -18191,103 +18191,103 @@
       <x:c r="E294" s="14" t="s"/>
       <x:c r="F294" s="14" t="s"/>
       <x:c r="G294" s="14" t="s">
         <x:v>503</x:v>
       </x:c>
       <x:c r="H294" s="14" t="s">
         <x:v>504</x:v>
       </x:c>
       <x:c r="I294" s="16" t="s">
         <x:v>138</x:v>
       </x:c>
       <x:c r="J294" s="14" t="s"/>
       <x:c r="K294" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L294" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M294" s="14" t="s">
         <x:v>101</x:v>
       </x:c>
       <x:c r="N294" s="15" t="n">
         <x:v>30857</x:v>
       </x:c>
       <x:c r="O294" s="14" t="s">
-        <x:v>355</x:v>
+        <x:v>352</x:v>
       </x:c>
       <x:c r="P294" s="14" t="s">
         <x:v>503</x:v>
       </x:c>
       <x:c r="Q294" s="16" t="s">
         <x:v>138</x:v>
       </x:c>
       <x:c r="R294" s="14" t="s">
-        <x:v>147</x:v>
+        <x:v>142</x:v>
       </x:c>
       <x:c r="S294" s="14" t="n">
         <x:v>613940</x:v>
       </x:c>
       <x:c r="T294" s="16" t="s">
         <x:v>140</x:v>
       </x:c>
       <x:c r="U294" s="16" t="s">
         <x:v>141</x:v>
       </x:c>
     </x:row>
     <x:row r="295" spans="1:21">
       <x:c r="A295" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B295" s="0" t="s">
         <x:v>502</x:v>
       </x:c>
       <x:c r="C295" s="3" t="s"/>
       <x:c r="D295" s="3" t="s"/>
       <x:c r="G295" s="0" t="s">
         <x:v>503</x:v>
       </x:c>
       <x:c r="H295" s="0" t="s">
         <x:v>504</x:v>
       </x:c>
       <x:c r="I295" s="4" t="s">
         <x:v>138</x:v>
       </x:c>
       <x:c r="K295" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L295" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M295" s="0" t="s">
         <x:v>101</x:v>
       </x:c>
       <x:c r="N295" s="3" t="n">
         <x:v>30857</x:v>
       </x:c>
       <x:c r="O295" s="0" t="s">
-        <x:v>355</x:v>
+        <x:v>352</x:v>
       </x:c>
       <x:c r="P295" s="0" t="s">
         <x:v>503</x:v>
       </x:c>
       <x:c r="Q295" s="4" t="s">
         <x:v>138</x:v>
       </x:c>
       <x:c r="R295" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="S295" s="0" t="n">
         <x:v>613943</x:v>
       </x:c>
       <x:c r="T295" s="4" t="s">
         <x:v>140</x:v>
       </x:c>
       <x:c r="U295" s="4" t="s">
         <x:v>141</x:v>
       </x:c>
     </x:row>
     <x:row r="296" spans="1:21">
       <x:c r="A296" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B296" s="14" t="s">
@@ -18298,51 +18298,51 @@
       <x:c r="E296" s="14" t="s"/>
       <x:c r="F296" s="14" t="s"/>
       <x:c r="G296" s="14" t="s">
         <x:v>503</x:v>
       </x:c>
       <x:c r="H296" s="14" t="s">
         <x:v>504</x:v>
       </x:c>
       <x:c r="I296" s="16" t="s">
         <x:v>138</x:v>
       </x:c>
       <x:c r="J296" s="14" t="s"/>
       <x:c r="K296" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L296" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M296" s="14" t="s">
         <x:v>101</x:v>
       </x:c>
       <x:c r="N296" s="15" t="n">
         <x:v>30857</x:v>
       </x:c>
       <x:c r="O296" s="14" t="s">
-        <x:v>355</x:v>
+        <x:v>352</x:v>
       </x:c>
       <x:c r="P296" s="14" t="s">
         <x:v>503</x:v>
       </x:c>
       <x:c r="Q296" s="16" t="s">
         <x:v>138</x:v>
       </x:c>
       <x:c r="R296" s="14" t="s">
         <x:v>153</x:v>
       </x:c>
       <x:c r="S296" s="14" t="n">
         <x:v>613946</x:v>
       </x:c>
       <x:c r="T296" s="16" t="s">
         <x:v>140</x:v>
       </x:c>
       <x:c r="U296" s="16" t="s">
         <x:v>141</x:v>
       </x:c>
     </x:row>
     <x:row r="297" spans="1:21">
       <x:c r="A297" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B297" s="0" t="s">
@@ -18350,106 +18350,106 @@
       </x:c>
       <x:c r="C297" s="3" t="s"/>
       <x:c r="D297" s="3" t="s"/>
       <x:c r="G297" s="0" t="s">
         <x:v>503</x:v>
       </x:c>
       <x:c r="H297" s="0" t="s">
         <x:v>504</x:v>
       </x:c>
       <x:c r="I297" s="4" t="s">
         <x:v>138</x:v>
       </x:c>
       <x:c r="K297" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L297" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M297" s="0" t="s">
         <x:v>101</x:v>
       </x:c>
       <x:c r="N297" s="3" t="n">
         <x:v>30857</x:v>
       </x:c>
       <x:c r="O297" s="0" t="s">
-        <x:v>355</x:v>
+        <x:v>352</x:v>
       </x:c>
       <x:c r="P297" s="0" t="s">
         <x:v>503</x:v>
       </x:c>
       <x:c r="Q297" s="4" t="s">
         <x:v>138</x:v>
       </x:c>
       <x:c r="R297" s="0" t="s">
-        <x:v>142</x:v>
+        <x:v>144</x:v>
       </x:c>
       <x:c r="S297" s="0" t="n">
         <x:v>613953</x:v>
       </x:c>
       <x:c r="T297" s="4" t="s">
         <x:v>140</x:v>
       </x:c>
       <x:c r="U297" s="4" t="s">
         <x:v>141</x:v>
       </x:c>
     </x:row>
     <x:row r="298" spans="1:21">
       <x:c r="A298" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B298" s="14" t="s">
         <x:v>502</x:v>
       </x:c>
       <x:c r="C298" s="15" t="s"/>
       <x:c r="D298" s="15" t="s"/>
       <x:c r="E298" s="14" t="s"/>
       <x:c r="F298" s="14" t="s"/>
       <x:c r="G298" s="14" t="s">
         <x:v>503</x:v>
       </x:c>
       <x:c r="H298" s="14" t="s">
         <x:v>504</x:v>
       </x:c>
       <x:c r="I298" s="16" t="s">
         <x:v>138</x:v>
       </x:c>
       <x:c r="J298" s="14" t="s"/>
       <x:c r="K298" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L298" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M298" s="14" t="s">
         <x:v>101</x:v>
       </x:c>
       <x:c r="N298" s="15" t="n">
         <x:v>30857</x:v>
       </x:c>
       <x:c r="O298" s="14" t="s">
-        <x:v>355</x:v>
+        <x:v>352</x:v>
       </x:c>
       <x:c r="P298" s="14" t="s">
         <x:v>503</x:v>
       </x:c>
       <x:c r="Q298" s="16" t="s">
         <x:v>138</x:v>
       </x:c>
       <x:c r="R298" s="14" t="s">
         <x:v>155</x:v>
       </x:c>
       <x:c r="S298" s="14" t="n">
         <x:v>613956</x:v>
       </x:c>
       <x:c r="T298" s="16" t="s">
         <x:v>140</x:v>
       </x:c>
       <x:c r="U298" s="16" t="s">
         <x:v>141</x:v>
       </x:c>
     </x:row>
     <x:row r="299" spans="1:21">
       <x:c r="A299" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B299" s="0" t="s">
@@ -18457,51 +18457,51 @@
       </x:c>
       <x:c r="C299" s="3" t="s"/>
       <x:c r="D299" s="3" t="s"/>
       <x:c r="G299" s="0" t="s">
         <x:v>503</x:v>
       </x:c>
       <x:c r="H299" s="0" t="s">
         <x:v>504</x:v>
       </x:c>
       <x:c r="I299" s="4" t="s">
         <x:v>138</x:v>
       </x:c>
       <x:c r="K299" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L299" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M299" s="0" t="s">
         <x:v>101</x:v>
       </x:c>
       <x:c r="N299" s="3" t="n">
         <x:v>30857</x:v>
       </x:c>
       <x:c r="O299" s="0" t="s">
-        <x:v>355</x:v>
+        <x:v>352</x:v>
       </x:c>
       <x:c r="P299" s="0" t="s">
         <x:v>503</x:v>
       </x:c>
       <x:c r="Q299" s="4" t="s">
         <x:v>138</x:v>
       </x:c>
       <x:c r="R299" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="S299" s="0" t="n">
         <x:v>613942</x:v>
       </x:c>
       <x:c r="T299" s="4" t="s">
         <x:v>140</x:v>
       </x:c>
       <x:c r="U299" s="4" t="s">
         <x:v>141</x:v>
       </x:c>
     </x:row>
     <x:row r="300" spans="1:21">
       <x:c r="A300" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B300" s="14" t="s">
@@ -18512,51 +18512,51 @@
       <x:c r="E300" s="14" t="s"/>
       <x:c r="F300" s="14" t="s"/>
       <x:c r="G300" s="14" t="s">
         <x:v>503</x:v>
       </x:c>
       <x:c r="H300" s="14" t="s">
         <x:v>504</x:v>
       </x:c>
       <x:c r="I300" s="16" t="s">
         <x:v>138</x:v>
       </x:c>
       <x:c r="J300" s="14" t="s"/>
       <x:c r="K300" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L300" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M300" s="14" t="s">
         <x:v>101</x:v>
       </x:c>
       <x:c r="N300" s="15" t="n">
         <x:v>30857</x:v>
       </x:c>
       <x:c r="O300" s="14" t="s">
-        <x:v>355</x:v>
+        <x:v>352</x:v>
       </x:c>
       <x:c r="P300" s="14" t="s">
         <x:v>503</x:v>
       </x:c>
       <x:c r="Q300" s="16" t="s">
         <x:v>138</x:v>
       </x:c>
       <x:c r="R300" s="14" t="s">
         <x:v>164</x:v>
       </x:c>
       <x:c r="S300" s="14" t="n">
         <x:v>613952</x:v>
       </x:c>
       <x:c r="T300" s="16" t="s">
         <x:v>140</x:v>
       </x:c>
       <x:c r="U300" s="16" t="s">
         <x:v>141</x:v>
       </x:c>
     </x:row>
     <x:row r="301" spans="1:21">
       <x:c r="A301" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B301" s="0" t="s">
@@ -18564,51 +18564,51 @@
       </x:c>
       <x:c r="C301" s="3" t="s"/>
       <x:c r="D301" s="3" t="s"/>
       <x:c r="G301" s="0" t="s">
         <x:v>503</x:v>
       </x:c>
       <x:c r="H301" s="0" t="s">
         <x:v>504</x:v>
       </x:c>
       <x:c r="I301" s="4" t="s">
         <x:v>138</x:v>
       </x:c>
       <x:c r="K301" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L301" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M301" s="0" t="s">
         <x:v>101</x:v>
       </x:c>
       <x:c r="N301" s="3" t="n">
         <x:v>30857</x:v>
       </x:c>
       <x:c r="O301" s="0" t="s">
-        <x:v>355</x:v>
+        <x:v>352</x:v>
       </x:c>
       <x:c r="P301" s="0" t="s">
         <x:v>503</x:v>
       </x:c>
       <x:c r="Q301" s="4" t="s">
         <x:v>138</x:v>
       </x:c>
       <x:c r="R301" s="0" t="s">
         <x:v>161</x:v>
       </x:c>
       <x:c r="S301" s="0" t="n">
         <x:v>613955</x:v>
       </x:c>
       <x:c r="T301" s="4" t="s">
         <x:v>140</x:v>
       </x:c>
       <x:c r="U301" s="4" t="s">
         <x:v>141</x:v>
       </x:c>
     </x:row>
     <x:row r="302" spans="1:21">
       <x:c r="A302" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B302" s="14" t="s">
@@ -18619,51 +18619,51 @@
       <x:c r="E302" s="14" t="s"/>
       <x:c r="F302" s="14" t="s"/>
       <x:c r="G302" s="14" t="s">
         <x:v>503</x:v>
       </x:c>
       <x:c r="H302" s="14" t="s">
         <x:v>504</x:v>
       </x:c>
       <x:c r="I302" s="16" t="s">
         <x:v>138</x:v>
       </x:c>
       <x:c r="J302" s="14" t="s"/>
       <x:c r="K302" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L302" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M302" s="14" t="s">
         <x:v>101</x:v>
       </x:c>
       <x:c r="N302" s="15" t="n">
         <x:v>30857</x:v>
       </x:c>
       <x:c r="O302" s="14" t="s">
-        <x:v>355</x:v>
+        <x:v>352</x:v>
       </x:c>
       <x:c r="P302" s="14" t="s">
         <x:v>503</x:v>
       </x:c>
       <x:c r="Q302" s="16" t="s">
         <x:v>138</x:v>
       </x:c>
       <x:c r="R302" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="S302" s="14" t="n">
         <x:v>606839</x:v>
       </x:c>
       <x:c r="T302" s="16" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="U302" s="16" t="s">
         <x:v>143</x:v>
       </x:c>
     </x:row>
     <x:row r="303" spans="1:21">
       <x:c r="A303" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B303" s="0" t="s">
@@ -18671,51 +18671,51 @@
       </x:c>
       <x:c r="C303" s="3" t="s"/>
       <x:c r="D303" s="3" t="s"/>
       <x:c r="G303" s="0" t="s">
         <x:v>503</x:v>
       </x:c>
       <x:c r="H303" s="0" t="s">
         <x:v>504</x:v>
       </x:c>
       <x:c r="I303" s="4" t="s">
         <x:v>138</x:v>
       </x:c>
       <x:c r="K303" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L303" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M303" s="0" t="s">
         <x:v>101</x:v>
       </x:c>
       <x:c r="N303" s="3" t="n">
         <x:v>30857</x:v>
       </x:c>
       <x:c r="O303" s="0" t="s">
-        <x:v>355</x:v>
+        <x:v>352</x:v>
       </x:c>
       <x:c r="P303" s="0" t="s">
         <x:v>503</x:v>
       </x:c>
       <x:c r="Q303" s="4" t="s">
         <x:v>138</x:v>
       </x:c>
       <x:c r="R303" s="0" t="s">
         <x:v>154</x:v>
       </x:c>
       <x:c r="S303" s="0" t="n">
         <x:v>606848</x:v>
       </x:c>
       <x:c r="T303" s="4" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="U303" s="4" t="s">
         <x:v>143</x:v>
       </x:c>
     </x:row>
     <x:row r="304" spans="1:21">
       <x:c r="A304" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B304" s="14" t="s">
@@ -18726,158 +18726,158 @@
       <x:c r="E304" s="14" t="s"/>
       <x:c r="F304" s="14" t="s"/>
       <x:c r="G304" s="14" t="s">
         <x:v>503</x:v>
       </x:c>
       <x:c r="H304" s="14" t="s">
         <x:v>504</x:v>
       </x:c>
       <x:c r="I304" s="16" t="s">
         <x:v>138</x:v>
       </x:c>
       <x:c r="J304" s="14" t="s"/>
       <x:c r="K304" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L304" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M304" s="14" t="s">
         <x:v>101</x:v>
       </x:c>
       <x:c r="N304" s="15" t="n">
         <x:v>30857</x:v>
       </x:c>
       <x:c r="O304" s="14" t="s">
-        <x:v>355</x:v>
+        <x:v>352</x:v>
       </x:c>
       <x:c r="P304" s="14" t="s">
         <x:v>503</x:v>
       </x:c>
       <x:c r="Q304" s="16" t="s">
         <x:v>138</x:v>
       </x:c>
       <x:c r="R304" s="14" t="s">
-        <x:v>145</x:v>
+        <x:v>146</x:v>
       </x:c>
       <x:c r="S304" s="14" t="n">
         <x:v>606863</x:v>
       </x:c>
       <x:c r="T304" s="16" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="U304" s="16" t="s">
         <x:v>143</x:v>
       </x:c>
     </x:row>
     <x:row r="305" spans="1:21">
       <x:c r="A305" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B305" s="0" t="s">
         <x:v>502</x:v>
       </x:c>
       <x:c r="C305" s="3" t="s"/>
       <x:c r="D305" s="3" t="s"/>
       <x:c r="G305" s="0" t="s">
         <x:v>503</x:v>
       </x:c>
       <x:c r="H305" s="0" t="s">
         <x:v>504</x:v>
       </x:c>
       <x:c r="I305" s="4" t="s">
         <x:v>138</x:v>
       </x:c>
       <x:c r="K305" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L305" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M305" s="0" t="s">
         <x:v>101</x:v>
       </x:c>
       <x:c r="N305" s="3" t="n">
         <x:v>30857</x:v>
       </x:c>
       <x:c r="O305" s="0" t="s">
-        <x:v>355</x:v>
+        <x:v>352</x:v>
       </x:c>
       <x:c r="P305" s="0" t="s">
         <x:v>503</x:v>
       </x:c>
       <x:c r="Q305" s="4" t="s">
         <x:v>138</x:v>
       </x:c>
       <x:c r="R305" s="0" t="s">
-        <x:v>146</x:v>
+        <x:v>147</x:v>
       </x:c>
       <x:c r="S305" s="0" t="n">
         <x:v>606866</x:v>
       </x:c>
       <x:c r="T305" s="4" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="U305" s="4" t="s">
         <x:v>143</x:v>
       </x:c>
     </x:row>
     <x:row r="306" spans="1:21">
       <x:c r="A306" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B306" s="14" t="s">
         <x:v>502</x:v>
       </x:c>
       <x:c r="C306" s="15" t="s"/>
       <x:c r="D306" s="15" t="s"/>
       <x:c r="E306" s="14" t="s"/>
       <x:c r="F306" s="14" t="s"/>
       <x:c r="G306" s="14" t="s">
         <x:v>503</x:v>
       </x:c>
       <x:c r="H306" s="14" t="s">
         <x:v>504</x:v>
       </x:c>
       <x:c r="I306" s="16" t="s">
         <x:v>138</x:v>
       </x:c>
       <x:c r="J306" s="14" t="s"/>
       <x:c r="K306" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L306" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M306" s="14" t="s">
         <x:v>101</x:v>
       </x:c>
       <x:c r="N306" s="15" t="n">
         <x:v>30857</x:v>
       </x:c>
       <x:c r="O306" s="14" t="s">
-        <x:v>355</x:v>
+        <x:v>352</x:v>
       </x:c>
       <x:c r="P306" s="14" t="s">
         <x:v>503</x:v>
       </x:c>
       <x:c r="Q306" s="16" t="s">
         <x:v>138</x:v>
       </x:c>
       <x:c r="R306" s="14" t="s">
         <x:v>157</x:v>
       </x:c>
       <x:c r="S306" s="14" t="n">
         <x:v>606831</x:v>
       </x:c>
       <x:c r="T306" s="16" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="U306" s="16" t="s">
         <x:v>143</x:v>
       </x:c>
     </x:row>
     <x:row r="307" spans="1:21">
       <x:c r="A307" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B307" s="0" t="s">
@@ -18885,51 +18885,51 @@
       </x:c>
       <x:c r="C307" s="3" t="s"/>
       <x:c r="D307" s="3" t="s"/>
       <x:c r="G307" s="0" t="s">
         <x:v>503</x:v>
       </x:c>
       <x:c r="H307" s="0" t="s">
         <x:v>504</x:v>
       </x:c>
       <x:c r="I307" s="4" t="s">
         <x:v>138</x:v>
       </x:c>
       <x:c r="K307" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L307" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M307" s="0" t="s">
         <x:v>101</x:v>
       </x:c>
       <x:c r="N307" s="3" t="n">
         <x:v>30857</x:v>
       </x:c>
       <x:c r="O307" s="0" t="s">
-        <x:v>355</x:v>
+        <x:v>352</x:v>
       </x:c>
       <x:c r="P307" s="0" t="s">
         <x:v>503</x:v>
       </x:c>
       <x:c r="Q307" s="4" t="s">
         <x:v>138</x:v>
       </x:c>
       <x:c r="R307" s="0" t="s">
         <x:v>133</x:v>
       </x:c>
       <x:c r="S307" s="0" t="n">
         <x:v>606840</x:v>
       </x:c>
       <x:c r="T307" s="4" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="U307" s="4" t="s">
         <x:v>143</x:v>
       </x:c>
     </x:row>
     <x:row r="308" spans="1:21">
       <x:c r="A308" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B308" s="14" t="s">
@@ -18940,51 +18940,51 @@
       <x:c r="E308" s="14" t="s"/>
       <x:c r="F308" s="14" t="s"/>
       <x:c r="G308" s="14" t="s">
         <x:v>503</x:v>
       </x:c>
       <x:c r="H308" s="14" t="s">
         <x:v>504</x:v>
       </x:c>
       <x:c r="I308" s="16" t="s">
         <x:v>138</x:v>
       </x:c>
       <x:c r="J308" s="14" t="s"/>
       <x:c r="K308" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L308" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M308" s="14" t="s">
         <x:v>101</x:v>
       </x:c>
       <x:c r="N308" s="15" t="n">
         <x:v>30857</x:v>
       </x:c>
       <x:c r="O308" s="14" t="s">
-        <x:v>355</x:v>
+        <x:v>352</x:v>
       </x:c>
       <x:c r="P308" s="14" t="s">
         <x:v>503</x:v>
       </x:c>
       <x:c r="Q308" s="16" t="s">
         <x:v>138</x:v>
       </x:c>
       <x:c r="R308" s="14" t="s">
         <x:v>150</x:v>
       </x:c>
       <x:c r="S308" s="14" t="n">
         <x:v>606852</x:v>
       </x:c>
       <x:c r="T308" s="16" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="U308" s="16" t="s">
         <x:v>143</x:v>
       </x:c>
     </x:row>
     <x:row r="309" spans="1:21">
       <x:c r="A309" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B309" s="0" t="s">
@@ -18992,51 +18992,51 @@
       </x:c>
       <x:c r="C309" s="3" t="s"/>
       <x:c r="D309" s="3" t="s"/>
       <x:c r="G309" s="0" t="s">
         <x:v>503</x:v>
       </x:c>
       <x:c r="H309" s="0" t="s">
         <x:v>504</x:v>
       </x:c>
       <x:c r="I309" s="4" t="s">
         <x:v>138</x:v>
       </x:c>
       <x:c r="K309" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L309" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M309" s="0" t="s">
         <x:v>101</x:v>
       </x:c>
       <x:c r="N309" s="3" t="n">
         <x:v>30857</x:v>
       </x:c>
       <x:c r="O309" s="0" t="s">
-        <x:v>355</x:v>
+        <x:v>352</x:v>
       </x:c>
       <x:c r="P309" s="0" t="s">
         <x:v>503</x:v>
       </x:c>
       <x:c r="Q309" s="4" t="s">
         <x:v>138</x:v>
       </x:c>
       <x:c r="R309" s="0" t="s">
         <x:v>176</x:v>
       </x:c>
       <x:c r="S309" s="0" t="n">
         <x:v>606860</x:v>
       </x:c>
       <x:c r="T309" s="4" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="U309" s="4" t="s">
         <x:v>143</x:v>
       </x:c>
     </x:row>
     <x:row r="310" spans="1:21">
       <x:c r="A310" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B310" s="14" t="s">
@@ -19047,51 +19047,51 @@
       <x:c r="E310" s="14" t="s"/>
       <x:c r="F310" s="14" t="s"/>
       <x:c r="G310" s="14" t="s">
         <x:v>503</x:v>
       </x:c>
       <x:c r="H310" s="14" t="s">
         <x:v>504</x:v>
       </x:c>
       <x:c r="I310" s="16" t="s">
         <x:v>138</x:v>
       </x:c>
       <x:c r="J310" s="14" t="s"/>
       <x:c r="K310" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L310" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M310" s="14" t="s">
         <x:v>101</x:v>
       </x:c>
       <x:c r="N310" s="15" t="n">
         <x:v>30857</x:v>
       </x:c>
       <x:c r="O310" s="14" t="s">
-        <x:v>355</x:v>
+        <x:v>352</x:v>
       </x:c>
       <x:c r="P310" s="14" t="s">
         <x:v>503</x:v>
       </x:c>
       <x:c r="Q310" s="16" t="s">
         <x:v>138</x:v>
       </x:c>
       <x:c r="R310" s="14" t="s">
         <x:v>176</x:v>
       </x:c>
       <x:c r="S310" s="14" t="n">
         <x:v>613964</x:v>
       </x:c>
       <x:c r="T310" s="16" t="s">
         <x:v>140</x:v>
       </x:c>
       <x:c r="U310" s="16" t="s">
         <x:v>141</x:v>
       </x:c>
     </x:row>
     <x:row r="311" spans="1:21">
       <x:c r="A311" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B311" s="0" t="s">
@@ -19099,106 +19099,106 @@
       </x:c>
       <x:c r="C311" s="3" t="s"/>
       <x:c r="D311" s="3" t="s"/>
       <x:c r="G311" s="0" t="s">
         <x:v>503</x:v>
       </x:c>
       <x:c r="H311" s="0" t="s">
         <x:v>504</x:v>
       </x:c>
       <x:c r="I311" s="4" t="s">
         <x:v>138</x:v>
       </x:c>
       <x:c r="K311" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L311" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M311" s="0" t="s">
         <x:v>101</x:v>
       </x:c>
       <x:c r="N311" s="3" t="n">
         <x:v>30857</x:v>
       </x:c>
       <x:c r="O311" s="0" t="s">
-        <x:v>355</x:v>
+        <x:v>352</x:v>
       </x:c>
       <x:c r="P311" s="0" t="s">
         <x:v>503</x:v>
       </x:c>
       <x:c r="Q311" s="4" t="s">
         <x:v>138</x:v>
       </x:c>
       <x:c r="R311" s="0" t="s">
-        <x:v>146</x:v>
+        <x:v>147</x:v>
       </x:c>
       <x:c r="S311" s="0" t="n">
         <x:v>613970</x:v>
       </x:c>
       <x:c r="T311" s="4" t="s">
         <x:v>140</x:v>
       </x:c>
       <x:c r="U311" s="4" t="s">
         <x:v>141</x:v>
       </x:c>
     </x:row>
     <x:row r="312" spans="1:21">
       <x:c r="A312" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B312" s="14" t="s">
         <x:v>502</x:v>
       </x:c>
       <x:c r="C312" s="15" t="s"/>
       <x:c r="D312" s="15" t="s"/>
       <x:c r="E312" s="14" t="s"/>
       <x:c r="F312" s="14" t="s"/>
       <x:c r="G312" s="14" t="s">
         <x:v>503</x:v>
       </x:c>
       <x:c r="H312" s="14" t="s">
         <x:v>504</x:v>
       </x:c>
       <x:c r="I312" s="16" t="s">
         <x:v>138</x:v>
       </x:c>
       <x:c r="J312" s="14" t="s"/>
       <x:c r="K312" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L312" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M312" s="14" t="s">
         <x:v>101</x:v>
       </x:c>
       <x:c r="N312" s="15" t="n">
         <x:v>30857</x:v>
       </x:c>
       <x:c r="O312" s="14" t="s">
-        <x:v>355</x:v>
+        <x:v>352</x:v>
       </x:c>
       <x:c r="P312" s="14" t="s">
         <x:v>503</x:v>
       </x:c>
       <x:c r="Q312" s="16" t="s">
         <x:v>138</x:v>
       </x:c>
       <x:c r="R312" s="14" t="s">
         <x:v>152</x:v>
       </x:c>
       <x:c r="S312" s="14" t="n">
         <x:v>613938</x:v>
       </x:c>
       <x:c r="T312" s="16" t="s">
         <x:v>140</x:v>
       </x:c>
       <x:c r="U312" s="16" t="s">
         <x:v>141</x:v>
       </x:c>
     </x:row>
     <x:row r="313" spans="1:21">
       <x:c r="A313" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B313" s="0" t="s">
@@ -19206,51 +19206,51 @@
       </x:c>
       <x:c r="C313" s="3" t="s"/>
       <x:c r="D313" s="3" t="s"/>
       <x:c r="G313" s="0" t="s">
         <x:v>503</x:v>
       </x:c>
       <x:c r="H313" s="0" t="s">
         <x:v>504</x:v>
       </x:c>
       <x:c r="I313" s="4" t="s">
         <x:v>138</x:v>
       </x:c>
       <x:c r="K313" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L313" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M313" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N313" s="3" t="n">
         <x:v>30857</x:v>
       </x:c>
       <x:c r="O313" s="0" t="s">
-        <x:v>355</x:v>
+        <x:v>352</x:v>
       </x:c>
       <x:c r="P313" s="0" t="s">
         <x:v>503</x:v>
       </x:c>
       <x:c r="Q313" s="4" t="s">
         <x:v>138</x:v>
       </x:c>
       <x:c r="R313" s="0" t="s">
         <x:v>159</x:v>
       </x:c>
       <x:c r="S313" s="0" t="n">
         <x:v>613937</x:v>
       </x:c>
       <x:c r="T313" s="4" t="s">
         <x:v>140</x:v>
       </x:c>
       <x:c r="U313" s="4" t="s">
         <x:v>141</x:v>
       </x:c>
     </x:row>
     <x:row r="314" spans="1:21">
       <x:c r="A314" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B314" s="14" t="s">
@@ -19261,51 +19261,51 @@
       <x:c r="E314" s="14" t="s"/>
       <x:c r="F314" s="14" t="s"/>
       <x:c r="G314" s="14" t="s">
         <x:v>503</x:v>
       </x:c>
       <x:c r="H314" s="14" t="s">
         <x:v>504</x:v>
       </x:c>
       <x:c r="I314" s="16" t="s">
         <x:v>138</x:v>
       </x:c>
       <x:c r="J314" s="14" t="s"/>
       <x:c r="K314" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L314" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M314" s="14" t="s">
         <x:v>101</x:v>
       </x:c>
       <x:c r="N314" s="15" t="n">
         <x:v>30857</x:v>
       </x:c>
       <x:c r="O314" s="14" t="s">
-        <x:v>355</x:v>
+        <x:v>352</x:v>
       </x:c>
       <x:c r="P314" s="14" t="s">
         <x:v>503</x:v>
       </x:c>
       <x:c r="Q314" s="16" t="s">
         <x:v>138</x:v>
       </x:c>
       <x:c r="R314" s="14" t="s">
         <x:v>157</x:v>
       </x:c>
       <x:c r="S314" s="14" t="n">
         <x:v>613936</x:v>
       </x:c>
       <x:c r="T314" s="16" t="s">
         <x:v>140</x:v>
       </x:c>
       <x:c r="U314" s="16" t="s">
         <x:v>141</x:v>
       </x:c>
     </x:row>
     <x:row r="315" spans="1:21">
       <x:c r="A315" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B315" s="0" t="s">
@@ -19313,51 +19313,51 @@
       </x:c>
       <x:c r="C315" s="3" t="s"/>
       <x:c r="D315" s="3" t="s"/>
       <x:c r="G315" s="0" t="s">
         <x:v>503</x:v>
       </x:c>
       <x:c r="H315" s="0" t="s">
         <x:v>504</x:v>
       </x:c>
       <x:c r="I315" s="4" t="s">
         <x:v>138</x:v>
       </x:c>
       <x:c r="K315" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L315" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M315" s="0" t="s">
         <x:v>101</x:v>
       </x:c>
       <x:c r="N315" s="3" t="n">
         <x:v>30857</x:v>
       </x:c>
       <x:c r="O315" s="0" t="s">
-        <x:v>355</x:v>
+        <x:v>352</x:v>
       </x:c>
       <x:c r="P315" s="0" t="s">
         <x:v>503</x:v>
       </x:c>
       <x:c r="Q315" s="4" t="s">
         <x:v>138</x:v>
       </x:c>
       <x:c r="R315" s="0" t="s">
         <x:v>173</x:v>
       </x:c>
       <x:c r="S315" s="0" t="n">
         <x:v>613945</x:v>
       </x:c>
       <x:c r="T315" s="4" t="s">
         <x:v>140</x:v>
       </x:c>
       <x:c r="U315" s="4" t="s">
         <x:v>141</x:v>
       </x:c>
     </x:row>
     <x:row r="316" spans="1:21">
       <x:c r="A316" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B316" s="14" t="s">
@@ -19368,51 +19368,51 @@
       <x:c r="E316" s="14" t="s"/>
       <x:c r="F316" s="14" t="s"/>
       <x:c r="G316" s="14" t="s">
         <x:v>503</x:v>
       </x:c>
       <x:c r="H316" s="14" t="s">
         <x:v>504</x:v>
       </x:c>
       <x:c r="I316" s="16" t="s">
         <x:v>138</x:v>
       </x:c>
       <x:c r="J316" s="14" t="s"/>
       <x:c r="K316" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L316" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M316" s="14" t="s">
         <x:v>101</x:v>
       </x:c>
       <x:c r="N316" s="15" t="n">
         <x:v>30857</x:v>
       </x:c>
       <x:c r="O316" s="14" t="s">
-        <x:v>355</x:v>
+        <x:v>352</x:v>
       </x:c>
       <x:c r="P316" s="14" t="s">
         <x:v>503</x:v>
       </x:c>
       <x:c r="Q316" s="16" t="s">
         <x:v>138</x:v>
       </x:c>
       <x:c r="R316" s="14" t="s">
         <x:v>174</x:v>
       </x:c>
       <x:c r="S316" s="14" t="n">
         <x:v>613948</x:v>
       </x:c>
       <x:c r="T316" s="16" t="s">
         <x:v>140</x:v>
       </x:c>
       <x:c r="U316" s="16" t="s">
         <x:v>141</x:v>
       </x:c>
     </x:row>
     <x:row r="317" spans="1:21">
       <x:c r="A317" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B317" s="0" t="s">
@@ -19420,158 +19420,158 @@
       </x:c>
       <x:c r="C317" s="3" t="s"/>
       <x:c r="D317" s="3" t="s"/>
       <x:c r="G317" s="0" t="s">
         <x:v>503</x:v>
       </x:c>
       <x:c r="H317" s="0" t="s">
         <x:v>504</x:v>
       </x:c>
       <x:c r="I317" s="4" t="s">
         <x:v>138</x:v>
       </x:c>
       <x:c r="K317" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L317" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M317" s="0" t="s">
         <x:v>101</x:v>
       </x:c>
       <x:c r="N317" s="3" t="n">
         <x:v>30857</x:v>
       </x:c>
       <x:c r="O317" s="0" t="s">
-        <x:v>355</x:v>
+        <x:v>352</x:v>
       </x:c>
       <x:c r="P317" s="0" t="s">
         <x:v>503</x:v>
       </x:c>
       <x:c r="Q317" s="4" t="s">
         <x:v>138</x:v>
       </x:c>
       <x:c r="R317" s="0" t="s">
-        <x:v>147</x:v>
+        <x:v>142</x:v>
       </x:c>
       <x:c r="S317" s="0" t="n">
         <x:v>606836</x:v>
       </x:c>
       <x:c r="T317" s="4" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="U317" s="4" t="s">
         <x:v>143</x:v>
       </x:c>
     </x:row>
     <x:row r="318" spans="1:21">
       <x:c r="A318" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B318" s="14" t="s">
         <x:v>502</x:v>
       </x:c>
       <x:c r="C318" s="15" t="s"/>
       <x:c r="D318" s="15" t="s"/>
       <x:c r="E318" s="14" t="s"/>
       <x:c r="F318" s="14" t="s"/>
       <x:c r="G318" s="14" t="s">
         <x:v>503</x:v>
       </x:c>
       <x:c r="H318" s="14" t="s">
         <x:v>504</x:v>
       </x:c>
       <x:c r="I318" s="16" t="s">
         <x:v>138</x:v>
       </x:c>
       <x:c r="J318" s="14" t="s"/>
       <x:c r="K318" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L318" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M318" s="14" t="s">
         <x:v>101</x:v>
       </x:c>
       <x:c r="N318" s="15" t="n">
         <x:v>30857</x:v>
       </x:c>
       <x:c r="O318" s="14" t="s">
-        <x:v>355</x:v>
+        <x:v>352</x:v>
       </x:c>
       <x:c r="P318" s="14" t="s">
         <x:v>503</x:v>
       </x:c>
       <x:c r="Q318" s="16" t="s">
         <x:v>138</x:v>
       </x:c>
       <x:c r="R318" s="14" t="s">
-        <x:v>142</x:v>
+        <x:v>144</x:v>
       </x:c>
       <x:c r="S318" s="14" t="n">
         <x:v>606851</x:v>
       </x:c>
       <x:c r="T318" s="16" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="U318" s="16" t="s">
         <x:v>143</x:v>
       </x:c>
     </x:row>
     <x:row r="319" spans="1:21">
       <x:c r="A319" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B319" s="0" t="s">
         <x:v>502</x:v>
       </x:c>
       <x:c r="C319" s="3" t="s"/>
       <x:c r="D319" s="3" t="s"/>
       <x:c r="G319" s="0" t="s">
         <x:v>503</x:v>
       </x:c>
       <x:c r="H319" s="0" t="s">
         <x:v>504</x:v>
       </x:c>
       <x:c r="I319" s="4" t="s">
         <x:v>138</x:v>
       </x:c>
       <x:c r="K319" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L319" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M319" s="0" t="s">
         <x:v>101</x:v>
       </x:c>
       <x:c r="N319" s="3" t="n">
         <x:v>30857</x:v>
       </x:c>
       <x:c r="O319" s="0" t="s">
-        <x:v>355</x:v>
+        <x:v>352</x:v>
       </x:c>
       <x:c r="P319" s="0" t="s">
         <x:v>503</x:v>
       </x:c>
       <x:c r="Q319" s="4" t="s">
         <x:v>138</x:v>
       </x:c>
       <x:c r="R319" s="0" t="s">
         <x:v>155</x:v>
       </x:c>
       <x:c r="S319" s="0" t="n">
         <x:v>606854</x:v>
       </x:c>
       <x:c r="T319" s="4" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="U319" s="4" t="s">
         <x:v>143</x:v>
       </x:c>
     </x:row>
     <x:row r="320" spans="1:21">
       <x:c r="A320" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B320" s="14" t="s">
@@ -19582,103 +19582,103 @@
       <x:c r="E320" s="14" t="s"/>
       <x:c r="F320" s="14" t="s"/>
       <x:c r="G320" s="14" t="s">
         <x:v>503</x:v>
       </x:c>
       <x:c r="H320" s="14" t="s">
         <x:v>504</x:v>
       </x:c>
       <x:c r="I320" s="16" t="s">
         <x:v>138</x:v>
       </x:c>
       <x:c r="J320" s="14" t="s"/>
       <x:c r="K320" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L320" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M320" s="14" t="s">
         <x:v>101</x:v>
       </x:c>
       <x:c r="N320" s="15" t="n">
         <x:v>30857</x:v>
       </x:c>
       <x:c r="O320" s="14" t="s">
-        <x:v>355</x:v>
+        <x:v>352</x:v>
       </x:c>
       <x:c r="P320" s="14" t="s">
         <x:v>503</x:v>
       </x:c>
       <x:c r="Q320" s="16" t="s">
         <x:v>138</x:v>
       </x:c>
       <x:c r="R320" s="14" t="s">
-        <x:v>144</x:v>
+        <x:v>145</x:v>
       </x:c>
       <x:c r="S320" s="14" t="n">
         <x:v>606857</x:v>
       </x:c>
       <x:c r="T320" s="16" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="U320" s="16" t="s">
         <x:v>143</x:v>
       </x:c>
     </x:row>
     <x:row r="321" spans="1:21">
       <x:c r="A321" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B321" s="0" t="s">
         <x:v>502</x:v>
       </x:c>
       <x:c r="C321" s="3" t="s"/>
       <x:c r="D321" s="3" t="s"/>
       <x:c r="G321" s="0" t="s">
         <x:v>503</x:v>
       </x:c>
       <x:c r="H321" s="0" t="s">
         <x:v>504</x:v>
       </x:c>
       <x:c r="I321" s="4" t="s">
         <x:v>138</x:v>
       </x:c>
       <x:c r="K321" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L321" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M321" s="0" t="s">
         <x:v>101</x:v>
       </x:c>
       <x:c r="N321" s="3" t="n">
         <x:v>30857</x:v>
       </x:c>
       <x:c r="O321" s="0" t="s">
-        <x:v>355</x:v>
+        <x:v>352</x:v>
       </x:c>
       <x:c r="P321" s="0" t="s">
         <x:v>503</x:v>
       </x:c>
       <x:c r="Q321" s="4" t="s">
         <x:v>138</x:v>
       </x:c>
       <x:c r="R321" s="0" t="s">
         <x:v>151</x:v>
       </x:c>
       <x:c r="S321" s="0" t="n">
         <x:v>606862</x:v>
       </x:c>
       <x:c r="T321" s="4" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="U321" s="4" t="s">
         <x:v>143</x:v>
       </x:c>
     </x:row>
     <x:row r="322" spans="1:21">
       <x:c r="A322" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B322" s="14" t="s">
@@ -22385,51 +22385,51 @@
       <x:c r="M372" s="14" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="N372" s="15" t="n">
         <x:v>46337</x:v>
       </x:c>
       <x:c r="O372" s="14" t="s">
         <x:v>584</x:v>
       </x:c>
       <x:c r="P372" s="14" t="s">
         <x:v>585</x:v>
       </x:c>
       <x:c r="Q372" s="16" t="s">
         <x:v>583</x:v>
       </x:c>
       <x:c r="R372" s="14" t="s">
         <x:v>259</x:v>
       </x:c>
       <x:c r="S372" s="14" t="n">
         <x:v>615583</x:v>
       </x:c>
       <x:c r="T372" s="16" t="s">
         <x:v>523</x:v>
       </x:c>
       <x:c r="U372" s="16" t="s">
-        <x:v>356</x:v>
+        <x:v>353</x:v>
       </x:c>
     </x:row>
     <x:row r="373" spans="1:21">
       <x:c r="A373" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B373" s="0" t="s">
         <x:v>581</x:v>
       </x:c>
       <x:c r="C373" s="3" t="s"/>
       <x:c r="D373" s="3" t="s"/>
       <x:c r="G373" s="0" t="s">
         <x:v>582</x:v>
       </x:c>
       <x:c r="I373" s="4" t="s">
         <x:v>583</x:v>
       </x:c>
       <x:c r="K373" s="0" t="s">
         <x:v>208</x:v>
       </x:c>
       <x:c r="L373" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="M373" s="0" t="s">
         <x:v>34</x:v>
@@ -22638,51 +22638,51 @@
       <x:c r="M377" s="0" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="N377" s="3" t="n">
         <x:v>46337</x:v>
       </x:c>
       <x:c r="O377" s="0" t="s">
         <x:v>584</x:v>
       </x:c>
       <x:c r="P377" s="0" t="s">
         <x:v>585</x:v>
       </x:c>
       <x:c r="Q377" s="4" t="s">
         <x:v>583</x:v>
       </x:c>
       <x:c r="R377" s="0" t="s">
         <x:v>259</x:v>
       </x:c>
       <x:c r="S377" s="0" t="n">
         <x:v>615584</x:v>
       </x:c>
       <x:c r="T377" s="4" t="s">
         <x:v>232</x:v>
       </x:c>
       <x:c r="U377" s="4" t="s">
-        <x:v>439</x:v>
+        <x:v>441</x:v>
       </x:c>
     </x:row>
     <x:row r="378" spans="1:21">
       <x:c r="A378" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B378" s="14" t="s">
         <x:v>562</x:v>
       </x:c>
       <x:c r="C378" s="15" t="s"/>
       <x:c r="D378" s="15" t="s"/>
       <x:c r="E378" s="14" t="s"/>
       <x:c r="F378" s="14" t="s"/>
       <x:c r="G378" s="14" t="s">
         <x:v>590</x:v>
       </x:c>
       <x:c r="H378" s="14" t="s"/>
       <x:c r="I378" s="16" t="s">
         <x:v>323</x:v>
       </x:c>
       <x:c r="J378" s="14" t="s"/>
       <x:c r="K378" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L378" s="14" t="s">
@@ -23345,164 +23345,160 @@
       </x:c>
       <x:c r="O389" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="P389" s="0" t="s">
         <x:v>601</x:v>
       </x:c>
       <x:c r="Q389" s="4" t="s">
         <x:v>469</x:v>
       </x:c>
       <x:c r="R389" s="0" t="s">
         <x:v>176</x:v>
       </x:c>
       <x:c r="S389" s="0" t="n">
         <x:v>554891</x:v>
       </x:c>
       <x:c r="T389" s="4" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="U389" s="4" t="s">
         <x:v>380</x:v>
       </x:c>
     </x:row>
     <x:row r="390" spans="1:21">
       <x:c r="A390" s="13" t="s">
-        <x:v>67</x:v>
+        <x:v>81</x:v>
       </x:c>
       <x:c r="B390" s="14" t="s">
-        <x:v>68</x:v>
+        <x:v>57</x:v>
       </x:c>
       <x:c r="C390" s="15" t="n">
         <x:v>35354</x:v>
       </x:c>
       <x:c r="D390" s="15" t="s"/>
-      <x:c r="E390" s="14" t="s">
-[...1 lines deleted...]
-      </x:c>
+      <x:c r="E390" s="14" t="s"/>
       <x:c r="F390" s="14" t="s"/>
       <x:c r="G390" s="14" t="s">
-        <x:v>70</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>601</x:v>
+      </x:c>
+      <x:c r="H390" s="14" t="s"/>
       <x:c r="I390" s="16" t="s">
-        <x:v>72</x:v>
+        <x:v>602</x:v>
       </x:c>
       <x:c r="J390" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="K390" s="14" t="s">
-        <x:v>73</x:v>
+        <x:v>84</x:v>
       </x:c>
       <x:c r="L390" s="14" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="M390" s="14" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="N390" s="15" t="n">
         <x:v>32047</x:v>
       </x:c>
       <x:c r="O390" s="14" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="P390" s="14" t="s">
         <x:v>601</x:v>
       </x:c>
       <x:c r="Q390" s="16" t="s">
-        <x:v>469</x:v>
+        <x:v>602</x:v>
       </x:c>
       <x:c r="R390" s="14" t="s">
-        <x:v>605</x:v>
+        <x:v>607</x:v>
       </x:c>
       <x:c r="S390" s="14" t="n">
-        <x:v>603436</x:v>
+        <x:v>596764</x:v>
       </x:c>
       <x:c r="T390" s="16" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="U390" s="16" t="s">
-        <x:v>80</x:v>
+        <x:v>87</x:v>
       </x:c>
     </x:row>
     <x:row r="391" spans="1:21">
       <x:c r="A391" s="1" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="B391" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="C391" s="3" t="n">
         <x:v>35354</x:v>
       </x:c>
       <x:c r="D391" s="3" t="s"/>
       <x:c r="E391" s="0" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="G391" s="0" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="H391" s="0" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="I391" s="4" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="J391" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="K391" s="0" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="L391" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="M391" s="0" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="N391" s="3" t="n">
         <x:v>32047</x:v>
       </x:c>
       <x:c r="O391" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="P391" s="0" t="s">
         <x:v>601</x:v>
       </x:c>
       <x:c r="Q391" s="4" t="s">
         <x:v>469</x:v>
       </x:c>
       <x:c r="R391" s="0" t="s">
-        <x:v>176</x:v>
+        <x:v>605</x:v>
       </x:c>
       <x:c r="S391" s="0" t="n">
-        <x:v>554817</x:v>
+        <x:v>603436</x:v>
       </x:c>
       <x:c r="T391" s="4" t="s">
-        <x:v>62</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="U391" s="4" t="s">
         <x:v>80</x:v>
       </x:c>
     </x:row>
     <x:row r="392" spans="1:21">
       <x:c r="A392" s="13" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="B392" s="14" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="C392" s="15" t="n">
         <x:v>35354</x:v>
       </x:c>
       <x:c r="D392" s="15" t="s"/>
       <x:c r="E392" s="14" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="F392" s="14" t="s"/>
       <x:c r="G392" s="14" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="H392" s="14" t="s">
         <x:v>71</x:v>
@@ -23516,111 +23512,117 @@
       <x:c r="K392" s="14" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="L392" s="14" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="M392" s="14" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="N392" s="15" t="n">
         <x:v>32047</x:v>
       </x:c>
       <x:c r="O392" s="14" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="P392" s="14" t="s">
         <x:v>601</x:v>
       </x:c>
       <x:c r="Q392" s="16" t="s">
         <x:v>469</x:v>
       </x:c>
       <x:c r="R392" s="14" t="s">
         <x:v>176</x:v>
       </x:c>
       <x:c r="S392" s="14" t="n">
-        <x:v>554893</x:v>
+        <x:v>554817</x:v>
       </x:c>
       <x:c r="T392" s="16" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="U392" s="16" t="s">
-        <x:v>291</x:v>
+        <x:v>80</x:v>
       </x:c>
     </x:row>
     <x:row r="393" spans="1:21">
       <x:c r="A393" s="1" t="s">
-        <x:v>81</x:v>
+        <x:v>67</x:v>
       </x:c>
       <x:c r="B393" s="0" t="s">
-        <x:v>57</x:v>
+        <x:v>68</x:v>
       </x:c>
       <x:c r="C393" s="3" t="n">
         <x:v>35354</x:v>
       </x:c>
       <x:c r="D393" s="3" t="s"/>
+      <x:c r="E393" s="0" t="s">
+        <x:v>69</x:v>
+      </x:c>
       <x:c r="G393" s="0" t="s">
-        <x:v>601</x:v>
+        <x:v>70</x:v>
+      </x:c>
+      <x:c r="H393" s="0" t="s">
+        <x:v>71</x:v>
       </x:c>
       <x:c r="I393" s="4" t="s">
-        <x:v>602</x:v>
+        <x:v>72</x:v>
       </x:c>
       <x:c r="J393" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="K393" s="0" t="s">
-        <x:v>84</x:v>
+        <x:v>73</x:v>
       </x:c>
       <x:c r="L393" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="M393" s="0" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="N393" s="3" t="n">
         <x:v>32047</x:v>
       </x:c>
       <x:c r="O393" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="P393" s="0" t="s">
         <x:v>601</x:v>
       </x:c>
       <x:c r="Q393" s="4" t="s">
-        <x:v>602</x:v>
+        <x:v>469</x:v>
       </x:c>
       <x:c r="R393" s="0" t="s">
-        <x:v>607</x:v>
+        <x:v>176</x:v>
       </x:c>
       <x:c r="S393" s="0" t="n">
-        <x:v>596764</x:v>
+        <x:v>554893</x:v>
       </x:c>
       <x:c r="T393" s="4" t="s">
-        <x:v>86</x:v>
+        <x:v>62</x:v>
       </x:c>
       <x:c r="U393" s="4" t="s">
-        <x:v>87</x:v>
+        <x:v>291</x:v>
       </x:c>
     </x:row>
     <x:row r="394" spans="1:21">
       <x:c r="A394" s="13" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="B394" s="14" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="C394" s="15" t="n">
         <x:v>35354</x:v>
       </x:c>
       <x:c r="D394" s="15" t="s"/>
       <x:c r="E394" s="14" t="s"/>
       <x:c r="F394" s="14" t="s"/>
       <x:c r="G394" s="14" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="H394" s="14" t="s"/>
       <x:c r="I394" s="16" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="J394" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
@@ -25102,448 +25104,448 @@
       </x:c>
       <x:c r="P420" s="14" t="s">
         <x:v>623</x:v>
       </x:c>
       <x:c r="Q420" s="16" t="s">
         <x:v>420</x:v>
       </x:c>
       <x:c r="R420" s="14" t="s">
         <x:v>421</x:v>
       </x:c>
       <x:c r="S420" s="14" t="n">
         <x:v>613733</x:v>
       </x:c>
       <x:c r="T420" s="16" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="U420" s="16" t="s">
         <x:v>449</x:v>
       </x:c>
     </x:row>
     <x:row r="421" spans="1:21">
       <x:c r="A421" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B421" s="0" t="s">
-        <x:v>637</x:v>
+        <x:v>493</x:v>
       </x:c>
       <x:c r="C421" s="3" t="s"/>
       <x:c r="D421" s="3" t="s"/>
       <x:c r="G421" s="0" t="s">
+        <x:v>637</x:v>
+      </x:c>
+      <x:c r="I421" s="4" t="s">
         <x:v>638</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>639</x:v>
       </x:c>
       <x:c r="K421" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L421" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M421" s="0" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="N421" s="3" t="n">
-        <x:v>71132</x:v>
+        <x:v>46003</x:v>
       </x:c>
       <x:c r="O421" s="0" t="s">
-        <x:v>29</x:v>
+        <x:v>430</x:v>
       </x:c>
       <x:c r="P421" s="0" t="s">
+        <x:v>637</x:v>
+      </x:c>
+      <x:c r="Q421" s="4" t="s">
         <x:v>638</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>639</x:v>
       </x:c>
       <x:c r="R421" s="0" t="s">
         <x:v>163</x:v>
       </x:c>
       <x:c r="S421" s="0" t="n">
-        <x:v>612662</x:v>
+        <x:v>606816</x:v>
       </x:c>
       <x:c r="T421" s="4" t="s">
-        <x:v>640</x:v>
+        <x:v>639</x:v>
       </x:c>
       <x:c r="U421" s="4" t="s">
         <x:v>32</x:v>
       </x:c>
     </x:row>
     <x:row r="422" spans="1:21">
       <x:c r="A422" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B422" s="14" t="s">
-        <x:v>641</x:v>
+        <x:v>493</x:v>
       </x:c>
       <x:c r="C422" s="15" t="s"/>
       <x:c r="D422" s="15" t="s"/>
       <x:c r="E422" s="14" t="s"/>
       <x:c r="F422" s="14" t="s"/>
       <x:c r="G422" s="14" t="s">
-        <x:v>638</x:v>
+        <x:v>637</x:v>
       </x:c>
       <x:c r="H422" s="14" t="s"/>
       <x:c r="I422" s="16" t="s">
-        <x:v>639</x:v>
+        <x:v>638</x:v>
       </x:c>
       <x:c r="J422" s="14" t="s"/>
       <x:c r="K422" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L422" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M422" s="14" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="N422" s="15" t="n">
-        <x:v>46359</x:v>
+        <x:v>46003</x:v>
       </x:c>
       <x:c r="O422" s="14" t="s">
-        <x:v>92</x:v>
+        <x:v>430</x:v>
       </x:c>
       <x:c r="P422" s="14" t="s">
+        <x:v>637</x:v>
+      </x:c>
+      <x:c r="Q422" s="16" t="s">
         <x:v>638</x:v>
       </x:c>
-      <x:c r="Q422" s="16" t="s">
+      <x:c r="R422" s="14" t="s">
+        <x:v>580</x:v>
+      </x:c>
+      <x:c r="S422" s="14" t="n">
+        <x:v>606821</x:v>
+      </x:c>
+      <x:c r="T422" s="16" t="s">
         <x:v>639</x:v>
-      </x:c>
-[...7 lines deleted...]
-        <x:v>359</x:v>
       </x:c>
       <x:c r="U422" s="16" t="s">
         <x:v>32</x:v>
       </x:c>
     </x:row>
     <x:row r="423" spans="1:21">
       <x:c r="A423" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B423" s="0" t="s">
-        <x:v>493</x:v>
+        <x:v>640</x:v>
       </x:c>
       <x:c r="C423" s="3" t="s"/>
       <x:c r="D423" s="3" t="s"/>
       <x:c r="G423" s="0" t="s">
+        <x:v>637</x:v>
+      </x:c>
+      <x:c r="I423" s="4" t="s">
         <x:v>638</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>639</x:v>
       </x:c>
       <x:c r="K423" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L423" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M423" s="0" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="N423" s="3" t="n">
-        <x:v>46003</x:v>
+        <x:v>71132</x:v>
       </x:c>
       <x:c r="O423" s="0" t="s">
-        <x:v>430</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="P423" s="0" t="s">
+        <x:v>637</x:v>
+      </x:c>
+      <x:c r="Q423" s="4" t="s">
         <x:v>638</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>639</x:v>
       </x:c>
       <x:c r="R423" s="0" t="s">
         <x:v>163</x:v>
       </x:c>
       <x:c r="S423" s="0" t="n">
-        <x:v>606816</x:v>
+        <x:v>612662</x:v>
       </x:c>
       <x:c r="T423" s="4" t="s">
-        <x:v>642</x:v>
+        <x:v>641</x:v>
       </x:c>
       <x:c r="U423" s="4" t="s">
         <x:v>32</x:v>
       </x:c>
     </x:row>
     <x:row r="424" spans="1:21">
       <x:c r="A424" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B424" s="14" t="s">
-        <x:v>493</x:v>
+        <x:v>642</x:v>
       </x:c>
       <x:c r="C424" s="15" t="s"/>
       <x:c r="D424" s="15" t="s"/>
       <x:c r="E424" s="14" t="s"/>
       <x:c r="F424" s="14" t="s"/>
       <x:c r="G424" s="14" t="s">
-        <x:v>638</x:v>
+        <x:v>637</x:v>
       </x:c>
       <x:c r="H424" s="14" t="s"/>
       <x:c r="I424" s="16" t="s">
-        <x:v>639</x:v>
+        <x:v>638</x:v>
       </x:c>
       <x:c r="J424" s="14" t="s"/>
       <x:c r="K424" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L424" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M424" s="14" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="N424" s="15" t="n">
-        <x:v>46003</x:v>
+        <x:v>46359</x:v>
       </x:c>
       <x:c r="O424" s="14" t="s">
-        <x:v>430</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="P424" s="14" t="s">
+        <x:v>637</x:v>
+      </x:c>
+      <x:c r="Q424" s="16" t="s">
         <x:v>638</x:v>
       </x:c>
-      <x:c r="Q424" s="16" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="R424" s="14" t="s">
-        <x:v>580</x:v>
+        <x:v>163</x:v>
       </x:c>
       <x:c r="S424" s="14" t="n">
-        <x:v>606821</x:v>
+        <x:v>608222</x:v>
       </x:c>
       <x:c r="T424" s="16" t="s">
-        <x:v>642</x:v>
+        <x:v>359</x:v>
       </x:c>
       <x:c r="U424" s="16" t="s">
         <x:v>32</x:v>
       </x:c>
     </x:row>
     <x:row r="425" spans="1:21">
       <x:c r="A425" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B425" s="0" t="s">
         <x:v>643</x:v>
       </x:c>
       <x:c r="C425" s="3" t="s"/>
       <x:c r="D425" s="3" t="s"/>
       <x:c r="G425" s="0" t="s">
+        <x:v>637</x:v>
+      </x:c>
+      <x:c r="I425" s="4" t="s">
         <x:v>638</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>639</x:v>
       </x:c>
       <x:c r="K425" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L425" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M425" s="0" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="N425" s="3" t="n">
         <x:v>71910</x:v>
       </x:c>
       <x:c r="O425" s="0" t="s">
         <x:v>644</x:v>
       </x:c>
       <x:c r="P425" s="0" t="s">
+        <x:v>637</x:v>
+      </x:c>
+      <x:c r="Q425" s="4" t="s">
         <x:v>638</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>639</x:v>
       </x:c>
       <x:c r="R425" s="0" t="s">
         <x:v>580</x:v>
       </x:c>
       <x:c r="S425" s="0" t="n">
         <x:v>613023</x:v>
       </x:c>
       <x:c r="T425" s="4" t="s">
-        <x:v>640</x:v>
+        <x:v>641</x:v>
       </x:c>
       <x:c r="U425" s="4" t="s">
         <x:v>32</x:v>
       </x:c>
     </x:row>
     <x:row r="426" spans="1:21">
       <x:c r="A426" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B426" s="14" t="s">
-        <x:v>637</x:v>
+        <x:v>640</x:v>
       </x:c>
       <x:c r="C426" s="15" t="s"/>
       <x:c r="D426" s="15" t="s"/>
       <x:c r="E426" s="14" t="s"/>
       <x:c r="F426" s="14" t="s"/>
       <x:c r="G426" s="14" t="s">
-        <x:v>638</x:v>
+        <x:v>637</x:v>
       </x:c>
       <x:c r="H426" s="14" t="s"/>
       <x:c r="I426" s="16" t="s">
-        <x:v>639</x:v>
+        <x:v>638</x:v>
       </x:c>
       <x:c r="J426" s="14" t="s"/>
       <x:c r="K426" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L426" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M426" s="14" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="N426" s="15" t="n">
         <x:v>71132</x:v>
       </x:c>
       <x:c r="O426" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P426" s="14" t="s">
+        <x:v>637</x:v>
+      </x:c>
+      <x:c r="Q426" s="16" t="s">
         <x:v>638</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>639</x:v>
       </x:c>
       <x:c r="R426" s="14" t="s">
         <x:v>580</x:v>
       </x:c>
       <x:c r="S426" s="14" t="n">
         <x:v>612663</x:v>
       </x:c>
       <x:c r="T426" s="16" t="s">
-        <x:v>640</x:v>
+        <x:v>641</x:v>
       </x:c>
       <x:c r="U426" s="16" t="s">
         <x:v>32</x:v>
       </x:c>
     </x:row>
     <x:row r="427" spans="1:21">
       <x:c r="A427" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B427" s="0" t="s">
-        <x:v>641</x:v>
+        <x:v>642</x:v>
       </x:c>
       <x:c r="C427" s="3" t="s"/>
       <x:c r="D427" s="3" t="s"/>
       <x:c r="G427" s="0" t="s">
+        <x:v>637</x:v>
+      </x:c>
+      <x:c r="I427" s="4" t="s">
         <x:v>638</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>639</x:v>
       </x:c>
       <x:c r="K427" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L427" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M427" s="0" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="N427" s="3" t="n">
         <x:v>46359</x:v>
       </x:c>
       <x:c r="O427" s="0" t="s">
         <x:v>92</x:v>
       </x:c>
       <x:c r="P427" s="0" t="s">
+        <x:v>637</x:v>
+      </x:c>
+      <x:c r="Q427" s="4" t="s">
         <x:v>638</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>639</x:v>
       </x:c>
       <x:c r="R427" s="0" t="s">
         <x:v>580</x:v>
       </x:c>
       <x:c r="S427" s="0" t="n">
         <x:v>608223</x:v>
       </x:c>
       <x:c r="T427" s="4" t="s">
         <x:v>359</x:v>
       </x:c>
       <x:c r="U427" s="4" t="s">
         <x:v>32</x:v>
       </x:c>
     </x:row>
     <x:row r="428" spans="1:21">
       <x:c r="A428" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B428" s="14" t="s">
         <x:v>643</x:v>
       </x:c>
       <x:c r="C428" s="15" t="s"/>
       <x:c r="D428" s="15" t="s"/>
       <x:c r="E428" s="14" t="s"/>
       <x:c r="F428" s="14" t="s"/>
       <x:c r="G428" s="14" t="s">
-        <x:v>638</x:v>
+        <x:v>637</x:v>
       </x:c>
       <x:c r="H428" s="14" t="s"/>
       <x:c r="I428" s="16" t="s">
-        <x:v>639</x:v>
+        <x:v>638</x:v>
       </x:c>
       <x:c r="J428" s="14" t="s"/>
       <x:c r="K428" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L428" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M428" s="14" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="N428" s="15" t="n">
         <x:v>71910</x:v>
       </x:c>
       <x:c r="O428" s="14" t="s">
         <x:v>644</x:v>
       </x:c>
       <x:c r="P428" s="14" t="s">
+        <x:v>637</x:v>
+      </x:c>
+      <x:c r="Q428" s="16" t="s">
         <x:v>638</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>639</x:v>
       </x:c>
       <x:c r="R428" s="14" t="s">
         <x:v>163</x:v>
       </x:c>
       <x:c r="S428" s="14" t="n">
         <x:v>613022</x:v>
       </x:c>
       <x:c r="T428" s="16" t="s">
-        <x:v>640</x:v>
+        <x:v>641</x:v>
       </x:c>
       <x:c r="U428" s="16" t="s">
         <x:v>32</x:v>
       </x:c>
     </x:row>
     <x:row r="429" spans="1:21">
       <x:c r="A429" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B429" s="0" t="s">
         <x:v>458</x:v>
       </x:c>
       <x:c r="C429" s="3" t="s"/>
       <x:c r="D429" s="3" t="s"/>
       <x:c r="G429" s="0" t="s">
         <x:v>645</x:v>
       </x:c>
       <x:c r="I429" s="4" t="s">
         <x:v>207</x:v>
       </x:c>
       <x:c r="K429" s="0" t="s">
         <x:v>646</x:v>
       </x:c>
       <x:c r="L429" s="0" t="s">
         <x:v>27</x:v>