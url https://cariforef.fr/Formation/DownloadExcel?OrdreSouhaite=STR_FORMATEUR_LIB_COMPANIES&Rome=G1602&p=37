--- v0 (2026-03-31)
+++ v1 (2026-03-31)
@@ -242,71 +242,71 @@
   <x:si>
     <x:t>AUBAGNE</x:t>
   </x:si>
   <x:si>
     <x:t>05/04/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>07/31/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Boost - passeport cuisine saisonnier</x:t>
   </x:si>
   <x:si>
     <x:t>Bénéficiaire du RSA , Demandeur d'emploi</x:t>
   </x:si>
   <x:si>
     <x:t>03/02/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>05/21/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Commis de cuisine (Apprentissage)</x:t>
   </x:si>
   <x:si>
+    <x:t>06/01/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>05/31/2027 00:00:00</x:t>
+  </x:si>
+  <x:si>
     <x:t>10/20/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>10/16/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Cuisinier (Apprentissage)</x:t>
   </x:si>
   <x:si>
     <x:t>04/07/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>03/31/2026 00:00:00</x:t>
   </x:si>
   <x:si>
-    <x:t>06/01/2026 00:00:00</x:t>
-[...4 lines deleted...]
-  <x:si>
     <x:t>02/16/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>05/05/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>02/23/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>04/28/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Agent polyvalent restauration cuisine</x:t>
   </x:si>
   <x:si>
     <x:t>Bénéficiaire du RSA , Demandeur d'emploi , Tout public</x:t>
   </x:si>
   <x:si>
     <x:t>09/14/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>09/13/2027 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Cuisine bien être : entrainement</x:t>
@@ -500,107 +500,107 @@
   <x:si>
     <x:t>04/06/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>04/10/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Formation en contrat de pro</x:t>
   </x:si>
   <x:si>
     <x:t>Titre professionnel commis de cuisine (Contrat de Professionnalisation)</x:t>
   </x:si>
   <x:si>
     <x:t>Centre de Formation Professionnelle du Tertiaire et de l'Industrie Hôtelière</x:t>
   </x:si>
   <x:si>
     <x:t>13011</x:t>
   </x:si>
   <x:si>
     <x:t>MARSEILLE-11e</x:t>
   </x:si>
   <x:si>
     <x:t>02/15/2027 00:00:00</x:t>
   </x:si>
   <x:si>
+    <x:t>CAP Cuisine</x:t>
+  </x:si>
+  <x:si>
     <x:t>Centre National d'Enseignement à Distance</x:t>
   </x:si>
   <x:si>
     <x:t>CNED</x:t>
   </x:si>
   <x:si>
     <x:t>86360</x:t>
   </x:si>
   <x:si>
     <x:t>Agent de la fonction publique , Demandeur d'emploi , Salarié</x:t>
   </x:si>
   <x:si>
     <x:t>CHASSENEUIL-DU-POITOU</x:t>
   </x:si>
   <x:si>
+    <x:t>11/18/2027 00:00:00</x:t>
+  </x:si>
+  <x:si>
     <x:t>06/05/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>04/30/2027 00:00:00</x:t>
   </x:si>
   <x:si>
-    <x:t>CAP Cuisine</x:t>
-[...4 lines deleted...]
-  <x:si>
     <x:t>04/30/2028 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Cfa des Chefs</x:t>
   </x:si>
   <x:si>
     <x:t>92130</x:t>
   </x:si>
   <x:si>
     <x:t>MARSEILLE- 8e</x:t>
   </x:si>
   <x:si>
     <x:t>08/26/2024 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>07/10/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>NICE</x:t>
   </x:si>
   <x:si>
+    <x:t>10/09/2025 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>10/09/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
     <x:t>08/28/2026 00:00:00</x:t>
   </x:si>
   <x:si>
-    <x:t>10/09/2025 00:00:00</x:t>
-[...4 lines deleted...]
-  <x:si>
     <x:t>10/27/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>06/25/2027 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>08/27/2024 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>08/27/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>10/27/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>06/10/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>formation mixte</x:t>
   </x:si>
   <x:si>
     <x:t>08/29/2023 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>05/16/2026 00:00:00</x:t>
@@ -611,62 +611,62 @@
   <x:si>
     <x:t>CMAR PACA</x:t>
   </x:si>
   <x:si>
     <x:t>13008</x:t>
   </x:si>
   <x:si>
     <x:t>Demandeur d'emploi , Tout public</x:t>
   </x:si>
   <x:si>
     <x:t>LES ARCS</x:t>
   </x:si>
   <x:si>
     <x:t>05/29/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Chambre de Métiers et de l'Artisanat de Région Provence Alpes Côte d'Azur|Cma Formation Saint Maximin</x:t>
   </x:si>
   <x:si>
     <x:t>83470</x:t>
   </x:si>
   <x:si>
     <x:t>SAINT-MAXIMIN-LA-SAINTE-BAUME</x:t>
   </x:si>
   <x:si>
+    <x:t>08/29/2025 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>07/12/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
     <x:t>08/31/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>06/11/2027 00:00:00</x:t>
   </x:si>
   <x:si>
-    <x:t>08/29/2025 00:00:00</x:t>
-[...4 lines deleted...]
-  <x:si>
     <x:t>Cma Formation Digne les Bains</x:t>
   </x:si>
   <x:si>
     <x:t>04000</x:t>
   </x:si>
   <x:si>
     <x:t>DIGNE LES BAINS</x:t>
   </x:si>
   <x:si>
     <x:t>Cma Formation Gap</x:t>
   </x:si>
   <x:si>
     <x:t>Cma Formation Le Beausset</x:t>
   </x:si>
   <x:si>
     <x:t>83330</x:t>
   </x:si>
   <x:si>
     <x:t>LE BEAUSSET</x:t>
   </x:si>
   <x:si>
     <x:t>Cma Formation Les Arcs</x:t>
   </x:si>
   <x:si>
     <x:t>83460</x:t>
@@ -974,101 +974,101 @@
   <x:si>
     <x:t>PERTUIS</x:t>
   </x:si>
   <x:si>
     <x:t>06/16/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>04/14/2027 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>SAINT-CHAMAS</x:t>
   </x:si>
   <x:si>
     <x:t>09/03/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>GARDANNE</x:t>
   </x:si>
   <x:si>
     <x:t>06/10/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>ARLES</x:t>
   </x:si>
   <x:si>
+    <x:t>Commis de Cuisine</x:t>
+  </x:si>
+  <x:si>
+    <x:t>10/01/2025 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>06/05/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>04/17/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CS - Certificat de spécialisation Cuisinier en desserts de restaurant (ex Mention Complémentaire)</x:t>
+  </x:si>
+  <x:si>
     <x:t>09/04/2025 00:00:00</x:t>
   </x:si>
   <x:si>
-    <x:t>CS - Certificat de spécialisation Cuisinier en desserts de restaurant (ex Mention Complémentaire)</x:t>
-[...13 lines deleted...]
-  <x:si>
     <x:t>BP Arts de la Cuisine</x:t>
   </x:si>
   <x:si>
     <x:t>06/16/2028 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>06/23/2028 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>06/09/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>04/07/2027 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>09/09/2024 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Greta-Cfa Vaucluse</x:t>
   </x:si>
   <x:si>
     <x:t>ORANGE</x:t>
   </x:si>
   <x:si>
     <x:t>CAVAILLON</x:t>
   </x:si>
   <x:si>
+    <x:t>10/01/2024 00:00:00</x:t>
+  </x:si>
+  <x:si>
     <x:t>09/16/2024 00:00:00</x:t>
   </x:si>
   <x:si>
-    <x:t>10/01/2024 00:00:00</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>09/23/2024 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>01/26/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>09/30/2024 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>VALREAS</x:t>
   </x:si>
   <x:si>
     <x:t>FREJUS</x:t>
   </x:si>
   <x:si>
     <x:t>10/14/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>DRAGUIGNAN</x:t>
   </x:si>
   <x:si>
     <x:t>11/03/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>06/25/2026 00:00:00</x:t>
@@ -1628,54 +1628,54 @@
   <x:si>
     <x:t>Cuisinier BC01 Production culinaire + spécialisation canard et foie gras</x:t>
   </x:si>
   <x:si>
     <x:t>Cuisinier BC01 Production culinaire + spécialisation macarons</x:t>
   </x:si>
   <x:si>
     <x:t>Cuisinier BC01 Production culinaire + spécialisation plancha et métiers de grillardin</x:t>
   </x:si>
   <x:si>
     <x:t>BANDOL</x:t>
   </x:si>
   <x:si>
     <x:t>LA CROIX-VALMER</x:t>
   </x:si>
   <x:si>
     <x:t>Cuisinier BC01 Production culinaire + spécialisation barbecue</x:t>
   </x:si>
   <x:si>
     <x:t>Titre professionnel chef de partie arts culinaires et pâtisserie</x:t>
   </x:si>
   <x:si>
     <x:t>Commis de cuisine BC02 Réaliser des préparations culinaires de base en respectant les consignes de production</x:t>
   </x:si>
   <x:si>
+    <x:t>Titre professionnel commis de cuisine</x:t>
+  </x:si>
+  <x:si>
     <x:t>Cuisinier BC01 Production culinaire + spécialisation desserts chocolat</x:t>
-  </x:si>
-[...1 lines deleted...]
-    <x:t>Titre professionnel commis de cuisine</x:t>
   </x:si>
   <x:si>
     <x:t>Commis de cuisine BC02 Réaliser des préparations culinaires de base en respectant les consignes de production + specialisation Les pains et viennoiseries</x:t>
   </x:si>
   <x:si>
     <x:t>Tkl Forma - CFA des 3 Caps</x:t>
   </x:si>
   <x:si>
     <x:t>83420</x:t>
   </x:si>
   <x:si>
     <x:t>Commis de cuisine (Contrat de Professionnalisation)</x:t>
   </x:si>
   <x:si>
     <x:t>10/08/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>08/30/2028 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>09/30/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Bac pro cuisine</x:t>
   </x:si>
@@ -2606,167 +2606,167 @@
       <x:c r="K7" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L7" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="M7" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N7" s="3" t="n">
         <x:v>42752</x:v>
       </x:c>
       <x:c r="O7" s="0" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="P7" s="0" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="Q7" s="4" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="R7" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="S7" s="0" t="n">
-        <x:v>581346</x:v>
+        <x:v>611321</x:v>
       </x:c>
       <x:c r="T7" s="4" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="U7" s="4" t="s">
         <x:v>58</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:21">
       <x:c r="A8" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B8" s="14" t="s">
-        <x:v>59</x:v>
+        <x:v>56</x:v>
       </x:c>
       <x:c r="C8" s="15" t="n">
-        <x:v>37867</x:v>
+        <x:v>37859</x:v>
       </x:c>
       <x:c r="D8" s="15" t="s"/>
       <x:c r="E8" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F8" s="14" t="s"/>
       <x:c r="G8" s="14" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="H8" s="14" t="s"/>
       <x:c r="I8" s="16" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="J8" s="14" t="s">
-        <x:v>45</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="K8" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L8" s="14" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="M8" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N8" s="15" t="n">
-        <x:v>42746</x:v>
+        <x:v>42752</x:v>
       </x:c>
       <x:c r="O8" s="14" t="s">
-        <x:v>48</x:v>
+        <x:v>31</x:v>
       </x:c>
       <x:c r="P8" s="14" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="Q8" s="16" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="R8" s="14" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="S8" s="14" t="n">
-        <x:v>564631</x:v>
+        <x:v>581346</x:v>
       </x:c>
       <x:c r="T8" s="16" t="s">
+        <x:v>59</x:v>
+      </x:c>
+      <x:c r="U8" s="16" t="s">
         <x:v>60</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>61</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:21">
       <x:c r="A9" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B9" s="0" t="s">
-        <x:v>56</x:v>
+        <x:v>61</x:v>
       </x:c>
       <x:c r="C9" s="3" t="n">
-        <x:v>37859</x:v>
+        <x:v>37867</x:v>
       </x:c>
       <x:c r="D9" s="3" t="s"/>
       <x:c r="E9" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G9" s="0" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="I9" s="4" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="J9" s="0" t="s">
-        <x:v>27</x:v>
+        <x:v>45</x:v>
       </x:c>
       <x:c r="K9" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L9" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="M9" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N9" s="3" t="n">
-        <x:v>42752</x:v>
+        <x:v>42746</x:v>
       </x:c>
       <x:c r="O9" s="0" t="s">
-        <x:v>31</x:v>
+        <x:v>48</x:v>
       </x:c>
       <x:c r="P9" s="0" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="Q9" s="4" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="R9" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="S9" s="0" t="n">
-        <x:v>611321</x:v>
+        <x:v>564631</x:v>
       </x:c>
       <x:c r="T9" s="4" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="U9" s="4" t="s">
         <x:v>63</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:21">
       <x:c r="A10" s="13" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="B10" s="14" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="C10" s="15" t="s"/>
       <x:c r="D10" s="15" t="s"/>
       <x:c r="E10" s="14" t="s"/>
       <x:c r="F10" s="14" t="s"/>
       <x:c r="G10" s="14" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="H10" s="14" t="s"/>
       <x:c r="I10" s="16" t="s">
         <x:v>44</x:v>
@@ -2838,102 +2838,102 @@
       </x:c>
       <x:c r="P11" s="0" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="Q11" s="4" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="R11" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="S11" s="0" t="n">
         <x:v>616980</x:v>
       </x:c>
       <x:c r="T11" s="4" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="U11" s="4" t="s">
         <x:v>67</x:v>
       </x:c>
     </x:row>
     <x:row r="12" spans="1:21">
       <x:c r="A12" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B12" s="14" t="s">
-        <x:v>59</x:v>
+        <x:v>61</x:v>
       </x:c>
       <x:c r="C12" s="15" t="n">
         <x:v>37867</x:v>
       </x:c>
       <x:c r="D12" s="15" t="s"/>
       <x:c r="E12" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F12" s="14" t="s"/>
       <x:c r="G12" s="14" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="H12" s="14" t="s"/>
       <x:c r="I12" s="16" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="J12" s="14" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="K12" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L12" s="14" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="M12" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N12" s="15" t="n">
         <x:v>42746</x:v>
       </x:c>
       <x:c r="O12" s="14" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="P12" s="14" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="Q12" s="16" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="R12" s="14" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="S12" s="14" t="n">
         <x:v>611323</x:v>
       </x:c>
       <x:c r="T12" s="16" t="s">
-        <x:v>62</x:v>
+        <x:v>57</x:v>
       </x:c>
       <x:c r="U12" s="16" t="s">
-        <x:v>63</x:v>
+        <x:v>58</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:21">
       <x:c r="A13" s="1" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="B13" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="C13" s="3" t="s"/>
       <x:c r="D13" s="3" t="s"/>
       <x:c r="G13" s="0" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="I13" s="4" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="K13" s="0" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="L13" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="M13" s="0" t="s">
         <x:v>30</x:v>
@@ -3764,230 +3764,230 @@
       </x:c>
       <x:c r="O27" s="0" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="P27" s="0" t="s">
         <x:v>92</x:v>
       </x:c>
       <x:c r="Q27" s="4" t="s">
         <x:v>94</x:v>
       </x:c>
       <x:c r="R27" s="0" t="s">
         <x:v>95</x:v>
       </x:c>
       <x:c r="S27" s="0" t="n">
         <x:v>446868</x:v>
       </x:c>
       <x:c r="T27" s="4" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="U27" s="4" t="s">
         <x:v>104</x:v>
       </x:c>
     </x:row>
     <x:row r="28" spans="1:21">
       <x:c r="A28" s="13" t="s">
-        <x:v>21</x:v>
+        <x:v>41</x:v>
       </x:c>
       <x:c r="B28" s="14" t="s">
-        <x:v>22</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="C28" s="15" t="n">
         <x:v>38430</x:v>
       </x:c>
       <x:c r="D28" s="15" t="s"/>
       <x:c r="E28" s="14" t="s">
-        <x:v>23</x:v>
-[...1 lines deleted...]
-      <x:c r="F28" s="14" t="s"/>
+        <x:v>106</x:v>
+      </x:c>
+      <x:c r="F28" s="14" t="s">
+        <x:v>107</x:v>
+      </x:c>
       <x:c r="G28" s="14" t="s">
-        <x:v>92</x:v>
+        <x:v>108</x:v>
       </x:c>
       <x:c r="H28" s="14" t="s">
-        <x:v>93</x:v>
+        <x:v>109</x:v>
       </x:c>
       <x:c r="I28" s="16" t="s">
-        <x:v>94</x:v>
+        <x:v>110</x:v>
       </x:c>
       <x:c r="J28" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K28" s="14" t="s">
-        <x:v>28</x:v>
+        <x:v>46</x:v>
       </x:c>
       <x:c r="L28" s="14" t="s">
-        <x:v>29</x:v>
+        <x:v>47</x:v>
       </x:c>
       <x:c r="M28" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N28" s="15" t="n">
         <x:v>42752</x:v>
       </x:c>
       <x:c r="O28" s="14" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="P28" s="14" t="s">
         <x:v>92</x:v>
       </x:c>
       <x:c r="Q28" s="16" t="s">
         <x:v>94</x:v>
       </x:c>
       <x:c r="R28" s="14" t="s">
         <x:v>95</x:v>
       </x:c>
       <x:c r="S28" s="14" t="n">
-        <x:v>604292</x:v>
+        <x:v>583925</x:v>
       </x:c>
       <x:c r="T28" s="16" t="s">
-        <x:v>96</x:v>
+        <x:v>111</x:v>
       </x:c>
       <x:c r="U28" s="16" t="s">
-        <x:v>100</x:v>
+        <x:v>83</x:v>
       </x:c>
     </x:row>
     <x:row r="29" spans="1:21">
       <x:c r="A29" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B29" s="0" t="s">
-        <x:v>103</x:v>
+        <x:v>22</x:v>
       </x:c>
       <x:c r="C29" s="3" t="n">
-        <x:v>38722</x:v>
+        <x:v>38430</x:v>
       </x:c>
       <x:c r="D29" s="3" t="s"/>
       <x:c r="E29" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G29" s="0" t="s">
         <x:v>92</x:v>
       </x:c>
       <x:c r="H29" s="0" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="I29" s="4" t="s">
         <x:v>94</x:v>
       </x:c>
       <x:c r="J29" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K29" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L29" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M29" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N29" s="3" t="n">
         <x:v>42752</x:v>
       </x:c>
       <x:c r="O29" s="0" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="P29" s="0" t="s">
         <x:v>92</x:v>
       </x:c>
       <x:c r="Q29" s="4" t="s">
         <x:v>94</x:v>
       </x:c>
       <x:c r="R29" s="0" t="s">
         <x:v>95</x:v>
       </x:c>
       <x:c r="S29" s="0" t="n">
-        <x:v>604311</x:v>
+        <x:v>604292</x:v>
       </x:c>
       <x:c r="T29" s="4" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="U29" s="4" t="s">
-        <x:v>97</x:v>
+        <x:v>100</x:v>
       </x:c>
     </x:row>
     <x:row r="30" spans="1:21">
       <x:c r="A30" s="13" t="s">
-        <x:v>41</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B30" s="14" t="s">
-        <x:v>105</x:v>
+        <x:v>103</x:v>
       </x:c>
       <x:c r="C30" s="15" t="n">
-        <x:v>38430</x:v>
+        <x:v>38722</x:v>
       </x:c>
       <x:c r="D30" s="15" t="s"/>
       <x:c r="E30" s="14" t="s">
-        <x:v>106</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>23</x:v>
+      </x:c>
+      <x:c r="F30" s="14" t="s"/>
       <x:c r="G30" s="14" t="s">
-        <x:v>108</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="H30" s="14" t="s">
-        <x:v>109</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="I30" s="16" t="s">
-        <x:v>110</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="J30" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K30" s="14" t="s">
-        <x:v>46</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="L30" s="14" t="s">
-        <x:v>47</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="M30" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N30" s="15" t="n">
         <x:v>42752</x:v>
       </x:c>
       <x:c r="O30" s="14" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="P30" s="14" t="s">
         <x:v>92</x:v>
       </x:c>
       <x:c r="Q30" s="16" t="s">
         <x:v>94</x:v>
       </x:c>
       <x:c r="R30" s="14" t="s">
         <x:v>95</x:v>
       </x:c>
       <x:c r="S30" s="14" t="n">
-        <x:v>583925</x:v>
+        <x:v>604311</x:v>
       </x:c>
       <x:c r="T30" s="16" t="s">
-        <x:v>111</x:v>
+        <x:v>96</x:v>
       </x:c>
       <x:c r="U30" s="16" t="s">
-        <x:v>83</x:v>
+        <x:v>97</x:v>
       </x:c>
     </x:row>
     <x:row r="31" spans="1:21">
       <x:c r="A31" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B31" s="0" t="s">
         <x:v>101</x:v>
       </x:c>
       <x:c r="C31" s="3" t="n">
         <x:v>38871</x:v>
       </x:c>
       <x:c r="D31" s="3" t="s"/>
       <x:c r="E31" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G31" s="0" t="s">
         <x:v>92</x:v>
       </x:c>
       <x:c r="H31" s="0" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="I31" s="4" t="s">
         <x:v>94</x:v>
       </x:c>
@@ -4132,285 +4132,285 @@
       </x:c>
       <x:c r="P33" s="0" t="s">
         <x:v>92</x:v>
       </x:c>
       <x:c r="Q33" s="4" t="s">
         <x:v>94</x:v>
       </x:c>
       <x:c r="R33" s="0" t="s">
         <x:v>95</x:v>
       </x:c>
       <x:c r="S33" s="0" t="n">
         <x:v>604304</x:v>
       </x:c>
       <x:c r="T33" s="4" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="U33" s="4" t="s">
         <x:v>97</x:v>
       </x:c>
     </x:row>
     <x:row r="34" spans="1:21">
       <x:c r="A34" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B34" s="14" t="s">
-        <x:v>22</x:v>
+        <x:v>103</x:v>
       </x:c>
       <x:c r="C34" s="15" t="n">
-        <x:v>38430</x:v>
+        <x:v>38722</x:v>
       </x:c>
       <x:c r="D34" s="15" t="s"/>
       <x:c r="E34" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F34" s="14" t="s"/>
       <x:c r="G34" s="14" t="s">
         <x:v>92</x:v>
       </x:c>
       <x:c r="H34" s="14" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="I34" s="16" t="s">
         <x:v>94</x:v>
       </x:c>
       <x:c r="J34" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K34" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L34" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M34" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N34" s="15" t="n">
         <x:v>42752</x:v>
       </x:c>
       <x:c r="O34" s="14" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="P34" s="14" t="s">
         <x:v>92</x:v>
       </x:c>
       <x:c r="Q34" s="16" t="s">
         <x:v>94</x:v>
       </x:c>
       <x:c r="R34" s="14" t="s">
         <x:v>95</x:v>
       </x:c>
       <x:c r="S34" s="14" t="n">
-        <x:v>604293</x:v>
+        <x:v>567852</x:v>
       </x:c>
       <x:c r="T34" s="16" t="s">
-        <x:v>96</x:v>
+        <x:v>35</x:v>
       </x:c>
       <x:c r="U34" s="16" t="s">
-        <x:v>113</x:v>
+        <x:v>104</x:v>
       </x:c>
     </x:row>
     <x:row r="35" spans="1:21">
       <x:c r="A35" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B35" s="0" t="s">
-        <x:v>103</x:v>
+        <x:v>98</x:v>
       </x:c>
       <x:c r="C35" s="3" t="n">
-        <x:v>38722</x:v>
+        <x:v>39515</x:v>
       </x:c>
       <x:c r="D35" s="3" t="s"/>
       <x:c r="E35" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G35" s="0" t="s">
         <x:v>92</x:v>
       </x:c>
       <x:c r="H35" s="0" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="I35" s="4" t="s">
         <x:v>94</x:v>
       </x:c>
       <x:c r="J35" s="0" t="s">
-        <x:v>27</x:v>
+        <x:v>45</x:v>
       </x:c>
       <x:c r="K35" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L35" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M35" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N35" s="3" t="n">
-        <x:v>42752</x:v>
+        <x:v>42710</x:v>
       </x:c>
       <x:c r="O35" s="0" t="s">
-        <x:v>31</x:v>
+        <x:v>99</x:v>
       </x:c>
       <x:c r="P35" s="0" t="s">
         <x:v>92</x:v>
       </x:c>
       <x:c r="Q35" s="4" t="s">
         <x:v>94</x:v>
       </x:c>
       <x:c r="R35" s="0" t="s">
         <x:v>95</x:v>
       </x:c>
       <x:c r="S35" s="0" t="n">
-        <x:v>604312</x:v>
+        <x:v>567906</x:v>
       </x:c>
       <x:c r="T35" s="4" t="s">
-        <x:v>96</x:v>
+        <x:v>35</x:v>
       </x:c>
       <x:c r="U35" s="4" t="s">
-        <x:v>100</x:v>
+        <x:v>104</x:v>
       </x:c>
     </x:row>
     <x:row r="36" spans="1:21">
       <x:c r="A36" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B36" s="14" t="s">
-        <x:v>103</x:v>
+        <x:v>22</x:v>
       </x:c>
       <x:c r="C36" s="15" t="n">
-        <x:v>38722</x:v>
+        <x:v>38430</x:v>
       </x:c>
       <x:c r="D36" s="15" t="s"/>
       <x:c r="E36" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F36" s="14" t="s"/>
       <x:c r="G36" s="14" t="s">
         <x:v>92</x:v>
       </x:c>
       <x:c r="H36" s="14" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="I36" s="16" t="s">
         <x:v>94</x:v>
       </x:c>
       <x:c r="J36" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K36" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L36" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M36" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N36" s="15" t="n">
         <x:v>42752</x:v>
       </x:c>
       <x:c r="O36" s="14" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="P36" s="14" t="s">
         <x:v>92</x:v>
       </x:c>
       <x:c r="Q36" s="16" t="s">
         <x:v>94</x:v>
       </x:c>
       <x:c r="R36" s="14" t="s">
         <x:v>95</x:v>
       </x:c>
       <x:c r="S36" s="14" t="n">
-        <x:v>567852</x:v>
+        <x:v>604293</x:v>
       </x:c>
       <x:c r="T36" s="16" t="s">
-        <x:v>35</x:v>
+        <x:v>96</x:v>
       </x:c>
       <x:c r="U36" s="16" t="s">
-        <x:v>104</x:v>
+        <x:v>113</x:v>
       </x:c>
     </x:row>
     <x:row r="37" spans="1:21">
       <x:c r="A37" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B37" s="0" t="s">
-        <x:v>98</x:v>
+        <x:v>103</x:v>
       </x:c>
       <x:c r="C37" s="3" t="n">
-        <x:v>39515</x:v>
+        <x:v>38722</x:v>
       </x:c>
       <x:c r="D37" s="3" t="s"/>
       <x:c r="E37" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G37" s="0" t="s">
         <x:v>92</x:v>
       </x:c>
       <x:c r="H37" s="0" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="I37" s="4" t="s">
         <x:v>94</x:v>
       </x:c>
       <x:c r="J37" s="0" t="s">
-        <x:v>45</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="K37" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L37" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M37" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N37" s="3" t="n">
-        <x:v>42710</x:v>
+        <x:v>42752</x:v>
       </x:c>
       <x:c r="O37" s="0" t="s">
-        <x:v>99</x:v>
+        <x:v>31</x:v>
       </x:c>
       <x:c r="P37" s="0" t="s">
         <x:v>92</x:v>
       </x:c>
       <x:c r="Q37" s="4" t="s">
         <x:v>94</x:v>
       </x:c>
       <x:c r="R37" s="0" t="s">
         <x:v>95</x:v>
       </x:c>
       <x:c r="S37" s="0" t="n">
-        <x:v>567906</x:v>
+        <x:v>604312</x:v>
       </x:c>
       <x:c r="T37" s="4" t="s">
-        <x:v>35</x:v>
+        <x:v>96</x:v>
       </x:c>
       <x:c r="U37" s="4" t="s">
-        <x:v>104</x:v>
+        <x:v>100</x:v>
       </x:c>
     </x:row>
     <x:row r="38" spans="1:21">
       <x:c r="A38" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B38" s="14" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C38" s="15" t="n">
         <x:v>38430</x:v>
       </x:c>
       <x:c r="D38" s="15" t="s"/>
       <x:c r="E38" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F38" s="14" t="s"/>
       <x:c r="G38" s="14" t="s">
         <x:v>92</x:v>
       </x:c>
       <x:c r="H38" s="14" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="I38" s="16" t="s">
         <x:v>94</x:v>
@@ -4905,57 +4905,57 @@
       <x:c r="K46" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L46" s="14" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="M46" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N46" s="15" t="n">
         <x:v>42752</x:v>
       </x:c>
       <x:c r="O46" s="14" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="P46" s="14" t="s">
         <x:v>121</x:v>
       </x:c>
       <x:c r="Q46" s="16" t="s">
         <x:v>123</x:v>
       </x:c>
       <x:c r="R46" s="14" t="s">
         <x:v>124</x:v>
       </x:c>
       <x:c r="S46" s="14" t="n">
-        <x:v>506434</x:v>
+        <x:v>552282</x:v>
       </x:c>
       <x:c r="T46" s="16" t="s">
-        <x:v>37</x:v>
+        <x:v>35</x:v>
       </x:c>
       <x:c r="U46" s="16" t="s">
-        <x:v>104</x:v>
+        <x:v>97</x:v>
       </x:c>
     </x:row>
     <x:row r="47" spans="1:21">
       <x:c r="A47" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B47" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C47" s="3" t="n">
         <x:v>38430</x:v>
       </x:c>
       <x:c r="D47" s="3" t="s"/>
       <x:c r="E47" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G47" s="0" t="s">
         <x:v>121</x:v>
       </x:c>
       <x:c r="H47" s="0" t="s">
         <x:v>122</x:v>
       </x:c>
       <x:c r="I47" s="4" t="s">
         <x:v>123</x:v>
       </x:c>
@@ -4965,57 +4965,57 @@
       <x:c r="K47" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L47" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="M47" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N47" s="3" t="n">
         <x:v>42752</x:v>
       </x:c>
       <x:c r="O47" s="0" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="P47" s="0" t="s">
         <x:v>121</x:v>
       </x:c>
       <x:c r="Q47" s="4" t="s">
         <x:v>123</x:v>
       </x:c>
       <x:c r="R47" s="0" t="s">
         <x:v>124</x:v>
       </x:c>
       <x:c r="S47" s="0" t="n">
-        <x:v>552282</x:v>
+        <x:v>506434</x:v>
       </x:c>
       <x:c r="T47" s="4" t="s">
-        <x:v>35</x:v>
+        <x:v>37</x:v>
       </x:c>
       <x:c r="U47" s="4" t="s">
-        <x:v>97</x:v>
+        <x:v>104</x:v>
       </x:c>
     </x:row>
     <x:row r="48" spans="1:21">
       <x:c r="A48" s="13" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="B48" s="14" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="C48" s="15" t="n">
         <x:v>38430</x:v>
       </x:c>
       <x:c r="D48" s="15" t="s"/>
       <x:c r="E48" s="14" t="s"/>
       <x:c r="F48" s="14" t="s"/>
       <x:c r="G48" s="14" t="s">
         <x:v>121</x:v>
       </x:c>
       <x:c r="H48" s="14" t="s">
         <x:v>122</x:v>
       </x:c>
       <x:c r="I48" s="16" t="s">
         <x:v>123</x:v>
       </x:c>
       <x:c r="J48" s="14" t="s">
@@ -5620,391 +5620,391 @@
       </x:c>
       <x:c r="P58" s="14" t="s">
         <x:v>139</x:v>
       </x:c>
       <x:c r="Q58" s="16" t="s">
         <x:v>140</x:v>
       </x:c>
       <x:c r="R58" s="14" t="s">
         <x:v>141</x:v>
       </x:c>
       <x:c r="S58" s="14" t="n">
         <x:v>610965</x:v>
       </x:c>
       <x:c r="T58" s="16" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="U58" s="16" t="s">
         <x:v>142</x:v>
       </x:c>
     </x:row>
     <x:row r="59" spans="1:21">
       <x:c r="A59" s="1" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="B59" s="0" t="s">
-        <x:v>81</x:v>
+        <x:v>143</x:v>
       </x:c>
       <x:c r="C59" s="3" t="n">
         <x:v>38430</x:v>
       </x:c>
       <x:c r="D59" s="3" t="s"/>
       <x:c r="G59" s="0" t="s">
-        <x:v>143</x:v>
+        <x:v>144</x:v>
       </x:c>
       <x:c r="H59" s="0" t="s">
-        <x:v>144</x:v>
+        <x:v>145</x:v>
       </x:c>
       <x:c r="I59" s="4" t="s">
-        <x:v>145</x:v>
+        <x:v>146</x:v>
       </x:c>
       <x:c r="J59" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K59" s="0" t="s">
-        <x:v>146</x:v>
+        <x:v>147</x:v>
       </x:c>
       <x:c r="L59" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M59" s="0" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="N59" s="3" t="n">
         <x:v>42752</x:v>
       </x:c>
       <x:c r="O59" s="0" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="P59" s="0" t="s">
-        <x:v>143</x:v>
+        <x:v>144</x:v>
       </x:c>
       <x:c r="Q59" s="4" t="s">
-        <x:v>145</x:v>
+        <x:v>146</x:v>
       </x:c>
       <x:c r="R59" s="0" t="s">
-        <x:v>147</x:v>
+        <x:v>148</x:v>
       </x:c>
       <x:c r="S59" s="0" t="n">
-        <x:v>610865</x:v>
+        <x:v>615821</x:v>
       </x:c>
       <x:c r="T59" s="4" t="s">
-        <x:v>148</x:v>
+        <x:v>65</x:v>
       </x:c>
       <x:c r="U59" s="4" t="s">
         <x:v>149</x:v>
       </x:c>
     </x:row>
     <x:row r="60" spans="1:21">
       <x:c r="A60" s="13" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="B60" s="14" t="s">
-        <x:v>150</x:v>
+        <x:v>81</x:v>
       </x:c>
       <x:c r="C60" s="15" t="n">
         <x:v>38430</x:v>
       </x:c>
       <x:c r="D60" s="15" t="s"/>
       <x:c r="E60" s="14" t="s"/>
       <x:c r="F60" s="14" t="s"/>
       <x:c r="G60" s="14" t="s">
-        <x:v>143</x:v>
+        <x:v>144</x:v>
       </x:c>
       <x:c r="H60" s="14" t="s">
-        <x:v>144</x:v>
+        <x:v>145</x:v>
       </x:c>
       <x:c r="I60" s="16" t="s">
-        <x:v>145</x:v>
+        <x:v>146</x:v>
       </x:c>
       <x:c r="J60" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K60" s="14" t="s">
-        <x:v>146</x:v>
+        <x:v>147</x:v>
       </x:c>
       <x:c r="L60" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M60" s="14" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="N60" s="15" t="n">
         <x:v>42752</x:v>
       </x:c>
       <x:c r="O60" s="14" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="P60" s="14" t="s">
-        <x:v>143</x:v>
+        <x:v>144</x:v>
       </x:c>
       <x:c r="Q60" s="16" t="s">
-        <x:v>145</x:v>
+        <x:v>146</x:v>
       </x:c>
       <x:c r="R60" s="14" t="s">
-        <x:v>147</x:v>
+        <x:v>148</x:v>
       </x:c>
       <x:c r="S60" s="14" t="n">
-        <x:v>615821</x:v>
+        <x:v>610865</x:v>
       </x:c>
       <x:c r="T60" s="16" t="s">
-        <x:v>65</x:v>
+        <x:v>150</x:v>
       </x:c>
       <x:c r="U60" s="16" t="s">
         <x:v>151</x:v>
       </x:c>
     </x:row>
     <x:row r="61" spans="1:21">
       <x:c r="A61" s="1" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="B61" s="0" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="C61" s="3" t="n">
         <x:v>38430</x:v>
       </x:c>
       <x:c r="D61" s="3" t="s"/>
       <x:c r="G61" s="0" t="s">
-        <x:v>143</x:v>
+        <x:v>144</x:v>
       </x:c>
       <x:c r="H61" s="0" t="s">
-        <x:v>144</x:v>
+        <x:v>145</x:v>
       </x:c>
       <x:c r="I61" s="4" t="s">
-        <x:v>145</x:v>
+        <x:v>146</x:v>
       </x:c>
       <x:c r="J61" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K61" s="0" t="s">
-        <x:v>146</x:v>
+        <x:v>147</x:v>
       </x:c>
       <x:c r="L61" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M61" s="0" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="N61" s="3" t="n">
         <x:v>42752</x:v>
       </x:c>
       <x:c r="O61" s="0" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="P61" s="0" t="s">
-        <x:v>143</x:v>
+        <x:v>144</x:v>
       </x:c>
       <x:c r="Q61" s="4" t="s">
-        <x:v>145</x:v>
+        <x:v>146</x:v>
       </x:c>
       <x:c r="R61" s="0" t="s">
-        <x:v>147</x:v>
+        <x:v>148</x:v>
       </x:c>
       <x:c r="S61" s="0" t="n">
         <x:v>623823</x:v>
       </x:c>
       <x:c r="T61" s="4" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="U61" s="4" t="s">
         <x:v>152</x:v>
       </x:c>
     </x:row>
     <x:row r="62" spans="1:21">
       <x:c r="A62" s="13" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="B62" s="14" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="C62" s="15" t="n">
         <x:v>38430</x:v>
       </x:c>
       <x:c r="D62" s="15" t="s"/>
       <x:c r="E62" s="14" t="s"/>
       <x:c r="F62" s="14" t="s"/>
       <x:c r="G62" s="14" t="s">
-        <x:v>143</x:v>
+        <x:v>144</x:v>
       </x:c>
       <x:c r="H62" s="14" t="s">
-        <x:v>144</x:v>
+        <x:v>145</x:v>
       </x:c>
       <x:c r="I62" s="16" t="s">
-        <x:v>145</x:v>
+        <x:v>146</x:v>
       </x:c>
       <x:c r="J62" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K62" s="14" t="s">
-        <x:v>146</x:v>
+        <x:v>147</x:v>
       </x:c>
       <x:c r="L62" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M62" s="14" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="N62" s="15" t="n">
         <x:v>42752</x:v>
       </x:c>
       <x:c r="O62" s="14" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="P62" s="14" t="s">
-        <x:v>143</x:v>
+        <x:v>144</x:v>
       </x:c>
       <x:c r="Q62" s="16" t="s">
-        <x:v>145</x:v>
+        <x:v>146</x:v>
       </x:c>
       <x:c r="R62" s="14" t="s">
-        <x:v>147</x:v>
+        <x:v>148</x:v>
       </x:c>
       <x:c r="S62" s="14" t="n">
         <x:v>615820</x:v>
       </x:c>
       <x:c r="T62" s="16" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="U62" s="16" t="s">
-        <x:v>151</x:v>
+        <x:v>149</x:v>
       </x:c>
     </x:row>
     <x:row r="63" spans="1:21">
       <x:c r="A63" s="1" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="B63" s="0" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="C63" s="3" t="n">
         <x:v>38430</x:v>
       </x:c>
       <x:c r="D63" s="3" t="s"/>
       <x:c r="G63" s="0" t="s">
-        <x:v>143</x:v>
+        <x:v>144</x:v>
       </x:c>
       <x:c r="H63" s="0" t="s">
-        <x:v>144</x:v>
+        <x:v>145</x:v>
       </x:c>
       <x:c r="I63" s="4" t="s">
-        <x:v>145</x:v>
+        <x:v>146</x:v>
       </x:c>
       <x:c r="J63" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K63" s="0" t="s">
-        <x:v>146</x:v>
+        <x:v>147</x:v>
       </x:c>
       <x:c r="L63" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M63" s="0" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="N63" s="3" t="n">
         <x:v>42752</x:v>
       </x:c>
       <x:c r="O63" s="0" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="P63" s="0" t="s">
-        <x:v>143</x:v>
+        <x:v>144</x:v>
       </x:c>
       <x:c r="Q63" s="4" t="s">
-        <x:v>145</x:v>
+        <x:v>146</x:v>
       </x:c>
       <x:c r="R63" s="0" t="s">
-        <x:v>147</x:v>
+        <x:v>148</x:v>
       </x:c>
       <x:c r="S63" s="0" t="n">
-        <x:v>610864</x:v>
+        <x:v>623824</x:v>
       </x:c>
       <x:c r="T63" s="4" t="s">
-        <x:v>148</x:v>
+        <x:v>65</x:v>
       </x:c>
       <x:c r="U63" s="4" t="s">
-        <x:v>149</x:v>
+        <x:v>152</x:v>
       </x:c>
     </x:row>
     <x:row r="64" spans="1:21">
       <x:c r="A64" s="13" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="B64" s="14" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="C64" s="15" t="n">
         <x:v>38430</x:v>
       </x:c>
       <x:c r="D64" s="15" t="s"/>
       <x:c r="E64" s="14" t="s"/>
       <x:c r="F64" s="14" t="s"/>
       <x:c r="G64" s="14" t="s">
-        <x:v>143</x:v>
+        <x:v>144</x:v>
       </x:c>
       <x:c r="H64" s="14" t="s">
-        <x:v>144</x:v>
+        <x:v>145</x:v>
       </x:c>
       <x:c r="I64" s="16" t="s">
-        <x:v>145</x:v>
+        <x:v>146</x:v>
       </x:c>
       <x:c r="J64" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K64" s="14" t="s">
-        <x:v>146</x:v>
+        <x:v>147</x:v>
       </x:c>
       <x:c r="L64" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M64" s="14" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="N64" s="15" t="n">
         <x:v>42752</x:v>
       </x:c>
       <x:c r="O64" s="14" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="P64" s="14" t="s">
-        <x:v>143</x:v>
+        <x:v>144</x:v>
       </x:c>
       <x:c r="Q64" s="16" t="s">
-        <x:v>145</x:v>
+        <x:v>146</x:v>
       </x:c>
       <x:c r="R64" s="14" t="s">
-        <x:v>147</x:v>
+        <x:v>148</x:v>
       </x:c>
       <x:c r="S64" s="14" t="n">
-        <x:v>623824</x:v>
+        <x:v>610864</x:v>
       </x:c>
       <x:c r="T64" s="16" t="s">
-        <x:v>65</x:v>
+        <x:v>150</x:v>
       </x:c>
       <x:c r="U64" s="16" t="s">
-        <x:v>152</x:v>
+        <x:v>151</x:v>
       </x:c>
     </x:row>
     <x:row r="65" spans="1:21">
       <x:c r="A65" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B65" s="0" t="s">
         <x:v>114</x:v>
       </x:c>
       <x:c r="C65" s="3" t="n">
         <x:v>37910</x:v>
       </x:c>
       <x:c r="D65" s="3" t="s"/>
       <x:c r="E65" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G65" s="0" t="s">
         <x:v>153</x:v>
       </x:c>
       <x:c r="I65" s="4" t="s">
         <x:v>154</x:v>
       </x:c>
       <x:c r="J65" s="0" t="s">
         <x:v>45</x:v>
       </x:c>
@@ -6084,164 +6084,164 @@
       </x:c>
       <x:c r="P66" s="14" t="s">
         <x:v>153</x:v>
       </x:c>
       <x:c r="Q66" s="16" t="s">
         <x:v>154</x:v>
       </x:c>
       <x:c r="R66" s="14" t="s">
         <x:v>158</x:v>
       </x:c>
       <x:c r="S66" s="14" t="n">
         <x:v>513695</x:v>
       </x:c>
       <x:c r="T66" s="16" t="s">
         <x:v>156</x:v>
       </x:c>
       <x:c r="U66" s="16" t="s">
         <x:v>157</x:v>
       </x:c>
     </x:row>
     <x:row r="67" spans="1:21">
       <x:c r="A67" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B67" s="0" t="s">
-        <x:v>125</x:v>
+        <x:v>56</x:v>
       </x:c>
       <x:c r="C67" s="3" t="n">
-        <x:v>38431</x:v>
+        <x:v>37859</x:v>
       </x:c>
       <x:c r="D67" s="3" t="s"/>
       <x:c r="E67" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G67" s="0" t="s">
         <x:v>115</x:v>
       </x:c>
       <x:c r="H67" s="0" t="s">
         <x:v>116</x:v>
       </x:c>
       <x:c r="I67" s="4" t="s">
         <x:v>117</x:v>
       </x:c>
       <x:c r="J67" s="0" t="s">
-        <x:v>45</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="K67" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L67" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="M67" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N67" s="3" t="n">
-        <x:v>42760</x:v>
+        <x:v>42752</x:v>
       </x:c>
       <x:c r="O67" s="0" t="s">
-        <x:v>126</x:v>
+        <x:v>31</x:v>
       </x:c>
       <x:c r="P67" s="0" t="s">
         <x:v>115</x:v>
       </x:c>
       <x:c r="Q67" s="4" t="s">
         <x:v>117</x:v>
       </x:c>
       <x:c r="R67" s="0" t="s">
         <x:v>118</x:v>
       </x:c>
       <x:c r="S67" s="0" t="n">
-        <x:v>602752</x:v>
+        <x:v>546726</x:v>
       </x:c>
       <x:c r="T67" s="4" t="s">
         <x:v>159</x:v>
       </x:c>
       <x:c r="U67" s="4" t="s">
-        <x:v>100</x:v>
+        <x:v>160</x:v>
       </x:c>
     </x:row>
     <x:row r="68" spans="1:21">
       <x:c r="A68" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B68" s="14" t="s">
-        <x:v>56</x:v>
+        <x:v>125</x:v>
       </x:c>
       <x:c r="C68" s="15" t="n">
-        <x:v>37859</x:v>
+        <x:v>38431</x:v>
       </x:c>
       <x:c r="D68" s="15" t="s"/>
       <x:c r="E68" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F68" s="14" t="s"/>
       <x:c r="G68" s="14" t="s">
         <x:v>115</x:v>
       </x:c>
       <x:c r="H68" s="14" t="s">
         <x:v>116</x:v>
       </x:c>
       <x:c r="I68" s="16" t="s">
         <x:v>117</x:v>
       </x:c>
       <x:c r="J68" s="14" t="s">
-        <x:v>27</x:v>
+        <x:v>45</x:v>
       </x:c>
       <x:c r="K68" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L68" s="14" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="M68" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N68" s="15" t="n">
-        <x:v>42752</x:v>
+        <x:v>42760</x:v>
       </x:c>
       <x:c r="O68" s="14" t="s">
-        <x:v>31</x:v>
+        <x:v>126</x:v>
       </x:c>
       <x:c r="P68" s="14" t="s">
         <x:v>115</x:v>
       </x:c>
       <x:c r="Q68" s="16" t="s">
         <x:v>117</x:v>
       </x:c>
       <x:c r="R68" s="14" t="s">
         <x:v>118</x:v>
       </x:c>
       <x:c r="S68" s="14" t="n">
-        <x:v>546726</x:v>
+        <x:v>602752</x:v>
       </x:c>
       <x:c r="T68" s="16" t="s">
-        <x:v>160</x:v>
+        <x:v>161</x:v>
       </x:c>
       <x:c r="U68" s="16" t="s">
-        <x:v>161</x:v>
+        <x:v>100</x:v>
       </x:c>
     </x:row>
     <x:row r="69" spans="1:21">
       <x:c r="A69" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B69" s="0" t="s">
         <x:v>125</x:v>
       </x:c>
       <x:c r="C69" s="3" t="n">
         <x:v>38431</x:v>
       </x:c>
       <x:c r="D69" s="3" t="s"/>
       <x:c r="E69" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G69" s="0" t="s">
         <x:v>115</x:v>
       </x:c>
       <x:c r="H69" s="0" t="s">
         <x:v>116</x:v>
       </x:c>
       <x:c r="I69" s="4" t="s">
         <x:v>117</x:v>
       </x:c>
@@ -6315,51 +6315,51 @@
       <x:c r="L70" s="14" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="M70" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N70" s="15" t="n">
         <x:v>42752</x:v>
       </x:c>
       <x:c r="O70" s="14" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="P70" s="14" t="s">
         <x:v>115</x:v>
       </x:c>
       <x:c r="Q70" s="16" t="s">
         <x:v>117</x:v>
       </x:c>
       <x:c r="R70" s="14" t="s">
         <x:v>118</x:v>
       </x:c>
       <x:c r="S70" s="14" t="n">
         <x:v>602762</x:v>
       </x:c>
       <x:c r="T70" s="16" t="s">
-        <x:v>159</x:v>
+        <x:v>161</x:v>
       </x:c>
       <x:c r="U70" s="16" t="s">
         <x:v>100</x:v>
       </x:c>
     </x:row>
     <x:row r="71" spans="1:21">
       <x:c r="A71" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B71" s="0" t="s">
         <x:v>101</x:v>
       </x:c>
       <x:c r="C71" s="3" t="n">
         <x:v>38871</x:v>
       </x:c>
       <x:c r="D71" s="3" t="s"/>
       <x:c r="E71" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G71" s="0" t="s">
         <x:v>115</x:v>
       </x:c>
       <x:c r="H71" s="0" t="s">
         <x:v>116</x:v>
       </x:c>
@@ -6857,51 +6857,51 @@
       <x:c r="L79" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="M79" s="0" t="s">
         <x:v>168</x:v>
       </x:c>
       <x:c r="N79" s="3" t="n">
         <x:v>42752</x:v>
       </x:c>
       <x:c r="O79" s="0" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="P79" s="0" t="s">
         <x:v>115</x:v>
       </x:c>
       <x:c r="Q79" s="4" t="s">
         <x:v>117</x:v>
       </x:c>
       <x:c r="R79" s="0" t="s">
         <x:v>118</x:v>
       </x:c>
       <x:c r="S79" s="0" t="n">
         <x:v>602763</x:v>
       </x:c>
       <x:c r="T79" s="4" t="s">
-        <x:v>159</x:v>
+        <x:v>161</x:v>
       </x:c>
       <x:c r="U79" s="4" t="s">
         <x:v>97</x:v>
       </x:c>
     </x:row>
     <x:row r="80" spans="1:21">
       <x:c r="A80" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B80" s="14" t="s">
         <x:v>112</x:v>
       </x:c>
       <x:c r="C80" s="15" t="n">
         <x:v>40287</x:v>
       </x:c>
       <x:c r="D80" s="15" t="s"/>
       <x:c r="E80" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F80" s="14" t="s"/>
       <x:c r="G80" s="14" t="s">
         <x:v>115</x:v>
       </x:c>
       <x:c r="H80" s="14" t="s">
         <x:v>116</x:v>
@@ -6918,114 +6918,114 @@
       <x:c r="L80" s="14" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="M80" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N80" s="15" t="n">
         <x:v>42710</x:v>
       </x:c>
       <x:c r="O80" s="14" t="s">
         <x:v>99</x:v>
       </x:c>
       <x:c r="P80" s="14" t="s">
         <x:v>115</x:v>
       </x:c>
       <x:c r="Q80" s="16" t="s">
         <x:v>117</x:v>
       </x:c>
       <x:c r="R80" s="14" t="s">
         <x:v>118</x:v>
       </x:c>
       <x:c r="S80" s="14" t="n">
         <x:v>602767</x:v>
       </x:c>
       <x:c r="T80" s="16" t="s">
-        <x:v>159</x:v>
+        <x:v>161</x:v>
       </x:c>
       <x:c r="U80" s="16" t="s">
         <x:v>97</x:v>
       </x:c>
     </x:row>
     <x:row r="81" spans="1:21">
       <x:c r="A81" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B81" s="0" t="s">
-        <x:v>103</x:v>
+        <x:v>114</x:v>
       </x:c>
       <x:c r="C81" s="3" t="n">
-        <x:v>38722</x:v>
+        <x:v>37910</x:v>
       </x:c>
       <x:c r="D81" s="3" t="s"/>
       <x:c r="E81" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G81" s="0" t="s">
         <x:v>115</x:v>
       </x:c>
       <x:c r="H81" s="0" t="s">
         <x:v>116</x:v>
       </x:c>
       <x:c r="I81" s="4" t="s">
         <x:v>117</x:v>
       </x:c>
       <x:c r="J81" s="0" t="s">
-        <x:v>27</x:v>
+        <x:v>45</x:v>
       </x:c>
       <x:c r="K81" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L81" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="M81" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N81" s="3" t="n">
         <x:v>42752</x:v>
       </x:c>
       <x:c r="O81" s="0" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="P81" s="0" t="s">
         <x:v>115</x:v>
       </x:c>
       <x:c r="Q81" s="4" t="s">
         <x:v>117</x:v>
       </x:c>
       <x:c r="R81" s="0" t="s">
         <x:v>118</x:v>
       </x:c>
       <x:c r="S81" s="0" t="n">
-        <x:v>547228</x:v>
+        <x:v>602751</x:v>
       </x:c>
       <x:c r="T81" s="4" t="s">
-        <x:v>57</x:v>
+        <x:v>161</x:v>
       </x:c>
       <x:c r="U81" s="4" t="s">
-        <x:v>170</x:v>
+        <x:v>113</x:v>
       </x:c>
     </x:row>
     <x:row r="82" spans="1:21">
       <x:c r="A82" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B82" s="14" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C82" s="15" t="n">
         <x:v>38430</x:v>
       </x:c>
       <x:c r="D82" s="15" t="s"/>
       <x:c r="E82" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F82" s="14" t="s"/>
       <x:c r="G82" s="14" t="s">
         <x:v>115</x:v>
       </x:c>
       <x:c r="H82" s="14" t="s">
         <x:v>116</x:v>
       </x:c>
       <x:c r="I82" s="16" t="s">
         <x:v>117</x:v>
@@ -7110,104 +7110,104 @@
       </x:c>
       <x:c r="P83" s="0" t="s">
         <x:v>115</x:v>
       </x:c>
       <x:c r="Q83" s="4" t="s">
         <x:v>117</x:v>
       </x:c>
       <x:c r="R83" s="0" t="s">
         <x:v>118</x:v>
       </x:c>
       <x:c r="S83" s="0" t="n">
         <x:v>546724</x:v>
       </x:c>
       <x:c r="T83" s="4" t="s">
         <x:v>119</x:v>
       </x:c>
       <x:c r="U83" s="4" t="s">
         <x:v>104</x:v>
       </x:c>
     </x:row>
     <x:row r="84" spans="1:21">
       <x:c r="A84" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B84" s="14" t="s">
-        <x:v>114</x:v>
+        <x:v>103</x:v>
       </x:c>
       <x:c r="C84" s="15" t="n">
-        <x:v>37910</x:v>
+        <x:v>38722</x:v>
       </x:c>
       <x:c r="D84" s="15" t="s"/>
       <x:c r="E84" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F84" s="14" t="s"/>
       <x:c r="G84" s="14" t="s">
         <x:v>115</x:v>
       </x:c>
       <x:c r="H84" s="14" t="s">
         <x:v>116</x:v>
       </x:c>
       <x:c r="I84" s="16" t="s">
         <x:v>117</x:v>
       </x:c>
       <x:c r="J84" s="14" t="s">
-        <x:v>45</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="K84" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L84" s="14" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="M84" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N84" s="15" t="n">
         <x:v>42752</x:v>
       </x:c>
       <x:c r="O84" s="14" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="P84" s="14" t="s">
         <x:v>115</x:v>
       </x:c>
       <x:c r="Q84" s="16" t="s">
         <x:v>117</x:v>
       </x:c>
       <x:c r="R84" s="14" t="s">
         <x:v>118</x:v>
       </x:c>
       <x:c r="S84" s="14" t="n">
-        <x:v>602751</x:v>
+        <x:v>547228</x:v>
       </x:c>
       <x:c r="T84" s="16" t="s">
-        <x:v>159</x:v>
+        <x:v>59</x:v>
       </x:c>
       <x:c r="U84" s="16" t="s">
-        <x:v>113</x:v>
+        <x:v>170</x:v>
       </x:c>
     </x:row>
     <x:row r="85" spans="1:21">
       <x:c r="A85" s="1" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="B85" s="0" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="C85" s="3" t="n">
         <x:v>38430</x:v>
       </x:c>
       <x:c r="D85" s="3" t="s"/>
       <x:c r="G85" s="0" t="s">
         <x:v>171</x:v>
       </x:c>
       <x:c r="H85" s="0" t="s">
         <x:v>172</x:v>
       </x:c>
       <x:c r="I85" s="4" t="s">
         <x:v>173</x:v>
       </x:c>
       <x:c r="J85" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
@@ -7273,51 +7273,51 @@
       <x:c r="K86" s="14" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="L86" s="14" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="M86" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N86" s="15" t="n">
         <x:v>42752</x:v>
       </x:c>
       <x:c r="O86" s="14" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="P86" s="14" t="s">
         <x:v>177</x:v>
       </x:c>
       <x:c r="Q86" s="16" t="s">
         <x:v>178</x:v>
       </x:c>
       <x:c r="R86" s="14" t="s">
         <x:v>179</x:v>
       </x:c>
       <x:c r="S86" s="14" t="n">
-        <x:v>623854</x:v>
+        <x:v>572735</x:v>
       </x:c>
       <x:c r="T86" s="16" t="s">
         <x:v>180</x:v>
       </x:c>
       <x:c r="U86" s="16" t="s">
         <x:v>181</x:v>
       </x:c>
     </x:row>
     <x:row r="87" spans="1:21">
       <x:c r="A87" s="1" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="B87" s="0" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="C87" s="3" t="n">
         <x:v>38430</x:v>
       </x:c>
       <x:c r="D87" s="3" t="s"/>
       <x:c r="G87" s="0" t="s">
         <x:v>171</x:v>
       </x:c>
       <x:c r="H87" s="0" t="s">
         <x:v>172</x:v>
       </x:c>
@@ -7330,51 +7330,51 @@
       <x:c r="K87" s="0" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="L87" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="M87" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N87" s="3" t="n">
         <x:v>42752</x:v>
       </x:c>
       <x:c r="O87" s="0" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="P87" s="0" t="s">
         <x:v>177</x:v>
       </x:c>
       <x:c r="Q87" s="4" t="s">
         <x:v>178</x:v>
       </x:c>
       <x:c r="R87" s="0" t="s">
         <x:v>179</x:v>
       </x:c>
       <x:c r="S87" s="0" t="n">
-        <x:v>572735</x:v>
+        <x:v>623854</x:v>
       </x:c>
       <x:c r="T87" s="4" t="s">
         <x:v>182</x:v>
       </x:c>
       <x:c r="U87" s="4" t="s">
         <x:v>183</x:v>
       </x:c>
     </x:row>
     <x:row r="88" spans="1:21">
       <x:c r="A88" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B88" s="14" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C88" s="15" t="n">
         <x:v>38430</x:v>
       </x:c>
       <x:c r="D88" s="15" t="s"/>
       <x:c r="E88" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F88" s="14" t="s"/>
       <x:c r="G88" s="14" t="s">
         <x:v>171</x:v>
@@ -8070,285 +8070,285 @@
       </x:c>
       <x:c r="P99" s="0" t="s">
         <x:v>187</x:v>
       </x:c>
       <x:c r="Q99" s="4" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="R99" s="0" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="S99" s="0" t="n">
         <x:v>520722</x:v>
       </x:c>
       <x:c r="T99" s="4" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="U99" s="4" t="s">
         <x:v>104</x:v>
       </x:c>
     </x:row>
     <x:row r="100" spans="1:21">
       <x:c r="A100" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B100" s="14" t="s">
-        <x:v>22</x:v>
+        <x:v>125</x:v>
       </x:c>
       <x:c r="C100" s="15" t="n">
-        <x:v>38430</x:v>
+        <x:v>38431</x:v>
       </x:c>
       <x:c r="D100" s="15" t="s"/>
       <x:c r="E100" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F100" s="14" t="s"/>
       <x:c r="G100" s="14" t="s">
         <x:v>171</x:v>
       </x:c>
       <x:c r="H100" s="14" t="s">
         <x:v>172</x:v>
       </x:c>
       <x:c r="I100" s="16" t="s">
         <x:v>173</x:v>
       </x:c>
       <x:c r="J100" s="14" t="s">
-        <x:v>27</x:v>
+        <x:v>45</x:v>
       </x:c>
       <x:c r="K100" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L100" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M100" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N100" s="15" t="n">
-        <x:v>42752</x:v>
+        <x:v>42760</x:v>
       </x:c>
       <x:c r="O100" s="14" t="s">
-        <x:v>31</x:v>
+        <x:v>126</x:v>
       </x:c>
       <x:c r="P100" s="14" t="s">
         <x:v>188</x:v>
       </x:c>
       <x:c r="Q100" s="16" t="s">
         <x:v>189</x:v>
       </x:c>
       <x:c r="R100" s="14" t="s">
         <x:v>190</x:v>
       </x:c>
       <x:c r="S100" s="14" t="n">
-        <x:v>604103</x:v>
+        <x:v>520707</x:v>
       </x:c>
       <x:c r="T100" s="16" t="s">
-        <x:v>96</x:v>
+        <x:v>37</x:v>
       </x:c>
       <x:c r="U100" s="16" t="s">
-        <x:v>100</x:v>
+        <x:v>104</x:v>
       </x:c>
     </x:row>
     <x:row r="101" spans="1:21">
       <x:c r="A101" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B101" s="0" t="s">
-        <x:v>125</x:v>
+        <x:v>22</x:v>
       </x:c>
       <x:c r="C101" s="3" t="n">
-        <x:v>38431</x:v>
+        <x:v>38430</x:v>
       </x:c>
       <x:c r="D101" s="3" t="s"/>
       <x:c r="E101" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G101" s="0" t="s">
         <x:v>171</x:v>
       </x:c>
       <x:c r="H101" s="0" t="s">
         <x:v>172</x:v>
       </x:c>
       <x:c r="I101" s="4" t="s">
         <x:v>173</x:v>
       </x:c>
       <x:c r="J101" s="0" t="s">
-        <x:v>45</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="K101" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L101" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M101" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N101" s="3" t="n">
-        <x:v>42760</x:v>
+        <x:v>42752</x:v>
       </x:c>
       <x:c r="O101" s="0" t="s">
-        <x:v>126</x:v>
+        <x:v>31</x:v>
       </x:c>
       <x:c r="P101" s="0" t="s">
         <x:v>188</x:v>
       </x:c>
       <x:c r="Q101" s="4" t="s">
         <x:v>189</x:v>
       </x:c>
       <x:c r="R101" s="0" t="s">
         <x:v>190</x:v>
       </x:c>
       <x:c r="S101" s="0" t="n">
-        <x:v>553317</x:v>
+        <x:v>604102</x:v>
       </x:c>
       <x:c r="T101" s="4" t="s">
-        <x:v>35</x:v>
+        <x:v>96</x:v>
       </x:c>
       <x:c r="U101" s="4" t="s">
         <x:v>97</x:v>
       </x:c>
     </x:row>
     <x:row r="102" spans="1:21">
       <x:c r="A102" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B102" s="14" t="s">
-        <x:v>22</x:v>
+        <x:v>125</x:v>
       </x:c>
       <x:c r="C102" s="15" t="n">
-        <x:v>38430</x:v>
+        <x:v>38431</x:v>
       </x:c>
       <x:c r="D102" s="15" t="s"/>
       <x:c r="E102" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F102" s="14" t="s"/>
       <x:c r="G102" s="14" t="s">
         <x:v>171</x:v>
       </x:c>
       <x:c r="H102" s="14" t="s">
         <x:v>172</x:v>
       </x:c>
       <x:c r="I102" s="16" t="s">
         <x:v>173</x:v>
       </x:c>
       <x:c r="J102" s="14" t="s">
-        <x:v>27</x:v>
+        <x:v>45</x:v>
       </x:c>
       <x:c r="K102" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L102" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M102" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N102" s="15" t="n">
-        <x:v>42752</x:v>
+        <x:v>42760</x:v>
       </x:c>
       <x:c r="O102" s="14" t="s">
-        <x:v>31</x:v>
+        <x:v>126</x:v>
       </x:c>
       <x:c r="P102" s="14" t="s">
         <x:v>188</x:v>
       </x:c>
       <x:c r="Q102" s="16" t="s">
         <x:v>189</x:v>
       </x:c>
       <x:c r="R102" s="14" t="s">
         <x:v>190</x:v>
       </x:c>
       <x:c r="S102" s="14" t="n">
-        <x:v>553337</x:v>
+        <x:v>553317</x:v>
       </x:c>
       <x:c r="T102" s="16" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="U102" s="16" t="s">
         <x:v>97</x:v>
       </x:c>
     </x:row>
     <x:row r="103" spans="1:21">
       <x:c r="A103" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B103" s="0" t="s">
-        <x:v>125</x:v>
+        <x:v>22</x:v>
       </x:c>
       <x:c r="C103" s="3" t="n">
-        <x:v>38431</x:v>
+        <x:v>38430</x:v>
       </x:c>
       <x:c r="D103" s="3" t="s"/>
       <x:c r="E103" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G103" s="0" t="s">
         <x:v>171</x:v>
       </x:c>
       <x:c r="H103" s="0" t="s">
         <x:v>172</x:v>
       </x:c>
       <x:c r="I103" s="4" t="s">
         <x:v>173</x:v>
       </x:c>
       <x:c r="J103" s="0" t="s">
-        <x:v>45</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="K103" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L103" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M103" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N103" s="3" t="n">
-        <x:v>42760</x:v>
+        <x:v>42752</x:v>
       </x:c>
       <x:c r="O103" s="0" t="s">
-        <x:v>126</x:v>
+        <x:v>31</x:v>
       </x:c>
       <x:c r="P103" s="0" t="s">
         <x:v>188</x:v>
       </x:c>
       <x:c r="Q103" s="4" t="s">
         <x:v>189</x:v>
       </x:c>
       <x:c r="R103" s="0" t="s">
         <x:v>190</x:v>
       </x:c>
       <x:c r="S103" s="0" t="n">
-        <x:v>520707</x:v>
+        <x:v>553337</x:v>
       </x:c>
       <x:c r="T103" s="4" t="s">
-        <x:v>37</x:v>
+        <x:v>35</x:v>
       </x:c>
       <x:c r="U103" s="4" t="s">
-        <x:v>104</x:v>
+        <x:v>97</x:v>
       </x:c>
     </x:row>
     <x:row r="104" spans="1:21">
       <x:c r="A104" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B104" s="14" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C104" s="15" t="n">
         <x:v>38430</x:v>
       </x:c>
       <x:c r="D104" s="15" t="s"/>
       <x:c r="E104" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F104" s="14" t="s"/>
       <x:c r="G104" s="14" t="s">
         <x:v>171</x:v>
       </x:c>
       <x:c r="H104" s="14" t="s">
         <x:v>172</x:v>
       </x:c>
       <x:c r="I104" s="16" t="s">
         <x:v>173</x:v>
@@ -8359,57 +8359,57 @@
       <x:c r="K104" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L104" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M104" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N104" s="15" t="n">
         <x:v>42752</x:v>
       </x:c>
       <x:c r="O104" s="14" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="P104" s="14" t="s">
         <x:v>188</x:v>
       </x:c>
       <x:c r="Q104" s="16" t="s">
         <x:v>189</x:v>
       </x:c>
       <x:c r="R104" s="14" t="s">
         <x:v>190</x:v>
       </x:c>
       <x:c r="S104" s="14" t="n">
-        <x:v>604102</x:v>
+        <x:v>604103</x:v>
       </x:c>
       <x:c r="T104" s="16" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="U104" s="16" t="s">
-        <x:v>97</x:v>
+        <x:v>100</x:v>
       </x:c>
     </x:row>
     <x:row r="105" spans="1:21">
       <x:c r="A105" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B105" s="0" t="s">
         <x:v>120</x:v>
       </x:c>
       <x:c r="C105" s="3" t="n">
         <x:v>37380</x:v>
       </x:c>
       <x:c r="D105" s="3" t="s"/>
       <x:c r="E105" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G105" s="0" t="s">
         <x:v>171</x:v>
       </x:c>
       <x:c r="H105" s="0" t="s">
         <x:v>172</x:v>
       </x:c>
       <x:c r="I105" s="4" t="s">
         <x:v>173</x:v>
       </x:c>
@@ -8601,54 +8601,54 @@
       <x:c r="K108" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L108" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M108" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N108" s="15" t="n">
         <x:v>42752</x:v>
       </x:c>
       <x:c r="O108" s="14" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="P108" s="14" t="s">
         <x:v>188</x:v>
       </x:c>
       <x:c r="Q108" s="16" t="s">
         <x:v>189</x:v>
       </x:c>
       <x:c r="R108" s="14" t="s">
         <x:v>190</x:v>
       </x:c>
       <x:c r="S108" s="14" t="n">
-        <x:v>553338</x:v>
+        <x:v>501817</x:v>
       </x:c>
       <x:c r="T108" s="16" t="s">
-        <x:v>35</x:v>
+        <x:v>37</x:v>
       </x:c>
       <x:c r="U108" s="16" t="s">
         <x:v>104</x:v>
       </x:c>
     </x:row>
     <x:row r="109" spans="1:21">
       <x:c r="A109" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B109" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C109" s="3" t="n">
         <x:v>38430</x:v>
       </x:c>
       <x:c r="D109" s="3" t="s"/>
       <x:c r="E109" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G109" s="0" t="s">
         <x:v>171</x:v>
       </x:c>
       <x:c r="H109" s="0" t="s">
         <x:v>172</x:v>
       </x:c>
@@ -8661,54 +8661,54 @@
       <x:c r="K109" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L109" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M109" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N109" s="3" t="n">
         <x:v>42752</x:v>
       </x:c>
       <x:c r="O109" s="0" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="P109" s="0" t="s">
         <x:v>188</x:v>
       </x:c>
       <x:c r="Q109" s="4" t="s">
         <x:v>189</x:v>
       </x:c>
       <x:c r="R109" s="0" t="s">
         <x:v>190</x:v>
       </x:c>
       <x:c r="S109" s="0" t="n">
-        <x:v>501817</x:v>
+        <x:v>553338</x:v>
       </x:c>
       <x:c r="T109" s="4" t="s">
-        <x:v>37</x:v>
+        <x:v>35</x:v>
       </x:c>
       <x:c r="U109" s="4" t="s">
         <x:v>104</x:v>
       </x:c>
     </x:row>
     <x:row r="110" spans="1:21">
       <x:c r="A110" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B110" s="14" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C110" s="15" t="n">
         <x:v>38430</x:v>
       </x:c>
       <x:c r="D110" s="15" t="s"/>
       <x:c r="E110" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F110" s="14" t="s"/>
       <x:c r="G110" s="14" t="s">
         <x:v>171</x:v>
       </x:c>
       <x:c r="H110" s="14" t="s">
         <x:v>172</x:v>
@@ -8796,104 +8796,104 @@
       </x:c>
       <x:c r="P111" s="0" t="s">
         <x:v>191</x:v>
       </x:c>
       <x:c r="Q111" s="4" t="s">
         <x:v>192</x:v>
       </x:c>
       <x:c r="R111" s="0" t="s">
         <x:v>175</x:v>
       </x:c>
       <x:c r="S111" s="0" t="n">
         <x:v>604806</x:v>
       </x:c>
       <x:c r="T111" s="4" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="U111" s="4" t="s">
         <x:v>100</x:v>
       </x:c>
     </x:row>
     <x:row r="112" spans="1:21">
       <x:c r="A112" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B112" s="14" t="s">
-        <x:v>125</x:v>
+        <x:v>22</x:v>
       </x:c>
       <x:c r="C112" s="15" t="n">
-        <x:v>38431</x:v>
+        <x:v>38430</x:v>
       </x:c>
       <x:c r="D112" s="15" t="s"/>
       <x:c r="E112" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F112" s="14" t="s"/>
       <x:c r="G112" s="14" t="s">
         <x:v>171</x:v>
       </x:c>
       <x:c r="H112" s="14" t="s">
         <x:v>172</x:v>
       </x:c>
       <x:c r="I112" s="16" t="s">
         <x:v>173</x:v>
       </x:c>
       <x:c r="J112" s="14" t="s">
-        <x:v>45</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="K112" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L112" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M112" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N112" s="15" t="n">
-        <x:v>42760</x:v>
+        <x:v>42752</x:v>
       </x:c>
       <x:c r="O112" s="14" t="s">
-        <x:v>126</x:v>
+        <x:v>31</x:v>
       </x:c>
       <x:c r="P112" s="14" t="s">
         <x:v>191</x:v>
       </x:c>
       <x:c r="Q112" s="16" t="s">
         <x:v>192</x:v>
       </x:c>
       <x:c r="R112" s="14" t="s">
         <x:v>175</x:v>
       </x:c>
       <x:c r="S112" s="14" t="n">
-        <x:v>604788</x:v>
+        <x:v>501704</x:v>
       </x:c>
       <x:c r="T112" s="16" t="s">
-        <x:v>96</x:v>
+        <x:v>37</x:v>
       </x:c>
       <x:c r="U112" s="16" t="s">
-        <x:v>100</x:v>
+        <x:v>104</x:v>
       </x:c>
     </x:row>
     <x:row r="113" spans="1:21">
       <x:c r="A113" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B113" s="0" t="s">
         <x:v>125</x:v>
       </x:c>
       <x:c r="C113" s="3" t="n">
         <x:v>38431</x:v>
       </x:c>
       <x:c r="D113" s="3" t="s"/>
       <x:c r="E113" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G113" s="0" t="s">
         <x:v>171</x:v>
       </x:c>
       <x:c r="H113" s="0" t="s">
         <x:v>172</x:v>
       </x:c>
       <x:c r="I113" s="4" t="s">
         <x:v>173</x:v>
       </x:c>
@@ -8903,57 +8903,57 @@
       <x:c r="K113" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L113" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M113" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N113" s="3" t="n">
         <x:v>42760</x:v>
       </x:c>
       <x:c r="O113" s="0" t="s">
         <x:v>126</x:v>
       </x:c>
       <x:c r="P113" s="0" t="s">
         <x:v>191</x:v>
       </x:c>
       <x:c r="Q113" s="4" t="s">
         <x:v>192</x:v>
       </x:c>
       <x:c r="R113" s="0" t="s">
         <x:v>175</x:v>
       </x:c>
       <x:c r="S113" s="0" t="n">
-        <x:v>520712</x:v>
+        <x:v>604788</x:v>
       </x:c>
       <x:c r="T113" s="4" t="s">
-        <x:v>37</x:v>
+        <x:v>96</x:v>
       </x:c>
       <x:c r="U113" s="4" t="s">
-        <x:v>104</x:v>
+        <x:v>100</x:v>
       </x:c>
     </x:row>
     <x:row r="114" spans="1:21">
       <x:c r="A114" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B114" s="14" t="s">
         <x:v>125</x:v>
       </x:c>
       <x:c r="C114" s="15" t="n">
         <x:v>38431</x:v>
       </x:c>
       <x:c r="D114" s="15" t="s"/>
       <x:c r="E114" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F114" s="14" t="s"/>
       <x:c r="G114" s="14" t="s">
         <x:v>171</x:v>
       </x:c>
       <x:c r="H114" s="14" t="s">
         <x:v>172</x:v>
       </x:c>
       <x:c r="I114" s="16" t="s">
         <x:v>173</x:v>
@@ -8964,117 +8964,117 @@
       <x:c r="K114" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L114" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M114" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N114" s="15" t="n">
         <x:v>42760</x:v>
       </x:c>
       <x:c r="O114" s="14" t="s">
         <x:v>126</x:v>
       </x:c>
       <x:c r="P114" s="14" t="s">
         <x:v>191</x:v>
       </x:c>
       <x:c r="Q114" s="16" t="s">
         <x:v>192</x:v>
       </x:c>
       <x:c r="R114" s="14" t="s">
         <x:v>175</x:v>
       </x:c>
       <x:c r="S114" s="14" t="n">
-        <x:v>553240</x:v>
+        <x:v>520712</x:v>
       </x:c>
       <x:c r="T114" s="16" t="s">
-        <x:v>35</x:v>
+        <x:v>37</x:v>
       </x:c>
       <x:c r="U114" s="16" t="s">
-        <x:v>97</x:v>
+        <x:v>104</x:v>
       </x:c>
     </x:row>
     <x:row r="115" spans="1:21">
       <x:c r="A115" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B115" s="0" t="s">
-        <x:v>22</x:v>
+        <x:v>125</x:v>
       </x:c>
       <x:c r="C115" s="3" t="n">
-        <x:v>38430</x:v>
+        <x:v>38431</x:v>
       </x:c>
       <x:c r="D115" s="3" t="s"/>
       <x:c r="E115" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G115" s="0" t="s">
         <x:v>171</x:v>
       </x:c>
       <x:c r="H115" s="0" t="s">
         <x:v>172</x:v>
       </x:c>
       <x:c r="I115" s="4" t="s">
         <x:v>173</x:v>
       </x:c>
       <x:c r="J115" s="0" t="s">
-        <x:v>27</x:v>
+        <x:v>45</x:v>
       </x:c>
       <x:c r="K115" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L115" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M115" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N115" s="3" t="n">
-        <x:v>42752</x:v>
+        <x:v>42760</x:v>
       </x:c>
       <x:c r="O115" s="0" t="s">
-        <x:v>31</x:v>
+        <x:v>126</x:v>
       </x:c>
       <x:c r="P115" s="0" t="s">
         <x:v>191</x:v>
       </x:c>
       <x:c r="Q115" s="4" t="s">
         <x:v>192</x:v>
       </x:c>
       <x:c r="R115" s="0" t="s">
         <x:v>175</x:v>
       </x:c>
       <x:c r="S115" s="0" t="n">
-        <x:v>501704</x:v>
+        <x:v>553240</x:v>
       </x:c>
       <x:c r="T115" s="4" t="s">
-        <x:v>37</x:v>
+        <x:v>35</x:v>
       </x:c>
       <x:c r="U115" s="4" t="s">
-        <x:v>104</x:v>
+        <x:v>97</x:v>
       </x:c>
     </x:row>
     <x:row r="116" spans="1:21">
       <x:c r="A116" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B116" s="14" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C116" s="15" t="n">
         <x:v>38430</x:v>
       </x:c>
       <x:c r="D116" s="15" t="s"/>
       <x:c r="E116" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F116" s="14" t="s"/>
       <x:c r="G116" s="14" t="s">
         <x:v>171</x:v>
       </x:c>
       <x:c r="H116" s="14" t="s">
         <x:v>172</x:v>
       </x:c>
       <x:c r="I116" s="16" t="s">
         <x:v>173</x:v>
@@ -9248,133 +9248,133 @@
         <x:v>38430</x:v>
       </x:c>
       <x:c r="D119" s="3" t="s"/>
       <x:c r="E119" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G119" s="0" t="s">
         <x:v>171</x:v>
       </x:c>
       <x:c r="H119" s="0" t="s">
         <x:v>172</x:v>
       </x:c>
       <x:c r="I119" s="4" t="s">
         <x:v>173</x:v>
       </x:c>
       <x:c r="J119" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K119" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L119" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M119" s="0" t="s">
-        <x:v>30</x:v>
+        <x:v>168</x:v>
       </x:c>
       <x:c r="N119" s="3" t="n">
         <x:v>42752</x:v>
       </x:c>
       <x:c r="O119" s="0" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="P119" s="0" t="s">
         <x:v>193</x:v>
       </x:c>
       <x:c r="Q119" s="4" t="s">
         <x:v>178</x:v>
       </x:c>
       <x:c r="R119" s="0" t="s">
         <x:v>179</x:v>
       </x:c>
       <x:c r="S119" s="0" t="n">
-        <x:v>553690</x:v>
+        <x:v>604907</x:v>
       </x:c>
       <x:c r="T119" s="4" t="s">
-        <x:v>35</x:v>
+        <x:v>96</x:v>
       </x:c>
       <x:c r="U119" s="4" t="s">
         <x:v>97</x:v>
       </x:c>
     </x:row>
     <x:row r="120" spans="1:21">
       <x:c r="A120" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B120" s="14" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C120" s="15" t="n">
         <x:v>38430</x:v>
       </x:c>
       <x:c r="D120" s="15" t="s"/>
       <x:c r="E120" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F120" s="14" t="s"/>
       <x:c r="G120" s="14" t="s">
         <x:v>171</x:v>
       </x:c>
       <x:c r="H120" s="14" t="s">
         <x:v>172</x:v>
       </x:c>
       <x:c r="I120" s="16" t="s">
         <x:v>173</x:v>
       </x:c>
       <x:c r="J120" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K120" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L120" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M120" s="14" t="s">
-        <x:v>168</x:v>
+        <x:v>30</x:v>
       </x:c>
       <x:c r="N120" s="15" t="n">
         <x:v>42752</x:v>
       </x:c>
       <x:c r="O120" s="14" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="P120" s="14" t="s">
         <x:v>193</x:v>
       </x:c>
       <x:c r="Q120" s="16" t="s">
         <x:v>178</x:v>
       </x:c>
       <x:c r="R120" s="14" t="s">
         <x:v>179</x:v>
       </x:c>
       <x:c r="S120" s="14" t="n">
-        <x:v>604907</x:v>
+        <x:v>553690</x:v>
       </x:c>
       <x:c r="T120" s="16" t="s">
-        <x:v>96</x:v>
+        <x:v>35</x:v>
       </x:c>
       <x:c r="U120" s="16" t="s">
         <x:v>97</x:v>
       </x:c>
     </x:row>
     <x:row r="121" spans="1:21">
       <x:c r="A121" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B121" s="0" t="s">
         <x:v>125</x:v>
       </x:c>
       <x:c r="C121" s="3" t="n">
         <x:v>38431</x:v>
       </x:c>
       <x:c r="D121" s="3" t="s"/>
       <x:c r="E121" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G121" s="0" t="s">
         <x:v>171</x:v>
       </x:c>
       <x:c r="H121" s="0" t="s">
         <x:v>172</x:v>
       </x:c>
@@ -9387,57 +9387,57 @@
       <x:c r="K121" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L121" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M121" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N121" s="3" t="n">
         <x:v>42760</x:v>
       </x:c>
       <x:c r="O121" s="0" t="s">
         <x:v>126</x:v>
       </x:c>
       <x:c r="P121" s="0" t="s">
         <x:v>193</x:v>
       </x:c>
       <x:c r="Q121" s="4" t="s">
         <x:v>178</x:v>
       </x:c>
       <x:c r="R121" s="0" t="s">
         <x:v>179</x:v>
       </x:c>
       <x:c r="S121" s="0" t="n">
-        <x:v>520717</x:v>
+        <x:v>604840</x:v>
       </x:c>
       <x:c r="T121" s="4" t="s">
-        <x:v>37</x:v>
+        <x:v>96</x:v>
       </x:c>
       <x:c r="U121" s="4" t="s">
-        <x:v>104</x:v>
+        <x:v>100</x:v>
       </x:c>
     </x:row>
     <x:row r="122" spans="1:21">
       <x:c r="A122" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B122" s="14" t="s">
         <x:v>125</x:v>
       </x:c>
       <x:c r="C122" s="15" t="n">
         <x:v>38431</x:v>
       </x:c>
       <x:c r="D122" s="15" t="s"/>
       <x:c r="E122" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F122" s="14" t="s"/>
       <x:c r="G122" s="14" t="s">
         <x:v>171</x:v>
       </x:c>
       <x:c r="H122" s="14" t="s">
         <x:v>172</x:v>
       </x:c>
       <x:c r="I122" s="16" t="s">
         <x:v>173</x:v>
@@ -9448,57 +9448,57 @@
       <x:c r="K122" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L122" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M122" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N122" s="15" t="n">
         <x:v>42760</x:v>
       </x:c>
       <x:c r="O122" s="14" t="s">
         <x:v>126</x:v>
       </x:c>
       <x:c r="P122" s="14" t="s">
         <x:v>193</x:v>
       </x:c>
       <x:c r="Q122" s="16" t="s">
         <x:v>178</x:v>
       </x:c>
       <x:c r="R122" s="14" t="s">
         <x:v>179</x:v>
       </x:c>
       <x:c r="S122" s="14" t="n">
-        <x:v>604840</x:v>
+        <x:v>553674</x:v>
       </x:c>
       <x:c r="T122" s="16" t="s">
-        <x:v>96</x:v>
+        <x:v>35</x:v>
       </x:c>
       <x:c r="U122" s="16" t="s">
-        <x:v>100</x:v>
+        <x:v>97</x:v>
       </x:c>
     </x:row>
     <x:row r="123" spans="1:21">
       <x:c r="A123" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B123" s="0" t="s">
         <x:v>125</x:v>
       </x:c>
       <x:c r="C123" s="3" t="n">
         <x:v>38431</x:v>
       </x:c>
       <x:c r="D123" s="3" t="s"/>
       <x:c r="E123" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G123" s="0" t="s">
         <x:v>171</x:v>
       </x:c>
       <x:c r="H123" s="0" t="s">
         <x:v>172</x:v>
       </x:c>
       <x:c r="I123" s="4" t="s">
         <x:v>173</x:v>
       </x:c>
@@ -9508,57 +9508,57 @@
       <x:c r="K123" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L123" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M123" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N123" s="3" t="n">
         <x:v>42760</x:v>
       </x:c>
       <x:c r="O123" s="0" t="s">
         <x:v>126</x:v>
       </x:c>
       <x:c r="P123" s="0" t="s">
         <x:v>193</x:v>
       </x:c>
       <x:c r="Q123" s="4" t="s">
         <x:v>178</x:v>
       </x:c>
       <x:c r="R123" s="0" t="s">
         <x:v>179</x:v>
       </x:c>
       <x:c r="S123" s="0" t="n">
-        <x:v>553674</x:v>
+        <x:v>520717</x:v>
       </x:c>
       <x:c r="T123" s="4" t="s">
-        <x:v>35</x:v>
+        <x:v>37</x:v>
       </x:c>
       <x:c r="U123" s="4" t="s">
-        <x:v>97</x:v>
+        <x:v>104</x:v>
       </x:c>
     </x:row>
     <x:row r="124" spans="1:21">
       <x:c r="A124" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B124" s="14" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C124" s="15" t="n">
         <x:v>38430</x:v>
       </x:c>
       <x:c r="D124" s="15" t="s"/>
       <x:c r="E124" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F124" s="14" t="s"/>
       <x:c r="G124" s="14" t="s">
         <x:v>171</x:v>
       </x:c>
       <x:c r="H124" s="14" t="s">
         <x:v>172</x:v>
       </x:c>
       <x:c r="I124" s="16" t="s">
         <x:v>173</x:v>
@@ -9885,161 +9885,161 @@
       </x:c>
       <x:c r="P129" s="0" t="s">
         <x:v>194</x:v>
       </x:c>
       <x:c r="Q129" s="4" t="s">
         <x:v>196</x:v>
       </x:c>
       <x:c r="R129" s="0" t="s">
         <x:v>197</x:v>
       </x:c>
       <x:c r="S129" s="0" t="n">
         <x:v>570589</x:v>
       </x:c>
       <x:c r="T129" s="4" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="U129" s="4" t="s">
         <x:v>104</x:v>
       </x:c>
     </x:row>
     <x:row r="130" spans="1:21">
       <x:c r="A130" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B130" s="14" t="s">
-        <x:v>59</x:v>
+        <x:v>114</x:v>
       </x:c>
       <x:c r="C130" s="15" t="n">
-        <x:v>37867</x:v>
+        <x:v>37910</x:v>
       </x:c>
       <x:c r="D130" s="15" t="s"/>
       <x:c r="E130" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F130" s="14" t="s"/>
       <x:c r="G130" s="14" t="s">
         <x:v>194</x:v>
       </x:c>
       <x:c r="H130" s="14" t="s">
         <x:v>195</x:v>
       </x:c>
       <x:c r="I130" s="16" t="s">
         <x:v>196</x:v>
       </x:c>
       <x:c r="J130" s="14" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="K130" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L130" s="14" t="s">
-        <x:v>47</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="M130" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N130" s="15" t="n">
-        <x:v>42746</x:v>
+        <x:v>42752</x:v>
       </x:c>
       <x:c r="O130" s="14" t="s">
-        <x:v>48</x:v>
+        <x:v>31</x:v>
       </x:c>
       <x:c r="P130" s="14" t="s">
         <x:v>194</x:v>
       </x:c>
       <x:c r="Q130" s="16" t="s">
         <x:v>196</x:v>
       </x:c>
       <x:c r="R130" s="14" t="s">
         <x:v>197</x:v>
       </x:c>
       <x:c r="S130" s="14" t="n">
-        <x:v>570591</x:v>
+        <x:v>570569</x:v>
       </x:c>
       <x:c r="T130" s="16" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="U130" s="16" t="s">
-        <x:v>104</x:v>
+        <x:v>97</x:v>
       </x:c>
     </x:row>
     <x:row r="131" spans="1:21">
       <x:c r="A131" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B131" s="0" t="s">
-        <x:v>114</x:v>
+        <x:v>61</x:v>
       </x:c>
       <x:c r="C131" s="3" t="n">
-        <x:v>37910</x:v>
+        <x:v>37867</x:v>
       </x:c>
       <x:c r="D131" s="3" t="s"/>
       <x:c r="E131" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G131" s="0" t="s">
         <x:v>194</x:v>
       </x:c>
       <x:c r="H131" s="0" t="s">
         <x:v>195</x:v>
       </x:c>
       <x:c r="I131" s="4" t="s">
         <x:v>196</x:v>
       </x:c>
       <x:c r="J131" s="0" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="K131" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L131" s="0" t="s">
-        <x:v>29</x:v>
+        <x:v>47</x:v>
       </x:c>
       <x:c r="M131" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N131" s="3" t="n">
-        <x:v>42752</x:v>
+        <x:v>42746</x:v>
       </x:c>
       <x:c r="O131" s="0" t="s">
-        <x:v>31</x:v>
+        <x:v>48</x:v>
       </x:c>
       <x:c r="P131" s="0" t="s">
         <x:v>194</x:v>
       </x:c>
       <x:c r="Q131" s="4" t="s">
         <x:v>196</x:v>
       </x:c>
       <x:c r="R131" s="0" t="s">
         <x:v>197</x:v>
       </x:c>
       <x:c r="S131" s="0" t="n">
-        <x:v>500418</x:v>
+        <x:v>570591</x:v>
       </x:c>
       <x:c r="T131" s="4" t="s">
-        <x:v>37</x:v>
+        <x:v>35</x:v>
       </x:c>
       <x:c r="U131" s="4" t="s">
         <x:v>104</x:v>
       </x:c>
     </x:row>
     <x:row r="132" spans="1:21">
       <x:c r="A132" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B132" s="14" t="s">
         <x:v>114</x:v>
       </x:c>
       <x:c r="C132" s="15" t="n">
         <x:v>37910</x:v>
       </x:c>
       <x:c r="D132" s="15" t="s"/>
       <x:c r="E132" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F132" s="14" t="s"/>
       <x:c r="G132" s="14" t="s">
         <x:v>194</x:v>
       </x:c>
       <x:c r="H132" s="14" t="s">
         <x:v>195</x:v>
@@ -10053,57 +10053,57 @@
       <x:c r="K132" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L132" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M132" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N132" s="15" t="n">
         <x:v>42752</x:v>
       </x:c>
       <x:c r="O132" s="14" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="P132" s="14" t="s">
         <x:v>194</x:v>
       </x:c>
       <x:c r="Q132" s="16" t="s">
         <x:v>196</x:v>
       </x:c>
       <x:c r="R132" s="14" t="s">
         <x:v>197</x:v>
       </x:c>
       <x:c r="S132" s="14" t="n">
-        <x:v>570569</x:v>
+        <x:v>500418</x:v>
       </x:c>
       <x:c r="T132" s="16" t="s">
-        <x:v>35</x:v>
+        <x:v>37</x:v>
       </x:c>
       <x:c r="U132" s="16" t="s">
-        <x:v>97</x:v>
+        <x:v>104</x:v>
       </x:c>
     </x:row>
     <x:row r="133" spans="1:21">
       <x:c r="A133" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B133" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C133" s="3" t="n">
         <x:v>38430</x:v>
       </x:c>
       <x:c r="D133" s="3" t="s"/>
       <x:c r="E133" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G133" s="0" t="s">
         <x:v>194</x:v>
       </x:c>
       <x:c r="H133" s="0" t="s">
         <x:v>195</x:v>
       </x:c>
       <x:c r="I133" s="4" t="s">
         <x:v>196</x:v>
       </x:c>
@@ -10294,51 +10294,51 @@
       <x:c r="M136" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N136" s="15" t="n">
         <x:v>42752</x:v>
       </x:c>
       <x:c r="O136" s="14" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="P136" s="14" t="s">
         <x:v>199</x:v>
       </x:c>
       <x:c r="Q136" s="16" t="s">
         <x:v>201</x:v>
       </x:c>
       <x:c r="R136" s="14" t="s">
         <x:v>202</x:v>
       </x:c>
       <x:c r="S136" s="14" t="n">
         <x:v>613856</x:v>
       </x:c>
       <x:c r="T136" s="16" t="s">
         <x:v>208</x:v>
       </x:c>
       <x:c r="U136" s="16" t="s">
-        <x:v>181</x:v>
+        <x:v>183</x:v>
       </x:c>
     </x:row>
     <x:row r="137" spans="1:21">
       <x:c r="A137" s="1" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="B137" s="0" t="s">
         <x:v>209</x:v>
       </x:c>
       <x:c r="C137" s="3" t="s"/>
       <x:c r="D137" s="3" t="s"/>
       <x:c r="G137" s="0" t="s">
         <x:v>210</x:v>
       </x:c>
       <x:c r="I137" s="4" t="s">
         <x:v>211</x:v>
       </x:c>
       <x:c r="K137" s="0" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="L137" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M137" s="0" t="s">
         <x:v>30</x:v>
@@ -11890,51 +11890,51 @@
       <x:c r="L164" s="14" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="M164" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N164" s="15" t="n">
         <x:v>43440</x:v>
       </x:c>
       <x:c r="O164" s="14" t="s">
         <x:v>252</x:v>
       </x:c>
       <x:c r="P164" s="14" t="s">
         <x:v>251</x:v>
       </x:c>
       <x:c r="Q164" s="16" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="R164" s="14" t="s">
         <x:v>141</x:v>
       </x:c>
       <x:c r="S164" s="14" t="n">
         <x:v>598078</x:v>
       </x:c>
       <x:c r="T164" s="16" t="s">
-        <x:v>62</x:v>
+        <x:v>57</x:v>
       </x:c>
       <x:c r="U164" s="16" t="s">
         <x:v>84</x:v>
       </x:c>
     </x:row>
     <x:row r="165" spans="1:21">
       <x:c r="A165" s="1" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="B165" s="0" t="s">
         <x:v>250</x:v>
       </x:c>
       <x:c r="C165" s="3" t="s"/>
       <x:c r="D165" s="3" t="s"/>
       <x:c r="G165" s="0" t="s">
         <x:v>251</x:v>
       </x:c>
       <x:c r="I165" s="4" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="K165" s="0" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="L165" s="0" t="s">
         <x:v>47</x:v>
@@ -11950,51 +11950,51 @@
       </x:c>
       <x:c r="P165" s="0" t="s">
         <x:v>251</x:v>
       </x:c>
       <x:c r="Q165" s="4" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="R165" s="0" t="s">
         <x:v>141</x:v>
       </x:c>
       <x:c r="S165" s="0" t="n">
         <x:v>598079</x:v>
       </x:c>
       <x:c r="T165" s="4" t="s">
         <x:v>253</x:v>
       </x:c>
       <x:c r="U165" s="4" t="s">
         <x:v>254</x:v>
       </x:c>
     </x:row>
     <x:row r="166" spans="1:21">
       <x:c r="A166" s="13" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="B166" s="14" t="s">
-        <x:v>150</x:v>
+        <x:v>143</x:v>
       </x:c>
       <x:c r="C166" s="15" t="n">
         <x:v>37553</x:v>
       </x:c>
       <x:c r="D166" s="15" t="s"/>
       <x:c r="E166" s="14" t="s"/>
       <x:c r="F166" s="14" t="s"/>
       <x:c r="G166" s="14" t="s">
         <x:v>255</x:v>
       </x:c>
       <x:c r="H166" s="14" t="s"/>
       <x:c r="I166" s="16" t="s">
         <x:v>247</x:v>
       </x:c>
       <x:c r="J166" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K166" s="14" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="L166" s="14" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="M166" s="14" t="s">
         <x:v>30</x:v>
@@ -12181,51 +12181,51 @@
       </x:c>
       <x:c r="P169" s="0" t="s">
         <x:v>258</x:v>
       </x:c>
       <x:c r="Q169" s="4" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="R169" s="0" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="S169" s="0" t="n">
         <x:v>582126</x:v>
       </x:c>
       <x:c r="T169" s="4" t="s">
         <x:v>111</x:v>
       </x:c>
       <x:c r="U169" s="4" t="s">
         <x:v>262</x:v>
       </x:c>
     </x:row>
     <x:row r="170" spans="1:21">
       <x:c r="A170" s="13" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="B170" s="14" t="s">
-        <x:v>150</x:v>
+        <x:v>143</x:v>
       </x:c>
       <x:c r="C170" s="15" t="n">
         <x:v>38430</x:v>
       </x:c>
       <x:c r="D170" s="15" t="s"/>
       <x:c r="E170" s="14" t="s"/>
       <x:c r="F170" s="14" t="s"/>
       <x:c r="G170" s="14" t="s">
         <x:v>258</x:v>
       </x:c>
       <x:c r="H170" s="14" t="s"/>
       <x:c r="I170" s="16" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="J170" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K170" s="14" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="L170" s="14" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="M170" s="14" t="s">
         <x:v>30</x:v>
@@ -12292,51 +12292,51 @@
       </x:c>
       <x:c r="P171" s="0" t="s">
         <x:v>258</x:v>
       </x:c>
       <x:c r="Q171" s="4" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="R171" s="0" t="s">
         <x:v>259</x:v>
       </x:c>
       <x:c r="S171" s="0" t="n">
         <x:v>581333</x:v>
       </x:c>
       <x:c r="T171" s="4" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="U171" s="4" t="s">
         <x:v>104</x:v>
       </x:c>
     </x:row>
     <x:row r="172" spans="1:21">
       <x:c r="A172" s="13" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="B172" s="14" t="s">
-        <x:v>150</x:v>
+        <x:v>143</x:v>
       </x:c>
       <x:c r="C172" s="15" t="n">
         <x:v>38430</x:v>
       </x:c>
       <x:c r="D172" s="15" t="s"/>
       <x:c r="E172" s="14" t="s"/>
       <x:c r="F172" s="14" t="s"/>
       <x:c r="G172" s="14" t="s">
         <x:v>258</x:v>
       </x:c>
       <x:c r="H172" s="14" t="s"/>
       <x:c r="I172" s="16" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="J172" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K172" s="14" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="L172" s="14" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="M172" s="14" t="s">
         <x:v>30</x:v>
@@ -12349,51 +12349,51 @@
       </x:c>
       <x:c r="P172" s="14" t="s">
         <x:v>258</x:v>
       </x:c>
       <x:c r="Q172" s="16" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="R172" s="14" t="s">
         <x:v>259</x:v>
       </x:c>
       <x:c r="S172" s="14" t="n">
         <x:v>540915</x:v>
       </x:c>
       <x:c r="T172" s="16" t="s">
         <x:v>236</x:v>
       </x:c>
       <x:c r="U172" s="16" t="s">
         <x:v>104</x:v>
       </x:c>
     </x:row>
     <x:row r="173" spans="1:21">
       <x:c r="A173" s="1" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="B173" s="0" t="s">
-        <x:v>150</x:v>
+        <x:v>143</x:v>
       </x:c>
       <x:c r="C173" s="3" t="n">
         <x:v>37553</x:v>
       </x:c>
       <x:c r="D173" s="3" t="s"/>
       <x:c r="G173" s="0" t="s">
         <x:v>258</x:v>
       </x:c>
       <x:c r="I173" s="4" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="J173" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K173" s="0" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="L173" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="M173" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N173" s="3" t="n">
         <x:v>42752</x:v>
@@ -12460,51 +12460,51 @@
       </x:c>
       <x:c r="P174" s="14" t="s">
         <x:v>258</x:v>
       </x:c>
       <x:c r="Q174" s="16" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="R174" s="14" t="s">
         <x:v>259</x:v>
       </x:c>
       <x:c r="S174" s="14" t="n">
         <x:v>515474</x:v>
       </x:c>
       <x:c r="T174" s="16" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="U174" s="16" t="s">
         <x:v>104</x:v>
       </x:c>
     </x:row>
     <x:row r="175" spans="1:21">
       <x:c r="A175" s="1" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="B175" s="0" t="s">
-        <x:v>150</x:v>
+        <x:v>143</x:v>
       </x:c>
       <x:c r="C175" s="3" t="n">
         <x:v>38430</x:v>
       </x:c>
       <x:c r="D175" s="3" t="s"/>
       <x:c r="G175" s="0" t="s">
         <x:v>258</x:v>
       </x:c>
       <x:c r="I175" s="4" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="J175" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K175" s="0" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="L175" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="M175" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N175" s="3" t="n">
         <x:v>42752</x:v>
@@ -12571,51 +12571,51 @@
       </x:c>
       <x:c r="P176" s="14" t="s">
         <x:v>258</x:v>
       </x:c>
       <x:c r="Q176" s="16" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="R176" s="14" t="s">
         <x:v>263</x:v>
       </x:c>
       <x:c r="S176" s="14" t="n">
         <x:v>493614</x:v>
       </x:c>
       <x:c r="T176" s="16" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="U176" s="16" t="s">
         <x:v>100</x:v>
       </x:c>
     </x:row>
     <x:row r="177" spans="1:21">
       <x:c r="A177" s="1" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="B177" s="0" t="s">
-        <x:v>150</x:v>
+        <x:v>143</x:v>
       </x:c>
       <x:c r="C177" s="3" t="n">
         <x:v>38430</x:v>
       </x:c>
       <x:c r="D177" s="3" t="s"/>
       <x:c r="G177" s="0" t="s">
         <x:v>258</x:v>
       </x:c>
       <x:c r="I177" s="4" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="J177" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K177" s="0" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="L177" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="M177" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N177" s="3" t="n">
         <x:v>42752</x:v>
@@ -12625,51 +12625,51 @@
       </x:c>
       <x:c r="P177" s="0" t="s">
         <x:v>258</x:v>
       </x:c>
       <x:c r="Q177" s="4" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="R177" s="0" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="S177" s="0" t="n">
         <x:v>597604</x:v>
       </x:c>
       <x:c r="T177" s="4" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="U177" s="4" t="s">
         <x:v>100</x:v>
       </x:c>
     </x:row>
     <x:row r="178" spans="1:21">
       <x:c r="A178" s="13" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="B178" s="14" t="s">
-        <x:v>150</x:v>
+        <x:v>143</x:v>
       </x:c>
       <x:c r="C178" s="15" t="n">
         <x:v>38430</x:v>
       </x:c>
       <x:c r="D178" s="15" t="s"/>
       <x:c r="E178" s="14" t="s"/>
       <x:c r="F178" s="14" t="s"/>
       <x:c r="G178" s="14" t="s">
         <x:v>258</x:v>
       </x:c>
       <x:c r="H178" s="14" t="s"/>
       <x:c r="I178" s="16" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="J178" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K178" s="14" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="L178" s="14" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="M178" s="14" t="s">
         <x:v>30</x:v>
@@ -12736,211 +12736,211 @@
       </x:c>
       <x:c r="P179" s="0" t="s">
         <x:v>258</x:v>
       </x:c>
       <x:c r="Q179" s="4" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="R179" s="0" t="s">
         <x:v>259</x:v>
       </x:c>
       <x:c r="S179" s="0" t="n">
         <x:v>573830</x:v>
       </x:c>
       <x:c r="T179" s="4" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="U179" s="4" t="s">
         <x:v>104</x:v>
       </x:c>
     </x:row>
     <x:row r="180" spans="1:21">
       <x:c r="A180" s="13" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="B180" s="14" t="s">
-        <x:v>150</x:v>
+        <x:v>257</x:v>
       </x:c>
       <x:c r="C180" s="15" t="n">
-        <x:v>37553</x:v>
+        <x:v>37910</x:v>
       </x:c>
       <x:c r="D180" s="15" t="s"/>
       <x:c r="E180" s="14" t="s"/>
       <x:c r="F180" s="14" t="s"/>
       <x:c r="G180" s="14" t="s">
         <x:v>258</x:v>
       </x:c>
       <x:c r="H180" s="14" t="s"/>
       <x:c r="I180" s="16" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="J180" s="14" t="s">
-        <x:v>27</x:v>
+        <x:v>45</x:v>
       </x:c>
       <x:c r="K180" s="14" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="L180" s="14" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="M180" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N180" s="15" t="n">
         <x:v>42752</x:v>
       </x:c>
       <x:c r="O180" s="14" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="P180" s="14" t="s">
         <x:v>258</x:v>
       </x:c>
       <x:c r="Q180" s="16" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="R180" s="14" t="s">
-        <x:v>34</x:v>
+        <x:v>259</x:v>
       </x:c>
       <x:c r="S180" s="14" t="n">
-        <x:v>493597</x:v>
+        <x:v>543704</x:v>
       </x:c>
       <x:c r="T180" s="16" t="s">
-        <x:v>236</x:v>
+        <x:v>35</x:v>
       </x:c>
       <x:c r="U180" s="16" t="s">
-        <x:v>104</x:v>
+        <x:v>97</x:v>
       </x:c>
     </x:row>
     <x:row r="181" spans="1:21">
       <x:c r="A181" s="1" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="B181" s="0" t="s">
         <x:v>257</x:v>
       </x:c>
       <x:c r="C181" s="3" t="n">
         <x:v>37910</x:v>
       </x:c>
       <x:c r="D181" s="3" t="s"/>
       <x:c r="G181" s="0" t="s">
         <x:v>258</x:v>
       </x:c>
       <x:c r="I181" s="4" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="J181" s="0" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="K181" s="0" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="L181" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="M181" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N181" s="3" t="n">
         <x:v>42752</x:v>
       </x:c>
       <x:c r="O181" s="0" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="P181" s="0" t="s">
         <x:v>258</x:v>
       </x:c>
       <x:c r="Q181" s="4" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="R181" s="0" t="s">
-        <x:v>259</x:v>
+        <x:v>34</x:v>
       </x:c>
       <x:c r="S181" s="0" t="n">
-        <x:v>543704</x:v>
+        <x:v>543705</x:v>
       </x:c>
       <x:c r="T181" s="4" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="U181" s="4" t="s">
         <x:v>97</x:v>
       </x:c>
     </x:row>
     <x:row r="182" spans="1:21">
       <x:c r="A182" s="13" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="B182" s="14" t="s">
-        <x:v>257</x:v>
+        <x:v>143</x:v>
       </x:c>
       <x:c r="C182" s="15" t="n">
-        <x:v>37910</x:v>
+        <x:v>37553</x:v>
       </x:c>
       <x:c r="D182" s="15" t="s"/>
       <x:c r="E182" s="14" t="s"/>
       <x:c r="F182" s="14" t="s"/>
       <x:c r="G182" s="14" t="s">
         <x:v>258</x:v>
       </x:c>
       <x:c r="H182" s="14" t="s"/>
       <x:c r="I182" s="16" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="J182" s="14" t="s">
-        <x:v>45</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="K182" s="14" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="L182" s="14" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="M182" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N182" s="15" t="n">
         <x:v>42752</x:v>
       </x:c>
       <x:c r="O182" s="14" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="P182" s="14" t="s">
         <x:v>258</x:v>
       </x:c>
       <x:c r="Q182" s="16" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="R182" s="14" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="S182" s="14" t="n">
-        <x:v>543705</x:v>
+        <x:v>493597</x:v>
       </x:c>
       <x:c r="T182" s="16" t="s">
-        <x:v>35</x:v>
+        <x:v>236</x:v>
       </x:c>
       <x:c r="U182" s="16" t="s">
-        <x:v>97</x:v>
+        <x:v>104</x:v>
       </x:c>
     </x:row>
     <x:row r="183" spans="1:21">
       <x:c r="A183" s="1" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="B183" s="0" t="s">
         <x:v>266</x:v>
       </x:c>
       <x:c r="C183" s="3" t="n">
         <x:v>40287</x:v>
       </x:c>
       <x:c r="D183" s="3" t="s"/>
       <x:c r="G183" s="0" t="s">
         <x:v>258</x:v>
       </x:c>
       <x:c r="I183" s="4" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="J183" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K183" s="0" t="s">
         <x:v>82</x:v>
       </x:c>
@@ -12958,51 +12958,51 @@
       </x:c>
       <x:c r="P183" s="0" t="s">
         <x:v>258</x:v>
       </x:c>
       <x:c r="Q183" s="4" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="R183" s="0" t="s">
         <x:v>259</x:v>
       </x:c>
       <x:c r="S183" s="0" t="n">
         <x:v>600398</x:v>
       </x:c>
       <x:c r="T183" s="4" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="U183" s="4" t="s">
         <x:v>104</x:v>
       </x:c>
     </x:row>
     <x:row r="184" spans="1:21">
       <x:c r="A184" s="13" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="B184" s="14" t="s">
-        <x:v>150</x:v>
+        <x:v>143</x:v>
       </x:c>
       <x:c r="C184" s="15" t="n">
         <x:v>38430</x:v>
       </x:c>
       <x:c r="D184" s="15" t="s"/>
       <x:c r="E184" s="14" t="s"/>
       <x:c r="F184" s="14" t="s"/>
       <x:c r="G184" s="14" t="s">
         <x:v>258</x:v>
       </x:c>
       <x:c r="H184" s="14" t="s"/>
       <x:c r="I184" s="16" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="J184" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K184" s="14" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="L184" s="14" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="M184" s="14" t="s">
         <x:v>30</x:v>
@@ -13069,51 +13069,51 @@
       </x:c>
       <x:c r="P185" s="0" t="s">
         <x:v>258</x:v>
       </x:c>
       <x:c r="Q185" s="4" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="R185" s="0" t="s">
         <x:v>263</x:v>
       </x:c>
       <x:c r="S185" s="0" t="n">
         <x:v>543703</x:v>
       </x:c>
       <x:c r="T185" s="4" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="U185" s="4" t="s">
         <x:v>97</x:v>
       </x:c>
     </x:row>
     <x:row r="186" spans="1:21">
       <x:c r="A186" s="13" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="B186" s="14" t="s">
-        <x:v>150</x:v>
+        <x:v>143</x:v>
       </x:c>
       <x:c r="C186" s="15" t="n">
         <x:v>38430</x:v>
       </x:c>
       <x:c r="D186" s="15" t="s"/>
       <x:c r="E186" s="14" t="s"/>
       <x:c r="F186" s="14" t="s"/>
       <x:c r="G186" s="14" t="s">
         <x:v>258</x:v>
       </x:c>
       <x:c r="H186" s="14" t="s"/>
       <x:c r="I186" s="16" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="J186" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K186" s="14" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="L186" s="14" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="M186" s="14" t="s">
         <x:v>30</x:v>
@@ -13126,51 +13126,51 @@
       </x:c>
       <x:c r="P186" s="14" t="s">
         <x:v>258</x:v>
       </x:c>
       <x:c r="Q186" s="16" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="R186" s="14" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="S186" s="14" t="n">
         <x:v>543728</x:v>
       </x:c>
       <x:c r="T186" s="16" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="U186" s="16" t="s">
         <x:v>97</x:v>
       </x:c>
     </x:row>
     <x:row r="187" spans="1:21">
       <x:c r="A187" s="1" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="B187" s="0" t="s">
-        <x:v>150</x:v>
+        <x:v>143</x:v>
       </x:c>
       <x:c r="C187" s="3" t="n">
         <x:v>38430</x:v>
       </x:c>
       <x:c r="D187" s="3" t="s"/>
       <x:c r="G187" s="0" t="s">
         <x:v>258</x:v>
       </x:c>
       <x:c r="I187" s="4" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="J187" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K187" s="0" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="L187" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="M187" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N187" s="3" t="n">
         <x:v>42752</x:v>
@@ -13243,51 +13243,51 @@
       </x:c>
       <x:c r="P188" s="14" t="s">
         <x:v>258</x:v>
       </x:c>
       <x:c r="Q188" s="16" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="R188" s="14" t="s">
         <x:v>186</x:v>
       </x:c>
       <x:c r="S188" s="14" t="n">
         <x:v>571404</x:v>
       </x:c>
       <x:c r="T188" s="16" t="s">
         <x:v>267</x:v>
       </x:c>
       <x:c r="U188" s="16" t="s">
         <x:v>268</x:v>
       </x:c>
     </x:row>
     <x:row r="189" spans="1:21">
       <x:c r="A189" s="1" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="B189" s="0" t="s">
-        <x:v>150</x:v>
+        <x:v>143</x:v>
       </x:c>
       <x:c r="C189" s="3" t="n">
         <x:v>37553</x:v>
       </x:c>
       <x:c r="D189" s="3" t="s"/>
       <x:c r="G189" s="0" t="s">
         <x:v>258</x:v>
       </x:c>
       <x:c r="I189" s="4" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="J189" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K189" s="0" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="L189" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="M189" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N189" s="3" t="n">
         <x:v>42752</x:v>
@@ -13356,51 +13356,51 @@
       </x:c>
       <x:c r="P190" s="14" t="s">
         <x:v>258</x:v>
       </x:c>
       <x:c r="Q190" s="16" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="R190" s="14" t="s">
         <x:v>263</x:v>
       </x:c>
       <x:c r="S190" s="14" t="n">
         <x:v>579476</x:v>
       </x:c>
       <x:c r="T190" s="16" t="s">
         <x:v>269</x:v>
       </x:c>
       <x:c r="U190" s="16" t="s">
         <x:v>270</x:v>
       </x:c>
     </x:row>
     <x:row r="191" spans="1:21">
       <x:c r="A191" s="1" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="B191" s="0" t="s">
-        <x:v>150</x:v>
+        <x:v>143</x:v>
       </x:c>
       <x:c r="C191" s="3" t="n">
         <x:v>38430</x:v>
       </x:c>
       <x:c r="D191" s="3" t="s"/>
       <x:c r="G191" s="0" t="s">
         <x:v>271</x:v>
       </x:c>
       <x:c r="I191" s="4" t="s">
         <x:v>272</x:v>
       </x:c>
       <x:c r="J191" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K191" s="0" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="L191" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="M191" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N191" s="3" t="n">
         <x:v>42752</x:v>
@@ -13516,62 +13516,62 @@
       <x:c r="L193" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="M193" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N193" s="3" t="n">
         <x:v>42752</x:v>
       </x:c>
       <x:c r="O193" s="0" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="P193" s="0" t="s">
         <x:v>271</x:v>
       </x:c>
       <x:c r="Q193" s="4" t="s">
         <x:v>272</x:v>
       </x:c>
       <x:c r="R193" s="0" t="s">
         <x:v>158</x:v>
       </x:c>
       <x:c r="S193" s="0" t="n">
         <x:v>624721</x:v>
       </x:c>
       <x:c r="T193" s="4" t="s">
-        <x:v>180</x:v>
+        <x:v>182</x:v>
       </x:c>
       <x:c r="U193" s="4" t="s">
         <x:v>277</x:v>
       </x:c>
     </x:row>
     <x:row r="194" spans="1:21">
       <x:c r="A194" s="13" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="B194" s="14" t="s">
-        <x:v>150</x:v>
+        <x:v>143</x:v>
       </x:c>
       <x:c r="C194" s="15" t="n">
         <x:v>38430</x:v>
       </x:c>
       <x:c r="D194" s="15" t="s"/>
       <x:c r="E194" s="14" t="s"/>
       <x:c r="F194" s="14" t="s"/>
       <x:c r="G194" s="14" t="s">
         <x:v>271</x:v>
       </x:c>
       <x:c r="H194" s="14" t="s"/>
       <x:c r="I194" s="16" t="s">
         <x:v>272</x:v>
       </x:c>
       <x:c r="J194" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K194" s="14" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="L194" s="14" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="M194" s="14" t="s">
         <x:v>30</x:v>
@@ -13868,51 +13868,51 @@
       </x:c>
       <x:c r="P199" s="0" t="s">
         <x:v>271</x:v>
       </x:c>
       <x:c r="Q199" s="4" t="s">
         <x:v>272</x:v>
       </x:c>
       <x:c r="R199" s="0" t="s">
         <x:v>158</x:v>
       </x:c>
       <x:c r="S199" s="0" t="n">
         <x:v>566273</x:v>
       </x:c>
       <x:c r="T199" s="4" t="s">
         <x:v>282</x:v>
       </x:c>
       <x:c r="U199" s="4" t="s">
         <x:v>84</x:v>
       </x:c>
     </x:row>
     <x:row r="200" spans="1:21">
       <x:c r="A200" s="13" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="B200" s="14" t="s">
-        <x:v>150</x:v>
+        <x:v>143</x:v>
       </x:c>
       <x:c r="C200" s="15" t="n">
         <x:v>38430</x:v>
       </x:c>
       <x:c r="D200" s="15" t="s"/>
       <x:c r="E200" s="14" t="s"/>
       <x:c r="F200" s="14" t="s"/>
       <x:c r="G200" s="14" t="s">
         <x:v>271</x:v>
       </x:c>
       <x:c r="H200" s="14" t="s"/>
       <x:c r="I200" s="16" t="s">
         <x:v>272</x:v>
       </x:c>
       <x:c r="J200" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K200" s="14" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="L200" s="14" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="M200" s="14" t="s">
         <x:v>30</x:v>
@@ -13982,51 +13982,51 @@
       </x:c>
       <x:c r="P201" s="0" t="s">
         <x:v>284</x:v>
       </x:c>
       <x:c r="Q201" s="4" t="s">
         <x:v>286</x:v>
       </x:c>
       <x:c r="R201" s="0" t="s">
         <x:v>155</x:v>
       </x:c>
       <x:c r="S201" s="0" t="n">
         <x:v>492287</x:v>
       </x:c>
       <x:c r="T201" s="4" t="s">
         <x:v>287</x:v>
       </x:c>
       <x:c r="U201" s="4" t="s">
         <x:v>104</x:v>
       </x:c>
     </x:row>
     <x:row r="202" spans="1:21">
       <x:c r="A202" s="13" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="B202" s="14" t="s">
-        <x:v>150</x:v>
+        <x:v>143</x:v>
       </x:c>
       <x:c r="C202" s="15" t="n">
         <x:v>37553</x:v>
       </x:c>
       <x:c r="D202" s="15" t="s"/>
       <x:c r="E202" s="14" t="s"/>
       <x:c r="F202" s="14" t="s"/>
       <x:c r="G202" s="14" t="s">
         <x:v>284</x:v>
       </x:c>
       <x:c r="H202" s="14" t="s">
         <x:v>285</x:v>
       </x:c>
       <x:c r="I202" s="16" t="s">
         <x:v>286</x:v>
       </x:c>
       <x:c r="J202" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K202" s="14" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="L202" s="14" t="s">
         <x:v>47</x:v>
       </x:c>
@@ -14041,51 +14041,51 @@
       </x:c>
       <x:c r="P202" s="14" t="s">
         <x:v>284</x:v>
       </x:c>
       <x:c r="Q202" s="16" t="s">
         <x:v>286</x:v>
       </x:c>
       <x:c r="R202" s="14" t="s">
         <x:v>155</x:v>
       </x:c>
       <x:c r="S202" s="14" t="n">
         <x:v>530010</x:v>
       </x:c>
       <x:c r="T202" s="16" t="s">
         <x:v>236</x:v>
       </x:c>
       <x:c r="U202" s="16" t="s">
         <x:v>104</x:v>
       </x:c>
     </x:row>
     <x:row r="203" spans="1:21">
       <x:c r="A203" s="1" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="B203" s="0" t="s">
-        <x:v>150</x:v>
+        <x:v>143</x:v>
       </x:c>
       <x:c r="C203" s="3" t="n">
         <x:v>38430</x:v>
       </x:c>
       <x:c r="D203" s="3" t="s"/>
       <x:c r="G203" s="0" t="s">
         <x:v>284</x:v>
       </x:c>
       <x:c r="H203" s="0" t="s">
         <x:v>285</x:v>
       </x:c>
       <x:c r="I203" s="4" t="s">
         <x:v>286</x:v>
       </x:c>
       <x:c r="J203" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K203" s="0" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="L203" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="M203" s="0" t="s">
         <x:v>30</x:v>
@@ -14220,51 +14220,51 @@
       </x:c>
       <x:c r="P205" s="0" t="s">
         <x:v>284</x:v>
       </x:c>
       <x:c r="Q205" s="4" t="s">
         <x:v>286</x:v>
       </x:c>
       <x:c r="R205" s="0" t="s">
         <x:v>155</x:v>
       </x:c>
       <x:c r="S205" s="0" t="n">
         <x:v>581260</x:v>
       </x:c>
       <x:c r="T205" s="4" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="U205" s="4" t="s">
         <x:v>157</x:v>
       </x:c>
     </x:row>
     <x:row r="206" spans="1:21">
       <x:c r="A206" s="13" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="B206" s="14" t="s">
-        <x:v>150</x:v>
+        <x:v>143</x:v>
       </x:c>
       <x:c r="C206" s="15" t="n">
         <x:v>38430</x:v>
       </x:c>
       <x:c r="D206" s="15" t="s"/>
       <x:c r="E206" s="14" t="s"/>
       <x:c r="F206" s="14" t="s"/>
       <x:c r="G206" s="14" t="s">
         <x:v>284</x:v>
       </x:c>
       <x:c r="H206" s="14" t="s">
         <x:v>285</x:v>
       </x:c>
       <x:c r="I206" s="16" t="s">
         <x:v>286</x:v>
       </x:c>
       <x:c r="J206" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K206" s="14" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="L206" s="14" t="s">
         <x:v>47</x:v>
       </x:c>
@@ -14336,51 +14336,51 @@
       </x:c>
       <x:c r="P207" s="0" t="s">
         <x:v>284</x:v>
       </x:c>
       <x:c r="Q207" s="4" t="s">
         <x:v>286</x:v>
       </x:c>
       <x:c r="R207" s="0" t="s">
         <x:v>155</x:v>
       </x:c>
       <x:c r="S207" s="0" t="n">
         <x:v>542323</x:v>
       </x:c>
       <x:c r="T207" s="4" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="U207" s="4" t="s">
         <x:v>100</x:v>
       </x:c>
     </x:row>
     <x:row r="208" spans="1:21">
       <x:c r="A208" s="13" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="B208" s="14" t="s">
-        <x:v>150</x:v>
+        <x:v>143</x:v>
       </x:c>
       <x:c r="C208" s="15" t="n">
         <x:v>38430</x:v>
       </x:c>
       <x:c r="D208" s="15" t="s"/>
       <x:c r="E208" s="14" t="s"/>
       <x:c r="F208" s="14" t="s"/>
       <x:c r="G208" s="14" t="s">
         <x:v>284</x:v>
       </x:c>
       <x:c r="H208" s="14" t="s">
         <x:v>285</x:v>
       </x:c>
       <x:c r="I208" s="16" t="s">
         <x:v>286</x:v>
       </x:c>
       <x:c r="J208" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K208" s="14" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="L208" s="14" t="s">
         <x:v>47</x:v>
       </x:c>
@@ -14395,51 +14395,51 @@
       </x:c>
       <x:c r="P208" s="14" t="s">
         <x:v>284</x:v>
       </x:c>
       <x:c r="Q208" s="16" t="s">
         <x:v>286</x:v>
       </x:c>
       <x:c r="R208" s="14" t="s">
         <x:v>155</x:v>
       </x:c>
       <x:c r="S208" s="14" t="n">
         <x:v>542327</x:v>
       </x:c>
       <x:c r="T208" s="16" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="U208" s="16" t="s">
         <x:v>97</x:v>
       </x:c>
     </x:row>
     <x:row r="209" spans="1:21">
       <x:c r="A209" s="1" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="B209" s="0" t="s">
-        <x:v>150</x:v>
+        <x:v>143</x:v>
       </x:c>
       <x:c r="C209" s="3" t="n">
         <x:v>37553</x:v>
       </x:c>
       <x:c r="D209" s="3" t="s"/>
       <x:c r="G209" s="0" t="s">
         <x:v>284</x:v>
       </x:c>
       <x:c r="H209" s="0" t="s">
         <x:v>285</x:v>
       </x:c>
       <x:c r="I209" s="4" t="s">
         <x:v>286</x:v>
       </x:c>
       <x:c r="J209" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K209" s="0" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="L209" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="M209" s="0" t="s">
         <x:v>30</x:v>
@@ -14452,159 +14452,159 @@
       </x:c>
       <x:c r="P209" s="0" t="s">
         <x:v>284</x:v>
       </x:c>
       <x:c r="Q209" s="4" t="s">
         <x:v>286</x:v>
       </x:c>
       <x:c r="R209" s="0" t="s">
         <x:v>155</x:v>
       </x:c>
       <x:c r="S209" s="0" t="n">
         <x:v>493599</x:v>
       </x:c>
       <x:c r="T209" s="4" t="s">
         <x:v>236</x:v>
       </x:c>
       <x:c r="U209" s="4" t="s">
         <x:v>104</x:v>
       </x:c>
     </x:row>
     <x:row r="210" spans="1:21">
       <x:c r="A210" s="13" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="B210" s="14" t="s">
-        <x:v>150</x:v>
+        <x:v>257</x:v>
       </x:c>
       <x:c r="C210" s="15" t="n">
-        <x:v>38430</x:v>
+        <x:v>37910</x:v>
       </x:c>
       <x:c r="D210" s="15" t="s"/>
       <x:c r="E210" s="14" t="s"/>
       <x:c r="F210" s="14" t="s"/>
       <x:c r="G210" s="14" t="s">
         <x:v>284</x:v>
       </x:c>
       <x:c r="H210" s="14" t="s">
         <x:v>285</x:v>
       </x:c>
       <x:c r="I210" s="16" t="s">
         <x:v>286</x:v>
       </x:c>
       <x:c r="J210" s="14" t="s">
-        <x:v>27</x:v>
+        <x:v>45</x:v>
       </x:c>
       <x:c r="K210" s="14" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="L210" s="14" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="M210" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N210" s="15" t="n">
         <x:v>42752</x:v>
       </x:c>
       <x:c r="O210" s="14" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="P210" s="14" t="s">
         <x:v>284</x:v>
       </x:c>
       <x:c r="Q210" s="16" t="s">
         <x:v>286</x:v>
       </x:c>
       <x:c r="R210" s="14" t="s">
         <x:v>155</x:v>
       </x:c>
       <x:c r="S210" s="14" t="n">
-        <x:v>585592</x:v>
+        <x:v>493040</x:v>
       </x:c>
       <x:c r="T210" s="16" t="s">
-        <x:v>96</x:v>
+        <x:v>236</x:v>
       </x:c>
       <x:c r="U210" s="16" t="s">
-        <x:v>100</x:v>
+        <x:v>97</x:v>
       </x:c>
     </x:row>
     <x:row r="211" spans="1:21">
       <x:c r="A211" s="1" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="B211" s="0" t="s">
-        <x:v>257</x:v>
+        <x:v>143</x:v>
       </x:c>
       <x:c r="C211" s="3" t="n">
-        <x:v>37910</x:v>
+        <x:v>38430</x:v>
       </x:c>
       <x:c r="D211" s="3" t="s"/>
       <x:c r="G211" s="0" t="s">
         <x:v>284</x:v>
       </x:c>
       <x:c r="H211" s="0" t="s">
         <x:v>285</x:v>
       </x:c>
       <x:c r="I211" s="4" t="s">
         <x:v>286</x:v>
       </x:c>
       <x:c r="J211" s="0" t="s">
-        <x:v>45</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="K211" s="0" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="L211" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="M211" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N211" s="3" t="n">
         <x:v>42752</x:v>
       </x:c>
       <x:c r="O211" s="0" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="P211" s="0" t="s">
         <x:v>284</x:v>
       </x:c>
       <x:c r="Q211" s="4" t="s">
         <x:v>286</x:v>
       </x:c>
       <x:c r="R211" s="0" t="s">
         <x:v>155</x:v>
       </x:c>
       <x:c r="S211" s="0" t="n">
-        <x:v>493040</x:v>
+        <x:v>585592</x:v>
       </x:c>
       <x:c r="T211" s="4" t="s">
-        <x:v>236</x:v>
+        <x:v>96</x:v>
       </x:c>
       <x:c r="U211" s="4" t="s">
-        <x:v>97</x:v>
+        <x:v>100</x:v>
       </x:c>
     </x:row>
     <x:row r="212" spans="1:21">
       <x:c r="A212" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B212" s="14" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="C212" s="15" t="n">
         <x:v>37859</x:v>
       </x:c>
       <x:c r="D212" s="15" t="s"/>
       <x:c r="E212" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F212" s="14" t="s"/>
       <x:c r="G212" s="14" t="s">
         <x:v>289</x:v>
       </x:c>
       <x:c r="H212" s="14" t="s"/>
       <x:c r="I212" s="16" t="s">
         <x:v>290</x:v>
       </x:c>
       <x:c r="J212" s="14" t="s">
@@ -14627,51 +14627,51 @@
       </x:c>
       <x:c r="P212" s="14" t="s">
         <x:v>289</x:v>
       </x:c>
       <x:c r="Q212" s="16" t="s">
         <x:v>290</x:v>
       </x:c>
       <x:c r="R212" s="14" t="s">
         <x:v>240</x:v>
       </x:c>
       <x:c r="S212" s="14" t="n">
         <x:v>616869</x:v>
       </x:c>
       <x:c r="T212" s="16" t="s">
         <x:v>291</x:v>
       </x:c>
       <x:c r="U212" s="16" t="s">
         <x:v>292</x:v>
       </x:c>
     </x:row>
     <x:row r="213" spans="1:21">
       <x:c r="A213" s="1" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="B213" s="0" t="s">
-        <x:v>150</x:v>
+        <x:v>143</x:v>
       </x:c>
       <x:c r="C213" s="3" t="n">
         <x:v>38430</x:v>
       </x:c>
       <x:c r="D213" s="3" t="s"/>
       <x:c r="G213" s="0" t="s">
         <x:v>289</x:v>
       </x:c>
       <x:c r="I213" s="4" t="s">
         <x:v>290</x:v>
       </x:c>
       <x:c r="J213" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K213" s="0" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="L213" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="M213" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N213" s="3" t="n">
         <x:v>42752</x:v>
@@ -14681,51 +14681,51 @@
       </x:c>
       <x:c r="P213" s="0" t="s">
         <x:v>289</x:v>
       </x:c>
       <x:c r="Q213" s="4" t="s">
         <x:v>290</x:v>
       </x:c>
       <x:c r="R213" s="0" t="s">
         <x:v>293</x:v>
       </x:c>
       <x:c r="S213" s="0" t="n">
         <x:v>540925</x:v>
       </x:c>
       <x:c r="T213" s="4" t="s">
         <x:v>294</x:v>
       </x:c>
       <x:c r="U213" s="4" t="s">
         <x:v>295</x:v>
       </x:c>
     </x:row>
     <x:row r="214" spans="1:21">
       <x:c r="A214" s="13" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="B214" s="14" t="s">
-        <x:v>150</x:v>
+        <x:v>143</x:v>
       </x:c>
       <x:c r="C214" s="15" t="n">
         <x:v>38430</x:v>
       </x:c>
       <x:c r="D214" s="15" t="s"/>
       <x:c r="E214" s="14" t="s"/>
       <x:c r="F214" s="14" t="s"/>
       <x:c r="G214" s="14" t="s">
         <x:v>289</x:v>
       </x:c>
       <x:c r="H214" s="14" t="s"/>
       <x:c r="I214" s="16" t="s">
         <x:v>290</x:v>
       </x:c>
       <x:c r="J214" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K214" s="14" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="L214" s="14" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="M214" s="14" t="s">
         <x:v>30</x:v>
@@ -14738,51 +14738,51 @@
       </x:c>
       <x:c r="P214" s="14" t="s">
         <x:v>289</x:v>
       </x:c>
       <x:c r="Q214" s="16" t="s">
         <x:v>290</x:v>
       </x:c>
       <x:c r="R214" s="14" t="s">
         <x:v>296</x:v>
       </x:c>
       <x:c r="S214" s="14" t="n">
         <x:v>543731</x:v>
       </x:c>
       <x:c r="T214" s="16" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="U214" s="16" t="s">
         <x:v>38</x:v>
       </x:c>
     </x:row>
     <x:row r="215" spans="1:21">
       <x:c r="A215" s="1" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="B215" s="0" t="s">
-        <x:v>150</x:v>
+        <x:v>143</x:v>
       </x:c>
       <x:c r="C215" s="3" t="n">
         <x:v>38430</x:v>
       </x:c>
       <x:c r="D215" s="3" t="s"/>
       <x:c r="G215" s="0" t="s">
         <x:v>289</x:v>
       </x:c>
       <x:c r="I215" s="4" t="s">
         <x:v>290</x:v>
       </x:c>
       <x:c r="J215" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K215" s="0" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="L215" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="M215" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N215" s="3" t="n">
         <x:v>42752</x:v>
@@ -14792,51 +14792,51 @@
       </x:c>
       <x:c r="P215" s="0" t="s">
         <x:v>289</x:v>
       </x:c>
       <x:c r="Q215" s="4" t="s">
         <x:v>290</x:v>
       </x:c>
       <x:c r="R215" s="0" t="s">
         <x:v>240</x:v>
       </x:c>
       <x:c r="S215" s="0" t="n">
         <x:v>589721</x:v>
       </x:c>
       <x:c r="T215" s="4" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="U215" s="4" t="s">
         <x:v>38</x:v>
       </x:c>
     </x:row>
     <x:row r="216" spans="1:21">
       <x:c r="A216" s="13" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="B216" s="14" t="s">
-        <x:v>150</x:v>
+        <x:v>143</x:v>
       </x:c>
       <x:c r="C216" s="15" t="n">
         <x:v>38430</x:v>
       </x:c>
       <x:c r="D216" s="15" t="s"/>
       <x:c r="E216" s="14" t="s"/>
       <x:c r="F216" s="14" t="s"/>
       <x:c r="G216" s="14" t="s">
         <x:v>289</x:v>
       </x:c>
       <x:c r="H216" s="14" t="s"/>
       <x:c r="I216" s="16" t="s">
         <x:v>290</x:v>
       </x:c>
       <x:c r="J216" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K216" s="14" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="L216" s="14" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="M216" s="14" t="s">
         <x:v>30</x:v>
@@ -14849,51 +14849,51 @@
       </x:c>
       <x:c r="P216" s="14" t="s">
         <x:v>289</x:v>
       </x:c>
       <x:c r="Q216" s="16" t="s">
         <x:v>290</x:v>
       </x:c>
       <x:c r="R216" s="14" t="s">
         <x:v>293</x:v>
       </x:c>
       <x:c r="S216" s="14" t="n">
         <x:v>570896</x:v>
       </x:c>
       <x:c r="T216" s="16" t="s">
         <x:v>297</x:v>
       </x:c>
       <x:c r="U216" s="16" t="s">
         <x:v>97</x:v>
       </x:c>
     </x:row>
     <x:row r="217" spans="1:21">
       <x:c r="A217" s="1" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="B217" s="0" t="s">
-        <x:v>150</x:v>
+        <x:v>143</x:v>
       </x:c>
       <x:c r="C217" s="3" t="n">
         <x:v>37553</x:v>
       </x:c>
       <x:c r="D217" s="3" t="s"/>
       <x:c r="G217" s="0" t="s">
         <x:v>289</x:v>
       </x:c>
       <x:c r="I217" s="4" t="s">
         <x:v>290</x:v>
       </x:c>
       <x:c r="J217" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K217" s="0" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="L217" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="M217" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N217" s="3" t="n">
         <x:v>42752</x:v>
@@ -14903,154 +14903,154 @@
       </x:c>
       <x:c r="P217" s="0" t="s">
         <x:v>289</x:v>
       </x:c>
       <x:c r="Q217" s="4" t="s">
         <x:v>290</x:v>
       </x:c>
       <x:c r="R217" s="0" t="s">
         <x:v>298</x:v>
       </x:c>
       <x:c r="S217" s="0" t="n">
         <x:v>539326</x:v>
       </x:c>
       <x:c r="T217" s="4" t="s">
         <x:v>299</x:v>
       </x:c>
       <x:c r="U217" s="4" t="s">
         <x:v>136</x:v>
       </x:c>
     </x:row>
     <x:row r="218" spans="1:21">
       <x:c r="A218" s="13" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="B218" s="14" t="s">
-        <x:v>150</x:v>
+        <x:v>143</x:v>
       </x:c>
       <x:c r="C218" s="15" t="n">
         <x:v>38430</x:v>
       </x:c>
       <x:c r="D218" s="15" t="s"/>
       <x:c r="E218" s="14" t="s"/>
       <x:c r="F218" s="14" t="s"/>
       <x:c r="G218" s="14" t="s">
         <x:v>289</x:v>
       </x:c>
       <x:c r="H218" s="14" t="s"/>
       <x:c r="I218" s="16" t="s">
         <x:v>290</x:v>
       </x:c>
       <x:c r="J218" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K218" s="14" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="L218" s="14" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="M218" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N218" s="15" t="n">
         <x:v>42752</x:v>
       </x:c>
       <x:c r="O218" s="14" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="P218" s="14" t="s">
         <x:v>289</x:v>
       </x:c>
       <x:c r="Q218" s="16" t="s">
         <x:v>290</x:v>
       </x:c>
       <x:c r="R218" s="14" t="s">
-        <x:v>300</x:v>
+        <x:v>296</x:v>
       </x:c>
       <x:c r="S218" s="14" t="n">
-        <x:v>540922</x:v>
+        <x:v>589720</x:v>
       </x:c>
       <x:c r="T218" s="16" t="s">
-        <x:v>236</x:v>
+        <x:v>96</x:v>
       </x:c>
       <x:c r="U218" s="16" t="s">
-        <x:v>84</x:v>
+        <x:v>36</x:v>
       </x:c>
     </x:row>
     <x:row r="219" spans="1:21">
       <x:c r="A219" s="1" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="B219" s="0" t="s">
-        <x:v>150</x:v>
+        <x:v>143</x:v>
       </x:c>
       <x:c r="C219" s="3" t="n">
         <x:v>38430</x:v>
       </x:c>
       <x:c r="D219" s="3" t="s"/>
       <x:c r="G219" s="0" t="s">
         <x:v>289</x:v>
       </x:c>
       <x:c r="I219" s="4" t="s">
         <x:v>290</x:v>
       </x:c>
       <x:c r="J219" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K219" s="0" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="L219" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="M219" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N219" s="3" t="n">
         <x:v>42752</x:v>
       </x:c>
       <x:c r="O219" s="0" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="P219" s="0" t="s">
         <x:v>289</x:v>
       </x:c>
       <x:c r="Q219" s="4" t="s">
         <x:v>290</x:v>
       </x:c>
       <x:c r="R219" s="0" t="s">
-        <x:v>296</x:v>
+        <x:v>300</x:v>
       </x:c>
       <x:c r="S219" s="0" t="n">
-        <x:v>589720</x:v>
+        <x:v>540922</x:v>
       </x:c>
       <x:c r="T219" s="4" t="s">
-        <x:v>96</x:v>
+        <x:v>236</x:v>
       </x:c>
       <x:c r="U219" s="4" t="s">
-        <x:v>36</x:v>
+        <x:v>84</x:v>
       </x:c>
     </x:row>
     <x:row r="220" spans="1:21">
       <x:c r="A220" s="13" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="B220" s="14" t="s">
         <x:v>105</x:v>
       </x:c>
       <x:c r="C220" s="15" t="n">
         <x:v>38430</x:v>
       </x:c>
       <x:c r="D220" s="15" t="s"/>
       <x:c r="E220" s="14" t="s">
         <x:v>106</x:v>
       </x:c>
       <x:c r="F220" s="14" t="s">
         <x:v>107</x:v>
       </x:c>
       <x:c r="G220" s="14" t="s">
         <x:v>108</x:v>
       </x:c>
       <x:c r="H220" s="14" t="s">
         <x:v>109</x:v>
       </x:c>
@@ -15074,447 +15074,444 @@
       </x:c>
       <x:c r="O220" s="14" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="P220" s="14" t="s">
         <x:v>289</x:v>
       </x:c>
       <x:c r="Q220" s="16" t="s">
         <x:v>290</x:v>
       </x:c>
       <x:c r="R220" s="14" t="s">
         <x:v>293</x:v>
       </x:c>
       <x:c r="S220" s="14" t="n">
         <x:v>583926</x:v>
       </x:c>
       <x:c r="T220" s="16" t="s">
         <x:v>294</x:v>
       </x:c>
       <x:c r="U220" s="16" t="s">
         <x:v>295</x:v>
       </x:c>
     </x:row>
     <x:row r="221" spans="1:21">
       <x:c r="A221" s="1" t="s">
-        <x:v>21</x:v>
+        <x:v>41</x:v>
       </x:c>
       <x:c r="B221" s="0" t="s">
-        <x:v>22</x:v>
+        <x:v>301</x:v>
       </x:c>
       <x:c r="C221" s="3" t="n">
-        <x:v>38430</x:v>
+        <x:v>37859</x:v>
       </x:c>
       <x:c r="D221" s="3" t="s"/>
-      <x:c r="E221" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="G221" s="0" t="s">
         <x:v>289</x:v>
       </x:c>
       <x:c r="I221" s="4" t="s">
         <x:v>290</x:v>
       </x:c>
       <x:c r="J221" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K221" s="0" t="s">
-        <x:v>28</x:v>
+        <x:v>82</x:v>
       </x:c>
       <x:c r="L221" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="M221" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N221" s="3" t="n">
         <x:v>42752</x:v>
       </x:c>
       <x:c r="O221" s="0" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="P221" s="0" t="s">
         <x:v>289</x:v>
       </x:c>
       <x:c r="Q221" s="4" t="s">
         <x:v>290</x:v>
       </x:c>
       <x:c r="R221" s="0" t="s">
         <x:v>240</x:v>
       </x:c>
       <x:c r="S221" s="0" t="n">
-        <x:v>565702</x:v>
+        <x:v>585581</x:v>
       </x:c>
       <x:c r="T221" s="4" t="s">
-        <x:v>301</x:v>
+        <x:v>291</x:v>
       </x:c>
       <x:c r="U221" s="4" t="s">
-        <x:v>104</x:v>
+        <x:v>292</x:v>
       </x:c>
     </x:row>
     <x:row r="222" spans="1:21">
       <x:c r="A222" s="13" t="s">
-        <x:v>21</x:v>
+        <x:v>41</x:v>
       </x:c>
       <x:c r="B222" s="14" t="s">
-        <x:v>22</x:v>
+        <x:v>278</x:v>
       </x:c>
       <x:c r="C222" s="15" t="n">
-        <x:v>38430</x:v>
+        <x:v>38722</x:v>
       </x:c>
       <x:c r="D222" s="15" t="s"/>
       <x:c r="E222" s="14" t="s">
-        <x:v>23</x:v>
-[...1 lines deleted...]
-      <x:c r="F222" s="14" t="s"/>
+        <x:v>260</x:v>
+      </x:c>
+      <x:c r="F222" s="14" t="s">
+        <x:v>261</x:v>
+      </x:c>
       <x:c r="G222" s="14" t="s">
-        <x:v>289</x:v>
-[...1 lines deleted...]
-      <x:c r="H222" s="14" t="s"/>
+        <x:v>108</x:v>
+      </x:c>
+      <x:c r="H222" s="14" t="s">
+        <x:v>109</x:v>
+      </x:c>
       <x:c r="I222" s="16" t="s">
-        <x:v>290</x:v>
+        <x:v>110</x:v>
       </x:c>
       <x:c r="J222" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K222" s="14" t="s">
-        <x:v>28</x:v>
+        <x:v>46</x:v>
       </x:c>
       <x:c r="L222" s="14" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="M222" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N222" s="15" t="n">
         <x:v>42752</x:v>
       </x:c>
       <x:c r="O222" s="14" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="P222" s="14" t="s">
         <x:v>289</x:v>
       </x:c>
       <x:c r="Q222" s="16" t="s">
         <x:v>290</x:v>
       </x:c>
       <x:c r="R222" s="14" t="s">
-        <x:v>240</x:v>
+        <x:v>300</x:v>
       </x:c>
       <x:c r="S222" s="14" t="n">
-        <x:v>604379</x:v>
+        <x:v>581082</x:v>
       </x:c>
       <x:c r="T222" s="16" t="s">
-        <x:v>70</x:v>
+        <x:v>302</x:v>
       </x:c>
       <x:c r="U222" s="16" t="s">
-        <x:v>38</x:v>
+        <x:v>303</x:v>
       </x:c>
     </x:row>
     <x:row r="223" spans="1:21">
       <x:c r="A223" s="1" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="B223" s="0" t="s">
-        <x:v>150</x:v>
+        <x:v>143</x:v>
       </x:c>
       <x:c r="C223" s="3" t="n">
         <x:v>38430</x:v>
       </x:c>
       <x:c r="D223" s="3" t="s"/>
       <x:c r="G223" s="0" t="s">
         <x:v>289</x:v>
       </x:c>
       <x:c r="I223" s="4" t="s">
         <x:v>290</x:v>
       </x:c>
       <x:c r="J223" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K223" s="0" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="L223" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="M223" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N223" s="3" t="n">
         <x:v>42752</x:v>
       </x:c>
       <x:c r="O223" s="0" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="P223" s="0" t="s">
         <x:v>289</x:v>
       </x:c>
       <x:c r="Q223" s="4" t="s">
         <x:v>290</x:v>
       </x:c>
       <x:c r="R223" s="0" t="s">
-        <x:v>240</x:v>
+        <x:v>293</x:v>
       </x:c>
       <x:c r="S223" s="0" t="n">
-        <x:v>557467</x:v>
+        <x:v>557466</x:v>
       </x:c>
       <x:c r="T223" s="4" t="s">
-        <x:v>301</x:v>
+        <x:v>267</x:v>
       </x:c>
       <x:c r="U223" s="4" t="s">
-        <x:v>104</x:v>
+        <x:v>304</x:v>
       </x:c>
     </x:row>
     <x:row r="224" spans="1:21">
       <x:c r="A224" s="13" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="B224" s="14" t="s">
-        <x:v>302</x:v>
+        <x:v>305</x:v>
       </x:c>
       <x:c r="C224" s="15" t="n">
         <x:v>37380</x:v>
       </x:c>
       <x:c r="D224" s="15" t="s"/>
       <x:c r="E224" s="14" t="s"/>
       <x:c r="F224" s="14" t="s"/>
       <x:c r="G224" s="14" t="s">
         <x:v>289</x:v>
       </x:c>
       <x:c r="H224" s="14" t="s"/>
       <x:c r="I224" s="16" t="s">
         <x:v>290</x:v>
       </x:c>
       <x:c r="J224" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K224" s="14" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="L224" s="14" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="M224" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N224" s="15" t="n">
         <x:v>42710</x:v>
       </x:c>
       <x:c r="O224" s="14" t="s">
         <x:v>99</x:v>
       </x:c>
       <x:c r="P224" s="14" t="s">
         <x:v>289</x:v>
       </x:c>
       <x:c r="Q224" s="16" t="s">
         <x:v>290</x:v>
       </x:c>
       <x:c r="R224" s="14" t="s">
         <x:v>240</x:v>
       </x:c>
       <x:c r="S224" s="14" t="n">
         <x:v>585588</x:v>
       </x:c>
       <x:c r="T224" s="16" t="s">
-        <x:v>303</x:v>
+        <x:v>302</x:v>
       </x:c>
       <x:c r="U224" s="16" t="s">
         <x:v>104</x:v>
       </x:c>
     </x:row>
     <x:row r="225" spans="1:21">
       <x:c r="A225" s="1" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="B225" s="0" t="s">
-        <x:v>278</x:v>
+        <x:v>143</x:v>
       </x:c>
       <x:c r="C225" s="3" t="n">
-        <x:v>38722</x:v>
+        <x:v>38430</x:v>
       </x:c>
       <x:c r="D225" s="3" t="s"/>
-      <x:c r="E225" s="0" t="s">
-[...4 lines deleted...]
-      </x:c>
       <x:c r="G225" s="0" t="s">
-        <x:v>108</x:v>
-[...2 lines deleted...]
-        <x:v>109</x:v>
+        <x:v>289</x:v>
       </x:c>
       <x:c r="I225" s="4" t="s">
-        <x:v>110</x:v>
+        <x:v>290</x:v>
       </x:c>
       <x:c r="J225" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K225" s="0" t="s">
-        <x:v>46</x:v>
+        <x:v>82</x:v>
       </x:c>
       <x:c r="L225" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="M225" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N225" s="3" t="n">
         <x:v>42752</x:v>
       </x:c>
       <x:c r="O225" s="0" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="P225" s="0" t="s">
         <x:v>289</x:v>
       </x:c>
       <x:c r="Q225" s="4" t="s">
         <x:v>290</x:v>
       </x:c>
       <x:c r="R225" s="0" t="s">
-        <x:v>300</x:v>
+        <x:v>240</x:v>
       </x:c>
       <x:c r="S225" s="0" t="n">
-        <x:v>581082</x:v>
+        <x:v>557467</x:v>
       </x:c>
       <x:c r="T225" s="4" t="s">
-        <x:v>303</x:v>
+        <x:v>306</x:v>
       </x:c>
       <x:c r="U225" s="4" t="s">
-        <x:v>304</x:v>
+        <x:v>104</x:v>
       </x:c>
     </x:row>
     <x:row r="226" spans="1:21">
       <x:c r="A226" s="13" t="s">
-        <x:v>41</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B226" s="14" t="s">
-        <x:v>150</x:v>
+        <x:v>22</x:v>
       </x:c>
       <x:c r="C226" s="15" t="n">
         <x:v>38430</x:v>
       </x:c>
       <x:c r="D226" s="15" t="s"/>
-      <x:c r="E226" s="14" t="s"/>
+      <x:c r="E226" s="14" t="s">
+        <x:v>23</x:v>
+      </x:c>
       <x:c r="F226" s="14" t="s"/>
       <x:c r="G226" s="14" t="s">
         <x:v>289</x:v>
       </x:c>
       <x:c r="H226" s="14" t="s"/>
       <x:c r="I226" s="16" t="s">
         <x:v>290</x:v>
       </x:c>
       <x:c r="J226" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K226" s="14" t="s">
-        <x:v>82</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="L226" s="14" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="M226" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N226" s="15" t="n">
         <x:v>42752</x:v>
       </x:c>
       <x:c r="O226" s="14" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="P226" s="14" t="s">
         <x:v>289</x:v>
       </x:c>
       <x:c r="Q226" s="16" t="s">
         <x:v>290</x:v>
       </x:c>
       <x:c r="R226" s="14" t="s">
-        <x:v>293</x:v>
+        <x:v>240</x:v>
       </x:c>
       <x:c r="S226" s="14" t="n">
-        <x:v>557466</x:v>
+        <x:v>604379</x:v>
       </x:c>
       <x:c r="T226" s="16" t="s">
-        <x:v>267</x:v>
+        <x:v>70</x:v>
       </x:c>
       <x:c r="U226" s="16" t="s">
-        <x:v>305</x:v>
+        <x:v>38</x:v>
       </x:c>
     </x:row>
     <x:row r="227" spans="1:21">
       <x:c r="A227" s="1" t="s">
-        <x:v>41</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B227" s="0" t="s">
-        <x:v>306</x:v>
+        <x:v>22</x:v>
       </x:c>
       <x:c r="C227" s="3" t="n">
-        <x:v>37859</x:v>
+        <x:v>38430</x:v>
       </x:c>
       <x:c r="D227" s="3" t="s"/>
+      <x:c r="E227" s="0" t="s">
+        <x:v>23</x:v>
+      </x:c>
       <x:c r="G227" s="0" t="s">
         <x:v>289</x:v>
       </x:c>
       <x:c r="I227" s="4" t="s">
         <x:v>290</x:v>
       </x:c>
       <x:c r="J227" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K227" s="0" t="s">
-        <x:v>82</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="L227" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="M227" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N227" s="3" t="n">
         <x:v>42752</x:v>
       </x:c>
       <x:c r="O227" s="0" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="P227" s="0" t="s">
         <x:v>289</x:v>
       </x:c>
       <x:c r="Q227" s="4" t="s">
         <x:v>290</x:v>
       </x:c>
       <x:c r="R227" s="0" t="s">
         <x:v>240</x:v>
       </x:c>
       <x:c r="S227" s="0" t="n">
-        <x:v>585581</x:v>
+        <x:v>565702</x:v>
       </x:c>
       <x:c r="T227" s="4" t="s">
-        <x:v>291</x:v>
+        <x:v>306</x:v>
       </x:c>
       <x:c r="U227" s="4" t="s">
-        <x:v>292</x:v>
+        <x:v>104</x:v>
       </x:c>
     </x:row>
     <x:row r="228" spans="1:21">
       <x:c r="A228" s="13" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="B228" s="14" t="s">
         <x:v>307</x:v>
       </x:c>
       <x:c r="C228" s="15" t="n">
         <x:v>34956</x:v>
       </x:c>
       <x:c r="D228" s="15" t="s"/>
       <x:c r="E228" s="14" t="s"/>
       <x:c r="F228" s="14" t="s"/>
       <x:c r="G228" s="14" t="s">
         <x:v>289</x:v>
       </x:c>
       <x:c r="H228" s="14" t="s"/>
       <x:c r="I228" s="16" t="s">
         <x:v>290</x:v>
       </x:c>
       <x:c r="J228" s="14" t="s">
         <x:v>45</x:v>
       </x:c>
@@ -15535,105 +15532,105 @@
       </x:c>
       <x:c r="P228" s="14" t="s">
         <x:v>289</x:v>
       </x:c>
       <x:c r="Q228" s="16" t="s">
         <x:v>290</x:v>
       </x:c>
       <x:c r="R228" s="14" t="s">
         <x:v>300</x:v>
       </x:c>
       <x:c r="S228" s="14" t="n">
         <x:v>587906</x:v>
       </x:c>
       <x:c r="T228" s="16" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="U228" s="16" t="s">
         <x:v>308</x:v>
       </x:c>
     </x:row>
     <x:row r="229" spans="1:21">
       <x:c r="A229" s="1" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="B229" s="0" t="s">
-        <x:v>150</x:v>
+        <x:v>143</x:v>
       </x:c>
       <x:c r="C229" s="3" t="n">
         <x:v>38430</x:v>
       </x:c>
       <x:c r="D229" s="3" t="s"/>
       <x:c r="G229" s="0" t="s">
         <x:v>289</x:v>
       </x:c>
       <x:c r="I229" s="4" t="s">
         <x:v>290</x:v>
       </x:c>
       <x:c r="J229" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K229" s="0" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="L229" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="M229" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N229" s="3" t="n">
         <x:v>42752</x:v>
       </x:c>
       <x:c r="O229" s="0" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="P229" s="0" t="s">
         <x:v>289</x:v>
       </x:c>
       <x:c r="Q229" s="4" t="s">
         <x:v>290</x:v>
       </x:c>
       <x:c r="R229" s="0" t="s">
         <x:v>300</x:v>
       </x:c>
       <x:c r="S229" s="0" t="n">
         <x:v>587956</x:v>
       </x:c>
       <x:c r="T229" s="4" t="s">
-        <x:v>180</x:v>
+        <x:v>182</x:v>
       </x:c>
       <x:c r="U229" s="4" t="s">
         <x:v>309</x:v>
       </x:c>
     </x:row>
     <x:row r="230" spans="1:21">
       <x:c r="A230" s="13" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="B230" s="14" t="s">
-        <x:v>150</x:v>
+        <x:v>143</x:v>
       </x:c>
       <x:c r="C230" s="15" t="n">
         <x:v>38430</x:v>
       </x:c>
       <x:c r="D230" s="15" t="s"/>
       <x:c r="E230" s="14" t="s"/>
       <x:c r="F230" s="14" t="s"/>
       <x:c r="G230" s="14" t="s">
         <x:v>289</x:v>
       </x:c>
       <x:c r="H230" s="14" t="s"/>
       <x:c r="I230" s="16" t="s">
         <x:v>290</x:v>
       </x:c>
       <x:c r="J230" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K230" s="14" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="L230" s="14" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="M230" s="14" t="s">
         <x:v>30</x:v>
@@ -15646,51 +15643,51 @@
       </x:c>
       <x:c r="P230" s="14" t="s">
         <x:v>289</x:v>
       </x:c>
       <x:c r="Q230" s="16" t="s">
         <x:v>290</x:v>
       </x:c>
       <x:c r="R230" s="14" t="s">
         <x:v>296</x:v>
       </x:c>
       <x:c r="S230" s="14" t="n">
         <x:v>540924</x:v>
       </x:c>
       <x:c r="T230" s="16" t="s">
         <x:v>236</x:v>
       </x:c>
       <x:c r="U230" s="16" t="s">
         <x:v>104</x:v>
       </x:c>
     </x:row>
     <x:row r="231" spans="1:21">
       <x:c r="A231" s="1" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="B231" s="0" t="s">
-        <x:v>150</x:v>
+        <x:v>143</x:v>
       </x:c>
       <x:c r="C231" s="3" t="n">
         <x:v>37553</x:v>
       </x:c>
       <x:c r="D231" s="3" t="s"/>
       <x:c r="G231" s="0" t="s">
         <x:v>289</x:v>
       </x:c>
       <x:c r="I231" s="4" t="s">
         <x:v>290</x:v>
       </x:c>
       <x:c r="J231" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K231" s="0" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="L231" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="M231" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N231" s="3" t="n">
         <x:v>42752</x:v>
@@ -15800,51 +15797,51 @@
       <x:c r="L233" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="M233" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N233" s="3" t="n">
         <x:v>42710</x:v>
       </x:c>
       <x:c r="O233" s="0" t="s">
         <x:v>99</x:v>
       </x:c>
       <x:c r="P233" s="0" t="s">
         <x:v>289</x:v>
       </x:c>
       <x:c r="Q233" s="4" t="s">
         <x:v>290</x:v>
       </x:c>
       <x:c r="R233" s="0" t="s">
         <x:v>240</x:v>
       </x:c>
       <x:c r="S233" s="0" t="n">
         <x:v>600397</x:v>
       </x:c>
       <x:c r="T233" s="4" t="s">
-        <x:v>303</x:v>
+        <x:v>302</x:v>
       </x:c>
       <x:c r="U233" s="4" t="s">
         <x:v>104</x:v>
       </x:c>
     </x:row>
     <x:row r="234" spans="1:21">
       <x:c r="A234" s="13" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="B234" s="14" t="s">
         <x:v>105</x:v>
       </x:c>
       <x:c r="C234" s="15" t="n">
         <x:v>38430</x:v>
       </x:c>
       <x:c r="D234" s="15" t="s"/>
       <x:c r="E234" s="14" t="s">
         <x:v>106</x:v>
       </x:c>
       <x:c r="F234" s="14" t="s">
         <x:v>107</x:v>
       </x:c>
       <x:c r="G234" s="14" t="s">
         <x:v>108</x:v>
       </x:c>
@@ -15874,51 +15871,51 @@
       </x:c>
       <x:c r="P234" s="14" t="s">
         <x:v>289</x:v>
       </x:c>
       <x:c r="Q234" s="16" t="s">
         <x:v>290</x:v>
       </x:c>
       <x:c r="R234" s="14" t="s">
         <x:v>298</x:v>
       </x:c>
       <x:c r="S234" s="14" t="n">
         <x:v>583924</x:v>
       </x:c>
       <x:c r="T234" s="16" t="s">
         <x:v>310</x:v>
       </x:c>
       <x:c r="U234" s="16" t="s">
         <x:v>311</x:v>
       </x:c>
     </x:row>
     <x:row r="235" spans="1:21">
       <x:c r="A235" s="1" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="B235" s="0" t="s">
-        <x:v>150</x:v>
+        <x:v>143</x:v>
       </x:c>
       <x:c r="C235" s="3" t="n">
         <x:v>37553</x:v>
       </x:c>
       <x:c r="D235" s="3" t="s"/>
       <x:c r="G235" s="0" t="s">
         <x:v>289</x:v>
       </x:c>
       <x:c r="I235" s="4" t="s">
         <x:v>290</x:v>
       </x:c>
       <x:c r="J235" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K235" s="0" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="L235" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="M235" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N235" s="3" t="n">
         <x:v>42752</x:v>
@@ -15928,51 +15925,51 @@
       </x:c>
       <x:c r="P235" s="0" t="s">
         <x:v>289</x:v>
       </x:c>
       <x:c r="Q235" s="4" t="s">
         <x:v>290</x:v>
       </x:c>
       <x:c r="R235" s="0" t="s">
         <x:v>296</x:v>
       </x:c>
       <x:c r="S235" s="0" t="n">
         <x:v>493598</x:v>
       </x:c>
       <x:c r="T235" s="4" t="s">
         <x:v>236</x:v>
       </x:c>
       <x:c r="U235" s="4" t="s">
         <x:v>104</x:v>
       </x:c>
     </x:row>
     <x:row r="236" spans="1:21">
       <x:c r="A236" s="13" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="B236" s="14" t="s">
-        <x:v>150</x:v>
+        <x:v>143</x:v>
       </x:c>
       <x:c r="C236" s="15" t="n">
         <x:v>38430</x:v>
       </x:c>
       <x:c r="D236" s="15" t="s"/>
       <x:c r="E236" s="14" t="s"/>
       <x:c r="F236" s="14" t="s"/>
       <x:c r="G236" s="14" t="s">
         <x:v>289</x:v>
       </x:c>
       <x:c r="H236" s="14" t="s"/>
       <x:c r="I236" s="16" t="s">
         <x:v>290</x:v>
       </x:c>
       <x:c r="J236" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K236" s="14" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="L236" s="14" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="M236" s="14" t="s">
         <x:v>30</x:v>
@@ -16039,51 +16036,51 @@
       </x:c>
       <x:c r="P237" s="0" t="s">
         <x:v>289</x:v>
       </x:c>
       <x:c r="Q237" s="4" t="s">
         <x:v>290</x:v>
       </x:c>
       <x:c r="R237" s="0" t="s">
         <x:v>300</x:v>
       </x:c>
       <x:c r="S237" s="0" t="n">
         <x:v>491853</x:v>
       </x:c>
       <x:c r="T237" s="4" t="s">
         <x:v>312</x:v>
       </x:c>
       <x:c r="U237" s="4" t="s">
         <x:v>273</x:v>
       </x:c>
     </x:row>
     <x:row r="238" spans="1:21">
       <x:c r="A238" s="13" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="B238" s="14" t="s">
-        <x:v>150</x:v>
+        <x:v>143</x:v>
       </x:c>
       <x:c r="C238" s="15" t="n">
         <x:v>38430</x:v>
       </x:c>
       <x:c r="D238" s="15" t="s"/>
       <x:c r="E238" s="14" t="s"/>
       <x:c r="F238" s="14" t="s"/>
       <x:c r="G238" s="14" t="s">
         <x:v>289</x:v>
       </x:c>
       <x:c r="H238" s="14" t="s"/>
       <x:c r="I238" s="16" t="s">
         <x:v>290</x:v>
       </x:c>
       <x:c r="J238" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K238" s="14" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="L238" s="14" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="M238" s="14" t="s">
         <x:v>30</x:v>
@@ -16096,51 +16093,51 @@
       </x:c>
       <x:c r="P238" s="14" t="s">
         <x:v>289</x:v>
       </x:c>
       <x:c r="Q238" s="16" t="s">
         <x:v>290</x:v>
       </x:c>
       <x:c r="R238" s="14" t="s">
         <x:v>298</x:v>
       </x:c>
       <x:c r="S238" s="14" t="n">
         <x:v>623470</x:v>
       </x:c>
       <x:c r="T238" s="16" t="s">
         <x:v>299</x:v>
       </x:c>
       <x:c r="U238" s="16" t="s">
         <x:v>136</x:v>
       </x:c>
     </x:row>
     <x:row r="239" spans="1:21">
       <x:c r="A239" s="1" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="B239" s="0" t="s">
-        <x:v>150</x:v>
+        <x:v>143</x:v>
       </x:c>
       <x:c r="C239" s="3" t="n">
         <x:v>38430</x:v>
       </x:c>
       <x:c r="D239" s="3" t="s"/>
       <x:c r="G239" s="0" t="s">
         <x:v>289</x:v>
       </x:c>
       <x:c r="I239" s="4" t="s">
         <x:v>290</x:v>
       </x:c>
       <x:c r="J239" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K239" s="0" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="L239" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="M239" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N239" s="3" t="n">
         <x:v>42752</x:v>
@@ -16150,51 +16147,51 @@
       </x:c>
       <x:c r="P239" s="0" t="s">
         <x:v>289</x:v>
       </x:c>
       <x:c r="Q239" s="4" t="s">
         <x:v>290</x:v>
       </x:c>
       <x:c r="R239" s="0" t="s">
         <x:v>298</x:v>
       </x:c>
       <x:c r="S239" s="0" t="n">
         <x:v>623471</x:v>
       </x:c>
       <x:c r="T239" s="4" t="s">
         <x:v>310</x:v>
       </x:c>
       <x:c r="U239" s="4" t="s">
         <x:v>311</x:v>
       </x:c>
     </x:row>
     <x:row r="240" spans="1:21">
       <x:c r="A240" s="13" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="B240" s="14" t="s">
-        <x:v>150</x:v>
+        <x:v>143</x:v>
       </x:c>
       <x:c r="C240" s="15" t="n">
         <x:v>38430</x:v>
       </x:c>
       <x:c r="D240" s="15" t="s"/>
       <x:c r="E240" s="14" t="s"/>
       <x:c r="F240" s="14" t="s"/>
       <x:c r="G240" s="14" t="s">
         <x:v>313</x:v>
       </x:c>
       <x:c r="H240" s="14" t="s"/>
       <x:c r="I240" s="16" t="s">
         <x:v>117</x:v>
       </x:c>
       <x:c r="J240" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K240" s="14" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="L240" s="14" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="M240" s="14" t="s">
         <x:v>30</x:v>
@@ -16207,51 +16204,51 @@
       </x:c>
       <x:c r="P240" s="14" t="s">
         <x:v>313</x:v>
       </x:c>
       <x:c r="Q240" s="16" t="s">
         <x:v>117</x:v>
       </x:c>
       <x:c r="R240" s="14" t="s">
         <x:v>314</x:v>
       </x:c>
       <x:c r="S240" s="14" t="n">
         <x:v>617220</x:v>
       </x:c>
       <x:c r="T240" s="16" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="U240" s="16" t="s">
         <x:v>100</x:v>
       </x:c>
     </x:row>
     <x:row r="241" spans="1:21">
       <x:c r="A241" s="1" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="B241" s="0" t="s">
-        <x:v>150</x:v>
+        <x:v>143</x:v>
       </x:c>
       <x:c r="C241" s="3" t="n">
         <x:v>38430</x:v>
       </x:c>
       <x:c r="D241" s="3" t="s"/>
       <x:c r="G241" s="0" t="s">
         <x:v>313</x:v>
       </x:c>
       <x:c r="I241" s="4" t="s">
         <x:v>117</x:v>
       </x:c>
       <x:c r="J241" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K241" s="0" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="L241" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="M241" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N241" s="3" t="n">
         <x:v>42752</x:v>
@@ -16261,219 +16258,219 @@
       </x:c>
       <x:c r="P241" s="0" t="s">
         <x:v>313</x:v>
       </x:c>
       <x:c r="Q241" s="4" t="s">
         <x:v>117</x:v>
       </x:c>
       <x:c r="R241" s="0" t="s">
         <x:v>315</x:v>
       </x:c>
       <x:c r="S241" s="0" t="n">
         <x:v>542507</x:v>
       </x:c>
       <x:c r="T241" s="4" t="s">
         <x:v>239</x:v>
       </x:c>
       <x:c r="U241" s="4" t="s">
         <x:v>163</x:v>
       </x:c>
     </x:row>
     <x:row r="242" spans="1:21">
       <x:c r="A242" s="13" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="B242" s="14" t="s">
-        <x:v>150</x:v>
+        <x:v>143</x:v>
       </x:c>
       <x:c r="C242" s="15" t="n">
         <x:v>38430</x:v>
       </x:c>
       <x:c r="D242" s="15" t="s"/>
       <x:c r="E242" s="14" t="s"/>
       <x:c r="F242" s="14" t="s"/>
       <x:c r="G242" s="14" t="s">
         <x:v>313</x:v>
       </x:c>
       <x:c r="H242" s="14" t="s"/>
       <x:c r="I242" s="16" t="s">
         <x:v>117</x:v>
       </x:c>
       <x:c r="J242" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K242" s="14" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="L242" s="14" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="M242" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N242" s="15" t="n">
         <x:v>42752</x:v>
       </x:c>
       <x:c r="O242" s="14" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="P242" s="14" t="s">
         <x:v>313</x:v>
       </x:c>
       <x:c r="Q242" s="16" t="s">
         <x:v>117</x:v>
       </x:c>
       <x:c r="R242" s="14" t="s">
         <x:v>315</x:v>
       </x:c>
       <x:c r="S242" s="14" t="n">
-        <x:v>540933</x:v>
+        <x:v>617219</x:v>
       </x:c>
       <x:c r="T242" s="16" t="s">
-        <x:v>316</x:v>
+        <x:v>70</x:v>
       </x:c>
       <x:c r="U242" s="16" t="s">
-        <x:v>104</x:v>
+        <x:v>100</x:v>
       </x:c>
     </x:row>
     <x:row r="243" spans="1:21">
       <x:c r="A243" s="1" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="B243" s="0" t="s">
-        <x:v>150</x:v>
+        <x:v>143</x:v>
       </x:c>
       <x:c r="C243" s="3" t="n">
-        <x:v>38430</x:v>
+        <x:v>37553</x:v>
       </x:c>
       <x:c r="D243" s="3" t="s"/>
       <x:c r="G243" s="0" t="s">
         <x:v>313</x:v>
       </x:c>
       <x:c r="I243" s="4" t="s">
         <x:v>117</x:v>
       </x:c>
       <x:c r="J243" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K243" s="0" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="L243" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="M243" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N243" s="3" t="n">
         <x:v>42752</x:v>
       </x:c>
       <x:c r="O243" s="0" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="P243" s="0" t="s">
         <x:v>313</x:v>
       </x:c>
       <x:c r="Q243" s="4" t="s">
         <x:v>117</x:v>
       </x:c>
       <x:c r="R243" s="0" t="s">
-        <x:v>315</x:v>
+        <x:v>314</x:v>
       </x:c>
       <x:c r="S243" s="0" t="n">
-        <x:v>617219</x:v>
+        <x:v>507571</x:v>
       </x:c>
       <x:c r="T243" s="4" t="s">
-        <x:v>70</x:v>
+        <x:v>316</x:v>
       </x:c>
       <x:c r="U243" s="4" t="s">
-        <x:v>100</x:v>
+        <x:v>104</x:v>
       </x:c>
     </x:row>
     <x:row r="244" spans="1:21">
       <x:c r="A244" s="13" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="B244" s="14" t="s">
-        <x:v>150</x:v>
+        <x:v>143</x:v>
       </x:c>
       <x:c r="C244" s="15" t="n">
-        <x:v>37553</x:v>
+        <x:v>38430</x:v>
       </x:c>
       <x:c r="D244" s="15" t="s"/>
       <x:c r="E244" s="14" t="s"/>
       <x:c r="F244" s="14" t="s"/>
       <x:c r="G244" s="14" t="s">
         <x:v>313</x:v>
       </x:c>
       <x:c r="H244" s="14" t="s"/>
       <x:c r="I244" s="16" t="s">
         <x:v>117</x:v>
       </x:c>
       <x:c r="J244" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K244" s="14" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="L244" s="14" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="M244" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N244" s="15" t="n">
         <x:v>42752</x:v>
       </x:c>
       <x:c r="O244" s="14" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="P244" s="14" t="s">
         <x:v>313</x:v>
       </x:c>
       <x:c r="Q244" s="16" t="s">
         <x:v>117</x:v>
       </x:c>
       <x:c r="R244" s="14" t="s">
-        <x:v>314</x:v>
+        <x:v>315</x:v>
       </x:c>
       <x:c r="S244" s="14" t="n">
-        <x:v>507571</x:v>
+        <x:v>540933</x:v>
       </x:c>
       <x:c r="T244" s="16" t="s">
         <x:v>317</x:v>
       </x:c>
       <x:c r="U244" s="16" t="s">
         <x:v>104</x:v>
       </x:c>
     </x:row>
     <x:row r="245" spans="1:21">
       <x:c r="A245" s="1" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="B245" s="0" t="s">
-        <x:v>150</x:v>
+        <x:v>143</x:v>
       </x:c>
       <x:c r="C245" s="3" t="n">
         <x:v>38430</x:v>
       </x:c>
       <x:c r="D245" s="3" t="s"/>
       <x:c r="G245" s="0" t="s">
         <x:v>313</x:v>
       </x:c>
       <x:c r="I245" s="4" t="s">
         <x:v>117</x:v>
       </x:c>
       <x:c r="J245" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K245" s="0" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="L245" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="M245" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N245" s="3" t="n">
         <x:v>42752</x:v>
@@ -16483,108 +16480,108 @@
       </x:c>
       <x:c r="P245" s="0" t="s">
         <x:v>313</x:v>
       </x:c>
       <x:c r="Q245" s="4" t="s">
         <x:v>117</x:v>
       </x:c>
       <x:c r="R245" s="0" t="s">
         <x:v>314</x:v>
       </x:c>
       <x:c r="S245" s="0" t="n">
         <x:v>540935</x:v>
       </x:c>
       <x:c r="T245" s="4" t="s">
         <x:v>318</x:v>
       </x:c>
       <x:c r="U245" s="4" t="s">
         <x:v>104</x:v>
       </x:c>
     </x:row>
     <x:row r="246" spans="1:21">
       <x:c r="A246" s="13" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="B246" s="14" t="s">
-        <x:v>306</x:v>
+        <x:v>301</x:v>
       </x:c>
       <x:c r="C246" s="15" t="n">
         <x:v>37859</x:v>
       </x:c>
       <x:c r="D246" s="15" t="s"/>
       <x:c r="E246" s="14" t="s"/>
       <x:c r="F246" s="14" t="s"/>
       <x:c r="G246" s="14" t="s">
         <x:v>313</x:v>
       </x:c>
       <x:c r="H246" s="14" t="s"/>
       <x:c r="I246" s="16" t="s">
         <x:v>117</x:v>
       </x:c>
       <x:c r="J246" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K246" s="14" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="L246" s="14" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="M246" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N246" s="15" t="n">
         <x:v>42752</x:v>
       </x:c>
       <x:c r="O246" s="14" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="P246" s="14" t="s">
         <x:v>313</x:v>
       </x:c>
       <x:c r="Q246" s="16" t="s">
         <x:v>117</x:v>
       </x:c>
       <x:c r="R246" s="14" t="s">
         <x:v>315</x:v>
       </x:c>
       <x:c r="S246" s="14" t="n">
         <x:v>546538</x:v>
       </x:c>
       <x:c r="T246" s="16" t="s">
         <x:v>319</x:v>
       </x:c>
       <x:c r="U246" s="16" t="s">
-        <x:v>305</x:v>
+        <x:v>304</x:v>
       </x:c>
     </x:row>
     <x:row r="247" spans="1:21">
       <x:c r="A247" s="1" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="B247" s="0" t="s">
-        <x:v>150</x:v>
+        <x:v>143</x:v>
       </x:c>
       <x:c r="C247" s="3" t="n">
         <x:v>38430</x:v>
       </x:c>
       <x:c r="D247" s="3" t="s"/>
       <x:c r="G247" s="0" t="s">
         <x:v>313</x:v>
       </x:c>
       <x:c r="I247" s="4" t="s">
         <x:v>117</x:v>
       </x:c>
       <x:c r="J247" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K247" s="0" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="L247" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="M247" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N247" s="3" t="n">
         <x:v>42752</x:v>
@@ -16594,51 +16591,51 @@
       </x:c>
       <x:c r="P247" s="0" t="s">
         <x:v>313</x:v>
       </x:c>
       <x:c r="Q247" s="4" t="s">
         <x:v>117</x:v>
       </x:c>
       <x:c r="R247" s="0" t="s">
         <x:v>314</x:v>
       </x:c>
       <x:c r="S247" s="0" t="n">
         <x:v>542508</x:v>
       </x:c>
       <x:c r="T247" s="4" t="s">
         <x:v>111</x:v>
       </x:c>
       <x:c r="U247" s="4" t="s">
         <x:v>163</x:v>
       </x:c>
     </x:row>
     <x:row r="248" spans="1:21">
       <x:c r="A248" s="13" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="B248" s="14" t="s">
-        <x:v>150</x:v>
+        <x:v>143</x:v>
       </x:c>
       <x:c r="C248" s="15" t="n">
         <x:v>37553</x:v>
       </x:c>
       <x:c r="D248" s="15" t="s"/>
       <x:c r="E248" s="14" t="s"/>
       <x:c r="F248" s="14" t="s"/>
       <x:c r="G248" s="14" t="s">
         <x:v>313</x:v>
       </x:c>
       <x:c r="H248" s="14" t="s"/>
       <x:c r="I248" s="16" t="s">
         <x:v>117</x:v>
       </x:c>
       <x:c r="J248" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K248" s="14" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="L248" s="14" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="M248" s="14" t="s">
         <x:v>30</x:v>
@@ -16651,51 +16648,51 @@
       </x:c>
       <x:c r="P248" s="14" t="s">
         <x:v>313</x:v>
       </x:c>
       <x:c r="Q248" s="16" t="s">
         <x:v>117</x:v>
       </x:c>
       <x:c r="R248" s="14" t="s">
         <x:v>315</x:v>
       </x:c>
       <x:c r="S248" s="14" t="n">
         <x:v>507570</x:v>
       </x:c>
       <x:c r="T248" s="16" t="s">
         <x:v>320</x:v>
       </x:c>
       <x:c r="U248" s="16" t="s">
         <x:v>104</x:v>
       </x:c>
     </x:row>
     <x:row r="249" spans="1:21">
       <x:c r="A249" s="1" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="B249" s="0" t="s">
-        <x:v>150</x:v>
+        <x:v>143</x:v>
       </x:c>
       <x:c r="C249" s="3" t="n">
         <x:v>38430</x:v>
       </x:c>
       <x:c r="D249" s="3" t="s"/>
       <x:c r="G249" s="0" t="s">
         <x:v>313</x:v>
       </x:c>
       <x:c r="I249" s="4" t="s">
         <x:v>117</x:v>
       </x:c>
       <x:c r="J249" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K249" s="0" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="L249" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="M249" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N249" s="3" t="n">
         <x:v>42752</x:v>
@@ -16705,334 +16702,334 @@
       </x:c>
       <x:c r="P249" s="0" t="s">
         <x:v>313</x:v>
       </x:c>
       <x:c r="Q249" s="4" t="s">
         <x:v>117</x:v>
       </x:c>
       <x:c r="R249" s="0" t="s">
         <x:v>321</x:v>
       </x:c>
       <x:c r="S249" s="0" t="n">
         <x:v>617221</x:v>
       </x:c>
       <x:c r="T249" s="4" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="U249" s="4" t="s">
         <x:v>309</x:v>
       </x:c>
     </x:row>
     <x:row r="250" spans="1:21">
       <x:c r="A250" s="13" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="B250" s="14" t="s">
-        <x:v>257</x:v>
+        <x:v>143</x:v>
       </x:c>
       <x:c r="C250" s="15" t="n">
-        <x:v>37910</x:v>
+        <x:v>38430</x:v>
       </x:c>
       <x:c r="D250" s="15" t="s"/>
       <x:c r="E250" s="14" t="s"/>
       <x:c r="F250" s="14" t="s"/>
       <x:c r="G250" s="14" t="s">
         <x:v>275</x:v>
       </x:c>
       <x:c r="H250" s="14" t="s">
         <x:v>276</x:v>
       </x:c>
       <x:c r="I250" s="16" t="s">
         <x:v>218</x:v>
       </x:c>
       <x:c r="J250" s="14" t="s">
-        <x:v>45</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="K250" s="14" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="L250" s="14" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="M250" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N250" s="15" t="n">
         <x:v>42752</x:v>
       </x:c>
       <x:c r="O250" s="14" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="P250" s="14" t="s">
         <x:v>275</x:v>
       </x:c>
       <x:c r="Q250" s="16" t="s">
         <x:v>218</x:v>
       </x:c>
       <x:c r="R250" s="14" t="s">
         <x:v>158</x:v>
       </x:c>
       <x:c r="S250" s="14" t="n">
-        <x:v>554019</x:v>
+        <x:v>540940</x:v>
       </x:c>
       <x:c r="T250" s="16" t="s">
-        <x:v>35</x:v>
+        <x:v>96</x:v>
       </x:c>
       <x:c r="U250" s="16" t="s">
         <x:v>100</x:v>
       </x:c>
     </x:row>
     <x:row r="251" spans="1:21">
       <x:c r="A251" s="1" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="B251" s="0" t="s">
-        <x:v>150</x:v>
+        <x:v>266</x:v>
       </x:c>
       <x:c r="C251" s="3" t="n">
-        <x:v>38430</x:v>
+        <x:v>40287</x:v>
       </x:c>
       <x:c r="D251" s="3" t="s"/>
       <x:c r="G251" s="0" t="s">
         <x:v>275</x:v>
       </x:c>
       <x:c r="H251" s="0" t="s">
         <x:v>276</x:v>
       </x:c>
       <x:c r="I251" s="4" t="s">
         <x:v>218</x:v>
       </x:c>
       <x:c r="J251" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K251" s="0" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="L251" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="M251" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N251" s="3" t="n">
-        <x:v>42752</x:v>
+        <x:v>42710</x:v>
       </x:c>
       <x:c r="O251" s="0" t="s">
-        <x:v>31</x:v>
+        <x:v>99</x:v>
       </x:c>
       <x:c r="P251" s="0" t="s">
         <x:v>275</x:v>
       </x:c>
       <x:c r="Q251" s="4" t="s">
         <x:v>218</x:v>
       </x:c>
       <x:c r="R251" s="0" t="s">
-        <x:v>158</x:v>
+        <x:v>322</x:v>
       </x:c>
       <x:c r="S251" s="0" t="n">
-        <x:v>554037</x:v>
+        <x:v>600396</x:v>
       </x:c>
       <x:c r="T251" s="4" t="s">
-        <x:v>35</x:v>
+        <x:v>323</x:v>
       </x:c>
       <x:c r="U251" s="4" t="s">
-        <x:v>97</x:v>
+        <x:v>294</x:v>
       </x:c>
     </x:row>
     <x:row r="252" spans="1:21">
       <x:c r="A252" s="13" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="B252" s="14" t="s">
-        <x:v>266</x:v>
+        <x:v>143</x:v>
       </x:c>
       <x:c r="C252" s="15" t="n">
-        <x:v>40287</x:v>
+        <x:v>38430</x:v>
       </x:c>
       <x:c r="D252" s="15" t="s"/>
       <x:c r="E252" s="14" t="s"/>
       <x:c r="F252" s="14" t="s"/>
       <x:c r="G252" s="14" t="s">
         <x:v>275</x:v>
       </x:c>
       <x:c r="H252" s="14" t="s">
         <x:v>276</x:v>
       </x:c>
       <x:c r="I252" s="16" t="s">
         <x:v>218</x:v>
       </x:c>
       <x:c r="J252" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K252" s="14" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="L252" s="14" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="M252" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N252" s="15" t="n">
-        <x:v>42710</x:v>
+        <x:v>42752</x:v>
       </x:c>
       <x:c r="O252" s="14" t="s">
-        <x:v>99</x:v>
+        <x:v>31</x:v>
       </x:c>
       <x:c r="P252" s="14" t="s">
         <x:v>275</x:v>
       </x:c>
       <x:c r="Q252" s="16" t="s">
         <x:v>218</x:v>
       </x:c>
       <x:c r="R252" s="14" t="s">
-        <x:v>322</x:v>
+        <x:v>324</x:v>
       </x:c>
       <x:c r="S252" s="14" t="n">
-        <x:v>600396</x:v>
+        <x:v>581762</x:v>
       </x:c>
       <x:c r="T252" s="16" t="s">
-        <x:v>323</x:v>
+        <x:v>325</x:v>
       </x:c>
       <x:c r="U252" s="16" t="s">
-        <x:v>294</x:v>
+        <x:v>326</x:v>
       </x:c>
     </x:row>
     <x:row r="253" spans="1:21">
       <x:c r="A253" s="1" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="B253" s="0" t="s">
-        <x:v>150</x:v>
+        <x:v>257</x:v>
       </x:c>
       <x:c r="C253" s="3" t="n">
-        <x:v>38430</x:v>
+        <x:v>37910</x:v>
       </x:c>
       <x:c r="D253" s="3" t="s"/>
       <x:c r="G253" s="0" t="s">
         <x:v>275</x:v>
       </x:c>
       <x:c r="H253" s="0" t="s">
         <x:v>276</x:v>
       </x:c>
       <x:c r="I253" s="4" t="s">
         <x:v>218</x:v>
       </x:c>
       <x:c r="J253" s="0" t="s">
-        <x:v>27</x:v>
+        <x:v>45</x:v>
       </x:c>
       <x:c r="K253" s="0" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="L253" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="M253" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N253" s="3" t="n">
         <x:v>42752</x:v>
       </x:c>
       <x:c r="O253" s="0" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="P253" s="0" t="s">
         <x:v>275</x:v>
       </x:c>
       <x:c r="Q253" s="4" t="s">
         <x:v>218</x:v>
       </x:c>
       <x:c r="R253" s="0" t="s">
         <x:v>158</x:v>
       </x:c>
       <x:c r="S253" s="0" t="n">
-        <x:v>540940</x:v>
+        <x:v>554019</x:v>
       </x:c>
       <x:c r="T253" s="4" t="s">
-        <x:v>96</x:v>
+        <x:v>35</x:v>
       </x:c>
       <x:c r="U253" s="4" t="s">
         <x:v>100</x:v>
       </x:c>
     </x:row>
     <x:row r="254" spans="1:21">
       <x:c r="A254" s="13" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="B254" s="14" t="s">
-        <x:v>150</x:v>
+        <x:v>143</x:v>
       </x:c>
       <x:c r="C254" s="15" t="n">
         <x:v>38430</x:v>
       </x:c>
       <x:c r="D254" s="15" t="s"/>
       <x:c r="E254" s="14" t="s"/>
       <x:c r="F254" s="14" t="s"/>
       <x:c r="G254" s="14" t="s">
         <x:v>275</x:v>
       </x:c>
       <x:c r="H254" s="14" t="s">
         <x:v>276</x:v>
       </x:c>
       <x:c r="I254" s="16" t="s">
         <x:v>218</x:v>
       </x:c>
       <x:c r="J254" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K254" s="14" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="L254" s="14" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="M254" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N254" s="15" t="n">
         <x:v>42752</x:v>
       </x:c>
       <x:c r="O254" s="14" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="P254" s="14" t="s">
         <x:v>275</x:v>
       </x:c>
       <x:c r="Q254" s="16" t="s">
         <x:v>218</x:v>
       </x:c>
       <x:c r="R254" s="14" t="s">
-        <x:v>324</x:v>
+        <x:v>158</x:v>
       </x:c>
       <x:c r="S254" s="14" t="n">
-        <x:v>581762</x:v>
+        <x:v>554037</x:v>
       </x:c>
       <x:c r="T254" s="16" t="s">
-        <x:v>325</x:v>
+        <x:v>35</x:v>
       </x:c>
       <x:c r="U254" s="16" t="s">
-        <x:v>326</x:v>
+        <x:v>97</x:v>
       </x:c>
     </x:row>
     <x:row r="255" spans="1:21">
       <x:c r="A255" s="1" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="B255" s="0" t="s">
         <x:v>266</x:v>
       </x:c>
       <x:c r="C255" s="3" t="n">
         <x:v>40287</x:v>
       </x:c>
       <x:c r="D255" s="3" t="s"/>
       <x:c r="G255" s="0" t="s">
         <x:v>275</x:v>
       </x:c>
       <x:c r="H255" s="0" t="s">
         <x:v>276</x:v>
       </x:c>
       <x:c r="I255" s="4" t="s">
         <x:v>218</x:v>
       </x:c>
       <x:c r="J255" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
@@ -17045,59 +17042,59 @@
       <x:c r="M255" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N255" s="3" t="n">
         <x:v>42710</x:v>
       </x:c>
       <x:c r="O255" s="0" t="s">
         <x:v>99</x:v>
       </x:c>
       <x:c r="P255" s="0" t="s">
         <x:v>275</x:v>
       </x:c>
       <x:c r="Q255" s="4" t="s">
         <x:v>218</x:v>
       </x:c>
       <x:c r="R255" s="0" t="s">
         <x:v>322</x:v>
       </x:c>
       <x:c r="S255" s="0" t="n">
         <x:v>617913</x:v>
       </x:c>
       <x:c r="T255" s="4" t="s">
         <x:v>253</x:v>
       </x:c>
       <x:c r="U255" s="4" t="s">
-        <x:v>63</x:v>
+        <x:v>58</x:v>
       </x:c>
     </x:row>
     <x:row r="256" spans="1:21">
       <x:c r="A256" s="13" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="B256" s="14" t="s">
-        <x:v>150</x:v>
+        <x:v>143</x:v>
       </x:c>
       <x:c r="C256" s="15" t="n">
         <x:v>38430</x:v>
       </x:c>
       <x:c r="D256" s="15" t="s"/>
       <x:c r="E256" s="14" t="s"/>
       <x:c r="F256" s="14" t="s"/>
       <x:c r="G256" s="14" t="s">
         <x:v>275</x:v>
       </x:c>
       <x:c r="H256" s="14" t="s">
         <x:v>276</x:v>
       </x:c>
       <x:c r="I256" s="16" t="s">
         <x:v>218</x:v>
       </x:c>
       <x:c r="J256" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K256" s="14" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="L256" s="14" t="s">
         <x:v>47</x:v>
       </x:c>
@@ -17326,233 +17323,233 @@
       <x:c r="J260" s="14" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="K260" s="14" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="L260" s="14" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="M260" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N260" s="15" t="n">
         <x:v>42752</x:v>
       </x:c>
       <x:c r="O260" s="14" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="P260" s="14" t="s">
         <x:v>275</x:v>
       </x:c>
       <x:c r="Q260" s="16" t="s">
         <x:v>218</x:v>
       </x:c>
       <x:c r="R260" s="14" t="s">
-        <x:v>158</x:v>
+        <x:v>329</x:v>
       </x:c>
       <x:c r="S260" s="14" t="n">
-        <x:v>509801</x:v>
+        <x:v>492295</x:v>
       </x:c>
       <x:c r="T260" s="16" t="s">
-        <x:v>236</x:v>
+        <x:v>287</x:v>
       </x:c>
       <x:c r="U260" s="16" t="s">
-        <x:v>97</x:v>
+        <x:v>104</x:v>
       </x:c>
     </x:row>
     <x:row r="261" spans="1:21">
       <x:c r="A261" s="1" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="B261" s="0" t="s">
-        <x:v>257</x:v>
+        <x:v>301</x:v>
       </x:c>
       <x:c r="C261" s="3" t="n">
-        <x:v>37910</x:v>
+        <x:v>37859</x:v>
       </x:c>
       <x:c r="D261" s="3" t="s"/>
       <x:c r="G261" s="0" t="s">
         <x:v>275</x:v>
       </x:c>
       <x:c r="H261" s="0" t="s">
         <x:v>276</x:v>
       </x:c>
       <x:c r="I261" s="4" t="s">
         <x:v>218</x:v>
       </x:c>
       <x:c r="J261" s="0" t="s">
-        <x:v>45</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="K261" s="0" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="L261" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="M261" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N261" s="3" t="n">
         <x:v>42752</x:v>
       </x:c>
       <x:c r="O261" s="0" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="P261" s="0" t="s">
         <x:v>275</x:v>
       </x:c>
       <x:c r="Q261" s="4" t="s">
         <x:v>218</x:v>
       </x:c>
       <x:c r="R261" s="0" t="s">
-        <x:v>329</x:v>
+        <x:v>256</x:v>
       </x:c>
       <x:c r="S261" s="0" t="n">
-        <x:v>492295</x:v>
+        <x:v>614262</x:v>
       </x:c>
       <x:c r="T261" s="4" t="s">
-        <x:v>287</x:v>
+        <x:v>291</x:v>
       </x:c>
       <x:c r="U261" s="4" t="s">
-        <x:v>104</x:v>
+        <x:v>336</x:v>
       </x:c>
     </x:row>
     <x:row r="262" spans="1:21">
       <x:c r="A262" s="13" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="B262" s="14" t="s">
-        <x:v>306</x:v>
+        <x:v>143</x:v>
       </x:c>
       <x:c r="C262" s="15" t="n">
-        <x:v>37859</x:v>
+        <x:v>37553</x:v>
       </x:c>
       <x:c r="D262" s="15" t="s"/>
       <x:c r="E262" s="14" t="s"/>
       <x:c r="F262" s="14" t="s"/>
       <x:c r="G262" s="14" t="s">
         <x:v>275</x:v>
       </x:c>
       <x:c r="H262" s="14" t="s">
         <x:v>276</x:v>
       </x:c>
       <x:c r="I262" s="16" t="s">
         <x:v>218</x:v>
       </x:c>
       <x:c r="J262" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K262" s="14" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="L262" s="14" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="M262" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N262" s="15" t="n">
         <x:v>42752</x:v>
       </x:c>
       <x:c r="O262" s="14" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="P262" s="14" t="s">
         <x:v>275</x:v>
       </x:c>
       <x:c r="Q262" s="16" t="s">
         <x:v>218</x:v>
       </x:c>
       <x:c r="R262" s="14" t="s">
-        <x:v>256</x:v>
+        <x:v>158</x:v>
       </x:c>
       <x:c r="S262" s="14" t="n">
-        <x:v>614262</x:v>
+        <x:v>509800</x:v>
       </x:c>
       <x:c r="T262" s="16" t="s">
-        <x:v>291</x:v>
+        <x:v>236</x:v>
       </x:c>
       <x:c r="U262" s="16" t="s">
-        <x:v>336</x:v>
+        <x:v>104</x:v>
       </x:c>
     </x:row>
     <x:row r="263" spans="1:21">
       <x:c r="A263" s="1" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="B263" s="0" t="s">
-        <x:v>150</x:v>
+        <x:v>257</x:v>
       </x:c>
       <x:c r="C263" s="3" t="n">
-        <x:v>37553</x:v>
+        <x:v>37910</x:v>
       </x:c>
       <x:c r="D263" s="3" t="s"/>
       <x:c r="G263" s="0" t="s">
         <x:v>275</x:v>
       </x:c>
       <x:c r="H263" s="0" t="s">
         <x:v>276</x:v>
       </x:c>
       <x:c r="I263" s="4" t="s">
         <x:v>218</x:v>
       </x:c>
       <x:c r="J263" s="0" t="s">
-        <x:v>27</x:v>
+        <x:v>45</x:v>
       </x:c>
       <x:c r="K263" s="0" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="L263" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="M263" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N263" s="3" t="n">
         <x:v>42752</x:v>
       </x:c>
       <x:c r="O263" s="0" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="P263" s="0" t="s">
         <x:v>275</x:v>
       </x:c>
       <x:c r="Q263" s="4" t="s">
         <x:v>218</x:v>
       </x:c>
       <x:c r="R263" s="0" t="s">
         <x:v>158</x:v>
       </x:c>
       <x:c r="S263" s="0" t="n">
-        <x:v>509800</x:v>
+        <x:v>509801</x:v>
       </x:c>
       <x:c r="T263" s="4" t="s">
         <x:v>236</x:v>
       </x:c>
       <x:c r="U263" s="4" t="s">
-        <x:v>104</x:v>
+        <x:v>97</x:v>
       </x:c>
     </x:row>
     <x:row r="264" spans="1:21">
       <x:c r="A264" s="13" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="B264" s="14" t="s">
         <x:v>257</x:v>
       </x:c>
       <x:c r="C264" s="15" t="n">
         <x:v>37910</x:v>
       </x:c>
       <x:c r="D264" s="15" t="s"/>
       <x:c r="E264" s="14" t="s"/>
       <x:c r="F264" s="14" t="s"/>
       <x:c r="G264" s="14" t="s">
         <x:v>275</x:v>
       </x:c>
       <x:c r="H264" s="14" t="s">
         <x:v>276</x:v>
       </x:c>
       <x:c r="I264" s="16" t="s">
         <x:v>218</x:v>
       </x:c>
       <x:c r="J264" s="14" t="s">
@@ -17633,51 +17630,51 @@
       </x:c>
       <x:c r="P265" s="0" t="s">
         <x:v>275</x:v>
       </x:c>
       <x:c r="Q265" s="4" t="s">
         <x:v>218</x:v>
       </x:c>
       <x:c r="R265" s="0" t="s">
         <x:v>337</x:v>
       </x:c>
       <x:c r="S265" s="0" t="n">
         <x:v>579474</x:v>
       </x:c>
       <x:c r="T265" s="4" t="s">
         <x:v>338</x:v>
       </x:c>
       <x:c r="U265" s="4" t="s">
         <x:v>339</x:v>
       </x:c>
     </x:row>
     <x:row r="266" spans="1:21">
       <x:c r="A266" s="13" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="B266" s="14" t="s">
-        <x:v>150</x:v>
+        <x:v>143</x:v>
       </x:c>
       <x:c r="C266" s="15" t="n">
         <x:v>38430</x:v>
       </x:c>
       <x:c r="D266" s="15" t="s"/>
       <x:c r="E266" s="14" t="s"/>
       <x:c r="F266" s="14" t="s"/>
       <x:c r="G266" s="14" t="s">
         <x:v>275</x:v>
       </x:c>
       <x:c r="H266" s="14" t="s">
         <x:v>276</x:v>
       </x:c>
       <x:c r="I266" s="16" t="s">
         <x:v>218</x:v>
       </x:c>
       <x:c r="J266" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K266" s="14" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="L266" s="14" t="s">
         <x:v>47</x:v>
       </x:c>
@@ -17869,51 +17866,51 @@
       </x:c>
       <x:c r="P269" s="0" t="s">
         <x:v>275</x:v>
       </x:c>
       <x:c r="Q269" s="4" t="s">
         <x:v>218</x:v>
       </x:c>
       <x:c r="R269" s="0" t="s">
         <x:v>329</x:v>
       </x:c>
       <x:c r="S269" s="0" t="n">
         <x:v>527252</x:v>
       </x:c>
       <x:c r="T269" s="4" t="s">
         <x:v>236</x:v>
       </x:c>
       <x:c r="U269" s="4" t="s">
         <x:v>104</x:v>
       </x:c>
     </x:row>
     <x:row r="270" spans="1:21">
       <x:c r="A270" s="13" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="B270" s="14" t="s">
-        <x:v>302</x:v>
+        <x:v>305</x:v>
       </x:c>
       <x:c r="C270" s="15" t="n">
         <x:v>37380</x:v>
       </x:c>
       <x:c r="D270" s="15" t="s"/>
       <x:c r="E270" s="14" t="s"/>
       <x:c r="F270" s="14" t="s"/>
       <x:c r="G270" s="14" t="s">
         <x:v>275</x:v>
       </x:c>
       <x:c r="H270" s="14" t="s">
         <x:v>276</x:v>
       </x:c>
       <x:c r="I270" s="16" t="s">
         <x:v>218</x:v>
       </x:c>
       <x:c r="J270" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K270" s="14" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="L270" s="14" t="s">
         <x:v>47</x:v>
       </x:c>
@@ -17928,51 +17925,51 @@
       </x:c>
       <x:c r="P270" s="14" t="s">
         <x:v>275</x:v>
       </x:c>
       <x:c r="Q270" s="16" t="s">
         <x:v>218</x:v>
       </x:c>
       <x:c r="R270" s="14" t="s">
         <x:v>322</x:v>
       </x:c>
       <x:c r="S270" s="14" t="n">
         <x:v>564405</x:v>
       </x:c>
       <x:c r="T270" s="16" t="s">
         <x:v>323</x:v>
       </x:c>
       <x:c r="U270" s="16" t="s">
         <x:v>294</x:v>
       </x:c>
     </x:row>
     <x:row r="271" spans="1:21">
       <x:c r="A271" s="1" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="B271" s="0" t="s">
-        <x:v>150</x:v>
+        <x:v>143</x:v>
       </x:c>
       <x:c r="C271" s="3" t="n">
         <x:v>38430</x:v>
       </x:c>
       <x:c r="D271" s="3" t="s"/>
       <x:c r="G271" s="0" t="s">
         <x:v>275</x:v>
       </x:c>
       <x:c r="H271" s="0" t="s">
         <x:v>276</x:v>
       </x:c>
       <x:c r="I271" s="4" t="s">
         <x:v>218</x:v>
       </x:c>
       <x:c r="J271" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K271" s="0" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="L271" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="M271" s="0" t="s">
         <x:v>30</x:v>
@@ -18742,51 +18739,51 @@
       </x:c>
       <x:c r="P284" s="14" t="s">
         <x:v>378</x:v>
       </x:c>
       <x:c r="Q284" s="16" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="R284" s="14" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="S284" s="14" t="n">
         <x:v>553756</x:v>
       </x:c>
       <x:c r="T284" s="16" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="U284" s="16" t="s">
         <x:v>104</x:v>
       </x:c>
     </x:row>
     <x:row r="285" spans="1:21">
       <x:c r="A285" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B285" s="0" t="s">
-        <x:v>59</x:v>
+        <x:v>61</x:v>
       </x:c>
       <x:c r="C285" s="3" t="n">
         <x:v>37867</x:v>
       </x:c>
       <x:c r="D285" s="3" t="s"/>
       <x:c r="E285" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G285" s="0" t="s">
         <x:v>378</x:v>
       </x:c>
       <x:c r="I285" s="4" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="J285" s="0" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="K285" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L285" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="M285" s="0" t="s">
         <x:v>30</x:v>
@@ -20192,51 +20189,51 @@
       <x:c r="L310" s="14" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="M310" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N310" s="15" t="n">
         <x:v>42752</x:v>
       </x:c>
       <x:c r="O310" s="14" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="P310" s="14" t="s">
         <x:v>422</x:v>
       </x:c>
       <x:c r="Q310" s="16" t="s">
         <x:v>385</x:v>
       </x:c>
       <x:c r="R310" s="14" t="s">
         <x:v>315</x:v>
       </x:c>
       <x:c r="S310" s="14" t="n">
         <x:v>515754</x:v>
       </x:c>
       <x:c r="T310" s="16" t="s">
-        <x:v>316</x:v>
+        <x:v>317</x:v>
       </x:c>
       <x:c r="U310" s="16" t="s">
         <x:v>104</x:v>
       </x:c>
     </x:row>
     <x:row r="311" spans="1:21">
       <x:c r="A311" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B311" s="0" t="s">
         <x:v>114</x:v>
       </x:c>
       <x:c r="C311" s="3" t="n">
         <x:v>37910</x:v>
       </x:c>
       <x:c r="D311" s="3" t="s"/>
       <x:c r="E311" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G311" s="0" t="s">
         <x:v>258</x:v>
       </x:c>
       <x:c r="I311" s="4" t="s">
         <x:v>33</x:v>
       </x:c>
@@ -22694,159 +22691,159 @@
       </x:c>
       <x:c r="P353" s="0" t="s">
         <x:v>452</x:v>
       </x:c>
       <x:c r="Q353" s="4" t="s">
         <x:v>453</x:v>
       </x:c>
       <x:c r="R353" s="0" t="s">
         <x:v>321</x:v>
       </x:c>
       <x:c r="S353" s="0" t="n">
         <x:v>625022</x:v>
       </x:c>
       <x:c r="T353" s="4" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="U353" s="4" t="s">
         <x:v>309</x:v>
       </x:c>
     </x:row>
     <x:row r="354" spans="1:21">
       <x:c r="A354" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B354" s="14" t="s">
-        <x:v>125</x:v>
+        <x:v>22</x:v>
       </x:c>
       <x:c r="C354" s="15" t="n">
-        <x:v>38431</x:v>
+        <x:v>38430</x:v>
       </x:c>
       <x:c r="D354" s="15" t="s"/>
       <x:c r="E354" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F354" s="14" t="s"/>
       <x:c r="G354" s="14" t="s">
         <x:v>289</x:v>
       </x:c>
       <x:c r="H354" s="14" t="s"/>
       <x:c r="I354" s="16" t="s">
         <x:v>290</x:v>
       </x:c>
       <x:c r="J354" s="14" t="s">
-        <x:v>45</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="K354" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L354" s="14" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="M354" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N354" s="15" t="n">
-        <x:v>42760</x:v>
+        <x:v>42752</x:v>
       </x:c>
       <x:c r="O354" s="14" t="s">
-        <x:v>126</x:v>
+        <x:v>31</x:v>
       </x:c>
       <x:c r="P354" s="14" t="s">
         <x:v>454</x:v>
       </x:c>
       <x:c r="Q354" s="16" t="s">
         <x:v>447</x:v>
       </x:c>
       <x:c r="R354" s="14" t="s">
         <x:v>300</x:v>
       </x:c>
       <x:c r="S354" s="14" t="n">
-        <x:v>604346</x:v>
+        <x:v>520649</x:v>
       </x:c>
       <x:c r="T354" s="16" t="s">
-        <x:v>70</x:v>
+        <x:v>236</x:v>
       </x:c>
       <x:c r="U354" s="16" t="s">
-        <x:v>308</x:v>
+        <x:v>455</x:v>
       </x:c>
     </x:row>
     <x:row r="355" spans="1:21">
       <x:c r="A355" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B355" s="0" t="s">
-        <x:v>22</x:v>
+        <x:v>125</x:v>
       </x:c>
       <x:c r="C355" s="3" t="n">
-        <x:v>38430</x:v>
+        <x:v>38431</x:v>
       </x:c>
       <x:c r="D355" s="3" t="s"/>
       <x:c r="E355" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G355" s="0" t="s">
         <x:v>289</x:v>
       </x:c>
       <x:c r="I355" s="4" t="s">
         <x:v>290</x:v>
       </x:c>
       <x:c r="J355" s="0" t="s">
-        <x:v>27</x:v>
+        <x:v>45</x:v>
       </x:c>
       <x:c r="K355" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L355" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="M355" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N355" s="3" t="n">
-        <x:v>42752</x:v>
+        <x:v>42760</x:v>
       </x:c>
       <x:c r="O355" s="0" t="s">
-        <x:v>31</x:v>
+        <x:v>126</x:v>
       </x:c>
       <x:c r="P355" s="0" t="s">
         <x:v>454</x:v>
       </x:c>
       <x:c r="Q355" s="4" t="s">
         <x:v>447</x:v>
       </x:c>
       <x:c r="R355" s="0" t="s">
         <x:v>300</x:v>
       </x:c>
       <x:c r="S355" s="0" t="n">
-        <x:v>604377</x:v>
+        <x:v>604346</x:v>
       </x:c>
       <x:c r="T355" s="4" t="s">
-        <x:v>180</x:v>
+        <x:v>70</x:v>
       </x:c>
       <x:c r="U355" s="4" t="s">
-        <x:v>309</x:v>
+        <x:v>308</x:v>
       </x:c>
     </x:row>
     <x:row r="356" spans="1:21">
       <x:c r="A356" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B356" s="14" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C356" s="15" t="n">
         <x:v>38430</x:v>
       </x:c>
       <x:c r="D356" s="15" t="s"/>
       <x:c r="E356" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F356" s="14" t="s"/>
       <x:c r="G356" s="14" t="s">
         <x:v>289</x:v>
       </x:c>
       <x:c r="H356" s="14" t="s"/>
       <x:c r="I356" s="16" t="s">
         <x:v>290</x:v>
       </x:c>
       <x:c r="J356" s="14" t="s">
@@ -22855,57 +22852,57 @@
       <x:c r="K356" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L356" s="14" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="M356" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N356" s="15" t="n">
         <x:v>42752</x:v>
       </x:c>
       <x:c r="O356" s="14" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="P356" s="14" t="s">
         <x:v>454</x:v>
       </x:c>
       <x:c r="Q356" s="16" t="s">
         <x:v>447</x:v>
       </x:c>
       <x:c r="R356" s="14" t="s">
         <x:v>300</x:v>
       </x:c>
       <x:c r="S356" s="14" t="n">
-        <x:v>520649</x:v>
+        <x:v>604377</x:v>
       </x:c>
       <x:c r="T356" s="16" t="s">
-        <x:v>236</x:v>
+        <x:v>182</x:v>
       </x:c>
       <x:c r="U356" s="16" t="s">
-        <x:v>455</x:v>
+        <x:v>309</x:v>
       </x:c>
     </x:row>
     <x:row r="357" spans="1:21">
       <x:c r="A357" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B357" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C357" s="3" t="n">
         <x:v>38430</x:v>
       </x:c>
       <x:c r="D357" s="3" t="s"/>
       <x:c r="E357" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G357" s="0" t="s">
         <x:v>289</x:v>
       </x:c>
       <x:c r="I357" s="4" t="s">
         <x:v>290</x:v>
       </x:c>
       <x:c r="J357" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
@@ -23208,114 +23205,114 @@
       <x:c r="K362" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L362" s="14" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="M362" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N362" s="15" t="n">
         <x:v>42752</x:v>
       </x:c>
       <x:c r="O362" s="14" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="P362" s="14" t="s">
         <x:v>457</x:v>
       </x:c>
       <x:c r="Q362" s="16" t="s">
         <x:v>458</x:v>
       </x:c>
       <x:c r="R362" s="14" t="s">
         <x:v>296</x:v>
       </x:c>
       <x:c r="S362" s="14" t="n">
-        <x:v>547787</x:v>
+        <x:v>520653</x:v>
       </x:c>
       <x:c r="T362" s="16" t="s">
-        <x:v>35</x:v>
+        <x:v>236</x:v>
       </x:c>
       <x:c r="U362" s="16" t="s">
-        <x:v>38</x:v>
+        <x:v>104</x:v>
       </x:c>
     </x:row>
     <x:row r="363" spans="1:21">
       <x:c r="A363" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B363" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C363" s="3" t="n">
         <x:v>38430</x:v>
       </x:c>
       <x:c r="D363" s="3" t="s"/>
       <x:c r="E363" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G363" s="0" t="s">
         <x:v>289</x:v>
       </x:c>
       <x:c r="I363" s="4" t="s">
         <x:v>290</x:v>
       </x:c>
       <x:c r="J363" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K363" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L363" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="M363" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N363" s="3" t="n">
         <x:v>42752</x:v>
       </x:c>
       <x:c r="O363" s="0" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="P363" s="0" t="s">
         <x:v>457</x:v>
       </x:c>
       <x:c r="Q363" s="4" t="s">
         <x:v>458</x:v>
       </x:c>
       <x:c r="R363" s="0" t="s">
         <x:v>296</x:v>
       </x:c>
       <x:c r="S363" s="0" t="n">
-        <x:v>520653</x:v>
+        <x:v>547787</x:v>
       </x:c>
       <x:c r="T363" s="4" t="s">
-        <x:v>236</x:v>
+        <x:v>35</x:v>
       </x:c>
       <x:c r="U363" s="4" t="s">
-        <x:v>104</x:v>
+        <x:v>38</x:v>
       </x:c>
     </x:row>
     <x:row r="364" spans="1:21">
       <x:c r="A364" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B364" s="14" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C364" s="15" t="n">
         <x:v>38430</x:v>
       </x:c>
       <x:c r="D364" s="15" t="s"/>
       <x:c r="E364" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F364" s="14" t="s"/>
       <x:c r="G364" s="14" t="s">
         <x:v>289</x:v>
       </x:c>
       <x:c r="H364" s="14" t="s"/>
       <x:c r="I364" s="16" t="s">
         <x:v>290</x:v>
       </x:c>
       <x:c r="J364" s="14" t="s">
@@ -23454,159 +23451,159 @@
       </x:c>
       <x:c r="P366" s="14" t="s">
         <x:v>459</x:v>
       </x:c>
       <x:c r="Q366" s="16" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="R366" s="14" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="S366" s="14" t="n">
         <x:v>520656</x:v>
       </x:c>
       <x:c r="T366" s="16" t="s">
         <x:v>236</x:v>
       </x:c>
       <x:c r="U366" s="16" t="s">
         <x:v>104</x:v>
       </x:c>
     </x:row>
     <x:row r="367" spans="1:21">
       <x:c r="A367" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B367" s="0" t="s">
-        <x:v>114</x:v>
+        <x:v>22</x:v>
       </x:c>
       <x:c r="C367" s="3" t="n">
-        <x:v>37910</x:v>
+        <x:v>38430</x:v>
       </x:c>
       <x:c r="D367" s="3" t="s"/>
       <x:c r="E367" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G367" s="0" t="s">
         <x:v>258</x:v>
       </x:c>
       <x:c r="I367" s="4" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="J367" s="0" t="s">
-        <x:v>45</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="K367" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L367" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="M367" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N367" s="3" t="n">
         <x:v>42752</x:v>
       </x:c>
       <x:c r="O367" s="0" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="P367" s="0" t="s">
         <x:v>459</x:v>
       </x:c>
       <x:c r="Q367" s="4" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="R367" s="0" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="S367" s="0" t="n">
-        <x:v>494799</x:v>
+        <x:v>547595</x:v>
       </x:c>
       <x:c r="T367" s="4" t="s">
-        <x:v>236</x:v>
+        <x:v>35</x:v>
       </x:c>
       <x:c r="U367" s="4" t="s">
-        <x:v>104</x:v>
+        <x:v>97</x:v>
       </x:c>
     </x:row>
     <x:row r="368" spans="1:21">
       <x:c r="A368" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B368" s="14" t="s">
-        <x:v>22</x:v>
+        <x:v>114</x:v>
       </x:c>
       <x:c r="C368" s="15" t="n">
-        <x:v>38430</x:v>
+        <x:v>37910</x:v>
       </x:c>
       <x:c r="D368" s="15" t="s"/>
       <x:c r="E368" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F368" s="14" t="s"/>
       <x:c r="G368" s="14" t="s">
         <x:v>258</x:v>
       </x:c>
       <x:c r="H368" s="14" t="s"/>
       <x:c r="I368" s="16" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="J368" s="14" t="s">
-        <x:v>27</x:v>
+        <x:v>45</x:v>
       </x:c>
       <x:c r="K368" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L368" s="14" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="M368" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N368" s="15" t="n">
         <x:v>42752</x:v>
       </x:c>
       <x:c r="O368" s="14" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="P368" s="14" t="s">
         <x:v>459</x:v>
       </x:c>
       <x:c r="Q368" s="16" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="R368" s="14" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="S368" s="14" t="n">
-        <x:v>547595</x:v>
+        <x:v>494799</x:v>
       </x:c>
       <x:c r="T368" s="16" t="s">
-        <x:v>35</x:v>
+        <x:v>236</x:v>
       </x:c>
       <x:c r="U368" s="16" t="s">
-        <x:v>97</x:v>
+        <x:v>104</x:v>
       </x:c>
     </x:row>
     <x:row r="369" spans="1:21">
       <x:c r="A369" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B369" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C369" s="3" t="n">
         <x:v>38430</x:v>
       </x:c>
       <x:c r="D369" s="3" t="s"/>
       <x:c r="E369" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G369" s="0" t="s">
         <x:v>258</x:v>
       </x:c>
       <x:c r="I369" s="4" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="J369" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
@@ -23729,57 +23726,57 @@
       <x:c r="K371" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L371" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="M371" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N371" s="3" t="n">
         <x:v>42752</x:v>
       </x:c>
       <x:c r="O371" s="0" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="P371" s="0" t="s">
         <x:v>460</x:v>
       </x:c>
       <x:c r="Q371" s="4" t="s">
         <x:v>383</x:v>
       </x:c>
       <x:c r="R371" s="0" t="s">
         <x:v>314</x:v>
       </x:c>
       <x:c r="S371" s="0" t="n">
-        <x:v>547850</x:v>
+        <x:v>515751</x:v>
       </x:c>
       <x:c r="T371" s="4" t="s">
-        <x:v>111</x:v>
+        <x:v>318</x:v>
       </x:c>
       <x:c r="U371" s="4" t="s">
-        <x:v>163</x:v>
+        <x:v>104</x:v>
       </x:c>
     </x:row>
     <x:row r="372" spans="1:21">
       <x:c r="A372" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B372" s="14" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C372" s="15" t="n">
         <x:v>38430</x:v>
       </x:c>
       <x:c r="D372" s="15" t="s"/>
       <x:c r="E372" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F372" s="14" t="s"/>
       <x:c r="G372" s="14" t="s">
         <x:v>313</x:v>
       </x:c>
       <x:c r="H372" s="14" t="s"/>
       <x:c r="I372" s="16" t="s">
         <x:v>117</x:v>
       </x:c>
       <x:c r="J372" s="14" t="s">
@@ -23788,57 +23785,57 @@
       <x:c r="K372" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L372" s="14" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="M372" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N372" s="15" t="n">
         <x:v>42752</x:v>
       </x:c>
       <x:c r="O372" s="14" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="P372" s="14" t="s">
         <x:v>460</x:v>
       </x:c>
       <x:c r="Q372" s="16" t="s">
         <x:v>383</x:v>
       </x:c>
       <x:c r="R372" s="14" t="s">
         <x:v>314</x:v>
       </x:c>
       <x:c r="S372" s="14" t="n">
-        <x:v>515751</x:v>
+        <x:v>547850</x:v>
       </x:c>
       <x:c r="T372" s="16" t="s">
-        <x:v>318</x:v>
+        <x:v>111</x:v>
       </x:c>
       <x:c r="U372" s="16" t="s">
-        <x:v>104</x:v>
+        <x:v>163</x:v>
       </x:c>
     </x:row>
     <x:row r="373" spans="1:21">
       <x:c r="A373" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B373" s="0" t="s">
         <x:v>125</x:v>
       </x:c>
       <x:c r="C373" s="3" t="n">
         <x:v>38431</x:v>
       </x:c>
       <x:c r="D373" s="3" t="s"/>
       <x:c r="E373" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G373" s="0" t="s">
         <x:v>462</x:v>
       </x:c>
       <x:c r="H373" s="0" t="s">
         <x:v>463</x:v>
       </x:c>
       <x:c r="I373" s="4" t="s">
         <x:v>464</x:v>
       </x:c>
@@ -26705,51 +26702,51 @@
       <x:c r="L421" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M421" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N421" s="3" t="n">
         <x:v>42752</x:v>
       </x:c>
       <x:c r="O421" s="0" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="P421" s="0" t="s">
         <x:v>486</x:v>
       </x:c>
       <x:c r="Q421" s="4" t="s">
         <x:v>487</x:v>
       </x:c>
       <x:c r="R421" s="0" t="s">
         <x:v>488</x:v>
       </x:c>
       <x:c r="S421" s="0" t="n">
         <x:v>557642</x:v>
       </x:c>
       <x:c r="T421" s="4" t="s">
-        <x:v>303</x:v>
+        <x:v>302</x:v>
       </x:c>
       <x:c r="U421" s="4" t="s">
         <x:v>97</x:v>
       </x:c>
     </x:row>
     <x:row r="422" spans="1:21">
       <x:c r="A422" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B422" s="14" t="s">
         <x:v>103</x:v>
       </x:c>
       <x:c r="C422" s="15" t="n">
         <x:v>38722</x:v>
       </x:c>
       <x:c r="D422" s="15" t="s"/>
       <x:c r="E422" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F422" s="14" t="s"/>
       <x:c r="G422" s="14" t="s">
         <x:v>484</x:v>
       </x:c>
       <x:c r="H422" s="14" t="s"/>
       <x:c r="I422" s="16" t="s">
@@ -26821,51 +26818,51 @@
       <x:c r="L423" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M423" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N423" s="3" t="n">
         <x:v>42752</x:v>
       </x:c>
       <x:c r="O423" s="0" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="P423" s="0" t="s">
         <x:v>486</x:v>
       </x:c>
       <x:c r="Q423" s="4" t="s">
         <x:v>487</x:v>
       </x:c>
       <x:c r="R423" s="0" t="s">
         <x:v>488</x:v>
       </x:c>
       <x:c r="S423" s="0" t="n">
         <x:v>526431</x:v>
       </x:c>
       <x:c r="T423" s="4" t="s">
-        <x:v>317</x:v>
+        <x:v>316</x:v>
       </x:c>
       <x:c r="U423" s="4" t="s">
         <x:v>104</x:v>
       </x:c>
     </x:row>
     <x:row r="424" spans="1:21">
       <x:c r="A424" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B424" s="14" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C424" s="15" t="n">
         <x:v>38430</x:v>
       </x:c>
       <x:c r="D424" s="15" t="s"/>
       <x:c r="E424" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F424" s="14" t="s"/>
       <x:c r="G424" s="14" t="s">
         <x:v>484</x:v>
       </x:c>
       <x:c r="H424" s="14" t="s"/>
       <x:c r="I424" s="16" t="s">
@@ -26996,51 +26993,51 @@
       <x:c r="L426" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M426" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N426" s="15" t="n">
         <x:v>42752</x:v>
       </x:c>
       <x:c r="O426" s="14" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="P426" s="14" t="s">
         <x:v>486</x:v>
       </x:c>
       <x:c r="Q426" s="16" t="s">
         <x:v>487</x:v>
       </x:c>
       <x:c r="R426" s="14" t="s">
         <x:v>488</x:v>
       </x:c>
       <x:c r="S426" s="14" t="n">
         <x:v>557639</x:v>
       </x:c>
       <x:c r="T426" s="16" t="s">
-        <x:v>303</x:v>
+        <x:v>302</x:v>
       </x:c>
       <x:c r="U426" s="16" t="s">
         <x:v>100</x:v>
       </x:c>
     </x:row>
     <x:row r="427" spans="1:21">
       <x:c r="A427" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B427" s="0" t="s">
         <x:v>114</x:v>
       </x:c>
       <x:c r="C427" s="3" t="n">
         <x:v>37910</x:v>
       </x:c>
       <x:c r="D427" s="3" t="s"/>
       <x:c r="E427" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G427" s="0" t="s">
         <x:v>484</x:v>
       </x:c>
       <x:c r="I427" s="4" t="s">
         <x:v>485</x:v>
       </x:c>
@@ -27053,51 +27050,51 @@
       <x:c r="L427" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M427" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N427" s="3" t="n">
         <x:v>42752</x:v>
       </x:c>
       <x:c r="O427" s="0" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="P427" s="0" t="s">
         <x:v>486</x:v>
       </x:c>
       <x:c r="Q427" s="4" t="s">
         <x:v>487</x:v>
       </x:c>
       <x:c r="R427" s="0" t="s">
         <x:v>488</x:v>
       </x:c>
       <x:c r="S427" s="0" t="n">
         <x:v>526706</x:v>
       </x:c>
       <x:c r="T427" s="4" t="s">
-        <x:v>317</x:v>
+        <x:v>316</x:v>
       </x:c>
       <x:c r="U427" s="4" t="s">
         <x:v>97</x:v>
       </x:c>
     </x:row>
     <x:row r="428" spans="1:21">
       <x:c r="A428" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B428" s="14" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="C428" s="15" t="n">
         <x:v>39515</x:v>
       </x:c>
       <x:c r="D428" s="15" t="s"/>
       <x:c r="E428" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F428" s="14" t="s"/>
       <x:c r="G428" s="14" t="s">
         <x:v>484</x:v>
       </x:c>
       <x:c r="H428" s="14" t="s"/>
       <x:c r="I428" s="16" t="s">
@@ -27180,212 +27177,212 @@
       </x:c>
       <x:c r="P429" s="0" t="s">
         <x:v>490</x:v>
       </x:c>
       <x:c r="Q429" s="4" t="s">
         <x:v>491</x:v>
       </x:c>
       <x:c r="R429" s="0" t="s">
         <x:v>492</x:v>
       </x:c>
       <x:c r="S429" s="0" t="n">
         <x:v>603877</x:v>
       </x:c>
       <x:c r="T429" s="4" t="s">
         <x:v>249</x:v>
       </x:c>
       <x:c r="U429" s="4" t="s">
         <x:v>493</x:v>
       </x:c>
     </x:row>
     <x:row r="430" spans="1:21">
       <x:c r="A430" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B430" s="14" t="s">
-        <x:v>59</x:v>
+        <x:v>98</x:v>
       </x:c>
       <x:c r="C430" s="15" t="n">
-        <x:v>37867</x:v>
+        <x:v>39515</x:v>
       </x:c>
       <x:c r="D430" s="15" t="s"/>
       <x:c r="E430" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F430" s="14" t="s"/>
       <x:c r="G430" s="14" t="s">
         <x:v>484</x:v>
       </x:c>
       <x:c r="H430" s="14" t="s"/>
       <x:c r="I430" s="16" t="s">
         <x:v>485</x:v>
       </x:c>
       <x:c r="J430" s="14" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="K430" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L430" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M430" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N430" s="15" t="n">
-        <x:v>42746</x:v>
+        <x:v>42710</x:v>
       </x:c>
       <x:c r="O430" s="14" t="s">
-        <x:v>48</x:v>
+        <x:v>99</x:v>
       </x:c>
       <x:c r="P430" s="14" t="s">
         <x:v>490</x:v>
       </x:c>
       <x:c r="Q430" s="16" t="s">
         <x:v>491</x:v>
       </x:c>
       <x:c r="R430" s="14" t="s">
         <x:v>492</x:v>
       </x:c>
       <x:c r="S430" s="14" t="n">
-        <x:v>603875</x:v>
+        <x:v>558849</x:v>
       </x:c>
       <x:c r="T430" s="16" t="s">
-        <x:v>249</x:v>
+        <x:v>494</x:v>
       </x:c>
       <x:c r="U430" s="16" t="s">
-        <x:v>97</x:v>
+        <x:v>104</x:v>
       </x:c>
     </x:row>
     <x:row r="431" spans="1:21">
       <x:c r="A431" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B431" s="0" t="s">
-        <x:v>59</x:v>
+        <x:v>61</x:v>
       </x:c>
       <x:c r="C431" s="3" t="n">
         <x:v>37867</x:v>
       </x:c>
       <x:c r="D431" s="3" t="s"/>
       <x:c r="E431" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G431" s="0" t="s">
         <x:v>484</x:v>
       </x:c>
       <x:c r="I431" s="4" t="s">
         <x:v>485</x:v>
       </x:c>
       <x:c r="J431" s="0" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="K431" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L431" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M431" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N431" s="3" t="n">
         <x:v>42746</x:v>
       </x:c>
       <x:c r="O431" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="P431" s="0" t="s">
         <x:v>490</x:v>
       </x:c>
       <x:c r="Q431" s="4" t="s">
         <x:v>491</x:v>
       </x:c>
       <x:c r="R431" s="0" t="s">
         <x:v>492</x:v>
       </x:c>
       <x:c r="S431" s="0" t="n">
-        <x:v>590722</x:v>
+        <x:v>603875</x:v>
       </x:c>
       <x:c r="T431" s="4" t="s">
-        <x:v>494</x:v>
+        <x:v>249</x:v>
       </x:c>
       <x:c r="U431" s="4" t="s">
-        <x:v>104</x:v>
+        <x:v>97</x:v>
       </x:c>
     </x:row>
     <x:row r="432" spans="1:21">
       <x:c r="A432" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B432" s="14" t="s">
-        <x:v>98</x:v>
+        <x:v>61</x:v>
       </x:c>
       <x:c r="C432" s="15" t="n">
-        <x:v>39515</x:v>
+        <x:v>37867</x:v>
       </x:c>
       <x:c r="D432" s="15" t="s"/>
       <x:c r="E432" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F432" s="14" t="s"/>
       <x:c r="G432" s="14" t="s">
         <x:v>484</x:v>
       </x:c>
       <x:c r="H432" s="14" t="s"/>
       <x:c r="I432" s="16" t="s">
         <x:v>485</x:v>
       </x:c>
       <x:c r="J432" s="14" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="K432" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L432" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M432" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N432" s="15" t="n">
-        <x:v>42710</x:v>
+        <x:v>42746</x:v>
       </x:c>
       <x:c r="O432" s="14" t="s">
-        <x:v>99</x:v>
+        <x:v>48</x:v>
       </x:c>
       <x:c r="P432" s="14" t="s">
         <x:v>490</x:v>
       </x:c>
       <x:c r="Q432" s="16" t="s">
         <x:v>491</x:v>
       </x:c>
       <x:c r="R432" s="14" t="s">
         <x:v>492</x:v>
       </x:c>
       <x:c r="S432" s="14" t="n">
-        <x:v>558849</x:v>
+        <x:v>590722</x:v>
       </x:c>
       <x:c r="T432" s="16" t="s">
         <x:v>494</x:v>
       </x:c>
       <x:c r="U432" s="16" t="s">
         <x:v>104</x:v>
       </x:c>
     </x:row>
     <x:row r="433" spans="1:21">
       <x:c r="A433" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B433" s="0" t="s">
         <x:v>103</x:v>
       </x:c>
       <x:c r="C433" s="3" t="n">
         <x:v>38722</x:v>
       </x:c>
       <x:c r="D433" s="3" t="s"/>
       <x:c r="E433" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G433" s="0" t="s">
         <x:v>484</x:v>
       </x:c>
@@ -27721,51 +27718,51 @@
       <x:c r="L439" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M439" s="0" t="s">
         <x:v>168</x:v>
       </x:c>
       <x:c r="N439" s="3" t="n">
         <x:v>42746</x:v>
       </x:c>
       <x:c r="O439" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="P439" s="0" t="s">
         <x:v>507</x:v>
       </x:c>
       <x:c r="Q439" s="4" t="s">
         <x:v>178</x:v>
       </x:c>
       <x:c r="R439" s="0" t="s">
         <x:v>508</x:v>
       </x:c>
       <x:c r="S439" s="0" t="n">
         <x:v>587337</x:v>
       </x:c>
       <x:c r="T439" s="4" t="s">
-        <x:v>301</x:v>
+        <x:v>306</x:v>
       </x:c>
       <x:c r="U439" s="4" t="s">
         <x:v>222</x:v>
       </x:c>
     </x:row>
     <x:row r="440" spans="1:21">
       <x:c r="A440" s="13" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="B440" s="14" t="s">
         <x:v>509</x:v>
       </x:c>
       <x:c r="C440" s="15" t="n">
         <x:v>37859</x:v>
       </x:c>
       <x:c r="D440" s="15" t="s"/>
       <x:c r="E440" s="14" t="s"/>
       <x:c r="F440" s="14" t="s"/>
       <x:c r="G440" s="14" t="s">
         <x:v>507</x:v>
       </x:c>
       <x:c r="H440" s="14" t="s"/>
       <x:c r="I440" s="16" t="s">
         <x:v>178</x:v>
       </x:c>
@@ -27778,51 +27775,51 @@
       <x:c r="L440" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M440" s="14" t="s">
         <x:v>168</x:v>
       </x:c>
       <x:c r="N440" s="15" t="n">
         <x:v>42752</x:v>
       </x:c>
       <x:c r="O440" s="14" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="P440" s="14" t="s">
         <x:v>507</x:v>
       </x:c>
       <x:c r="Q440" s="16" t="s">
         <x:v>178</x:v>
       </x:c>
       <x:c r="R440" s="14" t="s">
         <x:v>508</x:v>
       </x:c>
       <x:c r="S440" s="14" t="n">
         <x:v>587373</x:v>
       </x:c>
       <x:c r="T440" s="16" t="s">
-        <x:v>301</x:v>
+        <x:v>306</x:v>
       </x:c>
       <x:c r="U440" s="16" t="s">
         <x:v>222</x:v>
       </x:c>
     </x:row>
     <x:row r="441" spans="1:21">
       <x:c r="A441" s="1" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="B441" s="0" t="s">
         <x:v>510</x:v>
       </x:c>
       <x:c r="C441" s="3" t="n">
         <x:v>37859</x:v>
       </x:c>
       <x:c r="D441" s="3" t="s"/>
       <x:c r="G441" s="0" t="s">
         <x:v>507</x:v>
       </x:c>
       <x:c r="I441" s="4" t="s">
         <x:v>178</x:v>
       </x:c>
       <x:c r="J441" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
@@ -27832,51 +27829,51 @@
       <x:c r="L441" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M441" s="0" t="s">
         <x:v>168</x:v>
       </x:c>
       <x:c r="N441" s="3" t="n">
         <x:v>42752</x:v>
       </x:c>
       <x:c r="O441" s="0" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="P441" s="0" t="s">
         <x:v>507</x:v>
       </x:c>
       <x:c r="Q441" s="4" t="s">
         <x:v>178</x:v>
       </x:c>
       <x:c r="R441" s="0" t="s">
         <x:v>508</x:v>
       </x:c>
       <x:c r="S441" s="0" t="n">
         <x:v>587345</x:v>
       </x:c>
       <x:c r="T441" s="4" t="s">
-        <x:v>301</x:v>
+        <x:v>306</x:v>
       </x:c>
       <x:c r="U441" s="4" t="s">
         <x:v>222</x:v>
       </x:c>
     </x:row>
     <x:row r="442" spans="1:21">
       <x:c r="A442" s="13" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="B442" s="14" t="s">
         <x:v>511</x:v>
       </x:c>
       <x:c r="C442" s="15" t="n">
         <x:v>37867</x:v>
       </x:c>
       <x:c r="D442" s="15" t="s"/>
       <x:c r="E442" s="14" t="s"/>
       <x:c r="F442" s="14" t="s"/>
       <x:c r="G442" s="14" t="s">
         <x:v>507</x:v>
       </x:c>
       <x:c r="H442" s="14" t="s"/>
       <x:c r="I442" s="16" t="s">
         <x:v>178</x:v>
       </x:c>
@@ -27892,51 +27889,51 @@
       <x:c r="M442" s="14" t="s">
         <x:v>168</x:v>
       </x:c>
       <x:c r="N442" s="15" t="n">
         <x:v>42746</x:v>
       </x:c>
       <x:c r="O442" s="14" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="P442" s="14" t="s">
         <x:v>507</x:v>
       </x:c>
       <x:c r="Q442" s="16" t="s">
         <x:v>178</x:v>
       </x:c>
       <x:c r="R442" s="14" t="s">
         <x:v>508</x:v>
       </x:c>
       <x:c r="S442" s="14" t="n">
         <x:v>587213</x:v>
       </x:c>
       <x:c r="T442" s="16" t="s">
         <x:v>234</x:v>
       </x:c>
       <x:c r="U442" s="16" t="s">
-        <x:v>180</x:v>
+        <x:v>182</x:v>
       </x:c>
     </x:row>
     <x:row r="443" spans="1:21">
       <x:c r="A443" s="1" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="B443" s="0" t="s">
         <x:v>512</x:v>
       </x:c>
       <x:c r="C443" s="3" t="n">
         <x:v>37867</x:v>
       </x:c>
       <x:c r="D443" s="3" t="s"/>
       <x:c r="G443" s="0" t="s">
         <x:v>507</x:v>
       </x:c>
       <x:c r="I443" s="4" t="s">
         <x:v>178</x:v>
       </x:c>
       <x:c r="J443" s="0" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="K443" s="0" t="s">
         <x:v>82</x:v>
       </x:c>
@@ -27946,51 +27943,51 @@
       <x:c r="M443" s="0" t="s">
         <x:v>168</x:v>
       </x:c>
       <x:c r="N443" s="3" t="n">
         <x:v>42746</x:v>
       </x:c>
       <x:c r="O443" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="P443" s="0" t="s">
         <x:v>507</x:v>
       </x:c>
       <x:c r="Q443" s="4" t="s">
         <x:v>178</x:v>
       </x:c>
       <x:c r="R443" s="0" t="s">
         <x:v>508</x:v>
       </x:c>
       <x:c r="S443" s="0" t="n">
         <x:v>587186</x:v>
       </x:c>
       <x:c r="T443" s="4" t="s">
         <x:v>234</x:v>
       </x:c>
       <x:c r="U443" s="4" t="s">
-        <x:v>180</x:v>
+        <x:v>182</x:v>
       </x:c>
     </x:row>
     <x:row r="444" spans="1:21">
       <x:c r="A444" s="13" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="B444" s="14" t="s">
         <x:v>513</x:v>
       </x:c>
       <x:c r="C444" s="15" t="n">
         <x:v>37867</x:v>
       </x:c>
       <x:c r="D444" s="15" t="s"/>
       <x:c r="E444" s="14" t="s"/>
       <x:c r="F444" s="14" t="s"/>
       <x:c r="G444" s="14" t="s">
         <x:v>507</x:v>
       </x:c>
       <x:c r="H444" s="14" t="s"/>
       <x:c r="I444" s="16" t="s">
         <x:v>178</x:v>
       </x:c>
       <x:c r="J444" s="14" t="s">
         <x:v>45</x:v>
       </x:c>
@@ -28003,51 +28000,51 @@
       <x:c r="M444" s="14" t="s">
         <x:v>168</x:v>
       </x:c>
       <x:c r="N444" s="15" t="n">
         <x:v>42746</x:v>
       </x:c>
       <x:c r="O444" s="14" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="P444" s="14" t="s">
         <x:v>507</x:v>
       </x:c>
       <x:c r="Q444" s="16" t="s">
         <x:v>178</x:v>
       </x:c>
       <x:c r="R444" s="14" t="s">
         <x:v>514</x:v>
       </x:c>
       <x:c r="S444" s="14" t="n">
         <x:v>587207</x:v>
       </x:c>
       <x:c r="T444" s="16" t="s">
         <x:v>234</x:v>
       </x:c>
       <x:c r="U444" s="16" t="s">
-        <x:v>180</x:v>
+        <x:v>182</x:v>
       </x:c>
     </x:row>
     <x:row r="445" spans="1:21">
       <x:c r="A445" s="1" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="B445" s="0" t="s">
         <x:v>198</x:v>
       </x:c>
       <x:c r="C445" s="3" t="n">
         <x:v>37859</x:v>
       </x:c>
       <x:c r="D445" s="3" t="s"/>
       <x:c r="G445" s="0" t="s">
         <x:v>507</x:v>
       </x:c>
       <x:c r="I445" s="4" t="s">
         <x:v>178</x:v>
       </x:c>
       <x:c r="J445" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K445" s="0" t="s">
         <x:v>82</x:v>
       </x:c>
@@ -28111,51 +28108,51 @@
       <x:c r="L446" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M446" s="14" t="s">
         <x:v>168</x:v>
       </x:c>
       <x:c r="N446" s="15" t="n">
         <x:v>42746</x:v>
       </x:c>
       <x:c r="O446" s="14" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="P446" s="14" t="s">
         <x:v>507</x:v>
       </x:c>
       <x:c r="Q446" s="16" t="s">
         <x:v>178</x:v>
       </x:c>
       <x:c r="R446" s="14" t="s">
         <x:v>514</x:v>
       </x:c>
       <x:c r="S446" s="14" t="n">
         <x:v>587336</x:v>
       </x:c>
       <x:c r="T446" s="16" t="s">
-        <x:v>301</x:v>
+        <x:v>306</x:v>
       </x:c>
       <x:c r="U446" s="16" t="s">
         <x:v>222</x:v>
       </x:c>
     </x:row>
     <x:row r="447" spans="1:21">
       <x:c r="A447" s="1" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="B447" s="0" t="s">
         <x:v>516</x:v>
       </x:c>
       <x:c r="C447" s="3" t="n">
         <x:v>37867</x:v>
       </x:c>
       <x:c r="D447" s="3" t="s"/>
       <x:c r="G447" s="0" t="s">
         <x:v>507</x:v>
       </x:c>
       <x:c r="I447" s="4" t="s">
         <x:v>178</x:v>
       </x:c>
       <x:c r="J447" s="0" t="s">
         <x:v>45</x:v>
       </x:c>
@@ -28168,51 +28165,51 @@
       <x:c r="M447" s="0" t="s">
         <x:v>168</x:v>
       </x:c>
       <x:c r="N447" s="3" t="n">
         <x:v>42746</x:v>
       </x:c>
       <x:c r="O447" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="P447" s="0" t="s">
         <x:v>507</x:v>
       </x:c>
       <x:c r="Q447" s="4" t="s">
         <x:v>178</x:v>
       </x:c>
       <x:c r="R447" s="0" t="s">
         <x:v>514</x:v>
       </x:c>
       <x:c r="S447" s="0" t="n">
         <x:v>587210</x:v>
       </x:c>
       <x:c r="T447" s="4" t="s">
         <x:v>234</x:v>
       </x:c>
       <x:c r="U447" s="4" t="s">
-        <x:v>180</x:v>
+        <x:v>182</x:v>
       </x:c>
     </x:row>
     <x:row r="448" spans="1:21">
       <x:c r="A448" s="13" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="B448" s="14" t="s">
         <x:v>517</x:v>
       </x:c>
       <x:c r="C448" s="15" t="n">
         <x:v>39515</x:v>
       </x:c>
       <x:c r="D448" s="15" t="s"/>
       <x:c r="E448" s="14" t="s"/>
       <x:c r="F448" s="14" t="s"/>
       <x:c r="G448" s="14" t="s">
         <x:v>507</x:v>
       </x:c>
       <x:c r="H448" s="14" t="s"/>
       <x:c r="I448" s="16" t="s">
         <x:v>178</x:v>
       </x:c>
       <x:c r="J448" s="14" t="s">
         <x:v>45</x:v>
       </x:c>
@@ -28279,552 +28276,552 @@
       <x:c r="M449" s="0" t="s">
         <x:v>168</x:v>
       </x:c>
       <x:c r="N449" s="3" t="n">
         <x:v>42752</x:v>
       </x:c>
       <x:c r="O449" s="0" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="P449" s="0" t="s">
         <x:v>507</x:v>
       </x:c>
       <x:c r="Q449" s="4" t="s">
         <x:v>178</x:v>
       </x:c>
       <x:c r="R449" s="0" t="s">
         <x:v>514</x:v>
       </x:c>
       <x:c r="S449" s="0" t="n">
         <x:v>587077</x:v>
       </x:c>
       <x:c r="T449" s="4" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="U449" s="4" t="s">
-        <x:v>180</x:v>
+        <x:v>182</x:v>
       </x:c>
     </x:row>
     <x:row r="450" spans="1:21">
       <x:c r="A450" s="13" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="B450" s="14" t="s">
         <x:v>519</x:v>
       </x:c>
       <x:c r="C450" s="15" t="n">
-        <x:v>37867</x:v>
+        <x:v>38722</x:v>
       </x:c>
       <x:c r="D450" s="15" t="s"/>
       <x:c r="E450" s="14" t="s"/>
       <x:c r="F450" s="14" t="s"/>
       <x:c r="G450" s="14" t="s">
         <x:v>507</x:v>
       </x:c>
       <x:c r="H450" s="14" t="s"/>
       <x:c r="I450" s="16" t="s">
         <x:v>178</x:v>
       </x:c>
       <x:c r="J450" s="14" t="s">
-        <x:v>45</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="K450" s="14" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="L450" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M450" s="14" t="s">
         <x:v>168</x:v>
       </x:c>
       <x:c r="N450" s="15" t="n">
-        <x:v>42746</x:v>
+        <x:v>42752</x:v>
       </x:c>
       <x:c r="O450" s="14" t="s">
-        <x:v>48</x:v>
+        <x:v>31</x:v>
       </x:c>
       <x:c r="P450" s="14" t="s">
         <x:v>507</x:v>
       </x:c>
       <x:c r="Q450" s="16" t="s">
         <x:v>178</x:v>
       </x:c>
       <x:c r="R450" s="14" t="s">
-        <x:v>508</x:v>
+        <x:v>515</x:v>
       </x:c>
       <x:c r="S450" s="14" t="n">
-        <x:v>587183</x:v>
+        <x:v>587218</x:v>
       </x:c>
       <x:c r="T450" s="16" t="s">
         <x:v>234</x:v>
       </x:c>
       <x:c r="U450" s="16" t="s">
-        <x:v>180</x:v>
+        <x:v>222</x:v>
       </x:c>
     </x:row>
     <x:row r="451" spans="1:21">
       <x:c r="A451" s="1" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="B451" s="0" t="s">
-        <x:v>520</x:v>
+        <x:v>42</x:v>
       </x:c>
       <x:c r="C451" s="3" t="n">
-        <x:v>38722</x:v>
+        <x:v>37867</x:v>
       </x:c>
       <x:c r="D451" s="3" t="s"/>
       <x:c r="G451" s="0" t="s">
         <x:v>507</x:v>
       </x:c>
       <x:c r="I451" s="4" t="s">
         <x:v>178</x:v>
       </x:c>
       <x:c r="J451" s="0" t="s">
-        <x:v>27</x:v>
+        <x:v>45</x:v>
       </x:c>
       <x:c r="K451" s="0" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="L451" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M451" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N451" s="3" t="n">
-        <x:v>42752</x:v>
+        <x:v>42746</x:v>
       </x:c>
       <x:c r="O451" s="0" t="s">
-        <x:v>31</x:v>
+        <x:v>48</x:v>
       </x:c>
       <x:c r="P451" s="0" t="s">
         <x:v>507</x:v>
       </x:c>
       <x:c r="Q451" s="4" t="s">
         <x:v>178</x:v>
       </x:c>
       <x:c r="R451" s="0" t="s">
         <x:v>515</x:v>
       </x:c>
       <x:c r="S451" s="0" t="n">
-        <x:v>587299</x:v>
+        <x:v>587303</x:v>
       </x:c>
       <x:c r="T451" s="4" t="s">
         <x:v>297</x:v>
       </x:c>
       <x:c r="U451" s="4" t="s">
         <x:v>222</x:v>
       </x:c>
     </x:row>
     <x:row r="452" spans="1:21">
       <x:c r="A452" s="13" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="B452" s="14" t="s">
-        <x:v>521</x:v>
+        <x:v>510</x:v>
       </x:c>
       <x:c r="C452" s="15" t="n">
         <x:v>37859</x:v>
       </x:c>
       <x:c r="D452" s="15" t="s"/>
       <x:c r="E452" s="14" t="s"/>
       <x:c r="F452" s="14" t="s"/>
       <x:c r="G452" s="14" t="s">
         <x:v>507</x:v>
       </x:c>
       <x:c r="H452" s="14" t="s"/>
       <x:c r="I452" s="16" t="s">
         <x:v>178</x:v>
       </x:c>
       <x:c r="J452" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K452" s="14" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="L452" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M452" s="14" t="s">
         <x:v>168</x:v>
       </x:c>
       <x:c r="N452" s="15" t="n">
         <x:v>42752</x:v>
       </x:c>
       <x:c r="O452" s="14" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="P452" s="14" t="s">
         <x:v>507</x:v>
       </x:c>
       <x:c r="Q452" s="16" t="s">
         <x:v>178</x:v>
       </x:c>
       <x:c r="R452" s="14" t="s">
         <x:v>514</x:v>
       </x:c>
       <x:c r="S452" s="14" t="n">
-        <x:v>587368</x:v>
+        <x:v>587340</x:v>
       </x:c>
       <x:c r="T452" s="16" t="s">
-        <x:v>301</x:v>
+        <x:v>306</x:v>
       </x:c>
       <x:c r="U452" s="16" t="s">
         <x:v>222</x:v>
       </x:c>
     </x:row>
     <x:row r="453" spans="1:21">
       <x:c r="A453" s="1" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="B453" s="0" t="s">
-        <x:v>509</x:v>
+        <x:v>520</x:v>
       </x:c>
       <x:c r="C453" s="3" t="n">
-        <x:v>37859</x:v>
+        <x:v>37867</x:v>
       </x:c>
       <x:c r="D453" s="3" t="s"/>
       <x:c r="G453" s="0" t="s">
         <x:v>507</x:v>
       </x:c>
       <x:c r="I453" s="4" t="s">
         <x:v>178</x:v>
       </x:c>
       <x:c r="J453" s="0" t="s">
-        <x:v>27</x:v>
+        <x:v>45</x:v>
       </x:c>
       <x:c r="K453" s="0" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="L453" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M453" s="0" t="s">
         <x:v>168</x:v>
       </x:c>
       <x:c r="N453" s="3" t="n">
-        <x:v>42752</x:v>
+        <x:v>42746</x:v>
       </x:c>
       <x:c r="O453" s="0" t="s">
-        <x:v>31</x:v>
+        <x:v>48</x:v>
       </x:c>
       <x:c r="P453" s="0" t="s">
         <x:v>507</x:v>
       </x:c>
       <x:c r="Q453" s="4" t="s">
         <x:v>178</x:v>
       </x:c>
       <x:c r="R453" s="0" t="s">
-        <x:v>514</x:v>
+        <x:v>508</x:v>
       </x:c>
       <x:c r="S453" s="0" t="n">
-        <x:v>587370</x:v>
+        <x:v>587183</x:v>
       </x:c>
       <x:c r="T453" s="4" t="s">
-        <x:v>301</x:v>
+        <x:v>234</x:v>
       </x:c>
       <x:c r="U453" s="4" t="s">
-        <x:v>222</x:v>
+        <x:v>182</x:v>
       </x:c>
     </x:row>
     <x:row r="454" spans="1:21">
       <x:c r="A454" s="13" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="B454" s="14" t="s">
-        <x:v>518</x:v>
+        <x:v>519</x:v>
       </x:c>
       <x:c r="C454" s="15" t="n">
-        <x:v>37859</x:v>
+        <x:v>38722</x:v>
       </x:c>
       <x:c r="D454" s="15" t="s"/>
       <x:c r="E454" s="14" t="s"/>
       <x:c r="F454" s="14" t="s"/>
       <x:c r="G454" s="14" t="s">
         <x:v>507</x:v>
       </x:c>
       <x:c r="H454" s="14" t="s"/>
       <x:c r="I454" s="16" t="s">
         <x:v>178</x:v>
       </x:c>
       <x:c r="J454" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K454" s="14" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="L454" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M454" s="14" t="s">
-        <x:v>168</x:v>
+        <x:v>30</x:v>
       </x:c>
       <x:c r="N454" s="15" t="n">
         <x:v>42752</x:v>
       </x:c>
       <x:c r="O454" s="14" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="P454" s="14" t="s">
         <x:v>507</x:v>
       </x:c>
       <x:c r="Q454" s="16" t="s">
         <x:v>178</x:v>
       </x:c>
       <x:c r="R454" s="14" t="s">
-        <x:v>508</x:v>
+        <x:v>515</x:v>
       </x:c>
       <x:c r="S454" s="14" t="n">
-        <x:v>587078</x:v>
+        <x:v>587299</x:v>
       </x:c>
       <x:c r="T454" s="16" t="s">
-        <x:v>35</x:v>
+        <x:v>297</x:v>
       </x:c>
       <x:c r="U454" s="16" t="s">
-        <x:v>180</x:v>
+        <x:v>222</x:v>
       </x:c>
     </x:row>
     <x:row r="455" spans="1:21">
       <x:c r="A455" s="1" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="B455" s="0" t="s">
-        <x:v>520</x:v>
+        <x:v>521</x:v>
       </x:c>
       <x:c r="C455" s="3" t="n">
-        <x:v>38722</x:v>
+        <x:v>37859</x:v>
       </x:c>
       <x:c r="D455" s="3" t="s"/>
       <x:c r="G455" s="0" t="s">
         <x:v>507</x:v>
       </x:c>
       <x:c r="I455" s="4" t="s">
         <x:v>178</x:v>
       </x:c>
       <x:c r="J455" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K455" s="0" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="L455" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M455" s="0" t="s">
         <x:v>168</x:v>
       </x:c>
       <x:c r="N455" s="3" t="n">
         <x:v>42752</x:v>
       </x:c>
       <x:c r="O455" s="0" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="P455" s="0" t="s">
         <x:v>507</x:v>
       </x:c>
       <x:c r="Q455" s="4" t="s">
         <x:v>178</x:v>
       </x:c>
       <x:c r="R455" s="0" t="s">
-        <x:v>515</x:v>
+        <x:v>514</x:v>
       </x:c>
       <x:c r="S455" s="0" t="n">
-        <x:v>587218</x:v>
+        <x:v>587368</x:v>
       </x:c>
       <x:c r="T455" s="4" t="s">
-        <x:v>234</x:v>
+        <x:v>306</x:v>
       </x:c>
       <x:c r="U455" s="4" t="s">
         <x:v>222</x:v>
       </x:c>
     </x:row>
     <x:row r="456" spans="1:21">
       <x:c r="A456" s="13" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="B456" s="14" t="s">
-        <x:v>42</x:v>
+        <x:v>509</x:v>
       </x:c>
       <x:c r="C456" s="15" t="n">
-        <x:v>37867</x:v>
+        <x:v>37859</x:v>
       </x:c>
       <x:c r="D456" s="15" t="s"/>
       <x:c r="E456" s="14" t="s"/>
       <x:c r="F456" s="14" t="s"/>
       <x:c r="G456" s="14" t="s">
         <x:v>507</x:v>
       </x:c>
       <x:c r="H456" s="14" t="s"/>
       <x:c r="I456" s="16" t="s">
         <x:v>178</x:v>
       </x:c>
       <x:c r="J456" s="14" t="s">
-        <x:v>45</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="K456" s="14" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="L456" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M456" s="14" t="s">
-        <x:v>30</x:v>
+        <x:v>168</x:v>
       </x:c>
       <x:c r="N456" s="15" t="n">
-        <x:v>42746</x:v>
+        <x:v>42752</x:v>
       </x:c>
       <x:c r="O456" s="14" t="s">
-        <x:v>48</x:v>
+        <x:v>31</x:v>
       </x:c>
       <x:c r="P456" s="14" t="s">
         <x:v>507</x:v>
       </x:c>
       <x:c r="Q456" s="16" t="s">
         <x:v>178</x:v>
       </x:c>
       <x:c r="R456" s="14" t="s">
-        <x:v>515</x:v>
+        <x:v>514</x:v>
       </x:c>
       <x:c r="S456" s="14" t="n">
-        <x:v>587303</x:v>
+        <x:v>587370</x:v>
       </x:c>
       <x:c r="T456" s="16" t="s">
-        <x:v>297</x:v>
+        <x:v>306</x:v>
       </x:c>
       <x:c r="U456" s="16" t="s">
         <x:v>222</x:v>
       </x:c>
     </x:row>
     <x:row r="457" spans="1:21">
       <x:c r="A457" s="1" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="B457" s="0" t="s">
-        <x:v>510</x:v>
+        <x:v>518</x:v>
       </x:c>
       <x:c r="C457" s="3" t="n">
         <x:v>37859</x:v>
       </x:c>
       <x:c r="D457" s="3" t="s"/>
       <x:c r="G457" s="0" t="s">
         <x:v>507</x:v>
       </x:c>
       <x:c r="I457" s="4" t="s">
         <x:v>178</x:v>
       </x:c>
       <x:c r="J457" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K457" s="0" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="L457" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M457" s="0" t="s">
         <x:v>168</x:v>
       </x:c>
       <x:c r="N457" s="3" t="n">
         <x:v>42752</x:v>
       </x:c>
       <x:c r="O457" s="0" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="P457" s="0" t="s">
         <x:v>507</x:v>
       </x:c>
       <x:c r="Q457" s="4" t="s">
         <x:v>178</x:v>
       </x:c>
       <x:c r="R457" s="0" t="s">
-        <x:v>514</x:v>
+        <x:v>508</x:v>
       </x:c>
       <x:c r="S457" s="0" t="n">
-        <x:v>587340</x:v>
+        <x:v>587078</x:v>
       </x:c>
       <x:c r="T457" s="4" t="s">
-        <x:v>301</x:v>
+        <x:v>35</x:v>
       </x:c>
       <x:c r="U457" s="4" t="s">
-        <x:v>222</x:v>
+        <x:v>182</x:v>
       </x:c>
     </x:row>
     <x:row r="458" spans="1:21">
       <x:c r="A458" s="13" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="B458" s="14" t="s">
-        <x:v>519</x:v>
+        <x:v>520</x:v>
       </x:c>
       <x:c r="C458" s="15" t="n">
         <x:v>37867</x:v>
       </x:c>
       <x:c r="D458" s="15" t="s"/>
       <x:c r="E458" s="14" t="s"/>
       <x:c r="F458" s="14" t="s"/>
       <x:c r="G458" s="14" t="s">
         <x:v>507</x:v>
       </x:c>
       <x:c r="H458" s="14" t="s"/>
       <x:c r="I458" s="16" t="s">
         <x:v>178</x:v>
       </x:c>
       <x:c r="J458" s="14" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="K458" s="14" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="L458" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M458" s="14" t="s">
         <x:v>168</x:v>
       </x:c>
       <x:c r="N458" s="15" t="n">
         <x:v>42746</x:v>
       </x:c>
       <x:c r="O458" s="14" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="P458" s="14" t="s">
         <x:v>507</x:v>
       </x:c>
       <x:c r="Q458" s="16" t="s">
         <x:v>178</x:v>
       </x:c>
       <x:c r="R458" s="14" t="s">
         <x:v>514</x:v>
       </x:c>
       <x:c r="S458" s="14" t="n">
         <x:v>587181</x:v>
       </x:c>
       <x:c r="T458" s="16" t="s">
         <x:v>234</x:v>
       </x:c>
       <x:c r="U458" s="16" t="s">
-        <x:v>180</x:v>
+        <x:v>182</x:v>
       </x:c>
     </x:row>
     <x:row r="459" spans="1:21">
       <x:c r="A459" s="1" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="B459" s="0" t="s">
         <x:v>512</x:v>
       </x:c>
       <x:c r="C459" s="3" t="n">
         <x:v>37867</x:v>
       </x:c>
       <x:c r="D459" s="3" t="s"/>
       <x:c r="G459" s="0" t="s">
         <x:v>507</x:v>
       </x:c>
       <x:c r="I459" s="4" t="s">
         <x:v>178</x:v>
       </x:c>
       <x:c r="J459" s="0" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="K459" s="0" t="s">
         <x:v>82</x:v>
       </x:c>
@@ -28834,51 +28831,51 @@
       <x:c r="M459" s="0" t="s">
         <x:v>168</x:v>
       </x:c>
       <x:c r="N459" s="3" t="n">
         <x:v>42746</x:v>
       </x:c>
       <x:c r="O459" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="P459" s="0" t="s">
         <x:v>507</x:v>
       </x:c>
       <x:c r="Q459" s="4" t="s">
         <x:v>178</x:v>
       </x:c>
       <x:c r="R459" s="0" t="s">
         <x:v>514</x:v>
       </x:c>
       <x:c r="S459" s="0" t="n">
         <x:v>587185</x:v>
       </x:c>
       <x:c r="T459" s="4" t="s">
         <x:v>234</x:v>
       </x:c>
       <x:c r="U459" s="4" t="s">
-        <x:v>180</x:v>
+        <x:v>182</x:v>
       </x:c>
     </x:row>
     <x:row r="460" spans="1:21">
       <x:c r="A460" s="13" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="B460" s="14" t="s">
         <x:v>513</x:v>
       </x:c>
       <x:c r="C460" s="15" t="n">
         <x:v>37867</x:v>
       </x:c>
       <x:c r="D460" s="15" t="s"/>
       <x:c r="E460" s="14" t="s"/>
       <x:c r="F460" s="14" t="s"/>
       <x:c r="G460" s="14" t="s">
         <x:v>507</x:v>
       </x:c>
       <x:c r="H460" s="14" t="s"/>
       <x:c r="I460" s="16" t="s">
         <x:v>178</x:v>
       </x:c>
       <x:c r="J460" s="14" t="s">
         <x:v>45</x:v>
       </x:c>
@@ -28891,51 +28888,51 @@
       <x:c r="M460" s="14" t="s">
         <x:v>168</x:v>
       </x:c>
       <x:c r="N460" s="15" t="n">
         <x:v>42746</x:v>
       </x:c>
       <x:c r="O460" s="14" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="P460" s="14" t="s">
         <x:v>507</x:v>
       </x:c>
       <x:c r="Q460" s="16" t="s">
         <x:v>178</x:v>
       </x:c>
       <x:c r="R460" s="14" t="s">
         <x:v>508</x:v>
       </x:c>
       <x:c r="S460" s="14" t="n">
         <x:v>587209</x:v>
       </x:c>
       <x:c r="T460" s="16" t="s">
         <x:v>234</x:v>
       </x:c>
       <x:c r="U460" s="16" t="s">
-        <x:v>180</x:v>
+        <x:v>182</x:v>
       </x:c>
     </x:row>
     <x:row r="461" spans="1:21">
       <x:c r="A461" s="1" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="B461" s="0" t="s">
         <x:v>516</x:v>
       </x:c>
       <x:c r="C461" s="3" t="n">
         <x:v>37867</x:v>
       </x:c>
       <x:c r="D461" s="3" t="s"/>
       <x:c r="G461" s="0" t="s">
         <x:v>507</x:v>
       </x:c>
       <x:c r="I461" s="4" t="s">
         <x:v>178</x:v>
       </x:c>
       <x:c r="J461" s="0" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="K461" s="0" t="s">
         <x:v>82</x:v>
       </x:c>
@@ -28945,51 +28942,51 @@
       <x:c r="M461" s="0" t="s">
         <x:v>168</x:v>
       </x:c>
       <x:c r="N461" s="3" t="n">
         <x:v>42746</x:v>
       </x:c>
       <x:c r="O461" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="P461" s="0" t="s">
         <x:v>507</x:v>
       </x:c>
       <x:c r="Q461" s="4" t="s">
         <x:v>178</x:v>
       </x:c>
       <x:c r="R461" s="0" t="s">
         <x:v>508</x:v>
       </x:c>
       <x:c r="S461" s="0" t="n">
         <x:v>587211</x:v>
       </x:c>
       <x:c r="T461" s="4" t="s">
         <x:v>234</x:v>
       </x:c>
       <x:c r="U461" s="4" t="s">
-        <x:v>180</x:v>
+        <x:v>182</x:v>
       </x:c>
     </x:row>
     <x:row r="462" spans="1:21">
       <x:c r="A462" s="13" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="B462" s="14" t="s">
         <x:v>511</x:v>
       </x:c>
       <x:c r="C462" s="15" t="n">
         <x:v>37867</x:v>
       </x:c>
       <x:c r="D462" s="15" t="s"/>
       <x:c r="E462" s="14" t="s"/>
       <x:c r="F462" s="14" t="s"/>
       <x:c r="G462" s="14" t="s">
         <x:v>507</x:v>
       </x:c>
       <x:c r="H462" s="14" t="s"/>
       <x:c r="I462" s="16" t="s">
         <x:v>178</x:v>
       </x:c>
       <x:c r="J462" s="14" t="s">
         <x:v>45</x:v>
       </x:c>
@@ -29002,165 +28999,164 @@
       <x:c r="M462" s="14" t="s">
         <x:v>168</x:v>
       </x:c>
       <x:c r="N462" s="15" t="n">
         <x:v>42746</x:v>
       </x:c>
       <x:c r="O462" s="14" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="P462" s="14" t="s">
         <x:v>507</x:v>
       </x:c>
       <x:c r="Q462" s="16" t="s">
         <x:v>178</x:v>
       </x:c>
       <x:c r="R462" s="14" t="s">
         <x:v>514</x:v>
       </x:c>
       <x:c r="S462" s="14" t="n">
         <x:v>587212</x:v>
       </x:c>
       <x:c r="T462" s="16" t="s">
         <x:v>234</x:v>
       </x:c>
       <x:c r="U462" s="16" t="s">
-        <x:v>180</x:v>
+        <x:v>182</x:v>
       </x:c>
     </x:row>
     <x:row r="463" spans="1:21">
       <x:c r="A463" s="1" t="s">
-        <x:v>21</x:v>
+        <x:v>41</x:v>
       </x:c>
       <x:c r="B463" s="0" t="s">
-        <x:v>114</x:v>
+        <x:v>519</x:v>
       </x:c>
       <x:c r="C463" s="3" t="n">
-        <x:v>37910</x:v>
+        <x:v>38722</x:v>
       </x:c>
       <x:c r="D463" s="3" t="s"/>
-      <x:c r="E463" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="G463" s="0" t="s">
-        <x:v>507</x:v>
+        <x:v>522</x:v>
       </x:c>
       <x:c r="I463" s="4" t="s">
-        <x:v>178</x:v>
+        <x:v>523</x:v>
       </x:c>
       <x:c r="J463" s="0" t="s">
-        <x:v>45</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="K463" s="0" t="s">
-        <x:v>28</x:v>
+        <x:v>82</x:v>
       </x:c>
       <x:c r="L463" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M463" s="0" t="s">
         <x:v>168</x:v>
       </x:c>
       <x:c r="N463" s="3" t="n">
         <x:v>42752</x:v>
       </x:c>
       <x:c r="O463" s="0" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="P463" s="0" t="s">
         <x:v>522</x:v>
       </x:c>
       <x:c r="Q463" s="4" t="s">
         <x:v>523</x:v>
       </x:c>
       <x:c r="R463" s="0" t="s">
         <x:v>515</x:v>
       </x:c>
       <x:c r="S463" s="0" t="n">
-        <x:v>570000</x:v>
+        <x:v>585278</x:v>
       </x:c>
       <x:c r="T463" s="4" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="U463" s="4" t="s">
-        <x:v>100</x:v>
+        <x:v>97</x:v>
       </x:c>
     </x:row>
     <x:row r="464" spans="1:21">
       <x:c r="A464" s="13" t="s">
-        <x:v>41</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B464" s="14" t="s">
-        <x:v>520</x:v>
+        <x:v>114</x:v>
       </x:c>
       <x:c r="C464" s="15" t="n">
-        <x:v>38722</x:v>
+        <x:v>37910</x:v>
       </x:c>
       <x:c r="D464" s="15" t="s"/>
-      <x:c r="E464" s="14" t="s"/>
+      <x:c r="E464" s="14" t="s">
+        <x:v>23</x:v>
+      </x:c>
       <x:c r="F464" s="14" t="s"/>
       <x:c r="G464" s="14" t="s">
-        <x:v>522</x:v>
+        <x:v>507</x:v>
       </x:c>
       <x:c r="H464" s="14" t="s"/>
       <x:c r="I464" s="16" t="s">
-        <x:v>523</x:v>
+        <x:v>178</x:v>
       </x:c>
       <x:c r="J464" s="14" t="s">
-        <x:v>27</x:v>
+        <x:v>45</x:v>
       </x:c>
       <x:c r="K464" s="14" t="s">
-        <x:v>82</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="L464" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M464" s="14" t="s">
         <x:v>168</x:v>
       </x:c>
       <x:c r="N464" s="15" t="n">
         <x:v>42752</x:v>
       </x:c>
       <x:c r="O464" s="14" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="P464" s="14" t="s">
         <x:v>522</x:v>
       </x:c>
       <x:c r="Q464" s="16" t="s">
         <x:v>523</x:v>
       </x:c>
       <x:c r="R464" s="14" t="s">
         <x:v>515</x:v>
       </x:c>
       <x:c r="S464" s="14" t="n">
-        <x:v>585278</x:v>
+        <x:v>570000</x:v>
       </x:c>
       <x:c r="T464" s="16" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="U464" s="16" t="s">
-        <x:v>97</x:v>
+        <x:v>100</x:v>
       </x:c>
     </x:row>
     <x:row r="465" spans="1:21">
       <x:c r="A465" s="1" t="s">
         <x:v>137</x:v>
       </x:c>
       <x:c r="B465" s="0" t="s">
         <x:v>524</x:v>
       </x:c>
       <x:c r="C465" s="3" t="n">
         <x:v>37859</x:v>
       </x:c>
       <x:c r="D465" s="3" t="s"/>
       <x:c r="G465" s="0" t="s">
         <x:v>522</x:v>
       </x:c>
       <x:c r="I465" s="4" t="s">
         <x:v>523</x:v>
       </x:c>
       <x:c r="J465" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K465" s="0" t="s">
         <x:v>82</x:v>
       </x:c>
@@ -29178,51 +29174,51 @@
       </x:c>
       <x:c r="P465" s="0" t="s">
         <x:v>522</x:v>
       </x:c>
       <x:c r="Q465" s="4" t="s">
         <x:v>523</x:v>
       </x:c>
       <x:c r="R465" s="0" t="s">
         <x:v>515</x:v>
       </x:c>
       <x:c r="S465" s="0" t="n">
         <x:v>586424</x:v>
       </x:c>
       <x:c r="T465" s="4" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="U465" s="4" t="s">
         <x:v>38</x:v>
       </x:c>
     </x:row>
     <x:row r="466" spans="1:21">
       <x:c r="A466" s="13" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="B466" s="14" t="s">
-        <x:v>520</x:v>
+        <x:v>519</x:v>
       </x:c>
       <x:c r="C466" s="15" t="n">
         <x:v>38722</x:v>
       </x:c>
       <x:c r="D466" s="15" t="s"/>
       <x:c r="E466" s="14" t="s"/>
       <x:c r="F466" s="14" t="s"/>
       <x:c r="G466" s="14" t="s">
         <x:v>522</x:v>
       </x:c>
       <x:c r="H466" s="14" t="s"/>
       <x:c r="I466" s="16" t="s">
         <x:v>523</x:v>
       </x:c>
       <x:c r="J466" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K466" s="14" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="L466" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M466" s="14" t="s">
         <x:v>168</x:v>
@@ -29337,51 +29333,51 @@
       <x:c r="L468" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M468" s="14" t="s">
         <x:v>168</x:v>
       </x:c>
       <x:c r="N468" s="15" t="n">
         <x:v>42752</x:v>
       </x:c>
       <x:c r="O468" s="14" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="P468" s="14" t="s">
         <x:v>522</x:v>
       </x:c>
       <x:c r="Q468" s="16" t="s">
         <x:v>523</x:v>
       </x:c>
       <x:c r="R468" s="14" t="s">
         <x:v>515</x:v>
       </x:c>
       <x:c r="S468" s="14" t="n">
         <x:v>570012</x:v>
       </x:c>
       <x:c r="T468" s="16" t="s">
-        <x:v>303</x:v>
+        <x:v>302</x:v>
       </x:c>
       <x:c r="U468" s="16" t="s">
         <x:v>527</x:v>
       </x:c>
     </x:row>
     <x:row r="469" spans="1:21">
       <x:c r="A469" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B469" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C469" s="3" t="n">
         <x:v>38430</x:v>
       </x:c>
       <x:c r="D469" s="3" t="s"/>
       <x:c r="E469" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G469" s="0" t="s">
         <x:v>507</x:v>
       </x:c>
       <x:c r="I469" s="4" t="s">
         <x:v>178</x:v>
       </x:c>
@@ -29864,167 +29860,167 @@
       </x:c>
       <x:c r="P477" s="0" t="s">
         <x:v>522</x:v>
       </x:c>
       <x:c r="Q477" s="4" t="s">
         <x:v>523</x:v>
       </x:c>
       <x:c r="R477" s="0" t="s">
         <x:v>515</x:v>
       </x:c>
       <x:c r="S477" s="0" t="n">
         <x:v>570010</x:v>
       </x:c>
       <x:c r="T477" s="4" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="U477" s="4" t="s">
         <x:v>104</x:v>
       </x:c>
     </x:row>
     <x:row r="478" spans="1:21">
       <x:c r="A478" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B478" s="14" t="s">
-        <x:v>114</x:v>
+        <x:v>112</x:v>
       </x:c>
       <x:c r="C478" s="15" t="n">
-        <x:v>37910</x:v>
+        <x:v>40287</x:v>
       </x:c>
       <x:c r="D478" s="15" t="s"/>
       <x:c r="E478" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F478" s="14" t="s"/>
       <x:c r="G478" s="14" t="s">
         <x:v>507</x:v>
       </x:c>
       <x:c r="H478" s="14" t="s"/>
       <x:c r="I478" s="16" t="s">
         <x:v>178</x:v>
       </x:c>
       <x:c r="J478" s="14" t="s">
-        <x:v>45</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="K478" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L478" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M478" s="14" t="s">
         <x:v>168</x:v>
       </x:c>
       <x:c r="N478" s="15" t="n">
-        <x:v>42752</x:v>
+        <x:v>42710</x:v>
       </x:c>
       <x:c r="O478" s="14" t="s">
-        <x:v>31</x:v>
+        <x:v>99</x:v>
       </x:c>
       <x:c r="P478" s="14" t="s">
         <x:v>522</x:v>
       </x:c>
       <x:c r="Q478" s="16" t="s">
         <x:v>523</x:v>
       </x:c>
       <x:c r="R478" s="14" t="s">
         <x:v>515</x:v>
       </x:c>
       <x:c r="S478" s="14" t="n">
-        <x:v>496251</x:v>
+        <x:v>607981</x:v>
       </x:c>
       <x:c r="T478" s="16" t="s">
-        <x:v>37</x:v>
+        <x:v>96</x:v>
       </x:c>
       <x:c r="U478" s="16" t="s">
         <x:v>97</x:v>
       </x:c>
     </x:row>
     <x:row r="479" spans="1:21">
       <x:c r="A479" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B479" s="0" t="s">
-        <x:v>112</x:v>
+        <x:v>114</x:v>
       </x:c>
       <x:c r="C479" s="3" t="n">
-        <x:v>40287</x:v>
+        <x:v>37910</x:v>
       </x:c>
       <x:c r="D479" s="3" t="s"/>
       <x:c r="E479" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G479" s="0" t="s">
         <x:v>507</x:v>
       </x:c>
       <x:c r="I479" s="4" t="s">
         <x:v>178</x:v>
       </x:c>
       <x:c r="J479" s="0" t="s">
-        <x:v>27</x:v>
+        <x:v>45</x:v>
       </x:c>
       <x:c r="K479" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L479" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M479" s="0" t="s">
         <x:v>168</x:v>
       </x:c>
       <x:c r="N479" s="3" t="n">
-        <x:v>42710</x:v>
+        <x:v>42752</x:v>
       </x:c>
       <x:c r="O479" s="0" t="s">
-        <x:v>99</x:v>
+        <x:v>31</x:v>
       </x:c>
       <x:c r="P479" s="0" t="s">
         <x:v>522</x:v>
       </x:c>
       <x:c r="Q479" s="4" t="s">
         <x:v>523</x:v>
       </x:c>
       <x:c r="R479" s="0" t="s">
         <x:v>515</x:v>
       </x:c>
       <x:c r="S479" s="0" t="n">
-        <x:v>607981</x:v>
+        <x:v>496251</x:v>
       </x:c>
       <x:c r="T479" s="4" t="s">
-        <x:v>96</x:v>
+        <x:v>37</x:v>
       </x:c>
       <x:c r="U479" s="4" t="s">
         <x:v>97</x:v>
       </x:c>
     </x:row>
     <x:row r="480" spans="1:21">
       <x:c r="A480" s="13" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="B480" s="14" t="s">
-        <x:v>520</x:v>
+        <x:v>519</x:v>
       </x:c>
       <x:c r="C480" s="15" t="n">
         <x:v>38722</x:v>
       </x:c>
       <x:c r="D480" s="15" t="s"/>
       <x:c r="E480" s="14" t="s"/>
       <x:c r="F480" s="14" t="s"/>
       <x:c r="G480" s="14" t="s">
         <x:v>522</x:v>
       </x:c>
       <x:c r="H480" s="14" t="s"/>
       <x:c r="I480" s="16" t="s">
         <x:v>523</x:v>
       </x:c>
       <x:c r="J480" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K480" s="14" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="L480" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M480" s="14" t="s">
         <x:v>30</x:v>
@@ -30088,160 +30084,159 @@
       </x:c>
       <x:c r="O481" s="0" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="P481" s="0" t="s">
         <x:v>522</x:v>
       </x:c>
       <x:c r="Q481" s="4" t="s">
         <x:v>523</x:v>
       </x:c>
       <x:c r="R481" s="0" t="s">
         <x:v>515</x:v>
       </x:c>
       <x:c r="S481" s="0" t="n">
         <x:v>586653</x:v>
       </x:c>
       <x:c r="T481" s="4" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="U481" s="4" t="s">
         <x:v>526</x:v>
       </x:c>
     </x:row>
     <x:row r="482" spans="1:21">
       <x:c r="A482" s="13" t="s">
-        <x:v>137</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B482" s="14" t="s">
-        <x:v>524</x:v>
+        <x:v>22</x:v>
       </x:c>
       <x:c r="C482" s="15" t="n">
-        <x:v>37859</x:v>
+        <x:v>38430</x:v>
       </x:c>
       <x:c r="D482" s="15" t="s"/>
-      <x:c r="E482" s="14" t="s"/>
+      <x:c r="E482" s="14" t="s">
+        <x:v>23</x:v>
+      </x:c>
       <x:c r="F482" s="14" t="s"/>
       <x:c r="G482" s="14" t="s">
-        <x:v>522</x:v>
+        <x:v>507</x:v>
       </x:c>
       <x:c r="H482" s="14" t="s"/>
       <x:c r="I482" s="16" t="s">
-        <x:v>523</x:v>
+        <x:v>178</x:v>
       </x:c>
       <x:c r="J482" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K482" s="14" t="s">
-        <x:v>82</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="L482" s="14" t="s">
-        <x:v>29</x:v>
+        <x:v>47</x:v>
       </x:c>
       <x:c r="M482" s="14" t="s">
-        <x:v>30</x:v>
+        <x:v>168</x:v>
       </x:c>
       <x:c r="N482" s="15" t="n">
         <x:v>42752</x:v>
       </x:c>
       <x:c r="O482" s="14" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="P482" s="14" t="s">
         <x:v>522</x:v>
       </x:c>
       <x:c r="Q482" s="16" t="s">
         <x:v>523</x:v>
       </x:c>
       <x:c r="R482" s="14" t="s">
         <x:v>515</x:v>
       </x:c>
       <x:c r="S482" s="14" t="n">
-        <x:v>584950</x:v>
+        <x:v>607977</x:v>
       </x:c>
       <x:c r="T482" s="16" t="s">
-        <x:v>35</x:v>
+        <x:v>96</x:v>
       </x:c>
       <x:c r="U482" s="16" t="s">
-        <x:v>97</x:v>
+        <x:v>100</x:v>
       </x:c>
     </x:row>
     <x:row r="483" spans="1:21">
       <x:c r="A483" s="1" t="s">
-        <x:v>21</x:v>
+        <x:v>137</x:v>
       </x:c>
       <x:c r="B483" s="0" t="s">
-        <x:v>22</x:v>
+        <x:v>524</x:v>
       </x:c>
       <x:c r="C483" s="3" t="n">
-        <x:v>38430</x:v>
+        <x:v>37859</x:v>
       </x:c>
       <x:c r="D483" s="3" t="s"/>
-      <x:c r="E483" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="G483" s="0" t="s">
-        <x:v>507</x:v>
+        <x:v>522</x:v>
       </x:c>
       <x:c r="I483" s="4" t="s">
-        <x:v>178</x:v>
+        <x:v>523</x:v>
       </x:c>
       <x:c r="J483" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K483" s="0" t="s">
-        <x:v>28</x:v>
+        <x:v>82</x:v>
       </x:c>
       <x:c r="L483" s="0" t="s">
-        <x:v>47</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="M483" s="0" t="s">
-        <x:v>168</x:v>
+        <x:v>30</x:v>
       </x:c>
       <x:c r="N483" s="3" t="n">
         <x:v>42752</x:v>
       </x:c>
       <x:c r="O483" s="0" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="P483" s="0" t="s">
         <x:v>522</x:v>
       </x:c>
       <x:c r="Q483" s="4" t="s">
         <x:v>523</x:v>
       </x:c>
       <x:c r="R483" s="0" t="s">
         <x:v>515</x:v>
       </x:c>
       <x:c r="S483" s="0" t="n">
-        <x:v>607977</x:v>
+        <x:v>584950</x:v>
       </x:c>
       <x:c r="T483" s="4" t="s">
-        <x:v>96</x:v>
+        <x:v>35</x:v>
       </x:c>
       <x:c r="U483" s="4" t="s">
-        <x:v>100</x:v>
+        <x:v>97</x:v>
       </x:c>
     </x:row>
     <x:row r="484" spans="1:21">
       <x:c r="A484" s="13" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="B484" s="14" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="C484" s="15" t="n">
         <x:v>38430</x:v>
       </x:c>
       <x:c r="D484" s="15" t="s"/>
       <x:c r="E484" s="14" t="s"/>
       <x:c r="F484" s="14" t="s"/>
       <x:c r="G484" s="14" t="s">
         <x:v>522</x:v>
       </x:c>
       <x:c r="H484" s="14" t="s"/>
       <x:c r="I484" s="16" t="s">
         <x:v>523</x:v>
       </x:c>
       <x:c r="J484" s="14" t="s">
         <x:v>27</x:v>
       </x:c>