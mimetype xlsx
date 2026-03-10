--- v0 (2026-03-09)
+++ v1 (2026-03-10)
@@ -503,62 +503,62 @@
   <x:si>
     <x:t>11/23/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Dc Formation</x:t>
   </x:si>
   <x:si>
     <x:t>13009</x:t>
   </x:si>
   <x:si>
     <x:t>01/01/2018 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>12/31/2030 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>VILLENEUVE-LOUBET</x:t>
   </x:si>
   <x:si>
     <x:t>MARSEILLE- 9e</x:t>
   </x:si>
   <x:si>
     <x:t>TOULON</x:t>
   </x:si>
   <x:si>
+    <x:t>Certificat de spécialisation métiers du bar</x:t>
+  </x:si>
+  <x:si>
     <x:t>Ecole Nationale des Vins et Boissons</x:t>
   </x:si>
   <x:si>
     <x:t>30100</x:t>
   </x:si>
   <x:si>
     <x:t>VITROLLES</x:t>
   </x:si>
   <x:si>
-    <x:t>Certificat de spécialisation métiers du bar</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>Ecole Supérieure de Commerce et de Communication</x:t>
   </x:si>
   <x:si>
     <x:t xml:space="preserve">ESCCOM </x:t>
   </x:si>
   <x:si>
     <x:t>06000</x:t>
   </x:si>
   <x:si>
     <x:t>NICE</x:t>
   </x:si>
   <x:si>
     <x:t>Formation scolaire, universitaire</x:t>
   </x:si>
   <x:si>
     <x:t>EREA Louis Aragon</x:t>
   </x:si>
   <x:si>
     <x:t>13170</x:t>
   </x:si>
   <x:si>
     <x:t>Public de la formation initiale</x:t>
   </x:si>
   <x:si>
     <x:t>EREA L Aragon</x:t>
@@ -725,215 +725,215 @@
   <x:si>
     <x:t>GIP FIPAN</x:t>
   </x:si>
   <x:si>
     <x:t>FREJUS</x:t>
   </x:si>
   <x:si>
     <x:t>11/25/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>04/08/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>CS - Certificat de spécialisation Métiers du bar (Ex Mention Complémentaire)</x:t>
   </x:si>
   <x:si>
     <x:t>10/13/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>06/16/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>MENTON</x:t>
   </x:si>
   <x:si>
+    <x:t>LA SEYNE-SUR-MER</x:t>
+  </x:si>
+  <x:si>
+    <x:t>02/27/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>07/07/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>10/26/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>05/28/2027 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CS - Certificat de spécialisation Employé Barman (Ex Mention Complémentaire)</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CAGNES-SUR-MER</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Biérologue-zythologue (Apprentissage)</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Institut de Formation en Commerce et Oenologie</x:t>
+  </x:si>
+  <x:si>
+    <x:t>IFCO</x:t>
+  </x:si>
+  <x:si>
+    <x:t>13400</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Brasserie</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AUBAGNE</x:t>
+  </x:si>
+  <x:si>
+    <x:t>12/01/2025 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>09/11/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>La Forbine - Lycée Technique Privé de Chimie et de Biologie - Ecole Hôtelière de Provence - Antenne Aubagne</x:t>
+  </x:si>
+  <x:si>
+    <x:t>LP A Dumas</x:t>
+  </x:si>
+  <x:si>
+    <x:t>84300</x:t>
+  </x:si>
+  <x:si>
+    <x:t>LP A Escoffier</x:t>
+  </x:si>
+  <x:si>
+    <x:t>06801</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CAGNES SUR MER CEDEX</x:t>
+  </x:si>
+  <x:si>
+    <x:t>LP Ch Grawitz</x:t>
+  </x:si>
+  <x:si>
+    <x:t>LP F de Croisset</x:t>
+  </x:si>
+  <x:si>
+    <x:t>06130</x:t>
+  </x:si>
+  <x:si>
+    <x:t>GRASSE</x:t>
+  </x:si>
+  <x:si>
+    <x:t>LP F Revoul</x:t>
+  </x:si>
+  <x:si>
+    <x:t>84601</x:t>
+  </x:si>
+  <x:si>
+    <x:t>VALREAS CEDEX</x:t>
+  </x:si>
+  <x:si>
+    <x:t>LP Golf-Hôtel</x:t>
+  </x:si>
+  <x:si>
+    <x:t>83400</x:t>
+  </x:si>
+  <x:si>
+    <x:t>HYERES</x:t>
+  </x:si>
+  <x:si>
+    <x:t>LP Paul Valéry</x:t>
+  </x:si>
+  <x:si>
+    <x:t>06500</x:t>
+  </x:si>
+  <x:si>
+    <x:t>LP Sévigné</x:t>
+  </x:si>
+  <x:si>
+    <x:t>05003</x:t>
+  </x:si>
+  <x:si>
+    <x:t>GAP CEDEX</x:t>
+  </x:si>
+  <x:si>
+    <x:t>LP Sainte-Élisabeth</x:t>
+  </x:si>
+  <x:si>
+    <x:t>13240</x:t>
+  </x:si>
+  <x:si>
+    <x:t>LP Ste-Elisabeth</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SEPTEMES-LES-VALLONS</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Lycée A Camus</x:t>
+  </x:si>
+  <x:si>
+    <x:t>83600</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Lycée Anne-Sophie Pic</x:t>
+  </x:si>
+  <x:si>
+    <x:t>83000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>83098</x:t>
+  </x:si>
+  <x:si>
+    <x:t>TOULON CEDEX</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Lycée Auguste Escoffier</x:t>
+  </x:si>
+  <x:si>
+    <x:t>06800</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Lycée des Métiers Louis Martin Bret</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Lycée Jeanne et Paul Augier</x:t>
+  </x:si>
+  <x:si>
+    <x:t>06203</x:t>
+  </x:si>
+  <x:si>
+    <x:t>NICE CEDEX 03</x:t>
+  </x:si>
+  <x:si>
     <x:t>Lycée Paul Arène</x:t>
   </x:si>
   <x:si>
     <x:t>04200</x:t>
   </x:si>
   <x:si>
     <x:t>06/25/2028 00:00:00</x:t>
   </x:si>
   <x:si>
-    <x:t>LA SEYNE-SUR-MER</x:t>
-[...154 lines deleted...]
-  <x:si>
     <x:t>Lycée Paul Valéry</x:t>
   </x:si>
   <x:si>
     <x:t>Lycée polyvalent de la Méditerranée</x:t>
   </x:si>
   <x:si>
     <x:t>13600</x:t>
   </x:si>
   <x:si>
     <x:t>LA CIOTAT</x:t>
   </x:si>
   <x:si>
     <x:t>Lycée Polyvalent Hôtelier Régional</x:t>
   </x:si>
   <x:si>
     <x:t>Lycée polyvalent hôtelier régional Jean-Paul Passedat</x:t>
   </x:si>
   <x:si>
     <x:t>13295</x:t>
   </x:si>
   <x:si>
     <x:t>MARSEILLE CEDEX 08</x:t>
   </x:si>
   <x:si>
     <x:t>Lycée Polyvalent Hôtellerie Tourisme Jeanne et Paul Augier</x:t>
@@ -968,54 +968,54 @@
   <x:si>
     <x:t>Maison Familiale et Rurale de la Roque d'Anthéron</x:t>
   </x:si>
   <x:si>
     <x:t>MFR</x:t>
   </x:si>
   <x:si>
     <x:t>13640</x:t>
   </x:si>
   <x:si>
     <x:t>LA ROQUE-D'ANTHERON</x:t>
   </x:si>
   <x:si>
     <x:t>Ouvrir son coffee shop 5 café</x:t>
   </x:si>
   <x:si>
     <x:t>Maxicoffee - Ecole Café</x:t>
   </x:si>
   <x:si>
     <x:t>33380</x:t>
   </x:si>
   <x:si>
     <x:t>Barista 1 et 2 café</x:t>
   </x:si>
   <x:si>
+    <x:t>Full Immersion Café</x:t>
+  </x:si>
+  <x:si>
     <x:t>Immersion barista café</x:t>
-  </x:si>
-[...1 lines deleted...]
-    <x:t>Full Immersion Café</x:t>
   </x:si>
   <x:si>
     <x:t>Barista 1 et 2, Latte Art 1 Café</x:t>
   </x:si>
   <x:si>
     <x:t>02/10/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Métropôle Aix Marseille Provence - CFA Métropolitain - Campus des Métiers</x:t>
   </x:si>
   <x:si>
     <x:t>CFA</x:t>
   </x:si>
   <x:si>
     <x:t>13290</x:t>
   </x:si>
   <x:si>
     <x:t>AIX - LES MILLES</x:t>
   </x:si>
   <x:si>
     <x:t>08/25/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>07/03/2027 00:00:00</x:t>
   </x:si>
@@ -2704,164 +2704,164 @@
       </x:c>
       <x:c r="P18" s="14" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="Q18" s="16" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="R18" s="14" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="S18" s="14" t="n">
         <x:v>560916</x:v>
       </x:c>
       <x:c r="T18" s="16" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="U18" s="16" t="s">
         <x:v>34</x:v>
       </x:c>
     </x:row>
     <x:row r="19" spans="1:21">
       <x:c r="A19" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B19" s="0" t="s">
-        <x:v>71</x:v>
+        <x:v>22</x:v>
       </x:c>
       <x:c r="C19" s="3" t="n">
-        <x:v>40096</x:v>
+        <x:v>38424</x:v>
       </x:c>
       <x:c r="D19" s="3" t="s"/>
       <x:c r="E19" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G19" s="0" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="H19" s="0" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="I19" s="4" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="J19" s="0" t="s">
-        <x:v>53</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="K19" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L19" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="M19" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N19" s="3" t="n">
-        <x:v>42723</x:v>
+        <x:v>42757</x:v>
       </x:c>
       <x:c r="O19" s="0" t="s">
-        <x:v>55</x:v>
+        <x:v>31</x:v>
       </x:c>
       <x:c r="P19" s="0" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="Q19" s="4" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="R19" s="0" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="S19" s="0" t="n">
-        <x:v>602768</x:v>
+        <x:v>602760</x:v>
       </x:c>
       <x:c r="T19" s="4" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="U19" s="4" t="s">
-        <x:v>37</x:v>
+        <x:v>36</x:v>
       </x:c>
     </x:row>
     <x:row r="20" spans="1:21">
       <x:c r="A20" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B20" s="14" t="s">
-        <x:v>22</x:v>
+        <x:v>71</x:v>
       </x:c>
       <x:c r="C20" s="15" t="n">
-        <x:v>38424</x:v>
+        <x:v>40096</x:v>
       </x:c>
       <x:c r="D20" s="15" t="s"/>
       <x:c r="E20" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F20" s="14" t="s"/>
       <x:c r="G20" s="14" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="H20" s="14" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="I20" s="16" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="J20" s="14" t="s">
-        <x:v>27</x:v>
+        <x:v>53</x:v>
       </x:c>
       <x:c r="K20" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L20" s="14" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="M20" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N20" s="15" t="n">
-        <x:v>42757</x:v>
+        <x:v>42723</x:v>
       </x:c>
       <x:c r="O20" s="14" t="s">
-        <x:v>31</x:v>
+        <x:v>55</x:v>
       </x:c>
       <x:c r="P20" s="14" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="Q20" s="16" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="R20" s="14" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="S20" s="14" t="n">
-        <x:v>602760</x:v>
+        <x:v>602768</x:v>
       </x:c>
       <x:c r="T20" s="16" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="U20" s="16" t="s">
-        <x:v>36</x:v>
+        <x:v>37</x:v>
       </x:c>
     </x:row>
     <x:row r="21" spans="1:21">
       <x:c r="A21" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B21" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C21" s="3" t="n">
         <x:v>38424</x:v>
       </x:c>
       <x:c r="D21" s="3" t="s"/>
       <x:c r="E21" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G21" s="0" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="H21" s="0" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="I21" s="4" t="s">
         <x:v>74</x:v>
       </x:c>
@@ -3713,54 +3713,54 @@
       <x:c r="K35" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L35" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M35" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N35" s="3" t="n">
         <x:v>42757</x:v>
       </x:c>
       <x:c r="O35" s="0" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="P35" s="0" t="s">
         <x:v>110</x:v>
       </x:c>
       <x:c r="Q35" s="4" t="s">
         <x:v>111</x:v>
       </x:c>
       <x:c r="R35" s="0" t="s">
         <x:v>112</x:v>
       </x:c>
       <x:c r="S35" s="0" t="n">
-        <x:v>552854</x:v>
+        <x:v>604227</x:v>
       </x:c>
       <x:c r="T35" s="4" t="s">
-        <x:v>38</x:v>
+        <x:v>35</x:v>
       </x:c>
       <x:c r="U35" s="4" t="s">
         <x:v>37</x:v>
       </x:c>
     </x:row>
     <x:row r="36" spans="1:21">
       <x:c r="A36" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B36" s="14" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C36" s="15" t="n">
         <x:v>38424</x:v>
       </x:c>
       <x:c r="D36" s="15" t="s"/>
       <x:c r="E36" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F36" s="14" t="s"/>
       <x:c r="G36" s="14" t="s">
         <x:v>100</x:v>
       </x:c>
       <x:c r="H36" s="14" t="s">
         <x:v>101</x:v>
@@ -3834,54 +3834,54 @@
       <x:c r="K37" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L37" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M37" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N37" s="3" t="n">
         <x:v>42757</x:v>
       </x:c>
       <x:c r="O37" s="0" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="P37" s="0" t="s">
         <x:v>110</x:v>
       </x:c>
       <x:c r="Q37" s="4" t="s">
         <x:v>111</x:v>
       </x:c>
       <x:c r="R37" s="0" t="s">
         <x:v>112</x:v>
       </x:c>
       <x:c r="S37" s="0" t="n">
-        <x:v>604227</x:v>
+        <x:v>552854</x:v>
       </x:c>
       <x:c r="T37" s="4" t="s">
-        <x:v>35</x:v>
+        <x:v>38</x:v>
       </x:c>
       <x:c r="U37" s="4" t="s">
         <x:v>37</x:v>
       </x:c>
     </x:row>
     <x:row r="38" spans="1:21">
       <x:c r="A38" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B38" s="14" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C38" s="15" t="n">
         <x:v>38424</x:v>
       </x:c>
       <x:c r="D38" s="15" t="s"/>
       <x:c r="E38" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F38" s="14" t="s"/>
       <x:c r="G38" s="14" t="s">
         <x:v>100</x:v>
       </x:c>
       <x:c r="H38" s="14" t="s">
         <x:v>101</x:v>
@@ -3895,57 +3895,57 @@
       <x:c r="K38" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L38" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M38" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N38" s="15" t="n">
         <x:v>42757</x:v>
       </x:c>
       <x:c r="O38" s="14" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="P38" s="14" t="s">
         <x:v>110</x:v>
       </x:c>
       <x:c r="Q38" s="16" t="s">
         <x:v>111</x:v>
       </x:c>
       <x:c r="R38" s="14" t="s">
         <x:v>112</x:v>
       </x:c>
       <x:c r="S38" s="14" t="n">
-        <x:v>604226</x:v>
+        <x:v>552856</x:v>
       </x:c>
       <x:c r="T38" s="16" t="s">
-        <x:v>35</x:v>
+        <x:v>38</x:v>
       </x:c>
       <x:c r="U38" s="16" t="s">
-        <x:v>36</x:v>
+        <x:v>34</x:v>
       </x:c>
     </x:row>
     <x:row r="39" spans="1:21">
       <x:c r="A39" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B39" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C39" s="3" t="n">
         <x:v>38424</x:v>
       </x:c>
       <x:c r="D39" s="3" t="s"/>
       <x:c r="E39" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G39" s="0" t="s">
         <x:v>100</x:v>
       </x:c>
       <x:c r="H39" s="0" t="s">
         <x:v>101</x:v>
       </x:c>
       <x:c r="I39" s="4" t="s">
         <x:v>102</x:v>
       </x:c>
@@ -3955,57 +3955,57 @@
       <x:c r="K39" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L39" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M39" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N39" s="3" t="n">
         <x:v>42757</x:v>
       </x:c>
       <x:c r="O39" s="0" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="P39" s="0" t="s">
         <x:v>110</x:v>
       </x:c>
       <x:c r="Q39" s="4" t="s">
         <x:v>111</x:v>
       </x:c>
       <x:c r="R39" s="0" t="s">
         <x:v>112</x:v>
       </x:c>
       <x:c r="S39" s="0" t="n">
-        <x:v>552856</x:v>
+        <x:v>604226</x:v>
       </x:c>
       <x:c r="T39" s="4" t="s">
-        <x:v>38</x:v>
+        <x:v>35</x:v>
       </x:c>
       <x:c r="U39" s="4" t="s">
-        <x:v>34</x:v>
+        <x:v>36</x:v>
       </x:c>
     </x:row>
     <x:row r="40" spans="1:21">
       <x:c r="A40" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B40" s="14" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C40" s="15" t="n">
         <x:v>38424</x:v>
       </x:c>
       <x:c r="D40" s="15" t="s"/>
       <x:c r="E40" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F40" s="14" t="s"/>
       <x:c r="G40" s="14" t="s">
         <x:v>100</x:v>
       </x:c>
       <x:c r="H40" s="14" t="s">
         <x:v>101</x:v>
       </x:c>
       <x:c r="I40" s="16" t="s">
         <x:v>102</x:v>
@@ -4016,57 +4016,57 @@
       <x:c r="K40" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L40" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M40" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N40" s="15" t="n">
         <x:v>42757</x:v>
       </x:c>
       <x:c r="O40" s="14" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="P40" s="14" t="s">
         <x:v>113</x:v>
       </x:c>
       <x:c r="Q40" s="16" t="s">
         <x:v>114</x:v>
       </x:c>
       <x:c r="R40" s="14" t="s">
         <x:v>115</x:v>
       </x:c>
       <x:c r="S40" s="14" t="n">
-        <x:v>501808</x:v>
+        <x:v>604099</x:v>
       </x:c>
       <x:c r="T40" s="16" t="s">
-        <x:v>33</x:v>
+        <x:v>35</x:v>
       </x:c>
       <x:c r="U40" s="16" t="s">
-        <x:v>34</x:v>
+        <x:v>36</x:v>
       </x:c>
     </x:row>
     <x:row r="41" spans="1:21">
       <x:c r="A41" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B41" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C41" s="3" t="n">
         <x:v>38424</x:v>
       </x:c>
       <x:c r="D41" s="3" t="s"/>
       <x:c r="E41" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G41" s="0" t="s">
         <x:v>100</x:v>
       </x:c>
       <x:c r="H41" s="0" t="s">
         <x:v>101</x:v>
       </x:c>
       <x:c r="I41" s="4" t="s">
         <x:v>102</x:v>
       </x:c>
@@ -4076,360 +4076,360 @@
       <x:c r="K41" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L41" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M41" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N41" s="3" t="n">
         <x:v>42757</x:v>
       </x:c>
       <x:c r="O41" s="0" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="P41" s="0" t="s">
         <x:v>113</x:v>
       </x:c>
       <x:c r="Q41" s="4" t="s">
         <x:v>114</x:v>
       </x:c>
       <x:c r="R41" s="0" t="s">
         <x:v>115</x:v>
       </x:c>
       <x:c r="S41" s="0" t="n">
-        <x:v>604100</x:v>
+        <x:v>501808</x:v>
       </x:c>
       <x:c r="T41" s="4" t="s">
-        <x:v>38</x:v>
+        <x:v>33</x:v>
       </x:c>
       <x:c r="U41" s="4" t="s">
-        <x:v>37</x:v>
+        <x:v>34</x:v>
       </x:c>
     </x:row>
     <x:row r="42" spans="1:21">
       <x:c r="A42" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B42" s="14" t="s">
-        <x:v>71</x:v>
+        <x:v>22</x:v>
       </x:c>
       <x:c r="C42" s="15" t="n">
-        <x:v>40096</x:v>
+        <x:v>38424</x:v>
       </x:c>
       <x:c r="D42" s="15" t="s"/>
       <x:c r="E42" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F42" s="14" t="s"/>
       <x:c r="G42" s="14" t="s">
         <x:v>100</x:v>
       </x:c>
       <x:c r="H42" s="14" t="s">
         <x:v>101</x:v>
       </x:c>
       <x:c r="I42" s="16" t="s">
         <x:v>102</x:v>
       </x:c>
       <x:c r="J42" s="14" t="s">
-        <x:v>53</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="K42" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L42" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M42" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N42" s="15" t="n">
-        <x:v>42723</x:v>
+        <x:v>42757</x:v>
       </x:c>
       <x:c r="O42" s="14" t="s">
-        <x:v>55</x:v>
+        <x:v>31</x:v>
       </x:c>
       <x:c r="P42" s="14" t="s">
         <x:v>113</x:v>
       </x:c>
       <x:c r="Q42" s="16" t="s">
         <x:v>114</x:v>
       </x:c>
       <x:c r="R42" s="14" t="s">
         <x:v>115</x:v>
       </x:c>
       <x:c r="S42" s="14" t="n">
-        <x:v>604110</x:v>
+        <x:v>604100</x:v>
       </x:c>
       <x:c r="T42" s="16" t="s">
-        <x:v>35</x:v>
+        <x:v>38</x:v>
       </x:c>
       <x:c r="U42" s="16" t="s">
         <x:v>37</x:v>
       </x:c>
     </x:row>
     <x:row r="43" spans="1:21">
       <x:c r="A43" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B43" s="0" t="s">
-        <x:v>22</x:v>
+        <x:v>71</x:v>
       </x:c>
       <x:c r="C43" s="3" t="n">
-        <x:v>38424</x:v>
+        <x:v>40096</x:v>
       </x:c>
       <x:c r="D43" s="3" t="s"/>
       <x:c r="E43" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G43" s="0" t="s">
         <x:v>100</x:v>
       </x:c>
       <x:c r="H43" s="0" t="s">
         <x:v>101</x:v>
       </x:c>
       <x:c r="I43" s="4" t="s">
         <x:v>102</x:v>
       </x:c>
       <x:c r="J43" s="0" t="s">
-        <x:v>27</x:v>
+        <x:v>53</x:v>
       </x:c>
       <x:c r="K43" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L43" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M43" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N43" s="3" t="n">
-        <x:v>42757</x:v>
+        <x:v>42723</x:v>
       </x:c>
       <x:c r="O43" s="0" t="s">
-        <x:v>31</x:v>
+        <x:v>55</x:v>
       </x:c>
       <x:c r="P43" s="0" t="s">
         <x:v>113</x:v>
       </x:c>
       <x:c r="Q43" s="4" t="s">
         <x:v>114</x:v>
       </x:c>
       <x:c r="R43" s="0" t="s">
         <x:v>115</x:v>
       </x:c>
       <x:c r="S43" s="0" t="n">
-        <x:v>604099</x:v>
+        <x:v>604110</x:v>
       </x:c>
       <x:c r="T43" s="4" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="U43" s="4" t="s">
-        <x:v>36</x:v>
+        <x:v>37</x:v>
       </x:c>
     </x:row>
     <x:row r="44" spans="1:21">
       <x:c r="A44" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B44" s="14" t="s">
-        <x:v>71</x:v>
+        <x:v>22</x:v>
       </x:c>
       <x:c r="C44" s="15" t="n">
-        <x:v>40096</x:v>
+        <x:v>38424</x:v>
       </x:c>
       <x:c r="D44" s="15" t="s"/>
       <x:c r="E44" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F44" s="14" t="s"/>
       <x:c r="G44" s="14" t="s">
         <x:v>100</x:v>
       </x:c>
       <x:c r="H44" s="14" t="s">
         <x:v>101</x:v>
       </x:c>
       <x:c r="I44" s="16" t="s">
         <x:v>102</x:v>
       </x:c>
       <x:c r="J44" s="14" t="s">
-        <x:v>53</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="K44" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L44" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M44" s="14" t="s">
-        <x:v>30</x:v>
+        <x:v>116</x:v>
       </x:c>
       <x:c r="N44" s="15" t="n">
-        <x:v>42723</x:v>
+        <x:v>42757</x:v>
       </x:c>
       <x:c r="O44" s="14" t="s">
-        <x:v>55</x:v>
+        <x:v>31</x:v>
       </x:c>
       <x:c r="P44" s="14" t="s">
         <x:v>113</x:v>
       </x:c>
       <x:c r="Q44" s="16" t="s">
         <x:v>114</x:v>
       </x:c>
       <x:c r="R44" s="14" t="s">
         <x:v>115</x:v>
       </x:c>
       <x:c r="S44" s="14" t="n">
-        <x:v>565332</x:v>
+        <x:v>604101</x:v>
       </x:c>
       <x:c r="T44" s="16" t="s">
-        <x:v>38</x:v>
+        <x:v>35</x:v>
       </x:c>
       <x:c r="U44" s="16" t="s">
-        <x:v>34</x:v>
+        <x:v>37</x:v>
       </x:c>
     </x:row>
     <x:row r="45" spans="1:21">
       <x:c r="A45" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B45" s="0" t="s">
-        <x:v>22</x:v>
+        <x:v>71</x:v>
       </x:c>
       <x:c r="C45" s="3" t="n">
-        <x:v>38424</x:v>
+        <x:v>40096</x:v>
       </x:c>
       <x:c r="D45" s="3" t="s"/>
       <x:c r="E45" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G45" s="0" t="s">
         <x:v>100</x:v>
       </x:c>
       <x:c r="H45" s="0" t="s">
         <x:v>101</x:v>
       </x:c>
       <x:c r="I45" s="4" t="s">
         <x:v>102</x:v>
       </x:c>
       <x:c r="J45" s="0" t="s">
-        <x:v>27</x:v>
+        <x:v>53</x:v>
       </x:c>
       <x:c r="K45" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L45" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M45" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N45" s="3" t="n">
-        <x:v>42757</x:v>
+        <x:v>42723</x:v>
       </x:c>
       <x:c r="O45" s="0" t="s">
-        <x:v>31</x:v>
+        <x:v>55</x:v>
       </x:c>
       <x:c r="P45" s="0" t="s">
         <x:v>113</x:v>
       </x:c>
       <x:c r="Q45" s="4" t="s">
         <x:v>114</x:v>
       </x:c>
       <x:c r="R45" s="0" t="s">
         <x:v>115</x:v>
       </x:c>
       <x:c r="S45" s="0" t="n">
-        <x:v>553335</x:v>
+        <x:v>565332</x:v>
       </x:c>
       <x:c r="T45" s="4" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="U45" s="4" t="s">
-        <x:v>37</x:v>
+        <x:v>34</x:v>
       </x:c>
     </x:row>
     <x:row r="46" spans="1:21">
       <x:c r="A46" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B46" s="14" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C46" s="15" t="n">
         <x:v>38424</x:v>
       </x:c>
       <x:c r="D46" s="15" t="s"/>
       <x:c r="E46" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F46" s="14" t="s"/>
       <x:c r="G46" s="14" t="s">
         <x:v>100</x:v>
       </x:c>
       <x:c r="H46" s="14" t="s">
         <x:v>101</x:v>
       </x:c>
       <x:c r="I46" s="16" t="s">
         <x:v>102</x:v>
       </x:c>
       <x:c r="J46" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K46" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L46" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M46" s="14" t="s">
-        <x:v>116</x:v>
+        <x:v>30</x:v>
       </x:c>
       <x:c r="N46" s="15" t="n">
         <x:v>42757</x:v>
       </x:c>
       <x:c r="O46" s="14" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="P46" s="14" t="s">
         <x:v>113</x:v>
       </x:c>
       <x:c r="Q46" s="16" t="s">
         <x:v>114</x:v>
       </x:c>
       <x:c r="R46" s="14" t="s">
         <x:v>115</x:v>
       </x:c>
       <x:c r="S46" s="14" t="n">
-        <x:v>553336</x:v>
+        <x:v>553335</x:v>
       </x:c>
       <x:c r="T46" s="16" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="U46" s="16" t="s">
-        <x:v>34</x:v>
+        <x:v>37</x:v>
       </x:c>
     </x:row>
     <x:row r="47" spans="1:21">
       <x:c r="A47" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B47" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C47" s="3" t="n">
         <x:v>38424</x:v>
       </x:c>
       <x:c r="D47" s="3" t="s"/>
       <x:c r="E47" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G47" s="0" t="s">
         <x:v>100</x:v>
       </x:c>
       <x:c r="H47" s="0" t="s">
         <x:v>101</x:v>
       </x:c>
       <x:c r="I47" s="4" t="s">
         <x:v>102</x:v>
       </x:c>
@@ -4439,57 +4439,57 @@
       <x:c r="K47" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L47" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M47" s="0" t="s">
         <x:v>116</x:v>
       </x:c>
       <x:c r="N47" s="3" t="n">
         <x:v>42757</x:v>
       </x:c>
       <x:c r="O47" s="0" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="P47" s="0" t="s">
         <x:v>113</x:v>
       </x:c>
       <x:c r="Q47" s="4" t="s">
         <x:v>114</x:v>
       </x:c>
       <x:c r="R47" s="0" t="s">
         <x:v>115</x:v>
       </x:c>
       <x:c r="S47" s="0" t="n">
-        <x:v>604101</x:v>
+        <x:v>553336</x:v>
       </x:c>
       <x:c r="T47" s="4" t="s">
-        <x:v>35</x:v>
+        <x:v>38</x:v>
       </x:c>
       <x:c r="U47" s="4" t="s">
-        <x:v>37</x:v>
+        <x:v>34</x:v>
       </x:c>
     </x:row>
     <x:row r="48" spans="1:21">
       <x:c r="A48" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B48" s="14" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C48" s="15" t="n">
         <x:v>38424</x:v>
       </x:c>
       <x:c r="D48" s="15" t="s"/>
       <x:c r="E48" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F48" s="14" t="s"/>
       <x:c r="G48" s="14" t="s">
         <x:v>100</x:v>
       </x:c>
       <x:c r="H48" s="14" t="s">
         <x:v>101</x:v>
       </x:c>
       <x:c r="I48" s="16" t="s">
         <x:v>102</x:v>
@@ -4663,136 +4663,136 @@
         <x:v>38424</x:v>
       </x:c>
       <x:c r="D51" s="3" t="s"/>
       <x:c r="E51" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G51" s="0" t="s">
         <x:v>100</x:v>
       </x:c>
       <x:c r="H51" s="0" t="s">
         <x:v>101</x:v>
       </x:c>
       <x:c r="I51" s="4" t="s">
         <x:v>102</x:v>
       </x:c>
       <x:c r="J51" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K51" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L51" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M51" s="0" t="s">
-        <x:v>116</x:v>
+        <x:v>30</x:v>
       </x:c>
       <x:c r="N51" s="3" t="n">
         <x:v>42757</x:v>
       </x:c>
       <x:c r="O51" s="0" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="P51" s="0" t="s">
         <x:v>117</x:v>
       </x:c>
       <x:c r="Q51" s="4" t="s">
         <x:v>118</x:v>
       </x:c>
       <x:c r="R51" s="0" t="s">
         <x:v>119</x:v>
       </x:c>
       <x:c r="S51" s="0" t="n">
-        <x:v>604805</x:v>
+        <x:v>501700</x:v>
       </x:c>
       <x:c r="T51" s="4" t="s">
-        <x:v>35</x:v>
+        <x:v>33</x:v>
       </x:c>
       <x:c r="U51" s="4" t="s">
-        <x:v>37</x:v>
+        <x:v>34</x:v>
       </x:c>
     </x:row>
     <x:row r="52" spans="1:21">
       <x:c r="A52" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B52" s="14" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C52" s="15" t="n">
         <x:v>38424</x:v>
       </x:c>
       <x:c r="D52" s="15" t="s"/>
       <x:c r="E52" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F52" s="14" t="s"/>
       <x:c r="G52" s="14" t="s">
         <x:v>100</x:v>
       </x:c>
       <x:c r="H52" s="14" t="s">
         <x:v>101</x:v>
       </x:c>
       <x:c r="I52" s="16" t="s">
         <x:v>102</x:v>
       </x:c>
       <x:c r="J52" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K52" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L52" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M52" s="14" t="s">
-        <x:v>30</x:v>
+        <x:v>116</x:v>
       </x:c>
       <x:c r="N52" s="15" t="n">
         <x:v>42757</x:v>
       </x:c>
       <x:c r="O52" s="14" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="P52" s="14" t="s">
         <x:v>117</x:v>
       </x:c>
       <x:c r="Q52" s="16" t="s">
         <x:v>118</x:v>
       </x:c>
       <x:c r="R52" s="14" t="s">
         <x:v>119</x:v>
       </x:c>
       <x:c r="S52" s="14" t="n">
-        <x:v>501700</x:v>
+        <x:v>604805</x:v>
       </x:c>
       <x:c r="T52" s="16" t="s">
-        <x:v>33</x:v>
+        <x:v>35</x:v>
       </x:c>
       <x:c r="U52" s="16" t="s">
-        <x:v>34</x:v>
+        <x:v>37</x:v>
       </x:c>
     </x:row>
     <x:row r="53" spans="1:21">
       <x:c r="A53" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B53" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C53" s="3" t="n">
         <x:v>38424</x:v>
       </x:c>
       <x:c r="D53" s="3" t="s"/>
       <x:c r="E53" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G53" s="0" t="s">
         <x:v>100</x:v>
       </x:c>
       <x:c r="H53" s="0" t="s">
         <x:v>101</x:v>
       </x:c>
       <x:c r="I53" s="4" t="s">
         <x:v>102</x:v>
       </x:c>
@@ -4845,132 +4845,132 @@
       </x:c>
       <x:c r="D54" s="15" t="s"/>
       <x:c r="E54" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F54" s="14" t="s"/>
       <x:c r="G54" s="14" t="s">
         <x:v>100</x:v>
       </x:c>
       <x:c r="H54" s="14" t="s">
         <x:v>101</x:v>
       </x:c>
       <x:c r="I54" s="16" t="s">
         <x:v>102</x:v>
       </x:c>
       <x:c r="J54" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K54" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L54" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M54" s="14" t="s">
-        <x:v>30</x:v>
+        <x:v>116</x:v>
       </x:c>
       <x:c r="N54" s="15" t="n">
         <x:v>42757</x:v>
       </x:c>
       <x:c r="O54" s="14" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="P54" s="14" t="s">
         <x:v>120</x:v>
       </x:c>
       <x:c r="Q54" s="16" t="s">
         <x:v>104</x:v>
       </x:c>
       <x:c r="R54" s="14" t="s">
         <x:v>105</x:v>
       </x:c>
       <x:c r="S54" s="14" t="n">
-        <x:v>553689</x:v>
+        <x:v>604904</x:v>
       </x:c>
       <x:c r="T54" s="16" t="s">
-        <x:v>38</x:v>
+        <x:v>35</x:v>
       </x:c>
       <x:c r="U54" s="16" t="s">
         <x:v>37</x:v>
       </x:c>
     </x:row>
     <x:row r="55" spans="1:21">
       <x:c r="A55" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B55" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C55" s="3" t="n">
         <x:v>38424</x:v>
       </x:c>
       <x:c r="D55" s="3" t="s"/>
       <x:c r="E55" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G55" s="0" t="s">
         <x:v>100</x:v>
       </x:c>
       <x:c r="H55" s="0" t="s">
         <x:v>101</x:v>
       </x:c>
       <x:c r="I55" s="4" t="s">
         <x:v>102</x:v>
       </x:c>
       <x:c r="J55" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K55" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L55" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M55" s="0" t="s">
-        <x:v>116</x:v>
+        <x:v>30</x:v>
       </x:c>
       <x:c r="N55" s="3" t="n">
         <x:v>42757</x:v>
       </x:c>
       <x:c r="O55" s="0" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="P55" s="0" t="s">
         <x:v>120</x:v>
       </x:c>
       <x:c r="Q55" s="4" t="s">
         <x:v>104</x:v>
       </x:c>
       <x:c r="R55" s="0" t="s">
         <x:v>105</x:v>
       </x:c>
       <x:c r="S55" s="0" t="n">
-        <x:v>604904</x:v>
+        <x:v>553689</x:v>
       </x:c>
       <x:c r="T55" s="4" t="s">
-        <x:v>35</x:v>
+        <x:v>38</x:v>
       </x:c>
       <x:c r="U55" s="4" t="s">
         <x:v>37</x:v>
       </x:c>
     </x:row>
     <x:row r="56" spans="1:21">
       <x:c r="A56" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B56" s="14" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C56" s="15" t="n">
         <x:v>38424</x:v>
       </x:c>
       <x:c r="D56" s="15" t="s"/>
       <x:c r="E56" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F56" s="14" t="s"/>
       <x:c r="G56" s="14" t="s">
         <x:v>100</x:v>
       </x:c>
       <x:c r="H56" s="14" t="s">
         <x:v>101</x:v>
@@ -5044,57 +5044,57 @@
       <x:c r="K57" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L57" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M57" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N57" s="3" t="n">
         <x:v>42757</x:v>
       </x:c>
       <x:c r="O57" s="0" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="P57" s="0" t="s">
         <x:v>121</x:v>
       </x:c>
       <x:c r="Q57" s="4" t="s">
         <x:v>123</x:v>
       </x:c>
       <x:c r="R57" s="0" t="s">
         <x:v>124</x:v>
       </x:c>
       <x:c r="S57" s="0" t="n">
-        <x:v>500442</x:v>
+        <x:v>599316</x:v>
       </x:c>
       <x:c r="T57" s="4" t="s">
-        <x:v>33</x:v>
+        <x:v>35</x:v>
       </x:c>
       <x:c r="U57" s="4" t="s">
-        <x:v>34</x:v>
+        <x:v>36</x:v>
       </x:c>
     </x:row>
     <x:row r="58" spans="1:21">
       <x:c r="A58" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B58" s="14" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C58" s="15" t="n">
         <x:v>38424</x:v>
       </x:c>
       <x:c r="D58" s="15" t="s"/>
       <x:c r="E58" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F58" s="14" t="s"/>
       <x:c r="G58" s="14" t="s">
         <x:v>121</x:v>
       </x:c>
       <x:c r="H58" s="14" t="s">
         <x:v>122</x:v>
       </x:c>
       <x:c r="I58" s="16" t="s">
         <x:v>123</x:v>
@@ -5119,164 +5119,164 @@
       </x:c>
       <x:c r="P58" s="14" t="s">
         <x:v>121</x:v>
       </x:c>
       <x:c r="Q58" s="16" t="s">
         <x:v>123</x:v>
       </x:c>
       <x:c r="R58" s="14" t="s">
         <x:v>124</x:v>
       </x:c>
       <x:c r="S58" s="14" t="n">
         <x:v>570577</x:v>
       </x:c>
       <x:c r="T58" s="16" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="U58" s="16" t="s">
         <x:v>37</x:v>
       </x:c>
     </x:row>
     <x:row r="59" spans="1:21">
       <x:c r="A59" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B59" s="0" t="s">
-        <x:v>22</x:v>
+        <x:v>125</x:v>
       </x:c>
       <x:c r="C59" s="3" t="n">
-        <x:v>38424</x:v>
+        <x:v>39345</x:v>
       </x:c>
       <x:c r="D59" s="3" t="s"/>
       <x:c r="E59" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G59" s="0" t="s">
         <x:v>121</x:v>
       </x:c>
       <x:c r="H59" s="0" t="s">
         <x:v>122</x:v>
       </x:c>
       <x:c r="I59" s="4" t="s">
         <x:v>123</x:v>
       </x:c>
       <x:c r="J59" s="0" t="s">
-        <x:v>27</x:v>
+        <x:v>53</x:v>
       </x:c>
       <x:c r="K59" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L59" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M59" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N59" s="3" t="n">
-        <x:v>42757</x:v>
+        <x:v>42723</x:v>
       </x:c>
       <x:c r="O59" s="0" t="s">
-        <x:v>31</x:v>
+        <x:v>55</x:v>
       </x:c>
       <x:c r="P59" s="0" t="s">
         <x:v>121</x:v>
       </x:c>
       <x:c r="Q59" s="4" t="s">
         <x:v>123</x:v>
       </x:c>
       <x:c r="R59" s="0" t="s">
         <x:v>124</x:v>
       </x:c>
       <x:c r="S59" s="0" t="n">
-        <x:v>599316</x:v>
+        <x:v>599325</x:v>
       </x:c>
       <x:c r="T59" s="4" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="U59" s="4" t="s">
-        <x:v>36</x:v>
+        <x:v>37</x:v>
       </x:c>
     </x:row>
     <x:row r="60" spans="1:21">
       <x:c r="A60" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B60" s="14" t="s">
-        <x:v>125</x:v>
+        <x:v>22</x:v>
       </x:c>
       <x:c r="C60" s="15" t="n">
-        <x:v>39345</x:v>
+        <x:v>38424</x:v>
       </x:c>
       <x:c r="D60" s="15" t="s"/>
       <x:c r="E60" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F60" s="14" t="s"/>
       <x:c r="G60" s="14" t="s">
         <x:v>121</x:v>
       </x:c>
       <x:c r="H60" s="14" t="s">
         <x:v>122</x:v>
       </x:c>
       <x:c r="I60" s="16" t="s">
         <x:v>123</x:v>
       </x:c>
       <x:c r="J60" s="14" t="s">
-        <x:v>53</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="K60" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L60" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M60" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N60" s="15" t="n">
-        <x:v>42723</x:v>
+        <x:v>42757</x:v>
       </x:c>
       <x:c r="O60" s="14" t="s">
-        <x:v>55</x:v>
+        <x:v>31</x:v>
       </x:c>
       <x:c r="P60" s="14" t="s">
         <x:v>121</x:v>
       </x:c>
       <x:c r="Q60" s="16" t="s">
         <x:v>123</x:v>
       </x:c>
       <x:c r="R60" s="14" t="s">
         <x:v>124</x:v>
       </x:c>
       <x:c r="S60" s="14" t="n">
-        <x:v>599325</x:v>
+        <x:v>500442</x:v>
       </x:c>
       <x:c r="T60" s="16" t="s">
-        <x:v>35</x:v>
+        <x:v>33</x:v>
       </x:c>
       <x:c r="U60" s="16" t="s">
-        <x:v>37</x:v>
+        <x:v>34</x:v>
       </x:c>
     </x:row>
     <x:row r="61" spans="1:21">
       <x:c r="A61" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B61" s="0" t="s">
         <x:v>125</x:v>
       </x:c>
       <x:c r="C61" s="3" t="n">
         <x:v>39345</x:v>
       </x:c>
       <x:c r="D61" s="3" t="s"/>
       <x:c r="E61" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G61" s="0" t="s">
         <x:v>121</x:v>
       </x:c>
       <x:c r="H61" s="0" t="s">
         <x:v>122</x:v>
       </x:c>
       <x:c r="I61" s="4" t="s">
         <x:v>123</x:v>
       </x:c>
@@ -5725,207 +5725,208 @@
       </x:c>
       <x:c r="O69" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="P69" s="0" t="s">
         <x:v>137</x:v>
       </x:c>
       <x:c r="Q69" s="4" t="s">
         <x:v>138</x:v>
       </x:c>
       <x:c r="R69" s="0" t="s">
         <x:v>143</x:v>
       </x:c>
       <x:c r="S69" s="0" t="n">
         <x:v>177597</x:v>
       </x:c>
       <x:c r="T69" s="4" t="s">
         <x:v>139</x:v>
       </x:c>
       <x:c r="U69" s="4" t="s">
         <x:v>140</x:v>
       </x:c>
     </x:row>
     <x:row r="70" spans="1:21">
       <x:c r="A70" s="13" t="s">
-        <x:v>21</x:v>
+        <x:v>41</x:v>
       </x:c>
       <x:c r="B70" s="14" t="s">
-        <x:v>71</x:v>
+        <x:v>144</x:v>
       </x:c>
       <x:c r="C70" s="15" t="n">
         <x:v>40096</x:v>
       </x:c>
       <x:c r="D70" s="15" t="s"/>
-      <x:c r="E70" s="14" t="s">
-[...1 lines deleted...]
-      </x:c>
+      <x:c r="E70" s="14" t="s"/>
       <x:c r="F70" s="14" t="s"/>
       <x:c r="G70" s="14" t="s">
-        <x:v>144</x:v>
+        <x:v>145</x:v>
       </x:c>
       <x:c r="H70" s="14" t="s"/>
       <x:c r="I70" s="16" t="s">
-        <x:v>145</x:v>
+        <x:v>146</x:v>
       </x:c>
       <x:c r="J70" s="14" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="K70" s="14" t="s">
-        <x:v>28</x:v>
+        <x:v>54</x:v>
       </x:c>
       <x:c r="L70" s="14" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="M70" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N70" s="15" t="n">
         <x:v>42723</x:v>
       </x:c>
       <x:c r="O70" s="14" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="P70" s="14" t="s">
-        <x:v>144</x:v>
+        <x:v>145</x:v>
       </x:c>
       <x:c r="Q70" s="16" t="s">
-        <x:v>145</x:v>
+        <x:v>146</x:v>
       </x:c>
       <x:c r="R70" s="14" t="s">
-        <x:v>146</x:v>
+        <x:v>147</x:v>
       </x:c>
       <x:c r="S70" s="14" t="n">
-        <x:v>609976</x:v>
+        <x:v>609455</x:v>
       </x:c>
       <x:c r="T70" s="16" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="U70" s="16" t="s">
         <x:v>37</x:v>
       </x:c>
     </x:row>
     <x:row r="71" spans="1:21">
       <x:c r="A71" s="1" t="s">
-        <x:v>41</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B71" s="0" t="s">
-        <x:v>147</x:v>
+        <x:v>71</x:v>
       </x:c>
       <x:c r="C71" s="3" t="n">
         <x:v>40096</x:v>
       </x:c>
       <x:c r="D71" s="3" t="s"/>
+      <x:c r="E71" s="0" t="s">
+        <x:v>23</x:v>
+      </x:c>
       <x:c r="G71" s="0" t="s">
-        <x:v>144</x:v>
+        <x:v>145</x:v>
       </x:c>
       <x:c r="I71" s="4" t="s">
-        <x:v>145</x:v>
+        <x:v>146</x:v>
       </x:c>
       <x:c r="J71" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="K71" s="0" t="s">
-        <x:v>54</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="L71" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="M71" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N71" s="3" t="n">
         <x:v>42723</x:v>
       </x:c>
       <x:c r="O71" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="P71" s="0" t="s">
-        <x:v>144</x:v>
+        <x:v>145</x:v>
       </x:c>
       <x:c r="Q71" s="4" t="s">
-        <x:v>145</x:v>
+        <x:v>146</x:v>
       </x:c>
       <x:c r="R71" s="0" t="s">
-        <x:v>146</x:v>
+        <x:v>147</x:v>
       </x:c>
       <x:c r="S71" s="0" t="n">
-        <x:v>609455</x:v>
+        <x:v>609976</x:v>
       </x:c>
       <x:c r="T71" s="4" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="U71" s="4" t="s">
         <x:v>37</x:v>
       </x:c>
     </x:row>
     <x:row r="72" spans="1:21">
       <x:c r="A72" s="13" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="B72" s="14" t="s">
-        <x:v>147</x:v>
+        <x:v>144</x:v>
       </x:c>
       <x:c r="C72" s="15" t="n">
         <x:v>40096</x:v>
       </x:c>
       <x:c r="D72" s="15" t="s"/>
       <x:c r="E72" s="14" t="s"/>
       <x:c r="F72" s="14" t="s"/>
       <x:c r="G72" s="14" t="s">
-        <x:v>144</x:v>
+        <x:v>145</x:v>
       </x:c>
       <x:c r="H72" s="14" t="s"/>
       <x:c r="I72" s="16" t="s">
-        <x:v>145</x:v>
+        <x:v>146</x:v>
       </x:c>
       <x:c r="J72" s="14" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="K72" s="14" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="L72" s="14" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="M72" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N72" s="15" t="n">
         <x:v>42723</x:v>
       </x:c>
       <x:c r="O72" s="14" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="P72" s="14" t="s">
-        <x:v>144</x:v>
+        <x:v>145</x:v>
       </x:c>
       <x:c r="Q72" s="16" t="s">
-        <x:v>145</x:v>
+        <x:v>146</x:v>
       </x:c>
       <x:c r="R72" s="14" t="s">
-        <x:v>146</x:v>
+        <x:v>147</x:v>
       </x:c>
       <x:c r="S72" s="14" t="n">
         <x:v>609457</x:v>
       </x:c>
       <x:c r="T72" s="16" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="U72" s="16" t="s">
         <x:v>37</x:v>
       </x:c>
     </x:row>
     <x:row r="73" spans="1:21">
       <x:c r="A73" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B73" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C73" s="3" t="n">
         <x:v>38424</x:v>
       </x:c>
       <x:c r="D73" s="3" t="s"/>
       <x:c r="E73" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
@@ -6295,57 +6296,57 @@
       <x:c r="K79" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L79" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M79" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N79" s="3" t="n">
         <x:v>42723</x:v>
       </x:c>
       <x:c r="O79" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="P79" s="0" t="s">
         <x:v>158</x:v>
       </x:c>
       <x:c r="Q79" s="4" t="s">
         <x:v>159</x:v>
       </x:c>
       <x:c r="R79" s="0" t="s">
         <x:v>160</x:v>
       </x:c>
       <x:c r="S79" s="0" t="n">
-        <x:v>601102</x:v>
+        <x:v>565330</x:v>
       </x:c>
       <x:c r="T79" s="4" t="s">
-        <x:v>161</x:v>
+        <x:v>163</x:v>
       </x:c>
       <x:c r="U79" s="4" t="s">
-        <x:v>162</x:v>
+        <x:v>164</x:v>
       </x:c>
     </x:row>
     <x:row r="80" spans="1:21">
       <x:c r="A80" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B80" s="14" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="C80" s="15" t="n">
         <x:v>40096</x:v>
       </x:c>
       <x:c r="D80" s="15" t="s"/>
       <x:c r="E80" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F80" s="14" t="s"/>
       <x:c r="G80" s="14" t="s">
         <x:v>158</x:v>
       </x:c>
       <x:c r="H80" s="14" t="s"/>
       <x:c r="I80" s="16" t="s">
         <x:v>159</x:v>
       </x:c>
       <x:c r="J80" s="14" t="s">
@@ -6354,57 +6355,57 @@
       <x:c r="K80" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L80" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M80" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N80" s="15" t="n">
         <x:v>42723</x:v>
       </x:c>
       <x:c r="O80" s="14" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="P80" s="14" t="s">
         <x:v>158</x:v>
       </x:c>
       <x:c r="Q80" s="16" t="s">
         <x:v>159</x:v>
       </x:c>
       <x:c r="R80" s="14" t="s">
         <x:v>160</x:v>
       </x:c>
       <x:c r="S80" s="14" t="n">
-        <x:v>565330</x:v>
+        <x:v>601102</x:v>
       </x:c>
       <x:c r="T80" s="16" t="s">
-        <x:v>163</x:v>
+        <x:v>161</x:v>
       </x:c>
       <x:c r="U80" s="16" t="s">
-        <x:v>164</x:v>
+        <x:v>162</x:v>
       </x:c>
     </x:row>
     <x:row r="81" spans="1:21">
       <x:c r="A81" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B81" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C81" s="3" t="n">
         <x:v>38424</x:v>
       </x:c>
       <x:c r="D81" s="3" t="s"/>
       <x:c r="E81" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G81" s="0" t="s">
         <x:v>158</x:v>
       </x:c>
       <x:c r="I81" s="4" t="s">
         <x:v>159</x:v>
       </x:c>
       <x:c r="J81" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
@@ -7305,174 +7306,174 @@
       <x:c r="J97" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K97" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="L97" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="M97" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N97" s="3" t="n">
         <x:v>42757</x:v>
       </x:c>
       <x:c r="O97" s="0" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="P97" s="0" t="s">
         <x:v>182</x:v>
       </x:c>
       <x:c r="Q97" s="4" t="s">
         <x:v>111</x:v>
       </x:c>
       <x:c r="R97" s="0" t="s">
-        <x:v>192</x:v>
+        <x:v>84</x:v>
       </x:c>
       <x:c r="S97" s="0" t="n">
-        <x:v>615239</x:v>
+        <x:v>572136</x:v>
       </x:c>
       <x:c r="T97" s="4" t="s">
-        <x:v>35</x:v>
+        <x:v>38</x:v>
       </x:c>
       <x:c r="U97" s="4" t="s">
-        <x:v>36</x:v>
+        <x:v>37</x:v>
       </x:c>
     </x:row>
     <x:row r="98" spans="1:21">
       <x:c r="A98" s="13" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="B98" s="14" t="s">
         <x:v>181</x:v>
       </x:c>
       <x:c r="C98" s="15" t="n">
         <x:v>38424</x:v>
       </x:c>
       <x:c r="D98" s="15" t="s"/>
       <x:c r="E98" s="14" t="s"/>
       <x:c r="F98" s="14" t="s"/>
       <x:c r="G98" s="14" t="s">
         <x:v>182</x:v>
       </x:c>
       <x:c r="H98" s="14" t="s"/>
       <x:c r="I98" s="16" t="s">
         <x:v>111</x:v>
       </x:c>
       <x:c r="J98" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K98" s="14" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="L98" s="14" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="M98" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N98" s="15" t="n">
         <x:v>42757</x:v>
       </x:c>
       <x:c r="O98" s="14" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="P98" s="14" t="s">
         <x:v>182</x:v>
       </x:c>
       <x:c r="Q98" s="16" t="s">
         <x:v>111</x:v>
       </x:c>
       <x:c r="R98" s="14" t="s">
-        <x:v>84</x:v>
+        <x:v>192</x:v>
       </x:c>
       <x:c r="S98" s="14" t="n">
-        <x:v>572136</x:v>
+        <x:v>615239</x:v>
       </x:c>
       <x:c r="T98" s="16" t="s">
-        <x:v>38</x:v>
+        <x:v>35</x:v>
       </x:c>
       <x:c r="U98" s="16" t="s">
-        <x:v>37</x:v>
+        <x:v>36</x:v>
       </x:c>
     </x:row>
     <x:row r="99" spans="1:21">
       <x:c r="A99" s="1" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="B99" s="0" t="s">
         <x:v>181</x:v>
       </x:c>
       <x:c r="C99" s="3" t="n">
         <x:v>38424</x:v>
       </x:c>
       <x:c r="D99" s="3" t="s"/>
       <x:c r="G99" s="0" t="s">
         <x:v>194</x:v>
       </x:c>
       <x:c r="H99" s="0" t="s">
         <x:v>195</x:v>
       </x:c>
       <x:c r="I99" s="4" t="s">
         <x:v>196</x:v>
       </x:c>
       <x:c r="J99" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K99" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="L99" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="M99" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N99" s="3" t="n">
         <x:v>42757</x:v>
       </x:c>
       <x:c r="O99" s="0" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="P99" s="0" t="s">
         <x:v>194</x:v>
       </x:c>
       <x:c r="Q99" s="4" t="s">
         <x:v>196</x:v>
       </x:c>
       <x:c r="R99" s="0" t="s">
         <x:v>197</x:v>
       </x:c>
       <x:c r="S99" s="0" t="n">
-        <x:v>572143</x:v>
+        <x:v>585520</x:v>
       </x:c>
       <x:c r="T99" s="4" t="s">
-        <x:v>165</x:v>
+        <x:v>35</x:v>
       </x:c>
       <x:c r="U99" s="4" t="s">
-        <x:v>34</x:v>
+        <x:v>36</x:v>
       </x:c>
     </x:row>
     <x:row r="100" spans="1:21">
       <x:c r="A100" s="13" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="B100" s="14" t="s">
         <x:v>181</x:v>
       </x:c>
       <x:c r="C100" s="15" t="n">
         <x:v>38424</x:v>
       </x:c>
       <x:c r="D100" s="15" t="s"/>
       <x:c r="E100" s="14" t="s"/>
       <x:c r="F100" s="14" t="s"/>
       <x:c r="G100" s="14" t="s">
         <x:v>194</x:v>
       </x:c>
       <x:c r="H100" s="14" t="s">
         <x:v>195</x:v>
       </x:c>
       <x:c r="I100" s="16" t="s">
         <x:v>196</x:v>
       </x:c>
       <x:c r="J100" s="14" t="s">
@@ -7481,57 +7482,57 @@
       <x:c r="K100" s="14" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="L100" s="14" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="M100" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N100" s="15" t="n">
         <x:v>42757</x:v>
       </x:c>
       <x:c r="O100" s="14" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="P100" s="14" t="s">
         <x:v>194</x:v>
       </x:c>
       <x:c r="Q100" s="16" t="s">
         <x:v>196</x:v>
       </x:c>
       <x:c r="R100" s="14" t="s">
         <x:v>197</x:v>
       </x:c>
       <x:c r="S100" s="14" t="n">
-        <x:v>585520</x:v>
+        <x:v>572143</x:v>
       </x:c>
       <x:c r="T100" s="16" t="s">
-        <x:v>35</x:v>
+        <x:v>165</x:v>
       </x:c>
       <x:c r="U100" s="16" t="s">
-        <x:v>36</x:v>
+        <x:v>34</x:v>
       </x:c>
     </x:row>
     <x:row r="101" spans="1:21">
       <x:c r="A101" s="1" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="B101" s="0" t="s">
         <x:v>181</x:v>
       </x:c>
       <x:c r="C101" s="3" t="n">
         <x:v>38424</x:v>
       </x:c>
       <x:c r="D101" s="3" t="s"/>
       <x:c r="G101" s="0" t="s">
         <x:v>194</x:v>
       </x:c>
       <x:c r="H101" s="0" t="s">
         <x:v>195</x:v>
       </x:c>
       <x:c r="I101" s="4" t="s">
         <x:v>196</x:v>
       </x:c>
       <x:c r="J101" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
@@ -8065,162 +8066,162 @@
       </x:c>
       <x:c r="O110" s="14" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="P110" s="14" t="s">
         <x:v>209</x:v>
       </x:c>
       <x:c r="Q110" s="16" t="s">
         <x:v>150</x:v>
       </x:c>
       <x:c r="R110" s="14" t="s">
         <x:v>217</x:v>
       </x:c>
       <x:c r="S110" s="14" t="n">
         <x:v>566279</x:v>
       </x:c>
       <x:c r="T110" s="16" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="U110" s="16" t="s">
         <x:v>37</x:v>
       </x:c>
     </x:row>
     <x:row r="111" spans="1:21">
       <x:c r="A111" s="1" t="s">
-        <x:v>21</x:v>
+        <x:v>41</x:v>
       </x:c>
       <x:c r="B111" s="0" t="s">
-        <x:v>22</x:v>
+        <x:v>214</x:v>
       </x:c>
       <x:c r="C111" s="3" t="n">
-        <x:v>38424</x:v>
+        <x:v>40096</x:v>
       </x:c>
       <x:c r="D111" s="3" t="s"/>
-      <x:c r="E111" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="G111" s="0" t="s">
-        <x:v>182</x:v>
+        <x:v>209</x:v>
+      </x:c>
+      <x:c r="H111" s="0" t="s">
+        <x:v>210</x:v>
       </x:c>
       <x:c r="I111" s="4" t="s">
-        <x:v>111</x:v>
+        <x:v>150</x:v>
       </x:c>
       <x:c r="J111" s="0" t="s">
-        <x:v>27</x:v>
+        <x:v>53</x:v>
       </x:c>
       <x:c r="K111" s="0" t="s">
-        <x:v>28</x:v>
+        <x:v>54</x:v>
       </x:c>
       <x:c r="L111" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="M111" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N111" s="3" t="n">
-        <x:v>42757</x:v>
+        <x:v>42723</x:v>
       </x:c>
       <x:c r="O111" s="0" t="s">
-        <x:v>31</x:v>
+        <x:v>55</x:v>
       </x:c>
       <x:c r="P111" s="0" t="s">
-        <x:v>218</x:v>
+        <x:v>209</x:v>
       </x:c>
       <x:c r="Q111" s="4" t="s">
-        <x:v>219</x:v>
+        <x:v>150</x:v>
       </x:c>
       <x:c r="R111" s="0" t="s">
-        <x:v>192</x:v>
+        <x:v>143</x:v>
       </x:c>
       <x:c r="S111" s="0" t="n">
-        <x:v>617233</x:v>
+        <x:v>606244</x:v>
       </x:c>
       <x:c r="T111" s="4" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="U111" s="4" t="s">
-        <x:v>220</x:v>
+        <x:v>37</x:v>
       </x:c>
     </x:row>
     <x:row r="112" spans="1:21">
       <x:c r="A112" s="13" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="B112" s="14" t="s">
-        <x:v>214</x:v>
+        <x:v>181</x:v>
       </x:c>
       <x:c r="C112" s="15" t="n">
-        <x:v>40096</x:v>
+        <x:v>38424</x:v>
       </x:c>
       <x:c r="D112" s="15" t="s"/>
       <x:c r="E112" s="14" t="s"/>
       <x:c r="F112" s="14" t="s"/>
       <x:c r="G112" s="14" t="s">
         <x:v>209</x:v>
       </x:c>
       <x:c r="H112" s="14" t="s">
         <x:v>210</x:v>
       </x:c>
       <x:c r="I112" s="16" t="s">
         <x:v>150</x:v>
       </x:c>
       <x:c r="J112" s="14" t="s">
-        <x:v>53</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="K112" s="14" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="L112" s="14" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="M112" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N112" s="15" t="n">
-        <x:v>42723</x:v>
+        <x:v>42757</x:v>
       </x:c>
       <x:c r="O112" s="14" t="s">
-        <x:v>55</x:v>
+        <x:v>31</x:v>
       </x:c>
       <x:c r="P112" s="14" t="s">
         <x:v>209</x:v>
       </x:c>
       <x:c r="Q112" s="16" t="s">
         <x:v>150</x:v>
       </x:c>
       <x:c r="R112" s="14" t="s">
-        <x:v>143</x:v>
+        <x:v>151</x:v>
       </x:c>
       <x:c r="S112" s="14" t="n">
-        <x:v>606244</x:v>
+        <x:v>572141</x:v>
       </x:c>
       <x:c r="T112" s="16" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="U112" s="16" t="s">
-        <x:v>37</x:v>
+        <x:v>36</x:v>
       </x:c>
     </x:row>
     <x:row r="113" spans="1:21">
       <x:c r="A113" s="1" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="B113" s="0" t="s">
         <x:v>181</x:v>
       </x:c>
       <x:c r="C113" s="3" t="n">
         <x:v>38424</x:v>
       </x:c>
       <x:c r="D113" s="3" t="s"/>
       <x:c r="G113" s="0" t="s">
         <x:v>209</x:v>
       </x:c>
       <x:c r="H113" s="0" t="s">
         <x:v>210</x:v>
       </x:c>
       <x:c r="I113" s="4" t="s">
         <x:v>150</x:v>
       </x:c>
       <x:c r="J113" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
@@ -8241,905 +8242,900 @@
       </x:c>
       <x:c r="P113" s="0" t="s">
         <x:v>209</x:v>
       </x:c>
       <x:c r="Q113" s="4" t="s">
         <x:v>150</x:v>
       </x:c>
       <x:c r="R113" s="0" t="s">
         <x:v>151</x:v>
       </x:c>
       <x:c r="S113" s="0" t="n">
         <x:v>572139</x:v>
       </x:c>
       <x:c r="T113" s="4" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="U113" s="4" t="s">
         <x:v>37</x:v>
       </x:c>
     </x:row>
     <x:row r="114" spans="1:21">
       <x:c r="A114" s="13" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="B114" s="14" t="s">
-        <x:v>181</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>183</x:v>
+      </x:c>
+      <x:c r="C114" s="15" t="s"/>
       <x:c r="D114" s="15" t="s"/>
-      <x:c r="E114" s="14" t="s"/>
-      <x:c r="F114" s="14" t="s"/>
+      <x:c r="E114" s="14" t="s">
+        <x:v>184</x:v>
+      </x:c>
+      <x:c r="F114" s="14" t="s">
+        <x:v>185</x:v>
+      </x:c>
       <x:c r="G114" s="14" t="s">
         <x:v>209</x:v>
       </x:c>
       <x:c r="H114" s="14" t="s">
         <x:v>210</x:v>
       </x:c>
       <x:c r="I114" s="16" t="s">
         <x:v>150</x:v>
       </x:c>
-      <x:c r="J114" s="14" t="s">
-[...1 lines deleted...]
-      </x:c>
+      <x:c r="J114" s="14" t="s"/>
       <x:c r="K114" s="14" t="s">
-        <x:v>54</x:v>
+        <x:v>189</x:v>
       </x:c>
       <x:c r="L114" s="14" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="M114" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N114" s="15" t="n">
-        <x:v>42757</x:v>
+        <x:v>42723</x:v>
       </x:c>
       <x:c r="O114" s="14" t="s">
-        <x:v>31</x:v>
+        <x:v>55</x:v>
       </x:c>
       <x:c r="P114" s="14" t="s">
         <x:v>209</x:v>
       </x:c>
       <x:c r="Q114" s="16" t="s">
         <x:v>150</x:v>
       </x:c>
       <x:c r="R114" s="14" t="s">
-        <x:v>151</x:v>
+        <x:v>218</x:v>
       </x:c>
       <x:c r="S114" s="14" t="n">
-        <x:v>572141</x:v>
+        <x:v>612312</x:v>
       </x:c>
       <x:c r="T114" s="16" t="s">
-        <x:v>35</x:v>
+        <x:v>219</x:v>
       </x:c>
       <x:c r="U114" s="16" t="s">
-        <x:v>36</x:v>
+        <x:v>220</x:v>
       </x:c>
     </x:row>
     <x:row r="115" spans="1:21">
       <x:c r="A115" s="1" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="B115" s="0" t="s">
-        <x:v>183</x:v>
-[...1 lines deleted...]
-      <x:c r="C115" s="3" t="s"/>
+        <x:v>214</x:v>
+      </x:c>
+      <x:c r="C115" s="3" t="n">
+        <x:v>40096</x:v>
+      </x:c>
       <x:c r="D115" s="3" t="s"/>
-      <x:c r="E115" s="0" t="s">
-[...4 lines deleted...]
-      </x:c>
       <x:c r="G115" s="0" t="s">
         <x:v>209</x:v>
       </x:c>
       <x:c r="H115" s="0" t="s">
         <x:v>210</x:v>
       </x:c>
       <x:c r="I115" s="4" t="s">
         <x:v>150</x:v>
       </x:c>
+      <x:c r="J115" s="0" t="s">
+        <x:v>53</x:v>
+      </x:c>
       <x:c r="K115" s="0" t="s">
-        <x:v>189</x:v>
+        <x:v>54</x:v>
       </x:c>
       <x:c r="L115" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="M115" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N115" s="3" t="n">
         <x:v>42723</x:v>
       </x:c>
       <x:c r="O115" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="P115" s="0" t="s">
         <x:v>209</x:v>
       </x:c>
       <x:c r="Q115" s="4" t="s">
         <x:v>150</x:v>
       </x:c>
       <x:c r="R115" s="0" t="s">
+        <x:v>211</x:v>
+      </x:c>
+      <x:c r="S115" s="0" t="n">
+        <x:v>617914</x:v>
+      </x:c>
+      <x:c r="T115" s="4" t="s">
         <x:v>221</x:v>
       </x:c>
-      <x:c r="S115" s="0" t="n">
-[...2 lines deleted...]
-      <x:c r="T115" s="4" t="s">
+      <x:c r="U115" s="4" t="s">
         <x:v>222</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>223</x:v>
       </x:c>
     </x:row>
     <x:row r="116" spans="1:21">
       <x:c r="A116" s="13" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="B116" s="14" t="s">
-        <x:v>224</x:v>
+        <x:v>223</x:v>
       </x:c>
       <x:c r="C116" s="15" t="n">
         <x:v>37379</x:v>
       </x:c>
       <x:c r="D116" s="15" t="s"/>
       <x:c r="E116" s="14" t="s"/>
       <x:c r="F116" s="14" t="s"/>
       <x:c r="G116" s="14" t="s">
         <x:v>209</x:v>
       </x:c>
       <x:c r="H116" s="14" t="s">
         <x:v>210</x:v>
       </x:c>
       <x:c r="I116" s="16" t="s">
         <x:v>150</x:v>
       </x:c>
       <x:c r="J116" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K116" s="14" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="L116" s="14" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="M116" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N116" s="15" t="n">
         <x:v>42723</x:v>
       </x:c>
       <x:c r="O116" s="14" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="P116" s="14" t="s">
         <x:v>209</x:v>
       </x:c>
       <x:c r="Q116" s="16" t="s">
         <x:v>150</x:v>
       </x:c>
       <x:c r="R116" s="14" t="s">
-        <x:v>151</x:v>
+        <x:v>211</x:v>
       </x:c>
       <x:c r="S116" s="14" t="n">
-        <x:v>554023</x:v>
+        <x:v>564406</x:v>
       </x:c>
       <x:c r="T116" s="16" t="s">
-        <x:v>38</x:v>
+        <x:v>215</x:v>
       </x:c>
       <x:c r="U116" s="16" t="s">
-        <x:v>34</x:v>
+        <x:v>216</x:v>
       </x:c>
     </x:row>
     <x:row r="117" spans="1:21">
       <x:c r="A117" s="1" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="B117" s="0" t="s">
-        <x:v>214</x:v>
+        <x:v>223</x:v>
       </x:c>
       <x:c r="C117" s="3" t="n">
-        <x:v>40096</x:v>
+        <x:v>37379</x:v>
       </x:c>
       <x:c r="D117" s="3" t="s"/>
       <x:c r="G117" s="0" t="s">
         <x:v>209</x:v>
       </x:c>
       <x:c r="H117" s="0" t="s">
         <x:v>210</x:v>
       </x:c>
       <x:c r="I117" s="4" t="s">
         <x:v>150</x:v>
       </x:c>
       <x:c r="J117" s="0" t="s">
-        <x:v>53</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="K117" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="L117" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="M117" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N117" s="3" t="n">
         <x:v>42723</x:v>
       </x:c>
       <x:c r="O117" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="P117" s="0" t="s">
         <x:v>209</x:v>
       </x:c>
       <x:c r="Q117" s="4" t="s">
         <x:v>150</x:v>
       </x:c>
       <x:c r="R117" s="0" t="s">
-        <x:v>211</x:v>
+        <x:v>151</x:v>
       </x:c>
       <x:c r="S117" s="0" t="n">
-        <x:v>617914</x:v>
+        <x:v>554023</x:v>
       </x:c>
       <x:c r="T117" s="4" t="s">
-        <x:v>225</x:v>
+        <x:v>38</x:v>
       </x:c>
       <x:c r="U117" s="4" t="s">
-        <x:v>226</x:v>
+        <x:v>34</x:v>
       </x:c>
     </x:row>
     <x:row r="118" spans="1:21">
       <x:c r="A118" s="13" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="B118" s="14" t="s">
-        <x:v>224</x:v>
+        <x:v>214</x:v>
       </x:c>
       <x:c r="C118" s="15" t="n">
-        <x:v>37379</x:v>
+        <x:v>40096</x:v>
       </x:c>
       <x:c r="D118" s="15" t="s"/>
       <x:c r="E118" s="14" t="s"/>
       <x:c r="F118" s="14" t="s"/>
       <x:c r="G118" s="14" t="s">
         <x:v>209</x:v>
       </x:c>
       <x:c r="H118" s="14" t="s">
         <x:v>210</x:v>
       </x:c>
       <x:c r="I118" s="16" t="s">
         <x:v>150</x:v>
       </x:c>
       <x:c r="J118" s="14" t="s">
-        <x:v>27</x:v>
+        <x:v>53</x:v>
       </x:c>
       <x:c r="K118" s="14" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="L118" s="14" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="M118" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N118" s="15" t="n">
         <x:v>42723</x:v>
       </x:c>
       <x:c r="O118" s="14" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="P118" s="14" t="s">
         <x:v>209</x:v>
       </x:c>
       <x:c r="Q118" s="16" t="s">
         <x:v>150</x:v>
       </x:c>
       <x:c r="R118" s="14" t="s">
-        <x:v>211</x:v>
+        <x:v>224</x:v>
       </x:c>
       <x:c r="S118" s="14" t="n">
-        <x:v>564406</x:v>
+        <x:v>574078</x:v>
       </x:c>
       <x:c r="T118" s="16" t="s">
-        <x:v>215</x:v>
+        <x:v>35</x:v>
       </x:c>
       <x:c r="U118" s="16" t="s">
-        <x:v>216</x:v>
+        <x:v>37</x:v>
       </x:c>
     </x:row>
     <x:row r="119" spans="1:21">
       <x:c r="A119" s="1" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="B119" s="0" t="s">
         <x:v>214</x:v>
       </x:c>
       <x:c r="C119" s="3" t="n">
         <x:v>40096</x:v>
       </x:c>
       <x:c r="D119" s="3" t="s"/>
       <x:c r="G119" s="0" t="s">
         <x:v>209</x:v>
       </x:c>
       <x:c r="H119" s="0" t="s">
         <x:v>210</x:v>
       </x:c>
       <x:c r="I119" s="4" t="s">
         <x:v>150</x:v>
       </x:c>
       <x:c r="J119" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="K119" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="L119" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="M119" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N119" s="3" t="n">
         <x:v>42723</x:v>
       </x:c>
       <x:c r="O119" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="P119" s="0" t="s">
         <x:v>209</x:v>
       </x:c>
       <x:c r="Q119" s="4" t="s">
         <x:v>150</x:v>
       </x:c>
       <x:c r="R119" s="0" t="s">
-        <x:v>227</x:v>
+        <x:v>151</x:v>
       </x:c>
       <x:c r="S119" s="0" t="n">
-        <x:v>574078</x:v>
+        <x:v>566278</x:v>
       </x:c>
       <x:c r="T119" s="4" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="U119" s="4" t="s">
         <x:v>37</x:v>
       </x:c>
     </x:row>
     <x:row r="120" spans="1:21">
       <x:c r="A120" s="13" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="B120" s="14" t="s">
-        <x:v>214</x:v>
+        <x:v>223</x:v>
       </x:c>
       <x:c r="C120" s="15" t="n">
-        <x:v>40096</x:v>
+        <x:v>37379</x:v>
       </x:c>
       <x:c r="D120" s="15" t="s"/>
       <x:c r="E120" s="14" t="s"/>
       <x:c r="F120" s="14" t="s"/>
       <x:c r="G120" s="14" t="s">
         <x:v>209</x:v>
       </x:c>
       <x:c r="H120" s="14" t="s">
         <x:v>210</x:v>
       </x:c>
       <x:c r="I120" s="16" t="s">
         <x:v>150</x:v>
       </x:c>
       <x:c r="J120" s="14" t="s">
-        <x:v>53</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="K120" s="14" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="L120" s="14" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="M120" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N120" s="15" t="n">
         <x:v>42723</x:v>
       </x:c>
       <x:c r="O120" s="14" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="P120" s="14" t="s">
         <x:v>209</x:v>
       </x:c>
       <x:c r="Q120" s="16" t="s">
         <x:v>150</x:v>
       </x:c>
       <x:c r="R120" s="14" t="s">
-        <x:v>151</x:v>
+        <x:v>217</x:v>
       </x:c>
       <x:c r="S120" s="14" t="n">
-        <x:v>566278</x:v>
+        <x:v>557465</x:v>
       </x:c>
       <x:c r="T120" s="16" t="s">
-        <x:v>35</x:v>
+        <x:v>38</x:v>
       </x:c>
       <x:c r="U120" s="16" t="s">
-        <x:v>37</x:v>
+        <x:v>34</x:v>
       </x:c>
     </x:row>
     <x:row r="121" spans="1:21">
       <x:c r="A121" s="1" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="B121" s="0" t="s">
-        <x:v>224</x:v>
+        <x:v>214</x:v>
       </x:c>
       <x:c r="C121" s="3" t="n">
-        <x:v>37379</x:v>
+        <x:v>40096</x:v>
       </x:c>
       <x:c r="D121" s="3" t="s"/>
       <x:c r="G121" s="0" t="s">
         <x:v>209</x:v>
       </x:c>
       <x:c r="H121" s="0" t="s">
         <x:v>210</x:v>
       </x:c>
       <x:c r="I121" s="4" t="s">
         <x:v>150</x:v>
       </x:c>
       <x:c r="J121" s="0" t="s">
-        <x:v>27</x:v>
+        <x:v>53</x:v>
       </x:c>
       <x:c r="K121" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="L121" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="M121" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N121" s="3" t="n">
         <x:v>42723</x:v>
       </x:c>
       <x:c r="O121" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="P121" s="0" t="s">
         <x:v>209</x:v>
       </x:c>
       <x:c r="Q121" s="4" t="s">
         <x:v>150</x:v>
       </x:c>
       <x:c r="R121" s="0" t="s">
-        <x:v>217</x:v>
+        <x:v>143</x:v>
       </x:c>
       <x:c r="S121" s="0" t="n">
-        <x:v>557465</x:v>
+        <x:v>566655</x:v>
       </x:c>
       <x:c r="T121" s="4" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="U121" s="4" t="s">
         <x:v>34</x:v>
       </x:c>
     </x:row>
     <x:row r="122" spans="1:21">
       <x:c r="A122" s="13" t="s">
-        <x:v>41</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B122" s="14" t="s">
-        <x:v>214</x:v>
+        <x:v>225</x:v>
       </x:c>
       <x:c r="C122" s="15" t="n">
-        <x:v>40096</x:v>
+        <x:v>39887</x:v>
       </x:c>
       <x:c r="D122" s="15" t="s"/>
-      <x:c r="E122" s="14" t="s"/>
+      <x:c r="E122" s="14" t="s">
+        <x:v>23</x:v>
+      </x:c>
       <x:c r="F122" s="14" t="s"/>
       <x:c r="G122" s="14" t="s">
-        <x:v>209</x:v>
+        <x:v>226</x:v>
       </x:c>
       <x:c r="H122" s="14" t="s">
-        <x:v>210</x:v>
+        <x:v>227</x:v>
       </x:c>
       <x:c r="I122" s="16" t="s">
-        <x:v>150</x:v>
+        <x:v>228</x:v>
       </x:c>
       <x:c r="J122" s="14" t="s">
-        <x:v>53</x:v>
+        <x:v>67</x:v>
       </x:c>
       <x:c r="K122" s="14" t="s">
-        <x:v>54</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="L122" s="14" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="M122" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N122" s="15" t="n">
-        <x:v>42723</x:v>
+        <x:v>21520</x:v>
       </x:c>
       <x:c r="O122" s="14" t="s">
-        <x:v>55</x:v>
+        <x:v>229</x:v>
       </x:c>
       <x:c r="P122" s="14" t="s">
-        <x:v>209</x:v>
+        <x:v>226</x:v>
       </x:c>
       <x:c r="Q122" s="16" t="s">
-        <x:v>150</x:v>
+        <x:v>228</x:v>
       </x:c>
       <x:c r="R122" s="14" t="s">
-        <x:v>143</x:v>
+        <x:v>230</x:v>
       </x:c>
       <x:c r="S122" s="14" t="n">
-        <x:v>566655</x:v>
+        <x:v>564110</x:v>
       </x:c>
       <x:c r="T122" s="16" t="s">
-        <x:v>38</x:v>
+        <x:v>231</x:v>
       </x:c>
       <x:c r="U122" s="16" t="s">
-        <x:v>34</x:v>
+        <x:v>232</x:v>
       </x:c>
     </x:row>
     <x:row r="123" spans="1:21">
       <x:c r="A123" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B123" s="0" t="s">
-        <x:v>228</x:v>
+        <x:v>125</x:v>
       </x:c>
       <x:c r="C123" s="3" t="n">
-        <x:v>39887</x:v>
+        <x:v>39345</x:v>
       </x:c>
       <x:c r="D123" s="3" t="s"/>
       <x:c r="E123" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G123" s="0" t="s">
-        <x:v>229</x:v>
-[...2 lines deleted...]
-        <x:v>230</x:v>
+        <x:v>233</x:v>
       </x:c>
       <x:c r="I123" s="4" t="s">
-        <x:v>231</x:v>
+        <x:v>228</x:v>
       </x:c>
       <x:c r="J123" s="0" t="s">
-        <x:v>67</x:v>
+        <x:v>53</x:v>
       </x:c>
       <x:c r="K123" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L123" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="M123" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N123" s="3" t="n">
-        <x:v>21520</x:v>
+        <x:v>42723</x:v>
       </x:c>
       <x:c r="O123" s="0" t="s">
-        <x:v>232</x:v>
+        <x:v>55</x:v>
       </x:c>
       <x:c r="P123" s="0" t="s">
-        <x:v>229</x:v>
+        <x:v>233</x:v>
       </x:c>
       <x:c r="Q123" s="4" t="s">
-        <x:v>231</x:v>
+        <x:v>228</x:v>
       </x:c>
       <x:c r="R123" s="0" t="s">
-        <x:v>233</x:v>
+        <x:v>230</x:v>
       </x:c>
       <x:c r="S123" s="0" t="n">
-        <x:v>564110</x:v>
+        <x:v>603520</x:v>
       </x:c>
       <x:c r="T123" s="4" t="s">
-        <x:v>234</x:v>
+        <x:v>35</x:v>
       </x:c>
       <x:c r="U123" s="4" t="s">
-        <x:v>235</x:v>
+        <x:v>37</x:v>
       </x:c>
     </x:row>
     <x:row r="124" spans="1:21">
       <x:c r="A124" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B124" s="14" t="s">
         <x:v>125</x:v>
       </x:c>
       <x:c r="C124" s="15" t="n">
         <x:v>39345</x:v>
       </x:c>
       <x:c r="D124" s="15" t="s"/>
       <x:c r="E124" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F124" s="14" t="s"/>
       <x:c r="G124" s="14" t="s">
-        <x:v>236</x:v>
+        <x:v>233</x:v>
       </x:c>
       <x:c r="H124" s="14" t="s"/>
       <x:c r="I124" s="16" t="s">
-        <x:v>231</x:v>
+        <x:v>228</x:v>
       </x:c>
       <x:c r="J124" s="14" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="K124" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L124" s="14" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="M124" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N124" s="15" t="n">
         <x:v>42723</x:v>
       </x:c>
       <x:c r="O124" s="14" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="P124" s="14" t="s">
-        <x:v>236</x:v>
+        <x:v>233</x:v>
       </x:c>
       <x:c r="Q124" s="16" t="s">
-        <x:v>231</x:v>
+        <x:v>228</x:v>
       </x:c>
       <x:c r="R124" s="14" t="s">
-        <x:v>233</x:v>
+        <x:v>230</x:v>
       </x:c>
       <x:c r="S124" s="14" t="n">
-        <x:v>603520</x:v>
+        <x:v>554310</x:v>
       </x:c>
       <x:c r="T124" s="16" t="s">
-        <x:v>35</x:v>
+        <x:v>38</x:v>
       </x:c>
       <x:c r="U124" s="16" t="s">
-        <x:v>37</x:v>
+        <x:v>34</x:v>
       </x:c>
     </x:row>
     <x:row r="125" spans="1:21">
       <x:c r="A125" s="1" t="s">
-        <x:v>21</x:v>
+        <x:v>152</x:v>
       </x:c>
       <x:c r="B125" s="0" t="s">
-        <x:v>125</x:v>
+        <x:v>99</x:v>
       </x:c>
       <x:c r="C125" s="3" t="n">
-        <x:v>39345</x:v>
+        <x:v>38424</x:v>
       </x:c>
       <x:c r="D125" s="3" t="s"/>
-      <x:c r="E125" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="G125" s="0" t="s">
-        <x:v>236</x:v>
+        <x:v>234</x:v>
       </x:c>
       <x:c r="I125" s="4" t="s">
-        <x:v>231</x:v>
+        <x:v>235</x:v>
       </x:c>
       <x:c r="J125" s="0" t="s">
-        <x:v>53</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="K125" s="0" t="s">
-        <x:v>28</x:v>
+        <x:v>155</x:v>
       </x:c>
       <x:c r="L125" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="M125" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N125" s="3" t="n">
-        <x:v>42723</x:v>
+        <x:v>42757</x:v>
       </x:c>
       <x:c r="O125" s="0" t="s">
-        <x:v>55</x:v>
+        <x:v>31</x:v>
       </x:c>
       <x:c r="P125" s="0" t="s">
-        <x:v>236</x:v>
+        <x:v>234</x:v>
       </x:c>
       <x:c r="Q125" s="4" t="s">
-        <x:v>231</x:v>
+        <x:v>235</x:v>
       </x:c>
       <x:c r="R125" s="0" t="s">
-        <x:v>233</x:v>
+        <x:v>207</x:v>
       </x:c>
       <x:c r="S125" s="0" t="n">
-        <x:v>554310</x:v>
+        <x:v>597405</x:v>
       </x:c>
       <x:c r="T125" s="4" t="s">
-        <x:v>38</x:v>
+        <x:v>35</x:v>
       </x:c>
       <x:c r="U125" s="4" t="s">
-        <x:v>34</x:v>
+        <x:v>36</x:v>
       </x:c>
     </x:row>
     <x:row r="126" spans="1:21">
       <x:c r="A126" s="13" t="s">
         <x:v>152</x:v>
       </x:c>
       <x:c r="B126" s="14" t="s">
         <x:v>99</x:v>
       </x:c>
       <x:c r="C126" s="15" t="n">
         <x:v>38424</x:v>
       </x:c>
       <x:c r="D126" s="15" t="s"/>
       <x:c r="E126" s="14" t="s"/>
       <x:c r="F126" s="14" t="s"/>
       <x:c r="G126" s="14" t="s">
-        <x:v>237</x:v>
+        <x:v>236</x:v>
       </x:c>
       <x:c r="H126" s="14" t="s"/>
       <x:c r="I126" s="16" t="s">
-        <x:v>238</x:v>
+        <x:v>237</x:v>
       </x:c>
       <x:c r="J126" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K126" s="14" t="s">
         <x:v>155</x:v>
       </x:c>
       <x:c r="L126" s="14" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="M126" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N126" s="15" t="n">
         <x:v>42757</x:v>
       </x:c>
       <x:c r="O126" s="14" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="P126" s="14" t="s">
+        <x:v>236</x:v>
+      </x:c>
+      <x:c r="Q126" s="16" t="s">
         <x:v>237</x:v>
       </x:c>
-      <x:c r="Q126" s="16" t="s">
+      <x:c r="R126" s="14" t="s">
         <x:v>238</x:v>
       </x:c>
-      <x:c r="R126" s="14" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="S126" s="14" t="n">
-        <x:v>597405</x:v>
+        <x:v>597401</x:v>
       </x:c>
       <x:c r="T126" s="16" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="U126" s="16" t="s">
         <x:v>36</x:v>
       </x:c>
     </x:row>
     <x:row r="127" spans="1:21">
       <x:c r="A127" s="1" t="s">
         <x:v>152</x:v>
       </x:c>
       <x:c r="B127" s="0" t="s">
         <x:v>99</x:v>
       </x:c>
       <x:c r="C127" s="3" t="n">
         <x:v>38424</x:v>
       </x:c>
       <x:c r="D127" s="3" t="s"/>
       <x:c r="G127" s="0" t="s">
         <x:v>239</x:v>
       </x:c>
       <x:c r="I127" s="4" t="s">
-        <x:v>240</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="J127" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K127" s="0" t="s">
         <x:v>155</x:v>
       </x:c>
       <x:c r="L127" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="M127" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N127" s="3" t="n">
         <x:v>42757</x:v>
       </x:c>
       <x:c r="O127" s="0" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="P127" s="0" t="s">
         <x:v>239</x:v>
       </x:c>
       <x:c r="Q127" s="4" t="s">
-        <x:v>240</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="R127" s="0" t="s">
-        <x:v>241</x:v>
+        <x:v>32</x:v>
       </x:c>
       <x:c r="S127" s="0" t="n">
-        <x:v>597401</x:v>
+        <x:v>597413</x:v>
       </x:c>
       <x:c r="T127" s="4" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="U127" s="4" t="s">
         <x:v>36</x:v>
       </x:c>
     </x:row>
     <x:row r="128" spans="1:21">
       <x:c r="A128" s="13" t="s">
         <x:v>152</x:v>
       </x:c>
       <x:c r="B128" s="14" t="s">
         <x:v>99</x:v>
       </x:c>
       <x:c r="C128" s="15" t="n">
         <x:v>38424</x:v>
       </x:c>
       <x:c r="D128" s="15" t="s"/>
       <x:c r="E128" s="14" t="s"/>
       <x:c r="F128" s="14" t="s"/>
       <x:c r="G128" s="14" t="s">
-        <x:v>242</x:v>
+        <x:v>240</x:v>
       </x:c>
       <x:c r="H128" s="14" t="s"/>
       <x:c r="I128" s="16" t="s">
-        <x:v>26</x:v>
+        <x:v>241</x:v>
       </x:c>
       <x:c r="J128" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K128" s="14" t="s">
         <x:v>155</x:v>
       </x:c>
       <x:c r="L128" s="14" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="M128" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N128" s="15" t="n">
         <x:v>42757</x:v>
       </x:c>
       <x:c r="O128" s="14" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="P128" s="14" t="s">
+        <x:v>240</x:v>
+      </x:c>
+      <x:c r="Q128" s="16" t="s">
+        <x:v>241</x:v>
+      </x:c>
+      <x:c r="R128" s="14" t="s">
         <x:v>242</x:v>
       </x:c>
-      <x:c r="Q128" s="16" t="s">
-[...4 lines deleted...]
-      </x:c>
       <x:c r="S128" s="14" t="n">
-        <x:v>597413</x:v>
+        <x:v>597412</x:v>
       </x:c>
       <x:c r="T128" s="16" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="U128" s="16" t="s">
         <x:v>36</x:v>
       </x:c>
     </x:row>
     <x:row r="129" spans="1:21">
       <x:c r="A129" s="1" t="s">
         <x:v>152</x:v>
       </x:c>
       <x:c r="B129" s="0" t="s">
         <x:v>99</x:v>
       </x:c>
       <x:c r="C129" s="3" t="n">
         <x:v>38424</x:v>
       </x:c>
       <x:c r="D129" s="3" t="s"/>
       <x:c r="G129" s="0" t="s">
         <x:v>243</x:v>
       </x:c>
       <x:c r="I129" s="4" t="s">
         <x:v>244</x:v>
       </x:c>
@@ -9149,51 +9145,51 @@
       <x:c r="K129" s="0" t="s">
         <x:v>155</x:v>
       </x:c>
       <x:c r="L129" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="M129" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N129" s="3" t="n">
         <x:v>42757</x:v>
       </x:c>
       <x:c r="O129" s="0" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="P129" s="0" t="s">
         <x:v>243</x:v>
       </x:c>
       <x:c r="Q129" s="4" t="s">
         <x:v>244</x:v>
       </x:c>
       <x:c r="R129" s="0" t="s">
         <x:v>245</x:v>
       </x:c>
       <x:c r="S129" s="0" t="n">
-        <x:v>597412</x:v>
+        <x:v>597407</x:v>
       </x:c>
       <x:c r="T129" s="4" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="U129" s="4" t="s">
         <x:v>36</x:v>
       </x:c>
     </x:row>
     <x:row r="130" spans="1:21">
       <x:c r="A130" s="13" t="s">
         <x:v>152</x:v>
       </x:c>
       <x:c r="B130" s="14" t="s">
         <x:v>99</x:v>
       </x:c>
       <x:c r="C130" s="15" t="n">
         <x:v>38424</x:v>
       </x:c>
       <x:c r="D130" s="15" t="s"/>
       <x:c r="E130" s="14" t="s"/>
       <x:c r="F130" s="14" t="s"/>
       <x:c r="G130" s="14" t="s">
         <x:v>246</x:v>
       </x:c>
       <x:c r="H130" s="14" t="s"/>
@@ -9206,900 +9202,900 @@
       <x:c r="K130" s="14" t="s">
         <x:v>155</x:v>
       </x:c>
       <x:c r="L130" s="14" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="M130" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N130" s="15" t="n">
         <x:v>42757</x:v>
       </x:c>
       <x:c r="O130" s="14" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="P130" s="14" t="s">
         <x:v>246</x:v>
       </x:c>
       <x:c r="Q130" s="16" t="s">
         <x:v>247</x:v>
       </x:c>
       <x:c r="R130" s="14" t="s">
         <x:v>248</x:v>
       </x:c>
       <x:c r="S130" s="14" t="n">
-        <x:v>597407</x:v>
+        <x:v>597409</x:v>
       </x:c>
       <x:c r="T130" s="16" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="U130" s="16" t="s">
         <x:v>36</x:v>
       </x:c>
     </x:row>
     <x:row r="131" spans="1:21">
       <x:c r="A131" s="1" t="s">
         <x:v>152</x:v>
       </x:c>
       <x:c r="B131" s="0" t="s">
-        <x:v>99</x:v>
+        <x:v>144</x:v>
       </x:c>
       <x:c r="C131" s="3" t="n">
-        <x:v>38424</x:v>
+        <x:v>40096</x:v>
       </x:c>
       <x:c r="D131" s="3" t="s"/>
       <x:c r="G131" s="0" t="s">
         <x:v>249</x:v>
       </x:c>
       <x:c r="I131" s="4" t="s">
         <x:v>250</x:v>
       </x:c>
       <x:c r="J131" s="0" t="s">
-        <x:v>27</x:v>
+        <x:v>53</x:v>
       </x:c>
       <x:c r="K131" s="0" t="s">
         <x:v>155</x:v>
       </x:c>
       <x:c r="L131" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="M131" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N131" s="3" t="n">
-        <x:v>42757</x:v>
+        <x:v>42723</x:v>
       </x:c>
       <x:c r="O131" s="0" t="s">
-        <x:v>31</x:v>
+        <x:v>55</x:v>
       </x:c>
       <x:c r="P131" s="0" t="s">
         <x:v>249</x:v>
       </x:c>
       <x:c r="Q131" s="4" t="s">
         <x:v>250</x:v>
       </x:c>
       <x:c r="R131" s="0" t="s">
-        <x:v>251</x:v>
+        <x:v>217</x:v>
       </x:c>
       <x:c r="S131" s="0" t="n">
-        <x:v>597409</x:v>
+        <x:v>592265</x:v>
       </x:c>
       <x:c r="T131" s="4" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="U131" s="4" t="s">
-        <x:v>36</x:v>
+        <x:v>37</x:v>
       </x:c>
     </x:row>
     <x:row r="132" spans="1:21">
       <x:c r="A132" s="13" t="s">
         <x:v>152</x:v>
       </x:c>
       <x:c r="B132" s="14" t="s">
-        <x:v>147</x:v>
+        <x:v>99</x:v>
       </x:c>
       <x:c r="C132" s="15" t="n">
-        <x:v>40096</x:v>
+        <x:v>38424</x:v>
       </x:c>
       <x:c r="D132" s="15" t="s"/>
       <x:c r="E132" s="14" t="s"/>
       <x:c r="F132" s="14" t="s"/>
       <x:c r="G132" s="14" t="s">
-        <x:v>252</x:v>
+        <x:v>249</x:v>
       </x:c>
       <x:c r="H132" s="14" t="s"/>
       <x:c r="I132" s="16" t="s">
-        <x:v>253</x:v>
+        <x:v>250</x:v>
       </x:c>
       <x:c r="J132" s="14" t="s">
-        <x:v>53</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="K132" s="14" t="s">
         <x:v>155</x:v>
       </x:c>
       <x:c r="L132" s="14" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="M132" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N132" s="15" t="n">
-        <x:v>42723</x:v>
+        <x:v>42757</x:v>
       </x:c>
       <x:c r="O132" s="14" t="s">
-        <x:v>55</x:v>
+        <x:v>31</x:v>
       </x:c>
       <x:c r="P132" s="14" t="s">
-        <x:v>252</x:v>
+        <x:v>249</x:v>
       </x:c>
       <x:c r="Q132" s="16" t="s">
-        <x:v>253</x:v>
+        <x:v>250</x:v>
       </x:c>
       <x:c r="R132" s="14" t="s">
         <x:v>217</x:v>
       </x:c>
       <x:c r="S132" s="14" t="n">
-        <x:v>592265</x:v>
+        <x:v>597400</x:v>
       </x:c>
       <x:c r="T132" s="16" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="U132" s="16" t="s">
-        <x:v>37</x:v>
+        <x:v>36</x:v>
       </x:c>
     </x:row>
     <x:row r="133" spans="1:21">
       <x:c r="A133" s="1" t="s">
         <x:v>152</x:v>
       </x:c>
       <x:c r="B133" s="0" t="s">
         <x:v>99</x:v>
       </x:c>
       <x:c r="C133" s="3" t="n">
         <x:v>38424</x:v>
       </x:c>
       <x:c r="D133" s="3" t="s"/>
       <x:c r="G133" s="0" t="s">
+        <x:v>251</x:v>
+      </x:c>
+      <x:c r="I133" s="4" t="s">
         <x:v>252</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>253</x:v>
       </x:c>
       <x:c r="J133" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K133" s="0" t="s">
         <x:v>155</x:v>
       </x:c>
       <x:c r="L133" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="M133" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N133" s="3" t="n">
         <x:v>42757</x:v>
       </x:c>
       <x:c r="O133" s="0" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="P133" s="0" t="s">
+        <x:v>251</x:v>
+      </x:c>
+      <x:c r="Q133" s="4" t="s">
         <x:v>252</x:v>
       </x:c>
-      <x:c r="Q133" s="4" t="s">
+      <x:c r="R133" s="0" t="s">
         <x:v>253</x:v>
       </x:c>
-      <x:c r="R133" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="S133" s="0" t="n">
-        <x:v>597400</x:v>
+        <x:v>597406</x:v>
       </x:c>
       <x:c r="T133" s="4" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="U133" s="4" t="s">
         <x:v>36</x:v>
       </x:c>
     </x:row>
     <x:row r="134" spans="1:21">
       <x:c r="A134" s="13" t="s">
         <x:v>152</x:v>
       </x:c>
       <x:c r="B134" s="14" t="s">
         <x:v>99</x:v>
       </x:c>
       <x:c r="C134" s="15" t="n">
         <x:v>38424</x:v>
       </x:c>
       <x:c r="D134" s="15" t="s"/>
       <x:c r="E134" s="14" t="s"/>
       <x:c r="F134" s="14" t="s"/>
       <x:c r="G134" s="14" t="s">
         <x:v>254</x:v>
       </x:c>
       <x:c r="H134" s="14" t="s"/>
       <x:c r="I134" s="16" t="s">
         <x:v>255</x:v>
       </x:c>
       <x:c r="J134" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K134" s="14" t="s">
         <x:v>155</x:v>
       </x:c>
       <x:c r="L134" s="14" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="M134" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N134" s="15" t="n">
         <x:v>42757</x:v>
       </x:c>
       <x:c r="O134" s="14" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="P134" s="14" t="s">
-        <x:v>254</x:v>
+        <x:v>256</x:v>
       </x:c>
       <x:c r="Q134" s="16" t="s">
         <x:v>255</x:v>
       </x:c>
       <x:c r="R134" s="14" t="s">
-        <x:v>256</x:v>
+        <x:v>257</x:v>
       </x:c>
       <x:c r="S134" s="14" t="n">
-        <x:v>597406</x:v>
+        <x:v>597411</x:v>
       </x:c>
       <x:c r="T134" s="16" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="U134" s="16" t="s">
         <x:v>36</x:v>
       </x:c>
     </x:row>
     <x:row r="135" spans="1:21">
       <x:c r="A135" s="1" t="s">
         <x:v>152</x:v>
       </x:c>
       <x:c r="B135" s="0" t="s">
         <x:v>99</x:v>
       </x:c>
       <x:c r="C135" s="3" t="n">
         <x:v>38424</x:v>
       </x:c>
       <x:c r="D135" s="3" t="s"/>
       <x:c r="G135" s="0" t="s">
-        <x:v>257</x:v>
+        <x:v>258</x:v>
       </x:c>
       <x:c r="I135" s="4" t="s">
-        <x:v>258</x:v>
+        <x:v>259</x:v>
       </x:c>
       <x:c r="J135" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K135" s="0" t="s">
         <x:v>155</x:v>
       </x:c>
       <x:c r="L135" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="M135" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N135" s="3" t="n">
         <x:v>42757</x:v>
       </x:c>
       <x:c r="O135" s="0" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="P135" s="0" t="s">
+        <x:v>258</x:v>
+      </x:c>
+      <x:c r="Q135" s="4" t="s">
         <x:v>259</x:v>
       </x:c>
-      <x:c r="Q135" s="4" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="R135" s="0" t="s">
-        <x:v>260</x:v>
+        <x:v>211</x:v>
       </x:c>
       <x:c r="S135" s="0" t="n">
-        <x:v>597411</x:v>
+        <x:v>597408</x:v>
       </x:c>
       <x:c r="T135" s="4" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="U135" s="4" t="s">
         <x:v>36</x:v>
       </x:c>
     </x:row>
     <x:row r="136" spans="1:21">
       <x:c r="A136" s="13" t="s">
-        <x:v>152</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B136" s="14" t="s">
-        <x:v>99</x:v>
+        <x:v>71</x:v>
       </x:c>
       <x:c r="C136" s="15" t="n">
-        <x:v>38424</x:v>
+        <x:v>40096</x:v>
       </x:c>
       <x:c r="D136" s="15" t="s"/>
-      <x:c r="E136" s="14" t="s"/>
+      <x:c r="E136" s="14" t="s">
+        <x:v>23</x:v>
+      </x:c>
       <x:c r="F136" s="14" t="s"/>
       <x:c r="G136" s="14" t="s">
-        <x:v>261</x:v>
-[...1 lines deleted...]
-      <x:c r="H136" s="14" t="s"/>
+        <x:v>209</x:v>
+      </x:c>
+      <x:c r="H136" s="14" t="s">
+        <x:v>210</x:v>
+      </x:c>
       <x:c r="I136" s="16" t="s">
-        <x:v>262</x:v>
+        <x:v>150</x:v>
       </x:c>
       <x:c r="J136" s="14" t="s">
-        <x:v>27</x:v>
+        <x:v>53</x:v>
       </x:c>
       <x:c r="K136" s="14" t="s">
-        <x:v>155</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="L136" s="14" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="M136" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N136" s="15" t="n">
-        <x:v>42757</x:v>
+        <x:v>42723</x:v>
       </x:c>
       <x:c r="O136" s="14" t="s">
-        <x:v>31</x:v>
+        <x:v>55</x:v>
       </x:c>
       <x:c r="P136" s="14" t="s">
+        <x:v>260</x:v>
+      </x:c>
+      <x:c r="Q136" s="16" t="s">
         <x:v>261</x:v>
       </x:c>
-      <x:c r="Q136" s="16" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="R136" s="14" t="s">
-        <x:v>211</x:v>
+        <x:v>143</x:v>
       </x:c>
       <x:c r="S136" s="14" t="n">
-        <x:v>597408</x:v>
+        <x:v>565338</x:v>
       </x:c>
       <x:c r="T136" s="16" t="s">
-        <x:v>35</x:v>
+        <x:v>38</x:v>
       </x:c>
       <x:c r="U136" s="16" t="s">
-        <x:v>36</x:v>
+        <x:v>34</x:v>
       </x:c>
     </x:row>
     <x:row r="137" spans="1:21">
       <x:c r="A137" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B137" s="0" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="C137" s="3" t="n">
         <x:v>40096</x:v>
       </x:c>
       <x:c r="D137" s="3" t="s"/>
       <x:c r="E137" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G137" s="0" t="s">
         <x:v>209</x:v>
       </x:c>
       <x:c r="H137" s="0" t="s">
         <x:v>210</x:v>
       </x:c>
       <x:c r="I137" s="4" t="s">
         <x:v>150</x:v>
       </x:c>
       <x:c r="J137" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="K137" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L137" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="M137" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N137" s="3" t="n">
         <x:v>42723</x:v>
       </x:c>
       <x:c r="O137" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="P137" s="0" t="s">
-        <x:v>263</x:v>
+        <x:v>260</x:v>
       </x:c>
       <x:c r="Q137" s="4" t="s">
-        <x:v>264</x:v>
+        <x:v>261</x:v>
       </x:c>
       <x:c r="R137" s="0" t="s">
         <x:v>143</x:v>
       </x:c>
       <x:c r="S137" s="0" t="n">
-        <x:v>565338</x:v>
+        <x:v>607820</x:v>
       </x:c>
       <x:c r="T137" s="4" t="s">
-        <x:v>38</x:v>
+        <x:v>35</x:v>
       </x:c>
       <x:c r="U137" s="4" t="s">
-        <x:v>34</x:v>
+        <x:v>37</x:v>
       </x:c>
     </x:row>
     <x:row r="138" spans="1:21">
       <x:c r="A138" s="13" t="s">
-        <x:v>21</x:v>
+        <x:v>152</x:v>
       </x:c>
       <x:c r="B138" s="14" t="s">
-        <x:v>71</x:v>
+        <x:v>144</x:v>
       </x:c>
       <x:c r="C138" s="15" t="n">
         <x:v>40096</x:v>
       </x:c>
       <x:c r="D138" s="15" t="s"/>
-      <x:c r="E138" s="14" t="s">
-[...1 lines deleted...]
-      </x:c>
+      <x:c r="E138" s="14" t="s"/>
       <x:c r="F138" s="14" t="s"/>
       <x:c r="G138" s="14" t="s">
-        <x:v>209</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>260</x:v>
+      </x:c>
+      <x:c r="H138" s="14" t="s"/>
       <x:c r="I138" s="16" t="s">
-        <x:v>150</x:v>
+        <x:v>262</x:v>
       </x:c>
       <x:c r="J138" s="14" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="K138" s="14" t="s">
-        <x:v>28</x:v>
+        <x:v>155</x:v>
       </x:c>
       <x:c r="L138" s="14" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="M138" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N138" s="15" t="n">
         <x:v>42723</x:v>
       </x:c>
       <x:c r="O138" s="14" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="P138" s="14" t="s">
+        <x:v>260</x:v>
+      </x:c>
+      <x:c r="Q138" s="16" t="s">
+        <x:v>262</x:v>
+      </x:c>
+      <x:c r="R138" s="14" t="s">
         <x:v>263</x:v>
       </x:c>
-      <x:c r="Q138" s="16" t="s">
-[...4 lines deleted...]
-      </x:c>
       <x:c r="S138" s="14" t="n">
-        <x:v>607820</x:v>
+        <x:v>592266</x:v>
       </x:c>
       <x:c r="T138" s="16" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="U138" s="16" t="s">
         <x:v>37</x:v>
       </x:c>
     </x:row>
     <x:row r="139" spans="1:21">
       <x:c r="A139" s="1" t="s">
         <x:v>152</x:v>
       </x:c>
       <x:c r="B139" s="0" t="s">
-        <x:v>147</x:v>
+        <x:v>99</x:v>
       </x:c>
       <x:c r="C139" s="3" t="n">
-        <x:v>40096</x:v>
+        <x:v>38424</x:v>
       </x:c>
       <x:c r="D139" s="3" t="s"/>
       <x:c r="G139" s="0" t="s">
-        <x:v>263</x:v>
+        <x:v>260</x:v>
       </x:c>
       <x:c r="I139" s="4" t="s">
-        <x:v>265</x:v>
+        <x:v>262</x:v>
       </x:c>
       <x:c r="J139" s="0" t="s">
-        <x:v>53</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="K139" s="0" t="s">
         <x:v>155</x:v>
       </x:c>
       <x:c r="L139" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="M139" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N139" s="3" t="n">
-        <x:v>42723</x:v>
+        <x:v>42757</x:v>
       </x:c>
       <x:c r="O139" s="0" t="s">
-        <x:v>55</x:v>
+        <x:v>31</x:v>
       </x:c>
       <x:c r="P139" s="0" t="s">
+        <x:v>260</x:v>
+      </x:c>
+      <x:c r="Q139" s="4" t="s">
+        <x:v>262</x:v>
+      </x:c>
+      <x:c r="R139" s="0" t="s">
         <x:v>263</x:v>
       </x:c>
-      <x:c r="Q139" s="4" t="s">
-[...4 lines deleted...]
-      </x:c>
       <x:c r="S139" s="0" t="n">
-        <x:v>592266</x:v>
+        <x:v>597399</x:v>
       </x:c>
       <x:c r="T139" s="4" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="U139" s="4" t="s">
-        <x:v>37</x:v>
+        <x:v>36</x:v>
       </x:c>
     </x:row>
     <x:row r="140" spans="1:21">
       <x:c r="A140" s="13" t="s">
-        <x:v>152</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B140" s="14" t="s">
-        <x:v>99</x:v>
+        <x:v>71</x:v>
       </x:c>
       <x:c r="C140" s="15" t="n">
-        <x:v>38424</x:v>
+        <x:v>40096</x:v>
       </x:c>
       <x:c r="D140" s="15" t="s"/>
-      <x:c r="E140" s="14" t="s"/>
+      <x:c r="E140" s="14" t="s">
+        <x:v>23</x:v>
+      </x:c>
       <x:c r="F140" s="14" t="s"/>
       <x:c r="G140" s="14" t="s">
-        <x:v>263</x:v>
-[...1 lines deleted...]
-      <x:c r="H140" s="14" t="s"/>
+        <x:v>209</x:v>
+      </x:c>
+      <x:c r="H140" s="14" t="s">
+        <x:v>210</x:v>
+      </x:c>
       <x:c r="I140" s="16" t="s">
-        <x:v>265</x:v>
+        <x:v>150</x:v>
       </x:c>
       <x:c r="J140" s="14" t="s">
-        <x:v>27</x:v>
+        <x:v>53</x:v>
       </x:c>
       <x:c r="K140" s="14" t="s">
-        <x:v>155</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="L140" s="14" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="M140" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N140" s="15" t="n">
-        <x:v>42757</x:v>
+        <x:v>42723</x:v>
       </x:c>
       <x:c r="O140" s="14" t="s">
-        <x:v>31</x:v>
+        <x:v>55</x:v>
       </x:c>
       <x:c r="P140" s="14" t="s">
-        <x:v>263</x:v>
+        <x:v>264</x:v>
       </x:c>
       <x:c r="Q140" s="16" t="s">
         <x:v>265</x:v>
       </x:c>
       <x:c r="R140" s="14" t="s">
-        <x:v>266</x:v>
+        <x:v>224</x:v>
       </x:c>
       <x:c r="S140" s="14" t="n">
-        <x:v>597399</x:v>
+        <x:v>608196</x:v>
       </x:c>
       <x:c r="T140" s="16" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="U140" s="16" t="s">
-        <x:v>36</x:v>
+        <x:v>37</x:v>
       </x:c>
     </x:row>
     <x:row r="141" spans="1:21">
       <x:c r="A141" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B141" s="0" t="s">
-        <x:v>71</x:v>
+        <x:v>22</x:v>
       </x:c>
       <x:c r="C141" s="3" t="n">
-        <x:v>40096</x:v>
+        <x:v>38424</x:v>
       </x:c>
       <x:c r="D141" s="3" t="s"/>
       <x:c r="E141" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G141" s="0" t="s">
-        <x:v>209</x:v>
-[...2 lines deleted...]
-        <x:v>210</x:v>
+        <x:v>182</x:v>
       </x:c>
       <x:c r="I141" s="4" t="s">
-        <x:v>150</x:v>
+        <x:v>111</x:v>
       </x:c>
       <x:c r="J141" s="0" t="s">
-        <x:v>53</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="K141" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L141" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="M141" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N141" s="3" t="n">
-        <x:v>42723</x:v>
+        <x:v>42757</x:v>
       </x:c>
       <x:c r="O141" s="0" t="s">
-        <x:v>55</x:v>
+        <x:v>31</x:v>
       </x:c>
       <x:c r="P141" s="0" t="s">
-        <x:v>267</x:v>
+        <x:v>266</x:v>
       </x:c>
       <x:c r="Q141" s="4" t="s">
-        <x:v>268</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="R141" s="0" t="s">
-        <x:v>227</x:v>
+        <x:v>84</x:v>
       </x:c>
       <x:c r="S141" s="0" t="n">
-        <x:v>608196</x:v>
+        <x:v>547590</x:v>
       </x:c>
       <x:c r="T141" s="4" t="s">
-        <x:v>35</x:v>
+        <x:v>38</x:v>
       </x:c>
       <x:c r="U141" s="4" t="s">
         <x:v>37</x:v>
       </x:c>
     </x:row>
     <x:row r="142" spans="1:21">
       <x:c r="A142" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B142" s="14" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C142" s="15" t="n">
         <x:v>38424</x:v>
       </x:c>
       <x:c r="D142" s="15" t="s"/>
       <x:c r="E142" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F142" s="14" t="s"/>
       <x:c r="G142" s="14" t="s">
         <x:v>182</x:v>
       </x:c>
       <x:c r="H142" s="14" t="s"/>
       <x:c r="I142" s="16" t="s">
         <x:v>111</x:v>
       </x:c>
       <x:c r="J142" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K142" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L142" s="14" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="M142" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N142" s="15" t="n">
         <x:v>42757</x:v>
       </x:c>
       <x:c r="O142" s="14" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="P142" s="14" t="s">
-        <x:v>269</x:v>
+        <x:v>266</x:v>
       </x:c>
       <x:c r="Q142" s="16" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="R142" s="14" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="S142" s="14" t="n">
-        <x:v>547590</x:v>
+        <x:v>605953</x:v>
       </x:c>
       <x:c r="T142" s="16" t="s">
-        <x:v>38</x:v>
+        <x:v>35</x:v>
       </x:c>
       <x:c r="U142" s="16" t="s">
-        <x:v>37</x:v>
+        <x:v>36</x:v>
       </x:c>
     </x:row>
     <x:row r="143" spans="1:21">
       <x:c r="A143" s="1" t="s">
-        <x:v>21</x:v>
+        <x:v>152</x:v>
       </x:c>
       <x:c r="B143" s="0" t="s">
-        <x:v>22</x:v>
+        <x:v>99</x:v>
       </x:c>
       <x:c r="C143" s="3" t="n">
         <x:v>38424</x:v>
       </x:c>
       <x:c r="D143" s="3" t="s"/>
-      <x:c r="E143" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="G143" s="0" t="s">
-        <x:v>182</x:v>
+        <x:v>267</x:v>
       </x:c>
       <x:c r="I143" s="4" t="s">
-        <x:v>111</x:v>
+        <x:v>268</x:v>
       </x:c>
       <x:c r="J143" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K143" s="0" t="s">
-        <x:v>28</x:v>
+        <x:v>155</x:v>
       </x:c>
       <x:c r="L143" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="M143" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N143" s="3" t="n">
         <x:v>42757</x:v>
       </x:c>
       <x:c r="O143" s="0" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="P143" s="0" t="s">
+        <x:v>267</x:v>
+      </x:c>
+      <x:c r="Q143" s="4" t="s">
+        <x:v>268</x:v>
+      </x:c>
+      <x:c r="R143" s="0" t="s">
         <x:v>269</x:v>
       </x:c>
-      <x:c r="Q143" s="4" t="s">
-[...4 lines deleted...]
-      </x:c>
       <x:c r="S143" s="0" t="n">
-        <x:v>605953</x:v>
+        <x:v>597398</x:v>
       </x:c>
       <x:c r="T143" s="4" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="U143" s="4" t="s">
         <x:v>36</x:v>
       </x:c>
     </x:row>
     <x:row r="144" spans="1:21">
       <x:c r="A144" s="13" t="s">
-        <x:v>152</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B144" s="14" t="s">
-        <x:v>99</x:v>
+        <x:v>22</x:v>
       </x:c>
       <x:c r="C144" s="15" t="n">
         <x:v>38424</x:v>
       </x:c>
       <x:c r="D144" s="15" t="s"/>
-      <x:c r="E144" s="14" t="s"/>
+      <x:c r="E144" s="14" t="s">
+        <x:v>23</x:v>
+      </x:c>
       <x:c r="F144" s="14" t="s"/>
       <x:c r="G144" s="14" t="s">
-        <x:v>270</x:v>
+        <x:v>182</x:v>
       </x:c>
       <x:c r="H144" s="14" t="s"/>
       <x:c r="I144" s="16" t="s">
-        <x:v>271</x:v>
+        <x:v>111</x:v>
       </x:c>
       <x:c r="J144" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K144" s="14" t="s">
-        <x:v>155</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="L144" s="14" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="M144" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N144" s="15" t="n">
         <x:v>42757</x:v>
       </x:c>
       <x:c r="O144" s="14" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="P144" s="14" t="s">
         <x:v>270</x:v>
       </x:c>
       <x:c r="Q144" s="16" t="s">
         <x:v>271</x:v>
       </x:c>
       <x:c r="R144" s="14" t="s">
-        <x:v>272</x:v>
+        <x:v>192</x:v>
       </x:c>
       <x:c r="S144" s="14" t="n">
-        <x:v>597398</x:v>
+        <x:v>617233</x:v>
       </x:c>
       <x:c r="T144" s="16" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="U144" s="16" t="s">
-        <x:v>36</x:v>
+        <x:v>272</x:v>
       </x:c>
     </x:row>
     <x:row r="145" spans="1:21">
       <x:c r="A145" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B145" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C145" s="3" t="n">
         <x:v>38424</x:v>
       </x:c>
       <x:c r="D145" s="3" t="s"/>
       <x:c r="E145" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G145" s="0" t="s">
         <x:v>182</x:v>
       </x:c>
       <x:c r="I145" s="4" t="s">
         <x:v>111</x:v>
       </x:c>
       <x:c r="J145" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K145" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L145" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="M145" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N145" s="3" t="n">
         <x:v>42757</x:v>
       </x:c>
       <x:c r="O145" s="0" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="P145" s="0" t="s">
-        <x:v>218</x:v>
+        <x:v>270</x:v>
       </x:c>
       <x:c r="Q145" s="4" t="s">
-        <x:v>219</x:v>
+        <x:v>271</x:v>
       </x:c>
       <x:c r="R145" s="0" t="s">
         <x:v>192</x:v>
       </x:c>
       <x:c r="S145" s="0" t="n">
         <x:v>547591</x:v>
       </x:c>
       <x:c r="T145" s="4" t="s">
         <x:v>165</x:v>
       </x:c>
       <x:c r="U145" s="4" t="s">
         <x:v>34</x:v>
       </x:c>
     </x:row>
     <x:row r="146" spans="1:21">
       <x:c r="A146" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B146" s="14" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C146" s="15" t="n">
         <x:v>38424</x:v>
       </x:c>
       <x:c r="D146" s="15" t="s"/>
@@ -10111,54 +10107,54 @@
         <x:v>182</x:v>
       </x:c>
       <x:c r="H146" s="14" t="s"/>
       <x:c r="I146" s="16" t="s">
         <x:v>111</x:v>
       </x:c>
       <x:c r="J146" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K146" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L146" s="14" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="M146" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N146" s="15" t="n">
         <x:v>42757</x:v>
       </x:c>
       <x:c r="O146" s="14" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="P146" s="14" t="s">
-        <x:v>218</x:v>
+        <x:v>270</x:v>
       </x:c>
       <x:c r="Q146" s="16" t="s">
-        <x:v>219</x:v>
+        <x:v>271</x:v>
       </x:c>
       <x:c r="R146" s="14" t="s">
         <x:v>192</x:v>
       </x:c>
       <x:c r="S146" s="14" t="n">
         <x:v>547592</x:v>
       </x:c>
       <x:c r="T146" s="16" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="U146" s="16" t="s">
         <x:v>193</x:v>
       </x:c>
     </x:row>
     <x:row r="147" spans="1:21">
       <x:c r="A147" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B147" s="0" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="C147" s="3" t="n">
         <x:v>40096</x:v>
       </x:c>
       <x:c r="D147" s="3" t="s"/>
@@ -10174,51 +10170,51 @@
       <x:c r="I147" s="4" t="s">
         <x:v>150</x:v>
       </x:c>
       <x:c r="J147" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="K147" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L147" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="M147" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N147" s="3" t="n">
         <x:v>42723</x:v>
       </x:c>
       <x:c r="O147" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="P147" s="0" t="s">
         <x:v>273</x:v>
       </x:c>
       <x:c r="Q147" s="4" t="s">
-        <x:v>253</x:v>
+        <x:v>250</x:v>
       </x:c>
       <x:c r="R147" s="0" t="s">
         <x:v>217</x:v>
       </x:c>
       <x:c r="S147" s="0" t="n">
         <x:v>565336</x:v>
       </x:c>
       <x:c r="T147" s="4" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="U147" s="4" t="s">
         <x:v>34</x:v>
       </x:c>
     </x:row>
     <x:row r="148" spans="1:21">
       <x:c r="A148" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B148" s="14" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="C148" s="15" t="n">
         <x:v>40096</x:v>
       </x:c>
       <x:c r="D148" s="15" t="s"/>
@@ -10235,51 +10231,51 @@
       <x:c r="I148" s="16" t="s">
         <x:v>150</x:v>
       </x:c>
       <x:c r="J148" s="14" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="K148" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L148" s="14" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="M148" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N148" s="15" t="n">
         <x:v>42723</x:v>
       </x:c>
       <x:c r="O148" s="14" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="P148" s="14" t="s">
         <x:v>273</x:v>
       </x:c>
       <x:c r="Q148" s="16" t="s">
-        <x:v>253</x:v>
+        <x:v>250</x:v>
       </x:c>
       <x:c r="R148" s="14" t="s">
         <x:v>217</x:v>
       </x:c>
       <x:c r="S148" s="14" t="n">
         <x:v>608193</x:v>
       </x:c>
       <x:c r="T148" s="16" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="U148" s="16" t="s">
         <x:v>37</x:v>
       </x:c>
     </x:row>
     <x:row r="149" spans="1:21">
       <x:c r="A149" s="1" t="s">
         <x:v>152</x:v>
       </x:c>
       <x:c r="B149" s="0" t="s">
         <x:v>99</x:v>
       </x:c>
       <x:c r="C149" s="3" t="n">
         <x:v>38424</x:v>
       </x:c>
       <x:c r="D149" s="3" t="s"/>
@@ -10491,51 +10487,51 @@
       </x:c>
       <x:c r="P152" s="14" t="s">
         <x:v>277</x:v>
       </x:c>
       <x:c r="Q152" s="16" t="s">
         <x:v>102</x:v>
       </x:c>
       <x:c r="R152" s="14" t="s">
         <x:v>197</x:v>
       </x:c>
       <x:c r="S152" s="14" t="n">
         <x:v>547726</x:v>
       </x:c>
       <x:c r="T152" s="16" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="U152" s="16" t="s">
         <x:v>37</x:v>
       </x:c>
     </x:row>
     <x:row r="153" spans="1:21">
       <x:c r="A153" s="1" t="s">
         <x:v>152</x:v>
       </x:c>
       <x:c r="B153" s="0" t="s">
-        <x:v>147</x:v>
+        <x:v>144</x:v>
       </x:c>
       <x:c r="C153" s="3" t="n">
         <x:v>40096</x:v>
       </x:c>
       <x:c r="D153" s="3" t="s"/>
       <x:c r="G153" s="0" t="s">
         <x:v>278</x:v>
       </x:c>
       <x:c r="I153" s="4" t="s">
         <x:v>279</x:v>
       </x:c>
       <x:c r="J153" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="K153" s="0" t="s">
         <x:v>155</x:v>
       </x:c>
       <x:c r="L153" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="M153" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N153" s="3" t="n">
         <x:v>42723</x:v>
@@ -11060,57 +11056,57 @@
       <x:c r="K162" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L162" s="14" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="M162" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N162" s="15" t="n">
         <x:v>42757</x:v>
       </x:c>
       <x:c r="O162" s="14" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="P162" s="14" t="s">
         <x:v>289</x:v>
       </x:c>
       <x:c r="Q162" s="16" t="s">
         <x:v>284</x:v>
       </x:c>
       <x:c r="R162" s="14" t="s">
         <x:v>95</x:v>
       </x:c>
       <x:c r="S162" s="14" t="n">
-        <x:v>604347</x:v>
+        <x:v>515681</x:v>
       </x:c>
       <x:c r="T162" s="16" t="s">
-        <x:v>88</x:v>
+        <x:v>165</x:v>
       </x:c>
       <x:c r="U162" s="16" t="s">
-        <x:v>202</x:v>
+        <x:v>201</x:v>
       </x:c>
     </x:row>
     <x:row r="163" spans="1:21">
       <x:c r="A163" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B163" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C163" s="3" t="n">
         <x:v>38424</x:v>
       </x:c>
       <x:c r="D163" s="3" t="s"/>
       <x:c r="E163" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G163" s="0" t="s">
         <x:v>199</x:v>
       </x:c>
       <x:c r="I163" s="4" t="s">
         <x:v>200</x:v>
       </x:c>
       <x:c r="J163" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
@@ -11176,57 +11172,57 @@
       <x:c r="K164" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L164" s="14" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="M164" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N164" s="15" t="n">
         <x:v>42757</x:v>
       </x:c>
       <x:c r="O164" s="14" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="P164" s="14" t="s">
         <x:v>289</x:v>
       </x:c>
       <x:c r="Q164" s="16" t="s">
         <x:v>284</x:v>
       </x:c>
       <x:c r="R164" s="14" t="s">
         <x:v>95</x:v>
       </x:c>
       <x:c r="S164" s="14" t="n">
-        <x:v>515681</x:v>
+        <x:v>604347</x:v>
       </x:c>
       <x:c r="T164" s="16" t="s">
-        <x:v>165</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="U164" s="16" t="s">
-        <x:v>201</x:v>
+        <x:v>202</x:v>
       </x:c>
     </x:row>
     <x:row r="165" spans="1:21">
       <x:c r="A165" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B165" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C165" s="3" t="n">
         <x:v>38424</x:v>
       </x:c>
       <x:c r="D165" s="3" t="s"/>
       <x:c r="E165" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G165" s="0" t="s">
         <x:v>182</x:v>
       </x:c>
       <x:c r="I165" s="4" t="s">
         <x:v>111</x:v>
       </x:c>
       <x:c r="J165" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
@@ -11531,54 +11527,54 @@
       <x:c r="K170" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L170" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M170" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N170" s="15" t="n">
         <x:v>42757</x:v>
       </x:c>
       <x:c r="O170" s="14" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="P170" s="14" t="s">
         <x:v>291</x:v>
       </x:c>
       <x:c r="Q170" s="16" t="s">
         <x:v>293</x:v>
       </x:c>
       <x:c r="R170" s="14" t="s">
         <x:v>294</x:v>
       </x:c>
       <x:c r="S170" s="14" t="n">
-        <x:v>553054</x:v>
+        <x:v>607217</x:v>
       </x:c>
       <x:c r="T170" s="16" t="s">
-        <x:v>38</x:v>
+        <x:v>35</x:v>
       </x:c>
       <x:c r="U170" s="16" t="s">
         <x:v>37</x:v>
       </x:c>
     </x:row>
     <x:row r="171" spans="1:21">
       <x:c r="A171" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B171" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C171" s="3" t="n">
         <x:v>38424</x:v>
       </x:c>
       <x:c r="D171" s="3" t="s"/>
       <x:c r="E171" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G171" s="0" t="s">
         <x:v>291</x:v>
       </x:c>
       <x:c r="H171" s="0" t="s">
         <x:v>292</x:v>
       </x:c>
@@ -11591,54 +11587,54 @@
       <x:c r="K171" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L171" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M171" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N171" s="3" t="n">
         <x:v>42757</x:v>
       </x:c>
       <x:c r="O171" s="0" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="P171" s="0" t="s">
         <x:v>291</x:v>
       </x:c>
       <x:c r="Q171" s="4" t="s">
         <x:v>293</x:v>
       </x:c>
       <x:c r="R171" s="0" t="s">
         <x:v>294</x:v>
       </x:c>
       <x:c r="S171" s="0" t="n">
-        <x:v>607217</x:v>
+        <x:v>553054</x:v>
       </x:c>
       <x:c r="T171" s="4" t="s">
-        <x:v>35</x:v>
+        <x:v>38</x:v>
       </x:c>
       <x:c r="U171" s="4" t="s">
         <x:v>37</x:v>
       </x:c>
     </x:row>
     <x:row r="172" spans="1:21">
       <x:c r="A172" s="13" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="B172" s="14" t="s">
         <x:v>295</x:v>
       </x:c>
       <x:c r="C172" s="15" t="s"/>
       <x:c r="D172" s="15" t="s"/>
       <x:c r="E172" s="14" t="s"/>
       <x:c r="F172" s="14" t="s"/>
       <x:c r="G172" s="14" t="s">
         <x:v>296</x:v>
       </x:c>
       <x:c r="H172" s="14" t="s"/>
       <x:c r="I172" s="16" t="s">
         <x:v>297</x:v>
       </x:c>
       <x:c r="J172" s="14" t="s"/>
       <x:c r="K172" s="14" t="s">
@@ -11725,121 +11721,121 @@
       </x:c>
     </x:row>
     <x:row r="174" spans="1:21">
       <x:c r="A174" s="13" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="B174" s="14" t="s">
         <x:v>299</x:v>
       </x:c>
       <x:c r="C174" s="15" t="s"/>
       <x:c r="D174" s="15" t="s"/>
       <x:c r="E174" s="14" t="s"/>
       <x:c r="F174" s="14" t="s"/>
       <x:c r="G174" s="14" t="s">
         <x:v>296</x:v>
       </x:c>
       <x:c r="H174" s="14" t="s"/>
       <x:c r="I174" s="16" t="s">
         <x:v>297</x:v>
       </x:c>
       <x:c r="J174" s="14" t="s"/>
       <x:c r="K174" s="14" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="L174" s="14" t="s">
-        <x:v>29</x:v>
+        <x:v>47</x:v>
       </x:c>
       <x:c r="M174" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N174" s="15" t="n">
         <x:v>42716</x:v>
       </x:c>
       <x:c r="O174" s="14" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="P174" s="14" t="s">
         <x:v>296</x:v>
       </x:c>
       <x:c r="Q174" s="16" t="s">
         <x:v>297</x:v>
       </x:c>
       <x:c r="R174" s="14" t="s">
         <x:v>157</x:v>
       </x:c>
       <x:c r="S174" s="14" t="n">
-        <x:v>588158</x:v>
+        <x:v>588156</x:v>
       </x:c>
       <x:c r="T174" s="16" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="U174" s="16" t="s">
         <x:v>57</x:v>
       </x:c>
     </x:row>
     <x:row r="175" spans="1:21">
       <x:c r="A175" s="1" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="B175" s="0" t="s">
         <x:v>300</x:v>
       </x:c>
       <x:c r="C175" s="3" t="s"/>
       <x:c r="D175" s="3" t="s"/>
       <x:c r="G175" s="0" t="s">
         <x:v>296</x:v>
       </x:c>
       <x:c r="I175" s="4" t="s">
         <x:v>297</x:v>
       </x:c>
       <x:c r="K175" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="L175" s="0" t="s">
-        <x:v>47</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="M175" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N175" s="3" t="n">
         <x:v>42716</x:v>
       </x:c>
       <x:c r="O175" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="P175" s="0" t="s">
         <x:v>296</x:v>
       </x:c>
       <x:c r="Q175" s="4" t="s">
         <x:v>297</x:v>
       </x:c>
       <x:c r="R175" s="0" t="s">
         <x:v>157</x:v>
       </x:c>
       <x:c r="S175" s="0" t="n">
-        <x:v>588156</x:v>
+        <x:v>588158</x:v>
       </x:c>
       <x:c r="T175" s="4" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="U175" s="4" t="s">
         <x:v>57</x:v>
       </x:c>
     </x:row>
     <x:row r="176" spans="1:21">
       <x:c r="A176" s="13" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="B176" s="14" t="s">
         <x:v>298</x:v>
       </x:c>
       <x:c r="C176" s="15" t="s"/>
       <x:c r="D176" s="15" t="s"/>
       <x:c r="E176" s="14" t="s"/>
       <x:c r="F176" s="14" t="s"/>
       <x:c r="G176" s="14" t="s">
         <x:v>296</x:v>
       </x:c>
       <x:c r="H176" s="14" t="s"/>
       <x:c r="I176" s="16" t="s">
         <x:v>297</x:v>
@@ -12717,51 +12713,51 @@
       <x:c r="I191" s="4" t="s">
         <x:v>150</x:v>
       </x:c>
       <x:c r="K191" s="0" t="s">
         <x:v>189</x:v>
       </x:c>
       <x:c r="L191" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="M191" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N191" s="3" t="n">
         <x:v>42723</x:v>
       </x:c>
       <x:c r="O191" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="P191" s="0" t="s">
         <x:v>319</x:v>
       </x:c>
       <x:c r="Q191" s="4" t="s">
         <x:v>320</x:v>
       </x:c>
       <x:c r="R191" s="0" t="s">
-        <x:v>251</x:v>
+        <x:v>248</x:v>
       </x:c>
       <x:c r="S191" s="0" t="n">
         <x:v>612309</x:v>
       </x:c>
       <x:c r="T191" s="4" t="s">
         <x:v>133</x:v>
       </x:c>
       <x:c r="U191" s="4" t="s">
         <x:v>198</x:v>
       </x:c>
     </x:row>
     <x:row r="192" spans="1:21">
       <x:c r="A192" s="13" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="B192" s="14" t="s">
         <x:v>126</x:v>
       </x:c>
       <x:c r="C192" s="15" t="n">
         <x:v>39345</x:v>
       </x:c>
       <x:c r="D192" s="15" t="s"/>
       <x:c r="E192" s="14" t="s">
         <x:v>323</x:v>
       </x:c>
@@ -13126,91 +13122,91 @@
       </x:c>
       <x:c r="P198" s="14" t="s">
         <x:v>328</x:v>
       </x:c>
       <x:c r="Q198" s="16" t="s">
         <x:v>104</x:v>
       </x:c>
       <x:c r="R198" s="14" t="s">
         <x:v>329</x:v>
       </x:c>
       <x:c r="S198" s="14" t="n">
         <x:v>587395</x:v>
       </x:c>
       <x:c r="T198" s="16" t="s">
         <x:v>215</x:v>
       </x:c>
       <x:c r="U198" s="16" t="s">
         <x:v>57</x:v>
       </x:c>
     </x:row>
     <x:row r="199" spans="1:21">
       <x:c r="A199" s="1" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="B199" s="0" t="s">
-        <x:v>126</x:v>
+        <x:v>327</x:v>
       </x:c>
       <x:c r="C199" s="3" t="n">
         <x:v>39345</x:v>
       </x:c>
       <x:c r="D199" s="3" t="s"/>
       <x:c r="G199" s="0" t="s">
         <x:v>328</x:v>
       </x:c>
       <x:c r="I199" s="4" t="s">
         <x:v>104</x:v>
       </x:c>
       <x:c r="J199" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="K199" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="L199" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M199" s="0" t="s">
-        <x:v>30</x:v>
+        <x:v>116</x:v>
       </x:c>
       <x:c r="N199" s="3" t="n">
         <x:v>42723</x:v>
       </x:c>
       <x:c r="O199" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="P199" s="0" t="s">
         <x:v>328</x:v>
       </x:c>
       <x:c r="Q199" s="4" t="s">
         <x:v>104</x:v>
       </x:c>
       <x:c r="R199" s="0" t="s">
-        <x:v>331</x:v>
+        <x:v>335</x:v>
       </x:c>
       <x:c r="S199" s="0" t="n">
-        <x:v>587312</x:v>
+        <x:v>587382</x:v>
       </x:c>
       <x:c r="T199" s="4" t="s">
         <x:v>215</x:v>
       </x:c>
       <x:c r="U199" s="4" t="s">
         <x:v>57</x:v>
       </x:c>
     </x:row>
     <x:row r="200" spans="1:21">
       <x:c r="A200" s="13" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="B200" s="14" t="s">
         <x:v>338</x:v>
       </x:c>
       <x:c r="C200" s="15" t="n">
         <x:v>39345</x:v>
       </x:c>
       <x:c r="D200" s="15" t="s"/>
       <x:c r="E200" s="14" t="s"/>
       <x:c r="F200" s="14" t="s"/>
       <x:c r="G200" s="14" t="s">
         <x:v>328</x:v>
       </x:c>
       <x:c r="H200" s="14" t="s"/>
@@ -13402,94 +13398,94 @@
       </x:c>
       <x:c r="P203" s="0" t="s">
         <x:v>328</x:v>
       </x:c>
       <x:c r="Q203" s="4" t="s">
         <x:v>104</x:v>
       </x:c>
       <x:c r="R203" s="0" t="s">
         <x:v>335</x:v>
       </x:c>
       <x:c r="S203" s="0" t="n">
         <x:v>587386</x:v>
       </x:c>
       <x:c r="T203" s="4" t="s">
         <x:v>215</x:v>
       </x:c>
       <x:c r="U203" s="4" t="s">
         <x:v>57</x:v>
       </x:c>
     </x:row>
     <x:row r="204" spans="1:21">
       <x:c r="A204" s="13" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="B204" s="14" t="s">
-        <x:v>327</x:v>
+        <x:v>126</x:v>
       </x:c>
       <x:c r="C204" s="15" t="n">
         <x:v>39345</x:v>
       </x:c>
       <x:c r="D204" s="15" t="s"/>
       <x:c r="E204" s="14" t="s"/>
       <x:c r="F204" s="14" t="s"/>
       <x:c r="G204" s="14" t="s">
         <x:v>328</x:v>
       </x:c>
       <x:c r="H204" s="14" t="s"/>
       <x:c r="I204" s="16" t="s">
         <x:v>104</x:v>
       </x:c>
       <x:c r="J204" s="14" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="K204" s="14" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="L204" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M204" s="14" t="s">
-        <x:v>116</x:v>
+        <x:v>30</x:v>
       </x:c>
       <x:c r="N204" s="15" t="n">
         <x:v>42723</x:v>
       </x:c>
       <x:c r="O204" s="14" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="P204" s="14" t="s">
         <x:v>328</x:v>
       </x:c>
       <x:c r="Q204" s="16" t="s">
         <x:v>104</x:v>
       </x:c>
       <x:c r="R204" s="14" t="s">
-        <x:v>335</x:v>
+        <x:v>331</x:v>
       </x:c>
       <x:c r="S204" s="14" t="n">
-        <x:v>587382</x:v>
+        <x:v>587312</x:v>
       </x:c>
       <x:c r="T204" s="16" t="s">
         <x:v>215</x:v>
       </x:c>
       <x:c r="U204" s="16" t="s">
         <x:v>57</x:v>
       </x:c>
     </x:row>
     <x:row r="205" spans="1:21">
       <x:c r="A205" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B205" s="0" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="C205" s="3" t="n">
         <x:v>40096</x:v>
       </x:c>
       <x:c r="D205" s="3" t="s"/>
       <x:c r="E205" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G205" s="0" t="s">
         <x:v>328</x:v>
       </x:c>
@@ -13502,171 +13498,170 @@
       <x:c r="K205" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L205" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M205" s="0" t="s">
         <x:v>116</x:v>
       </x:c>
       <x:c r="N205" s="3" t="n">
         <x:v>42723</x:v>
       </x:c>
       <x:c r="O205" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="P205" s="0" t="s">
         <x:v>339</x:v>
       </x:c>
       <x:c r="Q205" s="4" t="s">
         <x:v>340</x:v>
       </x:c>
       <x:c r="R205" s="0" t="s">
         <x:v>331</x:v>
       </x:c>
       <x:c r="S205" s="0" t="n">
-        <x:v>570011</x:v>
+        <x:v>607982</x:v>
       </x:c>
       <x:c r="T205" s="4" t="s">
-        <x:v>38</x:v>
+        <x:v>35</x:v>
       </x:c>
       <x:c r="U205" s="4" t="s">
-        <x:v>34</x:v>
+        <x:v>37</x:v>
       </x:c>
     </x:row>
     <x:row r="206" spans="1:21">
       <x:c r="A206" s="13" t="s">
-        <x:v>89</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B206" s="14" t="s">
-        <x:v>341</x:v>
+        <x:v>22</x:v>
       </x:c>
       <x:c r="C206" s="15" t="n">
-        <x:v>37492</x:v>
+        <x:v>38424</x:v>
       </x:c>
       <x:c r="D206" s="15" t="s"/>
-      <x:c r="E206" s="14" t="s"/>
+      <x:c r="E206" s="14" t="s">
+        <x:v>23</x:v>
+      </x:c>
       <x:c r="F206" s="14" t="s"/>
       <x:c r="G206" s="14" t="s">
         <x:v>328</x:v>
       </x:c>
       <x:c r="H206" s="14" t="s"/>
       <x:c r="I206" s="16" t="s">
         <x:v>104</x:v>
       </x:c>
       <x:c r="J206" s="14" t="s">
-        <x:v>53</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="K206" s="14" t="s">
-        <x:v>54</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="L206" s="14" t="s">
-        <x:v>29</x:v>
+        <x:v>47</x:v>
       </x:c>
       <x:c r="M206" s="14" t="s">
         <x:v>116</x:v>
       </x:c>
       <x:c r="N206" s="15" t="n">
-        <x:v>42723</x:v>
+        <x:v>42757</x:v>
       </x:c>
       <x:c r="O206" s="14" t="s">
-        <x:v>55</x:v>
+        <x:v>31</x:v>
       </x:c>
       <x:c r="P206" s="14" t="s">
         <x:v>339</x:v>
       </x:c>
       <x:c r="Q206" s="16" t="s">
         <x:v>340</x:v>
       </x:c>
       <x:c r="R206" s="14" t="s">
         <x:v>331</x:v>
       </x:c>
       <x:c r="S206" s="14" t="n">
-        <x:v>586995</x:v>
+        <x:v>570004</x:v>
       </x:c>
       <x:c r="T206" s="16" t="s">
-        <x:v>342</x:v>
+        <x:v>38</x:v>
       </x:c>
       <x:c r="U206" s="16" t="s">
-        <x:v>179</x:v>
+        <x:v>37</x:v>
       </x:c>
     </x:row>
     <x:row r="207" spans="1:21">
       <x:c r="A207" s="1" t="s">
-        <x:v>21</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="B207" s="0" t="s">
-        <x:v>22</x:v>
+        <x:v>341</x:v>
       </x:c>
       <x:c r="C207" s="3" t="n">
-        <x:v>38424</x:v>
+        <x:v>37492</x:v>
       </x:c>
       <x:c r="D207" s="3" t="s"/>
-      <x:c r="E207" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="G207" s="0" t="s">
         <x:v>328</x:v>
       </x:c>
       <x:c r="I207" s="4" t="s">
         <x:v>104</x:v>
       </x:c>
       <x:c r="J207" s="0" t="s">
-        <x:v>27</x:v>
+        <x:v>53</x:v>
       </x:c>
       <x:c r="K207" s="0" t="s">
-        <x:v>28</x:v>
+        <x:v>54</x:v>
       </x:c>
       <x:c r="L207" s="0" t="s">
-        <x:v>47</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="M207" s="0" t="s">
         <x:v>116</x:v>
       </x:c>
       <x:c r="N207" s="3" t="n">
-        <x:v>42757</x:v>
+        <x:v>42723</x:v>
       </x:c>
       <x:c r="O207" s="0" t="s">
-        <x:v>31</x:v>
+        <x:v>55</x:v>
       </x:c>
       <x:c r="P207" s="0" t="s">
         <x:v>339</x:v>
       </x:c>
       <x:c r="Q207" s="4" t="s">
         <x:v>340</x:v>
       </x:c>
       <x:c r="R207" s="0" t="s">
         <x:v>331</x:v>
       </x:c>
       <x:c r="S207" s="0" t="n">
-        <x:v>570004</x:v>
+        <x:v>586995</x:v>
       </x:c>
       <x:c r="T207" s="4" t="s">
-        <x:v>38</x:v>
+        <x:v>342</x:v>
       </x:c>
       <x:c r="U207" s="4" t="s">
-        <x:v>37</x:v>
+        <x:v>179</x:v>
       </x:c>
     </x:row>
     <x:row r="208" spans="1:21">
       <x:c r="A208" s="13" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="B208" s="14" t="s">
         <x:v>330</x:v>
       </x:c>
       <x:c r="C208" s="15" t="s"/>
       <x:c r="D208" s="15" t="s"/>
       <x:c r="E208" s="14" t="s"/>
       <x:c r="F208" s="14" t="s"/>
       <x:c r="G208" s="14" t="s">
         <x:v>339</x:v>
       </x:c>
       <x:c r="H208" s="14" t="s"/>
       <x:c r="I208" s="16" t="s">
         <x:v>340</x:v>
       </x:c>
       <x:c r="J208" s="14" t="s"/>
       <x:c r="K208" s="14" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="L208" s="14" t="s">
@@ -13683,97 +13678,97 @@
       </x:c>
       <x:c r="P208" s="14" t="s">
         <x:v>339</x:v>
       </x:c>
       <x:c r="Q208" s="16" t="s">
         <x:v>340</x:v>
       </x:c>
       <x:c r="R208" s="14" t="s">
         <x:v>331</x:v>
       </x:c>
       <x:c r="S208" s="14" t="n">
         <x:v>617433</x:v>
       </x:c>
       <x:c r="T208" s="16" t="s">
         <x:v>332</x:v>
       </x:c>
       <x:c r="U208" s="16" t="s">
         <x:v>343</x:v>
       </x:c>
     </x:row>
     <x:row r="209" spans="1:21">
       <x:c r="A209" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B209" s="0" t="s">
-        <x:v>71</x:v>
+        <x:v>344</x:v>
       </x:c>
       <x:c r="C209" s="3" t="n">
-        <x:v>40096</x:v>
+        <x:v>37492</x:v>
       </x:c>
       <x:c r="D209" s="3" t="s"/>
       <x:c r="E209" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G209" s="0" t="s">
         <x:v>328</x:v>
       </x:c>
       <x:c r="I209" s="4" t="s">
         <x:v>104</x:v>
       </x:c>
       <x:c r="J209" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="K209" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L209" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M209" s="0" t="s">
         <x:v>116</x:v>
       </x:c>
       <x:c r="N209" s="3" t="n">
         <x:v>42723</x:v>
       </x:c>
       <x:c r="O209" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="P209" s="0" t="s">
         <x:v>339</x:v>
       </x:c>
       <x:c r="Q209" s="4" t="s">
         <x:v>340</x:v>
       </x:c>
       <x:c r="R209" s="0" t="s">
         <x:v>331</x:v>
       </x:c>
       <x:c r="S209" s="0" t="n">
-        <x:v>607982</x:v>
+        <x:v>570002</x:v>
       </x:c>
       <x:c r="T209" s="4" t="s">
-        <x:v>35</x:v>
+        <x:v>38</x:v>
       </x:c>
       <x:c r="U209" s="4" t="s">
         <x:v>37</x:v>
       </x:c>
     </x:row>
     <x:row r="210" spans="1:21">
       <x:c r="A210" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B210" s="14" t="s">
         <x:v>344</x:v>
       </x:c>
       <x:c r="C210" s="15" t="n">
         <x:v>37492</x:v>
       </x:c>
       <x:c r="D210" s="15" t="s"/>
       <x:c r="E210" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F210" s="14" t="s"/>
       <x:c r="G210" s="14" t="s">
         <x:v>328</x:v>
       </x:c>
       <x:c r="H210" s="14" t="s"/>
       <x:c r="I210" s="16" t="s">
@@ -13785,111 +13780,111 @@
       <x:c r="K210" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L210" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M210" s="14" t="s">
         <x:v>116</x:v>
       </x:c>
       <x:c r="N210" s="15" t="n">
         <x:v>42723</x:v>
       </x:c>
       <x:c r="O210" s="14" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="P210" s="14" t="s">
         <x:v>339</x:v>
       </x:c>
       <x:c r="Q210" s="16" t="s">
         <x:v>340</x:v>
       </x:c>
       <x:c r="R210" s="14" t="s">
         <x:v>331</x:v>
       </x:c>
       <x:c r="S210" s="14" t="n">
-        <x:v>570002</x:v>
+        <x:v>496253</x:v>
       </x:c>
       <x:c r="T210" s="16" t="s">
-        <x:v>38</x:v>
+        <x:v>33</x:v>
       </x:c>
       <x:c r="U210" s="16" t="s">
-        <x:v>37</x:v>
+        <x:v>34</x:v>
       </x:c>
     </x:row>
     <x:row r="211" spans="1:21">
       <x:c r="A211" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B211" s="0" t="s">
-        <x:v>344</x:v>
+        <x:v>71</x:v>
       </x:c>
       <x:c r="C211" s="3" t="n">
-        <x:v>37492</x:v>
+        <x:v>40096</x:v>
       </x:c>
       <x:c r="D211" s="3" t="s"/>
       <x:c r="E211" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G211" s="0" t="s">
         <x:v>328</x:v>
       </x:c>
       <x:c r="I211" s="4" t="s">
         <x:v>104</x:v>
       </x:c>
       <x:c r="J211" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="K211" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L211" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M211" s="0" t="s">
         <x:v>116</x:v>
       </x:c>
       <x:c r="N211" s="3" t="n">
         <x:v>42723</x:v>
       </x:c>
       <x:c r="O211" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="P211" s="0" t="s">
         <x:v>339</x:v>
       </x:c>
       <x:c r="Q211" s="4" t="s">
         <x:v>340</x:v>
       </x:c>
       <x:c r="R211" s="0" t="s">
         <x:v>331</x:v>
       </x:c>
       <x:c r="S211" s="0" t="n">
-        <x:v>496253</x:v>
+        <x:v>570011</x:v>
       </x:c>
       <x:c r="T211" s="4" t="s">
-        <x:v>33</x:v>
+        <x:v>38</x:v>
       </x:c>
       <x:c r="U211" s="4" t="s">
         <x:v>34</x:v>
       </x:c>
     </x:row>
     <x:row r="212" spans="1:21">
       <x:c r="A212" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B212" s="14" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C212" s="15" t="n">
         <x:v>38424</x:v>
       </x:c>
       <x:c r="D212" s="15" t="s"/>
       <x:c r="E212" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F212" s="14" t="s"/>
       <x:c r="G212" s="14" t="s">
         <x:v>328</x:v>
       </x:c>
       <x:c r="H212" s="14" t="s"/>
       <x:c r="I212" s="16" t="s">