--- v0 (2026-03-10)
+++ v1 (2026-03-10)
@@ -554,62 +554,62 @@
   <x:si>
     <x:t>EREA Louis Aragon</x:t>
   </x:si>
   <x:si>
     <x:t>13170</x:t>
   </x:si>
   <x:si>
     <x:t>Public de la formation initiale</x:t>
   </x:si>
   <x:si>
     <x:t>EREA L Aragon</x:t>
   </x:si>
   <x:si>
     <x:t>LES PENNES-MIRABEAU</x:t>
   </x:si>
   <x:si>
     <x:t>Faculté des Métiers - Ecole Hôtelière de Cannes - CFA Régional Municipal de Cannes Faculté des Métiers</x:t>
   </x:si>
   <x:si>
     <x:t>06150</x:t>
   </x:si>
   <x:si>
     <x:t>CANNES LA BOCCA</x:t>
   </x:si>
   <x:si>
+    <x:t>09/02/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>07/02/2027 00:00:00</x:t>
+  </x:si>
+  <x:si>
     <x:t>09/02/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>07/05/2026 00:00:00</x:t>
   </x:si>
   <x:si>
-    <x:t>09/02/2026 00:00:00</x:t>
-[...4 lines deleted...]
-  <x:si>
     <x:t>09/02/2024 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>07/03/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Flair Evolution</x:t>
   </x:si>
   <x:si>
     <x:t>06300</x:t>
   </x:si>
   <x:si>
     <x:t>10/01/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>04/30/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Barista, latte art, dégustation, coffee brewing et cocktails coffee shop</x:t>
   </x:si>
   <x:si>
     <x:t>12/30/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Formation et Métier - Cfa Régional Formations Adaptées</x:t>
@@ -620,83 +620,83 @@
   <x:si>
     <x:t>13090</x:t>
   </x:si>
   <x:si>
     <x:t>Formation et Métier - Cfa Régional Formations Adaptées - UFA Argimsa Sessad</x:t>
   </x:si>
   <x:si>
     <x:t>83340</x:t>
   </x:si>
   <x:si>
     <x:t>LE CANNET-DES-MAURES</x:t>
   </x:si>
   <x:si>
     <x:t>08/31/2029 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>08/31/2028 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>CAP Commercialisation et Services en hôtel-café-restaurant</x:t>
   </x:si>
   <x:si>
     <x:t>Greta-Cfa Alpes Provence</x:t>
   </x:si>
   <x:si>
+    <x:t>SISTERON</x:t>
+  </x:si>
+  <x:si>
+    <x:t>06/25/2027 00:00:00</x:t>
+  </x:si>
+  <x:si>
     <x:t>Barman/barmaid + module barista</x:t>
   </x:si>
   <x:si>
     <x:t>France Travail</x:t>
   </x:si>
   <x:si>
     <x:t>AFC</x:t>
   </x:si>
   <x:si>
     <x:t>Groupement d'Intérêt Public pour la Formation Continue et l'Insertion Professionnelle de l'Académie d'Aix-Marseille</x:t>
   </x:si>
   <x:si>
     <x:t>GIP FCIP AIX-MARSEILLE</x:t>
   </x:si>
   <x:si>
     <x:t>13857</x:t>
   </x:si>
   <x:si>
     <x:t>Demandeur d'emploi</x:t>
   </x:si>
   <x:si>
     <x:t>12/10/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>04/23/2026 00:00:00</x:t>
   </x:si>
   <x:si>
-    <x:t>SISTERON</x:t>
-[...4 lines deleted...]
-  <x:si>
     <x:t>Greta-Cfa Marseille Méditerranée</x:t>
   </x:si>
   <x:si>
     <x:t>GMM</x:t>
   </x:si>
   <x:si>
     <x:t>13010</x:t>
   </x:si>
   <x:si>
     <x:t>MARSEILLE- 8e</x:t>
   </x:si>
   <x:si>
     <x:t>06/09/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Greta-Cfa Provence</x:t>
   </x:si>
   <x:si>
     <x:t>13625</x:t>
   </x:si>
   <x:si>
     <x:t>06/26/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>06/23/2028 00:00:00</x:t>
@@ -965,56 +965,56 @@
   <x:si>
     <x:t>Lycée Professionnel Sévigné</x:t>
   </x:si>
   <x:si>
     <x:t>Maison Familiale et Rurale de la Roque d'Anthéron</x:t>
   </x:si>
   <x:si>
     <x:t>MFR</x:t>
   </x:si>
   <x:si>
     <x:t>13640</x:t>
   </x:si>
   <x:si>
     <x:t>LA ROQUE-D'ANTHERON</x:t>
   </x:si>
   <x:si>
     <x:t>Ouvrir son coffee shop 5 café</x:t>
   </x:si>
   <x:si>
     <x:t>Maxicoffee - Ecole Café</x:t>
   </x:si>
   <x:si>
     <x:t>33380</x:t>
   </x:si>
   <x:si>
+    <x:t>Barista 1 et 2 café</x:t>
+  </x:si>
+  <x:si>
     <x:t>Full Immersion Café</x:t>
   </x:si>
   <x:si>
-    <x:t>Barista 1 et 2 café</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>Immersion barista café</x:t>
   </x:si>
   <x:si>
     <x:t>Barista 1 et 2, Latte Art 1 Café</x:t>
   </x:si>
   <x:si>
     <x:t>02/10/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Métropôle Aix Marseille Provence - CFA Métropolitain - Campus des Métiers</x:t>
   </x:si>
   <x:si>
     <x:t>CFA</x:t>
   </x:si>
   <x:si>
     <x:t>13290</x:t>
   </x:si>
   <x:si>
     <x:t>AIX - LES MILLES</x:t>
   </x:si>
   <x:si>
     <x:t>08/25/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>07/03/2027 00:00:00</x:t>
@@ -1118,69 +1118,69 @@
   <x:si>
     <x:t>BP barman (Contrat de Professionnalisation)</x:t>
   </x:si>
   <x:si>
     <x:t>08/02/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>04/21/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>BP barman (Apprentissage)</x:t>
   </x:si>
   <x:si>
     <x:t>Umih Formation</x:t>
   </x:si>
   <x:si>
     <x:t>75007</x:t>
   </x:si>
   <x:si>
     <x:t>Jeune 16-25 ans</x:t>
   </x:si>
   <x:si>
     <x:t>04/17/2026 00:00:00</x:t>
   </x:si>
   <x:si>
+    <x:t>Sommelier-conseil, caviste</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Dégustation vin</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Université du Vin</x:t>
+  </x:si>
+  <x:si>
+    <x:t>26790</x:t>
+  </x:si>
+  <x:si>
+    <x:t>01/19/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>05/13/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
     <x:t>Sommelier-conseil, caviste (préparation également possible par Bloc(s) de compétences)</x:t>
-  </x:si>
-[...16 lines deleted...]
-    <x:t>Sommelier-conseil, caviste</x:t>
   </x:si>
   <x:si>
     <x:t>Périmètre :</x:t>
   </x:si>
 </x:sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts count="2">
     <x:numFmt numFmtId="164" formatCode="General"/>
     <x:numFmt numFmtId="165" formatCode="@"/>
   </x:numFmts>
   <x:fonts count="8">
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="FF333333"/>
       <x:name val="Aptos Narrow"/>
       <x:family val="2"/>
       <x:charset val="1"/>
     </x:font>
     <x:font>
       <x:sz val="10"/>
       <x:name val="Arial"/>
       <x:family val="0"/>
@@ -3713,57 +3713,57 @@
       <x:c r="K35" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L35" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M35" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N35" s="3" t="n">
         <x:v>42757</x:v>
       </x:c>
       <x:c r="O35" s="0" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="P35" s="0" t="s">
         <x:v>110</x:v>
       </x:c>
       <x:c r="Q35" s="4" t="s">
         <x:v>111</x:v>
       </x:c>
       <x:c r="R35" s="0" t="s">
         <x:v>112</x:v>
       </x:c>
       <x:c r="S35" s="0" t="n">
-        <x:v>502040</x:v>
+        <x:v>604227</x:v>
       </x:c>
       <x:c r="T35" s="4" t="s">
-        <x:v>33</x:v>
+        <x:v>35</x:v>
       </x:c>
       <x:c r="U35" s="4" t="s">
-        <x:v>34</x:v>
+        <x:v>37</x:v>
       </x:c>
     </x:row>
     <x:row r="36" spans="1:21">
       <x:c r="A36" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B36" s="14" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C36" s="15" t="n">
         <x:v>38424</x:v>
       </x:c>
       <x:c r="D36" s="15" t="s"/>
       <x:c r="E36" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F36" s="14" t="s"/>
       <x:c r="G36" s="14" t="s">
         <x:v>100</x:v>
       </x:c>
       <x:c r="H36" s="14" t="s">
         <x:v>101</x:v>
       </x:c>
       <x:c r="I36" s="16" t="s">
         <x:v>102</x:v>
@@ -3774,57 +3774,57 @@
       <x:c r="K36" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L36" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M36" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N36" s="15" t="n">
         <x:v>42757</x:v>
       </x:c>
       <x:c r="O36" s="14" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="P36" s="14" t="s">
         <x:v>110</x:v>
       </x:c>
       <x:c r="Q36" s="16" t="s">
         <x:v>111</x:v>
       </x:c>
       <x:c r="R36" s="14" t="s">
         <x:v>112</x:v>
       </x:c>
       <x:c r="S36" s="14" t="n">
-        <x:v>604227</x:v>
+        <x:v>502040</x:v>
       </x:c>
       <x:c r="T36" s="16" t="s">
-        <x:v>35</x:v>
+        <x:v>33</x:v>
       </x:c>
       <x:c r="U36" s="16" t="s">
-        <x:v>37</x:v>
+        <x:v>34</x:v>
       </x:c>
     </x:row>
     <x:row r="37" spans="1:21">
       <x:c r="A37" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B37" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C37" s="3" t="n">
         <x:v>38424</x:v>
       </x:c>
       <x:c r="D37" s="3" t="s"/>
       <x:c r="E37" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G37" s="0" t="s">
         <x:v>100</x:v>
       </x:c>
       <x:c r="H37" s="0" t="s">
         <x:v>101</x:v>
       </x:c>
       <x:c r="I37" s="4" t="s">
         <x:v>102</x:v>
       </x:c>
@@ -6179,51 +6179,51 @@
       <x:c r="K77" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L77" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M77" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N77" s="3" t="n">
         <x:v>42757</x:v>
       </x:c>
       <x:c r="O77" s="0" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="P77" s="0" t="s">
         <x:v>158</x:v>
       </x:c>
       <x:c r="Q77" s="4" t="s">
         <x:v>159</x:v>
       </x:c>
       <x:c r="R77" s="0" t="s">
         <x:v>160</x:v>
       </x:c>
       <x:c r="S77" s="0" t="n">
-        <x:v>546549</x:v>
+        <x:v>601083</x:v>
       </x:c>
       <x:c r="T77" s="4" t="s">
         <x:v>161</x:v>
       </x:c>
       <x:c r="U77" s="4" t="s">
         <x:v>162</x:v>
       </x:c>
     </x:row>
     <x:row r="78" spans="1:21">
       <x:c r="A78" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B78" s="14" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C78" s="15" t="n">
         <x:v>38424</x:v>
       </x:c>
       <x:c r="D78" s="15" t="s"/>
       <x:c r="E78" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F78" s="14" t="s"/>
       <x:c r="G78" s="14" t="s">
         <x:v>158</x:v>
@@ -6238,114 +6238,114 @@
       <x:c r="K78" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L78" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M78" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N78" s="15" t="n">
         <x:v>42757</x:v>
       </x:c>
       <x:c r="O78" s="14" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="P78" s="14" t="s">
         <x:v>158</x:v>
       </x:c>
       <x:c r="Q78" s="16" t="s">
         <x:v>159</x:v>
       </x:c>
       <x:c r="R78" s="14" t="s">
         <x:v>160</x:v>
       </x:c>
       <x:c r="S78" s="14" t="n">
-        <x:v>601083</x:v>
+        <x:v>546549</x:v>
       </x:c>
       <x:c r="T78" s="16" t="s">
         <x:v>163</x:v>
       </x:c>
       <x:c r="U78" s="16" t="s">
         <x:v>164</x:v>
       </x:c>
     </x:row>
     <x:row r="79" spans="1:21">
       <x:c r="A79" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B79" s="0" t="s">
-        <x:v>71</x:v>
+        <x:v>125</x:v>
       </x:c>
       <x:c r="C79" s="3" t="n">
-        <x:v>40096</x:v>
+        <x:v>39345</x:v>
       </x:c>
       <x:c r="D79" s="3" t="s"/>
       <x:c r="E79" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G79" s="0" t="s">
         <x:v>158</x:v>
       </x:c>
       <x:c r="I79" s="4" t="s">
         <x:v>159</x:v>
       </x:c>
       <x:c r="J79" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="K79" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L79" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M79" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N79" s="3" t="n">
         <x:v>42723</x:v>
       </x:c>
       <x:c r="O79" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="P79" s="0" t="s">
         <x:v>158</x:v>
       </x:c>
       <x:c r="Q79" s="4" t="s">
         <x:v>159</x:v>
       </x:c>
       <x:c r="R79" s="0" t="s">
         <x:v>160</x:v>
       </x:c>
       <x:c r="S79" s="0" t="n">
-        <x:v>601102</x:v>
+        <x:v>601105</x:v>
       </x:c>
       <x:c r="T79" s="4" t="s">
-        <x:v>163</x:v>
+        <x:v>161</x:v>
       </x:c>
       <x:c r="U79" s="4" t="s">
-        <x:v>164</x:v>
+        <x:v>162</x:v>
       </x:c>
     </x:row>
     <x:row r="80" spans="1:21">
       <x:c r="A80" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B80" s="14" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="C80" s="15" t="n">
         <x:v>40096</x:v>
       </x:c>
       <x:c r="D80" s="15" t="s"/>
       <x:c r="E80" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F80" s="14" t="s"/>
       <x:c r="G80" s="14" t="s">
         <x:v>158</x:v>
       </x:c>
       <x:c r="H80" s="14" t="s"/>
       <x:c r="I80" s="16" t="s">
         <x:v>159</x:v>
       </x:c>
       <x:c r="J80" s="14" t="s">
@@ -6354,114 +6354,114 @@
       <x:c r="K80" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L80" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M80" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N80" s="15" t="n">
         <x:v>42723</x:v>
       </x:c>
       <x:c r="O80" s="14" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="P80" s="14" t="s">
         <x:v>158</x:v>
       </x:c>
       <x:c r="Q80" s="16" t="s">
         <x:v>159</x:v>
       </x:c>
       <x:c r="R80" s="14" t="s">
         <x:v>160</x:v>
       </x:c>
       <x:c r="S80" s="14" t="n">
-        <x:v>565330</x:v>
+        <x:v>601102</x:v>
       </x:c>
       <x:c r="T80" s="16" t="s">
         <x:v>161</x:v>
       </x:c>
       <x:c r="U80" s="16" t="s">
         <x:v>162</x:v>
       </x:c>
     </x:row>
     <x:row r="81" spans="1:21">
       <x:c r="A81" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B81" s="0" t="s">
-        <x:v>22</x:v>
+        <x:v>71</x:v>
       </x:c>
       <x:c r="C81" s="3" t="n">
-        <x:v>38424</x:v>
+        <x:v>40096</x:v>
       </x:c>
       <x:c r="D81" s="3" t="s"/>
       <x:c r="E81" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G81" s="0" t="s">
         <x:v>158</x:v>
       </x:c>
       <x:c r="I81" s="4" t="s">
         <x:v>159</x:v>
       </x:c>
       <x:c r="J81" s="0" t="s">
-        <x:v>27</x:v>
+        <x:v>53</x:v>
       </x:c>
       <x:c r="K81" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L81" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M81" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N81" s="3" t="n">
-        <x:v>42757</x:v>
+        <x:v>42723</x:v>
       </x:c>
       <x:c r="O81" s="0" t="s">
-        <x:v>31</x:v>
+        <x:v>55</x:v>
       </x:c>
       <x:c r="P81" s="0" t="s">
         <x:v>158</x:v>
       </x:c>
       <x:c r="Q81" s="4" t="s">
         <x:v>159</x:v>
       </x:c>
       <x:c r="R81" s="0" t="s">
         <x:v>160</x:v>
       </x:c>
       <x:c r="S81" s="0" t="n">
-        <x:v>601084</x:v>
+        <x:v>565330</x:v>
       </x:c>
       <x:c r="T81" s="4" t="s">
         <x:v>163</x:v>
       </x:c>
       <x:c r="U81" s="4" t="s">
-        <x:v>36</x:v>
+        <x:v>164</x:v>
       </x:c>
     </x:row>
     <x:row r="82" spans="1:21">
       <x:c r="A82" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B82" s="14" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C82" s="15" t="n">
         <x:v>38424</x:v>
       </x:c>
       <x:c r="D82" s="15" t="s"/>
       <x:c r="E82" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F82" s="14" t="s"/>
       <x:c r="G82" s="14" t="s">
         <x:v>158</x:v>
       </x:c>
       <x:c r="H82" s="14" t="s"/>
       <x:c r="I82" s="16" t="s">
         <x:v>159</x:v>
       </x:c>
       <x:c r="J82" s="14" t="s">
@@ -6470,114 +6470,114 @@
       <x:c r="K82" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L82" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M82" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N82" s="15" t="n">
         <x:v>42757</x:v>
       </x:c>
       <x:c r="O82" s="14" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="P82" s="14" t="s">
         <x:v>158</x:v>
       </x:c>
       <x:c r="Q82" s="16" t="s">
         <x:v>159</x:v>
       </x:c>
       <x:c r="R82" s="14" t="s">
         <x:v>160</x:v>
       </x:c>
       <x:c r="S82" s="14" t="n">
-        <x:v>496768</x:v>
+        <x:v>601084</x:v>
       </x:c>
       <x:c r="T82" s="16" t="s">
-        <x:v>165</x:v>
+        <x:v>161</x:v>
       </x:c>
       <x:c r="U82" s="16" t="s">
-        <x:v>166</x:v>
+        <x:v>36</x:v>
       </x:c>
     </x:row>
     <x:row r="83" spans="1:21">
       <x:c r="A83" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B83" s="0" t="s">
-        <x:v>125</x:v>
+        <x:v>22</x:v>
       </x:c>
       <x:c r="C83" s="3" t="n">
-        <x:v>39345</x:v>
+        <x:v>38424</x:v>
       </x:c>
       <x:c r="D83" s="3" t="s"/>
       <x:c r="E83" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G83" s="0" t="s">
         <x:v>158</x:v>
       </x:c>
       <x:c r="I83" s="4" t="s">
         <x:v>159</x:v>
       </x:c>
       <x:c r="J83" s="0" t="s">
-        <x:v>53</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="K83" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L83" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M83" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N83" s="3" t="n">
-        <x:v>42723</x:v>
+        <x:v>42757</x:v>
       </x:c>
       <x:c r="O83" s="0" t="s">
-        <x:v>55</x:v>
+        <x:v>31</x:v>
       </x:c>
       <x:c r="P83" s="0" t="s">
         <x:v>158</x:v>
       </x:c>
       <x:c r="Q83" s="4" t="s">
         <x:v>159</x:v>
       </x:c>
       <x:c r="R83" s="0" t="s">
         <x:v>160</x:v>
       </x:c>
       <x:c r="S83" s="0" t="n">
-        <x:v>601105</x:v>
+        <x:v>496768</x:v>
       </x:c>
       <x:c r="T83" s="4" t="s">
-        <x:v>163</x:v>
+        <x:v>165</x:v>
       </x:c>
       <x:c r="U83" s="4" t="s">
-        <x:v>164</x:v>
+        <x:v>166</x:v>
       </x:c>
     </x:row>
     <x:row r="84" spans="1:21">
       <x:c r="A84" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B84" s="14" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C84" s="15" t="n">
         <x:v>38424</x:v>
       </x:c>
       <x:c r="D84" s="15" t="s"/>
       <x:c r="E84" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F84" s="14" t="s"/>
       <x:c r="G84" s="14" t="s">
         <x:v>158</x:v>
       </x:c>
       <x:c r="H84" s="14" t="s"/>
       <x:c r="I84" s="16" t="s">
         <x:v>159</x:v>
       </x:c>
       <x:c r="J84" s="14" t="s">
@@ -6589,54 +6589,54 @@
       <x:c r="L84" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M84" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N84" s="15" t="n">
         <x:v>42757</x:v>
       </x:c>
       <x:c r="O84" s="14" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="P84" s="14" t="s">
         <x:v>158</x:v>
       </x:c>
       <x:c r="Q84" s="16" t="s">
         <x:v>159</x:v>
       </x:c>
       <x:c r="R84" s="14" t="s">
         <x:v>160</x:v>
       </x:c>
       <x:c r="S84" s="14" t="n">
         <x:v>546550</x:v>
       </x:c>
       <x:c r="T84" s="16" t="s">
-        <x:v>161</x:v>
+        <x:v>163</x:v>
       </x:c>
       <x:c r="U84" s="16" t="s">
-        <x:v>164</x:v>
+        <x:v>162</x:v>
       </x:c>
     </x:row>
     <x:row r="85" spans="1:21">
       <x:c r="A85" s="1" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="B85" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="C85" s="3" t="s"/>
       <x:c r="D85" s="3" t="s"/>
       <x:c r="G85" s="0" t="s">
         <x:v>167</x:v>
       </x:c>
       <x:c r="I85" s="4" t="s">
         <x:v>168</x:v>
       </x:c>
       <x:c r="K85" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="L85" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M85" s="0" t="s">
         <x:v>30</x:v>
@@ -6987,210 +6987,210 @@
       </x:c>
       <x:c r="P91" s="0" t="s">
         <x:v>182</x:v>
       </x:c>
       <x:c r="Q91" s="4" t="s">
         <x:v>111</x:v>
       </x:c>
       <x:c r="R91" s="0" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="S91" s="0" t="n">
         <x:v>597575</x:v>
       </x:c>
       <x:c r="T91" s="4" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="U91" s="4" t="s">
         <x:v>36</x:v>
       </x:c>
     </x:row>
     <x:row r="92" spans="1:21">
       <x:c r="A92" s="13" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="B92" s="14" t="s">
-        <x:v>183</x:v>
-[...1 lines deleted...]
-      <x:c r="C92" s="15" t="s"/>
+        <x:v>181</x:v>
+      </x:c>
+      <x:c r="C92" s="15" t="n">
+        <x:v>38424</x:v>
+      </x:c>
       <x:c r="D92" s="15" t="s"/>
-      <x:c r="E92" s="14" t="s">
-[...4 lines deleted...]
-      </x:c>
+      <x:c r="E92" s="14" t="s"/>
+      <x:c r="F92" s="14" t="s"/>
       <x:c r="G92" s="14" t="s">
-        <x:v>186</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>182</x:v>
+      </x:c>
+      <x:c r="H92" s="14" t="s"/>
       <x:c r="I92" s="16" t="s">
-        <x:v>188</x:v>
-[...1 lines deleted...]
-      <x:c r="J92" s="14" t="s"/>
+        <x:v>111</x:v>
+      </x:c>
+      <x:c r="J92" s="14" t="s">
+        <x:v>27</x:v>
+      </x:c>
       <x:c r="K92" s="14" t="s">
-        <x:v>189</x:v>
+        <x:v>54</x:v>
       </x:c>
       <x:c r="L92" s="14" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="M92" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N92" s="15" t="n">
-        <x:v>42723</x:v>
+        <x:v>42757</x:v>
       </x:c>
       <x:c r="O92" s="14" t="s">
-        <x:v>55</x:v>
+        <x:v>31</x:v>
       </x:c>
       <x:c r="P92" s="14" t="s">
         <x:v>182</x:v>
       </x:c>
       <x:c r="Q92" s="16" t="s">
         <x:v>111</x:v>
       </x:c>
       <x:c r="R92" s="14" t="s">
-        <x:v>84</x:v>
+        <x:v>183</x:v>
       </x:c>
       <x:c r="S92" s="14" t="n">
-        <x:v>579439</x:v>
+        <x:v>572137</x:v>
       </x:c>
       <x:c r="T92" s="16" t="s">
-        <x:v>190</x:v>
+        <x:v>165</x:v>
       </x:c>
       <x:c r="U92" s="16" t="s">
-        <x:v>191</x:v>
+        <x:v>34</x:v>
       </x:c>
     </x:row>
     <x:row r="93" spans="1:21">
       <x:c r="A93" s="1" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="B93" s="0" t="s">
         <x:v>181</x:v>
       </x:c>
       <x:c r="C93" s="3" t="n">
         <x:v>38424</x:v>
       </x:c>
       <x:c r="D93" s="3" t="s"/>
       <x:c r="G93" s="0" t="s">
         <x:v>182</x:v>
       </x:c>
       <x:c r="I93" s="4" t="s">
         <x:v>111</x:v>
       </x:c>
       <x:c r="J93" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K93" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="L93" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="M93" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N93" s="3" t="n">
         <x:v>42757</x:v>
       </x:c>
       <x:c r="O93" s="0" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="P93" s="0" t="s">
         <x:v>182</x:v>
       </x:c>
       <x:c r="Q93" s="4" t="s">
         <x:v>111</x:v>
       </x:c>
       <x:c r="R93" s="0" t="s">
-        <x:v>192</x:v>
+        <x:v>183</x:v>
       </x:c>
       <x:c r="S93" s="0" t="n">
-        <x:v>572137</x:v>
+        <x:v>572138</x:v>
       </x:c>
       <x:c r="T93" s="4" t="s">
-        <x:v>165</x:v>
+        <x:v>38</x:v>
       </x:c>
       <x:c r="U93" s="4" t="s">
-        <x:v>34</x:v>
+        <x:v>184</x:v>
       </x:c>
     </x:row>
     <x:row r="94" spans="1:21">
       <x:c r="A94" s="13" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="B94" s="14" t="s">
-        <x:v>181</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>185</x:v>
+      </x:c>
+      <x:c r="C94" s="15" t="s"/>
       <x:c r="D94" s="15" t="s"/>
-      <x:c r="E94" s="14" t="s"/>
-      <x:c r="F94" s="14" t="s"/>
+      <x:c r="E94" s="14" t="s">
+        <x:v>186</x:v>
+      </x:c>
+      <x:c r="F94" s="14" t="s">
+        <x:v>187</x:v>
+      </x:c>
       <x:c r="G94" s="14" t="s">
-        <x:v>182</x:v>
-[...1 lines deleted...]
-      <x:c r="H94" s="14" t="s"/>
+        <x:v>188</x:v>
+      </x:c>
+      <x:c r="H94" s="14" t="s">
+        <x:v>189</x:v>
+      </x:c>
       <x:c r="I94" s="16" t="s">
-        <x:v>111</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>190</x:v>
+      </x:c>
+      <x:c r="J94" s="14" t="s"/>
       <x:c r="K94" s="14" t="s">
-        <x:v>54</x:v>
+        <x:v>191</x:v>
       </x:c>
       <x:c r="L94" s="14" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="M94" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N94" s="15" t="n">
-        <x:v>42757</x:v>
+        <x:v>42723</x:v>
       </x:c>
       <x:c r="O94" s="14" t="s">
-        <x:v>31</x:v>
+        <x:v>55</x:v>
       </x:c>
       <x:c r="P94" s="14" t="s">
         <x:v>182</x:v>
       </x:c>
       <x:c r="Q94" s="16" t="s">
         <x:v>111</x:v>
       </x:c>
       <x:c r="R94" s="14" t="s">
+        <x:v>84</x:v>
+      </x:c>
+      <x:c r="S94" s="14" t="n">
+        <x:v>579439</x:v>
+      </x:c>
+      <x:c r="T94" s="16" t="s">
         <x:v>192</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>38</x:v>
       </x:c>
       <x:c r="U94" s="16" t="s">
         <x:v>193</x:v>
       </x:c>
     </x:row>
     <x:row r="95" spans="1:21">
       <x:c r="A95" s="1" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="B95" s="0" t="s">
         <x:v>181</x:v>
       </x:c>
       <x:c r="C95" s="3" t="n">
         <x:v>38424</x:v>
       </x:c>
       <x:c r="D95" s="3" t="s"/>
       <x:c r="G95" s="0" t="s">
         <x:v>182</x:v>
       </x:c>
       <x:c r="I95" s="4" t="s">
         <x:v>111</x:v>
       </x:c>
       <x:c r="J95" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
@@ -7305,51 +7305,51 @@
       <x:c r="J97" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K97" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="L97" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="M97" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N97" s="3" t="n">
         <x:v>42757</x:v>
       </x:c>
       <x:c r="O97" s="0" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="P97" s="0" t="s">
         <x:v>182</x:v>
       </x:c>
       <x:c r="Q97" s="4" t="s">
         <x:v>111</x:v>
       </x:c>
       <x:c r="R97" s="0" t="s">
-        <x:v>192</x:v>
+        <x:v>183</x:v>
       </x:c>
       <x:c r="S97" s="0" t="n">
         <x:v>615239</x:v>
       </x:c>
       <x:c r="T97" s="4" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="U97" s="4" t="s">
         <x:v>36</x:v>
       </x:c>
     </x:row>
     <x:row r="98" spans="1:21">
       <x:c r="A98" s="13" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="B98" s="14" t="s">
         <x:v>181</x:v>
       </x:c>
       <x:c r="C98" s="15" t="n">
         <x:v>38424</x:v>
       </x:c>
       <x:c r="D98" s="15" t="s"/>
       <x:c r="E98" s="14" t="s"/>
       <x:c r="F98" s="14" t="s"/>
       <x:c r="G98" s="14" t="s">
@@ -7552,72 +7552,72 @@
       </x:c>
       <x:c r="P101" s="0" t="s">
         <x:v>194</x:v>
       </x:c>
       <x:c r="Q101" s="4" t="s">
         <x:v>196</x:v>
       </x:c>
       <x:c r="R101" s="0" t="s">
         <x:v>197</x:v>
       </x:c>
       <x:c r="S101" s="0" t="n">
         <x:v>572144</x:v>
       </x:c>
       <x:c r="T101" s="4" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="U101" s="4" t="s">
         <x:v>37</x:v>
       </x:c>
     </x:row>
     <x:row r="102" spans="1:21">
       <x:c r="A102" s="13" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="B102" s="14" t="s">
-        <x:v>183</x:v>
+        <x:v>185</x:v>
       </x:c>
       <x:c r="C102" s="15" t="s"/>
       <x:c r="D102" s="15" t="s"/>
       <x:c r="E102" s="14" t="s">
-        <x:v>184</x:v>
+        <x:v>186</x:v>
       </x:c>
       <x:c r="F102" s="14" t="s">
-        <x:v>185</x:v>
+        <x:v>187</x:v>
       </x:c>
       <x:c r="G102" s="14" t="s">
-        <x:v>186</x:v>
+        <x:v>188</x:v>
       </x:c>
       <x:c r="H102" s="14" t="s">
-        <x:v>187</x:v>
+        <x:v>189</x:v>
       </x:c>
       <x:c r="I102" s="16" t="s">
-        <x:v>188</x:v>
+        <x:v>190</x:v>
       </x:c>
       <x:c r="J102" s="14" t="s"/>
       <x:c r="K102" s="14" t="s">
-        <x:v>189</x:v>
+        <x:v>191</x:v>
       </x:c>
       <x:c r="L102" s="14" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="M102" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N102" s="15" t="n">
         <x:v>42723</x:v>
       </x:c>
       <x:c r="O102" s="14" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="P102" s="14" t="s">
         <x:v>194</x:v>
       </x:c>
       <x:c r="Q102" s="16" t="s">
         <x:v>196</x:v>
       </x:c>
       <x:c r="R102" s="14" t="s">
         <x:v>197</x:v>
       </x:c>
       <x:c r="S102" s="14" t="n">
         <x:v>612318</x:v>
       </x:c>
@@ -7657,51 +7657,51 @@
       <x:c r="M103" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N103" s="3" t="n">
         <x:v>42757</x:v>
       </x:c>
       <x:c r="O103" s="0" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="P103" s="0" t="s">
         <x:v>199</x:v>
       </x:c>
       <x:c r="Q103" s="4" t="s">
         <x:v>200</x:v>
       </x:c>
       <x:c r="R103" s="0" t="s">
         <x:v>95</x:v>
       </x:c>
       <x:c r="S103" s="0" t="n">
         <x:v>572132</x:v>
       </x:c>
       <x:c r="T103" s="4" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="U103" s="4" t="s">
-        <x:v>193</x:v>
+        <x:v>184</x:v>
       </x:c>
     </x:row>
     <x:row r="104" spans="1:21">
       <x:c r="A104" s="13" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="B104" s="14" t="s">
         <x:v>181</x:v>
       </x:c>
       <x:c r="C104" s="15" t="n">
         <x:v>38424</x:v>
       </x:c>
       <x:c r="D104" s="15" t="s"/>
       <x:c r="E104" s="14" t="s"/>
       <x:c r="F104" s="14" t="s"/>
       <x:c r="G104" s="14" t="s">
         <x:v>199</x:v>
       </x:c>
       <x:c r="H104" s="14" t="s"/>
       <x:c r="I104" s="16" t="s">
         <x:v>200</x:v>
       </x:c>
       <x:c r="J104" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
@@ -7776,189 +7776,189 @@
       </x:c>
       <x:c r="P105" s="0" t="s">
         <x:v>199</x:v>
       </x:c>
       <x:c r="Q105" s="4" t="s">
         <x:v>200</x:v>
       </x:c>
       <x:c r="R105" s="0" t="s">
         <x:v>95</x:v>
       </x:c>
       <x:c r="S105" s="0" t="n">
         <x:v>587883</x:v>
       </x:c>
       <x:c r="T105" s="4" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="U105" s="4" t="s">
         <x:v>202</x:v>
       </x:c>
     </x:row>
     <x:row r="106" spans="1:21">
       <x:c r="A106" s="13" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="B106" s="14" t="s">
-        <x:v>183</x:v>
+        <x:v>185</x:v>
       </x:c>
       <x:c r="C106" s="15" t="s"/>
       <x:c r="D106" s="15" t="s"/>
       <x:c r="E106" s="14" t="s">
-        <x:v>184</x:v>
+        <x:v>186</x:v>
       </x:c>
       <x:c r="F106" s="14" t="s">
-        <x:v>185</x:v>
+        <x:v>187</x:v>
       </x:c>
       <x:c r="G106" s="14" t="s">
-        <x:v>186</x:v>
+        <x:v>188</x:v>
       </x:c>
       <x:c r="H106" s="14" t="s">
-        <x:v>187</x:v>
+        <x:v>189</x:v>
       </x:c>
       <x:c r="I106" s="16" t="s">
-        <x:v>188</x:v>
+        <x:v>190</x:v>
       </x:c>
       <x:c r="J106" s="14" t="s"/>
       <x:c r="K106" s="14" t="s">
-        <x:v>189</x:v>
+        <x:v>191</x:v>
       </x:c>
       <x:c r="L106" s="14" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="M106" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N106" s="15" t="n">
         <x:v>42723</x:v>
       </x:c>
       <x:c r="O106" s="14" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="P106" s="14" t="s">
         <x:v>199</x:v>
       </x:c>
       <x:c r="Q106" s="16" t="s">
         <x:v>200</x:v>
       </x:c>
       <x:c r="R106" s="14" t="s">
         <x:v>203</x:v>
       </x:c>
       <x:c r="S106" s="14" t="n">
         <x:v>612316</x:v>
       </x:c>
       <x:c r="T106" s="16" t="s">
         <x:v>204</x:v>
       </x:c>
       <x:c r="U106" s="16" t="s">
         <x:v>205</x:v>
       </x:c>
     </x:row>
     <x:row r="107" spans="1:21">
       <x:c r="A107" s="1" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="B107" s="0" t="s">
-        <x:v>183</x:v>
+        <x:v>185</x:v>
       </x:c>
       <x:c r="C107" s="3" t="s"/>
       <x:c r="D107" s="3" t="s"/>
       <x:c r="E107" s="0" t="s">
-        <x:v>184</x:v>
+        <x:v>186</x:v>
       </x:c>
       <x:c r="F107" s="0" t="s">
-        <x:v>185</x:v>
+        <x:v>187</x:v>
       </x:c>
       <x:c r="G107" s="0" t="s">
-        <x:v>186</x:v>
+        <x:v>188</x:v>
       </x:c>
       <x:c r="H107" s="0" t="s">
-        <x:v>187</x:v>
+        <x:v>189</x:v>
       </x:c>
       <x:c r="I107" s="4" t="s">
-        <x:v>188</x:v>
+        <x:v>190</x:v>
       </x:c>
       <x:c r="K107" s="0" t="s">
-        <x:v>189</x:v>
+        <x:v>191</x:v>
       </x:c>
       <x:c r="L107" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="M107" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N107" s="3" t="n">
         <x:v>42723</x:v>
       </x:c>
       <x:c r="O107" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="P107" s="0" t="s">
         <x:v>206</x:v>
       </x:c>
       <x:c r="Q107" s="4" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="R107" s="0" t="s">
         <x:v>207</x:v>
       </x:c>
       <x:c r="S107" s="0" t="n">
         <x:v>612314</x:v>
       </x:c>
       <x:c r="T107" s="4" t="s">
         <x:v>208</x:v>
       </x:c>
       <x:c r="U107" s="4" t="s">
         <x:v>34</x:v>
       </x:c>
     </x:row>
     <x:row r="108" spans="1:21">
       <x:c r="A108" s="13" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="B108" s="14" t="s">
-        <x:v>183</x:v>
+        <x:v>185</x:v>
       </x:c>
       <x:c r="C108" s="15" t="s"/>
       <x:c r="D108" s="15" t="s"/>
       <x:c r="E108" s="14" t="s">
-        <x:v>184</x:v>
+        <x:v>186</x:v>
       </x:c>
       <x:c r="F108" s="14" t="s">
-        <x:v>185</x:v>
+        <x:v>187</x:v>
       </x:c>
       <x:c r="G108" s="14" t="s">
         <x:v>209</x:v>
       </x:c>
       <x:c r="H108" s="14" t="s">
         <x:v>210</x:v>
       </x:c>
       <x:c r="I108" s="16" t="s">
         <x:v>150</x:v>
       </x:c>
       <x:c r="J108" s="14" t="s"/>
       <x:c r="K108" s="14" t="s">
-        <x:v>189</x:v>
+        <x:v>191</x:v>
       </x:c>
       <x:c r="L108" s="14" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="M108" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N108" s="15" t="n">
         <x:v>42723</x:v>
       </x:c>
       <x:c r="O108" s="14" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="P108" s="14" t="s">
         <x:v>209</x:v>
       </x:c>
       <x:c r="Q108" s="16" t="s">
         <x:v>150</x:v>
       </x:c>
       <x:c r="R108" s="14" t="s">
         <x:v>211</x:v>
       </x:c>
       <x:c r="S108" s="14" t="n">
         <x:v>579438</x:v>
       </x:c>
@@ -8108,51 +8108,51 @@
       <x:c r="J111" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K111" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L111" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="M111" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N111" s="3" t="n">
         <x:v>42757</x:v>
       </x:c>
       <x:c r="O111" s="0" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="P111" s="0" t="s">
         <x:v>218</x:v>
       </x:c>
       <x:c r="Q111" s="4" t="s">
         <x:v>219</x:v>
       </x:c>
       <x:c r="R111" s="0" t="s">
-        <x:v>192</x:v>
+        <x:v>183</x:v>
       </x:c>
       <x:c r="S111" s="0" t="n">
         <x:v>617233</x:v>
       </x:c>
       <x:c r="T111" s="4" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="U111" s="4" t="s">
         <x:v>220</x:v>
       </x:c>
     </x:row>
     <x:row r="112" spans="1:21">
       <x:c r="A112" s="13" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="B112" s="14" t="s">
         <x:v>214</x:v>
       </x:c>
       <x:c r="C112" s="15" t="n">
         <x:v>40096</x:v>
       </x:c>
       <x:c r="D112" s="15" t="s"/>
       <x:c r="E112" s="14" t="s"/>
       <x:c r="F112" s="14" t="s"/>
       <x:c r="G112" s="14" t="s">
@@ -8227,57 +8227,57 @@
       <x:c r="K113" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="L113" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="M113" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N113" s="3" t="n">
         <x:v>42757</x:v>
       </x:c>
       <x:c r="O113" s="0" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="P113" s="0" t="s">
         <x:v>209</x:v>
       </x:c>
       <x:c r="Q113" s="4" t="s">
         <x:v>150</x:v>
       </x:c>
       <x:c r="R113" s="0" t="s">
         <x:v>151</x:v>
       </x:c>
       <x:c r="S113" s="0" t="n">
-        <x:v>572141</x:v>
+        <x:v>572139</x:v>
       </x:c>
       <x:c r="T113" s="4" t="s">
-        <x:v>35</x:v>
+        <x:v>38</x:v>
       </x:c>
       <x:c r="U113" s="4" t="s">
-        <x:v>36</x:v>
+        <x:v>37</x:v>
       </x:c>
     </x:row>
     <x:row r="114" spans="1:21">
       <x:c r="A114" s="13" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="B114" s="14" t="s">
         <x:v>181</x:v>
       </x:c>
       <x:c r="C114" s="15" t="n">
         <x:v>38424</x:v>
       </x:c>
       <x:c r="D114" s="15" t="s"/>
       <x:c r="E114" s="14" t="s"/>
       <x:c r="F114" s="14" t="s"/>
       <x:c r="G114" s="14" t="s">
         <x:v>209</x:v>
       </x:c>
       <x:c r="H114" s="14" t="s">
         <x:v>210</x:v>
       </x:c>
       <x:c r="I114" s="16" t="s">
         <x:v>150</x:v>
       </x:c>
       <x:c r="J114" s="14" t="s">
@@ -8286,85 +8286,85 @@
       <x:c r="K114" s="14" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="L114" s="14" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="M114" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N114" s="15" t="n">
         <x:v>42757</x:v>
       </x:c>
       <x:c r="O114" s="14" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="P114" s="14" t="s">
         <x:v>209</x:v>
       </x:c>
       <x:c r="Q114" s="16" t="s">
         <x:v>150</x:v>
       </x:c>
       <x:c r="R114" s="14" t="s">
         <x:v>151</x:v>
       </x:c>
       <x:c r="S114" s="14" t="n">
-        <x:v>572139</x:v>
+        <x:v>572141</x:v>
       </x:c>
       <x:c r="T114" s="16" t="s">
-        <x:v>38</x:v>
+        <x:v>35</x:v>
       </x:c>
       <x:c r="U114" s="16" t="s">
-        <x:v>37</x:v>
+        <x:v>36</x:v>
       </x:c>
     </x:row>
     <x:row r="115" spans="1:21">
       <x:c r="A115" s="1" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="B115" s="0" t="s">
-        <x:v>183</x:v>
+        <x:v>185</x:v>
       </x:c>
       <x:c r="C115" s="3" t="s"/>
       <x:c r="D115" s="3" t="s"/>
       <x:c r="E115" s="0" t="s">
-        <x:v>184</x:v>
+        <x:v>186</x:v>
       </x:c>
       <x:c r="F115" s="0" t="s">
-        <x:v>185</x:v>
+        <x:v>187</x:v>
       </x:c>
       <x:c r="G115" s="0" t="s">
         <x:v>209</x:v>
       </x:c>
       <x:c r="H115" s="0" t="s">
         <x:v>210</x:v>
       </x:c>
       <x:c r="I115" s="4" t="s">
         <x:v>150</x:v>
       </x:c>
       <x:c r="K115" s="0" t="s">
-        <x:v>189</x:v>
+        <x:v>191</x:v>
       </x:c>
       <x:c r="L115" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="M115" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N115" s="3" t="n">
         <x:v>42723</x:v>
       </x:c>
       <x:c r="O115" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="P115" s="0" t="s">
         <x:v>209</x:v>
       </x:c>
       <x:c r="Q115" s="4" t="s">
         <x:v>150</x:v>
       </x:c>
       <x:c r="R115" s="0" t="s">
         <x:v>221</x:v>
       </x:c>
       <x:c r="S115" s="0" t="n">
         <x:v>612312</x:v>
       </x:c>
@@ -10058,51 +10058,51 @@
       <x:c r="J145" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K145" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L145" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="M145" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N145" s="3" t="n">
         <x:v>42757</x:v>
       </x:c>
       <x:c r="O145" s="0" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="P145" s="0" t="s">
         <x:v>218</x:v>
       </x:c>
       <x:c r="Q145" s="4" t="s">
         <x:v>219</x:v>
       </x:c>
       <x:c r="R145" s="0" t="s">
-        <x:v>192</x:v>
+        <x:v>183</x:v>
       </x:c>
       <x:c r="S145" s="0" t="n">
         <x:v>547591</x:v>
       </x:c>
       <x:c r="T145" s="4" t="s">
         <x:v>165</x:v>
       </x:c>
       <x:c r="U145" s="4" t="s">
         <x:v>34</x:v>
       </x:c>
     </x:row>
     <x:row r="146" spans="1:21">
       <x:c r="A146" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B146" s="14" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C146" s="15" t="n">
         <x:v>38424</x:v>
       </x:c>
       <x:c r="D146" s="15" t="s"/>
       <x:c r="E146" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
@@ -10117,60 +10117,60 @@
       <x:c r="J146" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K146" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L146" s="14" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="M146" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N146" s="15" t="n">
         <x:v>42757</x:v>
       </x:c>
       <x:c r="O146" s="14" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="P146" s="14" t="s">
         <x:v>218</x:v>
       </x:c>
       <x:c r="Q146" s="16" t="s">
         <x:v>219</x:v>
       </x:c>
       <x:c r="R146" s="14" t="s">
-        <x:v>192</x:v>
+        <x:v>183</x:v>
       </x:c>
       <x:c r="S146" s="14" t="n">
         <x:v>547592</x:v>
       </x:c>
       <x:c r="T146" s="16" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="U146" s="16" t="s">
-        <x:v>193</x:v>
+        <x:v>184</x:v>
       </x:c>
     </x:row>
     <x:row r="147" spans="1:21">
       <x:c r="A147" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B147" s="0" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="C147" s="3" t="n">
         <x:v>40096</x:v>
       </x:c>
       <x:c r="D147" s="3" t="s"/>
       <x:c r="E147" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G147" s="0" t="s">
         <x:v>209</x:v>
       </x:c>
       <x:c r="H147" s="0" t="s">
         <x:v>210</x:v>
       </x:c>
       <x:c r="I147" s="4" t="s">
         <x:v>150</x:v>
       </x:c>
@@ -10416,57 +10416,57 @@
       <x:c r="K151" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L151" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="M151" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N151" s="3" t="n">
         <x:v>42757</x:v>
       </x:c>
       <x:c r="O151" s="0" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="P151" s="0" t="s">
         <x:v>277</x:v>
       </x:c>
       <x:c r="Q151" s="4" t="s">
         <x:v>102</x:v>
       </x:c>
       <x:c r="R151" s="0" t="s">
         <x:v>197</x:v>
       </x:c>
       <x:c r="S151" s="0" t="n">
-        <x:v>547726</x:v>
+        <x:v>604330</x:v>
       </x:c>
       <x:c r="T151" s="4" t="s">
-        <x:v>38</x:v>
+        <x:v>35</x:v>
       </x:c>
       <x:c r="U151" s="4" t="s">
-        <x:v>37</x:v>
+        <x:v>36</x:v>
       </x:c>
     </x:row>
     <x:row r="152" spans="1:21">
       <x:c r="A152" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B152" s="14" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C152" s="15" t="n">
         <x:v>38424</x:v>
       </x:c>
       <x:c r="D152" s="15" t="s"/>
       <x:c r="E152" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F152" s="14" t="s"/>
       <x:c r="G152" s="14" t="s">
         <x:v>194</x:v>
       </x:c>
       <x:c r="H152" s="14" t="s">
         <x:v>195</x:v>
       </x:c>
       <x:c r="I152" s="16" t="s">
         <x:v>196</x:v>
@@ -10477,57 +10477,57 @@
       <x:c r="K152" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L152" s="14" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="M152" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N152" s="15" t="n">
         <x:v>42757</x:v>
       </x:c>
       <x:c r="O152" s="14" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="P152" s="14" t="s">
         <x:v>277</x:v>
       </x:c>
       <x:c r="Q152" s="16" t="s">
         <x:v>102</x:v>
       </x:c>
       <x:c r="R152" s="14" t="s">
         <x:v>197</x:v>
       </x:c>
       <x:c r="S152" s="14" t="n">
-        <x:v>604330</x:v>
+        <x:v>547726</x:v>
       </x:c>
       <x:c r="T152" s="16" t="s">
-        <x:v>35</x:v>
+        <x:v>38</x:v>
       </x:c>
       <x:c r="U152" s="16" t="s">
-        <x:v>36</x:v>
+        <x:v>37</x:v>
       </x:c>
     </x:row>
     <x:row r="153" spans="1:21">
       <x:c r="A153" s="1" t="s">
         <x:v>152</x:v>
       </x:c>
       <x:c r="B153" s="0" t="s">
         <x:v>147</x:v>
       </x:c>
       <x:c r="C153" s="3" t="n">
         <x:v>40096</x:v>
       </x:c>
       <x:c r="D153" s="3" t="s"/>
       <x:c r="G153" s="0" t="s">
         <x:v>278</x:v>
       </x:c>
       <x:c r="I153" s="4" t="s">
         <x:v>279</x:v>
       </x:c>
       <x:c r="J153" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="K153" s="0" t="s">
         <x:v>155</x:v>
       </x:c>
@@ -10783,161 +10783,161 @@
       </x:c>
       <x:c r="P157" s="0" t="s">
         <x:v>281</x:v>
       </x:c>
       <x:c r="Q157" s="4" t="s">
         <x:v>282</x:v>
       </x:c>
       <x:c r="R157" s="0" t="s">
         <x:v>151</x:v>
       </x:c>
       <x:c r="S157" s="0" t="n">
         <x:v>516393</x:v>
       </x:c>
       <x:c r="T157" s="4" t="s">
         <x:v>165</x:v>
       </x:c>
       <x:c r="U157" s="4" t="s">
         <x:v>34</x:v>
       </x:c>
     </x:row>
     <x:row r="158" spans="1:21">
       <x:c r="A158" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B158" s="14" t="s">
-        <x:v>22</x:v>
+        <x:v>71</x:v>
       </x:c>
       <x:c r="C158" s="15" t="n">
-        <x:v>38424</x:v>
+        <x:v>40096</x:v>
       </x:c>
       <x:c r="D158" s="15" t="s"/>
       <x:c r="E158" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F158" s="14" t="s"/>
       <x:c r="G158" s="14" t="s">
         <x:v>209</x:v>
       </x:c>
       <x:c r="H158" s="14" t="s">
         <x:v>210</x:v>
       </x:c>
       <x:c r="I158" s="16" t="s">
         <x:v>150</x:v>
       </x:c>
       <x:c r="J158" s="14" t="s">
-        <x:v>27</x:v>
+        <x:v>53</x:v>
       </x:c>
       <x:c r="K158" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L158" s="14" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="M158" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N158" s="15" t="n">
-        <x:v>42757</x:v>
+        <x:v>42723</x:v>
       </x:c>
       <x:c r="O158" s="14" t="s">
-        <x:v>31</x:v>
+        <x:v>55</x:v>
       </x:c>
       <x:c r="P158" s="14" t="s">
         <x:v>281</x:v>
       </x:c>
       <x:c r="Q158" s="16" t="s">
         <x:v>282</x:v>
       </x:c>
       <x:c r="R158" s="14" t="s">
         <x:v>151</x:v>
       </x:c>
       <x:c r="S158" s="14" t="n">
-        <x:v>559030</x:v>
+        <x:v>608192</x:v>
       </x:c>
       <x:c r="T158" s="16" t="s">
-        <x:v>38</x:v>
+        <x:v>35</x:v>
       </x:c>
       <x:c r="U158" s="16" t="s">
         <x:v>37</x:v>
       </x:c>
     </x:row>
     <x:row r="159" spans="1:21">
       <x:c r="A159" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B159" s="0" t="s">
-        <x:v>71</x:v>
+        <x:v>22</x:v>
       </x:c>
       <x:c r="C159" s="3" t="n">
-        <x:v>40096</x:v>
+        <x:v>38424</x:v>
       </x:c>
       <x:c r="D159" s="3" t="s"/>
       <x:c r="E159" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G159" s="0" t="s">
         <x:v>209</x:v>
       </x:c>
       <x:c r="H159" s="0" t="s">
         <x:v>210</x:v>
       </x:c>
       <x:c r="I159" s="4" t="s">
         <x:v>150</x:v>
       </x:c>
       <x:c r="J159" s="0" t="s">
-        <x:v>53</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="K159" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L159" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="M159" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N159" s="3" t="n">
-        <x:v>42723</x:v>
+        <x:v>42757</x:v>
       </x:c>
       <x:c r="O159" s="0" t="s">
-        <x:v>55</x:v>
+        <x:v>31</x:v>
       </x:c>
       <x:c r="P159" s="0" t="s">
         <x:v>281</x:v>
       </x:c>
       <x:c r="Q159" s="4" t="s">
         <x:v>282</x:v>
       </x:c>
       <x:c r="R159" s="0" t="s">
         <x:v>151</x:v>
       </x:c>
       <x:c r="S159" s="0" t="n">
-        <x:v>608192</x:v>
+        <x:v>559030</x:v>
       </x:c>
       <x:c r="T159" s="4" t="s">
-        <x:v>35</x:v>
+        <x:v>38</x:v>
       </x:c>
       <x:c r="U159" s="4" t="s">
         <x:v>37</x:v>
       </x:c>
     </x:row>
     <x:row r="160" spans="1:21">
       <x:c r="A160" s="13" t="s">
         <x:v>152</x:v>
       </x:c>
       <x:c r="B160" s="14" t="s">
         <x:v>99</x:v>
       </x:c>
       <x:c r="C160" s="15" t="n">
         <x:v>38424</x:v>
       </x:c>
       <x:c r="D160" s="15" t="s"/>
       <x:c r="E160" s="14" t="s"/>
       <x:c r="F160" s="14" t="s"/>
       <x:c r="G160" s="14" t="s">
         <x:v>283</x:v>
       </x:c>
       <x:c r="H160" s="14" t="s"/>
       <x:c r="I160" s="16" t="s">
         <x:v>284</x:v>
       </x:c>
@@ -11123,51 +11123,51 @@
       <x:c r="M163" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N163" s="3" t="n">
         <x:v>42757</x:v>
       </x:c>
       <x:c r="O163" s="0" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="P163" s="0" t="s">
         <x:v>289</x:v>
       </x:c>
       <x:c r="Q163" s="4" t="s">
         <x:v>284</x:v>
       </x:c>
       <x:c r="R163" s="0" t="s">
         <x:v>95</x:v>
       </x:c>
       <x:c r="S163" s="0" t="n">
         <x:v>547786</x:v>
       </x:c>
       <x:c r="T163" s="4" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="U163" s="4" t="s">
-        <x:v>193</x:v>
+        <x:v>184</x:v>
       </x:c>
     </x:row>
     <x:row r="164" spans="1:21">
       <x:c r="A164" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B164" s="14" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C164" s="15" t="n">
         <x:v>38424</x:v>
       </x:c>
       <x:c r="D164" s="15" t="s"/>
       <x:c r="E164" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F164" s="14" t="s"/>
       <x:c r="G164" s="14" t="s">
         <x:v>199</x:v>
       </x:c>
       <x:c r="H164" s="14" t="s"/>
       <x:c r="I164" s="16" t="s">
         <x:v>200</x:v>
       </x:c>
       <x:c r="J164" s="14" t="s">
@@ -11410,57 +11410,57 @@
       <x:c r="K168" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L168" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M168" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N168" s="15" t="n">
         <x:v>42757</x:v>
       </x:c>
       <x:c r="O168" s="14" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="P168" s="14" t="s">
         <x:v>291</x:v>
       </x:c>
       <x:c r="Q168" s="16" t="s">
         <x:v>293</x:v>
       </x:c>
       <x:c r="R168" s="14" t="s">
         <x:v>294</x:v>
       </x:c>
       <x:c r="S168" s="14" t="n">
-        <x:v>509486</x:v>
+        <x:v>607218</x:v>
       </x:c>
       <x:c r="T168" s="16" t="s">
-        <x:v>33</x:v>
+        <x:v>35</x:v>
       </x:c>
       <x:c r="U168" s="16" t="s">
-        <x:v>34</x:v>
+        <x:v>36</x:v>
       </x:c>
     </x:row>
     <x:row r="169" spans="1:21">
       <x:c r="A169" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B169" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C169" s="3" t="n">
         <x:v>38424</x:v>
       </x:c>
       <x:c r="D169" s="3" t="s"/>
       <x:c r="E169" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G169" s="0" t="s">
         <x:v>291</x:v>
       </x:c>
       <x:c r="H169" s="0" t="s">
         <x:v>292</x:v>
       </x:c>
       <x:c r="I169" s="4" t="s">
         <x:v>293</x:v>
       </x:c>
@@ -11470,57 +11470,57 @@
       <x:c r="K169" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L169" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M169" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N169" s="3" t="n">
         <x:v>42757</x:v>
       </x:c>
       <x:c r="O169" s="0" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="P169" s="0" t="s">
         <x:v>291</x:v>
       </x:c>
       <x:c r="Q169" s="4" t="s">
         <x:v>293</x:v>
       </x:c>
       <x:c r="R169" s="0" t="s">
         <x:v>294</x:v>
       </x:c>
       <x:c r="S169" s="0" t="n">
-        <x:v>607218</x:v>
+        <x:v>509486</x:v>
       </x:c>
       <x:c r="T169" s="4" t="s">
-        <x:v>35</x:v>
+        <x:v>33</x:v>
       </x:c>
       <x:c r="U169" s="4" t="s">
-        <x:v>36</x:v>
+        <x:v>34</x:v>
       </x:c>
     </x:row>
     <x:row r="170" spans="1:21">
       <x:c r="A170" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B170" s="14" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C170" s="15" t="n">
         <x:v>38424</x:v>
       </x:c>
       <x:c r="D170" s="15" t="s"/>
       <x:c r="E170" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F170" s="14" t="s"/>
       <x:c r="G170" s="14" t="s">
         <x:v>291</x:v>
       </x:c>
       <x:c r="H170" s="14" t="s">
         <x:v>292</x:v>
       </x:c>
       <x:c r="I170" s="16" t="s">
         <x:v>293</x:v>
@@ -11693,51 +11693,51 @@
       <x:c r="K173" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="L173" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="M173" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N173" s="3" t="n">
         <x:v>42716</x:v>
       </x:c>
       <x:c r="O173" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="P173" s="0" t="s">
         <x:v>296</x:v>
       </x:c>
       <x:c r="Q173" s="4" t="s">
         <x:v>297</x:v>
       </x:c>
       <x:c r="R173" s="0" t="s">
         <x:v>157</x:v>
       </x:c>
       <x:c r="S173" s="0" t="n">
-        <x:v>588156</x:v>
+        <x:v>586849</x:v>
       </x:c>
       <x:c r="T173" s="4" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="U173" s="4" t="s">
         <x:v>57</x:v>
       </x:c>
     </x:row>
     <x:row r="174" spans="1:21">
       <x:c r="A174" s="13" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="B174" s="14" t="s">
         <x:v>299</x:v>
       </x:c>
       <x:c r="C174" s="15" t="s"/>
       <x:c r="D174" s="15" t="s"/>
       <x:c r="E174" s="14" t="s"/>
       <x:c r="F174" s="14" t="s"/>
       <x:c r="G174" s="14" t="s">
         <x:v>296</x:v>
       </x:c>
       <x:c r="H174" s="14" t="s"/>
       <x:c r="I174" s="16" t="s">
         <x:v>297</x:v>
@@ -11746,51 +11746,51 @@
       <x:c r="K174" s="14" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="L174" s="14" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="M174" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N174" s="15" t="n">
         <x:v>42716</x:v>
       </x:c>
       <x:c r="O174" s="14" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="P174" s="14" t="s">
         <x:v>296</x:v>
       </x:c>
       <x:c r="Q174" s="16" t="s">
         <x:v>297</x:v>
       </x:c>
       <x:c r="R174" s="14" t="s">
         <x:v>157</x:v>
       </x:c>
       <x:c r="S174" s="14" t="n">
-        <x:v>586849</x:v>
+        <x:v>588156</x:v>
       </x:c>
       <x:c r="T174" s="16" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="U174" s="16" t="s">
         <x:v>57</x:v>
       </x:c>
     </x:row>
     <x:row r="175" spans="1:21">
       <x:c r="A175" s="1" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="B175" s="0" t="s">
         <x:v>300</x:v>
       </x:c>
       <x:c r="C175" s="3" t="s"/>
       <x:c r="D175" s="3" t="s"/>
       <x:c r="G175" s="0" t="s">
         <x:v>296</x:v>
       </x:c>
       <x:c r="I175" s="4" t="s">
         <x:v>297</x:v>
       </x:c>
       <x:c r="K175" s="0" t="s">
         <x:v>54</x:v>
@@ -11809,51 +11809,51 @@
       </x:c>
       <x:c r="P175" s="0" t="s">
         <x:v>296</x:v>
       </x:c>
       <x:c r="Q175" s="4" t="s">
         <x:v>297</x:v>
       </x:c>
       <x:c r="R175" s="0" t="s">
         <x:v>157</x:v>
       </x:c>
       <x:c r="S175" s="0" t="n">
         <x:v>588158</x:v>
       </x:c>
       <x:c r="T175" s="4" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="U175" s="4" t="s">
         <x:v>57</x:v>
       </x:c>
     </x:row>
     <x:row r="176" spans="1:21">
       <x:c r="A176" s="13" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="B176" s="14" t="s">
-        <x:v>299</x:v>
+        <x:v>298</x:v>
       </x:c>
       <x:c r="C176" s="15" t="s"/>
       <x:c r="D176" s="15" t="s"/>
       <x:c r="E176" s="14" t="s"/>
       <x:c r="F176" s="14" t="s"/>
       <x:c r="G176" s="14" t="s">
         <x:v>296</x:v>
       </x:c>
       <x:c r="H176" s="14" t="s"/>
       <x:c r="I176" s="16" t="s">
         <x:v>297</x:v>
       </x:c>
       <x:c r="J176" s="14" t="s"/>
       <x:c r="K176" s="14" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="L176" s="14" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="M176" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N176" s="15" t="n">
         <x:v>42716</x:v>
       </x:c>
@@ -12614,195 +12614,196 @@
       </x:c>
       <x:c r="O189" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="P189" s="0" t="s">
         <x:v>319</x:v>
       </x:c>
       <x:c r="Q189" s="4" t="s">
         <x:v>320</x:v>
       </x:c>
       <x:c r="R189" s="0" t="s">
         <x:v>321</x:v>
       </x:c>
       <x:c r="S189" s="0" t="n">
         <x:v>603874</x:v>
       </x:c>
       <x:c r="T189" s="4" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="U189" s="4" t="s">
         <x:v>37</x:v>
       </x:c>
     </x:row>
     <x:row r="190" spans="1:21">
       <x:c r="A190" s="13" t="s">
-        <x:v>41</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B190" s="14" t="s">
-        <x:v>183</x:v>
-[...1 lines deleted...]
-      <x:c r="C190" s="15" t="s"/>
+        <x:v>125</x:v>
+      </x:c>
+      <x:c r="C190" s="15" t="n">
+        <x:v>39345</x:v>
+      </x:c>
       <x:c r="D190" s="15" t="s"/>
       <x:c r="E190" s="14" t="s">
-        <x:v>184</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>23</x:v>
+      </x:c>
+      <x:c r="F190" s="14" t="s"/>
       <x:c r="G190" s="14" t="s">
-        <x:v>209</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>314</x:v>
+      </x:c>
+      <x:c r="H190" s="14" t="s"/>
       <x:c r="I190" s="16" t="s">
-        <x:v>150</x:v>
-[...1 lines deleted...]
-      <x:c r="J190" s="14" t="s"/>
+        <x:v>315</x:v>
+      </x:c>
+      <x:c r="J190" s="14" t="s">
+        <x:v>53</x:v>
+      </x:c>
       <x:c r="K190" s="14" t="s">
-        <x:v>189</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="L190" s="14" t="s">
-        <x:v>47</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="M190" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N190" s="15" t="n">
         <x:v>42723</x:v>
       </x:c>
       <x:c r="O190" s="14" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="P190" s="14" t="s">
         <x:v>319</x:v>
       </x:c>
       <x:c r="Q190" s="16" t="s">
         <x:v>320</x:v>
       </x:c>
       <x:c r="R190" s="14" t="s">
-        <x:v>251</x:v>
+        <x:v>321</x:v>
       </x:c>
       <x:c r="S190" s="14" t="n">
-        <x:v>612309</x:v>
+        <x:v>584811</x:v>
       </x:c>
       <x:c r="T190" s="16" t="s">
-        <x:v>133</x:v>
+        <x:v>322</x:v>
       </x:c>
       <x:c r="U190" s="16" t="s">
-        <x:v>198</x:v>
+        <x:v>34</x:v>
       </x:c>
     </x:row>
     <x:row r="191" spans="1:21">
       <x:c r="A191" s="1" t="s">
-        <x:v>21</x:v>
+        <x:v>41</x:v>
       </x:c>
       <x:c r="B191" s="0" t="s">
-        <x:v>125</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>185</x:v>
+      </x:c>
+      <x:c r="C191" s="3" t="s"/>
       <x:c r="D191" s="3" t="s"/>
       <x:c r="E191" s="0" t="s">
-        <x:v>23</x:v>
+        <x:v>186</x:v>
+      </x:c>
+      <x:c r="F191" s="0" t="s">
+        <x:v>187</x:v>
       </x:c>
       <x:c r="G191" s="0" t="s">
-        <x:v>314</x:v>
+        <x:v>209</x:v>
+      </x:c>
+      <x:c r="H191" s="0" t="s">
+        <x:v>210</x:v>
       </x:c>
       <x:c r="I191" s="4" t="s">
-        <x:v>315</x:v>
-[...2 lines deleted...]
-        <x:v>53</x:v>
+        <x:v>150</x:v>
       </x:c>
       <x:c r="K191" s="0" t="s">
-        <x:v>28</x:v>
+        <x:v>191</x:v>
       </x:c>
       <x:c r="L191" s="0" t="s">
-        <x:v>29</x:v>
+        <x:v>47</x:v>
       </x:c>
       <x:c r="M191" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N191" s="3" t="n">
         <x:v>42723</x:v>
       </x:c>
       <x:c r="O191" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="P191" s="0" t="s">
         <x:v>319</x:v>
       </x:c>
       <x:c r="Q191" s="4" t="s">
         <x:v>320</x:v>
       </x:c>
       <x:c r="R191" s="0" t="s">
-        <x:v>321</x:v>
+        <x:v>251</x:v>
       </x:c>
       <x:c r="S191" s="0" t="n">
-        <x:v>584811</x:v>
+        <x:v>612309</x:v>
       </x:c>
       <x:c r="T191" s="4" t="s">
-        <x:v>322</x:v>
+        <x:v>133</x:v>
       </x:c>
       <x:c r="U191" s="4" t="s">
-        <x:v>34</x:v>
+        <x:v>198</x:v>
       </x:c>
     </x:row>
     <x:row r="192" spans="1:21">
       <x:c r="A192" s="13" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="B192" s="14" t="s">
         <x:v>126</x:v>
       </x:c>
       <x:c r="C192" s="15" t="n">
         <x:v>39345</x:v>
       </x:c>
       <x:c r="D192" s="15" t="s"/>
       <x:c r="E192" s="14" t="s">
         <x:v>323</x:v>
       </x:c>
       <x:c r="F192" s="14" t="s">
         <x:v>324</x:v>
       </x:c>
       <x:c r="G192" s="14" t="s">
         <x:v>209</x:v>
       </x:c>
       <x:c r="H192" s="14" t="s">
         <x:v>210</x:v>
       </x:c>
       <x:c r="I192" s="16" t="s">
         <x:v>150</x:v>
       </x:c>
       <x:c r="J192" s="14" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="K192" s="14" t="s">
-        <x:v>189</x:v>
+        <x:v>191</x:v>
       </x:c>
       <x:c r="L192" s="14" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="M192" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N192" s="15" t="n">
         <x:v>42723</x:v>
       </x:c>
       <x:c r="O192" s="14" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="P192" s="14" t="s">
         <x:v>319</x:v>
       </x:c>
       <x:c r="Q192" s="16" t="s">
         <x:v>320</x:v>
       </x:c>
       <x:c r="R192" s="14" t="s">
         <x:v>318</x:v>
       </x:c>
       <x:c r="S192" s="14" t="n">
         <x:v>583827</x:v>
       </x:c>
@@ -13225,51 +13226,51 @@
       <x:c r="L200" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M200" s="14" t="s">
         <x:v>116</x:v>
       </x:c>
       <x:c r="N200" s="15" t="n">
         <x:v>42723</x:v>
       </x:c>
       <x:c r="O200" s="14" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="P200" s="14" t="s">
         <x:v>328</x:v>
       </x:c>
       <x:c r="Q200" s="16" t="s">
         <x:v>104</x:v>
       </x:c>
       <x:c r="R200" s="14" t="s">
         <x:v>329</x:v>
       </x:c>
       <x:c r="S200" s="14" t="n">
         <x:v>587216</x:v>
       </x:c>
       <x:c r="T200" s="16" t="s">
-        <x:v>161</x:v>
+        <x:v>163</x:v>
       </x:c>
       <x:c r="U200" s="16" t="s">
         <x:v>88</x:v>
       </x:c>
     </x:row>
     <x:row r="201" spans="1:21">
       <x:c r="A201" s="1" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="B201" s="0" t="s">
         <x:v>338</x:v>
       </x:c>
       <x:c r="C201" s="3" t="n">
         <x:v>39345</x:v>
       </x:c>
       <x:c r="D201" s="3" t="s"/>
       <x:c r="G201" s="0" t="s">
         <x:v>328</x:v>
       </x:c>
       <x:c r="I201" s="4" t="s">
         <x:v>104</x:v>
       </x:c>
       <x:c r="J201" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
@@ -13279,51 +13280,51 @@
       <x:c r="L201" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M201" s="0" t="s">
         <x:v>116</x:v>
       </x:c>
       <x:c r="N201" s="3" t="n">
         <x:v>42723</x:v>
       </x:c>
       <x:c r="O201" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="P201" s="0" t="s">
         <x:v>328</x:v>
       </x:c>
       <x:c r="Q201" s="4" t="s">
         <x:v>104</x:v>
       </x:c>
       <x:c r="R201" s="0" t="s">
         <x:v>335</x:v>
       </x:c>
       <x:c r="S201" s="0" t="n">
         <x:v>587217</x:v>
       </x:c>
       <x:c r="T201" s="4" t="s">
-        <x:v>161</x:v>
+        <x:v>163</x:v>
       </x:c>
       <x:c r="U201" s="4" t="s">
         <x:v>88</x:v>
       </x:c>
     </x:row>
     <x:row r="202" spans="1:21">
       <x:c r="A202" s="13" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="B202" s="14" t="s">
         <x:v>336</x:v>
       </x:c>
       <x:c r="C202" s="15" t="n">
         <x:v>39345</x:v>
       </x:c>
       <x:c r="D202" s="15" t="s"/>
       <x:c r="E202" s="14" t="s"/>
       <x:c r="F202" s="14" t="s"/>
       <x:c r="G202" s="14" t="s">
         <x:v>328</x:v>
       </x:c>
       <x:c r="H202" s="14" t="s"/>
       <x:c r="I202" s="16" t="s">
         <x:v>104</x:v>
       </x:c>
@@ -13512,160 +13513,159 @@
       </x:c>
       <x:c r="O205" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="P205" s="0" t="s">
         <x:v>339</x:v>
       </x:c>
       <x:c r="Q205" s="4" t="s">
         <x:v>340</x:v>
       </x:c>
       <x:c r="R205" s="0" t="s">
         <x:v>331</x:v>
       </x:c>
       <x:c r="S205" s="0" t="n">
         <x:v>570011</x:v>
       </x:c>
       <x:c r="T205" s="4" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="U205" s="4" t="s">
         <x:v>34</x:v>
       </x:c>
     </x:row>
     <x:row r="206" spans="1:21">
       <x:c r="A206" s="13" t="s">
-        <x:v>89</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B206" s="14" t="s">
-        <x:v>341</x:v>
+        <x:v>22</x:v>
       </x:c>
       <x:c r="C206" s="15" t="n">
-        <x:v>37492</x:v>
+        <x:v>38424</x:v>
       </x:c>
       <x:c r="D206" s="15" t="s"/>
-      <x:c r="E206" s="14" t="s"/>
+      <x:c r="E206" s="14" t="s">
+        <x:v>23</x:v>
+      </x:c>
       <x:c r="F206" s="14" t="s"/>
       <x:c r="G206" s="14" t="s">
         <x:v>328</x:v>
       </x:c>
       <x:c r="H206" s="14" t="s"/>
       <x:c r="I206" s="16" t="s">
         <x:v>104</x:v>
       </x:c>
       <x:c r="J206" s="14" t="s">
-        <x:v>53</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="K206" s="14" t="s">
-        <x:v>54</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="L206" s="14" t="s">
-        <x:v>29</x:v>
+        <x:v>47</x:v>
       </x:c>
       <x:c r="M206" s="14" t="s">
         <x:v>116</x:v>
       </x:c>
       <x:c r="N206" s="15" t="n">
-        <x:v>42723</x:v>
+        <x:v>42757</x:v>
       </x:c>
       <x:c r="O206" s="14" t="s">
-        <x:v>55</x:v>
+        <x:v>31</x:v>
       </x:c>
       <x:c r="P206" s="14" t="s">
         <x:v>339</x:v>
       </x:c>
       <x:c r="Q206" s="16" t="s">
         <x:v>340</x:v>
       </x:c>
       <x:c r="R206" s="14" t="s">
         <x:v>331</x:v>
       </x:c>
       <x:c r="S206" s="14" t="n">
-        <x:v>586995</x:v>
+        <x:v>570004</x:v>
       </x:c>
       <x:c r="T206" s="16" t="s">
-        <x:v>342</x:v>
+        <x:v>38</x:v>
       </x:c>
       <x:c r="U206" s="16" t="s">
-        <x:v>179</x:v>
+        <x:v>37</x:v>
       </x:c>
     </x:row>
     <x:row r="207" spans="1:21">
       <x:c r="A207" s="1" t="s">
-        <x:v>21</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="B207" s="0" t="s">
-        <x:v>22</x:v>
+        <x:v>341</x:v>
       </x:c>
       <x:c r="C207" s="3" t="n">
-        <x:v>38424</x:v>
+        <x:v>37492</x:v>
       </x:c>
       <x:c r="D207" s="3" t="s"/>
-      <x:c r="E207" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="G207" s="0" t="s">
         <x:v>328</x:v>
       </x:c>
       <x:c r="I207" s="4" t="s">
         <x:v>104</x:v>
       </x:c>
       <x:c r="J207" s="0" t="s">
-        <x:v>27</x:v>
+        <x:v>53</x:v>
       </x:c>
       <x:c r="K207" s="0" t="s">
-        <x:v>28</x:v>
+        <x:v>54</x:v>
       </x:c>
       <x:c r="L207" s="0" t="s">
-        <x:v>47</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="M207" s="0" t="s">
         <x:v>116</x:v>
       </x:c>
       <x:c r="N207" s="3" t="n">
-        <x:v>42757</x:v>
+        <x:v>42723</x:v>
       </x:c>
       <x:c r="O207" s="0" t="s">
-        <x:v>31</x:v>
+        <x:v>55</x:v>
       </x:c>
       <x:c r="P207" s="0" t="s">
         <x:v>339</x:v>
       </x:c>
       <x:c r="Q207" s="4" t="s">
         <x:v>340</x:v>
       </x:c>
       <x:c r="R207" s="0" t="s">
         <x:v>331</x:v>
       </x:c>
       <x:c r="S207" s="0" t="n">
-        <x:v>570004</x:v>
+        <x:v>586995</x:v>
       </x:c>
       <x:c r="T207" s="4" t="s">
-        <x:v>38</x:v>
+        <x:v>342</x:v>
       </x:c>
       <x:c r="U207" s="4" t="s">
-        <x:v>37</x:v>
+        <x:v>179</x:v>
       </x:c>
     </x:row>
     <x:row r="208" spans="1:21">
       <x:c r="A208" s="13" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="B208" s="14" t="s">
         <x:v>330</x:v>
       </x:c>
       <x:c r="C208" s="15" t="s"/>
       <x:c r="D208" s="15" t="s"/>
       <x:c r="E208" s="14" t="s"/>
       <x:c r="F208" s="14" t="s"/>
       <x:c r="G208" s="14" t="s">
         <x:v>339</x:v>
       </x:c>
       <x:c r="H208" s="14" t="s"/>
       <x:c r="I208" s="16" t="s">
         <x:v>340</x:v>
       </x:c>
       <x:c r="J208" s="14" t="s"/>
       <x:c r="K208" s="14" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="L208" s="14" t="s">
@@ -13682,97 +13682,97 @@
       </x:c>
       <x:c r="P208" s="14" t="s">
         <x:v>339</x:v>
       </x:c>
       <x:c r="Q208" s="16" t="s">
         <x:v>340</x:v>
       </x:c>
       <x:c r="R208" s="14" t="s">
         <x:v>331</x:v>
       </x:c>
       <x:c r="S208" s="14" t="n">
         <x:v>617433</x:v>
       </x:c>
       <x:c r="T208" s="16" t="s">
         <x:v>332</x:v>
       </x:c>
       <x:c r="U208" s="16" t="s">
         <x:v>343</x:v>
       </x:c>
     </x:row>
     <x:row r="209" spans="1:21">
       <x:c r="A209" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B209" s="0" t="s">
-        <x:v>71</x:v>
+        <x:v>344</x:v>
       </x:c>
       <x:c r="C209" s="3" t="n">
-        <x:v>40096</x:v>
+        <x:v>37492</x:v>
       </x:c>
       <x:c r="D209" s="3" t="s"/>
       <x:c r="E209" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G209" s="0" t="s">
         <x:v>328</x:v>
       </x:c>
       <x:c r="I209" s="4" t="s">
         <x:v>104</x:v>
       </x:c>
       <x:c r="J209" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="K209" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L209" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M209" s="0" t="s">
         <x:v>116</x:v>
       </x:c>
       <x:c r="N209" s="3" t="n">
         <x:v>42723</x:v>
       </x:c>
       <x:c r="O209" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="P209" s="0" t="s">
         <x:v>339</x:v>
       </x:c>
       <x:c r="Q209" s="4" t="s">
         <x:v>340</x:v>
       </x:c>
       <x:c r="R209" s="0" t="s">
         <x:v>331</x:v>
       </x:c>
       <x:c r="S209" s="0" t="n">
-        <x:v>607982</x:v>
+        <x:v>570002</x:v>
       </x:c>
       <x:c r="T209" s="4" t="s">
-        <x:v>35</x:v>
+        <x:v>38</x:v>
       </x:c>
       <x:c r="U209" s="4" t="s">
         <x:v>37</x:v>
       </x:c>
     </x:row>
     <x:row r="210" spans="1:21">
       <x:c r="A210" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B210" s="14" t="s">
         <x:v>344</x:v>
       </x:c>
       <x:c r="C210" s="15" t="n">
         <x:v>37492</x:v>
       </x:c>
       <x:c r="D210" s="15" t="s"/>
       <x:c r="E210" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F210" s="14" t="s"/>
       <x:c r="G210" s="14" t="s">
         <x:v>328</x:v>
       </x:c>
       <x:c r="H210" s="14" t="s"/>
       <x:c r="I210" s="16" t="s">
@@ -13784,114 +13784,114 @@
       <x:c r="K210" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L210" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M210" s="14" t="s">
         <x:v>116</x:v>
       </x:c>
       <x:c r="N210" s="15" t="n">
         <x:v>42723</x:v>
       </x:c>
       <x:c r="O210" s="14" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="P210" s="14" t="s">
         <x:v>339</x:v>
       </x:c>
       <x:c r="Q210" s="16" t="s">
         <x:v>340</x:v>
       </x:c>
       <x:c r="R210" s="14" t="s">
         <x:v>331</x:v>
       </x:c>
       <x:c r="S210" s="14" t="n">
-        <x:v>570002</x:v>
+        <x:v>496253</x:v>
       </x:c>
       <x:c r="T210" s="16" t="s">
-        <x:v>38</x:v>
+        <x:v>33</x:v>
       </x:c>
       <x:c r="U210" s="16" t="s">
-        <x:v>37</x:v>
+        <x:v>34</x:v>
       </x:c>
     </x:row>
     <x:row r="211" spans="1:21">
       <x:c r="A211" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B211" s="0" t="s">
-        <x:v>344</x:v>
+        <x:v>71</x:v>
       </x:c>
       <x:c r="C211" s="3" t="n">
-        <x:v>37492</x:v>
+        <x:v>40096</x:v>
       </x:c>
       <x:c r="D211" s="3" t="s"/>
       <x:c r="E211" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G211" s="0" t="s">
         <x:v>328</x:v>
       </x:c>
       <x:c r="I211" s="4" t="s">
         <x:v>104</x:v>
       </x:c>
       <x:c r="J211" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="K211" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L211" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M211" s="0" t="s">
         <x:v>116</x:v>
       </x:c>
       <x:c r="N211" s="3" t="n">
         <x:v>42723</x:v>
       </x:c>
       <x:c r="O211" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="P211" s="0" t="s">
         <x:v>339</x:v>
       </x:c>
       <x:c r="Q211" s="4" t="s">
         <x:v>340</x:v>
       </x:c>
       <x:c r="R211" s="0" t="s">
         <x:v>331</x:v>
       </x:c>
       <x:c r="S211" s="0" t="n">
-        <x:v>496253</x:v>
+        <x:v>607982</x:v>
       </x:c>
       <x:c r="T211" s="4" t="s">
-        <x:v>33</x:v>
+        <x:v>35</x:v>
       </x:c>
       <x:c r="U211" s="4" t="s">
-        <x:v>34</x:v>
+        <x:v>37</x:v>
       </x:c>
     </x:row>
     <x:row r="212" spans="1:21">
       <x:c r="A212" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B212" s="14" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C212" s="15" t="n">
         <x:v>38424</x:v>
       </x:c>
       <x:c r="D212" s="15" t="s"/>
       <x:c r="E212" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F212" s="14" t="s"/>
       <x:c r="G212" s="14" t="s">
         <x:v>328</x:v>
       </x:c>
       <x:c r="H212" s="14" t="s"/>
       <x:c r="I212" s="16" t="s">
         <x:v>104</x:v>
       </x:c>
       <x:c r="J212" s="14" t="s">
@@ -13974,151 +13974,148 @@
       </x:c>
       <x:c r="R213" s="0" t="s">
         <x:v>151</x:v>
       </x:c>
       <x:c r="S213" s="0" t="n">
         <x:v>588161</x:v>
       </x:c>
       <x:c r="T213" s="4" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="U213" s="4" t="s">
         <x:v>348</x:v>
       </x:c>
     </x:row>
     <x:row r="214" spans="1:21">
       <x:c r="A214" s="13" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="B214" s="14" t="s">
         <x:v>349</x:v>
       </x:c>
       <x:c r="C214" s="15" t="n">
         <x:v>35863</x:v>
       </x:c>
       <x:c r="D214" s="15" t="s"/>
-      <x:c r="E214" s="14" t="s"/>
-      <x:c r="F214" s="14" t="s"/>
+      <x:c r="E214" s="14" t="s">
+        <x:v>323</x:v>
+      </x:c>
+      <x:c r="F214" s="14" t="s">
+        <x:v>324</x:v>
+      </x:c>
       <x:c r="G214" s="14" t="s">
-        <x:v>350</x:v>
-[...1 lines deleted...]
-      <x:c r="H214" s="14" t="s"/>
+        <x:v>188</x:v>
+      </x:c>
+      <x:c r="H214" s="14" t="s">
+        <x:v>189</x:v>
+      </x:c>
       <x:c r="I214" s="16" t="s">
-        <x:v>351</x:v>
+        <x:v>190</x:v>
       </x:c>
       <x:c r="J214" s="14" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="K214" s="14" t="s">
-        <x:v>54</x:v>
+        <x:v>191</x:v>
       </x:c>
       <x:c r="L214" s="14" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="M214" s="14" t="s">
-        <x:v>116</x:v>
+        <x:v>30</x:v>
       </x:c>
       <x:c r="N214" s="15" t="n">
         <x:v>21511</x:v>
       </x:c>
       <x:c r="O214" s="14" t="s">
+        <x:v>350</x:v>
+      </x:c>
+      <x:c r="P214" s="14" t="s">
+        <x:v>351</x:v>
+      </x:c>
+      <x:c r="Q214" s="16" t="s">
         <x:v>352</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>351</x:v>
       </x:c>
       <x:c r="R214" s="14" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="S214" s="14" t="n">
-        <x:v>591771</x:v>
+        <x:v>583920</x:v>
       </x:c>
       <x:c r="T214" s="16" t="s">
         <x:v>353</x:v>
       </x:c>
       <x:c r="U214" s="16" t="s">
         <x:v>354</x:v>
       </x:c>
     </x:row>
     <x:row r="215" spans="1:21">
       <x:c r="A215" s="1" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="B215" s="0" t="s">
         <x:v>355</x:v>
       </x:c>
       <x:c r="C215" s="3" t="n">
         <x:v>35863</x:v>
       </x:c>
       <x:c r="D215" s="3" t="s"/>
-      <x:c r="E215" s="0" t="s">
-[...4 lines deleted...]
-      </x:c>
       <x:c r="G215" s="0" t="s">
-        <x:v>186</x:v>
-[...2 lines deleted...]
-        <x:v>187</x:v>
+        <x:v>351</x:v>
       </x:c>
       <x:c r="I215" s="4" t="s">
-        <x:v>188</x:v>
+        <x:v>352</x:v>
       </x:c>
       <x:c r="J215" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="K215" s="0" t="s">
-        <x:v>189</x:v>
+        <x:v>54</x:v>
       </x:c>
       <x:c r="L215" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="M215" s="0" t="s">
-        <x:v>30</x:v>
+        <x:v>116</x:v>
       </x:c>
       <x:c r="N215" s="3" t="n">
         <x:v>21511</x:v>
       </x:c>
       <x:c r="O215" s="0" t="s">
+        <x:v>350</x:v>
+      </x:c>
+      <x:c r="P215" s="0" t="s">
+        <x:v>351</x:v>
+      </x:c>
+      <x:c r="Q215" s="4" t="s">
         <x:v>352</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>351</x:v>
       </x:c>
       <x:c r="R215" s="0" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="S215" s="0" t="n">
-        <x:v>583920</x:v>
+        <x:v>591771</x:v>
       </x:c>
       <x:c r="T215" s="4" t="s">
         <x:v>353</x:v>
       </x:c>
       <x:c r="U215" s="4" t="s">
         <x:v>354</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:autoFilter ref="A1:U1"/>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0" gridLinesSet="true"/>
   <x:pageMargins left="0.7875" right="0.7875" top="1.05277777777778" bottom="1.05277777777778" header="0.7875" footer="0.7875"/>
   <x:pageSetup paperSize="9" scale="100" pageOrder="downThenOver" orientation="portrait" blackAndWhite="0" draft="0" cellComments="none" errors="displayed" horizontalDpi="300" verticalDpi="300" copies="1"/>
   <x:headerFooter differentOddEven="0" differentFirst="0" scaleWithDoc="1" alignWithMargins="1">
     <x:oddHeader>&amp;C&amp;"Times New Roman,Normal"&amp;12&amp;Kffffff&amp;A</x:oddHeader>
     <x:oddFooter>&amp;C&amp;"Times New Roman,Normal"&amp;12&amp;KffffffPage &amp;P</x:oddFooter>
     <x:evenHeader/>
     <x:evenFooter/>
     <x:firstHeader/>
     <x:firstFooter/>
   </x:headerFooter>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 