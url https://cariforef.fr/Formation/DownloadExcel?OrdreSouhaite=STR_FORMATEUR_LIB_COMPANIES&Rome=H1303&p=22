--- v1 (2026-01-25)
+++ v2 (2026-01-25)
@@ -698,137 +698,137 @@
   <x:si>
     <x:t>05/19/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>04/13/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>04/14/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>06/15/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>06/26/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>SAINTE-TULLE</x:t>
   </x:si>
   <x:si>
     <x:t>02/06/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>04/22/2026 00:00:00</x:t>
   </x:si>
   <x:si>
+    <x:t>03/11/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>01/29/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Acquérir la méthodologie de consignation tous fluides (LO-TO) - PRB060</x:t>
+  </x:si>
+  <x:si>
+    <x:t>06/01/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>05/27/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>06/18/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>06/19/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>04/07/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>04/08/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>04/03/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>02/05/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>02/20/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>03/31/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>03/23/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>03/24/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>03/25/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>05/07/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>06/12/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>04/09/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>02/18/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>02/19/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>02/09/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>01/28/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
     <x:t>Membre de la Commission Santé Sécurité Conditions de Travail du CSE des entreprises de plus de 300 salariés : renouvellement de la formation santé-sécurité et conditions de travail - PRA053</x:t>
   </x:si>
   <x:si>
     <x:t>05/11/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>05/12/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>06/25/2026 00:00:00</x:t>
   </x:si>
   <x:si>
-    <x:t>05/27/2026 00:00:00</x:t>
-[...4 lines deleted...]
-  <x:si>
     <x:t>02/04/2026 00:00:00</x:t>
   </x:si>
   <x:si>
-    <x:t>02/05/2026 00:00:00</x:t>
-[...4 lines deleted...]
-  <x:si>
     <x:t>03/12/2026 00:00:00</x:t>
   </x:si>
   <x:si>
-    <x:t>03/31/2026 00:00:00</x:t>
-[...55 lines deleted...]
-  <x:si>
     <x:t>mastère spé. expert en projets et production d'énergies renouvelables</x:t>
   </x:si>
   <x:si>
     <x:t>Arts et Métiers - Sciences et Technologies - campus d'Aix-en-Provence</x:t>
   </x:si>
   <x:si>
     <x:t>13617</x:t>
   </x:si>
   <x:si>
     <x:t>Énergie renouvelable</x:t>
   </x:si>
   <x:si>
     <x:t>AIX EN PROVENCE CEDEX 01</x:t>
   </x:si>
   <x:si>
     <x:t>MAC APS - Maintien et Actualisation des compétences - Renouvellement carte agent privé de sécurité</x:t>
   </x:si>
   <x:si>
     <x:t>Asp Bodyguard</x:t>
   </x:si>
   <x:si>
     <x:t>06400</x:t>
   </x:si>
   <x:si>
     <x:t>Public en emploi , Tout public</x:t>
@@ -1127,54 +1127,54 @@
   <x:si>
     <x:t>Manager des risques QHSE (Apprentissage)</x:t>
   </x:si>
   <x:si>
     <x:t>Formaseq</x:t>
   </x:si>
   <x:si>
     <x:t>13008</x:t>
   </x:si>
   <x:si>
     <x:t>MARSEILLE- 8e</x:t>
   </x:si>
   <x:si>
     <x:t>09/17/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Manager des risques QHSE</x:t>
   </x:si>
   <x:si>
     <x:t>09/16/2024 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>09/22/2026 00:00:00</x:t>
   </x:si>
   <x:si>
+    <x:t>09/24/2027 00:00:00</x:t>
+  </x:si>
+  <x:si>
     <x:t>10/06/2025 00:00:00</x:t>
-  </x:si>
-[...1 lines deleted...]
-    <x:t>09/24/2027 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>09/26/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>10/07/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>06/30/2028 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>09/15/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>09/16/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>10/09/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>05/22/2027 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Maintien et Actualisation des Compétences Agent de Prévention et de Sécurité (MAC APS)</x:t>
   </x:si>
@@ -7275,961 +7275,961 @@
       </x:c>
       <x:c r="P93" s="0" t="s">
         <x:v>148</x:v>
       </x:c>
       <x:c r="Q93" s="4" t="s">
         <x:v>149</x:v>
       </x:c>
       <x:c r="R93" s="0" t="s">
         <x:v>172</x:v>
       </x:c>
       <x:c r="S93" s="0" t="n">
         <x:v>610798</x:v>
       </x:c>
       <x:c r="T93" s="4" t="s">
         <x:v>197</x:v>
       </x:c>
       <x:c r="U93" s="4" t="s">
         <x:v>197</x:v>
       </x:c>
     </x:row>
     <x:row r="94" spans="1:21">
       <x:c r="A94" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B94" s="14" t="s">
-        <x:v>209</x:v>
+        <x:v>164</x:v>
       </x:c>
       <x:c r="C94" s="15" t="s"/>
       <x:c r="D94" s="15" t="s"/>
       <x:c r="E94" s="14" t="s"/>
       <x:c r="F94" s="14" t="s"/>
       <x:c r="G94" s="14" t="s">
         <x:v>148</x:v>
       </x:c>
       <x:c r="H94" s="14" t="s"/>
       <x:c r="I94" s="16" t="s">
         <x:v>149</x:v>
       </x:c>
       <x:c r="J94" s="14" t="s"/>
       <x:c r="K94" s="14" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="L94" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M94" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N94" s="15" t="n">
-        <x:v>33029</x:v>
+        <x:v>42819</x:v>
       </x:c>
       <x:c r="O94" s="14" t="s">
-        <x:v>185</x:v>
+        <x:v>154</x:v>
       </x:c>
       <x:c r="P94" s="14" t="s">
         <x:v>148</x:v>
       </x:c>
       <x:c r="Q94" s="16" t="s">
         <x:v>149</x:v>
       </x:c>
       <x:c r="R94" s="14" t="s">
-        <x:v>151</x:v>
+        <x:v>170</x:v>
       </x:c>
       <x:c r="S94" s="14" t="n">
-        <x:v>610718</x:v>
+        <x:v>591716</x:v>
       </x:c>
       <x:c r="T94" s="16" t="s">
-        <x:v>210</x:v>
+        <x:v>209</x:v>
       </x:c>
       <x:c r="U94" s="16" t="s">
-        <x:v>211</x:v>
+        <x:v>209</x:v>
       </x:c>
     </x:row>
     <x:row r="95" spans="1:21">
       <x:c r="A95" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B95" s="0" t="s">
-        <x:v>153</x:v>
+        <x:v>164</x:v>
       </x:c>
       <x:c r="C95" s="3" t="s"/>
       <x:c r="D95" s="3" t="s"/>
       <x:c r="G95" s="0" t="s">
         <x:v>148</x:v>
       </x:c>
       <x:c r="I95" s="4" t="s">
         <x:v>149</x:v>
       </x:c>
       <x:c r="K95" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="L95" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M95" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N95" s="3" t="n">
         <x:v>42819</x:v>
       </x:c>
       <x:c r="O95" s="0" t="s">
         <x:v>154</x:v>
       </x:c>
       <x:c r="P95" s="0" t="s">
         <x:v>148</x:v>
       </x:c>
       <x:c r="Q95" s="4" t="s">
         <x:v>149</x:v>
       </x:c>
       <x:c r="R95" s="0" t="s">
-        <x:v>206</x:v>
+        <x:v>172</x:v>
       </x:c>
       <x:c r="S95" s="0" t="n">
-        <x:v>610756</x:v>
+        <x:v>591718</x:v>
       </x:c>
       <x:c r="T95" s="4" t="s">
-        <x:v>212</x:v>
+        <x:v>210</x:v>
       </x:c>
       <x:c r="U95" s="4" t="s">
-        <x:v>205</x:v>
+        <x:v>210</x:v>
       </x:c>
     </x:row>
     <x:row r="96" spans="1:21">
       <x:c r="A96" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B96" s="14" t="s">
-        <x:v>153</x:v>
+        <x:v>211</x:v>
       </x:c>
       <x:c r="C96" s="15" t="s"/>
       <x:c r="D96" s="15" t="s"/>
       <x:c r="E96" s="14" t="s"/>
       <x:c r="F96" s="14" t="s"/>
       <x:c r="G96" s="14" t="s">
         <x:v>148</x:v>
       </x:c>
       <x:c r="H96" s="14" t="s"/>
       <x:c r="I96" s="16" t="s">
         <x:v>149</x:v>
       </x:c>
       <x:c r="J96" s="14" t="s"/>
       <x:c r="K96" s="14" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="L96" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M96" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N96" s="15" t="n">
-        <x:v>42819</x:v>
+        <x:v>42817</x:v>
       </x:c>
       <x:c r="O96" s="14" t="s">
-        <x:v>154</x:v>
+        <x:v>143</x:v>
       </x:c>
       <x:c r="P96" s="14" t="s">
         <x:v>148</x:v>
       </x:c>
       <x:c r="Q96" s="16" t="s">
         <x:v>149</x:v>
       </x:c>
       <x:c r="R96" s="14" t="s">
-        <x:v>151</x:v>
+        <x:v>172</x:v>
       </x:c>
       <x:c r="S96" s="14" t="n">
-        <x:v>610767</x:v>
+        <x:v>610729</x:v>
       </x:c>
       <x:c r="T96" s="16" t="s">
-        <x:v>192</x:v>
+        <x:v>212</x:v>
       </x:c>
       <x:c r="U96" s="16" t="s">
-        <x:v>213</x:v>
+        <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="97" spans="1:21">
       <x:c r="A97" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B97" s="0" t="s">
         <x:v>153</x:v>
       </x:c>
       <x:c r="C97" s="3" t="s"/>
       <x:c r="D97" s="3" t="s"/>
       <x:c r="G97" s="0" t="s">
         <x:v>148</x:v>
       </x:c>
       <x:c r="I97" s="4" t="s">
         <x:v>149</x:v>
       </x:c>
       <x:c r="K97" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="L97" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M97" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N97" s="3" t="n">
         <x:v>42819</x:v>
       </x:c>
       <x:c r="O97" s="0" t="s">
         <x:v>154</x:v>
       </x:c>
       <x:c r="P97" s="0" t="s">
         <x:v>148</x:v>
       </x:c>
       <x:c r="Q97" s="4" t="s">
         <x:v>149</x:v>
       </x:c>
       <x:c r="R97" s="0" t="s">
-        <x:v>151</x:v>
+        <x:v>155</x:v>
       </x:c>
       <x:c r="S97" s="0" t="n">
-        <x:v>610768</x:v>
+        <x:v>610760</x:v>
       </x:c>
       <x:c r="T97" s="4" t="s">
-        <x:v>214</x:v>
+        <x:v>213</x:v>
       </x:c>
       <x:c r="U97" s="4" t="s">
-        <x:v>31</x:v>
+        <x:v>166</x:v>
       </x:c>
     </x:row>
     <x:row r="98" spans="1:21">
       <x:c r="A98" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B98" s="14" t="s">
-        <x:v>164</x:v>
+        <x:v>153</x:v>
       </x:c>
       <x:c r="C98" s="15" t="s"/>
       <x:c r="D98" s="15" t="s"/>
       <x:c r="E98" s="14" t="s"/>
       <x:c r="F98" s="14" t="s"/>
       <x:c r="G98" s="14" t="s">
         <x:v>148</x:v>
       </x:c>
       <x:c r="H98" s="14" t="s"/>
       <x:c r="I98" s="16" t="s">
         <x:v>149</x:v>
       </x:c>
       <x:c r="J98" s="14" t="s"/>
       <x:c r="K98" s="14" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="L98" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M98" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N98" s="15" t="n">
         <x:v>42819</x:v>
       </x:c>
       <x:c r="O98" s="14" t="s">
         <x:v>154</x:v>
       </x:c>
       <x:c r="P98" s="14" t="s">
         <x:v>148</x:v>
       </x:c>
       <x:c r="Q98" s="16" t="s">
         <x:v>149</x:v>
       </x:c>
       <x:c r="R98" s="14" t="s">
         <x:v>155</x:v>
       </x:c>
       <x:c r="S98" s="14" t="n">
-        <x:v>610780</x:v>
+        <x:v>610761</x:v>
       </x:c>
       <x:c r="T98" s="16" t="s">
-        <x:v>196</x:v>
+        <x:v>214</x:v>
       </x:c>
       <x:c r="U98" s="16" t="s">
-        <x:v>196</x:v>
+        <x:v>215</x:v>
       </x:c>
     </x:row>
     <x:row r="99" spans="1:21">
       <x:c r="A99" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B99" s="0" t="s">
-        <x:v>164</x:v>
+        <x:v>153</x:v>
       </x:c>
       <x:c r="C99" s="3" t="s"/>
       <x:c r="D99" s="3" t="s"/>
       <x:c r="G99" s="0" t="s">
         <x:v>148</x:v>
       </x:c>
       <x:c r="I99" s="4" t="s">
         <x:v>149</x:v>
       </x:c>
       <x:c r="K99" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="L99" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M99" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N99" s="3" t="n">
         <x:v>42819</x:v>
       </x:c>
       <x:c r="O99" s="0" t="s">
         <x:v>154</x:v>
       </x:c>
       <x:c r="P99" s="0" t="s">
         <x:v>148</x:v>
       </x:c>
       <x:c r="Q99" s="4" t="s">
         <x:v>149</x:v>
       </x:c>
       <x:c r="R99" s="0" t="s">
         <x:v>151</x:v>
       </x:c>
       <x:c r="S99" s="0" t="n">
-        <x:v>610785</x:v>
+        <x:v>610762</x:v>
       </x:c>
       <x:c r="T99" s="4" t="s">
-        <x:v>208</x:v>
+        <x:v>216</x:v>
       </x:c>
       <x:c r="U99" s="4" t="s">
-        <x:v>208</x:v>
+        <x:v>217</x:v>
       </x:c>
     </x:row>
     <x:row r="100" spans="1:21">
       <x:c r="A100" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B100" s="14" t="s">
         <x:v>164</x:v>
       </x:c>
       <x:c r="C100" s="15" t="s"/>
       <x:c r="D100" s="15" t="s"/>
       <x:c r="E100" s="14" t="s"/>
       <x:c r="F100" s="14" t="s"/>
       <x:c r="G100" s="14" t="s">
         <x:v>148</x:v>
       </x:c>
       <x:c r="H100" s="14" t="s"/>
       <x:c r="I100" s="16" t="s">
         <x:v>149</x:v>
       </x:c>
       <x:c r="J100" s="14" t="s"/>
       <x:c r="K100" s="14" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="L100" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M100" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N100" s="15" t="n">
         <x:v>42819</x:v>
       </x:c>
       <x:c r="O100" s="14" t="s">
         <x:v>154</x:v>
       </x:c>
       <x:c r="P100" s="14" t="s">
         <x:v>148</x:v>
       </x:c>
       <x:c r="Q100" s="16" t="s">
         <x:v>149</x:v>
       </x:c>
       <x:c r="R100" s="14" t="s">
-        <x:v>170</x:v>
+        <x:v>155</x:v>
       </x:c>
       <x:c r="S100" s="14" t="n">
-        <x:v>610795</x:v>
+        <x:v>610779</x:v>
       </x:c>
       <x:c r="T100" s="16" t="s">
-        <x:v>200</x:v>
+        <x:v>218</x:v>
       </x:c>
       <x:c r="U100" s="16" t="s">
-        <x:v>200</x:v>
+        <x:v>218</x:v>
       </x:c>
     </x:row>
     <x:row r="101" spans="1:21">
       <x:c r="A101" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B101" s="0" t="s">
-        <x:v>153</x:v>
+        <x:v>164</x:v>
       </x:c>
       <x:c r="C101" s="3" t="s"/>
       <x:c r="D101" s="3" t="s"/>
       <x:c r="G101" s="0" t="s">
         <x:v>148</x:v>
       </x:c>
       <x:c r="I101" s="4" t="s">
         <x:v>149</x:v>
       </x:c>
       <x:c r="K101" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="L101" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M101" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N101" s="3" t="n">
         <x:v>42819</x:v>
       </x:c>
       <x:c r="O101" s="0" t="s">
         <x:v>154</x:v>
       </x:c>
       <x:c r="P101" s="0" t="s">
         <x:v>148</x:v>
       </x:c>
       <x:c r="Q101" s="4" t="s">
         <x:v>149</x:v>
       </x:c>
       <x:c r="R101" s="0" t="s">
-        <x:v>206</x:v>
+        <x:v>151</x:v>
       </x:c>
       <x:c r="S101" s="0" t="n">
-        <x:v>591667</x:v>
+        <x:v>610786</x:v>
       </x:c>
       <x:c r="T101" s="4" t="s">
-        <x:v>215</x:v>
+        <x:v>195</x:v>
       </x:c>
       <x:c r="U101" s="4" t="s">
-        <x:v>216</x:v>
+        <x:v>195</x:v>
       </x:c>
     </x:row>
     <x:row r="102" spans="1:21">
       <x:c r="A102" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B102" s="14" t="s">
-        <x:v>153</x:v>
+        <x:v>164</x:v>
       </x:c>
       <x:c r="C102" s="15" t="s"/>
       <x:c r="D102" s="15" t="s"/>
       <x:c r="E102" s="14" t="s"/>
       <x:c r="F102" s="14" t="s"/>
       <x:c r="G102" s="14" t="s">
         <x:v>148</x:v>
       </x:c>
       <x:c r="H102" s="14" t="s"/>
       <x:c r="I102" s="16" t="s">
         <x:v>149</x:v>
       </x:c>
       <x:c r="J102" s="14" t="s"/>
       <x:c r="K102" s="14" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="L102" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M102" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N102" s="15" t="n">
         <x:v>42819</x:v>
       </x:c>
       <x:c r="O102" s="14" t="s">
         <x:v>154</x:v>
       </x:c>
       <x:c r="P102" s="14" t="s">
         <x:v>148</x:v>
       </x:c>
       <x:c r="Q102" s="16" t="s">
         <x:v>149</x:v>
       </x:c>
       <x:c r="R102" s="14" t="s">
-        <x:v>155</x:v>
+        <x:v>151</x:v>
       </x:c>
       <x:c r="S102" s="14" t="n">
-        <x:v>591671</x:v>
+        <x:v>610791</x:v>
       </x:c>
       <x:c r="T102" s="16" t="s">
-        <x:v>217</x:v>
+        <x:v>214</x:v>
       </x:c>
       <x:c r="U102" s="16" t="s">
-        <x:v>218</x:v>
+        <x:v>214</x:v>
       </x:c>
     </x:row>
     <x:row r="103" spans="1:21">
       <x:c r="A103" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B103" s="0" t="s">
         <x:v>153</x:v>
       </x:c>
       <x:c r="C103" s="3" t="s"/>
       <x:c r="D103" s="3" t="s"/>
       <x:c r="G103" s="0" t="s">
         <x:v>148</x:v>
       </x:c>
       <x:c r="I103" s="4" t="s">
         <x:v>149</x:v>
       </x:c>
       <x:c r="K103" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="L103" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M103" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N103" s="3" t="n">
         <x:v>42819</x:v>
       </x:c>
       <x:c r="O103" s="0" t="s">
         <x:v>154</x:v>
       </x:c>
       <x:c r="P103" s="0" t="s">
         <x:v>148</x:v>
       </x:c>
       <x:c r="Q103" s="4" t="s">
         <x:v>149</x:v>
       </x:c>
       <x:c r="R103" s="0" t="s">
-        <x:v>155</x:v>
+        <x:v>172</x:v>
       </x:c>
       <x:c r="S103" s="0" t="n">
-        <x:v>591672</x:v>
+        <x:v>591688</x:v>
       </x:c>
       <x:c r="T103" s="4" t="s">
-        <x:v>183</x:v>
+        <x:v>219</x:v>
       </x:c>
       <x:c r="U103" s="4" t="s">
-        <x:v>219</x:v>
+        <x:v>207</x:v>
       </x:c>
     </x:row>
     <x:row r="104" spans="1:21">
       <x:c r="A104" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B104" s="14" t="s">
-        <x:v>153</x:v>
+        <x:v>164</x:v>
       </x:c>
       <x:c r="C104" s="15" t="s"/>
       <x:c r="D104" s="15" t="s"/>
       <x:c r="E104" s="14" t="s"/>
       <x:c r="F104" s="14" t="s"/>
       <x:c r="G104" s="14" t="s">
         <x:v>148</x:v>
       </x:c>
       <x:c r="H104" s="14" t="s"/>
       <x:c r="I104" s="16" t="s">
         <x:v>149</x:v>
       </x:c>
       <x:c r="J104" s="14" t="s"/>
       <x:c r="K104" s="14" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="L104" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M104" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N104" s="15" t="n">
         <x:v>42819</x:v>
       </x:c>
       <x:c r="O104" s="14" t="s">
         <x:v>154</x:v>
       </x:c>
       <x:c r="P104" s="14" t="s">
         <x:v>148</x:v>
       </x:c>
       <x:c r="Q104" s="16" t="s">
         <x:v>149</x:v>
       </x:c>
       <x:c r="R104" s="14" t="s">
-        <x:v>168</x:v>
+        <x:v>155</x:v>
       </x:c>
       <x:c r="S104" s="14" t="n">
-        <x:v>591686</x:v>
+        <x:v>591696</x:v>
       </x:c>
       <x:c r="T104" s="16" t="s">
-        <x:v>177</x:v>
+        <x:v>220</x:v>
       </x:c>
       <x:c r="U104" s="16" t="s">
-        <x:v>178</x:v>
+        <x:v>220</x:v>
       </x:c>
     </x:row>
     <x:row r="105" spans="1:21">
       <x:c r="A105" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B105" s="0" t="s">
         <x:v>164</x:v>
       </x:c>
       <x:c r="C105" s="3" t="s"/>
       <x:c r="D105" s="3" t="s"/>
       <x:c r="G105" s="0" t="s">
         <x:v>148</x:v>
       </x:c>
       <x:c r="I105" s="4" t="s">
         <x:v>149</x:v>
       </x:c>
       <x:c r="K105" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="L105" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M105" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N105" s="3" t="n">
         <x:v>42819</x:v>
       </x:c>
       <x:c r="O105" s="0" t="s">
         <x:v>154</x:v>
       </x:c>
       <x:c r="P105" s="0" t="s">
         <x:v>148</x:v>
       </x:c>
       <x:c r="Q105" s="4" t="s">
         <x:v>149</x:v>
       </x:c>
       <x:c r="R105" s="0" t="s">
         <x:v>151</x:v>
       </x:c>
       <x:c r="S105" s="0" t="n">
-        <x:v>591704</x:v>
+        <x:v>591707</x:v>
       </x:c>
       <x:c r="T105" s="4" t="s">
-        <x:v>182</x:v>
+        <x:v>209</x:v>
       </x:c>
       <x:c r="U105" s="4" t="s">
-        <x:v>182</x:v>
+        <x:v>209</x:v>
       </x:c>
     </x:row>
     <x:row r="106" spans="1:21">
       <x:c r="A106" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B106" s="14" t="s">
-        <x:v>153</x:v>
+        <x:v>164</x:v>
       </x:c>
       <x:c r="C106" s="15" t="s"/>
       <x:c r="D106" s="15" t="s"/>
       <x:c r="E106" s="14" t="s"/>
       <x:c r="F106" s="14" t="s"/>
       <x:c r="G106" s="14" t="s">
         <x:v>148</x:v>
       </x:c>
       <x:c r="H106" s="14" t="s"/>
       <x:c r="I106" s="16" t="s">
         <x:v>149</x:v>
       </x:c>
       <x:c r="J106" s="14" t="s"/>
       <x:c r="K106" s="14" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="L106" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M106" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N106" s="15" t="n">
         <x:v>42819</x:v>
       </x:c>
       <x:c r="O106" s="14" t="s">
         <x:v>154</x:v>
       </x:c>
       <x:c r="P106" s="14" t="s">
         <x:v>148</x:v>
       </x:c>
       <x:c r="Q106" s="16" t="s">
         <x:v>149</x:v>
       </x:c>
       <x:c r="R106" s="14" t="s">
-        <x:v>151</x:v>
+        <x:v>168</x:v>
       </x:c>
       <x:c r="S106" s="14" t="n">
-        <x:v>591681</x:v>
+        <x:v>591714</x:v>
       </x:c>
       <x:c r="T106" s="16" t="s">
-        <x:v>220</x:v>
+        <x:v>181</x:v>
       </x:c>
       <x:c r="U106" s="16" t="s">
-        <x:v>221</x:v>
+        <x:v>181</x:v>
       </x:c>
     </x:row>
     <x:row r="107" spans="1:21">
       <x:c r="A107" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B107" s="0" t="s">
-        <x:v>153</x:v>
+        <x:v>164</x:v>
       </x:c>
       <x:c r="C107" s="3" t="s"/>
       <x:c r="D107" s="3" t="s"/>
       <x:c r="G107" s="0" t="s">
         <x:v>148</x:v>
       </x:c>
       <x:c r="I107" s="4" t="s">
         <x:v>149</x:v>
       </x:c>
       <x:c r="K107" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="L107" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M107" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N107" s="3" t="n">
         <x:v>42819</x:v>
       </x:c>
       <x:c r="O107" s="0" t="s">
         <x:v>154</x:v>
       </x:c>
       <x:c r="P107" s="0" t="s">
         <x:v>148</x:v>
       </x:c>
       <x:c r="Q107" s="4" t="s">
         <x:v>149</x:v>
       </x:c>
       <x:c r="R107" s="0" t="s">
         <x:v>168</x:v>
       </x:c>
       <x:c r="S107" s="0" t="n">
-        <x:v>591684</x:v>
+        <x:v>591715</x:v>
       </x:c>
       <x:c r="T107" s="4" t="s">
-        <x:v>187</x:v>
+        <x:v>221</x:v>
       </x:c>
       <x:c r="U107" s="4" t="s">
-        <x:v>188</x:v>
+        <x:v>221</x:v>
       </x:c>
     </x:row>
     <x:row r="108" spans="1:21">
       <x:c r="A108" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B108" s="14" t="s">
-        <x:v>164</x:v>
+        <x:v>153</x:v>
       </x:c>
       <x:c r="C108" s="15" t="s"/>
       <x:c r="D108" s="15" t="s"/>
       <x:c r="E108" s="14" t="s"/>
       <x:c r="F108" s="14" t="s"/>
       <x:c r="G108" s="14" t="s">
         <x:v>148</x:v>
       </x:c>
       <x:c r="H108" s="14" t="s"/>
       <x:c r="I108" s="16" t="s">
         <x:v>149</x:v>
       </x:c>
       <x:c r="J108" s="14" t="s"/>
       <x:c r="K108" s="14" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="L108" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M108" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N108" s="15" t="n">
         <x:v>42819</x:v>
       </x:c>
       <x:c r="O108" s="14" t="s">
         <x:v>154</x:v>
       </x:c>
       <x:c r="P108" s="14" t="s">
         <x:v>148</x:v>
       </x:c>
       <x:c r="Q108" s="16" t="s">
         <x:v>149</x:v>
       </x:c>
       <x:c r="R108" s="14" t="s">
         <x:v>151</x:v>
       </x:c>
       <x:c r="S108" s="14" t="n">
-        <x:v>591709</x:v>
+        <x:v>591681</x:v>
       </x:c>
       <x:c r="T108" s="16" t="s">
         <x:v>222</x:v>
       </x:c>
       <x:c r="U108" s="16" t="s">
-        <x:v>222</x:v>
+        <x:v>223</x:v>
       </x:c>
     </x:row>
     <x:row r="109" spans="1:21">
       <x:c r="A109" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B109" s="0" t="s">
-        <x:v>164</x:v>
+        <x:v>153</x:v>
       </x:c>
       <x:c r="C109" s="3" t="s"/>
       <x:c r="D109" s="3" t="s"/>
       <x:c r="G109" s="0" t="s">
         <x:v>148</x:v>
       </x:c>
       <x:c r="I109" s="4" t="s">
         <x:v>149</x:v>
       </x:c>
       <x:c r="K109" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="L109" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M109" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N109" s="3" t="n">
         <x:v>42819</x:v>
       </x:c>
       <x:c r="O109" s="0" t="s">
         <x:v>154</x:v>
       </x:c>
       <x:c r="P109" s="0" t="s">
         <x:v>148</x:v>
       </x:c>
       <x:c r="Q109" s="4" t="s">
         <x:v>149</x:v>
       </x:c>
       <x:c r="R109" s="0" t="s">
         <x:v>168</x:v>
       </x:c>
       <x:c r="S109" s="0" t="n">
-        <x:v>591714</x:v>
+        <x:v>591684</x:v>
       </x:c>
       <x:c r="T109" s="4" t="s">
-        <x:v>181</x:v>
+        <x:v>187</x:v>
       </x:c>
       <x:c r="U109" s="4" t="s">
-        <x:v>181</x:v>
+        <x:v>188</x:v>
       </x:c>
     </x:row>
     <x:row r="110" spans="1:21">
       <x:c r="A110" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B110" s="14" t="s">
         <x:v>164</x:v>
       </x:c>
       <x:c r="C110" s="15" t="s"/>
       <x:c r="D110" s="15" t="s"/>
       <x:c r="E110" s="14" t="s"/>
       <x:c r="F110" s="14" t="s"/>
       <x:c r="G110" s="14" t="s">
         <x:v>148</x:v>
       </x:c>
       <x:c r="H110" s="14" t="s"/>
       <x:c r="I110" s="16" t="s">
         <x:v>149</x:v>
       </x:c>
       <x:c r="J110" s="14" t="s"/>
       <x:c r="K110" s="14" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="L110" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M110" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N110" s="15" t="n">
         <x:v>42819</x:v>
       </x:c>
       <x:c r="O110" s="14" t="s">
         <x:v>154</x:v>
       </x:c>
       <x:c r="P110" s="14" t="s">
         <x:v>148</x:v>
       </x:c>
       <x:c r="Q110" s="16" t="s">
         <x:v>149</x:v>
       </x:c>
       <x:c r="R110" s="14" t="s">
-        <x:v>168</x:v>
+        <x:v>151</x:v>
       </x:c>
       <x:c r="S110" s="14" t="n">
-        <x:v>591715</x:v>
+        <x:v>591709</x:v>
       </x:c>
       <x:c r="T110" s="16" t="s">
-        <x:v>219</x:v>
+        <x:v>224</x:v>
       </x:c>
       <x:c r="U110" s="16" t="s">
-        <x:v>219</x:v>
+        <x:v>224</x:v>
       </x:c>
     </x:row>
     <x:row r="111" spans="1:21">
       <x:c r="A111" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B111" s="0" t="s">
-        <x:v>223</x:v>
+        <x:v>211</x:v>
       </x:c>
       <x:c r="C111" s="3" t="s"/>
       <x:c r="D111" s="3" t="s"/>
       <x:c r="G111" s="0" t="s">
         <x:v>148</x:v>
       </x:c>
       <x:c r="I111" s="4" t="s">
         <x:v>149</x:v>
       </x:c>
       <x:c r="K111" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="L111" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M111" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N111" s="3" t="n">
         <x:v>42817</x:v>
       </x:c>
       <x:c r="O111" s="0" t="s">
         <x:v>143</x:v>
       </x:c>
       <x:c r="P111" s="0" t="s">
         <x:v>148</x:v>
       </x:c>
       <x:c r="Q111" s="4" t="s">
         <x:v>149</x:v>
       </x:c>
       <x:c r="R111" s="0" t="s">
         <x:v>151</x:v>
       </x:c>
       <x:c r="S111" s="0" t="n">
         <x:v>610728</x:v>
       </x:c>
       <x:c r="T111" s="4" t="s">
         <x:v>198</x:v>
       </x:c>
       <x:c r="U111" s="4" t="s">
-        <x:v>224</x:v>
+        <x:v>225</x:v>
       </x:c>
     </x:row>
     <x:row r="112" spans="1:21">
       <x:c r="A112" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B112" s="14" t="s">
         <x:v>153</x:v>
       </x:c>
       <x:c r="C112" s="15" t="s"/>
       <x:c r="D112" s="15" t="s"/>
       <x:c r="E112" s="14" t="s"/>
       <x:c r="F112" s="14" t="s"/>
       <x:c r="G112" s="14" t="s">
         <x:v>148</x:v>
       </x:c>
       <x:c r="H112" s="14" t="s"/>
       <x:c r="I112" s="16" t="s">
         <x:v>149</x:v>
       </x:c>
       <x:c r="J112" s="14" t="s"/>
       <x:c r="K112" s="14" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="L112" s="14" t="s">
@@ -8284,51 +8284,51 @@
       <x:c r="L113" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M113" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N113" s="3" t="n">
         <x:v>42819</x:v>
       </x:c>
       <x:c r="O113" s="0" t="s">
         <x:v>154</x:v>
       </x:c>
       <x:c r="P113" s="0" t="s">
         <x:v>148</x:v>
       </x:c>
       <x:c r="Q113" s="4" t="s">
         <x:v>149</x:v>
       </x:c>
       <x:c r="R113" s="0" t="s">
         <x:v>170</x:v>
       </x:c>
       <x:c r="S113" s="0" t="n">
         <x:v>610774</x:v>
       </x:c>
       <x:c r="T113" s="4" t="s">
-        <x:v>214</x:v>
+        <x:v>212</x:v>
       </x:c>
       <x:c r="U113" s="4" t="s">
         <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="114" spans="1:21">
       <x:c r="A114" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B114" s="14" t="s">
         <x:v>164</x:v>
       </x:c>
       <x:c r="C114" s="15" t="s"/>
       <x:c r="D114" s="15" t="s"/>
       <x:c r="E114" s="14" t="s"/>
       <x:c r="F114" s="14" t="s"/>
       <x:c r="G114" s="14" t="s">
         <x:v>148</x:v>
       </x:c>
       <x:c r="H114" s="14" t="s"/>
       <x:c r="I114" s="16" t="s">
         <x:v>149</x:v>
       </x:c>
       <x:c r="J114" s="14" t="s"/>
       <x:c r="K114" s="14" t="s">
@@ -8337,54 +8337,54 @@
       <x:c r="L114" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M114" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N114" s="15" t="n">
         <x:v>42819</x:v>
       </x:c>
       <x:c r="O114" s="14" t="s">
         <x:v>154</x:v>
       </x:c>
       <x:c r="P114" s="14" t="s">
         <x:v>148</x:v>
       </x:c>
       <x:c r="Q114" s="16" t="s">
         <x:v>149</x:v>
       </x:c>
       <x:c r="R114" s="14" t="s">
         <x:v>206</x:v>
       </x:c>
       <x:c r="S114" s="14" t="n">
         <x:v>610777</x:v>
       </x:c>
       <x:c r="T114" s="16" t="s">
-        <x:v>225</x:v>
+        <x:v>215</x:v>
       </x:c>
       <x:c r="U114" s="16" t="s">
-        <x:v>225</x:v>
+        <x:v>215</x:v>
       </x:c>
     </x:row>
     <x:row r="115" spans="1:21">
       <x:c r="A115" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B115" s="0" t="s">
         <x:v>164</x:v>
       </x:c>
       <x:c r="C115" s="3" t="s"/>
       <x:c r="D115" s="3" t="s"/>
       <x:c r="G115" s="0" t="s">
         <x:v>148</x:v>
       </x:c>
       <x:c r="I115" s="4" t="s">
         <x:v>149</x:v>
       </x:c>
       <x:c r="K115" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="L115" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M115" s="0" t="s">
         <x:v>27</x:v>
@@ -8601,655 +8601,655 @@
       </x:c>
       <x:c r="P119" s="0" t="s">
         <x:v>148</x:v>
       </x:c>
       <x:c r="Q119" s="4" t="s">
         <x:v>149</x:v>
       </x:c>
       <x:c r="R119" s="0" t="s">
         <x:v>151</x:v>
       </x:c>
       <x:c r="S119" s="0" t="n">
         <x:v>591703</x:v>
       </x:c>
       <x:c r="T119" s="4" t="s">
         <x:v>231</x:v>
       </x:c>
       <x:c r="U119" s="4" t="s">
         <x:v>231</x:v>
       </x:c>
     </x:row>
     <x:row r="120" spans="1:21">
       <x:c r="A120" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B120" s="14" t="s">
-        <x:v>164</x:v>
+        <x:v>232</x:v>
       </x:c>
       <x:c r="C120" s="15" t="s"/>
       <x:c r="D120" s="15" t="s"/>
       <x:c r="E120" s="14" t="s"/>
       <x:c r="F120" s="14" t="s"/>
       <x:c r="G120" s="14" t="s">
         <x:v>148</x:v>
       </x:c>
       <x:c r="H120" s="14" t="s"/>
       <x:c r="I120" s="16" t="s">
         <x:v>149</x:v>
       </x:c>
       <x:c r="J120" s="14" t="s"/>
       <x:c r="K120" s="14" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="L120" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M120" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N120" s="15" t="n">
-        <x:v>42819</x:v>
+        <x:v>33029</x:v>
       </x:c>
       <x:c r="O120" s="14" t="s">
-        <x:v>154</x:v>
+        <x:v>185</x:v>
       </x:c>
       <x:c r="P120" s="14" t="s">
         <x:v>148</x:v>
       </x:c>
       <x:c r="Q120" s="16" t="s">
         <x:v>149</x:v>
       </x:c>
       <x:c r="R120" s="14" t="s">
-        <x:v>170</x:v>
+        <x:v>151</x:v>
       </x:c>
       <x:c r="S120" s="14" t="n">
-        <x:v>591716</x:v>
+        <x:v>610718</x:v>
       </x:c>
       <x:c r="T120" s="16" t="s">
-        <x:v>217</x:v>
+        <x:v>233</x:v>
       </x:c>
       <x:c r="U120" s="16" t="s">
-        <x:v>217</x:v>
+        <x:v>234</x:v>
       </x:c>
     </x:row>
     <x:row r="121" spans="1:21">
       <x:c r="A121" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B121" s="0" t="s">
-        <x:v>164</x:v>
+        <x:v>153</x:v>
       </x:c>
       <x:c r="C121" s="3" t="s"/>
       <x:c r="D121" s="3" t="s"/>
       <x:c r="G121" s="0" t="s">
         <x:v>148</x:v>
       </x:c>
       <x:c r="I121" s="4" t="s">
         <x:v>149</x:v>
       </x:c>
       <x:c r="K121" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="L121" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M121" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N121" s="3" t="n">
         <x:v>42819</x:v>
       </x:c>
       <x:c r="O121" s="0" t="s">
         <x:v>154</x:v>
       </x:c>
       <x:c r="P121" s="0" t="s">
         <x:v>148</x:v>
       </x:c>
       <x:c r="Q121" s="4" t="s">
         <x:v>149</x:v>
       </x:c>
       <x:c r="R121" s="0" t="s">
-        <x:v>172</x:v>
+        <x:v>206</x:v>
       </x:c>
       <x:c r="S121" s="0" t="n">
-        <x:v>591718</x:v>
+        <x:v>610756</x:v>
       </x:c>
       <x:c r="T121" s="4" t="s">
-        <x:v>232</x:v>
+        <x:v>235</x:v>
       </x:c>
       <x:c r="U121" s="4" t="s">
-        <x:v>232</x:v>
+        <x:v>205</x:v>
       </x:c>
     </x:row>
     <x:row r="122" spans="1:21">
       <x:c r="A122" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B122" s="14" t="s">
-        <x:v>223</x:v>
+        <x:v>153</x:v>
       </x:c>
       <x:c r="C122" s="15" t="s"/>
       <x:c r="D122" s="15" t="s"/>
       <x:c r="E122" s="14" t="s"/>
       <x:c r="F122" s="14" t="s"/>
       <x:c r="G122" s="14" t="s">
         <x:v>148</x:v>
       </x:c>
       <x:c r="H122" s="14" t="s"/>
       <x:c r="I122" s="16" t="s">
         <x:v>149</x:v>
       </x:c>
       <x:c r="J122" s="14" t="s"/>
       <x:c r="K122" s="14" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="L122" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M122" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N122" s="15" t="n">
-        <x:v>42817</x:v>
+        <x:v>42819</x:v>
       </x:c>
       <x:c r="O122" s="14" t="s">
-        <x:v>143</x:v>
+        <x:v>154</x:v>
       </x:c>
       <x:c r="P122" s="14" t="s">
         <x:v>148</x:v>
       </x:c>
       <x:c r="Q122" s="16" t="s">
         <x:v>149</x:v>
       </x:c>
       <x:c r="R122" s="14" t="s">
-        <x:v>172</x:v>
+        <x:v>151</x:v>
       </x:c>
       <x:c r="S122" s="14" t="n">
-        <x:v>610729</x:v>
+        <x:v>610767</x:v>
       </x:c>
       <x:c r="T122" s="16" t="s">
-        <x:v>214</x:v>
+        <x:v>192</x:v>
       </x:c>
       <x:c r="U122" s="16" t="s">
-        <x:v>31</x:v>
+        <x:v>213</x:v>
       </x:c>
     </x:row>
     <x:row r="123" spans="1:21">
       <x:c r="A123" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B123" s="0" t="s">
         <x:v>153</x:v>
       </x:c>
       <x:c r="C123" s="3" t="s"/>
       <x:c r="D123" s="3" t="s"/>
       <x:c r="G123" s="0" t="s">
         <x:v>148</x:v>
       </x:c>
       <x:c r="I123" s="4" t="s">
         <x:v>149</x:v>
       </x:c>
       <x:c r="K123" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="L123" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M123" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N123" s="3" t="n">
         <x:v>42819</x:v>
       </x:c>
       <x:c r="O123" s="0" t="s">
         <x:v>154</x:v>
       </x:c>
       <x:c r="P123" s="0" t="s">
         <x:v>148</x:v>
       </x:c>
       <x:c r="Q123" s="4" t="s">
         <x:v>149</x:v>
       </x:c>
       <x:c r="R123" s="0" t="s">
-        <x:v>155</x:v>
+        <x:v>151</x:v>
       </x:c>
       <x:c r="S123" s="0" t="n">
-        <x:v>610760</x:v>
+        <x:v>610768</x:v>
       </x:c>
       <x:c r="T123" s="4" t="s">
-        <x:v>213</x:v>
+        <x:v>212</x:v>
       </x:c>
       <x:c r="U123" s="4" t="s">
-        <x:v>166</x:v>
+        <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="124" spans="1:21">
       <x:c r="A124" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B124" s="14" t="s">
-        <x:v>153</x:v>
+        <x:v>164</x:v>
       </x:c>
       <x:c r="C124" s="15" t="s"/>
       <x:c r="D124" s="15" t="s"/>
       <x:c r="E124" s="14" t="s"/>
       <x:c r="F124" s="14" t="s"/>
       <x:c r="G124" s="14" t="s">
         <x:v>148</x:v>
       </x:c>
       <x:c r="H124" s="14" t="s"/>
       <x:c r="I124" s="16" t="s">
         <x:v>149</x:v>
       </x:c>
       <x:c r="J124" s="14" t="s"/>
       <x:c r="K124" s="14" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="L124" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M124" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N124" s="15" t="n">
         <x:v>42819</x:v>
       </x:c>
       <x:c r="O124" s="14" t="s">
         <x:v>154</x:v>
       </x:c>
       <x:c r="P124" s="14" t="s">
         <x:v>148</x:v>
       </x:c>
       <x:c r="Q124" s="16" t="s">
         <x:v>149</x:v>
       </x:c>
       <x:c r="R124" s="14" t="s">
         <x:v>155</x:v>
       </x:c>
       <x:c r="S124" s="14" t="n">
-        <x:v>610761</x:v>
+        <x:v>610780</x:v>
       </x:c>
       <x:c r="T124" s="16" t="s">
-        <x:v>233</x:v>
+        <x:v>196</x:v>
       </x:c>
       <x:c r="U124" s="16" t="s">
-        <x:v>225</x:v>
+        <x:v>196</x:v>
       </x:c>
     </x:row>
     <x:row r="125" spans="1:21">
       <x:c r="A125" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B125" s="0" t="s">
-        <x:v>153</x:v>
+        <x:v>164</x:v>
       </x:c>
       <x:c r="C125" s="3" t="s"/>
       <x:c r="D125" s="3" t="s"/>
       <x:c r="G125" s="0" t="s">
         <x:v>148</x:v>
       </x:c>
       <x:c r="I125" s="4" t="s">
         <x:v>149</x:v>
       </x:c>
       <x:c r="K125" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="L125" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M125" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N125" s="3" t="n">
         <x:v>42819</x:v>
       </x:c>
       <x:c r="O125" s="0" t="s">
         <x:v>154</x:v>
       </x:c>
       <x:c r="P125" s="0" t="s">
         <x:v>148</x:v>
       </x:c>
       <x:c r="Q125" s="4" t="s">
         <x:v>149</x:v>
       </x:c>
       <x:c r="R125" s="0" t="s">
         <x:v>151</x:v>
       </x:c>
       <x:c r="S125" s="0" t="n">
-        <x:v>610762</x:v>
+        <x:v>610785</x:v>
       </x:c>
       <x:c r="T125" s="4" t="s">
-        <x:v>234</x:v>
+        <x:v>208</x:v>
       </x:c>
       <x:c r="U125" s="4" t="s">
-        <x:v>235</x:v>
+        <x:v>208</x:v>
       </x:c>
     </x:row>
     <x:row r="126" spans="1:21">
       <x:c r="A126" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B126" s="14" t="s">
         <x:v>164</x:v>
       </x:c>
       <x:c r="C126" s="15" t="s"/>
       <x:c r="D126" s="15" t="s"/>
       <x:c r="E126" s="14" t="s"/>
       <x:c r="F126" s="14" t="s"/>
       <x:c r="G126" s="14" t="s">
         <x:v>148</x:v>
       </x:c>
       <x:c r="H126" s="14" t="s"/>
       <x:c r="I126" s="16" t="s">
         <x:v>149</x:v>
       </x:c>
       <x:c r="J126" s="14" t="s"/>
       <x:c r="K126" s="14" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="L126" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M126" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N126" s="15" t="n">
         <x:v>42819</x:v>
       </x:c>
       <x:c r="O126" s="14" t="s">
         <x:v>154</x:v>
       </x:c>
       <x:c r="P126" s="14" t="s">
         <x:v>148</x:v>
       </x:c>
       <x:c r="Q126" s="16" t="s">
         <x:v>149</x:v>
       </x:c>
       <x:c r="R126" s="14" t="s">
-        <x:v>155</x:v>
+        <x:v>170</x:v>
       </x:c>
       <x:c r="S126" s="14" t="n">
-        <x:v>610779</x:v>
+        <x:v>610795</x:v>
       </x:c>
       <x:c r="T126" s="16" t="s">
-        <x:v>236</x:v>
+        <x:v>200</x:v>
       </x:c>
       <x:c r="U126" s="16" t="s">
-        <x:v>236</x:v>
+        <x:v>200</x:v>
       </x:c>
     </x:row>
     <x:row r="127" spans="1:21">
       <x:c r="A127" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B127" s="0" t="s">
-        <x:v>164</x:v>
+        <x:v>153</x:v>
       </x:c>
       <x:c r="C127" s="3" t="s"/>
       <x:c r="D127" s="3" t="s"/>
       <x:c r="G127" s="0" t="s">
         <x:v>148</x:v>
       </x:c>
       <x:c r="I127" s="4" t="s">
         <x:v>149</x:v>
       </x:c>
       <x:c r="K127" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="L127" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M127" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N127" s="3" t="n">
         <x:v>42819</x:v>
       </x:c>
       <x:c r="O127" s="0" t="s">
         <x:v>154</x:v>
       </x:c>
       <x:c r="P127" s="0" t="s">
         <x:v>148</x:v>
       </x:c>
       <x:c r="Q127" s="4" t="s">
         <x:v>149</x:v>
       </x:c>
       <x:c r="R127" s="0" t="s">
-        <x:v>151</x:v>
+        <x:v>206</x:v>
       </x:c>
       <x:c r="S127" s="0" t="n">
-        <x:v>610786</x:v>
+        <x:v>591667</x:v>
       </x:c>
       <x:c r="T127" s="4" t="s">
-        <x:v>195</x:v>
+        <x:v>236</x:v>
       </x:c>
       <x:c r="U127" s="4" t="s">
-        <x:v>195</x:v>
+        <x:v>219</x:v>
       </x:c>
     </x:row>
     <x:row r="128" spans="1:21">
       <x:c r="A128" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B128" s="14" t="s">
-        <x:v>164</x:v>
+        <x:v>153</x:v>
       </x:c>
       <x:c r="C128" s="15" t="s"/>
       <x:c r="D128" s="15" t="s"/>
       <x:c r="E128" s="14" t="s"/>
       <x:c r="F128" s="14" t="s"/>
       <x:c r="G128" s="14" t="s">
         <x:v>148</x:v>
       </x:c>
       <x:c r="H128" s="14" t="s"/>
       <x:c r="I128" s="16" t="s">
         <x:v>149</x:v>
       </x:c>
       <x:c r="J128" s="14" t="s"/>
       <x:c r="K128" s="14" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="L128" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M128" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N128" s="15" t="n">
         <x:v>42819</x:v>
       </x:c>
       <x:c r="O128" s="14" t="s">
         <x:v>154</x:v>
       </x:c>
       <x:c r="P128" s="14" t="s">
         <x:v>148</x:v>
       </x:c>
       <x:c r="Q128" s="16" t="s">
         <x:v>149</x:v>
       </x:c>
       <x:c r="R128" s="14" t="s">
-        <x:v>151</x:v>
+        <x:v>155</x:v>
       </x:c>
       <x:c r="S128" s="14" t="n">
-        <x:v>610791</x:v>
+        <x:v>591671</x:v>
       </x:c>
       <x:c r="T128" s="16" t="s">
-        <x:v>233</x:v>
+        <x:v>209</x:v>
       </x:c>
       <x:c r="U128" s="16" t="s">
-        <x:v>233</x:v>
+        <x:v>237</x:v>
       </x:c>
     </x:row>
     <x:row r="129" spans="1:21">
       <x:c r="A129" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B129" s="0" t="s">
         <x:v>153</x:v>
       </x:c>
       <x:c r="C129" s="3" t="s"/>
       <x:c r="D129" s="3" t="s"/>
       <x:c r="G129" s="0" t="s">
         <x:v>148</x:v>
       </x:c>
       <x:c r="I129" s="4" t="s">
         <x:v>149</x:v>
       </x:c>
       <x:c r="K129" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="L129" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M129" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N129" s="3" t="n">
         <x:v>42819</x:v>
       </x:c>
       <x:c r="O129" s="0" t="s">
         <x:v>154</x:v>
       </x:c>
       <x:c r="P129" s="0" t="s">
         <x:v>148</x:v>
       </x:c>
       <x:c r="Q129" s="4" t="s">
         <x:v>149</x:v>
       </x:c>
       <x:c r="R129" s="0" t="s">
-        <x:v>172</x:v>
+        <x:v>155</x:v>
       </x:c>
       <x:c r="S129" s="0" t="n">
-        <x:v>591688</x:v>
+        <x:v>591672</x:v>
       </x:c>
       <x:c r="T129" s="4" t="s">
-        <x:v>216</x:v>
+        <x:v>183</x:v>
       </x:c>
       <x:c r="U129" s="4" t="s">
-        <x:v>207</x:v>
+        <x:v>221</x:v>
       </x:c>
     </x:row>
     <x:row r="130" spans="1:21">
       <x:c r="A130" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B130" s="14" t="s">
-        <x:v>164</x:v>
+        <x:v>153</x:v>
       </x:c>
       <x:c r="C130" s="15" t="s"/>
       <x:c r="D130" s="15" t="s"/>
       <x:c r="E130" s="14" t="s"/>
       <x:c r="F130" s="14" t="s"/>
       <x:c r="G130" s="14" t="s">
         <x:v>148</x:v>
       </x:c>
       <x:c r="H130" s="14" t="s"/>
       <x:c r="I130" s="16" t="s">
         <x:v>149</x:v>
       </x:c>
       <x:c r="J130" s="14" t="s"/>
       <x:c r="K130" s="14" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="L130" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M130" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N130" s="15" t="n">
         <x:v>42819</x:v>
       </x:c>
       <x:c r="O130" s="14" t="s">
         <x:v>154</x:v>
       </x:c>
       <x:c r="P130" s="14" t="s">
         <x:v>148</x:v>
       </x:c>
       <x:c r="Q130" s="16" t="s">
         <x:v>149</x:v>
       </x:c>
       <x:c r="R130" s="14" t="s">
-        <x:v>155</x:v>
+        <x:v>168</x:v>
       </x:c>
       <x:c r="S130" s="14" t="n">
-        <x:v>591696</x:v>
+        <x:v>591686</x:v>
       </x:c>
       <x:c r="T130" s="16" t="s">
-        <x:v>237</x:v>
+        <x:v>177</x:v>
       </x:c>
       <x:c r="U130" s="16" t="s">
-        <x:v>237</x:v>
+        <x:v>178</x:v>
       </x:c>
     </x:row>
     <x:row r="131" spans="1:21">
       <x:c r="A131" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B131" s="0" t="s">
         <x:v>164</x:v>
       </x:c>
       <x:c r="C131" s="3" t="s"/>
       <x:c r="D131" s="3" t="s"/>
       <x:c r="G131" s="0" t="s">
         <x:v>148</x:v>
       </x:c>
       <x:c r="I131" s="4" t="s">
         <x:v>149</x:v>
       </x:c>
       <x:c r="K131" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="L131" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M131" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N131" s="3" t="n">
         <x:v>42819</x:v>
       </x:c>
       <x:c r="O131" s="0" t="s">
         <x:v>154</x:v>
       </x:c>
       <x:c r="P131" s="0" t="s">
         <x:v>148</x:v>
       </x:c>
       <x:c r="Q131" s="4" t="s">
         <x:v>149</x:v>
       </x:c>
       <x:c r="R131" s="0" t="s">
         <x:v>151</x:v>
       </x:c>
       <x:c r="S131" s="0" t="n">
-        <x:v>591707</x:v>
+        <x:v>591704</x:v>
       </x:c>
       <x:c r="T131" s="4" t="s">
-        <x:v>217</x:v>
+        <x:v>182</x:v>
       </x:c>
       <x:c r="U131" s="4" t="s">
-        <x:v>217</x:v>
+        <x:v>182</x:v>
       </x:c>
     </x:row>
     <x:row r="132" spans="1:21">
       <x:c r="A132" s="13" t="s">
         <x:v>129</x:v>
       </x:c>
       <x:c r="B132" s="14" t="s">
         <x:v>238</x:v>
       </x:c>
       <x:c r="C132" s="15" t="s"/>
       <x:c r="D132" s="15" t="s"/>
       <x:c r="E132" s="14" t="s"/>
       <x:c r="F132" s="14" t="s"/>
       <x:c r="G132" s="14" t="s">
         <x:v>239</x:v>
       </x:c>
       <x:c r="H132" s="14" t="s"/>
       <x:c r="I132" s="16" t="s">
         <x:v>240</x:v>
       </x:c>
       <x:c r="J132" s="14" t="s"/>
       <x:c r="K132" s="14" t="s">
         <x:v>133</x:v>
       </x:c>
       <x:c r="L132" s="14" t="s">
@@ -10741,195 +10741,195 @@
       </x:c>
       <x:c r="P159" s="0" t="s">
         <x:v>330</x:v>
       </x:c>
       <x:c r="Q159" s="4" t="s">
         <x:v>331</x:v>
       </x:c>
       <x:c r="R159" s="0" t="s">
         <x:v>333</x:v>
       </x:c>
       <x:c r="S159" s="0" t="n">
         <x:v>601752</x:v>
       </x:c>
       <x:c r="T159" s="4" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="U159" s="4" t="s">
         <x:v>64</x:v>
       </x:c>
     </x:row>
     <x:row r="160" spans="1:21">
       <x:c r="A160" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B160" s="14" t="s">
-        <x:v>262</x:v>
+        <x:v>325</x:v>
       </x:c>
       <x:c r="C160" s="15" t="s"/>
       <x:c r="D160" s="15" t="s"/>
       <x:c r="E160" s="14" t="s"/>
       <x:c r="F160" s="14" t="s"/>
       <x:c r="G160" s="14" t="s">
         <x:v>334</x:v>
       </x:c>
       <x:c r="H160" s="14" t="s"/>
       <x:c r="I160" s="16" t="s">
         <x:v>335</x:v>
       </x:c>
       <x:c r="J160" s="14" t="s"/>
       <x:c r="K160" s="14" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="L160" s="14" t="s">
         <x:v>142</x:v>
       </x:c>
       <x:c r="M160" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N160" s="15" t="n">
-        <x:v>42884</x:v>
+        <x:v>42866</x:v>
       </x:c>
       <x:c r="O160" s="14" t="s">
-        <x:v>259</x:v>
+        <x:v>278</x:v>
       </x:c>
       <x:c r="P160" s="14" t="s">
         <x:v>334</x:v>
       </x:c>
       <x:c r="Q160" s="16" t="s">
         <x:v>335</x:v>
       </x:c>
       <x:c r="R160" s="14" t="s">
         <x:v>165</x:v>
       </x:c>
       <x:c r="S160" s="14" t="n">
-        <x:v>598283</x:v>
+        <x:v>598287</x:v>
       </x:c>
       <x:c r="T160" s="16" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="U160" s="16" t="s">
         <x:v>255</x:v>
       </x:c>
     </x:row>
     <x:row r="161" spans="1:21">
       <x:c r="A161" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B161" s="0" t="s">
-        <x:v>336</x:v>
+        <x:v>262</x:v>
       </x:c>
       <x:c r="C161" s="3" t="s"/>
       <x:c r="D161" s="3" t="s"/>
       <x:c r="G161" s="0" t="s">
         <x:v>334</x:v>
       </x:c>
       <x:c r="I161" s="4" t="s">
         <x:v>335</x:v>
       </x:c>
       <x:c r="K161" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="L161" s="0" t="s">
         <x:v>142</x:v>
       </x:c>
       <x:c r="M161" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N161" s="3" t="n">
-        <x:v>42866</x:v>
+        <x:v>42884</x:v>
       </x:c>
       <x:c r="O161" s="0" t="s">
-        <x:v>278</x:v>
+        <x:v>259</x:v>
       </x:c>
       <x:c r="P161" s="0" t="s">
         <x:v>334</x:v>
       </x:c>
       <x:c r="Q161" s="4" t="s">
         <x:v>335</x:v>
       </x:c>
       <x:c r="R161" s="0" t="s">
         <x:v>165</x:v>
       </x:c>
       <x:c r="S161" s="0" t="n">
-        <x:v>598745</x:v>
+        <x:v>598283</x:v>
       </x:c>
       <x:c r="T161" s="4" t="s">
-        <x:v>337</x:v>
+        <x:v>41</x:v>
       </x:c>
       <x:c r="U161" s="4" t="s">
         <x:v>255</x:v>
       </x:c>
     </x:row>
     <x:row r="162" spans="1:21">
       <x:c r="A162" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B162" s="14" t="s">
-        <x:v>325</x:v>
+        <x:v>336</x:v>
       </x:c>
       <x:c r="C162" s="15" t="s"/>
       <x:c r="D162" s="15" t="s"/>
       <x:c r="E162" s="14" t="s"/>
       <x:c r="F162" s="14" t="s"/>
       <x:c r="G162" s="14" t="s">
         <x:v>334</x:v>
       </x:c>
       <x:c r="H162" s="14" t="s"/>
       <x:c r="I162" s="16" t="s">
         <x:v>335</x:v>
       </x:c>
       <x:c r="J162" s="14" t="s"/>
       <x:c r="K162" s="14" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="L162" s="14" t="s">
         <x:v>142</x:v>
       </x:c>
       <x:c r="M162" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N162" s="15" t="n">
         <x:v>42866</x:v>
       </x:c>
       <x:c r="O162" s="14" t="s">
         <x:v>278</x:v>
       </x:c>
       <x:c r="P162" s="14" t="s">
         <x:v>334</x:v>
       </x:c>
       <x:c r="Q162" s="16" t="s">
         <x:v>335</x:v>
       </x:c>
       <x:c r="R162" s="14" t="s">
         <x:v>165</x:v>
       </x:c>
       <x:c r="S162" s="14" t="n">
-        <x:v>598287</x:v>
+        <x:v>598745</x:v>
       </x:c>
       <x:c r="T162" s="16" t="s">
-        <x:v>41</x:v>
+        <x:v>337</x:v>
       </x:c>
       <x:c r="U162" s="16" t="s">
         <x:v>255</x:v>
       </x:c>
     </x:row>
     <x:row r="163" spans="1:21">
       <x:c r="A163" s="1" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="B163" s="0" t="s">
         <x:v>329</x:v>
       </x:c>
       <x:c r="C163" s="3" t="n">
         <x:v>39944</x:v>
       </x:c>
       <x:c r="D163" s="3" t="s"/>
       <x:c r="E163" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="G163" s="0" t="s">
         <x:v>338</x:v>
       </x:c>
       <x:c r="I163" s="4" t="s">
         <x:v>339</x:v>
       </x:c>
@@ -11142,138 +11142,138 @@
       <x:c r="U166" s="16" t="s">
         <x:v>351</x:v>
       </x:c>
     </x:row>
     <x:row r="167" spans="1:21">
       <x:c r="A167" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B167" s="0" t="s">
         <x:v>349</x:v>
       </x:c>
       <x:c r="C167" s="3" t="n">
         <x:v>35214</x:v>
       </x:c>
       <x:c r="D167" s="3" t="s"/>
       <x:c r="G167" s="0" t="s">
         <x:v>345</x:v>
       </x:c>
       <x:c r="I167" s="4" t="s">
         <x:v>346</x:v>
       </x:c>
       <x:c r="J167" s="0" t="s">
         <x:v>126</x:v>
       </x:c>
       <x:c r="K167" s="0" t="s">
-        <x:v>67</x:v>
+        <x:v>47</x:v>
       </x:c>
       <x:c r="L167" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M167" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N167" s="3" t="n">
         <x:v>31407</x:v>
       </x:c>
       <x:c r="O167" s="0" t="s">
         <x:v>95</x:v>
       </x:c>
       <x:c r="P167" s="0" t="s">
         <x:v>345</x:v>
       </x:c>
       <x:c r="Q167" s="4" t="s">
         <x:v>346</x:v>
       </x:c>
       <x:c r="R167" s="0" t="s">
         <x:v>347</x:v>
       </x:c>
       <x:c r="S167" s="0" t="n">
-        <x:v>609315</x:v>
+        <x:v>599036</x:v>
       </x:c>
       <x:c r="T167" s="4" t="s">
+        <x:v>348</x:v>
+      </x:c>
+      <x:c r="U167" s="4" t="s">
         <x:v>352</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>303</x:v>
       </x:c>
     </x:row>
     <x:row r="168" spans="1:21">
       <x:c r="A168" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B168" s="14" t="s">
         <x:v>349</x:v>
       </x:c>
       <x:c r="C168" s="15" t="n">
         <x:v>35214</x:v>
       </x:c>
       <x:c r="D168" s="15" t="s"/>
       <x:c r="E168" s="14" t="s"/>
       <x:c r="F168" s="14" t="s"/>
       <x:c r="G168" s="14" t="s">
         <x:v>345</x:v>
       </x:c>
       <x:c r="H168" s="14" t="s"/>
       <x:c r="I168" s="16" t="s">
         <x:v>346</x:v>
       </x:c>
       <x:c r="J168" s="14" t="s">
         <x:v>126</x:v>
       </x:c>
       <x:c r="K168" s="14" t="s">
-        <x:v>47</x:v>
+        <x:v>67</x:v>
       </x:c>
       <x:c r="L168" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M168" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N168" s="15" t="n">
         <x:v>31407</x:v>
       </x:c>
       <x:c r="O168" s="14" t="s">
         <x:v>95</x:v>
       </x:c>
       <x:c r="P168" s="14" t="s">
         <x:v>345</x:v>
       </x:c>
       <x:c r="Q168" s="16" t="s">
         <x:v>346</x:v>
       </x:c>
       <x:c r="R168" s="14" t="s">
         <x:v>347</x:v>
       </x:c>
       <x:c r="S168" s="14" t="n">
-        <x:v>599036</x:v>
+        <x:v>609315</x:v>
       </x:c>
       <x:c r="T168" s="16" t="s">
-        <x:v>348</x:v>
+        <x:v>353</x:v>
       </x:c>
       <x:c r="U168" s="16" t="s">
-        <x:v>353</x:v>
+        <x:v>303</x:v>
       </x:c>
     </x:row>
     <x:row r="169" spans="1:21">
       <x:c r="A169" s="1" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="B169" s="0" t="s">
         <x:v>344</x:v>
       </x:c>
       <x:c r="C169" s="3" t="n">
         <x:v>35214</x:v>
       </x:c>
       <x:c r="D169" s="3" t="s"/>
       <x:c r="E169" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="G169" s="0" t="s">
         <x:v>345</x:v>
       </x:c>
       <x:c r="I169" s="4" t="s">
         <x:v>346</x:v>
       </x:c>
       <x:c r="J169" s="0" t="s">
         <x:v>126</x:v>
       </x:c>
@@ -11838,51 +11838,51 @@
       <x:c r="M179" s="0" t="s">
         <x:v>247</x:v>
       </x:c>
       <x:c r="N179" s="3" t="n">
         <x:v>31407</x:v>
       </x:c>
       <x:c r="O179" s="0" t="s">
         <x:v>95</x:v>
       </x:c>
       <x:c r="P179" s="0" t="s">
         <x:v>366</x:v>
       </x:c>
       <x:c r="Q179" s="4" t="s">
         <x:v>367</x:v>
       </x:c>
       <x:c r="R179" s="0" t="s">
         <x:v>364</x:v>
       </x:c>
       <x:c r="S179" s="0" t="n">
         <x:v>603084</x:v>
       </x:c>
       <x:c r="T179" s="4" t="s">
         <x:v>369</x:v>
       </x:c>
       <x:c r="U179" s="4" t="s">
-        <x:v>353</x:v>
+        <x:v>352</x:v>
       </x:c>
     </x:row>
     <x:row r="180" spans="1:21">
       <x:c r="A180" s="13" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="B180" s="14" t="s">
         <x:v>344</x:v>
       </x:c>
       <x:c r="C180" s="15" t="n">
         <x:v>35214</x:v>
       </x:c>
       <x:c r="D180" s="15" t="s"/>
       <x:c r="E180" s="14" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="F180" s="14" t="s"/>
       <x:c r="G180" s="14" t="s">
         <x:v>366</x:v>
       </x:c>
       <x:c r="H180" s="14" t="s"/>
       <x:c r="I180" s="16" t="s">
         <x:v>367</x:v>
       </x:c>
       <x:c r="J180" s="14" t="s">
@@ -12499,51 +12499,51 @@
       <x:c r="L191" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M191" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N191" s="3" t="n">
         <x:v>42854</x:v>
       </x:c>
       <x:c r="O191" s="0" t="s">
         <x:v>248</x:v>
       </x:c>
       <x:c r="P191" s="0" t="s">
         <x:v>402</x:v>
       </x:c>
       <x:c r="Q191" s="4" t="s">
         <x:v>403</x:v>
       </x:c>
       <x:c r="R191" s="0" t="s">
         <x:v>404</x:v>
       </x:c>
       <x:c r="S191" s="0" t="n">
         <x:v>613566</x:v>
       </x:c>
       <x:c r="T191" s="4" t="s">
-        <x:v>221</x:v>
+        <x:v>223</x:v>
       </x:c>
       <x:c r="U191" s="4" t="s">
         <x:v>280</x:v>
       </x:c>
     </x:row>
     <x:row r="192" spans="1:21">
       <x:c r="A192" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B192" s="14" t="s">
         <x:v>401</x:v>
       </x:c>
       <x:c r="C192" s="15" t="s"/>
       <x:c r="D192" s="15" t="s"/>
       <x:c r="E192" s="14" t="s"/>
       <x:c r="F192" s="14" t="s"/>
       <x:c r="G192" s="14" t="s">
         <x:v>402</x:v>
       </x:c>
       <x:c r="H192" s="14" t="s"/>
       <x:c r="I192" s="16" t="s">
         <x:v>403</x:v>
       </x:c>
       <x:c r="J192" s="14" t="s"/>
       <x:c r="K192" s="14" t="s">
@@ -13009,51 +13009,51 @@
       <x:c r="L201" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M201" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N201" s="3" t="n">
         <x:v>42854</x:v>
       </x:c>
       <x:c r="O201" s="0" t="s">
         <x:v>248</x:v>
       </x:c>
       <x:c r="P201" s="0" t="s">
         <x:v>402</x:v>
       </x:c>
       <x:c r="Q201" s="4" t="s">
         <x:v>403</x:v>
       </x:c>
       <x:c r="R201" s="0" t="s">
         <x:v>404</x:v>
       </x:c>
       <x:c r="S201" s="0" t="n">
         <x:v>613567</x:v>
       </x:c>
       <x:c r="T201" s="4" t="s">
-        <x:v>234</x:v>
+        <x:v>216</x:v>
       </x:c>
       <x:c r="U201" s="4" t="s">
         <x:v>416</x:v>
       </x:c>
     </x:row>
     <x:row r="202" spans="1:21">
       <x:c r="A202" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B202" s="14" t="s">
         <x:v>401</x:v>
       </x:c>
       <x:c r="C202" s="15" t="s"/>
       <x:c r="D202" s="15" t="s"/>
       <x:c r="E202" s="14" t="s"/>
       <x:c r="F202" s="14" t="s"/>
       <x:c r="G202" s="14" t="s">
         <x:v>402</x:v>
       </x:c>
       <x:c r="H202" s="14" t="s"/>
       <x:c r="I202" s="16" t="s">
         <x:v>403</x:v>
       </x:c>
       <x:c r="J202" s="14" t="s"/>
       <x:c r="K202" s="14" t="s">
@@ -13269,51 +13269,51 @@
       <x:c r="M206" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N206" s="15" t="n">
         <x:v>42854</x:v>
       </x:c>
       <x:c r="O206" s="14" t="s">
         <x:v>248</x:v>
       </x:c>
       <x:c r="P206" s="14" t="s">
         <x:v>402</x:v>
       </x:c>
       <x:c r="Q206" s="16" t="s">
         <x:v>403</x:v>
       </x:c>
       <x:c r="R206" s="14" t="s">
         <x:v>404</x:v>
       </x:c>
       <x:c r="S206" s="14" t="n">
         <x:v>613569</x:v>
       </x:c>
       <x:c r="T206" s="16" t="s">
         <x:v>156</x:v>
       </x:c>
       <x:c r="U206" s="16" t="s">
-        <x:v>224</x:v>
+        <x:v>225</x:v>
       </x:c>
     </x:row>
     <x:row r="207" spans="1:21">
       <x:c r="A207" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B207" s="0" t="s">
         <x:v>401</x:v>
       </x:c>
       <x:c r="C207" s="3" t="s"/>
       <x:c r="D207" s="3" t="s"/>
       <x:c r="G207" s="0" t="s">
         <x:v>402</x:v>
       </x:c>
       <x:c r="I207" s="4" t="s">
         <x:v>403</x:v>
       </x:c>
       <x:c r="K207" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="L207" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M207" s="0" t="s">
         <x:v>27</x:v>
@@ -13908,57 +13908,57 @@
       <x:c r="K218" s="14" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="L218" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M218" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N218" s="15" t="n">
         <x:v>42854</x:v>
       </x:c>
       <x:c r="O218" s="14" t="s">
         <x:v>248</x:v>
       </x:c>
       <x:c r="P218" s="14" t="s">
         <x:v>450</x:v>
       </x:c>
       <x:c r="Q218" s="16" t="s">
         <x:v>451</x:v>
       </x:c>
       <x:c r="R218" s="14" t="s">
         <x:v>452</x:v>
       </x:c>
       <x:c r="S218" s="14" t="n">
-        <x:v>586784</x:v>
+        <x:v>586789</x:v>
       </x:c>
       <x:c r="T218" s="16" t="s">
-        <x:v>199</x:v>
+        <x:v>420</x:v>
       </x:c>
       <x:c r="U218" s="16" t="s">
-        <x:v>197</x:v>
+        <x:v>423</x:v>
       </x:c>
     </x:row>
     <x:row r="219" spans="1:21">
       <x:c r="A219" s="1" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="B219" s="0" t="s">
         <x:v>446</x:v>
       </x:c>
       <x:c r="C219" s="3" t="n">
         <x:v>36937</x:v>
       </x:c>
       <x:c r="D219" s="3" t="s"/>
       <x:c r="E219" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="G219" s="0" t="s">
         <x:v>447</x:v>
       </x:c>
       <x:c r="I219" s="4" t="s">
         <x:v>277</x:v>
       </x:c>
       <x:c r="J219" s="0" t="s">
         <x:v>298</x:v>
       </x:c>
@@ -14521,51 +14521,51 @@
       <x:c r="L229" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M229" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N229" s="3" t="n">
         <x:v>42854</x:v>
       </x:c>
       <x:c r="O229" s="0" t="s">
         <x:v>248</x:v>
       </x:c>
       <x:c r="P229" s="0" t="s">
         <x:v>450</x:v>
       </x:c>
       <x:c r="Q229" s="4" t="s">
         <x:v>451</x:v>
       </x:c>
       <x:c r="R229" s="0" t="s">
         <x:v>452</x:v>
       </x:c>
       <x:c r="S229" s="0" t="n">
         <x:v>586778</x:v>
       </x:c>
       <x:c r="T229" s="4" t="s">
-        <x:v>215</x:v>
+        <x:v>236</x:v>
       </x:c>
       <x:c r="U229" s="4" t="s">
         <x:v>476</x:v>
       </x:c>
     </x:row>
     <x:row r="230" spans="1:21">
       <x:c r="A230" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B230" s="14" t="s">
         <x:v>449</x:v>
       </x:c>
       <x:c r="C230" s="15" t="s"/>
       <x:c r="D230" s="15" t="s"/>
       <x:c r="E230" s="14" t="s"/>
       <x:c r="F230" s="14" t="s"/>
       <x:c r="G230" s="14" t="s">
         <x:v>450</x:v>
       </x:c>
       <x:c r="H230" s="14" t="s"/>
       <x:c r="I230" s="16" t="s">
         <x:v>451</x:v>
       </x:c>
       <x:c r="J230" s="14" t="s"/>
       <x:c r="K230" s="14" t="s">
@@ -15028,110 +15028,110 @@
       <x:c r="K239" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="L239" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M239" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N239" s="3" t="n">
         <x:v>42854</x:v>
       </x:c>
       <x:c r="O239" s="0" t="s">
         <x:v>248</x:v>
       </x:c>
       <x:c r="P239" s="0" t="s">
         <x:v>450</x:v>
       </x:c>
       <x:c r="Q239" s="4" t="s">
         <x:v>451</x:v>
       </x:c>
       <x:c r="R239" s="0" t="s">
         <x:v>452</x:v>
       </x:c>
       <x:c r="S239" s="0" t="n">
-        <x:v>586783</x:v>
+        <x:v>586784</x:v>
       </x:c>
       <x:c r="T239" s="4" t="s">
-        <x:v>156</x:v>
+        <x:v>199</x:v>
       </x:c>
       <x:c r="U239" s="4" t="s">
-        <x:v>485</x:v>
+        <x:v>197</x:v>
       </x:c>
     </x:row>
     <x:row r="240" spans="1:21">
       <x:c r="A240" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B240" s="14" t="s">
         <x:v>449</x:v>
       </x:c>
       <x:c r="C240" s="15" t="s"/>
       <x:c r="D240" s="15" t="s"/>
       <x:c r="E240" s="14" t="s"/>
       <x:c r="F240" s="14" t="s"/>
       <x:c r="G240" s="14" t="s">
         <x:v>450</x:v>
       </x:c>
       <x:c r="H240" s="14" t="s"/>
       <x:c r="I240" s="16" t="s">
         <x:v>451</x:v>
       </x:c>
       <x:c r="J240" s="14" t="s"/>
       <x:c r="K240" s="14" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="L240" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M240" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N240" s="15" t="n">
         <x:v>42854</x:v>
       </x:c>
       <x:c r="O240" s="14" t="s">
         <x:v>248</x:v>
       </x:c>
       <x:c r="P240" s="14" t="s">
         <x:v>450</x:v>
       </x:c>
       <x:c r="Q240" s="16" t="s">
         <x:v>451</x:v>
       </x:c>
       <x:c r="R240" s="14" t="s">
         <x:v>452</x:v>
       </x:c>
       <x:c r="S240" s="14" t="n">
-        <x:v>586789</x:v>
+        <x:v>586783</x:v>
       </x:c>
       <x:c r="T240" s="16" t="s">
-        <x:v>420</x:v>
+        <x:v>156</x:v>
       </x:c>
       <x:c r="U240" s="16" t="s">
-        <x:v>423</x:v>
+        <x:v>485</x:v>
       </x:c>
     </x:row>
     <x:row r="241" spans="1:21">
       <x:c r="A241" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B241" s="0" t="s">
         <x:v>262</x:v>
       </x:c>
       <x:c r="C241" s="3" t="s"/>
       <x:c r="D241" s="3" t="s"/>
       <x:c r="G241" s="0" t="s">
         <x:v>486</x:v>
       </x:c>
       <x:c r="H241" s="0" t="s">
         <x:v>487</x:v>
       </x:c>
       <x:c r="I241" s="4" t="s">
         <x:v>451</x:v>
       </x:c>
       <x:c r="K241" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="L241" s="0" t="s">
         <x:v>142</x:v>
@@ -15452,51 +15452,51 @@
       <x:c r="L247" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M247" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N247" s="3" t="n">
         <x:v>42854</x:v>
       </x:c>
       <x:c r="O247" s="0" t="s">
         <x:v>248</x:v>
       </x:c>
       <x:c r="P247" s="0" t="s">
         <x:v>499</x:v>
       </x:c>
       <x:c r="Q247" s="4" t="s">
         <x:v>500</x:v>
       </x:c>
       <x:c r="R247" s="0" t="s">
         <x:v>501</x:v>
       </x:c>
       <x:c r="S247" s="0" t="n">
         <x:v>610895</x:v>
       </x:c>
       <x:c r="T247" s="4" t="s">
-        <x:v>220</x:v>
+        <x:v>222</x:v>
       </x:c>
       <x:c r="U247" s="4" t="s">
         <x:v>152</x:v>
       </x:c>
     </x:row>
     <x:row r="248" spans="1:21">
       <x:c r="A248" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B248" s="14" t="s">
         <x:v>243</x:v>
       </x:c>
       <x:c r="C248" s="15" t="s"/>
       <x:c r="D248" s="15" t="s"/>
       <x:c r="E248" s="14" t="s"/>
       <x:c r="F248" s="14" t="s"/>
       <x:c r="G248" s="14" t="s">
         <x:v>499</x:v>
       </x:c>
       <x:c r="H248" s="14" t="s"/>
       <x:c r="I248" s="16" t="s">
         <x:v>500</x:v>
       </x:c>
       <x:c r="J248" s="14" t="s"/>
       <x:c r="K248" s="14" t="s">
@@ -15554,51 +15554,51 @@
       <x:c r="L249" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M249" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N249" s="3" t="n">
         <x:v>42854</x:v>
       </x:c>
       <x:c r="O249" s="0" t="s">
         <x:v>248</x:v>
       </x:c>
       <x:c r="P249" s="0" t="s">
         <x:v>499</x:v>
       </x:c>
       <x:c r="Q249" s="4" t="s">
         <x:v>500</x:v>
       </x:c>
       <x:c r="R249" s="0" t="s">
         <x:v>501</x:v>
       </x:c>
       <x:c r="S249" s="0" t="n">
         <x:v>610897</x:v>
       </x:c>
       <x:c r="T249" s="4" t="s">
-        <x:v>214</x:v>
+        <x:v>212</x:v>
       </x:c>
       <x:c r="U249" s="4" t="s">
         <x:v>167</x:v>
       </x:c>
     </x:row>
     <x:row r="250" spans="1:21">
       <x:c r="A250" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B250" s="14" t="s">
         <x:v>503</x:v>
       </x:c>
       <x:c r="C250" s="15" t="s"/>
       <x:c r="D250" s="15" t="s"/>
       <x:c r="E250" s="14" t="s"/>
       <x:c r="F250" s="14" t="s"/>
       <x:c r="G250" s="14" t="s">
         <x:v>504</x:v>
       </x:c>
       <x:c r="H250" s="14" t="s"/>
       <x:c r="I250" s="16" t="s">
         <x:v>505</x:v>
       </x:c>
       <x:c r="J250" s="14" t="s">
         <x:v>506</x:v>
@@ -16060,259 +16060,259 @@
       </x:c>
       <x:c r="P258" s="14" t="s">
         <x:v>516</x:v>
       </x:c>
       <x:c r="Q258" s="16" t="s">
         <x:v>389</x:v>
       </x:c>
       <x:c r="R258" s="14" t="s">
         <x:v>390</x:v>
       </x:c>
       <x:c r="S258" s="14" t="n">
         <x:v>592018</x:v>
       </x:c>
       <x:c r="T258" s="16" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="U258" s="16" t="s">
         <x:v>135</x:v>
       </x:c>
     </x:row>
     <x:row r="259" spans="1:21">
       <x:c r="A259" s="1" t="s">
         <x:v>129</x:v>
       </x:c>
       <x:c r="B259" s="0" t="s">
-        <x:v>274</x:v>
+        <x:v>521</x:v>
       </x:c>
       <x:c r="C259" s="3" t="n">
-        <x:v>40115</x:v>
+        <x:v>41277</x:v>
       </x:c>
       <x:c r="D259" s="3" t="s"/>
       <x:c r="G259" s="0" t="s">
         <x:v>131</x:v>
       </x:c>
       <x:c r="I259" s="4" t="s">
         <x:v>132</x:v>
       </x:c>
       <x:c r="J259" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="K259" s="0" t="s">
         <x:v>133</x:v>
       </x:c>
       <x:c r="L259" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M259" s="0" t="s">
-        <x:v>247</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="N259" s="3" t="n">
-        <x:v>12054</x:v>
+        <x:v>43454</x:v>
       </x:c>
       <x:c r="O259" s="0" t="s">
-        <x:v>92</x:v>
+        <x:v>522</x:v>
       </x:c>
       <x:c r="P259" s="0" t="s">
         <x:v>516</x:v>
       </x:c>
       <x:c r="Q259" s="4" t="s">
-        <x:v>389</x:v>
+        <x:v>523</x:v>
       </x:c>
       <x:c r="R259" s="0" t="s">
-        <x:v>390</x:v>
+        <x:v>524</x:v>
       </x:c>
       <x:c r="S259" s="0" t="n">
-        <x:v>592346</x:v>
+        <x:v>606181</x:v>
       </x:c>
       <x:c r="T259" s="4" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="U259" s="4" t="s">
         <x:v>135</x:v>
       </x:c>
     </x:row>
     <x:row r="260" spans="1:21">
       <x:c r="A260" s="13" t="s">
         <x:v>129</x:v>
       </x:c>
       <x:c r="B260" s="14" t="s">
-        <x:v>521</x:v>
+        <x:v>274</x:v>
       </x:c>
       <x:c r="C260" s="15" t="n">
-        <x:v>41277</x:v>
+        <x:v>40115</x:v>
       </x:c>
       <x:c r="D260" s="15" t="s"/>
       <x:c r="E260" s="14" t="s"/>
       <x:c r="F260" s="14" t="s"/>
       <x:c r="G260" s="14" t="s">
         <x:v>131</x:v>
       </x:c>
       <x:c r="H260" s="14" t="s"/>
       <x:c r="I260" s="16" t="s">
         <x:v>132</x:v>
       </x:c>
       <x:c r="J260" s="14" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="K260" s="14" t="s">
         <x:v>133</x:v>
       </x:c>
       <x:c r="L260" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M260" s="14" t="s">
-        <x:v>27</x:v>
+        <x:v>247</x:v>
       </x:c>
       <x:c r="N260" s="15" t="n">
-        <x:v>43454</x:v>
+        <x:v>12054</x:v>
       </x:c>
       <x:c r="O260" s="14" t="s">
-        <x:v>522</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="P260" s="14" t="s">
         <x:v>516</x:v>
       </x:c>
       <x:c r="Q260" s="16" t="s">
-        <x:v>523</x:v>
+        <x:v>389</x:v>
       </x:c>
       <x:c r="R260" s="14" t="s">
-        <x:v>524</x:v>
+        <x:v>390</x:v>
       </x:c>
       <x:c r="S260" s="14" t="n">
-        <x:v>606181</x:v>
+        <x:v>592346</x:v>
       </x:c>
       <x:c r="T260" s="16" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="U260" s="16" t="s">
         <x:v>135</x:v>
       </x:c>
     </x:row>
     <x:row r="261" spans="1:21">
       <x:c r="A261" s="1" t="s">
         <x:v>129</x:v>
       </x:c>
       <x:c r="B261" s="0" t="s">
-        <x:v>266</x:v>
+        <x:v>511</x:v>
       </x:c>
       <x:c r="C261" s="3" t="n">
-        <x:v>38701</x:v>
+        <x:v>39517</x:v>
       </x:c>
       <x:c r="D261" s="3" t="s"/>
       <x:c r="G261" s="0" t="s">
         <x:v>131</x:v>
       </x:c>
       <x:c r="I261" s="4" t="s">
         <x:v>132</x:v>
       </x:c>
       <x:c r="J261" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="K261" s="0" t="s">
         <x:v>133</x:v>
       </x:c>
       <x:c r="L261" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M261" s="0" t="s">
-        <x:v>27</x:v>
+        <x:v>247</x:v>
       </x:c>
       <x:c r="N261" s="3" t="n">
-        <x:v>11554</x:v>
+        <x:v>12046</x:v>
       </x:c>
       <x:c r="O261" s="0" t="s">
-        <x:v>87</x:v>
+        <x:v>81</x:v>
       </x:c>
       <x:c r="P261" s="0" t="s">
         <x:v>516</x:v>
       </x:c>
       <x:c r="Q261" s="4" t="s">
-        <x:v>389</x:v>
+        <x:v>525</x:v>
       </x:c>
       <x:c r="R261" s="0" t="s">
-        <x:v>390</x:v>
+        <x:v>526</x:v>
       </x:c>
       <x:c r="S261" s="0" t="n">
-        <x:v>591905</x:v>
+        <x:v>592169</x:v>
       </x:c>
       <x:c r="T261" s="4" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="U261" s="4" t="s">
         <x:v>135</x:v>
       </x:c>
     </x:row>
     <x:row r="262" spans="1:21">
       <x:c r="A262" s="13" t="s">
         <x:v>129</x:v>
       </x:c>
       <x:c r="B262" s="14" t="s">
-        <x:v>511</x:v>
+        <x:v>266</x:v>
       </x:c>
       <x:c r="C262" s="15" t="n">
-        <x:v>39517</x:v>
+        <x:v>38701</x:v>
       </x:c>
       <x:c r="D262" s="15" t="s"/>
       <x:c r="E262" s="14" t="s"/>
       <x:c r="F262" s="14" t="s"/>
       <x:c r="G262" s="14" t="s">
         <x:v>131</x:v>
       </x:c>
       <x:c r="H262" s="14" t="s"/>
       <x:c r="I262" s="16" t="s">
         <x:v>132</x:v>
       </x:c>
       <x:c r="J262" s="14" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="K262" s="14" t="s">
         <x:v>133</x:v>
       </x:c>
       <x:c r="L262" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M262" s="14" t="s">
-        <x:v>247</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="N262" s="15" t="n">
-        <x:v>12046</x:v>
+        <x:v>11554</x:v>
       </x:c>
       <x:c r="O262" s="14" t="s">
-        <x:v>81</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="P262" s="14" t="s">
         <x:v>516</x:v>
       </x:c>
       <x:c r="Q262" s="16" t="s">
-        <x:v>525</x:v>
+        <x:v>389</x:v>
       </x:c>
       <x:c r="R262" s="14" t="s">
-        <x:v>526</x:v>
+        <x:v>390</x:v>
       </x:c>
       <x:c r="S262" s="14" t="n">
-        <x:v>592169</x:v>
+        <x:v>591905</x:v>
       </x:c>
       <x:c r="T262" s="16" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="U262" s="16" t="s">
         <x:v>135</x:v>
       </x:c>
     </x:row>
     <x:row r="263" spans="1:21">
       <x:c r="A263" s="1" t="s">
         <x:v>129</x:v>
       </x:c>
       <x:c r="B263" s="0" t="s">
         <x:v>274</x:v>
       </x:c>
       <x:c r="C263" s="3" t="n">
         <x:v>40115</x:v>
       </x:c>
       <x:c r="D263" s="3" t="s"/>
       <x:c r="G263" s="0" t="s">
         <x:v>131</x:v>
       </x:c>
       <x:c r="I263" s="4" t="s">
         <x:v>132</x:v>
       </x:c>
@@ -16615,481 +16615,481 @@
       </x:c>
       <x:c r="P268" s="14" t="s">
         <x:v>516</x:v>
       </x:c>
       <x:c r="Q268" s="16" t="s">
         <x:v>519</x:v>
       </x:c>
       <x:c r="R268" s="14" t="s">
         <x:v>520</x:v>
       </x:c>
       <x:c r="S268" s="14" t="n">
         <x:v>591909</x:v>
       </x:c>
       <x:c r="T268" s="16" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="U268" s="16" t="s">
         <x:v>135</x:v>
       </x:c>
     </x:row>
     <x:row r="269" spans="1:21">
       <x:c r="A269" s="1" t="s">
         <x:v>129</x:v>
       </x:c>
       <x:c r="B269" s="0" t="s">
-        <x:v>72</x:v>
+        <x:v>530</x:v>
       </x:c>
       <x:c r="C269" s="3" t="n">
-        <x:v>35370</x:v>
+        <x:v>38979</x:v>
       </x:c>
       <x:c r="D269" s="3" t="s"/>
       <x:c r="G269" s="0" t="s">
         <x:v>131</x:v>
       </x:c>
       <x:c r="I269" s="4" t="s">
         <x:v>132</x:v>
       </x:c>
       <x:c r="J269" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="K269" s="0" t="s">
         <x:v>133</x:v>
       </x:c>
       <x:c r="L269" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M269" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N269" s="3" t="n">
-        <x:v>11502</x:v>
+        <x:v>11454</x:v>
       </x:c>
       <x:c r="O269" s="0" t="s">
-        <x:v>73</x:v>
+        <x:v>68</x:v>
       </x:c>
       <x:c r="P269" s="0" t="s">
         <x:v>516</x:v>
       </x:c>
       <x:c r="Q269" s="4" t="s">
-        <x:v>456</x:v>
+        <x:v>389</x:v>
       </x:c>
       <x:c r="R269" s="0" t="s">
-        <x:v>74</x:v>
+        <x:v>390</x:v>
       </x:c>
       <x:c r="S269" s="0" t="n">
-        <x:v>596699</x:v>
+        <x:v>592021</x:v>
       </x:c>
       <x:c r="T269" s="4" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="U269" s="4" t="s">
         <x:v>135</x:v>
       </x:c>
     </x:row>
     <x:row r="270" spans="1:21">
       <x:c r="A270" s="13" t="s">
         <x:v>129</x:v>
       </x:c>
       <x:c r="B270" s="14" t="s">
-        <x:v>266</x:v>
+        <x:v>275</x:v>
       </x:c>
       <x:c r="C270" s="15" t="n">
-        <x:v>38701</x:v>
+        <x:v>38978</x:v>
       </x:c>
       <x:c r="D270" s="15" t="s"/>
       <x:c r="E270" s="14" t="s"/>
       <x:c r="F270" s="14" t="s"/>
       <x:c r="G270" s="14" t="s">
         <x:v>131</x:v>
       </x:c>
       <x:c r="H270" s="14" t="s"/>
       <x:c r="I270" s="16" t="s">
         <x:v>132</x:v>
       </x:c>
       <x:c r="J270" s="14" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="K270" s="14" t="s">
         <x:v>133</x:v>
       </x:c>
       <x:c r="L270" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M270" s="14" t="s">
         <x:v>247</x:v>
       </x:c>
       <x:c r="N270" s="15" t="n">
-        <x:v>11554</x:v>
+        <x:v>11454</x:v>
       </x:c>
       <x:c r="O270" s="14" t="s">
-        <x:v>87</x:v>
+        <x:v>68</x:v>
       </x:c>
       <x:c r="P270" s="14" t="s">
         <x:v>516</x:v>
       </x:c>
       <x:c r="Q270" s="16" t="s">
         <x:v>124</x:v>
       </x:c>
       <x:c r="R270" s="14" t="s">
         <x:v>517</x:v>
       </x:c>
       <x:c r="S270" s="14" t="n">
-        <x:v>591906</x:v>
+        <x:v>592020</x:v>
       </x:c>
       <x:c r="T270" s="16" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="U270" s="16" t="s">
         <x:v>135</x:v>
       </x:c>
     </x:row>
     <x:row r="271" spans="1:21">
       <x:c r="A271" s="1" t="s">
         <x:v>129</x:v>
       </x:c>
       <x:c r="B271" s="0" t="s">
-        <x:v>266</x:v>
+        <x:v>511</x:v>
       </x:c>
       <x:c r="C271" s="3" t="n">
-        <x:v>38701</x:v>
+        <x:v>39517</x:v>
       </x:c>
       <x:c r="D271" s="3" t="s"/>
       <x:c r="G271" s="0" t="s">
         <x:v>131</x:v>
       </x:c>
       <x:c r="I271" s="4" t="s">
         <x:v>132</x:v>
       </x:c>
       <x:c r="J271" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="K271" s="0" t="s">
         <x:v>133</x:v>
       </x:c>
       <x:c r="L271" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M271" s="0" t="s">
         <x:v>247</x:v>
       </x:c>
       <x:c r="N271" s="3" t="n">
-        <x:v>11554</x:v>
+        <x:v>12046</x:v>
       </x:c>
       <x:c r="O271" s="0" t="s">
-        <x:v>87</x:v>
+        <x:v>81</x:v>
       </x:c>
       <x:c r="P271" s="0" t="s">
         <x:v>516</x:v>
       </x:c>
       <x:c r="Q271" s="4" t="s">
-        <x:v>525</x:v>
+        <x:v>519</x:v>
       </x:c>
       <x:c r="R271" s="0" t="s">
-        <x:v>526</x:v>
+        <x:v>520</x:v>
       </x:c>
       <x:c r="S271" s="0" t="n">
-        <x:v>591907</x:v>
+        <x:v>592167</x:v>
       </x:c>
       <x:c r="T271" s="4" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="U271" s="4" t="s">
         <x:v>135</x:v>
       </x:c>
     </x:row>
     <x:row r="272" spans="1:21">
       <x:c r="A272" s="13" t="s">
         <x:v>129</x:v>
       </x:c>
       <x:c r="B272" s="14" t="s">
-        <x:v>530</x:v>
+        <x:v>511</x:v>
       </x:c>
       <x:c r="C272" s="15" t="n">
-        <x:v>38979</x:v>
+        <x:v>39517</x:v>
       </x:c>
       <x:c r="D272" s="15" t="s"/>
       <x:c r="E272" s="14" t="s"/>
       <x:c r="F272" s="14" t="s"/>
       <x:c r="G272" s="14" t="s">
         <x:v>131</x:v>
       </x:c>
       <x:c r="H272" s="14" t="s"/>
       <x:c r="I272" s="16" t="s">
         <x:v>132</x:v>
       </x:c>
       <x:c r="J272" s="14" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="K272" s="14" t="s">
         <x:v>133</x:v>
       </x:c>
       <x:c r="L272" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M272" s="14" t="s">
         <x:v>247</x:v>
       </x:c>
       <x:c r="N272" s="15" t="n">
-        <x:v>11454</x:v>
+        <x:v>12046</x:v>
       </x:c>
       <x:c r="O272" s="14" t="s">
-        <x:v>68</x:v>
+        <x:v>81</x:v>
       </x:c>
       <x:c r="P272" s="14" t="s">
         <x:v>516</x:v>
       </x:c>
       <x:c r="Q272" s="16" t="s">
-        <x:v>519</x:v>
+        <x:v>389</x:v>
       </x:c>
       <x:c r="R272" s="14" t="s">
-        <x:v>520</x:v>
+        <x:v>390</x:v>
       </x:c>
       <x:c r="S272" s="14" t="n">
-        <x:v>592022</x:v>
+        <x:v>592170</x:v>
       </x:c>
       <x:c r="T272" s="16" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="U272" s="16" t="s">
         <x:v>135</x:v>
       </x:c>
     </x:row>
     <x:row r="273" spans="1:21">
       <x:c r="A273" s="1" t="s">
         <x:v>129</x:v>
       </x:c>
       <x:c r="B273" s="0" t="s">
         <x:v>530</x:v>
       </x:c>
       <x:c r="C273" s="3" t="n">
         <x:v>38979</x:v>
       </x:c>
       <x:c r="D273" s="3" t="s"/>
       <x:c r="G273" s="0" t="s">
         <x:v>131</x:v>
       </x:c>
       <x:c r="I273" s="4" t="s">
         <x:v>132</x:v>
       </x:c>
       <x:c r="J273" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="K273" s="0" t="s">
         <x:v>133</x:v>
       </x:c>
       <x:c r="L273" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M273" s="0" t="s">
-        <x:v>27</x:v>
+        <x:v>247</x:v>
       </x:c>
       <x:c r="N273" s="3" t="n">
         <x:v>11454</x:v>
       </x:c>
       <x:c r="O273" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="P273" s="0" t="s">
         <x:v>516</x:v>
       </x:c>
       <x:c r="Q273" s="4" t="s">
-        <x:v>389</x:v>
+        <x:v>519</x:v>
       </x:c>
       <x:c r="R273" s="0" t="s">
-        <x:v>390</x:v>
+        <x:v>520</x:v>
       </x:c>
       <x:c r="S273" s="0" t="n">
-        <x:v>592021</x:v>
+        <x:v>592022</x:v>
       </x:c>
       <x:c r="T273" s="4" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="U273" s="4" t="s">
         <x:v>135</x:v>
       </x:c>
     </x:row>
     <x:row r="274" spans="1:21">
       <x:c r="A274" s="13" t="s">
         <x:v>129</x:v>
       </x:c>
       <x:c r="B274" s="14" t="s">
-        <x:v>275</x:v>
+        <x:v>266</x:v>
       </x:c>
       <x:c r="C274" s="15" t="n">
-        <x:v>38978</x:v>
+        <x:v>38701</x:v>
       </x:c>
       <x:c r="D274" s="15" t="s"/>
       <x:c r="E274" s="14" t="s"/>
       <x:c r="F274" s="14" t="s"/>
       <x:c r="G274" s="14" t="s">
         <x:v>131</x:v>
       </x:c>
       <x:c r="H274" s="14" t="s"/>
       <x:c r="I274" s="16" t="s">
         <x:v>132</x:v>
       </x:c>
       <x:c r="J274" s="14" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="K274" s="14" t="s">
         <x:v>133</x:v>
       </x:c>
       <x:c r="L274" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M274" s="14" t="s">
         <x:v>247</x:v>
       </x:c>
       <x:c r="N274" s="15" t="n">
-        <x:v>11454</x:v>
+        <x:v>11554</x:v>
       </x:c>
       <x:c r="O274" s="14" t="s">
-        <x:v>68</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="P274" s="14" t="s">
         <x:v>516</x:v>
       </x:c>
       <x:c r="Q274" s="16" t="s">
         <x:v>124</x:v>
       </x:c>
       <x:c r="R274" s="14" t="s">
         <x:v>517</x:v>
       </x:c>
       <x:c r="S274" s="14" t="n">
-        <x:v>592020</x:v>
+        <x:v>591906</x:v>
       </x:c>
       <x:c r="T274" s="16" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="U274" s="16" t="s">
         <x:v>135</x:v>
       </x:c>
     </x:row>
     <x:row r="275" spans="1:21">
       <x:c r="A275" s="1" t="s">
         <x:v>129</x:v>
       </x:c>
       <x:c r="B275" s="0" t="s">
-        <x:v>511</x:v>
+        <x:v>266</x:v>
       </x:c>
       <x:c r="C275" s="3" t="n">
-        <x:v>39517</x:v>
+        <x:v>38701</x:v>
       </x:c>
       <x:c r="D275" s="3" t="s"/>
       <x:c r="G275" s="0" t="s">
         <x:v>131</x:v>
       </x:c>
       <x:c r="I275" s="4" t="s">
         <x:v>132</x:v>
       </x:c>
       <x:c r="J275" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="K275" s="0" t="s">
         <x:v>133</x:v>
       </x:c>
       <x:c r="L275" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M275" s="0" t="s">
         <x:v>247</x:v>
       </x:c>
       <x:c r="N275" s="3" t="n">
-        <x:v>12046</x:v>
+        <x:v>11554</x:v>
       </x:c>
       <x:c r="O275" s="0" t="s">
-        <x:v>81</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="P275" s="0" t="s">
         <x:v>516</x:v>
       </x:c>
       <x:c r="Q275" s="4" t="s">
-        <x:v>519</x:v>
+        <x:v>525</x:v>
       </x:c>
       <x:c r="R275" s="0" t="s">
-        <x:v>520</x:v>
+        <x:v>526</x:v>
       </x:c>
       <x:c r="S275" s="0" t="n">
-        <x:v>592167</x:v>
+        <x:v>591907</x:v>
       </x:c>
       <x:c r="T275" s="4" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="U275" s="4" t="s">
         <x:v>135</x:v>
       </x:c>
     </x:row>
     <x:row r="276" spans="1:21">
       <x:c r="A276" s="13" t="s">
         <x:v>129</x:v>
       </x:c>
       <x:c r="B276" s="14" t="s">
-        <x:v>511</x:v>
+        <x:v>72</x:v>
       </x:c>
       <x:c r="C276" s="15" t="n">
-        <x:v>39517</x:v>
+        <x:v>35370</x:v>
       </x:c>
       <x:c r="D276" s="15" t="s"/>
       <x:c r="E276" s="14" t="s"/>
       <x:c r="F276" s="14" t="s"/>
       <x:c r="G276" s="14" t="s">
         <x:v>131</x:v>
       </x:c>
       <x:c r="H276" s="14" t="s"/>
       <x:c r="I276" s="16" t="s">
         <x:v>132</x:v>
       </x:c>
       <x:c r="J276" s="14" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="K276" s="14" t="s">
         <x:v>133</x:v>
       </x:c>
       <x:c r="L276" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M276" s="14" t="s">
-        <x:v>247</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="N276" s="15" t="n">
-        <x:v>12046</x:v>
+        <x:v>11502</x:v>
       </x:c>
       <x:c r="O276" s="14" t="s">
-        <x:v>81</x:v>
+        <x:v>73</x:v>
       </x:c>
       <x:c r="P276" s="14" t="s">
         <x:v>516</x:v>
       </x:c>
       <x:c r="Q276" s="16" t="s">
-        <x:v>389</x:v>
+        <x:v>456</x:v>
       </x:c>
       <x:c r="R276" s="14" t="s">
-        <x:v>390</x:v>
+        <x:v>74</x:v>
       </x:c>
       <x:c r="S276" s="14" t="n">
-        <x:v>592170</x:v>
+        <x:v>596699</x:v>
       </x:c>
       <x:c r="T276" s="16" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="U276" s="16" t="s">
         <x:v>135</x:v>
       </x:c>
     </x:row>
     <x:row r="277" spans="1:21">
       <x:c r="A277" s="1" t="s">
         <x:v>129</x:v>
       </x:c>
       <x:c r="B277" s="0" t="s">
         <x:v>511</x:v>
       </x:c>
       <x:c r="C277" s="3" t="n">
         <x:v>39517</x:v>
       </x:c>
       <x:c r="D277" s="3" t="s"/>
       <x:c r="G277" s="0" t="s">
         <x:v>531</x:v>
       </x:c>
       <x:c r="I277" s="4" t="s">
         <x:v>532</x:v>
       </x:c>