--- v0 (2026-01-24)
+++ v1 (2026-03-30)
@@ -224,90 +224,90 @@
   <x:si>
     <x:t>13417</x:t>
   </x:si>
   <x:si>
     <x:t>Niveau CAP, BEP</x:t>
   </x:si>
   <x:si>
     <x:t>Tout public</x:t>
   </x:si>
   <x:si>
     <x:t>Montage câblage électronique</x:t>
   </x:si>
   <x:si>
     <x:t>MARSEILLE-11e</x:t>
   </x:si>
   <x:si>
     <x:t>09/15/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>04/20/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Agence Nationale pour la Formation Professionnelle des Adultes - Filiale Entreprise - CFA</x:t>
   </x:si>
   <x:si>
-    <x:t>AFPA - FILIALE ENTREPRISE</x:t>
+    <x:t>AFPA - CFA</x:t>
   </x:si>
   <x:si>
     <x:t>Titre professionnel monteur câbleur intégrateur en équipements électroniques et électrotechniques</x:t>
   </x:si>
   <x:si>
+    <x:t>Association Départementale d'Etudes et de Formation</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ADEF</x:t>
+  </x:si>
+  <x:si>
+    <x:t>13001</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Montage câblage électrique</x:t>
+  </x:si>
+  <x:si>
+    <x:t>LA CIOTAT</x:t>
+  </x:si>
+  <x:si>
+    <x:t>11/03/2025 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>06/04/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
     <x:t>Conseil Régional</x:t>
   </x:si>
   <x:si>
     <x:t>Programme Régional Formation  2022-2026 (PRF)</x:t>
   </x:si>
   <x:si>
     <x:t>Demandeur d'emploi</x:t>
   </x:si>
   <x:si>
-    <x:t>Montage câblage électrique</x:t>
-[...10 lines deleted...]
-  <x:si>
     <x:t>11/17/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>06/17/2026 00:00:00</x:t>
-  </x:si>
-[...7 lines deleted...]
-    <x:t>06/04/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Titre professionnel agent de montage et de câblage en électronique</x:t>
   </x:si>
   <x:si>
     <x:t>Handicapé</x:t>
   </x:si>
   <x:si>
     <x:t>Formation et Métier - Cfa Régional de la Cité Technique - Esrp La Rouguière</x:t>
   </x:si>
   <x:si>
     <x:t>13011</x:t>
   </x:si>
   <x:si>
     <x:t>01/27/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>11/06/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Mastère spécialisé Concepteur de circuits microélectroniques</x:t>
   </x:si>
   <x:si>
     <x:t>Institut Mines-Telecom - Saint-Etienne</x:t>
   </x:si>
@@ -1437,151 +1437,153 @@
       </x:c>
       <x:c r="R5" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="S5" s="0" t="n">
         <x:v>525963</x:v>
       </x:c>
       <x:c r="T5" s="4" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="U5" s="4" t="s">
         <x:v>49</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:21">
       <x:c r="A6" s="13" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="B6" s="14" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="C6" s="15" t="n">
         <x:v>35311</x:v>
       </x:c>
       <x:c r="D6" s="15" t="s"/>
-      <x:c r="E6" s="14" t="s">
+      <x:c r="E6" s="14" t="s"/>
+      <x:c r="F6" s="14" t="s"/>
+      <x:c r="G6" s="14" t="s">
         <x:v>53</x:v>
       </x:c>
-      <x:c r="F6" s="14" t="s">
+      <x:c r="H6" s="14" t="s">
         <x:v>54</x:v>
       </x:c>
-      <x:c r="G6" s="14" t="s">
-[...4 lines deleted...]
-      </x:c>
       <x:c r="I6" s="16" t="s">
-        <x:v>43</x:v>
+        <x:v>55</x:v>
       </x:c>
       <x:c r="J6" s="14" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="K6" s="14" t="s">
-        <x:v>55</x:v>
+        <x:v>45</x:v>
       </x:c>
       <x:c r="L6" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M6" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N6" s="15" t="n">
         <x:v>24016</x:v>
       </x:c>
       <x:c r="O6" s="14" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="P6" s="14" t="s">
+        <x:v>53</x:v>
+      </x:c>
+      <x:c r="Q6" s="16" t="s">
+        <x:v>55</x:v>
+      </x:c>
+      <x:c r="R6" s="14" t="s">
         <x:v>57</x:v>
       </x:c>
-      <x:c r="Q6" s="16" t="s">
+      <x:c r="S6" s="14" t="n">
+        <x:v>591268</x:v>
+      </x:c>
+      <x:c r="T6" s="16" t="s">
         <x:v>58</x:v>
       </x:c>
-      <x:c r="R6" s="14" t="s">
+      <x:c r="U6" s="16" t="s">
         <x:v>59</x:v>
-      </x:c>
-[...7 lines deleted...]
-        <x:v>61</x:v>
       </x:c>
     </x:row>
     <x:row r="7" spans="1:21">
       <x:c r="A7" s="1" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="B7" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="C7" s="3" t="n">
         <x:v>35311</x:v>
       </x:c>
       <x:c r="D7" s="3" t="s"/>
+      <x:c r="E7" s="0" t="s">
+        <x:v>60</x:v>
+      </x:c>
+      <x:c r="F7" s="0" t="s">
+        <x:v>61</x:v>
+      </x:c>
       <x:c r="G7" s="0" t="s">
-        <x:v>57</x:v>
+        <x:v>41</x:v>
       </x:c>
       <x:c r="H7" s="0" t="s">
-        <x:v>62</x:v>
+        <x:v>42</x:v>
       </x:c>
       <x:c r="I7" s="4" t="s">
-        <x:v>58</x:v>
+        <x:v>43</x:v>
       </x:c>
       <x:c r="J7" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="K7" s="0" t="s">
-        <x:v>45</x:v>
+        <x:v>62</x:v>
       </x:c>
       <x:c r="L7" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M7" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N7" s="3" t="n">
         <x:v>24016</x:v>
       </x:c>
       <x:c r="O7" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="P7" s="0" t="s">
+        <x:v>53</x:v>
+      </x:c>
+      <x:c r="Q7" s="4" t="s">
+        <x:v>55</x:v>
+      </x:c>
+      <x:c r="R7" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
-      <x:c r="Q7" s="4" t="s">
-[...4 lines deleted...]
-      </x:c>
       <x:c r="S7" s="0" t="n">
-        <x:v>591268</x:v>
+        <x:v>583871</x:v>
       </x:c>
       <x:c r="T7" s="4" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="U7" s="4" t="s">
         <x:v>64</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:21">
       <x:c r="A8" s="13" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="B8" s="14" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="C8" s="15" t="n">
         <x:v>38664</x:v>
       </x:c>
       <x:c r="D8" s="15" t="s"/>
       <x:c r="E8" s="14" t="s"/>
       <x:c r="F8" s="14" t="s"/>
       <x:c r="G8" s="14" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="H8" s="14" t="s">
@@ -2977,51 +2979,51 @@
       <x:c r="J33" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K33" s="0" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="L33" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M33" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N33" s="3" t="n">
         <x:v>24252</x:v>
       </x:c>
       <x:c r="O33" s="0" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="P33" s="0" t="s">
         <x:v>152</x:v>
       </x:c>
       <x:c r="Q33" s="4" t="s">
         <x:v>153</x:v>
       </x:c>
       <x:c r="R33" s="0" t="s">
-        <x:v>59</x:v>
+        <x:v>57</x:v>
       </x:c>
       <x:c r="S33" s="0" t="n">
         <x:v>597056</x:v>
       </x:c>
       <x:c r="T33" s="4" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="U33" s="4" t="s">
         <x:v>86</x:v>
       </x:c>
     </x:row>
     <x:row r="34" spans="1:21">
       <x:c r="A34" s="13" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="B34" s="14" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="C34" s="15" t="n">
         <x:v>37489</x:v>
       </x:c>
       <x:c r="D34" s="15" t="s"/>
       <x:c r="E34" s="14" t="s"/>
       <x:c r="F34" s="14" t="s"/>
       <x:c r="G34" s="14" t="s">
@@ -3433,57 +3435,57 @@
       <x:c r="K41" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L41" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M41" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N41" s="3" t="n">
         <x:v>24252</x:v>
       </x:c>
       <x:c r="O41" s="0" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="P41" s="0" t="s">
         <x:v>177</x:v>
       </x:c>
       <x:c r="Q41" s="4" t="s">
         <x:v>97</x:v>
       </x:c>
       <x:c r="R41" s="0" t="s">
         <x:v>99</x:v>
       </x:c>
       <x:c r="S41" s="0" t="n">
-        <x:v>509396</x:v>
+        <x:v>556782</x:v>
       </x:c>
       <x:c r="T41" s="4" t="s">
-        <x:v>178</x:v>
+        <x:v>37</x:v>
       </x:c>
       <x:c r="U41" s="4" t="s">
-        <x:v>179</x:v>
+        <x:v>86</x:v>
       </x:c>
     </x:row>
     <x:row r="42" spans="1:21">
       <x:c r="A42" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B42" s="14" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C42" s="15" t="n">
         <x:v>37489</x:v>
       </x:c>
       <x:c r="D42" s="15" t="s"/>
       <x:c r="E42" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F42" s="14" t="s"/>
       <x:c r="G42" s="14" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="H42" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="I42" s="16" t="s">
         <x:v>26</x:v>
@@ -3494,57 +3496,57 @@
       <x:c r="K42" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L42" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M42" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N42" s="15" t="n">
         <x:v>24252</x:v>
       </x:c>
       <x:c r="O42" s="14" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="P42" s="14" t="s">
         <x:v>177</x:v>
       </x:c>
       <x:c r="Q42" s="16" t="s">
         <x:v>97</x:v>
       </x:c>
       <x:c r="R42" s="14" t="s">
         <x:v>99</x:v>
       </x:c>
       <x:c r="S42" s="14" t="n">
-        <x:v>609476</x:v>
+        <x:v>509396</x:v>
       </x:c>
       <x:c r="T42" s="16" t="s">
-        <x:v>35</x:v>
+        <x:v>178</x:v>
       </x:c>
       <x:c r="U42" s="16" t="s">
-        <x:v>180</x:v>
+        <x:v>179</x:v>
       </x:c>
     </x:row>
     <x:row r="43" spans="1:21">
       <x:c r="A43" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B43" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C43" s="3" t="n">
         <x:v>37489</x:v>
       </x:c>
       <x:c r="D43" s="3" t="s"/>
       <x:c r="E43" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G43" s="0" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="H43" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="I43" s="4" t="s">
         <x:v>26</x:v>
       </x:c>
@@ -3554,57 +3556,57 @@
       <x:c r="K43" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L43" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M43" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N43" s="3" t="n">
         <x:v>24252</x:v>
       </x:c>
       <x:c r="O43" s="0" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="P43" s="0" t="s">
         <x:v>177</x:v>
       </x:c>
       <x:c r="Q43" s="4" t="s">
         <x:v>97</x:v>
       </x:c>
       <x:c r="R43" s="0" t="s">
         <x:v>99</x:v>
       </x:c>
       <x:c r="S43" s="0" t="n">
-        <x:v>556782</x:v>
+        <x:v>609476</x:v>
       </x:c>
       <x:c r="T43" s="4" t="s">
-        <x:v>37</x:v>
+        <x:v>35</x:v>
       </x:c>
       <x:c r="U43" s="4" t="s">
-        <x:v>86</x:v>
+        <x:v>180</x:v>
       </x:c>
     </x:row>
     <x:row r="44" spans="1:21">
       <x:c r="A44" s="13" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="B44" s="14" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="C44" s="15" t="n">
         <x:v>37489</x:v>
       </x:c>
       <x:c r="D44" s="15" t="s"/>
       <x:c r="E44" s="14" t="s"/>
       <x:c r="F44" s="14" t="s"/>
       <x:c r="G44" s="14" t="s">
         <x:v>181</x:v>
       </x:c>
       <x:c r="H44" s="14" t="s"/>
       <x:c r="I44" s="16" t="s">
         <x:v>182</x:v>
       </x:c>
       <x:c r="J44" s="14" t="s">
         <x:v>27</x:v>
       </x:c>