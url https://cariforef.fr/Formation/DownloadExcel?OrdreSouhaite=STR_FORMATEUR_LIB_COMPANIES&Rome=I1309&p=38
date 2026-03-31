--- v0 (2026-03-31)
+++ v1 (2026-03-31)
@@ -344,74 +344,74 @@
   <x:si>
     <x:t>Agence Nationale pour la Formation Professionnelle des Adultes - Accès à l'Emploi</x:t>
   </x:si>
   <x:si>
     <x:t>AFPA - ACCES A L'EMPLOI</x:t>
   </x:si>
   <x:si>
     <x:t>13417</x:t>
   </x:si>
   <x:si>
     <x:t>Bac</x:t>
   </x:si>
   <x:si>
     <x:t>Maintenance industrielle</x:t>
   </x:si>
   <x:si>
     <x:t>ISTRES CEDEX</x:t>
   </x:si>
   <x:si>
     <x:t>04/15/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>06/02/2026 00:00:00</x:t>
   </x:si>
   <x:si>
+    <x:t>Technicien de maintenance industrielle</x:t>
+  </x:si>
+  <x:si>
+    <x:t>10/26/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>06/18/2027 00:00:00</x:t>
+  </x:si>
+  <x:si>
     <x:t>Electromécanicien de maintenance industrielle</x:t>
   </x:si>
   <x:si>
     <x:t>Niveau CAP, BEP</x:t>
   </x:si>
   <x:si>
     <x:t>Entretien mécanique industrielle</x:t>
   </x:si>
   <x:si>
     <x:t>05/27/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>10/22/2026 00:00:00</x:t>
   </x:si>
   <x:si>
-    <x:t>Technicien de maintenance industrielle</x:t>
-[...7 lines deleted...]
-  <x:si>
     <x:t>09/24/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>05/21/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Titre professionnel technicien de maintenance industrielle (FTJ)</x:t>
   </x:si>
   <x:si>
     <x:t>France Travail</x:t>
   </x:si>
   <x:si>
     <x:t>AFC</x:t>
   </x:si>
   <x:si>
     <x:t>Groupement d'Intérêt Public pour la Formation Continue et l'Insertion Professionnelle de l'Académie d'Aix-Marseille</x:t>
   </x:si>
   <x:si>
     <x:t>GIP FCIP AIX-MARSEILLE</x:t>
   </x:si>
   <x:si>
     <x:t>13857</x:t>
   </x:si>
   <x:si>
     <x:t>Demandeur d'emploi</x:t>
@@ -419,80 +419,101 @@
   <x:si>
     <x:t>ISTRES</x:t>
   </x:si>
   <x:si>
     <x:t>06/30/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>05/22/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>12/17/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Réparer les éléments mécaniques et hydrauliques d'un équipement industriel - Bloc de compétences du titre profession Technicien de maintenance industrielle</x:t>
   </x:si>
   <x:si>
     <x:t>12/08/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>01/14/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>09/17/2026 00:00:00</x:t>
   </x:si>
   <x:si>
+    <x:t>02/08/2027 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>10/07/2027 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>07/23/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>06/10/2027 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Titre professionnel technicien de maintenance industrielle</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Conseil Régional</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Programme Régional Formation  2022-2026 (PRF)</x:t>
+  </x:si>
+  <x:si>
     <x:t>Réparer les éléments électrotechniques et pneumatiques d'un équipement industriel - Bloc de compétences du titre professionnel Technicien de maintenance industrielle</x:t>
   </x:si>
   <x:si>
-    <x:t>02/08/2027 00:00:00</x:t>
-[...19 lines deleted...]
-  <x:si>
     <x:t>Agence Nationale pour la Formation Professionnelle des Adultes - Filiale Entreprise - CFA</x:t>
   </x:si>
   <x:si>
     <x:t>AFPA - CFA</x:t>
   </x:si>
   <x:si>
+    <x:t>Api 84 - Cfai 84 - Nextech</x:t>
+  </x:si>
+  <x:si>
+    <x:t>84918</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Api 84 - Cfai 84 - Nextech - Antenne Pertuis</x:t>
+  </x:si>
+  <x:si>
+    <x:t>84120</x:t>
+  </x:si>
+  <x:si>
+    <x:t>PERTUIS</x:t>
+  </x:si>
+  <x:si>
+    <x:t>08/26/2024 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>08/28/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
     <x:t>Formation en contrat de pro</x:t>
   </x:si>
   <x:si>
     <x:t>Titre professionnel technicien de maintenance industrielle (Apprentissage) (Contrat de Professionnalisation)</x:t>
   </x:si>
   <x:si>
     <x:t>Agence Nationale pour la Formation Professionnelle des Adultes - Filiale Entreprise - CFA - Antenne Istres</x:t>
   </x:si>
   <x:si>
     <x:t>13800</x:t>
   </x:si>
   <x:si>
     <x:t>04/20/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>04/30/2027 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>09/21/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>10/01/2027 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>01/11/2027 00:00:00</x:t>
@@ -560,74 +581,53 @@
   <x:si>
     <x:t>11/16/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>11/20/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>12/03/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>06/15/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>06/19/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Chambre de Métiers et de l'Artisanat de Région Provence Alpes Côte d'Azur</x:t>
   </x:si>
   <x:si>
     <x:t>CMAR PACA</x:t>
   </x:si>
   <x:si>
     <x:t>13008</x:t>
   </x:si>
   <x:si>
-    <x:t>Api 84 - Cfai 84 - Nextech</x:t>
-[...4 lines deleted...]
-  <x:si>
     <x:t>AVIGNON</x:t>
   </x:si>
   <x:si>
-    <x:t>08/26/2024 00:00:00</x:t>
-[...13 lines deleted...]
-  <x:si>
     <x:t>Bac pro métiers de l'électricité et de ses environnements connectés (Apprentissage)</x:t>
   </x:si>
   <x:si>
     <x:t>Association Ouvrière des Compagnons du Devoir du Tour de France</x:t>
   </x:si>
   <x:si>
     <x:t>AOCDTF</x:t>
   </x:si>
   <x:si>
     <x:t>75004</x:t>
   </x:si>
   <x:si>
     <x:t>Immotique</x:t>
   </x:si>
   <x:si>
     <x:t>Association Ouvrière des Compagnons du Devoir du Tour de France - Antenne Marseille - CFA Régional des Compagnons du Devoir Paca</x:t>
   </x:si>
   <x:si>
     <x:t>13012</x:t>
   </x:si>
   <x:si>
     <x:t>MARSEILLE-12e</x:t>
   </x:si>
   <x:si>
     <x:t>09/15/2024 00:00:00</x:t>
@@ -1049,156 +1049,156 @@
   <x:si>
     <x:t>10/12/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Titre professionnel Technicien de maintenance industrielle</x:t>
   </x:si>
   <x:si>
     <x:t>Greta-Cfa Alpes Provence</x:t>
   </x:si>
   <x:si>
     <x:t>05000</x:t>
   </x:si>
   <x:si>
     <x:t>MANOSQUE</x:t>
   </x:si>
   <x:si>
     <x:t>04/02/2027 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>BAC PRO MELEC - Métiers de l'Electricité et de ses Environnements Connectés</x:t>
   </x:si>
   <x:si>
     <x:t>EMBRUN</x:t>
   </x:si>
   <x:si>
+    <x:t>Titre professionnel Technicien de maintenance industrielle - A partir de janvier 2026</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BTS MS - Maintenance des Systèmes - option A Systèmes de production</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BRIANCON</x:t>
+  </x:si>
+  <x:si>
+    <x:t>09/02/2025 00:00:00</x:t>
+  </x:si>
+  <x:si>
     <x:t>BTS Electrotechnique ( à partir de la rentrée 2025)</x:t>
   </x:si>
   <x:si>
     <x:t>07/13/2027 00:00:00</x:t>
   </x:si>
   <x:si>
-    <x:t>Titre professionnel Technicien de maintenance industrielle - A partir de janvier 2026</x:t>
-[...10 lines deleted...]
-  <x:si>
     <x:t>07/28/2028 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>BTS Electrotechnique</x:t>
   </x:si>
   <x:si>
     <x:t>Greta-Cfa Côte d'Azur</x:t>
   </x:si>
   <x:si>
     <x:t>06203</x:t>
   </x:si>
   <x:si>
     <x:t>09/23/2024 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Bac pro métiers de l'électricité et de ses environnements connectés</x:t>
   </x:si>
   <x:si>
     <x:t>Groupement d’Intérêt Public pour la Formation et l’Insertion Professionnelles de l'Académie de Nice - CFA Régional de l'Académie de Nice</x:t>
   </x:si>
   <x:si>
     <x:t>GIP FIPAN</x:t>
   </x:si>
   <x:si>
     <x:t>06000</x:t>
   </x:si>
   <x:si>
     <x:t>CANNES LA BOCCA</x:t>
   </x:si>
   <x:si>
     <x:t>06/23/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>06/25/2027 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>09/04/2025 00:00:00</x:t>
   </x:si>
   <x:si>
+    <x:t>CQP Technicien de maintenance d'appareils de chauffage au gaz</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Chauffage gaz</x:t>
+  </x:si>
+  <x:si>
+    <x:t>03/04/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>03/17/2027 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>09/09/2024 00:00:00</x:t>
+  </x:si>
+  <x:si>
     <x:t>07/05/2027 00:00:00</x:t>
   </x:si>
   <x:si>
-    <x:t>CQP Technicien de maintenance d'appareils de chauffage au gaz</x:t>
-[...11 lines deleted...]
-    <x:t>09/09/2024 00:00:00</x:t>
+    <x:t>09/22/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>06/23/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>07/01/2026 00:00:00</x:t>
   </x:si>
   <x:si>
-    <x:t>09/22/2025 00:00:00</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>Greta-Cfa Marseille Méditerranée</x:t>
   </x:si>
   <x:si>
     <x:t>GMM</x:t>
   </x:si>
   <x:si>
     <x:t>13010</x:t>
   </x:si>
   <x:si>
     <x:t>MARSEILLE-14e</x:t>
   </x:si>
   <x:si>
     <x:t>MARSEILLE-10e</x:t>
   </x:si>
   <x:si>
     <x:t>MARSEILLE-13e</x:t>
   </x:si>
   <x:si>
+    <x:t>BTS MS - Maintenance des systèmes - option B Systèmes énergétiques et fluidiques</x:t>
+  </x:si>
+  <x:si>
     <x:t>07/03/2027 00:00:00</x:t>
-  </x:si>
-[...1 lines deleted...]
-    <x:t>BTS MS - Maintenance des systèmes - option B Systèmes énergétiques et fluidiques</x:t>
   </x:si>
   <x:si>
     <x:t>Greta-Cfa Provence</x:t>
   </x:si>
   <x:si>
     <x:t>13625</x:t>
   </x:si>
   <x:si>
     <x:t>09/06/2024 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>MARIGNANE</x:t>
   </x:si>
   <x:si>
     <x:t>03/09/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>06/23/2028 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>LE THOLONET</x:t>
   </x:si>
   <x:si>
     <x:t>09/10/2025 00:00:00</x:t>
   </x:si>
@@ -3477,164 +3477,164 @@
       </x:c>
       <x:c r="Q18" s="16" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="R18" s="14" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="S18" s="14" t="n">
         <x:v>618753</x:v>
       </x:c>
       <x:c r="T18" s="16" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="U18" s="16" t="s">
         <x:v>90</x:v>
       </x:c>
     </x:row>
     <x:row r="19" spans="1:21">
       <x:c r="A19" s="1" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="B19" s="0" t="s">
         <x:v>91</x:v>
       </x:c>
       <x:c r="C19" s="3" t="n">
-        <x:v>37276</x:v>
+        <x:v>41536</x:v>
       </x:c>
       <x:c r="D19" s="3" t="s"/>
       <x:c r="G19" s="0" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="H19" s="0" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="I19" s="4" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="J19" s="0" t="s">
-        <x:v>92</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="K19" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="L19" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M19" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N19" s="3" t="n">
-        <x:v>23684</x:v>
+        <x:v>31624</x:v>
       </x:c>
       <x:c r="O19" s="0" t="s">
-        <x:v>93</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="P19" s="0" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="Q19" s="4" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="R19" s="0" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="S19" s="0" t="n">
-        <x:v>576757</x:v>
+        <x:v>618471</x:v>
       </x:c>
       <x:c r="T19" s="4" t="s">
-        <x:v>94</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="U19" s="4" t="s">
-        <x:v>95</x:v>
+        <x:v>93</x:v>
       </x:c>
     </x:row>
     <x:row r="20" spans="1:21">
       <x:c r="A20" s="13" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="B20" s="14" t="s">
-        <x:v>96</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="C20" s="15" t="n">
-        <x:v>41536</x:v>
+        <x:v>37276</x:v>
       </x:c>
       <x:c r="D20" s="15" t="s"/>
       <x:c r="E20" s="14" t="s"/>
       <x:c r="F20" s="14" t="s"/>
       <x:c r="G20" s="14" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="H20" s="14" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="I20" s="16" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="J20" s="14" t="s">
-        <x:v>86</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="K20" s="14" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="L20" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M20" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N20" s="15" t="n">
-        <x:v>31624</x:v>
+        <x:v>23684</x:v>
       </x:c>
       <x:c r="O20" s="14" t="s">
-        <x:v>87</x:v>
+        <x:v>96</x:v>
       </x:c>
       <x:c r="P20" s="14" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="Q20" s="16" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="R20" s="14" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="S20" s="14" t="n">
-        <x:v>618471</x:v>
+        <x:v>576757</x:v>
       </x:c>
       <x:c r="T20" s="16" t="s">
         <x:v>97</x:v>
       </x:c>
       <x:c r="U20" s="16" t="s">
         <x:v>98</x:v>
       </x:c>
     </x:row>
     <x:row r="21" spans="1:21">
       <x:c r="A21" s="1" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="B21" s="0" t="s">
-        <x:v>96</x:v>
+        <x:v>91</x:v>
       </x:c>
       <x:c r="C21" s="3" t="n">
         <x:v>35191</x:v>
       </x:c>
       <x:c r="D21" s="3" t="s"/>
       <x:c r="G21" s="0" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="H21" s="0" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="I21" s="4" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="J21" s="0" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="K21" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="L21" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M21" s="0" t="s">
         <x:v>30</x:v>
@@ -3710,51 +3710,51 @@
       </x:c>
       <x:c r="P22" s="14" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="Q22" s="16" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="R22" s="14" t="s">
         <x:v>108</x:v>
       </x:c>
       <x:c r="S22" s="14" t="n">
         <x:v>571361</x:v>
       </x:c>
       <x:c r="T22" s="16" t="s">
         <x:v>109</x:v>
       </x:c>
       <x:c r="U22" s="16" t="s">
         <x:v>110</x:v>
       </x:c>
     </x:row>
     <x:row r="23" spans="1:21">
       <x:c r="A23" s="1" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="B23" s="0" t="s">
-        <x:v>96</x:v>
+        <x:v>91</x:v>
       </x:c>
       <x:c r="C23" s="3" t="n">
         <x:v>35191</x:v>
       </x:c>
       <x:c r="D23" s="3" t="s"/>
       <x:c r="G23" s="0" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="H23" s="0" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="I23" s="4" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="J23" s="0" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="K23" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="L23" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M23" s="0" t="s">
         <x:v>30</x:v>
@@ -3872,62 +3872,62 @@
       <x:c r="L25" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M25" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N25" s="3" t="n">
         <x:v>31624</x:v>
       </x:c>
       <x:c r="O25" s="0" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="P25" s="0" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="Q25" s="4" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="R25" s="0" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="S25" s="0" t="n">
         <x:v>585624</x:v>
       </x:c>
       <x:c r="T25" s="4" t="s">
-        <x:v>97</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="U25" s="4" t="s">
         <x:v>113</x:v>
       </x:c>
     </x:row>
     <x:row r="26" spans="1:21">
       <x:c r="A26" s="13" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="B26" s="14" t="s">
-        <x:v>96</x:v>
+        <x:v>91</x:v>
       </x:c>
       <x:c r="C26" s="15" t="n">
         <x:v>35191</x:v>
       </x:c>
       <x:c r="D26" s="15" t="s"/>
       <x:c r="E26" s="14" t="s"/>
       <x:c r="F26" s="14" t="s"/>
       <x:c r="G26" s="14" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="H26" s="14" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="I26" s="16" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="J26" s="14" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="K26" s="14" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="L26" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
@@ -3942,100 +3942,100 @@
       </x:c>
       <x:c r="P26" s="14" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="Q26" s="16" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="R26" s="14" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="S26" s="14" t="n">
         <x:v>585609</x:v>
       </x:c>
       <x:c r="T26" s="16" t="s">
         <x:v>114</x:v>
       </x:c>
       <x:c r="U26" s="16" t="s">
         <x:v>115</x:v>
       </x:c>
     </x:row>
     <x:row r="27" spans="1:21">
       <x:c r="A27" s="1" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="B27" s="0" t="s">
-        <x:v>96</x:v>
+        <x:v>91</x:v>
       </x:c>
       <x:c r="C27" s="3" t="n">
         <x:v>35191</x:v>
       </x:c>
       <x:c r="D27" s="3" t="s"/>
       <x:c r="G27" s="0" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="H27" s="0" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="I27" s="4" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="J27" s="0" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="K27" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="L27" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M27" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N27" s="3" t="n">
         <x:v>31624</x:v>
       </x:c>
       <x:c r="O27" s="0" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="P27" s="0" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="Q27" s="4" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="R27" s="0" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="S27" s="0" t="n">
         <x:v>576745</x:v>
       </x:c>
       <x:c r="T27" s="4" t="s">
-        <x:v>97</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="U27" s="4" t="s">
-        <x:v>98</x:v>
+        <x:v>93</x:v>
       </x:c>
     </x:row>
     <x:row r="28" spans="1:21">
       <x:c r="A28" s="13" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="B28" s="14" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="C28" s="15" t="n">
         <x:v>41536</x:v>
       </x:c>
       <x:c r="D28" s="15" t="s"/>
       <x:c r="E28" s="14" t="s"/>
       <x:c r="F28" s="14" t="s"/>
       <x:c r="G28" s="14" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="H28" s="14" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="I28" s="16" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="J28" s="14" t="s">
@@ -4047,416 +4047,416 @@
       <x:c r="L28" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M28" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N28" s="15" t="n">
         <x:v>31624</x:v>
       </x:c>
       <x:c r="O28" s="14" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="P28" s="14" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="Q28" s="16" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="R28" s="14" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="S28" s="14" t="n">
         <x:v>618754</x:v>
       </x:c>
       <x:c r="T28" s="16" t="s">
-        <x:v>97</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="U28" s="16" t="s">
         <x:v>113</x:v>
       </x:c>
     </x:row>
     <x:row r="29" spans="1:21">
       <x:c r="A29" s="1" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="B29" s="0" t="s">
-        <x:v>116</x:v>
+        <x:v>91</x:v>
       </x:c>
       <x:c r="C29" s="3" t="n">
-        <x:v>35191</x:v>
+        <x:v>41536</x:v>
       </x:c>
       <x:c r="D29" s="3" t="s"/>
       <x:c r="G29" s="0" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="H29" s="0" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="I29" s="4" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="J29" s="0" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="K29" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="L29" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M29" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N29" s="3" t="n">
         <x:v>31624</x:v>
       </x:c>
       <x:c r="O29" s="0" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="P29" s="0" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="Q29" s="4" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="R29" s="0" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="S29" s="0" t="n">
-        <x:v>585620</x:v>
+        <x:v>618057</x:v>
       </x:c>
       <x:c r="T29" s="4" t="s">
-        <x:v>89</x:v>
+        <x:v>116</x:v>
       </x:c>
       <x:c r="U29" s="4" t="s">
-        <x:v>90</x:v>
+        <x:v>117</x:v>
       </x:c>
     </x:row>
     <x:row r="30" spans="1:21">
       <x:c r="A30" s="13" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="B30" s="14" t="s">
-        <x:v>116</x:v>
+        <x:v>91</x:v>
       </x:c>
       <x:c r="C30" s="15" t="n">
         <x:v>35191</x:v>
       </x:c>
       <x:c r="D30" s="15" t="s"/>
       <x:c r="E30" s="14" t="s"/>
       <x:c r="F30" s="14" t="s"/>
       <x:c r="G30" s="14" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="H30" s="14" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="I30" s="16" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="J30" s="14" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="K30" s="14" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="L30" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M30" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N30" s="15" t="n">
         <x:v>31624</x:v>
       </x:c>
       <x:c r="O30" s="14" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="P30" s="14" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="Q30" s="16" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="R30" s="14" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="S30" s="14" t="n">
-        <x:v>585621</x:v>
+        <x:v>589740</x:v>
       </x:c>
       <x:c r="T30" s="16" t="s">
-        <x:v>97</x:v>
+        <x:v>118</x:v>
       </x:c>
       <x:c r="U30" s="16" t="s">
-        <x:v>113</x:v>
+        <x:v>119</x:v>
       </x:c>
     </x:row>
     <x:row r="31" spans="1:21">
       <x:c r="A31" s="1" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="B31" s="0" t="s">
-        <x:v>96</x:v>
+        <x:v>120</x:v>
       </x:c>
       <x:c r="C31" s="3" t="n">
-        <x:v>41536</x:v>
+        <x:v>35191</x:v>
       </x:c>
       <x:c r="D31" s="3" t="s"/>
+      <x:c r="E31" s="0" t="s">
+        <x:v>121</x:v>
+      </x:c>
+      <x:c r="F31" s="0" t="s">
+        <x:v>122</x:v>
+      </x:c>
       <x:c r="G31" s="0" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="H31" s="0" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="I31" s="4" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="J31" s="0" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="K31" s="0" t="s">
-        <x:v>46</x:v>
+        <x:v>107</x:v>
       </x:c>
       <x:c r="L31" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M31" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N31" s="3" t="n">
         <x:v>31624</x:v>
       </x:c>
       <x:c r="O31" s="0" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="P31" s="0" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="Q31" s="4" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="R31" s="0" t="s">
-        <x:v>88</x:v>
+        <x:v>108</x:v>
       </x:c>
       <x:c r="S31" s="0" t="n">
-        <x:v>618057</x:v>
+        <x:v>583870</x:v>
       </x:c>
       <x:c r="T31" s="4" t="s">
-        <x:v>117</x:v>
+        <x:v>99</x:v>
       </x:c>
       <x:c r="U31" s="4" t="s">
-        <x:v>118</x:v>
+        <x:v>100</x:v>
       </x:c>
     </x:row>
     <x:row r="32" spans="1:21">
       <x:c r="A32" s="13" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="B32" s="14" t="s">
-        <x:v>96</x:v>
+        <x:v>91</x:v>
       </x:c>
       <x:c r="C32" s="15" t="n">
-        <x:v>35191</x:v>
+        <x:v>41536</x:v>
       </x:c>
       <x:c r="D32" s="15" t="s"/>
       <x:c r="E32" s="14" t="s"/>
       <x:c r="F32" s="14" t="s"/>
       <x:c r="G32" s="14" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="H32" s="14" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="I32" s="16" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="J32" s="14" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="K32" s="14" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="L32" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M32" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N32" s="15" t="n">
         <x:v>31624</x:v>
       </x:c>
       <x:c r="O32" s="14" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="P32" s="14" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="Q32" s="16" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="R32" s="14" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="S32" s="14" t="n">
-        <x:v>589740</x:v>
+        <x:v>618470</x:v>
       </x:c>
       <x:c r="T32" s="16" t="s">
-        <x:v>119</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="U32" s="16" t="s">
-        <x:v>120</x:v>
+        <x:v>111</x:v>
       </x:c>
     </x:row>
     <x:row r="33" spans="1:21">
       <x:c r="A33" s="1" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="B33" s="0" t="s">
-        <x:v>121</x:v>
+        <x:v>123</x:v>
       </x:c>
       <x:c r="C33" s="3" t="n">
         <x:v>35191</x:v>
       </x:c>
       <x:c r="D33" s="3" t="s"/>
-      <x:c r="E33" s="0" t="s">
-[...4 lines deleted...]
-      </x:c>
       <x:c r="G33" s="0" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="H33" s="0" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="I33" s="4" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="J33" s="0" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="K33" s="0" t="s">
-        <x:v>107</x:v>
+        <x:v>46</x:v>
       </x:c>
       <x:c r="L33" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M33" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N33" s="3" t="n">
         <x:v>31624</x:v>
       </x:c>
       <x:c r="O33" s="0" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="P33" s="0" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="Q33" s="4" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="R33" s="0" t="s">
-        <x:v>108</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="S33" s="0" t="n">
-        <x:v>583870</x:v>
+        <x:v>585620</x:v>
       </x:c>
       <x:c r="T33" s="4" t="s">
-        <x:v>99</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="U33" s="4" t="s">
-        <x:v>100</x:v>
+        <x:v>90</x:v>
       </x:c>
     </x:row>
     <x:row r="34" spans="1:21">
       <x:c r="A34" s="13" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="B34" s="14" t="s">
-        <x:v>96</x:v>
+        <x:v>123</x:v>
       </x:c>
       <x:c r="C34" s="15" t="n">
-        <x:v>41536</x:v>
+        <x:v>35191</x:v>
       </x:c>
       <x:c r="D34" s="15" t="s"/>
       <x:c r="E34" s="14" t="s"/>
       <x:c r="F34" s="14" t="s"/>
       <x:c r="G34" s="14" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="H34" s="14" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="I34" s="16" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="J34" s="14" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="K34" s="14" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="L34" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M34" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N34" s="15" t="n">
         <x:v>31624</x:v>
       </x:c>
       <x:c r="O34" s="14" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="P34" s="14" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="Q34" s="16" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="R34" s="14" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="S34" s="14" t="n">
-        <x:v>618470</x:v>
+        <x:v>585621</x:v>
       </x:c>
       <x:c r="T34" s="16" t="s">
-        <x:v>89</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="U34" s="16" t="s">
-        <x:v>111</x:v>
+        <x:v>113</x:v>
       </x:c>
     </x:row>
     <x:row r="35" spans="1:21">
       <x:c r="A35" s="1" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="B35" s="0" t="s">
-        <x:v>96</x:v>
+        <x:v>91</x:v>
       </x:c>
       <x:c r="C35" s="3" t="n">
         <x:v>35191</x:v>
       </x:c>
       <x:c r="D35" s="3" t="s"/>
       <x:c r="G35" s="0" t="s">
         <x:v>124</x:v>
       </x:c>
       <x:c r="H35" s="0" t="s">
         <x:v>125</x:v>
       </x:c>
       <x:c r="I35" s="4" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="J35" s="0" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="K35" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="L35" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M35" s="0" t="s">
         <x:v>30</x:v>
@@ -4469,51 +4469,51 @@
       </x:c>
       <x:c r="P35" s="0" t="s">
         <x:v>124</x:v>
       </x:c>
       <x:c r="Q35" s="4" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="R35" s="0" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="S35" s="0" t="n">
         <x:v>585907</x:v>
       </x:c>
       <x:c r="T35" s="4" t="s">
         <x:v>114</x:v>
       </x:c>
       <x:c r="U35" s="4" t="s">
         <x:v>115</x:v>
       </x:c>
     </x:row>
     <x:row r="36" spans="1:21">
       <x:c r="A36" s="13" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="B36" s="14" t="s">
-        <x:v>96</x:v>
+        <x:v>91</x:v>
       </x:c>
       <x:c r="C36" s="15" t="n">
         <x:v>35191</x:v>
       </x:c>
       <x:c r="D36" s="15" t="s"/>
       <x:c r="E36" s="14" t="s"/>
       <x:c r="F36" s="14" t="s"/>
       <x:c r="G36" s="14" t="s">
         <x:v>124</x:v>
       </x:c>
       <x:c r="H36" s="14" t="s">
         <x:v>125</x:v>
       </x:c>
       <x:c r="I36" s="16" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="J36" s="14" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="K36" s="14" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="L36" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
@@ -4528,216 +4528,216 @@
       </x:c>
       <x:c r="P36" s="14" t="s">
         <x:v>124</x:v>
       </x:c>
       <x:c r="Q36" s="16" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="R36" s="14" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="S36" s="14" t="n">
         <x:v>585908</x:v>
       </x:c>
       <x:c r="T36" s="16" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="U36" s="16" t="s">
         <x:v>111</x:v>
       </x:c>
     </x:row>
     <x:row r="37" spans="1:21">
       <x:c r="A37" s="1" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="B37" s="0" t="s">
-        <x:v>96</x:v>
+        <x:v>91</x:v>
       </x:c>
       <x:c r="C37" s="3" t="n">
         <x:v>41536</x:v>
       </x:c>
       <x:c r="D37" s="3" t="s"/>
       <x:c r="G37" s="0" t="s">
         <x:v>124</x:v>
       </x:c>
       <x:c r="H37" s="0" t="s">
         <x:v>125</x:v>
       </x:c>
       <x:c r="I37" s="4" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="J37" s="0" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="K37" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="L37" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M37" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N37" s="3" t="n">
         <x:v>31624</x:v>
       </x:c>
       <x:c r="O37" s="0" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="P37" s="0" t="s">
         <x:v>124</x:v>
       </x:c>
       <x:c r="Q37" s="4" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="R37" s="0" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="S37" s="0" t="n">
         <x:v>618498</x:v>
       </x:c>
       <x:c r="T37" s="4" t="s">
-        <x:v>97</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="U37" s="4" t="s">
-        <x:v>98</x:v>
+        <x:v>93</x:v>
       </x:c>
     </x:row>
     <x:row r="38" spans="1:21">
       <x:c r="A38" s="13" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="B38" s="14" t="s">
-        <x:v>91</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="C38" s="15" t="n">
         <x:v>37276</x:v>
       </x:c>
       <x:c r="D38" s="15" t="s"/>
       <x:c r="E38" s="14" t="s"/>
       <x:c r="F38" s="14" t="s"/>
       <x:c r="G38" s="14" t="s">
         <x:v>124</x:v>
       </x:c>
       <x:c r="H38" s="14" t="s">
         <x:v>125</x:v>
       </x:c>
       <x:c r="I38" s="16" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="J38" s="14" t="s">
-        <x:v>92</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="K38" s="14" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="L38" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M38" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N38" s="15" t="n">
         <x:v>23684</x:v>
       </x:c>
       <x:c r="O38" s="14" t="s">
-        <x:v>93</x:v>
+        <x:v>96</x:v>
       </x:c>
       <x:c r="P38" s="14" t="s">
         <x:v>124</x:v>
       </x:c>
       <x:c r="Q38" s="16" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="R38" s="14" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="S38" s="14" t="n">
         <x:v>577370</x:v>
       </x:c>
       <x:c r="T38" s="16" t="s">
-        <x:v>94</x:v>
+        <x:v>97</x:v>
       </x:c>
       <x:c r="U38" s="16" t="s">
-        <x:v>95</x:v>
+        <x:v>98</x:v>
       </x:c>
     </x:row>
     <x:row r="39" spans="1:21">
       <x:c r="A39" s="1" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="B39" s="0" t="s">
-        <x:v>96</x:v>
+        <x:v>91</x:v>
       </x:c>
       <x:c r="C39" s="3" t="n">
         <x:v>35191</x:v>
       </x:c>
       <x:c r="D39" s="3" t="s"/>
       <x:c r="G39" s="0" t="s">
         <x:v>124</x:v>
       </x:c>
       <x:c r="H39" s="0" t="s">
         <x:v>125</x:v>
       </x:c>
       <x:c r="I39" s="4" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="J39" s="0" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="K39" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="L39" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M39" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N39" s="3" t="n">
         <x:v>31624</x:v>
       </x:c>
       <x:c r="O39" s="0" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="P39" s="0" t="s">
         <x:v>124</x:v>
       </x:c>
       <x:c r="Q39" s="4" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="R39" s="0" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="S39" s="0" t="n">
         <x:v>577359</x:v>
       </x:c>
       <x:c r="T39" s="4" t="s">
-        <x:v>97</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="U39" s="4" t="s">
-        <x:v>98</x:v>
+        <x:v>93</x:v>
       </x:c>
     </x:row>
     <x:row r="40" spans="1:21">
       <x:c r="A40" s="13" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="B40" s="14" t="s">
         <x:v>112</x:v>
       </x:c>
       <x:c r="C40" s="15" t="n">
         <x:v>35191</x:v>
       </x:c>
       <x:c r="D40" s="15" t="s"/>
       <x:c r="E40" s="14" t="s"/>
       <x:c r="F40" s="14" t="s"/>
       <x:c r="G40" s="14" t="s">
         <x:v>124</x:v>
       </x:c>
       <x:c r="H40" s="14" t="s">
         <x:v>125</x:v>
       </x:c>
       <x:c r="I40" s="16" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="J40" s="14" t="s">
@@ -4749,111 +4749,111 @@
       <x:c r="L40" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M40" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N40" s="15" t="n">
         <x:v>31624</x:v>
       </x:c>
       <x:c r="O40" s="14" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="P40" s="14" t="s">
         <x:v>124</x:v>
       </x:c>
       <x:c r="Q40" s="16" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="R40" s="14" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="S40" s="14" t="n">
         <x:v>585922</x:v>
       </x:c>
       <x:c r="T40" s="16" t="s">
-        <x:v>97</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="U40" s="16" t="s">
         <x:v>113</x:v>
       </x:c>
     </x:row>
     <x:row r="41" spans="1:21">
       <x:c r="A41" s="1" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="B41" s="0" t="s">
-        <x:v>96</x:v>
+        <x:v>91</x:v>
       </x:c>
       <x:c r="C41" s="3" t="n">
         <x:v>35191</x:v>
       </x:c>
       <x:c r="D41" s="3" t="s"/>
       <x:c r="G41" s="0" t="s">
         <x:v>124</x:v>
       </x:c>
       <x:c r="H41" s="0" t="s">
         <x:v>125</x:v>
       </x:c>
       <x:c r="I41" s="4" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="J41" s="0" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="K41" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="L41" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M41" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N41" s="3" t="n">
         <x:v>31624</x:v>
       </x:c>
       <x:c r="O41" s="0" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="P41" s="0" t="s">
         <x:v>124</x:v>
       </x:c>
       <x:c r="Q41" s="4" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="R41" s="0" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="S41" s="0" t="n">
         <x:v>589766</x:v>
       </x:c>
       <x:c r="T41" s="4" t="s">
+        <x:v>118</x:v>
+      </x:c>
+      <x:c r="U41" s="4" t="s">
         <x:v>119</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>120</x:v>
       </x:c>
     </x:row>
     <x:row r="42" spans="1:21">
       <x:c r="A42" s="13" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="B42" s="14" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="C42" s="15" t="n">
         <x:v>41536</x:v>
       </x:c>
       <x:c r="D42" s="15" t="s"/>
       <x:c r="E42" s="14" t="s"/>
       <x:c r="F42" s="14" t="s"/>
       <x:c r="G42" s="14" t="s">
         <x:v>124</x:v>
       </x:c>
       <x:c r="H42" s="14" t="s">
         <x:v>125</x:v>
       </x:c>
       <x:c r="I42" s="16" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="J42" s="14" t="s">
@@ -4865,108 +4865,108 @@
       <x:c r="L42" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M42" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N42" s="15" t="n">
         <x:v>31624</x:v>
       </x:c>
       <x:c r="O42" s="14" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="P42" s="14" t="s">
         <x:v>124</x:v>
       </x:c>
       <x:c r="Q42" s="16" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="R42" s="14" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="S42" s="14" t="n">
         <x:v>618819</x:v>
       </x:c>
       <x:c r="T42" s="16" t="s">
-        <x:v>97</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="U42" s="16" t="s">
         <x:v>113</x:v>
       </x:c>
     </x:row>
     <x:row r="43" spans="1:21">
       <x:c r="A43" s="1" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="B43" s="0" t="s">
-        <x:v>116</x:v>
+        <x:v>123</x:v>
       </x:c>
       <x:c r="C43" s="3" t="n">
         <x:v>35191</x:v>
       </x:c>
       <x:c r="D43" s="3" t="s"/>
       <x:c r="G43" s="0" t="s">
         <x:v>124</x:v>
       </x:c>
       <x:c r="H43" s="0" t="s">
         <x:v>125</x:v>
       </x:c>
       <x:c r="I43" s="4" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="J43" s="0" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="K43" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="L43" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M43" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N43" s="3" t="n">
         <x:v>31624</x:v>
       </x:c>
       <x:c r="O43" s="0" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="P43" s="0" t="s">
         <x:v>124</x:v>
       </x:c>
       <x:c r="Q43" s="4" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="R43" s="0" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="S43" s="0" t="n">
         <x:v>585919</x:v>
       </x:c>
       <x:c r="T43" s="4" t="s">
-        <x:v>97</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="U43" s="4" t="s">
         <x:v>113</x:v>
       </x:c>
     </x:row>
     <x:row r="44" spans="1:21">
       <x:c r="A44" s="13" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="B44" s="14" t="s">
         <x:v>112</x:v>
       </x:c>
       <x:c r="C44" s="15" t="n">
         <x:v>35191</x:v>
       </x:c>
       <x:c r="D44" s="15" t="s"/>
       <x:c r="E44" s="14" t="s"/>
       <x:c r="F44" s="14" t="s"/>
       <x:c r="G44" s="14" t="s">
         <x:v>124</x:v>
       </x:c>
       <x:c r="H44" s="14" t="s">
         <x:v>125</x:v>
       </x:c>
       <x:c r="I44" s="16" t="s">
@@ -4992,51 +4992,51 @@
       </x:c>
       <x:c r="P44" s="14" t="s">
         <x:v>124</x:v>
       </x:c>
       <x:c r="Q44" s="16" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="R44" s="14" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="S44" s="14" t="n">
         <x:v>585921</x:v>
       </x:c>
       <x:c r="T44" s="16" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="U44" s="16" t="s">
         <x:v>90</x:v>
       </x:c>
     </x:row>
     <x:row r="45" spans="1:21">
       <x:c r="A45" s="1" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="B45" s="0" t="s">
-        <x:v>96</x:v>
+        <x:v>91</x:v>
       </x:c>
       <x:c r="C45" s="3" t="n">
         <x:v>41536</x:v>
       </x:c>
       <x:c r="D45" s="3" t="s"/>
       <x:c r="G45" s="0" t="s">
         <x:v>124</x:v>
       </x:c>
       <x:c r="H45" s="0" t="s">
         <x:v>125</x:v>
       </x:c>
       <x:c r="I45" s="4" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="J45" s="0" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="K45" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="L45" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M45" s="0" t="s">
         <x:v>30</x:v>
@@ -5046,170 +5046,170 @@
       </x:c>
       <x:c r="O45" s="0" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="P45" s="0" t="s">
         <x:v>124</x:v>
       </x:c>
       <x:c r="Q45" s="4" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="R45" s="0" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="S45" s="0" t="n">
         <x:v>618497</x:v>
       </x:c>
       <x:c r="T45" s="4" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="U45" s="4" t="s">
         <x:v>111</x:v>
       </x:c>
     </x:row>
     <x:row r="46" spans="1:21">
       <x:c r="A46" s="13" t="s">
-        <x:v>41</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B46" s="14" t="s">
-        <x:v>96</x:v>
+        <x:v>39</x:v>
       </x:c>
       <x:c r="C46" s="15" t="n">
-        <x:v>41536</x:v>
+        <x:v>41007</x:v>
       </x:c>
       <x:c r="D46" s="15" t="s"/>
-      <x:c r="E46" s="14" t="s"/>
+      <x:c r="E46" s="14" t="s">
+        <x:v>23</x:v>
+      </x:c>
       <x:c r="F46" s="14" t="s"/>
       <x:c r="G46" s="14" t="s">
-        <x:v>124</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>126</x:v>
+      </x:c>
+      <x:c r="H46" s="14" t="s"/>
       <x:c r="I46" s="16" t="s">
-        <x:v>85</x:v>
+        <x:v>127</x:v>
       </x:c>
       <x:c r="J46" s="14" t="s">
-        <x:v>86</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="K46" s="14" t="s">
-        <x:v>46</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="L46" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M46" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N46" s="15" t="n">
-        <x:v>31624</x:v>
+        <x:v>24054</x:v>
       </x:c>
       <x:c r="O46" s="14" t="s">
-        <x:v>87</x:v>
+        <x:v>40</x:v>
       </x:c>
       <x:c r="P46" s="14" t="s">
-        <x:v>124</x:v>
+        <x:v>128</x:v>
       </x:c>
       <x:c r="Q46" s="16" t="s">
-        <x:v>85</x:v>
+        <x:v>129</x:v>
       </x:c>
       <x:c r="R46" s="14" t="s">
-        <x:v>88</x:v>
+        <x:v>130</x:v>
       </x:c>
       <x:c r="S46" s="14" t="n">
-        <x:v>618232</x:v>
+        <x:v>514132</x:v>
       </x:c>
       <x:c r="T46" s="16" t="s">
-        <x:v>117</x:v>
+        <x:v>131</x:v>
       </x:c>
       <x:c r="U46" s="16" t="s">
-        <x:v>118</x:v>
+        <x:v>132</x:v>
       </x:c>
     </x:row>
     <x:row r="47" spans="1:21">
       <x:c r="A47" s="1" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="B47" s="0" t="s">
-        <x:v>82</x:v>
+        <x:v>123</x:v>
       </x:c>
       <x:c r="C47" s="3" t="n">
-        <x:v>41536</x:v>
+        <x:v>35191</x:v>
       </x:c>
       <x:c r="D47" s="3" t="s"/>
       <x:c r="G47" s="0" t="s">
         <x:v>124</x:v>
       </x:c>
       <x:c r="H47" s="0" t="s">
         <x:v>125</x:v>
       </x:c>
       <x:c r="I47" s="4" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="J47" s="0" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="K47" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="L47" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M47" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N47" s="3" t="n">
         <x:v>31624</x:v>
       </x:c>
       <x:c r="O47" s="0" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="P47" s="0" t="s">
         <x:v>124</x:v>
       </x:c>
       <x:c r="Q47" s="4" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="R47" s="0" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="S47" s="0" t="n">
-        <x:v>618818</x:v>
+        <x:v>585918</x:v>
       </x:c>
       <x:c r="T47" s="4" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="U47" s="4" t="s">
         <x:v>90</x:v>
       </x:c>
     </x:row>
     <x:row r="48" spans="1:21">
       <x:c r="A48" s="13" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="B48" s="14" t="s">
-        <x:v>96</x:v>
+        <x:v>91</x:v>
       </x:c>
       <x:c r="C48" s="15" t="n">
         <x:v>35191</x:v>
       </x:c>
       <x:c r="D48" s="15" t="s"/>
       <x:c r="E48" s="14" t="s"/>
       <x:c r="F48" s="14" t="s"/>
       <x:c r="G48" s="14" t="s">
         <x:v>124</x:v>
       </x:c>
       <x:c r="H48" s="14" t="s">
         <x:v>125</x:v>
       </x:c>
       <x:c r="I48" s="16" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="J48" s="14" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="K48" s="14" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="L48" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
@@ -5224,925 +5224,925 @@
       </x:c>
       <x:c r="P48" s="14" t="s">
         <x:v>124</x:v>
       </x:c>
       <x:c r="Q48" s="16" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="R48" s="14" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="S48" s="14" t="n">
         <x:v>540193</x:v>
       </x:c>
       <x:c r="T48" s="16" t="s">
         <x:v>99</x:v>
       </x:c>
       <x:c r="U48" s="16" t="s">
         <x:v>100</x:v>
       </x:c>
     </x:row>
     <x:row r="49" spans="1:21">
       <x:c r="A49" s="1" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="B49" s="0" t="s">
-        <x:v>116</x:v>
+        <x:v>91</x:v>
       </x:c>
       <x:c r="C49" s="3" t="n">
-        <x:v>35191</x:v>
+        <x:v>41536</x:v>
       </x:c>
       <x:c r="D49" s="3" t="s"/>
       <x:c r="G49" s="0" t="s">
         <x:v>124</x:v>
       </x:c>
       <x:c r="H49" s="0" t="s">
         <x:v>125</x:v>
       </x:c>
       <x:c r="I49" s="4" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="J49" s="0" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="K49" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="L49" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M49" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N49" s="3" t="n">
         <x:v>31624</x:v>
       </x:c>
       <x:c r="O49" s="0" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="P49" s="0" t="s">
         <x:v>124</x:v>
       </x:c>
       <x:c r="Q49" s="4" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="R49" s="0" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="S49" s="0" t="n">
-        <x:v>585918</x:v>
+        <x:v>618232</x:v>
       </x:c>
       <x:c r="T49" s="4" t="s">
-        <x:v>89</x:v>
+        <x:v>116</x:v>
       </x:c>
       <x:c r="U49" s="4" t="s">
-        <x:v>90</x:v>
+        <x:v>117</x:v>
       </x:c>
     </x:row>
     <x:row r="50" spans="1:21">
       <x:c r="A50" s="13" t="s">
-        <x:v>126</x:v>
+        <x:v>41</x:v>
       </x:c>
       <x:c r="B50" s="14" t="s">
-        <x:v>127</x:v>
+        <x:v>82</x:v>
       </x:c>
       <x:c r="C50" s="15" t="n">
         <x:v>41536</x:v>
       </x:c>
       <x:c r="D50" s="15" t="s"/>
-      <x:c r="E50" s="14" t="s">
-[...1 lines deleted...]
-      </x:c>
+      <x:c r="E50" s="14" t="s"/>
       <x:c r="F50" s="14" t="s"/>
       <x:c r="G50" s="14" t="s">
         <x:v>124</x:v>
       </x:c>
       <x:c r="H50" s="14" t="s">
         <x:v>125</x:v>
       </x:c>
       <x:c r="I50" s="16" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="J50" s="14" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="K50" s="14" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="L50" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M50" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N50" s="15" t="n">
         <x:v>31624</x:v>
       </x:c>
       <x:c r="O50" s="14" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="P50" s="14" t="s">
-        <x:v>128</x:v>
+        <x:v>124</x:v>
       </x:c>
       <x:c r="Q50" s="16" t="s">
-        <x:v>129</x:v>
+        <x:v>85</x:v>
       </x:c>
       <x:c r="R50" s="14" t="s">
-        <x:v>108</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="S50" s="14" t="n">
-        <x:v>620179</x:v>
+        <x:v>618818</x:v>
       </x:c>
       <x:c r="T50" s="16" t="s">
-        <x:v>130</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="U50" s="16" t="s">
-        <x:v>131</x:v>
+        <x:v>90</x:v>
       </x:c>
     </x:row>
     <x:row r="51" spans="1:21">
       <x:c r="A51" s="1" t="s">
-        <x:v>126</x:v>
+        <x:v>133</x:v>
       </x:c>
       <x:c r="B51" s="0" t="s">
-        <x:v>127</x:v>
+        <x:v>134</x:v>
       </x:c>
       <x:c r="C51" s="3" t="n">
         <x:v>41536</x:v>
       </x:c>
       <x:c r="D51" s="3" t="s"/>
       <x:c r="E51" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G51" s="0" t="s">
         <x:v>124</x:v>
       </x:c>
       <x:c r="H51" s="0" t="s">
         <x:v>125</x:v>
       </x:c>
       <x:c r="I51" s="4" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="J51" s="0" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="K51" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="L51" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M51" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N51" s="3" t="n">
         <x:v>31624</x:v>
       </x:c>
       <x:c r="O51" s="0" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="P51" s="0" t="s">
-        <x:v>128</x:v>
+        <x:v>135</x:v>
       </x:c>
       <x:c r="Q51" s="4" t="s">
-        <x:v>129</x:v>
+        <x:v>136</x:v>
       </x:c>
       <x:c r="R51" s="0" t="s">
         <x:v>108</x:v>
       </x:c>
       <x:c r="S51" s="0" t="n">
-        <x:v>620181</x:v>
+        <x:v>620179</x:v>
       </x:c>
       <x:c r="T51" s="4" t="s">
-        <x:v>132</x:v>
+        <x:v>137</x:v>
       </x:c>
       <x:c r="U51" s="4" t="s">
-        <x:v>133</x:v>
+        <x:v>138</x:v>
       </x:c>
     </x:row>
     <x:row r="52" spans="1:21">
       <x:c r="A52" s="13" t="s">
-        <x:v>126</x:v>
+        <x:v>133</x:v>
       </x:c>
       <x:c r="B52" s="14" t="s">
-        <x:v>127</x:v>
+        <x:v>134</x:v>
       </x:c>
       <x:c r="C52" s="15" t="n">
         <x:v>41536</x:v>
       </x:c>
       <x:c r="D52" s="15" t="s"/>
       <x:c r="E52" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F52" s="14" t="s"/>
       <x:c r="G52" s="14" t="s">
         <x:v>124</x:v>
       </x:c>
       <x:c r="H52" s="14" t="s">
         <x:v>125</x:v>
       </x:c>
       <x:c r="I52" s="16" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="J52" s="14" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="K52" s="14" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="L52" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M52" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N52" s="15" t="n">
         <x:v>31624</x:v>
       </x:c>
       <x:c r="O52" s="14" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="P52" s="14" t="s">
-        <x:v>128</x:v>
+        <x:v>135</x:v>
       </x:c>
       <x:c r="Q52" s="16" t="s">
-        <x:v>129</x:v>
+        <x:v>136</x:v>
       </x:c>
       <x:c r="R52" s="14" t="s">
         <x:v>108</x:v>
       </x:c>
       <x:c r="S52" s="14" t="n">
-        <x:v>620180</x:v>
+        <x:v>620181</x:v>
       </x:c>
       <x:c r="T52" s="16" t="s">
-        <x:v>134</x:v>
+        <x:v>139</x:v>
       </x:c>
       <x:c r="U52" s="16" t="s">
-        <x:v>135</x:v>
+        <x:v>140</x:v>
       </x:c>
     </x:row>
     <x:row r="53" spans="1:21">
       <x:c r="A53" s="1" t="s">
-        <x:v>41</x:v>
+        <x:v>133</x:v>
       </x:c>
       <x:c r="B53" s="0" t="s">
-        <x:v>136</x:v>
-[...1 lines deleted...]
-      <x:c r="C53" s="3" t="s"/>
+        <x:v>134</x:v>
+      </x:c>
+      <x:c r="C53" s="3" t="n">
+        <x:v>41536</x:v>
+      </x:c>
       <x:c r="D53" s="3" t="s"/>
+      <x:c r="E53" s="0" t="s">
+        <x:v>23</x:v>
+      </x:c>
       <x:c r="G53" s="0" t="s">
-        <x:v>137</x:v>
+        <x:v>124</x:v>
+      </x:c>
+      <x:c r="H53" s="0" t="s">
+        <x:v>125</x:v>
       </x:c>
       <x:c r="I53" s="4" t="s">
-        <x:v>138</x:v>
+        <x:v>85</x:v>
+      </x:c>
+      <x:c r="J53" s="0" t="s">
+        <x:v>86</x:v>
       </x:c>
       <x:c r="K53" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="L53" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M53" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N53" s="3" t="n">
-        <x:v>24095</x:v>
+        <x:v>31624</x:v>
       </x:c>
       <x:c r="O53" s="0" t="s">
-        <x:v>139</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="P53" s="0" t="s">
-        <x:v>137</x:v>
+        <x:v>135</x:v>
       </x:c>
       <x:c r="Q53" s="4" t="s">
-        <x:v>138</x:v>
+        <x:v>136</x:v>
       </x:c>
       <x:c r="R53" s="0" t="s">
-        <x:v>140</x:v>
+        <x:v>108</x:v>
       </x:c>
       <x:c r="S53" s="0" t="n">
-        <x:v>619341</x:v>
+        <x:v>620180</x:v>
       </x:c>
       <x:c r="T53" s="4" t="s">
         <x:v>141</x:v>
       </x:c>
       <x:c r="U53" s="4" t="s">
         <x:v>142</x:v>
       </x:c>
     </x:row>
     <x:row r="54" spans="1:21">
       <x:c r="A54" s="13" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="B54" s="14" t="s">
         <x:v>143</x:v>
       </x:c>
       <x:c r="C54" s="15" t="s"/>
       <x:c r="D54" s="15" t="s"/>
       <x:c r="E54" s="14" t="s"/>
       <x:c r="F54" s="14" t="s"/>
       <x:c r="G54" s="14" t="s">
-        <x:v>137</x:v>
+        <x:v>144</x:v>
       </x:c>
       <x:c r="H54" s="14" t="s"/>
       <x:c r="I54" s="16" t="s">
-        <x:v>138</x:v>
+        <x:v>145</x:v>
       </x:c>
       <x:c r="J54" s="14" t="s"/>
       <x:c r="K54" s="14" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="L54" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M54" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N54" s="15" t="n">
-        <x:v>24069</x:v>
+        <x:v>24095</x:v>
       </x:c>
       <x:c r="O54" s="14" t="s">
+        <x:v>146</x:v>
+      </x:c>
+      <x:c r="P54" s="14" t="s">
         <x:v>144</x:v>
       </x:c>
-      <x:c r="P54" s="14" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="Q54" s="16" t="s">
-        <x:v>138</x:v>
+        <x:v>145</x:v>
       </x:c>
       <x:c r="R54" s="14" t="s">
-        <x:v>140</x:v>
+        <x:v>147</x:v>
       </x:c>
       <x:c r="S54" s="14" t="n">
-        <x:v>619433</x:v>
+        <x:v>619341</x:v>
       </x:c>
       <x:c r="T54" s="16" t="s">
-        <x:v>145</x:v>
+        <x:v>148</x:v>
       </x:c>
       <x:c r="U54" s="16" t="s">
-        <x:v>146</x:v>
+        <x:v>149</x:v>
       </x:c>
     </x:row>
     <x:row r="55" spans="1:21">
       <x:c r="A55" s="1" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="B55" s="0" t="s">
-        <x:v>136</x:v>
+        <x:v>150</x:v>
       </x:c>
       <x:c r="C55" s="3" t="s"/>
       <x:c r="D55" s="3" t="s"/>
       <x:c r="G55" s="0" t="s">
-        <x:v>137</x:v>
+        <x:v>144</x:v>
       </x:c>
       <x:c r="I55" s="4" t="s">
-        <x:v>138</x:v>
+        <x:v>145</x:v>
       </x:c>
       <x:c r="K55" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="L55" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M55" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N55" s="3" t="n">
-        <x:v>24095</x:v>
+        <x:v>24069</x:v>
       </x:c>
       <x:c r="O55" s="0" t="s">
-        <x:v>139</x:v>
+        <x:v>151</x:v>
       </x:c>
       <x:c r="P55" s="0" t="s">
-        <x:v>137</x:v>
+        <x:v>144</x:v>
       </x:c>
       <x:c r="Q55" s="4" t="s">
-        <x:v>138</x:v>
+        <x:v>145</x:v>
       </x:c>
       <x:c r="R55" s="0" t="s">
         <x:v>147</x:v>
       </x:c>
       <x:c r="S55" s="0" t="n">
-        <x:v>619340</x:v>
+        <x:v>619433</x:v>
       </x:c>
       <x:c r="T55" s="4" t="s">
-        <x:v>148</x:v>
+        <x:v>152</x:v>
       </x:c>
       <x:c r="U55" s="4" t="s">
-        <x:v>149</x:v>
+        <x:v>153</x:v>
       </x:c>
     </x:row>
     <x:row r="56" spans="1:21">
       <x:c r="A56" s="13" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="B56" s="14" t="s">
-        <x:v>136</x:v>
+        <x:v>143</x:v>
       </x:c>
       <x:c r="C56" s="15" t="s"/>
       <x:c r="D56" s="15" t="s"/>
       <x:c r="E56" s="14" t="s"/>
       <x:c r="F56" s="14" t="s"/>
       <x:c r="G56" s="14" t="s">
-        <x:v>137</x:v>
+        <x:v>144</x:v>
       </x:c>
       <x:c r="H56" s="14" t="s"/>
       <x:c r="I56" s="16" t="s">
-        <x:v>138</x:v>
+        <x:v>145</x:v>
       </x:c>
       <x:c r="J56" s="14" t="s"/>
       <x:c r="K56" s="14" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="L56" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M56" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N56" s="15" t="n">
         <x:v>24095</x:v>
       </x:c>
       <x:c r="O56" s="14" t="s">
-        <x:v>139</x:v>
+        <x:v>146</x:v>
       </x:c>
       <x:c r="P56" s="14" t="s">
-        <x:v>137</x:v>
+        <x:v>144</x:v>
       </x:c>
       <x:c r="Q56" s="16" t="s">
-        <x:v>138</x:v>
+        <x:v>145</x:v>
       </x:c>
       <x:c r="R56" s="14" t="s">
-        <x:v>140</x:v>
+        <x:v>154</x:v>
       </x:c>
       <x:c r="S56" s="14" t="n">
-        <x:v>619342</x:v>
+        <x:v>619340</x:v>
       </x:c>
       <x:c r="T56" s="16" t="s">
-        <x:v>150</x:v>
+        <x:v>155</x:v>
       </x:c>
       <x:c r="U56" s="16" t="s">
-        <x:v>151</x:v>
+        <x:v>156</x:v>
       </x:c>
     </x:row>
     <x:row r="57" spans="1:21">
       <x:c r="A57" s="1" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="B57" s="0" t="s">
         <x:v>143</x:v>
       </x:c>
       <x:c r="C57" s="3" t="s"/>
       <x:c r="D57" s="3" t="s"/>
       <x:c r="G57" s="0" t="s">
-        <x:v>137</x:v>
+        <x:v>144</x:v>
       </x:c>
       <x:c r="I57" s="4" t="s">
-        <x:v>138</x:v>
+        <x:v>145</x:v>
       </x:c>
       <x:c r="K57" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="L57" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M57" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N57" s="3" t="n">
-        <x:v>24069</x:v>
+        <x:v>24095</x:v>
       </x:c>
       <x:c r="O57" s="0" t="s">
+        <x:v>146</x:v>
+      </x:c>
+      <x:c r="P57" s="0" t="s">
         <x:v>144</x:v>
       </x:c>
-      <x:c r="P57" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="Q57" s="4" t="s">
-        <x:v>138</x:v>
+        <x:v>145</x:v>
       </x:c>
       <x:c r="R57" s="0" t="s">
-        <x:v>140</x:v>
+        <x:v>147</x:v>
       </x:c>
       <x:c r="S57" s="0" t="n">
-        <x:v>610442</x:v>
+        <x:v>619342</x:v>
       </x:c>
       <x:c r="T57" s="4" t="s">
-        <x:v>152</x:v>
+        <x:v>157</x:v>
       </x:c>
       <x:c r="U57" s="4" t="s">
-        <x:v>153</x:v>
+        <x:v>158</x:v>
       </x:c>
     </x:row>
     <x:row r="58" spans="1:21">
       <x:c r="A58" s="13" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="B58" s="14" t="s">
-        <x:v>136</x:v>
+        <x:v>150</x:v>
       </x:c>
       <x:c r="C58" s="15" t="s"/>
       <x:c r="D58" s="15" t="s"/>
       <x:c r="E58" s="14" t="s"/>
       <x:c r="F58" s="14" t="s"/>
       <x:c r="G58" s="14" t="s">
-        <x:v>137</x:v>
+        <x:v>144</x:v>
       </x:c>
       <x:c r="H58" s="14" t="s"/>
       <x:c r="I58" s="16" t="s">
-        <x:v>138</x:v>
+        <x:v>145</x:v>
       </x:c>
       <x:c r="J58" s="14" t="s"/>
       <x:c r="K58" s="14" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="L58" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M58" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N58" s="15" t="n">
-        <x:v>24095</x:v>
+        <x:v>24069</x:v>
       </x:c>
       <x:c r="O58" s="14" t="s">
-        <x:v>139</x:v>
+        <x:v>151</x:v>
       </x:c>
       <x:c r="P58" s="14" t="s">
-        <x:v>137</x:v>
+        <x:v>144</x:v>
       </x:c>
       <x:c r="Q58" s="16" t="s">
-        <x:v>138</x:v>
+        <x:v>145</x:v>
       </x:c>
       <x:c r="R58" s="14" t="s">
-        <x:v>154</x:v>
+        <x:v>147</x:v>
       </x:c>
       <x:c r="S58" s="14" t="n">
-        <x:v>619343</x:v>
+        <x:v>610442</x:v>
       </x:c>
       <x:c r="T58" s="16" t="s">
-        <x:v>155</x:v>
+        <x:v>159</x:v>
       </x:c>
       <x:c r="U58" s="16" t="s">
-        <x:v>156</x:v>
+        <x:v>160</x:v>
       </x:c>
     </x:row>
     <x:row r="59" spans="1:21">
       <x:c r="A59" s="1" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="B59" s="0" t="s">
         <x:v>143</x:v>
       </x:c>
       <x:c r="C59" s="3" t="s"/>
       <x:c r="D59" s="3" t="s"/>
       <x:c r="G59" s="0" t="s">
-        <x:v>137</x:v>
+        <x:v>144</x:v>
       </x:c>
       <x:c r="I59" s="4" t="s">
-        <x:v>138</x:v>
+        <x:v>145</x:v>
       </x:c>
       <x:c r="K59" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="L59" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M59" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N59" s="3" t="n">
-        <x:v>24069</x:v>
+        <x:v>24095</x:v>
       </x:c>
       <x:c r="O59" s="0" t="s">
+        <x:v>146</x:v>
+      </x:c>
+      <x:c r="P59" s="0" t="s">
         <x:v>144</x:v>
       </x:c>
-      <x:c r="P59" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="Q59" s="4" t="s">
-        <x:v>138</x:v>
+        <x:v>145</x:v>
       </x:c>
       <x:c r="R59" s="0" t="s">
-        <x:v>154</x:v>
+        <x:v>161</x:v>
       </x:c>
       <x:c r="S59" s="0" t="n">
-        <x:v>619434</x:v>
+        <x:v>619343</x:v>
       </x:c>
       <x:c r="T59" s="4" t="s">
-        <x:v>150</x:v>
+        <x:v>162</x:v>
       </x:c>
       <x:c r="U59" s="4" t="s">
-        <x:v>157</x:v>
+        <x:v>163</x:v>
       </x:c>
     </x:row>
     <x:row r="60" spans="1:21">
       <x:c r="A60" s="13" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="B60" s="14" t="s">
-        <x:v>136</x:v>
+        <x:v>150</x:v>
       </x:c>
       <x:c r="C60" s="15" t="s"/>
       <x:c r="D60" s="15" t="s"/>
       <x:c r="E60" s="14" t="s"/>
       <x:c r="F60" s="14" t="s"/>
       <x:c r="G60" s="14" t="s">
-        <x:v>137</x:v>
+        <x:v>144</x:v>
       </x:c>
       <x:c r="H60" s="14" t="s"/>
       <x:c r="I60" s="16" t="s">
-        <x:v>138</x:v>
+        <x:v>145</x:v>
       </x:c>
       <x:c r="J60" s="14" t="s"/>
       <x:c r="K60" s="14" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="L60" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M60" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N60" s="15" t="n">
-        <x:v>24095</x:v>
+        <x:v>24069</x:v>
       </x:c>
       <x:c r="O60" s="14" t="s">
-        <x:v>139</x:v>
+        <x:v>151</x:v>
       </x:c>
       <x:c r="P60" s="14" t="s">
-        <x:v>137</x:v>
+        <x:v>144</x:v>
       </x:c>
       <x:c r="Q60" s="16" t="s">
-        <x:v>138</x:v>
+        <x:v>145</x:v>
       </x:c>
       <x:c r="R60" s="14" t="s">
-        <x:v>140</x:v>
+        <x:v>161</x:v>
       </x:c>
       <x:c r="S60" s="14" t="n">
-        <x:v>610430</x:v>
+        <x:v>619434</x:v>
       </x:c>
       <x:c r="T60" s="16" t="s">
-        <x:v>158</x:v>
+        <x:v>157</x:v>
       </x:c>
       <x:c r="U60" s="16" t="s">
-        <x:v>159</x:v>
+        <x:v>164</x:v>
       </x:c>
     </x:row>
     <x:row r="61" spans="1:21">
       <x:c r="A61" s="1" t="s">
-        <x:v>21</x:v>
+        <x:v>41</x:v>
       </x:c>
       <x:c r="B61" s="0" t="s">
-        <x:v>22</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>143</x:v>
+      </x:c>
+      <x:c r="C61" s="3" t="s"/>
       <x:c r="D61" s="3" t="s"/>
-      <x:c r="E61" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="G61" s="0" t="s">
-        <x:v>160</x:v>
-[...2 lines deleted...]
-        <x:v>161</x:v>
+        <x:v>144</x:v>
       </x:c>
       <x:c r="I61" s="4" t="s">
-        <x:v>162</x:v>
-[...2 lines deleted...]
-        <x:v>27</x:v>
+        <x:v>145</x:v>
       </x:c>
       <x:c r="K61" s="0" t="s">
-        <x:v>28</x:v>
+        <x:v>46</x:v>
       </x:c>
       <x:c r="L61" s="0" t="s">
-        <x:v>65</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="M61" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N61" s="3" t="n">
-        <x:v>24431</x:v>
+        <x:v>24095</x:v>
       </x:c>
       <x:c r="O61" s="0" t="s">
-        <x:v>31</x:v>
+        <x:v>146</x:v>
       </x:c>
       <x:c r="P61" s="0" t="s">
-        <x:v>163</x:v>
+        <x:v>144</x:v>
       </x:c>
       <x:c r="Q61" s="4" t="s">
-        <x:v>164</x:v>
+        <x:v>145</x:v>
       </x:c>
       <x:c r="R61" s="0" t="s">
+        <x:v>147</x:v>
+      </x:c>
+      <x:c r="S61" s="0" t="n">
+        <x:v>610430</x:v>
+      </x:c>
+      <x:c r="T61" s="4" t="s">
         <x:v>165</x:v>
       </x:c>
-      <x:c r="S61" s="0" t="n">
-[...4 lines deleted...]
-      </x:c>
       <x:c r="U61" s="4" t="s">
-        <x:v>54</x:v>
+        <x:v>166</x:v>
       </x:c>
     </x:row>
     <x:row r="62" spans="1:21">
       <x:c r="A62" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B62" s="14" t="s">
-        <x:v>39</x:v>
+        <x:v>22</x:v>
       </x:c>
       <x:c r="C62" s="15" t="n">
-        <x:v>41007</x:v>
+        <x:v>36968</x:v>
       </x:c>
       <x:c r="D62" s="15" t="s"/>
       <x:c r="E62" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F62" s="14" t="s"/>
       <x:c r="G62" s="14" t="s">
-        <x:v>163</x:v>
-[...1 lines deleted...]
-      <x:c r="H62" s="14" t="s"/>
+        <x:v>167</x:v>
+      </x:c>
+      <x:c r="H62" s="14" t="s">
+        <x:v>168</x:v>
+      </x:c>
       <x:c r="I62" s="16" t="s">
-        <x:v>164</x:v>
+        <x:v>169</x:v>
       </x:c>
       <x:c r="J62" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K62" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L62" s="14" t="s">
-        <x:v>29</x:v>
+        <x:v>65</x:v>
       </x:c>
       <x:c r="M62" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N62" s="15" t="n">
-        <x:v>24054</x:v>
+        <x:v>24431</x:v>
       </x:c>
       <x:c r="O62" s="14" t="s">
-        <x:v>40</x:v>
+        <x:v>31</x:v>
       </x:c>
       <x:c r="P62" s="14" t="s">
-        <x:v>163</x:v>
+        <x:v>126</x:v>
       </x:c>
       <x:c r="Q62" s="16" t="s">
-        <x:v>164</x:v>
+        <x:v>127</x:v>
       </x:c>
       <x:c r="R62" s="14" t="s">
-        <x:v>165</x:v>
+        <x:v>170</x:v>
       </x:c>
       <x:c r="S62" s="14" t="n">
-        <x:v>514131</x:v>
+        <x:v>501919</x:v>
       </x:c>
       <x:c r="T62" s="16" t="s">
-        <x:v>166</x:v>
+        <x:v>79</x:v>
       </x:c>
       <x:c r="U62" s="16" t="s">
-        <x:v>167</x:v>
+        <x:v>54</x:v>
       </x:c>
     </x:row>
     <x:row r="63" spans="1:21">
       <x:c r="A63" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B63" s="0" t="s">
-        <x:v>22</x:v>
+        <x:v>39</x:v>
       </x:c>
       <x:c r="C63" s="3" t="n">
-        <x:v>36968</x:v>
+        <x:v>41007</x:v>
       </x:c>
       <x:c r="D63" s="3" t="s"/>
       <x:c r="E63" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G63" s="0" t="s">
-        <x:v>163</x:v>
+        <x:v>126</x:v>
       </x:c>
       <x:c r="I63" s="4" t="s">
-        <x:v>164</x:v>
+        <x:v>127</x:v>
       </x:c>
       <x:c r="J63" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K63" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L63" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M63" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N63" s="3" t="n">
-        <x:v>24431</x:v>
+        <x:v>24054</x:v>
       </x:c>
       <x:c r="O63" s="0" t="s">
-        <x:v>31</x:v>
+        <x:v>40</x:v>
       </x:c>
       <x:c r="P63" s="0" t="s">
-        <x:v>163</x:v>
+        <x:v>126</x:v>
       </x:c>
       <x:c r="Q63" s="4" t="s">
-        <x:v>164</x:v>
+        <x:v>127</x:v>
       </x:c>
       <x:c r="R63" s="0" t="s">
-        <x:v>165</x:v>
+        <x:v>170</x:v>
       </x:c>
       <x:c r="S63" s="0" t="n">
-        <x:v>514135</x:v>
+        <x:v>514131</x:v>
       </x:c>
       <x:c r="T63" s="4" t="s">
-        <x:v>166</x:v>
+        <x:v>131</x:v>
       </x:c>
       <x:c r="U63" s="4" t="s">
-        <x:v>167</x:v>
+        <x:v>132</x:v>
       </x:c>
     </x:row>
     <x:row r="64" spans="1:21">
       <x:c r="A64" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B64" s="14" t="s">
-        <x:v>39</x:v>
+        <x:v>22</x:v>
       </x:c>
       <x:c r="C64" s="15" t="n">
-        <x:v>41007</x:v>
+        <x:v>36968</x:v>
       </x:c>
       <x:c r="D64" s="15" t="s"/>
       <x:c r="E64" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F64" s="14" t="s"/>
       <x:c r="G64" s="14" t="s">
-        <x:v>163</x:v>
+        <x:v>126</x:v>
       </x:c>
       <x:c r="H64" s="14" t="s"/>
       <x:c r="I64" s="16" t="s">
-        <x:v>164</x:v>
+        <x:v>127</x:v>
       </x:c>
       <x:c r="J64" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K64" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L64" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M64" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N64" s="15" t="n">
-        <x:v>24054</x:v>
+        <x:v>24431</x:v>
       </x:c>
       <x:c r="O64" s="14" t="s">
-        <x:v>40</x:v>
+        <x:v>31</x:v>
       </x:c>
       <x:c r="P64" s="14" t="s">
-        <x:v>168</x:v>
+        <x:v>126</x:v>
       </x:c>
       <x:c r="Q64" s="16" t="s">
-        <x:v>169</x:v>
+        <x:v>127</x:v>
       </x:c>
       <x:c r="R64" s="14" t="s">
         <x:v>170</x:v>
       </x:c>
       <x:c r="S64" s="14" t="n">
-        <x:v>514132</x:v>
+        <x:v>514135</x:v>
       </x:c>
       <x:c r="T64" s="16" t="s">
-        <x:v>166</x:v>
+        <x:v>131</x:v>
       </x:c>
       <x:c r="U64" s="16" t="s">
-        <x:v>167</x:v>
+        <x:v>132</x:v>
       </x:c>
     </x:row>
     <x:row r="65" spans="1:21">
       <x:c r="A65" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B65" s="0" t="s">
         <x:v>171</x:v>
       </x:c>
       <x:c r="C65" s="3" t="n">
         <x:v>38878</x:v>
       </x:c>
       <x:c r="D65" s="3" t="s"/>
       <x:c r="E65" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G65" s="0" t="s">
         <x:v>172</x:v>
       </x:c>
       <x:c r="H65" s="0" t="s">
         <x:v>173</x:v>
       </x:c>
       <x:c r="I65" s="4" t="s">
         <x:v>174</x:v>
       </x:c>
@@ -6494,57 +6494,57 @@
       <x:c r="K71" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L71" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M71" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N71" s="3" t="n">
         <x:v>24431</x:v>
       </x:c>
       <x:c r="O71" s="0" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="P71" s="0" t="s">
         <x:v>198</x:v>
       </x:c>
       <x:c r="Q71" s="4" t="s">
         <x:v>199</x:v>
       </x:c>
       <x:c r="R71" s="0" t="s">
         <x:v>200</x:v>
       </x:c>
       <x:c r="S71" s="0" t="n">
-        <x:v>512441</x:v>
+        <x:v>544884</x:v>
       </x:c>
       <x:c r="T71" s="4" t="s">
-        <x:v>79</x:v>
+        <x:v>77</x:v>
       </x:c>
       <x:c r="U71" s="4" t="s">
-        <x:v>54</x:v>
+        <x:v>180</x:v>
       </x:c>
     </x:row>
     <x:row r="72" spans="1:21">
       <x:c r="A72" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B72" s="14" t="s">
         <x:v>197</x:v>
       </x:c>
       <x:c r="C72" s="15" t="n">
         <x:v>36968</x:v>
       </x:c>
       <x:c r="D72" s="15" t="s"/>
       <x:c r="E72" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F72" s="14" t="s"/>
       <x:c r="G72" s="14" t="s">
         <x:v>198</x:v>
       </x:c>
       <x:c r="H72" s="14" t="s"/>
       <x:c r="I72" s="16" t="s">
         <x:v>199</x:v>
       </x:c>
       <x:c r="J72" s="14" t="s">
@@ -6553,114 +6553,114 @@
       <x:c r="K72" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L72" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M72" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N72" s="15" t="n">
         <x:v>24431</x:v>
       </x:c>
       <x:c r="O72" s="14" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="P72" s="14" t="s">
         <x:v>198</x:v>
       </x:c>
       <x:c r="Q72" s="16" t="s">
         <x:v>199</x:v>
       </x:c>
       <x:c r="R72" s="14" t="s">
         <x:v>200</x:v>
       </x:c>
       <x:c r="S72" s="14" t="n">
-        <x:v>600749</x:v>
+        <x:v>512441</x:v>
       </x:c>
       <x:c r="T72" s="16" t="s">
-        <x:v>201</x:v>
+        <x:v>79</x:v>
       </x:c>
       <x:c r="U72" s="16" t="s">
-        <x:v>38</x:v>
+        <x:v>54</x:v>
       </x:c>
     </x:row>
     <x:row r="73" spans="1:21">
       <x:c r="A73" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B73" s="0" t="s">
         <x:v>197</x:v>
       </x:c>
       <x:c r="C73" s="3" t="n">
         <x:v>36968</x:v>
       </x:c>
       <x:c r="D73" s="3" t="s"/>
       <x:c r="E73" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G73" s="0" t="s">
         <x:v>198</x:v>
       </x:c>
       <x:c r="I73" s="4" t="s">
         <x:v>199</x:v>
       </x:c>
       <x:c r="J73" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K73" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L73" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M73" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N73" s="3" t="n">
         <x:v>24431</x:v>
       </x:c>
       <x:c r="O73" s="0" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="P73" s="0" t="s">
         <x:v>198</x:v>
       </x:c>
       <x:c r="Q73" s="4" t="s">
         <x:v>199</x:v>
       </x:c>
       <x:c r="R73" s="0" t="s">
         <x:v>200</x:v>
       </x:c>
       <x:c r="S73" s="0" t="n">
-        <x:v>544884</x:v>
+        <x:v>600749</x:v>
       </x:c>
       <x:c r="T73" s="4" t="s">
-        <x:v>77</x:v>
+        <x:v>201</x:v>
       </x:c>
       <x:c r="U73" s="4" t="s">
-        <x:v>180</x:v>
+        <x:v>38</x:v>
       </x:c>
     </x:row>
     <x:row r="74" spans="1:21">
       <x:c r="A74" s="13" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="B74" s="14" t="s">
         <x:v>202</x:v>
       </x:c>
       <x:c r="C74" s="15" t="s"/>
       <x:c r="D74" s="15" t="s"/>
       <x:c r="E74" s="14" t="s"/>
       <x:c r="F74" s="14" t="s"/>
       <x:c r="G74" s="14" t="s">
         <x:v>203</x:v>
       </x:c>
       <x:c r="H74" s="14" t="s">
         <x:v>204</x:v>
       </x:c>
       <x:c r="I74" s="16" t="s">
         <x:v>205</x:v>
       </x:c>
       <x:c r="J74" s="14" t="s">
         <x:v>45</x:v>
       </x:c>
@@ -7126,176 +7126,176 @@
       <x:c r="J82" s="14" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="K82" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L82" s="14" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="M82" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N82" s="15" t="n">
         <x:v>24066</x:v>
       </x:c>
       <x:c r="O82" s="14" t="s">
         <x:v>210</x:v>
       </x:c>
       <x:c r="P82" s="14" t="s">
         <x:v>216</x:v>
       </x:c>
       <x:c r="Q82" s="16" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="R82" s="14" t="s">
-        <x:v>165</x:v>
+        <x:v>170</x:v>
       </x:c>
       <x:c r="S82" s="14" t="n">
-        <x:v>503322</x:v>
+        <x:v>548260</x:v>
       </x:c>
       <x:c r="T82" s="16" t="s">
-        <x:v>179</x:v>
+        <x:v>77</x:v>
       </x:c>
       <x:c r="U82" s="16" t="s">
-        <x:v>212</x:v>
+        <x:v>78</x:v>
       </x:c>
     </x:row>
     <x:row r="83" spans="1:21">
       <x:c r="A83" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B83" s="0" t="s">
         <x:v>208</x:v>
       </x:c>
       <x:c r="C83" s="3" t="n">
         <x:v>38880</x:v>
       </x:c>
       <x:c r="D83" s="3" t="s"/>
       <x:c r="E83" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G83" s="0" t="s">
         <x:v>209</x:v>
       </x:c>
       <x:c r="I83" s="4" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="J83" s="0" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="K83" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L83" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="M83" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N83" s="3" t="n">
         <x:v>24066</x:v>
       </x:c>
       <x:c r="O83" s="0" t="s">
         <x:v>210</x:v>
       </x:c>
       <x:c r="P83" s="0" t="s">
         <x:v>216</x:v>
       </x:c>
       <x:c r="Q83" s="4" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="R83" s="0" t="s">
-        <x:v>165</x:v>
+        <x:v>170</x:v>
       </x:c>
       <x:c r="S83" s="0" t="n">
-        <x:v>548260</x:v>
+        <x:v>603323</x:v>
       </x:c>
       <x:c r="T83" s="4" t="s">
-        <x:v>77</x:v>
+        <x:v>35</x:v>
       </x:c>
       <x:c r="U83" s="4" t="s">
-        <x:v>78</x:v>
+        <x:v>36</x:v>
       </x:c>
     </x:row>
     <x:row r="84" spans="1:21">
       <x:c r="A84" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B84" s="14" t="s">
         <x:v>208</x:v>
       </x:c>
       <x:c r="C84" s="15" t="n">
         <x:v>38880</x:v>
       </x:c>
       <x:c r="D84" s="15" t="s"/>
       <x:c r="E84" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F84" s="14" t="s"/>
       <x:c r="G84" s="14" t="s">
         <x:v>209</x:v>
       </x:c>
       <x:c r="H84" s="14" t="s"/>
       <x:c r="I84" s="16" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="J84" s="14" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="K84" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L84" s="14" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="M84" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N84" s="15" t="n">
         <x:v>24066</x:v>
       </x:c>
       <x:c r="O84" s="14" t="s">
         <x:v>210</x:v>
       </x:c>
       <x:c r="P84" s="14" t="s">
         <x:v>216</x:v>
       </x:c>
       <x:c r="Q84" s="16" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="R84" s="14" t="s">
-        <x:v>165</x:v>
+        <x:v>170</x:v>
       </x:c>
       <x:c r="S84" s="14" t="n">
-        <x:v>603323</x:v>
+        <x:v>503322</x:v>
       </x:c>
       <x:c r="T84" s="16" t="s">
-        <x:v>35</x:v>
+        <x:v>179</x:v>
       </x:c>
       <x:c r="U84" s="16" t="s">
-        <x:v>36</x:v>
+        <x:v>212</x:v>
       </x:c>
     </x:row>
     <x:row r="85" spans="1:21">
       <x:c r="A85" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B85" s="0" t="s">
         <x:v>208</x:v>
       </x:c>
       <x:c r="C85" s="3" t="n">
         <x:v>38880</x:v>
       </x:c>
       <x:c r="D85" s="3" t="s"/>
       <x:c r="E85" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G85" s="0" t="s">
         <x:v>209</x:v>
       </x:c>
       <x:c r="I85" s="4" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="J85" s="0" t="s">
         <x:v>86</x:v>
       </x:c>
@@ -7474,51 +7474,51 @@
       <x:c r="J88" s="14" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="K88" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L88" s="14" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="M88" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N88" s="15" t="n">
         <x:v>24066</x:v>
       </x:c>
       <x:c r="O88" s="14" t="s">
         <x:v>210</x:v>
       </x:c>
       <x:c r="P88" s="14" t="s">
         <x:v>220</x:v>
       </x:c>
       <x:c r="Q88" s="16" t="s">
         <x:v>221</x:v>
       </x:c>
       <x:c r="R88" s="14" t="s">
-        <x:v>154</x:v>
+        <x:v>161</x:v>
       </x:c>
       <x:c r="S88" s="14" t="n">
         <x:v>548313</x:v>
       </x:c>
       <x:c r="T88" s="16" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="U88" s="16" t="s">
         <x:v>78</x:v>
       </x:c>
     </x:row>
     <x:row r="89" spans="1:21">
       <x:c r="A89" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B89" s="0" t="s">
         <x:v>208</x:v>
       </x:c>
       <x:c r="C89" s="3" t="n">
         <x:v>38880</x:v>
       </x:c>
       <x:c r="D89" s="3" t="s"/>
       <x:c r="E89" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
@@ -7531,51 +7531,51 @@
       <x:c r="J89" s="0" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="K89" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L89" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="M89" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N89" s="3" t="n">
         <x:v>24066</x:v>
       </x:c>
       <x:c r="O89" s="0" t="s">
         <x:v>210</x:v>
       </x:c>
       <x:c r="P89" s="0" t="s">
         <x:v>220</x:v>
       </x:c>
       <x:c r="Q89" s="4" t="s">
         <x:v>221</x:v>
       </x:c>
       <x:c r="R89" s="0" t="s">
-        <x:v>154</x:v>
+        <x:v>161</x:v>
       </x:c>
       <x:c r="S89" s="0" t="n">
         <x:v>503486</x:v>
       </x:c>
       <x:c r="T89" s="4" t="s">
         <x:v>179</x:v>
       </x:c>
       <x:c r="U89" s="4" t="s">
         <x:v>212</x:v>
       </x:c>
     </x:row>
     <x:row r="90" spans="1:21">
       <x:c r="A90" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B90" s="14" t="s">
         <x:v>171</x:v>
       </x:c>
       <x:c r="C90" s="15" t="n">
         <x:v>38878</x:v>
       </x:c>
       <x:c r="D90" s="15" t="s"/>
       <x:c r="E90" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
@@ -7590,51 +7590,51 @@
       <x:c r="J90" s="14" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="K90" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L90" s="14" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="M90" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N90" s="15" t="n">
         <x:v>22499</x:v>
       </x:c>
       <x:c r="O90" s="14" t="s">
         <x:v>175</x:v>
       </x:c>
       <x:c r="P90" s="14" t="s">
         <x:v>220</x:v>
       </x:c>
       <x:c r="Q90" s="16" t="s">
         <x:v>221</x:v>
       </x:c>
       <x:c r="R90" s="14" t="s">
-        <x:v>154</x:v>
+        <x:v>161</x:v>
       </x:c>
       <x:c r="S90" s="14" t="n">
         <x:v>603946</x:v>
       </x:c>
       <x:c r="T90" s="16" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="U90" s="16" t="s">
         <x:v>78</x:v>
       </x:c>
     </x:row>
     <x:row r="91" spans="1:21">
       <x:c r="A91" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B91" s="0" t="s">
         <x:v>171</x:v>
       </x:c>
       <x:c r="C91" s="3" t="n">
         <x:v>38878</x:v>
       </x:c>
       <x:c r="D91" s="3" t="s"/>
       <x:c r="E91" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
@@ -7647,51 +7647,51 @@
       <x:c r="J91" s="0" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="K91" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L91" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="M91" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N91" s="3" t="n">
         <x:v>22499</x:v>
       </x:c>
       <x:c r="O91" s="0" t="s">
         <x:v>175</x:v>
       </x:c>
       <x:c r="P91" s="0" t="s">
         <x:v>220</x:v>
       </x:c>
       <x:c r="Q91" s="4" t="s">
         <x:v>221</x:v>
       </x:c>
       <x:c r="R91" s="0" t="s">
-        <x:v>154</x:v>
+        <x:v>161</x:v>
       </x:c>
       <x:c r="S91" s="0" t="n">
         <x:v>503468</x:v>
       </x:c>
       <x:c r="T91" s="4" t="s">
         <x:v>179</x:v>
       </x:c>
       <x:c r="U91" s="4" t="s">
         <x:v>212</x:v>
       </x:c>
     </x:row>
     <x:row r="92" spans="1:21">
       <x:c r="A92" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B92" s="14" t="s">
         <x:v>171</x:v>
       </x:c>
       <x:c r="C92" s="15" t="n">
         <x:v>38878</x:v>
       </x:c>
       <x:c r="D92" s="15" t="s"/>
       <x:c r="E92" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
@@ -7706,51 +7706,51 @@
       <x:c r="J92" s="14" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="K92" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L92" s="14" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="M92" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N92" s="15" t="n">
         <x:v>22499</x:v>
       </x:c>
       <x:c r="O92" s="14" t="s">
         <x:v>175</x:v>
       </x:c>
       <x:c r="P92" s="14" t="s">
         <x:v>220</x:v>
       </x:c>
       <x:c r="Q92" s="16" t="s">
         <x:v>221</x:v>
       </x:c>
       <x:c r="R92" s="14" t="s">
-        <x:v>154</x:v>
+        <x:v>161</x:v>
       </x:c>
       <x:c r="S92" s="14" t="n">
         <x:v>503476</x:v>
       </x:c>
       <x:c r="T92" s="16" t="s">
         <x:v>179</x:v>
       </x:c>
       <x:c r="U92" s="16" t="s">
         <x:v>222</x:v>
       </x:c>
     </x:row>
     <x:row r="93" spans="1:21">
       <x:c r="A93" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B93" s="0" t="s">
         <x:v>208</x:v>
       </x:c>
       <x:c r="C93" s="3" t="n">
         <x:v>38880</x:v>
       </x:c>
       <x:c r="D93" s="3" t="s"/>
       <x:c r="E93" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
@@ -7763,51 +7763,51 @@
       <x:c r="J93" s="0" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="K93" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L93" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="M93" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N93" s="3" t="n">
         <x:v>24066</x:v>
       </x:c>
       <x:c r="O93" s="0" t="s">
         <x:v>210</x:v>
       </x:c>
       <x:c r="P93" s="0" t="s">
         <x:v>220</x:v>
       </x:c>
       <x:c r="Q93" s="4" t="s">
         <x:v>221</x:v>
       </x:c>
       <x:c r="R93" s="0" t="s">
-        <x:v>154</x:v>
+        <x:v>161</x:v>
       </x:c>
       <x:c r="S93" s="0" t="n">
         <x:v>603951</x:v>
       </x:c>
       <x:c r="T93" s="4" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="U93" s="4" t="s">
         <x:v>36</x:v>
       </x:c>
     </x:row>
     <x:row r="94" spans="1:21">
       <x:c r="A94" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B94" s="14" t="s">
         <x:v>171</x:v>
       </x:c>
       <x:c r="C94" s="15" t="n">
         <x:v>38878</x:v>
       </x:c>
       <x:c r="D94" s="15" t="s"/>
       <x:c r="E94" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
@@ -7822,51 +7822,51 @@
       <x:c r="J94" s="14" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="K94" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L94" s="14" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="M94" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N94" s="15" t="n">
         <x:v>22499</x:v>
       </x:c>
       <x:c r="O94" s="14" t="s">
         <x:v>175</x:v>
       </x:c>
       <x:c r="P94" s="14" t="s">
         <x:v>220</x:v>
       </x:c>
       <x:c r="Q94" s="16" t="s">
         <x:v>221</x:v>
       </x:c>
       <x:c r="R94" s="14" t="s">
-        <x:v>154</x:v>
+        <x:v>161</x:v>
       </x:c>
       <x:c r="S94" s="14" t="n">
         <x:v>548295</x:v>
       </x:c>
       <x:c r="T94" s="16" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="U94" s="16" t="s">
         <x:v>54</x:v>
       </x:c>
     </x:row>
     <x:row r="95" spans="1:21">
       <x:c r="A95" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B95" s="0" t="s">
         <x:v>171</x:v>
       </x:c>
       <x:c r="C95" s="3" t="n">
         <x:v>25353</x:v>
       </x:c>
       <x:c r="D95" s="3" t="s"/>
       <x:c r="E95" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
@@ -7879,51 +7879,51 @@
       <x:c r="J95" s="0" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="K95" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L95" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="M95" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N95" s="3" t="n">
         <x:v>22499</x:v>
       </x:c>
       <x:c r="O95" s="0" t="s">
         <x:v>175</x:v>
       </x:c>
       <x:c r="P95" s="0" t="s">
         <x:v>220</x:v>
       </x:c>
       <x:c r="Q95" s="4" t="s">
         <x:v>221</x:v>
       </x:c>
       <x:c r="R95" s="0" t="s">
-        <x:v>154</x:v>
+        <x:v>161</x:v>
       </x:c>
       <x:c r="S95" s="0" t="n">
         <x:v>449001</x:v>
       </x:c>
       <x:c r="T95" s="4" t="s">
         <x:v>223</x:v>
       </x:c>
       <x:c r="U95" s="4" t="s">
         <x:v>54</x:v>
       </x:c>
     </x:row>
     <x:row r="96" spans="1:21">
       <x:c r="A96" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B96" s="14" t="s">
         <x:v>171</x:v>
       </x:c>
       <x:c r="C96" s="15" t="n">
         <x:v>38878</x:v>
       </x:c>
       <x:c r="D96" s="15" t="s"/>
       <x:c r="E96" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
@@ -7938,51 +7938,51 @@
       <x:c r="J96" s="14" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="K96" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L96" s="14" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="M96" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N96" s="15" t="n">
         <x:v>22499</x:v>
       </x:c>
       <x:c r="O96" s="14" t="s">
         <x:v>175</x:v>
       </x:c>
       <x:c r="P96" s="14" t="s">
         <x:v>220</x:v>
       </x:c>
       <x:c r="Q96" s="16" t="s">
         <x:v>221</x:v>
       </x:c>
       <x:c r="R96" s="14" t="s">
-        <x:v>154</x:v>
+        <x:v>161</x:v>
       </x:c>
       <x:c r="S96" s="14" t="n">
         <x:v>603944</x:v>
       </x:c>
       <x:c r="T96" s="16" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="U96" s="16" t="s">
         <x:v>36</x:v>
       </x:c>
     </x:row>
     <x:row r="97" spans="1:21">
       <x:c r="A97" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B97" s="0" t="s">
         <x:v>171</x:v>
       </x:c>
       <x:c r="C97" s="3" t="n">
         <x:v>38878</x:v>
       </x:c>
       <x:c r="D97" s="3" t="s"/>
       <x:c r="E97" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
@@ -7995,51 +7995,51 @@
       <x:c r="J97" s="0" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="K97" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L97" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="M97" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N97" s="3" t="n">
         <x:v>22499</x:v>
       </x:c>
       <x:c r="O97" s="0" t="s">
         <x:v>175</x:v>
       </x:c>
       <x:c r="P97" s="0" t="s">
         <x:v>220</x:v>
       </x:c>
       <x:c r="Q97" s="4" t="s">
         <x:v>221</x:v>
       </x:c>
       <x:c r="R97" s="0" t="s">
-        <x:v>154</x:v>
+        <x:v>161</x:v>
       </x:c>
       <x:c r="S97" s="0" t="n">
         <x:v>603945</x:v>
       </x:c>
       <x:c r="T97" s="4" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="U97" s="4" t="s">
         <x:v>224</x:v>
       </x:c>
     </x:row>
     <x:row r="98" spans="1:21">
       <x:c r="A98" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B98" s="14" t="s">
         <x:v>171</x:v>
       </x:c>
       <x:c r="C98" s="15" t="n">
         <x:v>38878</x:v>
       </x:c>
       <x:c r="D98" s="15" t="s"/>
       <x:c r="E98" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
@@ -8054,51 +8054,51 @@
       <x:c r="J98" s="14" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="K98" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L98" s="14" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="M98" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N98" s="15" t="n">
         <x:v>22499</x:v>
       </x:c>
       <x:c r="O98" s="14" t="s">
         <x:v>175</x:v>
       </x:c>
       <x:c r="P98" s="14" t="s">
         <x:v>220</x:v>
       </x:c>
       <x:c r="Q98" s="16" t="s">
         <x:v>221</x:v>
       </x:c>
       <x:c r="R98" s="14" t="s">
-        <x:v>154</x:v>
+        <x:v>161</x:v>
       </x:c>
       <x:c r="S98" s="14" t="n">
         <x:v>548294</x:v>
       </x:c>
       <x:c r="T98" s="16" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="U98" s="16" t="s">
         <x:v>78</x:v>
       </x:c>
     </x:row>
     <x:row r="99" spans="1:21">
       <x:c r="A99" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B99" s="0" t="s">
         <x:v>171</x:v>
       </x:c>
       <x:c r="C99" s="3" t="n">
         <x:v>38878</x:v>
       </x:c>
       <x:c r="D99" s="3" t="s"/>
       <x:c r="E99" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
@@ -8111,51 +8111,51 @@
       <x:c r="J99" s="0" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="K99" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L99" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="M99" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N99" s="3" t="n">
         <x:v>22499</x:v>
       </x:c>
       <x:c r="O99" s="0" t="s">
         <x:v>175</x:v>
       </x:c>
       <x:c r="P99" s="0" t="s">
         <x:v>220</x:v>
       </x:c>
       <x:c r="Q99" s="4" t="s">
         <x:v>221</x:v>
       </x:c>
       <x:c r="R99" s="0" t="s">
-        <x:v>154</x:v>
+        <x:v>161</x:v>
       </x:c>
       <x:c r="S99" s="0" t="n">
         <x:v>548296</x:v>
       </x:c>
       <x:c r="T99" s="4" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="U99" s="4" t="s">
         <x:v>36</x:v>
       </x:c>
     </x:row>
     <x:row r="100" spans="1:21">
       <x:c r="A100" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B100" s="14" t="s">
         <x:v>171</x:v>
       </x:c>
       <x:c r="C100" s="15" t="n">
         <x:v>38878</x:v>
       </x:c>
       <x:c r="D100" s="15" t="s"/>
       <x:c r="E100" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
@@ -8326,75 +8326,75 @@
       <x:c r="U102" s="16" t="s">
         <x:v>36</x:v>
       </x:c>
     </x:row>
     <x:row r="103" spans="1:21">
       <x:c r="A103" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B103" s="0" t="s">
         <x:v>171</x:v>
       </x:c>
       <x:c r="C103" s="3" t="n">
         <x:v>38878</x:v>
       </x:c>
       <x:c r="D103" s="3" t="s"/>
       <x:c r="E103" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G103" s="0" t="s">
         <x:v>230</x:v>
       </x:c>
       <x:c r="H103" s="0" t="s">
         <x:v>231</x:v>
       </x:c>
       <x:c r="I103" s="4" t="s">
-        <x:v>129</x:v>
+        <x:v>136</x:v>
       </x:c>
       <x:c r="J103" s="0" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="K103" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L103" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M103" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N103" s="3" t="n">
         <x:v>22499</x:v>
       </x:c>
       <x:c r="O103" s="0" t="s">
         <x:v>175</x:v>
       </x:c>
       <x:c r="P103" s="0" t="s">
         <x:v>230</x:v>
       </x:c>
       <x:c r="Q103" s="4" t="s">
-        <x:v>129</x:v>
+        <x:v>136</x:v>
       </x:c>
       <x:c r="R103" s="0" t="s">
         <x:v>108</x:v>
       </x:c>
       <x:c r="S103" s="0" t="n">
         <x:v>605635</x:v>
       </x:c>
       <x:c r="T103" s="4" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="U103" s="4" t="s">
         <x:v>224</x:v>
       </x:c>
     </x:row>
     <x:row r="104" spans="1:21">
       <x:c r="A104" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B104" s="14" t="s">
         <x:v>171</x:v>
       </x:c>
       <x:c r="C104" s="15" t="n">
         <x:v>25353</x:v>
       </x:c>
       <x:c r="D104" s="15" t="s"/>
@@ -9234,317 +9234,317 @@
         <x:v>54</x:v>
       </x:c>
     </x:row>
     <x:row r="118" spans="1:21">
       <x:c r="A118" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B118" s="14" t="s">
         <x:v>171</x:v>
       </x:c>
       <x:c r="C118" s="15" t="n">
         <x:v>38878</x:v>
       </x:c>
       <x:c r="D118" s="15" t="s"/>
       <x:c r="E118" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F118" s="14" t="s"/>
       <x:c r="G118" s="14" t="s">
         <x:v>230</x:v>
       </x:c>
       <x:c r="H118" s="14" t="s">
         <x:v>231</x:v>
       </x:c>
       <x:c r="I118" s="16" t="s">
-        <x:v>129</x:v>
+        <x:v>136</x:v>
       </x:c>
       <x:c r="J118" s="14" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="K118" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L118" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M118" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N118" s="15" t="n">
         <x:v>22499</x:v>
       </x:c>
       <x:c r="O118" s="14" t="s">
         <x:v>175</x:v>
       </x:c>
       <x:c r="P118" s="14" t="s">
         <x:v>230</x:v>
       </x:c>
       <x:c r="Q118" s="16" t="s">
-        <x:v>129</x:v>
+        <x:v>136</x:v>
       </x:c>
       <x:c r="R118" s="14" t="s">
         <x:v>108</x:v>
       </x:c>
       <x:c r="S118" s="14" t="n">
         <x:v>500938</x:v>
       </x:c>
       <x:c r="T118" s="16" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="U118" s="16" t="s">
         <x:v>78</x:v>
       </x:c>
     </x:row>
     <x:row r="119" spans="1:21">
       <x:c r="A119" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B119" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="C119" s="3" t="n">
         <x:v>41007</x:v>
       </x:c>
       <x:c r="D119" s="3" t="s"/>
       <x:c r="E119" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G119" s="0" t="s">
         <x:v>230</x:v>
       </x:c>
       <x:c r="H119" s="0" t="s">
         <x:v>231</x:v>
       </x:c>
       <x:c r="I119" s="4" t="s">
-        <x:v>129</x:v>
+        <x:v>136</x:v>
       </x:c>
       <x:c r="J119" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K119" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L119" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M119" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N119" s="3" t="n">
         <x:v>24054</x:v>
       </x:c>
       <x:c r="O119" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="P119" s="0" t="s">
         <x:v>230</x:v>
       </x:c>
       <x:c r="Q119" s="4" t="s">
-        <x:v>129</x:v>
+        <x:v>136</x:v>
       </x:c>
       <x:c r="R119" s="0" t="s">
         <x:v>108</x:v>
       </x:c>
       <x:c r="S119" s="0" t="n">
         <x:v>550264</x:v>
       </x:c>
       <x:c r="T119" s="4" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="U119" s="4" t="s">
         <x:v>78</x:v>
       </x:c>
     </x:row>
     <x:row r="120" spans="1:21">
       <x:c r="A120" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B120" s="14" t="s">
         <x:v>171</x:v>
       </x:c>
       <x:c r="C120" s="15" t="n">
         <x:v>38878</x:v>
       </x:c>
       <x:c r="D120" s="15" t="s"/>
       <x:c r="E120" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F120" s="14" t="s"/>
       <x:c r="G120" s="14" t="s">
         <x:v>230</x:v>
       </x:c>
       <x:c r="H120" s="14" t="s">
         <x:v>231</x:v>
       </x:c>
       <x:c r="I120" s="16" t="s">
-        <x:v>129</x:v>
+        <x:v>136</x:v>
       </x:c>
       <x:c r="J120" s="14" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="K120" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L120" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M120" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N120" s="15" t="n">
         <x:v>22499</x:v>
       </x:c>
       <x:c r="O120" s="14" t="s">
         <x:v>175</x:v>
       </x:c>
       <x:c r="P120" s="14" t="s">
         <x:v>230</x:v>
       </x:c>
       <x:c r="Q120" s="16" t="s">
-        <x:v>129</x:v>
+        <x:v>136</x:v>
       </x:c>
       <x:c r="R120" s="14" t="s">
         <x:v>108</x:v>
       </x:c>
       <x:c r="S120" s="14" t="n">
         <x:v>550202</x:v>
       </x:c>
       <x:c r="T120" s="16" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="U120" s="16" t="s">
         <x:v>78</x:v>
       </x:c>
     </x:row>
     <x:row r="121" spans="1:21">
       <x:c r="A121" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B121" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="C121" s="3" t="n">
         <x:v>41007</x:v>
       </x:c>
       <x:c r="D121" s="3" t="s"/>
       <x:c r="E121" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G121" s="0" t="s">
         <x:v>230</x:v>
       </x:c>
       <x:c r="H121" s="0" t="s">
         <x:v>231</x:v>
       </x:c>
       <x:c r="I121" s="4" t="s">
-        <x:v>129</x:v>
+        <x:v>136</x:v>
       </x:c>
       <x:c r="J121" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K121" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L121" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M121" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N121" s="3" t="n">
         <x:v>24054</x:v>
       </x:c>
       <x:c r="O121" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="P121" s="0" t="s">
         <x:v>230</x:v>
       </x:c>
       <x:c r="Q121" s="4" t="s">
-        <x:v>129</x:v>
+        <x:v>136</x:v>
       </x:c>
       <x:c r="R121" s="0" t="s">
         <x:v>108</x:v>
       </x:c>
       <x:c r="S121" s="0" t="n">
         <x:v>500990</x:v>
       </x:c>
       <x:c r="T121" s="4" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="U121" s="4" t="s">
         <x:v>54</x:v>
       </x:c>
     </x:row>
     <x:row r="122" spans="1:21">
       <x:c r="A122" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B122" s="14" t="s">
         <x:v>197</x:v>
       </x:c>
       <x:c r="C122" s="15" t="n">
         <x:v>36968</x:v>
       </x:c>
       <x:c r="D122" s="15" t="s"/>
       <x:c r="E122" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F122" s="14" t="s"/>
       <x:c r="G122" s="14" t="s">
         <x:v>230</x:v>
       </x:c>
       <x:c r="H122" s="14" t="s">
         <x:v>231</x:v>
       </x:c>
       <x:c r="I122" s="16" t="s">
-        <x:v>129</x:v>
+        <x:v>136</x:v>
       </x:c>
       <x:c r="J122" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K122" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L122" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M122" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N122" s="15" t="n">
         <x:v>24431</x:v>
       </x:c>
       <x:c r="O122" s="14" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="P122" s="14" t="s">
         <x:v>230</x:v>
       </x:c>
       <x:c r="Q122" s="16" t="s">
-        <x:v>129</x:v>
+        <x:v>136</x:v>
       </x:c>
       <x:c r="R122" s="14" t="s">
         <x:v>108</x:v>
       </x:c>
       <x:c r="S122" s="14" t="n">
         <x:v>501020</x:v>
       </x:c>
       <x:c r="T122" s="16" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="U122" s="16" t="s">
         <x:v>54</x:v>
       </x:c>
     </x:row>
     <x:row r="123" spans="1:21">
       <x:c r="A123" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B123" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C123" s="3" t="n">
         <x:v>36968</x:v>
       </x:c>
       <x:c r="D123" s="3" t="s"/>
@@ -9557,112 +9557,112 @@
       <x:c r="I123" s="4" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="J123" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K123" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L123" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M123" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N123" s="3" t="n">
         <x:v>24431</x:v>
       </x:c>
       <x:c r="O123" s="0" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="P123" s="0" t="s">
         <x:v>230</x:v>
       </x:c>
       <x:c r="Q123" s="4" t="s">
-        <x:v>129</x:v>
+        <x:v>136</x:v>
       </x:c>
       <x:c r="R123" s="0" t="s">
         <x:v>108</x:v>
       </x:c>
       <x:c r="S123" s="0" t="n">
         <x:v>604283</x:v>
       </x:c>
       <x:c r="T123" s="4" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="U123" s="4" t="s">
         <x:v>36</x:v>
       </x:c>
     </x:row>
     <x:row r="124" spans="1:21">
       <x:c r="A124" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B124" s="14" t="s">
         <x:v>171</x:v>
       </x:c>
       <x:c r="C124" s="15" t="n">
         <x:v>25353</x:v>
       </x:c>
       <x:c r="D124" s="15" t="s"/>
       <x:c r="E124" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F124" s="14" t="s"/>
       <x:c r="G124" s="14" t="s">
         <x:v>230</x:v>
       </x:c>
       <x:c r="H124" s="14" t="s">
         <x:v>231</x:v>
       </x:c>
       <x:c r="I124" s="16" t="s">
-        <x:v>129</x:v>
+        <x:v>136</x:v>
       </x:c>
       <x:c r="J124" s="14" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="K124" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L124" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M124" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N124" s="15" t="n">
         <x:v>22499</x:v>
       </x:c>
       <x:c r="O124" s="14" t="s">
         <x:v>175</x:v>
       </x:c>
       <x:c r="P124" s="14" t="s">
         <x:v>230</x:v>
       </x:c>
       <x:c r="Q124" s="16" t="s">
-        <x:v>129</x:v>
+        <x:v>136</x:v>
       </x:c>
       <x:c r="R124" s="14" t="s">
         <x:v>108</x:v>
       </x:c>
       <x:c r="S124" s="14" t="n">
         <x:v>451211</x:v>
       </x:c>
       <x:c r="T124" s="16" t="s">
         <x:v>223</x:v>
       </x:c>
       <x:c r="U124" s="16" t="s">
         <x:v>54</x:v>
       </x:c>
     </x:row>
     <x:row r="125" spans="1:21">
       <x:c r="A125" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B125" s="0" t="s">
         <x:v>197</x:v>
       </x:c>
       <x:c r="C125" s="3" t="n">
         <x:v>36968</x:v>
       </x:c>
       <x:c r="D125" s="3" t="s"/>
@@ -9675,51 +9675,51 @@
       <x:c r="I125" s="4" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="J125" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K125" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L125" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M125" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N125" s="3" t="n">
         <x:v>24431</x:v>
       </x:c>
       <x:c r="O125" s="0" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="P125" s="0" t="s">
         <x:v>230</x:v>
       </x:c>
       <x:c r="Q125" s="4" t="s">
-        <x:v>129</x:v>
+        <x:v>136</x:v>
       </x:c>
       <x:c r="R125" s="0" t="s">
         <x:v>108</x:v>
       </x:c>
       <x:c r="S125" s="0" t="n">
         <x:v>550308</x:v>
       </x:c>
       <x:c r="T125" s="4" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="U125" s="4" t="s">
         <x:v>78</x:v>
       </x:c>
     </x:row>
     <x:row r="126" spans="1:21">
       <x:c r="A126" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B126" s="14" t="s">
         <x:v>197</x:v>
       </x:c>
       <x:c r="C126" s="15" t="n">
         <x:v>36968</x:v>
       </x:c>
       <x:c r="D126" s="15" t="s"/>
@@ -9734,232 +9734,232 @@
       <x:c r="I126" s="16" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="J126" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K126" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L126" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M126" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N126" s="15" t="n">
         <x:v>24431</x:v>
       </x:c>
       <x:c r="O126" s="14" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="P126" s="14" t="s">
         <x:v>230</x:v>
       </x:c>
       <x:c r="Q126" s="16" t="s">
-        <x:v>129</x:v>
+        <x:v>136</x:v>
       </x:c>
       <x:c r="R126" s="14" t="s">
         <x:v>108</x:v>
       </x:c>
       <x:c r="S126" s="14" t="n">
         <x:v>501475</x:v>
       </x:c>
       <x:c r="T126" s="16" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="U126" s="16" t="s">
         <x:v>183</x:v>
       </x:c>
     </x:row>
     <x:row r="127" spans="1:21">
       <x:c r="A127" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B127" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="C127" s="3" t="n">
         <x:v>41007</x:v>
       </x:c>
       <x:c r="D127" s="3" t="s"/>
       <x:c r="E127" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G127" s="0" t="s">
         <x:v>230</x:v>
       </x:c>
       <x:c r="H127" s="0" t="s">
         <x:v>231</x:v>
       </x:c>
       <x:c r="I127" s="4" t="s">
-        <x:v>129</x:v>
+        <x:v>136</x:v>
       </x:c>
       <x:c r="J127" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K127" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L127" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M127" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N127" s="3" t="n">
         <x:v>24054</x:v>
       </x:c>
       <x:c r="O127" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="P127" s="0" t="s">
         <x:v>230</x:v>
       </x:c>
       <x:c r="Q127" s="4" t="s">
-        <x:v>129</x:v>
+        <x:v>136</x:v>
       </x:c>
       <x:c r="R127" s="0" t="s">
         <x:v>108</x:v>
       </x:c>
       <x:c r="S127" s="0" t="n">
         <x:v>605695</x:v>
       </x:c>
       <x:c r="T127" s="4" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="U127" s="4" t="s">
         <x:v>36</x:v>
       </x:c>
     </x:row>
     <x:row r="128" spans="1:21">
       <x:c r="A128" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B128" s="14" t="s">
         <x:v>171</x:v>
       </x:c>
       <x:c r="C128" s="15" t="n">
         <x:v>38878</x:v>
       </x:c>
       <x:c r="D128" s="15" t="s"/>
       <x:c r="E128" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F128" s="14" t="s"/>
       <x:c r="G128" s="14" t="s">
         <x:v>230</x:v>
       </x:c>
       <x:c r="H128" s="14" t="s">
         <x:v>231</x:v>
       </x:c>
       <x:c r="I128" s="16" t="s">
-        <x:v>129</x:v>
+        <x:v>136</x:v>
       </x:c>
       <x:c r="J128" s="14" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="K128" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L128" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M128" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N128" s="15" t="n">
         <x:v>22499</x:v>
       </x:c>
       <x:c r="O128" s="14" t="s">
         <x:v>175</x:v>
       </x:c>
       <x:c r="P128" s="14" t="s">
         <x:v>230</x:v>
       </x:c>
       <x:c r="Q128" s="16" t="s">
-        <x:v>129</x:v>
+        <x:v>136</x:v>
       </x:c>
       <x:c r="R128" s="14" t="s">
         <x:v>108</x:v>
       </x:c>
       <x:c r="S128" s="14" t="n">
         <x:v>550203</x:v>
       </x:c>
       <x:c r="T128" s="16" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="U128" s="16" t="s">
         <x:v>36</x:v>
       </x:c>
     </x:row>
     <x:row r="129" spans="1:21">
       <x:c r="A129" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B129" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C129" s="3" t="n">
         <x:v>36968</x:v>
       </x:c>
       <x:c r="D129" s="3" t="s"/>
       <x:c r="E129" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G129" s="0" t="s">
         <x:v>230</x:v>
       </x:c>
       <x:c r="H129" s="0" t="s">
         <x:v>231</x:v>
       </x:c>
       <x:c r="I129" s="4" t="s">
-        <x:v>129</x:v>
+        <x:v>136</x:v>
       </x:c>
       <x:c r="J129" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K129" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L129" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M129" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N129" s="3" t="n">
         <x:v>24431</x:v>
       </x:c>
       <x:c r="O129" s="0" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="P129" s="0" t="s">
         <x:v>230</x:v>
       </x:c>
       <x:c r="Q129" s="4" t="s">
-        <x:v>129</x:v>
+        <x:v>136</x:v>
       </x:c>
       <x:c r="R129" s="0" t="s">
         <x:v>108</x:v>
       </x:c>
       <x:c r="S129" s="0" t="n">
         <x:v>550271</x:v>
       </x:c>
       <x:c r="T129" s="4" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="U129" s="4" t="s">
         <x:v>78</x:v>
       </x:c>
     </x:row>
     <x:row r="130" spans="1:21">
       <x:c r="A130" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B130" s="14" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C130" s="15" t="n">
         <x:v>36968</x:v>
       </x:c>
       <x:c r="D130" s="15" t="s"/>
@@ -9974,535 +9974,535 @@
       <x:c r="I130" s="16" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="J130" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K130" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L130" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M130" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N130" s="15" t="n">
         <x:v>24431</x:v>
       </x:c>
       <x:c r="O130" s="14" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="P130" s="14" t="s">
         <x:v>230</x:v>
       </x:c>
       <x:c r="Q130" s="16" t="s">
-        <x:v>129</x:v>
+        <x:v>136</x:v>
       </x:c>
       <x:c r="R130" s="14" t="s">
         <x:v>108</x:v>
       </x:c>
       <x:c r="S130" s="14" t="n">
         <x:v>501469</x:v>
       </x:c>
       <x:c r="T130" s="16" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="U130" s="16" t="s">
         <x:v>183</x:v>
       </x:c>
     </x:row>
     <x:row r="131" spans="1:21">
       <x:c r="A131" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B131" s="0" t="s">
         <x:v>233</x:v>
       </x:c>
       <x:c r="C131" s="3" t="n">
         <x:v>30117</x:v>
       </x:c>
       <x:c r="D131" s="3" t="s"/>
       <x:c r="E131" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G131" s="0" t="s">
         <x:v>230</x:v>
       </x:c>
       <x:c r="H131" s="0" t="s">
         <x:v>231</x:v>
       </x:c>
       <x:c r="I131" s="4" t="s">
-        <x:v>129</x:v>
+        <x:v>136</x:v>
       </x:c>
       <x:c r="J131" s="0" t="s">
         <x:v>234</x:v>
       </x:c>
       <x:c r="K131" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L131" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M131" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N131" s="3" t="n">
         <x:v>24054</x:v>
       </x:c>
       <x:c r="O131" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="P131" s="0" t="s">
         <x:v>230</x:v>
       </x:c>
       <x:c r="Q131" s="4" t="s">
-        <x:v>129</x:v>
+        <x:v>136</x:v>
       </x:c>
       <x:c r="R131" s="0" t="s">
         <x:v>108</x:v>
       </x:c>
       <x:c r="S131" s="0" t="n">
         <x:v>550284</x:v>
       </x:c>
       <x:c r="T131" s="4" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="U131" s="4" t="s">
         <x:v>54</x:v>
       </x:c>
     </x:row>
     <x:row r="132" spans="1:21">
       <x:c r="A132" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B132" s="14" t="s">
         <x:v>197</x:v>
       </x:c>
       <x:c r="C132" s="15" t="n">
         <x:v>36968</x:v>
       </x:c>
       <x:c r="D132" s="15" t="s"/>
       <x:c r="E132" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F132" s="14" t="s"/>
       <x:c r="G132" s="14" t="s">
         <x:v>230</x:v>
       </x:c>
       <x:c r="H132" s="14" t="s">
         <x:v>231</x:v>
       </x:c>
       <x:c r="I132" s="16" t="s">
-        <x:v>129</x:v>
+        <x:v>136</x:v>
       </x:c>
       <x:c r="J132" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K132" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L132" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M132" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N132" s="15" t="n">
         <x:v>24431</x:v>
       </x:c>
       <x:c r="O132" s="14" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="P132" s="14" t="s">
         <x:v>230</x:v>
       </x:c>
       <x:c r="Q132" s="16" t="s">
-        <x:v>129</x:v>
+        <x:v>136</x:v>
       </x:c>
       <x:c r="R132" s="14" t="s">
         <x:v>108</x:v>
       </x:c>
       <x:c r="S132" s="14" t="n">
         <x:v>605703</x:v>
       </x:c>
       <x:c r="T132" s="16" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="U132" s="16" t="s">
         <x:v>36</x:v>
       </x:c>
     </x:row>
     <x:row r="133" spans="1:21">
       <x:c r="A133" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B133" s="0" t="s">
         <x:v>197</x:v>
       </x:c>
       <x:c r="C133" s="3" t="n">
         <x:v>36968</x:v>
       </x:c>
       <x:c r="D133" s="3" t="s"/>
       <x:c r="E133" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G133" s="0" t="s">
         <x:v>230</x:v>
       </x:c>
       <x:c r="H133" s="0" t="s">
         <x:v>231</x:v>
       </x:c>
       <x:c r="I133" s="4" t="s">
-        <x:v>129</x:v>
+        <x:v>136</x:v>
       </x:c>
       <x:c r="J133" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K133" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L133" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M133" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N133" s="3" t="n">
         <x:v>24431</x:v>
       </x:c>
       <x:c r="O133" s="0" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="P133" s="0" t="s">
         <x:v>230</x:v>
       </x:c>
       <x:c r="Q133" s="4" t="s">
-        <x:v>129</x:v>
+        <x:v>136</x:v>
       </x:c>
       <x:c r="R133" s="0" t="s">
         <x:v>108</x:v>
       </x:c>
       <x:c r="S133" s="0" t="n">
         <x:v>550273</x:v>
       </x:c>
       <x:c r="T133" s="4" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="U133" s="4" t="s">
         <x:v>78</x:v>
       </x:c>
     </x:row>
     <x:row r="134" spans="1:21">
       <x:c r="A134" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B134" s="14" t="s">
         <x:v>171</x:v>
       </x:c>
       <x:c r="C134" s="15" t="n">
         <x:v>38878</x:v>
       </x:c>
       <x:c r="D134" s="15" t="s"/>
       <x:c r="E134" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F134" s="14" t="s"/>
       <x:c r="G134" s="14" t="s">
         <x:v>230</x:v>
       </x:c>
       <x:c r="H134" s="14" t="s">
         <x:v>231</x:v>
       </x:c>
       <x:c r="I134" s="16" t="s">
-        <x:v>129</x:v>
+        <x:v>136</x:v>
       </x:c>
       <x:c r="J134" s="14" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="K134" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L134" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M134" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N134" s="15" t="n">
         <x:v>22499</x:v>
       </x:c>
       <x:c r="O134" s="14" t="s">
         <x:v>175</x:v>
       </x:c>
       <x:c r="P134" s="14" t="s">
         <x:v>230</x:v>
       </x:c>
       <x:c r="Q134" s="16" t="s">
-        <x:v>129</x:v>
+        <x:v>136</x:v>
       </x:c>
       <x:c r="R134" s="14" t="s">
         <x:v>108</x:v>
       </x:c>
       <x:c r="S134" s="14" t="n">
         <x:v>500946</x:v>
       </x:c>
       <x:c r="T134" s="16" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="U134" s="16" t="s">
         <x:v>54</x:v>
       </x:c>
     </x:row>
     <x:row r="135" spans="1:21">
       <x:c r="A135" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B135" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C135" s="3" t="n">
         <x:v>36968</x:v>
       </x:c>
       <x:c r="D135" s="3" t="s"/>
       <x:c r="E135" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G135" s="0" t="s">
         <x:v>230</x:v>
       </x:c>
       <x:c r="H135" s="0" t="s">
         <x:v>231</x:v>
       </x:c>
       <x:c r="I135" s="4" t="s">
-        <x:v>129</x:v>
+        <x:v>136</x:v>
       </x:c>
       <x:c r="J135" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K135" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L135" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M135" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N135" s="3" t="n">
         <x:v>24431</x:v>
       </x:c>
       <x:c r="O135" s="0" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="P135" s="0" t="s">
         <x:v>230</x:v>
       </x:c>
       <x:c r="Q135" s="4" t="s">
-        <x:v>129</x:v>
+        <x:v>136</x:v>
       </x:c>
       <x:c r="R135" s="0" t="s">
         <x:v>108</x:v>
       </x:c>
       <x:c r="S135" s="0" t="n">
         <x:v>501016</x:v>
       </x:c>
       <x:c r="T135" s="4" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="U135" s="4" t="s">
         <x:v>54</x:v>
       </x:c>
     </x:row>
     <x:row r="136" spans="1:21">
       <x:c r="A136" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B136" s="14" t="s">
         <x:v>171</x:v>
       </x:c>
       <x:c r="C136" s="15" t="n">
         <x:v>38878</x:v>
       </x:c>
       <x:c r="D136" s="15" t="s"/>
       <x:c r="E136" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F136" s="14" t="s"/>
       <x:c r="G136" s="14" t="s">
         <x:v>230</x:v>
       </x:c>
       <x:c r="H136" s="14" t="s">
         <x:v>231</x:v>
       </x:c>
       <x:c r="I136" s="16" t="s">
-        <x:v>129</x:v>
+        <x:v>136</x:v>
       </x:c>
       <x:c r="J136" s="14" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="K136" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L136" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M136" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N136" s="15" t="n">
         <x:v>22499</x:v>
       </x:c>
       <x:c r="O136" s="14" t="s">
         <x:v>175</x:v>
       </x:c>
       <x:c r="P136" s="14" t="s">
         <x:v>230</x:v>
       </x:c>
       <x:c r="Q136" s="16" t="s">
-        <x:v>129</x:v>
+        <x:v>136</x:v>
       </x:c>
       <x:c r="R136" s="14" t="s">
         <x:v>108</x:v>
       </x:c>
       <x:c r="S136" s="14" t="n">
         <x:v>605636</x:v>
       </x:c>
       <x:c r="T136" s="16" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="U136" s="16" t="s">
         <x:v>36</x:v>
       </x:c>
     </x:row>
     <x:row r="137" spans="1:21">
       <x:c r="A137" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B137" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C137" s="3" t="n">
         <x:v>36968</x:v>
       </x:c>
       <x:c r="D137" s="3" t="s"/>
       <x:c r="E137" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G137" s="0" t="s">
         <x:v>230</x:v>
       </x:c>
       <x:c r="H137" s="0" t="s">
         <x:v>231</x:v>
       </x:c>
       <x:c r="I137" s="4" t="s">
-        <x:v>129</x:v>
+        <x:v>136</x:v>
       </x:c>
       <x:c r="J137" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K137" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L137" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M137" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N137" s="3" t="n">
         <x:v>24431</x:v>
       </x:c>
       <x:c r="O137" s="0" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="P137" s="0" t="s">
         <x:v>230</x:v>
       </x:c>
       <x:c r="Q137" s="4" t="s">
-        <x:v>129</x:v>
+        <x:v>136</x:v>
       </x:c>
       <x:c r="R137" s="0" t="s">
         <x:v>108</x:v>
       </x:c>
       <x:c r="S137" s="0" t="n">
         <x:v>605700</x:v>
       </x:c>
       <x:c r="T137" s="4" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="U137" s="4" t="s">
         <x:v>36</x:v>
       </x:c>
     </x:row>
     <x:row r="138" spans="1:21">
       <x:c r="A138" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B138" s="14" t="s">
         <x:v>233</x:v>
       </x:c>
       <x:c r="C138" s="15" t="n">
         <x:v>40033</x:v>
       </x:c>
       <x:c r="D138" s="15" t="s"/>
       <x:c r="E138" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F138" s="14" t="s"/>
       <x:c r="G138" s="14" t="s">
         <x:v>230</x:v>
       </x:c>
       <x:c r="H138" s="14" t="s">
         <x:v>231</x:v>
       </x:c>
       <x:c r="I138" s="16" t="s">
-        <x:v>129</x:v>
+        <x:v>136</x:v>
       </x:c>
       <x:c r="J138" s="14" t="s">
         <x:v>234</x:v>
       </x:c>
       <x:c r="K138" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L138" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M138" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N138" s="15" t="n">
         <x:v>24054</x:v>
       </x:c>
       <x:c r="O138" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="P138" s="14" t="s">
         <x:v>230</x:v>
       </x:c>
       <x:c r="Q138" s="16" t="s">
-        <x:v>129</x:v>
+        <x:v>136</x:v>
       </x:c>
       <x:c r="R138" s="14" t="s">
         <x:v>108</x:v>
       </x:c>
       <x:c r="S138" s="14" t="n">
         <x:v>605719</x:v>
       </x:c>
       <x:c r="T138" s="16" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="U138" s="16" t="s">
         <x:v>78</x:v>
       </x:c>
     </x:row>
     <x:row r="139" spans="1:21">
       <x:c r="A139" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B139" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C139" s="3" t="n">
         <x:v>36968</x:v>
       </x:c>
       <x:c r="D139" s="3" t="s"/>
@@ -10515,51 +10515,51 @@
       <x:c r="I139" s="4" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="J139" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K139" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L139" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M139" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N139" s="3" t="n">
         <x:v>24431</x:v>
       </x:c>
       <x:c r="O139" s="0" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="P139" s="0" t="s">
         <x:v>230</x:v>
       </x:c>
       <x:c r="Q139" s="4" t="s">
-        <x:v>129</x:v>
+        <x:v>136</x:v>
       </x:c>
       <x:c r="R139" s="0" t="s">
         <x:v>108</x:v>
       </x:c>
       <x:c r="S139" s="0" t="n">
         <x:v>550307</x:v>
       </x:c>
       <x:c r="T139" s="4" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="U139" s="4" t="s">
         <x:v>78</x:v>
       </x:c>
     </x:row>
     <x:row r="140" spans="1:21">
       <x:c r="A140" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B140" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="C140" s="15" t="n">
         <x:v>41007</x:v>
       </x:c>
       <x:c r="D140" s="15" t="s"/>
@@ -10878,414 +10878,414 @@
       <x:c r="J145" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K145" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L145" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M145" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N145" s="3" t="n">
         <x:v>24431</x:v>
       </x:c>
       <x:c r="O145" s="0" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="P145" s="0" t="s">
         <x:v>245</x:v>
       </x:c>
       <x:c r="Q145" s="4" t="s">
         <x:v>246</x:v>
       </x:c>
       <x:c r="R145" s="0" t="s">
-        <x:v>165</x:v>
+        <x:v>170</x:v>
       </x:c>
       <x:c r="S145" s="0" t="n">
         <x:v>501472</x:v>
       </x:c>
       <x:c r="T145" s="4" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="U145" s="4" t="s">
         <x:v>183</x:v>
       </x:c>
     </x:row>
     <x:row r="146" spans="1:21">
       <x:c r="A146" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B146" s="14" t="s">
         <x:v>247</x:v>
       </x:c>
       <x:c r="C146" s="15" t="n">
         <x:v>30088</x:v>
       </x:c>
       <x:c r="D146" s="15" t="s"/>
       <x:c r="E146" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F146" s="14" t="s"/>
       <x:c r="G146" s="14" t="s">
-        <x:v>160</x:v>
+        <x:v>167</x:v>
       </x:c>
       <x:c r="H146" s="14" t="s">
-        <x:v>161</x:v>
+        <x:v>168</x:v>
       </x:c>
       <x:c r="I146" s="16" t="s">
-        <x:v>162</x:v>
+        <x:v>169</x:v>
       </x:c>
       <x:c r="J146" s="14" t="s">
         <x:v>234</x:v>
       </x:c>
       <x:c r="K146" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L146" s="14" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="M146" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N146" s="15" t="n">
         <x:v>24154</x:v>
       </x:c>
       <x:c r="O146" s="14" t="s">
         <x:v>248</x:v>
       </x:c>
       <x:c r="P146" s="14" t="s">
         <x:v>245</x:v>
       </x:c>
       <x:c r="Q146" s="16" t="s">
         <x:v>246</x:v>
       </x:c>
       <x:c r="R146" s="14" t="s">
-        <x:v>165</x:v>
+        <x:v>170</x:v>
       </x:c>
       <x:c r="S146" s="14" t="n">
         <x:v>501975</x:v>
       </x:c>
       <x:c r="T146" s="16" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="U146" s="16" t="s">
         <x:v>54</x:v>
       </x:c>
     </x:row>
     <x:row r="147" spans="1:21">
       <x:c r="A147" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B147" s="0" t="s">
         <x:v>171</x:v>
       </x:c>
       <x:c r="C147" s="3" t="n">
         <x:v>38878</x:v>
       </x:c>
       <x:c r="D147" s="3" t="s"/>
       <x:c r="E147" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G147" s="0" t="s">
-        <x:v>160</x:v>
+        <x:v>167</x:v>
       </x:c>
       <x:c r="H147" s="0" t="s">
-        <x:v>161</x:v>
+        <x:v>168</x:v>
       </x:c>
       <x:c r="I147" s="4" t="s">
-        <x:v>162</x:v>
+        <x:v>169</x:v>
       </x:c>
       <x:c r="J147" s="0" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="K147" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L147" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="M147" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N147" s="3" t="n">
         <x:v>22499</x:v>
       </x:c>
       <x:c r="O147" s="0" t="s">
         <x:v>175</x:v>
       </x:c>
       <x:c r="P147" s="0" t="s">
         <x:v>245</x:v>
       </x:c>
       <x:c r="Q147" s="4" t="s">
         <x:v>246</x:v>
       </x:c>
       <x:c r="R147" s="0" t="s">
-        <x:v>165</x:v>
+        <x:v>170</x:v>
       </x:c>
       <x:c r="S147" s="0" t="n">
         <x:v>501884</x:v>
       </x:c>
       <x:c r="T147" s="4" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="U147" s="4" t="s">
         <x:v>78</x:v>
       </x:c>
     </x:row>
     <x:row r="148" spans="1:21">
       <x:c r="A148" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B148" s="14" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C148" s="15" t="n">
         <x:v>36968</x:v>
       </x:c>
       <x:c r="D148" s="15" t="s"/>
       <x:c r="E148" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F148" s="14" t="s"/>
       <x:c r="G148" s="14" t="s">
-        <x:v>160</x:v>
+        <x:v>167</x:v>
       </x:c>
       <x:c r="H148" s="14" t="s">
-        <x:v>161</x:v>
+        <x:v>168</x:v>
       </x:c>
       <x:c r="I148" s="16" t="s">
-        <x:v>162</x:v>
+        <x:v>169</x:v>
       </x:c>
       <x:c r="J148" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K148" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L148" s="14" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="M148" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N148" s="15" t="n">
         <x:v>24431</x:v>
       </x:c>
       <x:c r="O148" s="14" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="P148" s="14" t="s">
         <x:v>245</x:v>
       </x:c>
       <x:c r="Q148" s="16" t="s">
         <x:v>246</x:v>
       </x:c>
       <x:c r="R148" s="14" t="s">
-        <x:v>165</x:v>
+        <x:v>170</x:v>
       </x:c>
       <x:c r="S148" s="14" t="n">
         <x:v>501923</x:v>
       </x:c>
       <x:c r="T148" s="16" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="U148" s="16" t="s">
         <x:v>54</x:v>
       </x:c>
     </x:row>
     <x:row r="149" spans="1:21">
       <x:c r="A149" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B149" s="0" t="s">
         <x:v>171</x:v>
       </x:c>
       <x:c r="C149" s="3" t="n">
         <x:v>25353</x:v>
       </x:c>
       <x:c r="D149" s="3" t="s"/>
       <x:c r="E149" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G149" s="0" t="s">
-        <x:v>160</x:v>
+        <x:v>167</x:v>
       </x:c>
       <x:c r="H149" s="0" t="s">
-        <x:v>161</x:v>
+        <x:v>168</x:v>
       </x:c>
       <x:c r="I149" s="4" t="s">
-        <x:v>162</x:v>
+        <x:v>169</x:v>
       </x:c>
       <x:c r="J149" s="0" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="K149" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L149" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M149" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N149" s="3" t="n">
         <x:v>22499</x:v>
       </x:c>
       <x:c r="O149" s="0" t="s">
         <x:v>175</x:v>
       </x:c>
       <x:c r="P149" s="0" t="s">
         <x:v>245</x:v>
       </x:c>
       <x:c r="Q149" s="4" t="s">
         <x:v>246</x:v>
       </x:c>
       <x:c r="R149" s="0" t="s">
-        <x:v>165</x:v>
+        <x:v>170</x:v>
       </x:c>
       <x:c r="S149" s="0" t="n">
         <x:v>448547</x:v>
       </x:c>
       <x:c r="T149" s="4" t="s">
         <x:v>223</x:v>
       </x:c>
       <x:c r="U149" s="4" t="s">
         <x:v>249</x:v>
       </x:c>
     </x:row>
     <x:row r="150" spans="1:21">
       <x:c r="A150" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B150" s="14" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C150" s="15" t="n">
         <x:v>36968</x:v>
       </x:c>
       <x:c r="D150" s="15" t="s"/>
       <x:c r="E150" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F150" s="14" t="s"/>
       <x:c r="G150" s="14" t="s">
-        <x:v>160</x:v>
+        <x:v>167</x:v>
       </x:c>
       <x:c r="H150" s="14" t="s">
-        <x:v>161</x:v>
+        <x:v>168</x:v>
       </x:c>
       <x:c r="I150" s="16" t="s">
-        <x:v>162</x:v>
+        <x:v>169</x:v>
       </x:c>
       <x:c r="J150" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K150" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L150" s="14" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="M150" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N150" s="15" t="n">
         <x:v>24431</x:v>
       </x:c>
       <x:c r="O150" s="14" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="P150" s="14" t="s">
         <x:v>250</x:v>
       </x:c>
       <x:c r="Q150" s="16" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="R150" s="14" t="s">
-        <x:v>165</x:v>
+        <x:v>170</x:v>
       </x:c>
       <x:c r="S150" s="14" t="n">
         <x:v>607542</x:v>
       </x:c>
       <x:c r="T150" s="16" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="U150" s="16" t="s">
         <x:v>36</x:v>
       </x:c>
     </x:row>
     <x:row r="151" spans="1:21">
       <x:c r="A151" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B151" s="0" t="s">
         <x:v>171</x:v>
       </x:c>
       <x:c r="C151" s="3" t="n">
         <x:v>38878</x:v>
       </x:c>
       <x:c r="D151" s="3" t="s"/>
       <x:c r="E151" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G151" s="0" t="s">
-        <x:v>160</x:v>
+        <x:v>167</x:v>
       </x:c>
       <x:c r="H151" s="0" t="s">
-        <x:v>161</x:v>
+        <x:v>168</x:v>
       </x:c>
       <x:c r="I151" s="4" t="s">
-        <x:v>162</x:v>
+        <x:v>169</x:v>
       </x:c>
       <x:c r="J151" s="0" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="K151" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L151" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="M151" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N151" s="3" t="n">
         <x:v>22499</x:v>
       </x:c>
       <x:c r="O151" s="0" t="s">
         <x:v>175</x:v>
       </x:c>
       <x:c r="P151" s="0" t="s">
         <x:v>250</x:v>
       </x:c>
       <x:c r="Q151" s="4" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="R151" s="0" t="s">
-        <x:v>165</x:v>
+        <x:v>170</x:v>
       </x:c>
       <x:c r="S151" s="0" t="n">
         <x:v>552692</x:v>
       </x:c>
       <x:c r="T151" s="4" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="U151" s="4" t="s">
         <x:v>36</x:v>
       </x:c>
     </x:row>
     <x:row r="152" spans="1:21">
       <x:c r="A152" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B152" s="14" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C152" s="15" t="n">
         <x:v>36968</x:v>
       </x:c>
       <x:c r="D152" s="15" t="s"/>
       <x:c r="E152" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
@@ -11300,51 +11300,51 @@
       <x:c r="J152" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K152" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L152" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M152" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N152" s="15" t="n">
         <x:v>24431</x:v>
       </x:c>
       <x:c r="O152" s="14" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="P152" s="14" t="s">
         <x:v>250</x:v>
       </x:c>
       <x:c r="Q152" s="16" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="R152" s="14" t="s">
-        <x:v>165</x:v>
+        <x:v>170</x:v>
       </x:c>
       <x:c r="S152" s="14" t="n">
         <x:v>550554</x:v>
       </x:c>
       <x:c r="T152" s="16" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="U152" s="16" t="s">
         <x:v>78</x:v>
       </x:c>
     </x:row>
     <x:row r="153" spans="1:21">
       <x:c r="A153" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B153" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C153" s="3" t="n">
         <x:v>36968</x:v>
       </x:c>
       <x:c r="D153" s="3" t="s"/>
       <x:c r="E153" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
@@ -11357,206 +11357,206 @@
       <x:c r="J153" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K153" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L153" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M153" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N153" s="3" t="n">
         <x:v>24431</x:v>
       </x:c>
       <x:c r="O153" s="0" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="P153" s="0" t="s">
         <x:v>250</x:v>
       </x:c>
       <x:c r="Q153" s="4" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="R153" s="0" t="s">
-        <x:v>165</x:v>
+        <x:v>170</x:v>
       </x:c>
       <x:c r="S153" s="0" t="n">
         <x:v>604285</x:v>
       </x:c>
       <x:c r="T153" s="4" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="U153" s="4" t="s">
         <x:v>36</x:v>
       </x:c>
     </x:row>
     <x:row r="154" spans="1:21">
       <x:c r="A154" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B154" s="14" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C154" s="15" t="n">
         <x:v>36968</x:v>
       </x:c>
       <x:c r="D154" s="15" t="s"/>
       <x:c r="E154" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F154" s="14" t="s"/>
       <x:c r="G154" s="14" t="s">
-        <x:v>160</x:v>
+        <x:v>167</x:v>
       </x:c>
       <x:c r="H154" s="14" t="s">
-        <x:v>161</x:v>
+        <x:v>168</x:v>
       </x:c>
       <x:c r="I154" s="16" t="s">
-        <x:v>162</x:v>
+        <x:v>169</x:v>
       </x:c>
       <x:c r="J154" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K154" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L154" s="14" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="M154" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N154" s="15" t="n">
         <x:v>24431</x:v>
       </x:c>
       <x:c r="O154" s="14" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="P154" s="14" t="s">
         <x:v>250</x:v>
       </x:c>
       <x:c r="Q154" s="16" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="R154" s="14" t="s">
-        <x:v>165</x:v>
+        <x:v>170</x:v>
       </x:c>
       <x:c r="S154" s="14" t="n">
         <x:v>552717</x:v>
       </x:c>
       <x:c r="T154" s="16" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="U154" s="16" t="s">
         <x:v>78</x:v>
       </x:c>
     </x:row>
     <x:row r="155" spans="1:21">
       <x:c r="A155" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B155" s="0" t="s">
         <x:v>171</x:v>
       </x:c>
       <x:c r="C155" s="3" t="n">
         <x:v>38878</x:v>
       </x:c>
       <x:c r="D155" s="3" t="s"/>
       <x:c r="E155" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G155" s="0" t="s">
-        <x:v>160</x:v>
+        <x:v>167</x:v>
       </x:c>
       <x:c r="H155" s="0" t="s">
-        <x:v>161</x:v>
+        <x:v>168</x:v>
       </x:c>
       <x:c r="I155" s="4" t="s">
-        <x:v>162</x:v>
+        <x:v>169</x:v>
       </x:c>
       <x:c r="J155" s="0" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="K155" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L155" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="M155" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N155" s="3" t="n">
         <x:v>22499</x:v>
       </x:c>
       <x:c r="O155" s="0" t="s">
         <x:v>175</x:v>
       </x:c>
       <x:c r="P155" s="0" t="s">
         <x:v>250</x:v>
       </x:c>
       <x:c r="Q155" s="4" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="R155" s="0" t="s">
-        <x:v>165</x:v>
+        <x:v>170</x:v>
       </x:c>
       <x:c r="S155" s="0" t="n">
         <x:v>607522</x:v>
       </x:c>
       <x:c r="T155" s="4" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="U155" s="4" t="s">
         <x:v>224</x:v>
       </x:c>
     </x:row>
     <x:row r="156" spans="1:21">
       <x:c r="A156" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B156" s="14" t="s">
         <x:v>208</x:v>
       </x:c>
       <x:c r="C156" s="15" t="n">
         <x:v>38880</x:v>
       </x:c>
       <x:c r="D156" s="15" t="s"/>
       <x:c r="E156" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F156" s="14" t="s"/>
       <x:c r="G156" s="14" t="s">
-        <x:v>160</x:v>
+        <x:v>167</x:v>
       </x:c>
       <x:c r="H156" s="14" t="s">
-        <x:v>161</x:v>
+        <x:v>168</x:v>
       </x:c>
       <x:c r="I156" s="16" t="s">
-        <x:v>162</x:v>
+        <x:v>169</x:v>
       </x:c>
       <x:c r="J156" s="14" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="K156" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L156" s="14" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="M156" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N156" s="15" t="n">
         <x:v>24066</x:v>
       </x:c>
       <x:c r="O156" s="14" t="s">
         <x:v>210</x:v>
       </x:c>
       <x:c r="P156" s="14" t="s">
         <x:v>251</x:v>
       </x:c>
       <x:c r="Q156" s="16" t="s">
         <x:v>239</x:v>
       </x:c>
@@ -11566,57 +11566,57 @@
       <x:c r="S156" s="14" t="n">
         <x:v>552788</x:v>
       </x:c>
       <x:c r="T156" s="16" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="U156" s="16" t="s">
         <x:v>78</x:v>
       </x:c>
     </x:row>
     <x:row r="157" spans="1:21">
       <x:c r="A157" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B157" s="0" t="s">
         <x:v>208</x:v>
       </x:c>
       <x:c r="C157" s="3" t="n">
         <x:v>38880</x:v>
       </x:c>
       <x:c r="D157" s="3" t="s"/>
       <x:c r="E157" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G157" s="0" t="s">
-        <x:v>160</x:v>
+        <x:v>167</x:v>
       </x:c>
       <x:c r="H157" s="0" t="s">
-        <x:v>161</x:v>
+        <x:v>168</x:v>
       </x:c>
       <x:c r="I157" s="4" t="s">
-        <x:v>162</x:v>
+        <x:v>169</x:v>
       </x:c>
       <x:c r="J157" s="0" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="K157" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L157" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="M157" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N157" s="3" t="n">
         <x:v>24066</x:v>
       </x:c>
       <x:c r="O157" s="0" t="s">
         <x:v>210</x:v>
       </x:c>
       <x:c r="P157" s="0" t="s">
         <x:v>251</x:v>
       </x:c>
       <x:c r="Q157" s="4" t="s">
         <x:v>239</x:v>
       </x:c>
@@ -11627,57 +11627,57 @@
         <x:v>502271</x:v>
       </x:c>
       <x:c r="T157" s="4" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="U157" s="4" t="s">
         <x:v>54</x:v>
       </x:c>
     </x:row>
     <x:row r="158" spans="1:21">
       <x:c r="A158" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B158" s="14" t="s">
         <x:v>208</x:v>
       </x:c>
       <x:c r="C158" s="15" t="n">
         <x:v>38880</x:v>
       </x:c>
       <x:c r="D158" s="15" t="s"/>
       <x:c r="E158" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F158" s="14" t="s"/>
       <x:c r="G158" s="14" t="s">
-        <x:v>160</x:v>
+        <x:v>167</x:v>
       </x:c>
       <x:c r="H158" s="14" t="s">
-        <x:v>161</x:v>
+        <x:v>168</x:v>
       </x:c>
       <x:c r="I158" s="16" t="s">
-        <x:v>162</x:v>
+        <x:v>169</x:v>
       </x:c>
       <x:c r="J158" s="14" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="K158" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L158" s="14" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="M158" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N158" s="15" t="n">
         <x:v>24066</x:v>
       </x:c>
       <x:c r="O158" s="14" t="s">
         <x:v>210</x:v>
       </x:c>
       <x:c r="P158" s="14" t="s">
         <x:v>251</x:v>
       </x:c>
       <x:c r="Q158" s="16" t="s">
         <x:v>239</x:v>
       </x:c>
@@ -11717,112 +11717,112 @@
       <x:c r="J159" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K159" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L159" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M159" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N159" s="3" t="n">
         <x:v>24431</x:v>
       </x:c>
       <x:c r="O159" s="0" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="P159" s="0" t="s">
         <x:v>253</x:v>
       </x:c>
       <x:c r="Q159" s="4" t="s">
         <x:v>254</x:v>
       </x:c>
       <x:c r="R159" s="0" t="s">
-        <x:v>147</x:v>
+        <x:v>154</x:v>
       </x:c>
       <x:c r="S159" s="0" t="n">
         <x:v>504951</x:v>
       </x:c>
       <x:c r="T159" s="4" t="s">
         <x:v>255</x:v>
       </x:c>
       <x:c r="U159" s="4" t="s">
         <x:v>256</x:v>
       </x:c>
     </x:row>
     <x:row r="160" spans="1:21">
       <x:c r="A160" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B160" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="C160" s="15" t="n">
         <x:v>41007</x:v>
       </x:c>
       <x:c r="D160" s="15" t="s"/>
       <x:c r="E160" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F160" s="14" t="s"/>
       <x:c r="G160" s="14" t="s">
         <x:v>230</x:v>
       </x:c>
       <x:c r="H160" s="14" t="s">
         <x:v>231</x:v>
       </x:c>
       <x:c r="I160" s="16" t="s">
-        <x:v>129</x:v>
+        <x:v>136</x:v>
       </x:c>
       <x:c r="J160" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K160" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L160" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M160" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N160" s="15" t="n">
         <x:v>24054</x:v>
       </x:c>
       <x:c r="O160" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="P160" s="14" t="s">
         <x:v>253</x:v>
       </x:c>
       <x:c r="Q160" s="16" t="s">
         <x:v>254</x:v>
       </x:c>
       <x:c r="R160" s="14" t="s">
-        <x:v>147</x:v>
+        <x:v>154</x:v>
       </x:c>
       <x:c r="S160" s="14" t="n">
         <x:v>605693</x:v>
       </x:c>
       <x:c r="T160" s="16" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="U160" s="16" t="s">
         <x:v>36</x:v>
       </x:c>
     </x:row>
     <x:row r="161" spans="1:21">
       <x:c r="A161" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B161" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C161" s="3" t="n">
         <x:v>36968</x:v>
       </x:c>
       <x:c r="D161" s="3" t="s"/>
       <x:c r="E161" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
@@ -11835,51 +11835,51 @@
       <x:c r="J161" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K161" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L161" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M161" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N161" s="3" t="n">
         <x:v>24431</x:v>
       </x:c>
       <x:c r="O161" s="0" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="P161" s="0" t="s">
         <x:v>253</x:v>
       </x:c>
       <x:c r="Q161" s="4" t="s">
         <x:v>254</x:v>
       </x:c>
       <x:c r="R161" s="0" t="s">
-        <x:v>147</x:v>
+        <x:v>154</x:v>
       </x:c>
       <x:c r="S161" s="0" t="n">
         <x:v>606945</x:v>
       </x:c>
       <x:c r="T161" s="4" t="s">
         <x:v>183</x:v>
       </x:c>
       <x:c r="U161" s="4" t="s">
         <x:v>257</x:v>
       </x:c>
     </x:row>
     <x:row r="162" spans="1:21">
       <x:c r="A162" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B162" s="14" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C162" s="15" t="n">
         <x:v>36968</x:v>
       </x:c>
       <x:c r="D162" s="15" t="s"/>
       <x:c r="E162" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
@@ -11894,172 +11894,172 @@
       <x:c r="J162" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K162" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L162" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M162" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N162" s="15" t="n">
         <x:v>24431</x:v>
       </x:c>
       <x:c r="O162" s="14" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="P162" s="14" t="s">
         <x:v>253</x:v>
       </x:c>
       <x:c r="Q162" s="16" t="s">
         <x:v>254</x:v>
       </x:c>
       <x:c r="R162" s="14" t="s">
-        <x:v>147</x:v>
+        <x:v>154</x:v>
       </x:c>
       <x:c r="S162" s="14" t="n">
         <x:v>547435</x:v>
       </x:c>
       <x:c r="T162" s="16" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="U162" s="16" t="s">
         <x:v>258</x:v>
       </x:c>
     </x:row>
     <x:row r="163" spans="1:21">
       <x:c r="A163" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B163" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="C163" s="3" t="n">
         <x:v>41007</x:v>
       </x:c>
       <x:c r="D163" s="3" t="s"/>
       <x:c r="E163" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G163" s="0" t="s">
         <x:v>230</x:v>
       </x:c>
       <x:c r="H163" s="0" t="s">
         <x:v>231</x:v>
       </x:c>
       <x:c r="I163" s="4" t="s">
-        <x:v>129</x:v>
+        <x:v>136</x:v>
       </x:c>
       <x:c r="J163" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K163" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L163" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M163" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N163" s="3" t="n">
         <x:v>24054</x:v>
       </x:c>
       <x:c r="O163" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="P163" s="0" t="s">
         <x:v>253</x:v>
       </x:c>
       <x:c r="Q163" s="4" t="s">
         <x:v>254</x:v>
       </x:c>
       <x:c r="R163" s="0" t="s">
-        <x:v>147</x:v>
+        <x:v>154</x:v>
       </x:c>
       <x:c r="S163" s="0" t="n">
         <x:v>550249</x:v>
       </x:c>
       <x:c r="T163" s="4" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="U163" s="4" t="s">
         <x:v>78</x:v>
       </x:c>
     </x:row>
     <x:row r="164" spans="1:21">
       <x:c r="A164" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B164" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="C164" s="15" t="n">
         <x:v>41007</x:v>
       </x:c>
       <x:c r="D164" s="15" t="s"/>
       <x:c r="E164" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F164" s="14" t="s"/>
       <x:c r="G164" s="14" t="s">
         <x:v>230</x:v>
       </x:c>
       <x:c r="H164" s="14" t="s">
         <x:v>231</x:v>
       </x:c>
       <x:c r="I164" s="16" t="s">
-        <x:v>129</x:v>
+        <x:v>136</x:v>
       </x:c>
       <x:c r="J164" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K164" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L164" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M164" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N164" s="15" t="n">
         <x:v>24054</x:v>
       </x:c>
       <x:c r="O164" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="P164" s="14" t="s">
         <x:v>253</x:v>
       </x:c>
       <x:c r="Q164" s="16" t="s">
         <x:v>254</x:v>
       </x:c>
       <x:c r="R164" s="14" t="s">
-        <x:v>147</x:v>
+        <x:v>154</x:v>
       </x:c>
       <x:c r="S164" s="14" t="n">
         <x:v>500991</x:v>
       </x:c>
       <x:c r="T164" s="16" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="U164" s="16" t="s">
         <x:v>54</x:v>
       </x:c>
     </x:row>
     <x:row r="165" spans="1:21">
       <x:c r="A165" s="1" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="B165" s="0" t="s">
         <x:v>259</x:v>
       </x:c>
       <x:c r="C165" s="3" t="s"/>
       <x:c r="D165" s="3" t="s"/>
       <x:c r="G165" s="0" t="s">
         <x:v>260</x:v>
       </x:c>
       <x:c r="I165" s="4" t="s">
         <x:v>261</x:v>
@@ -12348,51 +12348,51 @@
       <x:c r="L170" s="14" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="M170" s="14" t="s">
         <x:v>229</x:v>
       </x:c>
       <x:c r="N170" s="15" t="n">
         <x:v>22635</x:v>
       </x:c>
       <x:c r="O170" s="14" t="s">
         <x:v>280</x:v>
       </x:c>
       <x:c r="P170" s="14" t="s">
         <x:v>279</x:v>
       </x:c>
       <x:c r="Q170" s="16" t="s">
         <x:v>227</x:v>
       </x:c>
       <x:c r="R170" s="14" t="s">
         <x:v>281</x:v>
       </x:c>
       <x:c r="S170" s="14" t="n">
         <x:v>611216</x:v>
       </x:c>
       <x:c r="T170" s="16" t="s">
-        <x:v>132</x:v>
+        <x:v>139</x:v>
       </x:c>
       <x:c r="U170" s="16" t="s">
         <x:v>282</x:v>
       </x:c>
     </x:row>
     <x:row r="171" spans="1:21">
       <x:c r="A171" s="1" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="B171" s="0" t="s">
         <x:v>278</x:v>
       </x:c>
       <x:c r="C171" s="3" t="n">
         <x:v>39873</x:v>
       </x:c>
       <x:c r="D171" s="3" t="s"/>
       <x:c r="G171" s="0" t="s">
         <x:v>279</x:v>
       </x:c>
       <x:c r="I171" s="4" t="s">
         <x:v>227</x:v>
       </x:c>
       <x:c r="J171" s="0" t="s">
         <x:v>86</x:v>
       </x:c>
@@ -12792,51 +12792,51 @@
       <x:c r="L178" s="14" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="M178" s="14" t="s">
         <x:v>229</x:v>
       </x:c>
       <x:c r="N178" s="15" t="n">
         <x:v>22635</x:v>
       </x:c>
       <x:c r="O178" s="14" t="s">
         <x:v>280</x:v>
       </x:c>
       <x:c r="P178" s="14" t="s">
         <x:v>279</x:v>
       </x:c>
       <x:c r="Q178" s="16" t="s">
         <x:v>227</x:v>
       </x:c>
       <x:c r="R178" s="14" t="s">
         <x:v>281</x:v>
       </x:c>
       <x:c r="S178" s="14" t="n">
         <x:v>611213</x:v>
       </x:c>
       <x:c r="T178" s="16" t="s">
-        <x:v>153</x:v>
+        <x:v>160</x:v>
       </x:c>
       <x:c r="U178" s="16" t="s">
         <x:v>293</x:v>
       </x:c>
     </x:row>
     <x:row r="179" spans="1:21">
       <x:c r="A179" s="1" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="B179" s="0" t="s">
         <x:v>278</x:v>
       </x:c>
       <x:c r="C179" s="3" t="n">
         <x:v>39873</x:v>
       </x:c>
       <x:c r="D179" s="3" t="s"/>
       <x:c r="G179" s="0" t="s">
         <x:v>279</x:v>
       </x:c>
       <x:c r="I179" s="4" t="s">
         <x:v>227</x:v>
       </x:c>
       <x:c r="J179" s="0" t="s">
         <x:v>86</x:v>
       </x:c>
@@ -13014,51 +13014,51 @@
       <x:c r="L182" s="14" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="M182" s="14" t="s">
         <x:v>229</x:v>
       </x:c>
       <x:c r="N182" s="15" t="n">
         <x:v>22635</x:v>
       </x:c>
       <x:c r="O182" s="14" t="s">
         <x:v>280</x:v>
       </x:c>
       <x:c r="P182" s="14" t="s">
         <x:v>279</x:v>
       </x:c>
       <x:c r="Q182" s="16" t="s">
         <x:v>227</x:v>
       </x:c>
       <x:c r="R182" s="14" t="s">
         <x:v>281</x:v>
       </x:c>
       <x:c r="S182" s="14" t="n">
         <x:v>611215</x:v>
       </x:c>
       <x:c r="T182" s="16" t="s">
-        <x:v>119</x:v>
+        <x:v>118</x:v>
       </x:c>
       <x:c r="U182" s="16" t="s">
         <x:v>295</x:v>
       </x:c>
     </x:row>
     <x:row r="183" spans="1:21">
       <x:c r="A183" s="1" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="B183" s="0" t="s">
         <x:v>278</x:v>
       </x:c>
       <x:c r="C183" s="3" t="n">
         <x:v>39873</x:v>
       </x:c>
       <x:c r="D183" s="3" t="s"/>
       <x:c r="G183" s="0" t="s">
         <x:v>279</x:v>
       </x:c>
       <x:c r="I183" s="4" t="s">
         <x:v>227</x:v>
       </x:c>
       <x:c r="J183" s="0" t="s">
         <x:v>86</x:v>
       </x:c>
@@ -13459,51 +13459,51 @@
       <x:c r="U190" s="16" t="s">
         <x:v>78</x:v>
       </x:c>
     </x:row>
     <x:row r="191" spans="1:21">
       <x:c r="A191" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B191" s="0" t="s">
         <x:v>171</x:v>
       </x:c>
       <x:c r="C191" s="3" t="n">
         <x:v>38878</x:v>
       </x:c>
       <x:c r="D191" s="3" t="s"/>
       <x:c r="E191" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G191" s="0" t="s">
         <x:v>230</x:v>
       </x:c>
       <x:c r="H191" s="0" t="s">
         <x:v>231</x:v>
       </x:c>
       <x:c r="I191" s="4" t="s">
-        <x:v>129</x:v>
+        <x:v>136</x:v>
       </x:c>
       <x:c r="J191" s="0" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="K191" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L191" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M191" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N191" s="3" t="n">
         <x:v>22499</x:v>
       </x:c>
       <x:c r="O191" s="0" t="s">
         <x:v>175</x:v>
       </x:c>
       <x:c r="P191" s="0" t="s">
         <x:v>311</x:v>
       </x:c>
       <x:c r="Q191" s="4" t="s">
         <x:v>312</x:v>
       </x:c>
@@ -13520,51 +13520,51 @@
         <x:v>78</x:v>
       </x:c>
     </x:row>
     <x:row r="192" spans="1:21">
       <x:c r="A192" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B192" s="14" t="s">
         <x:v>197</x:v>
       </x:c>
       <x:c r="C192" s="15" t="n">
         <x:v>36968</x:v>
       </x:c>
       <x:c r="D192" s="15" t="s"/>
       <x:c r="E192" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F192" s="14" t="s"/>
       <x:c r="G192" s="14" t="s">
         <x:v>230</x:v>
       </x:c>
       <x:c r="H192" s="14" t="s">
         <x:v>231</x:v>
       </x:c>
       <x:c r="I192" s="16" t="s">
-        <x:v>129</x:v>
+        <x:v>136</x:v>
       </x:c>
       <x:c r="J192" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K192" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L192" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M192" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N192" s="15" t="n">
         <x:v>24431</x:v>
       </x:c>
       <x:c r="O192" s="14" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="P192" s="14" t="s">
         <x:v>311</x:v>
       </x:c>
       <x:c r="Q192" s="16" t="s">
         <x:v>312</x:v>
       </x:c>
@@ -13580,51 +13580,51 @@
       <x:c r="U192" s="16" t="s">
         <x:v>36</x:v>
       </x:c>
     </x:row>
     <x:row r="193" spans="1:21">
       <x:c r="A193" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B193" s="0" t="s">
         <x:v>171</x:v>
       </x:c>
       <x:c r="C193" s="3" t="n">
         <x:v>25353</x:v>
       </x:c>
       <x:c r="D193" s="3" t="s"/>
       <x:c r="E193" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G193" s="0" t="s">
         <x:v>230</x:v>
       </x:c>
       <x:c r="H193" s="0" t="s">
         <x:v>231</x:v>
       </x:c>
       <x:c r="I193" s="4" t="s">
-        <x:v>129</x:v>
+        <x:v>136</x:v>
       </x:c>
       <x:c r="J193" s="0" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="K193" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L193" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M193" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N193" s="3" t="n">
         <x:v>22499</x:v>
       </x:c>
       <x:c r="O193" s="0" t="s">
         <x:v>175</x:v>
       </x:c>
       <x:c r="P193" s="0" t="s">
         <x:v>311</x:v>
       </x:c>
       <x:c r="Q193" s="4" t="s">
         <x:v>312</x:v>
       </x:c>
@@ -13641,51 +13641,51 @@
         <x:v>54</x:v>
       </x:c>
     </x:row>
     <x:row r="194" spans="1:21">
       <x:c r="A194" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B194" s="14" t="s">
         <x:v>171</x:v>
       </x:c>
       <x:c r="C194" s="15" t="n">
         <x:v>38878</x:v>
       </x:c>
       <x:c r="D194" s="15" t="s"/>
       <x:c r="E194" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F194" s="14" t="s"/>
       <x:c r="G194" s="14" t="s">
         <x:v>230</x:v>
       </x:c>
       <x:c r="H194" s="14" t="s">
         <x:v>231</x:v>
       </x:c>
       <x:c r="I194" s="16" t="s">
-        <x:v>129</x:v>
+        <x:v>136</x:v>
       </x:c>
       <x:c r="J194" s="14" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="K194" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L194" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M194" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N194" s="15" t="n">
         <x:v>22499</x:v>
       </x:c>
       <x:c r="O194" s="14" t="s">
         <x:v>175</x:v>
       </x:c>
       <x:c r="P194" s="14" t="s">
         <x:v>311</x:v>
       </x:c>
       <x:c r="Q194" s="16" t="s">
         <x:v>312</x:v>
       </x:c>
@@ -13701,51 +13701,51 @@
       <x:c r="U194" s="16" t="s">
         <x:v>36</x:v>
       </x:c>
     </x:row>
     <x:row r="195" spans="1:21">
       <x:c r="A195" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B195" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C195" s="3" t="n">
         <x:v>36968</x:v>
       </x:c>
       <x:c r="D195" s="3" t="s"/>
       <x:c r="E195" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G195" s="0" t="s">
         <x:v>230</x:v>
       </x:c>
       <x:c r="H195" s="0" t="s">
         <x:v>231</x:v>
       </x:c>
       <x:c r="I195" s="4" t="s">
-        <x:v>129</x:v>
+        <x:v>136</x:v>
       </x:c>
       <x:c r="J195" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K195" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L195" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M195" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N195" s="3" t="n">
         <x:v>24431</x:v>
       </x:c>
       <x:c r="O195" s="0" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="P195" s="0" t="s">
         <x:v>311</x:v>
       </x:c>
       <x:c r="Q195" s="4" t="s">
         <x:v>312</x:v>
       </x:c>
@@ -13762,51 +13762,51 @@
         <x:v>78</x:v>
       </x:c>
     </x:row>
     <x:row r="196" spans="1:21">
       <x:c r="A196" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B196" s="14" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C196" s="15" t="n">
         <x:v>36968</x:v>
       </x:c>
       <x:c r="D196" s="15" t="s"/>
       <x:c r="E196" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F196" s="14" t="s"/>
       <x:c r="G196" s="14" t="s">
         <x:v>230</x:v>
       </x:c>
       <x:c r="H196" s="14" t="s">
         <x:v>231</x:v>
       </x:c>
       <x:c r="I196" s="16" t="s">
-        <x:v>129</x:v>
+        <x:v>136</x:v>
       </x:c>
       <x:c r="J196" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K196" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L196" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M196" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N196" s="15" t="n">
         <x:v>24431</x:v>
       </x:c>
       <x:c r="O196" s="14" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="P196" s="14" t="s">
         <x:v>311</x:v>
       </x:c>
       <x:c r="Q196" s="16" t="s">
         <x:v>312</x:v>
       </x:c>
@@ -13822,496 +13822,496 @@
       <x:c r="U196" s="16" t="s">
         <x:v>54</x:v>
       </x:c>
     </x:row>
     <x:row r="197" spans="1:21">
       <x:c r="A197" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B197" s="0" t="s">
         <x:v>171</x:v>
       </x:c>
       <x:c r="C197" s="3" t="n">
         <x:v>38878</x:v>
       </x:c>
       <x:c r="D197" s="3" t="s"/>
       <x:c r="E197" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G197" s="0" t="s">
         <x:v>230</x:v>
       </x:c>
       <x:c r="H197" s="0" t="s">
         <x:v>231</x:v>
       </x:c>
       <x:c r="I197" s="4" t="s">
-        <x:v>129</x:v>
+        <x:v>136</x:v>
       </x:c>
       <x:c r="J197" s="0" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="K197" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L197" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M197" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N197" s="3" t="n">
         <x:v>22499</x:v>
       </x:c>
       <x:c r="O197" s="0" t="s">
         <x:v>175</x:v>
       </x:c>
       <x:c r="P197" s="0" t="s">
         <x:v>311</x:v>
       </x:c>
       <x:c r="Q197" s="4" t="s">
         <x:v>312</x:v>
       </x:c>
       <x:c r="R197" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="S197" s="0" t="n">
         <x:v>500928</x:v>
       </x:c>
       <x:c r="T197" s="4" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="U197" s="4" t="s">
         <x:v>54</x:v>
       </x:c>
     </x:row>
     <x:row r="198" spans="1:21">
       <x:c r="A198" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B198" s="14" t="s">
-        <x:v>171</x:v>
+        <x:v>197</x:v>
       </x:c>
       <x:c r="C198" s="15" t="n">
-        <x:v>38878</x:v>
+        <x:v>36968</x:v>
       </x:c>
       <x:c r="D198" s="15" t="s"/>
       <x:c r="E198" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F198" s="14" t="s"/>
       <x:c r="G198" s="14" t="s">
         <x:v>230</x:v>
       </x:c>
       <x:c r="H198" s="14" t="s">
         <x:v>231</x:v>
       </x:c>
       <x:c r="I198" s="16" t="s">
-        <x:v>129</x:v>
+        <x:v>136</x:v>
       </x:c>
       <x:c r="J198" s="14" t="s">
-        <x:v>86</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="K198" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L198" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M198" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N198" s="15" t="n">
-        <x:v>22499</x:v>
+        <x:v>24431</x:v>
       </x:c>
       <x:c r="O198" s="14" t="s">
-        <x:v>175</x:v>
+        <x:v>31</x:v>
       </x:c>
       <x:c r="P198" s="14" t="s">
         <x:v>311</x:v>
       </x:c>
       <x:c r="Q198" s="16" t="s">
         <x:v>312</x:v>
       </x:c>
       <x:c r="R198" s="14" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="S198" s="14" t="n">
-        <x:v>550199</x:v>
+        <x:v>550274</x:v>
       </x:c>
       <x:c r="T198" s="16" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="U198" s="16" t="s">
-        <x:v>36</x:v>
+        <x:v>78</x:v>
       </x:c>
     </x:row>
     <x:row r="199" spans="1:21">
       <x:c r="A199" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B199" s="0" t="s">
-        <x:v>197</x:v>
+        <x:v>171</x:v>
       </x:c>
       <x:c r="C199" s="3" t="n">
-        <x:v>36968</x:v>
+        <x:v>38878</x:v>
       </x:c>
       <x:c r="D199" s="3" t="s"/>
       <x:c r="E199" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G199" s="0" t="s">
         <x:v>230</x:v>
       </x:c>
       <x:c r="H199" s="0" t="s">
         <x:v>231</x:v>
       </x:c>
       <x:c r="I199" s="4" t="s">
-        <x:v>129</x:v>
+        <x:v>136</x:v>
       </x:c>
       <x:c r="J199" s="0" t="s">
-        <x:v>27</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="K199" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L199" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M199" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N199" s="3" t="n">
-        <x:v>24431</x:v>
+        <x:v>22499</x:v>
       </x:c>
       <x:c r="O199" s="0" t="s">
-        <x:v>31</x:v>
+        <x:v>175</x:v>
       </x:c>
       <x:c r="P199" s="0" t="s">
         <x:v>311</x:v>
       </x:c>
       <x:c r="Q199" s="4" t="s">
         <x:v>312</x:v>
       </x:c>
       <x:c r="R199" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="S199" s="0" t="n">
-        <x:v>550274</x:v>
+        <x:v>550199</x:v>
       </x:c>
       <x:c r="T199" s="4" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="U199" s="4" t="s">
-        <x:v>78</x:v>
+        <x:v>36</x:v>
       </x:c>
     </x:row>
     <x:row r="200" spans="1:21">
       <x:c r="A200" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B200" s="14" t="s">
         <x:v>197</x:v>
       </x:c>
       <x:c r="C200" s="15" t="n">
         <x:v>36968</x:v>
       </x:c>
       <x:c r="D200" s="15" t="s"/>
       <x:c r="E200" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F200" s="14" t="s"/>
       <x:c r="G200" s="14" t="s">
         <x:v>230</x:v>
       </x:c>
       <x:c r="H200" s="14" t="s">
         <x:v>231</x:v>
       </x:c>
       <x:c r="I200" s="16" t="s">
-        <x:v>129</x:v>
+        <x:v>136</x:v>
       </x:c>
       <x:c r="J200" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K200" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L200" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M200" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N200" s="15" t="n">
         <x:v>24431</x:v>
       </x:c>
       <x:c r="O200" s="14" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="P200" s="14" t="s">
         <x:v>311</x:v>
       </x:c>
       <x:c r="Q200" s="16" t="s">
         <x:v>312</x:v>
       </x:c>
       <x:c r="R200" s="14" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="S200" s="14" t="n">
         <x:v>501022</x:v>
       </x:c>
       <x:c r="T200" s="16" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="U200" s="16" t="s">
         <x:v>54</x:v>
       </x:c>
     </x:row>
     <x:row r="201" spans="1:21">
       <x:c r="A201" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B201" s="0" t="s">
-        <x:v>22</x:v>
+        <x:v>171</x:v>
       </x:c>
       <x:c r="C201" s="3" t="n">
-        <x:v>36968</x:v>
+        <x:v>38878</x:v>
       </x:c>
       <x:c r="D201" s="3" t="s"/>
       <x:c r="E201" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G201" s="0" t="s">
         <x:v>230</x:v>
       </x:c>
       <x:c r="H201" s="0" t="s">
         <x:v>231</x:v>
       </x:c>
       <x:c r="I201" s="4" t="s">
-        <x:v>129</x:v>
+        <x:v>136</x:v>
       </x:c>
       <x:c r="J201" s="0" t="s">
-        <x:v>27</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="K201" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L201" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M201" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N201" s="3" t="n">
-        <x:v>24431</x:v>
+        <x:v>22499</x:v>
       </x:c>
       <x:c r="O201" s="0" t="s">
-        <x:v>31</x:v>
+        <x:v>175</x:v>
       </x:c>
       <x:c r="P201" s="0" t="s">
         <x:v>311</x:v>
       </x:c>
       <x:c r="Q201" s="4" t="s">
         <x:v>312</x:v>
       </x:c>
       <x:c r="R201" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="S201" s="0" t="n">
-        <x:v>605701</x:v>
+        <x:v>500930</x:v>
       </x:c>
       <x:c r="T201" s="4" t="s">
-        <x:v>35</x:v>
+        <x:v>79</x:v>
       </x:c>
       <x:c r="U201" s="4" t="s">
-        <x:v>36</x:v>
+        <x:v>78</x:v>
       </x:c>
     </x:row>
     <x:row r="202" spans="1:21">
       <x:c r="A202" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B202" s="14" t="s">
         <x:v>171</x:v>
       </x:c>
       <x:c r="C202" s="15" t="n">
         <x:v>38878</x:v>
       </x:c>
       <x:c r="D202" s="15" t="s"/>
       <x:c r="E202" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F202" s="14" t="s"/>
       <x:c r="G202" s="14" t="s">
         <x:v>230</x:v>
       </x:c>
       <x:c r="H202" s="14" t="s">
         <x:v>231</x:v>
       </x:c>
       <x:c r="I202" s="16" t="s">
-        <x:v>129</x:v>
+        <x:v>136</x:v>
       </x:c>
       <x:c r="J202" s="14" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="K202" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L202" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M202" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N202" s="15" t="n">
         <x:v>22499</x:v>
       </x:c>
       <x:c r="O202" s="14" t="s">
         <x:v>175</x:v>
       </x:c>
       <x:c r="P202" s="14" t="s">
         <x:v>311</x:v>
       </x:c>
       <x:c r="Q202" s="16" t="s">
         <x:v>312</x:v>
       </x:c>
       <x:c r="R202" s="14" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="S202" s="14" t="n">
         <x:v>605632</x:v>
       </x:c>
       <x:c r="T202" s="16" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="U202" s="16" t="s">
         <x:v>224</x:v>
       </x:c>
     </x:row>
     <x:row r="203" spans="1:21">
       <x:c r="A203" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B203" s="0" t="s">
-        <x:v>171</x:v>
+        <x:v>22</x:v>
       </x:c>
       <x:c r="C203" s="3" t="n">
-        <x:v>38878</x:v>
+        <x:v>36968</x:v>
       </x:c>
       <x:c r="D203" s="3" t="s"/>
       <x:c r="E203" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G203" s="0" t="s">
         <x:v>230</x:v>
       </x:c>
       <x:c r="H203" s="0" t="s">
         <x:v>231</x:v>
       </x:c>
       <x:c r="I203" s="4" t="s">
-        <x:v>129</x:v>
+        <x:v>136</x:v>
       </x:c>
       <x:c r="J203" s="0" t="s">
-        <x:v>86</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="K203" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L203" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M203" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N203" s="3" t="n">
-        <x:v>22499</x:v>
+        <x:v>24431</x:v>
       </x:c>
       <x:c r="O203" s="0" t="s">
-        <x:v>175</x:v>
+        <x:v>31</x:v>
       </x:c>
       <x:c r="P203" s="0" t="s">
         <x:v>311</x:v>
       </x:c>
       <x:c r="Q203" s="4" t="s">
         <x:v>312</x:v>
       </x:c>
       <x:c r="R203" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="S203" s="0" t="n">
-        <x:v>500930</x:v>
+        <x:v>605701</x:v>
       </x:c>
       <x:c r="T203" s="4" t="s">
-        <x:v>79</x:v>
+        <x:v>35</x:v>
       </x:c>
       <x:c r="U203" s="4" t="s">
-        <x:v>78</x:v>
+        <x:v>36</x:v>
       </x:c>
     </x:row>
     <x:row r="204" spans="1:21">
       <x:c r="A204" s="13" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="B204" s="14" t="s">
         <x:v>196</x:v>
       </x:c>
       <x:c r="C204" s="15" t="s"/>
       <x:c r="D204" s="15" t="s"/>
       <x:c r="E204" s="14" t="s"/>
       <x:c r="F204" s="14" t="s"/>
       <x:c r="G204" s="14" t="s">
         <x:v>313</x:v>
       </x:c>
       <x:c r="H204" s="14" t="s"/>
       <x:c r="I204" s="16" t="s">
         <x:v>314</x:v>
       </x:c>
       <x:c r="J204" s="14" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="K204" s="14" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="L204" s="14" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="M204" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N204" s="15" t="n">
         <x:v>24049</x:v>
       </x:c>
       <x:c r="O204" s="14" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="P204" s="14" t="s">
         <x:v>313</x:v>
       </x:c>
       <x:c r="Q204" s="16" t="s">
         <x:v>314</x:v>
       </x:c>
       <x:c r="R204" s="14" t="s">
-        <x:v>140</x:v>
+        <x:v>147</x:v>
       </x:c>
       <x:c r="S204" s="14" t="n">
         <x:v>606819</x:v>
       </x:c>
       <x:c r="T204" s="16" t="s">
         <x:v>195</x:v>
       </x:c>
       <x:c r="U204" s="16" t="s">
         <x:v>315</x:v>
       </x:c>
     </x:row>
     <x:row r="205" spans="1:21">
       <x:c r="A205" s="1" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="B205" s="0" t="s">
         <x:v>196</x:v>
       </x:c>
       <x:c r="C205" s="3" t="s"/>
       <x:c r="D205" s="3" t="s"/>
       <x:c r="G205" s="0" t="s">
         <x:v>313</x:v>
       </x:c>
       <x:c r="I205" s="4" t="s">
         <x:v>314</x:v>
@@ -14319,51 +14319,51 @@
       <x:c r="J205" s="0" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="K205" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="L205" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="M205" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N205" s="3" t="n">
         <x:v>24049</x:v>
       </x:c>
       <x:c r="O205" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="P205" s="0" t="s">
         <x:v>313</x:v>
       </x:c>
       <x:c r="Q205" s="4" t="s">
         <x:v>314</x:v>
       </x:c>
       <x:c r="R205" s="0" t="s">
-        <x:v>140</x:v>
+        <x:v>147</x:v>
       </x:c>
       <x:c r="S205" s="0" t="n">
         <x:v>606809</x:v>
       </x:c>
       <x:c r="T205" s="4" t="s">
         <x:v>195</x:v>
       </x:c>
       <x:c r="U205" s="4" t="s">
         <x:v>277</x:v>
       </x:c>
     </x:row>
     <x:row r="206" spans="1:21">
       <x:c r="A206" s="13" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="B206" s="14" t="s">
         <x:v>196</x:v>
       </x:c>
       <x:c r="C206" s="15" t="s"/>
       <x:c r="D206" s="15" t="s"/>
       <x:c r="E206" s="14" t="s"/>
       <x:c r="F206" s="14" t="s"/>
       <x:c r="G206" s="14" t="s">
         <x:v>313</x:v>
       </x:c>
@@ -14374,51 +14374,51 @@
       <x:c r="J206" s="14" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="K206" s="14" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="L206" s="14" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="M206" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N206" s="15" t="n">
         <x:v>24049</x:v>
       </x:c>
       <x:c r="O206" s="14" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="P206" s="14" t="s">
         <x:v>313</x:v>
       </x:c>
       <x:c r="Q206" s="16" t="s">
         <x:v>314</x:v>
       </x:c>
       <x:c r="R206" s="14" t="s">
-        <x:v>140</x:v>
+        <x:v>147</x:v>
       </x:c>
       <x:c r="S206" s="14" t="n">
         <x:v>606820</x:v>
       </x:c>
       <x:c r="T206" s="16" t="s">
         <x:v>195</x:v>
       </x:c>
       <x:c r="U206" s="16" t="s">
         <x:v>315</x:v>
       </x:c>
     </x:row>
     <x:row r="207" spans="1:21">
       <x:c r="A207" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B207" s="0" t="s">
         <x:v>316</x:v>
       </x:c>
       <x:c r="C207" s="3" t="n">
         <x:v>39635</x:v>
       </x:c>
       <x:c r="D207" s="3" t="s"/>
       <x:c r="E207" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
@@ -14434,51 +14434,51 @@
       <x:c r="J207" s="0" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="K207" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L207" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="M207" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N207" s="3" t="n">
         <x:v>24066</x:v>
       </x:c>
       <x:c r="O207" s="0" t="s">
         <x:v>210</x:v>
       </x:c>
       <x:c r="P207" s="0" t="s">
         <x:v>317</x:v>
       </x:c>
       <x:c r="Q207" s="4" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="R207" s="0" t="s">
-        <x:v>140</x:v>
+        <x:v>147</x:v>
       </x:c>
       <x:c r="S207" s="0" t="n">
         <x:v>556905</x:v>
       </x:c>
       <x:c r="T207" s="4" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="U207" s="4" t="s">
         <x:v>54</x:v>
       </x:c>
     </x:row>
     <x:row r="208" spans="1:21">
       <x:c r="A208" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B208" s="14" t="s">
         <x:v>316</x:v>
       </x:c>
       <x:c r="C208" s="15" t="n">
         <x:v>39635</x:v>
       </x:c>
       <x:c r="D208" s="15" t="s"/>
       <x:c r="E208" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
@@ -14495,111 +14495,111 @@
       <x:c r="J208" s="14" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="K208" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L208" s="14" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="M208" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N208" s="15" t="n">
         <x:v>24066</x:v>
       </x:c>
       <x:c r="O208" s="14" t="s">
         <x:v>210</x:v>
       </x:c>
       <x:c r="P208" s="14" t="s">
         <x:v>317</x:v>
       </x:c>
       <x:c r="Q208" s="16" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="R208" s="14" t="s">
-        <x:v>140</x:v>
+        <x:v>147</x:v>
       </x:c>
       <x:c r="S208" s="14" t="n">
         <x:v>609538</x:v>
       </x:c>
       <x:c r="T208" s="16" t="s">
         <x:v>318</x:v>
       </x:c>
       <x:c r="U208" s="16" t="s">
-        <x:v>133</x:v>
+        <x:v>140</x:v>
       </x:c>
     </x:row>
     <x:row r="209" spans="1:21">
       <x:c r="A209" s="1" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="B209" s="0" t="s">
         <x:v>319</x:v>
       </x:c>
       <x:c r="C209" s="3" t="n">
         <x:v>35191</x:v>
       </x:c>
       <x:c r="D209" s="3" t="s"/>
       <x:c r="G209" s="0" t="s">
         <x:v>320</x:v>
       </x:c>
       <x:c r="I209" s="4" t="s">
         <x:v>321</x:v>
       </x:c>
       <x:c r="J209" s="0" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="K209" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="L209" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M209" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N209" s="3" t="n">
         <x:v>31624</x:v>
       </x:c>
       <x:c r="O209" s="0" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="P209" s="0" t="s">
         <x:v>320</x:v>
       </x:c>
       <x:c r="Q209" s="4" t="s">
         <x:v>321</x:v>
       </x:c>
       <x:c r="R209" s="0" t="s">
         <x:v>322</x:v>
       </x:c>
       <x:c r="S209" s="0" t="n">
         <x:v>566254</x:v>
       </x:c>
       <x:c r="T209" s="4" t="s">
-        <x:v>152</x:v>
+        <x:v>159</x:v>
       </x:c>
       <x:c r="U209" s="4" t="s">
         <x:v>323</x:v>
       </x:c>
     </x:row>
     <x:row r="210" spans="1:21">
       <x:c r="A210" s="13" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="B210" s="14" t="s">
         <x:v>324</x:v>
       </x:c>
       <x:c r="C210" s="15" t="n">
         <x:v>25353</x:v>
       </x:c>
       <x:c r="D210" s="15" t="s"/>
       <x:c r="E210" s="14" t="s"/>
       <x:c r="F210" s="14" t="s"/>
       <x:c r="G210" s="14" t="s">
         <x:v>320</x:v>
       </x:c>
       <x:c r="H210" s="14" t="s"/>
       <x:c r="I210" s="16" t="s">
         <x:v>321</x:v>
       </x:c>
@@ -14791,381 +14791,381 @@
       </x:c>
       <x:c r="Q213" s="4" t="s">
         <x:v>321</x:v>
       </x:c>
       <x:c r="R213" s="0" t="s">
         <x:v>325</x:v>
       </x:c>
       <x:c r="S213" s="0" t="n">
         <x:v>493581</x:v>
       </x:c>
       <x:c r="T213" s="4" t="s">
         <x:v>255</x:v>
       </x:c>
       <x:c r="U213" s="4" t="s">
         <x:v>54</x:v>
       </x:c>
     </x:row>
     <x:row r="214" spans="1:21">
       <x:c r="A214" s="13" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="B214" s="14" t="s">
         <x:v>326</x:v>
       </x:c>
       <x:c r="C214" s="15" t="n">
-        <x:v>41007</x:v>
+        <x:v>35191</x:v>
       </x:c>
       <x:c r="D214" s="15" t="s"/>
       <x:c r="E214" s="14" t="s"/>
       <x:c r="F214" s="14" t="s"/>
       <x:c r="G214" s="14" t="s">
         <x:v>320</x:v>
       </x:c>
       <x:c r="H214" s="14" t="s"/>
       <x:c r="I214" s="16" t="s">
         <x:v>321</x:v>
       </x:c>
       <x:c r="J214" s="14" t="s">
-        <x:v>27</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="K214" s="14" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="L214" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M214" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N214" s="15" t="n">
-        <x:v>24054</x:v>
+        <x:v>31624</x:v>
       </x:c>
       <x:c r="O214" s="14" t="s">
-        <x:v>40</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="P214" s="14" t="s">
         <x:v>320</x:v>
       </x:c>
       <x:c r="Q214" s="16" t="s">
         <x:v>321</x:v>
       </x:c>
       <x:c r="R214" s="14" t="s">
         <x:v>322</x:v>
       </x:c>
       <x:c r="S214" s="14" t="n">
-        <x:v>587896</x:v>
+        <x:v>623317</x:v>
       </x:c>
       <x:c r="T214" s="16" t="s">
-        <x:v>77</x:v>
+        <x:v>159</x:v>
       </x:c>
       <x:c r="U214" s="16" t="s">
-        <x:v>327</x:v>
+        <x:v>323</x:v>
       </x:c>
     </x:row>
     <x:row r="215" spans="1:21">
       <x:c r="A215" s="1" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="B215" s="0" t="s">
         <x:v>324</x:v>
       </x:c>
       <x:c r="C215" s="3" t="n">
         <x:v>38878</x:v>
       </x:c>
       <x:c r="D215" s="3" t="s"/>
       <x:c r="G215" s="0" t="s">
         <x:v>320</x:v>
       </x:c>
       <x:c r="I215" s="4" t="s">
         <x:v>321</x:v>
       </x:c>
       <x:c r="J215" s="0" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="K215" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="L215" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M215" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N215" s="3" t="n">
         <x:v>22499</x:v>
       </x:c>
       <x:c r="O215" s="0" t="s">
         <x:v>175</x:v>
       </x:c>
       <x:c r="P215" s="0" t="s">
         <x:v>320</x:v>
       </x:c>
       <x:c r="Q215" s="4" t="s">
         <x:v>321</x:v>
       </x:c>
       <x:c r="R215" s="0" t="s">
         <x:v>322</x:v>
       </x:c>
       <x:c r="S215" s="0" t="n">
-        <x:v>597590</x:v>
+        <x:v>543688</x:v>
       </x:c>
       <x:c r="T215" s="4" t="s">
-        <x:v>35</x:v>
+        <x:v>77</x:v>
       </x:c>
       <x:c r="U215" s="4" t="s">
-        <x:v>36</x:v>
+        <x:v>78</x:v>
       </x:c>
     </x:row>
     <x:row r="216" spans="1:21">
       <x:c r="A216" s="13" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="B216" s="14" t="s">
-        <x:v>328</x:v>
+        <x:v>327</x:v>
       </x:c>
       <x:c r="C216" s="15" t="n">
-        <x:v>35191</x:v>
+        <x:v>36968</x:v>
       </x:c>
       <x:c r="D216" s="15" t="s"/>
       <x:c r="E216" s="14" t="s"/>
       <x:c r="F216" s="14" t="s"/>
       <x:c r="G216" s="14" t="s">
         <x:v>320</x:v>
       </x:c>
       <x:c r="H216" s="14" t="s"/>
       <x:c r="I216" s="16" t="s">
         <x:v>321</x:v>
       </x:c>
       <x:c r="J216" s="14" t="s">
-        <x:v>86</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="K216" s="14" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="L216" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M216" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N216" s="15" t="n">
-        <x:v>31624</x:v>
+        <x:v>24431</x:v>
       </x:c>
       <x:c r="O216" s="14" t="s">
-        <x:v>87</x:v>
+        <x:v>31</x:v>
       </x:c>
       <x:c r="P216" s="14" t="s">
         <x:v>320</x:v>
       </x:c>
       <x:c r="Q216" s="16" t="s">
         <x:v>321</x:v>
       </x:c>
       <x:c r="R216" s="14" t="s">
-        <x:v>322</x:v>
+        <x:v>328</x:v>
       </x:c>
       <x:c r="S216" s="14" t="n">
-        <x:v>623317</x:v>
+        <x:v>543700</x:v>
       </x:c>
       <x:c r="T216" s="16" t="s">
-        <x:v>152</x:v>
+        <x:v>329</x:v>
       </x:c>
       <x:c r="U216" s="16" t="s">
-        <x:v>323</x:v>
+        <x:v>78</x:v>
       </x:c>
     </x:row>
     <x:row r="217" spans="1:21">
       <x:c r="A217" s="1" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="B217" s="0" t="s">
-        <x:v>324</x:v>
+        <x:v>327</x:v>
       </x:c>
       <x:c r="C217" s="3" t="n">
-        <x:v>38878</x:v>
+        <x:v>36968</x:v>
       </x:c>
       <x:c r="D217" s="3" t="s"/>
       <x:c r="G217" s="0" t="s">
         <x:v>320</x:v>
       </x:c>
       <x:c r="I217" s="4" t="s">
         <x:v>321</x:v>
       </x:c>
       <x:c r="J217" s="0" t="s">
-        <x:v>86</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="K217" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="L217" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M217" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N217" s="3" t="n">
-        <x:v>22499</x:v>
+        <x:v>24431</x:v>
       </x:c>
       <x:c r="O217" s="0" t="s">
-        <x:v>175</x:v>
+        <x:v>31</x:v>
       </x:c>
       <x:c r="P217" s="0" t="s">
         <x:v>320</x:v>
       </x:c>
       <x:c r="Q217" s="4" t="s">
         <x:v>321</x:v>
       </x:c>
       <x:c r="R217" s="0" t="s">
         <x:v>322</x:v>
       </x:c>
       <x:c r="S217" s="0" t="n">
-        <x:v>543688</x:v>
+        <x:v>493645</x:v>
       </x:c>
       <x:c r="T217" s="4" t="s">
-        <x:v>77</x:v>
+        <x:v>35</x:v>
       </x:c>
       <x:c r="U217" s="4" t="s">
-        <x:v>78</x:v>
+        <x:v>36</x:v>
       </x:c>
     </x:row>
     <x:row r="218" spans="1:21">
       <x:c r="A218" s="13" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="B218" s="14" t="s">
-        <x:v>329</x:v>
+        <x:v>330</x:v>
       </x:c>
       <x:c r="C218" s="15" t="n">
-        <x:v>36968</x:v>
+        <x:v>41007</x:v>
       </x:c>
       <x:c r="D218" s="15" t="s"/>
       <x:c r="E218" s="14" t="s"/>
       <x:c r="F218" s="14" t="s"/>
       <x:c r="G218" s="14" t="s">
         <x:v>320</x:v>
       </x:c>
       <x:c r="H218" s="14" t="s"/>
       <x:c r="I218" s="16" t="s">
         <x:v>321</x:v>
       </x:c>
       <x:c r="J218" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K218" s="14" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="L218" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M218" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N218" s="15" t="n">
-        <x:v>24431</x:v>
+        <x:v>24054</x:v>
       </x:c>
       <x:c r="O218" s="14" t="s">
-        <x:v>31</x:v>
+        <x:v>40</x:v>
       </x:c>
       <x:c r="P218" s="14" t="s">
         <x:v>320</x:v>
       </x:c>
       <x:c r="Q218" s="16" t="s">
         <x:v>321</x:v>
       </x:c>
       <x:c r="R218" s="14" t="s">
-        <x:v>330</x:v>
+        <x:v>322</x:v>
       </x:c>
       <x:c r="S218" s="14" t="n">
-        <x:v>543700</x:v>
+        <x:v>587896</x:v>
       </x:c>
       <x:c r="T218" s="16" t="s">
+        <x:v>77</x:v>
+      </x:c>
+      <x:c r="U218" s="16" t="s">
         <x:v>331</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>78</x:v>
       </x:c>
     </x:row>
     <x:row r="219" spans="1:21">
       <x:c r="A219" s="1" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="B219" s="0" t="s">
-        <x:v>329</x:v>
+        <x:v>324</x:v>
       </x:c>
       <x:c r="C219" s="3" t="n">
-        <x:v>36968</x:v>
+        <x:v>38878</x:v>
       </x:c>
       <x:c r="D219" s="3" t="s"/>
       <x:c r="G219" s="0" t="s">
         <x:v>320</x:v>
       </x:c>
       <x:c r="I219" s="4" t="s">
         <x:v>321</x:v>
       </x:c>
       <x:c r="J219" s="0" t="s">
-        <x:v>27</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="K219" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="L219" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M219" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N219" s="3" t="n">
-        <x:v>24431</x:v>
+        <x:v>22499</x:v>
       </x:c>
       <x:c r="O219" s="0" t="s">
-        <x:v>31</x:v>
+        <x:v>175</x:v>
       </x:c>
       <x:c r="P219" s="0" t="s">
         <x:v>320</x:v>
       </x:c>
       <x:c r="Q219" s="4" t="s">
         <x:v>321</x:v>
       </x:c>
       <x:c r="R219" s="0" t="s">
         <x:v>322</x:v>
       </x:c>
       <x:c r="S219" s="0" t="n">
-        <x:v>493645</x:v>
+        <x:v>597590</x:v>
       </x:c>
       <x:c r="T219" s="4" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="U219" s="4" t="s">
         <x:v>36</x:v>
       </x:c>
     </x:row>
     <x:row r="220" spans="1:21">
       <x:c r="A220" s="13" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="B220" s="14" t="s">
-        <x:v>329</x:v>
+        <x:v>327</x:v>
       </x:c>
       <x:c r="C220" s="15" t="n">
         <x:v>36968</x:v>
       </x:c>
       <x:c r="D220" s="15" t="s"/>
       <x:c r="E220" s="14" t="s"/>
       <x:c r="F220" s="14" t="s"/>
       <x:c r="G220" s="14" t="s">
         <x:v>320</x:v>
       </x:c>
       <x:c r="H220" s="14" t="s"/>
       <x:c r="I220" s="16" t="s">
         <x:v>321</x:v>
       </x:c>
       <x:c r="J220" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K220" s="14" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="L220" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M220" s="14" t="s">
         <x:v>30</x:v>
@@ -15178,51 +15178,51 @@
       </x:c>
       <x:c r="P220" s="14" t="s">
         <x:v>320</x:v>
       </x:c>
       <x:c r="Q220" s="16" t="s">
         <x:v>321</x:v>
       </x:c>
       <x:c r="R220" s="14" t="s">
         <x:v>322</x:v>
       </x:c>
       <x:c r="S220" s="14" t="n">
         <x:v>543699</x:v>
       </x:c>
       <x:c r="T220" s="16" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="U220" s="16" t="s">
         <x:v>78</x:v>
       </x:c>
     </x:row>
     <x:row r="221" spans="1:21">
       <x:c r="A221" s="1" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="B221" s="0" t="s">
-        <x:v>326</x:v>
+        <x:v>330</x:v>
       </x:c>
       <x:c r="C221" s="3" t="n">
         <x:v>41007</x:v>
       </x:c>
       <x:c r="D221" s="3" t="s"/>
       <x:c r="G221" s="0" t="s">
         <x:v>320</x:v>
       </x:c>
       <x:c r="I221" s="4" t="s">
         <x:v>321</x:v>
       </x:c>
       <x:c r="J221" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K221" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="L221" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M221" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N221" s="3" t="n">
         <x:v>24054</x:v>
@@ -15335,99 +15335,99 @@
       <x:c r="M223" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N223" s="3" t="n">
         <x:v>24054</x:v>
       </x:c>
       <x:c r="O223" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="P223" s="0" t="s">
         <x:v>320</x:v>
       </x:c>
       <x:c r="Q223" s="4" t="s">
         <x:v>321</x:v>
       </x:c>
       <x:c r="R223" s="0" t="s">
         <x:v>322</x:v>
       </x:c>
       <x:c r="S223" s="0" t="n">
         <x:v>542496</x:v>
       </x:c>
       <x:c r="T223" s="4" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="U223" s="4" t="s">
-        <x:v>327</x:v>
+        <x:v>331</x:v>
       </x:c>
     </x:row>
     <x:row r="224" spans="1:21">
       <x:c r="A224" s="13" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="B224" s="14" t="s">
-        <x:v>329</x:v>
+        <x:v>327</x:v>
       </x:c>
       <x:c r="C224" s="15" t="n">
         <x:v>36968</x:v>
       </x:c>
       <x:c r="D224" s="15" t="s"/>
       <x:c r="E224" s="14" t="s"/>
       <x:c r="F224" s="14" t="s"/>
       <x:c r="G224" s="14" t="s">
         <x:v>320</x:v>
       </x:c>
       <x:c r="H224" s="14" t="s"/>
       <x:c r="I224" s="16" t="s">
         <x:v>321</x:v>
       </x:c>
       <x:c r="J224" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K224" s="14" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="L224" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M224" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N224" s="15" t="n">
         <x:v>24431</x:v>
       </x:c>
       <x:c r="O224" s="14" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="P224" s="14" t="s">
         <x:v>320</x:v>
       </x:c>
       <x:c r="Q224" s="16" t="s">
         <x:v>321</x:v>
       </x:c>
       <x:c r="R224" s="14" t="s">
-        <x:v>330</x:v>
+        <x:v>328</x:v>
       </x:c>
       <x:c r="S224" s="14" t="n">
         <x:v>493646</x:v>
       </x:c>
       <x:c r="T224" s="16" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="U224" s="16" t="s">
         <x:v>36</x:v>
       </x:c>
     </x:row>
     <x:row r="225" spans="1:21">
       <x:c r="A225" s="1" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="B225" s="0" t="s">
         <x:v>324</x:v>
       </x:c>
       <x:c r="C225" s="3" t="n">
         <x:v>38878</x:v>
       </x:c>
       <x:c r="D225" s="3" t="s"/>
       <x:c r="G225" s="0" t="s">
         <x:v>320</x:v>
       </x:c>
@@ -15548,78 +15548,78 @@
       <x:c r="J227" s="0" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="K227" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="L227" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M227" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N227" s="3" t="n">
         <x:v>22499</x:v>
       </x:c>
       <x:c r="O227" s="0" t="s">
         <x:v>175</x:v>
       </x:c>
       <x:c r="P227" s="0" t="s">
         <x:v>334</x:v>
       </x:c>
       <x:c r="Q227" s="4" t="s">
         <x:v>335</x:v>
       </x:c>
       <x:c r="R227" s="0" t="s">
-        <x:v>147</x:v>
+        <x:v>154</x:v>
       </x:c>
       <x:c r="S227" s="0" t="n">
         <x:v>540866</x:v>
       </x:c>
       <x:c r="T227" s="4" t="s">
         <x:v>336</x:v>
       </x:c>
       <x:c r="U227" s="4" t="s">
         <x:v>54</x:v>
       </x:c>
     </x:row>
     <x:row r="228" spans="1:21">
       <x:c r="A228" s="13" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="B228" s="14" t="s">
         <x:v>337</x:v>
       </x:c>
       <x:c r="C228" s="15" t="n">
         <x:v>38878</x:v>
       </x:c>
       <x:c r="D228" s="15" t="s"/>
       <x:c r="E228" s="14" t="s">
+        <x:v>121</x:v>
+      </x:c>
+      <x:c r="F228" s="14" t="s">
         <x:v>122</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>123</x:v>
       </x:c>
       <x:c r="G228" s="14" t="s">
         <x:v>338</x:v>
       </x:c>
       <x:c r="H228" s="14" t="s">
         <x:v>339</x:v>
       </x:c>
       <x:c r="I228" s="16" t="s">
         <x:v>340</x:v>
       </x:c>
       <x:c r="J228" s="14" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="K228" s="14" t="s">
         <x:v>107</x:v>
       </x:c>
       <x:c r="L228" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M228" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N228" s="15" t="n">
         <x:v>22499</x:v>
       </x:c>
@@ -15628,51 +15628,51 @@
       </x:c>
       <x:c r="P228" s="14" t="s">
         <x:v>334</x:v>
       </x:c>
       <x:c r="Q228" s="16" t="s">
         <x:v>335</x:v>
       </x:c>
       <x:c r="R228" s="14" t="s">
         <x:v>341</x:v>
       </x:c>
       <x:c r="S228" s="14" t="n">
         <x:v>583833</x:v>
       </x:c>
       <x:c r="T228" s="16" t="s">
         <x:v>342</x:v>
       </x:c>
       <x:c r="U228" s="16" t="s">
         <x:v>343</x:v>
       </x:c>
     </x:row>
     <x:row r="229" spans="1:21">
       <x:c r="A229" s="1" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="B229" s="0" t="s">
-        <x:v>326</x:v>
+        <x:v>330</x:v>
       </x:c>
       <x:c r="C229" s="3" t="n">
         <x:v>41007</x:v>
       </x:c>
       <x:c r="D229" s="3" t="s"/>
       <x:c r="G229" s="0" t="s">
         <x:v>334</x:v>
       </x:c>
       <x:c r="I229" s="4" t="s">
         <x:v>335</x:v>
       </x:c>
       <x:c r="J229" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K229" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="L229" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M229" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N229" s="3" t="n">
         <x:v>24054</x:v>
@@ -15682,51 +15682,51 @@
       </x:c>
       <x:c r="P229" s="0" t="s">
         <x:v>334</x:v>
       </x:c>
       <x:c r="Q229" s="4" t="s">
         <x:v>335</x:v>
       </x:c>
       <x:c r="R229" s="0" t="s">
         <x:v>341</x:v>
       </x:c>
       <x:c r="S229" s="0" t="n">
         <x:v>587897</x:v>
       </x:c>
       <x:c r="T229" s="4" t="s">
         <x:v>344</x:v>
       </x:c>
       <x:c r="U229" s="4" t="s">
         <x:v>78</x:v>
       </x:c>
     </x:row>
     <x:row r="230" spans="1:21">
       <x:c r="A230" s="13" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="B230" s="14" t="s">
-        <x:v>326</x:v>
+        <x:v>330</x:v>
       </x:c>
       <x:c r="C230" s="15" t="n">
         <x:v>41007</x:v>
       </x:c>
       <x:c r="D230" s="15" t="s"/>
       <x:c r="E230" s="14" t="s"/>
       <x:c r="F230" s="14" t="s"/>
       <x:c r="G230" s="14" t="s">
         <x:v>334</x:v>
       </x:c>
       <x:c r="H230" s="14" t="s"/>
       <x:c r="I230" s="16" t="s">
         <x:v>335</x:v>
       </x:c>
       <x:c r="J230" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K230" s="14" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="L230" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M230" s="14" t="s">
         <x:v>30</x:v>
@@ -15776,51 +15776,51 @@
       <x:c r="J231" s="0" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="K231" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="L231" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M231" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N231" s="3" t="n">
         <x:v>22499</x:v>
       </x:c>
       <x:c r="O231" s="0" t="s">
         <x:v>175</x:v>
       </x:c>
       <x:c r="P231" s="0" t="s">
         <x:v>334</x:v>
       </x:c>
       <x:c r="Q231" s="4" t="s">
         <x:v>335</x:v>
       </x:c>
       <x:c r="R231" s="0" t="s">
-        <x:v>147</x:v>
+        <x:v>154</x:v>
       </x:c>
       <x:c r="S231" s="0" t="n">
         <x:v>517898</x:v>
       </x:c>
       <x:c r="T231" s="4" t="s">
         <x:v>336</x:v>
       </x:c>
       <x:c r="U231" s="4" t="s">
         <x:v>54</x:v>
       </x:c>
     </x:row>
     <x:row r="232" spans="1:21">
       <x:c r="A232" s="13" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="B232" s="14" t="s">
         <x:v>333</x:v>
       </x:c>
       <x:c r="C232" s="15" t="n">
         <x:v>41007</x:v>
       </x:c>
       <x:c r="D232" s="15" t="s"/>
       <x:c r="E232" s="14" t="s"/>
       <x:c r="F232" s="14" t="s"/>
       <x:c r="G232" s="14" t="s">
@@ -15836,111 +15836,111 @@
       <x:c r="K232" s="14" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="L232" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M232" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N232" s="15" t="n">
         <x:v>24054</x:v>
       </x:c>
       <x:c r="O232" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="P232" s="14" t="s">
         <x:v>334</x:v>
       </x:c>
       <x:c r="Q232" s="16" t="s">
         <x:v>335</x:v>
       </x:c>
       <x:c r="R232" s="14" t="s">
         <x:v>341</x:v>
       </x:c>
       <x:c r="S232" s="14" t="n">
-        <x:v>551763</x:v>
+        <x:v>557457</x:v>
       </x:c>
       <x:c r="T232" s="16" t="s">
-        <x:v>244</x:v>
+        <x:v>344</x:v>
       </x:c>
       <x:c r="U232" s="16" t="s">
-        <x:v>345</x:v>
+        <x:v>78</x:v>
       </x:c>
     </x:row>
     <x:row r="233" spans="1:21">
       <x:c r="A233" s="1" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="B233" s="0" t="s">
-        <x:v>346</x:v>
+        <x:v>345</x:v>
       </x:c>
       <x:c r="C233" s="3" t="n">
         <x:v>39874</x:v>
       </x:c>
       <x:c r="D233" s="3" t="s"/>
       <x:c r="G233" s="0" t="s">
         <x:v>334</x:v>
       </x:c>
       <x:c r="I233" s="4" t="s">
         <x:v>335</x:v>
       </x:c>
       <x:c r="J233" s="0" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="K233" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="L233" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M233" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N233" s="3" t="n">
         <x:v>22650</x:v>
       </x:c>
       <x:c r="O233" s="0" t="s">
-        <x:v>347</x:v>
+        <x:v>346</x:v>
       </x:c>
       <x:c r="P233" s="0" t="s">
         <x:v>334</x:v>
       </x:c>
       <x:c r="Q233" s="4" t="s">
         <x:v>335</x:v>
       </x:c>
       <x:c r="R233" s="0" t="s">
-        <x:v>147</x:v>
+        <x:v>154</x:v>
       </x:c>
       <x:c r="S233" s="0" t="n">
         <x:v>577334</x:v>
       </x:c>
       <x:c r="T233" s="4" t="s">
+        <x:v>347</x:v>
+      </x:c>
+      <x:c r="U233" s="4" t="s">
         <x:v>348</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>349</x:v>
       </x:c>
     </x:row>
     <x:row r="234" spans="1:21">
       <x:c r="A234" s="13" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="B234" s="14" t="s">
         <x:v>333</x:v>
       </x:c>
       <x:c r="C234" s="15" t="n">
         <x:v>41007</x:v>
       </x:c>
       <x:c r="D234" s="15" t="s"/>
       <x:c r="E234" s="14" t="s"/>
       <x:c r="F234" s="14" t="s"/>
       <x:c r="G234" s="14" t="s">
         <x:v>334</x:v>
       </x:c>
       <x:c r="H234" s="14" t="s"/>
       <x:c r="I234" s="16" t="s">
         <x:v>335</x:v>
       </x:c>
       <x:c r="J234" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
@@ -15950,105 +15950,105 @@
       <x:c r="L234" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M234" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N234" s="15" t="n">
         <x:v>24054</x:v>
       </x:c>
       <x:c r="O234" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="P234" s="14" t="s">
         <x:v>334</x:v>
       </x:c>
       <x:c r="Q234" s="16" t="s">
         <x:v>335</x:v>
       </x:c>
       <x:c r="R234" s="14" t="s">
         <x:v>341</x:v>
       </x:c>
       <x:c r="S234" s="14" t="n">
         <x:v>494731</x:v>
       </x:c>
       <x:c r="T234" s="16" t="s">
-        <x:v>350</x:v>
+        <x:v>349</x:v>
       </x:c>
       <x:c r="U234" s="16" t="s">
         <x:v>54</x:v>
       </x:c>
     </x:row>
     <x:row r="235" spans="1:21">
       <x:c r="A235" s="1" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="B235" s="0" t="s">
         <x:v>324</x:v>
       </x:c>
       <x:c r="C235" s="3" t="n">
         <x:v>38878</x:v>
       </x:c>
       <x:c r="D235" s="3" t="s"/>
       <x:c r="G235" s="0" t="s">
         <x:v>334</x:v>
       </x:c>
       <x:c r="I235" s="4" t="s">
         <x:v>335</x:v>
       </x:c>
       <x:c r="J235" s="0" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="K235" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="L235" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M235" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N235" s="3" t="n">
         <x:v>22499</x:v>
       </x:c>
       <x:c r="O235" s="0" t="s">
         <x:v>175</x:v>
       </x:c>
       <x:c r="P235" s="0" t="s">
         <x:v>334</x:v>
       </x:c>
       <x:c r="Q235" s="4" t="s">
         <x:v>335</x:v>
       </x:c>
       <x:c r="R235" s="0" t="s">
-        <x:v>147</x:v>
+        <x:v>154</x:v>
       </x:c>
       <x:c r="S235" s="0" t="n">
         <x:v>616126</x:v>
       </x:c>
       <x:c r="T235" s="4" t="s">
-        <x:v>132</x:v>
+        <x:v>139</x:v>
       </x:c>
       <x:c r="U235" s="4" t="s">
         <x:v>36</x:v>
       </x:c>
     </x:row>
     <x:row r="236" spans="1:21">
       <x:c r="A236" s="13" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="B236" s="14" t="s">
         <x:v>333</x:v>
       </x:c>
       <x:c r="C236" s="15" t="n">
         <x:v>41007</x:v>
       </x:c>
       <x:c r="D236" s="15" t="s"/>
       <x:c r="E236" s="14" t="s"/>
       <x:c r="F236" s="14" t="s"/>
       <x:c r="G236" s="14" t="s">
         <x:v>334</x:v>
       </x:c>
       <x:c r="H236" s="14" t="s"/>
       <x:c r="I236" s="16" t="s">
         <x:v>335</x:v>
       </x:c>
@@ -16058,111 +16058,111 @@
       <x:c r="K236" s="14" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="L236" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M236" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N236" s="15" t="n">
         <x:v>24054</x:v>
       </x:c>
       <x:c r="O236" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="P236" s="14" t="s">
         <x:v>334</x:v>
       </x:c>
       <x:c r="Q236" s="16" t="s">
         <x:v>335</x:v>
       </x:c>
       <x:c r="R236" s="14" t="s">
         <x:v>341</x:v>
       </x:c>
       <x:c r="S236" s="14" t="n">
-        <x:v>557457</x:v>
+        <x:v>551763</x:v>
       </x:c>
       <x:c r="T236" s="16" t="s">
-        <x:v>344</x:v>
+        <x:v>244</x:v>
       </x:c>
       <x:c r="U236" s="16" t="s">
-        <x:v>78</x:v>
+        <x:v>350</x:v>
       </x:c>
     </x:row>
     <x:row r="237" spans="1:21">
       <x:c r="A237" s="1" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="B237" s="0" t="s">
         <x:v>324</x:v>
       </x:c>
       <x:c r="C237" s="3" t="n">
         <x:v>38878</x:v>
       </x:c>
       <x:c r="D237" s="3" t="s"/>
       <x:c r="G237" s="0" t="s">
         <x:v>334</x:v>
       </x:c>
       <x:c r="I237" s="4" t="s">
         <x:v>335</x:v>
       </x:c>
       <x:c r="J237" s="0" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="K237" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="L237" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M237" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N237" s="3" t="n">
         <x:v>22499</x:v>
       </x:c>
       <x:c r="O237" s="0" t="s">
         <x:v>175</x:v>
       </x:c>
       <x:c r="P237" s="0" t="s">
         <x:v>334</x:v>
       </x:c>
       <x:c r="Q237" s="4" t="s">
         <x:v>335</x:v>
       </x:c>
       <x:c r="R237" s="0" t="s">
-        <x:v>341</x:v>
+        <x:v>154</x:v>
       </x:c>
       <x:c r="S237" s="0" t="n">
-        <x:v>554768</x:v>
+        <x:v>572005</x:v>
       </x:c>
       <x:c r="T237" s="4" t="s">
         <x:v>351</x:v>
       </x:c>
       <x:c r="U237" s="4" t="s">
-        <x:v>352</x:v>
+        <x:v>78</x:v>
       </x:c>
     </x:row>
     <x:row r="238" spans="1:21">
       <x:c r="A238" s="13" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="B238" s="14" t="s">
         <x:v>333</x:v>
       </x:c>
       <x:c r="C238" s="15" t="n">
         <x:v>41007</x:v>
       </x:c>
       <x:c r="D238" s="15" t="s"/>
       <x:c r="E238" s="14" t="s"/>
       <x:c r="F238" s="14" t="s"/>
       <x:c r="G238" s="14" t="s">
         <x:v>334</x:v>
       </x:c>
       <x:c r="H238" s="14" t="s"/>
       <x:c r="I238" s="16" t="s">
         <x:v>335</x:v>
       </x:c>
       <x:c r="J238" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
@@ -16183,51 +16183,51 @@
       </x:c>
       <x:c r="P238" s="14" t="s">
         <x:v>334</x:v>
       </x:c>
       <x:c r="Q238" s="16" t="s">
         <x:v>335</x:v>
       </x:c>
       <x:c r="R238" s="14" t="s">
         <x:v>341</x:v>
       </x:c>
       <x:c r="S238" s="14" t="n">
         <x:v>611947</x:v>
       </x:c>
       <x:c r="T238" s="16" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="U238" s="16" t="s">
         <x:v>36</x:v>
       </x:c>
     </x:row>
     <x:row r="239" spans="1:21">
       <x:c r="A239" s="1" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="B239" s="0" t="s">
-        <x:v>326</x:v>
+        <x:v>330</x:v>
       </x:c>
       <x:c r="C239" s="3" t="n">
         <x:v>41007</x:v>
       </x:c>
       <x:c r="D239" s="3" t="s"/>
       <x:c r="G239" s="0" t="s">
         <x:v>334</x:v>
       </x:c>
       <x:c r="I239" s="4" t="s">
         <x:v>335</x:v>
       </x:c>
       <x:c r="J239" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K239" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="L239" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M239" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N239" s="3" t="n">
         <x:v>24054</x:v>
@@ -16277,60 +16277,60 @@
       <x:c r="J240" s="14" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="K240" s="14" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="L240" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M240" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N240" s="15" t="n">
         <x:v>22499</x:v>
       </x:c>
       <x:c r="O240" s="14" t="s">
         <x:v>175</x:v>
       </x:c>
       <x:c r="P240" s="14" t="s">
         <x:v>334</x:v>
       </x:c>
       <x:c r="Q240" s="16" t="s">
         <x:v>335</x:v>
       </x:c>
       <x:c r="R240" s="14" t="s">
-        <x:v>147</x:v>
+        <x:v>341</x:v>
       </x:c>
       <x:c r="S240" s="14" t="n">
-        <x:v>572005</x:v>
+        <x:v>554768</x:v>
       </x:c>
       <x:c r="T240" s="16" t="s">
+        <x:v>352</x:v>
+      </x:c>
+      <x:c r="U240" s="16" t="s">
         <x:v>353</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>78</x:v>
       </x:c>
     </x:row>
     <x:row r="241" spans="1:21">
       <x:c r="A241" s="1" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="B241" s="0" t="s">
         <x:v>324</x:v>
       </x:c>
       <x:c r="C241" s="3" t="n">
         <x:v>25353</x:v>
       </x:c>
       <x:c r="D241" s="3" t="s"/>
       <x:c r="G241" s="0" t="s">
         <x:v>354</x:v>
       </x:c>
       <x:c r="H241" s="0" t="s">
         <x:v>355</x:v>
       </x:c>
       <x:c r="I241" s="4" t="s">
         <x:v>356</x:v>
       </x:c>
       <x:c r="J241" s="0" t="s">
         <x:v>86</x:v>
       </x:c>
@@ -16351,51 +16351,51 @@
       </x:c>
       <x:c r="P241" s="0" t="s">
         <x:v>354</x:v>
       </x:c>
       <x:c r="Q241" s="4" t="s">
         <x:v>356</x:v>
       </x:c>
       <x:c r="R241" s="0" t="s">
         <x:v>357</x:v>
       </x:c>
       <x:c r="S241" s="0" t="n">
         <x:v>473402</x:v>
       </x:c>
       <x:c r="T241" s="4" t="s">
         <x:v>255</x:v>
       </x:c>
       <x:c r="U241" s="4" t="s">
         <x:v>78</x:v>
       </x:c>
     </x:row>
     <x:row r="242" spans="1:21">
       <x:c r="A242" s="13" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="B242" s="14" t="s">
-        <x:v>326</x:v>
+        <x:v>330</x:v>
       </x:c>
       <x:c r="C242" s="15" t="n">
         <x:v>41007</x:v>
       </x:c>
       <x:c r="D242" s="15" t="s"/>
       <x:c r="E242" s="14" t="s"/>
       <x:c r="F242" s="14" t="s"/>
       <x:c r="G242" s="14" t="s">
         <x:v>354</x:v>
       </x:c>
       <x:c r="H242" s="14" t="s">
         <x:v>355</x:v>
       </x:c>
       <x:c r="I242" s="16" t="s">
         <x:v>356</x:v>
       </x:c>
       <x:c r="J242" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K242" s="14" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="L242" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
@@ -16453,57 +16453,57 @@
       <x:c r="K243" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="L243" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M243" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N243" s="3" t="n">
         <x:v>24054</x:v>
       </x:c>
       <x:c r="O243" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="P243" s="0" t="s">
         <x:v>354</x:v>
       </x:c>
       <x:c r="Q243" s="4" t="s">
         <x:v>356</x:v>
       </x:c>
       <x:c r="R243" s="0" t="s">
         <x:v>359</x:v>
       </x:c>
       <x:c r="S243" s="0" t="n">
-        <x:v>548627</x:v>
+        <x:v>509242</x:v>
       </x:c>
       <x:c r="T243" s="4" t="s">
-        <x:v>77</x:v>
+        <x:v>255</x:v>
       </x:c>
       <x:c r="U243" s="4" t="s">
-        <x:v>360</x:v>
+        <x:v>54</x:v>
       </x:c>
     </x:row>
     <x:row r="244" spans="1:21">
       <x:c r="A244" s="13" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="B244" s="14" t="s">
         <x:v>101</x:v>
       </x:c>
       <x:c r="C244" s="15" t="n">
         <x:v>35191</x:v>
       </x:c>
       <x:c r="D244" s="15" t="s"/>
       <x:c r="E244" s="14" t="s">
         <x:v>102</x:v>
       </x:c>
       <x:c r="F244" s="14" t="s">
         <x:v>103</x:v>
       </x:c>
       <x:c r="G244" s="14" t="s">
         <x:v>104</x:v>
       </x:c>
       <x:c r="H244" s="14" t="s">
         <x:v>105</x:v>
       </x:c>
@@ -16530,153 +16530,153 @@
       </x:c>
       <x:c r="P244" s="14" t="s">
         <x:v>354</x:v>
       </x:c>
       <x:c r="Q244" s="16" t="s">
         <x:v>356</x:v>
       </x:c>
       <x:c r="R244" s="14" t="s">
         <x:v>358</x:v>
       </x:c>
       <x:c r="S244" s="14" t="n">
         <x:v>579937</x:v>
       </x:c>
       <x:c r="T244" s="16" t="s">
         <x:v>244</x:v>
       </x:c>
       <x:c r="U244" s="16" t="s">
         <x:v>60</x:v>
       </x:c>
     </x:row>
     <x:row r="245" spans="1:21">
       <x:c r="A245" s="1" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="B245" s="0" t="s">
-        <x:v>361</x:v>
+        <x:v>333</x:v>
       </x:c>
       <x:c r="C245" s="3" t="n">
-        <x:v>36968</x:v>
+        <x:v>41007</x:v>
       </x:c>
       <x:c r="D245" s="3" t="s"/>
       <x:c r="G245" s="0" t="s">
         <x:v>354</x:v>
       </x:c>
       <x:c r="H245" s="0" t="s">
         <x:v>355</x:v>
       </x:c>
       <x:c r="I245" s="4" t="s">
         <x:v>356</x:v>
       </x:c>
       <x:c r="J245" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K245" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="L245" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M245" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N245" s="3" t="n">
-        <x:v>24431</x:v>
+        <x:v>24054</x:v>
       </x:c>
       <x:c r="O245" s="0" t="s">
-        <x:v>31</x:v>
+        <x:v>40</x:v>
       </x:c>
       <x:c r="P245" s="0" t="s">
         <x:v>354</x:v>
       </x:c>
       <x:c r="Q245" s="4" t="s">
         <x:v>356</x:v>
       </x:c>
       <x:c r="R245" s="0" t="s">
-        <x:v>359</x:v>
+        <x:v>358</x:v>
       </x:c>
       <x:c r="S245" s="0" t="n">
-        <x:v>550633</x:v>
+        <x:v>585529</x:v>
       </x:c>
       <x:c r="T245" s="4" t="s">
-        <x:v>77</x:v>
+        <x:v>35</x:v>
       </x:c>
       <x:c r="U245" s="4" t="s">
-        <x:v>78</x:v>
+        <x:v>36</x:v>
       </x:c>
     </x:row>
     <x:row r="246" spans="1:21">
       <x:c r="A246" s="13" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="B246" s="14" t="s">
-        <x:v>333</x:v>
+        <x:v>360</x:v>
       </x:c>
       <x:c r="C246" s="15" t="n">
-        <x:v>41007</x:v>
+        <x:v>36968</x:v>
       </x:c>
       <x:c r="D246" s="15" t="s"/>
       <x:c r="E246" s="14" t="s"/>
       <x:c r="F246" s="14" t="s"/>
       <x:c r="G246" s="14" t="s">
         <x:v>354</x:v>
       </x:c>
       <x:c r="H246" s="14" t="s">
         <x:v>355</x:v>
       </x:c>
       <x:c r="I246" s="16" t="s">
         <x:v>356</x:v>
       </x:c>
       <x:c r="J246" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K246" s="14" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="L246" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M246" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N246" s="15" t="n">
-        <x:v>24054</x:v>
+        <x:v>24431</x:v>
       </x:c>
       <x:c r="O246" s="14" t="s">
-        <x:v>40</x:v>
+        <x:v>31</x:v>
       </x:c>
       <x:c r="P246" s="14" t="s">
         <x:v>354</x:v>
       </x:c>
       <x:c r="Q246" s="16" t="s">
         <x:v>356</x:v>
       </x:c>
       <x:c r="R246" s="14" t="s">
-        <x:v>358</x:v>
+        <x:v>359</x:v>
       </x:c>
       <x:c r="S246" s="14" t="n">
-        <x:v>541903</x:v>
+        <x:v>550633</x:v>
       </x:c>
       <x:c r="T246" s="16" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="U246" s="16" t="s">
         <x:v>78</x:v>
       </x:c>
     </x:row>
     <x:row r="247" spans="1:21">
       <x:c r="A247" s="1" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="B247" s="0" t="s">
         <x:v>333</x:v>
       </x:c>
       <x:c r="C247" s="3" t="n">
         <x:v>41007</x:v>
       </x:c>
       <x:c r="D247" s="3" t="s"/>
       <x:c r="G247" s="0" t="s">
         <x:v>354</x:v>
       </x:c>
       <x:c r="H247" s="0" t="s">
         <x:v>355</x:v>
       </x:c>
@@ -16689,181 +16689,181 @@
       <x:c r="K247" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="L247" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M247" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N247" s="3" t="n">
         <x:v>24054</x:v>
       </x:c>
       <x:c r="O247" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="P247" s="0" t="s">
         <x:v>354</x:v>
       </x:c>
       <x:c r="Q247" s="4" t="s">
         <x:v>356</x:v>
       </x:c>
       <x:c r="R247" s="0" t="s">
         <x:v>358</x:v>
       </x:c>
       <x:c r="S247" s="0" t="n">
-        <x:v>585529</x:v>
+        <x:v>541903</x:v>
       </x:c>
       <x:c r="T247" s="4" t="s">
-        <x:v>35</x:v>
+        <x:v>77</x:v>
       </x:c>
       <x:c r="U247" s="4" t="s">
-        <x:v>36</x:v>
+        <x:v>78</x:v>
       </x:c>
     </x:row>
     <x:row r="248" spans="1:21">
       <x:c r="A248" s="13" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="B248" s="14" t="s">
-        <x:v>333</x:v>
+        <x:v>327</x:v>
       </x:c>
       <x:c r="C248" s="15" t="n">
-        <x:v>41007</x:v>
+        <x:v>36968</x:v>
       </x:c>
       <x:c r="D248" s="15" t="s"/>
       <x:c r="E248" s="14" t="s"/>
       <x:c r="F248" s="14" t="s"/>
       <x:c r="G248" s="14" t="s">
         <x:v>354</x:v>
       </x:c>
       <x:c r="H248" s="14" t="s">
         <x:v>355</x:v>
       </x:c>
       <x:c r="I248" s="16" t="s">
         <x:v>356</x:v>
       </x:c>
       <x:c r="J248" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K248" s="14" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="L248" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M248" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N248" s="15" t="n">
-        <x:v>24054</x:v>
+        <x:v>24431</x:v>
       </x:c>
       <x:c r="O248" s="14" t="s">
-        <x:v>40</x:v>
+        <x:v>31</x:v>
       </x:c>
       <x:c r="P248" s="14" t="s">
         <x:v>354</x:v>
       </x:c>
       <x:c r="Q248" s="16" t="s">
         <x:v>356</x:v>
       </x:c>
       <x:c r="R248" s="14" t="s">
         <x:v>359</x:v>
       </x:c>
       <x:c r="S248" s="14" t="n">
-        <x:v>509242</x:v>
+        <x:v>611580</x:v>
       </x:c>
       <x:c r="T248" s="16" t="s">
-        <x:v>255</x:v>
+        <x:v>35</x:v>
       </x:c>
       <x:c r="U248" s="16" t="s">
-        <x:v>54</x:v>
+        <x:v>36</x:v>
       </x:c>
     </x:row>
     <x:row r="249" spans="1:21">
       <x:c r="A249" s="1" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="B249" s="0" t="s">
-        <x:v>329</x:v>
+        <x:v>333</x:v>
       </x:c>
       <x:c r="C249" s="3" t="n">
-        <x:v>36968</x:v>
+        <x:v>41007</x:v>
       </x:c>
       <x:c r="D249" s="3" t="s"/>
       <x:c r="G249" s="0" t="s">
         <x:v>354</x:v>
       </x:c>
       <x:c r="H249" s="0" t="s">
         <x:v>355</x:v>
       </x:c>
       <x:c r="I249" s="4" t="s">
         <x:v>356</x:v>
       </x:c>
       <x:c r="J249" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K249" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="L249" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M249" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N249" s="3" t="n">
-        <x:v>24431</x:v>
+        <x:v>24054</x:v>
       </x:c>
       <x:c r="O249" s="0" t="s">
-        <x:v>31</x:v>
+        <x:v>40</x:v>
       </x:c>
       <x:c r="P249" s="0" t="s">
         <x:v>354</x:v>
       </x:c>
       <x:c r="Q249" s="4" t="s">
         <x:v>356</x:v>
       </x:c>
       <x:c r="R249" s="0" t="s">
         <x:v>359</x:v>
       </x:c>
       <x:c r="S249" s="0" t="n">
-        <x:v>611580</x:v>
+        <x:v>548627</x:v>
       </x:c>
       <x:c r="T249" s="4" t="s">
-        <x:v>35</x:v>
+        <x:v>77</x:v>
       </x:c>
       <x:c r="U249" s="4" t="s">
-        <x:v>36</x:v>
+        <x:v>361</x:v>
       </x:c>
     </x:row>
     <x:row r="250" spans="1:21">
       <x:c r="A250" s="13" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="B250" s="14" t="s">
-        <x:v>326</x:v>
+        <x:v>330</x:v>
       </x:c>
       <x:c r="C250" s="15" t="n">
         <x:v>41007</x:v>
       </x:c>
       <x:c r="D250" s="15" t="s"/>
       <x:c r="E250" s="14" t="s"/>
       <x:c r="F250" s="14" t="s"/>
       <x:c r="G250" s="14" t="s">
         <x:v>354</x:v>
       </x:c>
       <x:c r="H250" s="14" t="s">
         <x:v>355</x:v>
       </x:c>
       <x:c r="I250" s="16" t="s">
         <x:v>356</x:v>
       </x:c>
       <x:c r="J250" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K250" s="14" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="L250" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
@@ -17051,51 +17051,51 @@
       </x:c>
       <x:c r="P253" s="0" t="s">
         <x:v>354</x:v>
       </x:c>
       <x:c r="Q253" s="4" t="s">
         <x:v>356</x:v>
       </x:c>
       <x:c r="R253" s="0" t="s">
         <x:v>357</x:v>
       </x:c>
       <x:c r="S253" s="0" t="n">
         <x:v>540881</x:v>
       </x:c>
       <x:c r="T253" s="4" t="s">
         <x:v>255</x:v>
       </x:c>
       <x:c r="U253" s="4" t="s">
         <x:v>78</x:v>
       </x:c>
     </x:row>
     <x:row r="254" spans="1:21">
       <x:c r="A254" s="13" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="B254" s="14" t="s">
-        <x:v>326</x:v>
+        <x:v>330</x:v>
       </x:c>
       <x:c r="C254" s="15" t="n">
         <x:v>41007</x:v>
       </x:c>
       <x:c r="D254" s="15" t="s"/>
       <x:c r="E254" s="14" t="s"/>
       <x:c r="F254" s="14" t="s"/>
       <x:c r="G254" s="14" t="s">
         <x:v>354</x:v>
       </x:c>
       <x:c r="H254" s="14" t="s">
         <x:v>355</x:v>
       </x:c>
       <x:c r="I254" s="16" t="s">
         <x:v>356</x:v>
       </x:c>
       <x:c r="J254" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K254" s="14" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="L254" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
@@ -17110,100 +17110,100 @@
       </x:c>
       <x:c r="P254" s="14" t="s">
         <x:v>354</x:v>
       </x:c>
       <x:c r="Q254" s="16" t="s">
         <x:v>356</x:v>
       </x:c>
       <x:c r="R254" s="14" t="s">
         <x:v>358</x:v>
       </x:c>
       <x:c r="S254" s="14" t="n">
         <x:v>587891</x:v>
       </x:c>
       <x:c r="T254" s="16" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="U254" s="16" t="s">
         <x:v>36</x:v>
       </x:c>
     </x:row>
     <x:row r="255" spans="1:21">
       <x:c r="A255" s="1" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="B255" s="0" t="s">
-        <x:v>326</x:v>
+        <x:v>330</x:v>
       </x:c>
       <x:c r="C255" s="3" t="n">
         <x:v>41007</x:v>
       </x:c>
       <x:c r="D255" s="3" t="s"/>
       <x:c r="G255" s="0" t="s">
         <x:v>354</x:v>
       </x:c>
       <x:c r="H255" s="0" t="s">
         <x:v>355</x:v>
       </x:c>
       <x:c r="I255" s="4" t="s">
         <x:v>356</x:v>
       </x:c>
       <x:c r="J255" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K255" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="L255" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M255" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N255" s="3" t="n">
         <x:v>24054</x:v>
       </x:c>
       <x:c r="O255" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="P255" s="0" t="s">
         <x:v>354</x:v>
       </x:c>
       <x:c r="Q255" s="4" t="s">
         <x:v>356</x:v>
       </x:c>
       <x:c r="R255" s="0" t="s">
         <x:v>359</x:v>
       </x:c>
       <x:c r="S255" s="0" t="n">
         <x:v>587894</x:v>
       </x:c>
       <x:c r="T255" s="4" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="U255" s="4" t="s">
-        <x:v>360</x:v>
+        <x:v>361</x:v>
       </x:c>
     </x:row>
     <x:row r="256" spans="1:21">
       <x:c r="A256" s="13" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="B256" s="14" t="s">
         <x:v>333</x:v>
       </x:c>
       <x:c r="C256" s="15" t="n">
         <x:v>41007</x:v>
       </x:c>
       <x:c r="D256" s="15" t="s"/>
       <x:c r="E256" s="14" t="s"/>
       <x:c r="F256" s="14" t="s"/>
       <x:c r="G256" s="14" t="s">
         <x:v>354</x:v>
       </x:c>
       <x:c r="H256" s="14" t="s">
         <x:v>355</x:v>
       </x:c>
       <x:c r="I256" s="16" t="s">
         <x:v>356</x:v>
       </x:c>
       <x:c r="J256" s="14" t="s">
@@ -17400,51 +17400,51 @@
       </x:c>
       <x:c r="P259" s="0" t="s">
         <x:v>362</x:v>
       </x:c>
       <x:c r="Q259" s="4" t="s">
         <x:v>363</x:v>
       </x:c>
       <x:c r="R259" s="0" t="s">
         <x:v>365</x:v>
       </x:c>
       <x:c r="S259" s="0" t="n">
         <x:v>612888</x:v>
       </x:c>
       <x:c r="T259" s="4" t="s">
         <x:v>366</x:v>
       </x:c>
       <x:c r="U259" s="4" t="s">
         <x:v>282</x:v>
       </x:c>
     </x:row>
     <x:row r="260" spans="1:21">
       <x:c r="A260" s="13" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="B260" s="14" t="s">
-        <x:v>329</x:v>
+        <x:v>327</x:v>
       </x:c>
       <x:c r="C260" s="15" t="n">
         <x:v>36968</x:v>
       </x:c>
       <x:c r="D260" s="15" t="s"/>
       <x:c r="E260" s="14" t="s"/>
       <x:c r="F260" s="14" t="s"/>
       <x:c r="G260" s="14" t="s">
         <x:v>362</x:v>
       </x:c>
       <x:c r="H260" s="14" t="s"/>
       <x:c r="I260" s="16" t="s">
         <x:v>363</x:v>
       </x:c>
       <x:c r="J260" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K260" s="14" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="L260" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M260" s="14" t="s">
         <x:v>30</x:v>
@@ -17457,51 +17457,51 @@
       </x:c>
       <x:c r="P260" s="14" t="s">
         <x:v>362</x:v>
       </x:c>
       <x:c r="Q260" s="16" t="s">
         <x:v>363</x:v>
       </x:c>
       <x:c r="R260" s="14" t="s">
         <x:v>272</x:v>
       </x:c>
       <x:c r="S260" s="14" t="n">
         <x:v>543696</x:v>
       </x:c>
       <x:c r="T260" s="16" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="U260" s="16" t="s">
         <x:v>343</x:v>
       </x:c>
     </x:row>
     <x:row r="261" spans="1:21">
       <x:c r="A261" s="1" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="B261" s="0" t="s">
-        <x:v>329</x:v>
+        <x:v>327</x:v>
       </x:c>
       <x:c r="C261" s="3" t="n">
         <x:v>36968</x:v>
       </x:c>
       <x:c r="D261" s="3" t="s"/>
       <x:c r="G261" s="0" t="s">
         <x:v>362</x:v>
       </x:c>
       <x:c r="I261" s="4" t="s">
         <x:v>363</x:v>
       </x:c>
       <x:c r="J261" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K261" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="L261" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M261" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N261" s="3" t="n">
         <x:v>24431</x:v>
@@ -17511,51 +17511,51 @@
       </x:c>
       <x:c r="P261" s="0" t="s">
         <x:v>362</x:v>
       </x:c>
       <x:c r="Q261" s="4" t="s">
         <x:v>363</x:v>
       </x:c>
       <x:c r="R261" s="0" t="s">
         <x:v>272</x:v>
       </x:c>
       <x:c r="S261" s="0" t="n">
         <x:v>587946</x:v>
       </x:c>
       <x:c r="T261" s="4" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="U261" s="4" t="s">
         <x:v>367</x:v>
       </x:c>
     </x:row>
     <x:row r="262" spans="1:21">
       <x:c r="A262" s="13" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="B262" s="14" t="s">
-        <x:v>329</x:v>
+        <x:v>327</x:v>
       </x:c>
       <x:c r="C262" s="15" t="n">
         <x:v>36968</x:v>
       </x:c>
       <x:c r="D262" s="15" t="s"/>
       <x:c r="E262" s="14" t="s"/>
       <x:c r="F262" s="14" t="s"/>
       <x:c r="G262" s="14" t="s">
         <x:v>362</x:v>
       </x:c>
       <x:c r="H262" s="14" t="s"/>
       <x:c r="I262" s="16" t="s">
         <x:v>363</x:v>
       </x:c>
       <x:c r="J262" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K262" s="14" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="L262" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M262" s="14" t="s">
         <x:v>30</x:v>
@@ -17568,51 +17568,51 @@
       </x:c>
       <x:c r="P262" s="14" t="s">
         <x:v>362</x:v>
       </x:c>
       <x:c r="Q262" s="16" t="s">
         <x:v>363</x:v>
       </x:c>
       <x:c r="R262" s="14" t="s">
         <x:v>368</x:v>
       </x:c>
       <x:c r="S262" s="14" t="n">
         <x:v>550643</x:v>
       </x:c>
       <x:c r="T262" s="16" t="s">
         <x:v>369</x:v>
       </x:c>
       <x:c r="U262" s="16" t="s">
         <x:v>78</x:v>
       </x:c>
     </x:row>
     <x:row r="263" spans="1:21">
       <x:c r="A263" s="1" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="B263" s="0" t="s">
-        <x:v>326</x:v>
+        <x:v>330</x:v>
       </x:c>
       <x:c r="C263" s="3" t="n">
         <x:v>41007</x:v>
       </x:c>
       <x:c r="D263" s="3" t="s"/>
       <x:c r="G263" s="0" t="s">
         <x:v>362</x:v>
       </x:c>
       <x:c r="I263" s="4" t="s">
         <x:v>363</x:v>
       </x:c>
       <x:c r="J263" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K263" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="L263" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M263" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N263" s="3" t="n">
         <x:v>24054</x:v>
@@ -17733,450 +17733,447 @@
       </x:c>
       <x:c r="P265" s="0" t="s">
         <x:v>362</x:v>
       </x:c>
       <x:c r="Q265" s="4" t="s">
         <x:v>363</x:v>
       </x:c>
       <x:c r="R265" s="0" t="s">
         <x:v>374</x:v>
       </x:c>
       <x:c r="S265" s="0" t="n">
         <x:v>544511</x:v>
       </x:c>
       <x:c r="T265" s="4" t="s">
         <x:v>375</x:v>
       </x:c>
       <x:c r="U265" s="4" t="s">
         <x:v>376</x:v>
       </x:c>
     </x:row>
     <x:row r="266" spans="1:21">
       <x:c r="A266" s="13" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="B266" s="14" t="s">
-        <x:v>319</x:v>
+        <x:v>370</x:v>
       </x:c>
       <x:c r="C266" s="15" t="n">
-        <x:v>35191</x:v>
+        <x:v>37291</x:v>
       </x:c>
       <x:c r="D266" s="15" t="s"/>
       <x:c r="E266" s="14" t="s"/>
       <x:c r="F266" s="14" t="s"/>
       <x:c r="G266" s="14" t="s">
         <x:v>362</x:v>
       </x:c>
       <x:c r="H266" s="14" t="s"/>
       <x:c r="I266" s="16" t="s">
         <x:v>363</x:v>
       </x:c>
       <x:c r="J266" s="14" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="K266" s="14" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="L266" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M266" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N266" s="15" t="n">
-        <x:v>31624</x:v>
+        <x:v>15417</x:v>
       </x:c>
       <x:c r="O266" s="14" t="s">
-        <x:v>87</x:v>
+        <x:v>240</x:v>
       </x:c>
       <x:c r="P266" s="14" t="s">
         <x:v>362</x:v>
       </x:c>
       <x:c r="Q266" s="16" t="s">
         <x:v>363</x:v>
       </x:c>
       <x:c r="R266" s="14" t="s">
-        <x:v>377</x:v>
+        <x:v>371</x:v>
       </x:c>
       <x:c r="S266" s="14" t="n">
-        <x:v>517891</x:v>
+        <x:v>588535</x:v>
       </x:c>
       <x:c r="T266" s="16" t="s">
-        <x:v>378</x:v>
+        <x:v>152</x:v>
       </x:c>
       <x:c r="U266" s="16" t="s">
-        <x:v>286</x:v>
+        <x:v>138</x:v>
       </x:c>
     </x:row>
     <x:row r="267" spans="1:21">
       <x:c r="A267" s="1" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="B267" s="0" t="s">
-        <x:v>379</x:v>
+        <x:v>319</x:v>
       </x:c>
       <x:c r="C267" s="3" t="n">
-        <x:v>41007</x:v>
+        <x:v>35191</x:v>
       </x:c>
       <x:c r="D267" s="3" t="s"/>
-      <x:c r="E267" s="0" t="s">
-[...4 lines deleted...]
-      </x:c>
       <x:c r="G267" s="0" t="s">
-        <x:v>83</x:v>
-[...2 lines deleted...]
-        <x:v>84</x:v>
+        <x:v>362</x:v>
       </x:c>
       <x:c r="I267" s="4" t="s">
-        <x:v>85</x:v>
+        <x:v>363</x:v>
       </x:c>
       <x:c r="J267" s="0" t="s">
-        <x:v>27</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="K267" s="0" t="s">
-        <x:v>107</x:v>
+        <x:v>46</x:v>
       </x:c>
       <x:c r="L267" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M267" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N267" s="3" t="n">
-        <x:v>24054</x:v>
+        <x:v>31624</x:v>
       </x:c>
       <x:c r="O267" s="0" t="s">
-        <x:v>40</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="P267" s="0" t="s">
         <x:v>362</x:v>
       </x:c>
       <x:c r="Q267" s="4" t="s">
         <x:v>363</x:v>
       </x:c>
       <x:c r="R267" s="0" t="s">
-        <x:v>108</x:v>
+        <x:v>377</x:v>
       </x:c>
       <x:c r="S267" s="0" t="n">
-        <x:v>583863</x:v>
+        <x:v>517891</x:v>
       </x:c>
       <x:c r="T267" s="4" t="s">
-        <x:v>380</x:v>
+        <x:v>378</x:v>
       </x:c>
       <x:c r="U267" s="4" t="s">
-        <x:v>381</x:v>
+        <x:v>286</x:v>
       </x:c>
     </x:row>
     <x:row r="268" spans="1:21">
       <x:c r="A268" s="13" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="B268" s="14" t="s">
-        <x:v>329</x:v>
+        <x:v>379</x:v>
       </x:c>
       <x:c r="C268" s="15" t="n">
-        <x:v>36968</x:v>
+        <x:v>41007</x:v>
       </x:c>
       <x:c r="D268" s="15" t="s"/>
-      <x:c r="E268" s="14" t="s"/>
-      <x:c r="F268" s="14" t="s"/>
+      <x:c r="E268" s="14" t="s">
+        <x:v>121</x:v>
+      </x:c>
+      <x:c r="F268" s="14" t="s">
+        <x:v>122</x:v>
+      </x:c>
       <x:c r="G268" s="14" t="s">
-        <x:v>362</x:v>
-[...1 lines deleted...]
-      <x:c r="H268" s="14" t="s"/>
+        <x:v>83</x:v>
+      </x:c>
+      <x:c r="H268" s="14" t="s">
+        <x:v>84</x:v>
+      </x:c>
       <x:c r="I268" s="16" t="s">
-        <x:v>363</x:v>
+        <x:v>85</x:v>
       </x:c>
       <x:c r="J268" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K268" s="14" t="s">
-        <x:v>46</x:v>
+        <x:v>107</x:v>
       </x:c>
       <x:c r="L268" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M268" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N268" s="15" t="n">
-        <x:v>24431</x:v>
+        <x:v>24054</x:v>
       </x:c>
       <x:c r="O268" s="14" t="s">
-        <x:v>31</x:v>
+        <x:v>40</x:v>
       </x:c>
       <x:c r="P268" s="14" t="s">
         <x:v>362</x:v>
       </x:c>
       <x:c r="Q268" s="16" t="s">
         <x:v>363</x:v>
       </x:c>
       <x:c r="R268" s="14" t="s">
-        <x:v>368</x:v>
+        <x:v>108</x:v>
       </x:c>
       <x:c r="S268" s="14" t="n">
-        <x:v>587945</x:v>
+        <x:v>583863</x:v>
       </x:c>
       <x:c r="T268" s="16" t="s">
-        <x:v>141</x:v>
+        <x:v>380</x:v>
       </x:c>
       <x:c r="U268" s="16" t="s">
-        <x:v>36</x:v>
+        <x:v>381</x:v>
       </x:c>
     </x:row>
     <x:row r="269" spans="1:21">
       <x:c r="A269" s="1" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="B269" s="0" t="s">
-        <x:v>370</x:v>
+        <x:v>327</x:v>
       </x:c>
       <x:c r="C269" s="3" t="n">
-        <x:v>37291</x:v>
+        <x:v>36968</x:v>
       </x:c>
       <x:c r="D269" s="3" t="s"/>
       <x:c r="G269" s="0" t="s">
         <x:v>362</x:v>
       </x:c>
       <x:c r="I269" s="4" t="s">
         <x:v>363</x:v>
       </x:c>
       <x:c r="J269" s="0" t="s">
-        <x:v>86</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="K269" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="L269" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M269" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N269" s="3" t="n">
-        <x:v>15417</x:v>
+        <x:v>24431</x:v>
       </x:c>
       <x:c r="O269" s="0" t="s">
-        <x:v>240</x:v>
+        <x:v>31</x:v>
       </x:c>
       <x:c r="P269" s="0" t="s">
         <x:v>362</x:v>
       </x:c>
       <x:c r="Q269" s="4" t="s">
         <x:v>363</x:v>
       </x:c>
       <x:c r="R269" s="0" t="s">
-        <x:v>371</x:v>
+        <x:v>368</x:v>
       </x:c>
       <x:c r="S269" s="0" t="n">
-        <x:v>588535</x:v>
+        <x:v>587945</x:v>
       </x:c>
       <x:c r="T269" s="4" t="s">
-        <x:v>145</x:v>
+        <x:v>148</x:v>
       </x:c>
       <x:c r="U269" s="4" t="s">
-        <x:v>131</x:v>
+        <x:v>36</x:v>
       </x:c>
     </x:row>
     <x:row r="270" spans="1:21">
       <x:c r="A270" s="13" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="B270" s="14" t="s">
         <x:v>333</x:v>
       </x:c>
       <x:c r="C270" s="15" t="n">
         <x:v>41007</x:v>
       </x:c>
       <x:c r="D270" s="15" t="s"/>
       <x:c r="E270" s="14" t="s"/>
       <x:c r="F270" s="14" t="s"/>
       <x:c r="G270" s="14" t="s">
         <x:v>362</x:v>
       </x:c>
       <x:c r="H270" s="14" t="s"/>
       <x:c r="I270" s="16" t="s">
         <x:v>363</x:v>
       </x:c>
       <x:c r="J270" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K270" s="14" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="L270" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M270" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N270" s="15" t="n">
         <x:v>24054</x:v>
       </x:c>
       <x:c r="O270" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="P270" s="14" t="s">
         <x:v>362</x:v>
       </x:c>
       <x:c r="Q270" s="16" t="s">
         <x:v>363</x:v>
       </x:c>
       <x:c r="R270" s="14" t="s">
         <x:v>188</x:v>
       </x:c>
       <x:c r="S270" s="14" t="n">
-        <x:v>587887</x:v>
+        <x:v>587886</x:v>
       </x:c>
       <x:c r="T270" s="16" t="s">
-        <x:v>244</x:v>
+        <x:v>148</x:v>
       </x:c>
       <x:c r="U270" s="16" t="s">
-        <x:v>78</x:v>
+        <x:v>36</x:v>
       </x:c>
     </x:row>
     <x:row r="271" spans="1:21">
       <x:c r="A271" s="1" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="B271" s="0" t="s">
         <x:v>333</x:v>
       </x:c>
       <x:c r="C271" s="3" t="n">
         <x:v>41007</x:v>
       </x:c>
       <x:c r="D271" s="3" t="s"/>
       <x:c r="G271" s="0" t="s">
         <x:v>362</x:v>
       </x:c>
       <x:c r="I271" s="4" t="s">
         <x:v>363</x:v>
       </x:c>
       <x:c r="J271" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K271" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="L271" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M271" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N271" s="3" t="n">
         <x:v>24054</x:v>
       </x:c>
       <x:c r="O271" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="P271" s="0" t="s">
         <x:v>362</x:v>
       </x:c>
       <x:c r="Q271" s="4" t="s">
         <x:v>363</x:v>
       </x:c>
       <x:c r="R271" s="0" t="s">
         <x:v>188</x:v>
       </x:c>
       <x:c r="S271" s="0" t="n">
-        <x:v>587886</x:v>
+        <x:v>587887</x:v>
       </x:c>
       <x:c r="T271" s="4" t="s">
-        <x:v>141</x:v>
+        <x:v>244</x:v>
       </x:c>
       <x:c r="U271" s="4" t="s">
-        <x:v>36</x:v>
+        <x:v>78</x:v>
       </x:c>
     </x:row>
     <x:row r="272" spans="1:21">
       <x:c r="A272" s="13" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="B272" s="14" t="s">
-        <x:v>326</x:v>
+        <x:v>330</x:v>
       </x:c>
       <x:c r="C272" s="15" t="n">
         <x:v>41007</x:v>
       </x:c>
       <x:c r="D272" s="15" t="s"/>
       <x:c r="E272" s="14" t="s"/>
       <x:c r="F272" s="14" t="s"/>
       <x:c r="G272" s="14" t="s">
         <x:v>362</x:v>
       </x:c>
       <x:c r="H272" s="14" t="s"/>
       <x:c r="I272" s="16" t="s">
         <x:v>363</x:v>
       </x:c>
       <x:c r="J272" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K272" s="14" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="L272" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M272" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N272" s="15" t="n">
         <x:v>24054</x:v>
       </x:c>
       <x:c r="O272" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="P272" s="14" t="s">
         <x:v>362</x:v>
       </x:c>
       <x:c r="Q272" s="16" t="s">
         <x:v>363</x:v>
       </x:c>
       <x:c r="R272" s="14" t="s">
         <x:v>188</x:v>
       </x:c>
       <x:c r="S272" s="14" t="n">
         <x:v>598895</x:v>
       </x:c>
       <x:c r="T272" s="16" t="s">
-        <x:v>141</x:v>
+        <x:v>148</x:v>
       </x:c>
       <x:c r="U272" s="16" t="s">
         <x:v>36</x:v>
       </x:c>
     </x:row>
     <x:row r="273" spans="1:21">
       <x:c r="A273" s="1" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="B273" s="0" t="s">
-        <x:v>329</x:v>
+        <x:v>327</x:v>
       </x:c>
       <x:c r="C273" s="3" t="n">
         <x:v>36968</x:v>
       </x:c>
       <x:c r="D273" s="3" t="s"/>
       <x:c r="G273" s="0" t="s">
         <x:v>362</x:v>
       </x:c>
       <x:c r="I273" s="4" t="s">
         <x:v>363</x:v>
       </x:c>
       <x:c r="J273" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K273" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="L273" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M273" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N273" s="3" t="n">
         <x:v>24431</x:v>
@@ -18186,51 +18183,51 @@
       </x:c>
       <x:c r="P273" s="0" t="s">
         <x:v>362</x:v>
       </x:c>
       <x:c r="Q273" s="4" t="s">
         <x:v>363</x:v>
       </x:c>
       <x:c r="R273" s="0" t="s">
         <x:v>272</x:v>
       </x:c>
       <x:c r="S273" s="0" t="n">
         <x:v>491867</x:v>
       </x:c>
       <x:c r="T273" s="4" t="s">
         <x:v>255</x:v>
       </x:c>
       <x:c r="U273" s="4" t="s">
         <x:v>382</x:v>
       </x:c>
     </x:row>
     <x:row r="274" spans="1:21">
       <x:c r="A274" s="13" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="B274" s="14" t="s">
-        <x:v>329</x:v>
+        <x:v>327</x:v>
       </x:c>
       <x:c r="C274" s="15" t="n">
         <x:v>36968</x:v>
       </x:c>
       <x:c r="D274" s="15" t="s"/>
       <x:c r="E274" s="14" t="s"/>
       <x:c r="F274" s="14" t="s"/>
       <x:c r="G274" s="14" t="s">
         <x:v>362</x:v>
       </x:c>
       <x:c r="H274" s="14" t="s"/>
       <x:c r="I274" s="16" t="s">
         <x:v>363</x:v>
       </x:c>
       <x:c r="J274" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K274" s="14" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="L274" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M274" s="14" t="s">
         <x:v>30</x:v>
@@ -18297,51 +18294,51 @@
       </x:c>
       <x:c r="P275" s="0" t="s">
         <x:v>383</x:v>
       </x:c>
       <x:c r="Q275" s="4" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="R275" s="0" t="s">
         <x:v>384</x:v>
       </x:c>
       <x:c r="S275" s="0" t="n">
         <x:v>493595</x:v>
       </x:c>
       <x:c r="T275" s="4" t="s">
         <x:v>255</x:v>
       </x:c>
       <x:c r="U275" s="4" t="s">
         <x:v>54</x:v>
       </x:c>
     </x:row>
     <x:row r="276" spans="1:21">
       <x:c r="A276" s="13" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="B276" s="14" t="s">
-        <x:v>326</x:v>
+        <x:v>330</x:v>
       </x:c>
       <x:c r="C276" s="15" t="n">
         <x:v>41007</x:v>
       </x:c>
       <x:c r="D276" s="15" t="s"/>
       <x:c r="E276" s="14" t="s"/>
       <x:c r="F276" s="14" t="s"/>
       <x:c r="G276" s="14" t="s">
         <x:v>383</x:v>
       </x:c>
       <x:c r="H276" s="14" t="s"/>
       <x:c r="I276" s="16" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="J276" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K276" s="14" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="L276" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M276" s="14" t="s">
         <x:v>30</x:v>
@@ -18354,216 +18351,216 @@
       </x:c>
       <x:c r="P276" s="14" t="s">
         <x:v>383</x:v>
       </x:c>
       <x:c r="Q276" s="16" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="R276" s="14" t="s">
         <x:v>384</x:v>
       </x:c>
       <x:c r="S276" s="14" t="n">
         <x:v>587890</x:v>
       </x:c>
       <x:c r="T276" s="16" t="s">
         <x:v>385</x:v>
       </x:c>
       <x:c r="U276" s="16" t="s">
         <x:v>386</x:v>
       </x:c>
     </x:row>
     <x:row r="277" spans="1:21">
       <x:c r="A277" s="1" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="B277" s="0" t="s">
-        <x:v>324</x:v>
+        <x:v>333</x:v>
       </x:c>
       <x:c r="C277" s="3" t="n">
-        <x:v>25353</x:v>
+        <x:v>41007</x:v>
       </x:c>
       <x:c r="D277" s="3" t="s"/>
       <x:c r="G277" s="0" t="s">
         <x:v>383</x:v>
       </x:c>
       <x:c r="I277" s="4" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="J277" s="0" t="s">
-        <x:v>86</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="K277" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="L277" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M277" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N277" s="3" t="n">
-        <x:v>22499</x:v>
+        <x:v>24054</x:v>
       </x:c>
       <x:c r="O277" s="0" t="s">
-        <x:v>175</x:v>
+        <x:v>40</x:v>
       </x:c>
       <x:c r="P277" s="0" t="s">
         <x:v>383</x:v>
       </x:c>
       <x:c r="Q277" s="4" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="R277" s="0" t="s">
         <x:v>384</x:v>
       </x:c>
       <x:c r="S277" s="0" t="n">
-        <x:v>500270</x:v>
+        <x:v>543637</x:v>
       </x:c>
       <x:c r="T277" s="4" t="s">
-        <x:v>255</x:v>
+        <x:v>385</x:v>
       </x:c>
       <x:c r="U277" s="4" t="s">
-        <x:v>256</x:v>
+        <x:v>386</x:v>
       </x:c>
     </x:row>
     <x:row r="278" spans="1:21">
       <x:c r="A278" s="13" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="B278" s="14" t="s">
-        <x:v>329</x:v>
+        <x:v>327</x:v>
       </x:c>
       <x:c r="C278" s="15" t="n">
         <x:v>36968</x:v>
       </x:c>
       <x:c r="D278" s="15" t="s"/>
       <x:c r="E278" s="14" t="s"/>
       <x:c r="F278" s="14" t="s"/>
       <x:c r="G278" s="14" t="s">
         <x:v>383</x:v>
       </x:c>
       <x:c r="H278" s="14" t="s"/>
       <x:c r="I278" s="16" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="J278" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K278" s="14" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="L278" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M278" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N278" s="15" t="n">
         <x:v>24431</x:v>
       </x:c>
       <x:c r="O278" s="14" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="P278" s="14" t="s">
         <x:v>383</x:v>
       </x:c>
       <x:c r="Q278" s="16" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="R278" s="14" t="s">
-        <x:v>165</x:v>
+        <x:v>170</x:v>
       </x:c>
       <x:c r="S278" s="14" t="n">
         <x:v>588532</x:v>
       </x:c>
       <x:c r="T278" s="16" t="s">
         <x:v>387</x:v>
       </x:c>
       <x:c r="U278" s="16" t="s">
         <x:v>36</x:v>
       </x:c>
     </x:row>
     <x:row r="279" spans="1:21">
       <x:c r="A279" s="1" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="B279" s="0" t="s">
-        <x:v>333</x:v>
+        <x:v>324</x:v>
       </x:c>
       <x:c r="C279" s="3" t="n">
-        <x:v>41007</x:v>
+        <x:v>25353</x:v>
       </x:c>
       <x:c r="D279" s="3" t="s"/>
       <x:c r="G279" s="0" t="s">
         <x:v>383</x:v>
       </x:c>
       <x:c r="I279" s="4" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="J279" s="0" t="s">
-        <x:v>27</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="K279" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="L279" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M279" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N279" s="3" t="n">
-        <x:v>24054</x:v>
+        <x:v>22499</x:v>
       </x:c>
       <x:c r="O279" s="0" t="s">
-        <x:v>40</x:v>
+        <x:v>175</x:v>
       </x:c>
       <x:c r="P279" s="0" t="s">
         <x:v>383</x:v>
       </x:c>
       <x:c r="Q279" s="4" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="R279" s="0" t="s">
         <x:v>384</x:v>
       </x:c>
       <x:c r="S279" s="0" t="n">
-        <x:v>543637</x:v>
+        <x:v>500270</x:v>
       </x:c>
       <x:c r="T279" s="4" t="s">
-        <x:v>385</x:v>
+        <x:v>255</x:v>
       </x:c>
       <x:c r="U279" s="4" t="s">
-        <x:v>386</x:v>
+        <x:v>256</x:v>
       </x:c>
     </x:row>
     <x:row r="280" spans="1:21">
       <x:c r="A280" s="13" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="B280" s="14" t="s">
-        <x:v>121</x:v>
+        <x:v>120</x:v>
       </x:c>
       <x:c r="C280" s="15" t="n">
         <x:v>35191</x:v>
       </x:c>
       <x:c r="D280" s="15" t="s"/>
       <x:c r="E280" s="14" t="s">
         <x:v>102</x:v>
       </x:c>
       <x:c r="F280" s="14" t="s">
         <x:v>103</x:v>
       </x:c>
       <x:c r="G280" s="14" t="s">
         <x:v>104</x:v>
       </x:c>
       <x:c r="H280" s="14" t="s">
         <x:v>105</x:v>
       </x:c>
       <x:c r="I280" s="16" t="s">
         <x:v>106</x:v>
       </x:c>
       <x:c r="J280" s="14" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="K280" s="14" t="s">
         <x:v>107</x:v>
@@ -18693,51 +18690,51 @@
       </x:c>
       <x:c r="P282" s="14" t="s">
         <x:v>383</x:v>
       </x:c>
       <x:c r="Q282" s="16" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="R282" s="14" t="s">
         <x:v>384</x:v>
       </x:c>
       <x:c r="S282" s="14" t="n">
         <x:v>587888</x:v>
       </x:c>
       <x:c r="T282" s="16" t="s">
         <x:v>255</x:v>
       </x:c>
       <x:c r="U282" s="16" t="s">
         <x:v>54</x:v>
       </x:c>
     </x:row>
     <x:row r="283" spans="1:21">
       <x:c r="A283" s="1" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="B283" s="0" t="s">
-        <x:v>326</x:v>
+        <x:v>330</x:v>
       </x:c>
       <x:c r="C283" s="3" t="n">
         <x:v>41007</x:v>
       </x:c>
       <x:c r="D283" s="3" t="s"/>
       <x:c r="G283" s="0" t="s">
         <x:v>383</x:v>
       </x:c>
       <x:c r="I283" s="4" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="J283" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K283" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="L283" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M283" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N283" s="3" t="n">
         <x:v>24054</x:v>
@@ -18858,145 +18855,145 @@
       </x:c>
       <x:c r="P285" s="0" t="s">
         <x:v>383</x:v>
       </x:c>
       <x:c r="Q285" s="4" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="R285" s="0" t="s">
         <x:v>384</x:v>
       </x:c>
       <x:c r="S285" s="0" t="n">
         <x:v>543691</x:v>
       </x:c>
       <x:c r="T285" s="4" t="s">
         <x:v>244</x:v>
       </x:c>
       <x:c r="U285" s="4" t="s">
         <x:v>386</x:v>
       </x:c>
     </x:row>
     <x:row r="286" spans="1:21">
       <x:c r="A286" s="13" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="B286" s="14" t="s">
-        <x:v>329</x:v>
+        <x:v>327</x:v>
       </x:c>
       <x:c r="C286" s="15" t="n">
         <x:v>36968</x:v>
       </x:c>
       <x:c r="D286" s="15" t="s"/>
       <x:c r="E286" s="14" t="s"/>
       <x:c r="F286" s="14" t="s"/>
       <x:c r="G286" s="14" t="s">
         <x:v>383</x:v>
       </x:c>
       <x:c r="H286" s="14" t="s"/>
       <x:c r="I286" s="16" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="J286" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K286" s="14" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="L286" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M286" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N286" s="15" t="n">
         <x:v>24431</x:v>
       </x:c>
       <x:c r="O286" s="14" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="P286" s="14" t="s">
         <x:v>383</x:v>
       </x:c>
       <x:c r="Q286" s="16" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="R286" s="14" t="s">
-        <x:v>165</x:v>
+        <x:v>170</x:v>
       </x:c>
       <x:c r="S286" s="14" t="n">
         <x:v>493644</x:v>
       </x:c>
       <x:c r="T286" s="16" t="s">
         <x:v>255</x:v>
       </x:c>
       <x:c r="U286" s="16" t="s">
         <x:v>54</x:v>
       </x:c>
     </x:row>
     <x:row r="287" spans="1:21">
       <x:c r="A287" s="1" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="B287" s="0" t="s">
-        <x:v>329</x:v>
+        <x:v>327</x:v>
       </x:c>
       <x:c r="C287" s="3" t="n">
         <x:v>36968</x:v>
       </x:c>
       <x:c r="D287" s="3" t="s"/>
       <x:c r="G287" s="0" t="s">
         <x:v>383</x:v>
       </x:c>
       <x:c r="I287" s="4" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="J287" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K287" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="L287" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M287" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N287" s="3" t="n">
         <x:v>24431</x:v>
       </x:c>
       <x:c r="O287" s="0" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="P287" s="0" t="s">
         <x:v>383</x:v>
       </x:c>
       <x:c r="Q287" s="4" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="R287" s="0" t="s">
-        <x:v>165</x:v>
+        <x:v>170</x:v>
       </x:c>
       <x:c r="S287" s="0" t="n">
         <x:v>543698</x:v>
       </x:c>
       <x:c r="T287" s="4" t="s">
         <x:v>392</x:v>
       </x:c>
       <x:c r="U287" s="4" t="s">
         <x:v>386</x:v>
       </x:c>
     </x:row>
     <x:row r="288" spans="1:21">
       <x:c r="A288" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B288" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="C288" s="15" t="n">
         <x:v>41007</x:v>
       </x:c>
       <x:c r="D288" s="15" t="s"/>
       <x:c r="E288" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
@@ -19019,51 +19016,51 @@
       <x:c r="L288" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M288" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N288" s="15" t="n">
         <x:v>24054</x:v>
       </x:c>
       <x:c r="O288" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="P288" s="14" t="s">
         <x:v>338</x:v>
       </x:c>
       <x:c r="Q288" s="16" t="s">
         <x:v>340</x:v>
       </x:c>
       <x:c r="R288" s="14" t="s">
         <x:v>341</x:v>
       </x:c>
       <x:c r="S288" s="14" t="n">
         <x:v>502524</x:v>
       </x:c>
       <x:c r="T288" s="16" t="s">
-        <x:v>350</x:v>
+        <x:v>349</x:v>
       </x:c>
       <x:c r="U288" s="16" t="s">
         <x:v>54</x:v>
       </x:c>
     </x:row>
     <x:row r="289" spans="1:21">
       <x:c r="A289" s="1" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="B289" s="0" t="s">
         <x:v>324</x:v>
       </x:c>
       <x:c r="C289" s="3" t="n">
         <x:v>38878</x:v>
       </x:c>
       <x:c r="D289" s="3" t="s"/>
       <x:c r="G289" s="0" t="s">
         <x:v>338</x:v>
       </x:c>
       <x:c r="H289" s="0" t="s">
         <x:v>339</x:v>
       </x:c>
       <x:c r="I289" s="4" t="s">
         <x:v>340</x:v>
       </x:c>
@@ -19087,51 +19084,51 @@
       </x:c>
       <x:c r="P289" s="0" t="s">
         <x:v>338</x:v>
       </x:c>
       <x:c r="Q289" s="4" t="s">
         <x:v>340</x:v>
       </x:c>
       <x:c r="R289" s="0" t="s">
         <x:v>393</x:v>
       </x:c>
       <x:c r="S289" s="0" t="n">
         <x:v>606234</x:v>
       </x:c>
       <x:c r="T289" s="4" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="U289" s="4" t="s">
         <x:v>36</x:v>
       </x:c>
     </x:row>
     <x:row r="290" spans="1:21">
       <x:c r="A290" s="13" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="B290" s="14" t="s">
-        <x:v>329</x:v>
+        <x:v>327</x:v>
       </x:c>
       <x:c r="C290" s="15" t="n">
         <x:v>36968</x:v>
       </x:c>
       <x:c r="D290" s="15" t="s"/>
       <x:c r="E290" s="14" t="s"/>
       <x:c r="F290" s="14" t="s"/>
       <x:c r="G290" s="14" t="s">
         <x:v>338</x:v>
       </x:c>
       <x:c r="H290" s="14" t="s">
         <x:v>339</x:v>
       </x:c>
       <x:c r="I290" s="16" t="s">
         <x:v>340</x:v>
       </x:c>
       <x:c r="J290" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K290" s="14" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="L290" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
@@ -19146,51 +19143,51 @@
       </x:c>
       <x:c r="P290" s="14" t="s">
         <x:v>338</x:v>
       </x:c>
       <x:c r="Q290" s="16" t="s">
         <x:v>340</x:v>
       </x:c>
       <x:c r="R290" s="14" t="s">
         <x:v>393</x:v>
       </x:c>
       <x:c r="S290" s="14" t="n">
         <x:v>608351</x:v>
       </x:c>
       <x:c r="T290" s="16" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="U290" s="16" t="s">
         <x:v>332</x:v>
       </x:c>
     </x:row>
     <x:row r="291" spans="1:21">
       <x:c r="A291" s="1" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="B291" s="0" t="s">
-        <x:v>361</x:v>
+        <x:v>360</x:v>
       </x:c>
       <x:c r="C291" s="3" t="n">
         <x:v>36968</x:v>
       </x:c>
       <x:c r="D291" s="3" t="s"/>
       <x:c r="G291" s="0" t="s">
         <x:v>338</x:v>
       </x:c>
       <x:c r="H291" s="0" t="s">
         <x:v>339</x:v>
       </x:c>
       <x:c r="I291" s="4" t="s">
         <x:v>340</x:v>
       </x:c>
       <x:c r="J291" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K291" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="L291" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M291" s="0" t="s">
         <x:v>30</x:v>
@@ -19262,108 +19259,108 @@
       </x:c>
       <x:c r="P292" s="14" t="s">
         <x:v>338</x:v>
       </x:c>
       <x:c r="Q292" s="16" t="s">
         <x:v>340</x:v>
       </x:c>
       <x:c r="R292" s="14" t="s">
         <x:v>394</x:v>
       </x:c>
       <x:c r="S292" s="14" t="n">
         <x:v>556585</x:v>
       </x:c>
       <x:c r="T292" s="16" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="U292" s="16" t="s">
         <x:v>78</x:v>
       </x:c>
     </x:row>
     <x:row r="293" spans="1:21">
       <x:c r="A293" s="1" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="B293" s="0" t="s">
-        <x:v>326</x:v>
+        <x:v>330</x:v>
       </x:c>
       <x:c r="C293" s="3" t="n">
         <x:v>41007</x:v>
       </x:c>
       <x:c r="D293" s="3" t="s"/>
       <x:c r="G293" s="0" t="s">
         <x:v>338</x:v>
       </x:c>
       <x:c r="H293" s="0" t="s">
         <x:v>339</x:v>
       </x:c>
       <x:c r="I293" s="4" t="s">
         <x:v>340</x:v>
       </x:c>
       <x:c r="J293" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K293" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="L293" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M293" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N293" s="3" t="n">
         <x:v>24054</x:v>
       </x:c>
       <x:c r="O293" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="P293" s="0" t="s">
         <x:v>338</x:v>
       </x:c>
       <x:c r="Q293" s="4" t="s">
         <x:v>340</x:v>
       </x:c>
       <x:c r="R293" s="0" t="s">
-        <x:v>147</x:v>
+        <x:v>154</x:v>
       </x:c>
       <x:c r="S293" s="0" t="n">
         <x:v>620184</x:v>
       </x:c>
       <x:c r="T293" s="4" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="U293" s="4" t="s">
         <x:v>36</x:v>
       </x:c>
     </x:row>
     <x:row r="294" spans="1:21">
       <x:c r="A294" s="13" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="B294" s="14" t="s">
-        <x:v>326</x:v>
+        <x:v>330</x:v>
       </x:c>
       <x:c r="C294" s="15" t="n">
         <x:v>41007</x:v>
       </x:c>
       <x:c r="D294" s="15" t="s"/>
       <x:c r="E294" s="14" t="s"/>
       <x:c r="F294" s="14" t="s"/>
       <x:c r="G294" s="14" t="s">
         <x:v>338</x:v>
       </x:c>
       <x:c r="H294" s="14" t="s">
         <x:v>339</x:v>
       </x:c>
       <x:c r="I294" s="16" t="s">
         <x:v>340</x:v>
       </x:c>
       <x:c r="J294" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K294" s="14" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="L294" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
@@ -19378,51 +19375,51 @@
       </x:c>
       <x:c r="P294" s="14" t="s">
         <x:v>338</x:v>
       </x:c>
       <x:c r="Q294" s="16" t="s">
         <x:v>340</x:v>
       </x:c>
       <x:c r="R294" s="14" t="s">
         <x:v>394</x:v>
       </x:c>
       <x:c r="S294" s="14" t="n">
         <x:v>617130</x:v>
       </x:c>
       <x:c r="T294" s="16" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="U294" s="16" t="s">
         <x:v>36</x:v>
       </x:c>
     </x:row>
     <x:row r="295" spans="1:21">
       <x:c r="A295" s="1" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="B295" s="0" t="s">
-        <x:v>361</x:v>
+        <x:v>360</x:v>
       </x:c>
       <x:c r="C295" s="3" t="n">
         <x:v>36968</x:v>
       </x:c>
       <x:c r="D295" s="3" t="s"/>
       <x:c r="G295" s="0" t="s">
         <x:v>338</x:v>
       </x:c>
       <x:c r="H295" s="0" t="s">
         <x:v>339</x:v>
       </x:c>
       <x:c r="I295" s="4" t="s">
         <x:v>340</x:v>
       </x:c>
       <x:c r="J295" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K295" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="L295" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M295" s="0" t="s">
         <x:v>30</x:v>
@@ -19435,51 +19432,51 @@
       </x:c>
       <x:c r="P295" s="0" t="s">
         <x:v>338</x:v>
       </x:c>
       <x:c r="Q295" s="4" t="s">
         <x:v>340</x:v>
       </x:c>
       <x:c r="R295" s="0" t="s">
         <x:v>215</x:v>
       </x:c>
       <x:c r="S295" s="0" t="n">
         <x:v>554015</x:v>
       </x:c>
       <x:c r="T295" s="4" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="U295" s="4" t="s">
         <x:v>78</x:v>
       </x:c>
     </x:row>
     <x:row r="296" spans="1:21">
       <x:c r="A296" s="13" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="B296" s="14" t="s">
-        <x:v>329</x:v>
+        <x:v>327</x:v>
       </x:c>
       <x:c r="C296" s="15" t="n">
         <x:v>36968</x:v>
       </x:c>
       <x:c r="D296" s="15" t="s"/>
       <x:c r="E296" s="14" t="s"/>
       <x:c r="F296" s="14" t="s"/>
       <x:c r="G296" s="14" t="s">
         <x:v>338</x:v>
       </x:c>
       <x:c r="H296" s="14" t="s">
         <x:v>339</x:v>
       </x:c>
       <x:c r="I296" s="16" t="s">
         <x:v>340</x:v>
       </x:c>
       <x:c r="J296" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K296" s="14" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="L296" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
@@ -19540,182 +19537,184 @@
       <x:c r="L297" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M297" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N297" s="3" t="n">
         <x:v>22499</x:v>
       </x:c>
       <x:c r="O297" s="0" t="s">
         <x:v>175</x:v>
       </x:c>
       <x:c r="P297" s="0" t="s">
         <x:v>338</x:v>
       </x:c>
       <x:c r="Q297" s="4" t="s">
         <x:v>340</x:v>
       </x:c>
       <x:c r="R297" s="0" t="s">
         <x:v>395</x:v>
       </x:c>
       <x:c r="S297" s="0" t="n">
         <x:v>570882</x:v>
       </x:c>
       <x:c r="T297" s="4" t="s">
-        <x:v>351</x:v>
+        <x:v>352</x:v>
       </x:c>
       <x:c r="U297" s="4" t="s">
         <x:v>396</x:v>
       </x:c>
     </x:row>
     <x:row r="298" spans="1:21">
       <x:c r="A298" s="13" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="B298" s="14" t="s">
-        <x:v>337</x:v>
+        <x:v>330</x:v>
       </x:c>
       <x:c r="C298" s="15" t="n">
-        <x:v>38878</x:v>
+        <x:v>41007</x:v>
       </x:c>
       <x:c r="D298" s="15" t="s"/>
-      <x:c r="E298" s="14" t="s">
-[...4 lines deleted...]
-      </x:c>
+      <x:c r="E298" s="14" t="s"/>
+      <x:c r="F298" s="14" t="s"/>
       <x:c r="G298" s="14" t="s">
         <x:v>338</x:v>
       </x:c>
       <x:c r="H298" s="14" t="s">
         <x:v>339</x:v>
       </x:c>
       <x:c r="I298" s="16" t="s">
         <x:v>340</x:v>
       </x:c>
       <x:c r="J298" s="14" t="s">
-        <x:v>86</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="K298" s="14" t="s">
-        <x:v>107</x:v>
+        <x:v>46</x:v>
       </x:c>
       <x:c r="L298" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M298" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N298" s="15" t="n">
-        <x:v>22499</x:v>
+        <x:v>24054</x:v>
       </x:c>
       <x:c r="O298" s="14" t="s">
-        <x:v>175</x:v>
+        <x:v>40</x:v>
       </x:c>
       <x:c r="P298" s="14" t="s">
         <x:v>338</x:v>
       </x:c>
       <x:c r="Q298" s="16" t="s">
         <x:v>340</x:v>
       </x:c>
       <x:c r="R298" s="14" t="s">
-        <x:v>395</x:v>
+        <x:v>394</x:v>
       </x:c>
       <x:c r="S298" s="14" t="n">
-        <x:v>583834</x:v>
+        <x:v>587898</x:v>
       </x:c>
       <x:c r="T298" s="16" t="s">
-        <x:v>287</x:v>
+        <x:v>77</x:v>
       </x:c>
       <x:c r="U298" s="16" t="s">
-        <x:v>397</x:v>
+        <x:v>78</x:v>
       </x:c>
     </x:row>
     <x:row r="299" spans="1:21">
       <x:c r="A299" s="1" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="B299" s="0" t="s">
-        <x:v>326</x:v>
+        <x:v>337</x:v>
       </x:c>
       <x:c r="C299" s="3" t="n">
-        <x:v>41007</x:v>
+        <x:v>38878</x:v>
       </x:c>
       <x:c r="D299" s="3" t="s"/>
+      <x:c r="E299" s="0" t="s">
+        <x:v>121</x:v>
+      </x:c>
+      <x:c r="F299" s="0" t="s">
+        <x:v>122</x:v>
+      </x:c>
       <x:c r="G299" s="0" t="s">
         <x:v>338</x:v>
       </x:c>
       <x:c r="H299" s="0" t="s">
         <x:v>339</x:v>
       </x:c>
       <x:c r="I299" s="4" t="s">
         <x:v>340</x:v>
       </x:c>
       <x:c r="J299" s="0" t="s">
-        <x:v>27</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="K299" s="0" t="s">
-        <x:v>46</x:v>
+        <x:v>107</x:v>
       </x:c>
       <x:c r="L299" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M299" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N299" s="3" t="n">
-        <x:v>24054</x:v>
+        <x:v>22499</x:v>
       </x:c>
       <x:c r="O299" s="0" t="s">
-        <x:v>40</x:v>
+        <x:v>175</x:v>
       </x:c>
       <x:c r="P299" s="0" t="s">
         <x:v>338</x:v>
       </x:c>
       <x:c r="Q299" s="4" t="s">
         <x:v>340</x:v>
       </x:c>
       <x:c r="R299" s="0" t="s">
-        <x:v>394</x:v>
+        <x:v>395</x:v>
       </x:c>
       <x:c r="S299" s="0" t="n">
-        <x:v>587898</x:v>
+        <x:v>583834</x:v>
       </x:c>
       <x:c r="T299" s="4" t="s">
-        <x:v>77</x:v>
+        <x:v>287</x:v>
       </x:c>
       <x:c r="U299" s="4" t="s">
-        <x:v>78</x:v>
+        <x:v>397</x:v>
       </x:c>
     </x:row>
     <x:row r="300" spans="1:21">
       <x:c r="A300" s="13" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="B300" s="14" t="s">
-        <x:v>329</x:v>
+        <x:v>327</x:v>
       </x:c>
       <x:c r="C300" s="15" t="n">
         <x:v>36968</x:v>
       </x:c>
       <x:c r="D300" s="15" t="s"/>
       <x:c r="E300" s="14" t="s"/>
       <x:c r="F300" s="14" t="s"/>
       <x:c r="G300" s="14" t="s">
         <x:v>338</x:v>
       </x:c>
       <x:c r="H300" s="14" t="s">
         <x:v>339</x:v>
       </x:c>
       <x:c r="I300" s="16" t="s">
         <x:v>340</x:v>
       </x:c>
       <x:c r="J300" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K300" s="14" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="L300" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
@@ -19846,51 +19845,51 @@
       </x:c>
       <x:c r="P302" s="14" t="s">
         <x:v>338</x:v>
       </x:c>
       <x:c r="Q302" s="16" t="s">
         <x:v>340</x:v>
       </x:c>
       <x:c r="R302" s="14" t="s">
         <x:v>395</x:v>
       </x:c>
       <x:c r="S302" s="14" t="n">
         <x:v>613004</x:v>
       </x:c>
       <x:c r="T302" s="16" t="s">
         <x:v>287</x:v>
       </x:c>
       <x:c r="U302" s="16" t="s">
         <x:v>397</x:v>
       </x:c>
     </x:row>
     <x:row r="303" spans="1:21">
       <x:c r="A303" s="1" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="B303" s="0" t="s">
-        <x:v>329</x:v>
+        <x:v>327</x:v>
       </x:c>
       <x:c r="C303" s="3" t="n">
         <x:v>36968</x:v>
       </x:c>
       <x:c r="D303" s="3" t="s"/>
       <x:c r="G303" s="0" t="s">
         <x:v>338</x:v>
       </x:c>
       <x:c r="H303" s="0" t="s">
         <x:v>339</x:v>
       </x:c>
       <x:c r="I303" s="4" t="s">
         <x:v>340</x:v>
       </x:c>
       <x:c r="J303" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K303" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="L303" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M303" s="0" t="s">
         <x:v>30</x:v>
@@ -21206,132 +21205,132 @@
       <x:c r="S326" s="14" t="n">
         <x:v>597531</x:v>
       </x:c>
       <x:c r="T326" s="16" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="U326" s="16" t="s">
         <x:v>36</x:v>
       </x:c>
     </x:row>
     <x:row r="327" spans="1:21">
       <x:c r="A327" s="1" t="s">
         <x:v>299</x:v>
       </x:c>
       <x:c r="B327" s="0" t="s">
         <x:v>379</x:v>
       </x:c>
       <x:c r="C327" s="3" t="n">
         <x:v>41007</x:v>
       </x:c>
       <x:c r="D327" s="3" t="s"/>
       <x:c r="G327" s="0" t="s">
         <x:v>442</x:v>
       </x:c>
       <x:c r="I327" s="4" t="s">
-        <x:v>129</x:v>
+        <x:v>136</x:v>
       </x:c>
       <x:c r="J327" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K327" s="0" t="s">
         <x:v>303</x:v>
       </x:c>
       <x:c r="L327" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M327" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N327" s="3" t="n">
         <x:v>24054</x:v>
       </x:c>
       <x:c r="O327" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="P327" s="0" t="s">
         <x:v>442</x:v>
       </x:c>
       <x:c r="Q327" s="4" t="s">
-        <x:v>129</x:v>
+        <x:v>136</x:v>
       </x:c>
       <x:c r="R327" s="0" t="s">
         <x:v>108</x:v>
       </x:c>
       <x:c r="S327" s="0" t="n">
         <x:v>594146</x:v>
       </x:c>
       <x:c r="T327" s="4" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="U327" s="4" t="s">
         <x:v>36</x:v>
       </x:c>
     </x:row>
     <x:row r="328" spans="1:21">
       <x:c r="A328" s="13" t="s">
         <x:v>299</x:v>
       </x:c>
       <x:c r="B328" s="14" t="s">
         <x:v>405</x:v>
       </x:c>
       <x:c r="C328" s="15" t="n">
         <x:v>38878</x:v>
       </x:c>
       <x:c r="D328" s="15" t="s"/>
       <x:c r="E328" s="14" t="s"/>
       <x:c r="F328" s="14" t="s"/>
       <x:c r="G328" s="14" t="s">
         <x:v>442</x:v>
       </x:c>
       <x:c r="H328" s="14" t="s"/>
       <x:c r="I328" s="16" t="s">
-        <x:v>129</x:v>
+        <x:v>136</x:v>
       </x:c>
       <x:c r="J328" s="14" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="K328" s="14" t="s">
         <x:v>303</x:v>
       </x:c>
       <x:c r="L328" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M328" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N328" s="15" t="n">
         <x:v>22499</x:v>
       </x:c>
       <x:c r="O328" s="14" t="s">
         <x:v>175</x:v>
       </x:c>
       <x:c r="P328" s="14" t="s">
         <x:v>442</x:v>
       </x:c>
       <x:c r="Q328" s="16" t="s">
-        <x:v>129</x:v>
+        <x:v>136</x:v>
       </x:c>
       <x:c r="R328" s="14" t="s">
         <x:v>108</x:v>
       </x:c>
       <x:c r="S328" s="14" t="n">
         <x:v>597523</x:v>
       </x:c>
       <x:c r="T328" s="16" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="U328" s="16" t="s">
         <x:v>36</x:v>
       </x:c>
     </x:row>
     <x:row r="329" spans="1:21">
       <x:c r="A329" s="1" t="s">
         <x:v>299</x:v>
       </x:c>
       <x:c r="B329" s="0" t="s">
         <x:v>405</x:v>
       </x:c>
       <x:c r="C329" s="3" t="n">
         <x:v>38878</x:v>
       </x:c>
       <x:c r="D329" s="3" t="s"/>
@@ -21401,51 +21400,51 @@
       <x:c r="J330" s="14" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="K330" s="14" t="s">
         <x:v>303</x:v>
       </x:c>
       <x:c r="L330" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M330" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N330" s="15" t="n">
         <x:v>22499</x:v>
       </x:c>
       <x:c r="O330" s="14" t="s">
         <x:v>175</x:v>
       </x:c>
       <x:c r="P330" s="14" t="s">
         <x:v>446</x:v>
       </x:c>
       <x:c r="Q330" s="16" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="R330" s="14" t="s">
-        <x:v>140</x:v>
+        <x:v>147</x:v>
       </x:c>
       <x:c r="S330" s="14" t="n">
         <x:v>597510</x:v>
       </x:c>
       <x:c r="T330" s="16" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="U330" s="16" t="s">
         <x:v>36</x:v>
       </x:c>
     </x:row>
     <x:row r="331" spans="1:21">
       <x:c r="A331" s="1" t="s">
         <x:v>299</x:v>
       </x:c>
       <x:c r="B331" s="0" t="s">
         <x:v>405</x:v>
       </x:c>
       <x:c r="C331" s="3" t="n">
         <x:v>38878</x:v>
       </x:c>
       <x:c r="D331" s="3" t="s"/>
       <x:c r="G331" s="0" t="s">
         <x:v>447</x:v>
       </x:c>
@@ -21455,51 +21454,51 @@
       <x:c r="J331" s="0" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="K331" s="0" t="s">
         <x:v>303</x:v>
       </x:c>
       <x:c r="L331" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M331" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N331" s="3" t="n">
         <x:v>22499</x:v>
       </x:c>
       <x:c r="O331" s="0" t="s">
         <x:v>175</x:v>
       </x:c>
       <x:c r="P331" s="0" t="s">
         <x:v>447</x:v>
       </x:c>
       <x:c r="Q331" s="4" t="s">
         <x:v>448</x:v>
       </x:c>
       <x:c r="R331" s="0" t="s">
-        <x:v>147</x:v>
+        <x:v>154</x:v>
       </x:c>
       <x:c r="S331" s="0" t="n">
         <x:v>597533</x:v>
       </x:c>
       <x:c r="T331" s="4" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="U331" s="4" t="s">
         <x:v>36</x:v>
       </x:c>
     </x:row>
     <x:row r="332" spans="1:21">
       <x:c r="A332" s="13" t="s">
         <x:v>299</x:v>
       </x:c>
       <x:c r="B332" s="14" t="s">
         <x:v>405</x:v>
       </x:c>
       <x:c r="C332" s="15" t="n">
         <x:v>38878</x:v>
       </x:c>
       <x:c r="D332" s="15" t="s"/>
       <x:c r="E332" s="14" t="s"/>
       <x:c r="F332" s="14" t="s"/>
       <x:c r="G332" s="14" t="s">
@@ -21845,51 +21844,51 @@
       <x:c r="J338" s="14" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="K338" s="14" t="s">
         <x:v>303</x:v>
       </x:c>
       <x:c r="L338" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M338" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N338" s="15" t="n">
         <x:v>22499</x:v>
       </x:c>
       <x:c r="O338" s="14" t="s">
         <x:v>175</x:v>
       </x:c>
       <x:c r="P338" s="14" t="s">
         <x:v>457</x:v>
       </x:c>
       <x:c r="Q338" s="16" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="R338" s="14" t="s">
-        <x:v>140</x:v>
+        <x:v>147</x:v>
       </x:c>
       <x:c r="S338" s="14" t="n">
         <x:v>597534</x:v>
       </x:c>
       <x:c r="T338" s="16" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="U338" s="16" t="s">
         <x:v>36</x:v>
       </x:c>
     </x:row>
     <x:row r="339" spans="1:21">
       <x:c r="A339" s="1" t="s">
         <x:v>299</x:v>
       </x:c>
       <x:c r="B339" s="0" t="s">
         <x:v>458</x:v>
       </x:c>
       <x:c r="C339" s="3" t="s"/>
       <x:c r="D339" s="3" t="s"/>
       <x:c r="G339" s="0" t="s">
         <x:v>459</x:v>
       </x:c>
       <x:c r="I339" s="4" t="s">
         <x:v>460</x:v>
@@ -22176,51 +22175,51 @@
       <x:c r="L344" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M344" s="14" t="s">
         <x:v>229</x:v>
       </x:c>
       <x:c r="N344" s="15" t="n">
         <x:v>24054</x:v>
       </x:c>
       <x:c r="O344" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="P344" s="14" t="s">
         <x:v>464</x:v>
       </x:c>
       <x:c r="Q344" s="16" t="s">
         <x:v>407</x:v>
       </x:c>
       <x:c r="R344" s="14" t="s">
         <x:v>341</x:v>
       </x:c>
       <x:c r="S344" s="14" t="n">
         <x:v>556501</x:v>
       </x:c>
       <x:c r="T344" s="16" t="s">
-        <x:v>350</x:v>
+        <x:v>349</x:v>
       </x:c>
       <x:c r="U344" s="16" t="s">
         <x:v>54</x:v>
       </x:c>
     </x:row>
     <x:row r="345" spans="1:21">
       <x:c r="A345" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B345" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="C345" s="3" t="n">
         <x:v>41007</x:v>
       </x:c>
       <x:c r="D345" s="3" t="s"/>
       <x:c r="E345" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G345" s="0" t="s">
         <x:v>334</x:v>
       </x:c>
       <x:c r="I345" s="4" t="s">
         <x:v>335</x:v>
       </x:c>
@@ -22236,51 +22235,51 @@
       <x:c r="M345" s="0" t="s">
         <x:v>229</x:v>
       </x:c>
       <x:c r="N345" s="3" t="n">
         <x:v>24054</x:v>
       </x:c>
       <x:c r="O345" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="P345" s="0" t="s">
         <x:v>464</x:v>
       </x:c>
       <x:c r="Q345" s="4" t="s">
         <x:v>407</x:v>
       </x:c>
       <x:c r="R345" s="0" t="s">
         <x:v>341</x:v>
       </x:c>
       <x:c r="S345" s="0" t="n">
         <x:v>556502</x:v>
       </x:c>
       <x:c r="T345" s="4" t="s">
         <x:v>244</x:v>
       </x:c>
       <x:c r="U345" s="4" t="s">
-        <x:v>345</x:v>
+        <x:v>350</x:v>
       </x:c>
     </x:row>
     <x:row r="346" spans="1:21">
       <x:c r="A346" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B346" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="C346" s="15" t="n">
         <x:v>41007</x:v>
       </x:c>
       <x:c r="D346" s="15" t="s"/>
       <x:c r="E346" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F346" s="14" t="s"/>
       <x:c r="G346" s="14" t="s">
         <x:v>334</x:v>
       </x:c>
       <x:c r="H346" s="14" t="s"/>
       <x:c r="I346" s="16" t="s">
         <x:v>335</x:v>
       </x:c>
       <x:c r="J346" s="14" t="s">
@@ -22472,197 +22471,197 @@
       </x:c>
       <x:c r="P349" s="0" t="s">
         <x:v>468</x:v>
       </x:c>
       <x:c r="Q349" s="4" t="s">
         <x:v>469</x:v>
       </x:c>
       <x:c r="R349" s="0" t="s">
         <x:v>470</x:v>
       </x:c>
       <x:c r="S349" s="0" t="n">
         <x:v>597529</x:v>
       </x:c>
       <x:c r="T349" s="4" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="U349" s="4" t="s">
         <x:v>36</x:v>
       </x:c>
     </x:row>
     <x:row r="350" spans="1:21">
       <x:c r="A350" s="13" t="s">
         <x:v>299</x:v>
       </x:c>
       <x:c r="B350" s="14" t="s">
-        <x:v>300</x:v>
+        <x:v>305</x:v>
       </x:c>
       <x:c r="C350" s="15" t="s"/>
       <x:c r="D350" s="15" t="s"/>
       <x:c r="E350" s="14" t="s"/>
       <x:c r="F350" s="14" t="s"/>
       <x:c r="G350" s="14" t="s">
         <x:v>471</x:v>
       </x:c>
       <x:c r="H350" s="14" t="s"/>
       <x:c r="I350" s="16" t="s">
         <x:v>472</x:v>
       </x:c>
       <x:c r="J350" s="14" t="s"/>
       <x:c r="K350" s="14" t="s">
         <x:v>303</x:v>
       </x:c>
       <x:c r="L350" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M350" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N350" s="15" t="n">
         <x:v>24054</x:v>
       </x:c>
       <x:c r="O350" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="P350" s="14" t="s">
         <x:v>471</x:v>
       </x:c>
       <x:c r="Q350" s="16" t="s">
         <x:v>472</x:v>
       </x:c>
       <x:c r="R350" s="14" t="s">
         <x:v>473</x:v>
       </x:c>
       <x:c r="S350" s="14" t="n">
-        <x:v>592961</x:v>
+        <x:v>592900</x:v>
       </x:c>
       <x:c r="T350" s="16" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="U350" s="16" t="s">
         <x:v>78</x:v>
       </x:c>
     </x:row>
     <x:row r="351" spans="1:21">
       <x:c r="A351" s="1" t="s">
         <x:v>299</x:v>
       </x:c>
       <x:c r="B351" s="0" t="s">
-        <x:v>305</x:v>
+        <x:v>300</x:v>
       </x:c>
       <x:c r="C351" s="3" t="s"/>
       <x:c r="D351" s="3" t="s"/>
       <x:c r="G351" s="0" t="s">
         <x:v>471</x:v>
       </x:c>
       <x:c r="I351" s="4" t="s">
         <x:v>472</x:v>
       </x:c>
       <x:c r="K351" s="0" t="s">
         <x:v>303</x:v>
       </x:c>
       <x:c r="L351" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M351" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N351" s="3" t="n">
         <x:v>24054</x:v>
       </x:c>
       <x:c r="O351" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="P351" s="0" t="s">
         <x:v>471</x:v>
       </x:c>
       <x:c r="Q351" s="4" t="s">
         <x:v>472</x:v>
       </x:c>
       <x:c r="R351" s="0" t="s">
         <x:v>473</x:v>
       </x:c>
       <x:c r="S351" s="0" t="n">
-        <x:v>592900</x:v>
+        <x:v>592961</x:v>
       </x:c>
       <x:c r="T351" s="4" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="U351" s="4" t="s">
         <x:v>78</x:v>
       </x:c>
     </x:row>
     <x:row r="352" spans="1:21">
       <x:c r="A352" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B352" s="14" t="s">
         <x:v>403</x:v>
       </x:c>
       <x:c r="C352" s="15" t="n">
         <x:v>36968</x:v>
       </x:c>
       <x:c r="D352" s="15" t="s"/>
       <x:c r="E352" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F352" s="14" t="s"/>
       <x:c r="G352" s="14" t="s">
         <x:v>230</x:v>
       </x:c>
       <x:c r="H352" s="14" t="s">
         <x:v>231</x:v>
       </x:c>
       <x:c r="I352" s="16" t="s">
-        <x:v>129</x:v>
+        <x:v>136</x:v>
       </x:c>
       <x:c r="J352" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K352" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L352" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M352" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N352" s="15" t="n">
         <x:v>24431</x:v>
       </x:c>
       <x:c r="O352" s="14" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="P352" s="14" t="s">
         <x:v>474</x:v>
       </x:c>
       <x:c r="Q352" s="16" t="s">
         <x:v>314</x:v>
       </x:c>
       <x:c r="R352" s="14" t="s">
-        <x:v>147</x:v>
+        <x:v>154</x:v>
       </x:c>
       <x:c r="S352" s="14" t="n">
         <x:v>550275</x:v>
       </x:c>
       <x:c r="T352" s="16" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="U352" s="16" t="s">
         <x:v>78</x:v>
       </x:c>
     </x:row>
     <x:row r="353" spans="1:21">
       <x:c r="A353" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B353" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="C353" s="3" t="n">
         <x:v>41007</x:v>
       </x:c>
       <x:c r="D353" s="3" t="s"/>
       <x:c r="E353" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
@@ -22678,172 +22677,172 @@
       <x:c r="J353" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K353" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L353" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M353" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N353" s="3" t="n">
         <x:v>24054</x:v>
       </x:c>
       <x:c r="O353" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="P353" s="0" t="s">
         <x:v>474</x:v>
       </x:c>
       <x:c r="Q353" s="4" t="s">
         <x:v>314</x:v>
       </x:c>
       <x:c r="R353" s="0" t="s">
-        <x:v>147</x:v>
+        <x:v>154</x:v>
       </x:c>
       <x:c r="S353" s="0" t="n">
         <x:v>617499</x:v>
       </x:c>
       <x:c r="T353" s="4" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="U353" s="4" t="s">
         <x:v>36</x:v>
       </x:c>
     </x:row>
     <x:row r="354" spans="1:21">
       <x:c r="A354" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B354" s="14" t="s">
         <x:v>403</x:v>
       </x:c>
       <x:c r="C354" s="15" t="n">
         <x:v>36968</x:v>
       </x:c>
       <x:c r="D354" s="15" t="s"/>
       <x:c r="E354" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F354" s="14" t="s"/>
       <x:c r="G354" s="14" t="s">
         <x:v>230</x:v>
       </x:c>
       <x:c r="H354" s="14" t="s">
         <x:v>231</x:v>
       </x:c>
       <x:c r="I354" s="16" t="s">
-        <x:v>129</x:v>
+        <x:v>136</x:v>
       </x:c>
       <x:c r="J354" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K354" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L354" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M354" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N354" s="15" t="n">
         <x:v>24431</x:v>
       </x:c>
       <x:c r="O354" s="14" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="P354" s="14" t="s">
         <x:v>474</x:v>
       </x:c>
       <x:c r="Q354" s="16" t="s">
         <x:v>314</x:v>
       </x:c>
       <x:c r="R354" s="14" t="s">
-        <x:v>147</x:v>
+        <x:v>154</x:v>
       </x:c>
       <x:c r="S354" s="14" t="n">
         <x:v>519681</x:v>
       </x:c>
       <x:c r="T354" s="16" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="U354" s="16" t="s">
         <x:v>54</x:v>
       </x:c>
     </x:row>
     <x:row r="355" spans="1:21">
       <x:c r="A355" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B355" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="C355" s="3" t="n">
         <x:v>41007</x:v>
       </x:c>
       <x:c r="D355" s="3" t="s"/>
       <x:c r="E355" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G355" s="0" t="s">
         <x:v>230</x:v>
       </x:c>
       <x:c r="H355" s="0" t="s">
         <x:v>231</x:v>
       </x:c>
       <x:c r="I355" s="4" t="s">
-        <x:v>129</x:v>
+        <x:v>136</x:v>
       </x:c>
       <x:c r="J355" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K355" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L355" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M355" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N355" s="3" t="n">
         <x:v>24054</x:v>
       </x:c>
       <x:c r="O355" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="P355" s="0" t="s">
         <x:v>474</x:v>
       </x:c>
       <x:c r="Q355" s="4" t="s">
         <x:v>314</x:v>
       </x:c>
       <x:c r="R355" s="0" t="s">
-        <x:v>147</x:v>
+        <x:v>154</x:v>
       </x:c>
       <x:c r="S355" s="0" t="n">
         <x:v>550267</x:v>
       </x:c>
       <x:c r="T355" s="4" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="U355" s="4" t="s">
         <x:v>78</x:v>
       </x:c>
     </x:row>
     <x:row r="356" spans="1:21">
       <x:c r="A356" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B356" s="14" t="s">
         <x:v>171</x:v>
       </x:c>
       <x:c r="C356" s="15" t="n">
         <x:v>38878</x:v>
       </x:c>
       <x:c r="D356" s="15" t="s"/>
       <x:c r="E356" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
@@ -22858,232 +22857,232 @@
       <x:c r="J356" s="14" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="K356" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L356" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M356" s="14" t="s">
         <x:v>229</x:v>
       </x:c>
       <x:c r="N356" s="15" t="n">
         <x:v>22499</x:v>
       </x:c>
       <x:c r="O356" s="14" t="s">
         <x:v>175</x:v>
       </x:c>
       <x:c r="P356" s="14" t="s">
         <x:v>474</x:v>
       </x:c>
       <x:c r="Q356" s="16" t="s">
         <x:v>314</x:v>
       </x:c>
       <x:c r="R356" s="14" t="s">
-        <x:v>147</x:v>
+        <x:v>154</x:v>
       </x:c>
       <x:c r="S356" s="14" t="n">
         <x:v>556505</x:v>
       </x:c>
       <x:c r="T356" s="16" t="s">
         <x:v>336</x:v>
       </x:c>
       <x:c r="U356" s="16" t="s">
         <x:v>54</x:v>
       </x:c>
     </x:row>
     <x:row r="357" spans="1:21">
       <x:c r="A357" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B357" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="C357" s="3" t="n">
         <x:v>41007</x:v>
       </x:c>
       <x:c r="D357" s="3" t="s"/>
       <x:c r="E357" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G357" s="0" t="s">
         <x:v>230</x:v>
       </x:c>
       <x:c r="H357" s="0" t="s">
         <x:v>231</x:v>
       </x:c>
       <x:c r="I357" s="4" t="s">
-        <x:v>129</x:v>
+        <x:v>136</x:v>
       </x:c>
       <x:c r="J357" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K357" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L357" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M357" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N357" s="3" t="n">
         <x:v>24054</x:v>
       </x:c>
       <x:c r="O357" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="P357" s="0" t="s">
         <x:v>474</x:v>
       </x:c>
       <x:c r="Q357" s="4" t="s">
         <x:v>314</x:v>
       </x:c>
       <x:c r="R357" s="0" t="s">
-        <x:v>147</x:v>
+        <x:v>154</x:v>
       </x:c>
       <x:c r="S357" s="0" t="n">
         <x:v>500994</x:v>
       </x:c>
       <x:c r="T357" s="4" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="U357" s="4" t="s">
         <x:v>54</x:v>
       </x:c>
     </x:row>
     <x:row r="358" spans="1:21">
       <x:c r="A358" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B358" s="14" t="s">
         <x:v>403</x:v>
       </x:c>
       <x:c r="C358" s="15" t="n">
         <x:v>36968</x:v>
       </x:c>
       <x:c r="D358" s="15" t="s"/>
       <x:c r="E358" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F358" s="14" t="s"/>
       <x:c r="G358" s="14" t="s">
         <x:v>230</x:v>
       </x:c>
       <x:c r="H358" s="14" t="s">
         <x:v>231</x:v>
       </x:c>
       <x:c r="I358" s="16" t="s">
-        <x:v>129</x:v>
+        <x:v>136</x:v>
       </x:c>
       <x:c r="J358" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K358" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L358" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M358" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N358" s="15" t="n">
         <x:v>24431</x:v>
       </x:c>
       <x:c r="O358" s="14" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="P358" s="14" t="s">
         <x:v>474</x:v>
       </x:c>
       <x:c r="Q358" s="16" t="s">
         <x:v>314</x:v>
       </x:c>
       <x:c r="R358" s="14" t="s">
-        <x:v>147</x:v>
+        <x:v>154</x:v>
       </x:c>
       <x:c r="S358" s="14" t="n">
         <x:v>605704</x:v>
       </x:c>
       <x:c r="T358" s="16" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="U358" s="16" t="s">
         <x:v>36</x:v>
       </x:c>
     </x:row>
     <x:row r="359" spans="1:21">
       <x:c r="A359" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B359" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="C359" s="3" t="n">
         <x:v>41007</x:v>
       </x:c>
       <x:c r="D359" s="3" t="s"/>
       <x:c r="E359" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G359" s="0" t="s">
         <x:v>230</x:v>
       </x:c>
       <x:c r="H359" s="0" t="s">
         <x:v>231</x:v>
       </x:c>
       <x:c r="I359" s="4" t="s">
-        <x:v>129</x:v>
+        <x:v>136</x:v>
       </x:c>
       <x:c r="J359" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K359" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L359" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M359" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N359" s="3" t="n">
         <x:v>24054</x:v>
       </x:c>
       <x:c r="O359" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="P359" s="0" t="s">
         <x:v>474</x:v>
       </x:c>
       <x:c r="Q359" s="4" t="s">
         <x:v>314</x:v>
       </x:c>
       <x:c r="R359" s="0" t="s">
-        <x:v>147</x:v>
+        <x:v>154</x:v>
       </x:c>
       <x:c r="S359" s="0" t="n">
         <x:v>605696</x:v>
       </x:c>
       <x:c r="T359" s="4" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="U359" s="4" t="s">
         <x:v>36</x:v>
       </x:c>
     </x:row>
     <x:row r="360" spans="1:21">
       <x:c r="A360" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B360" s="14" t="s">
         <x:v>171</x:v>
       </x:c>
       <x:c r="C360" s="15" t="n">
         <x:v>38878</x:v>
       </x:c>
       <x:c r="D360" s="15" t="s"/>
       <x:c r="E360" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
@@ -23098,57 +23097,57 @@
       <x:c r="J360" s="14" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="K360" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L360" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M360" s="14" t="s">
         <x:v>229</x:v>
       </x:c>
       <x:c r="N360" s="15" t="n">
         <x:v>22499</x:v>
       </x:c>
       <x:c r="O360" s="14" t="s">
         <x:v>175</x:v>
       </x:c>
       <x:c r="P360" s="14" t="s">
         <x:v>474</x:v>
       </x:c>
       <x:c r="Q360" s="16" t="s">
         <x:v>314</x:v>
       </x:c>
       <x:c r="R360" s="14" t="s">
-        <x:v>147</x:v>
+        <x:v>154</x:v>
       </x:c>
       <x:c r="S360" s="14" t="n">
         <x:v>617348</x:v>
       </x:c>
       <x:c r="T360" s="16" t="s">
-        <x:v>132</x:v>
+        <x:v>139</x:v>
       </x:c>
       <x:c r="U360" s="16" t="s">
         <x:v>36</x:v>
       </x:c>
     </x:row>
     <x:row r="361" spans="1:21">
       <x:c r="A361" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B361" s="0" t="s">
         <x:v>171</x:v>
       </x:c>
       <x:c r="C361" s="3" t="n">
         <x:v>38878</x:v>
       </x:c>
       <x:c r="D361" s="3" t="s"/>
       <x:c r="E361" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G361" s="0" t="s">
         <x:v>320</x:v>
       </x:c>
       <x:c r="I361" s="4" t="s">
         <x:v>321</x:v>
       </x:c>
@@ -23217,114 +23216,114 @@
       <x:c r="K362" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L362" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M362" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N362" s="15" t="n">
         <x:v>22499</x:v>
       </x:c>
       <x:c r="O362" s="14" t="s">
         <x:v>175</x:v>
       </x:c>
       <x:c r="P362" s="14" t="s">
         <x:v>475</x:v>
       </x:c>
       <x:c r="Q362" s="16" t="s">
         <x:v>476</x:v>
       </x:c>
       <x:c r="R362" s="14" t="s">
         <x:v>322</x:v>
       </x:c>
       <x:c r="S362" s="14" t="n">
-        <x:v>547545</x:v>
+        <x:v>541515</x:v>
       </x:c>
       <x:c r="T362" s="16" t="s">
-        <x:v>77</x:v>
+        <x:v>255</x:v>
       </x:c>
       <x:c r="U362" s="16" t="s">
-        <x:v>78</x:v>
+        <x:v>54</x:v>
       </x:c>
     </x:row>
     <x:row r="363" spans="1:21">
       <x:c r="A363" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B363" s="0" t="s">
         <x:v>171</x:v>
       </x:c>
       <x:c r="C363" s="3" t="n">
         <x:v>38878</x:v>
       </x:c>
       <x:c r="D363" s="3" t="s"/>
       <x:c r="E363" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G363" s="0" t="s">
         <x:v>320</x:v>
       </x:c>
       <x:c r="I363" s="4" t="s">
         <x:v>321</x:v>
       </x:c>
       <x:c r="J363" s="0" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="K363" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L363" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M363" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N363" s="3" t="n">
         <x:v>22499</x:v>
       </x:c>
       <x:c r="O363" s="0" t="s">
         <x:v>175</x:v>
       </x:c>
       <x:c r="P363" s="0" t="s">
         <x:v>475</x:v>
       </x:c>
       <x:c r="Q363" s="4" t="s">
         <x:v>476</x:v>
       </x:c>
       <x:c r="R363" s="0" t="s">
         <x:v>322</x:v>
       </x:c>
       <x:c r="S363" s="0" t="n">
-        <x:v>541515</x:v>
+        <x:v>547545</x:v>
       </x:c>
       <x:c r="T363" s="4" t="s">
-        <x:v>255</x:v>
+        <x:v>77</x:v>
       </x:c>
       <x:c r="U363" s="4" t="s">
-        <x:v>54</x:v>
+        <x:v>78</x:v>
       </x:c>
     </x:row>
     <x:row r="364" spans="1:21">
       <x:c r="A364" s="13" t="s">
         <x:v>299</x:v>
       </x:c>
       <x:c r="B364" s="14" t="s">
         <x:v>405</x:v>
       </x:c>
       <x:c r="C364" s="15" t="n">
         <x:v>38878</x:v>
       </x:c>
       <x:c r="D364" s="15" t="s"/>
       <x:c r="E364" s="14" t="s"/>
       <x:c r="F364" s="14" t="s"/>
       <x:c r="G364" s="14" t="s">
         <x:v>477</x:v>
       </x:c>
       <x:c r="H364" s="14" t="s"/>
       <x:c r="I364" s="16" t="s">
         <x:v>478</x:v>
       </x:c>
       <x:c r="J364" s="14" t="s">
         <x:v>86</x:v>
       </x:c>
@@ -23345,241 +23344,241 @@
       </x:c>
       <x:c r="P364" s="14" t="s">
         <x:v>477</x:v>
       </x:c>
       <x:c r="Q364" s="16" t="s">
         <x:v>478</x:v>
       </x:c>
       <x:c r="R364" s="14" t="s">
         <x:v>479</x:v>
       </x:c>
       <x:c r="S364" s="14" t="n">
         <x:v>597525</x:v>
       </x:c>
       <x:c r="T364" s="16" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="U364" s="16" t="s">
         <x:v>36</x:v>
       </x:c>
     </x:row>
     <x:row r="365" spans="1:21">
       <x:c r="A365" s="1" t="s">
         <x:v>299</x:v>
       </x:c>
       <x:c r="B365" s="0" t="s">
-        <x:v>305</x:v>
+        <x:v>300</x:v>
       </x:c>
       <x:c r="C365" s="3" t="s"/>
       <x:c r="D365" s="3" t="s"/>
       <x:c r="G365" s="0" t="s">
         <x:v>480</x:v>
       </x:c>
       <x:c r="I365" s="4" t="s">
         <x:v>481</x:v>
       </x:c>
       <x:c r="K365" s="0" t="s">
         <x:v>303</x:v>
       </x:c>
       <x:c r="L365" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M365" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N365" s="3" t="n">
         <x:v>24054</x:v>
       </x:c>
       <x:c r="O365" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="P365" s="0" t="s">
         <x:v>480</x:v>
       </x:c>
       <x:c r="Q365" s="4" t="s">
         <x:v>481</x:v>
       </x:c>
       <x:c r="R365" s="0" t="s">
         <x:v>482</x:v>
       </x:c>
       <x:c r="S365" s="0" t="n">
-        <x:v>592898</x:v>
+        <x:v>592954</x:v>
       </x:c>
       <x:c r="T365" s="4" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="U365" s="4" t="s">
         <x:v>78</x:v>
       </x:c>
     </x:row>
     <x:row r="366" spans="1:21">
       <x:c r="A366" s="13" t="s">
         <x:v>299</x:v>
       </x:c>
       <x:c r="B366" s="14" t="s">
-        <x:v>483</x:v>
+        <x:v>310</x:v>
       </x:c>
       <x:c r="C366" s="15" t="s"/>
       <x:c r="D366" s="15" t="s"/>
       <x:c r="E366" s="14" t="s"/>
       <x:c r="F366" s="14" t="s"/>
       <x:c r="G366" s="14" t="s">
         <x:v>480</x:v>
       </x:c>
       <x:c r="H366" s="14" t="s"/>
       <x:c r="I366" s="16" t="s">
         <x:v>481</x:v>
       </x:c>
       <x:c r="J366" s="14" t="s"/>
       <x:c r="K366" s="14" t="s">
         <x:v>303</x:v>
       </x:c>
       <x:c r="L366" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M366" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N366" s="15" t="n">
-        <x:v>24054</x:v>
+        <x:v>11054</x:v>
       </x:c>
       <x:c r="O366" s="14" t="s">
-        <x:v>40</x:v>
+        <x:v>309</x:v>
       </x:c>
       <x:c r="P366" s="14" t="s">
         <x:v>480</x:v>
       </x:c>
       <x:c r="Q366" s="16" t="s">
         <x:v>481</x:v>
       </x:c>
       <x:c r="R366" s="14" t="s">
         <x:v>482</x:v>
       </x:c>
       <x:c r="S366" s="14" t="n">
-        <x:v>592942</x:v>
+        <x:v>592965</x:v>
       </x:c>
       <x:c r="T366" s="16" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="U366" s="16" t="s">
         <x:v>78</x:v>
       </x:c>
     </x:row>
     <x:row r="367" spans="1:21">
       <x:c r="A367" s="1" t="s">
         <x:v>299</x:v>
       </x:c>
       <x:c r="B367" s="0" t="s">
-        <x:v>300</x:v>
+        <x:v>305</x:v>
       </x:c>
       <x:c r="C367" s="3" t="s"/>
       <x:c r="D367" s="3" t="s"/>
       <x:c r="G367" s="0" t="s">
         <x:v>480</x:v>
       </x:c>
       <x:c r="I367" s="4" t="s">
         <x:v>481</x:v>
       </x:c>
       <x:c r="K367" s="0" t="s">
         <x:v>303</x:v>
       </x:c>
       <x:c r="L367" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M367" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N367" s="3" t="n">
         <x:v>24054</x:v>
       </x:c>
       <x:c r="O367" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="P367" s="0" t="s">
         <x:v>480</x:v>
       </x:c>
       <x:c r="Q367" s="4" t="s">
         <x:v>481</x:v>
       </x:c>
       <x:c r="R367" s="0" t="s">
         <x:v>482</x:v>
       </x:c>
       <x:c r="S367" s="0" t="n">
-        <x:v>592954</x:v>
+        <x:v>592898</x:v>
       </x:c>
       <x:c r="T367" s="4" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="U367" s="4" t="s">
         <x:v>78</x:v>
       </x:c>
     </x:row>
     <x:row r="368" spans="1:21">
       <x:c r="A368" s="13" t="s">
         <x:v>299</x:v>
       </x:c>
       <x:c r="B368" s="14" t="s">
-        <x:v>310</x:v>
+        <x:v>483</x:v>
       </x:c>
       <x:c r="C368" s="15" t="s"/>
       <x:c r="D368" s="15" t="s"/>
       <x:c r="E368" s="14" t="s"/>
       <x:c r="F368" s="14" t="s"/>
       <x:c r="G368" s="14" t="s">
         <x:v>480</x:v>
       </x:c>
       <x:c r="H368" s="14" t="s"/>
       <x:c r="I368" s="16" t="s">
         <x:v>481</x:v>
       </x:c>
       <x:c r="J368" s="14" t="s"/>
       <x:c r="K368" s="14" t="s">
         <x:v>303</x:v>
       </x:c>
       <x:c r="L368" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M368" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N368" s="15" t="n">
-        <x:v>11054</x:v>
+        <x:v>24054</x:v>
       </x:c>
       <x:c r="O368" s="14" t="s">
-        <x:v>309</x:v>
+        <x:v>40</x:v>
       </x:c>
       <x:c r="P368" s="14" t="s">
         <x:v>480</x:v>
       </x:c>
       <x:c r="Q368" s="16" t="s">
         <x:v>481</x:v>
       </x:c>
       <x:c r="R368" s="14" t="s">
         <x:v>482</x:v>
       </x:c>
       <x:c r="S368" s="14" t="n">
-        <x:v>592965</x:v>
+        <x:v>592942</x:v>
       </x:c>
       <x:c r="T368" s="16" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="U368" s="16" t="s">
         <x:v>78</x:v>
       </x:c>
     </x:row>
     <x:row r="369" spans="1:21">
       <x:c r="A369" s="1" t="s">
         <x:v>299</x:v>
       </x:c>
       <x:c r="B369" s="0" t="s">
         <x:v>308</x:v>
       </x:c>
       <x:c r="C369" s="3" t="s"/>
       <x:c r="D369" s="3" t="s"/>
       <x:c r="G369" s="0" t="s">
         <x:v>480</x:v>
       </x:c>
       <x:c r="I369" s="4" t="s">
         <x:v>481</x:v>
       </x:c>
       <x:c r="K369" s="0" t="s">
         <x:v>303</x:v>
@@ -23683,51 +23682,51 @@
       <x:c r="I371" s="4" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K371" s="0" t="s">
         <x:v>303</x:v>
       </x:c>
       <x:c r="L371" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M371" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N371" s="3" t="n">
         <x:v>11454</x:v>
       </x:c>
       <x:c r="O371" s="0" t="s">
         <x:v>307</x:v>
       </x:c>
       <x:c r="P371" s="0" t="s">
         <x:v>485</x:v>
       </x:c>
       <x:c r="Q371" s="4" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="R371" s="0" t="s">
-        <x:v>165</x:v>
+        <x:v>170</x:v>
       </x:c>
       <x:c r="S371" s="0" t="n">
         <x:v>594204</x:v>
       </x:c>
       <x:c r="T371" s="4" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="U371" s="4" t="s">
         <x:v>78</x:v>
       </x:c>
     </x:row>
     <x:row r="372" spans="1:21">
       <x:c r="A372" s="13" t="s">
         <x:v>299</x:v>
       </x:c>
       <x:c r="B372" s="14" t="s">
         <x:v>305</x:v>
       </x:c>
       <x:c r="C372" s="15" t="s"/>
       <x:c r="D372" s="15" t="s"/>
       <x:c r="E372" s="14" t="s"/>
       <x:c r="F372" s="14" t="s"/>
       <x:c r="G372" s="14" t="s">
         <x:v>485</x:v>
       </x:c>
@@ -23736,51 +23735,51 @@
         <x:v>26</x:v>
       </x:c>
       <x:c r="J372" s="14" t="s"/>
       <x:c r="K372" s="14" t="s">
         <x:v>303</x:v>
       </x:c>
       <x:c r="L372" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M372" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N372" s="15" t="n">
         <x:v>24054</x:v>
       </x:c>
       <x:c r="O372" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="P372" s="14" t="s">
         <x:v>485</x:v>
       </x:c>
       <x:c r="Q372" s="16" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="R372" s="14" t="s">
-        <x:v>165</x:v>
+        <x:v>170</x:v>
       </x:c>
       <x:c r="S372" s="14" t="n">
         <x:v>592899</x:v>
       </x:c>
       <x:c r="T372" s="16" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="U372" s="16" t="s">
         <x:v>78</x:v>
       </x:c>
     </x:row>
     <x:row r="373" spans="1:21">
       <x:c r="A373" s="1" t="s">
         <x:v>299</x:v>
       </x:c>
       <x:c r="B373" s="0" t="s">
         <x:v>405</x:v>
       </x:c>
       <x:c r="C373" s="3" t="n">
         <x:v>38878</x:v>
       </x:c>
       <x:c r="D373" s="3" t="s"/>
       <x:c r="G373" s="0" t="s">
         <x:v>486</x:v>
       </x:c>
@@ -23920,51 +23919,51 @@
       <x:c r="M375" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N375" s="3" t="n">
         <x:v>24054</x:v>
       </x:c>
       <x:c r="O375" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="P375" s="0" t="s">
         <x:v>489</x:v>
       </x:c>
       <x:c r="Q375" s="4" t="s">
         <x:v>460</x:v>
       </x:c>
       <x:c r="R375" s="0" t="s">
         <x:v>359</x:v>
       </x:c>
       <x:c r="S375" s="0" t="n">
         <x:v>556722</x:v>
       </x:c>
       <x:c r="T375" s="4" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="U375" s="4" t="s">
-        <x:v>360</x:v>
+        <x:v>361</x:v>
       </x:c>
     </x:row>
     <x:row r="376" spans="1:21">
       <x:c r="A376" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B376" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="C376" s="15" t="n">
         <x:v>41007</x:v>
       </x:c>
       <x:c r="D376" s="15" t="s"/>
       <x:c r="E376" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F376" s="14" t="s"/>
       <x:c r="G376" s="14" t="s">
         <x:v>354</x:v>
       </x:c>
       <x:c r="H376" s="14" t="s">
         <x:v>355</x:v>
       </x:c>
       <x:c r="I376" s="16" t="s">
         <x:v>356</x:v>
@@ -24270,51 +24269,51 @@
       <x:c r="L381" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M381" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N381" s="3" t="n">
         <x:v>24054</x:v>
       </x:c>
       <x:c r="O381" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="P381" s="0" t="s">
         <x:v>491</x:v>
       </x:c>
       <x:c r="Q381" s="4" t="s">
         <x:v>187</x:v>
       </x:c>
       <x:c r="R381" s="0" t="s">
         <x:v>188</x:v>
       </x:c>
       <x:c r="S381" s="0" t="n">
         <x:v>493129</x:v>
       </x:c>
       <x:c r="T381" s="4" t="s">
-        <x:v>350</x:v>
+        <x:v>349</x:v>
       </x:c>
       <x:c r="U381" s="4" t="s">
         <x:v>54</x:v>
       </x:c>
     </x:row>
     <x:row r="382" spans="1:21">
       <x:c r="A382" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B382" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="C382" s="15" t="n">
         <x:v>41007</x:v>
       </x:c>
       <x:c r="D382" s="15" t="s"/>
       <x:c r="E382" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F382" s="14" t="s"/>
       <x:c r="G382" s="14" t="s">
         <x:v>362</x:v>
       </x:c>
       <x:c r="H382" s="14" t="s"/>
       <x:c r="I382" s="16" t="s">
@@ -24386,51 +24385,51 @@
       <x:c r="L383" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M383" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N383" s="3" t="n">
         <x:v>24054</x:v>
       </x:c>
       <x:c r="O383" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="P383" s="0" t="s">
         <x:v>491</x:v>
       </x:c>
       <x:c r="Q383" s="4" t="s">
         <x:v>187</x:v>
       </x:c>
       <x:c r="R383" s="0" t="s">
         <x:v>188</x:v>
       </x:c>
       <x:c r="S383" s="0" t="n">
         <x:v>602243</x:v>
       </x:c>
       <x:c r="T383" s="4" t="s">
-        <x:v>141</x:v>
+        <x:v>148</x:v>
       </x:c>
       <x:c r="U383" s="4" t="s">
         <x:v>36</x:v>
       </x:c>
     </x:row>
     <x:row r="384" spans="1:21">
       <x:c r="A384" s="13" t="s">
         <x:v>299</x:v>
       </x:c>
       <x:c r="B384" s="14" t="s">
         <x:v>492</x:v>
       </x:c>
       <x:c r="C384" s="15" t="s"/>
       <x:c r="D384" s="15" t="s"/>
       <x:c r="E384" s="14" t="s"/>
       <x:c r="F384" s="14" t="s"/>
       <x:c r="G384" s="14" t="s">
         <x:v>493</x:v>
       </x:c>
       <x:c r="H384" s="14" t="s"/>
       <x:c r="I384" s="16" t="s">
         <x:v>494</x:v>
       </x:c>
       <x:c r="J384" s="14" t="s"/>
       <x:c r="K384" s="14" t="s">
@@ -25189,51 +25188,51 @@
       <x:c r="U398" s="16" t="s">
         <x:v>78</x:v>
       </x:c>
     </x:row>
     <x:row r="399" spans="1:21">
       <x:c r="A399" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B399" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C399" s="3" t="n">
         <x:v>36968</x:v>
       </x:c>
       <x:c r="D399" s="3" t="s"/>
       <x:c r="E399" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G399" s="0" t="s">
         <x:v>230</x:v>
       </x:c>
       <x:c r="H399" s="0" t="s">
         <x:v>231</x:v>
       </x:c>
       <x:c r="I399" s="4" t="s">
-        <x:v>129</x:v>
+        <x:v>136</x:v>
       </x:c>
       <x:c r="J399" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K399" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L399" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M399" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N399" s="3" t="n">
         <x:v>24431</x:v>
       </x:c>
       <x:c r="O399" s="0" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="P399" s="0" t="s">
         <x:v>505</x:v>
       </x:c>
       <x:c r="Q399" s="4" t="s">
         <x:v>506</x:v>
       </x:c>
@@ -25310,51 +25309,51 @@
       <x:c r="U400" s="16" t="s">
         <x:v>36</x:v>
       </x:c>
     </x:row>
     <x:row r="401" spans="1:21">
       <x:c r="A401" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B401" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C401" s="3" t="n">
         <x:v>36968</x:v>
       </x:c>
       <x:c r="D401" s="3" t="s"/>
       <x:c r="E401" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G401" s="0" t="s">
         <x:v>230</x:v>
       </x:c>
       <x:c r="H401" s="0" t="s">
         <x:v>231</x:v>
       </x:c>
       <x:c r="I401" s="4" t="s">
-        <x:v>129</x:v>
+        <x:v>136</x:v>
       </x:c>
       <x:c r="J401" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K401" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L401" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M401" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N401" s="3" t="n">
         <x:v>24431</x:v>
       </x:c>
       <x:c r="O401" s="0" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="P401" s="0" t="s">
         <x:v>505</x:v>
       </x:c>
       <x:c r="Q401" s="4" t="s">
         <x:v>506</x:v>
       </x:c>
@@ -25371,51 +25370,51 @@
         <x:v>36</x:v>
       </x:c>
     </x:row>
     <x:row r="402" spans="1:21">
       <x:c r="A402" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B402" s="14" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C402" s="15" t="n">
         <x:v>36968</x:v>
       </x:c>
       <x:c r="D402" s="15" t="s"/>
       <x:c r="E402" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F402" s="14" t="s"/>
       <x:c r="G402" s="14" t="s">
         <x:v>230</x:v>
       </x:c>
       <x:c r="H402" s="14" t="s">
         <x:v>231</x:v>
       </x:c>
       <x:c r="I402" s="16" t="s">
-        <x:v>129</x:v>
+        <x:v>136</x:v>
       </x:c>
       <x:c r="J402" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K402" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L402" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M402" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N402" s="15" t="n">
         <x:v>24431</x:v>
       </x:c>
       <x:c r="O402" s="14" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="P402" s="14" t="s">
         <x:v>505</x:v>
       </x:c>
       <x:c r="Q402" s="16" t="s">
         <x:v>506</x:v>
       </x:c>
@@ -26129,294 +26128,294 @@
       </x:c>
       <x:c r="P415" s="0" t="s">
         <x:v>513</x:v>
       </x:c>
       <x:c r="Q415" s="4" t="s">
         <x:v>514</x:v>
       </x:c>
       <x:c r="R415" s="0" t="s">
         <x:v>515</x:v>
       </x:c>
       <x:c r="S415" s="0" t="n">
         <x:v>597520</x:v>
       </x:c>
       <x:c r="T415" s="4" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="U415" s="4" t="s">
         <x:v>36</x:v>
       </x:c>
     </x:row>
     <x:row r="416" spans="1:21">
       <x:c r="A416" s="13" t="s">
         <x:v>299</x:v>
       </x:c>
       <x:c r="B416" s="14" t="s">
-        <x:v>300</x:v>
+        <x:v>492</x:v>
       </x:c>
       <x:c r="C416" s="15" t="s"/>
       <x:c r="D416" s="15" t="s"/>
       <x:c r="E416" s="14" t="s"/>
       <x:c r="F416" s="14" t="s"/>
       <x:c r="G416" s="14" t="s">
         <x:v>516</x:v>
       </x:c>
       <x:c r="H416" s="14" t="s"/>
       <x:c r="I416" s="16" t="s">
         <x:v>517</x:v>
       </x:c>
       <x:c r="J416" s="14" t="s"/>
       <x:c r="K416" s="14" t="s">
         <x:v>303</x:v>
       </x:c>
       <x:c r="L416" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M416" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N416" s="15" t="n">
-        <x:v>24054</x:v>
+        <x:v>11054</x:v>
       </x:c>
       <x:c r="O416" s="14" t="s">
-        <x:v>40</x:v>
+        <x:v>309</x:v>
       </x:c>
       <x:c r="P416" s="14" t="s">
         <x:v>516</x:v>
       </x:c>
       <x:c r="Q416" s="16" t="s">
         <x:v>517</x:v>
       </x:c>
       <x:c r="R416" s="14" t="s">
         <x:v>518</x:v>
       </x:c>
       <x:c r="S416" s="14" t="n">
-        <x:v>592955</x:v>
+        <x:v>595106</x:v>
       </x:c>
       <x:c r="T416" s="16" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="U416" s="16" t="s">
         <x:v>78</x:v>
       </x:c>
     </x:row>
     <x:row r="417" spans="1:21">
       <x:c r="A417" s="1" t="s">
         <x:v>299</x:v>
       </x:c>
       <x:c r="B417" s="0" t="s">
-        <x:v>310</x:v>
+        <x:v>300</x:v>
       </x:c>
       <x:c r="C417" s="3" t="s"/>
       <x:c r="D417" s="3" t="s"/>
       <x:c r="G417" s="0" t="s">
         <x:v>516</x:v>
       </x:c>
       <x:c r="I417" s="4" t="s">
         <x:v>517</x:v>
       </x:c>
       <x:c r="K417" s="0" t="s">
         <x:v>303</x:v>
       </x:c>
       <x:c r="L417" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M417" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N417" s="3" t="n">
-        <x:v>11054</x:v>
+        <x:v>24054</x:v>
       </x:c>
       <x:c r="O417" s="0" t="s">
-        <x:v>309</x:v>
+        <x:v>40</x:v>
       </x:c>
       <x:c r="P417" s="0" t="s">
         <x:v>516</x:v>
       </x:c>
       <x:c r="Q417" s="4" t="s">
         <x:v>517</x:v>
       </x:c>
       <x:c r="R417" s="0" t="s">
         <x:v>518</x:v>
       </x:c>
       <x:c r="S417" s="0" t="n">
-        <x:v>592967</x:v>
+        <x:v>592955</x:v>
       </x:c>
       <x:c r="T417" s="4" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="U417" s="4" t="s">
         <x:v>78</x:v>
       </x:c>
     </x:row>
     <x:row r="418" spans="1:21">
       <x:c r="A418" s="13" t="s">
         <x:v>299</x:v>
       </x:c>
       <x:c r="B418" s="14" t="s">
-        <x:v>306</x:v>
+        <x:v>310</x:v>
       </x:c>
       <x:c r="C418" s="15" t="s"/>
       <x:c r="D418" s="15" t="s"/>
       <x:c r="E418" s="14" t="s"/>
       <x:c r="F418" s="14" t="s"/>
       <x:c r="G418" s="14" t="s">
         <x:v>516</x:v>
       </x:c>
       <x:c r="H418" s="14" t="s"/>
       <x:c r="I418" s="16" t="s">
         <x:v>517</x:v>
       </x:c>
       <x:c r="J418" s="14" t="s"/>
       <x:c r="K418" s="14" t="s">
         <x:v>303</x:v>
       </x:c>
       <x:c r="L418" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M418" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N418" s="15" t="n">
-        <x:v>11454</x:v>
+        <x:v>11054</x:v>
       </x:c>
       <x:c r="O418" s="14" t="s">
-        <x:v>307</x:v>
+        <x:v>309</x:v>
       </x:c>
       <x:c r="P418" s="14" t="s">
         <x:v>516</x:v>
       </x:c>
       <x:c r="Q418" s="16" t="s">
         <x:v>517</x:v>
       </x:c>
       <x:c r="R418" s="14" t="s">
         <x:v>518</x:v>
       </x:c>
       <x:c r="S418" s="14" t="n">
-        <x:v>594207</x:v>
+        <x:v>592967</x:v>
       </x:c>
       <x:c r="T418" s="16" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="U418" s="16" t="s">
         <x:v>78</x:v>
       </x:c>
     </x:row>
     <x:row r="419" spans="1:21">
       <x:c r="A419" s="1" t="s">
         <x:v>299</x:v>
       </x:c>
       <x:c r="B419" s="0" t="s">
-        <x:v>519</x:v>
+        <x:v>306</x:v>
       </x:c>
       <x:c r="C419" s="3" t="s"/>
       <x:c r="D419" s="3" t="s"/>
       <x:c r="G419" s="0" t="s">
         <x:v>516</x:v>
       </x:c>
       <x:c r="I419" s="4" t="s">
         <x:v>517</x:v>
       </x:c>
       <x:c r="K419" s="0" t="s">
         <x:v>303</x:v>
       </x:c>
       <x:c r="L419" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M419" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N419" s="3" t="n">
-        <x:v>24054</x:v>
+        <x:v>11454</x:v>
       </x:c>
       <x:c r="O419" s="0" t="s">
-        <x:v>40</x:v>
+        <x:v>307</x:v>
       </x:c>
       <x:c r="P419" s="0" t="s">
         <x:v>516</x:v>
       </x:c>
       <x:c r="Q419" s="4" t="s">
         <x:v>517</x:v>
       </x:c>
       <x:c r="R419" s="0" t="s">
         <x:v>518</x:v>
       </x:c>
       <x:c r="S419" s="0" t="n">
-        <x:v>595856</x:v>
+        <x:v>594207</x:v>
       </x:c>
       <x:c r="T419" s="4" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="U419" s="4" t="s">
         <x:v>78</x:v>
       </x:c>
     </x:row>
     <x:row r="420" spans="1:21">
       <x:c r="A420" s="13" t="s">
         <x:v>299</x:v>
       </x:c>
       <x:c r="B420" s="14" t="s">
-        <x:v>492</x:v>
+        <x:v>519</x:v>
       </x:c>
       <x:c r="C420" s="15" t="s"/>
       <x:c r="D420" s="15" t="s"/>
       <x:c r="E420" s="14" t="s"/>
       <x:c r="F420" s="14" t="s"/>
       <x:c r="G420" s="14" t="s">
         <x:v>516</x:v>
       </x:c>
       <x:c r="H420" s="14" t="s"/>
       <x:c r="I420" s="16" t="s">
         <x:v>517</x:v>
       </x:c>
       <x:c r="J420" s="14" t="s"/>
       <x:c r="K420" s="14" t="s">
         <x:v>303</x:v>
       </x:c>
       <x:c r="L420" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M420" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N420" s="15" t="n">
-        <x:v>11054</x:v>
+        <x:v>24054</x:v>
       </x:c>
       <x:c r="O420" s="14" t="s">
-        <x:v>309</x:v>
+        <x:v>40</x:v>
       </x:c>
       <x:c r="P420" s="14" t="s">
         <x:v>516</x:v>
       </x:c>
       <x:c r="Q420" s="16" t="s">
         <x:v>517</x:v>
       </x:c>
       <x:c r="R420" s="14" t="s">
         <x:v>518</x:v>
       </x:c>
       <x:c r="S420" s="14" t="n">
-        <x:v>595106</x:v>
+        <x:v>595856</x:v>
       </x:c>
       <x:c r="T420" s="16" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="U420" s="16" t="s">
         <x:v>78</x:v>
       </x:c>
     </x:row>
     <x:row r="421" spans="1:21">
       <x:c r="A421" s="1" t="s">
         <x:v>299</x:v>
       </x:c>
       <x:c r="B421" s="0" t="s">
         <x:v>305</x:v>
       </x:c>
       <x:c r="C421" s="3" t="s"/>
       <x:c r="D421" s="3" t="s"/>
       <x:c r="G421" s="0" t="s">
         <x:v>516</x:v>
       </x:c>
       <x:c r="I421" s="4" t="s">
         <x:v>517</x:v>
       </x:c>
       <x:c r="K421" s="0" t="s">
         <x:v>303</x:v>
@@ -27538,54 +27537,54 @@
       <x:c r="L442" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M442" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N442" s="15" t="n">
         <x:v>15417</x:v>
       </x:c>
       <x:c r="O442" s="14" t="s">
         <x:v>240</x:v>
       </x:c>
       <x:c r="P442" s="14" t="s">
         <x:v>531</x:v>
       </x:c>
       <x:c r="Q442" s="16" t="s">
         <x:v>428</x:v>
       </x:c>
       <x:c r="R442" s="14" t="s">
         <x:v>371</x:v>
       </x:c>
       <x:c r="S442" s="14" t="n">
         <x:v>604388</x:v>
       </x:c>
       <x:c r="T442" s="16" t="s">
-        <x:v>145</x:v>
+        <x:v>152</x:v>
       </x:c>
       <x:c r="U442" s="16" t="s">
-        <x:v>131</x:v>
+        <x:v>138</x:v>
       </x:c>
     </x:row>
     <x:row r="443" spans="1:21">
       <x:c r="A443" s="1" t="s">
         <x:v>299</x:v>
       </x:c>
       <x:c r="B443" s="0" t="s">
         <x:v>405</x:v>
       </x:c>
       <x:c r="C443" s="3" t="n">
         <x:v>38878</x:v>
       </x:c>
       <x:c r="D443" s="3" t="s"/>
       <x:c r="G443" s="0" t="s">
         <x:v>532</x:v>
       </x:c>
       <x:c r="I443" s="4" t="s">
         <x:v>533</x:v>
       </x:c>
       <x:c r="J443" s="0" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="K443" s="0" t="s">
         <x:v>303</x:v>
       </x:c>
@@ -28333,51 +28332,51 @@
       <x:c r="J456" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K456" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L456" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M456" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N456" s="15" t="n">
         <x:v>24431</x:v>
       </x:c>
       <x:c r="O456" s="14" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="P456" s="14" t="s">
         <x:v>545</x:v>
       </x:c>
       <x:c r="Q456" s="16" t="s">
         <x:v>546</x:v>
       </x:c>
       <x:c r="R456" s="14" t="s">
-        <x:v>330</x:v>
+        <x:v>328</x:v>
       </x:c>
       <x:c r="S456" s="14" t="n">
         <x:v>494792</x:v>
       </x:c>
       <x:c r="T456" s="16" t="s">
         <x:v>255</x:v>
       </x:c>
       <x:c r="U456" s="16" t="s">
         <x:v>54</x:v>
       </x:c>
     </x:row>
     <x:row r="457" spans="1:21">
       <x:c r="A457" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B457" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C457" s="3" t="n">
         <x:v>36968</x:v>
       </x:c>
       <x:c r="D457" s="3" t="s"/>
       <x:c r="E457" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
@@ -28390,57 +28389,57 @@
       <x:c r="J457" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K457" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L457" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M457" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N457" s="3" t="n">
         <x:v>24431</x:v>
       </x:c>
       <x:c r="O457" s="0" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="P457" s="0" t="s">
         <x:v>545</x:v>
       </x:c>
       <x:c r="Q457" s="4" t="s">
         <x:v>546</x:v>
       </x:c>
       <x:c r="R457" s="0" t="s">
-        <x:v>330</x:v>
+        <x:v>328</x:v>
       </x:c>
       <x:c r="S457" s="0" t="n">
         <x:v>547617</x:v>
       </x:c>
       <x:c r="T457" s="4" t="s">
-        <x:v>331</x:v>
+        <x:v>329</x:v>
       </x:c>
       <x:c r="U457" s="4" t="s">
         <x:v>78</x:v>
       </x:c>
     </x:row>
     <x:row r="458" spans="1:21">
       <x:c r="A458" s="13" t="s">
         <x:v>299</x:v>
       </x:c>
       <x:c r="B458" s="14" t="s">
         <x:v>405</x:v>
       </x:c>
       <x:c r="C458" s="15" t="n">
         <x:v>38878</x:v>
       </x:c>
       <x:c r="D458" s="15" t="s"/>
       <x:c r="E458" s="14" t="s"/>
       <x:c r="F458" s="14" t="s"/>
       <x:c r="G458" s="14" t="s">
         <x:v>547</x:v>
       </x:c>
       <x:c r="H458" s="14" t="s"/>
       <x:c r="I458" s="16" t="s">
         <x:v>548</x:v>
       </x:c>
@@ -28891,51 +28890,51 @@
         <x:v>54</x:v>
       </x:c>
     </x:row>
     <x:row r="466" spans="1:21">
       <x:c r="A466" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B466" s="14" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C466" s="15" t="n">
         <x:v>36968</x:v>
       </x:c>
       <x:c r="D466" s="15" t="s"/>
       <x:c r="E466" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F466" s="14" t="s"/>
       <x:c r="G466" s="14" t="s">
         <x:v>230</x:v>
       </x:c>
       <x:c r="H466" s="14" t="s">
         <x:v>231</x:v>
       </x:c>
       <x:c r="I466" s="16" t="s">
-        <x:v>129</x:v>
+        <x:v>136</x:v>
       </x:c>
       <x:c r="J466" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K466" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L466" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M466" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N466" s="15" t="n">
         <x:v>24431</x:v>
       </x:c>
       <x:c r="O466" s="14" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="P466" s="14" t="s">
         <x:v>558</x:v>
       </x:c>
       <x:c r="Q466" s="16" t="s">
         <x:v>476</x:v>
       </x:c>
@@ -28951,51 +28950,51 @@
       <x:c r="U466" s="16" t="s">
         <x:v>559</x:v>
       </x:c>
     </x:row>
     <x:row r="467" spans="1:21">
       <x:c r="A467" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B467" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="C467" s="3" t="n">
         <x:v>41007</x:v>
       </x:c>
       <x:c r="D467" s="3" t="s"/>
       <x:c r="E467" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G467" s="0" t="s">
         <x:v>230</x:v>
       </x:c>
       <x:c r="H467" s="0" t="s">
         <x:v>231</x:v>
       </x:c>
       <x:c r="I467" s="4" t="s">
-        <x:v>129</x:v>
+        <x:v>136</x:v>
       </x:c>
       <x:c r="J467" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K467" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L467" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M467" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N467" s="3" t="n">
         <x:v>24054</x:v>
       </x:c>
       <x:c r="O467" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="P467" s="0" t="s">
         <x:v>558</x:v>
       </x:c>
       <x:c r="Q467" s="4" t="s">
         <x:v>476</x:v>
       </x:c>
@@ -29070,51 +29069,51 @@
       <x:c r="U468" s="16" t="s">
         <x:v>36</x:v>
       </x:c>
     </x:row>
     <x:row r="469" spans="1:21">
       <x:c r="A469" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B469" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="C469" s="3" t="n">
         <x:v>41007</x:v>
       </x:c>
       <x:c r="D469" s="3" t="s"/>
       <x:c r="E469" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G469" s="0" t="s">
         <x:v>230</x:v>
       </x:c>
       <x:c r="H469" s="0" t="s">
         <x:v>231</x:v>
       </x:c>
       <x:c r="I469" s="4" t="s">
-        <x:v>129</x:v>
+        <x:v>136</x:v>
       </x:c>
       <x:c r="J469" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K469" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L469" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M469" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N469" s="3" t="n">
         <x:v>24054</x:v>
       </x:c>
       <x:c r="O469" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="P469" s="0" t="s">
         <x:v>558</x:v>
       </x:c>
       <x:c r="Q469" s="4" t="s">
         <x:v>476</x:v>
       </x:c>
@@ -29131,51 +29130,51 @@
         <x:v>559</x:v>
       </x:c>
     </x:row>
     <x:row r="470" spans="1:21">
       <x:c r="A470" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B470" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="C470" s="15" t="n">
         <x:v>41007</x:v>
       </x:c>
       <x:c r="D470" s="15" t="s"/>
       <x:c r="E470" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F470" s="14" t="s"/>
       <x:c r="G470" s="14" t="s">
         <x:v>230</x:v>
       </x:c>
       <x:c r="H470" s="14" t="s">
         <x:v>231</x:v>
       </x:c>
       <x:c r="I470" s="16" t="s">
-        <x:v>129</x:v>
+        <x:v>136</x:v>
       </x:c>
       <x:c r="J470" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K470" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L470" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M470" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N470" s="15" t="n">
         <x:v>24054</x:v>
       </x:c>
       <x:c r="O470" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="P470" s="14" t="s">
         <x:v>558</x:v>
       </x:c>
       <x:c r="Q470" s="16" t="s">
         <x:v>476</x:v>
       </x:c>
@@ -29191,51 +29190,51 @@
       <x:c r="U470" s="16" t="s">
         <x:v>35</x:v>
       </x:c>
     </x:row>
     <x:row r="471" spans="1:21">
       <x:c r="A471" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B471" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C471" s="3" t="n">
         <x:v>36968</x:v>
       </x:c>
       <x:c r="D471" s="3" t="s"/>
       <x:c r="E471" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G471" s="0" t="s">
         <x:v>230</x:v>
       </x:c>
       <x:c r="H471" s="0" t="s">
         <x:v>231</x:v>
       </x:c>
       <x:c r="I471" s="4" t="s">
-        <x:v>129</x:v>
+        <x:v>136</x:v>
       </x:c>
       <x:c r="J471" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K471" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L471" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M471" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N471" s="3" t="n">
         <x:v>24431</x:v>
       </x:c>
       <x:c r="O471" s="0" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="P471" s="0" t="s">
         <x:v>558</x:v>
       </x:c>
       <x:c r="Q471" s="4" t="s">
         <x:v>476</x:v>
       </x:c>
@@ -29399,51 +29398,51 @@
       <x:c r="M474" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N474" s="15" t="n">
         <x:v>24054</x:v>
       </x:c>
       <x:c r="O474" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="P474" s="14" t="s">
         <x:v>558</x:v>
       </x:c>
       <x:c r="Q474" s="16" t="s">
         <x:v>476</x:v>
       </x:c>
       <x:c r="R474" s="14" t="s">
         <x:v>322</x:v>
       </x:c>
       <x:c r="S474" s="14" t="n">
         <x:v>547559</x:v>
       </x:c>
       <x:c r="T474" s="16" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="U474" s="16" t="s">
-        <x:v>327</x:v>
+        <x:v>331</x:v>
       </x:c>
     </x:row>
     <x:row r="475" spans="1:21">
       <x:c r="A475" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B475" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C475" s="3" t="n">
         <x:v>36968</x:v>
       </x:c>
       <x:c r="D475" s="3" t="s"/>
       <x:c r="E475" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G475" s="0" t="s">
         <x:v>320</x:v>
       </x:c>
       <x:c r="I475" s="4" t="s">
         <x:v>321</x:v>
       </x:c>
       <x:c r="J475" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
@@ -29481,51 +29480,51 @@
         <x:v>78</x:v>
       </x:c>
     </x:row>
     <x:row r="476" spans="1:21">
       <x:c r="A476" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B476" s="14" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C476" s="15" t="n">
         <x:v>36968</x:v>
       </x:c>
       <x:c r="D476" s="15" t="s"/>
       <x:c r="E476" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F476" s="14" t="s"/>
       <x:c r="G476" s="14" t="s">
         <x:v>230</x:v>
       </x:c>
       <x:c r="H476" s="14" t="s">
         <x:v>231</x:v>
       </x:c>
       <x:c r="I476" s="16" t="s">
-        <x:v>129</x:v>
+        <x:v>136</x:v>
       </x:c>
       <x:c r="J476" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K476" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L476" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M476" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N476" s="15" t="n">
         <x:v>24431</x:v>
       </x:c>
       <x:c r="O476" s="14" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="P476" s="14" t="s">
         <x:v>558</x:v>
       </x:c>
       <x:c r="Q476" s="16" t="s">
         <x:v>476</x:v>
       </x:c>
@@ -29676,51 +29675,51 @@
       <x:c r="J479" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K479" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L479" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M479" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N479" s="3" t="n">
         <x:v>24431</x:v>
       </x:c>
       <x:c r="O479" s="0" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="P479" s="0" t="s">
         <x:v>566</x:v>
       </x:c>
       <x:c r="Q479" s="4" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="R479" s="0" t="s">
-        <x:v>165</x:v>
+        <x:v>170</x:v>
       </x:c>
       <x:c r="S479" s="0" t="n">
         <x:v>494831</x:v>
       </x:c>
       <x:c r="T479" s="4" t="s">
         <x:v>255</x:v>
       </x:c>
       <x:c r="U479" s="4" t="s">
         <x:v>54</x:v>
       </x:c>
     </x:row>
     <x:row r="480" spans="1:21">
       <x:c r="A480" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B480" s="14" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C480" s="15" t="n">
         <x:v>36968</x:v>
       </x:c>
       <x:c r="D480" s="15" t="s"/>
       <x:c r="E480" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
@@ -29735,51 +29734,51 @@
       <x:c r="J480" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K480" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L480" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M480" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N480" s="15" t="n">
         <x:v>24431</x:v>
       </x:c>
       <x:c r="O480" s="14" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="P480" s="14" t="s">
         <x:v>566</x:v>
       </x:c>
       <x:c r="Q480" s="16" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="R480" s="14" t="s">
-        <x:v>165</x:v>
+        <x:v>170</x:v>
       </x:c>
       <x:c r="S480" s="14" t="n">
         <x:v>602323</x:v>
       </x:c>
       <x:c r="T480" s="16" t="s">
         <x:v>387</x:v>
       </x:c>
       <x:c r="U480" s="16" t="s">
         <x:v>36</x:v>
       </x:c>
     </x:row>
     <x:row r="481" spans="1:21">
       <x:c r="A481" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B481" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C481" s="3" t="n">
         <x:v>36968</x:v>
       </x:c>
       <x:c r="D481" s="3" t="s"/>
       <x:c r="E481" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
@@ -29792,51 +29791,51 @@
       <x:c r="J481" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K481" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L481" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M481" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N481" s="3" t="n">
         <x:v>24431</x:v>
       </x:c>
       <x:c r="O481" s="0" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="P481" s="0" t="s">
         <x:v>566</x:v>
       </x:c>
       <x:c r="Q481" s="4" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="R481" s="0" t="s">
-        <x:v>165</x:v>
+        <x:v>170</x:v>
       </x:c>
       <x:c r="S481" s="0" t="n">
         <x:v>547825</x:v>
       </x:c>
       <x:c r="T481" s="4" t="s">
         <x:v>392</x:v>
       </x:c>
       <x:c r="U481" s="4" t="s">
         <x:v>386</x:v>
       </x:c>
     </x:row>
     <x:row r="482" spans="1:21">
       <x:c r="A482" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B482" s="14" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C482" s="15" t="n">
         <x:v>36968</x:v>
       </x:c>
       <x:c r="D482" s="15" t="s"/>
       <x:c r="E482" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
@@ -29886,51 +29885,51 @@
       <x:c r="U482" s="16" t="s">
         <x:v>78</x:v>
       </x:c>
     </x:row>
     <x:row r="483" spans="1:21">
       <x:c r="A483" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B483" s="0" t="s">
         <x:v>171</x:v>
       </x:c>
       <x:c r="C483" s="3" t="n">
         <x:v>38878</x:v>
       </x:c>
       <x:c r="D483" s="3" t="s"/>
       <x:c r="E483" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G483" s="0" t="s">
         <x:v>230</x:v>
       </x:c>
       <x:c r="H483" s="0" t="s">
         <x:v>231</x:v>
       </x:c>
       <x:c r="I483" s="4" t="s">
-        <x:v>129</x:v>
+        <x:v>136</x:v>
       </x:c>
       <x:c r="J483" s="0" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="K483" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L483" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M483" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N483" s="3" t="n">
         <x:v>22499</x:v>
       </x:c>
       <x:c r="O483" s="0" t="s">
         <x:v>175</x:v>
       </x:c>
       <x:c r="P483" s="0" t="s">
         <x:v>567</x:v>
       </x:c>
       <x:c r="Q483" s="4" t="s">
         <x:v>568</x:v>
       </x:c>
@@ -29947,51 +29946,51 @@
         <x:v>78</x:v>
       </x:c>
     </x:row>
     <x:row r="484" spans="1:21">
       <x:c r="A484" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B484" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="C484" s="15" t="n">
         <x:v>41007</x:v>
       </x:c>
       <x:c r="D484" s="15" t="s"/>
       <x:c r="E484" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F484" s="14" t="s"/>
       <x:c r="G484" s="14" t="s">
         <x:v>230</x:v>
       </x:c>
       <x:c r="H484" s="14" t="s">
         <x:v>231</x:v>
       </x:c>
       <x:c r="I484" s="16" t="s">
-        <x:v>129</x:v>
+        <x:v>136</x:v>
       </x:c>
       <x:c r="J484" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K484" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L484" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M484" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N484" s="15" t="n">
         <x:v>24054</x:v>
       </x:c>
       <x:c r="O484" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="P484" s="14" t="s">
         <x:v>567</x:v>
       </x:c>
       <x:c r="Q484" s="16" t="s">
         <x:v>568</x:v>
       </x:c>
@@ -30184,51 +30183,51 @@
         <x:v>36</x:v>
       </x:c>
     </x:row>
     <x:row r="488" spans="1:21">
       <x:c r="A488" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B488" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="C488" s="15" t="n">
         <x:v>41007</x:v>
       </x:c>
       <x:c r="D488" s="15" t="s"/>
       <x:c r="E488" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F488" s="14" t="s"/>
       <x:c r="G488" s="14" t="s">
         <x:v>230</x:v>
       </x:c>
       <x:c r="H488" s="14" t="s">
         <x:v>231</x:v>
       </x:c>
       <x:c r="I488" s="16" t="s">
-        <x:v>129</x:v>
+        <x:v>136</x:v>
       </x:c>
       <x:c r="J488" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K488" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L488" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M488" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N488" s="15" t="n">
         <x:v>24054</x:v>
       </x:c>
       <x:c r="O488" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="P488" s="14" t="s">
         <x:v>567</x:v>
       </x:c>
       <x:c r="Q488" s="16" t="s">
         <x:v>568</x:v>
       </x:c>
@@ -30244,51 +30243,51 @@
       <x:c r="U488" s="16" t="s">
         <x:v>36</x:v>
       </x:c>
     </x:row>
     <x:row r="489" spans="1:21">
       <x:c r="A489" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B489" s="0" t="s">
         <x:v>171</x:v>
       </x:c>
       <x:c r="C489" s="3" t="n">
         <x:v>38878</x:v>
       </x:c>
       <x:c r="D489" s="3" t="s"/>
       <x:c r="E489" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G489" s="0" t="s">
         <x:v>230</x:v>
       </x:c>
       <x:c r="H489" s="0" t="s">
         <x:v>231</x:v>
       </x:c>
       <x:c r="I489" s="4" t="s">
-        <x:v>129</x:v>
+        <x:v>136</x:v>
       </x:c>
       <x:c r="J489" s="0" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="K489" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L489" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M489" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N489" s="3" t="n">
         <x:v>22499</x:v>
       </x:c>
       <x:c r="O489" s="0" t="s">
         <x:v>175</x:v>
       </x:c>
       <x:c r="P489" s="0" t="s">
         <x:v>567</x:v>
       </x:c>
       <x:c r="Q489" s="4" t="s">
         <x:v>568</x:v>
       </x:c>
@@ -30426,51 +30425,51 @@
         <x:v>78</x:v>
       </x:c>
     </x:row>
     <x:row r="492" spans="1:21">
       <x:c r="A492" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B492" s="14" t="s">
         <x:v>171</x:v>
       </x:c>
       <x:c r="C492" s="15" t="n">
         <x:v>38878</x:v>
       </x:c>
       <x:c r="D492" s="15" t="s"/>
       <x:c r="E492" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F492" s="14" t="s"/>
       <x:c r="G492" s="14" t="s">
         <x:v>230</x:v>
       </x:c>
       <x:c r="H492" s="14" t="s">
         <x:v>231</x:v>
       </x:c>
       <x:c r="I492" s="16" t="s">
-        <x:v>129</x:v>
+        <x:v>136</x:v>
       </x:c>
       <x:c r="J492" s="14" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="K492" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L492" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M492" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N492" s="15" t="n">
         <x:v>22499</x:v>
       </x:c>
       <x:c r="O492" s="14" t="s">
         <x:v>175</x:v>
       </x:c>
       <x:c r="P492" s="14" t="s">
         <x:v>567</x:v>
       </x:c>
       <x:c r="Q492" s="16" t="s">
         <x:v>568</x:v>
       </x:c>
@@ -30486,51 +30485,51 @@
       <x:c r="U492" s="16" t="s">
         <x:v>78</x:v>
       </x:c>
     </x:row>
     <x:row r="493" spans="1:21">
       <x:c r="A493" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B493" s="0" t="s">
         <x:v>171</x:v>
       </x:c>
       <x:c r="C493" s="3" t="n">
         <x:v>38878</x:v>
       </x:c>
       <x:c r="D493" s="3" t="s"/>
       <x:c r="E493" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G493" s="0" t="s">
         <x:v>230</x:v>
       </x:c>
       <x:c r="H493" s="0" t="s">
         <x:v>231</x:v>
       </x:c>
       <x:c r="I493" s="4" t="s">
-        <x:v>129</x:v>
+        <x:v>136</x:v>
       </x:c>
       <x:c r="J493" s="0" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="K493" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L493" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M493" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N493" s="3" t="n">
         <x:v>22499</x:v>
       </x:c>
       <x:c r="O493" s="0" t="s">
         <x:v>175</x:v>
       </x:c>
       <x:c r="P493" s="0" t="s">
         <x:v>567</x:v>
       </x:c>
       <x:c r="Q493" s="4" t="s">
         <x:v>568</x:v>
       </x:c>
@@ -30547,208 +30546,208 @@
         <x:v>54</x:v>
       </x:c>
     </x:row>
     <x:row r="494" spans="1:21">
       <x:c r="A494" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B494" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="C494" s="15" t="n">
         <x:v>41007</x:v>
       </x:c>
       <x:c r="D494" s="15" t="s"/>
       <x:c r="E494" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F494" s="14" t="s"/>
       <x:c r="G494" s="14" t="s">
         <x:v>230</x:v>
       </x:c>
       <x:c r="H494" s="14" t="s">
         <x:v>231</x:v>
       </x:c>
       <x:c r="I494" s="16" t="s">
-        <x:v>129</x:v>
+        <x:v>136</x:v>
       </x:c>
       <x:c r="J494" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K494" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L494" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M494" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N494" s="15" t="n">
         <x:v>24054</x:v>
       </x:c>
       <x:c r="O494" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="P494" s="14" t="s">
         <x:v>567</x:v>
       </x:c>
       <x:c r="Q494" s="16" t="s">
         <x:v>568</x:v>
       </x:c>
       <x:c r="R494" s="14" t="s">
         <x:v>393</x:v>
       </x:c>
       <x:c r="S494" s="14" t="n">
         <x:v>500993</x:v>
       </x:c>
       <x:c r="T494" s="16" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="U494" s="16" t="s">
         <x:v>54</x:v>
       </x:c>
     </x:row>
     <x:row r="495" spans="1:21">
       <x:c r="A495" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B495" s="0" t="s">
         <x:v>171</x:v>
       </x:c>
       <x:c r="C495" s="3" t="n">
-        <x:v>38878</x:v>
+        <x:v>25353</x:v>
       </x:c>
       <x:c r="D495" s="3" t="s"/>
       <x:c r="E495" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G495" s="0" t="s">
         <x:v>230</x:v>
       </x:c>
       <x:c r="H495" s="0" t="s">
         <x:v>231</x:v>
       </x:c>
       <x:c r="I495" s="4" t="s">
-        <x:v>129</x:v>
+        <x:v>136</x:v>
       </x:c>
       <x:c r="J495" s="0" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="K495" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L495" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M495" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N495" s="3" t="n">
         <x:v>22499</x:v>
       </x:c>
       <x:c r="O495" s="0" t="s">
         <x:v>175</x:v>
       </x:c>
       <x:c r="P495" s="0" t="s">
         <x:v>567</x:v>
       </x:c>
       <x:c r="Q495" s="4" t="s">
         <x:v>568</x:v>
       </x:c>
       <x:c r="R495" s="0" t="s">
         <x:v>393</x:v>
       </x:c>
       <x:c r="S495" s="0" t="n">
-        <x:v>605633</x:v>
+        <x:v>451213</x:v>
       </x:c>
       <x:c r="T495" s="4" t="s">
-        <x:v>35</x:v>
+        <x:v>223</x:v>
       </x:c>
       <x:c r="U495" s="4" t="s">
-        <x:v>224</x:v>
+        <x:v>54</x:v>
       </x:c>
     </x:row>
     <x:row r="496" spans="1:21">
       <x:c r="A496" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B496" s="14" t="s">
         <x:v>171</x:v>
       </x:c>
       <x:c r="C496" s="15" t="n">
-        <x:v>25353</x:v>
+        <x:v>38878</x:v>
       </x:c>
       <x:c r="D496" s="15" t="s"/>
       <x:c r="E496" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F496" s="14" t="s"/>
       <x:c r="G496" s="14" t="s">
         <x:v>230</x:v>
       </x:c>
       <x:c r="H496" s="14" t="s">
         <x:v>231</x:v>
       </x:c>
       <x:c r="I496" s="16" t="s">
-        <x:v>129</x:v>
+        <x:v>136</x:v>
       </x:c>
       <x:c r="J496" s="14" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="K496" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L496" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M496" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N496" s="15" t="n">
         <x:v>22499</x:v>
       </x:c>
       <x:c r="O496" s="14" t="s">
         <x:v>175</x:v>
       </x:c>
       <x:c r="P496" s="14" t="s">
         <x:v>567</x:v>
       </x:c>
       <x:c r="Q496" s="16" t="s">
         <x:v>568</x:v>
       </x:c>
       <x:c r="R496" s="14" t="s">
         <x:v>393</x:v>
       </x:c>
       <x:c r="S496" s="14" t="n">
-        <x:v>451213</x:v>
+        <x:v>605633</x:v>
       </x:c>
       <x:c r="T496" s="16" t="s">
-        <x:v>223</x:v>
+        <x:v>35</x:v>
       </x:c>
       <x:c r="U496" s="16" t="s">
-        <x:v>54</x:v>
+        <x:v>224</x:v>
       </x:c>
     </x:row>
     <x:row r="497" spans="1:21">
       <x:c r="A497" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B497" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C497" s="3" t="n">
         <x:v>36968</x:v>
       </x:c>
       <x:c r="D497" s="3" t="s"/>
       <x:c r="E497" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G497" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="I497" s="4" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="J497" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
@@ -30846,51 +30845,51 @@
       <x:c r="U498" s="16" t="s">
         <x:v>382</x:v>
       </x:c>
     </x:row>
     <x:row r="499" spans="1:21">
       <x:c r="A499" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B499" s="0" t="s">
         <x:v>171</x:v>
       </x:c>
       <x:c r="C499" s="3" t="n">
         <x:v>38878</x:v>
       </x:c>
       <x:c r="D499" s="3" t="s"/>
       <x:c r="E499" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G499" s="0" t="s">
         <x:v>230</x:v>
       </x:c>
       <x:c r="H499" s="0" t="s">
         <x:v>231</x:v>
       </x:c>
       <x:c r="I499" s="4" t="s">
-        <x:v>129</x:v>
+        <x:v>136</x:v>
       </x:c>
       <x:c r="J499" s="0" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="K499" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L499" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M499" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N499" s="3" t="n">
         <x:v>22499</x:v>
       </x:c>
       <x:c r="O499" s="0" t="s">
         <x:v>175</x:v>
       </x:c>
       <x:c r="P499" s="0" t="s">
         <x:v>567</x:v>
       </x:c>
       <x:c r="Q499" s="4" t="s">
         <x:v>568</x:v>
       </x:c>
@@ -31774,100 +31773,100 @@
         <x:v>26</x:v>
       </x:c>
       <x:c r="J516" s="14" t="s"/>
       <x:c r="K516" s="14" t="s">
         <x:v>303</x:v>
       </x:c>
       <x:c r="L516" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M516" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N516" s="15" t="n">
         <x:v>24054</x:v>
       </x:c>
       <x:c r="O516" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="P516" s="14" t="s">
         <x:v>579</x:v>
       </x:c>
       <x:c r="Q516" s="16" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="R516" s="14" t="s">
-        <x:v>165</x:v>
+        <x:v>170</x:v>
       </x:c>
       <x:c r="S516" s="14" t="n">
         <x:v>592905</x:v>
       </x:c>
       <x:c r="T516" s="16" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="U516" s="16" t="s">
         <x:v>78</x:v>
       </x:c>
     </x:row>
     <x:row r="517" spans="1:21">
       <x:c r="A517" s="1" t="s">
         <x:v>299</x:v>
       </x:c>
       <x:c r="B517" s="0" t="s">
         <x:v>300</x:v>
       </x:c>
       <x:c r="C517" s="3" t="s"/>
       <x:c r="D517" s="3" t="s"/>
       <x:c r="G517" s="0" t="s">
         <x:v>579</x:v>
       </x:c>
       <x:c r="I517" s="4" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K517" s="0" t="s">
         <x:v>303</x:v>
       </x:c>
       <x:c r="L517" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M517" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N517" s="3" t="n">
         <x:v>24054</x:v>
       </x:c>
       <x:c r="O517" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="P517" s="0" t="s">
         <x:v>579</x:v>
       </x:c>
       <x:c r="Q517" s="4" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="R517" s="0" t="s">
-        <x:v>165</x:v>
+        <x:v>170</x:v>
       </x:c>
       <x:c r="S517" s="0" t="n">
         <x:v>592959</x:v>
       </x:c>
       <x:c r="T517" s="4" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="U517" s="4" t="s">
         <x:v>78</x:v>
       </x:c>
     </x:row>
     <x:row r="518" spans="1:21">
       <x:c r="A518" s="13" t="s">
         <x:v>299</x:v>
       </x:c>
       <x:c r="B518" s="14" t="s">
         <x:v>305</x:v>
       </x:c>
       <x:c r="C518" s="15" t="s"/>
       <x:c r="D518" s="15" t="s"/>
       <x:c r="E518" s="14" t="s"/>
       <x:c r="F518" s="14" t="s"/>
       <x:c r="G518" s="14" t="s">
         <x:v>580</x:v>
       </x:c>
@@ -31942,192 +31941,192 @@
       </x:c>
       <x:c r="P519" s="0" t="s">
         <x:v>580</x:v>
       </x:c>
       <x:c r="Q519" s="4" t="s">
         <x:v>581</x:v>
       </x:c>
       <x:c r="R519" s="0" t="s">
         <x:v>582</x:v>
       </x:c>
       <x:c r="S519" s="0" t="n">
         <x:v>592957</x:v>
       </x:c>
       <x:c r="T519" s="4" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="U519" s="4" t="s">
         <x:v>78</x:v>
       </x:c>
     </x:row>
     <x:row r="520" spans="1:21">
       <x:c r="A520" s="13" t="s">
         <x:v>299</x:v>
       </x:c>
       <x:c r="B520" s="14" t="s">
-        <x:v>520</x:v>
+        <x:v>492</x:v>
       </x:c>
       <x:c r="C520" s="15" t="s"/>
       <x:c r="D520" s="15" t="s"/>
       <x:c r="E520" s="14" t="s"/>
       <x:c r="F520" s="14" t="s"/>
       <x:c r="G520" s="14" t="s">
         <x:v>580</x:v>
       </x:c>
       <x:c r="H520" s="14" t="s"/>
       <x:c r="I520" s="16" t="s">
         <x:v>581</x:v>
       </x:c>
       <x:c r="J520" s="14" t="s"/>
       <x:c r="K520" s="14" t="s">
         <x:v>303</x:v>
       </x:c>
       <x:c r="L520" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M520" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N520" s="15" t="n">
-        <x:v>24054</x:v>
+        <x:v>11054</x:v>
       </x:c>
       <x:c r="O520" s="14" t="s">
-        <x:v>40</x:v>
+        <x:v>309</x:v>
       </x:c>
       <x:c r="P520" s="14" t="s">
         <x:v>580</x:v>
       </x:c>
       <x:c r="Q520" s="16" t="s">
         <x:v>581</x:v>
       </x:c>
       <x:c r="R520" s="14" t="s">
         <x:v>582</x:v>
       </x:c>
       <x:c r="S520" s="14" t="n">
-        <x:v>592962</x:v>
+        <x:v>595108</x:v>
       </x:c>
       <x:c r="T520" s="16" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="U520" s="16" t="s">
         <x:v>78</x:v>
       </x:c>
     </x:row>
     <x:row r="521" spans="1:21">
       <x:c r="A521" s="1" t="s">
         <x:v>299</x:v>
       </x:c>
       <x:c r="B521" s="0" t="s">
-        <x:v>484</x:v>
+        <x:v>520</x:v>
       </x:c>
       <x:c r="C521" s="3" t="s"/>
       <x:c r="D521" s="3" t="s"/>
       <x:c r="G521" s="0" t="s">
         <x:v>580</x:v>
       </x:c>
       <x:c r="I521" s="4" t="s">
         <x:v>581</x:v>
       </x:c>
       <x:c r="K521" s="0" t="s">
         <x:v>303</x:v>
       </x:c>
       <x:c r="L521" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M521" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N521" s="3" t="n">
         <x:v>24054</x:v>
       </x:c>
       <x:c r="O521" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="P521" s="0" t="s">
         <x:v>580</x:v>
       </x:c>
       <x:c r="Q521" s="4" t="s">
         <x:v>581</x:v>
       </x:c>
       <x:c r="R521" s="0" t="s">
         <x:v>582</x:v>
       </x:c>
       <x:c r="S521" s="0" t="n">
-        <x:v>594656</x:v>
+        <x:v>592962</x:v>
       </x:c>
       <x:c r="T521" s="4" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="U521" s="4" t="s">
         <x:v>78</x:v>
       </x:c>
     </x:row>
     <x:row r="522" spans="1:21">
       <x:c r="A522" s="13" t="s">
         <x:v>299</x:v>
       </x:c>
       <x:c r="B522" s="14" t="s">
-        <x:v>492</x:v>
+        <x:v>484</x:v>
       </x:c>
       <x:c r="C522" s="15" t="s"/>
       <x:c r="D522" s="15" t="s"/>
       <x:c r="E522" s="14" t="s"/>
       <x:c r="F522" s="14" t="s"/>
       <x:c r="G522" s="14" t="s">
         <x:v>580</x:v>
       </x:c>
       <x:c r="H522" s="14" t="s"/>
       <x:c r="I522" s="16" t="s">
         <x:v>581</x:v>
       </x:c>
       <x:c r="J522" s="14" t="s"/>
       <x:c r="K522" s="14" t="s">
         <x:v>303</x:v>
       </x:c>
       <x:c r="L522" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M522" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N522" s="15" t="n">
-        <x:v>11054</x:v>
+        <x:v>24054</x:v>
       </x:c>
       <x:c r="O522" s="14" t="s">
-        <x:v>309</x:v>
+        <x:v>40</x:v>
       </x:c>
       <x:c r="P522" s="14" t="s">
         <x:v>580</x:v>
       </x:c>
       <x:c r="Q522" s="16" t="s">
         <x:v>581</x:v>
       </x:c>
       <x:c r="R522" s="14" t="s">
         <x:v>582</x:v>
       </x:c>
       <x:c r="S522" s="14" t="n">
-        <x:v>595108</x:v>
+        <x:v>594656</x:v>
       </x:c>
       <x:c r="T522" s="16" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="U522" s="16" t="s">
         <x:v>78</x:v>
       </x:c>
     </x:row>
     <x:row r="523" spans="1:21">
       <x:c r="A523" s="1" t="s">
         <x:v>299</x:v>
       </x:c>
       <x:c r="B523" s="0" t="s">
         <x:v>310</x:v>
       </x:c>
       <x:c r="C523" s="3" t="s"/>
       <x:c r="D523" s="3" t="s"/>
       <x:c r="G523" s="0" t="s">
         <x:v>580</x:v>
       </x:c>
       <x:c r="I523" s="4" t="s">
         <x:v>581</x:v>
       </x:c>
       <x:c r="K523" s="0" t="s">
         <x:v>303</x:v>
@@ -32353,51 +32352,51 @@
       <x:c r="L527" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M527" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N527" s="3" t="n">
         <x:v>24431</x:v>
       </x:c>
       <x:c r="O527" s="0" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="P527" s="0" t="s">
         <x:v>583</x:v>
       </x:c>
       <x:c r="Q527" s="4" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="R527" s="0" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="S527" s="0" t="n">
         <x:v>493132</x:v>
       </x:c>
       <x:c r="T527" s="4" t="s">
-        <x:v>350</x:v>
+        <x:v>349</x:v>
       </x:c>
       <x:c r="U527" s="4" t="s">
         <x:v>54</x:v>
       </x:c>
     </x:row>
     <x:row r="528" spans="1:21">
       <x:c r="A528" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B528" s="14" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C528" s="15" t="n">
         <x:v>36968</x:v>
       </x:c>
       <x:c r="D528" s="15" t="s"/>
       <x:c r="E528" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F528" s="14" t="s"/>
       <x:c r="G528" s="14" t="s">
         <x:v>362</x:v>
       </x:c>
       <x:c r="H528" s="14" t="s"/>
       <x:c r="I528" s="16" t="s">
@@ -32868,51 +32867,51 @@
       <x:c r="J536" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K536" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L536" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M536" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N536" s="15" t="n">
         <x:v>24054</x:v>
       </x:c>
       <x:c r="O536" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="P536" s="14" t="s">
         <x:v>590</x:v>
       </x:c>
       <x:c r="Q536" s="16" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="R536" s="14" t="s">
-        <x:v>165</x:v>
+        <x:v>170</x:v>
       </x:c>
       <x:c r="S536" s="14" t="n">
         <x:v>507323</x:v>
       </x:c>
       <x:c r="T536" s="16" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="U536" s="16" t="s">
         <x:v>54</x:v>
       </x:c>
     </x:row>
     <x:row r="537" spans="1:21">
       <x:c r="A537" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B537" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="C537" s="3" t="n">
         <x:v>41007</x:v>
       </x:c>
       <x:c r="D537" s="3" t="s"/>
       <x:c r="E537" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
@@ -32928,51 +32927,51 @@
       <x:c r="J537" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K537" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L537" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M537" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N537" s="3" t="n">
         <x:v>24054</x:v>
       </x:c>
       <x:c r="O537" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="P537" s="0" t="s">
         <x:v>590</x:v>
       </x:c>
       <x:c r="Q537" s="4" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="R537" s="0" t="s">
-        <x:v>165</x:v>
+        <x:v>170</x:v>
       </x:c>
       <x:c r="S537" s="0" t="n">
         <x:v>609584</x:v>
       </x:c>
       <x:c r="T537" s="4" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="U537" s="4" t="s">
         <x:v>36</x:v>
       </x:c>
     </x:row>
     <x:row r="538" spans="1:21">
       <x:c r="A538" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B538" s="14" t="s">
         <x:v>171</x:v>
       </x:c>
       <x:c r="C538" s="15" t="n">
         <x:v>25353</x:v>
       </x:c>
       <x:c r="D538" s="15" t="s"/>
       <x:c r="E538" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
@@ -32989,51 +32988,51 @@
       <x:c r="J538" s="14" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="K538" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L538" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M538" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N538" s="15" t="n">
         <x:v>22499</x:v>
       </x:c>
       <x:c r="O538" s="14" t="s">
         <x:v>175</x:v>
       </x:c>
       <x:c r="P538" s="14" t="s">
         <x:v>590</x:v>
       </x:c>
       <x:c r="Q538" s="16" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="R538" s="14" t="s">
-        <x:v>165</x:v>
+        <x:v>170</x:v>
       </x:c>
       <x:c r="S538" s="14" t="n">
         <x:v>455472</x:v>
       </x:c>
       <x:c r="T538" s="16" t="s">
         <x:v>223</x:v>
       </x:c>
       <x:c r="U538" s="16" t="s">
         <x:v>54</x:v>
       </x:c>
     </x:row>
     <x:row r="539" spans="1:21">
       <x:c r="A539" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B539" s="0" t="s">
         <x:v>171</x:v>
       </x:c>
       <x:c r="C539" s="3" t="n">
         <x:v>38878</x:v>
       </x:c>
       <x:c r="D539" s="3" t="s"/>
       <x:c r="E539" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
@@ -33049,51 +33048,51 @@
       <x:c r="J539" s="0" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="K539" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L539" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M539" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N539" s="3" t="n">
         <x:v>22499</x:v>
       </x:c>
       <x:c r="O539" s="0" t="s">
         <x:v>175</x:v>
       </x:c>
       <x:c r="P539" s="0" t="s">
         <x:v>590</x:v>
       </x:c>
       <x:c r="Q539" s="4" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="R539" s="0" t="s">
-        <x:v>165</x:v>
+        <x:v>170</x:v>
       </x:c>
       <x:c r="S539" s="0" t="n">
         <x:v>609583</x:v>
       </x:c>
       <x:c r="T539" s="4" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="U539" s="4" t="s">
         <x:v>224</x:v>
       </x:c>
     </x:row>
     <x:row r="540" spans="1:21">
       <x:c r="A540" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B540" s="14" t="s">
         <x:v>171</x:v>
       </x:c>
       <x:c r="C540" s="15" t="n">
         <x:v>38878</x:v>
       </x:c>
       <x:c r="D540" s="15" t="s"/>
       <x:c r="E540" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
@@ -33110,51 +33109,51 @@
       <x:c r="J540" s="14" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="K540" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L540" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M540" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N540" s="15" t="n">
         <x:v>22499</x:v>
       </x:c>
       <x:c r="O540" s="14" t="s">
         <x:v>175</x:v>
       </x:c>
       <x:c r="P540" s="14" t="s">
         <x:v>590</x:v>
       </x:c>
       <x:c r="Q540" s="16" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="R540" s="14" t="s">
-        <x:v>165</x:v>
+        <x:v>170</x:v>
       </x:c>
       <x:c r="S540" s="14" t="n">
         <x:v>556822</x:v>
       </x:c>
       <x:c r="T540" s="16" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="U540" s="16" t="s">
         <x:v>36</x:v>
       </x:c>
     </x:row>
     <x:row r="541" spans="1:21">
       <x:c r="A541" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B541" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="C541" s="3" t="n">
         <x:v>41007</x:v>
       </x:c>
       <x:c r="D541" s="3" t="s"/>
       <x:c r="E541" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
@@ -33170,51 +33169,51 @@
       <x:c r="J541" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K541" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L541" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M541" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N541" s="3" t="n">
         <x:v>24054</x:v>
       </x:c>
       <x:c r="O541" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="P541" s="0" t="s">
         <x:v>590</x:v>
       </x:c>
       <x:c r="Q541" s="4" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="R541" s="0" t="s">
-        <x:v>165</x:v>
+        <x:v>170</x:v>
       </x:c>
       <x:c r="S541" s="0" t="n">
         <x:v>556825</x:v>
       </x:c>
       <x:c r="T541" s="4" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="U541" s="4" t="s">
         <x:v>78</x:v>
       </x:c>
     </x:row>
     <x:row r="542" spans="1:21">
       <x:c r="A542" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B542" s="14" t="s">
         <x:v>591</x:v>
       </x:c>
       <x:c r="C542" s="15" t="n">
         <x:v>30117</x:v>
       </x:c>
       <x:c r="D542" s="15" t="s"/>
       <x:c r="E542" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
@@ -33231,51 +33230,51 @@
       <x:c r="J542" s="14" t="s">
         <x:v>234</x:v>
       </x:c>
       <x:c r="K542" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L542" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M542" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N542" s="15" t="n">
         <x:v>24054</x:v>
       </x:c>
       <x:c r="O542" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="P542" s="14" t="s">
         <x:v>590</x:v>
       </x:c>
       <x:c r="Q542" s="16" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="R542" s="14" t="s">
-        <x:v>165</x:v>
+        <x:v>170</x:v>
       </x:c>
       <x:c r="S542" s="14" t="n">
         <x:v>558162</x:v>
       </x:c>
       <x:c r="T542" s="16" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="U542" s="16" t="s">
         <x:v>183</x:v>
       </x:c>
     </x:row>
     <x:row r="543" spans="1:21">
       <x:c r="A543" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B543" s="0" t="s">
         <x:v>171</x:v>
       </x:c>
       <x:c r="C543" s="3" t="n">
         <x:v>38878</x:v>
       </x:c>
       <x:c r="D543" s="3" t="s"/>
       <x:c r="E543" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
@@ -33291,51 +33290,51 @@
       <x:c r="J543" s="0" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="K543" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L543" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M543" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N543" s="3" t="n">
         <x:v>22499</x:v>
       </x:c>
       <x:c r="O543" s="0" t="s">
         <x:v>175</x:v>
       </x:c>
       <x:c r="P543" s="0" t="s">
         <x:v>590</x:v>
       </x:c>
       <x:c r="Q543" s="4" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="R543" s="0" t="s">
-        <x:v>165</x:v>
+        <x:v>170</x:v>
       </x:c>
       <x:c r="S543" s="0" t="n">
         <x:v>541507</x:v>
       </x:c>
       <x:c r="T543" s="4" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="U543" s="4" t="s">
         <x:v>78</x:v>
       </x:c>
     </x:row>
     <x:row r="544" spans="1:21">
       <x:c r="A544" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B544" s="14" t="s">
         <x:v>591</x:v>
       </x:c>
       <x:c r="C544" s="15" t="n">
         <x:v>40033</x:v>
       </x:c>
       <x:c r="D544" s="15" t="s"/>
       <x:c r="E544" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
@@ -33352,51 +33351,51 @@
       <x:c r="J544" s="14" t="s">
         <x:v>234</x:v>
       </x:c>
       <x:c r="K544" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L544" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M544" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N544" s="15" t="n">
         <x:v>24054</x:v>
       </x:c>
       <x:c r="O544" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="P544" s="14" t="s">
         <x:v>590</x:v>
       </x:c>
       <x:c r="Q544" s="16" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="R544" s="14" t="s">
-        <x:v>165</x:v>
+        <x:v>170</x:v>
       </x:c>
       <x:c r="S544" s="14" t="n">
         <x:v>611487</x:v>
       </x:c>
       <x:c r="T544" s="16" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="U544" s="16" t="s">
         <x:v>180</x:v>
       </x:c>
     </x:row>
     <x:row r="545" spans="1:21">
       <x:c r="A545" s="1" t="s">
         <x:v>299</x:v>
       </x:c>
       <x:c r="B545" s="0" t="s">
         <x:v>405</x:v>
       </x:c>
       <x:c r="C545" s="3" t="n">
         <x:v>38878</x:v>
       </x:c>
       <x:c r="D545" s="3" t="s"/>
       <x:c r="G545" s="0" t="s">
         <x:v>595</x:v>
       </x:c>
@@ -33784,51 +33783,51 @@
       <x:c r="J552" s="14" t="s">
         <x:v>234</x:v>
       </x:c>
       <x:c r="K552" s="14" t="s">
         <x:v>303</x:v>
       </x:c>
       <x:c r="L552" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M552" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N552" s="15" t="n">
         <x:v>23054</x:v>
       </x:c>
       <x:c r="O552" s="14" t="s">
         <x:v>614</x:v>
       </x:c>
       <x:c r="P552" s="14" t="s">
         <x:v>615</x:v>
       </x:c>
       <x:c r="Q552" s="16" t="s">
         <x:v>616</x:v>
       </x:c>
       <x:c r="R552" s="14" t="s">
-        <x:v>154</x:v>
+        <x:v>161</x:v>
       </x:c>
       <x:c r="S552" s="14" t="n">
         <x:v>596738</x:v>
       </x:c>
       <x:c r="T552" s="16" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="U552" s="16" t="s">
         <x:v>224</x:v>
       </x:c>
     </x:row>
     <x:row r="553" spans="1:21">
       <x:c r="A553" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B553" s="0" t="s">
         <x:v>617</x:v>
       </x:c>
       <x:c r="C553" s="3" t="n">
         <x:v>35498</x:v>
       </x:c>
       <x:c r="D553" s="3" t="s"/>
       <x:c r="E553" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
@@ -33844,51 +33843,51 @@
       <x:c r="J553" s="0" t="s">
         <x:v>234</x:v>
       </x:c>
       <x:c r="K553" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L553" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M553" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N553" s="3" t="n">
         <x:v>23054</x:v>
       </x:c>
       <x:c r="O553" s="0" t="s">
         <x:v>614</x:v>
       </x:c>
       <x:c r="P553" s="0" t="s">
         <x:v>620</x:v>
       </x:c>
       <x:c r="Q553" s="4" t="s">
         <x:v>616</x:v>
       </x:c>
       <x:c r="R553" s="0" t="s">
-        <x:v>154</x:v>
+        <x:v>161</x:v>
       </x:c>
       <x:c r="S553" s="0" t="n">
         <x:v>602543</x:v>
       </x:c>
       <x:c r="T553" s="4" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="U553" s="4" t="s">
         <x:v>621</x:v>
       </x:c>
     </x:row>
     <x:row r="554" spans="1:21">
       <x:c r="A554" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B554" s="14" t="s">
         <x:v>617</x:v>
       </x:c>
       <x:c r="C554" s="15" t="n">
         <x:v>35498</x:v>
       </x:c>
       <x:c r="D554" s="15" t="s"/>
       <x:c r="E554" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
@@ -33905,120 +33904,120 @@
       <x:c r="J554" s="14" t="s">
         <x:v>234</x:v>
       </x:c>
       <x:c r="K554" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L554" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M554" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N554" s="15" t="n">
         <x:v>23054</x:v>
       </x:c>
       <x:c r="O554" s="14" t="s">
         <x:v>614</x:v>
       </x:c>
       <x:c r="P554" s="14" t="s">
         <x:v>620</x:v>
       </x:c>
       <x:c r="Q554" s="16" t="s">
         <x:v>616</x:v>
       </x:c>
       <x:c r="R554" s="14" t="s">
-        <x:v>154</x:v>
+        <x:v>161</x:v>
       </x:c>
       <x:c r="S554" s="14" t="n">
-        <x:v>510678</x:v>
+        <x:v>556134</x:v>
       </x:c>
       <x:c r="T554" s="16" t="s">
-        <x:v>79</x:v>
+        <x:v>77</x:v>
       </x:c>
       <x:c r="U554" s="16" t="s">
-        <x:v>622</x:v>
+        <x:v>38</x:v>
       </x:c>
     </x:row>
     <x:row r="555" spans="1:21">
       <x:c r="A555" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B555" s="0" t="s">
         <x:v>617</x:v>
       </x:c>
       <x:c r="C555" s="3" t="n">
         <x:v>35498</x:v>
       </x:c>
       <x:c r="D555" s="3" t="s"/>
       <x:c r="E555" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G555" s="0" t="s">
         <x:v>618</x:v>
       </x:c>
       <x:c r="H555" s="0" t="s">
         <x:v>619</x:v>
       </x:c>
       <x:c r="I555" s="4" t="s">
         <x:v>227</x:v>
       </x:c>
       <x:c r="J555" s="0" t="s">
         <x:v>234</x:v>
       </x:c>
       <x:c r="K555" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L555" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M555" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N555" s="3" t="n">
         <x:v>23054</x:v>
       </x:c>
       <x:c r="O555" s="0" t="s">
         <x:v>614</x:v>
       </x:c>
       <x:c r="P555" s="0" t="s">
         <x:v>620</x:v>
       </x:c>
       <x:c r="Q555" s="4" t="s">
         <x:v>616</x:v>
       </x:c>
       <x:c r="R555" s="0" t="s">
-        <x:v>154</x:v>
+        <x:v>161</x:v>
       </x:c>
       <x:c r="S555" s="0" t="n">
-        <x:v>556134</x:v>
+        <x:v>510678</x:v>
       </x:c>
       <x:c r="T555" s="4" t="s">
-        <x:v>77</x:v>
+        <x:v>79</x:v>
       </x:c>
       <x:c r="U555" s="4" t="s">
-        <x:v>38</x:v>
+        <x:v>622</x:v>
       </x:c>
     </x:row>
     <x:row r="556" spans="1:21">
       <x:c r="A556" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B556" s="14" t="s">
         <x:v>617</x:v>
       </x:c>
       <x:c r="C556" s="15" t="n">
         <x:v>35498</x:v>
       </x:c>
       <x:c r="D556" s="15" t="s"/>
       <x:c r="E556" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F556" s="14" t="s"/>
       <x:c r="G556" s="14" t="s">
         <x:v>618</x:v>
       </x:c>
       <x:c r="H556" s="14" t="s">
         <x:v>619</x:v>
       </x:c>
       <x:c r="I556" s="16" t="s">
         <x:v>227</x:v>
@@ -34026,51 +34025,51 @@
       <x:c r="J556" s="14" t="s">
         <x:v>234</x:v>
       </x:c>
       <x:c r="K556" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L556" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M556" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N556" s="15" t="n">
         <x:v>23054</x:v>
       </x:c>
       <x:c r="O556" s="14" t="s">
         <x:v>614</x:v>
       </x:c>
       <x:c r="P556" s="14" t="s">
         <x:v>620</x:v>
       </x:c>
       <x:c r="Q556" s="16" t="s">
         <x:v>616</x:v>
       </x:c>
       <x:c r="R556" s="14" t="s">
-        <x:v>154</x:v>
+        <x:v>161</x:v>
       </x:c>
       <x:c r="S556" s="14" t="n">
         <x:v>454250</x:v>
       </x:c>
       <x:c r="T556" s="16" t="s">
         <x:v>623</x:v>
       </x:c>
       <x:c r="U556" s="16" t="s">
         <x:v>624</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:autoFilter ref="A1:U1"/>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0" gridLinesSet="true"/>
   <x:pageMargins left="0.7875" right="0.7875" top="1.05277777777778" bottom="1.05277777777778" header="0.7875" footer="0.7875"/>
   <x:pageSetup paperSize="9" scale="100" pageOrder="downThenOver" orientation="portrait" blackAndWhite="0" draft="0" cellComments="none" errors="displayed" horizontalDpi="300" verticalDpi="300" copies="1"/>
   <x:headerFooter differentOddEven="0" differentFirst="0" scaleWithDoc="1" alignWithMargins="1">
     <x:oddHeader>&amp;C&amp;"Times New Roman,Normal"&amp;12&amp;Kffffff&amp;A</x:oddHeader>
     <x:oddFooter>&amp;C&amp;"Times New Roman,Normal"&amp;12&amp;KffffffPage &amp;P</x:oddFooter>
     <x:evenHeader/>
     <x:evenFooter/>
     <x:firstHeader/>
     <x:firstFooter/>
   </x:headerFooter>
   <x:tableParts count="0"/>