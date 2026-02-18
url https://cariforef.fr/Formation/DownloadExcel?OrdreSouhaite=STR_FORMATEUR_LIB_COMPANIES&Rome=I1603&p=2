--- v0 (2026-02-18)
+++ v1 (2026-02-18)
@@ -230,92 +230,92 @@
   <x:si>
     <x:t>05/04/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>05/05/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>MARSEILLE-16e</x:t>
   </x:si>
   <x:si>
     <x:t>03/23/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>02/24/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>02/25/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>04/21/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>04/22/2026 00:00:00</x:t>
   </x:si>
   <x:si>
+    <x:t>06/01/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>06/26/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>06/22/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
     <x:t>03/16/2026 00:00:00</x:t>
   </x:si>
   <x:si>
-    <x:t>06/01/2026 00:00:00</x:t>
-[...5 lines deleted...]
-    <x:t>06/22/2026 00:00:00</x:t>
+    <x:t>03/10/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>03/11/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>03/17/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>03/18/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>05/19/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>06/23/2026 00:00:00</x:t>
   </x:si>
   <x:si>
-    <x:t>03/10/2026 00:00:00</x:t>
-[...8 lines deleted...]
-    <x:t>03/18/2026 00:00:00</x:t>
+    <x:t>04/10/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>06/04/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>06/05/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>02/23/2026 00:00:00</x:t>
   </x:si>
   <x:si>
-    <x:t>04/10/2026 00:00:00</x:t>
-[...7 lines deleted...]
-  <x:si>
     <x:t>06/08/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Débardage par câble</x:t>
   </x:si>
   <x:si>
     <x:t>Conseil Régional</x:t>
   </x:si>
   <x:si>
     <x:t>Fonds d'Innovation pour la Formation (FIF)</x:t>
   </x:si>
   <x:si>
     <x:t>Centre de formation Professionnelle et de Promotion Agricole Carmejane</x:t>
   </x:si>
   <x:si>
     <x:t>CFPPA</x:t>
   </x:si>
   <x:si>
     <x:t>04510</x:t>
   </x:si>
   <x:si>
     <x:t>Demandeur d'emploi , Salarié</x:t>
   </x:si>
   <x:si>
     <x:t>Machinisme forestier</x:t>
@@ -488,114 +488,114 @@
   <x:si>
     <x:t>84000</x:t>
   </x:si>
   <x:si>
     <x:t>09/01/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>06/30/2027 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Bac pro maintenance des matériels option B : matériels de construction et de manutention (Apprentissage)</x:t>
   </x:si>
   <x:si>
     <x:t>Ecir Apprentissage</x:t>
   </x:si>
   <x:si>
     <x:t>13370</x:t>
   </x:si>
   <x:si>
     <x:t>Bac</x:t>
   </x:si>
   <x:si>
     <x:t>MALLEMORT</x:t>
   </x:si>
   <x:si>
+    <x:t>07/15/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
     <x:t>07/15/2028 00:00:00</x:t>
   </x:si>
   <x:si>
+    <x:t>07/15/2027 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CAP maintenance des matériels option B : matériels de construction et de manutention (Apprentissage)</x:t>
+  </x:si>
+  <x:si>
+    <x:t>07/15/2029 00:00:00</x:t>
+  </x:si>
+  <x:si>
     <x:t>09/01/2023 00:00:00</x:t>
   </x:si>
   <x:si>
-    <x:t>07/15/2026 00:00:00</x:t>
-[...10 lines deleted...]
-  <x:si>
     <x:t>Titre professionnel mécanicien réparateur de matériels de chantier et de manutention (Apprentissage)</x:t>
   </x:si>
   <x:si>
     <x:t>Ecole de la Construction des Infrastructures et Réseaux - Ecir Formation</x:t>
   </x:si>
   <x:si>
     <x:t>CFTP</x:t>
   </x:si>
   <x:si>
     <x:t>Pneumatique</x:t>
   </x:si>
   <x:si>
     <x:t>11/02/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>12/17/2027 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>10/27/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>12/18/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>BAC PRO Maintenance des matériels - option B - Matériels de construction et de manutention</x:t>
   </x:si>
   <x:si>
     <x:t>Greta-Cfa Alpes Provence</x:t>
   </x:si>
   <x:si>
     <x:t>05000</x:t>
   </x:si>
   <x:si>
     <x:t>DIGNE LES BAINS</x:t>
   </x:si>
   <x:si>
+    <x:t>BAC PRO Maintenance des matériels - option A - Matériels agricoles</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BTS TSMA Techniques et services en matériels agricoles</x:t>
+  </x:si>
+  <x:si>
     <x:t>CAP Maintenance des matériels option B matériels de construction et de manutention</x:t>
   </x:si>
   <x:si>
     <x:t>09/02/2024 00:00:00</x:t>
-  </x:si>
-[...4 lines deleted...]
-    <x:t>BTS TSMA Techniques et services en matériels agricoles</x:t>
   </x:si>
   <x:si>
     <x:t>CAP Maintenance des matériels - option B matériels de construction et de manutention</x:t>
   </x:si>
   <x:si>
     <x:t>BTS MMCM - Maintenance des Matériels de Construction et de Manutention</x:t>
   </x:si>
   <x:si>
     <x:t>Greta-Cfa Vaucluse</x:t>
   </x:si>
   <x:si>
     <x:t>VEDENE</x:t>
   </x:si>
   <x:si>
     <x:t>09/14/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>09/15/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Titre à finalité professionnelle Technicien Expert après-vente véhicules utilitaires et industriels</x:t>
   </x:si>
   <x:si>
     <x:t>Mécanique automobile</x:t>
   </x:si>
@@ -1897,725 +1897,725 @@
       <x:c r="I13" s="4" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="K13" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L13" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M13" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N13" s="3" t="n">
         <x:v>22286</x:v>
       </x:c>
       <x:c r="O13" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P13" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="Q13" s="4" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="R13" s="0" t="s">
-        <x:v>35</x:v>
+        <x:v>32</x:v>
       </x:c>
       <x:c r="S13" s="0" t="n">
-        <x:v>606387</x:v>
+        <x:v>610416</x:v>
       </x:c>
       <x:c r="T13" s="4" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="U13" s="4" t="s">
         <x:v>53</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:21">
       <x:c r="A14" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B14" s="14" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="C14" s="15" t="s"/>
       <x:c r="D14" s="15" t="s"/>
       <x:c r="E14" s="14" t="s"/>
       <x:c r="F14" s="14" t="s"/>
       <x:c r="G14" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="H14" s="14" t="s"/>
       <x:c r="I14" s="16" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="J14" s="14" t="s"/>
       <x:c r="K14" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L14" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M14" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N14" s="15" t="n">
         <x:v>22286</x:v>
       </x:c>
       <x:c r="O14" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P14" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="Q14" s="16" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="R14" s="14" t="s">
-        <x:v>32</x:v>
+        <x:v>44</x:v>
       </x:c>
       <x:c r="S14" s="14" t="n">
-        <x:v>610416</x:v>
+        <x:v>610418</x:v>
       </x:c>
       <x:c r="T14" s="16" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="U14" s="16" t="s">
         <x:v>54</x:v>
       </x:c>
     </x:row>
     <x:row r="15" spans="1:21">
       <x:c r="A15" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B15" s="0" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="C15" s="3" t="s"/>
       <x:c r="D15" s="3" t="s"/>
       <x:c r="G15" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="I15" s="4" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="K15" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L15" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M15" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N15" s="3" t="n">
         <x:v>22286</x:v>
       </x:c>
       <x:c r="O15" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P15" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="Q15" s="4" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="R15" s="0" t="s">
-        <x:v>44</x:v>
+        <x:v>38</x:v>
       </x:c>
       <x:c r="S15" s="0" t="n">
-        <x:v>610418</x:v>
+        <x:v>610423</x:v>
       </x:c>
       <x:c r="T15" s="4" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="U15" s="4" t="s">
         <x:v>55</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:21">
       <x:c r="A16" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B16" s="14" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="C16" s="15" t="s"/>
       <x:c r="D16" s="15" t="s"/>
       <x:c r="E16" s="14" t="s"/>
       <x:c r="F16" s="14" t="s"/>
       <x:c r="G16" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="H16" s="14" t="s"/>
       <x:c r="I16" s="16" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="J16" s="14" t="s"/>
       <x:c r="K16" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L16" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M16" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N16" s="15" t="n">
         <x:v>22286</x:v>
       </x:c>
       <x:c r="O16" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P16" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="Q16" s="16" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="R16" s="14" t="s">
-        <x:v>38</x:v>
+        <x:v>35</x:v>
       </x:c>
       <x:c r="S16" s="14" t="n">
-        <x:v>610423</x:v>
+        <x:v>606387</x:v>
       </x:c>
       <x:c r="T16" s="16" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="U16" s="16" t="s">
         <x:v>56</x:v>
       </x:c>
     </x:row>
     <x:row r="17" spans="1:21">
       <x:c r="A17" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B17" s="0" t="s">
-        <x:v>31</x:v>
+        <x:v>22</x:v>
       </x:c>
       <x:c r="C17" s="3" t="s"/>
       <x:c r="D17" s="3" t="s"/>
       <x:c r="G17" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="I17" s="4" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="K17" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L17" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M17" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N17" s="3" t="n">
         <x:v>22286</x:v>
       </x:c>
       <x:c r="O17" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P17" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="Q17" s="4" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="R17" s="0" t="s">
-        <x:v>47</x:v>
+        <x:v>35</x:v>
       </x:c>
       <x:c r="S17" s="0" t="n">
-        <x:v>610420</x:v>
+        <x:v>591515</x:v>
       </x:c>
       <x:c r="T17" s="4" t="s">
-        <x:v>57</x:v>
+        <x:v>48</x:v>
       </x:c>
       <x:c r="U17" s="4" t="s">
-        <x:v>57</x:v>
+        <x:v>48</x:v>
       </x:c>
     </x:row>
     <x:row r="18" spans="1:21">
       <x:c r="A18" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B18" s="14" t="s">
-        <x:v>31</x:v>
+        <x:v>41</x:v>
       </x:c>
       <x:c r="C18" s="15" t="s"/>
       <x:c r="D18" s="15" t="s"/>
       <x:c r="E18" s="14" t="s"/>
       <x:c r="F18" s="14" t="s"/>
       <x:c r="G18" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="H18" s="14" t="s"/>
       <x:c r="I18" s="16" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="J18" s="14" t="s"/>
       <x:c r="K18" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L18" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M18" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N18" s="15" t="n">
         <x:v>22286</x:v>
       </x:c>
       <x:c r="O18" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P18" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="Q18" s="16" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="R18" s="14" t="s">
-        <x:v>47</x:v>
+        <x:v>44</x:v>
       </x:c>
       <x:c r="S18" s="14" t="n">
-        <x:v>610421</x:v>
+        <x:v>591523</x:v>
       </x:c>
       <x:c r="T18" s="16" t="s">
-        <x:v>58</x:v>
+        <x:v>57</x:v>
       </x:c>
       <x:c r="U18" s="16" t="s">
         <x:v>58</x:v>
       </x:c>
     </x:row>
     <x:row r="19" spans="1:21">
       <x:c r="A19" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B19" s="0" t="s">
-        <x:v>22</x:v>
+        <x:v>41</x:v>
       </x:c>
       <x:c r="C19" s="3" t="s"/>
       <x:c r="D19" s="3" t="s"/>
       <x:c r="G19" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="I19" s="4" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="K19" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L19" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M19" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N19" s="3" t="n">
         <x:v>22286</x:v>
       </x:c>
       <x:c r="O19" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P19" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="Q19" s="4" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="R19" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="S19" s="0" t="n">
-        <x:v>591515</x:v>
+        <x:v>606390</x:v>
       </x:c>
       <x:c r="T19" s="4" t="s">
-        <x:v>48</x:v>
+        <x:v>59</x:v>
       </x:c>
       <x:c r="U19" s="4" t="s">
-        <x:v>48</x:v>
+        <x:v>60</x:v>
       </x:c>
     </x:row>
     <x:row r="20" spans="1:21">
       <x:c r="A20" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B20" s="14" t="s">
-        <x:v>41</x:v>
+        <x:v>31</x:v>
       </x:c>
       <x:c r="C20" s="15" t="s"/>
       <x:c r="D20" s="15" t="s"/>
       <x:c r="E20" s="14" t="s"/>
       <x:c r="F20" s="14" t="s"/>
       <x:c r="G20" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="H20" s="14" t="s"/>
       <x:c r="I20" s="16" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="J20" s="14" t="s"/>
       <x:c r="K20" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L20" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M20" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N20" s="15" t="n">
         <x:v>22286</x:v>
       </x:c>
       <x:c r="O20" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P20" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="Q20" s="16" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="R20" s="14" t="s">
-        <x:v>44</x:v>
+        <x:v>47</x:v>
       </x:c>
       <x:c r="S20" s="14" t="n">
-        <x:v>591523</x:v>
+        <x:v>610420</x:v>
       </x:c>
       <x:c r="T20" s="16" t="s">
-        <x:v>59</x:v>
+        <x:v>61</x:v>
       </x:c>
       <x:c r="U20" s="16" t="s">
-        <x:v>60</x:v>
+        <x:v>61</x:v>
       </x:c>
     </x:row>
     <x:row r="21" spans="1:21">
       <x:c r="A21" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B21" s="0" t="s">
-        <x:v>41</x:v>
+        <x:v>31</x:v>
       </x:c>
       <x:c r="C21" s="3" t="s"/>
       <x:c r="D21" s="3" t="s"/>
       <x:c r="G21" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="I21" s="4" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="K21" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L21" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M21" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N21" s="3" t="n">
         <x:v>22286</x:v>
       </x:c>
       <x:c r="O21" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P21" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="Q21" s="4" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="R21" s="0" t="s">
-        <x:v>35</x:v>
+        <x:v>47</x:v>
       </x:c>
       <x:c r="S21" s="0" t="n">
-        <x:v>606390</x:v>
+        <x:v>610421</x:v>
       </x:c>
       <x:c r="T21" s="4" t="s">
-        <x:v>61</x:v>
+        <x:v>62</x:v>
       </x:c>
       <x:c r="U21" s="4" t="s">
         <x:v>62</x:v>
       </x:c>
     </x:row>
     <x:row r="22" spans="1:21">
       <x:c r="A22" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B22" s="14" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="C22" s="15" t="s"/>
       <x:c r="D22" s="15" t="s"/>
       <x:c r="E22" s="14" t="s"/>
       <x:c r="F22" s="14" t="s"/>
       <x:c r="G22" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="H22" s="14" t="s"/>
       <x:c r="I22" s="16" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="J22" s="14" t="s"/>
       <x:c r="K22" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L22" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M22" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N22" s="15" t="n">
         <x:v>22286</x:v>
       </x:c>
       <x:c r="O22" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P22" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="Q22" s="16" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="R22" s="14" t="s">
-        <x:v>29</x:v>
+        <x:v>44</x:v>
       </x:c>
       <x:c r="S22" s="14" t="n">
-        <x:v>591522</x:v>
+        <x:v>610417</x:v>
       </x:c>
       <x:c r="T22" s="16" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="U22" s="16" t="s">
         <x:v>63</x:v>
       </x:c>
     </x:row>
     <x:row r="23" spans="1:21">
       <x:c r="A23" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B23" s="0" t="s">
-        <x:v>41</x:v>
+        <x:v>31</x:v>
       </x:c>
       <x:c r="C23" s="3" t="s"/>
       <x:c r="D23" s="3" t="s"/>
       <x:c r="G23" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="I23" s="4" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="K23" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L23" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M23" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N23" s="3" t="n">
         <x:v>22286</x:v>
       </x:c>
       <x:c r="O23" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P23" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="Q23" s="4" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="R23" s="0" t="s">
-        <x:v>32</x:v>
+        <x:v>47</x:v>
       </x:c>
       <x:c r="S23" s="0" t="n">
-        <x:v>606392</x:v>
+        <x:v>610419</x:v>
       </x:c>
       <x:c r="T23" s="4" t="s">
-        <x:v>59</x:v>
+        <x:v>39</x:v>
       </x:c>
       <x:c r="U23" s="4" t="s">
-        <x:v>60</x:v>
+        <x:v>39</x:v>
       </x:c>
     </x:row>
     <x:row r="24" spans="1:21">
       <x:c r="A24" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B24" s="14" t="s">
-        <x:v>31</x:v>
+        <x:v>34</x:v>
       </x:c>
       <x:c r="C24" s="15" t="s"/>
       <x:c r="D24" s="15" t="s"/>
       <x:c r="E24" s="14" t="s"/>
       <x:c r="F24" s="14" t="s"/>
       <x:c r="G24" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="H24" s="14" t="s"/>
       <x:c r="I24" s="16" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="J24" s="14" t="s"/>
       <x:c r="K24" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L24" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M24" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N24" s="15" t="n">
         <x:v>22286</x:v>
       </x:c>
       <x:c r="O24" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P24" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="Q24" s="16" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="R24" s="14" t="s">
-        <x:v>44</x:v>
+        <x:v>32</x:v>
       </x:c>
       <x:c r="S24" s="14" t="n">
-        <x:v>610417</x:v>
+        <x:v>610428</x:v>
       </x:c>
       <x:c r="T24" s="16" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="U24" s="16" t="s">
-        <x:v>64</x:v>
+        <x:v>65</x:v>
       </x:c>
     </x:row>
     <x:row r="25" spans="1:21">
       <x:c r="A25" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B25" s="0" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="C25" s="3" t="s"/>
       <x:c r="D25" s="3" t="s"/>
       <x:c r="G25" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="I25" s="4" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="K25" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L25" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M25" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N25" s="3" t="n">
         <x:v>22286</x:v>
       </x:c>
       <x:c r="O25" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P25" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="Q25" s="4" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="R25" s="0" t="s">
-        <x:v>47</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="S25" s="0" t="n">
-        <x:v>610419</x:v>
+        <x:v>591522</x:v>
       </x:c>
       <x:c r="T25" s="4" t="s">
-        <x:v>39</x:v>
+        <x:v>66</x:v>
       </x:c>
       <x:c r="U25" s="4" t="s">
-        <x:v>39</x:v>
+        <x:v>66</x:v>
       </x:c>
     </x:row>
     <x:row r="26" spans="1:21">
       <x:c r="A26" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B26" s="14" t="s">
-        <x:v>34</x:v>
+        <x:v>41</x:v>
       </x:c>
       <x:c r="C26" s="15" t="s"/>
       <x:c r="D26" s="15" t="s"/>
       <x:c r="E26" s="14" t="s"/>
       <x:c r="F26" s="14" t="s"/>
       <x:c r="G26" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="H26" s="14" t="s"/>
       <x:c r="I26" s="16" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="J26" s="14" t="s"/>
       <x:c r="K26" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L26" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M26" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N26" s="15" t="n">
         <x:v>22286</x:v>
       </x:c>
       <x:c r="O26" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P26" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="Q26" s="16" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="R26" s="14" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="S26" s="14" t="n">
-        <x:v>610428</x:v>
+        <x:v>606392</x:v>
       </x:c>
       <x:c r="T26" s="16" t="s">
-        <x:v>65</x:v>
+        <x:v>57</x:v>
       </x:c>
       <x:c r="U26" s="16" t="s">
-        <x:v>66</x:v>
+        <x:v>58</x:v>
       </x:c>
     </x:row>
     <x:row r="27" spans="1:21">
       <x:c r="A27" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B27" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C27" s="3" t="s"/>
       <x:c r="D27" s="3" t="s"/>
       <x:c r="G27" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="I27" s="4" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="K27" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L27" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M27" s="0" t="s">
         <x:v>27</x:v>
@@ -3436,57 +3436,57 @@
       <x:c r="K42" s="14" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="L42" s="14" t="s">
         <x:v>99</x:v>
       </x:c>
       <x:c r="M42" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N42" s="15" t="n">
         <x:v>21011</x:v>
       </x:c>
       <x:c r="O42" s="14" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="P42" s="14" t="s">
         <x:v>130</x:v>
       </x:c>
       <x:c r="Q42" s="16" t="s">
         <x:v>131</x:v>
       </x:c>
       <x:c r="R42" s="14" t="s">
         <x:v>126</x:v>
       </x:c>
       <x:c r="S42" s="14" t="n">
-        <x:v>607562</x:v>
+        <x:v>552737</x:v>
       </x:c>
       <x:c r="T42" s="16" t="s">
-        <x:v>103</x:v>
+        <x:v>132</x:v>
       </x:c>
       <x:c r="U42" s="16" t="s">
-        <x:v>104</x:v>
+        <x:v>133</x:v>
       </x:c>
     </x:row>
     <x:row r="43" spans="1:21">
       <x:c r="A43" s="1" t="s">
         <x:v>91</x:v>
       </x:c>
       <x:c r="B43" s="0" t="s">
         <x:v>129</x:v>
       </x:c>
       <x:c r="C43" s="3" t="n">
         <x:v>39330</x:v>
       </x:c>
       <x:c r="D43" s="3" t="s"/>
       <x:c r="E43" s="0" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="G43" s="0" t="s">
         <x:v>120</x:v>
       </x:c>
       <x:c r="H43" s="0" t="s">
         <x:v>121</x:v>
       </x:c>
       <x:c r="I43" s="4" t="s">
         <x:v>122</x:v>
       </x:c>
@@ -3496,57 +3496,57 @@
       <x:c r="K43" s="0" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="L43" s="0" t="s">
         <x:v>99</x:v>
       </x:c>
       <x:c r="M43" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N43" s="3" t="n">
         <x:v>21011</x:v>
       </x:c>
       <x:c r="O43" s="0" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="P43" s="0" t="s">
         <x:v>130</x:v>
       </x:c>
       <x:c r="Q43" s="4" t="s">
         <x:v>131</x:v>
       </x:c>
       <x:c r="R43" s="0" t="s">
         <x:v>126</x:v>
       </x:c>
       <x:c r="S43" s="0" t="n">
-        <x:v>552737</x:v>
+        <x:v>607562</x:v>
       </x:c>
       <x:c r="T43" s="4" t="s">
-        <x:v>132</x:v>
+        <x:v>103</x:v>
       </x:c>
       <x:c r="U43" s="4" t="s">
-        <x:v>133</x:v>
+        <x:v>104</x:v>
       </x:c>
     </x:row>
     <x:row r="44" spans="1:21">
       <x:c r="A44" s="13" t="s">
         <x:v>91</x:v>
       </x:c>
       <x:c r="B44" s="14" t="s">
         <x:v>119</x:v>
       </x:c>
       <x:c r="C44" s="15" t="n">
         <x:v>39330</x:v>
       </x:c>
       <x:c r="D44" s="15" t="s"/>
       <x:c r="E44" s="14" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="F44" s="14" t="s"/>
       <x:c r="G44" s="14" t="s">
         <x:v>120</x:v>
       </x:c>
       <x:c r="H44" s="14" t="s">
         <x:v>121</x:v>
       </x:c>
       <x:c r="I44" s="16" t="s">
         <x:v>122</x:v>
@@ -3678,54 +3678,54 @@
       <x:c r="K46" s="14" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="L46" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M46" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N46" s="15" t="n">
         <x:v>21011</x:v>
       </x:c>
       <x:c r="O46" s="14" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="P46" s="14" t="s">
         <x:v>135</x:v>
       </x:c>
       <x:c r="Q46" s="16" t="s">
         <x:v>136</x:v>
       </x:c>
       <x:c r="R46" s="14" t="s">
         <x:v>138</x:v>
       </x:c>
       <x:c r="S46" s="14" t="n">
-        <x:v>602118</x:v>
+        <x:v>498985</x:v>
       </x:c>
       <x:c r="T46" s="16" t="s">
-        <x:v>103</x:v>
+        <x:v>127</x:v>
       </x:c>
       <x:c r="U46" s="16" t="s">
         <x:v>139</x:v>
       </x:c>
     </x:row>
     <x:row r="47" spans="1:21">
       <x:c r="A47" s="1" t="s">
         <x:v>91</x:v>
       </x:c>
       <x:c r="B47" s="0" t="s">
         <x:v>134</x:v>
       </x:c>
       <x:c r="C47" s="3" t="n">
         <x:v>39327</x:v>
       </x:c>
       <x:c r="D47" s="3" t="s"/>
       <x:c r="E47" s="0" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="G47" s="0" t="s">
         <x:v>135</x:v>
       </x:c>
       <x:c r="H47" s="0" t="s">
         <x:v>95</x:v>
       </x:c>
@@ -3738,57 +3738,57 @@
       <x:c r="K47" s="0" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="L47" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M47" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N47" s="3" t="n">
         <x:v>21011</x:v>
       </x:c>
       <x:c r="O47" s="0" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="P47" s="0" t="s">
         <x:v>135</x:v>
       </x:c>
       <x:c r="Q47" s="4" t="s">
         <x:v>136</x:v>
       </x:c>
       <x:c r="R47" s="0" t="s">
         <x:v>138</x:v>
       </x:c>
       <x:c r="S47" s="0" t="n">
-        <x:v>448133</x:v>
+        <x:v>550396</x:v>
       </x:c>
       <x:c r="T47" s="4" t="s">
+        <x:v>132</x:v>
+      </x:c>
+      <x:c r="U47" s="4" t="s">
         <x:v>140</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>141</x:v>
       </x:c>
     </x:row>
     <x:row r="48" spans="1:21">
       <x:c r="A48" s="13" t="s">
         <x:v>91</x:v>
       </x:c>
       <x:c r="B48" s="14" t="s">
         <x:v>134</x:v>
       </x:c>
       <x:c r="C48" s="15" t="n">
         <x:v>39327</x:v>
       </x:c>
       <x:c r="D48" s="15" t="s"/>
       <x:c r="E48" s="14" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="F48" s="14" t="s"/>
       <x:c r="G48" s="14" t="s">
         <x:v>135</x:v>
       </x:c>
       <x:c r="H48" s="14" t="s">
         <x:v>95</x:v>
       </x:c>
       <x:c r="I48" s="16" t="s">
         <x:v>136</x:v>
@@ -3799,178 +3799,178 @@
       <x:c r="K48" s="14" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="L48" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M48" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N48" s="15" t="n">
         <x:v>21011</x:v>
       </x:c>
       <x:c r="O48" s="14" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="P48" s="14" t="s">
         <x:v>135</x:v>
       </x:c>
       <x:c r="Q48" s="16" t="s">
         <x:v>136</x:v>
       </x:c>
       <x:c r="R48" s="14" t="s">
         <x:v>138</x:v>
       </x:c>
       <x:c r="S48" s="14" t="n">
-        <x:v>550396</x:v>
+        <x:v>550398</x:v>
       </x:c>
       <x:c r="T48" s="16" t="s">
         <x:v>132</x:v>
       </x:c>
       <x:c r="U48" s="16" t="s">
-        <x:v>139</x:v>
+        <x:v>141</x:v>
       </x:c>
     </x:row>
     <x:row r="49" spans="1:21">
       <x:c r="A49" s="1" t="s">
         <x:v>91</x:v>
       </x:c>
       <x:c r="B49" s="0" t="s">
-        <x:v>134</x:v>
+        <x:v>142</x:v>
       </x:c>
       <x:c r="C49" s="3" t="n">
-        <x:v>39327</x:v>
+        <x:v>39330</x:v>
       </x:c>
       <x:c r="D49" s="3" t="s"/>
       <x:c r="E49" s="0" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="G49" s="0" t="s">
         <x:v>135</x:v>
       </x:c>
       <x:c r="H49" s="0" t="s">
         <x:v>95</x:v>
       </x:c>
       <x:c r="I49" s="4" t="s">
         <x:v>136</x:v>
       </x:c>
       <x:c r="J49" s="0" t="s">
-        <x:v>137</x:v>
+        <x:v>123</x:v>
       </x:c>
       <x:c r="K49" s="0" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="L49" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M49" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N49" s="3" t="n">
         <x:v>21011</x:v>
       </x:c>
       <x:c r="O49" s="0" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="P49" s="0" t="s">
         <x:v>135</x:v>
       </x:c>
       <x:c r="Q49" s="4" t="s">
         <x:v>136</x:v>
       </x:c>
       <x:c r="R49" s="0" t="s">
         <x:v>138</x:v>
       </x:c>
       <x:c r="S49" s="0" t="n">
-        <x:v>550398</x:v>
+        <x:v>550430</x:v>
       </x:c>
       <x:c r="T49" s="4" t="s">
         <x:v>132</x:v>
       </x:c>
       <x:c r="U49" s="4" t="s">
-        <x:v>142</x:v>
+        <x:v>141</x:v>
       </x:c>
     </x:row>
     <x:row r="50" spans="1:21">
       <x:c r="A50" s="13" t="s">
         <x:v>91</x:v>
       </x:c>
       <x:c r="B50" s="14" t="s">
-        <x:v>143</x:v>
+        <x:v>134</x:v>
       </x:c>
       <x:c r="C50" s="15" t="n">
-        <x:v>39330</x:v>
+        <x:v>39327</x:v>
       </x:c>
       <x:c r="D50" s="15" t="s"/>
       <x:c r="E50" s="14" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="F50" s="14" t="s"/>
       <x:c r="G50" s="14" t="s">
         <x:v>135</x:v>
       </x:c>
       <x:c r="H50" s="14" t="s">
         <x:v>95</x:v>
       </x:c>
       <x:c r="I50" s="16" t="s">
         <x:v>136</x:v>
       </x:c>
       <x:c r="J50" s="14" t="s">
-        <x:v>123</x:v>
+        <x:v>137</x:v>
       </x:c>
       <x:c r="K50" s="14" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="L50" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M50" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N50" s="15" t="n">
         <x:v>21011</x:v>
       </x:c>
       <x:c r="O50" s="14" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="P50" s="14" t="s">
         <x:v>135</x:v>
       </x:c>
       <x:c r="Q50" s="16" t="s">
         <x:v>136</x:v>
       </x:c>
       <x:c r="R50" s="14" t="s">
         <x:v>138</x:v>
       </x:c>
       <x:c r="S50" s="14" t="n">
-        <x:v>550430</x:v>
+        <x:v>602119</x:v>
       </x:c>
       <x:c r="T50" s="16" t="s">
-        <x:v>132</x:v>
+        <x:v>103</x:v>
       </x:c>
       <x:c r="U50" s="16" t="s">
-        <x:v>142</x:v>
+        <x:v>143</x:v>
       </x:c>
     </x:row>
     <x:row r="51" spans="1:21">
       <x:c r="A51" s="1" t="s">
         <x:v>91</x:v>
       </x:c>
       <x:c r="B51" s="0" t="s">
         <x:v>134</x:v>
       </x:c>
       <x:c r="C51" s="3" t="n">
         <x:v>39327</x:v>
       </x:c>
       <x:c r="D51" s="3" t="s"/>
       <x:c r="E51" s="0" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="G51" s="0" t="s">
         <x:v>135</x:v>
       </x:c>
       <x:c r="H51" s="0" t="s">
         <x:v>95</x:v>
       </x:c>
       <x:c r="I51" s="4" t="s">
         <x:v>136</x:v>
       </x:c>
@@ -3980,57 +3980,57 @@
       <x:c r="K51" s="0" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="L51" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M51" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N51" s="3" t="n">
         <x:v>21011</x:v>
       </x:c>
       <x:c r="O51" s="0" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="P51" s="0" t="s">
         <x:v>135</x:v>
       </x:c>
       <x:c r="Q51" s="4" t="s">
         <x:v>136</x:v>
       </x:c>
       <x:c r="R51" s="0" t="s">
         <x:v>138</x:v>
       </x:c>
       <x:c r="S51" s="0" t="n">
-        <x:v>602119</x:v>
+        <x:v>602118</x:v>
       </x:c>
       <x:c r="T51" s="4" t="s">
         <x:v>103</x:v>
       </x:c>
       <x:c r="U51" s="4" t="s">
-        <x:v>144</x:v>
+        <x:v>140</x:v>
       </x:c>
     </x:row>
     <x:row r="52" spans="1:21">
       <x:c r="A52" s="13" t="s">
         <x:v>91</x:v>
       </x:c>
       <x:c r="B52" s="14" t="s">
         <x:v>134</x:v>
       </x:c>
       <x:c r="C52" s="15" t="n">
         <x:v>39327</x:v>
       </x:c>
       <x:c r="D52" s="15" t="s"/>
       <x:c r="E52" s="14" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="F52" s="14" t="s"/>
       <x:c r="G52" s="14" t="s">
         <x:v>135</x:v>
       </x:c>
       <x:c r="H52" s="14" t="s">
         <x:v>95</x:v>
       </x:c>
       <x:c r="I52" s="16" t="s">
         <x:v>136</x:v>
@@ -4041,57 +4041,57 @@
       <x:c r="K52" s="14" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="L52" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M52" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N52" s="15" t="n">
         <x:v>21011</x:v>
       </x:c>
       <x:c r="O52" s="14" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="P52" s="14" t="s">
         <x:v>135</x:v>
       </x:c>
       <x:c r="Q52" s="16" t="s">
         <x:v>136</x:v>
       </x:c>
       <x:c r="R52" s="14" t="s">
         <x:v>138</x:v>
       </x:c>
       <x:c r="S52" s="14" t="n">
-        <x:v>498985</x:v>
+        <x:v>448133</x:v>
       </x:c>
       <x:c r="T52" s="16" t="s">
-        <x:v>127</x:v>
+        <x:v>144</x:v>
       </x:c>
       <x:c r="U52" s="16" t="s">
-        <x:v>141</x:v>
+        <x:v>139</x:v>
       </x:c>
     </x:row>
     <x:row r="53" spans="1:21">
       <x:c r="A53" s="1" t="s">
         <x:v>91</x:v>
       </x:c>
       <x:c r="B53" s="0" t="s">
         <x:v>134</x:v>
       </x:c>
       <x:c r="C53" s="3" t="n">
         <x:v>39327</x:v>
       </x:c>
       <x:c r="D53" s="3" t="s"/>
       <x:c r="E53" s="0" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="G53" s="0" t="s">
         <x:v>135</x:v>
       </x:c>
       <x:c r="H53" s="0" t="s">
         <x:v>95</x:v>
       </x:c>
       <x:c r="I53" s="4" t="s">
         <x:v>136</x:v>
       </x:c>
@@ -4107,59 +4107,59 @@
       <x:c r="M53" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N53" s="3" t="n">
         <x:v>21011</x:v>
       </x:c>
       <x:c r="O53" s="0" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="P53" s="0" t="s">
         <x:v>135</x:v>
       </x:c>
       <x:c r="Q53" s="4" t="s">
         <x:v>136</x:v>
       </x:c>
       <x:c r="R53" s="0" t="s">
         <x:v>138</x:v>
       </x:c>
       <x:c r="S53" s="0" t="n">
         <x:v>498984</x:v>
       </x:c>
       <x:c r="T53" s="4" t="s">
         <x:v>127</x:v>
       </x:c>
       <x:c r="U53" s="4" t="s">
-        <x:v>142</x:v>
+        <x:v>141</x:v>
       </x:c>
     </x:row>
     <x:row r="54" spans="1:21">
       <x:c r="A54" s="13" t="s">
         <x:v>91</x:v>
       </x:c>
       <x:c r="B54" s="14" t="s">
-        <x:v>143</x:v>
+        <x:v>142</x:v>
       </x:c>
       <x:c r="C54" s="15" t="n">
         <x:v>39330</x:v>
       </x:c>
       <x:c r="D54" s="15" t="s"/>
       <x:c r="E54" s="14" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="F54" s="14" t="s"/>
       <x:c r="G54" s="14" t="s">
         <x:v>135</x:v>
       </x:c>
       <x:c r="H54" s="14" t="s">
         <x:v>95</x:v>
       </x:c>
       <x:c r="I54" s="16" t="s">
         <x:v>136</x:v>
       </x:c>
       <x:c r="J54" s="14" t="s">
         <x:v>123</x:v>
       </x:c>
       <x:c r="K54" s="14" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="L54" s="14" t="s">
@@ -4168,59 +4168,59 @@
       <x:c r="M54" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N54" s="15" t="n">
         <x:v>21011</x:v>
       </x:c>
       <x:c r="O54" s="14" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="P54" s="14" t="s">
         <x:v>135</x:v>
       </x:c>
       <x:c r="Q54" s="16" t="s">
         <x:v>136</x:v>
       </x:c>
       <x:c r="R54" s="14" t="s">
         <x:v>138</x:v>
       </x:c>
       <x:c r="S54" s="14" t="n">
         <x:v>602147</x:v>
       </x:c>
       <x:c r="T54" s="16" t="s">
         <x:v>103</x:v>
       </x:c>
       <x:c r="U54" s="16" t="s">
-        <x:v>139</x:v>
+        <x:v>140</x:v>
       </x:c>
     </x:row>
     <x:row r="55" spans="1:21">
       <x:c r="A55" s="1" t="s">
         <x:v>91</x:v>
       </x:c>
       <x:c r="B55" s="0" t="s">
-        <x:v>143</x:v>
+        <x:v>142</x:v>
       </x:c>
       <x:c r="C55" s="3" t="n">
         <x:v>39330</x:v>
       </x:c>
       <x:c r="D55" s="3" t="s"/>
       <x:c r="E55" s="0" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="G55" s="0" t="s">
         <x:v>135</x:v>
       </x:c>
       <x:c r="H55" s="0" t="s">
         <x:v>95</x:v>
       </x:c>
       <x:c r="I55" s="4" t="s">
         <x:v>136</x:v>
       </x:c>
       <x:c r="J55" s="0" t="s">
         <x:v>123</x:v>
       </x:c>
       <x:c r="K55" s="0" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="L55" s="0" t="s">
         <x:v>26</x:v>
@@ -4228,51 +4228,51 @@
       <x:c r="M55" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N55" s="3" t="n">
         <x:v>21011</x:v>
       </x:c>
       <x:c r="O55" s="0" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="P55" s="0" t="s">
         <x:v>135</x:v>
       </x:c>
       <x:c r="Q55" s="4" t="s">
         <x:v>136</x:v>
       </x:c>
       <x:c r="R55" s="0" t="s">
         <x:v>138</x:v>
       </x:c>
       <x:c r="S55" s="0" t="n">
         <x:v>499003</x:v>
       </x:c>
       <x:c r="T55" s="4" t="s">
         <x:v>127</x:v>
       </x:c>
       <x:c r="U55" s="4" t="s">
-        <x:v>141</x:v>
+        <x:v>139</x:v>
       </x:c>
     </x:row>
     <x:row r="56" spans="1:21">
       <x:c r="A56" s="13" t="s">
         <x:v>91</x:v>
       </x:c>
       <x:c r="B56" s="14" t="s">
         <x:v>145</x:v>
       </x:c>
       <x:c r="C56" s="15" t="n">
         <x:v>39283</x:v>
       </x:c>
       <x:c r="D56" s="15" t="s"/>
       <x:c r="E56" s="14" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="F56" s="14" t="s"/>
       <x:c r="G56" s="14" t="s">
         <x:v>146</x:v>
       </x:c>
       <x:c r="H56" s="14" t="s">
         <x:v>147</x:v>
       </x:c>
       <x:c r="I56" s="16" t="s">
         <x:v>136</x:v>
@@ -4417,205 +4417,205 @@
       </x:c>
       <x:c r="Q58" s="16" t="s">
         <x:v>155</x:v>
       </x:c>
       <x:c r="R58" s="14" t="s">
         <x:v>156</x:v>
       </x:c>
       <x:c r="S58" s="14" t="n">
         <x:v>558618</x:v>
       </x:c>
       <x:c r="T58" s="16" t="s">
         <x:v>103</x:v>
       </x:c>
       <x:c r="U58" s="16" t="s">
         <x:v>104</x:v>
       </x:c>
     </x:row>
     <x:row r="59" spans="1:21">
       <x:c r="A59" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B59" s="0" t="s">
         <x:v>157</x:v>
       </x:c>
       <x:c r="C59" s="3" t="n">
-        <x:v>39330</x:v>
+        <x:v>39327</x:v>
       </x:c>
       <x:c r="D59" s="3" t="s"/>
       <x:c r="G59" s="0" t="s">
         <x:v>154</x:v>
       </x:c>
       <x:c r="I59" s="4" t="s">
         <x:v>155</x:v>
       </x:c>
       <x:c r="J59" s="0" t="s">
-        <x:v>123</x:v>
+        <x:v>137</x:v>
       </x:c>
       <x:c r="K59" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L59" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M59" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N59" s="3" t="n">
         <x:v>21011</x:v>
       </x:c>
       <x:c r="O59" s="0" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="P59" s="0" t="s">
         <x:v>154</x:v>
       </x:c>
       <x:c r="Q59" s="4" t="s">
         <x:v>155</x:v>
       </x:c>
       <x:c r="R59" s="0" t="s">
         <x:v>156</x:v>
       </x:c>
       <x:c r="S59" s="0" t="n">
-        <x:v>519389</x:v>
+        <x:v>558617</x:v>
       </x:c>
       <x:c r="T59" s="4" t="s">
-        <x:v>158</x:v>
+        <x:v>103</x:v>
       </x:c>
       <x:c r="U59" s="4" t="s">
-        <x:v>128</x:v>
+        <x:v>104</x:v>
       </x:c>
     </x:row>
     <x:row r="60" spans="1:21">
       <x:c r="A60" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B60" s="14" t="s">
-        <x:v>159</x:v>
+        <x:v>157</x:v>
       </x:c>
       <x:c r="C60" s="15" t="n">
         <x:v>39327</x:v>
       </x:c>
       <x:c r="D60" s="15" t="s"/>
       <x:c r="E60" s="14" t="s"/>
       <x:c r="F60" s="14" t="s"/>
       <x:c r="G60" s="14" t="s">
         <x:v>154</x:v>
       </x:c>
       <x:c r="H60" s="14" t="s"/>
       <x:c r="I60" s="16" t="s">
         <x:v>155</x:v>
       </x:c>
       <x:c r="J60" s="14" t="s">
         <x:v>137</x:v>
       </x:c>
       <x:c r="K60" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L60" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M60" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N60" s="15" t="n">
         <x:v>21011</x:v>
       </x:c>
       <x:c r="O60" s="14" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="P60" s="14" t="s">
         <x:v>154</x:v>
       </x:c>
       <x:c r="Q60" s="16" t="s">
         <x:v>155</x:v>
       </x:c>
       <x:c r="R60" s="14" t="s">
         <x:v>156</x:v>
       </x:c>
       <x:c r="S60" s="14" t="n">
-        <x:v>558617</x:v>
+        <x:v>543724</x:v>
       </x:c>
       <x:c r="T60" s="16" t="s">
-        <x:v>103</x:v>
+        <x:v>132</x:v>
       </x:c>
       <x:c r="U60" s="16" t="s">
-        <x:v>104</x:v>
+        <x:v>133</x:v>
       </x:c>
     </x:row>
     <x:row r="61" spans="1:21">
       <x:c r="A61" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B61" s="0" t="s">
-        <x:v>159</x:v>
+        <x:v>158</x:v>
       </x:c>
       <x:c r="C61" s="3" t="n">
-        <x:v>39327</x:v>
+        <x:v>38191</x:v>
       </x:c>
       <x:c r="D61" s="3" t="s"/>
       <x:c r="G61" s="0" t="s">
         <x:v>154</x:v>
       </x:c>
       <x:c r="I61" s="4" t="s">
         <x:v>155</x:v>
       </x:c>
       <x:c r="J61" s="0" t="s">
-        <x:v>137</x:v>
+        <x:v>97</x:v>
       </x:c>
       <x:c r="K61" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L61" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M61" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N61" s="3" t="n">
         <x:v>21011</x:v>
       </x:c>
       <x:c r="O61" s="0" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="P61" s="0" t="s">
         <x:v>154</x:v>
       </x:c>
       <x:c r="Q61" s="4" t="s">
         <x:v>155</x:v>
       </x:c>
       <x:c r="R61" s="0" t="s">
         <x:v>156</x:v>
       </x:c>
       <x:c r="S61" s="0" t="n">
-        <x:v>543724</x:v>
+        <x:v>597594</x:v>
       </x:c>
       <x:c r="T61" s="4" t="s">
-        <x:v>132</x:v>
+        <x:v>103</x:v>
       </x:c>
       <x:c r="U61" s="4" t="s">
-        <x:v>133</x:v>
+        <x:v>104</x:v>
       </x:c>
     </x:row>
     <x:row r="62" spans="1:21">
       <x:c r="A62" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B62" s="14" t="s">
         <x:v>153</x:v>
       </x:c>
       <x:c r="C62" s="15" t="n">
         <x:v>39327</x:v>
       </x:c>
       <x:c r="D62" s="15" t="s"/>
       <x:c r="E62" s="14" t="s"/>
       <x:c r="F62" s="14" t="s"/>
       <x:c r="G62" s="14" t="s">
         <x:v>154</x:v>
       </x:c>
       <x:c r="H62" s="14" t="s"/>
       <x:c r="I62" s="16" t="s">
         <x:v>155</x:v>
       </x:c>
       <x:c r="J62" s="14" t="s">
         <x:v>137</x:v>
       </x:c>
@@ -4636,97 +4636,97 @@
       </x:c>
       <x:c r="P62" s="14" t="s">
         <x:v>154</x:v>
       </x:c>
       <x:c r="Q62" s="16" t="s">
         <x:v>155</x:v>
       </x:c>
       <x:c r="R62" s="14" t="s">
         <x:v>156</x:v>
       </x:c>
       <x:c r="S62" s="14" t="n">
         <x:v>558620</x:v>
       </x:c>
       <x:c r="T62" s="16" t="s">
         <x:v>132</x:v>
       </x:c>
       <x:c r="U62" s="16" t="s">
         <x:v>133</x:v>
       </x:c>
     </x:row>
     <x:row r="63" spans="1:21">
       <x:c r="A63" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B63" s="0" t="s">
-        <x:v>160</x:v>
+        <x:v>159</x:v>
       </x:c>
       <x:c r="C63" s="3" t="n">
-        <x:v>38191</x:v>
+        <x:v>39330</x:v>
       </x:c>
       <x:c r="D63" s="3" t="s"/>
       <x:c r="G63" s="0" t="s">
         <x:v>154</x:v>
       </x:c>
       <x:c r="I63" s="4" t="s">
         <x:v>155</x:v>
       </x:c>
       <x:c r="J63" s="0" t="s">
-        <x:v>97</x:v>
+        <x:v>123</x:v>
       </x:c>
       <x:c r="K63" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L63" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M63" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N63" s="3" t="n">
         <x:v>21011</x:v>
       </x:c>
       <x:c r="O63" s="0" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="P63" s="0" t="s">
         <x:v>154</x:v>
       </x:c>
       <x:c r="Q63" s="4" t="s">
         <x:v>155</x:v>
       </x:c>
       <x:c r="R63" s="0" t="s">
         <x:v>156</x:v>
       </x:c>
       <x:c r="S63" s="0" t="n">
-        <x:v>597594</x:v>
+        <x:v>519389</x:v>
       </x:c>
       <x:c r="T63" s="4" t="s">
-        <x:v>103</x:v>
+        <x:v>160</x:v>
       </x:c>
       <x:c r="U63" s="4" t="s">
-        <x:v>104</x:v>
+        <x:v>128</x:v>
       </x:c>
     </x:row>
     <x:row r="64" spans="1:21">
       <x:c r="A64" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B64" s="14" t="s">
         <x:v>161</x:v>
       </x:c>
       <x:c r="C64" s="15" t="n">
         <x:v>39330</x:v>
       </x:c>
       <x:c r="D64" s="15" t="s"/>
       <x:c r="E64" s="14" t="s"/>
       <x:c r="F64" s="14" t="s"/>
       <x:c r="G64" s="14" t="s">
         <x:v>154</x:v>
       </x:c>
       <x:c r="H64" s="14" t="s"/>
       <x:c r="I64" s="16" t="s">
         <x:v>155</x:v>
       </x:c>
       <x:c r="J64" s="14" t="s">
         <x:v>123</x:v>
       </x:c>
@@ -4747,94 +4747,94 @@
       </x:c>
       <x:c r="P64" s="14" t="s">
         <x:v>154</x:v>
       </x:c>
       <x:c r="Q64" s="16" t="s">
         <x:v>155</x:v>
       </x:c>
       <x:c r="R64" s="14" t="s">
         <x:v>156</x:v>
       </x:c>
       <x:c r="S64" s="14" t="n">
         <x:v>558623</x:v>
       </x:c>
       <x:c r="T64" s="16" t="s">
         <x:v>132</x:v>
       </x:c>
       <x:c r="U64" s="16" t="s">
         <x:v>133</x:v>
       </x:c>
     </x:row>
     <x:row r="65" spans="1:21">
       <x:c r="A65" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B65" s="0" t="s">
-        <x:v>159</x:v>
+        <x:v>157</x:v>
       </x:c>
       <x:c r="C65" s="3" t="n">
         <x:v>39327</x:v>
       </x:c>
       <x:c r="D65" s="3" t="s"/>
       <x:c r="G65" s="0" t="s">
         <x:v>154</x:v>
       </x:c>
       <x:c r="I65" s="4" t="s">
         <x:v>155</x:v>
       </x:c>
       <x:c r="J65" s="0" t="s">
         <x:v>137</x:v>
       </x:c>
       <x:c r="K65" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L65" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M65" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N65" s="3" t="n">
         <x:v>21011</x:v>
       </x:c>
       <x:c r="O65" s="0" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="P65" s="0" t="s">
         <x:v>154</x:v>
       </x:c>
       <x:c r="Q65" s="4" t="s">
         <x:v>155</x:v>
       </x:c>
       <x:c r="R65" s="0" t="s">
         <x:v>156</x:v>
       </x:c>
       <x:c r="S65" s="0" t="n">
         <x:v>524683</x:v>
       </x:c>
       <x:c r="T65" s="4" t="s">
-        <x:v>158</x:v>
+        <x:v>160</x:v>
       </x:c>
       <x:c r="U65" s="4" t="s">
         <x:v>128</x:v>
       </x:c>
     </x:row>
     <x:row r="66" spans="1:21">
       <x:c r="A66" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B66" s="14" t="s">
         <x:v>161</x:v>
       </x:c>
       <x:c r="C66" s="15" t="n">
         <x:v>39330</x:v>
       </x:c>
       <x:c r="D66" s="15" t="s"/>
       <x:c r="E66" s="14" t="s"/>
       <x:c r="F66" s="14" t="s"/>
       <x:c r="G66" s="14" t="s">
         <x:v>154</x:v>
       </x:c>
       <x:c r="H66" s="14" t="s"/>
       <x:c r="I66" s="16" t="s">
         <x:v>155</x:v>
       </x:c>
@@ -4912,51 +4912,51 @@
       </x:c>
       <x:c r="P67" s="0" t="s">
         <x:v>154</x:v>
       </x:c>
       <x:c r="Q67" s="4" t="s">
         <x:v>155</x:v>
       </x:c>
       <x:c r="R67" s="0" t="s">
         <x:v>156</x:v>
       </x:c>
       <x:c r="S67" s="0" t="n">
         <x:v>543639</x:v>
       </x:c>
       <x:c r="T67" s="4" t="s">
         <x:v>132</x:v>
       </x:c>
       <x:c r="U67" s="4" t="s">
         <x:v>133</x:v>
       </x:c>
     </x:row>
     <x:row r="68" spans="1:21">
       <x:c r="A68" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B68" s="14" t="s">
-        <x:v>157</x:v>
+        <x:v>159</x:v>
       </x:c>
       <x:c r="C68" s="15" t="n">
         <x:v>39330</x:v>
       </x:c>
       <x:c r="D68" s="15" t="s"/>
       <x:c r="E68" s="14" t="s"/>
       <x:c r="F68" s="14" t="s"/>
       <x:c r="G68" s="14" t="s">
         <x:v>154</x:v>
       </x:c>
       <x:c r="H68" s="14" t="s"/>
       <x:c r="I68" s="16" t="s">
         <x:v>155</x:v>
       </x:c>
       <x:c r="J68" s="14" t="s">
         <x:v>123</x:v>
       </x:c>
       <x:c r="K68" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L68" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M68" s="14" t="s">
         <x:v>27</x:v>
@@ -4969,51 +4969,51 @@
       </x:c>
       <x:c r="P68" s="14" t="s">
         <x:v>154</x:v>
       </x:c>
       <x:c r="Q68" s="16" t="s">
         <x:v>155</x:v>
       </x:c>
       <x:c r="R68" s="14" t="s">
         <x:v>156</x:v>
       </x:c>
       <x:c r="S68" s="14" t="n">
         <x:v>543671</x:v>
       </x:c>
       <x:c r="T68" s="16" t="s">
         <x:v>132</x:v>
       </x:c>
       <x:c r="U68" s="16" t="s">
         <x:v>133</x:v>
       </x:c>
     </x:row>
     <x:row r="69" spans="1:21">
       <x:c r="A69" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B69" s="0" t="s">
-        <x:v>160</x:v>
+        <x:v>158</x:v>
       </x:c>
       <x:c r="C69" s="3" t="n">
         <x:v>38191</x:v>
       </x:c>
       <x:c r="D69" s="3" t="s"/>
       <x:c r="G69" s="0" t="s">
         <x:v>154</x:v>
       </x:c>
       <x:c r="I69" s="4" t="s">
         <x:v>155</x:v>
       </x:c>
       <x:c r="J69" s="0" t="s">
         <x:v>97</x:v>
       </x:c>
       <x:c r="K69" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L69" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M69" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N69" s="3" t="n">
         <x:v>21011</x:v>
@@ -5023,51 +5023,51 @@
       </x:c>
       <x:c r="P69" s="0" t="s">
         <x:v>154</x:v>
       </x:c>
       <x:c r="Q69" s="4" t="s">
         <x:v>155</x:v>
       </x:c>
       <x:c r="R69" s="0" t="s">
         <x:v>156</x:v>
       </x:c>
       <x:c r="S69" s="0" t="n">
         <x:v>553800</x:v>
       </x:c>
       <x:c r="T69" s="4" t="s">
         <x:v>132</x:v>
       </x:c>
       <x:c r="U69" s="4" t="s">
         <x:v>133</x:v>
       </x:c>
     </x:row>
     <x:row r="70" spans="1:21">
       <x:c r="A70" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B70" s="14" t="s">
-        <x:v>159</x:v>
+        <x:v>157</x:v>
       </x:c>
       <x:c r="C70" s="15" t="n">
         <x:v>39327</x:v>
       </x:c>
       <x:c r="D70" s="15" t="s"/>
       <x:c r="E70" s="14" t="s"/>
       <x:c r="F70" s="14" t="s"/>
       <x:c r="G70" s="14" t="s">
         <x:v>154</x:v>
       </x:c>
       <x:c r="H70" s="14" t="s"/>
       <x:c r="I70" s="16" t="s">
         <x:v>155</x:v>
       </x:c>
       <x:c r="J70" s="14" t="s">
         <x:v>137</x:v>
       </x:c>
       <x:c r="K70" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L70" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M70" s="14" t="s">
         <x:v>27</x:v>
@@ -5123,108 +5123,108 @@
       <x:c r="L71" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M71" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N71" s="3" t="n">
         <x:v>21011</x:v>
       </x:c>
       <x:c r="O71" s="0" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="P71" s="0" t="s">
         <x:v>154</x:v>
       </x:c>
       <x:c r="Q71" s="4" t="s">
         <x:v>155</x:v>
       </x:c>
       <x:c r="R71" s="0" t="s">
         <x:v>156</x:v>
       </x:c>
       <x:c r="S71" s="0" t="n">
         <x:v>493611</x:v>
       </x:c>
       <x:c r="T71" s="4" t="s">
-        <x:v>158</x:v>
+        <x:v>160</x:v>
       </x:c>
       <x:c r="U71" s="4" t="s">
         <x:v>128</x:v>
       </x:c>
     </x:row>
     <x:row r="72" spans="1:21">
       <x:c r="A72" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B72" s="14" t="s">
-        <x:v>160</x:v>
+        <x:v>158</x:v>
       </x:c>
       <x:c r="C72" s="15" t="n">
         <x:v>38191</x:v>
       </x:c>
       <x:c r="D72" s="15" t="s"/>
       <x:c r="E72" s="14" t="s"/>
       <x:c r="F72" s="14" t="s"/>
       <x:c r="G72" s="14" t="s">
         <x:v>154</x:v>
       </x:c>
       <x:c r="H72" s="14" t="s"/>
       <x:c r="I72" s="16" t="s">
         <x:v>155</x:v>
       </x:c>
       <x:c r="J72" s="14" t="s">
         <x:v>97</x:v>
       </x:c>
       <x:c r="K72" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L72" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M72" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N72" s="15" t="n">
         <x:v>21011</x:v>
       </x:c>
       <x:c r="O72" s="14" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="P72" s="14" t="s">
         <x:v>154</x:v>
       </x:c>
       <x:c r="Q72" s="16" t="s">
         <x:v>155</x:v>
       </x:c>
       <x:c r="R72" s="14" t="s">
         <x:v>156</x:v>
       </x:c>
       <x:c r="S72" s="14" t="n">
         <x:v>514403</x:v>
       </x:c>
       <x:c r="T72" s="16" t="s">
-        <x:v>158</x:v>
+        <x:v>160</x:v>
       </x:c>
       <x:c r="U72" s="16" t="s">
         <x:v>128</x:v>
       </x:c>
     </x:row>
     <x:row r="73" spans="1:21">
       <x:c r="A73" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B73" s="0" t="s">
         <x:v>162</x:v>
       </x:c>
       <x:c r="C73" s="3" t="n">
         <x:v>38577</x:v>
       </x:c>
       <x:c r="D73" s="3" t="s"/>
       <x:c r="G73" s="0" t="s">
         <x:v>163</x:v>
       </x:c>
       <x:c r="I73" s="4" t="s">
         <x:v>131</x:v>
       </x:c>
       <x:c r="J73" s="0" t="s">
         <x:v>97</x:v>
       </x:c>
@@ -6135,51 +6135,51 @@
       </x:c>
       <x:c r="P89" s="0" t="s">
         <x:v>193</x:v>
       </x:c>
       <x:c r="Q89" s="4" t="s">
         <x:v>194</x:v>
       </x:c>
       <x:c r="R89" s="0" t="s">
         <x:v>195</x:v>
       </x:c>
       <x:c r="S89" s="0" t="n">
         <x:v>595649</x:v>
       </x:c>
       <x:c r="T89" s="4" t="s">
         <x:v>103</x:v>
       </x:c>
       <x:c r="U89" s="4" t="s">
         <x:v>104</x:v>
       </x:c>
     </x:row>
     <x:row r="90" spans="1:21">
       <x:c r="A90" s="13" t="s">
         <x:v>91</x:v>
       </x:c>
       <x:c r="B90" s="14" t="s">
-        <x:v>143</x:v>
+        <x:v>142</x:v>
       </x:c>
       <x:c r="C90" s="15" t="n">
         <x:v>39330</x:v>
       </x:c>
       <x:c r="D90" s="15" t="s"/>
       <x:c r="E90" s="14" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="F90" s="14" t="s"/>
       <x:c r="G90" s="14" t="s">
         <x:v>154</x:v>
       </x:c>
       <x:c r="H90" s="14" t="s"/>
       <x:c r="I90" s="16" t="s">
         <x:v>155</x:v>
       </x:c>
       <x:c r="J90" s="14" t="s">
         <x:v>123</x:v>
       </x:c>
       <x:c r="K90" s="14" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="L90" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
@@ -6194,100 +6194,100 @@
       </x:c>
       <x:c r="P90" s="14" t="s">
         <x:v>196</x:v>
       </x:c>
       <x:c r="Q90" s="16" t="s">
         <x:v>182</x:v>
       </x:c>
       <x:c r="R90" s="14" t="s">
         <x:v>156</x:v>
       </x:c>
       <x:c r="S90" s="14" t="n">
         <x:v>605949</x:v>
       </x:c>
       <x:c r="T90" s="16" t="s">
         <x:v>103</x:v>
       </x:c>
       <x:c r="U90" s="16" t="s">
         <x:v>104</x:v>
       </x:c>
     </x:row>
     <x:row r="91" spans="1:21">
       <x:c r="A91" s="1" t="s">
         <x:v>91</x:v>
       </x:c>
       <x:c r="B91" s="0" t="s">
-        <x:v>92</x:v>
+        <x:v>197</x:v>
       </x:c>
       <x:c r="C91" s="3" t="n">
-        <x:v>38191</x:v>
+        <x:v>39327</x:v>
       </x:c>
       <x:c r="D91" s="3" t="s"/>
       <x:c r="E91" s="0" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="G91" s="0" t="s">
         <x:v>154</x:v>
       </x:c>
       <x:c r="I91" s="4" t="s">
         <x:v>155</x:v>
       </x:c>
       <x:c r="J91" s="0" t="s">
-        <x:v>97</x:v>
+        <x:v>137</x:v>
       </x:c>
       <x:c r="K91" s="0" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="L91" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M91" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N91" s="3" t="n">
         <x:v>21011</x:v>
       </x:c>
       <x:c r="O91" s="0" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="P91" s="0" t="s">
         <x:v>196</x:v>
       </x:c>
       <x:c r="Q91" s="4" t="s">
         <x:v>182</x:v>
       </x:c>
       <x:c r="R91" s="0" t="s">
         <x:v>156</x:v>
       </x:c>
       <x:c r="S91" s="0" t="n">
-        <x:v>602205</x:v>
+        <x:v>547622</x:v>
       </x:c>
       <x:c r="T91" s="4" t="s">
-        <x:v>103</x:v>
+        <x:v>132</x:v>
       </x:c>
       <x:c r="U91" s="4" t="s">
-        <x:v>104</x:v>
+        <x:v>133</x:v>
       </x:c>
     </x:row>
     <x:row r="92" spans="1:21">
       <x:c r="A92" s="13" t="s">
         <x:v>91</x:v>
       </x:c>
       <x:c r="B92" s="14" t="s">
         <x:v>197</x:v>
       </x:c>
       <x:c r="C92" s="15" t="n">
         <x:v>39327</x:v>
       </x:c>
       <x:c r="D92" s="15" t="s"/>
       <x:c r="E92" s="14" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="F92" s="14" t="s"/>
       <x:c r="G92" s="14" t="s">
         <x:v>154</x:v>
       </x:c>
       <x:c r="H92" s="14" t="s"/>
       <x:c r="I92" s="16" t="s">
         <x:v>155</x:v>
       </x:c>
       <x:c r="J92" s="14" t="s">
@@ -6310,216 +6310,216 @@
       </x:c>
       <x:c r="P92" s="14" t="s">
         <x:v>196</x:v>
       </x:c>
       <x:c r="Q92" s="16" t="s">
         <x:v>182</x:v>
       </x:c>
       <x:c r="R92" s="14" t="s">
         <x:v>156</x:v>
       </x:c>
       <x:c r="S92" s="14" t="n">
         <x:v>605956</x:v>
       </x:c>
       <x:c r="T92" s="16" t="s">
         <x:v>103</x:v>
       </x:c>
       <x:c r="U92" s="16" t="s">
         <x:v>104</x:v>
       </x:c>
     </x:row>
     <x:row r="93" spans="1:21">
       <x:c r="A93" s="1" t="s">
         <x:v>91</x:v>
       </x:c>
       <x:c r="B93" s="0" t="s">
-        <x:v>197</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="C93" s="3" t="n">
-        <x:v>39327</x:v>
+        <x:v>38191</x:v>
       </x:c>
       <x:c r="D93" s="3" t="s"/>
       <x:c r="E93" s="0" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="G93" s="0" t="s">
         <x:v>154</x:v>
       </x:c>
       <x:c r="I93" s="4" t="s">
         <x:v>155</x:v>
       </x:c>
       <x:c r="J93" s="0" t="s">
-        <x:v>137</x:v>
+        <x:v>97</x:v>
       </x:c>
       <x:c r="K93" s="0" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="L93" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M93" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N93" s="3" t="n">
         <x:v>21011</x:v>
       </x:c>
       <x:c r="O93" s="0" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="P93" s="0" t="s">
         <x:v>196</x:v>
       </x:c>
       <x:c r="Q93" s="4" t="s">
         <x:v>182</x:v>
       </x:c>
       <x:c r="R93" s="0" t="s">
         <x:v>156</x:v>
       </x:c>
       <x:c r="S93" s="0" t="n">
-        <x:v>547622</x:v>
+        <x:v>602205</x:v>
       </x:c>
       <x:c r="T93" s="4" t="s">
-        <x:v>132</x:v>
+        <x:v>103</x:v>
       </x:c>
       <x:c r="U93" s="4" t="s">
-        <x:v>133</x:v>
+        <x:v>104</x:v>
       </x:c>
     </x:row>
     <x:row r="94" spans="1:21">
       <x:c r="A94" s="13" t="s">
         <x:v>91</x:v>
       </x:c>
       <x:c r="B94" s="14" t="s">
-        <x:v>197</x:v>
+        <x:v>134</x:v>
       </x:c>
       <x:c r="C94" s="15" t="n">
         <x:v>39327</x:v>
       </x:c>
       <x:c r="D94" s="15" t="s"/>
       <x:c r="E94" s="14" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="F94" s="14" t="s"/>
       <x:c r="G94" s="14" t="s">
         <x:v>154</x:v>
       </x:c>
       <x:c r="H94" s="14" t="s"/>
       <x:c r="I94" s="16" t="s">
         <x:v>155</x:v>
       </x:c>
       <x:c r="J94" s="14" t="s">
         <x:v>137</x:v>
       </x:c>
       <x:c r="K94" s="14" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="L94" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M94" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N94" s="15" t="n">
         <x:v>21011</x:v>
       </x:c>
       <x:c r="O94" s="14" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="P94" s="14" t="s">
         <x:v>196</x:v>
       </x:c>
       <x:c r="Q94" s="16" t="s">
         <x:v>182</x:v>
       </x:c>
       <x:c r="R94" s="14" t="s">
         <x:v>156</x:v>
       </x:c>
       <x:c r="S94" s="14" t="n">
-        <x:v>547621</x:v>
+        <x:v>605957</x:v>
       </x:c>
       <x:c r="T94" s="16" t="s">
-        <x:v>158</x:v>
+        <x:v>103</x:v>
       </x:c>
       <x:c r="U94" s="16" t="s">
-        <x:v>128</x:v>
+        <x:v>104</x:v>
       </x:c>
     </x:row>
     <x:row r="95" spans="1:21">
       <x:c r="A95" s="1" t="s">
         <x:v>91</x:v>
       </x:c>
       <x:c r="B95" s="0" t="s">
-        <x:v>134</x:v>
+        <x:v>197</x:v>
       </x:c>
       <x:c r="C95" s="3" t="n">
         <x:v>39327</x:v>
       </x:c>
       <x:c r="D95" s="3" t="s"/>
       <x:c r="E95" s="0" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="G95" s="0" t="s">
         <x:v>154</x:v>
       </x:c>
       <x:c r="I95" s="4" t="s">
         <x:v>155</x:v>
       </x:c>
       <x:c r="J95" s="0" t="s">
         <x:v>137</x:v>
       </x:c>
       <x:c r="K95" s="0" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="L95" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M95" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N95" s="3" t="n">
         <x:v>21011</x:v>
       </x:c>
       <x:c r="O95" s="0" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="P95" s="0" t="s">
         <x:v>196</x:v>
       </x:c>
       <x:c r="Q95" s="4" t="s">
         <x:v>182</x:v>
       </x:c>
       <x:c r="R95" s="0" t="s">
         <x:v>156</x:v>
       </x:c>
       <x:c r="S95" s="0" t="n">
-        <x:v>605957</x:v>
+        <x:v>547621</x:v>
       </x:c>
       <x:c r="T95" s="4" t="s">
-        <x:v>103</x:v>
+        <x:v>160</x:v>
       </x:c>
       <x:c r="U95" s="4" t="s">
-        <x:v>104</x:v>
+        <x:v>128</x:v>
       </x:c>
     </x:row>
     <x:row r="96" spans="1:21">
       <x:c r="A96" s="13" t="s">
         <x:v>91</x:v>
       </x:c>
       <x:c r="B96" s="14" t="s">
         <x:v>134</x:v>
       </x:c>
       <x:c r="C96" s="15" t="n">
         <x:v>39327</x:v>
       </x:c>
       <x:c r="D96" s="15" t="s"/>
       <x:c r="E96" s="14" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="F96" s="14" t="s"/>
       <x:c r="G96" s="14" t="s">
         <x:v>154</x:v>
       </x:c>
       <x:c r="H96" s="14" t="s"/>
       <x:c r="I96" s="16" t="s">
         <x:v>155</x:v>
       </x:c>
       <x:c r="J96" s="14" t="s">
@@ -6647,51 +6647,51 @@
       <x:c r="L98" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M98" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N98" s="15" t="n">
         <x:v>21011</x:v>
       </x:c>
       <x:c r="O98" s="14" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="P98" s="14" t="s">
         <x:v>196</x:v>
       </x:c>
       <x:c r="Q98" s="16" t="s">
         <x:v>182</x:v>
       </x:c>
       <x:c r="R98" s="14" t="s">
         <x:v>156</x:v>
       </x:c>
       <x:c r="S98" s="14" t="n">
         <x:v>494785</x:v>
       </x:c>
       <x:c r="T98" s="16" t="s">
-        <x:v>158</x:v>
+        <x:v>160</x:v>
       </x:c>
       <x:c r="U98" s="16" t="s">
         <x:v>128</x:v>
       </x:c>
     </x:row>
     <x:row r="99" spans="1:21">
       <x:c r="A99" s="1" t="s">
         <x:v>91</x:v>
       </x:c>
       <x:c r="B99" s="0" t="s">
         <x:v>92</x:v>
       </x:c>
       <x:c r="C99" s="3" t="n">
         <x:v>38191</x:v>
       </x:c>
       <x:c r="D99" s="3" t="s"/>
       <x:c r="E99" s="0" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="G99" s="0" t="s">
         <x:v>154</x:v>
       </x:c>
       <x:c r="I99" s="4" t="s">
         <x:v>155</x:v>
       </x:c>
@@ -6704,62 +6704,62 @@
       <x:c r="L99" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M99" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N99" s="3" t="n">
         <x:v>21011</x:v>
       </x:c>
       <x:c r="O99" s="0" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="P99" s="0" t="s">
         <x:v>196</x:v>
       </x:c>
       <x:c r="Q99" s="4" t="s">
         <x:v>182</x:v>
       </x:c>
       <x:c r="R99" s="0" t="s">
         <x:v>156</x:v>
       </x:c>
       <x:c r="S99" s="0" t="n">
         <x:v>514903</x:v>
       </x:c>
       <x:c r="T99" s="4" t="s">
-        <x:v>158</x:v>
+        <x:v>160</x:v>
       </x:c>
       <x:c r="U99" s="4" t="s">
         <x:v>128</x:v>
       </x:c>
     </x:row>
     <x:row r="100" spans="1:21">
       <x:c r="A100" s="13" t="s">
         <x:v>91</x:v>
       </x:c>
       <x:c r="B100" s="14" t="s">
-        <x:v>143</x:v>
+        <x:v>142</x:v>
       </x:c>
       <x:c r="C100" s="15" t="n">
         <x:v>39330</x:v>
       </x:c>
       <x:c r="D100" s="15" t="s"/>
       <x:c r="E100" s="14" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="F100" s="14" t="s"/>
       <x:c r="G100" s="14" t="s">
         <x:v>154</x:v>
       </x:c>
       <x:c r="H100" s="14" t="s"/>
       <x:c r="I100" s="16" t="s">
         <x:v>155</x:v>
       </x:c>
       <x:c r="J100" s="14" t="s">
         <x:v>123</x:v>
       </x:c>
       <x:c r="K100" s="14" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="L100" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
@@ -6774,97 +6774,97 @@
       </x:c>
       <x:c r="P100" s="14" t="s">
         <x:v>196</x:v>
       </x:c>
       <x:c r="Q100" s="16" t="s">
         <x:v>182</x:v>
       </x:c>
       <x:c r="R100" s="14" t="s">
         <x:v>156</x:v>
       </x:c>
       <x:c r="S100" s="14" t="n">
         <x:v>547604</x:v>
       </x:c>
       <x:c r="T100" s="16" t="s">
         <x:v>132</x:v>
       </x:c>
       <x:c r="U100" s="16" t="s">
         <x:v>133</x:v>
       </x:c>
     </x:row>
     <x:row r="101" spans="1:21">
       <x:c r="A101" s="1" t="s">
         <x:v>91</x:v>
       </x:c>
       <x:c r="B101" s="0" t="s">
-        <x:v>143</x:v>
+        <x:v>142</x:v>
       </x:c>
       <x:c r="C101" s="3" t="n">
         <x:v>39330</x:v>
       </x:c>
       <x:c r="D101" s="3" t="s"/>
       <x:c r="E101" s="0" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="G101" s="0" t="s">
         <x:v>154</x:v>
       </x:c>
       <x:c r="I101" s="4" t="s">
         <x:v>155</x:v>
       </x:c>
       <x:c r="J101" s="0" t="s">
         <x:v>123</x:v>
       </x:c>
       <x:c r="K101" s="0" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="L101" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M101" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N101" s="3" t="n">
         <x:v>21011</x:v>
       </x:c>
       <x:c r="O101" s="0" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="P101" s="0" t="s">
         <x:v>196</x:v>
       </x:c>
       <x:c r="Q101" s="4" t="s">
         <x:v>182</x:v>
       </x:c>
       <x:c r="R101" s="0" t="s">
         <x:v>156</x:v>
       </x:c>
       <x:c r="S101" s="0" t="n">
         <x:v>547603</x:v>
       </x:c>
       <x:c r="T101" s="4" t="s">
-        <x:v>158</x:v>
+        <x:v>160</x:v>
       </x:c>
       <x:c r="U101" s="4" t="s">
         <x:v>128</x:v>
       </x:c>
     </x:row>
     <x:row r="102" spans="1:21">
       <x:c r="A102" s="13" t="s">
         <x:v>91</x:v>
       </x:c>
       <x:c r="B102" s="14" t="s">
         <x:v>198</x:v>
       </x:c>
       <x:c r="C102" s="15" t="n">
         <x:v>36966</x:v>
       </x:c>
       <x:c r="D102" s="15" t="s"/>
       <x:c r="E102" s="14" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="F102" s="14" t="s"/>
       <x:c r="G102" s="14" t="s">
         <x:v>199</x:v>
       </x:c>
       <x:c r="H102" s="14" t="s">
         <x:v>200</x:v>
@@ -6878,57 +6878,57 @@
       <x:c r="K102" s="14" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="L102" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M102" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N102" s="15" t="n">
         <x:v>11452</x:v>
       </x:c>
       <x:c r="O102" s="14" t="s">
         <x:v>177</x:v>
       </x:c>
       <x:c r="P102" s="14" t="s">
         <x:v>202</x:v>
       </x:c>
       <x:c r="Q102" s="16" t="s">
         <x:v>203</x:v>
       </x:c>
       <x:c r="R102" s="14" t="s">
         <x:v>178</x:v>
       </x:c>
       <x:c r="S102" s="14" t="n">
-        <x:v>605705</x:v>
+        <x:v>557543</x:v>
       </x:c>
       <x:c r="T102" s="16" t="s">
-        <x:v>103</x:v>
+        <x:v>132</x:v>
       </x:c>
       <x:c r="U102" s="16" t="s">
-        <x:v>104</x:v>
+        <x:v>133</x:v>
       </x:c>
     </x:row>
     <x:row r="103" spans="1:21">
       <x:c r="A103" s="1" t="s">
         <x:v>91</x:v>
       </x:c>
       <x:c r="B103" s="0" t="s">
         <x:v>198</x:v>
       </x:c>
       <x:c r="C103" s="3" t="n">
         <x:v>36966</x:v>
       </x:c>
       <x:c r="D103" s="3" t="s"/>
       <x:c r="E103" s="0" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="G103" s="0" t="s">
         <x:v>199</x:v>
       </x:c>
       <x:c r="H103" s="0" t="s">
         <x:v>200</x:v>
       </x:c>
       <x:c r="I103" s="4" t="s">
         <x:v>201</x:v>
       </x:c>
@@ -6938,57 +6938,57 @@
       <x:c r="K103" s="0" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="L103" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M103" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N103" s="3" t="n">
         <x:v>11452</x:v>
       </x:c>
       <x:c r="O103" s="0" t="s">
         <x:v>177</x:v>
       </x:c>
       <x:c r="P103" s="0" t="s">
         <x:v>202</x:v>
       </x:c>
       <x:c r="Q103" s="4" t="s">
         <x:v>203</x:v>
       </x:c>
       <x:c r="R103" s="0" t="s">
         <x:v>178</x:v>
       </x:c>
       <x:c r="S103" s="0" t="n">
-        <x:v>557543</x:v>
+        <x:v>605705</x:v>
       </x:c>
       <x:c r="T103" s="4" t="s">
-        <x:v>132</x:v>
+        <x:v>103</x:v>
       </x:c>
       <x:c r="U103" s="4" t="s">
-        <x:v>133</x:v>
+        <x:v>104</x:v>
       </x:c>
     </x:row>
     <x:row r="104" spans="1:21">
       <x:c r="A104" s="13" t="s">
         <x:v>91</x:v>
       </x:c>
       <x:c r="B104" s="14" t="s">
         <x:v>198</x:v>
       </x:c>
       <x:c r="C104" s="15" t="n">
         <x:v>36966</x:v>
       </x:c>
       <x:c r="D104" s="15" t="s"/>
       <x:c r="E104" s="14" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="F104" s="14" t="s"/>
       <x:c r="G104" s="14" t="s">
         <x:v>174</x:v>
       </x:c>
       <x:c r="H104" s="14" t="s">
         <x:v>175</x:v>
       </x:c>
       <x:c r="I104" s="16" t="s">
         <x:v>176</x:v>
@@ -7129,51 +7129,51 @@
       </x:c>
       <x:c r="P106" s="14" t="s">
         <x:v>206</x:v>
       </x:c>
       <x:c r="Q106" s="16" t="s">
         <x:v>207</x:v>
       </x:c>
       <x:c r="R106" s="14" t="s">
         <x:v>208</x:v>
       </x:c>
       <x:c r="S106" s="14" t="n">
         <x:v>506210</x:v>
       </x:c>
       <x:c r="T106" s="16" t="s">
         <x:v>127</x:v>
       </x:c>
       <x:c r="U106" s="16" t="s">
         <x:v>128</x:v>
       </x:c>
     </x:row>
     <x:row r="107" spans="1:21">
       <x:c r="A107" s="1" t="s">
         <x:v>91</x:v>
       </x:c>
       <x:c r="B107" s="0" t="s">
-        <x:v>143</x:v>
+        <x:v>142</x:v>
       </x:c>
       <x:c r="C107" s="3" t="n">
         <x:v>39330</x:v>
       </x:c>
       <x:c r="D107" s="3" t="s"/>
       <x:c r="E107" s="0" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="G107" s="0" t="s">
         <x:v>204</x:v>
       </x:c>
       <x:c r="I107" s="4" t="s">
         <x:v>205</x:v>
       </x:c>
       <x:c r="J107" s="0" t="s">
         <x:v>123</x:v>
       </x:c>
       <x:c r="K107" s="0" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="L107" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M107" s="0" t="s">
         <x:v>27</x:v>
@@ -7245,51 +7245,51 @@
       </x:c>
       <x:c r="P108" s="14" t="s">
         <x:v>206</x:v>
       </x:c>
       <x:c r="Q108" s="16" t="s">
         <x:v>207</x:v>
       </x:c>
       <x:c r="R108" s="14" t="s">
         <x:v>208</x:v>
       </x:c>
       <x:c r="S108" s="14" t="n">
         <x:v>506202</x:v>
       </x:c>
       <x:c r="T108" s="16" t="s">
         <x:v>127</x:v>
       </x:c>
       <x:c r="U108" s="16" t="s">
         <x:v>128</x:v>
       </x:c>
     </x:row>
     <x:row r="109" spans="1:21">
       <x:c r="A109" s="1" t="s">
         <x:v>91</x:v>
       </x:c>
       <x:c r="B109" s="0" t="s">
-        <x:v>143</x:v>
+        <x:v>142</x:v>
       </x:c>
       <x:c r="C109" s="3" t="n">
         <x:v>39330</x:v>
       </x:c>
       <x:c r="D109" s="3" t="s"/>
       <x:c r="E109" s="0" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="G109" s="0" t="s">
         <x:v>204</x:v>
       </x:c>
       <x:c r="I109" s="4" t="s">
         <x:v>205</x:v>
       </x:c>
       <x:c r="J109" s="0" t="s">
         <x:v>123</x:v>
       </x:c>
       <x:c r="K109" s="0" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="L109" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M109" s="0" t="s">
         <x:v>27</x:v>
@@ -7477,51 +7477,51 @@
       </x:c>
       <x:c r="P112" s="14" t="s">
         <x:v>206</x:v>
       </x:c>
       <x:c r="Q112" s="16" t="s">
         <x:v>207</x:v>
       </x:c>
       <x:c r="R112" s="14" t="s">
         <x:v>208</x:v>
       </x:c>
       <x:c r="S112" s="14" t="n">
         <x:v>554264</x:v>
       </x:c>
       <x:c r="T112" s="16" t="s">
         <x:v>132</x:v>
       </x:c>
       <x:c r="U112" s="16" t="s">
         <x:v>128</x:v>
       </x:c>
     </x:row>
     <x:row r="113" spans="1:21">
       <x:c r="A113" s="1" t="s">
         <x:v>91</x:v>
       </x:c>
       <x:c r="B113" s="0" t="s">
-        <x:v>143</x:v>
+        <x:v>142</x:v>
       </x:c>
       <x:c r="C113" s="3" t="n">
         <x:v>39330</x:v>
       </x:c>
       <x:c r="D113" s="3" t="s"/>
       <x:c r="E113" s="0" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="G113" s="0" t="s">
         <x:v>204</x:v>
       </x:c>
       <x:c r="I113" s="4" t="s">
         <x:v>205</x:v>
       </x:c>
       <x:c r="J113" s="0" t="s">
         <x:v>123</x:v>
       </x:c>
       <x:c r="K113" s="0" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="L113" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M113" s="0" t="s">
         <x:v>27</x:v>
@@ -7593,51 +7593,51 @@
       </x:c>
       <x:c r="P114" s="14" t="s">
         <x:v>206</x:v>
       </x:c>
       <x:c r="Q114" s="16" t="s">
         <x:v>207</x:v>
       </x:c>
       <x:c r="R114" s="14" t="s">
         <x:v>208</x:v>
       </x:c>
       <x:c r="S114" s="14" t="n">
         <x:v>554270</x:v>
       </x:c>
       <x:c r="T114" s="16" t="s">
         <x:v>132</x:v>
       </x:c>
       <x:c r="U114" s="16" t="s">
         <x:v>133</x:v>
       </x:c>
     </x:row>
     <x:row r="115" spans="1:21">
       <x:c r="A115" s="1" t="s">
         <x:v>91</x:v>
       </x:c>
       <x:c r="B115" s="0" t="s">
-        <x:v>143</x:v>
+        <x:v>142</x:v>
       </x:c>
       <x:c r="C115" s="3" t="n">
         <x:v>39330</x:v>
       </x:c>
       <x:c r="D115" s="3" t="s"/>
       <x:c r="E115" s="0" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="G115" s="0" t="s">
         <x:v>209</x:v>
       </x:c>
       <x:c r="I115" s="4" t="s">
         <x:v>210</x:v>
       </x:c>
       <x:c r="J115" s="0" t="s">
         <x:v>123</x:v>
       </x:c>
       <x:c r="K115" s="0" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="L115" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M115" s="0" t="s">
         <x:v>27</x:v>
@@ -7927,175 +7927,175 @@
       <x:c r="K120" s="14" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="L120" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M120" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N120" s="15" t="n">
         <x:v>22286</x:v>
       </x:c>
       <x:c r="O120" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P120" s="14" t="s">
         <x:v>212</x:v>
       </x:c>
       <x:c r="Q120" s="16" t="s">
         <x:v>213</x:v>
       </x:c>
       <x:c r="R120" s="14" t="s">
         <x:v>164</x:v>
       </x:c>
       <x:c r="S120" s="14" t="n">
-        <x:v>602315</x:v>
+        <x:v>547823</x:v>
       </x:c>
       <x:c r="T120" s="16" t="s">
-        <x:v>165</x:v>
+        <x:v>166</x:v>
       </x:c>
       <x:c r="U120" s="16" t="s">
-        <x:v>104</x:v>
+        <x:v>133</x:v>
       </x:c>
     </x:row>
     <x:row r="121" spans="1:21">
       <x:c r="A121" s="1" t="s">
         <x:v>91</x:v>
       </x:c>
       <x:c r="B121" s="0" t="s">
         <x:v>211</x:v>
       </x:c>
       <x:c r="C121" s="3" t="n">
         <x:v>38577</x:v>
       </x:c>
       <x:c r="D121" s="3" t="s"/>
       <x:c r="E121" s="0" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="G121" s="0" t="s">
         <x:v>163</x:v>
       </x:c>
       <x:c r="I121" s="4" t="s">
         <x:v>131</x:v>
       </x:c>
       <x:c r="J121" s="0" t="s">
         <x:v>97</x:v>
       </x:c>
       <x:c r="K121" s="0" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="L121" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M121" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N121" s="3" t="n">
         <x:v>22286</x:v>
       </x:c>
       <x:c r="O121" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P121" s="0" t="s">
         <x:v>212</x:v>
       </x:c>
       <x:c r="Q121" s="4" t="s">
         <x:v>213</x:v>
       </x:c>
       <x:c r="R121" s="0" t="s">
         <x:v>164</x:v>
       </x:c>
       <x:c r="S121" s="0" t="n">
-        <x:v>547823</x:v>
+        <x:v>602315</x:v>
       </x:c>
       <x:c r="T121" s="4" t="s">
-        <x:v>166</x:v>
+        <x:v>165</x:v>
       </x:c>
       <x:c r="U121" s="4" t="s">
-        <x:v>133</x:v>
+        <x:v>104</x:v>
       </x:c>
     </x:row>
     <x:row r="122" spans="1:21">
       <x:c r="A122" s="13" t="s">
         <x:v>91</x:v>
       </x:c>
       <x:c r="B122" s="14" t="s">
-        <x:v>129</x:v>
+        <x:v>119</x:v>
       </x:c>
       <x:c r="C122" s="15" t="n">
         <x:v>39330</x:v>
       </x:c>
       <x:c r="D122" s="15" t="s"/>
       <x:c r="E122" s="14" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="F122" s="14" t="s"/>
       <x:c r="G122" s="14" t="s">
         <x:v>215</x:v>
       </x:c>
       <x:c r="H122" s="14" t="s">
         <x:v>216</x:v>
       </x:c>
       <x:c r="I122" s="16" t="s">
         <x:v>217</x:v>
       </x:c>
       <x:c r="J122" s="14" t="s">
         <x:v>123</x:v>
       </x:c>
       <x:c r="K122" s="14" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="L122" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M122" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N122" s="15" t="n">
         <x:v>21011</x:v>
       </x:c>
       <x:c r="O122" s="14" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="P122" s="14" t="s">
         <x:v>215</x:v>
       </x:c>
       <x:c r="Q122" s="16" t="s">
         <x:v>217</x:v>
       </x:c>
       <x:c r="R122" s="14" t="s">
         <x:v>218</x:v>
       </x:c>
       <x:c r="S122" s="14" t="n">
-        <x:v>512515</x:v>
+        <x:v>599639</x:v>
       </x:c>
       <x:c r="T122" s="16" t="s">
-        <x:v>127</x:v>
+        <x:v>103</x:v>
       </x:c>
       <x:c r="U122" s="16" t="s">
-        <x:v>128</x:v>
+        <x:v>104</x:v>
       </x:c>
     </x:row>
     <x:row r="123" spans="1:21">
       <x:c r="A123" s="1" t="s">
         <x:v>91</x:v>
       </x:c>
       <x:c r="B123" s="0" t="s">
         <x:v>129</x:v>
       </x:c>
       <x:c r="C123" s="3" t="n">
         <x:v>39330</x:v>
       </x:c>
       <x:c r="D123" s="3" t="s"/>
       <x:c r="E123" s="0" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="G123" s="0" t="s">
         <x:v>215</x:v>
       </x:c>
       <x:c r="H123" s="0" t="s">
         <x:v>216</x:v>
       </x:c>
       <x:c r="I123" s="4" t="s">
         <x:v>217</x:v>
       </x:c>
@@ -8119,104 +8119,104 @@
       </x:c>
       <x:c r="P123" s="0" t="s">
         <x:v>215</x:v>
       </x:c>
       <x:c r="Q123" s="4" t="s">
         <x:v>217</x:v>
       </x:c>
       <x:c r="R123" s="0" t="s">
         <x:v>218</x:v>
       </x:c>
       <x:c r="S123" s="0" t="n">
         <x:v>558675</x:v>
       </x:c>
       <x:c r="T123" s="4" t="s">
         <x:v>132</x:v>
       </x:c>
       <x:c r="U123" s="4" t="s">
         <x:v>133</x:v>
       </x:c>
     </x:row>
     <x:row r="124" spans="1:21">
       <x:c r="A124" s="13" t="s">
         <x:v>91</x:v>
       </x:c>
       <x:c r="B124" s="14" t="s">
-        <x:v>119</x:v>
+        <x:v>129</x:v>
       </x:c>
       <x:c r="C124" s="15" t="n">
         <x:v>39330</x:v>
       </x:c>
       <x:c r="D124" s="15" t="s"/>
       <x:c r="E124" s="14" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="F124" s="14" t="s"/>
       <x:c r="G124" s="14" t="s">
         <x:v>215</x:v>
       </x:c>
       <x:c r="H124" s="14" t="s">
         <x:v>216</x:v>
       </x:c>
       <x:c r="I124" s="16" t="s">
         <x:v>217</x:v>
       </x:c>
       <x:c r="J124" s="14" t="s">
         <x:v>123</x:v>
       </x:c>
       <x:c r="K124" s="14" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="L124" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M124" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N124" s="15" t="n">
         <x:v>21011</x:v>
       </x:c>
       <x:c r="O124" s="14" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="P124" s="14" t="s">
         <x:v>215</x:v>
       </x:c>
       <x:c r="Q124" s="16" t="s">
         <x:v>217</x:v>
       </x:c>
       <x:c r="R124" s="14" t="s">
         <x:v>218</x:v>
       </x:c>
       <x:c r="S124" s="14" t="n">
-        <x:v>599639</x:v>
+        <x:v>512515</x:v>
       </x:c>
       <x:c r="T124" s="16" t="s">
-        <x:v>103</x:v>
+        <x:v>127</x:v>
       </x:c>
       <x:c r="U124" s="16" t="s">
-        <x:v>104</x:v>
+        <x:v>128</x:v>
       </x:c>
     </x:row>
     <x:row r="125" spans="1:21">
       <x:c r="A125" s="1" t="s">
         <x:v>91</x:v>
       </x:c>
       <x:c r="B125" s="0" t="s">
         <x:v>119</x:v>
       </x:c>
       <x:c r="C125" s="3" t="n">
         <x:v>39330</x:v>
       </x:c>
       <x:c r="D125" s="3" t="s"/>
       <x:c r="E125" s="0" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="G125" s="0" t="s">
         <x:v>215</x:v>
       </x:c>
       <x:c r="H125" s="0" t="s">
         <x:v>216</x:v>
       </x:c>
       <x:c r="I125" s="4" t="s">
         <x:v>217</x:v>
       </x:c>