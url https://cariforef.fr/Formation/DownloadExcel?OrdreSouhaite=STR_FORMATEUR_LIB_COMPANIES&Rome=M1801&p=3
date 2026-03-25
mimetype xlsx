--- v2 (2026-03-25)
+++ v3 (2026-03-25)
@@ -281,74 +281,74 @@
   <x:si>
     <x:t>09/04/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>06/12/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>11/24/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>09/16/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>02/16/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>12/02/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Agence Nationale pour la Formation Professionnelle des Adultes - Filiale Entreprise - CFA</x:t>
   </x:si>
   <x:si>
     <x:t>AFPA - CFA</x:t>
   </x:si>
   <x:si>
+    <x:t>BUT spécialité réseaux &amp; télécommunications parcours cybersécurité</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Aix Marseille Université</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AMU</x:t>
+  </x:si>
+  <x:si>
+    <x:t>13007</x:t>
+  </x:si>
+  <x:si>
+    <x:t>MARSEILLE- 9e</x:t>
+  </x:si>
+  <x:si>
+    <x:t>09/30/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
     <x:t>BUT spécialité informatique parcours déploiement d'applications communicantes et sécurisées</x:t>
   </x:si>
   <x:si>
-    <x:t>Aix Marseille Université</x:t>
-[...7 lines deleted...]
-  <x:si>
     <x:t>Langages informatiques</x:t>
   </x:si>
   <x:si>
-    <x:t>09/30/2026 00:00:00</x:t>
-[...7 lines deleted...]
-  <x:si>
     <x:t>Licence sciences et technologies mention mathématiques - physique - chimie - informatique</x:t>
   </x:si>
   <x:si>
     <x:t>Mathématiques</x:t>
   </x:si>
   <x:si>
     <x:t>MARSEILLE-13e</x:t>
   </x:si>
   <x:si>
     <x:t>Master mention informatique parcours informatique et mathématiques discrètes</x:t>
   </x:si>
   <x:si>
     <x:t>Bac + 5 et plus</x:t>
   </x:si>
   <x:si>
     <x:t>Réseau informatique</x:t>
   </x:si>
   <x:si>
     <x:t>Aix Marseille Université - Faculté des Sciences</x:t>
   </x:si>
   <x:si>
     <x:t>13003</x:t>
   </x:si>
   <x:si>
     <x:t>Master mention informatique parcours science et ingénierie des données</x:t>
@@ -512,74 +512,74 @@
   <x:si>
     <x:t>Expert en architecture des systèmes d’information</x:t>
   </x:si>
   <x:si>
     <x:t>Ingénieur en science des données spécialisé en infrastructure data ou en apprentissage automatique spécialisation Data Engineer - intelligence artificielle (Apprentissage)</x:t>
   </x:si>
   <x:si>
     <x:t>10/01/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>09/22/2028 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Ingénieur en science des données spécialisé en infrastructure data ou en apprentissage automatique spécialisation expert en intelligence artificielle - développement (Apprentissage)</x:t>
   </x:si>
   <x:si>
     <x:t>BTS services informatiques aux organisations option B : solutions logicielles et applications métiers (Contrat de Professionnalisation)</x:t>
   </x:si>
   <x:si>
     <x:t>Expert en architecture des systèmes d’information spécialisation expert cloud, sécurité et infrastructure (Apprentissage)</x:t>
   </x:si>
   <x:si>
     <x:t>Ingénieur en science des données spécialisé en infrastructure data ou en apprentissage automatique spécialisation expert en intelligence artificielle - IA &amp; DATA (Apprentissage)</x:t>
   </x:si>
   <x:si>
+    <x:t>BTS services informatiques aux organisations option B : solutions logicielles et applications métiers</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Titre professionnel administrateur d'infrastructures sécurisées spécialisation informatique - infrastructure et réseaux (Apprentissage)</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Architecture réseau</x:t>
+  </x:si>
+  <x:si>
+    <x:t>09/25/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
     <x:t>Ingénieur en science des données spécialisé en infrastructure data ou en apprentissage automatique spécialisation Data Engineer (Apprentissage)</x:t>
   </x:si>
   <x:si>
-    <x:t>BTS services informatiques aux organisations option B : solutions logicielles et applications métiers</x:t>
-[...8 lines deleted...]
-    <x:t>09/25/2026 00:00:00</x:t>
+    <x:t>Titre professionnel administrateur d'infrastructures sécurisées spécialisation informatique - cybersécurité (Apprentissage)</x:t>
   </x:si>
   <x:si>
     <x:t>Administrateur de systèmes d'information (cyber) - 1ère année</x:t>
   </x:si>
   <x:si>
     <x:t>06/19/2026 00:00:00</x:t>
   </x:si>
   <x:si>
-    <x:t>Titre professionnel administrateur d'infrastructures sécurisées spécialisation informatique - cybersécurité (Apprentissage)</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>Ingénieur en science des données spécialisé en infrastructure data ou en apprentissage automatique spécialisation Data Engineer - développement (Apprentissage)</x:t>
   </x:si>
   <x:si>
     <x:t>Master mention méthodes informatiques appliquées à la gestion des entreprises - MIAGE</x:t>
   </x:si>
   <x:si>
     <x:t>Aix-Marseille Université</x:t>
   </x:si>
   <x:si>
     <x:t>13284</x:t>
   </x:si>
   <x:si>
     <x:t>MARSEILLE CEDEX 01</x:t>
   </x:si>
   <x:si>
     <x:t>master mention management des systèmes d'information</x:t>
   </x:si>
   <x:si>
     <x:t>AIX EN PROVENCE CEDEX 2</x:t>
   </x:si>
   <x:si>
     <x:t>licence mention informatique</x:t>
   </x:si>
   <x:si>
     <x:t>06/30/2029 00:00:00</x:t>
@@ -647,107 +647,107 @@
   <x:si>
     <x:t>Api 84 - Cfai 84 - Nextech - Antenne Pertuis</x:t>
   </x:si>
   <x:si>
     <x:t>84120</x:t>
   </x:si>
   <x:si>
     <x:t>PERTUIS</x:t>
   </x:si>
   <x:si>
     <x:t>Titre professionnel administrateur d'infrastructures sécurisées BC01 Administrer et sécuriser les infrastructures</x:t>
   </x:si>
   <x:si>
     <x:t>Aristée</x:t>
   </x:si>
   <x:si>
     <x:t>83160</x:t>
   </x:si>
   <x:si>
     <x:t>LA VALETTE-DU-VAR</x:t>
   </x:si>
   <x:si>
     <x:t>01/05/2026 00:00:00</x:t>
   </x:si>
   <x:si>
+    <x:t>Création d'un site internet dynamique (Contrat de Professionnalisation)</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Développement web</x:t>
+  </x:si>
+  <x:si>
+    <x:t>11/15/2025 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>12/19/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
     <x:t>09/16/2024 00:00:00</x:t>
   </x:si>
   <x:si>
+    <x:t>09/15/2025 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Demandeur d'emploi , Jeune 16-25 ans , Tout public</x:t>
+  </x:si>
+  <x:si>
+    <x:t>09/21/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
     <x:t>Sécurité informatique</x:t>
   </x:si>
   <x:si>
     <x:t>01/15/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>12/18/2026 00:00:00</x:t>
   </x:si>
   <x:si>
-    <x:t>Création d'un site internet dynamique (Contrat de Professionnalisation)</x:t>
-[...19 lines deleted...]
-  <x:si>
     <x:t>Jeune 16-25 ans , Tout public</x:t>
   </x:si>
   <x:si>
     <x:t>Titre professionnel administrateur d'infrastructures sécurisées BC03 Participer à la gestion de la cybersécurité</x:t>
   </x:si>
   <x:si>
     <x:t>Titre professionnel administrateur d'infrastructures sécurisées (Contrat de Professionnalisation)</x:t>
   </x:si>
   <x:si>
     <x:t>11/17/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Titre professionnel administrateur d'infrastructures sécurisées</x:t>
   </x:si>
   <x:si>
     <x:t>09/14/2026 00:00:00</x:t>
   </x:si>
   <x:si>
+    <x:t>Titre professionnel administrateur d'infrastructures sécurisées (Apprentissage)</x:t>
+  </x:si>
+  <x:si>
     <x:t>Titre professionnel administrateur d'infrastructures sécurisées BC02 Concevoir et mettre en œuvre une solution en réponse à un besoin d'évolution</x:t>
   </x:si>
   <x:si>
-    <x:t>Titre professionnel administrateur d'infrastructures sécurisées (Apprentissage)</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>Word</x:t>
   </x:si>
   <x:si>
     <x:t>Association Cool - L'Informatique pour Tous</x:t>
   </x:si>
   <x:si>
     <x:t>83170</x:t>
   </x:si>
   <x:si>
     <x:t>Logiciel Word</x:t>
   </x:si>
   <x:si>
     <x:t>03/02/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>04/30/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>SALON-DE-PROVENCE</x:t>
   </x:si>
   <x:si>
     <x:t>NICE</x:t>
   </x:si>
   <x:si>
     <x:t>LA SEYNE-SUR-MER</x:t>
@@ -920,119 +920,119 @@
   <x:si>
     <x:t>13451</x:t>
   </x:si>
   <x:si>
     <x:t>MARSEILLE CEDEX 13</x:t>
   </x:si>
   <x:si>
     <x:t>Manager en infrastructures et cybersécurité des systèmes d'information (Apprentissage)</x:t>
   </x:si>
   <x:si>
     <x:t>Cesi Association</x:t>
   </x:si>
   <x:si>
     <x:t>92800</x:t>
   </x:si>
   <x:si>
     <x:t>Cesi Association - Antenne Aix en Provence</x:t>
   </x:si>
   <x:si>
     <x:t>13290</x:t>
   </x:si>
   <x:si>
     <x:t>AIX - LES MILLES</x:t>
   </x:si>
   <x:si>
+    <x:t>11/12/2025 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>10/09/2027 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Administrateur systèmes et réseaux (Apprentissage)</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Réseau local</x:t>
+  </x:si>
+  <x:si>
+    <x:t>09/09/2024 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>09/03/2027 00:00:00</x:t>
+  </x:si>
+  <x:si>
     <x:t>11/12/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>10/09/2028 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Gestionnaire en maintenance et support informatique (Apprentissage)</x:t>
   </x:si>
   <x:si>
     <x:t>09/23/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>09/08/2028 00:00:00</x:t>
   </x:si>
   <x:si>
-    <x:t>11/12/2025 00:00:00</x:t>
-[...16 lines deleted...]
-  <x:si>
     <x:t>11/12/2024 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>10/01/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>09/09/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>09/08/2027 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>09/09/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Cesi Association - Antenne Nice</x:t>
   </x:si>
   <x:si>
     <x:t>09/29/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>09/18/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>10/06/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>09/24/2027 00:00:00</x:t>
   </x:si>
   <x:si>
+    <x:t>09/27/2027 00:00:00</x:t>
+  </x:si>
+  <x:si>
     <x:t>09/11/2026 00:00:00</x:t>
   </x:si>
   <x:si>
-    <x:t>09/27/2027 00:00:00</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>09/17/2027 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>10/04/2028 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>09/27/2028 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>10/21/2024 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Chambre de Commerce et d'Industrie de Vaucluse</x:t>
   </x:si>
   <x:si>
     <x:t>CCIV</x:t>
   </x:si>
   <x:si>
     <x:t>84000</x:t>
   </x:si>
   <x:si>
     <x:t>06/16/2027 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>06/16/2028 00:00:00</x:t>
@@ -1469,62 +1469,62 @@
   <x:si>
     <x:t>First Line Formation</x:t>
   </x:si>
   <x:si>
     <x:t>83520</x:t>
   </x:si>
   <x:si>
     <x:t>Initiation aux langages HTML et CSS</x:t>
   </x:si>
   <x:si>
     <x:t>Forma 13</x:t>
   </x:si>
   <x:si>
     <x:t>13600</x:t>
   </x:si>
   <x:si>
     <x:t>Langage HTML</x:t>
   </x:si>
   <x:si>
     <x:t>03/30/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>04/03/2026 00:00:00</x:t>
   </x:si>
   <x:si>
+    <x:t>Créer son site avec WordPress</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Logiciel WordPress</x:t>
+  </x:si>
+  <x:si>
     <x:t>Création site internet</x:t>
   </x:si>
   <x:si>
     <x:t>03/23/2026 00:00:00</x:t>
   </x:si>
   <x:si>
-    <x:t>Créer son site avec WordPress</x:t>
-[...4 lines deleted...]
-  <x:si>
     <x:t>03/27/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Formaseq</x:t>
   </x:si>
   <x:si>
     <x:t>09/18/2024 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>05/22/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>05/22/2027 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>BTS SIO option B «Solutions logicielles et applications métiers»</x:t>
   </x:si>
   <x:si>
     <x:t>Greta-Cfa Alpes Provence</x:t>
   </x:si>
   <x:si>
     <x:t>05000</x:t>
   </x:si>
   <x:si>
     <x:t>GAP CEDEX</x:t>
@@ -1670,62 +1670,62 @@
   <x:si>
     <x:t>Sciences-U Lyon</x:t>
   </x:si>
   <x:si>
     <x:t>69003</x:t>
   </x:si>
   <x:si>
     <x:t>Igpepm - Groupe Eductive</x:t>
   </x:si>
   <x:si>
     <x:t>09/25/2024 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>09/15/2027 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Chef de projet systèmes, réseaux et sécurité (Apprentissage)</x:t>
   </x:si>
   <x:si>
     <x:t>92100</x:t>
   </x:si>
   <x:si>
     <x:t>08/31/2029 00:00:00</x:t>
   </x:si>
   <x:si>
+    <x:t>Chef de projet systèmes, réseaux et sécurité spécialisation management et conseil en systèmes d'information (Apprentissage)</x:t>
+  </x:si>
+  <x:si>
+    <x:t>09/14/2028 00:00:00</x:t>
+  </x:si>
+  <x:si>
     <x:t>Directeur de la donnée (chief data officer) spécialisation management de projets data et RGPD (Apprentissage)</x:t>
   </x:si>
   <x:si>
     <x:t>Transmission numérique</x:t>
   </x:si>
   <x:si>
-    <x:t>Chef de projet systèmes, réseaux et sécurité spécialisation management et conseil en systèmes d'information (Apprentissage)</x:t>
-[...4 lines deleted...]
-  <x:si>
     <x:t>09/15/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>ILEC</x:t>
   </x:si>
   <x:si>
     <x:t>Institut Formation Conseil</x:t>
   </x:si>
   <x:si>
     <x:t>IFC</x:t>
   </x:si>
   <x:si>
     <x:t>07/08/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Institut Formation Conseil - Antenne Marseille</x:t>
   </x:si>
   <x:si>
     <x:t>Institut Formation Conseil|Institut Formation Conseil - Antenne Marseille</x:t>
   </x:si>
   <x:si>
     <x:t>09/23/2024 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Technicien systèmes réseaux et sécurité (Apprentissage)</x:t>
@@ -1898,59 +1898,59 @@
   <x:si>
     <x:t>La Plateforme Alpes Maritimes</x:t>
   </x:si>
   <x:si>
     <x:t>06150</x:t>
   </x:si>
   <x:si>
     <x:t>CANNES LA BOCCA</x:t>
   </x:si>
   <x:si>
     <x:t>La Plateforme Formation</x:t>
   </x:si>
   <x:si>
     <x:t>Animer un programme de sensibilisation à la cybersécurité et à l’hygiène numérique (méthodologie Cyberpark)</x:t>
   </x:si>
   <x:si>
     <x:t>08/27/2027 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>10/09/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>08/21/2026 00:00:00</x:t>
   </x:si>
   <x:si>
+    <x:t>06/15/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
     <x:t>Technicien datacenter</x:t>
   </x:si>
   <x:si>
     <x:t>02/02/2026 00:00:00</x:t>
   </x:si>
   <x:si>
-    <x:t>06/15/2026 00:00:00</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>La Plateforme Formation - Antenne Marseille</x:t>
   </x:si>
   <x:si>
     <x:t>09/02/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>08/30/2027 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Certificat de spécialisation cybersécurité</x:t>
   </x:si>
   <x:si>
     <x:t>LP Ampère</x:t>
   </x:si>
   <x:si>
     <x:t>MARSEILLE-10e</x:t>
   </x:si>
   <x:si>
     <x:t>LP École libre des métiers</x:t>
   </x:si>
   <x:si>
     <x:t>LP Ecole libre des métiers</x:t>
   </x:si>
   <x:si>
     <x:t>LPO Ch Péguy</x:t>
@@ -1961,59 +1961,59 @@
   <x:si>
     <x:t>Lycée A Artaud</x:t>
   </x:si>
   <x:si>
     <x:t>Télécommunication</x:t>
   </x:si>
   <x:si>
     <x:t>Lycée A de St-Exupéry</x:t>
   </x:si>
   <x:si>
     <x:t>83703</x:t>
   </x:si>
   <x:si>
     <x:t>ST RAPHAEL CEDEX</x:t>
   </x:si>
   <x:si>
     <x:t>Lycée Bonaparte</x:t>
   </x:si>
   <x:si>
     <x:t>83097</x:t>
   </x:si>
   <x:si>
     <x:t>TOULON CEDEX</x:t>
   </x:si>
   <x:si>
+    <x:t>Licence pro mention métiers de l'informatique : administration et sécurité des systèmes et des réseaux (Apprentissage)</x:t>
+  </x:si>
+  <x:si>
     <x:t>Lycée Costebelle</x:t>
   </x:si>
   <x:si>
     <x:t>83400</x:t>
   </x:si>
   <x:si>
-    <x:t>Licence pro mention métiers de l'informatique : administration et sécurité des systèmes et des réseaux (Apprentissage)</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>83408</x:t>
   </x:si>
   <x:si>
     <x:t>HYERES CEDEX</x:t>
   </x:si>
   <x:si>
     <x:t>Lycée D Villars</x:t>
   </x:si>
   <x:si>
     <x:t>05010</x:t>
   </x:si>
   <x:si>
     <x:t>Lycée Dominique Villars</x:t>
   </x:si>
   <x:si>
     <x:t>GAP</x:t>
   </x:si>
   <x:si>
     <x:t>classe préparatoire physique et sciences de l'ingénieur (PSI*), 2e année</x:t>
   </x:si>
   <x:si>
     <x:t>Lycée Dumont d'Urville</x:t>
   </x:si>
   <x:si>
     <x:t>83056</x:t>
@@ -2195,98 +2195,98 @@
   <x:si>
     <x:t>WordPress rédacteur</x:t>
   </x:si>
   <x:si>
     <x:t>Mandyben</x:t>
   </x:si>
   <x:si>
     <x:t>11/09/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>11/16/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>06/04/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>06/05/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>11/26/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>11/27/2026 00:00:00</x:t>
   </x:si>
   <x:si>
+    <x:t>07/07/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>05/19/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
     <x:t>10/02/2026 00:00:00</x:t>
   </x:si>
   <x:si>
-    <x:t>07/07/2026 00:00:00</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>06/14/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>11/02/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>07/16/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Sécurité des TI-Technologie de l’information</x:t>
   </x:si>
   <x:si>
     <x:t>09/07/2026 00:00:00</x:t>
   </x:si>
   <x:si>
-    <x:t>05/19/2026 00:00:00</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>07/30/2026 00:00:00</x:t>
   </x:si>
   <x:si>
+    <x:t>BTS services informatiques aux organisations option B : solutions logicielles et applications métiers (préparation également possible par Bloc(s) de compétences) (Contrat de Professionnalisation)</x:t>
+  </x:si>
+  <x:si>
     <x:t>Mediaschool Est-Sud</x:t>
   </x:si>
   <x:si>
     <x:t>75016</x:t>
   </x:si>
   <x:si>
     <x:t>Mediaschool Est-Sud - Antenne Nice</x:t>
   </x:si>
   <x:si>
+    <x:t>09/04/2028 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BTS services informatiques aux organisations option B : solutions logicielles et applications métiers (préparation également possible par Bloc(s) de compétences)</x:t>
+  </x:si>
+  <x:si>
     <x:t>09/06/2027 00:00:00</x:t>
   </x:si>
   <x:si>
-    <x:t>BTS services informatiques aux organisations option B : solutions logicielles et applications métiers (préparation également possible par Bloc(s) de compétences) (Contrat de Professionnalisation)</x:t>
-[...7 lines deleted...]
-  <x:si>
     <x:t>BTS services informatiques aux organisations option A : solutions d'infrastructure, systèmes et réseaux (préparation également possible par Bloc(s) de compétences) (Contrat de Professionnalisation)</x:t>
   </x:si>
   <x:si>
     <x:t>BTS services informatiques aux organisations option A : solutions d'infrastructure, systèmes et réseaux (préparation également possible par Bloc(s) de compétences)</x:t>
   </x:si>
   <x:si>
     <x:t>Mediaschool Est-Sud|Mediaschool Est-Sud - Antenne Nice</x:t>
   </x:si>
   <x:si>
     <x:t>Mediaschool Nice - Antenne Nice</x:t>
   </x:si>
   <x:si>
     <x:t>09/07/2027 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Blockchain - Module expert</x:t>
   </x:si>
   <x:si>
     <x:t>Conseil Régional</x:t>
   </x:si>
   <x:si>
     <x:t>Programme Régional Formation  2022-2026 (PRF)</x:t>
   </x:si>
   <x:si>
     <x:t>Blockchain</x:t>
@@ -2552,147 +2552,147 @@
   <x:si>
     <x:t>Université Côte d'Azur</x:t>
   </x:si>
   <x:si>
     <x:t>06103</x:t>
   </x:si>
   <x:si>
     <x:t>BUT spécialité réseaux &amp; télécommunications parcours internet des objets et mobilité</x:t>
   </x:si>
   <x:si>
     <x:t>BUT spécialité réseaux &amp; télécommunications parcours cybersécurité (Apprentissage)</x:t>
   </x:si>
   <x:si>
     <x:t>Formasup Provence Alpes Côte d'Azur - CFA Régional Interuniversitaire Epure Méditerranée</x:t>
   </x:si>
   <x:si>
     <x:t>CFA</x:t>
   </x:si>
   <x:si>
     <x:t>13001</x:t>
   </x:si>
   <x:si>
     <x:t>BUT spécialité science des données parcours exploration et modélisation statistique (Apprentissage)</x:t>
   </x:si>
   <x:si>
+    <x:t>09/04/2023 00:00:00</x:t>
+  </x:si>
+  <x:si>
     <x:t>BUT spécialité réseaux &amp; télécommunications parcours développement système et cloud</x:t>
   </x:si>
   <x:si>
     <x:t>Cloud Computing</x:t>
   </x:si>
   <x:si>
     <x:t>BUT spécialité réseaux &amp; télécommunications parcours développement système et cloud (Apprentissage)</x:t>
   </x:si>
   <x:si>
-    <x:t>09/04/2023 00:00:00</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>BUT spécialité réseaux &amp; télécommunications parcours internet des objets et mobilité (Apprentissage)</x:t>
   </x:si>
   <x:si>
     <x:t>Ingénieur diplômé de l'école polytechnique universitaire de l'université Côte d'Azur spécialité informatique</x:t>
   </x:si>
   <x:si>
     <x:t>NICE CEDEX 2</x:t>
   </x:si>
   <x:si>
     <x:t>UNIVERSITE D'AIX MARSEILLE</x:t>
   </x:si>
   <x:si>
     <x:t>13397</x:t>
   </x:si>
   <x:si>
     <x:t>MARSEILLE CEDEX 20</x:t>
   </x:si>
   <x:si>
     <x:t>13288</x:t>
   </x:si>
   <x:si>
     <x:t>MARSEILLE CEDEX 03</x:t>
   </x:si>
   <x:si>
+    <x:t>licence pro mention métiers du décisionnel et de la statistique</x:t>
+  </x:si>
+  <x:si>
     <x:t>AIX EN PROVENCE CEDEX 01</x:t>
   </x:si>
   <x:si>
-    <x:t>licence pro mention métiers du décisionnel et de la statistique</x:t>
+    <x:t>BUT spécialité métiers du multimédia et de l'internet parcours développement web et dispositifs interactifs</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Univ. de Toulon</x:t>
+  </x:si>
+  <x:si>
+    <x:t>83957</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Architecture orientée services</x:t>
+  </x:si>
+  <x:si>
+    <x:t>UNIVERSITE DE TOULON</x:t>
+  </x:si>
+  <x:si>
+    <x:t>83130</x:t>
   </x:si>
   <x:si>
     <x:t>licence pro mention métiers des réseaux informatiques et télécommunications</x:t>
   </x:si>
   <x:si>
-    <x:t>Univ. de Toulon</x:t>
-[...10 lines deleted...]
-  <x:si>
     <x:t>83041</x:t>
   </x:si>
   <x:si>
     <x:t>TOULON CEDEX 09</x:t>
   </x:si>
   <x:si>
-    <x:t>BUT spécialité métiers du multimédia et de l'internet parcours développement web et dispositifs interactifs</x:t>
-[...4 lines deleted...]
-  <x:si>
     <x:t>BUT spécialité métiers du multimédia et de l'internet parcours développement web et dispositifs interactifs (Apprentissage)</x:t>
   </x:si>
   <x:si>
     <x:t>Université de Toulon - IUT La Garde</x:t>
   </x:si>
   <x:si>
     <x:t>09/01/2023 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Visiplus</x:t>
   </x:si>
   <x:si>
     <x:t>Technicien systèmes réseaux et sécurité</x:t>
   </x:si>
   <x:si>
+    <x:t>Ceph Administration avancée</x:t>
+  </x:si>
+  <x:si>
     <x:t>Vivaneo</x:t>
   </x:si>
   <x:si>
     <x:t>75011</x:t>
   </x:si>
   <x:si>
+    <x:t>12/01/2025 00:00:00</x:t>
+  </x:si>
+  <x:si>
     <x:t>12/15/2025 00:00:00</x:t>
-  </x:si>
-[...4 lines deleted...]
-    <x:t>12/01/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Proxmox haute disponibilité et clustering</x:t>
   </x:si>
   <x:si>
     <x:t>Proxmox réseau et stockage partagé</x:t>
   </x:si>
   <x:si>
     <x:t>Proxmox les fondamentaux</x:t>
   </x:si>
   <x:si>
     <x:t>Administrateur Systèmes et Réseaux</x:t>
   </x:si>
   <x:si>
     <x:t>Weecast - Tuto.com</x:t>
   </x:si>
   <x:si>
     <x:t>12/31/2028 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Périmètre :</x:t>
   </x:si>
 </x:sst>
 </file>
 
@@ -4250,150 +4250,150 @@
       </x:c>
       <x:c r="Q19" s="4" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="R19" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="S19" s="0" t="n">
         <x:v>548074</x:v>
       </x:c>
       <x:c r="T19" s="4" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="U19" s="4" t="s">
         <x:v>67</x:v>
       </x:c>
     </x:row>
     <x:row r="20" spans="1:21">
       <x:c r="A20" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B20" s="14" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="C20" s="15" t="n">
-        <x:v>35476</x:v>
+        <x:v>35455</x:v>
       </x:c>
       <x:c r="D20" s="15" t="s"/>
       <x:c r="E20" s="14" t="s"/>
       <x:c r="F20" s="14" t="s"/>
       <x:c r="G20" s="14" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="H20" s="14" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="I20" s="16" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="J20" s="14" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="K20" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L20" s="14" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="M20" s="14" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="N20" s="15" t="n">
-        <x:v>30854</x:v>
+        <x:v>31045</x:v>
       </x:c>
       <x:c r="O20" s="14" t="s">
-        <x:v>74</x:v>
+        <x:v>48</x:v>
       </x:c>
       <x:c r="P20" s="14" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="Q20" s="16" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="R20" s="14" t="s">
-        <x:v>30</x:v>
+        <x:v>74</x:v>
       </x:c>
       <x:c r="S20" s="14" t="n">
-        <x:v>575979</x:v>
+        <x:v>575556</x:v>
       </x:c>
       <x:c r="T20" s="16" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="U20" s="16" t="s">
         <x:v>75</x:v>
       </x:c>
     </x:row>
     <x:row r="21" spans="1:21">
       <x:c r="A21" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B21" s="0" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="C21" s="3" t="n">
-        <x:v>35455</x:v>
+        <x:v>35476</x:v>
       </x:c>
       <x:c r="D21" s="3" t="s"/>
       <x:c r="G21" s="0" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="H21" s="0" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="I21" s="4" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="J21" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="K21" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L21" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="M21" s="0" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="N21" s="3" t="n">
-        <x:v>31045</x:v>
+        <x:v>30854</x:v>
       </x:c>
       <x:c r="O21" s="0" t="s">
-        <x:v>48</x:v>
+        <x:v>77</x:v>
       </x:c>
       <x:c r="P21" s="0" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="Q21" s="4" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="R21" s="0" t="s">
-        <x:v>77</x:v>
+        <x:v>30</x:v>
       </x:c>
       <x:c r="S21" s="0" t="n">
-        <x:v>575556</x:v>
+        <x:v>575979</x:v>
       </x:c>
       <x:c r="T21" s="4" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="U21" s="4" t="s">
         <x:v>75</x:v>
       </x:c>
     </x:row>
     <x:row r="22" spans="1:21">
       <x:c r="A22" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B22" s="14" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="C22" s="15" t="n">
         <x:v>38974</x:v>
       </x:c>
       <x:c r="D22" s="15" t="s"/>
       <x:c r="E22" s="14" t="s"/>
       <x:c r="F22" s="14" t="s"/>
       <x:c r="G22" s="14" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="H22" s="14" t="s">
@@ -4462,51 +4462,51 @@
       <x:c r="J23" s="0" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="K23" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L23" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="M23" s="0" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="N23" s="3" t="n">
         <x:v>24231</x:v>
       </x:c>
       <x:c r="O23" s="0" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="P23" s="0" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="Q23" s="4" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="R23" s="0" t="s">
-        <x:v>77</x:v>
+        <x:v>74</x:v>
       </x:c>
       <x:c r="S23" s="0" t="n">
         <x:v>574958</x:v>
       </x:c>
       <x:c r="T23" s="4" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="U23" s="4" t="s">
         <x:v>75</x:v>
       </x:c>
     </x:row>
     <x:row r="24" spans="1:21">
       <x:c r="A24" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B24" s="14" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="C24" s="15" t="n">
         <x:v>39278</x:v>
       </x:c>
       <x:c r="D24" s="15" t="s"/>
       <x:c r="E24" s="14" t="s"/>
       <x:c r="F24" s="14" t="s"/>
       <x:c r="G24" s="14" t="s">
@@ -4521,51 +4521,51 @@
       <x:c r="J24" s="14" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="K24" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L24" s="14" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="M24" s="14" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="N24" s="15" t="n">
         <x:v>24231</x:v>
       </x:c>
       <x:c r="O24" s="14" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="P24" s="14" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="Q24" s="16" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="R24" s="14" t="s">
-        <x:v>77</x:v>
+        <x:v>74</x:v>
       </x:c>
       <x:c r="S24" s="14" t="n">
         <x:v>574960</x:v>
       </x:c>
       <x:c r="T24" s="16" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="U24" s="16" t="s">
         <x:v>75</x:v>
       </x:c>
     </x:row>
     <x:row r="25" spans="1:21">
       <x:c r="A25" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B25" s="0" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="C25" s="3" t="n">
         <x:v>40288</x:v>
       </x:c>
       <x:c r="D25" s="3" t="s"/>
       <x:c r="G25" s="0" t="s">
         <x:v>71</x:v>
       </x:c>
@@ -4578,51 +4578,51 @@
       <x:c r="J25" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="K25" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L25" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="M25" s="0" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="N25" s="3" t="n">
         <x:v>31025</x:v>
       </x:c>
       <x:c r="O25" s="0" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="P25" s="0" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="Q25" s="4" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="R25" s="0" t="s">
-        <x:v>77</x:v>
+        <x:v>74</x:v>
       </x:c>
       <x:c r="S25" s="0" t="n">
         <x:v>574942</x:v>
       </x:c>
       <x:c r="T25" s="4" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="U25" s="4" t="s">
         <x:v>75</x:v>
       </x:c>
     </x:row>
     <x:row r="26" spans="1:21">
       <x:c r="A26" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B26" s="14" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="C26" s="15" t="n">
         <x:v>39278</x:v>
       </x:c>
       <x:c r="D26" s="15" t="s"/>
       <x:c r="E26" s="14" t="s"/>
       <x:c r="F26" s="14" t="s"/>
       <x:c r="G26" s="14" t="s">
@@ -4637,51 +4637,51 @@
       <x:c r="J26" s="14" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="K26" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L26" s="14" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="M26" s="14" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="N26" s="15" t="n">
         <x:v>24231</x:v>
       </x:c>
       <x:c r="O26" s="14" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="P26" s="14" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="Q26" s="16" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="R26" s="14" t="s">
-        <x:v>77</x:v>
+        <x:v>74</x:v>
       </x:c>
       <x:c r="S26" s="14" t="n">
         <x:v>574955</x:v>
       </x:c>
       <x:c r="T26" s="16" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="U26" s="16" t="s">
         <x:v>75</x:v>
       </x:c>
     </x:row>
     <x:row r="27" spans="1:21">
       <x:c r="A27" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B27" s="0" t="s">
         <x:v>90</x:v>
       </x:c>
       <x:c r="C27" s="3" t="n">
         <x:v>40116</x:v>
       </x:c>
       <x:c r="D27" s="3" t="s"/>
       <x:c r="G27" s="0" t="s">
         <x:v>71</x:v>
       </x:c>
@@ -4753,51 +4753,51 @@
       <x:c r="J28" s="14" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="K28" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L28" s="14" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="M28" s="14" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="N28" s="15" t="n">
         <x:v>24231</x:v>
       </x:c>
       <x:c r="O28" s="14" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="P28" s="14" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="Q28" s="16" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="R28" s="14" t="s">
-        <x:v>77</x:v>
+        <x:v>74</x:v>
       </x:c>
       <x:c r="S28" s="14" t="n">
         <x:v>574956</x:v>
       </x:c>
       <x:c r="T28" s="16" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="U28" s="16" t="s">
         <x:v>75</x:v>
       </x:c>
     </x:row>
     <x:row r="29" spans="1:21">
       <x:c r="A29" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B29" s="0" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="C29" s="3" t="n">
         <x:v>39278</x:v>
       </x:c>
       <x:c r="D29" s="3" t="s"/>
       <x:c r="G29" s="0" t="s">
         <x:v>71</x:v>
       </x:c>
@@ -4810,51 +4810,51 @@
       <x:c r="J29" s="0" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="K29" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L29" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="M29" s="0" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="N29" s="3" t="n">
         <x:v>24231</x:v>
       </x:c>
       <x:c r="O29" s="0" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="P29" s="0" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="Q29" s="4" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="R29" s="0" t="s">
-        <x:v>77</x:v>
+        <x:v>74</x:v>
       </x:c>
       <x:c r="S29" s="0" t="n">
         <x:v>574959</x:v>
       </x:c>
       <x:c r="T29" s="4" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="U29" s="4" t="s">
         <x:v>75</x:v>
       </x:c>
     </x:row>
     <x:row r="30" spans="1:21">
       <x:c r="A30" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B30" s="14" t="s">
         <x:v>94</x:v>
       </x:c>
       <x:c r="C30" s="15" t="n">
         <x:v>38997</x:v>
       </x:c>
       <x:c r="D30" s="15" t="s"/>
       <x:c r="E30" s="14" t="s"/>
       <x:c r="F30" s="14" t="s"/>
       <x:c r="G30" s="14" t="s">
@@ -4869,51 +4869,51 @@
       <x:c r="J30" s="14" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="K30" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L30" s="14" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="M30" s="14" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="N30" s="15" t="n">
         <x:v>24237</x:v>
       </x:c>
       <x:c r="O30" s="14" t="s">
         <x:v>95</x:v>
       </x:c>
       <x:c r="P30" s="14" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="Q30" s="16" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="R30" s="14" t="s">
-        <x:v>77</x:v>
+        <x:v>74</x:v>
       </x:c>
       <x:c r="S30" s="14" t="n">
         <x:v>574994</x:v>
       </x:c>
       <x:c r="T30" s="16" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="U30" s="16" t="s">
         <x:v>75</x:v>
       </x:c>
     </x:row>
     <x:row r="31" spans="1:21">
       <x:c r="A31" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B31" s="0" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="C31" s="3" t="n">
         <x:v>40116</x:v>
       </x:c>
       <x:c r="D31" s="3" t="s"/>
       <x:c r="G31" s="0" t="s">
         <x:v>71</x:v>
       </x:c>
@@ -4926,51 +4926,51 @@
       <x:c r="J31" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="K31" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L31" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="M31" s="0" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="N31" s="3" t="n">
         <x:v>31054</x:v>
       </x:c>
       <x:c r="O31" s="0" t="s">
         <x:v>91</x:v>
       </x:c>
       <x:c r="P31" s="0" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="Q31" s="4" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="R31" s="0" t="s">
-        <x:v>77</x:v>
+        <x:v>74</x:v>
       </x:c>
       <x:c r="S31" s="0" t="n">
         <x:v>574909</x:v>
       </x:c>
       <x:c r="T31" s="4" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="U31" s="4" t="s">
         <x:v>75</x:v>
       </x:c>
     </x:row>
     <x:row r="32" spans="1:21">
       <x:c r="A32" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B32" s="14" t="s">
         <x:v>97</x:v>
       </x:c>
       <x:c r="C32" s="15" t="n">
         <x:v>40116</x:v>
       </x:c>
       <x:c r="D32" s="15" t="s"/>
       <x:c r="E32" s="14" t="s"/>
       <x:c r="F32" s="14" t="s"/>
       <x:c r="G32" s="14" t="s">
@@ -5042,170 +5042,170 @@
       <x:c r="J33" s="0" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="K33" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L33" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="M33" s="0" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="N33" s="3" t="n">
         <x:v>24231</x:v>
       </x:c>
       <x:c r="O33" s="0" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="P33" s="0" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="Q33" s="4" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="R33" s="0" t="s">
-        <x:v>77</x:v>
+        <x:v>74</x:v>
       </x:c>
       <x:c r="S33" s="0" t="n">
         <x:v>574957</x:v>
       </x:c>
       <x:c r="T33" s="4" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="U33" s="4" t="s">
         <x:v>75</x:v>
       </x:c>
     </x:row>
     <x:row r="34" spans="1:21">
       <x:c r="A34" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B34" s="14" t="s">
-        <x:v>96</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="C34" s="15" t="n">
-        <x:v>40116</x:v>
+        <x:v>38997</x:v>
       </x:c>
       <x:c r="D34" s="15" t="s"/>
       <x:c r="E34" s="14" t="s"/>
       <x:c r="F34" s="14" t="s"/>
       <x:c r="G34" s="14" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="H34" s="14" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="I34" s="16" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="J34" s="14" t="s">
-        <x:v>59</x:v>
+        <x:v>82</x:v>
       </x:c>
       <x:c r="K34" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L34" s="14" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="M34" s="14" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="N34" s="15" t="n">
-        <x:v>31054</x:v>
+        <x:v>24237</x:v>
       </x:c>
       <x:c r="O34" s="14" t="s">
-        <x:v>91</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="P34" s="14" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="Q34" s="16" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="R34" s="14" t="s">
-        <x:v>30</x:v>
+        <x:v>74</x:v>
       </x:c>
       <x:c r="S34" s="14" t="n">
-        <x:v>574908</x:v>
+        <x:v>581573</x:v>
       </x:c>
       <x:c r="T34" s="16" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="U34" s="16" t="s">
         <x:v>75</x:v>
       </x:c>
     </x:row>
     <x:row r="35" spans="1:21">
       <x:c r="A35" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B35" s="0" t="s">
-        <x:v>100</x:v>
+        <x:v>96</x:v>
       </x:c>
       <x:c r="C35" s="3" t="n">
-        <x:v>38997</x:v>
+        <x:v>40116</x:v>
       </x:c>
       <x:c r="D35" s="3" t="s"/>
       <x:c r="G35" s="0" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="H35" s="0" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="I35" s="4" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="J35" s="0" t="s">
-        <x:v>82</x:v>
+        <x:v>59</x:v>
       </x:c>
       <x:c r="K35" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L35" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="M35" s="0" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="N35" s="3" t="n">
-        <x:v>24237</x:v>
+        <x:v>31054</x:v>
       </x:c>
       <x:c r="O35" s="0" t="s">
-        <x:v>95</x:v>
+        <x:v>91</x:v>
       </x:c>
       <x:c r="P35" s="0" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="Q35" s="4" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="R35" s="0" t="s">
-        <x:v>77</x:v>
+        <x:v>30</x:v>
       </x:c>
       <x:c r="S35" s="0" t="n">
-        <x:v>581573</x:v>
+        <x:v>574908</x:v>
       </x:c>
       <x:c r="T35" s="4" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="U35" s="4" t="s">
         <x:v>75</x:v>
       </x:c>
     </x:row>
     <x:row r="36" spans="1:21">
       <x:c r="A36" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B36" s="14" t="s">
         <x:v>97</x:v>
       </x:c>
       <x:c r="C36" s="15" t="n">
         <x:v>40116</x:v>
       </x:c>
       <x:c r="D36" s="15" t="s"/>
       <x:c r="E36" s="14" t="s"/>
       <x:c r="F36" s="14" t="s"/>
       <x:c r="G36" s="14" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="H36" s="14" t="s">
@@ -5274,51 +5274,51 @@
       <x:c r="J37" s="0" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="K37" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L37" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="M37" s="0" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="N37" s="3" t="n">
         <x:v>24237</x:v>
       </x:c>
       <x:c r="O37" s="0" t="s">
         <x:v>95</x:v>
       </x:c>
       <x:c r="P37" s="0" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="Q37" s="4" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="R37" s="0" t="s">
-        <x:v>77</x:v>
+        <x:v>74</x:v>
       </x:c>
       <x:c r="S37" s="0" t="n">
         <x:v>574995</x:v>
       </x:c>
       <x:c r="T37" s="4" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="U37" s="4" t="s">
         <x:v>75</x:v>
       </x:c>
     </x:row>
     <x:row r="38" spans="1:21">
       <x:c r="A38" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B38" s="14" t="s">
         <x:v>102</x:v>
       </x:c>
       <x:c r="C38" s="15" t="n">
         <x:v>39490</x:v>
       </x:c>
       <x:c r="D38" s="15" t="s"/>
       <x:c r="E38" s="14" t="s"/>
       <x:c r="F38" s="14" t="s"/>
       <x:c r="G38" s="14" t="s">
@@ -6494,384 +6494,385 @@
       </x:c>
       <x:c r="O58" s="14" t="s">
         <x:v>91</x:v>
       </x:c>
       <x:c r="P58" s="14" t="s">
         <x:v>121</x:v>
       </x:c>
       <x:c r="Q58" s="16" t="s">
         <x:v>122</x:v>
       </x:c>
       <x:c r="R58" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="S58" s="14" t="n">
         <x:v>549760</x:v>
       </x:c>
       <x:c r="T58" s="16" t="s">
         <x:v>141</x:v>
       </x:c>
       <x:c r="U58" s="16" t="s">
         <x:v>142</x:v>
       </x:c>
     </x:row>
     <x:row r="59" spans="1:21">
       <x:c r="A59" s="1" t="s">
-        <x:v>39</x:v>
+        <x:v>119</x:v>
       </x:c>
       <x:c r="B59" s="0" t="s">
         <x:v>147</x:v>
       </x:c>
       <x:c r="C59" s="3" t="n">
-        <x:v>39586</x:v>
+        <x:v>40792</x:v>
       </x:c>
       <x:c r="D59" s="3" t="s"/>
-      <x:c r="E59" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="G59" s="0" t="s">
         <x:v>121</x:v>
       </x:c>
       <x:c r="I59" s="4" t="s">
         <x:v>122</x:v>
       </x:c>
       <x:c r="J59" s="0" t="s">
-        <x:v>82</x:v>
+        <x:v>123</x:v>
       </x:c>
       <x:c r="K59" s="0" t="s">
-        <x:v>46</x:v>
+        <x:v>124</x:v>
       </x:c>
       <x:c r="L59" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="M59" s="0" t="s">
-        <x:v>127</x:v>
+        <x:v>33</x:v>
       </x:c>
       <x:c r="N59" s="3" t="n">
-        <x:v>31054</x:v>
+        <x:v>24220</x:v>
       </x:c>
       <x:c r="O59" s="0" t="s">
-        <x:v>91</x:v>
+        <x:v>60</x:v>
       </x:c>
       <x:c r="P59" s="0" t="s">
         <x:v>121</x:v>
       </x:c>
       <x:c r="Q59" s="4" t="s">
         <x:v>122</x:v>
       </x:c>
       <x:c r="R59" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="S59" s="0" t="n">
-        <x:v>605010</x:v>
+        <x:v>595544</x:v>
       </x:c>
       <x:c r="T59" s="4" t="s">
-        <x:v>131</x:v>
+        <x:v>53</x:v>
       </x:c>
       <x:c r="U59" s="4" t="s">
-        <x:v>129</x:v>
+        <x:v>125</x:v>
       </x:c>
     </x:row>
     <x:row r="60" spans="1:21">
       <x:c r="A60" s="13" t="s">
-        <x:v>119</x:v>
+        <x:v>39</x:v>
       </x:c>
       <x:c r="B60" s="14" t="s">
         <x:v>148</x:v>
       </x:c>
       <x:c r="C60" s="15" t="n">
-        <x:v>40792</x:v>
+        <x:v>37680</x:v>
       </x:c>
       <x:c r="D60" s="15" t="s"/>
-      <x:c r="E60" s="14" t="s"/>
+      <x:c r="E60" s="14" t="s">
+        <x:v>41</x:v>
+      </x:c>
       <x:c r="F60" s="14" t="s"/>
       <x:c r="G60" s="14" t="s">
         <x:v>121</x:v>
       </x:c>
       <x:c r="H60" s="14" t="s"/>
       <x:c r="I60" s="16" t="s">
         <x:v>122</x:v>
       </x:c>
       <x:c r="J60" s="14" t="s">
-        <x:v>123</x:v>
+        <x:v>59</x:v>
       </x:c>
       <x:c r="K60" s="14" t="s">
-        <x:v>124</x:v>
+        <x:v>46</x:v>
       </x:c>
       <x:c r="L60" s="14" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="M60" s="14" t="s">
-        <x:v>33</x:v>
+        <x:v>127</x:v>
       </x:c>
       <x:c r="N60" s="15" t="n">
-        <x:v>24220</x:v>
+        <x:v>24273</x:v>
       </x:c>
       <x:c r="O60" s="14" t="s">
-        <x:v>60</x:v>
+        <x:v>149</x:v>
       </x:c>
       <x:c r="P60" s="14" t="s">
         <x:v>121</x:v>
       </x:c>
       <x:c r="Q60" s="16" t="s">
         <x:v>122</x:v>
       </x:c>
       <x:c r="R60" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="S60" s="14" t="n">
-        <x:v>595544</x:v>
+        <x:v>549737</x:v>
       </x:c>
       <x:c r="T60" s="16" t="s">
-        <x:v>53</x:v>
+        <x:v>141</x:v>
       </x:c>
       <x:c r="U60" s="16" t="s">
-        <x:v>125</x:v>
+        <x:v>150</x:v>
       </x:c>
     </x:row>
     <x:row r="61" spans="1:21">
       <x:c r="A61" s="1" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="B61" s="0" t="s">
-        <x:v>136</x:v>
+        <x:v>151</x:v>
       </x:c>
       <x:c r="C61" s="3" t="n">
-        <x:v>40792</x:v>
+        <x:v>39586</x:v>
       </x:c>
       <x:c r="D61" s="3" t="s"/>
       <x:c r="E61" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="G61" s="0" t="s">
         <x:v>121</x:v>
       </x:c>
       <x:c r="I61" s="4" t="s">
         <x:v>122</x:v>
       </x:c>
       <x:c r="J61" s="0" t="s">
-        <x:v>123</x:v>
+        <x:v>82</x:v>
       </x:c>
       <x:c r="K61" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="L61" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="M61" s="0" t="s">
-        <x:v>33</x:v>
+        <x:v>127</x:v>
       </x:c>
       <x:c r="N61" s="3" t="n">
-        <x:v>24220</x:v>
+        <x:v>31054</x:v>
       </x:c>
       <x:c r="O61" s="0" t="s">
-        <x:v>60</x:v>
+        <x:v>91</x:v>
       </x:c>
       <x:c r="P61" s="0" t="s">
         <x:v>121</x:v>
       </x:c>
       <x:c r="Q61" s="4" t="s">
         <x:v>122</x:v>
       </x:c>
       <x:c r="R61" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="S61" s="0" t="n">
-        <x:v>604931</x:v>
+        <x:v>605010</x:v>
       </x:c>
       <x:c r="T61" s="4" t="s">
         <x:v>131</x:v>
       </x:c>
       <x:c r="U61" s="4" t="s">
-        <x:v>132</x:v>
+        <x:v>129</x:v>
       </x:c>
     </x:row>
     <x:row r="62" spans="1:21">
       <x:c r="A62" s="13" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="B62" s="14" t="s">
-        <x:v>149</x:v>
+        <x:v>136</x:v>
       </x:c>
       <x:c r="C62" s="15" t="n">
-        <x:v>37680</x:v>
+        <x:v>40792</x:v>
       </x:c>
       <x:c r="D62" s="15" t="s"/>
       <x:c r="E62" s="14" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="F62" s="14" t="s"/>
       <x:c r="G62" s="14" t="s">
         <x:v>121</x:v>
       </x:c>
       <x:c r="H62" s="14" t="s"/>
       <x:c r="I62" s="16" t="s">
         <x:v>122</x:v>
       </x:c>
       <x:c r="J62" s="14" t="s">
-        <x:v>59</x:v>
+        <x:v>123</x:v>
       </x:c>
       <x:c r="K62" s="14" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="L62" s="14" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="M62" s="14" t="s">
-        <x:v>127</x:v>
+        <x:v>33</x:v>
       </x:c>
       <x:c r="N62" s="15" t="n">
-        <x:v>24273</x:v>
+        <x:v>24220</x:v>
       </x:c>
       <x:c r="O62" s="14" t="s">
-        <x:v>150</x:v>
+        <x:v>60</x:v>
       </x:c>
       <x:c r="P62" s="14" t="s">
         <x:v>121</x:v>
       </x:c>
       <x:c r="Q62" s="16" t="s">
         <x:v>122</x:v>
       </x:c>
       <x:c r="R62" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="S62" s="14" t="n">
-        <x:v>549737</x:v>
+        <x:v>604931</x:v>
       </x:c>
       <x:c r="T62" s="16" t="s">
-        <x:v>141</x:v>
+        <x:v>131</x:v>
       </x:c>
       <x:c r="U62" s="16" t="s">
-        <x:v>151</x:v>
+        <x:v>132</x:v>
       </x:c>
     </x:row>
     <x:row r="63" spans="1:21">
       <x:c r="A63" s="1" t="s">
-        <x:v>21</x:v>
+        <x:v>39</x:v>
       </x:c>
       <x:c r="B63" s="0" t="s">
         <x:v>152</x:v>
       </x:c>
-      <x:c r="C63" s="3" t="s"/>
+      <x:c r="C63" s="3" t="n">
+        <x:v>37680</x:v>
+      </x:c>
       <x:c r="D63" s="3" t="s"/>
+      <x:c r="E63" s="0" t="s">
+        <x:v>41</x:v>
+      </x:c>
       <x:c r="G63" s="0" t="s">
         <x:v>121</x:v>
       </x:c>
       <x:c r="I63" s="4" t="s">
         <x:v>122</x:v>
       </x:c>
+      <x:c r="J63" s="0" t="s">
+        <x:v>59</x:v>
+      </x:c>
       <x:c r="K63" s="0" t="s">
-        <x:v>26</x:v>
+        <x:v>46</x:v>
       </x:c>
       <x:c r="L63" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="M63" s="0" t="s">
-        <x:v>33</x:v>
+        <x:v>127</x:v>
       </x:c>
       <x:c r="N63" s="3" t="n">
-        <x:v>31034</x:v>
+        <x:v>24273</x:v>
       </x:c>
       <x:c r="O63" s="0" t="s">
-        <x:v>115</x:v>
+        <x:v>149</x:v>
       </x:c>
       <x:c r="P63" s="0" t="s">
         <x:v>121</x:v>
       </x:c>
       <x:c r="Q63" s="4" t="s">
         <x:v>122</x:v>
       </x:c>
       <x:c r="R63" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="S63" s="0" t="n">
-        <x:v>574568</x:v>
+        <x:v>549735</x:v>
       </x:c>
       <x:c r="T63" s="4" t="s">
-        <x:v>51</x:v>
+        <x:v>141</x:v>
       </x:c>
       <x:c r="U63" s="4" t="s">
-        <x:v>153</x:v>
+        <x:v>150</x:v>
       </x:c>
     </x:row>
     <x:row r="64" spans="1:21">
       <x:c r="A64" s="13" t="s">
-        <x:v>39</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B64" s="14" t="s">
-        <x:v>154</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>153</x:v>
+      </x:c>
+      <x:c r="C64" s="15" t="s"/>
       <x:c r="D64" s="15" t="s"/>
-      <x:c r="E64" s="14" t="s">
-[...1 lines deleted...]
-      </x:c>
+      <x:c r="E64" s="14" t="s"/>
       <x:c r="F64" s="14" t="s"/>
       <x:c r="G64" s="14" t="s">
         <x:v>121</x:v>
       </x:c>
       <x:c r="H64" s="14" t="s"/>
       <x:c r="I64" s="16" t="s">
         <x:v>122</x:v>
       </x:c>
-      <x:c r="J64" s="14" t="s">
-[...1 lines deleted...]
-      </x:c>
+      <x:c r="J64" s="14" t="s"/>
       <x:c r="K64" s="14" t="s">
-        <x:v>46</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="L64" s="14" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="M64" s="14" t="s">
-        <x:v>127</x:v>
+        <x:v>33</x:v>
       </x:c>
       <x:c r="N64" s="15" t="n">
-        <x:v>24273</x:v>
+        <x:v>31034</x:v>
       </x:c>
       <x:c r="O64" s="14" t="s">
-        <x:v>150</x:v>
+        <x:v>115</x:v>
       </x:c>
       <x:c r="P64" s="14" t="s">
         <x:v>121</x:v>
       </x:c>
       <x:c r="Q64" s="16" t="s">
         <x:v>122</x:v>
       </x:c>
       <x:c r="R64" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="S64" s="14" t="n">
-        <x:v>549735</x:v>
+        <x:v>574568</x:v>
       </x:c>
       <x:c r="T64" s="16" t="s">
-        <x:v>141</x:v>
+        <x:v>51</x:v>
       </x:c>
       <x:c r="U64" s="16" t="s">
-        <x:v>151</x:v>
+        <x:v>154</x:v>
       </x:c>
     </x:row>
     <x:row r="65" spans="1:21">
       <x:c r="A65" s="1" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="B65" s="0" t="s">
         <x:v>155</x:v>
       </x:c>
       <x:c r="C65" s="3" t="n">
         <x:v>39586</x:v>
       </x:c>
       <x:c r="D65" s="3" t="s"/>
       <x:c r="E65" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="G65" s="0" t="s">
         <x:v>121</x:v>
       </x:c>
       <x:c r="I65" s="4" t="s">
         <x:v>122</x:v>
       </x:c>
       <x:c r="J65" s="0" t="s">
         <x:v>82</x:v>
       </x:c>
@@ -7227,51 +7228,51 @@
       </x:c>
       <x:c r="P71" s="0" t="s">
         <x:v>157</x:v>
       </x:c>
       <x:c r="Q71" s="4" t="s">
         <x:v>158</x:v>
       </x:c>
       <x:c r="R71" s="0" t="s">
         <x:v>105</x:v>
       </x:c>
       <x:c r="S71" s="0" t="n">
         <x:v>592284</x:v>
       </x:c>
       <x:c r="T71" s="4" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="U71" s="4" t="s">
         <x:v>125</x:v>
       </x:c>
     </x:row>
     <x:row r="72" spans="1:21">
       <x:c r="A72" s="13" t="s">
         <x:v>119</x:v>
       </x:c>
       <x:c r="B72" s="14" t="s">
-        <x:v>76</x:v>
+        <x:v>70</x:v>
       </x:c>
       <x:c r="C72" s="15" t="n">
         <x:v>41611</x:v>
       </x:c>
       <x:c r="D72" s="15" t="s"/>
       <x:c r="E72" s="14" t="s"/>
       <x:c r="F72" s="14" t="s"/>
       <x:c r="G72" s="14" t="s">
         <x:v>157</x:v>
       </x:c>
       <x:c r="H72" s="14" t="s"/>
       <x:c r="I72" s="16" t="s">
         <x:v>158</x:v>
       </x:c>
       <x:c r="J72" s="14" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="K72" s="14" t="s">
         <x:v>124</x:v>
       </x:c>
       <x:c r="L72" s="14" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="M72" s="14" t="s">
         <x:v>33</x:v>
@@ -7892,435 +7893,435 @@
         <x:v>37680</x:v>
       </x:c>
       <x:c r="D83" s="3" t="s"/>
       <x:c r="G83" s="0" t="s">
         <x:v>188</x:v>
       </x:c>
       <x:c r="I83" s="4" t="s">
         <x:v>189</x:v>
       </x:c>
       <x:c r="J83" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="K83" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L83" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="M83" s="0" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="N83" s="3" t="n">
         <x:v>24273</x:v>
       </x:c>
       <x:c r="O83" s="0" t="s">
-        <x:v>150</x:v>
+        <x:v>149</x:v>
       </x:c>
       <x:c r="P83" s="0" t="s">
         <x:v>188</x:v>
       </x:c>
       <x:c r="Q83" s="4" t="s">
         <x:v>189</x:v>
       </x:c>
       <x:c r="R83" s="0" t="s">
         <x:v>190</x:v>
       </x:c>
       <x:c r="S83" s="0" t="n">
         <x:v>607296</x:v>
       </x:c>
       <x:c r="T83" s="4" t="s">
         <x:v>191</x:v>
       </x:c>
       <x:c r="U83" s="4" t="s">
         <x:v>52</x:v>
       </x:c>
     </x:row>
     <x:row r="84" spans="1:21">
       <x:c r="A84" s="13" t="s">
         <x:v>133</x:v>
       </x:c>
       <x:c r="B84" s="14" t="s">
-        <x:v>144</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>192</x:v>
+      </x:c>
+      <x:c r="C84" s="15" t="s"/>
       <x:c r="D84" s="15" t="s"/>
       <x:c r="E84" s="14" t="s"/>
       <x:c r="F84" s="14" t="s"/>
       <x:c r="G84" s="14" t="s">
         <x:v>188</x:v>
       </x:c>
       <x:c r="H84" s="14" t="s"/>
       <x:c r="I84" s="16" t="s">
         <x:v>189</x:v>
       </x:c>
-      <x:c r="J84" s="14" t="s">
-[...1 lines deleted...]
-      </x:c>
+      <x:c r="J84" s="14" t="s"/>
       <x:c r="K84" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L84" s="14" t="s">
-        <x:v>47</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="M84" s="14" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="N84" s="15" t="n">
-        <x:v>24220</x:v>
+        <x:v>31090</x:v>
       </x:c>
       <x:c r="O84" s="14" t="s">
-        <x:v>60</x:v>
+        <x:v>193</x:v>
       </x:c>
       <x:c r="P84" s="14" t="s">
         <x:v>188</x:v>
       </x:c>
       <x:c r="Q84" s="16" t="s">
         <x:v>189</x:v>
       </x:c>
       <x:c r="R84" s="14" t="s">
         <x:v>190</x:v>
       </x:c>
       <x:c r="S84" s="14" t="n">
-        <x:v>507531</x:v>
+        <x:v>467583</x:v>
       </x:c>
       <x:c r="T84" s="16" t="s">
-        <x:v>192</x:v>
+        <x:v>194</x:v>
       </x:c>
       <x:c r="U84" s="16" t="s">
-        <x:v>52</x:v>
+        <x:v>195</x:v>
       </x:c>
     </x:row>
     <x:row r="85" spans="1:21">
       <x:c r="A85" s="1" t="s">
-        <x:v>21</x:v>
+        <x:v>133</x:v>
       </x:c>
       <x:c r="B85" s="0" t="s">
-        <x:v>48</x:v>
-[...1 lines deleted...]
-      <x:c r="C85" s="3" t="s"/>
+        <x:v>144</x:v>
+      </x:c>
+      <x:c r="C85" s="3" t="n">
+        <x:v>35340</x:v>
+      </x:c>
       <x:c r="D85" s="3" t="s"/>
       <x:c r="G85" s="0" t="s">
         <x:v>188</x:v>
       </x:c>
       <x:c r="I85" s="4" t="s">
         <x:v>189</x:v>
       </x:c>
+      <x:c r="J85" s="0" t="s">
+        <x:v>123</x:v>
+      </x:c>
       <x:c r="K85" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L85" s="0" t="s">
-        <x:v>27</x:v>
+        <x:v>47</x:v>
       </x:c>
       <x:c r="M85" s="0" t="s">
-        <x:v>127</x:v>
+        <x:v>33</x:v>
       </x:c>
       <x:c r="N85" s="3" t="n">
-        <x:v>31006</x:v>
+        <x:v>24220</x:v>
       </x:c>
       <x:c r="O85" s="0" t="s">
-        <x:v>193</x:v>
+        <x:v>60</x:v>
       </x:c>
       <x:c r="P85" s="0" t="s">
         <x:v>188</x:v>
       </x:c>
       <x:c r="Q85" s="4" t="s">
         <x:v>189</x:v>
       </x:c>
       <x:c r="R85" s="0" t="s">
         <x:v>190</x:v>
       </x:c>
       <x:c r="S85" s="0" t="n">
-        <x:v>510084</x:v>
+        <x:v>507531</x:v>
       </x:c>
       <x:c r="T85" s="4" t="s">
-        <x:v>194</x:v>
+        <x:v>196</x:v>
       </x:c>
       <x:c r="U85" s="4" t="s">
-        <x:v>195</x:v>
+        <x:v>52</x:v>
       </x:c>
     </x:row>
     <x:row r="86" spans="1:21">
       <x:c r="A86" s="13" t="s">
-        <x:v>133</x:v>
+        <x:v>39</x:v>
       </x:c>
       <x:c r="B86" s="14" t="s">
-        <x:v>196</x:v>
-[...1 lines deleted...]
-      <x:c r="C86" s="15" t="s"/>
+        <x:v>130</x:v>
+      </x:c>
+      <x:c r="C86" s="15" t="n">
+        <x:v>40792</x:v>
+      </x:c>
       <x:c r="D86" s="15" t="s"/>
-      <x:c r="E86" s="14" t="s"/>
+      <x:c r="E86" s="14" t="s">
+        <x:v>41</x:v>
+      </x:c>
       <x:c r="F86" s="14" t="s"/>
       <x:c r="G86" s="14" t="s">
         <x:v>188</x:v>
       </x:c>
       <x:c r="H86" s="14" t="s"/>
       <x:c r="I86" s="16" t="s">
         <x:v>189</x:v>
       </x:c>
-      <x:c r="J86" s="14" t="s"/>
+      <x:c r="J86" s="14" t="s">
+        <x:v>123</x:v>
+      </x:c>
       <x:c r="K86" s="14" t="s">
-        <x:v>26</x:v>
+        <x:v>46</x:v>
       </x:c>
       <x:c r="L86" s="14" t="s">
-        <x:v>27</x:v>
+        <x:v>47</x:v>
       </x:c>
       <x:c r="M86" s="14" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="N86" s="15" t="n">
-        <x:v>31090</x:v>
+        <x:v>24220</x:v>
       </x:c>
       <x:c r="O86" s="14" t="s">
-        <x:v>197</x:v>
+        <x:v>60</x:v>
       </x:c>
       <x:c r="P86" s="14" t="s">
         <x:v>188</x:v>
       </x:c>
       <x:c r="Q86" s="16" t="s">
         <x:v>189</x:v>
       </x:c>
       <x:c r="R86" s="14" t="s">
         <x:v>190</x:v>
       </x:c>
       <x:c r="S86" s="14" t="n">
-        <x:v>467583</x:v>
+        <x:v>545073</x:v>
       </x:c>
       <x:c r="T86" s="16" t="s">
-        <x:v>198</x:v>
+        <x:v>197</x:v>
       </x:c>
       <x:c r="U86" s="16" t="s">
-        <x:v>199</x:v>
+        <x:v>170</x:v>
       </x:c>
     </x:row>
     <x:row r="87" spans="1:21">
       <x:c r="A87" s="1" t="s">
-        <x:v>39</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B87" s="0" t="s">
-        <x:v>130</x:v>
+        <x:v>120</x:v>
       </x:c>
       <x:c r="C87" s="3" t="n">
         <x:v>40792</x:v>
       </x:c>
       <x:c r="D87" s="3" t="s"/>
-      <x:c r="E87" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="G87" s="0" t="s">
         <x:v>188</x:v>
       </x:c>
       <x:c r="I87" s="4" t="s">
         <x:v>189</x:v>
       </x:c>
       <x:c r="J87" s="0" t="s">
         <x:v>123</x:v>
       </x:c>
       <x:c r="K87" s="0" t="s">
-        <x:v>46</x:v>
+        <x:v>198</x:v>
       </x:c>
       <x:c r="L87" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="M87" s="0" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="N87" s="3" t="n">
         <x:v>24220</x:v>
       </x:c>
       <x:c r="O87" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="P87" s="0" t="s">
         <x:v>188</x:v>
       </x:c>
       <x:c r="Q87" s="4" t="s">
         <x:v>189</x:v>
       </x:c>
       <x:c r="R87" s="0" t="s">
         <x:v>190</x:v>
       </x:c>
       <x:c r="S87" s="0" t="n">
-        <x:v>545073</x:v>
+        <x:v>606160</x:v>
       </x:c>
       <x:c r="T87" s="4" t="s">
-        <x:v>200</x:v>
+        <x:v>199</x:v>
       </x:c>
       <x:c r="U87" s="4" t="s">
-        <x:v>170</x:v>
+        <x:v>125</x:v>
       </x:c>
     </x:row>
     <x:row r="88" spans="1:21">
       <x:c r="A88" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B88" s="14" t="s">
-        <x:v>120</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>48</x:v>
+      </x:c>
+      <x:c r="C88" s="15" t="s"/>
       <x:c r="D88" s="15" t="s"/>
       <x:c r="E88" s="14" t="s"/>
       <x:c r="F88" s="14" t="s"/>
       <x:c r="G88" s="14" t="s">
         <x:v>188</x:v>
       </x:c>
       <x:c r="H88" s="14" t="s"/>
       <x:c r="I88" s="16" t="s">
         <x:v>189</x:v>
       </x:c>
-      <x:c r="J88" s="14" t="s">
-[...1 lines deleted...]
-      </x:c>
+      <x:c r="J88" s="14" t="s"/>
       <x:c r="K88" s="14" t="s">
-        <x:v>201</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="L88" s="14" t="s">
-        <x:v>47</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="M88" s="14" t="s">
-        <x:v>33</x:v>
+        <x:v>127</x:v>
       </x:c>
       <x:c r="N88" s="15" t="n">
-        <x:v>24220</x:v>
+        <x:v>31006</x:v>
       </x:c>
       <x:c r="O88" s="14" t="s">
-        <x:v>60</x:v>
+        <x:v>200</x:v>
       </x:c>
       <x:c r="P88" s="14" t="s">
         <x:v>188</x:v>
       </x:c>
       <x:c r="Q88" s="16" t="s">
         <x:v>189</x:v>
       </x:c>
       <x:c r="R88" s="14" t="s">
         <x:v>190</x:v>
       </x:c>
       <x:c r="S88" s="14" t="n">
-        <x:v>606160</x:v>
+        <x:v>510084</x:v>
       </x:c>
       <x:c r="T88" s="16" t="s">
+        <x:v>201</x:v>
+      </x:c>
+      <x:c r="U88" s="16" t="s">
         <x:v>202</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>125</x:v>
       </x:c>
     </x:row>
     <x:row r="89" spans="1:21">
       <x:c r="A89" s="1" t="s">
         <x:v>133</x:v>
       </x:c>
       <x:c r="B89" s="0" t="s">
         <x:v>134</x:v>
       </x:c>
       <x:c r="C89" s="3" t="n">
         <x:v>35340</x:v>
       </x:c>
       <x:c r="D89" s="3" t="s"/>
       <x:c r="G89" s="0" t="s">
         <x:v>188</x:v>
       </x:c>
       <x:c r="I89" s="4" t="s">
         <x:v>189</x:v>
       </x:c>
       <x:c r="J89" s="0" t="s">
         <x:v>123</x:v>
       </x:c>
       <x:c r="K89" s="0" t="s">
         <x:v>203</x:v>
       </x:c>
       <x:c r="L89" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="M89" s="0" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="N89" s="3" t="n">
         <x:v>24220</x:v>
       </x:c>
       <x:c r="O89" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="P89" s="0" t="s">
         <x:v>188</x:v>
       </x:c>
       <x:c r="Q89" s="4" t="s">
         <x:v>189</x:v>
       </x:c>
       <x:c r="R89" s="0" t="s">
         <x:v>190</x:v>
       </x:c>
       <x:c r="S89" s="0" t="n">
         <x:v>555188</x:v>
       </x:c>
       <x:c r="T89" s="4" t="s">
-        <x:v>200</x:v>
+        <x:v>197</x:v>
       </x:c>
       <x:c r="U89" s="4" t="s">
         <x:v>170</x:v>
       </x:c>
     </x:row>
     <x:row r="90" spans="1:21">
       <x:c r="A90" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B90" s="14" t="s">
         <x:v>204</x:v>
       </x:c>
       <x:c r="C90" s="15" t="n">
         <x:v>37680</x:v>
       </x:c>
       <x:c r="D90" s="15" t="s"/>
       <x:c r="E90" s="14" t="s"/>
       <x:c r="F90" s="14" t="s"/>
       <x:c r="G90" s="14" t="s">
         <x:v>188</x:v>
       </x:c>
       <x:c r="H90" s="14" t="s"/>
       <x:c r="I90" s="16" t="s">
         <x:v>189</x:v>
       </x:c>
       <x:c r="J90" s="14" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="K90" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L90" s="14" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="M90" s="14" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="N90" s="15" t="n">
         <x:v>24273</x:v>
       </x:c>
       <x:c r="O90" s="14" t="s">
-        <x:v>150</x:v>
+        <x:v>149</x:v>
       </x:c>
       <x:c r="P90" s="14" t="s">
         <x:v>188</x:v>
       </x:c>
       <x:c r="Q90" s="16" t="s">
         <x:v>189</x:v>
       </x:c>
       <x:c r="R90" s="14" t="s">
         <x:v>190</x:v>
       </x:c>
       <x:c r="S90" s="14" t="n">
         <x:v>607298</x:v>
       </x:c>
       <x:c r="T90" s="16" t="s">
         <x:v>191</x:v>
       </x:c>
       <x:c r="U90" s="16" t="s">
         <x:v>52</x:v>
       </x:c>
     </x:row>
     <x:row r="91" spans="1:21">
       <x:c r="A91" s="1" t="s">
         <x:v>133</x:v>
       </x:c>
       <x:c r="B91" s="0" t="s">
@@ -8330,51 +8331,51 @@
         <x:v>37680</x:v>
       </x:c>
       <x:c r="D91" s="3" t="s"/>
       <x:c r="G91" s="0" t="s">
         <x:v>188</x:v>
       </x:c>
       <x:c r="I91" s="4" t="s">
         <x:v>189</x:v>
       </x:c>
       <x:c r="J91" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="K91" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L91" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="M91" s="0" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="N91" s="3" t="n">
         <x:v>24273</x:v>
       </x:c>
       <x:c r="O91" s="0" t="s">
-        <x:v>150</x:v>
+        <x:v>149</x:v>
       </x:c>
       <x:c r="P91" s="0" t="s">
         <x:v>188</x:v>
       </x:c>
       <x:c r="Q91" s="4" t="s">
         <x:v>189</x:v>
       </x:c>
       <x:c r="R91" s="0" t="s">
         <x:v>190</x:v>
       </x:c>
       <x:c r="S91" s="0" t="n">
         <x:v>558368</x:v>
       </x:c>
       <x:c r="T91" s="4" t="s">
         <x:v>206</x:v>
       </x:c>
       <x:c r="U91" s="4" t="s">
         <x:v>52</x:v>
       </x:c>
     </x:row>
     <x:row r="92" spans="1:21">
       <x:c r="A92" s="13" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="B92" s="14" t="s">
@@ -8404,51 +8405,51 @@
       <x:c r="L92" s="14" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="M92" s="14" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="N92" s="15" t="n">
         <x:v>24220</x:v>
       </x:c>
       <x:c r="O92" s="14" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="P92" s="14" t="s">
         <x:v>188</x:v>
       </x:c>
       <x:c r="Q92" s="16" t="s">
         <x:v>189</x:v>
       </x:c>
       <x:c r="R92" s="14" t="s">
         <x:v>190</x:v>
       </x:c>
       <x:c r="S92" s="14" t="n">
         <x:v>545078</x:v>
       </x:c>
       <x:c r="T92" s="16" t="s">
-        <x:v>200</x:v>
+        <x:v>197</x:v>
       </x:c>
       <x:c r="U92" s="16" t="s">
         <x:v>170</x:v>
       </x:c>
     </x:row>
     <x:row r="93" spans="1:21">
       <x:c r="A93" s="1" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="B93" s="0" t="s">
         <x:v>130</x:v>
       </x:c>
       <x:c r="C93" s="3" t="n">
         <x:v>35340</x:v>
       </x:c>
       <x:c r="D93" s="3" t="s"/>
       <x:c r="E93" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="G93" s="0" t="s">
         <x:v>188</x:v>
       </x:c>
       <x:c r="I93" s="4" t="s">
         <x:v>189</x:v>
       </x:c>
@@ -8461,93 +8462,93 @@
       <x:c r="L93" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="M93" s="0" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="N93" s="3" t="n">
         <x:v>24220</x:v>
       </x:c>
       <x:c r="O93" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="P93" s="0" t="s">
         <x:v>188</x:v>
       </x:c>
       <x:c r="Q93" s="4" t="s">
         <x:v>189</x:v>
       </x:c>
       <x:c r="R93" s="0" t="s">
         <x:v>190</x:v>
       </x:c>
       <x:c r="S93" s="0" t="n">
         <x:v>507233</x:v>
       </x:c>
       <x:c r="T93" s="4" t="s">
-        <x:v>192</x:v>
+        <x:v>196</x:v>
       </x:c>
       <x:c r="U93" s="4" t="s">
         <x:v>52</x:v>
       </x:c>
     </x:row>
     <x:row r="94" spans="1:21">
       <x:c r="A94" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B94" s="14" t="s">
         <x:v>207</x:v>
       </x:c>
       <x:c r="C94" s="15" t="n">
         <x:v>37680</x:v>
       </x:c>
       <x:c r="D94" s="15" t="s"/>
       <x:c r="E94" s="14" t="s"/>
       <x:c r="F94" s="14" t="s"/>
       <x:c r="G94" s="14" t="s">
         <x:v>188</x:v>
       </x:c>
       <x:c r="H94" s="14" t="s"/>
       <x:c r="I94" s="16" t="s">
         <x:v>189</x:v>
       </x:c>
       <x:c r="J94" s="14" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="K94" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L94" s="14" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="M94" s="14" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="N94" s="15" t="n">
         <x:v>24273</x:v>
       </x:c>
       <x:c r="O94" s="14" t="s">
-        <x:v>150</x:v>
+        <x:v>149</x:v>
       </x:c>
       <x:c r="P94" s="14" t="s">
         <x:v>188</x:v>
       </x:c>
       <x:c r="Q94" s="16" t="s">
         <x:v>189</x:v>
       </x:c>
       <x:c r="R94" s="14" t="s">
         <x:v>190</x:v>
       </x:c>
       <x:c r="S94" s="14" t="n">
         <x:v>558379</x:v>
       </x:c>
       <x:c r="T94" s="16" t="s">
         <x:v>206</x:v>
       </x:c>
       <x:c r="U94" s="16" t="s">
         <x:v>52</x:v>
       </x:c>
     </x:row>
     <x:row r="95" spans="1:21">
       <x:c r="A95" s="1" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="B95" s="0" t="s">
@@ -8634,443 +8635,443 @@
       <x:c r="L96" s="14" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="M96" s="14" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="N96" s="15" t="n">
         <x:v>24220</x:v>
       </x:c>
       <x:c r="O96" s="14" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="P96" s="14" t="s">
         <x:v>188</x:v>
       </x:c>
       <x:c r="Q96" s="16" t="s">
         <x:v>189</x:v>
       </x:c>
       <x:c r="R96" s="14" t="s">
         <x:v>190</x:v>
       </x:c>
       <x:c r="S96" s="14" t="n">
         <x:v>507234</x:v>
       </x:c>
       <x:c r="T96" s="16" t="s">
-        <x:v>192</x:v>
+        <x:v>196</x:v>
       </x:c>
       <x:c r="U96" s="16" t="s">
         <x:v>52</x:v>
       </x:c>
     </x:row>
     <x:row r="97" spans="1:21">
       <x:c r="A97" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B97" s="0" t="s">
-        <x:v>148</x:v>
+        <x:v>147</x:v>
       </x:c>
       <x:c r="C97" s="3" t="n">
         <x:v>40792</x:v>
       </x:c>
       <x:c r="D97" s="3" t="s"/>
       <x:c r="G97" s="0" t="s">
         <x:v>188</x:v>
       </x:c>
       <x:c r="I97" s="4" t="s">
         <x:v>189</x:v>
       </x:c>
       <x:c r="J97" s="0" t="s">
         <x:v>123</x:v>
       </x:c>
       <x:c r="K97" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L97" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="M97" s="0" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="N97" s="3" t="n">
         <x:v>24220</x:v>
       </x:c>
       <x:c r="O97" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="P97" s="0" t="s">
         <x:v>188</x:v>
       </x:c>
       <x:c r="Q97" s="4" t="s">
         <x:v>189</x:v>
       </x:c>
       <x:c r="R97" s="0" t="s">
         <x:v>190</x:v>
       </x:c>
       <x:c r="S97" s="0" t="n">
         <x:v>606157</x:v>
       </x:c>
       <x:c r="T97" s="4" t="s">
-        <x:v>202</x:v>
+        <x:v>199</x:v>
       </x:c>
       <x:c r="U97" s="4" t="s">
         <x:v>125</x:v>
       </x:c>
     </x:row>
     <x:row r="98" spans="1:21">
       <x:c r="A98" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B98" s="14" t="s">
-        <x:v>209</x:v>
+        <x:v>207</x:v>
       </x:c>
       <x:c r="C98" s="15" t="n">
         <x:v>37680</x:v>
       </x:c>
       <x:c r="D98" s="15" t="s"/>
       <x:c r="E98" s="14" t="s"/>
       <x:c r="F98" s="14" t="s"/>
       <x:c r="G98" s="14" t="s">
         <x:v>188</x:v>
       </x:c>
       <x:c r="H98" s="14" t="s"/>
       <x:c r="I98" s="16" t="s">
         <x:v>189</x:v>
       </x:c>
       <x:c r="J98" s="14" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="K98" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L98" s="14" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="M98" s="14" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="N98" s="15" t="n">
         <x:v>24273</x:v>
       </x:c>
       <x:c r="O98" s="14" t="s">
-        <x:v>150</x:v>
+        <x:v>149</x:v>
       </x:c>
       <x:c r="P98" s="14" t="s">
         <x:v>188</x:v>
       </x:c>
       <x:c r="Q98" s="16" t="s">
         <x:v>189</x:v>
       </x:c>
       <x:c r="R98" s="14" t="s">
         <x:v>190</x:v>
       </x:c>
       <x:c r="S98" s="14" t="n">
-        <x:v>607297</x:v>
+        <x:v>558396</x:v>
       </x:c>
       <x:c r="T98" s="16" t="s">
-        <x:v>191</x:v>
+        <x:v>206</x:v>
       </x:c>
       <x:c r="U98" s="16" t="s">
         <x:v>52</x:v>
       </x:c>
     </x:row>
     <x:row r="99" spans="1:21">
       <x:c r="A99" s="1" t="s">
-        <x:v>21</x:v>
+        <x:v>39</x:v>
       </x:c>
       <x:c r="B99" s="0" t="s">
-        <x:v>207</x:v>
+        <x:v>136</x:v>
       </x:c>
       <x:c r="C99" s="3" t="n">
-        <x:v>37680</x:v>
+        <x:v>40792</x:v>
       </x:c>
       <x:c r="D99" s="3" t="s"/>
+      <x:c r="E99" s="0" t="s">
+        <x:v>41</x:v>
+      </x:c>
       <x:c r="G99" s="0" t="s">
         <x:v>188</x:v>
       </x:c>
       <x:c r="I99" s="4" t="s">
         <x:v>189</x:v>
       </x:c>
       <x:c r="J99" s="0" t="s">
-        <x:v>59</x:v>
+        <x:v>123</x:v>
       </x:c>
       <x:c r="K99" s="0" t="s">
-        <x:v>26</x:v>
+        <x:v>46</x:v>
       </x:c>
       <x:c r="L99" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="M99" s="0" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="N99" s="3" t="n">
-        <x:v>24273</x:v>
+        <x:v>24220</x:v>
       </x:c>
       <x:c r="O99" s="0" t="s">
-        <x:v>150</x:v>
+        <x:v>60</x:v>
       </x:c>
       <x:c r="P99" s="0" t="s">
         <x:v>188</x:v>
       </x:c>
       <x:c r="Q99" s="4" t="s">
         <x:v>189</x:v>
       </x:c>
       <x:c r="R99" s="0" t="s">
         <x:v>190</x:v>
       </x:c>
       <x:c r="S99" s="0" t="n">
-        <x:v>558396</x:v>
+        <x:v>598913</x:v>
       </x:c>
       <x:c r="T99" s="4" t="s">
-        <x:v>206</x:v>
+        <x:v>208</x:v>
       </x:c>
       <x:c r="U99" s="4" t="s">
-        <x:v>52</x:v>
+        <x:v>125</x:v>
       </x:c>
     </x:row>
     <x:row r="100" spans="1:21">
       <x:c r="A100" s="13" t="s">
-        <x:v>133</x:v>
+        <x:v>39</x:v>
       </x:c>
       <x:c r="B100" s="14" t="s">
-        <x:v>144</x:v>
+        <x:v>209</x:v>
       </x:c>
       <x:c r="C100" s="15" t="n">
-        <x:v>40792</x:v>
+        <x:v>37680</x:v>
       </x:c>
       <x:c r="D100" s="15" t="s"/>
-      <x:c r="E100" s="14" t="s"/>
+      <x:c r="E100" s="14" t="s">
+        <x:v>41</x:v>
+      </x:c>
       <x:c r="F100" s="14" t="s"/>
       <x:c r="G100" s="14" t="s">
         <x:v>188</x:v>
       </x:c>
       <x:c r="H100" s="14" t="s"/>
       <x:c r="I100" s="16" t="s">
         <x:v>189</x:v>
       </x:c>
       <x:c r="J100" s="14" t="s">
-        <x:v>123</x:v>
+        <x:v>59</x:v>
       </x:c>
       <x:c r="K100" s="14" t="s">
-        <x:v>203</x:v>
+        <x:v>46</x:v>
       </x:c>
       <x:c r="L100" s="14" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="M100" s="14" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="N100" s="15" t="n">
-        <x:v>24220</x:v>
+        <x:v>24273</x:v>
       </x:c>
       <x:c r="O100" s="14" t="s">
-        <x:v>60</x:v>
+        <x:v>149</x:v>
       </x:c>
       <x:c r="P100" s="14" t="s">
         <x:v>188</x:v>
       </x:c>
       <x:c r="Q100" s="16" t="s">
         <x:v>189</x:v>
       </x:c>
       <x:c r="R100" s="14" t="s">
         <x:v>190</x:v>
       </x:c>
       <x:c r="S100" s="14" t="n">
-        <x:v>555189</x:v>
+        <x:v>598916</x:v>
       </x:c>
       <x:c r="T100" s="16" t="s">
-        <x:v>200</x:v>
+        <x:v>206</x:v>
       </x:c>
       <x:c r="U100" s="16" t="s">
-        <x:v>170</x:v>
+        <x:v>52</x:v>
       </x:c>
     </x:row>
     <x:row r="101" spans="1:21">
       <x:c r="A101" s="1" t="s">
-        <x:v>39</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B101" s="0" t="s">
-        <x:v>136</x:v>
+        <x:v>210</x:v>
       </x:c>
       <x:c r="C101" s="3" t="n">
-        <x:v>40792</x:v>
+        <x:v>37680</x:v>
       </x:c>
       <x:c r="D101" s="3" t="s"/>
-      <x:c r="E101" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="G101" s="0" t="s">
         <x:v>188</x:v>
       </x:c>
       <x:c r="I101" s="4" t="s">
         <x:v>189</x:v>
       </x:c>
       <x:c r="J101" s="0" t="s">
-        <x:v>123</x:v>
+        <x:v>59</x:v>
       </x:c>
       <x:c r="K101" s="0" t="s">
-        <x:v>46</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="L101" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="M101" s="0" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="N101" s="3" t="n">
-        <x:v>24220</x:v>
+        <x:v>24273</x:v>
       </x:c>
       <x:c r="O101" s="0" t="s">
-        <x:v>60</x:v>
+        <x:v>149</x:v>
       </x:c>
       <x:c r="P101" s="0" t="s">
         <x:v>188</x:v>
       </x:c>
       <x:c r="Q101" s="4" t="s">
         <x:v>189</x:v>
       </x:c>
       <x:c r="R101" s="0" t="s">
         <x:v>190</x:v>
       </x:c>
       <x:c r="S101" s="0" t="n">
-        <x:v>598913</x:v>
+        <x:v>607297</x:v>
       </x:c>
       <x:c r="T101" s="4" t="s">
-        <x:v>208</x:v>
+        <x:v>191</x:v>
       </x:c>
       <x:c r="U101" s="4" t="s">
-        <x:v>125</x:v>
+        <x:v>52</x:v>
       </x:c>
     </x:row>
     <x:row r="102" spans="1:21">
       <x:c r="A102" s="13" t="s">
-        <x:v>39</x:v>
+        <x:v>133</x:v>
       </x:c>
       <x:c r="B102" s="14" t="s">
-        <x:v>210</x:v>
+        <x:v>144</x:v>
       </x:c>
       <x:c r="C102" s="15" t="n">
-        <x:v>37680</x:v>
+        <x:v>40792</x:v>
       </x:c>
       <x:c r="D102" s="15" t="s"/>
-      <x:c r="E102" s="14" t="s">
-[...1 lines deleted...]
-      </x:c>
+      <x:c r="E102" s="14" t="s"/>
       <x:c r="F102" s="14" t="s"/>
       <x:c r="G102" s="14" t="s">
         <x:v>188</x:v>
       </x:c>
       <x:c r="H102" s="14" t="s"/>
       <x:c r="I102" s="16" t="s">
         <x:v>189</x:v>
       </x:c>
       <x:c r="J102" s="14" t="s">
-        <x:v>59</x:v>
+        <x:v>123</x:v>
       </x:c>
       <x:c r="K102" s="14" t="s">
-        <x:v>46</x:v>
+        <x:v>203</x:v>
       </x:c>
       <x:c r="L102" s="14" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="M102" s="14" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="N102" s="15" t="n">
-        <x:v>24273</x:v>
+        <x:v>24220</x:v>
       </x:c>
       <x:c r="O102" s="14" t="s">
-        <x:v>150</x:v>
+        <x:v>60</x:v>
       </x:c>
       <x:c r="P102" s="14" t="s">
         <x:v>188</x:v>
       </x:c>
       <x:c r="Q102" s="16" t="s">
         <x:v>189</x:v>
       </x:c>
       <x:c r="R102" s="14" t="s">
         <x:v>190</x:v>
       </x:c>
       <x:c r="S102" s="14" t="n">
-        <x:v>598916</x:v>
+        <x:v>555189</x:v>
       </x:c>
       <x:c r="T102" s="16" t="s">
-        <x:v>206</x:v>
+        <x:v>197</x:v>
       </x:c>
       <x:c r="U102" s="16" t="s">
-        <x:v>52</x:v>
+        <x:v>170</x:v>
       </x:c>
     </x:row>
     <x:row r="103" spans="1:21">
       <x:c r="A103" s="1" t="s">
         <x:v>133</x:v>
       </x:c>
       <x:c r="B103" s="0" t="s">
         <x:v>134</x:v>
       </x:c>
       <x:c r="C103" s="3" t="n">
         <x:v>35340</x:v>
       </x:c>
       <x:c r="D103" s="3" t="s"/>
       <x:c r="G103" s="0" t="s">
         <x:v>188</x:v>
       </x:c>
       <x:c r="I103" s="4" t="s">
         <x:v>189</x:v>
       </x:c>
       <x:c r="J103" s="0" t="s">
         <x:v>123</x:v>
       </x:c>
       <x:c r="K103" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L103" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="M103" s="0" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="N103" s="3" t="n">
         <x:v>24220</x:v>
       </x:c>
       <x:c r="O103" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="P103" s="0" t="s">
         <x:v>188</x:v>
       </x:c>
       <x:c r="Q103" s="4" t="s">
         <x:v>189</x:v>
       </x:c>
       <x:c r="R103" s="0" t="s">
         <x:v>190</x:v>
       </x:c>
       <x:c r="S103" s="0" t="n">
         <x:v>507527</x:v>
       </x:c>
       <x:c r="T103" s="4" t="s">
-        <x:v>200</x:v>
+        <x:v>197</x:v>
       </x:c>
       <x:c r="U103" s="4" t="s">
         <x:v>170</x:v>
       </x:c>
     </x:row>
     <x:row r="104" spans="1:21">
       <x:c r="A104" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B104" s="14" t="s">
         <x:v>211</x:v>
       </x:c>
       <x:c r="C104" s="15" t="s"/>
       <x:c r="D104" s="15" t="s"/>
       <x:c r="E104" s="14" t="s"/>
       <x:c r="F104" s="14" t="s"/>
       <x:c r="G104" s="14" t="s">
         <x:v>212</x:v>
       </x:c>
       <x:c r="H104" s="14" t="s"/>
       <x:c r="I104" s="16" t="s">
         <x:v>213</x:v>
       </x:c>
       <x:c r="J104" s="14" t="s"/>
       <x:c r="K104" s="14" t="s">
@@ -11150,51 +11151,51 @@
       <x:c r="L144" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M144" s="14" t="s">
         <x:v>127</x:v>
       </x:c>
       <x:c r="N144" s="15" t="n">
         <x:v>24220</x:v>
       </x:c>
       <x:c r="O144" s="14" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="P144" s="14" t="s">
         <x:v>255</x:v>
       </x:c>
       <x:c r="Q144" s="16" t="s">
         <x:v>175</x:v>
       </x:c>
       <x:c r="R144" s="14" t="s">
         <x:v>176</x:v>
       </x:c>
       <x:c r="S144" s="14" t="n">
         <x:v>556632</x:v>
       </x:c>
       <x:c r="T144" s="16" t="s">
-        <x:v>200</x:v>
+        <x:v>197</x:v>
       </x:c>
       <x:c r="U144" s="16" t="s">
         <x:v>257</x:v>
       </x:c>
     </x:row>
     <x:row r="145" spans="1:21">
       <x:c r="A145" s="1" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="B145" s="0" t="s">
         <x:v>130</x:v>
       </x:c>
       <x:c r="C145" s="3" t="n">
         <x:v>40792</x:v>
       </x:c>
       <x:c r="D145" s="3" t="s"/>
       <x:c r="E145" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="G145" s="0" t="s">
         <x:v>255</x:v>
       </x:c>
       <x:c r="H145" s="0" t="s">
         <x:v>256</x:v>
       </x:c>
@@ -11271,96 +11272,96 @@
       <x:c r="L146" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M146" s="14" t="s">
         <x:v>127</x:v>
       </x:c>
       <x:c r="N146" s="15" t="n">
         <x:v>24220</x:v>
       </x:c>
       <x:c r="O146" s="14" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="P146" s="14" t="s">
         <x:v>255</x:v>
       </x:c>
       <x:c r="Q146" s="16" t="s">
         <x:v>175</x:v>
       </x:c>
       <x:c r="R146" s="14" t="s">
         <x:v>176</x:v>
       </x:c>
       <x:c r="S146" s="14" t="n">
         <x:v>556629</x:v>
       </x:c>
       <x:c r="T146" s="16" t="s">
-        <x:v>200</x:v>
+        <x:v>197</x:v>
       </x:c>
       <x:c r="U146" s="16" t="s">
         <x:v>257</x:v>
       </x:c>
     </x:row>
     <x:row r="147" spans="1:21">
       <x:c r="A147" s="1" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="B147" s="0" t="s">
         <x:v>260</x:v>
       </x:c>
       <x:c r="C147" s="3" t="n">
         <x:v>37346</x:v>
       </x:c>
       <x:c r="D147" s="3" t="s"/>
       <x:c r="E147" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="G147" s="0" t="s">
         <x:v>255</x:v>
       </x:c>
       <x:c r="H147" s="0" t="s">
         <x:v>256</x:v>
       </x:c>
       <x:c r="I147" s="4" t="s">
         <x:v>175</x:v>
       </x:c>
       <x:c r="J147" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="K147" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="L147" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M147" s="0" t="s">
         <x:v>127</x:v>
       </x:c>
       <x:c r="N147" s="3" t="n">
         <x:v>31006</x:v>
       </x:c>
       <x:c r="O147" s="0" t="s">
-        <x:v>193</x:v>
+        <x:v>200</x:v>
       </x:c>
       <x:c r="P147" s="0" t="s">
         <x:v>255</x:v>
       </x:c>
       <x:c r="Q147" s="4" t="s">
         <x:v>175</x:v>
       </x:c>
       <x:c r="R147" s="0" t="s">
         <x:v>176</x:v>
       </x:c>
       <x:c r="S147" s="0" t="n">
         <x:v>556634</x:v>
       </x:c>
       <x:c r="T147" s="4" t="s">
         <x:v>261</x:v>
       </x:c>
       <x:c r="U147" s="4" t="s">
         <x:v>262</x:v>
       </x:c>
     </x:row>
     <x:row r="148" spans="1:21">
       <x:c r="A148" s="13" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="B148" s="14" t="s">
@@ -11498,51 +11499,51 @@
       <x:c r="G150" s="14" t="s">
         <x:v>263</x:v>
       </x:c>
       <x:c r="H150" s="14" t="s">
         <x:v>256</x:v>
       </x:c>
       <x:c r="I150" s="16" t="s">
         <x:v>189</x:v>
       </x:c>
       <x:c r="J150" s="14" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="K150" s="14" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="L150" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M150" s="14" t="s">
         <x:v>127</x:v>
       </x:c>
       <x:c r="N150" s="15" t="n">
         <x:v>31006</x:v>
       </x:c>
       <x:c r="O150" s="14" t="s">
-        <x:v>193</x:v>
+        <x:v>200</x:v>
       </x:c>
       <x:c r="P150" s="14" t="s">
         <x:v>263</x:v>
       </x:c>
       <x:c r="Q150" s="16" t="s">
         <x:v>189</x:v>
       </x:c>
       <x:c r="R150" s="14" t="s">
         <x:v>190</x:v>
       </x:c>
       <x:c r="S150" s="14" t="n">
         <x:v>556597</x:v>
       </x:c>
       <x:c r="T150" s="16" t="s">
         <x:v>265</x:v>
       </x:c>
       <x:c r="U150" s="16" t="s">
         <x:v>262</x:v>
       </x:c>
     </x:row>
     <x:row r="151" spans="1:21">
       <x:c r="A151" s="1" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="B151" s="0" t="s">
@@ -12379,289 +12380,289 @@
       <x:c r="K165" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="L165" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="M165" s="0" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="N165" s="3" t="n">
         <x:v>24231</x:v>
       </x:c>
       <x:c r="O165" s="0" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="P165" s="0" t="s">
         <x:v>280</x:v>
       </x:c>
       <x:c r="Q165" s="4" t="s">
         <x:v>281</x:v>
       </x:c>
       <x:c r="R165" s="0" t="s">
         <x:v>282</x:v>
       </x:c>
       <x:c r="S165" s="0" t="n">
-        <x:v>600221</x:v>
+        <x:v>549331</x:v>
       </x:c>
       <x:c r="T165" s="4" t="s">
         <x:v>283</x:v>
       </x:c>
       <x:c r="U165" s="4" t="s">
         <x:v>284</x:v>
       </x:c>
     </x:row>
     <x:row r="166" spans="1:21">
       <x:c r="A166" s="13" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="B166" s="14" t="s">
         <x:v>285</x:v>
       </x:c>
       <x:c r="C166" s="15" t="n">
-        <x:v>40864</x:v>
+        <x:v>36075</x:v>
       </x:c>
       <x:c r="D166" s="15" t="s"/>
       <x:c r="E166" s="14" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="F166" s="14" t="s"/>
       <x:c r="G166" s="14" t="s">
         <x:v>278</x:v>
       </x:c>
       <x:c r="H166" s="14" t="s"/>
       <x:c r="I166" s="16" t="s">
         <x:v>279</x:v>
       </x:c>
       <x:c r="J166" s="14" t="s">
-        <x:v>123</x:v>
+        <x:v>59</x:v>
       </x:c>
       <x:c r="K166" s="14" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="L166" s="14" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="M166" s="14" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="N166" s="15" t="n">
-        <x:v>24220</x:v>
+        <x:v>24210</x:v>
       </x:c>
       <x:c r="O166" s="14" t="s">
-        <x:v>60</x:v>
+        <x:v>286</x:v>
       </x:c>
       <x:c r="P166" s="14" t="s">
         <x:v>280</x:v>
       </x:c>
       <x:c r="Q166" s="16" t="s">
         <x:v>281</x:v>
       </x:c>
       <x:c r="R166" s="14" t="s">
         <x:v>282</x:v>
       </x:c>
       <x:c r="S166" s="14" t="n">
-        <x:v>600226</x:v>
+        <x:v>509550</x:v>
       </x:c>
       <x:c r="T166" s="16" t="s">
-        <x:v>286</x:v>
+        <x:v>287</x:v>
       </x:c>
       <x:c r="U166" s="16" t="s">
-        <x:v>287</x:v>
+        <x:v>288</x:v>
       </x:c>
     </x:row>
     <x:row r="167" spans="1:21">
       <x:c r="A167" s="1" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="B167" s="0" t="s">
         <x:v>277</x:v>
       </x:c>
       <x:c r="C167" s="3" t="n">
         <x:v>38779</x:v>
       </x:c>
       <x:c r="D167" s="3" t="s"/>
       <x:c r="E167" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="G167" s="0" t="s">
         <x:v>278</x:v>
       </x:c>
       <x:c r="I167" s="4" t="s">
         <x:v>279</x:v>
       </x:c>
       <x:c r="J167" s="0" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="K167" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="L167" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="M167" s="0" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="N167" s="3" t="n">
         <x:v>24231</x:v>
       </x:c>
       <x:c r="O167" s="0" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="P167" s="0" t="s">
         <x:v>280</x:v>
       </x:c>
       <x:c r="Q167" s="4" t="s">
         <x:v>281</x:v>
       </x:c>
       <x:c r="R167" s="0" t="s">
         <x:v>282</x:v>
       </x:c>
       <x:c r="S167" s="0" t="n">
-        <x:v>549331</x:v>
+        <x:v>600221</x:v>
       </x:c>
       <x:c r="T167" s="4" t="s">
-        <x:v>288</x:v>
+        <x:v>289</x:v>
       </x:c>
       <x:c r="U167" s="4" t="s">
-        <x:v>289</x:v>
+        <x:v>290</x:v>
       </x:c>
     </x:row>
     <x:row r="168" spans="1:21">
       <x:c r="A168" s="13" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="B168" s="14" t="s">
-        <x:v>285</x:v>
+        <x:v>291</x:v>
       </x:c>
       <x:c r="C168" s="15" t="n">
-        <x:v>34602</x:v>
+        <x:v>40864</x:v>
       </x:c>
       <x:c r="D168" s="15" t="s"/>
       <x:c r="E168" s="14" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="F168" s="14" t="s"/>
       <x:c r="G168" s="14" t="s">
         <x:v>278</x:v>
       </x:c>
       <x:c r="H168" s="14" t="s"/>
       <x:c r="I168" s="16" t="s">
         <x:v>279</x:v>
       </x:c>
       <x:c r="J168" s="14" t="s">
         <x:v>123</x:v>
       </x:c>
       <x:c r="K168" s="14" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="L168" s="14" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="M168" s="14" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="N168" s="15" t="n">
         <x:v>24220</x:v>
       </x:c>
       <x:c r="O168" s="14" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="P168" s="14" t="s">
         <x:v>280</x:v>
       </x:c>
       <x:c r="Q168" s="16" t="s">
         <x:v>281</x:v>
       </x:c>
       <x:c r="R168" s="14" t="s">
         <x:v>282</x:v>
       </x:c>
       <x:c r="S168" s="14" t="n">
-        <x:v>497987</x:v>
+        <x:v>600226</x:v>
       </x:c>
       <x:c r="T168" s="16" t="s">
-        <x:v>290</x:v>
+        <x:v>292</x:v>
       </x:c>
       <x:c r="U168" s="16" t="s">
-        <x:v>262</x:v>
+        <x:v>293</x:v>
       </x:c>
     </x:row>
     <x:row r="169" spans="1:21">
       <x:c r="A169" s="1" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="B169" s="0" t="s">
         <x:v>291</x:v>
       </x:c>
       <x:c r="C169" s="3" t="n">
-        <x:v>36075</x:v>
+        <x:v>34602</x:v>
       </x:c>
       <x:c r="D169" s="3" t="s"/>
       <x:c r="E169" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="G169" s="0" t="s">
         <x:v>278</x:v>
       </x:c>
       <x:c r="I169" s="4" t="s">
         <x:v>279</x:v>
       </x:c>
       <x:c r="J169" s="0" t="s">
-        <x:v>59</x:v>
+        <x:v>123</x:v>
       </x:c>
       <x:c r="K169" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="L169" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="M169" s="0" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="N169" s="3" t="n">
-        <x:v>24210</x:v>
+        <x:v>24220</x:v>
       </x:c>
       <x:c r="O169" s="0" t="s">
-        <x:v>292</x:v>
+        <x:v>60</x:v>
       </x:c>
       <x:c r="P169" s="0" t="s">
         <x:v>280</x:v>
       </x:c>
       <x:c r="Q169" s="4" t="s">
         <x:v>281</x:v>
       </x:c>
       <x:c r="R169" s="0" t="s">
         <x:v>282</x:v>
       </x:c>
       <x:c r="S169" s="0" t="n">
-        <x:v>509550</x:v>
+        <x:v>497987</x:v>
       </x:c>
       <x:c r="T169" s="4" t="s">
-        <x:v>290</x:v>
+        <x:v>287</x:v>
       </x:c>
       <x:c r="U169" s="4" t="s">
-        <x:v>293</x:v>
+        <x:v>262</x:v>
       </x:c>
     </x:row>
     <x:row r="170" spans="1:21">
       <x:c r="A170" s="13" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="B170" s="14" t="s">
         <x:v>277</x:v>
       </x:c>
       <x:c r="C170" s="15" t="n">
         <x:v>38779</x:v>
       </x:c>
       <x:c r="D170" s="15" t="s"/>
       <x:c r="E170" s="14" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="F170" s="14" t="s"/>
       <x:c r="G170" s="14" t="s">
         <x:v>278</x:v>
       </x:c>
       <x:c r="H170" s="14" t="s"/>
       <x:c r="I170" s="16" t="s">
         <x:v>279</x:v>
       </x:c>
       <x:c r="J170" s="14" t="s">
@@ -12684,198 +12685,198 @@
       </x:c>
       <x:c r="P170" s="14" t="s">
         <x:v>280</x:v>
       </x:c>
       <x:c r="Q170" s="16" t="s">
         <x:v>281</x:v>
       </x:c>
       <x:c r="R170" s="14" t="s">
         <x:v>282</x:v>
       </x:c>
       <x:c r="S170" s="14" t="n">
         <x:v>542189</x:v>
       </x:c>
       <x:c r="T170" s="16" t="s">
         <x:v>294</x:v>
       </x:c>
       <x:c r="U170" s="16" t="s">
         <x:v>295</x:v>
       </x:c>
     </x:row>
     <x:row r="171" spans="1:21">
       <x:c r="A171" s="1" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="B171" s="0" t="s">
-        <x:v>291</x:v>
+        <x:v>285</x:v>
       </x:c>
       <x:c r="C171" s="3" t="n">
         <x:v>36075</x:v>
       </x:c>
       <x:c r="D171" s="3" t="s"/>
       <x:c r="E171" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="G171" s="0" t="s">
         <x:v>278</x:v>
       </x:c>
       <x:c r="I171" s="4" t="s">
         <x:v>279</x:v>
       </x:c>
       <x:c r="J171" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="K171" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="L171" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="M171" s="0" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="N171" s="3" t="n">
         <x:v>24210</x:v>
       </x:c>
       <x:c r="O171" s="0" t="s">
-        <x:v>292</x:v>
+        <x:v>286</x:v>
       </x:c>
       <x:c r="P171" s="0" t="s">
         <x:v>280</x:v>
       </x:c>
       <x:c r="Q171" s="4" t="s">
         <x:v>281</x:v>
       </x:c>
       <x:c r="R171" s="0" t="s">
         <x:v>282</x:v>
       </x:c>
       <x:c r="S171" s="0" t="n">
         <x:v>600204</x:v>
       </x:c>
       <x:c r="T171" s="4" t="s">
         <x:v>296</x:v>
       </x:c>
       <x:c r="U171" s="4" t="s">
         <x:v>297</x:v>
       </x:c>
     </x:row>
     <x:row r="172" spans="1:21">
       <x:c r="A172" s="13" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="B172" s="14" t="s">
-        <x:v>291</x:v>
+        <x:v>285</x:v>
       </x:c>
       <x:c r="C172" s="15" t="n">
         <x:v>36075</x:v>
       </x:c>
       <x:c r="D172" s="15" t="s"/>
       <x:c r="E172" s="14" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="F172" s="14" t="s"/>
       <x:c r="G172" s="14" t="s">
         <x:v>278</x:v>
       </x:c>
       <x:c r="H172" s="14" t="s"/>
       <x:c r="I172" s="16" t="s">
         <x:v>279</x:v>
       </x:c>
       <x:c r="J172" s="14" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="K172" s="14" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="L172" s="14" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="M172" s="14" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="N172" s="15" t="n">
         <x:v>24210</x:v>
       </x:c>
       <x:c r="O172" s="14" t="s">
-        <x:v>292</x:v>
+        <x:v>286</x:v>
       </x:c>
       <x:c r="P172" s="14" t="s">
         <x:v>280</x:v>
       </x:c>
       <x:c r="Q172" s="16" t="s">
         <x:v>281</x:v>
       </x:c>
       <x:c r="R172" s="14" t="s">
         <x:v>282</x:v>
       </x:c>
       <x:c r="S172" s="14" t="n">
         <x:v>549303</x:v>
       </x:c>
       <x:c r="T172" s="16" t="s">
         <x:v>298</x:v>
       </x:c>
       <x:c r="U172" s="16" t="s">
-        <x:v>287</x:v>
+        <x:v>293</x:v>
       </x:c>
     </x:row>
     <x:row r="173" spans="1:21">
       <x:c r="A173" s="1" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="B173" s="0" t="s">
-        <x:v>291</x:v>
+        <x:v>285</x:v>
       </x:c>
       <x:c r="C173" s="3" t="n">
         <x:v>36075</x:v>
       </x:c>
       <x:c r="D173" s="3" t="s"/>
       <x:c r="E173" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="G173" s="0" t="s">
         <x:v>278</x:v>
       </x:c>
       <x:c r="I173" s="4" t="s">
         <x:v>279</x:v>
       </x:c>
       <x:c r="J173" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="K173" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="L173" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="M173" s="0" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="N173" s="3" t="n">
         <x:v>24210</x:v>
       </x:c>
       <x:c r="O173" s="0" t="s">
-        <x:v>292</x:v>
+        <x:v>286</x:v>
       </x:c>
       <x:c r="P173" s="0" t="s">
         <x:v>299</x:v>
       </x:c>
       <x:c r="Q173" s="4" t="s">
         <x:v>269</x:v>
       </x:c>
       <x:c r="R173" s="0" t="s">
         <x:v>218</x:v>
       </x:c>
       <x:c r="S173" s="0" t="n">
         <x:v>549291</x:v>
       </x:c>
       <x:c r="T173" s="4" t="s">
         <x:v>300</x:v>
       </x:c>
       <x:c r="U173" s="4" t="s">
         <x:v>301</x:v>
       </x:c>
     </x:row>
     <x:row r="174" spans="1:21">
       <x:c r="A174" s="13" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="B174" s="14" t="s">
@@ -12919,164 +12920,164 @@
       </x:c>
       <x:c r="Q174" s="16" t="s">
         <x:v>269</x:v>
       </x:c>
       <x:c r="R174" s="14" t="s">
         <x:v>218</x:v>
       </x:c>
       <x:c r="S174" s="14" t="n">
         <x:v>549300</x:v>
       </x:c>
       <x:c r="T174" s="16" t="s">
         <x:v>302</x:v>
       </x:c>
       <x:c r="U174" s="16" t="s">
         <x:v>303</x:v>
       </x:c>
     </x:row>
     <x:row r="175" spans="1:21">
       <x:c r="A175" s="1" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="B175" s="0" t="s">
         <x:v>285</x:v>
       </x:c>
       <x:c r="C175" s="3" t="n">
-        <x:v>34602</x:v>
+        <x:v>36075</x:v>
       </x:c>
       <x:c r="D175" s="3" t="s"/>
       <x:c r="E175" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="G175" s="0" t="s">
         <x:v>278</x:v>
       </x:c>
       <x:c r="I175" s="4" t="s">
         <x:v>279</x:v>
       </x:c>
       <x:c r="J175" s="0" t="s">
-        <x:v>123</x:v>
+        <x:v>59</x:v>
       </x:c>
       <x:c r="K175" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="L175" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="M175" s="0" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="N175" s="3" t="n">
-        <x:v>24220</x:v>
+        <x:v>24210</x:v>
       </x:c>
       <x:c r="O175" s="0" t="s">
-        <x:v>60</x:v>
+        <x:v>286</x:v>
       </x:c>
       <x:c r="P175" s="0" t="s">
         <x:v>299</x:v>
       </x:c>
       <x:c r="Q175" s="4" t="s">
         <x:v>269</x:v>
       </x:c>
       <x:c r="R175" s="0" t="s">
         <x:v>218</x:v>
       </x:c>
       <x:c r="S175" s="0" t="n">
-        <x:v>497988</x:v>
+        <x:v>601236</x:v>
       </x:c>
       <x:c r="T175" s="4" t="s">
-        <x:v>178</x:v>
+        <x:v>131</x:v>
       </x:c>
       <x:c r="U175" s="4" t="s">
         <x:v>304</x:v>
       </x:c>
     </x:row>
     <x:row r="176" spans="1:21">
       <x:c r="A176" s="13" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="B176" s="14" t="s">
         <x:v>291</x:v>
       </x:c>
       <x:c r="C176" s="15" t="n">
-        <x:v>36075</x:v>
+        <x:v>34602</x:v>
       </x:c>
       <x:c r="D176" s="15" t="s"/>
       <x:c r="E176" s="14" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="F176" s="14" t="s"/>
       <x:c r="G176" s="14" t="s">
         <x:v>278</x:v>
       </x:c>
       <x:c r="H176" s="14" t="s"/>
       <x:c r="I176" s="16" t="s">
         <x:v>279</x:v>
       </x:c>
       <x:c r="J176" s="14" t="s">
-        <x:v>59</x:v>
+        <x:v>123</x:v>
       </x:c>
       <x:c r="K176" s="14" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="L176" s="14" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="M176" s="14" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="N176" s="15" t="n">
-        <x:v>24210</x:v>
+        <x:v>24220</x:v>
       </x:c>
       <x:c r="O176" s="14" t="s">
-        <x:v>292</x:v>
+        <x:v>60</x:v>
       </x:c>
       <x:c r="P176" s="14" t="s">
         <x:v>299</x:v>
       </x:c>
       <x:c r="Q176" s="16" t="s">
         <x:v>269</x:v>
       </x:c>
       <x:c r="R176" s="14" t="s">
         <x:v>218</x:v>
       </x:c>
       <x:c r="S176" s="14" t="n">
-        <x:v>601236</x:v>
+        <x:v>497988</x:v>
       </x:c>
       <x:c r="T176" s="16" t="s">
-        <x:v>131</x:v>
+        <x:v>178</x:v>
       </x:c>
       <x:c r="U176" s="16" t="s">
         <x:v>305</x:v>
       </x:c>
     </x:row>
     <x:row r="177" spans="1:21">
       <x:c r="A177" s="1" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="B177" s="0" t="s">
-        <x:v>285</x:v>
+        <x:v>291</x:v>
       </x:c>
       <x:c r="C177" s="3" t="n">
         <x:v>40864</x:v>
       </x:c>
       <x:c r="D177" s="3" t="s"/>
       <x:c r="E177" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="G177" s="0" t="s">
         <x:v>278</x:v>
       </x:c>
       <x:c r="I177" s="4" t="s">
         <x:v>279</x:v>
       </x:c>
       <x:c r="J177" s="0" t="s">
         <x:v>123</x:v>
       </x:c>
       <x:c r="K177" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="L177" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="M177" s="0" t="s">
         <x:v>33</x:v>
@@ -13148,51 +13149,51 @@
       </x:c>
       <x:c r="P178" s="14" t="s">
         <x:v>299</x:v>
       </x:c>
       <x:c r="Q178" s="16" t="s">
         <x:v>269</x:v>
       </x:c>
       <x:c r="R178" s="14" t="s">
         <x:v>218</x:v>
       </x:c>
       <x:c r="S178" s="14" t="n">
         <x:v>601256</x:v>
       </x:c>
       <x:c r="T178" s="16" t="s">
         <x:v>177</x:v>
       </x:c>
       <x:c r="U178" s="16" t="s">
         <x:v>307</x:v>
       </x:c>
     </x:row>
     <x:row r="179" spans="1:21">
       <x:c r="A179" s="1" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="B179" s="0" t="s">
-        <x:v>285</x:v>
+        <x:v>291</x:v>
       </x:c>
       <x:c r="C179" s="3" t="n">
         <x:v>40864</x:v>
       </x:c>
       <x:c r="D179" s="3" t="s"/>
       <x:c r="E179" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="G179" s="0" t="s">
         <x:v>278</x:v>
       </x:c>
       <x:c r="I179" s="4" t="s">
         <x:v>279</x:v>
       </x:c>
       <x:c r="J179" s="0" t="s">
         <x:v>123</x:v>
       </x:c>
       <x:c r="K179" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="L179" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="M179" s="0" t="s">
         <x:v>33</x:v>
@@ -13670,51 +13671,51 @@
       <x:c r="J187" s="0" t="s">
         <x:v>123</x:v>
       </x:c>
       <x:c r="K187" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="L187" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="M187" s="0" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="N187" s="3" t="n">
         <x:v>24220</x:v>
       </x:c>
       <x:c r="O187" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="P187" s="0" t="s">
         <x:v>322</x:v>
       </x:c>
       <x:c r="Q187" s="4" t="s">
         <x:v>323</x:v>
       </x:c>
       <x:c r="R187" s="0" t="s">
-        <x:v>77</x:v>
+        <x:v>74</x:v>
       </x:c>
       <x:c r="S187" s="0" t="n">
         <x:v>608013</x:v>
       </x:c>
       <x:c r="T187" s="4" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="U187" s="4" t="s">
         <x:v>125</x:v>
       </x:c>
     </x:row>
     <x:row r="188" spans="1:21">
       <x:c r="A188" s="13" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="B188" s="14" t="s">
         <x:v>130</x:v>
       </x:c>
       <x:c r="C188" s="15" t="n">
         <x:v>40792</x:v>
       </x:c>
       <x:c r="D188" s="15" t="s"/>
       <x:c r="E188" s="14" t="s">
         <x:v>41</x:v>
       </x:c>
@@ -13731,51 +13732,51 @@
       <x:c r="J188" s="14" t="s">
         <x:v>123</x:v>
       </x:c>
       <x:c r="K188" s="14" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="L188" s="14" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="M188" s="14" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="N188" s="15" t="n">
         <x:v>24220</x:v>
       </x:c>
       <x:c r="O188" s="14" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="P188" s="14" t="s">
         <x:v>322</x:v>
       </x:c>
       <x:c r="Q188" s="16" t="s">
         <x:v>323</x:v>
       </x:c>
       <x:c r="R188" s="14" t="s">
-        <x:v>77</x:v>
+        <x:v>74</x:v>
       </x:c>
       <x:c r="S188" s="14" t="n">
         <x:v>608011</x:v>
       </x:c>
       <x:c r="T188" s="16" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="U188" s="16" t="s">
         <x:v>125</x:v>
       </x:c>
     </x:row>
     <x:row r="189" spans="1:21">
       <x:c r="A189" s="1" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="B189" s="0" t="s">
         <x:v>136</x:v>
       </x:c>
       <x:c r="C189" s="3" t="n">
         <x:v>40792</x:v>
       </x:c>
       <x:c r="D189" s="3" t="s"/>
       <x:c r="E189" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
@@ -13791,51 +13792,51 @@
       <x:c r="J189" s="0" t="s">
         <x:v>123</x:v>
       </x:c>
       <x:c r="K189" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="L189" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="M189" s="0" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="N189" s="3" t="n">
         <x:v>24220</x:v>
       </x:c>
       <x:c r="O189" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="P189" s="0" t="s">
         <x:v>324</x:v>
       </x:c>
       <x:c r="Q189" s="4" t="s">
         <x:v>325</x:v>
       </x:c>
       <x:c r="R189" s="0" t="s">
-        <x:v>77</x:v>
+        <x:v>74</x:v>
       </x:c>
       <x:c r="S189" s="0" t="n">
         <x:v>549356</x:v>
       </x:c>
       <x:c r="T189" s="4" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="U189" s="4" t="s">
         <x:v>170</x:v>
       </x:c>
     </x:row>
     <x:row r="190" spans="1:21">
       <x:c r="A190" s="13" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="B190" s="14" t="s">
         <x:v>130</x:v>
       </x:c>
       <x:c r="C190" s="15" t="n">
         <x:v>35340</x:v>
       </x:c>
       <x:c r="D190" s="15" t="s"/>
       <x:c r="E190" s="14" t="s">
         <x:v>41</x:v>
       </x:c>
@@ -13852,51 +13853,51 @@
       <x:c r="J190" s="14" t="s">
         <x:v>123</x:v>
       </x:c>
       <x:c r="K190" s="14" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="L190" s="14" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="M190" s="14" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="N190" s="15" t="n">
         <x:v>24220</x:v>
       </x:c>
       <x:c r="O190" s="14" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="P190" s="14" t="s">
         <x:v>324</x:v>
       </x:c>
       <x:c r="Q190" s="16" t="s">
         <x:v>325</x:v>
       </x:c>
       <x:c r="R190" s="14" t="s">
-        <x:v>77</x:v>
+        <x:v>74</x:v>
       </x:c>
       <x:c r="S190" s="14" t="n">
         <x:v>504710</x:v>
       </x:c>
       <x:c r="T190" s="16" t="s">
         <x:v>326</x:v>
       </x:c>
       <x:c r="U190" s="16" t="s">
         <x:v>52</x:v>
       </x:c>
     </x:row>
     <x:row r="191" spans="1:21">
       <x:c r="A191" s="1" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="B191" s="0" t="s">
         <x:v>136</x:v>
       </x:c>
       <x:c r="C191" s="3" t="n">
         <x:v>35340</x:v>
       </x:c>
       <x:c r="D191" s="3" t="s"/>
       <x:c r="E191" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
@@ -13912,51 +13913,51 @@
       <x:c r="J191" s="0" t="s">
         <x:v>123</x:v>
       </x:c>
       <x:c r="K191" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="L191" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="M191" s="0" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="N191" s="3" t="n">
         <x:v>24220</x:v>
       </x:c>
       <x:c r="O191" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="P191" s="0" t="s">
         <x:v>324</x:v>
       </x:c>
       <x:c r="Q191" s="4" t="s">
         <x:v>325</x:v>
       </x:c>
       <x:c r="R191" s="0" t="s">
-        <x:v>77</x:v>
+        <x:v>74</x:v>
       </x:c>
       <x:c r="S191" s="0" t="n">
         <x:v>504711</x:v>
       </x:c>
       <x:c r="T191" s="4" t="s">
         <x:v>326</x:v>
       </x:c>
       <x:c r="U191" s="4" t="s">
         <x:v>52</x:v>
       </x:c>
     </x:row>
     <x:row r="192" spans="1:21">
       <x:c r="A192" s="13" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="B192" s="14" t="s">
         <x:v>130</x:v>
       </x:c>
       <x:c r="C192" s="15" t="n">
         <x:v>40792</x:v>
       </x:c>
       <x:c r="D192" s="15" t="s"/>
       <x:c r="E192" s="14" t="s">
         <x:v>41</x:v>
       </x:c>
@@ -13973,111 +13974,111 @@
       <x:c r="J192" s="14" t="s">
         <x:v>123</x:v>
       </x:c>
       <x:c r="K192" s="14" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="L192" s="14" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="M192" s="14" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="N192" s="15" t="n">
         <x:v>24220</x:v>
       </x:c>
       <x:c r="O192" s="14" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="P192" s="14" t="s">
         <x:v>324</x:v>
       </x:c>
       <x:c r="Q192" s="16" t="s">
         <x:v>325</x:v>
       </x:c>
       <x:c r="R192" s="14" t="s">
-        <x:v>77</x:v>
+        <x:v>74</x:v>
       </x:c>
       <x:c r="S192" s="14" t="n">
         <x:v>549352</x:v>
       </x:c>
       <x:c r="T192" s="16" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="U192" s="16" t="s">
         <x:v>170</x:v>
       </x:c>
     </x:row>
     <x:row r="193" spans="1:21">
       <x:c r="A193" s="1" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="B193" s="0" t="s">
-        <x:v>210</x:v>
+        <x:v>209</x:v>
       </x:c>
       <x:c r="C193" s="3" t="n">
         <x:v>37680</x:v>
       </x:c>
       <x:c r="D193" s="3" t="s"/>
       <x:c r="E193" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="G193" s="0" t="s">
         <x:v>319</x:v>
       </x:c>
       <x:c r="H193" s="0" t="s">
         <x:v>320</x:v>
       </x:c>
       <x:c r="I193" s="4" t="s">
         <x:v>321</x:v>
       </x:c>
       <x:c r="J193" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="K193" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="L193" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="M193" s="0" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="N193" s="3" t="n">
         <x:v>24273</x:v>
       </x:c>
       <x:c r="O193" s="0" t="s">
-        <x:v>150</x:v>
+        <x:v>149</x:v>
       </x:c>
       <x:c r="P193" s="0" t="s">
         <x:v>324</x:v>
       </x:c>
       <x:c r="Q193" s="4" t="s">
         <x:v>325</x:v>
       </x:c>
       <x:c r="R193" s="0" t="s">
-        <x:v>77</x:v>
+        <x:v>74</x:v>
       </x:c>
       <x:c r="S193" s="0" t="n">
         <x:v>549377</x:v>
       </x:c>
       <x:c r="T193" s="4" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="U193" s="4" t="s">
         <x:v>52</x:v>
       </x:c>
     </x:row>
     <x:row r="194" spans="1:21">
       <x:c r="A194" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B194" s="14" t="s">
         <x:v>327</x:v>
       </x:c>
       <x:c r="C194" s="15" t="s"/>
       <x:c r="D194" s="15" t="s"/>
       <x:c r="E194" s="14" t="s"/>
       <x:c r="F194" s="14" t="s"/>
       <x:c r="G194" s="14" t="s">
         <x:v>328</x:v>
       </x:c>
@@ -15274,51 +15275,51 @@
         <x:v>37680</x:v>
       </x:c>
       <x:c r="D217" s="3" t="s"/>
       <x:c r="G217" s="0" t="s">
         <x:v>350</x:v>
       </x:c>
       <x:c r="I217" s="4" t="s">
         <x:v>351</x:v>
       </x:c>
       <x:c r="J217" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="K217" s="0" t="s">
         <x:v>366</x:v>
       </x:c>
       <x:c r="L217" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="M217" s="0" t="s">
         <x:v>127</x:v>
       </x:c>
       <x:c r="N217" s="3" t="n">
         <x:v>24273</x:v>
       </x:c>
       <x:c r="O217" s="0" t="s">
-        <x:v>150</x:v>
+        <x:v>149</x:v>
       </x:c>
       <x:c r="P217" s="0" t="s">
         <x:v>367</x:v>
       </x:c>
       <x:c r="Q217" s="4" t="s">
         <x:v>351</x:v>
       </x:c>
       <x:c r="R217" s="0" t="s">
         <x:v>354</x:v>
       </x:c>
       <x:c r="S217" s="0" t="n">
         <x:v>581511</x:v>
       </x:c>
       <x:c r="T217" s="4" t="s">
         <x:v>206</x:v>
       </x:c>
       <x:c r="U217" s="4" t="s">
         <x:v>364</x:v>
       </x:c>
     </x:row>
     <x:row r="218" spans="1:21">
       <x:c r="A218" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B218" s="14" t="s">
@@ -15331,51 +15332,51 @@
       <x:c r="E218" s="14" t="s"/>
       <x:c r="F218" s="14" t="s"/>
       <x:c r="G218" s="14" t="s">
         <x:v>350</x:v>
       </x:c>
       <x:c r="H218" s="14" t="s"/>
       <x:c r="I218" s="16" t="s">
         <x:v>351</x:v>
       </x:c>
       <x:c r="J218" s="14" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="K218" s="14" t="s">
         <x:v>366</x:v>
       </x:c>
       <x:c r="L218" s="14" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="M218" s="14" t="s">
         <x:v>127</x:v>
       </x:c>
       <x:c r="N218" s="15" t="n">
         <x:v>24273</x:v>
       </x:c>
       <x:c r="O218" s="14" t="s">
-        <x:v>150</x:v>
+        <x:v>149</x:v>
       </x:c>
       <x:c r="P218" s="14" t="s">
         <x:v>368</x:v>
       </x:c>
       <x:c r="Q218" s="16" t="s">
         <x:v>351</x:v>
       </x:c>
       <x:c r="R218" s="14" t="s">
         <x:v>218</x:v>
       </x:c>
       <x:c r="S218" s="14" t="n">
         <x:v>581515</x:v>
       </x:c>
       <x:c r="T218" s="16" t="s">
         <x:v>206</x:v>
       </x:c>
       <x:c r="U218" s="16" t="s">
         <x:v>364</x:v>
       </x:c>
     </x:row>
     <x:row r="219" spans="1:21">
       <x:c r="A219" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B219" s="0" t="s">
@@ -15385,51 +15386,51 @@
         <x:v>37680</x:v>
       </x:c>
       <x:c r="D219" s="3" t="s"/>
       <x:c r="G219" s="0" t="s">
         <x:v>350</x:v>
       </x:c>
       <x:c r="I219" s="4" t="s">
         <x:v>351</x:v>
       </x:c>
       <x:c r="J219" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="K219" s="0" t="s">
         <x:v>366</x:v>
       </x:c>
       <x:c r="L219" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="M219" s="0" t="s">
         <x:v>127</x:v>
       </x:c>
       <x:c r="N219" s="3" t="n">
         <x:v>24273</x:v>
       </x:c>
       <x:c r="O219" s="0" t="s">
-        <x:v>150</x:v>
+        <x:v>149</x:v>
       </x:c>
       <x:c r="P219" s="0" t="s">
         <x:v>368</x:v>
       </x:c>
       <x:c r="Q219" s="4" t="s">
         <x:v>351</x:v>
       </x:c>
       <x:c r="R219" s="0" t="s">
         <x:v>218</x:v>
       </x:c>
       <x:c r="S219" s="0" t="n">
         <x:v>587738</x:v>
       </x:c>
       <x:c r="T219" s="4" t="s">
         <x:v>342</x:v>
       </x:c>
       <x:c r="U219" s="4" t="s">
         <x:v>369</x:v>
       </x:c>
     </x:row>
     <x:row r="220" spans="1:21">
       <x:c r="A220" s="13" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="B220" s="14" t="s">
@@ -15554,77 +15555,77 @@
       <x:c r="C222" s="15" t="s"/>
       <x:c r="D222" s="15" t="s"/>
       <x:c r="E222" s="14" t="s"/>
       <x:c r="F222" s="14" t="s"/>
       <x:c r="G222" s="14" t="s">
         <x:v>374</x:v>
       </x:c>
       <x:c r="H222" s="14" t="s"/>
       <x:c r="I222" s="16" t="s">
         <x:v>375</x:v>
       </x:c>
       <x:c r="J222" s="14" t="s"/>
       <x:c r="K222" s="14" t="s">
         <x:v>376</x:v>
       </x:c>
       <x:c r="L222" s="14" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="M222" s="14" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="N222" s="15" t="n">
         <x:v>31006</x:v>
       </x:c>
       <x:c r="O222" s="14" t="s">
-        <x:v>193</x:v>
+        <x:v>200</x:v>
       </x:c>
       <x:c r="P222" s="14" t="s">
         <x:v>374</x:v>
       </x:c>
       <x:c r="Q222" s="16" t="s">
         <x:v>375</x:v>
       </x:c>
       <x:c r="R222" s="14" t="s">
         <x:v>354</x:v>
       </x:c>
       <x:c r="S222" s="14" t="n">
         <x:v>601329</x:v>
       </x:c>
       <x:c r="T222" s="16" t="s">
         <x:v>377</x:v>
       </x:c>
       <x:c r="U222" s="16" t="s">
         <x:v>378</x:v>
       </x:c>
     </x:row>
     <x:row r="223" spans="1:21">
       <x:c r="A223" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B223" s="0" t="s">
-        <x:v>148</x:v>
+        <x:v>147</x:v>
       </x:c>
       <x:c r="C223" s="3" t="n">
         <x:v>40792</x:v>
       </x:c>
       <x:c r="D223" s="3" t="s"/>
       <x:c r="G223" s="0" t="s">
         <x:v>379</x:v>
       </x:c>
       <x:c r="I223" s="4" t="s">
         <x:v>380</x:v>
       </x:c>
       <x:c r="J223" s="0" t="s">
         <x:v>123</x:v>
       </x:c>
       <x:c r="K223" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L223" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="M223" s="0" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="N223" s="3" t="n">
         <x:v>24220</x:v>
@@ -15634,51 +15635,51 @@
       </x:c>
       <x:c r="P223" s="0" t="s">
         <x:v>379</x:v>
       </x:c>
       <x:c r="Q223" s="4" t="s">
         <x:v>380</x:v>
       </x:c>
       <x:c r="R223" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="S223" s="0" t="n">
         <x:v>614647</x:v>
       </x:c>
       <x:c r="T223" s="4" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="U223" s="4" t="s">
         <x:v>125</x:v>
       </x:c>
     </x:row>
     <x:row r="224" spans="1:21">
       <x:c r="A224" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B224" s="14" t="s">
-        <x:v>148</x:v>
+        <x:v>147</x:v>
       </x:c>
       <x:c r="C224" s="15" t="n">
         <x:v>40792</x:v>
       </x:c>
       <x:c r="D224" s="15" t="s"/>
       <x:c r="E224" s="14" t="s"/>
       <x:c r="F224" s="14" t="s"/>
       <x:c r="G224" s="14" t="s">
         <x:v>379</x:v>
       </x:c>
       <x:c r="H224" s="14" t="s"/>
       <x:c r="I224" s="16" t="s">
         <x:v>380</x:v>
       </x:c>
       <x:c r="J224" s="14" t="s">
         <x:v>123</x:v>
       </x:c>
       <x:c r="K224" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L224" s="14" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="M224" s="14" t="s">
         <x:v>33</x:v>
@@ -15691,51 +15692,51 @@
       </x:c>
       <x:c r="P224" s="14" t="s">
         <x:v>379</x:v>
       </x:c>
       <x:c r="Q224" s="16" t="s">
         <x:v>380</x:v>
       </x:c>
       <x:c r="R224" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="S224" s="14" t="n">
         <x:v>590884</x:v>
       </x:c>
       <x:c r="T224" s="16" t="s">
         <x:v>261</x:v>
       </x:c>
       <x:c r="U224" s="16" t="s">
         <x:v>170</x:v>
       </x:c>
     </x:row>
     <x:row r="225" spans="1:21">
       <x:c r="A225" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B225" s="0" t="s">
-        <x:v>148</x:v>
+        <x:v>147</x:v>
       </x:c>
       <x:c r="C225" s="3" t="n">
         <x:v>35340</x:v>
       </x:c>
       <x:c r="D225" s="3" t="s"/>
       <x:c r="G225" s="0" t="s">
         <x:v>379</x:v>
       </x:c>
       <x:c r="I225" s="4" t="s">
         <x:v>380</x:v>
       </x:c>
       <x:c r="J225" s="0" t="s">
         <x:v>123</x:v>
       </x:c>
       <x:c r="K225" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L225" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="M225" s="0" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="N225" s="3" t="n">
         <x:v>24220</x:v>
@@ -15745,51 +15746,51 @@
       </x:c>
       <x:c r="P225" s="0" t="s">
         <x:v>379</x:v>
       </x:c>
       <x:c r="Q225" s="4" t="s">
         <x:v>380</x:v>
       </x:c>
       <x:c r="R225" s="0" t="s">
         <x:v>218</x:v>
       </x:c>
       <x:c r="S225" s="0" t="n">
         <x:v>518921</x:v>
       </x:c>
       <x:c r="T225" s="4" t="s">
         <x:v>326</x:v>
       </x:c>
       <x:c r="U225" s="4" t="s">
         <x:v>52</x:v>
       </x:c>
     </x:row>
     <x:row r="226" spans="1:21">
       <x:c r="A226" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B226" s="14" t="s">
-        <x:v>148</x:v>
+        <x:v>147</x:v>
       </x:c>
       <x:c r="C226" s="15" t="n">
         <x:v>35340</x:v>
       </x:c>
       <x:c r="D226" s="15" t="s"/>
       <x:c r="E226" s="14" t="s"/>
       <x:c r="F226" s="14" t="s"/>
       <x:c r="G226" s="14" t="s">
         <x:v>379</x:v>
       </x:c>
       <x:c r="H226" s="14" t="s"/>
       <x:c r="I226" s="16" t="s">
         <x:v>380</x:v>
       </x:c>
       <x:c r="J226" s="14" t="s">
         <x:v>123</x:v>
       </x:c>
       <x:c r="K226" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L226" s="14" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="M226" s="14" t="s">
         <x:v>33</x:v>
@@ -15845,57 +15846,57 @@
       <x:c r="K227" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="L227" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="M227" s="0" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="N227" s="3" t="n">
         <x:v>24220</x:v>
       </x:c>
       <x:c r="O227" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="P227" s="0" t="s">
         <x:v>381</x:v>
       </x:c>
       <x:c r="Q227" s="4" t="s">
         <x:v>122</x:v>
       </x:c>
       <x:c r="R227" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="S227" s="0" t="n">
-        <x:v>553018</x:v>
+        <x:v>497035</x:v>
       </x:c>
       <x:c r="T227" s="4" t="s">
-        <x:v>51</x:v>
+        <x:v>326</x:v>
       </x:c>
       <x:c r="U227" s="4" t="s">
-        <x:v>135</x:v>
+        <x:v>382</x:v>
       </x:c>
     </x:row>
     <x:row r="228" spans="1:21">
       <x:c r="A228" s="13" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="B228" s="14" t="s">
         <x:v>136</x:v>
       </x:c>
       <x:c r="C228" s="15" t="n">
         <x:v>35340</x:v>
       </x:c>
       <x:c r="D228" s="15" t="s"/>
       <x:c r="E228" s="14" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="F228" s="14" t="s"/>
       <x:c r="G228" s="14" t="s">
         <x:v>379</x:v>
       </x:c>
       <x:c r="H228" s="14" t="s"/>
       <x:c r="I228" s="16" t="s">
         <x:v>380</x:v>
       </x:c>
       <x:c r="J228" s="14" t="s">
@@ -15904,57 +15905,57 @@
       <x:c r="K228" s="14" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="L228" s="14" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="M228" s="14" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="N228" s="15" t="n">
         <x:v>24220</x:v>
       </x:c>
       <x:c r="O228" s="14" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="P228" s="14" t="s">
         <x:v>381</x:v>
       </x:c>
       <x:c r="Q228" s="16" t="s">
         <x:v>122</x:v>
       </x:c>
       <x:c r="R228" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="S228" s="14" t="n">
-        <x:v>497035</x:v>
+        <x:v>553018</x:v>
       </x:c>
       <x:c r="T228" s="16" t="s">
-        <x:v>326</x:v>
+        <x:v>51</x:v>
       </x:c>
       <x:c r="U228" s="16" t="s">
-        <x:v>382</x:v>
+        <x:v>135</x:v>
       </x:c>
     </x:row>
     <x:row r="229" spans="1:21">
       <x:c r="A229" s="1" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="B229" s="0" t="s">
         <x:v>136</x:v>
       </x:c>
       <x:c r="C229" s="3" t="n">
         <x:v>40792</x:v>
       </x:c>
       <x:c r="D229" s="3" t="s"/>
       <x:c r="E229" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="G229" s="0" t="s">
         <x:v>379</x:v>
       </x:c>
       <x:c r="I229" s="4" t="s">
         <x:v>380</x:v>
       </x:c>
       <x:c r="J229" s="0" t="s">
         <x:v>123</x:v>
       </x:c>
@@ -16131,51 +16132,51 @@
       <x:c r="J232" s="14" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="K232" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L232" s="14" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="M232" s="14" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="N232" s="15" t="n">
         <x:v>31034</x:v>
       </x:c>
       <x:c r="O232" s="14" t="s">
         <x:v>115</x:v>
       </x:c>
       <x:c r="P232" s="14" t="s">
         <x:v>389</x:v>
       </x:c>
       <x:c r="Q232" s="16" t="s">
         <x:v>375</x:v>
       </x:c>
       <x:c r="R232" s="14" t="s">
-        <x:v>77</x:v>
+        <x:v>74</x:v>
       </x:c>
       <x:c r="S232" s="14" t="n">
         <x:v>553578</x:v>
       </x:c>
       <x:c r="T232" s="16" t="s">
         <x:v>265</x:v>
       </x:c>
       <x:c r="U232" s="16" t="s">
         <x:v>177</x:v>
       </x:c>
     </x:row>
     <x:row r="233" spans="1:21">
       <x:c r="A233" s="1" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="B233" s="0" t="s">
         <x:v>136</x:v>
       </x:c>
       <x:c r="C233" s="3" t="n">
         <x:v>40792</x:v>
       </x:c>
       <x:c r="D233" s="3" t="s"/>
       <x:c r="E233" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
@@ -16188,51 +16189,51 @@
       <x:c r="J233" s="0" t="s">
         <x:v>123</x:v>
       </x:c>
       <x:c r="K233" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="L233" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="M233" s="0" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="N233" s="3" t="n">
         <x:v>24220</x:v>
       </x:c>
       <x:c r="O233" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="P233" s="0" t="s">
         <x:v>390</x:v>
       </x:c>
       <x:c r="Q233" s="4" t="s">
         <x:v>323</x:v>
       </x:c>
       <x:c r="R233" s="0" t="s">
-        <x:v>77</x:v>
+        <x:v>74</x:v>
       </x:c>
       <x:c r="S233" s="0" t="n">
         <x:v>557044</x:v>
       </x:c>
       <x:c r="T233" s="4" t="s">
         <x:v>391</x:v>
       </x:c>
       <x:c r="U233" s="4" t="s">
         <x:v>392</x:v>
       </x:c>
     </x:row>
     <x:row r="234" spans="1:21">
       <x:c r="A234" s="13" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="B234" s="14" t="s">
         <x:v>130</x:v>
       </x:c>
       <x:c r="C234" s="15" t="n">
         <x:v>40792</x:v>
       </x:c>
       <x:c r="D234" s="15" t="s"/>
       <x:c r="E234" s="14" t="s">
         <x:v>41</x:v>
       </x:c>
@@ -16247,125 +16248,125 @@
       <x:c r="J234" s="14" t="s">
         <x:v>123</x:v>
       </x:c>
       <x:c r="K234" s="14" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="L234" s="14" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="M234" s="14" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="N234" s="15" t="n">
         <x:v>24220</x:v>
       </x:c>
       <x:c r="O234" s="14" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="P234" s="14" t="s">
         <x:v>390</x:v>
       </x:c>
       <x:c r="Q234" s="16" t="s">
         <x:v>323</x:v>
       </x:c>
       <x:c r="R234" s="14" t="s">
-        <x:v>77</x:v>
+        <x:v>74</x:v>
       </x:c>
       <x:c r="S234" s="14" t="n">
         <x:v>557041</x:v>
       </x:c>
       <x:c r="T234" s="16" t="s">
         <x:v>391</x:v>
       </x:c>
       <x:c r="U234" s="16" t="s">
         <x:v>392</x:v>
       </x:c>
     </x:row>
     <x:row r="235" spans="1:21">
       <x:c r="A235" s="1" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="B235" s="0" t="s">
-        <x:v>291</x:v>
+        <x:v>285</x:v>
       </x:c>
       <x:c r="C235" s="3" t="n">
         <x:v>35093</x:v>
       </x:c>
       <x:c r="D235" s="3" t="s"/>
       <x:c r="E235" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="G235" s="0" t="s">
         <x:v>389</x:v>
       </x:c>
       <x:c r="I235" s="4" t="s">
         <x:v>375</x:v>
       </x:c>
       <x:c r="J235" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="K235" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="L235" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="M235" s="0" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="N235" s="3" t="n">
         <x:v>31034</x:v>
       </x:c>
       <x:c r="O235" s="0" t="s">
         <x:v>115</x:v>
       </x:c>
       <x:c r="P235" s="0" t="s">
         <x:v>390</x:v>
       </x:c>
       <x:c r="Q235" s="4" t="s">
         <x:v>323</x:v>
       </x:c>
       <x:c r="R235" s="0" t="s">
-        <x:v>77</x:v>
+        <x:v>74</x:v>
       </x:c>
       <x:c r="S235" s="0" t="n">
         <x:v>557039</x:v>
       </x:c>
       <x:c r="T235" s="4" t="s">
         <x:v>265</x:v>
       </x:c>
       <x:c r="U235" s="4" t="s">
         <x:v>75</x:v>
       </x:c>
     </x:row>
     <x:row r="236" spans="1:21">
       <x:c r="A236" s="13" t="s">
         <x:v>119</x:v>
       </x:c>
       <x:c r="B236" s="14" t="s">
-        <x:v>148</x:v>
+        <x:v>147</x:v>
       </x:c>
       <x:c r="C236" s="15" t="n">
         <x:v>40792</x:v>
       </x:c>
       <x:c r="D236" s="15" t="s"/>
       <x:c r="E236" s="14" t="s"/>
       <x:c r="F236" s="14" t="s"/>
       <x:c r="G236" s="14" t="s">
         <x:v>393</x:v>
       </x:c>
       <x:c r="H236" s="14" t="s"/>
       <x:c r="I236" s="16" t="s">
         <x:v>122</x:v>
       </x:c>
       <x:c r="J236" s="14" t="s">
         <x:v>123</x:v>
       </x:c>
       <x:c r="K236" s="14" t="s">
         <x:v>124</x:v>
       </x:c>
       <x:c r="L236" s="14" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="M236" s="14" t="s">
         <x:v>33</x:v>
@@ -16401,51 +16402,51 @@
       </x:c>
       <x:c r="B237" s="0" t="s">
         <x:v>395</x:v>
       </x:c>
       <x:c r="C237" s="3" t="s"/>
       <x:c r="D237" s="3" t="s"/>
       <x:c r="G237" s="0" t="s">
         <x:v>396</x:v>
       </x:c>
       <x:c r="I237" s="4" t="s">
         <x:v>269</x:v>
       </x:c>
       <x:c r="K237" s="0" t="s">
         <x:v>124</x:v>
       </x:c>
       <x:c r="L237" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="M237" s="0" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="N237" s="3" t="n">
         <x:v>31006</x:v>
       </x:c>
       <x:c r="O237" s="0" t="s">
-        <x:v>193</x:v>
+        <x:v>200</x:v>
       </x:c>
       <x:c r="P237" s="0" t="s">
         <x:v>397</x:v>
       </x:c>
       <x:c r="Q237" s="4" t="s">
         <x:v>269</x:v>
       </x:c>
       <x:c r="R237" s="0" t="s">
         <x:v>218</x:v>
       </x:c>
       <x:c r="S237" s="0" t="n">
         <x:v>592198</x:v>
       </x:c>
       <x:c r="T237" s="4" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="U237" s="4" t="s">
         <x:v>170</x:v>
       </x:c>
     </x:row>
     <x:row r="238" spans="1:21">
       <x:c r="A238" s="13" t="s">
         <x:v>119</x:v>
       </x:c>
       <x:c r="B238" s="14" t="s">
@@ -16514,51 +16515,51 @@
       <x:c r="G239" s="0" t="s">
         <x:v>400</x:v>
       </x:c>
       <x:c r="H239" s="0" t="s">
         <x:v>401</x:v>
       </x:c>
       <x:c r="I239" s="4" t="s">
         <x:v>402</x:v>
       </x:c>
       <x:c r="J239" s="0" t="s">
         <x:v>123</x:v>
       </x:c>
       <x:c r="K239" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="L239" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="M239" s="0" t="s">
         <x:v>127</x:v>
       </x:c>
       <x:c r="N239" s="3" t="n">
         <x:v>31090</x:v>
       </x:c>
       <x:c r="O239" s="0" t="s">
-        <x:v>197</x:v>
+        <x:v>193</x:v>
       </x:c>
       <x:c r="P239" s="0" t="s">
         <x:v>403</x:v>
       </x:c>
       <x:c r="Q239" s="4" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="R239" s="0" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="S239" s="0" t="n">
         <x:v>620814</x:v>
       </x:c>
       <x:c r="T239" s="4" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="U239" s="4" t="s">
         <x:v>170</x:v>
       </x:c>
     </x:row>
     <x:row r="240" spans="1:21">
       <x:c r="A240" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B240" s="14" t="s">
@@ -16573,51 +16574,51 @@
       <x:c r="G240" s="14" t="s">
         <x:v>400</x:v>
       </x:c>
       <x:c r="H240" s="14" t="s">
         <x:v>401</x:v>
       </x:c>
       <x:c r="I240" s="16" t="s">
         <x:v>402</x:v>
       </x:c>
       <x:c r="J240" s="14" t="s">
         <x:v>123</x:v>
       </x:c>
       <x:c r="K240" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L240" s="14" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="M240" s="14" t="s">
         <x:v>127</x:v>
       </x:c>
       <x:c r="N240" s="15" t="n">
         <x:v>31090</x:v>
       </x:c>
       <x:c r="O240" s="14" t="s">
-        <x:v>197</x:v>
+        <x:v>193</x:v>
       </x:c>
       <x:c r="P240" s="14" t="s">
         <x:v>403</x:v>
       </x:c>
       <x:c r="Q240" s="16" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="R240" s="14" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="S240" s="14" t="n">
         <x:v>616872</x:v>
       </x:c>
       <x:c r="T240" s="16" t="s">
         <x:v>206</x:v>
       </x:c>
       <x:c r="U240" s="16" t="s">
         <x:v>405</x:v>
       </x:c>
     </x:row>
     <x:row r="241" spans="1:21">
       <x:c r="A241" s="1" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="B241" s="0" t="s">
@@ -16633,66 +16634,66 @@
       <x:c r="G241" s="0" t="s">
         <x:v>400</x:v>
       </x:c>
       <x:c r="H241" s="0" t="s">
         <x:v>401</x:v>
       </x:c>
       <x:c r="I241" s="4" t="s">
         <x:v>402</x:v>
       </x:c>
       <x:c r="J241" s="0" t="s">
         <x:v>123</x:v>
       </x:c>
       <x:c r="K241" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="L241" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="M241" s="0" t="s">
         <x:v>127</x:v>
       </x:c>
       <x:c r="N241" s="3" t="n">
         <x:v>31090</x:v>
       </x:c>
       <x:c r="O241" s="0" t="s">
-        <x:v>197</x:v>
+        <x:v>193</x:v>
       </x:c>
       <x:c r="P241" s="0" t="s">
         <x:v>403</x:v>
       </x:c>
       <x:c r="Q241" s="4" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="R241" s="0" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="S241" s="0" t="n">
         <x:v>568847</x:v>
       </x:c>
       <x:c r="T241" s="4" t="s">
-        <x:v>200</x:v>
+        <x:v>197</x:v>
       </x:c>
       <x:c r="U241" s="4" t="s">
         <x:v>406</x:v>
       </x:c>
     </x:row>
     <x:row r="242" spans="1:21">
       <x:c r="A242" s="13" t="s">
         <x:v>119</x:v>
       </x:c>
       <x:c r="B242" s="14" t="s">
         <x:v>407</x:v>
       </x:c>
       <x:c r="C242" s="15" t="n">
         <x:v>39115</x:v>
       </x:c>
       <x:c r="D242" s="15" t="s"/>
       <x:c r="E242" s="14" t="s"/>
       <x:c r="F242" s="14" t="s"/>
       <x:c r="G242" s="14" t="s">
         <x:v>408</x:v>
       </x:c>
       <x:c r="H242" s="14" t="s"/>
       <x:c r="I242" s="16" t="s">
         <x:v>122</x:v>
       </x:c>
@@ -16837,158 +16838,158 @@
       </x:c>
       <x:c r="P244" s="14" t="s">
         <x:v>410</x:v>
       </x:c>
       <x:c r="Q244" s="16" t="s">
         <x:v>387</x:v>
       </x:c>
       <x:c r="R244" s="14" t="s">
         <x:v>218</x:v>
       </x:c>
       <x:c r="S244" s="14" t="n">
         <x:v>608472</x:v>
       </x:c>
       <x:c r="T244" s="16" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="U244" s="16" t="s">
         <x:v>125</x:v>
       </x:c>
     </x:row>
     <x:row r="245" spans="1:21">
       <x:c r="A245" s="1" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="B245" s="0" t="s">
-        <x:v>136</x:v>
+        <x:v>130</x:v>
       </x:c>
       <x:c r="C245" s="3" t="n">
         <x:v>40792</x:v>
       </x:c>
       <x:c r="D245" s="3" t="s"/>
       <x:c r="E245" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="G245" s="0" t="s">
         <x:v>410</x:v>
       </x:c>
       <x:c r="H245" s="0" t="s">
         <x:v>411</x:v>
       </x:c>
       <x:c r="I245" s="4" t="s">
         <x:v>387</x:v>
       </x:c>
       <x:c r="J245" s="0" t="s">
         <x:v>123</x:v>
       </x:c>
       <x:c r="K245" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="L245" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="M245" s="0" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="N245" s="3" t="n">
         <x:v>24220</x:v>
       </x:c>
       <x:c r="O245" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="P245" s="0" t="s">
         <x:v>410</x:v>
       </x:c>
       <x:c r="Q245" s="4" t="s">
         <x:v>387</x:v>
       </x:c>
       <x:c r="R245" s="0" t="s">
         <x:v>218</x:v>
       </x:c>
       <x:c r="S245" s="0" t="n">
-        <x:v>557621</x:v>
+        <x:v>557603</x:v>
       </x:c>
       <x:c r="T245" s="4" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="U245" s="4" t="s">
         <x:v>170</x:v>
       </x:c>
     </x:row>
     <x:row r="246" spans="1:21">
       <x:c r="A246" s="13" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="B246" s="14" t="s">
-        <x:v>130</x:v>
+        <x:v>136</x:v>
       </x:c>
       <x:c r="C246" s="15" t="n">
         <x:v>40792</x:v>
       </x:c>
       <x:c r="D246" s="15" t="s"/>
       <x:c r="E246" s="14" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="F246" s="14" t="s"/>
       <x:c r="G246" s="14" t="s">
         <x:v>410</x:v>
       </x:c>
       <x:c r="H246" s="14" t="s">
         <x:v>411</x:v>
       </x:c>
       <x:c r="I246" s="16" t="s">
         <x:v>387</x:v>
       </x:c>
       <x:c r="J246" s="14" t="s">
         <x:v>123</x:v>
       </x:c>
       <x:c r="K246" s="14" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="L246" s="14" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="M246" s="14" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="N246" s="15" t="n">
         <x:v>24220</x:v>
       </x:c>
       <x:c r="O246" s="14" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="P246" s="14" t="s">
         <x:v>410</x:v>
       </x:c>
       <x:c r="Q246" s="16" t="s">
         <x:v>387</x:v>
       </x:c>
       <x:c r="R246" s="14" t="s">
         <x:v>218</x:v>
       </x:c>
       <x:c r="S246" s="14" t="n">
-        <x:v>557603</x:v>
+        <x:v>557621</x:v>
       </x:c>
       <x:c r="T246" s="16" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="U246" s="16" t="s">
         <x:v>170</x:v>
       </x:c>
     </x:row>
     <x:row r="247" spans="1:21">
       <x:c r="A247" s="1" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="B247" s="0" t="s">
         <x:v>130</x:v>
       </x:c>
       <x:c r="C247" s="3" t="n">
         <x:v>40792</x:v>
       </x:c>
       <x:c r="D247" s="3" t="s"/>
       <x:c r="E247" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="G247" s="0" t="s">
         <x:v>412</x:v>
       </x:c>
@@ -17004,51 +17005,51 @@
       <x:c r="L247" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="M247" s="0" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="N247" s="3" t="n">
         <x:v>24220</x:v>
       </x:c>
       <x:c r="O247" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="P247" s="0" t="s">
         <x:v>412</x:v>
       </x:c>
       <x:c r="Q247" s="4" t="s">
         <x:v>413</x:v>
       </x:c>
       <x:c r="R247" s="0" t="s">
         <x:v>218</x:v>
       </x:c>
       <x:c r="S247" s="0" t="n">
         <x:v>554383</x:v>
       </x:c>
       <x:c r="T247" s="4" t="s">
-        <x:v>200</x:v>
+        <x:v>197</x:v>
       </x:c>
       <x:c r="U247" s="4" t="s">
         <x:v>170</x:v>
       </x:c>
     </x:row>
     <x:row r="248" spans="1:21">
       <x:c r="A248" s="13" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="B248" s="14" t="s">
         <x:v>136</x:v>
       </x:c>
       <x:c r="C248" s="15" t="n">
         <x:v>40792</x:v>
       </x:c>
       <x:c r="D248" s="15" t="s"/>
       <x:c r="E248" s="14" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="F248" s="14" t="s"/>
       <x:c r="G248" s="14" t="s">
         <x:v>412</x:v>
       </x:c>
       <x:c r="H248" s="14" t="s"/>
       <x:c r="I248" s="16" t="s">
@@ -17063,51 +17064,51 @@
       <x:c r="L248" s="14" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="M248" s="14" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="N248" s="15" t="n">
         <x:v>24220</x:v>
       </x:c>
       <x:c r="O248" s="14" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="P248" s="14" t="s">
         <x:v>412</x:v>
       </x:c>
       <x:c r="Q248" s="16" t="s">
         <x:v>413</x:v>
       </x:c>
       <x:c r="R248" s="14" t="s">
         <x:v>218</x:v>
       </x:c>
       <x:c r="S248" s="14" t="n">
         <x:v>554385</x:v>
       </x:c>
       <x:c r="T248" s="16" t="s">
-        <x:v>200</x:v>
+        <x:v>197</x:v>
       </x:c>
       <x:c r="U248" s="16" t="s">
         <x:v>170</x:v>
       </x:c>
     </x:row>
     <x:row r="249" spans="1:21">
       <x:c r="A249" s="1" t="s">
         <x:v>119</x:v>
       </x:c>
       <x:c r="B249" s="0" t="s">
         <x:v>120</x:v>
       </x:c>
       <x:c r="C249" s="3" t="n">
         <x:v>40792</x:v>
       </x:c>
       <x:c r="D249" s="3" t="s"/>
       <x:c r="G249" s="0" t="s">
         <x:v>414</x:v>
       </x:c>
       <x:c r="I249" s="4" t="s">
         <x:v>189</x:v>
       </x:c>
       <x:c r="J249" s="0" t="s">
         <x:v>123</x:v>
       </x:c>
@@ -17128,51 +17129,51 @@
       </x:c>
       <x:c r="P249" s="0" t="s">
         <x:v>415</x:v>
       </x:c>
       <x:c r="Q249" s="4" t="s">
         <x:v>189</x:v>
       </x:c>
       <x:c r="R249" s="0" t="s">
         <x:v>190</x:v>
       </x:c>
       <x:c r="S249" s="0" t="n">
         <x:v>595889</x:v>
       </x:c>
       <x:c r="T249" s="4" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="U249" s="4" t="s">
         <x:v>125</x:v>
       </x:c>
     </x:row>
     <x:row r="250" spans="1:21">
       <x:c r="A250" s="13" t="s">
         <x:v>119</x:v>
       </x:c>
       <x:c r="B250" s="14" t="s">
-        <x:v>148</x:v>
+        <x:v>147</x:v>
       </x:c>
       <x:c r="C250" s="15" t="n">
         <x:v>40792</x:v>
       </x:c>
       <x:c r="D250" s="15" t="s"/>
       <x:c r="E250" s="14" t="s"/>
       <x:c r="F250" s="14" t="s"/>
       <x:c r="G250" s="14" t="s">
         <x:v>414</x:v>
       </x:c>
       <x:c r="H250" s="14" t="s"/>
       <x:c r="I250" s="16" t="s">
         <x:v>189</x:v>
       </x:c>
       <x:c r="J250" s="14" t="s">
         <x:v>123</x:v>
       </x:c>
       <x:c r="K250" s="14" t="s">
         <x:v>124</x:v>
       </x:c>
       <x:c r="L250" s="14" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="M250" s="14" t="s">
         <x:v>33</x:v>
@@ -17242,84 +17243,84 @@
       </x:c>
       <x:c r="P251" s="0" t="s">
         <x:v>416</x:v>
       </x:c>
       <x:c r="Q251" s="4" t="s">
         <x:v>325</x:v>
       </x:c>
       <x:c r="R251" s="0" t="s">
         <x:v>385</x:v>
       </x:c>
       <x:c r="S251" s="0" t="n">
         <x:v>605525</x:v>
       </x:c>
       <x:c r="T251" s="4" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="U251" s="4" t="s">
         <x:v>132</x:v>
       </x:c>
     </x:row>
     <x:row r="252" spans="1:21">
       <x:c r="A252" s="13" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="B252" s="14" t="s">
-        <x:v>210</x:v>
+        <x:v>209</x:v>
       </x:c>
       <x:c r="C252" s="15" t="n">
         <x:v>37680</x:v>
       </x:c>
       <x:c r="D252" s="15" t="s"/>
       <x:c r="E252" s="14" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="F252" s="14" t="s"/>
       <x:c r="G252" s="14" t="s">
         <x:v>416</x:v>
       </x:c>
       <x:c r="H252" s="14" t="s"/>
       <x:c r="I252" s="16" t="s">
         <x:v>325</x:v>
       </x:c>
       <x:c r="J252" s="14" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="K252" s="14" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="L252" s="14" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="M252" s="14" t="s">
         <x:v>127</x:v>
       </x:c>
       <x:c r="N252" s="15" t="n">
         <x:v>24273</x:v>
       </x:c>
       <x:c r="O252" s="14" t="s">
-        <x:v>150</x:v>
+        <x:v>149</x:v>
       </x:c>
       <x:c r="P252" s="14" t="s">
         <x:v>416</x:v>
       </x:c>
       <x:c r="Q252" s="16" t="s">
         <x:v>325</x:v>
       </x:c>
       <x:c r="R252" s="14" t="s">
         <x:v>385</x:v>
       </x:c>
       <x:c r="S252" s="14" t="n">
         <x:v>605529</x:v>
       </x:c>
       <x:c r="T252" s="16" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="U252" s="16" t="s">
         <x:v>417</x:v>
       </x:c>
     </x:row>
     <x:row r="253" spans="1:21">
       <x:c r="A253" s="1" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="B253" s="0" t="s">
@@ -17474,84 +17475,84 @@
       </x:c>
       <x:c r="P255" s="0" t="s">
         <x:v>416</x:v>
       </x:c>
       <x:c r="Q255" s="4" t="s">
         <x:v>325</x:v>
       </x:c>
       <x:c r="R255" s="0" t="s">
         <x:v>385</x:v>
       </x:c>
       <x:c r="S255" s="0" t="n">
         <x:v>552919</x:v>
       </x:c>
       <x:c r="T255" s="4" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="U255" s="4" t="s">
         <x:v>417</x:v>
       </x:c>
     </x:row>
     <x:row r="256" spans="1:21">
       <x:c r="A256" s="13" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="B256" s="14" t="s">
-        <x:v>210</x:v>
+        <x:v>209</x:v>
       </x:c>
       <x:c r="C256" s="15" t="n">
         <x:v>37680</x:v>
       </x:c>
       <x:c r="D256" s="15" t="s"/>
       <x:c r="E256" s="14" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="F256" s="14" t="s"/>
       <x:c r="G256" s="14" t="s">
         <x:v>416</x:v>
       </x:c>
       <x:c r="H256" s="14" t="s"/>
       <x:c r="I256" s="16" t="s">
         <x:v>325</x:v>
       </x:c>
       <x:c r="J256" s="14" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="K256" s="14" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="L256" s="14" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="M256" s="14" t="s">
         <x:v>127</x:v>
       </x:c>
       <x:c r="N256" s="15" t="n">
         <x:v>24273</x:v>
       </x:c>
       <x:c r="O256" s="14" t="s">
-        <x:v>150</x:v>
+        <x:v>149</x:v>
       </x:c>
       <x:c r="P256" s="14" t="s">
         <x:v>416</x:v>
       </x:c>
       <x:c r="Q256" s="16" t="s">
         <x:v>325</x:v>
       </x:c>
       <x:c r="R256" s="14" t="s">
         <x:v>385</x:v>
       </x:c>
       <x:c r="S256" s="14" t="n">
         <x:v>552931</x:v>
       </x:c>
       <x:c r="T256" s="16" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="U256" s="16" t="s">
         <x:v>419</x:v>
       </x:c>
     </x:row>
     <x:row r="257" spans="1:21">
       <x:c r="A257" s="1" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="B257" s="0" t="s">
@@ -17703,51 +17704,51 @@
       </x:c>
       <x:c r="P259" s="0" t="s">
         <x:v>422</x:v>
       </x:c>
       <x:c r="Q259" s="4" t="s">
         <x:v>421</x:v>
       </x:c>
       <x:c r="R259" s="0" t="s">
         <x:v>423</x:v>
       </x:c>
       <x:c r="S259" s="0" t="n">
         <x:v>624538</x:v>
       </x:c>
       <x:c r="T259" s="4" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="U259" s="4" t="s">
         <x:v>125</x:v>
       </x:c>
     </x:row>
     <x:row r="260" spans="1:21">
       <x:c r="A260" s="13" t="s">
         <x:v>119</x:v>
       </x:c>
       <x:c r="B260" s="14" t="s">
-        <x:v>148</x:v>
+        <x:v>147</x:v>
       </x:c>
       <x:c r="C260" s="15" t="n">
         <x:v>40792</x:v>
       </x:c>
       <x:c r="D260" s="15" t="s"/>
       <x:c r="E260" s="14" t="s"/>
       <x:c r="F260" s="14" t="s"/>
       <x:c r="G260" s="14" t="s">
         <x:v>420</x:v>
       </x:c>
       <x:c r="H260" s="14" t="s"/>
       <x:c r="I260" s="16" t="s">
         <x:v>421</x:v>
       </x:c>
       <x:c r="J260" s="14" t="s">
         <x:v>123</x:v>
       </x:c>
       <x:c r="K260" s="14" t="s">
         <x:v>124</x:v>
       </x:c>
       <x:c r="L260" s="14" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="M260" s="14" t="s">
         <x:v>33</x:v>
@@ -17814,51 +17815,51 @@
       </x:c>
       <x:c r="P261" s="0" t="s">
         <x:v>426</x:v>
       </x:c>
       <x:c r="Q261" s="4" t="s">
         <x:v>425</x:v>
       </x:c>
       <x:c r="R261" s="0" t="s">
         <x:v>427</x:v>
       </x:c>
       <x:c r="S261" s="0" t="n">
         <x:v>595874</x:v>
       </x:c>
       <x:c r="T261" s="4" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="U261" s="4" t="s">
         <x:v>125</x:v>
       </x:c>
     </x:row>
     <x:row r="262" spans="1:21">
       <x:c r="A262" s="13" t="s">
         <x:v>119</x:v>
       </x:c>
       <x:c r="B262" s="14" t="s">
-        <x:v>148</x:v>
+        <x:v>147</x:v>
       </x:c>
       <x:c r="C262" s="15" t="n">
         <x:v>40792</x:v>
       </x:c>
       <x:c r="D262" s="15" t="s"/>
       <x:c r="E262" s="14" t="s"/>
       <x:c r="F262" s="14" t="s"/>
       <x:c r="G262" s="14" t="s">
         <x:v>424</x:v>
       </x:c>
       <x:c r="H262" s="14" t="s"/>
       <x:c r="I262" s="16" t="s">
         <x:v>425</x:v>
       </x:c>
       <x:c r="J262" s="14" t="s">
         <x:v>123</x:v>
       </x:c>
       <x:c r="K262" s="14" t="s">
         <x:v>124</x:v>
       </x:c>
       <x:c r="L262" s="14" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="M262" s="14" t="s">
         <x:v>33</x:v>
@@ -18235,51 +18236,51 @@
         <x:v>37680</x:v>
       </x:c>
       <x:c r="D269" s="3" t="s"/>
       <x:c r="G269" s="0" t="s">
         <x:v>441</x:v>
       </x:c>
       <x:c r="I269" s="4" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="J269" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="K269" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L269" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M269" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N269" s="3" t="n">
         <x:v>24273</x:v>
       </x:c>
       <x:c r="O269" s="0" t="s">
-        <x:v>150</x:v>
+        <x:v>149</x:v>
       </x:c>
       <x:c r="P269" s="0" t="s">
         <x:v>441</x:v>
       </x:c>
       <x:c r="Q269" s="4" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="R269" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="S269" s="0" t="n">
         <x:v>616380</x:v>
       </x:c>
       <x:c r="T269" s="4" t="s">
         <x:v>442</x:v>
       </x:c>
       <x:c r="U269" s="4" t="s">
         <x:v>32</x:v>
       </x:c>
     </x:row>
     <x:row r="270" spans="1:21">
       <x:c r="A270" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B270" s="14" t="s">
@@ -18398,100 +18399,100 @@
       <x:c r="E272" s="14" t="s"/>
       <x:c r="F272" s="14" t="s"/>
       <x:c r="G272" s="14" t="s">
         <x:v>441</x:v>
       </x:c>
       <x:c r="H272" s="14" t="s"/>
       <x:c r="I272" s="16" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="J272" s="14" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="K272" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L272" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M272" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N272" s="15" t="n">
         <x:v>24273</x:v>
       </x:c>
       <x:c r="O272" s="14" t="s">
-        <x:v>150</x:v>
+        <x:v>149</x:v>
       </x:c>
       <x:c r="P272" s="14" t="s">
         <x:v>441</x:v>
       </x:c>
       <x:c r="Q272" s="16" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="R272" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="S272" s="14" t="n">
         <x:v>616479</x:v>
       </x:c>
       <x:c r="T272" s="16" t="s">
         <x:v>447</x:v>
       </x:c>
       <x:c r="U272" s="16" t="s">
         <x:v>32</x:v>
       </x:c>
     </x:row>
     <x:row r="273" spans="1:21">
       <x:c r="A273" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B273" s="0" t="s">
         <x:v>448</x:v>
       </x:c>
       <x:c r="C273" s="3" t="s"/>
       <x:c r="D273" s="3" t="s"/>
       <x:c r="G273" s="0" t="s">
         <x:v>449</x:v>
       </x:c>
       <x:c r="I273" s="4" t="s">
         <x:v>118</x:v>
       </x:c>
       <x:c r="K273" s="0" t="s">
         <x:v>450</x:v>
       </x:c>
       <x:c r="L273" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M273" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N273" s="3" t="n">
         <x:v>31006</x:v>
       </x:c>
       <x:c r="O273" s="0" t="s">
-        <x:v>193</x:v>
+        <x:v>200</x:v>
       </x:c>
       <x:c r="P273" s="0" t="s">
         <x:v>449</x:v>
       </x:c>
       <x:c r="Q273" s="4" t="s">
         <x:v>118</x:v>
       </x:c>
       <x:c r="R273" s="0" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="S273" s="0" t="n">
         <x:v>517112</x:v>
       </x:c>
       <x:c r="T273" s="4" t="s">
         <x:v>451</x:v>
       </x:c>
       <x:c r="U273" s="4" t="s">
         <x:v>32</x:v>
       </x:c>
     </x:row>
     <x:row r="274" spans="1:21">
       <x:c r="A274" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B274" s="14" t="s">
@@ -18549,51 +18550,51 @@
       </x:c>
       <x:c r="B275" s="0" t="s">
         <x:v>448</x:v>
       </x:c>
       <x:c r="C275" s="3" t="s"/>
       <x:c r="D275" s="3" t="s"/>
       <x:c r="G275" s="0" t="s">
         <x:v>449</x:v>
       </x:c>
       <x:c r="I275" s="4" t="s">
         <x:v>118</x:v>
       </x:c>
       <x:c r="K275" s="0" t="s">
         <x:v>450</x:v>
       </x:c>
       <x:c r="L275" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M275" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N275" s="3" t="n">
         <x:v>31006</x:v>
       </x:c>
       <x:c r="O275" s="0" t="s">
-        <x:v>193</x:v>
+        <x:v>200</x:v>
       </x:c>
       <x:c r="P275" s="0" t="s">
         <x:v>449</x:v>
       </x:c>
       <x:c r="Q275" s="4" t="s">
         <x:v>118</x:v>
       </x:c>
       <x:c r="R275" s="0" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="S275" s="0" t="n">
         <x:v>520242</x:v>
       </x:c>
       <x:c r="T275" s="4" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="U275" s="4" t="s">
         <x:v>456</x:v>
       </x:c>
     </x:row>
     <x:row r="276" spans="1:21">
       <x:c r="A276" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B276" s="14" t="s">
@@ -18758,125 +18759,125 @@
     <x:row r="279" spans="1:21">
       <x:c r="A279" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B279" s="0" t="s">
         <x:v>466</x:v>
       </x:c>
       <x:c r="C279" s="3" t="s"/>
       <x:c r="D279" s="3" t="s"/>
       <x:c r="G279" s="0" t="s">
         <x:v>461</x:v>
       </x:c>
       <x:c r="I279" s="4" t="s">
         <x:v>462</x:v>
       </x:c>
       <x:c r="K279" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L279" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M279" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N279" s="3" t="n">
-        <x:v>31090</x:v>
+        <x:v>70707</x:v>
       </x:c>
       <x:c r="O279" s="0" t="s">
-        <x:v>197</x:v>
+        <x:v>467</x:v>
       </x:c>
       <x:c r="P279" s="0" t="s">
         <x:v>461</x:v>
       </x:c>
       <x:c r="Q279" s="4" t="s">
         <x:v>462</x:v>
       </x:c>
       <x:c r="R279" s="0" t="s">
         <x:v>232</x:v>
       </x:c>
       <x:c r="S279" s="0" t="n">
-        <x:v>614329</x:v>
+        <x:v>580364</x:v>
       </x:c>
       <x:c r="T279" s="4" t="s">
-        <x:v>467</x:v>
+        <x:v>31</x:v>
       </x:c>
       <x:c r="U279" s="4" t="s">
-        <x:v>465</x:v>
+        <x:v>32</x:v>
       </x:c>
     </x:row>
     <x:row r="280" spans="1:21">
       <x:c r="A280" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B280" s="14" t="s">
         <x:v>468</x:v>
       </x:c>
       <x:c r="C280" s="15" t="s"/>
       <x:c r="D280" s="15" t="s"/>
       <x:c r="E280" s="14" t="s"/>
       <x:c r="F280" s="14" t="s"/>
       <x:c r="G280" s="14" t="s">
         <x:v>461</x:v>
       </x:c>
       <x:c r="H280" s="14" t="s"/>
       <x:c r="I280" s="16" t="s">
         <x:v>462</x:v>
       </x:c>
       <x:c r="J280" s="14" t="s"/>
       <x:c r="K280" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L280" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M280" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N280" s="15" t="n">
-        <x:v>70707</x:v>
+        <x:v>31090</x:v>
       </x:c>
       <x:c r="O280" s="14" t="s">
-        <x:v>469</x:v>
+        <x:v>193</x:v>
       </x:c>
       <x:c r="P280" s="14" t="s">
         <x:v>461</x:v>
       </x:c>
       <x:c r="Q280" s="16" t="s">
         <x:v>462</x:v>
       </x:c>
       <x:c r="R280" s="14" t="s">
         <x:v>232</x:v>
       </x:c>
       <x:c r="S280" s="14" t="n">
-        <x:v>580364</x:v>
+        <x:v>614329</x:v>
       </x:c>
       <x:c r="T280" s="16" t="s">
-        <x:v>31</x:v>
+        <x:v>469</x:v>
       </x:c>
       <x:c r="U280" s="16" t="s">
-        <x:v>32</x:v>
+        <x:v>465</x:v>
       </x:c>
     </x:row>
     <x:row r="281" spans="1:21">
       <x:c r="A281" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B281" s="0" t="s">
         <x:v>460</x:v>
       </x:c>
       <x:c r="C281" s="3" t="s"/>
       <x:c r="D281" s="3" t="s"/>
       <x:c r="G281" s="0" t="s">
         <x:v>461</x:v>
       </x:c>
       <x:c r="I281" s="4" t="s">
         <x:v>462</x:v>
       </x:c>
       <x:c r="K281" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L281" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M281" s="0" t="s">
         <x:v>28</x:v>
@@ -18942,89 +18943,89 @@
       </x:c>
       <x:c r="P282" s="14" t="s">
         <x:v>461</x:v>
       </x:c>
       <x:c r="Q282" s="16" t="s">
         <x:v>462</x:v>
       </x:c>
       <x:c r="R282" s="14" t="s">
         <x:v>232</x:v>
       </x:c>
       <x:c r="S282" s="14" t="n">
         <x:v>611395</x:v>
       </x:c>
       <x:c r="T282" s="16" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="U282" s="16" t="s">
         <x:v>32</x:v>
       </x:c>
     </x:row>
     <x:row r="283" spans="1:21">
       <x:c r="A283" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B283" s="0" t="s">
-        <x:v>468</x:v>
+        <x:v>466</x:v>
       </x:c>
       <x:c r="C283" s="3" t="s"/>
       <x:c r="D283" s="3" t="s"/>
       <x:c r="G283" s="0" t="s">
         <x:v>461</x:v>
       </x:c>
       <x:c r="I283" s="4" t="s">
         <x:v>462</x:v>
       </x:c>
       <x:c r="K283" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L283" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="M283" s="0" t="s">
         <x:v>127</x:v>
       </x:c>
       <x:c r="N283" s="3" t="n">
         <x:v>70707</x:v>
       </x:c>
       <x:c r="O283" s="0" t="s">
-        <x:v>469</x:v>
+        <x:v>467</x:v>
       </x:c>
       <x:c r="P283" s="0" t="s">
         <x:v>461</x:v>
       </x:c>
       <x:c r="Q283" s="4" t="s">
         <x:v>462</x:v>
       </x:c>
       <x:c r="R283" s="0" t="s">
         <x:v>232</x:v>
       </x:c>
       <x:c r="S283" s="0" t="n">
         <x:v>614330</x:v>
       </x:c>
       <x:c r="T283" s="4" t="s">
-        <x:v>467</x:v>
+        <x:v>469</x:v>
       </x:c>
       <x:c r="U283" s="4" t="s">
         <x:v>470</x:v>
       </x:c>
     </x:row>
     <x:row r="284" spans="1:21">
       <x:c r="A284" s="13" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="B284" s="14" t="s">
         <x:v>130</x:v>
       </x:c>
       <x:c r="C284" s="15" t="n">
         <x:v>35340</x:v>
       </x:c>
       <x:c r="D284" s="15" t="s"/>
       <x:c r="E284" s="14" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="F284" s="14" t="s"/>
       <x:c r="G284" s="14" t="s">
         <x:v>471</x:v>
       </x:c>
       <x:c r="H284" s="14" t="s"/>
       <x:c r="I284" s="16" t="s">
@@ -19360,51 +19361,51 @@
       <x:c r="E290" s="14" t="s"/>
       <x:c r="F290" s="14" t="s"/>
       <x:c r="G290" s="14" t="s">
         <x:v>480</x:v>
       </x:c>
       <x:c r="H290" s="14" t="s"/>
       <x:c r="I290" s="16" t="s">
         <x:v>481</x:v>
       </x:c>
       <x:c r="J290" s="14" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="K290" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L290" s="14" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="M290" s="14" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="N290" s="15" t="n">
         <x:v>31006</x:v>
       </x:c>
       <x:c r="O290" s="14" t="s">
-        <x:v>193</x:v>
+        <x:v>200</x:v>
       </x:c>
       <x:c r="P290" s="14" t="s">
         <x:v>480</x:v>
       </x:c>
       <x:c r="Q290" s="16" t="s">
         <x:v>481</x:v>
       </x:c>
       <x:c r="R290" s="14" t="s">
         <x:v>482</x:v>
       </x:c>
       <x:c r="S290" s="14" t="n">
         <x:v>575993</x:v>
       </x:c>
       <x:c r="T290" s="16" t="s">
         <x:v>340</x:v>
       </x:c>
       <x:c r="U290" s="16" t="s">
         <x:v>483</x:v>
       </x:c>
     </x:row>
     <x:row r="291" spans="1:21">
       <x:c r="A291" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B291" s="0" t="s">
@@ -19473,51 +19474,51 @@
       <x:c r="G292" s="14" t="s">
         <x:v>486</x:v>
       </x:c>
       <x:c r="H292" s="14" t="s">
         <x:v>487</x:v>
       </x:c>
       <x:c r="I292" s="16" t="s">
         <x:v>488</x:v>
       </x:c>
       <x:c r="J292" s="14" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="K292" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L292" s="14" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="M292" s="14" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="N292" s="15" t="n">
         <x:v>31006</x:v>
       </x:c>
       <x:c r="O292" s="14" t="s">
-        <x:v>193</x:v>
+        <x:v>200</x:v>
       </x:c>
       <x:c r="P292" s="14" t="s">
         <x:v>486</x:v>
       </x:c>
       <x:c r="Q292" s="16" t="s">
         <x:v>488</x:v>
       </x:c>
       <x:c r="R292" s="14" t="s">
         <x:v>354</x:v>
       </x:c>
       <x:c r="S292" s="14" t="n">
         <x:v>586506</x:v>
       </x:c>
       <x:c r="T292" s="16" t="s">
         <x:v>302</x:v>
       </x:c>
       <x:c r="U292" s="16" t="s">
         <x:v>489</x:v>
       </x:c>
     </x:row>
     <x:row r="293" spans="1:21">
       <x:c r="A293" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B293" s="0" t="s">
@@ -19695,51 +19696,51 @@
       <x:c r="E296" s="14" t="s"/>
       <x:c r="F296" s="14" t="s"/>
       <x:c r="G296" s="14" t="s">
         <x:v>490</x:v>
       </x:c>
       <x:c r="H296" s="14" t="s"/>
       <x:c r="I296" s="16" t="s">
         <x:v>491</x:v>
       </x:c>
       <x:c r="J296" s="14" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="K296" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L296" s="14" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="M296" s="14" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="N296" s="15" t="n">
         <x:v>31006</x:v>
       </x:c>
       <x:c r="O296" s="14" t="s">
-        <x:v>193</x:v>
+        <x:v>200</x:v>
       </x:c>
       <x:c r="P296" s="14" t="s">
         <x:v>490</x:v>
       </x:c>
       <x:c r="Q296" s="16" t="s">
         <x:v>491</x:v>
       </x:c>
       <x:c r="R296" s="14" t="s">
         <x:v>372</x:v>
       </x:c>
       <x:c r="S296" s="14" t="n">
         <x:v>554807</x:v>
       </x:c>
       <x:c r="T296" s="16" t="s">
         <x:v>302</x:v>
       </x:c>
       <x:c r="U296" s="16" t="s">
         <x:v>489</x:v>
       </x:c>
     </x:row>
     <x:row r="297" spans="1:21">
       <x:c r="A297" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B297" s="0" t="s">
@@ -19749,51 +19750,51 @@
         <x:v>31113</x:v>
       </x:c>
       <x:c r="D297" s="3" t="s"/>
       <x:c r="G297" s="0" t="s">
         <x:v>490</x:v>
       </x:c>
       <x:c r="I297" s="4" t="s">
         <x:v>491</x:v>
       </x:c>
       <x:c r="J297" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="K297" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L297" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="M297" s="0" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="N297" s="3" t="n">
         <x:v>31006</x:v>
       </x:c>
       <x:c r="O297" s="0" t="s">
-        <x:v>193</x:v>
+        <x:v>200</x:v>
       </x:c>
       <x:c r="P297" s="0" t="s">
         <x:v>490</x:v>
       </x:c>
       <x:c r="Q297" s="4" t="s">
         <x:v>491</x:v>
       </x:c>
       <x:c r="R297" s="0" t="s">
         <x:v>372</x:v>
       </x:c>
       <x:c r="S297" s="0" t="n">
         <x:v>598116</x:v>
       </x:c>
       <x:c r="T297" s="4" t="s">
         <x:v>495</x:v>
       </x:c>
       <x:c r="U297" s="4" t="s">
         <x:v>497</x:v>
       </x:c>
     </x:row>
     <x:row r="298" spans="1:21">
       <x:c r="A298" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B298" s="14" t="s">
@@ -19860,110 +19861,110 @@
         <x:v>31113</x:v>
       </x:c>
       <x:c r="D299" s="3" t="s"/>
       <x:c r="G299" s="0" t="s">
         <x:v>490</x:v>
       </x:c>
       <x:c r="I299" s="4" t="s">
         <x:v>491</x:v>
       </x:c>
       <x:c r="J299" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="K299" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L299" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="M299" s="0" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="N299" s="3" t="n">
         <x:v>31006</x:v>
       </x:c>
       <x:c r="O299" s="0" t="s">
-        <x:v>193</x:v>
+        <x:v>200</x:v>
       </x:c>
       <x:c r="P299" s="0" t="s">
         <x:v>490</x:v>
       </x:c>
       <x:c r="Q299" s="4" t="s">
         <x:v>491</x:v>
       </x:c>
       <x:c r="R299" s="0" t="s">
         <x:v>372</x:v>
       </x:c>
       <x:c r="S299" s="0" t="n">
         <x:v>598115</x:v>
       </x:c>
       <x:c r="T299" s="4" t="s">
         <x:v>499</x:v>
       </x:c>
       <x:c r="U299" s="4" t="s">
         <x:v>497</x:v>
       </x:c>
     </x:row>
     <x:row r="300" spans="1:21">
       <x:c r="A300" s="13" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="B300" s="14" t="s">
-        <x:v>210</x:v>
+        <x:v>209</x:v>
       </x:c>
       <x:c r="C300" s="15" t="n">
         <x:v>37680</x:v>
       </x:c>
       <x:c r="D300" s="15" t="s"/>
       <x:c r="E300" s="14" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="F300" s="14" t="s"/>
       <x:c r="G300" s="14" t="s">
         <x:v>420</x:v>
       </x:c>
       <x:c r="H300" s="14" t="s"/>
       <x:c r="I300" s="16" t="s">
         <x:v>421</x:v>
       </x:c>
       <x:c r="J300" s="14" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="K300" s="14" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="L300" s="14" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="M300" s="14" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="N300" s="15" t="n">
         <x:v>24273</x:v>
       </x:c>
       <x:c r="O300" s="14" t="s">
-        <x:v>150</x:v>
+        <x:v>149</x:v>
       </x:c>
       <x:c r="P300" s="14" t="s">
         <x:v>420</x:v>
       </x:c>
       <x:c r="Q300" s="16" t="s">
         <x:v>421</x:v>
       </x:c>
       <x:c r="R300" s="14" t="s">
         <x:v>423</x:v>
       </x:c>
       <x:c r="S300" s="14" t="n">
         <x:v>549514</x:v>
       </x:c>
       <x:c r="T300" s="16" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="U300" s="16" t="s">
         <x:v>382</x:v>
       </x:c>
     </x:row>
     <x:row r="301" spans="1:21">
       <x:c r="A301" s="1" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="B301" s="0" t="s">
@@ -20118,84 +20119,84 @@
       </x:c>
       <x:c r="P303" s="0" t="s">
         <x:v>500</x:v>
       </x:c>
       <x:c r="Q303" s="4" t="s">
         <x:v>281</x:v>
       </x:c>
       <x:c r="R303" s="0" t="s">
         <x:v>282</x:v>
       </x:c>
       <x:c r="S303" s="0" t="n">
         <x:v>549510</x:v>
       </x:c>
       <x:c r="T303" s="4" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="U303" s="4" t="s">
         <x:v>170</x:v>
       </x:c>
     </x:row>
     <x:row r="304" spans="1:21">
       <x:c r="A304" s="13" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="B304" s="14" t="s">
-        <x:v>210</x:v>
+        <x:v>209</x:v>
       </x:c>
       <x:c r="C304" s="15" t="n">
         <x:v>37680</x:v>
       </x:c>
       <x:c r="D304" s="15" t="s"/>
       <x:c r="E304" s="14" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="F304" s="14" t="s"/>
       <x:c r="G304" s="14" t="s">
         <x:v>420</x:v>
       </x:c>
       <x:c r="H304" s="14" t="s"/>
       <x:c r="I304" s="16" t="s">
         <x:v>421</x:v>
       </x:c>
       <x:c r="J304" s="14" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="K304" s="14" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="L304" s="14" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="M304" s="14" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="N304" s="15" t="n">
         <x:v>24273</x:v>
       </x:c>
       <x:c r="O304" s="14" t="s">
-        <x:v>150</x:v>
+        <x:v>149</x:v>
       </x:c>
       <x:c r="P304" s="14" t="s">
         <x:v>500</x:v>
       </x:c>
       <x:c r="Q304" s="16" t="s">
         <x:v>281</x:v>
       </x:c>
       <x:c r="R304" s="14" t="s">
         <x:v>282</x:v>
       </x:c>
       <x:c r="S304" s="14" t="n">
         <x:v>549513</x:v>
       </x:c>
       <x:c r="T304" s="16" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="U304" s="16" t="s">
         <x:v>382</x:v>
       </x:c>
     </x:row>
     <x:row r="305" spans="1:21">
       <x:c r="A305" s="1" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="B305" s="0" t="s">
@@ -20234,84 +20235,84 @@
       </x:c>
       <x:c r="P305" s="0" t="s">
         <x:v>501</x:v>
       </x:c>
       <x:c r="Q305" s="4" t="s">
         <x:v>425</x:v>
       </x:c>
       <x:c r="R305" s="0" t="s">
         <x:v>427</x:v>
       </x:c>
       <x:c r="S305" s="0" t="n">
         <x:v>603638</x:v>
       </x:c>
       <x:c r="T305" s="4" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="U305" s="4" t="s">
         <x:v>383</x:v>
       </x:c>
     </x:row>
     <x:row r="306" spans="1:21">
       <x:c r="A306" s="13" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="B306" s="14" t="s">
-        <x:v>210</x:v>
+        <x:v>209</x:v>
       </x:c>
       <x:c r="C306" s="15" t="n">
         <x:v>37680</x:v>
       </x:c>
       <x:c r="D306" s="15" t="s"/>
       <x:c r="E306" s="14" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="F306" s="14" t="s"/>
       <x:c r="G306" s="14" t="s">
         <x:v>420</x:v>
       </x:c>
       <x:c r="H306" s="14" t="s"/>
       <x:c r="I306" s="16" t="s">
         <x:v>421</x:v>
       </x:c>
       <x:c r="J306" s="14" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="K306" s="14" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="L306" s="14" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="M306" s="14" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="N306" s="15" t="n">
         <x:v>24273</x:v>
       </x:c>
       <x:c r="O306" s="14" t="s">
-        <x:v>150</x:v>
+        <x:v>149</x:v>
       </x:c>
       <x:c r="P306" s="14" t="s">
         <x:v>501</x:v>
       </x:c>
       <x:c r="Q306" s="16" t="s">
         <x:v>425</x:v>
       </x:c>
       <x:c r="R306" s="14" t="s">
         <x:v>427</x:v>
       </x:c>
       <x:c r="S306" s="14" t="n">
         <x:v>549515</x:v>
       </x:c>
       <x:c r="T306" s="16" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="U306" s="16" t="s">
         <x:v>382</x:v>
       </x:c>
     </x:row>
     <x:row r="307" spans="1:21">
       <x:c r="A307" s="1" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="B307" s="0" t="s">
@@ -21128,171 +21129,171 @@
       </x:c>
       <x:c r="B321" s="0" t="s">
         <x:v>507</x:v>
       </x:c>
       <x:c r="C321" s="3" t="s"/>
       <x:c r="D321" s="3" t="s"/>
       <x:c r="G321" s="0" t="s">
         <x:v>508</x:v>
       </x:c>
       <x:c r="I321" s="4" t="s">
         <x:v>509</x:v>
       </x:c>
       <x:c r="K321" s="0" t="s">
         <x:v>510</x:v>
       </x:c>
       <x:c r="L321" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M321" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N321" s="3" t="n">
         <x:v>31006</x:v>
       </x:c>
       <x:c r="O321" s="0" t="s">
-        <x:v>193</x:v>
+        <x:v>200</x:v>
       </x:c>
       <x:c r="P321" s="0" t="s">
         <x:v>508</x:v>
       </x:c>
       <x:c r="Q321" s="4" t="s">
         <x:v>509</x:v>
       </x:c>
       <x:c r="R321" s="0" t="s">
         <x:v>221</x:v>
       </x:c>
       <x:c r="S321" s="0" t="n">
         <x:v>534509</x:v>
       </x:c>
       <x:c r="T321" s="4" t="s">
         <x:v>455</x:v>
       </x:c>
       <x:c r="U321" s="4" t="s">
         <x:v>32</x:v>
       </x:c>
     </x:row>
     <x:row r="322" spans="1:21">
       <x:c r="A322" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B322" s="14" t="s">
-        <x:v>507</x:v>
+        <x:v>511</x:v>
       </x:c>
       <x:c r="C322" s="15" t="s"/>
       <x:c r="D322" s="15" t="s"/>
       <x:c r="E322" s="14" t="s"/>
       <x:c r="F322" s="14" t="s"/>
       <x:c r="G322" s="14" t="s">
         <x:v>508</x:v>
       </x:c>
       <x:c r="H322" s="14" t="s"/>
       <x:c r="I322" s="16" t="s">
         <x:v>509</x:v>
       </x:c>
       <x:c r="J322" s="14" t="s"/>
       <x:c r="K322" s="14" t="s">
         <x:v>510</x:v>
       </x:c>
       <x:c r="L322" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M322" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N322" s="15" t="n">
-        <x:v>31006</x:v>
+        <x:v>31034</x:v>
       </x:c>
       <x:c r="O322" s="14" t="s">
-        <x:v>193</x:v>
+        <x:v>115</x:v>
       </x:c>
       <x:c r="P322" s="14" t="s">
         <x:v>508</x:v>
       </x:c>
       <x:c r="Q322" s="16" t="s">
         <x:v>509</x:v>
       </x:c>
       <x:c r="R322" s="14" t="s">
         <x:v>221</x:v>
       </x:c>
       <x:c r="S322" s="14" t="n">
-        <x:v>572255</x:v>
+        <x:v>617896</x:v>
       </x:c>
       <x:c r="T322" s="16" t="s">
-        <x:v>455</x:v>
+        <x:v>512</x:v>
       </x:c>
       <x:c r="U322" s="16" t="s">
-        <x:v>32</x:v>
+        <x:v>456</x:v>
       </x:c>
     </x:row>
     <x:row r="323" spans="1:21">
       <x:c r="A323" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B323" s="0" t="s">
-        <x:v>511</x:v>
+        <x:v>507</x:v>
       </x:c>
       <x:c r="C323" s="3" t="s"/>
       <x:c r="D323" s="3" t="s"/>
       <x:c r="G323" s="0" t="s">
         <x:v>508</x:v>
       </x:c>
       <x:c r="I323" s="4" t="s">
         <x:v>509</x:v>
       </x:c>
       <x:c r="K323" s="0" t="s">
         <x:v>510</x:v>
       </x:c>
       <x:c r="L323" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M323" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N323" s="3" t="n">
-        <x:v>31034</x:v>
+        <x:v>31006</x:v>
       </x:c>
       <x:c r="O323" s="0" t="s">
-        <x:v>115</x:v>
+        <x:v>200</x:v>
       </x:c>
       <x:c r="P323" s="0" t="s">
         <x:v>508</x:v>
       </x:c>
       <x:c r="Q323" s="4" t="s">
         <x:v>509</x:v>
       </x:c>
       <x:c r="R323" s="0" t="s">
         <x:v>221</x:v>
       </x:c>
       <x:c r="S323" s="0" t="n">
-        <x:v>617896</x:v>
+        <x:v>572255</x:v>
       </x:c>
       <x:c r="T323" s="4" t="s">
-        <x:v>512</x:v>
+        <x:v>455</x:v>
       </x:c>
       <x:c r="U323" s="4" t="s">
-        <x:v>456</x:v>
+        <x:v>32</x:v>
       </x:c>
     </x:row>
     <x:row r="324" spans="1:21">
       <x:c r="A324" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B324" s="14" t="s">
         <x:v>513</x:v>
       </x:c>
       <x:c r="C324" s="15" t="s"/>
       <x:c r="D324" s="15" t="s"/>
       <x:c r="E324" s="14" t="s"/>
       <x:c r="F324" s="14" t="s"/>
       <x:c r="G324" s="14" t="s">
         <x:v>508</x:v>
       </x:c>
       <x:c r="H324" s="14" t="s"/>
       <x:c r="I324" s="16" t="s">
         <x:v>509</x:v>
       </x:c>
       <x:c r="J324" s="14" t="s"/>
       <x:c r="K324" s="14" t="s">
         <x:v>510</x:v>
       </x:c>
       <x:c r="L324" s="14" t="s">
@@ -21355,51 +21356,51 @@
       <x:c r="L325" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="M325" s="0" t="s">
         <x:v>127</x:v>
       </x:c>
       <x:c r="N325" s="3" t="n">
         <x:v>24220</x:v>
       </x:c>
       <x:c r="O325" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="P325" s="0" t="s">
         <x:v>517</x:v>
       </x:c>
       <x:c r="Q325" s="4" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="R325" s="0" t="s">
         <x:v>518</x:v>
       </x:c>
       <x:c r="S325" s="0" t="n">
         <x:v>502702</x:v>
       </x:c>
       <x:c r="T325" s="4" t="s">
-        <x:v>192</x:v>
+        <x:v>196</x:v>
       </x:c>
       <x:c r="U325" s="4" t="s">
         <x:v>519</x:v>
       </x:c>
     </x:row>
     <x:row r="326" spans="1:21">
       <x:c r="A326" s="13" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="B326" s="14" t="s">
         <x:v>130</x:v>
       </x:c>
       <x:c r="C326" s="15" t="n">
         <x:v>35340</x:v>
       </x:c>
       <x:c r="D326" s="15" t="s"/>
       <x:c r="E326" s="14" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="F326" s="14" t="s"/>
       <x:c r="G326" s="14" t="s">
         <x:v>515</x:v>
       </x:c>
       <x:c r="H326" s="14" t="s"/>
       <x:c r="I326" s="16" t="s">
@@ -21414,51 +21415,51 @@
       <x:c r="L326" s="14" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="M326" s="14" t="s">
         <x:v>127</x:v>
       </x:c>
       <x:c r="N326" s="15" t="n">
         <x:v>24220</x:v>
       </x:c>
       <x:c r="O326" s="14" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="P326" s="14" t="s">
         <x:v>517</x:v>
       </x:c>
       <x:c r="Q326" s="16" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="R326" s="14" t="s">
         <x:v>518</x:v>
       </x:c>
       <x:c r="S326" s="14" t="n">
         <x:v>502701</x:v>
       </x:c>
       <x:c r="T326" s="16" t="s">
-        <x:v>192</x:v>
+        <x:v>196</x:v>
       </x:c>
       <x:c r="U326" s="16" t="s">
         <x:v>519</x:v>
       </x:c>
     </x:row>
     <x:row r="327" spans="1:21">
       <x:c r="A327" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B327" s="0" t="s">
         <x:v>120</x:v>
       </x:c>
       <x:c r="C327" s="3" t="n">
         <x:v>40792</x:v>
       </x:c>
       <x:c r="D327" s="3" t="s"/>
       <x:c r="G327" s="0" t="s">
         <x:v>520</x:v>
       </x:c>
       <x:c r="I327" s="4" t="s">
         <x:v>521</x:v>
       </x:c>
       <x:c r="J327" s="0" t="s">
         <x:v>123</x:v>
       </x:c>
@@ -21479,51 +21480,51 @@
       </x:c>
       <x:c r="P327" s="0" t="s">
         <x:v>520</x:v>
       </x:c>
       <x:c r="Q327" s="4" t="s">
         <x:v>521</x:v>
       </x:c>
       <x:c r="R327" s="0" t="s">
         <x:v>225</x:v>
       </x:c>
       <x:c r="S327" s="0" t="n">
         <x:v>611774</x:v>
       </x:c>
       <x:c r="T327" s="4" t="s">
         <x:v>262</x:v>
       </x:c>
       <x:c r="U327" s="4" t="s">
         <x:v>125</x:v>
       </x:c>
     </x:row>
     <x:row r="328" spans="1:21">
       <x:c r="A328" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B328" s="14" t="s">
-        <x:v>148</x:v>
+        <x:v>147</x:v>
       </x:c>
       <x:c r="C328" s="15" t="n">
         <x:v>40792</x:v>
       </x:c>
       <x:c r="D328" s="15" t="s"/>
       <x:c r="E328" s="14" t="s"/>
       <x:c r="F328" s="14" t="s"/>
       <x:c r="G328" s="14" t="s">
         <x:v>520</x:v>
       </x:c>
       <x:c r="H328" s="14" t="s"/>
       <x:c r="I328" s="16" t="s">
         <x:v>521</x:v>
       </x:c>
       <x:c r="J328" s="14" t="s">
         <x:v>123</x:v>
       </x:c>
       <x:c r="K328" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L328" s="14" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="M328" s="14" t="s">
         <x:v>33</x:v>
@@ -21590,51 +21591,51 @@
       </x:c>
       <x:c r="P329" s="0" t="s">
         <x:v>522</x:v>
       </x:c>
       <x:c r="Q329" s="4" t="s">
         <x:v>175</x:v>
       </x:c>
       <x:c r="R329" s="0" t="s">
         <x:v>176</x:v>
       </x:c>
       <x:c r="S329" s="0" t="n">
         <x:v>595884</x:v>
       </x:c>
       <x:c r="T329" s="4" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="U329" s="4" t="s">
         <x:v>125</x:v>
       </x:c>
     </x:row>
     <x:row r="330" spans="1:21">
       <x:c r="A330" s="13" t="s">
         <x:v>119</x:v>
       </x:c>
       <x:c r="B330" s="14" t="s">
-        <x:v>148</x:v>
+        <x:v>147</x:v>
       </x:c>
       <x:c r="C330" s="15" t="n">
         <x:v>40792</x:v>
       </x:c>
       <x:c r="D330" s="15" t="s"/>
       <x:c r="E330" s="14" t="s"/>
       <x:c r="F330" s="14" t="s"/>
       <x:c r="G330" s="14" t="s">
         <x:v>523</x:v>
       </x:c>
       <x:c r="H330" s="14" t="s"/>
       <x:c r="I330" s="16" t="s">
         <x:v>312</x:v>
       </x:c>
       <x:c r="J330" s="14" t="s">
         <x:v>123</x:v>
       </x:c>
       <x:c r="K330" s="14" t="s">
         <x:v>124</x:v>
       </x:c>
       <x:c r="L330" s="14" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="M330" s="14" t="s">
         <x:v>33</x:v>
@@ -21820,331 +21821,331 @@
       </x:c>
       <x:c r="Q333" s="4" t="s">
         <x:v>122</x:v>
       </x:c>
       <x:c r="R333" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="S333" s="0" t="n">
         <x:v>611125</x:v>
       </x:c>
       <x:c r="T333" s="4" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="U333" s="4" t="s">
         <x:v>532</x:v>
       </x:c>
     </x:row>
     <x:row r="334" spans="1:21">
       <x:c r="A334" s="13" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="B334" s="14" t="s">
         <x:v>533</x:v>
       </x:c>
       <x:c r="C334" s="15" t="n">
-        <x:v>37843</x:v>
+        <x:v>39115</x:v>
       </x:c>
       <x:c r="D334" s="15" t="s"/>
       <x:c r="E334" s="14" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="F334" s="14" t="s"/>
       <x:c r="G334" s="14" t="s">
         <x:v>525</x:v>
       </x:c>
       <x:c r="H334" s="14" t="s"/>
       <x:c r="I334" s="16" t="s">
         <x:v>526</x:v>
       </x:c>
       <x:c r="J334" s="14" t="s">
-        <x:v>82</x:v>
+        <x:v>59</x:v>
       </x:c>
       <x:c r="K334" s="14" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="L334" s="14" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="M334" s="14" t="s">
         <x:v>127</x:v>
       </x:c>
       <x:c r="N334" s="15" t="n">
-        <x:v>24218</x:v>
+        <x:v>24220</x:v>
       </x:c>
       <x:c r="O334" s="14" t="s">
-        <x:v>534</x:v>
+        <x:v>60</x:v>
       </x:c>
       <x:c r="P334" s="14" t="s">
         <x:v>527</x:v>
       </x:c>
       <x:c r="Q334" s="16" t="s">
         <x:v>122</x:v>
       </x:c>
       <x:c r="R334" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="S334" s="14" t="n">
-        <x:v>550743</x:v>
+        <x:v>550732</x:v>
       </x:c>
       <x:c r="T334" s="16" t="s">
         <x:v>261</x:v>
       </x:c>
       <x:c r="U334" s="16" t="s">
-        <x:v>529</x:v>
+        <x:v>534</x:v>
       </x:c>
     </x:row>
     <x:row r="335" spans="1:21">
       <x:c r="A335" s="1" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="B335" s="0" t="s">
         <x:v>535</x:v>
       </x:c>
       <x:c r="C335" s="3" t="n">
-        <x:v>39115</x:v>
+        <x:v>37843</x:v>
       </x:c>
       <x:c r="D335" s="3" t="s"/>
       <x:c r="E335" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="G335" s="0" t="s">
         <x:v>525</x:v>
       </x:c>
       <x:c r="I335" s="4" t="s">
         <x:v>526</x:v>
       </x:c>
       <x:c r="J335" s="0" t="s">
-        <x:v>59</x:v>
+        <x:v>82</x:v>
       </x:c>
       <x:c r="K335" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="L335" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="M335" s="0" t="s">
         <x:v>127</x:v>
       </x:c>
       <x:c r="N335" s="3" t="n">
-        <x:v>24220</x:v>
+        <x:v>24218</x:v>
       </x:c>
       <x:c r="O335" s="0" t="s">
-        <x:v>60</x:v>
+        <x:v>536</x:v>
       </x:c>
       <x:c r="P335" s="0" t="s">
         <x:v>527</x:v>
       </x:c>
       <x:c r="Q335" s="4" t="s">
         <x:v>122</x:v>
       </x:c>
       <x:c r="R335" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="S335" s="0" t="n">
-        <x:v>550732</x:v>
+        <x:v>550743</x:v>
       </x:c>
       <x:c r="T335" s="4" t="s">
         <x:v>261</x:v>
       </x:c>
       <x:c r="U335" s="4" t="s">
-        <x:v>536</x:v>
+        <x:v>529</x:v>
       </x:c>
     </x:row>
     <x:row r="336" spans="1:21">
       <x:c r="A336" s="13" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="B336" s="14" t="s">
-        <x:v>535</x:v>
+        <x:v>524</x:v>
       </x:c>
       <x:c r="C336" s="15" t="n">
         <x:v>39115</x:v>
       </x:c>
       <x:c r="D336" s="15" t="s"/>
       <x:c r="E336" s="14" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="F336" s="14" t="s"/>
       <x:c r="G336" s="14" t="s">
         <x:v>525</x:v>
       </x:c>
       <x:c r="H336" s="14" t="s"/>
       <x:c r="I336" s="16" t="s">
         <x:v>526</x:v>
       </x:c>
       <x:c r="J336" s="14" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="K336" s="14" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="L336" s="14" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="M336" s="14" t="s">
         <x:v>127</x:v>
       </x:c>
       <x:c r="N336" s="15" t="n">
         <x:v>24220</x:v>
       </x:c>
       <x:c r="O336" s="14" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="P336" s="14" t="s">
         <x:v>527</x:v>
       </x:c>
       <x:c r="Q336" s="16" t="s">
         <x:v>122</x:v>
       </x:c>
       <x:c r="R336" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="S336" s="14" t="n">
-        <x:v>535083</x:v>
+        <x:v>550736</x:v>
       </x:c>
       <x:c r="T336" s="16" t="s">
-        <x:v>528</x:v>
+        <x:v>261</x:v>
       </x:c>
       <x:c r="U336" s="16" t="s">
-        <x:v>529</x:v>
+        <x:v>534</x:v>
       </x:c>
     </x:row>
     <x:row r="337" spans="1:21">
       <x:c r="A337" s="1" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="B337" s="0" t="s">
-        <x:v>136</x:v>
+        <x:v>533</x:v>
       </x:c>
       <x:c r="C337" s="3" t="n">
-        <x:v>35340</x:v>
+        <x:v>39115</x:v>
       </x:c>
       <x:c r="D337" s="3" t="s"/>
       <x:c r="E337" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="G337" s="0" t="s">
         <x:v>525</x:v>
       </x:c>
       <x:c r="I337" s="4" t="s">
         <x:v>526</x:v>
       </x:c>
       <x:c r="J337" s="0" t="s">
-        <x:v>123</x:v>
+        <x:v>59</x:v>
       </x:c>
       <x:c r="K337" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="L337" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="M337" s="0" t="s">
         <x:v>127</x:v>
       </x:c>
       <x:c r="N337" s="3" t="n">
         <x:v>24220</x:v>
       </x:c>
       <x:c r="O337" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="P337" s="0" t="s">
         <x:v>527</x:v>
       </x:c>
       <x:c r="Q337" s="4" t="s">
         <x:v>122</x:v>
       </x:c>
       <x:c r="R337" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="S337" s="0" t="n">
-        <x:v>535305</x:v>
+        <x:v>535083</x:v>
       </x:c>
       <x:c r="T337" s="4" t="s">
-        <x:v>326</x:v>
+        <x:v>528</x:v>
       </x:c>
       <x:c r="U337" s="4" t="s">
-        <x:v>382</x:v>
+        <x:v>529</x:v>
       </x:c>
     </x:row>
     <x:row r="338" spans="1:21">
       <x:c r="A338" s="13" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="B338" s="14" t="s">
-        <x:v>524</x:v>
+        <x:v>136</x:v>
       </x:c>
       <x:c r="C338" s="15" t="n">
-        <x:v>39115</x:v>
+        <x:v>35340</x:v>
       </x:c>
       <x:c r="D338" s="15" t="s"/>
       <x:c r="E338" s="14" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="F338" s="14" t="s"/>
       <x:c r="G338" s="14" t="s">
         <x:v>525</x:v>
       </x:c>
       <x:c r="H338" s="14" t="s"/>
       <x:c r="I338" s="16" t="s">
         <x:v>526</x:v>
       </x:c>
       <x:c r="J338" s="14" t="s">
-        <x:v>59</x:v>
+        <x:v>123</x:v>
       </x:c>
       <x:c r="K338" s="14" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="L338" s="14" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="M338" s="14" t="s">
         <x:v>127</x:v>
       </x:c>
       <x:c r="N338" s="15" t="n">
         <x:v>24220</x:v>
       </x:c>
       <x:c r="O338" s="14" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="P338" s="14" t="s">
         <x:v>527</x:v>
       </x:c>
       <x:c r="Q338" s="16" t="s">
         <x:v>122</x:v>
       </x:c>
       <x:c r="R338" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="S338" s="14" t="n">
-        <x:v>550736</x:v>
+        <x:v>535305</x:v>
       </x:c>
       <x:c r="T338" s="16" t="s">
-        <x:v>261</x:v>
+        <x:v>326</x:v>
       </x:c>
       <x:c r="U338" s="16" t="s">
-        <x:v>536</x:v>
+        <x:v>382</x:v>
       </x:c>
     </x:row>
     <x:row r="339" spans="1:21">
       <x:c r="A339" s="1" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="B339" s="0" t="s">
         <x:v>524</x:v>
       </x:c>
       <x:c r="C339" s="3" t="n">
         <x:v>39115</x:v>
       </x:c>
       <x:c r="D339" s="3" t="s"/>
       <x:c r="E339" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="G339" s="0" t="s">
         <x:v>525</x:v>
       </x:c>
       <x:c r="I339" s="4" t="s">
         <x:v>526</x:v>
       </x:c>
       <x:c r="J339" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
@@ -22224,51 +22225,51 @@
       </x:c>
       <x:c r="P340" s="14" t="s">
         <x:v>527</x:v>
       </x:c>
       <x:c r="Q340" s="16" t="s">
         <x:v>122</x:v>
       </x:c>
       <x:c r="R340" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="S340" s="14" t="n">
         <x:v>535313</x:v>
       </x:c>
       <x:c r="T340" s="16" t="s">
         <x:v>326</x:v>
       </x:c>
       <x:c r="U340" s="16" t="s">
         <x:v>382</x:v>
       </x:c>
     </x:row>
     <x:row r="341" spans="1:21">
       <x:c r="A341" s="1" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="B341" s="0" t="s">
-        <x:v>535</x:v>
+        <x:v>533</x:v>
       </x:c>
       <x:c r="C341" s="3" t="n">
         <x:v>39115</x:v>
       </x:c>
       <x:c r="D341" s="3" t="s"/>
       <x:c r="E341" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="G341" s="0" t="s">
         <x:v>525</x:v>
       </x:c>
       <x:c r="I341" s="4" t="s">
         <x:v>526</x:v>
       </x:c>
       <x:c r="J341" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="K341" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="L341" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="M341" s="0" t="s">
         <x:v>127</x:v>
@@ -22281,110 +22282,110 @@
       </x:c>
       <x:c r="P341" s="0" t="s">
         <x:v>527</x:v>
       </x:c>
       <x:c r="Q341" s="4" t="s">
         <x:v>122</x:v>
       </x:c>
       <x:c r="R341" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="S341" s="0" t="n">
         <x:v>550731</x:v>
       </x:c>
       <x:c r="T341" s="4" t="s">
         <x:v>261</x:v>
       </x:c>
       <x:c r="U341" s="4" t="s">
         <x:v>537</x:v>
       </x:c>
     </x:row>
     <x:row r="342" spans="1:21">
       <x:c r="A342" s="13" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="B342" s="14" t="s">
-        <x:v>533</x:v>
+        <x:v>535</x:v>
       </x:c>
       <x:c r="C342" s="15" t="n">
         <x:v>37843</x:v>
       </x:c>
       <x:c r="D342" s="15" t="s"/>
       <x:c r="E342" s="14" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="F342" s="14" t="s"/>
       <x:c r="G342" s="14" t="s">
         <x:v>525</x:v>
       </x:c>
       <x:c r="H342" s="14" t="s"/>
       <x:c r="I342" s="16" t="s">
         <x:v>526</x:v>
       </x:c>
       <x:c r="J342" s="14" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="K342" s="14" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="L342" s="14" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="M342" s="14" t="s">
         <x:v>127</x:v>
       </x:c>
       <x:c r="N342" s="15" t="n">
         <x:v>24218</x:v>
       </x:c>
       <x:c r="O342" s="14" t="s">
-        <x:v>534</x:v>
+        <x:v>536</x:v>
       </x:c>
       <x:c r="P342" s="14" t="s">
         <x:v>527</x:v>
       </x:c>
       <x:c r="Q342" s="16" t="s">
         <x:v>122</x:v>
       </x:c>
       <x:c r="R342" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="S342" s="14" t="n">
         <x:v>535038</x:v>
       </x:c>
       <x:c r="T342" s="16" t="s">
         <x:v>528</x:v>
       </x:c>
       <x:c r="U342" s="16" t="s">
         <x:v>537</x:v>
       </x:c>
     </x:row>
     <x:row r="343" spans="1:21">
       <x:c r="A343" s="1" t="s">
         <x:v>119</x:v>
       </x:c>
       <x:c r="B343" s="0" t="s">
-        <x:v>148</x:v>
+        <x:v>147</x:v>
       </x:c>
       <x:c r="C343" s="3" t="n">
         <x:v>40792</x:v>
       </x:c>
       <x:c r="D343" s="3" t="s"/>
       <x:c r="G343" s="0" t="s">
         <x:v>538</x:v>
       </x:c>
       <x:c r="I343" s="4" t="s">
         <x:v>387</x:v>
       </x:c>
       <x:c r="J343" s="0" t="s">
         <x:v>123</x:v>
       </x:c>
       <x:c r="K343" s="0" t="s">
         <x:v>124</x:v>
       </x:c>
       <x:c r="L343" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="M343" s="0" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="N343" s="3" t="n">
         <x:v>24220</x:v>
@@ -22697,222 +22698,221 @@
       </x:c>
       <x:c r="P348" s="14" t="s">
         <x:v>539</x:v>
       </x:c>
       <x:c r="Q348" s="16" t="s">
         <x:v>312</x:v>
       </x:c>
       <x:c r="R348" s="14" t="s">
         <x:v>181</x:v>
       </x:c>
       <x:c r="S348" s="14" t="n">
         <x:v>614687</x:v>
       </x:c>
       <x:c r="T348" s="16" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="U348" s="16" t="s">
         <x:v>125</x:v>
       </x:c>
     </x:row>
     <x:row r="349" spans="1:21">
       <x:c r="A349" s="1" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="B349" s="0" t="s">
-        <x:v>210</x:v>
+        <x:v>209</x:v>
       </x:c>
       <x:c r="C349" s="3" t="n">
         <x:v>37680</x:v>
       </x:c>
       <x:c r="D349" s="3" t="s"/>
       <x:c r="E349" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="G349" s="0" t="s">
         <x:v>539</x:v>
       </x:c>
       <x:c r="H349" s="0" t="s">
         <x:v>540</x:v>
       </x:c>
       <x:c r="I349" s="4" t="s">
         <x:v>312</x:v>
       </x:c>
       <x:c r="J349" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="K349" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="L349" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="M349" s="0" t="s">
         <x:v>127</x:v>
       </x:c>
       <x:c r="N349" s="3" t="n">
         <x:v>24273</x:v>
       </x:c>
       <x:c r="O349" s="0" t="s">
-        <x:v>150</x:v>
+        <x:v>149</x:v>
       </x:c>
       <x:c r="P349" s="0" t="s">
         <x:v>539</x:v>
       </x:c>
       <x:c r="Q349" s="4" t="s">
         <x:v>312</x:v>
       </x:c>
       <x:c r="R349" s="0" t="s">
         <x:v>181</x:v>
       </x:c>
       <x:c r="S349" s="0" t="n">
-        <x:v>614700</x:v>
+        <x:v>549272</x:v>
       </x:c>
       <x:c r="T349" s="4" t="s">
-        <x:v>53</x:v>
+        <x:v>51</x:v>
       </x:c>
       <x:c r="U349" s="4" t="s">
-        <x:v>392</x:v>
+        <x:v>52</x:v>
       </x:c>
     </x:row>
     <x:row r="350" spans="1:21">
       <x:c r="A350" s="13" t="s">
-        <x:v>21</x:v>
+        <x:v>39</x:v>
       </x:c>
       <x:c r="B350" s="14" t="s">
-        <x:v>120</x:v>
+        <x:v>209</x:v>
       </x:c>
       <x:c r="C350" s="15" t="n">
-        <x:v>40792</x:v>
+        <x:v>37680</x:v>
       </x:c>
       <x:c r="D350" s="15" t="s"/>
-      <x:c r="E350" s="14" t="s"/>
+      <x:c r="E350" s="14" t="s">
+        <x:v>41</x:v>
+      </x:c>
       <x:c r="F350" s="14" t="s"/>
       <x:c r="G350" s="14" t="s">
         <x:v>539</x:v>
       </x:c>
       <x:c r="H350" s="14" t="s">
         <x:v>540</x:v>
       </x:c>
       <x:c r="I350" s="16" t="s">
         <x:v>312</x:v>
       </x:c>
       <x:c r="J350" s="14" t="s">
-        <x:v>123</x:v>
+        <x:v>59</x:v>
       </x:c>
       <x:c r="K350" s="14" t="s">
-        <x:v>26</x:v>
+        <x:v>46</x:v>
       </x:c>
       <x:c r="L350" s="14" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="M350" s="14" t="s">
-        <x:v>33</x:v>
+        <x:v>127</x:v>
       </x:c>
       <x:c r="N350" s="15" t="n">
-        <x:v>24220</x:v>
+        <x:v>24273</x:v>
       </x:c>
       <x:c r="O350" s="14" t="s">
-        <x:v>60</x:v>
+        <x:v>149</x:v>
       </x:c>
       <x:c r="P350" s="14" t="s">
         <x:v>539</x:v>
       </x:c>
       <x:c r="Q350" s="16" t="s">
         <x:v>312</x:v>
       </x:c>
       <x:c r="R350" s="14" t="s">
         <x:v>181</x:v>
       </x:c>
       <x:c r="S350" s="14" t="n">
-        <x:v>588314</x:v>
+        <x:v>614700</x:v>
       </x:c>
       <x:c r="T350" s="16" t="s">
-        <x:v>261</x:v>
+        <x:v>53</x:v>
       </x:c>
       <x:c r="U350" s="16" t="s">
-        <x:v>170</x:v>
+        <x:v>392</x:v>
       </x:c>
     </x:row>
     <x:row r="351" spans="1:21">
       <x:c r="A351" s="1" t="s">
-        <x:v>39</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B351" s="0" t="s">
-        <x:v>210</x:v>
+        <x:v>120</x:v>
       </x:c>
       <x:c r="C351" s="3" t="n">
-        <x:v>37680</x:v>
+        <x:v>40792</x:v>
       </x:c>
       <x:c r="D351" s="3" t="s"/>
-      <x:c r="E351" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="G351" s="0" t="s">
         <x:v>539</x:v>
       </x:c>
       <x:c r="H351" s="0" t="s">
         <x:v>540</x:v>
       </x:c>
       <x:c r="I351" s="4" t="s">
         <x:v>312</x:v>
       </x:c>
       <x:c r="J351" s="0" t="s">
-        <x:v>59</x:v>
+        <x:v>123</x:v>
       </x:c>
       <x:c r="K351" s="0" t="s">
-        <x:v>46</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="L351" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="M351" s="0" t="s">
-        <x:v>127</x:v>
+        <x:v>33</x:v>
       </x:c>
       <x:c r="N351" s="3" t="n">
-        <x:v>24273</x:v>
+        <x:v>24220</x:v>
       </x:c>
       <x:c r="O351" s="0" t="s">
-        <x:v>150</x:v>
+        <x:v>60</x:v>
       </x:c>
       <x:c r="P351" s="0" t="s">
         <x:v>539</x:v>
       </x:c>
       <x:c r="Q351" s="4" t="s">
         <x:v>312</x:v>
       </x:c>
       <x:c r="R351" s="0" t="s">
         <x:v>181</x:v>
       </x:c>
       <x:c r="S351" s="0" t="n">
-        <x:v>549272</x:v>
+        <x:v>588314</x:v>
       </x:c>
       <x:c r="T351" s="4" t="s">
-        <x:v>51</x:v>
+        <x:v>261</x:v>
       </x:c>
       <x:c r="U351" s="4" t="s">
-        <x:v>52</x:v>
+        <x:v>170</x:v>
       </x:c>
     </x:row>
     <x:row r="352" spans="1:21">
       <x:c r="A352" s="13" t="s">
         <x:v>133</x:v>
       </x:c>
       <x:c r="B352" s="14" t="s">
         <x:v>134</x:v>
       </x:c>
       <x:c r="C352" s="15" t="n">
         <x:v>40792</x:v>
       </x:c>
       <x:c r="D352" s="15" t="s"/>
       <x:c r="E352" s="14" t="s"/>
       <x:c r="F352" s="14" t="s"/>
       <x:c r="G352" s="14" t="s">
         <x:v>539</x:v>
       </x:c>
       <x:c r="H352" s="14" t="s">
         <x:v>540</x:v>
       </x:c>
       <x:c r="I352" s="16" t="s">
         <x:v>312</x:v>
       </x:c>
       <x:c r="J352" s="14" t="s">
@@ -22932,114 +22932,111 @@
       </x:c>
       <x:c r="O352" s="14" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="P352" s="14" t="s">
         <x:v>539</x:v>
       </x:c>
       <x:c r="Q352" s="16" t="s">
         <x:v>312</x:v>
       </x:c>
       <x:c r="R352" s="14" t="s">
         <x:v>176</x:v>
       </x:c>
       <x:c r="S352" s="14" t="n">
         <x:v>608137</x:v>
       </x:c>
       <x:c r="T352" s="16" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="U352" s="16" t="s">
         <x:v>125</x:v>
       </x:c>
     </x:row>
     <x:row r="353" spans="1:21">
       <x:c r="A353" s="1" t="s">
-        <x:v>39</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B353" s="0" t="s">
-        <x:v>130</x:v>
+        <x:v>120</x:v>
       </x:c>
       <x:c r="C353" s="3" t="n">
-        <x:v>35340</x:v>
+        <x:v>40792</x:v>
       </x:c>
       <x:c r="D353" s="3" t="s"/>
-      <x:c r="E353" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="G353" s="0" t="s">
         <x:v>539</x:v>
       </x:c>
       <x:c r="H353" s="0" t="s">
         <x:v>540</x:v>
       </x:c>
       <x:c r="I353" s="4" t="s">
         <x:v>312</x:v>
       </x:c>
       <x:c r="J353" s="0" t="s">
         <x:v>123</x:v>
       </x:c>
       <x:c r="K353" s="0" t="s">
-        <x:v>46</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="L353" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="M353" s="0" t="s">
-        <x:v>127</x:v>
+        <x:v>33</x:v>
       </x:c>
       <x:c r="N353" s="3" t="n">
         <x:v>24220</x:v>
       </x:c>
       <x:c r="O353" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="P353" s="0" t="s">
         <x:v>539</x:v>
       </x:c>
       <x:c r="Q353" s="4" t="s">
         <x:v>312</x:v>
       </x:c>
       <x:c r="R353" s="0" t="s">
-        <x:v>181</x:v>
+        <x:v>176</x:v>
       </x:c>
       <x:c r="S353" s="0" t="n">
-        <x:v>503860</x:v>
+        <x:v>608138</x:v>
       </x:c>
       <x:c r="T353" s="4" t="s">
-        <x:v>326</x:v>
+        <x:v>53</x:v>
       </x:c>
       <x:c r="U353" s="4" t="s">
-        <x:v>52</x:v>
+        <x:v>125</x:v>
       </x:c>
     </x:row>
     <x:row r="354" spans="1:21">
       <x:c r="A354" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B354" s="14" t="s">
-        <x:v>148</x:v>
+        <x:v>147</x:v>
       </x:c>
       <x:c r="C354" s="15" t="n">
         <x:v>40792</x:v>
       </x:c>
       <x:c r="D354" s="15" t="s"/>
       <x:c r="E354" s="14" t="s"/>
       <x:c r="F354" s="14" t="s"/>
       <x:c r="G354" s="14" t="s">
         <x:v>539</x:v>
       </x:c>
       <x:c r="H354" s="14" t="s">
         <x:v>540</x:v>
       </x:c>
       <x:c r="I354" s="16" t="s">
         <x:v>312</x:v>
       </x:c>
       <x:c r="J354" s="14" t="s">
         <x:v>123</x:v>
       </x:c>
       <x:c r="K354" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L354" s="14" t="s">
         <x:v>47</x:v>
       </x:c>
@@ -23051,204 +23048,207 @@
       </x:c>
       <x:c r="O354" s="14" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="P354" s="14" t="s">
         <x:v>539</x:v>
       </x:c>
       <x:c r="Q354" s="16" t="s">
         <x:v>312</x:v>
       </x:c>
       <x:c r="R354" s="14" t="s">
         <x:v>181</x:v>
       </x:c>
       <x:c r="S354" s="14" t="n">
         <x:v>588315</x:v>
       </x:c>
       <x:c r="T354" s="16" t="s">
         <x:v>261</x:v>
       </x:c>
       <x:c r="U354" s="16" t="s">
         <x:v>170</x:v>
       </x:c>
     </x:row>
     <x:row r="355" spans="1:21">
       <x:c r="A355" s="1" t="s">
-        <x:v>21</x:v>
+        <x:v>39</x:v>
       </x:c>
       <x:c r="B355" s="0" t="s">
-        <x:v>120</x:v>
+        <x:v>130</x:v>
       </x:c>
       <x:c r="C355" s="3" t="n">
-        <x:v>40792</x:v>
+        <x:v>35340</x:v>
       </x:c>
       <x:c r="D355" s="3" t="s"/>
+      <x:c r="E355" s="0" t="s">
+        <x:v>41</x:v>
+      </x:c>
       <x:c r="G355" s="0" t="s">
         <x:v>539</x:v>
       </x:c>
       <x:c r="H355" s="0" t="s">
         <x:v>540</x:v>
       </x:c>
       <x:c r="I355" s="4" t="s">
         <x:v>312</x:v>
       </x:c>
       <x:c r="J355" s="0" t="s">
         <x:v>123</x:v>
       </x:c>
       <x:c r="K355" s="0" t="s">
-        <x:v>26</x:v>
+        <x:v>46</x:v>
       </x:c>
       <x:c r="L355" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="M355" s="0" t="s">
-        <x:v>33</x:v>
+        <x:v>127</x:v>
       </x:c>
       <x:c r="N355" s="3" t="n">
         <x:v>24220</x:v>
       </x:c>
       <x:c r="O355" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="P355" s="0" t="s">
         <x:v>539</x:v>
       </x:c>
       <x:c r="Q355" s="4" t="s">
         <x:v>312</x:v>
       </x:c>
       <x:c r="R355" s="0" t="s">
-        <x:v>176</x:v>
+        <x:v>181</x:v>
       </x:c>
       <x:c r="S355" s="0" t="n">
-        <x:v>608138</x:v>
+        <x:v>503860</x:v>
       </x:c>
       <x:c r="T355" s="4" t="s">
-        <x:v>53</x:v>
+        <x:v>326</x:v>
       </x:c>
       <x:c r="U355" s="4" t="s">
-        <x:v>125</x:v>
+        <x:v>52</x:v>
       </x:c>
     </x:row>
     <x:row r="356" spans="1:21">
       <x:c r="A356" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B356" s="14" t="s">
         <x:v>207</x:v>
       </x:c>
       <x:c r="C356" s="15" t="n">
         <x:v>37680</x:v>
       </x:c>
       <x:c r="D356" s="15" t="s"/>
       <x:c r="E356" s="14" t="s"/>
       <x:c r="F356" s="14" t="s"/>
       <x:c r="G356" s="14" t="s">
         <x:v>539</x:v>
       </x:c>
       <x:c r="H356" s="14" t="s">
         <x:v>540</x:v>
       </x:c>
       <x:c r="I356" s="16" t="s">
         <x:v>312</x:v>
       </x:c>
       <x:c r="J356" s="14" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="K356" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L356" s="14" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="M356" s="14" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="N356" s="15" t="n">
         <x:v>24273</x:v>
       </x:c>
       <x:c r="O356" s="14" t="s">
-        <x:v>150</x:v>
+        <x:v>149</x:v>
       </x:c>
       <x:c r="P356" s="14" t="s">
         <x:v>539</x:v>
       </x:c>
       <x:c r="Q356" s="16" t="s">
         <x:v>312</x:v>
       </x:c>
       <x:c r="R356" s="14" t="s">
         <x:v>181</x:v>
       </x:c>
       <x:c r="S356" s="14" t="n">
         <x:v>588395</x:v>
       </x:c>
       <x:c r="T356" s="16" t="s">
         <x:v>141</x:v>
       </x:c>
       <x:c r="U356" s="16" t="s">
         <x:v>541</x:v>
       </x:c>
     </x:row>
     <x:row r="357" spans="1:21">
       <x:c r="A357" s="1" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="B357" s="0" t="s">
-        <x:v>210</x:v>
+        <x:v>209</x:v>
       </x:c>
       <x:c r="C357" s="3" t="n">
         <x:v>37680</x:v>
       </x:c>
       <x:c r="D357" s="3" t="s"/>
       <x:c r="E357" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="G357" s="0" t="s">
         <x:v>539</x:v>
       </x:c>
       <x:c r="H357" s="0" t="s">
         <x:v>540</x:v>
       </x:c>
       <x:c r="I357" s="4" t="s">
         <x:v>312</x:v>
       </x:c>
       <x:c r="J357" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="K357" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="L357" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="M357" s="0" t="s">
         <x:v>127</x:v>
       </x:c>
       <x:c r="N357" s="3" t="n">
         <x:v>24273</x:v>
       </x:c>
       <x:c r="O357" s="0" t="s">
-        <x:v>150</x:v>
+        <x:v>149</x:v>
       </x:c>
       <x:c r="P357" s="0" t="s">
         <x:v>542</x:v>
       </x:c>
       <x:c r="Q357" s="4" t="s">
         <x:v>175</x:v>
       </x:c>
       <x:c r="R357" s="0" t="s">
         <x:v>176</x:v>
       </x:c>
       <x:c r="S357" s="0" t="n">
         <x:v>611092</x:v>
       </x:c>
       <x:c r="T357" s="4" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="U357" s="4" t="s">
         <x:v>170</x:v>
       </x:c>
     </x:row>
     <x:row r="358" spans="1:21">
       <x:c r="A358" s="13" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="B358" s="14" t="s">
@@ -23502,51 +23502,51 @@
       <x:c r="G362" s="14" t="s">
         <x:v>539</x:v>
       </x:c>
       <x:c r="H362" s="14" t="s">
         <x:v>540</x:v>
       </x:c>
       <x:c r="I362" s="16" t="s">
         <x:v>312</x:v>
       </x:c>
       <x:c r="J362" s="14" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="K362" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L362" s="14" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="M362" s="14" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="N362" s="15" t="n">
         <x:v>24273</x:v>
       </x:c>
       <x:c r="O362" s="14" t="s">
-        <x:v>150</x:v>
+        <x:v>149</x:v>
       </x:c>
       <x:c r="P362" s="14" t="s">
         <x:v>543</x:v>
       </x:c>
       <x:c r="Q362" s="16" t="s">
         <x:v>312</x:v>
       </x:c>
       <x:c r="R362" s="14" t="s">
         <x:v>176</x:v>
       </x:c>
       <x:c r="S362" s="14" t="n">
         <x:v>608142</x:v>
       </x:c>
       <x:c r="T362" s="16" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="U362" s="16" t="s">
         <x:v>417</x:v>
       </x:c>
     </x:row>
     <x:row r="363" spans="1:21">
       <x:c r="A363" s="1" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="B363" s="0" t="s">
@@ -23701,159 +23701,159 @@
       </x:c>
       <x:c r="P365" s="0" t="s">
         <x:v>543</x:v>
       </x:c>
       <x:c r="Q365" s="4" t="s">
         <x:v>312</x:v>
       </x:c>
       <x:c r="R365" s="0" t="s">
         <x:v>176</x:v>
       </x:c>
       <x:c r="S365" s="0" t="n">
         <x:v>556960</x:v>
       </x:c>
       <x:c r="T365" s="4" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="U365" s="4" t="s">
         <x:v>170</x:v>
       </x:c>
     </x:row>
     <x:row r="366" spans="1:21">
       <x:c r="A366" s="13" t="s">
         <x:v>133</x:v>
       </x:c>
       <x:c r="B366" s="14" t="s">
-        <x:v>134</x:v>
+        <x:v>205</x:v>
       </x:c>
       <x:c r="C366" s="15" t="n">
-        <x:v>35340</x:v>
+        <x:v>37680</x:v>
       </x:c>
       <x:c r="D366" s="15" t="s"/>
       <x:c r="E366" s="14" t="s"/>
       <x:c r="F366" s="14" t="s"/>
       <x:c r="G366" s="14" t="s">
         <x:v>539</x:v>
       </x:c>
       <x:c r="H366" s="14" t="s">
         <x:v>540</x:v>
       </x:c>
       <x:c r="I366" s="16" t="s">
         <x:v>312</x:v>
       </x:c>
       <x:c r="J366" s="14" t="s">
-        <x:v>123</x:v>
+        <x:v>59</x:v>
       </x:c>
       <x:c r="K366" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L366" s="14" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="M366" s="14" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="N366" s="15" t="n">
-        <x:v>24220</x:v>
+        <x:v>24273</x:v>
       </x:c>
       <x:c r="O366" s="14" t="s">
-        <x:v>60</x:v>
+        <x:v>149</x:v>
       </x:c>
       <x:c r="P366" s="14" t="s">
         <x:v>543</x:v>
       </x:c>
       <x:c r="Q366" s="16" t="s">
         <x:v>312</x:v>
       </x:c>
       <x:c r="R366" s="14" t="s">
         <x:v>176</x:v>
       </x:c>
       <x:c r="S366" s="14" t="n">
-        <x:v>531255</x:v>
+        <x:v>608141</x:v>
       </x:c>
       <x:c r="T366" s="16" t="s">
-        <x:v>544</x:v>
+        <x:v>53</x:v>
       </x:c>
       <x:c r="U366" s="16" t="s">
-        <x:v>52</x:v>
+        <x:v>417</x:v>
       </x:c>
     </x:row>
     <x:row r="367" spans="1:21">
       <x:c r="A367" s="1" t="s">
         <x:v>133</x:v>
       </x:c>
       <x:c r="B367" s="0" t="s">
-        <x:v>205</x:v>
+        <x:v>134</x:v>
       </x:c>
       <x:c r="C367" s="3" t="n">
-        <x:v>37680</x:v>
+        <x:v>35340</x:v>
       </x:c>
       <x:c r="D367" s="3" t="s"/>
       <x:c r="G367" s="0" t="s">
         <x:v>539</x:v>
       </x:c>
       <x:c r="H367" s="0" t="s">
         <x:v>540</x:v>
       </x:c>
       <x:c r="I367" s="4" t="s">
         <x:v>312</x:v>
       </x:c>
       <x:c r="J367" s="0" t="s">
-        <x:v>59</x:v>
+        <x:v>123</x:v>
       </x:c>
       <x:c r="K367" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L367" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="M367" s="0" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="N367" s="3" t="n">
-        <x:v>24273</x:v>
+        <x:v>24220</x:v>
       </x:c>
       <x:c r="O367" s="0" t="s">
-        <x:v>150</x:v>
+        <x:v>60</x:v>
       </x:c>
       <x:c r="P367" s="0" t="s">
         <x:v>543</x:v>
       </x:c>
       <x:c r="Q367" s="4" t="s">
         <x:v>312</x:v>
       </x:c>
       <x:c r="R367" s="0" t="s">
         <x:v>176</x:v>
       </x:c>
       <x:c r="S367" s="0" t="n">
-        <x:v>608141</x:v>
+        <x:v>531255</x:v>
       </x:c>
       <x:c r="T367" s="4" t="s">
-        <x:v>53</x:v>
+        <x:v>544</x:v>
       </x:c>
       <x:c r="U367" s="4" t="s">
-        <x:v>417</x:v>
+        <x:v>52</x:v>
       </x:c>
     </x:row>
     <x:row r="368" spans="1:21">
       <x:c r="A368" s="13" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="B368" s="14" t="s">
         <x:v>136</x:v>
       </x:c>
       <x:c r="C368" s="15" t="n">
         <x:v>35340</x:v>
       </x:c>
       <x:c r="D368" s="15" t="s"/>
       <x:c r="E368" s="14" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="F368" s="14" t="s"/>
       <x:c r="G368" s="14" t="s">
         <x:v>547</x:v>
       </x:c>
       <x:c r="H368" s="14" t="s">
         <x:v>538</x:v>
       </x:c>
       <x:c r="I368" s="16" t="s">
         <x:v>548</x:v>
@@ -23878,158 +23878,158 @@
       </x:c>
       <x:c r="P368" s="14" t="s">
         <x:v>547</x:v>
       </x:c>
       <x:c r="Q368" s="16" t="s">
         <x:v>548</x:v>
       </x:c>
       <x:c r="R368" s="14" t="s">
         <x:v>218</x:v>
       </x:c>
       <x:c r="S368" s="14" t="n">
         <x:v>515227</x:v>
       </x:c>
       <x:c r="T368" s="16" t="s">
         <x:v>326</x:v>
       </x:c>
       <x:c r="U368" s="16" t="s">
         <x:v>52</x:v>
       </x:c>
     </x:row>
     <x:row r="369" spans="1:21">
       <x:c r="A369" s="1" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="B369" s="0" t="s">
-        <x:v>136</x:v>
+        <x:v>130</x:v>
       </x:c>
       <x:c r="C369" s="3" t="n">
         <x:v>40792</x:v>
       </x:c>
       <x:c r="D369" s="3" t="s"/>
       <x:c r="E369" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="G369" s="0" t="s">
         <x:v>547</x:v>
       </x:c>
       <x:c r="H369" s="0" t="s">
         <x:v>538</x:v>
       </x:c>
       <x:c r="I369" s="4" t="s">
         <x:v>548</x:v>
       </x:c>
       <x:c r="J369" s="0" t="s">
         <x:v>123</x:v>
       </x:c>
       <x:c r="K369" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="L369" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="M369" s="0" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="N369" s="3" t="n">
         <x:v>24220</x:v>
       </x:c>
       <x:c r="O369" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="P369" s="0" t="s">
         <x:v>547</x:v>
       </x:c>
       <x:c r="Q369" s="4" t="s">
         <x:v>548</x:v>
       </x:c>
       <x:c r="R369" s="0" t="s">
         <x:v>218</x:v>
       </x:c>
       <x:c r="S369" s="0" t="n">
-        <x:v>545173</x:v>
+        <x:v>545167</x:v>
       </x:c>
       <x:c r="T369" s="4" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="U369" s="4" t="s">
         <x:v>170</x:v>
       </x:c>
     </x:row>
     <x:row r="370" spans="1:21">
       <x:c r="A370" s="13" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="B370" s="14" t="s">
-        <x:v>130</x:v>
+        <x:v>136</x:v>
       </x:c>
       <x:c r="C370" s="15" t="n">
         <x:v>40792</x:v>
       </x:c>
       <x:c r="D370" s="15" t="s"/>
       <x:c r="E370" s="14" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="F370" s="14" t="s"/>
       <x:c r="G370" s="14" t="s">
         <x:v>547</x:v>
       </x:c>
       <x:c r="H370" s="14" t="s">
         <x:v>538</x:v>
       </x:c>
       <x:c r="I370" s="16" t="s">
         <x:v>548</x:v>
       </x:c>
       <x:c r="J370" s="14" t="s">
         <x:v>123</x:v>
       </x:c>
       <x:c r="K370" s="14" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="L370" s="14" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="M370" s="14" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="N370" s="15" t="n">
         <x:v>24220</x:v>
       </x:c>
       <x:c r="O370" s="14" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="P370" s="14" t="s">
         <x:v>547</x:v>
       </x:c>
       <x:c r="Q370" s="16" t="s">
         <x:v>548</x:v>
       </x:c>
       <x:c r="R370" s="14" t="s">
         <x:v>218</x:v>
       </x:c>
       <x:c r="S370" s="14" t="n">
-        <x:v>545167</x:v>
+        <x:v>545173</x:v>
       </x:c>
       <x:c r="T370" s="16" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="U370" s="16" t="s">
         <x:v>170</x:v>
       </x:c>
     </x:row>
     <x:row r="371" spans="1:21">
       <x:c r="A371" s="1" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="B371" s="0" t="s">
         <x:v>130</x:v>
       </x:c>
       <x:c r="C371" s="3" t="n">
         <x:v>35340</x:v>
       </x:c>
       <x:c r="D371" s="3" t="s"/>
       <x:c r="E371" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="G371" s="0" t="s">
         <x:v>547</x:v>
       </x:c>
@@ -24209,51 +24209,51 @@
       <x:c r="E374" s="14" t="s"/>
       <x:c r="F374" s="14" t="s"/>
       <x:c r="G374" s="14" t="s">
         <x:v>549</x:v>
       </x:c>
       <x:c r="H374" s="14" t="s">
         <x:v>550</x:v>
       </x:c>
       <x:c r="I374" s="16" t="s">
         <x:v>122</x:v>
       </x:c>
       <x:c r="J374" s="14" t="s"/>
       <x:c r="K374" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L374" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M374" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N374" s="15" t="n">
         <x:v>31006</x:v>
       </x:c>
       <x:c r="O374" s="14" t="s">
-        <x:v>193</x:v>
+        <x:v>200</x:v>
       </x:c>
       <x:c r="P374" s="14" t="s">
         <x:v>549</x:v>
       </x:c>
       <x:c r="Q374" s="16" t="s">
         <x:v>122</x:v>
       </x:c>
       <x:c r="R374" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="S374" s="14" t="n">
         <x:v>523223</x:v>
       </x:c>
       <x:c r="T374" s="16" t="s">
         <x:v>551</x:v>
       </x:c>
       <x:c r="U374" s="16" t="s">
         <x:v>32</x:v>
       </x:c>
     </x:row>
     <x:row r="375" spans="1:21">
       <x:c r="A375" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B375" s="0" t="s">
@@ -24400,51 +24400,51 @@
       </x:c>
       <x:c r="P377" s="0" t="s">
         <x:v>558</x:v>
       </x:c>
       <x:c r="Q377" s="4" t="s">
         <x:v>269</x:v>
       </x:c>
       <x:c r="R377" s="0" t="s">
         <x:v>218</x:v>
       </x:c>
       <x:c r="S377" s="0" t="n">
         <x:v>595878</x:v>
       </x:c>
       <x:c r="T377" s="4" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="U377" s="4" t="s">
         <x:v>125</x:v>
       </x:c>
     </x:row>
     <x:row r="378" spans="1:21">
       <x:c r="A378" s="13" t="s">
         <x:v>119</x:v>
       </x:c>
       <x:c r="B378" s="14" t="s">
-        <x:v>148</x:v>
+        <x:v>147</x:v>
       </x:c>
       <x:c r="C378" s="15" t="n">
         <x:v>40792</x:v>
       </x:c>
       <x:c r="D378" s="15" t="s"/>
       <x:c r="E378" s="14" t="s"/>
       <x:c r="F378" s="14" t="s"/>
       <x:c r="G378" s="14" t="s">
         <x:v>558</x:v>
       </x:c>
       <x:c r="H378" s="14" t="s"/>
       <x:c r="I378" s="16" t="s">
         <x:v>269</x:v>
       </x:c>
       <x:c r="J378" s="14" t="s">
         <x:v>123</x:v>
       </x:c>
       <x:c r="K378" s="14" t="s">
         <x:v>124</x:v>
       </x:c>
       <x:c r="L378" s="14" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="M378" s="14" t="s">
         <x:v>127</x:v>
@@ -24556,117 +24556,117 @@
       <x:c r="J380" s="14" t="s">
         <x:v>123</x:v>
       </x:c>
       <x:c r="K380" s="14" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="L380" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M380" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N380" s="15" t="n">
         <x:v>31034</x:v>
       </x:c>
       <x:c r="O380" s="14" t="s">
         <x:v>115</x:v>
       </x:c>
       <x:c r="P380" s="14" t="s">
         <x:v>546</x:v>
       </x:c>
       <x:c r="Q380" s="16" t="s">
         <x:v>438</x:v>
       </x:c>
       <x:c r="R380" s="14" t="s">
-        <x:v>439</x:v>
+        <x:v>234</x:v>
       </x:c>
       <x:c r="S380" s="14" t="n">
-        <x:v>608682</x:v>
+        <x:v>509830</x:v>
       </x:c>
       <x:c r="T380" s="16" t="s">
-        <x:v>31</x:v>
+        <x:v>560</x:v>
       </x:c>
       <x:c r="U380" s="16" t="s">
-        <x:v>32</x:v>
+        <x:v>364</x:v>
       </x:c>
     </x:row>
     <x:row r="381" spans="1:21">
       <x:c r="A381" s="1" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="B381" s="0" t="s">
         <x:v>545</x:v>
       </x:c>
       <x:c r="C381" s="3" t="n">
         <x:v>36462</x:v>
       </x:c>
       <x:c r="D381" s="3" t="s"/>
       <x:c r="E381" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="G381" s="0" t="s">
         <x:v>546</x:v>
       </x:c>
       <x:c r="I381" s="4" t="s">
         <x:v>438</x:v>
       </x:c>
       <x:c r="J381" s="0" t="s">
         <x:v>123</x:v>
       </x:c>
       <x:c r="K381" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="L381" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M381" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N381" s="3" t="n">
         <x:v>31034</x:v>
       </x:c>
       <x:c r="O381" s="0" t="s">
         <x:v>115</x:v>
       </x:c>
       <x:c r="P381" s="0" t="s">
         <x:v>546</x:v>
       </x:c>
       <x:c r="Q381" s="4" t="s">
         <x:v>438</x:v>
       </x:c>
       <x:c r="R381" s="0" t="s">
-        <x:v>234</x:v>
+        <x:v>439</x:v>
       </x:c>
       <x:c r="S381" s="0" t="n">
-        <x:v>509830</x:v>
+        <x:v>608682</x:v>
       </x:c>
       <x:c r="T381" s="4" t="s">
-        <x:v>560</x:v>
+        <x:v>31</x:v>
       </x:c>
       <x:c r="U381" s="4" t="s">
-        <x:v>364</x:v>
+        <x:v>32</x:v>
       </x:c>
     </x:row>
     <x:row r="382" spans="1:21">
       <x:c r="A382" s="13" t="s">
         <x:v>119</x:v>
       </x:c>
       <x:c r="B382" s="14" t="s">
         <x:v>553</x:v>
       </x:c>
       <x:c r="C382" s="15" t="n">
         <x:v>40744</x:v>
       </x:c>
       <x:c r="D382" s="15" t="s"/>
       <x:c r="E382" s="14" t="s"/>
       <x:c r="F382" s="14" t="s"/>
       <x:c r="G382" s="14" t="s">
         <x:v>561</x:v>
       </x:c>
       <x:c r="H382" s="14" t="s"/>
       <x:c r="I382" s="16" t="s">
         <x:v>562</x:v>
       </x:c>
       <x:c r="J382" s="14" t="s">
         <x:v>59</x:v>
       </x:c>
@@ -24710,51 +24710,51 @@
       </x:c>
       <x:c r="B383" s="0" t="s">
         <x:v>563</x:v>
       </x:c>
       <x:c r="C383" s="3" t="s"/>
       <x:c r="D383" s="3" t="s"/>
       <x:c r="G383" s="0" t="s">
         <x:v>561</x:v>
       </x:c>
       <x:c r="I383" s="4" t="s">
         <x:v>562</x:v>
       </x:c>
       <x:c r="K383" s="0" t="s">
         <x:v>124</x:v>
       </x:c>
       <x:c r="L383" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="M383" s="0" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="N383" s="3" t="n">
         <x:v>31006</x:v>
       </x:c>
       <x:c r="O383" s="0" t="s">
-        <x:v>193</x:v>
+        <x:v>200</x:v>
       </x:c>
       <x:c r="P383" s="0" t="s">
         <x:v>561</x:v>
       </x:c>
       <x:c r="Q383" s="4" t="s">
         <x:v>562</x:v>
       </x:c>
       <x:c r="R383" s="0" t="s">
         <x:v>230</x:v>
       </x:c>
       <x:c r="S383" s="0" t="n">
         <x:v>596819</x:v>
       </x:c>
       <x:c r="T383" s="4" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="U383" s="4" t="s">
         <x:v>170</x:v>
       </x:c>
     </x:row>
     <x:row r="384" spans="1:21">
       <x:c r="A384" s="13" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="B384" s="14" t="s">
@@ -24885,51 +24885,51 @@
       </x:c>
       <x:c r="F386" s="14" t="s"/>
       <x:c r="G386" s="14" t="s">
         <x:v>569</x:v>
       </x:c>
       <x:c r="H386" s="14" t="s"/>
       <x:c r="I386" s="16" t="s">
         <x:v>570</x:v>
       </x:c>
       <x:c r="J386" s="14" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="K386" s="14" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="L386" s="14" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="M386" s="14" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="N386" s="15" t="n">
         <x:v>31006</x:v>
       </x:c>
       <x:c r="O386" s="14" t="s">
-        <x:v>193</x:v>
+        <x:v>200</x:v>
       </x:c>
       <x:c r="P386" s="14" t="s">
         <x:v>571</x:v>
       </x:c>
       <x:c r="Q386" s="16" t="s">
         <x:v>346</x:v>
       </x:c>
       <x:c r="R386" s="14" t="s">
         <x:v>354</x:v>
       </x:c>
       <x:c r="S386" s="14" t="n">
         <x:v>460688</x:v>
       </x:c>
       <x:c r="T386" s="16" t="s">
         <x:v>575</x:v>
       </x:c>
       <x:c r="U386" s="16" t="s">
         <x:v>75</x:v>
       </x:c>
     </x:row>
     <x:row r="387" spans="1:21">
       <x:c r="A387" s="1" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="B387" s="0" t="s">
@@ -24995,51 +24995,51 @@
       <x:c r="C388" s="15" t="s"/>
       <x:c r="D388" s="15" t="s"/>
       <x:c r="E388" s="14" t="s"/>
       <x:c r="F388" s="14" t="s"/>
       <x:c r="G388" s="14" t="s">
         <x:v>577</x:v>
       </x:c>
       <x:c r="H388" s="14" t="s"/>
       <x:c r="I388" s="16" t="s">
         <x:v>578</x:v>
       </x:c>
       <x:c r="J388" s="14" t="s"/>
       <x:c r="K388" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L388" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M388" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N388" s="15" t="n">
         <x:v>31006</x:v>
       </x:c>
       <x:c r="O388" s="14" t="s">
-        <x:v>193</x:v>
+        <x:v>200</x:v>
       </x:c>
       <x:c r="P388" s="14" t="s">
         <x:v>577</x:v>
       </x:c>
       <x:c r="Q388" s="16" t="s">
         <x:v>578</x:v>
       </x:c>
       <x:c r="R388" s="14" t="s">
         <x:v>223</x:v>
       </x:c>
       <x:c r="S388" s="14" t="n">
         <x:v>542271</x:v>
       </x:c>
       <x:c r="T388" s="16" t="s">
         <x:v>579</x:v>
       </x:c>
       <x:c r="U388" s="16" t="s">
         <x:v>32</x:v>
       </x:c>
     </x:row>
     <x:row r="389" spans="1:21">
       <x:c r="A389" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B389" s="0" t="s">
@@ -25248,51 +25248,51 @@
       </x:c>
       <x:c r="B393" s="0" t="s">
         <x:v>584</x:v>
       </x:c>
       <x:c r="C393" s="3" t="s"/>
       <x:c r="D393" s="3" t="s"/>
       <x:c r="G393" s="0" t="s">
         <x:v>577</x:v>
       </x:c>
       <x:c r="I393" s="4" t="s">
         <x:v>578</x:v>
       </x:c>
       <x:c r="K393" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L393" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M393" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N393" s="3" t="n">
         <x:v>31090</x:v>
       </x:c>
       <x:c r="O393" s="0" t="s">
-        <x:v>197</x:v>
+        <x:v>193</x:v>
       </x:c>
       <x:c r="P393" s="0" t="s">
         <x:v>577</x:v>
       </x:c>
       <x:c r="Q393" s="4" t="s">
         <x:v>578</x:v>
       </x:c>
       <x:c r="R393" s="0" t="s">
         <x:v>223</x:v>
       </x:c>
       <x:c r="S393" s="0" t="n">
         <x:v>542289</x:v>
       </x:c>
       <x:c r="T393" s="4" t="s">
         <x:v>579</x:v>
       </x:c>
       <x:c r="U393" s="4" t="s">
         <x:v>32</x:v>
       </x:c>
     </x:row>
     <x:row r="394" spans="1:21">
       <x:c r="A394" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B394" s="14" t="s">
@@ -25350,51 +25350,51 @@
       </x:c>
       <x:c r="B395" s="0" t="s">
         <x:v>587</x:v>
       </x:c>
       <x:c r="C395" s="3" t="s"/>
       <x:c r="D395" s="3" t="s"/>
       <x:c r="G395" s="0" t="s">
         <x:v>588</x:v>
       </x:c>
       <x:c r="I395" s="4" t="s">
         <x:v>589</x:v>
       </x:c>
       <x:c r="K395" s="0" t="s">
         <x:v>590</x:v>
       </x:c>
       <x:c r="L395" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="M395" s="0" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="N395" s="3" t="n">
         <x:v>31006</x:v>
       </x:c>
       <x:c r="O395" s="0" t="s">
-        <x:v>193</x:v>
+        <x:v>200</x:v>
       </x:c>
       <x:c r="P395" s="0" t="s">
         <x:v>588</x:v>
       </x:c>
       <x:c r="Q395" s="4" t="s">
         <x:v>589</x:v>
       </x:c>
       <x:c r="R395" s="0" t="s">
         <x:v>385</x:v>
       </x:c>
       <x:c r="S395" s="0" t="n">
         <x:v>611741</x:v>
       </x:c>
       <x:c r="T395" s="4" t="s">
         <x:v>591</x:v>
       </x:c>
       <x:c r="U395" s="4" t="s">
         <x:v>592</x:v>
       </x:c>
     </x:row>
     <x:row r="396" spans="1:21">
       <x:c r="A396" s="13" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="B396" s="14" t="s">
@@ -25481,51 +25481,51 @@
       <x:c r="L397" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="M397" s="0" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="N397" s="3" t="n">
         <x:v>24220</x:v>
       </x:c>
       <x:c r="O397" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="P397" s="0" t="s">
         <x:v>595</x:v>
       </x:c>
       <x:c r="Q397" s="4" t="s">
         <x:v>269</x:v>
       </x:c>
       <x:c r="R397" s="0" t="s">
         <x:v>218</x:v>
       </x:c>
       <x:c r="S397" s="0" t="n">
         <x:v>546521</x:v>
       </x:c>
       <x:c r="T397" s="4" t="s">
-        <x:v>200</x:v>
+        <x:v>197</x:v>
       </x:c>
       <x:c r="U397" s="4" t="s">
         <x:v>170</x:v>
       </x:c>
     </x:row>
     <x:row r="398" spans="1:21">
       <x:c r="A398" s="13" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="B398" s="14" t="s">
         <x:v>136</x:v>
       </x:c>
       <x:c r="C398" s="15" t="n">
         <x:v>40792</x:v>
       </x:c>
       <x:c r="D398" s="15" t="s"/>
       <x:c r="E398" s="14" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="F398" s="14" t="s"/>
       <x:c r="G398" s="14" t="s">
         <x:v>593</x:v>
       </x:c>
       <x:c r="H398" s="14" t="s"/>
       <x:c r="I398" s="16" t="s">
@@ -25597,51 +25597,51 @@
       <x:c r="L399" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="M399" s="0" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="N399" s="3" t="n">
         <x:v>24220</x:v>
       </x:c>
       <x:c r="O399" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="P399" s="0" t="s">
         <x:v>595</x:v>
       </x:c>
       <x:c r="Q399" s="4" t="s">
         <x:v>269</x:v>
       </x:c>
       <x:c r="R399" s="0" t="s">
         <x:v>218</x:v>
       </x:c>
       <x:c r="S399" s="0" t="n">
         <x:v>546522</x:v>
       </x:c>
       <x:c r="T399" s="4" t="s">
-        <x:v>200</x:v>
+        <x:v>197</x:v>
       </x:c>
       <x:c r="U399" s="4" t="s">
         <x:v>170</x:v>
       </x:c>
     </x:row>
     <x:row r="400" spans="1:21">
       <x:c r="A400" s="13" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="B400" s="14" t="s">
         <x:v>130</x:v>
       </x:c>
       <x:c r="C400" s="15" t="n">
         <x:v>40792</x:v>
       </x:c>
       <x:c r="D400" s="15" t="s"/>
       <x:c r="E400" s="14" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="F400" s="14" t="s"/>
       <x:c r="G400" s="14" t="s">
         <x:v>593</x:v>
       </x:c>
       <x:c r="H400" s="14" t="s"/>
       <x:c r="I400" s="16" t="s">
@@ -25724,84 +25724,84 @@
       </x:c>
       <x:c r="P401" s="0" t="s">
         <x:v>595</x:v>
       </x:c>
       <x:c r="Q401" s="4" t="s">
         <x:v>269</x:v>
       </x:c>
       <x:c r="R401" s="0" t="s">
         <x:v>218</x:v>
       </x:c>
       <x:c r="S401" s="0" t="n">
         <x:v>499876</x:v>
       </x:c>
       <x:c r="T401" s="4" t="s">
         <x:v>596</x:v>
       </x:c>
       <x:c r="U401" s="4" t="s">
         <x:v>52</x:v>
       </x:c>
     </x:row>
     <x:row r="402" spans="1:21">
       <x:c r="A402" s="13" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="B402" s="14" t="s">
-        <x:v>210</x:v>
+        <x:v>209</x:v>
       </x:c>
       <x:c r="C402" s="15" t="n">
         <x:v>37680</x:v>
       </x:c>
       <x:c r="D402" s="15" t="s"/>
       <x:c r="E402" s="14" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="F402" s="14" t="s"/>
       <x:c r="G402" s="14" t="s">
         <x:v>597</x:v>
       </x:c>
       <x:c r="H402" s="14" t="s"/>
       <x:c r="I402" s="16" t="s">
         <x:v>598</x:v>
       </x:c>
       <x:c r="J402" s="14" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="K402" s="14" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="L402" s="14" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="M402" s="14" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="N402" s="15" t="n">
         <x:v>24273</x:v>
       </x:c>
       <x:c r="O402" s="14" t="s">
-        <x:v>150</x:v>
+        <x:v>149</x:v>
       </x:c>
       <x:c r="P402" s="14" t="s">
         <x:v>597</x:v>
       </x:c>
       <x:c r="Q402" s="16" t="s">
         <x:v>598</x:v>
       </x:c>
       <x:c r="R402" s="14" t="s">
         <x:v>599</x:v>
       </x:c>
       <x:c r="S402" s="14" t="n">
         <x:v>555619</x:v>
       </x:c>
       <x:c r="T402" s="16" t="s">
         <x:v>600</x:v>
       </x:c>
       <x:c r="U402" s="16" t="s">
         <x:v>295</x:v>
       </x:c>
     </x:row>
     <x:row r="403" spans="1:21">
       <x:c r="A403" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B403" s="0" t="s">
@@ -25811,51 +25811,51 @@
         <x:v>37680</x:v>
       </x:c>
       <x:c r="D403" s="3" t="s"/>
       <x:c r="G403" s="0" t="s">
         <x:v>601</x:v>
       </x:c>
       <x:c r="I403" s="4" t="s">
         <x:v>602</x:v>
       </x:c>
       <x:c r="J403" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="K403" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L403" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="M403" s="0" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="N403" s="3" t="n">
         <x:v>24273</x:v>
       </x:c>
       <x:c r="O403" s="0" t="s">
-        <x:v>150</x:v>
+        <x:v>149</x:v>
       </x:c>
       <x:c r="P403" s="0" t="s">
         <x:v>601</x:v>
       </x:c>
       <x:c r="Q403" s="4" t="s">
         <x:v>602</x:v>
       </x:c>
       <x:c r="R403" s="0" t="s">
         <x:v>603</x:v>
       </x:c>
       <x:c r="S403" s="0" t="n">
         <x:v>543577</x:v>
       </x:c>
       <x:c r="T403" s="4" t="s">
         <x:v>171</x:v>
       </x:c>
       <x:c r="U403" s="4" t="s">
         <x:v>419</x:v>
       </x:c>
     </x:row>
     <x:row r="404" spans="1:21">
       <x:c r="A404" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B404" s="14" t="s">
@@ -25868,215 +25868,213 @@
       <x:c r="E404" s="14" t="s"/>
       <x:c r="F404" s="14" t="s"/>
       <x:c r="G404" s="14" t="s">
         <x:v>604</x:v>
       </x:c>
       <x:c r="H404" s="14" t="s"/>
       <x:c r="I404" s="16" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="J404" s="14" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="K404" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L404" s="14" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="M404" s="14" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="N404" s="15" t="n">
         <x:v>24273</x:v>
       </x:c>
       <x:c r="O404" s="14" t="s">
-        <x:v>150</x:v>
+        <x:v>149</x:v>
       </x:c>
       <x:c r="P404" s="14" t="s">
         <x:v>604</x:v>
       </x:c>
       <x:c r="Q404" s="16" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="R404" s="14" t="s">
         <x:v>354</x:v>
       </x:c>
       <x:c r="S404" s="14" t="n">
         <x:v>543571</x:v>
       </x:c>
       <x:c r="T404" s="16" t="s">
         <x:v>171</x:v>
       </x:c>
       <x:c r="U404" s="16" t="s">
         <x:v>419</x:v>
       </x:c>
     </x:row>
     <x:row r="405" spans="1:21">
       <x:c r="A405" s="1" t="s">
-        <x:v>39</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B405" s="0" t="s">
-        <x:v>210</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>605</x:v>
+      </x:c>
+      <x:c r="C405" s="3" t="s"/>
       <x:c r="D405" s="3" t="s"/>
-      <x:c r="E405" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="G405" s="0" t="s">
         <x:v>604</x:v>
       </x:c>
       <x:c r="I405" s="4" t="s">
         <x:v>73</x:v>
       </x:c>
-      <x:c r="J405" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="K405" s="0" t="s">
-        <x:v>46</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="L405" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="M405" s="0" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="N405" s="3" t="n">
-        <x:v>24273</x:v>
+        <x:v>31045</x:v>
       </x:c>
       <x:c r="O405" s="0" t="s">
-        <x:v>150</x:v>
+        <x:v>48</x:v>
       </x:c>
       <x:c r="P405" s="0" t="s">
         <x:v>604</x:v>
       </x:c>
       <x:c r="Q405" s="4" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="R405" s="0" t="s">
         <x:v>354</x:v>
       </x:c>
       <x:c r="S405" s="0" t="n">
-        <x:v>498751</x:v>
+        <x:v>599357</x:v>
       </x:c>
       <x:c r="T405" s="4" t="s">
-        <x:v>171</x:v>
+        <x:v>464</x:v>
       </x:c>
       <x:c r="U405" s="4" t="s">
-        <x:v>75</x:v>
+        <x:v>465</x:v>
       </x:c>
     </x:row>
     <x:row r="406" spans="1:21">
       <x:c r="A406" s="13" t="s">
-        <x:v>21</x:v>
+        <x:v>39</x:v>
       </x:c>
       <x:c r="B406" s="14" t="s">
-        <x:v>605</x:v>
-[...1 lines deleted...]
-      <x:c r="C406" s="15" t="s"/>
+        <x:v>209</x:v>
+      </x:c>
+      <x:c r="C406" s="15" t="n">
+        <x:v>37680</x:v>
+      </x:c>
       <x:c r="D406" s="15" t="s"/>
-      <x:c r="E406" s="14" t="s"/>
+      <x:c r="E406" s="14" t="s">
+        <x:v>41</x:v>
+      </x:c>
       <x:c r="F406" s="14" t="s"/>
       <x:c r="G406" s="14" t="s">
         <x:v>604</x:v>
       </x:c>
       <x:c r="H406" s="14" t="s"/>
       <x:c r="I406" s="16" t="s">
         <x:v>73</x:v>
       </x:c>
-      <x:c r="J406" s="14" t="s"/>
+      <x:c r="J406" s="14" t="s">
+        <x:v>59</x:v>
+      </x:c>
       <x:c r="K406" s="14" t="s">
-        <x:v>26</x:v>
+        <x:v>46</x:v>
       </x:c>
       <x:c r="L406" s="14" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="M406" s="14" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="N406" s="15" t="n">
-        <x:v>31045</x:v>
+        <x:v>24273</x:v>
       </x:c>
       <x:c r="O406" s="14" t="s">
-        <x:v>48</x:v>
+        <x:v>149</x:v>
       </x:c>
       <x:c r="P406" s="14" t="s">
         <x:v>604</x:v>
       </x:c>
       <x:c r="Q406" s="16" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="R406" s="14" t="s">
         <x:v>354</x:v>
       </x:c>
       <x:c r="S406" s="14" t="n">
-        <x:v>599357</x:v>
+        <x:v>498751</x:v>
       </x:c>
       <x:c r="T406" s="16" t="s">
-        <x:v>464</x:v>
+        <x:v>171</x:v>
       </x:c>
       <x:c r="U406" s="16" t="s">
-        <x:v>465</x:v>
+        <x:v>75</x:v>
       </x:c>
     </x:row>
     <x:row r="407" spans="1:21">
       <x:c r="A407" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B407" s="0" t="s">
         <x:v>207</x:v>
       </x:c>
       <x:c r="C407" s="3" t="n">
         <x:v>37680</x:v>
       </x:c>
       <x:c r="D407" s="3" t="s"/>
       <x:c r="G407" s="0" t="s">
         <x:v>604</x:v>
       </x:c>
       <x:c r="I407" s="4" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="J407" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="K407" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L407" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="M407" s="0" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="N407" s="3" t="n">
         <x:v>24273</x:v>
       </x:c>
       <x:c r="O407" s="0" t="s">
-        <x:v>150</x:v>
+        <x:v>149</x:v>
       </x:c>
       <x:c r="P407" s="0" t="s">
         <x:v>604</x:v>
       </x:c>
       <x:c r="Q407" s="4" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="R407" s="0" t="s">
         <x:v>354</x:v>
       </x:c>
       <x:c r="S407" s="0" t="n">
         <x:v>573280</x:v>
       </x:c>
       <x:c r="T407" s="4" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="U407" s="4" t="s">
         <x:v>606</x:v>
       </x:c>
     </x:row>
     <x:row r="408" spans="1:21">
       <x:c r="A408" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B408" s="14" t="s">
@@ -26139,210 +26137,210 @@
         <x:v>37680</x:v>
       </x:c>
       <x:c r="D409" s="3" t="s"/>
       <x:c r="G409" s="0" t="s">
         <x:v>604</x:v>
       </x:c>
       <x:c r="I409" s="4" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="J409" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="K409" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L409" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="M409" s="0" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="N409" s="3" t="n">
         <x:v>24273</x:v>
       </x:c>
       <x:c r="O409" s="0" t="s">
-        <x:v>150</x:v>
+        <x:v>149</x:v>
       </x:c>
       <x:c r="P409" s="0" t="s">
         <x:v>604</x:v>
       </x:c>
       <x:c r="Q409" s="4" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="R409" s="0" t="s">
         <x:v>354</x:v>
       </x:c>
       <x:c r="S409" s="0" t="n">
         <x:v>573182</x:v>
       </x:c>
       <x:c r="T409" s="4" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="U409" s="4" t="s">
         <x:v>608</x:v>
       </x:c>
     </x:row>
     <x:row r="410" spans="1:21">
       <x:c r="A410" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B410" s="14" t="s">
-        <x:v>609</x:v>
+        <x:v>605</x:v>
       </x:c>
       <x:c r="C410" s="15" t="s"/>
       <x:c r="D410" s="15" t="s"/>
       <x:c r="E410" s="14" t="s"/>
       <x:c r="F410" s="14" t="s"/>
       <x:c r="G410" s="14" t="s">
         <x:v>604</x:v>
       </x:c>
       <x:c r="H410" s="14" t="s"/>
       <x:c r="I410" s="16" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="J410" s="14" t="s"/>
       <x:c r="K410" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L410" s="14" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="M410" s="14" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="N410" s="15" t="n">
-        <x:v>31006</x:v>
+        <x:v>31045</x:v>
       </x:c>
       <x:c r="O410" s="14" t="s">
-        <x:v>193</x:v>
+        <x:v>48</x:v>
       </x:c>
       <x:c r="P410" s="14" t="s">
         <x:v>604</x:v>
       </x:c>
       <x:c r="Q410" s="16" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="R410" s="14" t="s">
         <x:v>354</x:v>
       </x:c>
       <x:c r="S410" s="14" t="n">
-        <x:v>600777</x:v>
+        <x:v>599358</x:v>
       </x:c>
       <x:c r="T410" s="16" t="s">
-        <x:v>610</x:v>
+        <x:v>609</x:v>
       </x:c>
       <x:c r="U410" s="16" t="s">
-        <x:v>607</x:v>
+        <x:v>154</x:v>
       </x:c>
     </x:row>
     <x:row r="411" spans="1:21">
       <x:c r="A411" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B411" s="0" t="s">
-        <x:v>605</x:v>
+        <x:v>610</x:v>
       </x:c>
       <x:c r="C411" s="3" t="s"/>
       <x:c r="D411" s="3" t="s"/>
       <x:c r="G411" s="0" t="s">
         <x:v>604</x:v>
       </x:c>
       <x:c r="I411" s="4" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="K411" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L411" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="M411" s="0" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="N411" s="3" t="n">
-        <x:v>31045</x:v>
+        <x:v>31006</x:v>
       </x:c>
       <x:c r="O411" s="0" t="s">
-        <x:v>48</x:v>
+        <x:v>200</x:v>
       </x:c>
       <x:c r="P411" s="0" t="s">
         <x:v>604</x:v>
       </x:c>
       <x:c r="Q411" s="4" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="R411" s="0" t="s">
         <x:v>354</x:v>
       </x:c>
       <x:c r="S411" s="0" t="n">
-        <x:v>599358</x:v>
+        <x:v>600777</x:v>
       </x:c>
       <x:c r="T411" s="4" t="s">
         <x:v>611</x:v>
       </x:c>
       <x:c r="U411" s="4" t="s">
-        <x:v>153</x:v>
+        <x:v>607</x:v>
       </x:c>
     </x:row>
     <x:row r="412" spans="1:21">
       <x:c r="A412" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B412" s="14" t="s">
         <x:v>207</x:v>
       </x:c>
       <x:c r="C412" s="15" t="n">
         <x:v>37680</x:v>
       </x:c>
       <x:c r="D412" s="15" t="s"/>
       <x:c r="E412" s="14" t="s"/>
       <x:c r="F412" s="14" t="s"/>
       <x:c r="G412" s="14" t="s">
         <x:v>604</x:v>
       </x:c>
       <x:c r="H412" s="14" t="s"/>
       <x:c r="I412" s="16" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="J412" s="14" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="K412" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L412" s="14" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="M412" s="14" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="N412" s="15" t="n">
         <x:v>24273</x:v>
       </x:c>
       <x:c r="O412" s="14" t="s">
-        <x:v>150</x:v>
+        <x:v>149</x:v>
       </x:c>
       <x:c r="P412" s="14" t="s">
         <x:v>604</x:v>
       </x:c>
       <x:c r="Q412" s="16" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="R412" s="14" t="s">
         <x:v>235</x:v>
       </x:c>
       <x:c r="S412" s="14" t="n">
         <x:v>573843</x:v>
       </x:c>
       <x:c r="T412" s="16" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="U412" s="16" t="s">
         <x:v>606</x:v>
       </x:c>
     </x:row>
     <x:row r="413" spans="1:21">
       <x:c r="A413" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B413" s="0" t="s">
@@ -26352,226 +26350,226 @@
         <x:v>37680</x:v>
       </x:c>
       <x:c r="D413" s="3" t="s"/>
       <x:c r="G413" s="0" t="s">
         <x:v>604</x:v>
       </x:c>
       <x:c r="I413" s="4" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="J413" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="K413" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L413" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="M413" s="0" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="N413" s="3" t="n">
         <x:v>24273</x:v>
       </x:c>
       <x:c r="O413" s="0" t="s">
-        <x:v>150</x:v>
+        <x:v>149</x:v>
       </x:c>
       <x:c r="P413" s="0" t="s">
         <x:v>604</x:v>
       </x:c>
       <x:c r="Q413" s="4" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="R413" s="0" t="s">
         <x:v>235</x:v>
       </x:c>
       <x:c r="S413" s="0" t="n">
         <x:v>573846</x:v>
       </x:c>
       <x:c r="T413" s="4" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="U413" s="4" t="s">
         <x:v>608</x:v>
       </x:c>
     </x:row>
     <x:row r="414" spans="1:21">
       <x:c r="A414" s="13" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="B414" s="14" t="s">
-        <x:v>210</x:v>
+        <x:v>209</x:v>
       </x:c>
       <x:c r="C414" s="15" t="n">
         <x:v>37680</x:v>
       </x:c>
       <x:c r="D414" s="15" t="s"/>
       <x:c r="E414" s="14" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="F414" s="14" t="s"/>
       <x:c r="G414" s="14" t="s">
         <x:v>604</x:v>
       </x:c>
       <x:c r="H414" s="14" t="s"/>
       <x:c r="I414" s="16" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="J414" s="14" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="K414" s="14" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="L414" s="14" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="M414" s="14" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="N414" s="15" t="n">
         <x:v>24273</x:v>
       </x:c>
       <x:c r="O414" s="14" t="s">
-        <x:v>150</x:v>
+        <x:v>149</x:v>
       </x:c>
       <x:c r="P414" s="14" t="s">
         <x:v>612</x:v>
       </x:c>
       <x:c r="Q414" s="16" t="s">
         <x:v>357</x:v>
       </x:c>
       <x:c r="R414" s="14" t="s">
         <x:v>354</x:v>
       </x:c>
       <x:c r="S414" s="14" t="n">
         <x:v>553577</x:v>
       </x:c>
       <x:c r="T414" s="16" t="s">
         <x:v>613</x:v>
       </x:c>
       <x:c r="U414" s="16" t="s">
         <x:v>506</x:v>
       </x:c>
     </x:row>
     <x:row r="415" spans="1:21">
       <x:c r="A415" s="1" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="B415" s="0" t="s">
-        <x:v>210</x:v>
+        <x:v>209</x:v>
       </x:c>
       <x:c r="C415" s="3" t="n">
         <x:v>37680</x:v>
       </x:c>
       <x:c r="D415" s="3" t="s"/>
       <x:c r="E415" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="G415" s="0" t="s">
         <x:v>604</x:v>
       </x:c>
       <x:c r="I415" s="4" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="J415" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="K415" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="L415" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="M415" s="0" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="N415" s="3" t="n">
         <x:v>24273</x:v>
       </x:c>
       <x:c r="O415" s="0" t="s">
-        <x:v>150</x:v>
+        <x:v>149</x:v>
       </x:c>
       <x:c r="P415" s="0" t="s">
         <x:v>612</x:v>
       </x:c>
       <x:c r="Q415" s="4" t="s">
         <x:v>357</x:v>
       </x:c>
       <x:c r="R415" s="0" t="s">
         <x:v>354</x:v>
       </x:c>
       <x:c r="S415" s="0" t="n">
         <x:v>605581</x:v>
       </x:c>
       <x:c r="T415" s="4" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="U415" s="4" t="s">
         <x:v>614</x:v>
       </x:c>
     </x:row>
     <x:row r="416" spans="1:21">
       <x:c r="A416" s="13" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="B416" s="14" t="s">
-        <x:v>210</x:v>
+        <x:v>209</x:v>
       </x:c>
       <x:c r="C416" s="15" t="n">
         <x:v>37680</x:v>
       </x:c>
       <x:c r="D416" s="15" t="s"/>
       <x:c r="E416" s="14" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="F416" s="14" t="s"/>
       <x:c r="G416" s="14" t="s">
         <x:v>604</x:v>
       </x:c>
       <x:c r="H416" s="14" t="s"/>
       <x:c r="I416" s="16" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="J416" s="14" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="K416" s="14" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="L416" s="14" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="M416" s="14" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="N416" s="15" t="n">
         <x:v>24273</x:v>
       </x:c>
       <x:c r="O416" s="14" t="s">
-        <x:v>150</x:v>
+        <x:v>149</x:v>
       </x:c>
       <x:c r="P416" s="14" t="s">
         <x:v>612</x:v>
       </x:c>
       <x:c r="Q416" s="16" t="s">
         <x:v>357</x:v>
       </x:c>
       <x:c r="R416" s="14" t="s">
         <x:v>354</x:v>
       </x:c>
       <x:c r="S416" s="14" t="n">
         <x:v>605580</x:v>
       </x:c>
       <x:c r="T416" s="16" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="U416" s="16" t="s">
         <x:v>383</x:v>
       </x:c>
     </x:row>
     <x:row r="417" spans="1:21">
       <x:c r="A417" s="1" t="s">
         <x:v>119</x:v>
       </x:c>
       <x:c r="B417" s="0" t="s">
@@ -26664,51 +26662,51 @@
       </x:c>
       <x:c r="P418" s="14" t="s">
         <x:v>619</x:v>
       </x:c>
       <x:c r="Q418" s="16" t="s">
         <x:v>325</x:v>
       </x:c>
       <x:c r="R418" s="14" t="s">
         <x:v>385</x:v>
       </x:c>
       <x:c r="S418" s="14" t="n">
         <x:v>596941</x:v>
       </x:c>
       <x:c r="T418" s="16" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="U418" s="16" t="s">
         <x:v>170</x:v>
       </x:c>
     </x:row>
     <x:row r="419" spans="1:21">
       <x:c r="A419" s="1" t="s">
         <x:v>119</x:v>
       </x:c>
       <x:c r="B419" s="0" t="s">
-        <x:v>148</x:v>
+        <x:v>147</x:v>
       </x:c>
       <x:c r="C419" s="3" t="n">
         <x:v>40792</x:v>
       </x:c>
       <x:c r="D419" s="3" t="s"/>
       <x:c r="G419" s="0" t="s">
         <x:v>620</x:v>
       </x:c>
       <x:c r="I419" s="4" t="s">
         <x:v>325</x:v>
       </x:c>
       <x:c r="J419" s="0" t="s">
         <x:v>123</x:v>
       </x:c>
       <x:c r="K419" s="0" t="s">
         <x:v>124</x:v>
       </x:c>
       <x:c r="L419" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="M419" s="0" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="N419" s="3" t="n">
         <x:v>24220</x:v>
@@ -26881,51 +26879,51 @@
       </x:c>
       <x:c r="P422" s="14" t="s">
         <x:v>624</x:v>
       </x:c>
       <x:c r="Q422" s="16" t="s">
         <x:v>625</x:v>
       </x:c>
       <x:c r="R422" s="14" t="s">
         <x:v>626</x:v>
       </x:c>
       <x:c r="S422" s="14" t="n">
         <x:v>595887</x:v>
       </x:c>
       <x:c r="T422" s="16" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="U422" s="16" t="s">
         <x:v>125</x:v>
       </x:c>
     </x:row>
     <x:row r="423" spans="1:21">
       <x:c r="A423" s="1" t="s">
         <x:v>119</x:v>
       </x:c>
       <x:c r="B423" s="0" t="s">
-        <x:v>148</x:v>
+        <x:v>147</x:v>
       </x:c>
       <x:c r="C423" s="3" t="n">
         <x:v>40792</x:v>
       </x:c>
       <x:c r="D423" s="3" t="s"/>
       <x:c r="G423" s="0" t="s">
         <x:v>624</x:v>
       </x:c>
       <x:c r="I423" s="4" t="s">
         <x:v>625</x:v>
       </x:c>
       <x:c r="J423" s="0" t="s">
         <x:v>123</x:v>
       </x:c>
       <x:c r="K423" s="0" t="s">
         <x:v>124</x:v>
       </x:c>
       <x:c r="L423" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="M423" s="0" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="N423" s="3" t="n">
         <x:v>24220</x:v>
@@ -26982,174 +26980,172 @@
       <x:c r="K424" s="14" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="L424" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M424" s="14" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="N424" s="15" t="n">
         <x:v>24220</x:v>
       </x:c>
       <x:c r="O424" s="14" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="P424" s="14" t="s">
         <x:v>627</x:v>
       </x:c>
       <x:c r="Q424" s="16" t="s">
         <x:v>562</x:v>
       </x:c>
       <x:c r="R424" s="14" t="s">
         <x:v>230</x:v>
       </x:c>
       <x:c r="S424" s="14" t="n">
-        <x:v>556375</x:v>
+        <x:v>607801</x:v>
       </x:c>
       <x:c r="T424" s="16" t="s">
-        <x:v>51</x:v>
+        <x:v>53</x:v>
       </x:c>
       <x:c r="U424" s="16" t="s">
-        <x:v>170</x:v>
+        <x:v>125</x:v>
       </x:c>
     </x:row>
     <x:row r="425" spans="1:21">
       <x:c r="A425" s="1" t="s">
-        <x:v>39</x:v>
+        <x:v>119</x:v>
       </x:c>
       <x:c r="B425" s="0" t="s">
-        <x:v>136</x:v>
+        <x:v>147</x:v>
       </x:c>
       <x:c r="C425" s="3" t="n">
         <x:v>40792</x:v>
       </x:c>
       <x:c r="D425" s="3" t="s"/>
-      <x:c r="E425" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="G425" s="0" t="s">
-        <x:v>502</x:v>
-[...2 lines deleted...]
-        <x:v>503</x:v>
+        <x:v>627</x:v>
       </x:c>
       <x:c r="I425" s="4" t="s">
-        <x:v>387</x:v>
+        <x:v>628</x:v>
       </x:c>
       <x:c r="J425" s="0" t="s">
         <x:v>123</x:v>
       </x:c>
       <x:c r="K425" s="0" t="s">
-        <x:v>46</x:v>
+        <x:v>124</x:v>
       </x:c>
       <x:c r="L425" s="0" t="s">
-        <x:v>27</x:v>
+        <x:v>47</x:v>
       </x:c>
       <x:c r="M425" s="0" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="N425" s="3" t="n">
         <x:v>24220</x:v>
       </x:c>
       <x:c r="O425" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="P425" s="0" t="s">
         <x:v>627</x:v>
       </x:c>
       <x:c r="Q425" s="4" t="s">
-        <x:v>562</x:v>
+        <x:v>628</x:v>
       </x:c>
       <x:c r="R425" s="0" t="s">
-        <x:v>230</x:v>
+        <x:v>629</x:v>
       </x:c>
       <x:c r="S425" s="0" t="n">
-        <x:v>607801</x:v>
+        <x:v>595548</x:v>
       </x:c>
       <x:c r="T425" s="4" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="U425" s="4" t="s">
         <x:v>125</x:v>
       </x:c>
     </x:row>
     <x:row r="426" spans="1:21">
       <x:c r="A426" s="13" t="s">
-        <x:v>119</x:v>
+        <x:v>39</x:v>
       </x:c>
       <x:c r="B426" s="14" t="s">
-        <x:v>148</x:v>
+        <x:v>136</x:v>
       </x:c>
       <x:c r="C426" s="15" t="n">
         <x:v>40792</x:v>
       </x:c>
       <x:c r="D426" s="15" t="s"/>
-      <x:c r="E426" s="14" t="s"/>
+      <x:c r="E426" s="14" t="s">
+        <x:v>41</x:v>
+      </x:c>
       <x:c r="F426" s="14" t="s"/>
       <x:c r="G426" s="14" t="s">
-        <x:v>627</x:v>
-[...1 lines deleted...]
-      <x:c r="H426" s="14" t="s"/>
+        <x:v>502</x:v>
+      </x:c>
+      <x:c r="H426" s="14" t="s">
+        <x:v>503</x:v>
+      </x:c>
       <x:c r="I426" s="16" t="s">
-        <x:v>628</x:v>
+        <x:v>387</x:v>
       </x:c>
       <x:c r="J426" s="14" t="s">
         <x:v>123</x:v>
       </x:c>
       <x:c r="K426" s="14" t="s">
-        <x:v>124</x:v>
+        <x:v>46</x:v>
       </x:c>
       <x:c r="L426" s="14" t="s">
-        <x:v>47</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="M426" s="14" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="N426" s="15" t="n">
         <x:v>24220</x:v>
       </x:c>
       <x:c r="O426" s="14" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="P426" s="14" t="s">
         <x:v>627</x:v>
       </x:c>
       <x:c r="Q426" s="16" t="s">
-        <x:v>628</x:v>
+        <x:v>562</x:v>
       </x:c>
       <x:c r="R426" s="14" t="s">
-        <x:v>629</x:v>
+        <x:v>230</x:v>
       </x:c>
       <x:c r="S426" s="14" t="n">
-        <x:v>595548</x:v>
+        <x:v>556375</x:v>
       </x:c>
       <x:c r="T426" s="16" t="s">
-        <x:v>53</x:v>
+        <x:v>51</x:v>
       </x:c>
       <x:c r="U426" s="16" t="s">
-        <x:v>125</x:v>
+        <x:v>170</x:v>
       </x:c>
     </x:row>
     <x:row r="427" spans="1:21">
       <x:c r="A427" s="1" t="s">
         <x:v>119</x:v>
       </x:c>
       <x:c r="B427" s="0" t="s">
         <x:v>120</x:v>
       </x:c>
       <x:c r="C427" s="3" t="n">
         <x:v>40792</x:v>
       </x:c>
       <x:c r="D427" s="3" t="s"/>
       <x:c r="G427" s="0" t="s">
         <x:v>627</x:v>
       </x:c>
       <x:c r="I427" s="4" t="s">
         <x:v>628</x:v>
       </x:c>
       <x:c r="J427" s="0" t="s">
         <x:v>123</x:v>
       </x:c>
       <x:c r="K427" s="0" t="s">
         <x:v>124</x:v>
       </x:c>
@@ -27228,266 +27224,266 @@
       </x:c>
       <x:c r="P428" s="14" t="s">
         <x:v>627</x:v>
       </x:c>
       <x:c r="Q428" s="16" t="s">
         <x:v>562</x:v>
       </x:c>
       <x:c r="R428" s="14" t="s">
         <x:v>230</x:v>
       </x:c>
       <x:c r="S428" s="14" t="n">
         <x:v>511096</x:v>
       </x:c>
       <x:c r="T428" s="16" t="s">
         <x:v>171</x:v>
       </x:c>
       <x:c r="U428" s="16" t="s">
         <x:v>52</x:v>
       </x:c>
     </x:row>
     <x:row r="429" spans="1:21">
       <x:c r="A429" s="1" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="B429" s="0" t="s">
-        <x:v>40</x:v>
+        <x:v>630</x:v>
       </x:c>
       <x:c r="C429" s="3" t="n">
-        <x:v>37488</x:v>
+        <x:v>40102</x:v>
       </x:c>
       <x:c r="D429" s="3" t="s"/>
       <x:c r="E429" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="G429" s="0" t="s">
         <x:v>502</x:v>
       </x:c>
       <x:c r="H429" s="0" t="s">
         <x:v>503</x:v>
       </x:c>
       <x:c r="I429" s="4" t="s">
         <x:v>387</x:v>
       </x:c>
       <x:c r="J429" s="0" t="s">
-        <x:v>45</x:v>
+        <x:v>59</x:v>
       </x:c>
       <x:c r="K429" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="L429" s="0" t="s">
-        <x:v>47</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="M429" s="0" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="N429" s="3" t="n">
-        <x:v>31045</x:v>
+        <x:v>24231</x:v>
       </x:c>
       <x:c r="O429" s="0" t="s">
-        <x:v>48</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="P429" s="0" t="s">
-        <x:v>630</x:v>
+        <x:v>631</x:v>
       </x:c>
       <x:c r="Q429" s="4" t="s">
-        <x:v>631</x:v>
+        <x:v>632</x:v>
       </x:c>
       <x:c r="R429" s="0" t="s">
         <x:v>244</x:v>
       </x:c>
       <x:c r="S429" s="0" t="n">
-        <x:v>608109</x:v>
+        <x:v>614634</x:v>
       </x:c>
       <x:c r="T429" s="4" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="U429" s="4" t="s">
-        <x:v>170</x:v>
+        <x:v>506</x:v>
       </x:c>
     </x:row>
     <x:row r="430" spans="1:21">
       <x:c r="A430" s="13" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="B430" s="14" t="s">
-        <x:v>632</x:v>
+        <x:v>40</x:v>
       </x:c>
       <x:c r="C430" s="15" t="n">
-        <x:v>40102</x:v>
+        <x:v>37488</x:v>
       </x:c>
       <x:c r="D430" s="15" t="s"/>
       <x:c r="E430" s="14" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="F430" s="14" t="s"/>
       <x:c r="G430" s="14" t="s">
         <x:v>502</x:v>
       </x:c>
       <x:c r="H430" s="14" t="s">
         <x:v>503</x:v>
       </x:c>
       <x:c r="I430" s="16" t="s">
         <x:v>387</x:v>
       </x:c>
       <x:c r="J430" s="14" t="s">
-        <x:v>59</x:v>
+        <x:v>45</x:v>
       </x:c>
       <x:c r="K430" s="14" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="L430" s="14" t="s">
-        <x:v>27</x:v>
+        <x:v>47</x:v>
       </x:c>
       <x:c r="M430" s="14" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="N430" s="15" t="n">
-        <x:v>24231</x:v>
+        <x:v>31045</x:v>
       </x:c>
       <x:c r="O430" s="14" t="s">
-        <x:v>83</x:v>
+        <x:v>48</x:v>
       </x:c>
       <x:c r="P430" s="14" t="s">
-        <x:v>630</x:v>
+        <x:v>631</x:v>
       </x:c>
       <x:c r="Q430" s="16" t="s">
-        <x:v>631</x:v>
+        <x:v>632</x:v>
       </x:c>
       <x:c r="R430" s="14" t="s">
         <x:v>244</x:v>
       </x:c>
       <x:c r="S430" s="14" t="n">
-        <x:v>614634</x:v>
+        <x:v>608109</x:v>
       </x:c>
       <x:c r="T430" s="16" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="U430" s="16" t="s">
-        <x:v>506</x:v>
+        <x:v>170</x:v>
       </x:c>
     </x:row>
     <x:row r="431" spans="1:21">
       <x:c r="A431" s="1" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="B431" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="C431" s="3" t="n">
         <x:v>37488</x:v>
       </x:c>
       <x:c r="D431" s="3" t="s"/>
       <x:c r="E431" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="G431" s="0" t="s">
         <x:v>502</x:v>
       </x:c>
       <x:c r="H431" s="0" t="s">
         <x:v>503</x:v>
       </x:c>
       <x:c r="I431" s="4" t="s">
         <x:v>387</x:v>
       </x:c>
       <x:c r="J431" s="0" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="K431" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="L431" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="M431" s="0" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="N431" s="3" t="n">
         <x:v>31045</x:v>
       </x:c>
       <x:c r="O431" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="P431" s="0" t="s">
-        <x:v>630</x:v>
+        <x:v>631</x:v>
       </x:c>
       <x:c r="Q431" s="4" t="s">
-        <x:v>631</x:v>
+        <x:v>632</x:v>
       </x:c>
       <x:c r="R431" s="0" t="s">
         <x:v>244</x:v>
       </x:c>
       <x:c r="S431" s="0" t="n">
         <x:v>558640</x:v>
       </x:c>
       <x:c r="T431" s="4" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="U431" s="4" t="s">
         <x:v>52</x:v>
       </x:c>
     </x:row>
     <x:row r="432" spans="1:21">
       <x:c r="A432" s="13" t="s">
         <x:v>119</x:v>
       </x:c>
       <x:c r="B432" s="14" t="s">
         <x:v>615</x:v>
       </x:c>
       <x:c r="C432" s="15" t="n">
         <x:v>37488</x:v>
       </x:c>
       <x:c r="D432" s="15" t="s"/>
       <x:c r="E432" s="14" t="s"/>
       <x:c r="F432" s="14" t="s"/>
       <x:c r="G432" s="14" t="s">
-        <x:v>630</x:v>
+        <x:v>631</x:v>
       </x:c>
       <x:c r="H432" s="14" t="s"/>
       <x:c r="I432" s="16" t="s">
         <x:v>633</x:v>
       </x:c>
       <x:c r="J432" s="14" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="K432" s="14" t="s">
         <x:v>124</x:v>
       </x:c>
       <x:c r="L432" s="14" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="M432" s="14" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="N432" s="15" t="n">
         <x:v>31045</x:v>
       </x:c>
       <x:c r="O432" s="14" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="P432" s="14" t="s">
-        <x:v>630</x:v>
+        <x:v>631</x:v>
       </x:c>
       <x:c r="Q432" s="16" t="s">
         <x:v>633</x:v>
       </x:c>
       <x:c r="R432" s="14" t="s">
         <x:v>634</x:v>
       </x:c>
       <x:c r="S432" s="14" t="n">
         <x:v>596940</x:v>
       </x:c>
       <x:c r="T432" s="16" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="U432" s="16" t="s">
         <x:v>170</x:v>
       </x:c>
     </x:row>
     <x:row r="433" spans="1:21">
       <x:c r="A433" s="1" t="s">
         <x:v>119</x:v>
       </x:c>
       <x:c r="B433" s="0" t="s">
         <x:v>120</x:v>
       </x:c>
       <x:c r="C433" s="3" t="n">
@@ -27520,51 +27516,51 @@
       </x:c>
       <x:c r="P433" s="0" t="s">
         <x:v>635</x:v>
       </x:c>
       <x:c r="Q433" s="4" t="s">
         <x:v>636</x:v>
       </x:c>
       <x:c r="R433" s="0" t="s">
         <x:v>478</x:v>
       </x:c>
       <x:c r="S433" s="0" t="n">
         <x:v>595886</x:v>
       </x:c>
       <x:c r="T433" s="4" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="U433" s="4" t="s">
         <x:v>125</x:v>
       </x:c>
     </x:row>
     <x:row r="434" spans="1:21">
       <x:c r="A434" s="13" t="s">
         <x:v>119</x:v>
       </x:c>
       <x:c r="B434" s="14" t="s">
-        <x:v>148</x:v>
+        <x:v>147</x:v>
       </x:c>
       <x:c r="C434" s="15" t="n">
         <x:v>40792</x:v>
       </x:c>
       <x:c r="D434" s="15" t="s"/>
       <x:c r="E434" s="14" t="s"/>
       <x:c r="F434" s="14" t="s"/>
       <x:c r="G434" s="14" t="s">
         <x:v>635</x:v>
       </x:c>
       <x:c r="H434" s="14" t="s"/>
       <x:c r="I434" s="16" t="s">
         <x:v>636</x:v>
       </x:c>
       <x:c r="J434" s="14" t="s">
         <x:v>123</x:v>
       </x:c>
       <x:c r="K434" s="14" t="s">
         <x:v>124</x:v>
       </x:c>
       <x:c r="L434" s="14" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="M434" s="14" t="s">
         <x:v>33</x:v>
@@ -27812,156 +27808,156 @@
       </x:c>
       <x:c r="Q438" s="16" t="s">
         <x:v>477</x:v>
       </x:c>
       <x:c r="R438" s="14" t="s">
         <x:v>638</x:v>
       </x:c>
       <x:c r="S438" s="14" t="n">
         <x:v>547580</x:v>
       </x:c>
       <x:c r="T438" s="16" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="U438" s="16" t="s">
         <x:v>170</x:v>
       </x:c>
     </x:row>
     <x:row r="439" spans="1:21">
       <x:c r="A439" s="1" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="B439" s="0" t="s">
         <x:v>136</x:v>
       </x:c>
       <x:c r="C439" s="3" t="n">
-        <x:v>40792</x:v>
+        <x:v>35340</x:v>
       </x:c>
       <x:c r="D439" s="3" t="s"/>
       <x:c r="E439" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="G439" s="0" t="s">
         <x:v>476</x:v>
       </x:c>
       <x:c r="I439" s="4" t="s">
         <x:v>477</x:v>
       </x:c>
       <x:c r="J439" s="0" t="s">
         <x:v>123</x:v>
       </x:c>
       <x:c r="K439" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="L439" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="M439" s="0" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="N439" s="3" t="n">
         <x:v>24220</x:v>
       </x:c>
       <x:c r="O439" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="P439" s="0" t="s">
         <x:v>637</x:v>
       </x:c>
       <x:c r="Q439" s="4" t="s">
         <x:v>477</x:v>
       </x:c>
       <x:c r="R439" s="0" t="s">
         <x:v>638</x:v>
       </x:c>
       <x:c r="S439" s="0" t="n">
-        <x:v>614603</x:v>
+        <x:v>547581</x:v>
       </x:c>
       <x:c r="T439" s="4" t="s">
-        <x:v>53</x:v>
+        <x:v>51</x:v>
       </x:c>
       <x:c r="U439" s="4" t="s">
-        <x:v>125</x:v>
+        <x:v>170</x:v>
       </x:c>
     </x:row>
     <x:row r="440" spans="1:21">
       <x:c r="A440" s="13" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="B440" s="14" t="s">
         <x:v>136</x:v>
       </x:c>
       <x:c r="C440" s="15" t="n">
-        <x:v>35340</x:v>
+        <x:v>40792</x:v>
       </x:c>
       <x:c r="D440" s="15" t="s"/>
       <x:c r="E440" s="14" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="F440" s="14" t="s"/>
       <x:c r="G440" s="14" t="s">
         <x:v>476</x:v>
       </x:c>
       <x:c r="H440" s="14" t="s"/>
       <x:c r="I440" s="16" t="s">
         <x:v>477</x:v>
       </x:c>
       <x:c r="J440" s="14" t="s">
         <x:v>123</x:v>
       </x:c>
       <x:c r="K440" s="14" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="L440" s="14" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="M440" s="14" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="N440" s="15" t="n">
         <x:v>24220</x:v>
       </x:c>
       <x:c r="O440" s="14" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="P440" s="14" t="s">
         <x:v>637</x:v>
       </x:c>
       <x:c r="Q440" s="16" t="s">
         <x:v>477</x:v>
       </x:c>
       <x:c r="R440" s="14" t="s">
         <x:v>638</x:v>
       </x:c>
       <x:c r="S440" s="14" t="n">
-        <x:v>547581</x:v>
+        <x:v>614603</x:v>
       </x:c>
       <x:c r="T440" s="16" t="s">
-        <x:v>51</x:v>
+        <x:v>53</x:v>
       </x:c>
       <x:c r="U440" s="16" t="s">
-        <x:v>170</x:v>
+        <x:v>125</x:v>
       </x:c>
     </x:row>
     <x:row r="441" spans="1:21">
       <x:c r="A441" s="1" t="s">
         <x:v>119</x:v>
       </x:c>
       <x:c r="B441" s="0" t="s">
         <x:v>639</x:v>
       </x:c>
       <x:c r="C441" s="3" t="s"/>
       <x:c r="D441" s="3" t="s"/>
       <x:c r="G441" s="0" t="s">
         <x:v>640</x:v>
       </x:c>
       <x:c r="I441" s="4" t="s">
         <x:v>641</x:v>
       </x:c>
       <x:c r="K441" s="0" t="s">
         <x:v>124</x:v>
       </x:c>
       <x:c r="L441" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="M441" s="0" t="s">
         <x:v>33</x:v>
@@ -27974,84 +27970,84 @@
       </x:c>
       <x:c r="P441" s="0" t="s">
         <x:v>640</x:v>
       </x:c>
       <x:c r="Q441" s="4" t="s">
         <x:v>641</x:v>
       </x:c>
       <x:c r="R441" s="0" t="s">
         <x:v>629</x:v>
       </x:c>
       <x:c r="S441" s="0" t="n">
         <x:v>594657</x:v>
       </x:c>
       <x:c r="T441" s="4" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="U441" s="4" t="s">
         <x:v>170</x:v>
       </x:c>
     </x:row>
     <x:row r="442" spans="1:21">
       <x:c r="A442" s="13" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="B442" s="14" t="s">
-        <x:v>210</x:v>
+        <x:v>209</x:v>
       </x:c>
       <x:c r="C442" s="15" t="n">
         <x:v>37680</x:v>
       </x:c>
       <x:c r="D442" s="15" t="s"/>
       <x:c r="E442" s="14" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="F442" s="14" t="s"/>
       <x:c r="G442" s="14" t="s">
         <x:v>490</x:v>
       </x:c>
       <x:c r="H442" s="14" t="s"/>
       <x:c r="I442" s="16" t="s">
         <x:v>491</x:v>
       </x:c>
       <x:c r="J442" s="14" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="K442" s="14" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="L442" s="14" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="M442" s="14" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="N442" s="15" t="n">
         <x:v>24273</x:v>
       </x:c>
       <x:c r="O442" s="14" t="s">
-        <x:v>150</x:v>
+        <x:v>149</x:v>
       </x:c>
       <x:c r="P442" s="14" t="s">
         <x:v>643</x:v>
       </x:c>
       <x:c r="Q442" s="16" t="s">
         <x:v>371</x:v>
       </x:c>
       <x:c r="R442" s="14" t="s">
         <x:v>372</x:v>
       </x:c>
       <x:c r="S442" s="14" t="n">
         <x:v>558745</x:v>
       </x:c>
       <x:c r="T442" s="16" t="s">
         <x:v>300</x:v>
       </x:c>
       <x:c r="U442" s="16" t="s">
         <x:v>489</x:v>
       </x:c>
     </x:row>
     <x:row r="443" spans="1:21">
       <x:c r="A443" s="1" t="s">
         <x:v>119</x:v>
       </x:c>
       <x:c r="B443" s="0" t="s">
@@ -28087,51 +28083,51 @@
       </x:c>
       <x:c r="P443" s="0" t="s">
         <x:v>644</x:v>
       </x:c>
       <x:c r="Q443" s="4" t="s">
         <x:v>645</x:v>
       </x:c>
       <x:c r="R443" s="0" t="s">
         <x:v>646</x:v>
       </x:c>
       <x:c r="S443" s="0" t="n">
         <x:v>595883</x:v>
       </x:c>
       <x:c r="T443" s="4" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="U443" s="4" t="s">
         <x:v>125</x:v>
       </x:c>
     </x:row>
     <x:row r="444" spans="1:21">
       <x:c r="A444" s="13" t="s">
         <x:v>119</x:v>
       </x:c>
       <x:c r="B444" s="14" t="s">
-        <x:v>148</x:v>
+        <x:v>147</x:v>
       </x:c>
       <x:c r="C444" s="15" t="n">
         <x:v>40792</x:v>
       </x:c>
       <x:c r="D444" s="15" t="s"/>
       <x:c r="E444" s="14" t="s"/>
       <x:c r="F444" s="14" t="s"/>
       <x:c r="G444" s="14" t="s">
         <x:v>644</x:v>
       </x:c>
       <x:c r="H444" s="14" t="s"/>
       <x:c r="I444" s="16" t="s">
         <x:v>645</x:v>
       </x:c>
       <x:c r="J444" s="14" t="s">
         <x:v>123</x:v>
       </x:c>
       <x:c r="K444" s="14" t="s">
         <x:v>124</x:v>
       </x:c>
       <x:c r="L444" s="14" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="M444" s="14" t="s">
         <x:v>33</x:v>
@@ -28907,51 +28903,51 @@
       </x:c>
       <x:c r="P458" s="14" t="s">
         <x:v>661</x:v>
       </x:c>
       <x:c r="Q458" s="16" t="s">
         <x:v>662</x:v>
       </x:c>
       <x:c r="R458" s="14" t="s">
         <x:v>663</x:v>
       </x:c>
       <x:c r="S458" s="14" t="n">
         <x:v>592909</x:v>
       </x:c>
       <x:c r="T458" s="16" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="U458" s="16" t="s">
         <x:v>170</x:v>
       </x:c>
     </x:row>
     <x:row r="459" spans="1:21">
       <x:c r="A459" s="1" t="s">
         <x:v>119</x:v>
       </x:c>
       <x:c r="B459" s="0" t="s">
-        <x:v>148</x:v>
+        <x:v>147</x:v>
       </x:c>
       <x:c r="C459" s="3" t="n">
         <x:v>40792</x:v>
       </x:c>
       <x:c r="D459" s="3" t="s"/>
       <x:c r="G459" s="0" t="s">
         <x:v>664</x:v>
       </x:c>
       <x:c r="I459" s="4" t="s">
         <x:v>665</x:v>
       </x:c>
       <x:c r="J459" s="0" t="s">
         <x:v>123</x:v>
       </x:c>
       <x:c r="K459" s="0" t="s">
         <x:v>124</x:v>
       </x:c>
       <x:c r="L459" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="M459" s="0" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="N459" s="3" t="n">
         <x:v>24220</x:v>
@@ -29719,51 +29715,51 @@
       </x:c>
       <x:c r="P473" s="0" t="s">
         <x:v>683</x:v>
       </x:c>
       <x:c r="Q473" s="4" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="R473" s="0" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="S473" s="0" t="n">
         <x:v>595885</x:v>
       </x:c>
       <x:c r="T473" s="4" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="U473" s="4" t="s">
         <x:v>125</x:v>
       </x:c>
     </x:row>
     <x:row r="474" spans="1:21">
       <x:c r="A474" s="13" t="s">
         <x:v>119</x:v>
       </x:c>
       <x:c r="B474" s="14" t="s">
-        <x:v>148</x:v>
+        <x:v>147</x:v>
       </x:c>
       <x:c r="C474" s="15" t="n">
         <x:v>40792</x:v>
       </x:c>
       <x:c r="D474" s="15" t="s"/>
       <x:c r="E474" s="14" t="s"/>
       <x:c r="F474" s="14" t="s"/>
       <x:c r="G474" s="14" t="s">
         <x:v>683</x:v>
       </x:c>
       <x:c r="H474" s="14" t="s"/>
       <x:c r="I474" s="16" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="J474" s="14" t="s">
         <x:v>123</x:v>
       </x:c>
       <x:c r="K474" s="14" t="s">
         <x:v>124</x:v>
       </x:c>
       <x:c r="L474" s="14" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="M474" s="14" t="s">
         <x:v>33</x:v>
@@ -29799,51 +29795,51 @@
       </x:c>
       <x:c r="B475" s="0" t="s">
         <x:v>684</x:v>
       </x:c>
       <x:c r="C475" s="3" t="s"/>
       <x:c r="D475" s="3" t="s"/>
       <x:c r="G475" s="0" t="s">
         <x:v>685</x:v>
       </x:c>
       <x:c r="I475" s="4" t="s">
         <x:v>521</x:v>
       </x:c>
       <x:c r="K475" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L475" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M475" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N475" s="3" t="n">
         <x:v>31006</x:v>
       </x:c>
       <x:c r="O475" s="0" t="s">
-        <x:v>193</x:v>
+        <x:v>200</x:v>
       </x:c>
       <x:c r="P475" s="0" t="s">
         <x:v>685</x:v>
       </x:c>
       <x:c r="Q475" s="4" t="s">
         <x:v>521</x:v>
       </x:c>
       <x:c r="R475" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="S475" s="0" t="n">
         <x:v>605312</x:v>
       </x:c>
       <x:c r="T475" s="4" t="s">
         <x:v>686</x:v>
       </x:c>
       <x:c r="U475" s="4" t="s">
         <x:v>32</x:v>
       </x:c>
     </x:row>
     <x:row r="476" spans="1:21">
       <x:c r="A476" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B476" s="14" t="s">
@@ -29852,283 +29848,283 @@
       <x:c r="C476" s="15" t="s"/>
       <x:c r="D476" s="15" t="s"/>
       <x:c r="E476" s="14" t="s"/>
       <x:c r="F476" s="14" t="s"/>
       <x:c r="G476" s="14" t="s">
         <x:v>685</x:v>
       </x:c>
       <x:c r="H476" s="14" t="s"/>
       <x:c r="I476" s="16" t="s">
         <x:v>521</x:v>
       </x:c>
       <x:c r="J476" s="14" t="s"/>
       <x:c r="K476" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L476" s="14" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="M476" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N476" s="15" t="n">
         <x:v>31006</x:v>
       </x:c>
       <x:c r="O476" s="14" t="s">
-        <x:v>193</x:v>
+        <x:v>200</x:v>
       </x:c>
       <x:c r="P476" s="14" t="s">
         <x:v>685</x:v>
       </x:c>
       <x:c r="Q476" s="16" t="s">
         <x:v>521</x:v>
       </x:c>
       <x:c r="R476" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="S476" s="14" t="n">
         <x:v>605331</x:v>
       </x:c>
       <x:c r="T476" s="16" t="s">
         <x:v>686</x:v>
       </x:c>
       <x:c r="U476" s="16" t="s">
         <x:v>361</x:v>
       </x:c>
     </x:row>
     <x:row r="477" spans="1:21">
       <x:c r="A477" s="1" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="B477" s="0" t="s">
-        <x:v>210</x:v>
+        <x:v>209</x:v>
       </x:c>
       <x:c r="C477" s="3" t="n">
         <x:v>37680</x:v>
       </x:c>
       <x:c r="D477" s="3" t="s"/>
       <x:c r="E477" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="G477" s="0" t="s">
         <x:v>685</x:v>
       </x:c>
       <x:c r="I477" s="4" t="s">
         <x:v>521</x:v>
       </x:c>
       <x:c r="J477" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="K477" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="L477" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="M477" s="0" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="N477" s="3" t="n">
         <x:v>24273</x:v>
       </x:c>
       <x:c r="O477" s="0" t="s">
-        <x:v>150</x:v>
+        <x:v>149</x:v>
       </x:c>
       <x:c r="P477" s="0" t="s">
         <x:v>687</x:v>
       </x:c>
       <x:c r="Q477" s="4" t="s">
         <x:v>425</x:v>
       </x:c>
       <x:c r="R477" s="0" t="s">
         <x:v>427</x:v>
       </x:c>
       <x:c r="S477" s="0" t="n">
         <x:v>555058</x:v>
       </x:c>
       <x:c r="T477" s="4" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="U477" s="4" t="s">
         <x:v>170</x:v>
       </x:c>
     </x:row>
     <x:row r="478" spans="1:21">
       <x:c r="A478" s="13" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="B478" s="14" t="s">
-        <x:v>210</x:v>
+        <x:v>209</x:v>
       </x:c>
       <x:c r="C478" s="15" t="n">
         <x:v>37680</x:v>
       </x:c>
       <x:c r="D478" s="15" t="s"/>
       <x:c r="E478" s="14" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="F478" s="14" t="s"/>
       <x:c r="G478" s="14" t="s">
         <x:v>685</x:v>
       </x:c>
       <x:c r="H478" s="14" t="s"/>
       <x:c r="I478" s="16" t="s">
         <x:v>521</x:v>
       </x:c>
       <x:c r="J478" s="14" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="K478" s="14" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="L478" s="14" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="M478" s="14" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="N478" s="15" t="n">
         <x:v>24273</x:v>
       </x:c>
       <x:c r="O478" s="14" t="s">
-        <x:v>150</x:v>
+        <x:v>149</x:v>
       </x:c>
       <x:c r="P478" s="14" t="s">
         <x:v>687</x:v>
       </x:c>
       <x:c r="Q478" s="16" t="s">
         <x:v>425</x:v>
       </x:c>
       <x:c r="R478" s="14" t="s">
         <x:v>427</x:v>
       </x:c>
       <x:c r="S478" s="14" t="n">
         <x:v>555057</x:v>
       </x:c>
       <x:c r="T478" s="16" t="s">
         <x:v>544</x:v>
       </x:c>
       <x:c r="U478" s="16" t="s">
-        <x:v>153</x:v>
+        <x:v>154</x:v>
       </x:c>
     </x:row>
     <x:row r="479" spans="1:21">
       <x:c r="A479" s="1" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="B479" s="0" t="s">
-        <x:v>210</x:v>
+        <x:v>209</x:v>
       </x:c>
       <x:c r="C479" s="3" t="n">
         <x:v>37680</x:v>
       </x:c>
       <x:c r="D479" s="3" t="s"/>
       <x:c r="E479" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="G479" s="0" t="s">
         <x:v>688</x:v>
       </x:c>
       <x:c r="I479" s="4" t="s">
         <x:v>521</x:v>
       </x:c>
       <x:c r="J479" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="K479" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="L479" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="M479" s="0" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="N479" s="3" t="n">
         <x:v>24273</x:v>
       </x:c>
       <x:c r="O479" s="0" t="s">
-        <x:v>150</x:v>
+        <x:v>149</x:v>
       </x:c>
       <x:c r="P479" s="0" t="s">
         <x:v>689</x:v>
       </x:c>
       <x:c r="Q479" s="4" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="R479" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="S479" s="0" t="n">
         <x:v>607732</x:v>
       </x:c>
       <x:c r="T479" s="4" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="U479" s="4" t="s">
         <x:v>614</x:v>
       </x:c>
     </x:row>
     <x:row r="480" spans="1:21">
       <x:c r="A480" s="13" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="B480" s="14" t="s">
-        <x:v>210</x:v>
+        <x:v>209</x:v>
       </x:c>
       <x:c r="C480" s="15" t="n">
         <x:v>37680</x:v>
       </x:c>
       <x:c r="D480" s="15" t="s"/>
       <x:c r="E480" s="14" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="F480" s="14" t="s"/>
       <x:c r="G480" s="14" t="s">
         <x:v>688</x:v>
       </x:c>
       <x:c r="H480" s="14" t="s"/>
       <x:c r="I480" s="16" t="s">
         <x:v>521</x:v>
       </x:c>
       <x:c r="J480" s="14" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="K480" s="14" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="L480" s="14" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="M480" s="14" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="N480" s="15" t="n">
         <x:v>24273</x:v>
       </x:c>
       <x:c r="O480" s="14" t="s">
-        <x:v>150</x:v>
+        <x:v>149</x:v>
       </x:c>
       <x:c r="P480" s="14" t="s">
         <x:v>690</x:v>
       </x:c>
       <x:c r="Q480" s="16" t="s">
         <x:v>425</x:v>
       </x:c>
       <x:c r="R480" s="14" t="s">
         <x:v>218</x:v>
       </x:c>
       <x:c r="S480" s="14" t="n">
         <x:v>607731</x:v>
       </x:c>
       <x:c r="T480" s="16" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="U480" s="16" t="s">
         <x:v>614</x:v>
       </x:c>
     </x:row>
     <x:row r="481" spans="1:21">
       <x:c r="A481" s="1" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="B481" s="0" t="s">
@@ -30863,159 +30859,159 @@
       </x:c>
       <x:c r="P493" s="0" t="s">
         <x:v>697</x:v>
       </x:c>
       <x:c r="Q493" s="4" t="s">
         <x:v>693</x:v>
       </x:c>
       <x:c r="R493" s="0" t="s">
         <x:v>241</x:v>
       </x:c>
       <x:c r="S493" s="0" t="n">
         <x:v>552569</x:v>
       </x:c>
       <x:c r="T493" s="4" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="U493" s="4" t="s">
         <x:v>170</x:v>
       </x:c>
     </x:row>
     <x:row r="494" spans="1:21">
       <x:c r="A494" s="13" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="B494" s="14" t="s">
-        <x:v>291</x:v>
+        <x:v>130</x:v>
       </x:c>
       <x:c r="C494" s="15" t="n">
-        <x:v>35093</x:v>
+        <x:v>40792</x:v>
       </x:c>
       <x:c r="D494" s="15" t="s"/>
       <x:c r="E494" s="14" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="F494" s="14" t="s"/>
       <x:c r="G494" s="14" t="s">
         <x:v>697</x:v>
       </x:c>
       <x:c r="H494" s="14" t="s"/>
       <x:c r="I494" s="16" t="s">
         <x:v>693</x:v>
       </x:c>
       <x:c r="J494" s="14" t="s">
-        <x:v>59</x:v>
+        <x:v>123</x:v>
       </x:c>
       <x:c r="K494" s="14" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="L494" s="14" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="M494" s="14" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="N494" s="15" t="n">
-        <x:v>31034</x:v>
+        <x:v>24220</x:v>
       </x:c>
       <x:c r="O494" s="14" t="s">
-        <x:v>115</x:v>
+        <x:v>60</x:v>
       </x:c>
       <x:c r="P494" s="14" t="s">
         <x:v>697</x:v>
       </x:c>
       <x:c r="Q494" s="16" t="s">
         <x:v>693</x:v>
       </x:c>
       <x:c r="R494" s="14" t="s">
         <x:v>241</x:v>
       </x:c>
       <x:c r="S494" s="14" t="n">
-        <x:v>552565</x:v>
+        <x:v>600419</x:v>
       </x:c>
       <x:c r="T494" s="16" t="s">
-        <x:v>51</x:v>
+        <x:v>53</x:v>
       </x:c>
       <x:c r="U494" s="16" t="s">
-        <x:v>419</x:v>
+        <x:v>125</x:v>
       </x:c>
     </x:row>
     <x:row r="495" spans="1:21">
       <x:c r="A495" s="1" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="B495" s="0" t="s">
-        <x:v>130</x:v>
+        <x:v>285</x:v>
       </x:c>
       <x:c r="C495" s="3" t="n">
-        <x:v>40792</x:v>
+        <x:v>35093</x:v>
       </x:c>
       <x:c r="D495" s="3" t="s"/>
       <x:c r="E495" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="G495" s="0" t="s">
         <x:v>697</x:v>
       </x:c>
       <x:c r="I495" s="4" t="s">
         <x:v>693</x:v>
       </x:c>
       <x:c r="J495" s="0" t="s">
-        <x:v>123</x:v>
+        <x:v>59</x:v>
       </x:c>
       <x:c r="K495" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="L495" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="M495" s="0" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="N495" s="3" t="n">
-        <x:v>24220</x:v>
+        <x:v>31034</x:v>
       </x:c>
       <x:c r="O495" s="0" t="s">
-        <x:v>60</x:v>
+        <x:v>115</x:v>
       </x:c>
       <x:c r="P495" s="0" t="s">
         <x:v>697</x:v>
       </x:c>
       <x:c r="Q495" s="4" t="s">
         <x:v>693</x:v>
       </x:c>
       <x:c r="R495" s="0" t="s">
         <x:v>241</x:v>
       </x:c>
       <x:c r="S495" s="0" t="n">
-        <x:v>600419</x:v>
+        <x:v>552565</x:v>
       </x:c>
       <x:c r="T495" s="4" t="s">
-        <x:v>53</x:v>
+        <x:v>51</x:v>
       </x:c>
       <x:c r="U495" s="4" t="s">
-        <x:v>125</x:v>
+        <x:v>419</x:v>
       </x:c>
     </x:row>
     <x:row r="496" spans="1:21">
       <x:c r="A496" s="13" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="B496" s="14" t="s">
         <x:v>524</x:v>
       </x:c>
       <x:c r="C496" s="15" t="n">
         <x:v>39115</x:v>
       </x:c>
       <x:c r="D496" s="15" t="s"/>
       <x:c r="E496" s="14" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="F496" s="14" t="s"/>
       <x:c r="G496" s="14" t="s">
         <x:v>525</x:v>
       </x:c>
       <x:c r="H496" s="14" t="s"/>
       <x:c r="I496" s="16" t="s">
         <x:v>526</x:v>
       </x:c>
       <x:c r="J496" s="14" t="s">
@@ -31095,399 +31091,399 @@
       </x:c>
       <x:c r="P497" s="0" t="s">
         <x:v>698</x:v>
       </x:c>
       <x:c r="Q497" s="4" t="s">
         <x:v>562</x:v>
       </x:c>
       <x:c r="R497" s="0" t="s">
         <x:v>230</x:v>
       </x:c>
       <x:c r="S497" s="0" t="n">
         <x:v>535092</x:v>
       </x:c>
       <x:c r="T497" s="4" t="s">
         <x:v>528</x:v>
       </x:c>
       <x:c r="U497" s="4" t="s">
         <x:v>529</x:v>
       </x:c>
     </x:row>
     <x:row r="498" spans="1:21">
       <x:c r="A498" s="13" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="B498" s="14" t="s">
-        <x:v>130</x:v>
+        <x:v>136</x:v>
       </x:c>
       <x:c r="C498" s="15" t="n">
-        <x:v>35340</x:v>
+        <x:v>40792</x:v>
       </x:c>
       <x:c r="D498" s="15" t="s"/>
       <x:c r="E498" s="14" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="F498" s="14" t="s"/>
       <x:c r="G498" s="14" t="s">
-        <x:v>525</x:v>
+        <x:v>699</x:v>
       </x:c>
       <x:c r="H498" s="14" t="s"/>
       <x:c r="I498" s="16" t="s">
-        <x:v>526</x:v>
+        <x:v>531</x:v>
       </x:c>
       <x:c r="J498" s="14" t="s">
         <x:v>123</x:v>
       </x:c>
       <x:c r="K498" s="14" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="L498" s="14" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="M498" s="14" t="s">
         <x:v>127</x:v>
       </x:c>
       <x:c r="N498" s="15" t="n">
         <x:v>24220</x:v>
       </x:c>
       <x:c r="O498" s="14" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="P498" s="14" t="s">
         <x:v>698</x:v>
       </x:c>
       <x:c r="Q498" s="16" t="s">
         <x:v>562</x:v>
       </x:c>
       <x:c r="R498" s="14" t="s">
         <x:v>230</x:v>
       </x:c>
       <x:c r="S498" s="14" t="n">
-        <x:v>506002</x:v>
+        <x:v>608581</x:v>
       </x:c>
       <x:c r="T498" s="16" t="s">
-        <x:v>326</x:v>
+        <x:v>53</x:v>
       </x:c>
       <x:c r="U498" s="16" t="s">
-        <x:v>382</x:v>
+        <x:v>383</x:v>
       </x:c>
     </x:row>
     <x:row r="499" spans="1:21">
       <x:c r="A499" s="1" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="B499" s="0" t="s">
-        <x:v>535</x:v>
+        <x:v>130</x:v>
       </x:c>
       <x:c r="C499" s="3" t="n">
-        <x:v>39115</x:v>
+        <x:v>35340</x:v>
       </x:c>
       <x:c r="D499" s="3" t="s"/>
       <x:c r="E499" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="G499" s="0" t="s">
         <x:v>525</x:v>
       </x:c>
       <x:c r="I499" s="4" t="s">
         <x:v>526</x:v>
       </x:c>
       <x:c r="J499" s="0" t="s">
-        <x:v>59</x:v>
+        <x:v>123</x:v>
       </x:c>
       <x:c r="K499" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="L499" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="M499" s="0" t="s">
         <x:v>127</x:v>
       </x:c>
       <x:c r="N499" s="3" t="n">
         <x:v>24220</x:v>
       </x:c>
       <x:c r="O499" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="P499" s="0" t="s">
         <x:v>698</x:v>
       </x:c>
       <x:c r="Q499" s="4" t="s">
         <x:v>562</x:v>
       </x:c>
       <x:c r="R499" s="0" t="s">
         <x:v>230</x:v>
       </x:c>
       <x:c r="S499" s="0" t="n">
-        <x:v>550733</x:v>
+        <x:v>506002</x:v>
       </x:c>
       <x:c r="T499" s="4" t="s">
-        <x:v>261</x:v>
+        <x:v>326</x:v>
       </x:c>
       <x:c r="U499" s="4" t="s">
-        <x:v>537</x:v>
+        <x:v>382</x:v>
       </x:c>
     </x:row>
     <x:row r="500" spans="1:21">
       <x:c r="A500" s="13" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="B500" s="14" t="s">
-        <x:v>535</x:v>
+        <x:v>533</x:v>
       </x:c>
       <x:c r="C500" s="15" t="n">
         <x:v>39115</x:v>
       </x:c>
       <x:c r="D500" s="15" t="s"/>
       <x:c r="E500" s="14" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="F500" s="14" t="s"/>
       <x:c r="G500" s="14" t="s">
         <x:v>525</x:v>
       </x:c>
       <x:c r="H500" s="14" t="s"/>
       <x:c r="I500" s="16" t="s">
         <x:v>526</x:v>
       </x:c>
       <x:c r="J500" s="14" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="K500" s="14" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="L500" s="14" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="M500" s="14" t="s">
         <x:v>127</x:v>
       </x:c>
       <x:c r="N500" s="15" t="n">
         <x:v>24220</x:v>
       </x:c>
       <x:c r="O500" s="14" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="P500" s="14" t="s">
         <x:v>698</x:v>
       </x:c>
       <x:c r="Q500" s="16" t="s">
         <x:v>562</x:v>
       </x:c>
       <x:c r="R500" s="14" t="s">
         <x:v>230</x:v>
       </x:c>
       <x:c r="S500" s="14" t="n">
-        <x:v>550734</x:v>
+        <x:v>550733</x:v>
       </x:c>
       <x:c r="T500" s="16" t="s">
         <x:v>261</x:v>
       </x:c>
       <x:c r="U500" s="16" t="s">
-        <x:v>536</x:v>
+        <x:v>537</x:v>
       </x:c>
     </x:row>
     <x:row r="501" spans="1:21">
       <x:c r="A501" s="1" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="B501" s="0" t="s">
-        <x:v>136</x:v>
+        <x:v>530</x:v>
       </x:c>
       <x:c r="C501" s="3" t="n">
-        <x:v>40792</x:v>
+        <x:v>39115</x:v>
       </x:c>
       <x:c r="D501" s="3" t="s"/>
       <x:c r="E501" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="G501" s="0" t="s">
-        <x:v>525</x:v>
+        <x:v>699</x:v>
       </x:c>
       <x:c r="I501" s="4" t="s">
-        <x:v>526</x:v>
+        <x:v>531</x:v>
       </x:c>
       <x:c r="J501" s="0" t="s">
-        <x:v>123</x:v>
+        <x:v>59</x:v>
       </x:c>
       <x:c r="K501" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="L501" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="M501" s="0" t="s">
         <x:v>127</x:v>
       </x:c>
       <x:c r="N501" s="3" t="n">
         <x:v>24220</x:v>
       </x:c>
       <x:c r="O501" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="P501" s="0" t="s">
         <x:v>698</x:v>
       </x:c>
       <x:c r="Q501" s="4" t="s">
         <x:v>562</x:v>
       </x:c>
       <x:c r="R501" s="0" t="s">
         <x:v>230</x:v>
       </x:c>
       <x:c r="S501" s="0" t="n">
-        <x:v>550690</x:v>
+        <x:v>608603</x:v>
       </x:c>
       <x:c r="T501" s="4" t="s">
-        <x:v>51</x:v>
+        <x:v>53</x:v>
       </x:c>
       <x:c r="U501" s="4" t="s">
-        <x:v>135</x:v>
+        <x:v>691</x:v>
       </x:c>
     </x:row>
     <x:row r="502" spans="1:21">
       <x:c r="A502" s="13" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="B502" s="14" t="s">
-        <x:v>530</x:v>
+        <x:v>533</x:v>
       </x:c>
       <x:c r="C502" s="15" t="n">
         <x:v>39115</x:v>
       </x:c>
       <x:c r="D502" s="15" t="s"/>
       <x:c r="E502" s="14" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="F502" s="14" t="s"/>
       <x:c r="G502" s="14" t="s">
-        <x:v>699</x:v>
+        <x:v>525</x:v>
       </x:c>
       <x:c r="H502" s="14" t="s"/>
       <x:c r="I502" s="16" t="s">
-        <x:v>531</x:v>
+        <x:v>526</x:v>
       </x:c>
       <x:c r="J502" s="14" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="K502" s="14" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="L502" s="14" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="M502" s="14" t="s">
         <x:v>127</x:v>
       </x:c>
       <x:c r="N502" s="15" t="n">
         <x:v>24220</x:v>
       </x:c>
       <x:c r="O502" s="14" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="P502" s="14" t="s">
         <x:v>698</x:v>
       </x:c>
       <x:c r="Q502" s="16" t="s">
         <x:v>562</x:v>
       </x:c>
       <x:c r="R502" s="14" t="s">
         <x:v>230</x:v>
       </x:c>
       <x:c r="S502" s="14" t="n">
-        <x:v>608603</x:v>
+        <x:v>550734</x:v>
       </x:c>
       <x:c r="T502" s="16" t="s">
-        <x:v>53</x:v>
+        <x:v>261</x:v>
       </x:c>
       <x:c r="U502" s="16" t="s">
-        <x:v>691</x:v>
+        <x:v>534</x:v>
       </x:c>
     </x:row>
     <x:row r="503" spans="1:21">
       <x:c r="A503" s="1" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="B503" s="0" t="s">
         <x:v>136</x:v>
       </x:c>
       <x:c r="C503" s="3" t="n">
         <x:v>40792</x:v>
       </x:c>
       <x:c r="D503" s="3" t="s"/>
       <x:c r="E503" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="G503" s="0" t="s">
-        <x:v>699</x:v>
+        <x:v>525</x:v>
       </x:c>
       <x:c r="I503" s="4" t="s">
-        <x:v>531</x:v>
+        <x:v>526</x:v>
       </x:c>
       <x:c r="J503" s="0" t="s">
         <x:v>123</x:v>
       </x:c>
       <x:c r="K503" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="L503" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="M503" s="0" t="s">
         <x:v>127</x:v>
       </x:c>
       <x:c r="N503" s="3" t="n">
         <x:v>24220</x:v>
       </x:c>
       <x:c r="O503" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="P503" s="0" t="s">
         <x:v>698</x:v>
       </x:c>
       <x:c r="Q503" s="4" t="s">
         <x:v>562</x:v>
       </x:c>
       <x:c r="R503" s="0" t="s">
         <x:v>230</x:v>
       </x:c>
       <x:c r="S503" s="0" t="n">
-        <x:v>608581</x:v>
+        <x:v>550690</x:v>
       </x:c>
       <x:c r="T503" s="4" t="s">
-        <x:v>53</x:v>
+        <x:v>51</x:v>
       </x:c>
       <x:c r="U503" s="4" t="s">
-        <x:v>383</x:v>
+        <x:v>135</x:v>
       </x:c>
     </x:row>
     <x:row r="504" spans="1:21">
       <x:c r="A504" s="13" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="B504" s="14" t="s">
-        <x:v>535</x:v>
+        <x:v>533</x:v>
       </x:c>
       <x:c r="C504" s="15" t="n">
         <x:v>39115</x:v>
       </x:c>
       <x:c r="D504" s="15" t="s"/>
       <x:c r="E504" s="14" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="F504" s="14" t="s"/>
       <x:c r="G504" s="14" t="s">
         <x:v>525</x:v>
       </x:c>
       <x:c r="H504" s="14" t="s"/>
       <x:c r="I504" s="16" t="s">
         <x:v>526</x:v>
       </x:c>
       <x:c r="J504" s="14" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="K504" s="14" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="L504" s="14" t="s">
         <x:v>47</x:v>
       </x:c>
@@ -31610,51 +31606,51 @@
       <x:c r="M506" s="14" t="s">
         <x:v>127</x:v>
       </x:c>
       <x:c r="N506" s="15" t="n">
         <x:v>24220</x:v>
       </x:c>
       <x:c r="O506" s="14" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="P506" s="14" t="s">
         <x:v>698</x:v>
       </x:c>
       <x:c r="Q506" s="16" t="s">
         <x:v>562</x:v>
       </x:c>
       <x:c r="R506" s="14" t="s">
         <x:v>230</x:v>
       </x:c>
       <x:c r="S506" s="14" t="n">
         <x:v>550738</x:v>
       </x:c>
       <x:c r="T506" s="16" t="s">
         <x:v>261</x:v>
       </x:c>
       <x:c r="U506" s="16" t="s">
-        <x:v>536</x:v>
+        <x:v>534</x:v>
       </x:c>
     </x:row>
     <x:row r="507" spans="1:21">
       <x:c r="A507" s="1" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="B507" s="0" t="s">
         <x:v>136</x:v>
       </x:c>
       <x:c r="C507" s="3" t="n">
         <x:v>35340</x:v>
       </x:c>
       <x:c r="D507" s="3" t="s"/>
       <x:c r="E507" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="G507" s="0" t="s">
         <x:v>525</x:v>
       </x:c>
       <x:c r="I507" s="4" t="s">
         <x:v>526</x:v>
       </x:c>
       <x:c r="J507" s="0" t="s">
         <x:v>123</x:v>
       </x:c>
@@ -31757,51 +31753,51 @@
       </x:c>
       <x:c r="B509" s="0" t="s">
         <x:v>700</x:v>
       </x:c>
       <x:c r="C509" s="3" t="s"/>
       <x:c r="D509" s="3" t="s"/>
       <x:c r="G509" s="0" t="s">
         <x:v>701</x:v>
       </x:c>
       <x:c r="I509" s="4" t="s">
         <x:v>325</x:v>
       </x:c>
       <x:c r="K509" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L509" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="M509" s="0" t="s">
         <x:v>127</x:v>
       </x:c>
       <x:c r="N509" s="3" t="n">
         <x:v>70707</x:v>
       </x:c>
       <x:c r="O509" s="0" t="s">
-        <x:v>469</x:v>
+        <x:v>467</x:v>
       </x:c>
       <x:c r="P509" s="0" t="s">
         <x:v>701</x:v>
       </x:c>
       <x:c r="Q509" s="4" t="s">
         <x:v>325</x:v>
       </x:c>
       <x:c r="R509" s="0" t="s">
         <x:v>385</x:v>
       </x:c>
       <x:c r="S509" s="0" t="n">
         <x:v>585515</x:v>
       </x:c>
       <x:c r="T509" s="4" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="U509" s="4" t="s">
         <x:v>32</x:v>
       </x:c>
     </x:row>
     <x:row r="510" spans="1:21">
       <x:c r="A510" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B510" s="14" t="s">
@@ -31973,669 +31969,669 @@
       <x:c r="K513" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L513" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="M513" s="0" t="s">
         <x:v>127</x:v>
       </x:c>
       <x:c r="N513" s="3" t="n">
         <x:v>70332</x:v>
       </x:c>
       <x:c r="O513" s="0" t="s">
         <x:v>214</x:v>
       </x:c>
       <x:c r="P513" s="0" t="s">
         <x:v>701</x:v>
       </x:c>
       <x:c r="Q513" s="4" t="s">
         <x:v>325</x:v>
       </x:c>
       <x:c r="R513" s="0" t="s">
         <x:v>385</x:v>
       </x:c>
       <x:c r="S513" s="0" t="n">
-        <x:v>584582</x:v>
+        <x:v>584586</x:v>
       </x:c>
       <x:c r="T513" s="4" t="s">
-        <x:v>31</x:v>
+        <x:v>172</x:v>
       </x:c>
       <x:c r="U513" s="4" t="s">
-        <x:v>32</x:v>
+        <x:v>708</x:v>
       </x:c>
     </x:row>
     <x:row r="514" spans="1:21">
       <x:c r="A514" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B514" s="14" t="s">
-        <x:v>35</x:v>
+        <x:v>165</x:v>
       </x:c>
       <x:c r="C514" s="15" t="s"/>
       <x:c r="D514" s="15" t="s"/>
       <x:c r="E514" s="14" t="s"/>
       <x:c r="F514" s="14" t="s"/>
       <x:c r="G514" s="14" t="s">
         <x:v>701</x:v>
       </x:c>
       <x:c r="H514" s="14" t="s"/>
       <x:c r="I514" s="16" t="s">
         <x:v>325</x:v>
       </x:c>
       <x:c r="J514" s="14" t="s"/>
       <x:c r="K514" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L514" s="14" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="M514" s="14" t="s">
         <x:v>127</x:v>
       </x:c>
       <x:c r="N514" s="15" t="n">
         <x:v>70322</x:v>
       </x:c>
       <x:c r="O514" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="P514" s="14" t="s">
         <x:v>701</x:v>
       </x:c>
       <x:c r="Q514" s="16" t="s">
         <x:v>325</x:v>
       </x:c>
       <x:c r="R514" s="14" t="s">
         <x:v>385</x:v>
       </x:c>
       <x:c r="S514" s="14" t="n">
-        <x:v>576626</x:v>
+        <x:v>576617</x:v>
       </x:c>
       <x:c r="T514" s="16" t="s">
-        <x:v>295</x:v>
+        <x:v>340</x:v>
       </x:c>
       <x:c r="U514" s="16" t="s">
-        <x:v>708</x:v>
+        <x:v>709</x:v>
       </x:c>
     </x:row>
     <x:row r="515" spans="1:21">
       <x:c r="A515" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B515" s="0" t="s">
         <x:v>211</x:v>
       </x:c>
       <x:c r="C515" s="3" t="s"/>
       <x:c r="D515" s="3" t="s"/>
       <x:c r="G515" s="0" t="s">
         <x:v>701</x:v>
       </x:c>
       <x:c r="I515" s="4" t="s">
         <x:v>325</x:v>
       </x:c>
       <x:c r="K515" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L515" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="M515" s="0" t="s">
         <x:v>127</x:v>
       </x:c>
       <x:c r="N515" s="3" t="n">
         <x:v>70332</x:v>
       </x:c>
       <x:c r="O515" s="0" t="s">
         <x:v>214</x:v>
       </x:c>
       <x:c r="P515" s="0" t="s">
         <x:v>701</x:v>
       </x:c>
       <x:c r="Q515" s="4" t="s">
         <x:v>325</x:v>
       </x:c>
       <x:c r="R515" s="0" t="s">
         <x:v>385</x:v>
       </x:c>
       <x:c r="S515" s="0" t="n">
-        <x:v>584586</x:v>
+        <x:v>584582</x:v>
       </x:c>
       <x:c r="T515" s="4" t="s">
-        <x:v>172</x:v>
+        <x:v>31</x:v>
       </x:c>
       <x:c r="U515" s="4" t="s">
-        <x:v>709</x:v>
+        <x:v>32</x:v>
       </x:c>
     </x:row>
     <x:row r="516" spans="1:21">
       <x:c r="A516" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B516" s="14" t="s">
-        <x:v>165</x:v>
+        <x:v>35</x:v>
       </x:c>
       <x:c r="C516" s="15" t="s"/>
       <x:c r="D516" s="15" t="s"/>
       <x:c r="E516" s="14" t="s"/>
       <x:c r="F516" s="14" t="s"/>
       <x:c r="G516" s="14" t="s">
         <x:v>701</x:v>
       </x:c>
       <x:c r="H516" s="14" t="s"/>
       <x:c r="I516" s="16" t="s">
         <x:v>325</x:v>
       </x:c>
       <x:c r="J516" s="14" t="s"/>
       <x:c r="K516" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L516" s="14" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="M516" s="14" t="s">
         <x:v>127</x:v>
       </x:c>
       <x:c r="N516" s="15" t="n">
         <x:v>70322</x:v>
       </x:c>
       <x:c r="O516" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="P516" s="14" t="s">
         <x:v>701</x:v>
       </x:c>
       <x:c r="Q516" s="16" t="s">
         <x:v>325</x:v>
       </x:c>
       <x:c r="R516" s="14" t="s">
         <x:v>385</x:v>
       </x:c>
       <x:c r="S516" s="14" t="n">
-        <x:v>576619</x:v>
+        <x:v>576626</x:v>
       </x:c>
       <x:c r="T516" s="16" t="s">
+        <x:v>295</x:v>
+      </x:c>
+      <x:c r="U516" s="16" t="s">
         <x:v>710</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>301</x:v>
       </x:c>
     </x:row>
     <x:row r="517" spans="1:21">
       <x:c r="A517" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B517" s="0" t="s">
-        <x:v>35</x:v>
+        <x:v>165</x:v>
       </x:c>
       <x:c r="C517" s="3" t="s"/>
       <x:c r="D517" s="3" t="s"/>
       <x:c r="G517" s="0" t="s">
         <x:v>701</x:v>
       </x:c>
       <x:c r="I517" s="4" t="s">
         <x:v>325</x:v>
       </x:c>
       <x:c r="K517" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L517" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="M517" s="0" t="s">
         <x:v>127</x:v>
       </x:c>
       <x:c r="N517" s="3" t="n">
         <x:v>70322</x:v>
       </x:c>
       <x:c r="O517" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="P517" s="0" t="s">
         <x:v>701</x:v>
       </x:c>
       <x:c r="Q517" s="4" t="s">
         <x:v>325</x:v>
       </x:c>
       <x:c r="R517" s="0" t="s">
         <x:v>385</x:v>
       </x:c>
       <x:c r="S517" s="0" t="n">
-        <x:v>576623</x:v>
+        <x:v>576619</x:v>
       </x:c>
       <x:c r="T517" s="4" t="s">
-        <x:v>338</x:v>
+        <x:v>711</x:v>
       </x:c>
       <x:c r="U517" s="4" t="s">
-        <x:v>470</x:v>
+        <x:v>301</x:v>
       </x:c>
     </x:row>
     <x:row r="518" spans="1:21">
       <x:c r="A518" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B518" s="14" t="s">
-        <x:v>211</x:v>
+        <x:v>35</x:v>
       </x:c>
       <x:c r="C518" s="15" t="s"/>
       <x:c r="D518" s="15" t="s"/>
       <x:c r="E518" s="14" t="s"/>
       <x:c r="F518" s="14" t="s"/>
       <x:c r="G518" s="14" t="s">
         <x:v>701</x:v>
       </x:c>
       <x:c r="H518" s="14" t="s"/>
       <x:c r="I518" s="16" t="s">
         <x:v>325</x:v>
       </x:c>
       <x:c r="J518" s="14" t="s"/>
       <x:c r="K518" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L518" s="14" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="M518" s="14" t="s">
         <x:v>127</x:v>
       </x:c>
       <x:c r="N518" s="15" t="n">
-        <x:v>70332</x:v>
+        <x:v>70322</x:v>
       </x:c>
       <x:c r="O518" s="14" t="s">
-        <x:v>214</x:v>
+        <x:v>36</x:v>
       </x:c>
       <x:c r="P518" s="14" t="s">
         <x:v>701</x:v>
       </x:c>
       <x:c r="Q518" s="16" t="s">
         <x:v>325</x:v>
       </x:c>
       <x:c r="R518" s="14" t="s">
         <x:v>385</x:v>
       </x:c>
       <x:c r="S518" s="14" t="n">
-        <x:v>584589</x:v>
+        <x:v>576623</x:v>
       </x:c>
       <x:c r="T518" s="16" t="s">
-        <x:v>711</x:v>
+        <x:v>338</x:v>
       </x:c>
       <x:c r="U518" s="16" t="s">
-        <x:v>406</x:v>
+        <x:v>470</x:v>
       </x:c>
     </x:row>
     <x:row r="519" spans="1:21">
       <x:c r="A519" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B519" s="0" t="s">
-        <x:v>165</x:v>
+        <x:v>211</x:v>
       </x:c>
       <x:c r="C519" s="3" t="s"/>
       <x:c r="D519" s="3" t="s"/>
       <x:c r="G519" s="0" t="s">
         <x:v>701</x:v>
       </x:c>
       <x:c r="I519" s="4" t="s">
         <x:v>325</x:v>
       </x:c>
       <x:c r="K519" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L519" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="M519" s="0" t="s">
         <x:v>127</x:v>
       </x:c>
       <x:c r="N519" s="3" t="n">
-        <x:v>70322</x:v>
+        <x:v>70332</x:v>
       </x:c>
       <x:c r="O519" s="0" t="s">
-        <x:v>36</x:v>
+        <x:v>214</x:v>
       </x:c>
       <x:c r="P519" s="0" t="s">
         <x:v>701</x:v>
       </x:c>
       <x:c r="Q519" s="4" t="s">
         <x:v>325</x:v>
       </x:c>
       <x:c r="R519" s="0" t="s">
         <x:v>385</x:v>
       </x:c>
       <x:c r="S519" s="0" t="n">
-        <x:v>576618</x:v>
+        <x:v>584589</x:v>
       </x:c>
       <x:c r="T519" s="4" t="s">
-        <x:v>541</x:v>
+        <x:v>712</x:v>
       </x:c>
       <x:c r="U519" s="4" t="s">
-        <x:v>712</x:v>
+        <x:v>406</x:v>
       </x:c>
     </x:row>
     <x:row r="520" spans="1:21">
       <x:c r="A520" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B520" s="14" t="s">
-        <x:v>35</x:v>
+        <x:v>165</x:v>
       </x:c>
       <x:c r="C520" s="15" t="s"/>
       <x:c r="D520" s="15" t="s"/>
       <x:c r="E520" s="14" t="s"/>
       <x:c r="F520" s="14" t="s"/>
       <x:c r="G520" s="14" t="s">
         <x:v>701</x:v>
       </x:c>
       <x:c r="H520" s="14" t="s"/>
       <x:c r="I520" s="16" t="s">
         <x:v>325</x:v>
       </x:c>
       <x:c r="J520" s="14" t="s"/>
       <x:c r="K520" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L520" s="14" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="M520" s="14" t="s">
         <x:v>127</x:v>
       </x:c>
       <x:c r="N520" s="15" t="n">
         <x:v>70322</x:v>
       </x:c>
       <x:c r="O520" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="P520" s="14" t="s">
         <x:v>701</x:v>
       </x:c>
       <x:c r="Q520" s="16" t="s">
         <x:v>325</x:v>
       </x:c>
       <x:c r="R520" s="14" t="s">
         <x:v>385</x:v>
       </x:c>
       <x:c r="S520" s="14" t="n">
-        <x:v>576621</x:v>
+        <x:v>576618</x:v>
       </x:c>
       <x:c r="T520" s="16" t="s">
-        <x:v>31</x:v>
+        <x:v>541</x:v>
       </x:c>
       <x:c r="U520" s="16" t="s">
-        <x:v>32</x:v>
+        <x:v>713</x:v>
       </x:c>
     </x:row>
     <x:row r="521" spans="1:21">
       <x:c r="A521" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B521" s="0" t="s">
-        <x:v>713</x:v>
+        <x:v>35</x:v>
       </x:c>
       <x:c r="C521" s="3" t="s"/>
       <x:c r="D521" s="3" t="s"/>
       <x:c r="G521" s="0" t="s">
         <x:v>701</x:v>
       </x:c>
       <x:c r="I521" s="4" t="s">
         <x:v>325</x:v>
       </x:c>
       <x:c r="K521" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L521" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="M521" s="0" t="s">
         <x:v>127</x:v>
       </x:c>
       <x:c r="N521" s="3" t="n">
-        <x:v>31006</x:v>
+        <x:v>70322</x:v>
       </x:c>
       <x:c r="O521" s="0" t="s">
-        <x:v>193</x:v>
+        <x:v>36</x:v>
       </x:c>
       <x:c r="P521" s="0" t="s">
         <x:v>701</x:v>
       </x:c>
       <x:c r="Q521" s="4" t="s">
         <x:v>325</x:v>
       </x:c>
       <x:c r="R521" s="0" t="s">
         <x:v>385</x:v>
       </x:c>
       <x:c r="S521" s="0" t="n">
-        <x:v>578375</x:v>
+        <x:v>576621</x:v>
       </x:c>
       <x:c r="T521" s="4" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="U521" s="4" t="s">
         <x:v>32</x:v>
       </x:c>
     </x:row>
     <x:row r="522" spans="1:21">
       <x:c r="A522" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B522" s="14" t="s">
-        <x:v>165</x:v>
+        <x:v>714</x:v>
       </x:c>
       <x:c r="C522" s="15" t="s"/>
       <x:c r="D522" s="15" t="s"/>
       <x:c r="E522" s="14" t="s"/>
       <x:c r="F522" s="14" t="s"/>
       <x:c r="G522" s="14" t="s">
         <x:v>701</x:v>
       </x:c>
       <x:c r="H522" s="14" t="s"/>
       <x:c r="I522" s="16" t="s">
         <x:v>325</x:v>
       </x:c>
       <x:c r="J522" s="14" t="s"/>
       <x:c r="K522" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L522" s="14" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="M522" s="14" t="s">
         <x:v>127</x:v>
       </x:c>
       <x:c r="N522" s="15" t="n">
-        <x:v>70322</x:v>
+        <x:v>31006</x:v>
       </x:c>
       <x:c r="O522" s="14" t="s">
-        <x:v>36</x:v>
+        <x:v>200</x:v>
       </x:c>
       <x:c r="P522" s="14" t="s">
         <x:v>701</x:v>
       </x:c>
       <x:c r="Q522" s="16" t="s">
         <x:v>325</x:v>
       </x:c>
       <x:c r="R522" s="14" t="s">
         <x:v>385</x:v>
       </x:c>
       <x:c r="S522" s="14" t="n">
-        <x:v>576614</x:v>
+        <x:v>578375</x:v>
       </x:c>
       <x:c r="T522" s="16" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="U522" s="16" t="s">
         <x:v>32</x:v>
       </x:c>
     </x:row>
     <x:row r="523" spans="1:21">
       <x:c r="A523" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B523" s="0" t="s">
-        <x:v>211</x:v>
+        <x:v>165</x:v>
       </x:c>
       <x:c r="C523" s="3" t="s"/>
       <x:c r="D523" s="3" t="s"/>
       <x:c r="G523" s="0" t="s">
         <x:v>701</x:v>
       </x:c>
       <x:c r="I523" s="4" t="s">
         <x:v>325</x:v>
       </x:c>
       <x:c r="K523" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L523" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="M523" s="0" t="s">
         <x:v>127</x:v>
       </x:c>
       <x:c r="N523" s="3" t="n">
-        <x:v>70332</x:v>
+        <x:v>70322</x:v>
       </x:c>
       <x:c r="O523" s="0" t="s">
-        <x:v>214</x:v>
+        <x:v>36</x:v>
       </x:c>
       <x:c r="P523" s="0" t="s">
         <x:v>701</x:v>
       </x:c>
       <x:c r="Q523" s="4" t="s">
         <x:v>325</x:v>
       </x:c>
       <x:c r="R523" s="0" t="s">
         <x:v>385</x:v>
       </x:c>
       <x:c r="S523" s="0" t="n">
-        <x:v>584585</x:v>
+        <x:v>576614</x:v>
       </x:c>
       <x:c r="T523" s="4" t="s">
-        <x:v>341</x:v>
+        <x:v>31</x:v>
       </x:c>
       <x:c r="U523" s="4" t="s">
-        <x:v>340</x:v>
+        <x:v>32</x:v>
       </x:c>
     </x:row>
     <x:row r="524" spans="1:21">
       <x:c r="A524" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B524" s="14" t="s">
         <x:v>211</x:v>
       </x:c>
       <x:c r="C524" s="15" t="s"/>
       <x:c r="D524" s="15" t="s"/>
       <x:c r="E524" s="14" t="s"/>
       <x:c r="F524" s="14" t="s"/>
       <x:c r="G524" s="14" t="s">
         <x:v>701</x:v>
       </x:c>
       <x:c r="H524" s="14" t="s"/>
       <x:c r="I524" s="16" t="s">
         <x:v>325</x:v>
       </x:c>
       <x:c r="J524" s="14" t="s"/>
       <x:c r="K524" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L524" s="14" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="M524" s="14" t="s">
         <x:v>127</x:v>
       </x:c>
       <x:c r="N524" s="15" t="n">
         <x:v>70332</x:v>
       </x:c>
       <x:c r="O524" s="14" t="s">
         <x:v>214</x:v>
       </x:c>
       <x:c r="P524" s="14" t="s">
         <x:v>701</x:v>
       </x:c>
       <x:c r="Q524" s="16" t="s">
         <x:v>325</x:v>
       </x:c>
       <x:c r="R524" s="14" t="s">
         <x:v>385</x:v>
       </x:c>
       <x:c r="S524" s="14" t="n">
-        <x:v>584588</x:v>
+        <x:v>584585</x:v>
       </x:c>
       <x:c r="T524" s="16" t="s">
-        <x:v>714</x:v>
+        <x:v>341</x:v>
       </x:c>
       <x:c r="U524" s="16" t="s">
-        <x:v>304</x:v>
+        <x:v>340</x:v>
       </x:c>
     </x:row>
     <x:row r="525" spans="1:21">
       <x:c r="A525" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B525" s="0" t="s">
-        <x:v>165</x:v>
+        <x:v>211</x:v>
       </x:c>
       <x:c r="C525" s="3" t="s"/>
       <x:c r="D525" s="3" t="s"/>
       <x:c r="G525" s="0" t="s">
         <x:v>701</x:v>
       </x:c>
       <x:c r="I525" s="4" t="s">
         <x:v>325</x:v>
       </x:c>
       <x:c r="K525" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L525" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="M525" s="0" t="s">
         <x:v>127</x:v>
       </x:c>
       <x:c r="N525" s="3" t="n">
-        <x:v>70322</x:v>
+        <x:v>70332</x:v>
       </x:c>
       <x:c r="O525" s="0" t="s">
-        <x:v>36</x:v>
+        <x:v>214</x:v>
       </x:c>
       <x:c r="P525" s="0" t="s">
         <x:v>701</x:v>
       </x:c>
       <x:c r="Q525" s="4" t="s">
         <x:v>325</x:v>
       </x:c>
       <x:c r="R525" s="0" t="s">
         <x:v>385</x:v>
       </x:c>
       <x:c r="S525" s="0" t="n">
-        <x:v>576617</x:v>
+        <x:v>584588</x:v>
       </x:c>
       <x:c r="T525" s="4" t="s">
-        <x:v>340</x:v>
+        <x:v>715</x:v>
       </x:c>
       <x:c r="U525" s="4" t="s">
-        <x:v>715</x:v>
+        <x:v>305</x:v>
       </x:c>
     </x:row>
     <x:row r="526" spans="1:21">
       <x:c r="A526" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B526" s="14" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="C526" s="15" t="s"/>
       <x:c r="D526" s="15" t="s"/>
       <x:c r="E526" s="14" t="s"/>
       <x:c r="F526" s="14" t="s"/>
       <x:c r="G526" s="14" t="s">
         <x:v>701</x:v>
       </x:c>
       <x:c r="H526" s="14" t="s"/>
       <x:c r="I526" s="16" t="s">
         <x:v>325</x:v>
       </x:c>
       <x:c r="J526" s="14" t="s"/>
       <x:c r="K526" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L526" s="14" t="s">
@@ -32652,877 +32648,877 @@
       </x:c>
       <x:c r="P526" s="14" t="s">
         <x:v>701</x:v>
       </x:c>
       <x:c r="Q526" s="16" t="s">
         <x:v>325</x:v>
       </x:c>
       <x:c r="R526" s="14" t="s">
         <x:v>385</x:v>
       </x:c>
       <x:c r="S526" s="14" t="n">
         <x:v>576625</x:v>
       </x:c>
       <x:c r="T526" s="16" t="s">
         <x:v>716</x:v>
       </x:c>
       <x:c r="U526" s="16" t="s">
         <x:v>419</x:v>
       </x:c>
     </x:row>
     <x:row r="527" spans="1:21">
       <x:c r="A527" s="1" t="s">
         <x:v>133</x:v>
       </x:c>
       <x:c r="B527" s="0" t="s">
-        <x:v>205</x:v>
+        <x:v>717</x:v>
       </x:c>
       <x:c r="C527" s="3" t="n">
-        <x:v>37680</x:v>
+        <x:v>40792</x:v>
       </x:c>
       <x:c r="D527" s="3" t="s"/>
       <x:c r="G527" s="0" t="s">
-        <x:v>717</x:v>
+        <x:v>718</x:v>
       </x:c>
       <x:c r="I527" s="4" t="s">
-        <x:v>718</x:v>
+        <x:v>719</x:v>
       </x:c>
       <x:c r="J527" s="0" t="s">
-        <x:v>59</x:v>
+        <x:v>123</x:v>
       </x:c>
       <x:c r="K527" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L527" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="M527" s="0" t="s">
         <x:v>127</x:v>
       </x:c>
       <x:c r="N527" s="3" t="n">
-        <x:v>24273</x:v>
+        <x:v>24220</x:v>
       </x:c>
       <x:c r="O527" s="0" t="s">
-        <x:v>150</x:v>
+        <x:v>60</x:v>
       </x:c>
       <x:c r="P527" s="0" t="s">
-        <x:v>719</x:v>
+        <x:v>720</x:v>
       </x:c>
       <x:c r="Q527" s="4" t="s">
         <x:v>387</x:v>
       </x:c>
       <x:c r="R527" s="0" t="s">
         <x:v>218</x:v>
       </x:c>
       <x:c r="S527" s="0" t="n">
-        <x:v>599725</x:v>
+        <x:v>598486</x:v>
       </x:c>
       <x:c r="T527" s="4" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="U527" s="4" t="s">
-        <x:v>720</x:v>
+        <x:v>721</x:v>
       </x:c>
     </x:row>
     <x:row r="528" spans="1:21">
       <x:c r="A528" s="13" t="s">
-        <x:v>133</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B528" s="14" t="s">
-        <x:v>721</x:v>
+        <x:v>722</x:v>
       </x:c>
       <x:c r="C528" s="15" t="n">
         <x:v>40792</x:v>
       </x:c>
       <x:c r="D528" s="15" t="s"/>
       <x:c r="E528" s="14" t="s"/>
       <x:c r="F528" s="14" t="s"/>
       <x:c r="G528" s="14" t="s">
-        <x:v>717</x:v>
+        <x:v>718</x:v>
       </x:c>
       <x:c r="H528" s="14" t="s"/>
       <x:c r="I528" s="16" t="s">
-        <x:v>718</x:v>
+        <x:v>719</x:v>
       </x:c>
       <x:c r="J528" s="14" t="s">
         <x:v>123</x:v>
       </x:c>
       <x:c r="K528" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L528" s="14" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="M528" s="14" t="s">
         <x:v>127</x:v>
       </x:c>
       <x:c r="N528" s="15" t="n">
         <x:v>24220</x:v>
       </x:c>
       <x:c r="O528" s="14" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="P528" s="14" t="s">
-        <x:v>719</x:v>
+        <x:v>720</x:v>
       </x:c>
       <x:c r="Q528" s="16" t="s">
         <x:v>387</x:v>
       </x:c>
       <x:c r="R528" s="14" t="s">
         <x:v>218</x:v>
       </x:c>
       <x:c r="S528" s="14" t="n">
-        <x:v>598486</x:v>
+        <x:v>588473</x:v>
       </x:c>
       <x:c r="T528" s="16" t="s">
-        <x:v>53</x:v>
+        <x:v>51</x:v>
       </x:c>
       <x:c r="U528" s="16" t="s">
-        <x:v>722</x:v>
+        <x:v>723</x:v>
       </x:c>
     </x:row>
     <x:row r="529" spans="1:21">
       <x:c r="A529" s="1" t="s">
-        <x:v>21</x:v>
+        <x:v>133</x:v>
       </x:c>
       <x:c r="B529" s="0" t="s">
-        <x:v>723</x:v>
+        <x:v>205</x:v>
       </x:c>
       <x:c r="C529" s="3" t="n">
-        <x:v>40792</x:v>
+        <x:v>37680</x:v>
       </x:c>
       <x:c r="D529" s="3" t="s"/>
       <x:c r="G529" s="0" t="s">
-        <x:v>717</x:v>
+        <x:v>718</x:v>
       </x:c>
       <x:c r="I529" s="4" t="s">
-        <x:v>718</x:v>
+        <x:v>719</x:v>
       </x:c>
       <x:c r="J529" s="0" t="s">
-        <x:v>123</x:v>
+        <x:v>59</x:v>
       </x:c>
       <x:c r="K529" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L529" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="M529" s="0" t="s">
         <x:v>127</x:v>
       </x:c>
       <x:c r="N529" s="3" t="n">
-        <x:v>24220</x:v>
+        <x:v>24273</x:v>
       </x:c>
       <x:c r="O529" s="0" t="s">
-        <x:v>60</x:v>
+        <x:v>149</x:v>
       </x:c>
       <x:c r="P529" s="0" t="s">
-        <x:v>719</x:v>
+        <x:v>720</x:v>
       </x:c>
       <x:c r="Q529" s="4" t="s">
         <x:v>387</x:v>
       </x:c>
       <x:c r="R529" s="0" t="s">
         <x:v>218</x:v>
       </x:c>
       <x:c r="S529" s="0" t="n">
-        <x:v>588473</x:v>
+        <x:v>599725</x:v>
       </x:c>
       <x:c r="T529" s="4" t="s">
-        <x:v>51</x:v>
+        <x:v>53</x:v>
       </x:c>
       <x:c r="U529" s="4" t="s">
-        <x:v>720</x:v>
+        <x:v>723</x:v>
       </x:c>
     </x:row>
     <x:row r="530" spans="1:21">
       <x:c r="A530" s="13" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="B530" s="14" t="s">
-        <x:v>130</x:v>
+        <x:v>136</x:v>
       </x:c>
       <x:c r="C530" s="15" t="n">
         <x:v>40792</x:v>
       </x:c>
       <x:c r="D530" s="15" t="s"/>
       <x:c r="E530" s="14" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="F530" s="14" t="s"/>
       <x:c r="G530" s="14" t="s">
-        <x:v>717</x:v>
+        <x:v>718</x:v>
       </x:c>
       <x:c r="H530" s="14" t="s"/>
       <x:c r="I530" s="16" t="s">
-        <x:v>718</x:v>
+        <x:v>719</x:v>
       </x:c>
       <x:c r="J530" s="14" t="s">
         <x:v>123</x:v>
       </x:c>
       <x:c r="K530" s="14" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="L530" s="14" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="M530" s="14" t="s">
         <x:v>127</x:v>
       </x:c>
       <x:c r="N530" s="15" t="n">
         <x:v>24220</x:v>
       </x:c>
       <x:c r="O530" s="14" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="P530" s="14" t="s">
-        <x:v>719</x:v>
+        <x:v>720</x:v>
       </x:c>
       <x:c r="Q530" s="16" t="s">
         <x:v>387</x:v>
       </x:c>
       <x:c r="R530" s="14" t="s">
         <x:v>218</x:v>
       </x:c>
       <x:c r="S530" s="14" t="n">
-        <x:v>614310</x:v>
+        <x:v>614344</x:v>
       </x:c>
       <x:c r="T530" s="16" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="U530" s="16" t="s">
-        <x:v>722</x:v>
+        <x:v>721</x:v>
       </x:c>
     </x:row>
     <x:row r="531" spans="1:21">
       <x:c r="A531" s="1" t="s">
-        <x:v>133</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B531" s="0" t="s">
-        <x:v>724</x:v>
+        <x:v>722</x:v>
       </x:c>
       <x:c r="C531" s="3" t="n">
         <x:v>40792</x:v>
       </x:c>
       <x:c r="D531" s="3" t="s"/>
       <x:c r="G531" s="0" t="s">
-        <x:v>717</x:v>
+        <x:v>718</x:v>
       </x:c>
       <x:c r="I531" s="4" t="s">
-        <x:v>718</x:v>
+        <x:v>719</x:v>
       </x:c>
       <x:c r="J531" s="0" t="s">
         <x:v>123</x:v>
       </x:c>
       <x:c r="K531" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L531" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="M531" s="0" t="s">
         <x:v>127</x:v>
       </x:c>
       <x:c r="N531" s="3" t="n">
         <x:v>24220</x:v>
       </x:c>
       <x:c r="O531" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="P531" s="0" t="s">
-        <x:v>719</x:v>
+        <x:v>720</x:v>
       </x:c>
       <x:c r="Q531" s="4" t="s">
         <x:v>387</x:v>
       </x:c>
       <x:c r="R531" s="0" t="s">
         <x:v>218</x:v>
       </x:c>
       <x:c r="S531" s="0" t="n">
-        <x:v>588470</x:v>
+        <x:v>598399</x:v>
       </x:c>
       <x:c r="T531" s="4" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="U531" s="4" t="s">
-        <x:v>720</x:v>
+        <x:v>715</x:v>
       </x:c>
     </x:row>
     <x:row r="532" spans="1:21">
       <x:c r="A532" s="13" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="B532" s="14" t="s">
-        <x:v>136</x:v>
+        <x:v>130</x:v>
       </x:c>
       <x:c r="C532" s="15" t="n">
         <x:v>40792</x:v>
       </x:c>
       <x:c r="D532" s="15" t="s"/>
       <x:c r="E532" s="14" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="F532" s="14" t="s"/>
       <x:c r="G532" s="14" t="s">
-        <x:v>717</x:v>
+        <x:v>718</x:v>
       </x:c>
       <x:c r="H532" s="14" t="s"/>
       <x:c r="I532" s="16" t="s">
-        <x:v>718</x:v>
+        <x:v>719</x:v>
       </x:c>
       <x:c r="J532" s="14" t="s">
         <x:v>123</x:v>
       </x:c>
       <x:c r="K532" s="14" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="L532" s="14" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="M532" s="14" t="s">
         <x:v>127</x:v>
       </x:c>
       <x:c r="N532" s="15" t="n">
         <x:v>24220</x:v>
       </x:c>
       <x:c r="O532" s="14" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="P532" s="14" t="s">
-        <x:v>719</x:v>
+        <x:v>720</x:v>
       </x:c>
       <x:c r="Q532" s="16" t="s">
         <x:v>387</x:v>
       </x:c>
       <x:c r="R532" s="14" t="s">
         <x:v>218</x:v>
       </x:c>
       <x:c r="S532" s="14" t="n">
-        <x:v>614344</x:v>
+        <x:v>614310</x:v>
       </x:c>
       <x:c r="T532" s="16" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="U532" s="16" t="s">
-        <x:v>722</x:v>
+        <x:v>721</x:v>
       </x:c>
     </x:row>
     <x:row r="533" spans="1:21">
       <x:c r="A533" s="1" t="s">
-        <x:v>21</x:v>
+        <x:v>133</x:v>
       </x:c>
       <x:c r="B533" s="0" t="s">
-        <x:v>723</x:v>
+        <x:v>724</x:v>
       </x:c>
       <x:c r="C533" s="3" t="n">
         <x:v>40792</x:v>
       </x:c>
       <x:c r="D533" s="3" t="s"/>
       <x:c r="G533" s="0" t="s">
-        <x:v>717</x:v>
+        <x:v>718</x:v>
       </x:c>
       <x:c r="I533" s="4" t="s">
-        <x:v>718</x:v>
+        <x:v>719</x:v>
       </x:c>
       <x:c r="J533" s="0" t="s">
         <x:v>123</x:v>
       </x:c>
       <x:c r="K533" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L533" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="M533" s="0" t="s">
         <x:v>127</x:v>
       </x:c>
       <x:c r="N533" s="3" t="n">
         <x:v>24220</x:v>
       </x:c>
       <x:c r="O533" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="P533" s="0" t="s">
-        <x:v>719</x:v>
+        <x:v>720</x:v>
       </x:c>
       <x:c r="Q533" s="4" t="s">
         <x:v>387</x:v>
       </x:c>
       <x:c r="R533" s="0" t="s">
         <x:v>218</x:v>
       </x:c>
       <x:c r="S533" s="0" t="n">
-        <x:v>598399</x:v>
+        <x:v>588470</x:v>
       </x:c>
       <x:c r="T533" s="4" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="U533" s="4" t="s">
-        <x:v>714</x:v>
+        <x:v>723</x:v>
       </x:c>
     </x:row>
     <x:row r="534" spans="1:21">
       <x:c r="A534" s="13" t="s">
-        <x:v>21</x:v>
+        <x:v>133</x:v>
       </x:c>
       <x:c r="B534" s="14" t="s">
-        <x:v>723</x:v>
+        <x:v>205</x:v>
       </x:c>
       <x:c r="C534" s="15" t="n">
-        <x:v>40792</x:v>
+        <x:v>37680</x:v>
       </x:c>
       <x:c r="D534" s="15" t="s"/>
       <x:c r="E534" s="14" t="s"/>
       <x:c r="F534" s="14" t="s"/>
       <x:c r="G534" s="14" t="s">
-        <x:v>717</x:v>
+        <x:v>718</x:v>
       </x:c>
       <x:c r="H534" s="14" t="s"/>
       <x:c r="I534" s="16" t="s">
-        <x:v>718</x:v>
+        <x:v>719</x:v>
       </x:c>
       <x:c r="J534" s="14" t="s">
-        <x:v>123</x:v>
+        <x:v>59</x:v>
       </x:c>
       <x:c r="K534" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L534" s="14" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="M534" s="14" t="s">
         <x:v>127</x:v>
       </x:c>
       <x:c r="N534" s="15" t="n">
-        <x:v>24220</x:v>
+        <x:v>24273</x:v>
       </x:c>
       <x:c r="O534" s="14" t="s">
-        <x:v>60</x:v>
+        <x:v>149</x:v>
       </x:c>
       <x:c r="P534" s="14" t="s">
-        <x:v>719</x:v>
+        <x:v>720</x:v>
       </x:c>
       <x:c r="Q534" s="16" t="s">
         <x:v>387</x:v>
       </x:c>
       <x:c r="R534" s="14" t="s">
         <x:v>218</x:v>
       </x:c>
       <x:c r="S534" s="14" t="n">
-        <x:v>598487</x:v>
+        <x:v>599724</x:v>
       </x:c>
       <x:c r="T534" s="16" t="s">
-        <x:v>53</x:v>
+        <x:v>51</x:v>
       </x:c>
       <x:c r="U534" s="16" t="s">
-        <x:v>722</x:v>
+        <x:v>715</x:v>
       </x:c>
     </x:row>
     <x:row r="535" spans="1:21">
       <x:c r="A535" s="1" t="s">
         <x:v>133</x:v>
       </x:c>
       <x:c r="B535" s="0" t="s">
-        <x:v>205</x:v>
+        <x:v>717</x:v>
       </x:c>
       <x:c r="C535" s="3" t="n">
-        <x:v>37680</x:v>
+        <x:v>40792</x:v>
       </x:c>
       <x:c r="D535" s="3" t="s"/>
       <x:c r="G535" s="0" t="s">
-        <x:v>717</x:v>
+        <x:v>718</x:v>
       </x:c>
       <x:c r="I535" s="4" t="s">
-        <x:v>718</x:v>
+        <x:v>719</x:v>
       </x:c>
       <x:c r="J535" s="0" t="s">
-        <x:v>59</x:v>
+        <x:v>123</x:v>
       </x:c>
       <x:c r="K535" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L535" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="M535" s="0" t="s">
         <x:v>127</x:v>
       </x:c>
       <x:c r="N535" s="3" t="n">
-        <x:v>24273</x:v>
+        <x:v>24220</x:v>
       </x:c>
       <x:c r="O535" s="0" t="s">
-        <x:v>150</x:v>
+        <x:v>60</x:v>
       </x:c>
       <x:c r="P535" s="0" t="s">
-        <x:v>719</x:v>
+        <x:v>720</x:v>
       </x:c>
       <x:c r="Q535" s="4" t="s">
         <x:v>387</x:v>
       </x:c>
       <x:c r="R535" s="0" t="s">
         <x:v>218</x:v>
       </x:c>
       <x:c r="S535" s="0" t="n">
-        <x:v>599724</x:v>
+        <x:v>588471</x:v>
       </x:c>
       <x:c r="T535" s="4" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="U535" s="4" t="s">
-        <x:v>714</x:v>
+        <x:v>723</x:v>
       </x:c>
     </x:row>
     <x:row r="536" spans="1:21">
       <x:c r="A536" s="13" t="s">
-        <x:v>133</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B536" s="14" t="s">
-        <x:v>721</x:v>
+        <x:v>722</x:v>
       </x:c>
       <x:c r="C536" s="15" t="n">
         <x:v>40792</x:v>
       </x:c>
       <x:c r="D536" s="15" t="s"/>
       <x:c r="E536" s="14" t="s"/>
       <x:c r="F536" s="14" t="s"/>
       <x:c r="G536" s="14" t="s">
-        <x:v>717</x:v>
+        <x:v>718</x:v>
       </x:c>
       <x:c r="H536" s="14" t="s"/>
       <x:c r="I536" s="16" t="s">
-        <x:v>718</x:v>
+        <x:v>719</x:v>
       </x:c>
       <x:c r="J536" s="14" t="s">
         <x:v>123</x:v>
       </x:c>
       <x:c r="K536" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L536" s="14" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="M536" s="14" t="s">
         <x:v>127</x:v>
       </x:c>
       <x:c r="N536" s="15" t="n">
         <x:v>24220</x:v>
       </x:c>
       <x:c r="O536" s="14" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="P536" s="14" t="s">
-        <x:v>719</x:v>
+        <x:v>720</x:v>
       </x:c>
       <x:c r="Q536" s="16" t="s">
         <x:v>387</x:v>
       </x:c>
       <x:c r="R536" s="14" t="s">
         <x:v>218</x:v>
       </x:c>
       <x:c r="S536" s="14" t="n">
-        <x:v>588471</x:v>
+        <x:v>598487</x:v>
       </x:c>
       <x:c r="T536" s="16" t="s">
-        <x:v>51</x:v>
+        <x:v>53</x:v>
       </x:c>
       <x:c r="U536" s="16" t="s">
-        <x:v>720</x:v>
+        <x:v>721</x:v>
       </x:c>
     </x:row>
     <x:row r="537" spans="1:21">
       <x:c r="A537" s="1" t="s">
         <x:v>133</x:v>
       </x:c>
       <x:c r="B537" s="0" t="s">
         <x:v>724</x:v>
       </x:c>
       <x:c r="C537" s="3" t="n">
         <x:v>40792</x:v>
       </x:c>
       <x:c r="D537" s="3" t="s"/>
       <x:c r="G537" s="0" t="s">
-        <x:v>717</x:v>
+        <x:v>718</x:v>
       </x:c>
       <x:c r="I537" s="4" t="s">
-        <x:v>718</x:v>
+        <x:v>719</x:v>
       </x:c>
       <x:c r="J537" s="0" t="s">
         <x:v>123</x:v>
       </x:c>
       <x:c r="K537" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L537" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="M537" s="0" t="s">
         <x:v>127</x:v>
       </x:c>
       <x:c r="N537" s="3" t="n">
         <x:v>24220</x:v>
       </x:c>
       <x:c r="O537" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="P537" s="0" t="s">
-        <x:v>719</x:v>
+        <x:v>720</x:v>
       </x:c>
       <x:c r="Q537" s="4" t="s">
         <x:v>387</x:v>
       </x:c>
       <x:c r="R537" s="0" t="s">
         <x:v>218</x:v>
       </x:c>
       <x:c r="S537" s="0" t="n">
         <x:v>598484</x:v>
       </x:c>
       <x:c r="T537" s="4" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="U537" s="4" t="s">
-        <x:v>722</x:v>
+        <x:v>721</x:v>
       </x:c>
     </x:row>
     <x:row r="538" spans="1:21">
       <x:c r="A538" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B538" s="14" t="s">
         <x:v>725</x:v>
       </x:c>
       <x:c r="C538" s="15" t="n">
         <x:v>40792</x:v>
       </x:c>
       <x:c r="D538" s="15" t="s"/>
       <x:c r="E538" s="14" t="s"/>
       <x:c r="F538" s="14" t="s"/>
       <x:c r="G538" s="14" t="s">
-        <x:v>717</x:v>
+        <x:v>718</x:v>
       </x:c>
       <x:c r="H538" s="14" t="s"/>
       <x:c r="I538" s="16" t="s">
-        <x:v>718</x:v>
+        <x:v>719</x:v>
       </x:c>
       <x:c r="J538" s="14" t="s">
         <x:v>123</x:v>
       </x:c>
       <x:c r="K538" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L538" s="14" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="M538" s="14" t="s">
         <x:v>127</x:v>
       </x:c>
       <x:c r="N538" s="15" t="n">
         <x:v>24220</x:v>
       </x:c>
       <x:c r="O538" s="14" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="P538" s="14" t="s">
         <x:v>726</x:v>
       </x:c>
       <x:c r="Q538" s="16" t="s">
-        <x:v>718</x:v>
+        <x:v>719</x:v>
       </x:c>
       <x:c r="R538" s="14" t="s">
         <x:v>218</x:v>
       </x:c>
       <x:c r="S538" s="14" t="n">
         <x:v>598485</x:v>
       </x:c>
       <x:c r="T538" s="16" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="U538" s="16" t="s">
-        <x:v>722</x:v>
+        <x:v>721</x:v>
       </x:c>
     </x:row>
     <x:row r="539" spans="1:21">
       <x:c r="A539" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B539" s="0" t="s">
         <x:v>725</x:v>
       </x:c>
       <x:c r="C539" s="3" t="n">
         <x:v>40792</x:v>
       </x:c>
       <x:c r="D539" s="3" t="s"/>
       <x:c r="G539" s="0" t="s">
-        <x:v>717</x:v>
+        <x:v>718</x:v>
       </x:c>
       <x:c r="I539" s="4" t="s">
-        <x:v>718</x:v>
+        <x:v>719</x:v>
       </x:c>
       <x:c r="J539" s="0" t="s">
         <x:v>123</x:v>
       </x:c>
       <x:c r="K539" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L539" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="M539" s="0" t="s">
         <x:v>127</x:v>
       </x:c>
       <x:c r="N539" s="3" t="n">
         <x:v>24220</x:v>
       </x:c>
       <x:c r="O539" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="P539" s="0" t="s">
         <x:v>726</x:v>
       </x:c>
       <x:c r="Q539" s="4" t="s">
-        <x:v>718</x:v>
+        <x:v>719</x:v>
       </x:c>
       <x:c r="R539" s="0" t="s">
         <x:v>218</x:v>
       </x:c>
       <x:c r="S539" s="0" t="n">
         <x:v>588472</x:v>
       </x:c>
       <x:c r="T539" s="4" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="U539" s="4" t="s">
-        <x:v>720</x:v>
+        <x:v>723</x:v>
       </x:c>
     </x:row>
     <x:row r="540" spans="1:21">
       <x:c r="A540" s="13" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="B540" s="14" t="s">
-        <x:v>136</x:v>
+        <x:v>130</x:v>
       </x:c>
       <x:c r="C540" s="15" t="n">
         <x:v>40792</x:v>
       </x:c>
       <x:c r="D540" s="15" t="s"/>
       <x:c r="E540" s="14" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="F540" s="14" t="s"/>
       <x:c r="G540" s="14" t="s">
-        <x:v>717</x:v>
+        <x:v>718</x:v>
       </x:c>
       <x:c r="H540" s="14" t="s"/>
       <x:c r="I540" s="16" t="s">
-        <x:v>718</x:v>
+        <x:v>719</x:v>
       </x:c>
       <x:c r="J540" s="14" t="s">
         <x:v>123</x:v>
       </x:c>
       <x:c r="K540" s="14" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="L540" s="14" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="M540" s="14" t="s">
         <x:v>127</x:v>
       </x:c>
       <x:c r="N540" s="15" t="n">
         <x:v>24220</x:v>
       </x:c>
       <x:c r="O540" s="14" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="P540" s="14" t="s">
         <x:v>727</x:v>
       </x:c>
       <x:c r="Q540" s="16" t="s">
         <x:v>387</x:v>
       </x:c>
       <x:c r="R540" s="14" t="s">
         <x:v>218</x:v>
       </x:c>
       <x:c r="S540" s="14" t="n">
-        <x:v>588357</x:v>
+        <x:v>588358</x:v>
       </x:c>
       <x:c r="T540" s="16" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="U540" s="16" t="s">
         <x:v>728</x:v>
       </x:c>
     </x:row>
     <x:row r="541" spans="1:21">
       <x:c r="A541" s="1" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="B541" s="0" t="s">
-        <x:v>130</x:v>
+        <x:v>136</x:v>
       </x:c>
       <x:c r="C541" s="3" t="n">
         <x:v>40792</x:v>
       </x:c>
       <x:c r="D541" s="3" t="s"/>
       <x:c r="E541" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="G541" s="0" t="s">
-        <x:v>717</x:v>
+        <x:v>718</x:v>
       </x:c>
       <x:c r="I541" s="4" t="s">
-        <x:v>718</x:v>
+        <x:v>719</x:v>
       </x:c>
       <x:c r="J541" s="0" t="s">
         <x:v>123</x:v>
       </x:c>
       <x:c r="K541" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="L541" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="M541" s="0" t="s">
         <x:v>127</x:v>
       </x:c>
       <x:c r="N541" s="3" t="n">
         <x:v>24220</x:v>
       </x:c>
       <x:c r="O541" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="P541" s="0" t="s">
         <x:v>727</x:v>
       </x:c>
       <x:c r="Q541" s="4" t="s">
         <x:v>387</x:v>
       </x:c>
       <x:c r="R541" s="0" t="s">
         <x:v>218</x:v>
       </x:c>
       <x:c r="S541" s="0" t="n">
-        <x:v>588358</x:v>
+        <x:v>588357</x:v>
       </x:c>
       <x:c r="T541" s="4" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="U541" s="4" t="s">
         <x:v>728</x:v>
       </x:c>
     </x:row>
     <x:row r="542" spans="1:21">
       <x:c r="A542" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B542" s="14" t="s">
         <x:v>729</x:v>
       </x:c>
       <x:c r="C542" s="15" t="s"/>
       <x:c r="D542" s="15" t="s"/>
       <x:c r="E542" s="14" t="s">
         <x:v>730</x:v>
       </x:c>
       <x:c r="F542" s="14" t="s">
         <x:v>731</x:v>
       </x:c>
       <x:c r="G542" s="14" t="s">
         <x:v>56</x:v>
@@ -34151,51 +34147,51 @@
       </x:c>
       <x:c r="C553" s="3" t="s"/>
       <x:c r="D553" s="3" t="s"/>
       <x:c r="G553" s="0" t="s">
         <x:v>743</x:v>
       </x:c>
       <x:c r="H553" s="0" t="s">
         <x:v>744</x:v>
       </x:c>
       <x:c r="I553" s="4" t="s">
         <x:v>745</x:v>
       </x:c>
       <x:c r="K553" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L553" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="M553" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N553" s="3" t="n">
         <x:v>24210</x:v>
       </x:c>
       <x:c r="O553" s="0" t="s">
-        <x:v>292</x:v>
+        <x:v>286</x:v>
       </x:c>
       <x:c r="P553" s="0" t="s">
         <x:v>743</x:v>
       </x:c>
       <x:c r="Q553" s="4" t="s">
         <x:v>745</x:v>
       </x:c>
       <x:c r="R553" s="0" t="s">
         <x:v>746</x:v>
       </x:c>
       <x:c r="S553" s="0" t="n">
         <x:v>623623</x:v>
       </x:c>
       <x:c r="T553" s="4" t="s">
         <x:v>445</x:v>
       </x:c>
       <x:c r="U553" s="4" t="s">
         <x:v>756</x:v>
       </x:c>
     </x:row>
     <x:row r="554" spans="1:21">
       <x:c r="A554" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B554" s="14" t="s">
@@ -34258,51 +34254,51 @@
       </x:c>
       <x:c r="C555" s="3" t="s"/>
       <x:c r="D555" s="3" t="s"/>
       <x:c r="G555" s="0" t="s">
         <x:v>743</x:v>
       </x:c>
       <x:c r="H555" s="0" t="s">
         <x:v>744</x:v>
       </x:c>
       <x:c r="I555" s="4" t="s">
         <x:v>745</x:v>
       </x:c>
       <x:c r="K555" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L555" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M555" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N555" s="3" t="n">
         <x:v>31090</x:v>
       </x:c>
       <x:c r="O555" s="0" t="s">
-        <x:v>197</x:v>
+        <x:v>193</x:v>
       </x:c>
       <x:c r="P555" s="0" t="s">
         <x:v>743</x:v>
       </x:c>
       <x:c r="Q555" s="4" t="s">
         <x:v>745</x:v>
       </x:c>
       <x:c r="R555" s="0" t="s">
         <x:v>746</x:v>
       </x:c>
       <x:c r="S555" s="0" t="n">
         <x:v>578582</x:v>
       </x:c>
       <x:c r="T555" s="4" t="s">
         <x:v>761</x:v>
       </x:c>
       <x:c r="U555" s="4" t="s">
         <x:v>762</x:v>
       </x:c>
     </x:row>
     <x:row r="556" spans="1:21">
       <x:c r="A556" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B556" s="14" t="s">
@@ -34313,51 +34309,51 @@
       <x:c r="E556" s="14" t="s"/>
       <x:c r="F556" s="14" t="s"/>
       <x:c r="G556" s="14" t="s">
         <x:v>764</x:v>
       </x:c>
       <x:c r="H556" s="14" t="s">
         <x:v>765</x:v>
       </x:c>
       <x:c r="I556" s="16" t="s">
         <x:v>766</x:v>
       </x:c>
       <x:c r="J556" s="14" t="s"/>
       <x:c r="K556" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L556" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M556" s="14" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="N556" s="15" t="n">
         <x:v>70707</x:v>
       </x:c>
       <x:c r="O556" s="14" t="s">
-        <x:v>469</x:v>
+        <x:v>467</x:v>
       </x:c>
       <x:c r="P556" s="14" t="s">
         <x:v>764</x:v>
       </x:c>
       <x:c r="Q556" s="16" t="s">
         <x:v>766</x:v>
       </x:c>
       <x:c r="R556" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="S556" s="14" t="n">
         <x:v>577816</x:v>
       </x:c>
       <x:c r="T556" s="16" t="s">
         <x:v>767</x:v>
       </x:c>
       <x:c r="U556" s="16" t="s">
         <x:v>32</x:v>
       </x:c>
     </x:row>
     <x:row r="557" spans="1:21">
       <x:c r="A557" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B557" s="0" t="s">
@@ -34365,51 +34361,51 @@
       </x:c>
       <x:c r="C557" s="3" t="s"/>
       <x:c r="D557" s="3" t="s"/>
       <x:c r="G557" s="0" t="s">
         <x:v>764</x:v>
       </x:c>
       <x:c r="H557" s="0" t="s">
         <x:v>765</x:v>
       </x:c>
       <x:c r="I557" s="4" t="s">
         <x:v>766</x:v>
       </x:c>
       <x:c r="K557" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L557" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M557" s="0" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="N557" s="3" t="n">
         <x:v>70707</x:v>
       </x:c>
       <x:c r="O557" s="0" t="s">
-        <x:v>469</x:v>
+        <x:v>467</x:v>
       </x:c>
       <x:c r="P557" s="0" t="s">
         <x:v>764</x:v>
       </x:c>
       <x:c r="Q557" s="4" t="s">
         <x:v>766</x:v>
       </x:c>
       <x:c r="R557" s="0" t="s">
         <x:v>768</x:v>
       </x:c>
       <x:c r="S557" s="0" t="n">
         <x:v>567359</x:v>
       </x:c>
       <x:c r="T557" s="4" t="s">
         <x:v>769</x:v>
       </x:c>
       <x:c r="U557" s="4" t="s">
         <x:v>32</x:v>
       </x:c>
     </x:row>
     <x:row r="558" spans="1:21">
       <x:c r="A558" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B558" s="14" t="s">
@@ -34420,51 +34416,51 @@
       <x:c r="E558" s="14" t="s"/>
       <x:c r="F558" s="14" t="s"/>
       <x:c r="G558" s="14" t="s">
         <x:v>764</x:v>
       </x:c>
       <x:c r="H558" s="14" t="s">
         <x:v>765</x:v>
       </x:c>
       <x:c r="I558" s="16" t="s">
         <x:v>766</x:v>
       </x:c>
       <x:c r="J558" s="14" t="s"/>
       <x:c r="K558" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L558" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M558" s="14" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="N558" s="15" t="n">
         <x:v>70707</x:v>
       </x:c>
       <x:c r="O558" s="14" t="s">
-        <x:v>469</x:v>
+        <x:v>467</x:v>
       </x:c>
       <x:c r="P558" s="14" t="s">
         <x:v>764</x:v>
       </x:c>
       <x:c r="Q558" s="16" t="s">
         <x:v>766</x:v>
       </x:c>
       <x:c r="R558" s="14" t="s">
         <x:v>230</x:v>
       </x:c>
       <x:c r="S558" s="14" t="n">
         <x:v>567361</x:v>
       </x:c>
       <x:c r="T558" s="16" t="s">
         <x:v>769</x:v>
       </x:c>
       <x:c r="U558" s="16" t="s">
         <x:v>32</x:v>
       </x:c>
     </x:row>
     <x:row r="559" spans="1:21">
       <x:c r="A559" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B559" s="0" t="s">
@@ -34472,51 +34468,51 @@
       </x:c>
       <x:c r="C559" s="3" t="s"/>
       <x:c r="D559" s="3" t="s"/>
       <x:c r="G559" s="0" t="s">
         <x:v>764</x:v>
       </x:c>
       <x:c r="H559" s="0" t="s">
         <x:v>765</x:v>
       </x:c>
       <x:c r="I559" s="4" t="s">
         <x:v>766</x:v>
       </x:c>
       <x:c r="K559" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L559" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M559" s="0" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="N559" s="3" t="n">
         <x:v>70707</x:v>
       </x:c>
       <x:c r="O559" s="0" t="s">
-        <x:v>469</x:v>
+        <x:v>467</x:v>
       </x:c>
       <x:c r="P559" s="0" t="s">
         <x:v>764</x:v>
       </x:c>
       <x:c r="Q559" s="4" t="s">
         <x:v>766</x:v>
       </x:c>
       <x:c r="R559" s="0" t="s">
         <x:v>228</x:v>
       </x:c>
       <x:c r="S559" s="0" t="n">
         <x:v>567360</x:v>
       </x:c>
       <x:c r="T559" s="4" t="s">
         <x:v>769</x:v>
       </x:c>
       <x:c r="U559" s="4" t="s">
         <x:v>32</x:v>
       </x:c>
     </x:row>
     <x:row r="560" spans="1:21">
       <x:c r="A560" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B560" s="14" t="s">
@@ -34527,51 +34523,51 @@
       <x:c r="E560" s="14" t="s"/>
       <x:c r="F560" s="14" t="s"/>
       <x:c r="G560" s="14" t="s">
         <x:v>764</x:v>
       </x:c>
       <x:c r="H560" s="14" t="s">
         <x:v>765</x:v>
       </x:c>
       <x:c r="I560" s="16" t="s">
         <x:v>766</x:v>
       </x:c>
       <x:c r="J560" s="14" t="s"/>
       <x:c r="K560" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L560" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M560" s="14" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="N560" s="15" t="n">
         <x:v>70707</x:v>
       </x:c>
       <x:c r="O560" s="14" t="s">
-        <x:v>469</x:v>
+        <x:v>467</x:v>
       </x:c>
       <x:c r="P560" s="14" t="s">
         <x:v>764</x:v>
       </x:c>
       <x:c r="Q560" s="16" t="s">
         <x:v>766</x:v>
       </x:c>
       <x:c r="R560" s="14" t="s">
         <x:v>238</x:v>
       </x:c>
       <x:c r="S560" s="14" t="n">
         <x:v>567362</x:v>
       </x:c>
       <x:c r="T560" s="16" t="s">
         <x:v>769</x:v>
       </x:c>
       <x:c r="U560" s="16" t="s">
         <x:v>32</x:v>
       </x:c>
     </x:row>
     <x:row r="561" spans="1:21">
       <x:c r="A561" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B561" s="0" t="s">
@@ -34579,51 +34575,51 @@
       </x:c>
       <x:c r="C561" s="3" t="s"/>
       <x:c r="D561" s="3" t="s"/>
       <x:c r="G561" s="0" t="s">
         <x:v>764</x:v>
       </x:c>
       <x:c r="H561" s="0" t="s">
         <x:v>765</x:v>
       </x:c>
       <x:c r="I561" s="4" t="s">
         <x:v>766</x:v>
       </x:c>
       <x:c r="K561" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L561" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M561" s="0" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="N561" s="3" t="n">
         <x:v>70707</x:v>
       </x:c>
       <x:c r="O561" s="0" t="s">
-        <x:v>469</x:v>
+        <x:v>467</x:v>
       </x:c>
       <x:c r="P561" s="0" t="s">
         <x:v>764</x:v>
       </x:c>
       <x:c r="Q561" s="4" t="s">
         <x:v>766</x:v>
       </x:c>
       <x:c r="R561" s="0" t="s">
         <x:v>220</x:v>
       </x:c>
       <x:c r="S561" s="0" t="n">
         <x:v>567363</x:v>
       </x:c>
       <x:c r="T561" s="4" t="s">
         <x:v>769</x:v>
       </x:c>
       <x:c r="U561" s="4" t="s">
         <x:v>32</x:v>
       </x:c>
     </x:row>
     <x:row r="562" spans="1:21">
       <x:c r="A562" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B562" s="14" t="s">
@@ -34634,51 +34630,51 @@
       <x:c r="E562" s="14" t="s"/>
       <x:c r="F562" s="14" t="s"/>
       <x:c r="G562" s="14" t="s">
         <x:v>764</x:v>
       </x:c>
       <x:c r="H562" s="14" t="s">
         <x:v>765</x:v>
       </x:c>
       <x:c r="I562" s="16" t="s">
         <x:v>766</x:v>
       </x:c>
       <x:c r="J562" s="14" t="s"/>
       <x:c r="K562" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L562" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M562" s="14" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="N562" s="15" t="n">
         <x:v>70707</x:v>
       </x:c>
       <x:c r="O562" s="14" t="s">
-        <x:v>469</x:v>
+        <x:v>467</x:v>
       </x:c>
       <x:c r="P562" s="14" t="s">
         <x:v>764</x:v>
       </x:c>
       <x:c r="Q562" s="16" t="s">
         <x:v>766</x:v>
       </x:c>
       <x:c r="R562" s="14" t="s">
         <x:v>219</x:v>
       </x:c>
       <x:c r="S562" s="14" t="n">
         <x:v>567364</x:v>
       </x:c>
       <x:c r="T562" s="16" t="s">
         <x:v>770</x:v>
       </x:c>
       <x:c r="U562" s="16" t="s">
         <x:v>32</x:v>
       </x:c>
     </x:row>
     <x:row r="563" spans="1:21">
       <x:c r="A563" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B563" s="0" t="s">
@@ -34686,51 +34682,51 @@
       </x:c>
       <x:c r="C563" s="3" t="s"/>
       <x:c r="D563" s="3" t="s"/>
       <x:c r="G563" s="0" t="s">
         <x:v>764</x:v>
       </x:c>
       <x:c r="H563" s="0" t="s">
         <x:v>765</x:v>
       </x:c>
       <x:c r="I563" s="4" t="s">
         <x:v>766</x:v>
       </x:c>
       <x:c r="K563" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L563" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M563" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N563" s="3" t="n">
         <x:v>70707</x:v>
       </x:c>
       <x:c r="O563" s="0" t="s">
-        <x:v>469</x:v>
+        <x:v>467</x:v>
       </x:c>
       <x:c r="P563" s="0" t="s">
         <x:v>764</x:v>
       </x:c>
       <x:c r="Q563" s="4" t="s">
         <x:v>766</x:v>
       </x:c>
       <x:c r="R563" s="0" t="s">
         <x:v>768</x:v>
       </x:c>
       <x:c r="S563" s="0" t="n">
         <x:v>567366</x:v>
       </x:c>
       <x:c r="T563" s="4" t="s">
         <x:v>769</x:v>
       </x:c>
       <x:c r="U563" s="4" t="s">
         <x:v>32</x:v>
       </x:c>
     </x:row>
     <x:row r="564" spans="1:21">
       <x:c r="A564" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B564" s="14" t="s">
@@ -34788,51 +34784,51 @@
       </x:c>
       <x:c r="B565" s="0" t="s">
         <x:v>776</x:v>
       </x:c>
       <x:c r="C565" s="3" t="s"/>
       <x:c r="D565" s="3" t="s"/>
       <x:c r="G565" s="0" t="s">
         <x:v>777</x:v>
       </x:c>
       <x:c r="I565" s="4" t="s">
         <x:v>778</x:v>
       </x:c>
       <x:c r="K565" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L565" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M565" s="0" t="s">
         <x:v>127</x:v>
       </x:c>
       <x:c r="N565" s="3" t="n">
         <x:v>31006</x:v>
       </x:c>
       <x:c r="O565" s="0" t="s">
-        <x:v>193</x:v>
+        <x:v>200</x:v>
       </x:c>
       <x:c r="P565" s="0" t="s">
         <x:v>777</x:v>
       </x:c>
       <x:c r="Q565" s="4" t="s">
         <x:v>778</x:v>
       </x:c>
       <x:c r="R565" s="0" t="s">
         <x:v>779</x:v>
       </x:c>
       <x:c r="S565" s="0" t="n">
         <x:v>568723</x:v>
       </x:c>
       <x:c r="T565" s="4" t="s">
         <x:v>780</x:v>
       </x:c>
       <x:c r="U565" s="4" t="s">
         <x:v>419</x:v>
       </x:c>
     </x:row>
     <x:row r="566" spans="1:21">
       <x:c r="A566" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B566" s="14" t="s">
@@ -34841,675 +34837,675 @@
       <x:c r="C566" s="15" t="s"/>
       <x:c r="D566" s="15" t="s"/>
       <x:c r="E566" s="14" t="s"/>
       <x:c r="F566" s="14" t="s"/>
       <x:c r="G566" s="14" t="s">
         <x:v>777</x:v>
       </x:c>
       <x:c r="H566" s="14" t="s"/>
       <x:c r="I566" s="16" t="s">
         <x:v>778</x:v>
       </x:c>
       <x:c r="J566" s="14" t="s"/>
       <x:c r="K566" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L566" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M566" s="14" t="s">
         <x:v>127</x:v>
       </x:c>
       <x:c r="N566" s="15" t="n">
         <x:v>31006</x:v>
       </x:c>
       <x:c r="O566" s="14" t="s">
-        <x:v>193</x:v>
+        <x:v>200</x:v>
       </x:c>
       <x:c r="P566" s="14" t="s">
         <x:v>777</x:v>
       </x:c>
       <x:c r="Q566" s="16" t="s">
         <x:v>778</x:v>
       </x:c>
       <x:c r="R566" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="S566" s="14" t="n">
         <x:v>568724</x:v>
       </x:c>
       <x:c r="T566" s="16" t="s">
         <x:v>780</x:v>
       </x:c>
       <x:c r="U566" s="16" t="s">
         <x:v>419</x:v>
       </x:c>
     </x:row>
     <x:row r="567" spans="1:21">
       <x:c r="A567" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B567" s="0" t="s">
-        <x:v>781</x:v>
+        <x:v>776</x:v>
       </x:c>
       <x:c r="C567" s="3" t="s"/>
       <x:c r="D567" s="3" t="s"/>
       <x:c r="G567" s="0" t="s">
         <x:v>777</x:v>
       </x:c>
       <x:c r="I567" s="4" t="s">
         <x:v>778</x:v>
       </x:c>
       <x:c r="K567" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L567" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M567" s="0" t="s">
         <x:v>127</x:v>
       </x:c>
       <x:c r="N567" s="3" t="n">
-        <x:v>31034</x:v>
+        <x:v>31006</x:v>
       </x:c>
       <x:c r="O567" s="0" t="s">
-        <x:v>115</x:v>
+        <x:v>200</x:v>
       </x:c>
       <x:c r="P567" s="0" t="s">
         <x:v>777</x:v>
       </x:c>
       <x:c r="Q567" s="4" t="s">
         <x:v>778</x:v>
       </x:c>
       <x:c r="R567" s="0" t="s">
-        <x:v>30</x:v>
+        <x:v>218</x:v>
       </x:c>
       <x:c r="S567" s="0" t="n">
-        <x:v>568784</x:v>
+        <x:v>568721</x:v>
       </x:c>
       <x:c r="T567" s="4" t="s">
         <x:v>780</x:v>
       </x:c>
       <x:c r="U567" s="4" t="s">
         <x:v>419</x:v>
       </x:c>
     </x:row>
     <x:row r="568" spans="1:21">
       <x:c r="A568" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B568" s="14" t="s">
         <x:v>781</x:v>
       </x:c>
       <x:c r="C568" s="15" t="s"/>
       <x:c r="D568" s="15" t="s"/>
       <x:c r="E568" s="14" t="s"/>
       <x:c r="F568" s="14" t="s"/>
       <x:c r="G568" s="14" t="s">
         <x:v>777</x:v>
       </x:c>
       <x:c r="H568" s="14" t="s"/>
       <x:c r="I568" s="16" t="s">
         <x:v>778</x:v>
       </x:c>
       <x:c r="J568" s="14" t="s"/>
       <x:c r="K568" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L568" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M568" s="14" t="s">
         <x:v>127</x:v>
       </x:c>
       <x:c r="N568" s="15" t="n">
         <x:v>31034</x:v>
       </x:c>
       <x:c r="O568" s="14" t="s">
         <x:v>115</x:v>
       </x:c>
       <x:c r="P568" s="14" t="s">
         <x:v>777</x:v>
       </x:c>
       <x:c r="Q568" s="16" t="s">
         <x:v>778</x:v>
       </x:c>
       <x:c r="R568" s="14" t="s">
-        <x:v>372</x:v>
+        <x:v>230</x:v>
       </x:c>
       <x:c r="S568" s="14" t="n">
-        <x:v>568785</x:v>
+        <x:v>568786</x:v>
       </x:c>
       <x:c r="T568" s="16" t="s">
         <x:v>780</x:v>
       </x:c>
       <x:c r="U568" s="16" t="s">
         <x:v>419</x:v>
       </x:c>
     </x:row>
     <x:row r="569" spans="1:21">
       <x:c r="A569" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B569" s="0" t="s">
         <x:v>776</x:v>
       </x:c>
       <x:c r="C569" s="3" t="s"/>
       <x:c r="D569" s="3" t="s"/>
       <x:c r="G569" s="0" t="s">
         <x:v>777</x:v>
       </x:c>
       <x:c r="I569" s="4" t="s">
         <x:v>778</x:v>
       </x:c>
       <x:c r="K569" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L569" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M569" s="0" t="s">
         <x:v>127</x:v>
       </x:c>
       <x:c r="N569" s="3" t="n">
         <x:v>31006</x:v>
       </x:c>
       <x:c r="O569" s="0" t="s">
-        <x:v>193</x:v>
+        <x:v>200</x:v>
       </x:c>
       <x:c r="P569" s="0" t="s">
         <x:v>777</x:v>
       </x:c>
       <x:c r="Q569" s="4" t="s">
         <x:v>778</x:v>
       </x:c>
       <x:c r="R569" s="0" t="s">
-        <x:v>218</x:v>
+        <x:v>372</x:v>
       </x:c>
       <x:c r="S569" s="0" t="n">
-        <x:v>568721</x:v>
+        <x:v>568725</x:v>
       </x:c>
       <x:c r="T569" s="4" t="s">
         <x:v>780</x:v>
       </x:c>
       <x:c r="U569" s="4" t="s">
         <x:v>419</x:v>
       </x:c>
     </x:row>
     <x:row r="570" spans="1:21">
       <x:c r="A570" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B570" s="14" t="s">
         <x:v>781</x:v>
       </x:c>
       <x:c r="C570" s="15" t="s"/>
       <x:c r="D570" s="15" t="s"/>
       <x:c r="E570" s="14" t="s"/>
       <x:c r="F570" s="14" t="s"/>
       <x:c r="G570" s="14" t="s">
         <x:v>777</x:v>
       </x:c>
       <x:c r="H570" s="14" t="s"/>
       <x:c r="I570" s="16" t="s">
         <x:v>778</x:v>
       </x:c>
       <x:c r="J570" s="14" t="s"/>
       <x:c r="K570" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L570" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M570" s="14" t="s">
         <x:v>127</x:v>
       </x:c>
       <x:c r="N570" s="15" t="n">
         <x:v>31034</x:v>
       </x:c>
       <x:c r="O570" s="14" t="s">
         <x:v>115</x:v>
       </x:c>
       <x:c r="P570" s="14" t="s">
         <x:v>777</x:v>
       </x:c>
       <x:c r="Q570" s="16" t="s">
         <x:v>778</x:v>
       </x:c>
       <x:c r="R570" s="14" t="s">
-        <x:v>230</x:v>
+        <x:v>218</x:v>
       </x:c>
       <x:c r="S570" s="14" t="n">
-        <x:v>568786</x:v>
+        <x:v>568782</x:v>
       </x:c>
       <x:c r="T570" s="16" t="s">
         <x:v>780</x:v>
       </x:c>
       <x:c r="U570" s="16" t="s">
         <x:v>419</x:v>
       </x:c>
     </x:row>
     <x:row r="571" spans="1:21">
       <x:c r="A571" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B571" s="0" t="s">
-        <x:v>776</x:v>
+        <x:v>781</x:v>
       </x:c>
       <x:c r="C571" s="3" t="s"/>
       <x:c r="D571" s="3" t="s"/>
       <x:c r="G571" s="0" t="s">
         <x:v>777</x:v>
       </x:c>
       <x:c r="I571" s="4" t="s">
         <x:v>778</x:v>
       </x:c>
       <x:c r="K571" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L571" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M571" s="0" t="s">
         <x:v>127</x:v>
       </x:c>
       <x:c r="N571" s="3" t="n">
-        <x:v>31006</x:v>
+        <x:v>31034</x:v>
       </x:c>
       <x:c r="O571" s="0" t="s">
-        <x:v>193</x:v>
+        <x:v>115</x:v>
       </x:c>
       <x:c r="P571" s="0" t="s">
         <x:v>777</x:v>
       </x:c>
       <x:c r="Q571" s="4" t="s">
         <x:v>778</x:v>
       </x:c>
       <x:c r="R571" s="0" t="s">
-        <x:v>372</x:v>
+        <x:v>181</x:v>
       </x:c>
       <x:c r="S571" s="0" t="n">
-        <x:v>568725</x:v>
+        <x:v>568787</x:v>
       </x:c>
       <x:c r="T571" s="4" t="s">
         <x:v>780</x:v>
       </x:c>
       <x:c r="U571" s="4" t="s">
         <x:v>419</x:v>
       </x:c>
     </x:row>
     <x:row r="572" spans="1:21">
       <x:c r="A572" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B572" s="14" t="s">
         <x:v>781</x:v>
       </x:c>
       <x:c r="C572" s="15" t="s"/>
       <x:c r="D572" s="15" t="s"/>
       <x:c r="E572" s="14" t="s"/>
       <x:c r="F572" s="14" t="s"/>
       <x:c r="G572" s="14" t="s">
         <x:v>777</x:v>
       </x:c>
       <x:c r="H572" s="14" t="s"/>
       <x:c r="I572" s="16" t="s">
         <x:v>778</x:v>
       </x:c>
       <x:c r="J572" s="14" t="s"/>
       <x:c r="K572" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L572" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M572" s="14" t="s">
         <x:v>127</x:v>
       </x:c>
       <x:c r="N572" s="15" t="n">
         <x:v>31034</x:v>
       </x:c>
       <x:c r="O572" s="14" t="s">
         <x:v>115</x:v>
       </x:c>
       <x:c r="P572" s="14" t="s">
         <x:v>777</x:v>
       </x:c>
       <x:c r="Q572" s="16" t="s">
         <x:v>778</x:v>
       </x:c>
       <x:c r="R572" s="14" t="s">
-        <x:v>218</x:v>
+        <x:v>30</x:v>
       </x:c>
       <x:c r="S572" s="14" t="n">
-        <x:v>568782</x:v>
+        <x:v>568784</x:v>
       </x:c>
       <x:c r="T572" s="16" t="s">
         <x:v>780</x:v>
       </x:c>
       <x:c r="U572" s="16" t="s">
         <x:v>419</x:v>
       </x:c>
     </x:row>
     <x:row r="573" spans="1:21">
       <x:c r="A573" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B573" s="0" t="s">
         <x:v>781</x:v>
       </x:c>
       <x:c r="C573" s="3" t="s"/>
       <x:c r="D573" s="3" t="s"/>
       <x:c r="G573" s="0" t="s">
         <x:v>777</x:v>
       </x:c>
       <x:c r="I573" s="4" t="s">
         <x:v>778</x:v>
       </x:c>
       <x:c r="K573" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L573" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M573" s="0" t="s">
         <x:v>127</x:v>
       </x:c>
       <x:c r="N573" s="3" t="n">
         <x:v>31034</x:v>
       </x:c>
       <x:c r="O573" s="0" t="s">
         <x:v>115</x:v>
       </x:c>
       <x:c r="P573" s="0" t="s">
         <x:v>777</x:v>
       </x:c>
       <x:c r="Q573" s="4" t="s">
         <x:v>778</x:v>
       </x:c>
       <x:c r="R573" s="0" t="s">
-        <x:v>181</x:v>
+        <x:v>372</x:v>
       </x:c>
       <x:c r="S573" s="0" t="n">
-        <x:v>568787</x:v>
+        <x:v>568785</x:v>
       </x:c>
       <x:c r="T573" s="4" t="s">
         <x:v>780</x:v>
       </x:c>
       <x:c r="U573" s="4" t="s">
         <x:v>419</x:v>
       </x:c>
     </x:row>
     <x:row r="574" spans="1:21">
       <x:c r="A574" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B574" s="14" t="s">
-        <x:v>776</x:v>
+        <x:v>781</x:v>
       </x:c>
       <x:c r="C574" s="15" t="s"/>
       <x:c r="D574" s="15" t="s"/>
       <x:c r="E574" s="14" t="s"/>
       <x:c r="F574" s="14" t="s"/>
       <x:c r="G574" s="14" t="s">
         <x:v>777</x:v>
       </x:c>
       <x:c r="H574" s="14" t="s"/>
       <x:c r="I574" s="16" t="s">
         <x:v>778</x:v>
       </x:c>
       <x:c r="J574" s="14" t="s"/>
       <x:c r="K574" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L574" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M574" s="14" t="s">
         <x:v>127</x:v>
       </x:c>
       <x:c r="N574" s="15" t="n">
-        <x:v>31006</x:v>
+        <x:v>31034</x:v>
       </x:c>
       <x:c r="O574" s="14" t="s">
-        <x:v>193</x:v>
+        <x:v>115</x:v>
       </x:c>
       <x:c r="P574" s="14" t="s">
         <x:v>777</x:v>
       </x:c>
       <x:c r="Q574" s="16" t="s">
         <x:v>778</x:v>
       </x:c>
       <x:c r="R574" s="14" t="s">
-        <x:v>230</x:v>
+        <x:v>779</x:v>
       </x:c>
       <x:c r="S574" s="14" t="n">
-        <x:v>568726</x:v>
+        <x:v>568783</x:v>
       </x:c>
       <x:c r="T574" s="16" t="s">
         <x:v>780</x:v>
       </x:c>
       <x:c r="U574" s="16" t="s">
         <x:v>419</x:v>
       </x:c>
     </x:row>
     <x:row r="575" spans="1:21">
       <x:c r="A575" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B575" s="0" t="s">
         <x:v>776</x:v>
       </x:c>
       <x:c r="C575" s="3" t="s"/>
       <x:c r="D575" s="3" t="s"/>
       <x:c r="G575" s="0" t="s">
         <x:v>777</x:v>
       </x:c>
       <x:c r="I575" s="4" t="s">
         <x:v>778</x:v>
       </x:c>
       <x:c r="K575" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L575" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M575" s="0" t="s">
         <x:v>127</x:v>
       </x:c>
       <x:c r="N575" s="3" t="n">
         <x:v>31006</x:v>
       </x:c>
       <x:c r="O575" s="0" t="s">
-        <x:v>193</x:v>
+        <x:v>200</x:v>
       </x:c>
       <x:c r="P575" s="0" t="s">
         <x:v>777</x:v>
       </x:c>
       <x:c r="Q575" s="4" t="s">
         <x:v>778</x:v>
       </x:c>
       <x:c r="R575" s="0" t="s">
-        <x:v>181</x:v>
+        <x:v>230</x:v>
       </x:c>
       <x:c r="S575" s="0" t="n">
-        <x:v>568727</x:v>
+        <x:v>568726</x:v>
       </x:c>
       <x:c r="T575" s="4" t="s">
         <x:v>780</x:v>
       </x:c>
       <x:c r="U575" s="4" t="s">
         <x:v>419</x:v>
       </x:c>
     </x:row>
     <x:row r="576" spans="1:21">
       <x:c r="A576" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B576" s="14" t="s">
-        <x:v>781</x:v>
+        <x:v>776</x:v>
       </x:c>
       <x:c r="C576" s="15" t="s"/>
       <x:c r="D576" s="15" t="s"/>
       <x:c r="E576" s="14" t="s"/>
       <x:c r="F576" s="14" t="s"/>
       <x:c r="G576" s="14" t="s">
         <x:v>777</x:v>
       </x:c>
       <x:c r="H576" s="14" t="s"/>
       <x:c r="I576" s="16" t="s">
         <x:v>778</x:v>
       </x:c>
       <x:c r="J576" s="14" t="s"/>
       <x:c r="K576" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L576" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M576" s="14" t="s">
         <x:v>127</x:v>
       </x:c>
       <x:c r="N576" s="15" t="n">
-        <x:v>31034</x:v>
+        <x:v>31006</x:v>
       </x:c>
       <x:c r="O576" s="14" t="s">
-        <x:v>115</x:v>
+        <x:v>200</x:v>
       </x:c>
       <x:c r="P576" s="14" t="s">
         <x:v>777</x:v>
       </x:c>
       <x:c r="Q576" s="16" t="s">
         <x:v>778</x:v>
       </x:c>
       <x:c r="R576" s="14" t="s">
-        <x:v>779</x:v>
+        <x:v>181</x:v>
       </x:c>
       <x:c r="S576" s="14" t="n">
-        <x:v>568783</x:v>
+        <x:v>568727</x:v>
       </x:c>
       <x:c r="T576" s="16" t="s">
         <x:v>780</x:v>
       </x:c>
       <x:c r="U576" s="16" t="s">
         <x:v>419</x:v>
       </x:c>
     </x:row>
     <x:row r="577" spans="1:21">
       <x:c r="A577" s="1" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="B577" s="0" t="s">
-        <x:v>210</x:v>
+        <x:v>209</x:v>
       </x:c>
       <x:c r="C577" s="3" t="n">
         <x:v>37680</x:v>
       </x:c>
       <x:c r="D577" s="3" t="s"/>
       <x:c r="E577" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="G577" s="0" t="s">
         <x:v>782</x:v>
       </x:c>
       <x:c r="I577" s="4" t="s">
         <x:v>783</x:v>
       </x:c>
       <x:c r="J577" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="K577" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="L577" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="M577" s="0" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="N577" s="3" t="n">
         <x:v>24273</x:v>
       </x:c>
       <x:c r="O577" s="0" t="s">
-        <x:v>150</x:v>
+        <x:v>149</x:v>
       </x:c>
       <x:c r="P577" s="0" t="s">
         <x:v>782</x:v>
       </x:c>
       <x:c r="Q577" s="4" t="s">
         <x:v>783</x:v>
       </x:c>
       <x:c r="R577" s="0" t="s">
         <x:v>218</x:v>
       </x:c>
       <x:c r="S577" s="0" t="n">
         <x:v>500794</x:v>
       </x:c>
       <x:c r="T577" s="4" t="s">
-        <x:v>192</x:v>
+        <x:v>196</x:v>
       </x:c>
       <x:c r="U577" s="4" t="s">
         <x:v>464</x:v>
       </x:c>
     </x:row>
     <x:row r="578" spans="1:21">
       <x:c r="A578" s="13" t="s">
         <x:v>133</x:v>
       </x:c>
       <x:c r="B578" s="14" t="s">
         <x:v>784</x:v>
       </x:c>
       <x:c r="C578" s="15" t="n">
         <x:v>37638</x:v>
       </x:c>
       <x:c r="D578" s="15" t="s"/>
       <x:c r="E578" s="14" t="s"/>
       <x:c r="F578" s="14" t="s"/>
       <x:c r="G578" s="14" t="s">
         <x:v>782</x:v>
       </x:c>
       <x:c r="H578" s="14" t="s"/>
       <x:c r="I578" s="16" t="s">
         <x:v>783</x:v>
       </x:c>
       <x:c r="J578" s="14" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="K578" s="14" t="s">
         <x:v>785</x:v>
       </x:c>
       <x:c r="L578" s="14" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="M578" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N578" s="15" t="n">
         <x:v>24218</x:v>
       </x:c>
       <x:c r="O578" s="14" t="s">
-        <x:v>534</x:v>
+        <x:v>536</x:v>
       </x:c>
       <x:c r="P578" s="14" t="s">
         <x:v>782</x:v>
       </x:c>
       <x:c r="Q578" s="16" t="s">
         <x:v>783</x:v>
       </x:c>
       <x:c r="R578" s="14" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="S578" s="14" t="n">
         <x:v>601772</x:v>
       </x:c>
       <x:c r="T578" s="16" t="s">
         <x:v>786</x:v>
       </x:c>
       <x:c r="U578" s="16" t="s">
         <x:v>787</x:v>
       </x:c>
     </x:row>
     <x:row r="579" spans="1:21">
       <x:c r="A579" s="1" t="s">
         <x:v>133</x:v>
       </x:c>
       <x:c r="B579" s="0" t="s">
@@ -35519,51 +35515,51 @@
         <x:v>37680</x:v>
       </x:c>
       <x:c r="D579" s="3" t="s"/>
       <x:c r="G579" s="0" t="s">
         <x:v>782</x:v>
       </x:c>
       <x:c r="I579" s="4" t="s">
         <x:v>783</x:v>
       </x:c>
       <x:c r="J579" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="K579" s="0" t="s">
         <x:v>510</x:v>
       </x:c>
       <x:c r="L579" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="M579" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N579" s="3" t="n">
         <x:v>24273</x:v>
       </x:c>
       <x:c r="O579" s="0" t="s">
-        <x:v>150</x:v>
+        <x:v>149</x:v>
       </x:c>
       <x:c r="P579" s="0" t="s">
         <x:v>782</x:v>
       </x:c>
       <x:c r="Q579" s="4" t="s">
         <x:v>783</x:v>
       </x:c>
       <x:c r="R579" s="0" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="S579" s="0" t="n">
         <x:v>571770</x:v>
       </x:c>
       <x:c r="T579" s="4" t="s">
         <x:v>788</x:v>
       </x:c>
       <x:c r="U579" s="4" t="s">
         <x:v>789</x:v>
       </x:c>
     </x:row>
     <x:row r="580" spans="1:21">
       <x:c r="A580" s="13" t="s">
         <x:v>133</x:v>
       </x:c>
       <x:c r="B580" s="14" t="s">
@@ -35576,167 +35572,167 @@
       <x:c r="E580" s="14" t="s"/>
       <x:c r="F580" s="14" t="s"/>
       <x:c r="G580" s="14" t="s">
         <x:v>782</x:v>
       </x:c>
       <x:c r="H580" s="14" t="s"/>
       <x:c r="I580" s="16" t="s">
         <x:v>783</x:v>
       </x:c>
       <x:c r="J580" s="14" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="K580" s="14" t="s">
         <x:v>785</x:v>
       </x:c>
       <x:c r="L580" s="14" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="M580" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N580" s="15" t="n">
         <x:v>24273</x:v>
       </x:c>
       <x:c r="O580" s="14" t="s">
-        <x:v>150</x:v>
+        <x:v>149</x:v>
       </x:c>
       <x:c r="P580" s="14" t="s">
         <x:v>782</x:v>
       </x:c>
       <x:c r="Q580" s="16" t="s">
         <x:v>783</x:v>
       </x:c>
       <x:c r="R580" s="14" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="S580" s="14" t="n">
         <x:v>601759</x:v>
       </x:c>
       <x:c r="T580" s="16" t="s">
         <x:v>790</x:v>
       </x:c>
       <x:c r="U580" s="16" t="s">
         <x:v>791</x:v>
       </x:c>
     </x:row>
     <x:row r="581" spans="1:21">
       <x:c r="A581" s="1" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="B581" s="0" t="s">
-        <x:v>210</x:v>
+        <x:v>209</x:v>
       </x:c>
       <x:c r="C581" s="3" t="n">
         <x:v>37680</x:v>
       </x:c>
       <x:c r="D581" s="3" t="s"/>
       <x:c r="E581" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="G581" s="0" t="s">
         <x:v>782</x:v>
       </x:c>
       <x:c r="I581" s="4" t="s">
         <x:v>783</x:v>
       </x:c>
       <x:c r="J581" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="K581" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="L581" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="M581" s="0" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="N581" s="3" t="n">
         <x:v>24273</x:v>
       </x:c>
       <x:c r="O581" s="0" t="s">
-        <x:v>150</x:v>
+        <x:v>149</x:v>
       </x:c>
       <x:c r="P581" s="0" t="s">
         <x:v>792</x:v>
       </x:c>
       <x:c r="Q581" s="4" t="s">
         <x:v>118</x:v>
       </x:c>
       <x:c r="R581" s="0" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="S581" s="0" t="n">
         <x:v>500792</x:v>
       </x:c>
       <x:c r="T581" s="4" t="s">
-        <x:v>192</x:v>
+        <x:v>196</x:v>
       </x:c>
       <x:c r="U581" s="4" t="s">
         <x:v>464</x:v>
       </x:c>
     </x:row>
     <x:row r="582" spans="1:21">
       <x:c r="A582" s="13" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="B582" s="14" t="s">
         <x:v>793</x:v>
       </x:c>
       <x:c r="C582" s="15" t="n">
         <x:v>37638</x:v>
       </x:c>
       <x:c r="D582" s="15" t="s"/>
       <x:c r="E582" s="14" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="F582" s="14" t="s"/>
       <x:c r="G582" s="14" t="s">
         <x:v>782</x:v>
       </x:c>
       <x:c r="H582" s="14" t="s"/>
       <x:c r="I582" s="16" t="s">
         <x:v>783</x:v>
       </x:c>
       <x:c r="J582" s="14" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="K582" s="14" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="L582" s="14" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="M582" s="14" t="s">
         <x:v>127</x:v>
       </x:c>
       <x:c r="N582" s="15" t="n">
         <x:v>24218</x:v>
       </x:c>
       <x:c r="O582" s="14" t="s">
-        <x:v>534</x:v>
+        <x:v>536</x:v>
       </x:c>
       <x:c r="P582" s="14" t="s">
         <x:v>792</x:v>
       </x:c>
       <x:c r="Q582" s="16" t="s">
         <x:v>118</x:v>
       </x:c>
       <x:c r="R582" s="14" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="S582" s="14" t="n">
         <x:v>554510</x:v>
       </x:c>
       <x:c r="T582" s="16" t="s">
         <x:v>794</x:v>
       </x:c>
       <x:c r="U582" s="16" t="s">
         <x:v>795</x:v>
       </x:c>
     </x:row>
     <x:row r="583" spans="1:21">
       <x:c r="A583" s="1" t="s">
         <x:v>133</x:v>
       </x:c>
       <x:c r="B583" s="0" t="s">
@@ -35856,69 +35852,69 @@
       <x:c r="E585" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="G585" s="0" t="s">
         <x:v>796</x:v>
       </x:c>
       <x:c r="I585" s="4" t="s">
         <x:v>797</x:v>
       </x:c>
       <x:c r="J585" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="K585" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="L585" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="M585" s="0" t="s">
         <x:v>127</x:v>
       </x:c>
       <x:c r="N585" s="3" t="n">
         <x:v>24273</x:v>
       </x:c>
       <x:c r="O585" s="0" t="s">
-        <x:v>150</x:v>
+        <x:v>149</x:v>
       </x:c>
       <x:c r="P585" s="0" t="s">
         <x:v>796</x:v>
       </x:c>
       <x:c r="Q585" s="4" t="s">
         <x:v>797</x:v>
       </x:c>
       <x:c r="R585" s="0" t="s">
         <x:v>234</x:v>
       </x:c>
       <x:c r="S585" s="0" t="n">
         <x:v>549705</x:v>
       </x:c>
       <x:c r="T585" s="4" t="s">
         <x:v>141</x:v>
       </x:c>
       <x:c r="U585" s="4" t="s">
-        <x:v>151</x:v>
+        <x:v>150</x:v>
       </x:c>
     </x:row>
     <x:row r="586" spans="1:21">
       <x:c r="A586" s="13" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="B586" s="14" t="s">
         <x:v>136</x:v>
       </x:c>
       <x:c r="C586" s="15" t="n">
         <x:v>40792</x:v>
       </x:c>
       <x:c r="D586" s="15" t="s"/>
       <x:c r="E586" s="14" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="F586" s="14" t="s"/>
       <x:c r="G586" s="14" t="s">
         <x:v>796</x:v>
       </x:c>
       <x:c r="H586" s="14" t="s"/>
       <x:c r="I586" s="16" t="s">
         <x:v>797</x:v>
       </x:c>
       <x:c r="J586" s="14" t="s">
@@ -36315,77 +36311,77 @@
       <x:c r="E593" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="G593" s="0" t="s">
         <x:v>796</x:v>
       </x:c>
       <x:c r="I593" s="4" t="s">
         <x:v>797</x:v>
       </x:c>
       <x:c r="J593" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="K593" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="L593" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="M593" s="0" t="s">
         <x:v>127</x:v>
       </x:c>
       <x:c r="N593" s="3" t="n">
         <x:v>24273</x:v>
       </x:c>
       <x:c r="O593" s="0" t="s">
-        <x:v>150</x:v>
+        <x:v>149</x:v>
       </x:c>
       <x:c r="P593" s="0" t="s">
         <x:v>796</x:v>
       </x:c>
       <x:c r="Q593" s="4" t="s">
         <x:v>797</x:v>
       </x:c>
       <x:c r="R593" s="0" t="s">
         <x:v>234</x:v>
       </x:c>
       <x:c r="S593" s="0" t="n">
         <x:v>549706</x:v>
       </x:c>
       <x:c r="T593" s="4" t="s">
         <x:v>141</x:v>
       </x:c>
       <x:c r="U593" s="4" t="s">
-        <x:v>151</x:v>
+        <x:v>150</x:v>
       </x:c>
     </x:row>
     <x:row r="594" spans="1:21">
       <x:c r="A594" s="13" t="s">
         <x:v>119</x:v>
       </x:c>
       <x:c r="B594" s="14" t="s">
-        <x:v>148</x:v>
+        <x:v>147</x:v>
       </x:c>
       <x:c r="C594" s="15" t="n">
         <x:v>40792</x:v>
       </x:c>
       <x:c r="D594" s="15" t="s"/>
       <x:c r="E594" s="14" t="s"/>
       <x:c r="F594" s="14" t="s"/>
       <x:c r="G594" s="14" t="s">
         <x:v>802</x:v>
       </x:c>
       <x:c r="H594" s="14" t="s"/>
       <x:c r="I594" s="16" t="s">
         <x:v>797</x:v>
       </x:c>
       <x:c r="J594" s="14" t="s">
         <x:v>123</x:v>
       </x:c>
       <x:c r="K594" s="14" t="s">
         <x:v>124</x:v>
       </x:c>
       <x:c r="L594" s="14" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="M594" s="14" t="s">
         <x:v>33</x:v>
@@ -36449,160 +36445,159 @@
       </x:c>
       <x:c r="O595" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="P595" s="0" t="s">
         <x:v>796</x:v>
       </x:c>
       <x:c r="Q595" s="4" t="s">
         <x:v>797</x:v>
       </x:c>
       <x:c r="R595" s="0" t="s">
         <x:v>234</x:v>
       </x:c>
       <x:c r="S595" s="0" t="n">
         <x:v>538324</x:v>
       </x:c>
       <x:c r="T595" s="4" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="U595" s="4" t="s">
         <x:v>135</x:v>
       </x:c>
     </x:row>
     <x:row r="596" spans="1:21">
       <x:c r="A596" s="13" t="s">
-        <x:v>119</x:v>
+        <x:v>39</x:v>
       </x:c>
       <x:c r="B596" s="14" t="s">
-        <x:v>139</x:v>
+        <x:v>137</x:v>
       </x:c>
       <x:c r="C596" s="15" t="n">
-        <x:v>39582</x:v>
+        <x:v>39586</x:v>
       </x:c>
       <x:c r="D596" s="15" t="s"/>
-      <x:c r="E596" s="14" t="s"/>
+      <x:c r="E596" s="14" t="s">
+        <x:v>41</x:v>
+      </x:c>
       <x:c r="F596" s="14" t="s"/>
       <x:c r="G596" s="14" t="s">
-        <x:v>802</x:v>
+        <x:v>796</x:v>
       </x:c>
       <x:c r="H596" s="14" t="s"/>
       <x:c r="I596" s="16" t="s">
         <x:v>797</x:v>
       </x:c>
       <x:c r="J596" s="14" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="K596" s="14" t="s">
-        <x:v>124</x:v>
+        <x:v>46</x:v>
       </x:c>
       <x:c r="L596" s="14" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="M596" s="14" t="s">
-        <x:v>33</x:v>
+        <x:v>127</x:v>
       </x:c>
       <x:c r="N596" s="15" t="n">
         <x:v>31054</x:v>
       </x:c>
       <x:c r="O596" s="14" t="s">
         <x:v>91</x:v>
       </x:c>
       <x:c r="P596" s="14" t="s">
         <x:v>796</x:v>
       </x:c>
       <x:c r="Q596" s="16" t="s">
         <x:v>797</x:v>
       </x:c>
       <x:c r="R596" s="14" t="s">
-        <x:v>803</x:v>
+        <x:v>234</x:v>
       </x:c>
       <x:c r="S596" s="14" t="n">
-        <x:v>606190</x:v>
+        <x:v>605086</x:v>
       </x:c>
       <x:c r="T596" s="16" t="s">
-        <x:v>53</x:v>
+        <x:v>131</x:v>
       </x:c>
       <x:c r="U596" s="16" t="s">
-        <x:v>125</x:v>
+        <x:v>129</x:v>
       </x:c>
     </x:row>
     <x:row r="597" spans="1:21">
       <x:c r="A597" s="1" t="s">
-        <x:v>39</x:v>
+        <x:v>119</x:v>
       </x:c>
       <x:c r="B597" s="0" t="s">
-        <x:v>137</x:v>
+        <x:v>139</x:v>
       </x:c>
       <x:c r="C597" s="3" t="n">
-        <x:v>39586</x:v>
+        <x:v>39582</x:v>
       </x:c>
       <x:c r="D597" s="3" t="s"/>
-      <x:c r="E597" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="G597" s="0" t="s">
-        <x:v>796</x:v>
+        <x:v>802</x:v>
       </x:c>
       <x:c r="I597" s="4" t="s">
         <x:v>797</x:v>
       </x:c>
       <x:c r="J597" s="0" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="K597" s="0" t="s">
-        <x:v>46</x:v>
+        <x:v>124</x:v>
       </x:c>
       <x:c r="L597" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="M597" s="0" t="s">
-        <x:v>127</x:v>
+        <x:v>33</x:v>
       </x:c>
       <x:c r="N597" s="3" t="n">
         <x:v>31054</x:v>
       </x:c>
       <x:c r="O597" s="0" t="s">
         <x:v>91</x:v>
       </x:c>
       <x:c r="P597" s="0" t="s">
         <x:v>796</x:v>
       </x:c>
       <x:c r="Q597" s="4" t="s">
         <x:v>797</x:v>
       </x:c>
       <x:c r="R597" s="0" t="s">
-        <x:v>234</x:v>
+        <x:v>803</x:v>
       </x:c>
       <x:c r="S597" s="0" t="n">
-        <x:v>605086</x:v>
+        <x:v>606190</x:v>
       </x:c>
       <x:c r="T597" s="4" t="s">
-        <x:v>131</x:v>
+        <x:v>53</x:v>
       </x:c>
       <x:c r="U597" s="4" t="s">
-        <x:v>129</x:v>
+        <x:v>125</x:v>
       </x:c>
     </x:row>
     <x:row r="598" spans="1:21">
       <x:c r="A598" s="13" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="B598" s="14" t="s">
         <x:v>136</x:v>
       </x:c>
       <x:c r="C598" s="15" t="n">
         <x:v>40792</x:v>
       </x:c>
       <x:c r="D598" s="15" t="s"/>
       <x:c r="E598" s="14" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="F598" s="14" t="s"/>
       <x:c r="G598" s="14" t="s">
         <x:v>796</x:v>
       </x:c>
       <x:c r="H598" s="14" t="s"/>
       <x:c r="I598" s="16" t="s">
         <x:v>797</x:v>
       </x:c>
       <x:c r="J598" s="14" t="s">
@@ -36648,51 +36643,51 @@
       </x:c>
       <x:c r="B599" s="0" t="s">
         <x:v>763</x:v>
       </x:c>
       <x:c r="C599" s="3" t="s"/>
       <x:c r="D599" s="3" t="s"/>
       <x:c r="G599" s="0" t="s">
         <x:v>805</x:v>
       </x:c>
       <x:c r="I599" s="4" t="s">
         <x:v>387</x:v>
       </x:c>
       <x:c r="K599" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L599" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M599" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N599" s="3" t="n">
         <x:v>70707</x:v>
       </x:c>
       <x:c r="O599" s="0" t="s">
-        <x:v>469</x:v>
+        <x:v>467</x:v>
       </x:c>
       <x:c r="P599" s="0" t="s">
         <x:v>805</x:v>
       </x:c>
       <x:c r="Q599" s="4" t="s">
         <x:v>387</x:v>
       </x:c>
       <x:c r="R599" s="0" t="s">
         <x:v>218</x:v>
       </x:c>
       <x:c r="S599" s="0" t="n">
         <x:v>578640</x:v>
       </x:c>
       <x:c r="T599" s="4" t="s">
         <x:v>806</x:v>
       </x:c>
       <x:c r="U599" s="4" t="s">
         <x:v>32</x:v>
       </x:c>
     </x:row>
     <x:row r="600" spans="1:21">
       <x:c r="A600" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B600" s="14" t="s">
@@ -36779,51 +36774,51 @@
       <x:c r="L601" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="M601" s="0" t="s">
         <x:v>127</x:v>
       </x:c>
       <x:c r="N601" s="3" t="n">
         <x:v>30812</x:v>
       </x:c>
       <x:c r="O601" s="0" t="s">
         <x:v>444</x:v>
       </x:c>
       <x:c r="P601" s="0" t="s">
         <x:v>807</x:v>
       </x:c>
       <x:c r="Q601" s="4" t="s">
         <x:v>809</x:v>
       </x:c>
       <x:c r="R601" s="0" t="s">
         <x:v>603</x:v>
       </x:c>
       <x:c r="S601" s="0" t="n">
         <x:v>613587</x:v>
       </x:c>
       <x:c r="T601" s="4" t="s">
-        <x:v>610</x:v>
+        <x:v>611</x:v>
       </x:c>
       <x:c r="U601" s="4" t="s">
         <x:v>67</x:v>
       </x:c>
     </x:row>
     <x:row r="602" spans="1:21">
       <x:c r="A602" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B602" s="14" t="s">
         <x:v>443</x:v>
       </x:c>
       <x:c r="C602" s="15" t="n">
         <x:v>36061</x:v>
       </x:c>
       <x:c r="D602" s="15" t="s"/>
       <x:c r="E602" s="14" t="s"/>
       <x:c r="F602" s="14" t="s"/>
       <x:c r="G602" s="14" t="s">
         <x:v>807</x:v>
       </x:c>
       <x:c r="H602" s="14" t="s">
         <x:v>808</x:v>
       </x:c>
       <x:c r="I602" s="16" t="s">
@@ -36892,51 +36887,51 @@
       <x:c r="L603" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="M603" s="0" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="N603" s="3" t="n">
         <x:v>24220</x:v>
       </x:c>
       <x:c r="O603" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="P603" s="0" t="s">
         <x:v>812</x:v>
       </x:c>
       <x:c r="Q603" s="4" t="s">
         <x:v>269</x:v>
       </x:c>
       <x:c r="R603" s="0" t="s">
         <x:v>218</x:v>
       </x:c>
       <x:c r="S603" s="0" t="n">
         <x:v>544704</x:v>
       </x:c>
       <x:c r="T603" s="4" t="s">
-        <x:v>200</x:v>
+        <x:v>197</x:v>
       </x:c>
       <x:c r="U603" s="4" t="s">
         <x:v>813</x:v>
       </x:c>
     </x:row>
     <x:row r="604" spans="1:21">
       <x:c r="A604" s="13" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="B604" s="14" t="s">
         <x:v>130</x:v>
       </x:c>
       <x:c r="C604" s="15" t="n">
         <x:v>35340</x:v>
       </x:c>
       <x:c r="D604" s="15" t="s"/>
       <x:c r="E604" s="14" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="F604" s="14" t="s"/>
       <x:c r="G604" s="14" t="s">
         <x:v>812</x:v>
       </x:c>
       <x:c r="H604" s="14" t="s"/>
       <x:c r="I604" s="16" t="s">
@@ -36990,51 +36985,51 @@
         <x:v>37680</x:v>
       </x:c>
       <x:c r="D605" s="3" t="s"/>
       <x:c r="G605" s="0" t="s">
         <x:v>812</x:v>
       </x:c>
       <x:c r="I605" s="4" t="s">
         <x:v>269</x:v>
       </x:c>
       <x:c r="J605" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="K605" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L605" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M605" s="0" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="N605" s="3" t="n">
         <x:v>24273</x:v>
       </x:c>
       <x:c r="O605" s="0" t="s">
-        <x:v>150</x:v>
+        <x:v>149</x:v>
       </x:c>
       <x:c r="P605" s="0" t="s">
         <x:v>812</x:v>
       </x:c>
       <x:c r="Q605" s="4" t="s">
         <x:v>269</x:v>
       </x:c>
       <x:c r="R605" s="0" t="s">
         <x:v>218</x:v>
       </x:c>
       <x:c r="S605" s="0" t="n">
         <x:v>599461</x:v>
       </x:c>
       <x:c r="T605" s="4" t="s">
         <x:v>382</x:v>
       </x:c>
       <x:c r="U605" s="4" t="s">
         <x:v>497</x:v>
       </x:c>
     </x:row>
     <x:row r="606" spans="1:21">
       <x:c r="A606" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B606" s="14" t="s">
@@ -37047,77 +37042,77 @@
       <x:c r="E606" s="14" t="s"/>
       <x:c r="F606" s="14" t="s"/>
       <x:c r="G606" s="14" t="s">
         <x:v>812</x:v>
       </x:c>
       <x:c r="H606" s="14" t="s"/>
       <x:c r="I606" s="16" t="s">
         <x:v>269</x:v>
       </x:c>
       <x:c r="J606" s="14" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="K606" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L606" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M606" s="14" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="N606" s="15" t="n">
         <x:v>24273</x:v>
       </x:c>
       <x:c r="O606" s="14" t="s">
-        <x:v>150</x:v>
+        <x:v>149</x:v>
       </x:c>
       <x:c r="P606" s="14" t="s">
         <x:v>812</x:v>
       </x:c>
       <x:c r="Q606" s="16" t="s">
         <x:v>269</x:v>
       </x:c>
       <x:c r="R606" s="14" t="s">
         <x:v>218</x:v>
       </x:c>
       <x:c r="S606" s="14" t="n">
         <x:v>545465</x:v>
       </x:c>
       <x:c r="T606" s="16" t="s">
         <x:v>391</x:v>
       </x:c>
       <x:c r="U606" s="16" t="s">
         <x:v>814</x:v>
       </x:c>
     </x:row>
     <x:row r="607" spans="1:21">
       <x:c r="A607" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B607" s="0" t="s">
-        <x:v>148</x:v>
+        <x:v>147</x:v>
       </x:c>
       <x:c r="C607" s="3" t="n">
         <x:v>35340</x:v>
       </x:c>
       <x:c r="D607" s="3" t="s"/>
       <x:c r="G607" s="0" t="s">
         <x:v>812</x:v>
       </x:c>
       <x:c r="I607" s="4" t="s">
         <x:v>269</x:v>
       </x:c>
       <x:c r="J607" s="0" t="s">
         <x:v>123</x:v>
       </x:c>
       <x:c r="K607" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L607" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="M607" s="0" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="N607" s="3" t="n">
         <x:v>24220</x:v>
@@ -37175,165 +37170,165 @@
       <x:c r="L608" s="14" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="M608" s="14" t="s">
         <x:v>127</x:v>
       </x:c>
       <x:c r="N608" s="15" t="n">
         <x:v>24220</x:v>
       </x:c>
       <x:c r="O608" s="14" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="P608" s="14" t="s">
         <x:v>812</x:v>
       </x:c>
       <x:c r="Q608" s="16" t="s">
         <x:v>269</x:v>
       </x:c>
       <x:c r="R608" s="14" t="s">
         <x:v>218</x:v>
       </x:c>
       <x:c r="S608" s="14" t="n">
         <x:v>601935</x:v>
       </x:c>
       <x:c r="T608" s="16" t="s">
-        <x:v>202</x:v>
+        <x:v>199</x:v>
       </x:c>
       <x:c r="U608" s="16" t="s">
         <x:v>489</x:v>
       </x:c>
     </x:row>
     <x:row r="609" spans="1:21">
       <x:c r="A609" s="1" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="B609" s="0" t="s">
-        <x:v>210</x:v>
+        <x:v>209</x:v>
       </x:c>
       <x:c r="C609" s="3" t="n">
         <x:v>37680</x:v>
       </x:c>
       <x:c r="D609" s="3" t="s"/>
       <x:c r="E609" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="G609" s="0" t="s">
         <x:v>812</x:v>
       </x:c>
       <x:c r="I609" s="4" t="s">
         <x:v>269</x:v>
       </x:c>
       <x:c r="J609" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="K609" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="L609" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="M609" s="0" t="s">
         <x:v>127</x:v>
       </x:c>
       <x:c r="N609" s="3" t="n">
         <x:v>24273</x:v>
       </x:c>
       <x:c r="O609" s="0" t="s">
-        <x:v>150</x:v>
+        <x:v>149</x:v>
       </x:c>
       <x:c r="P609" s="0" t="s">
         <x:v>812</x:v>
       </x:c>
       <x:c r="Q609" s="4" t="s">
         <x:v>269</x:v>
       </x:c>
       <x:c r="R609" s="0" t="s">
         <x:v>218</x:v>
       </x:c>
       <x:c r="S609" s="0" t="n">
         <x:v>549019</x:v>
       </x:c>
       <x:c r="T609" s="4" t="s">
         <x:v>391</x:v>
       </x:c>
       <x:c r="U609" s="4" t="s">
         <x:v>814</x:v>
       </x:c>
     </x:row>
     <x:row r="610" spans="1:21">
       <x:c r="A610" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B610" s="14" t="s">
-        <x:v>148</x:v>
+        <x:v>147</x:v>
       </x:c>
       <x:c r="C610" s="15" t="n">
         <x:v>35340</x:v>
       </x:c>
       <x:c r="D610" s="15" t="s"/>
       <x:c r="E610" s="14" t="s"/>
       <x:c r="F610" s="14" t="s"/>
       <x:c r="G610" s="14" t="s">
         <x:v>812</x:v>
       </x:c>
       <x:c r="H610" s="14" t="s"/>
       <x:c r="I610" s="16" t="s">
         <x:v>269</x:v>
       </x:c>
       <x:c r="J610" s="14" t="s">
         <x:v>123</x:v>
       </x:c>
       <x:c r="K610" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L610" s="14" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="M610" s="14" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="N610" s="15" t="n">
         <x:v>24220</x:v>
       </x:c>
       <x:c r="O610" s="14" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="P610" s="14" t="s">
         <x:v>812</x:v>
       </x:c>
       <x:c r="Q610" s="16" t="s">
         <x:v>269</x:v>
       </x:c>
       <x:c r="R610" s="14" t="s">
         <x:v>218</x:v>
       </x:c>
       <x:c r="S610" s="14" t="n">
         <x:v>544707</x:v>
       </x:c>
       <x:c r="T610" s="16" t="s">
-        <x:v>200</x:v>
+        <x:v>197</x:v>
       </x:c>
       <x:c r="U610" s="16" t="s">
         <x:v>816</x:v>
       </x:c>
     </x:row>
     <x:row r="611" spans="1:21">
       <x:c r="A611" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B611" s="0" t="s">
         <x:v>120</x:v>
       </x:c>
       <x:c r="C611" s="3" t="n">
         <x:v>35340</x:v>
       </x:c>
       <x:c r="D611" s="3" t="s"/>
       <x:c r="G611" s="0" t="s">
         <x:v>812</x:v>
       </x:c>
       <x:c r="I611" s="4" t="s">
         <x:v>269</x:v>
       </x:c>
       <x:c r="J611" s="0" t="s">
         <x:v>123</x:v>
       </x:c>
@@ -37343,209 +37338,208 @@
       <x:c r="L611" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="M611" s="0" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="N611" s="3" t="n">
         <x:v>24220</x:v>
       </x:c>
       <x:c r="O611" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="P611" s="0" t="s">
         <x:v>812</x:v>
       </x:c>
       <x:c r="Q611" s="4" t="s">
         <x:v>269</x:v>
       </x:c>
       <x:c r="R611" s="0" t="s">
         <x:v>218</x:v>
       </x:c>
       <x:c r="S611" s="0" t="n">
         <x:v>544700</x:v>
       </x:c>
       <x:c r="T611" s="4" t="s">
-        <x:v>200</x:v>
+        <x:v>197</x:v>
       </x:c>
       <x:c r="U611" s="4" t="s">
         <x:v>817</x:v>
       </x:c>
     </x:row>
     <x:row r="612" spans="1:21">
       <x:c r="A612" s="13" t="s">
-        <x:v>21</x:v>
+        <x:v>39</x:v>
       </x:c>
       <x:c r="B612" s="14" t="s">
-        <x:v>207</x:v>
+        <x:v>136</x:v>
       </x:c>
       <x:c r="C612" s="15" t="n">
-        <x:v>37680</x:v>
+        <x:v>40792</x:v>
       </x:c>
       <x:c r="D612" s="15" t="s"/>
-      <x:c r="E612" s="14" t="s"/>
+      <x:c r="E612" s="14" t="s">
+        <x:v>41</x:v>
+      </x:c>
       <x:c r="F612" s="14" t="s"/>
       <x:c r="G612" s="14" t="s">
         <x:v>812</x:v>
       </x:c>
       <x:c r="H612" s="14" t="s"/>
       <x:c r="I612" s="16" t="s">
         <x:v>269</x:v>
       </x:c>
       <x:c r="J612" s="14" t="s">
-        <x:v>59</x:v>
+        <x:v>123</x:v>
       </x:c>
       <x:c r="K612" s="14" t="s">
-        <x:v>26</x:v>
+        <x:v>46</x:v>
       </x:c>
       <x:c r="L612" s="14" t="s">
-        <x:v>27</x:v>
+        <x:v>47</x:v>
       </x:c>
       <x:c r="M612" s="14" t="s">
-        <x:v>33</x:v>
+        <x:v>127</x:v>
       </x:c>
       <x:c r="N612" s="15" t="n">
-        <x:v>24273</x:v>
+        <x:v>24220</x:v>
       </x:c>
       <x:c r="O612" s="14" t="s">
-        <x:v>150</x:v>
+        <x:v>60</x:v>
       </x:c>
       <x:c r="P612" s="14" t="s">
         <x:v>812</x:v>
       </x:c>
       <x:c r="Q612" s="16" t="s">
         <x:v>269</x:v>
       </x:c>
       <x:c r="R612" s="14" t="s">
         <x:v>218</x:v>
       </x:c>
       <x:c r="S612" s="14" t="n">
-        <x:v>545464</x:v>
+        <x:v>601936</x:v>
       </x:c>
       <x:c r="T612" s="16" t="s">
-        <x:v>391</x:v>
+        <x:v>199</x:v>
       </x:c>
       <x:c r="U612" s="16" t="s">
-        <x:v>183</x:v>
+        <x:v>489</x:v>
       </x:c>
     </x:row>
     <x:row r="613" spans="1:21">
       <x:c r="A613" s="1" t="s">
-        <x:v>39</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B613" s="0" t="s">
-        <x:v>136</x:v>
+        <x:v>207</x:v>
       </x:c>
       <x:c r="C613" s="3" t="n">
-        <x:v>40792</x:v>
+        <x:v>37680</x:v>
       </x:c>
       <x:c r="D613" s="3" t="s"/>
-      <x:c r="E613" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="G613" s="0" t="s">
         <x:v>812</x:v>
       </x:c>
       <x:c r="I613" s="4" t="s">
         <x:v>269</x:v>
       </x:c>
       <x:c r="J613" s="0" t="s">
-        <x:v>123</x:v>
+        <x:v>59</x:v>
       </x:c>
       <x:c r="K613" s="0" t="s">
-        <x:v>46</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="L613" s="0" t="s">
-        <x:v>47</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="M613" s="0" t="s">
-        <x:v>127</x:v>
+        <x:v>33</x:v>
       </x:c>
       <x:c r="N613" s="3" t="n">
-        <x:v>24220</x:v>
+        <x:v>24273</x:v>
       </x:c>
       <x:c r="O613" s="0" t="s">
-        <x:v>60</x:v>
+        <x:v>149</x:v>
       </x:c>
       <x:c r="P613" s="0" t="s">
         <x:v>812</x:v>
       </x:c>
       <x:c r="Q613" s="4" t="s">
         <x:v>269</x:v>
       </x:c>
       <x:c r="R613" s="0" t="s">
         <x:v>218</x:v>
       </x:c>
       <x:c r="S613" s="0" t="n">
-        <x:v>601936</x:v>
+        <x:v>545464</x:v>
       </x:c>
       <x:c r="T613" s="4" t="s">
-        <x:v>202</x:v>
+        <x:v>391</x:v>
       </x:c>
       <x:c r="U613" s="4" t="s">
-        <x:v>489</x:v>
+        <x:v>183</x:v>
       </x:c>
     </x:row>
     <x:row r="614" spans="1:21">
       <x:c r="A614" s="13" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="B614" s="14" t="s">
-        <x:v>210</x:v>
+        <x:v>209</x:v>
       </x:c>
       <x:c r="C614" s="15" t="n">
         <x:v>37680</x:v>
       </x:c>
       <x:c r="D614" s="15" t="s"/>
       <x:c r="E614" s="14" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="F614" s="14" t="s"/>
       <x:c r="G614" s="14" t="s">
         <x:v>812</x:v>
       </x:c>
       <x:c r="H614" s="14" t="s"/>
       <x:c r="I614" s="16" t="s">
         <x:v>269</x:v>
       </x:c>
       <x:c r="J614" s="14" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="K614" s="14" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="L614" s="14" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="M614" s="14" t="s">
         <x:v>127</x:v>
       </x:c>
       <x:c r="N614" s="15" t="n">
         <x:v>24273</x:v>
       </x:c>
       <x:c r="O614" s="14" t="s">
-        <x:v>150</x:v>
+        <x:v>149</x:v>
       </x:c>
       <x:c r="P614" s="14" t="s">
         <x:v>812</x:v>
       </x:c>
       <x:c r="Q614" s="16" t="s">
         <x:v>269</x:v>
       </x:c>
       <x:c r="R614" s="14" t="s">
         <x:v>218</x:v>
       </x:c>
       <x:c r="S614" s="14" t="n">
         <x:v>601940</x:v>
       </x:c>
       <x:c r="T614" s="16" t="s">
         <x:v>382</x:v>
       </x:c>
       <x:c r="U614" s="16" t="s">
         <x:v>691</x:v>
       </x:c>
     </x:row>
     <x:row r="615" spans="1:21">
       <x:c r="A615" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B615" s="0" t="s">
@@ -37627,111 +37621,108 @@
       <x:c r="L616" s="14" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="M616" s="14" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="N616" s="15" t="n">
         <x:v>24220</x:v>
       </x:c>
       <x:c r="O616" s="14" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="P616" s="14" t="s">
         <x:v>812</x:v>
       </x:c>
       <x:c r="Q616" s="16" t="s">
         <x:v>269</x:v>
       </x:c>
       <x:c r="R616" s="14" t="s">
         <x:v>218</x:v>
       </x:c>
       <x:c r="S616" s="14" t="n">
         <x:v>544706</x:v>
       </x:c>
       <x:c r="T616" s="16" t="s">
-        <x:v>200</x:v>
+        <x:v>197</x:v>
       </x:c>
       <x:c r="U616" s="16" t="s">
         <x:v>817</x:v>
       </x:c>
     </x:row>
     <x:row r="617" spans="1:21">
       <x:c r="A617" s="1" t="s">
-        <x:v>39</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B617" s="0" t="s">
-        <x:v>136</x:v>
+        <x:v>207</x:v>
       </x:c>
       <x:c r="C617" s="3" t="n">
-        <x:v>40792</x:v>
+        <x:v>37680</x:v>
       </x:c>
       <x:c r="D617" s="3" t="s"/>
-      <x:c r="E617" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="G617" s="0" t="s">
         <x:v>812</x:v>
       </x:c>
       <x:c r="I617" s="4" t="s">
         <x:v>269</x:v>
       </x:c>
       <x:c r="J617" s="0" t="s">
-        <x:v>123</x:v>
+        <x:v>59</x:v>
       </x:c>
       <x:c r="K617" s="0" t="s">
-        <x:v>46</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="L617" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="M617" s="0" t="s">
         <x:v>127</x:v>
       </x:c>
       <x:c r="N617" s="3" t="n">
-        <x:v>24220</x:v>
+        <x:v>24273</x:v>
       </x:c>
       <x:c r="O617" s="0" t="s">
-        <x:v>60</x:v>
+        <x:v>149</x:v>
       </x:c>
       <x:c r="P617" s="0" t="s">
         <x:v>812</x:v>
       </x:c>
       <x:c r="Q617" s="4" t="s">
         <x:v>269</x:v>
       </x:c>
       <x:c r="R617" s="0" t="s">
         <x:v>218</x:v>
       </x:c>
       <x:c r="S617" s="0" t="n">
-        <x:v>549018</x:v>
+        <x:v>623637</x:v>
       </x:c>
       <x:c r="T617" s="4" t="s">
-        <x:v>200</x:v>
+        <x:v>382</x:v>
       </x:c>
       <x:c r="U617" s="4" t="s">
-        <x:v>817</x:v>
+        <x:v>818</x:v>
       </x:c>
     </x:row>
     <x:row r="618" spans="1:21">
       <x:c r="A618" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B618" s="14" t="s">
         <x:v>725</x:v>
       </x:c>
       <x:c r="C618" s="15" t="n">
         <x:v>40792</x:v>
       </x:c>
       <x:c r="D618" s="15" t="s"/>
       <x:c r="E618" s="14" t="s"/>
       <x:c r="F618" s="14" t="s"/>
       <x:c r="G618" s="14" t="s">
         <x:v>812</x:v>
       </x:c>
       <x:c r="H618" s="14" t="s"/>
       <x:c r="I618" s="16" t="s">
         <x:v>269</x:v>
       </x:c>
       <x:c r="J618" s="14" t="s">
         <x:v>123</x:v>
       </x:c>
@@ -37741,108 +37732,111 @@
       <x:c r="L618" s="14" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="M618" s="14" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="N618" s="15" t="n">
         <x:v>24220</x:v>
       </x:c>
       <x:c r="O618" s="14" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="P618" s="14" t="s">
         <x:v>812</x:v>
       </x:c>
       <x:c r="Q618" s="16" t="s">
         <x:v>269</x:v>
       </x:c>
       <x:c r="R618" s="14" t="s">
         <x:v>218</x:v>
       </x:c>
       <x:c r="S618" s="14" t="n">
         <x:v>599419</x:v>
       </x:c>
       <x:c r="T618" s="16" t="s">
-        <x:v>202</x:v>
+        <x:v>199</x:v>
       </x:c>
       <x:c r="U618" s="16" t="s">
         <x:v>483</x:v>
       </x:c>
     </x:row>
     <x:row r="619" spans="1:21">
       <x:c r="A619" s="1" t="s">
-        <x:v>21</x:v>
+        <x:v>39</x:v>
       </x:c>
       <x:c r="B619" s="0" t="s">
-        <x:v>207</x:v>
+        <x:v>136</x:v>
       </x:c>
       <x:c r="C619" s="3" t="n">
-        <x:v>37680</x:v>
+        <x:v>40792</x:v>
       </x:c>
       <x:c r="D619" s="3" t="s"/>
+      <x:c r="E619" s="0" t="s">
+        <x:v>41</x:v>
+      </x:c>
       <x:c r="G619" s="0" t="s">
         <x:v>812</x:v>
       </x:c>
       <x:c r="I619" s="4" t="s">
         <x:v>269</x:v>
       </x:c>
       <x:c r="J619" s="0" t="s">
-        <x:v>59</x:v>
+        <x:v>123</x:v>
       </x:c>
       <x:c r="K619" s="0" t="s">
-        <x:v>26</x:v>
+        <x:v>46</x:v>
       </x:c>
       <x:c r="L619" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="M619" s="0" t="s">
         <x:v>127</x:v>
       </x:c>
       <x:c r="N619" s="3" t="n">
-        <x:v>24273</x:v>
+        <x:v>24220</x:v>
       </x:c>
       <x:c r="O619" s="0" t="s">
-        <x:v>150</x:v>
+        <x:v>60</x:v>
       </x:c>
       <x:c r="P619" s="0" t="s">
         <x:v>812</x:v>
       </x:c>
       <x:c r="Q619" s="4" t="s">
         <x:v>269</x:v>
       </x:c>
       <x:c r="R619" s="0" t="s">
         <x:v>218</x:v>
       </x:c>
       <x:c r="S619" s="0" t="n">
-        <x:v>623637</x:v>
+        <x:v>549018</x:v>
       </x:c>
       <x:c r="T619" s="4" t="s">
-        <x:v>382</x:v>
+        <x:v>197</x:v>
       </x:c>
       <x:c r="U619" s="4" t="s">
-        <x:v>818</x:v>
+        <x:v>817</x:v>
       </x:c>
     </x:row>
     <x:row r="620" spans="1:21">
       <x:c r="A620" s="13" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="B620" s="14" t="s">
         <x:v>136</x:v>
       </x:c>
       <x:c r="C620" s="15" t="n">
         <x:v>35340</x:v>
       </x:c>
       <x:c r="D620" s="15" t="s"/>
       <x:c r="E620" s="14" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="F620" s="14" t="s"/>
       <x:c r="G620" s="14" t="s">
         <x:v>812</x:v>
       </x:c>
       <x:c r="H620" s="14" t="s"/>
       <x:c r="I620" s="16" t="s">
         <x:v>269</x:v>
       </x:c>
       <x:c r="J620" s="14" t="s">
@@ -37911,173 +37905,173 @@
       <x:c r="L621" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="M621" s="0" t="s">
         <x:v>127</x:v>
       </x:c>
       <x:c r="N621" s="3" t="n">
         <x:v>24220</x:v>
       </x:c>
       <x:c r="O621" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="P621" s="0" t="s">
         <x:v>812</x:v>
       </x:c>
       <x:c r="Q621" s="4" t="s">
         <x:v>269</x:v>
       </x:c>
       <x:c r="R621" s="0" t="s">
         <x:v>218</x:v>
       </x:c>
       <x:c r="S621" s="0" t="n">
         <x:v>549013</x:v>
       </x:c>
       <x:c r="T621" s="4" t="s">
-        <x:v>200</x:v>
+        <x:v>197</x:v>
       </x:c>
       <x:c r="U621" s="4" t="s">
         <x:v>817</x:v>
       </x:c>
     </x:row>
     <x:row r="622" spans="1:21">
       <x:c r="A622" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B622" s="14" t="s">
-        <x:v>148</x:v>
+        <x:v>147</x:v>
       </x:c>
       <x:c r="C622" s="15" t="n">
         <x:v>35340</x:v>
       </x:c>
       <x:c r="D622" s="15" t="s"/>
       <x:c r="E622" s="14" t="s"/>
       <x:c r="F622" s="14" t="s"/>
       <x:c r="G622" s="14" t="s">
         <x:v>812</x:v>
       </x:c>
       <x:c r="H622" s="14" t="s"/>
       <x:c r="I622" s="16" t="s">
         <x:v>269</x:v>
       </x:c>
       <x:c r="J622" s="14" t="s">
         <x:v>123</x:v>
       </x:c>
       <x:c r="K622" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L622" s="14" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="M622" s="14" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="N622" s="15" t="n">
         <x:v>24220</x:v>
       </x:c>
       <x:c r="O622" s="14" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="P622" s="14" t="s">
         <x:v>812</x:v>
       </x:c>
       <x:c r="Q622" s="16" t="s">
         <x:v>269</x:v>
       </x:c>
       <x:c r="R622" s="14" t="s">
         <x:v>218</x:v>
       </x:c>
       <x:c r="S622" s="14" t="n">
         <x:v>544699</x:v>
       </x:c>
       <x:c r="T622" s="16" t="s">
-        <x:v>200</x:v>
+        <x:v>197</x:v>
       </x:c>
       <x:c r="U622" s="16" t="s">
         <x:v>817</x:v>
       </x:c>
     </x:row>
     <x:row r="623" spans="1:21">
       <x:c r="A623" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B623" s="0" t="s">
         <x:v>207</x:v>
       </x:c>
       <x:c r="C623" s="3" t="n">
         <x:v>37680</x:v>
       </x:c>
       <x:c r="D623" s="3" t="s"/>
       <x:c r="G623" s="0" t="s">
         <x:v>812</x:v>
       </x:c>
       <x:c r="I623" s="4" t="s">
         <x:v>269</x:v>
       </x:c>
       <x:c r="J623" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="K623" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L623" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="M623" s="0" t="s">
         <x:v>127</x:v>
       </x:c>
       <x:c r="N623" s="3" t="n">
         <x:v>24273</x:v>
       </x:c>
       <x:c r="O623" s="0" t="s">
-        <x:v>150</x:v>
+        <x:v>149</x:v>
       </x:c>
       <x:c r="P623" s="0" t="s">
         <x:v>812</x:v>
       </x:c>
       <x:c r="Q623" s="4" t="s">
         <x:v>269</x:v>
       </x:c>
       <x:c r="R623" s="0" t="s">
         <x:v>218</x:v>
       </x:c>
       <x:c r="S623" s="0" t="n">
         <x:v>544705</x:v>
       </x:c>
       <x:c r="T623" s="4" t="s">
         <x:v>391</x:v>
       </x:c>
       <x:c r="U623" s="4" t="s">
         <x:v>183</x:v>
       </x:c>
     </x:row>
     <x:row r="624" spans="1:21">
       <x:c r="A624" s="13" t="s">
         <x:v>119</x:v>
       </x:c>
       <x:c r="B624" s="14" t="s">
-        <x:v>76</x:v>
+        <x:v>70</x:v>
       </x:c>
       <x:c r="C624" s="15" t="n">
         <x:v>41611</x:v>
       </x:c>
       <x:c r="D624" s="15" t="s"/>
       <x:c r="E624" s="14" t="s"/>
       <x:c r="F624" s="14" t="s"/>
       <x:c r="G624" s="14" t="s">
         <x:v>819</x:v>
       </x:c>
       <x:c r="H624" s="14" t="s"/>
       <x:c r="I624" s="16" t="s">
         <x:v>820</x:v>
       </x:c>
       <x:c r="J624" s="14" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="K624" s="14" t="s">
         <x:v>124</x:v>
       </x:c>
       <x:c r="L624" s="14" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="M624" s="14" t="s">
         <x:v>33</x:v>
@@ -38118,51 +38112,51 @@
         <x:v>41613</x:v>
       </x:c>
       <x:c r="D625" s="3" t="s"/>
       <x:c r="G625" s="0" t="s">
         <x:v>819</x:v>
       </x:c>
       <x:c r="I625" s="4" t="s">
         <x:v>820</x:v>
       </x:c>
       <x:c r="J625" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="K625" s="0" t="s">
         <x:v>124</x:v>
       </x:c>
       <x:c r="L625" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="M625" s="0" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="N625" s="3" t="n">
         <x:v>24218</x:v>
       </x:c>
       <x:c r="O625" s="0" t="s">
-        <x:v>534</x:v>
+        <x:v>536</x:v>
       </x:c>
       <x:c r="P625" s="0" t="s">
         <x:v>819</x:v>
       </x:c>
       <x:c r="Q625" s="4" t="s">
         <x:v>820</x:v>
       </x:c>
       <x:c r="R625" s="0" t="s">
         <x:v>803</x:v>
       </x:c>
       <x:c r="S625" s="0" t="n">
         <x:v>596799</x:v>
       </x:c>
       <x:c r="T625" s="4" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="U625" s="4" t="s">
         <x:v>163</x:v>
       </x:c>
     </x:row>
     <x:row r="626" spans="1:21">
       <x:c r="A626" s="13" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="B626" s="14" t="s">
@@ -38265,104 +38259,104 @@
       </x:c>
       <x:c r="P627" s="0" t="s">
         <x:v>819</x:v>
       </x:c>
       <x:c r="Q627" s="4" t="s">
         <x:v>413</x:v>
       </x:c>
       <x:c r="R627" s="0" t="s">
         <x:v>234</x:v>
       </x:c>
       <x:c r="S627" s="0" t="n">
         <x:v>554904</x:v>
       </x:c>
       <x:c r="T627" s="4" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="U627" s="4" t="s">
         <x:v>382</x:v>
       </x:c>
     </x:row>
     <x:row r="628" spans="1:21">
       <x:c r="A628" s="13" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="B628" s="14" t="s">
-        <x:v>826</x:v>
+        <x:v>822</x:v>
       </x:c>
       <x:c r="C628" s="15" t="n">
-        <x:v>35401</x:v>
+        <x:v>35455</x:v>
       </x:c>
       <x:c r="D628" s="15" t="s"/>
       <x:c r="E628" s="14" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="F628" s="14" t="s"/>
       <x:c r="G628" s="14" t="s">
         <x:v>823</x:v>
       </x:c>
       <x:c r="H628" s="14" t="s">
         <x:v>824</x:v>
       </x:c>
       <x:c r="I628" s="16" t="s">
         <x:v>825</x:v>
       </x:c>
       <x:c r="J628" s="14" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="K628" s="14" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="L628" s="14" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="M628" s="14" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="N628" s="15" t="n">
-        <x:v>11036</x:v>
+        <x:v>31045</x:v>
       </x:c>
       <x:c r="O628" s="14" t="s">
-        <x:v>248</x:v>
+        <x:v>48</x:v>
       </x:c>
       <x:c r="P628" s="14" t="s">
         <x:v>819</x:v>
       </x:c>
       <x:c r="Q628" s="16" t="s">
         <x:v>413</x:v>
       </x:c>
       <x:c r="R628" s="14" t="s">
-        <x:v>234</x:v>
+        <x:v>218</x:v>
       </x:c>
       <x:c r="S628" s="14" t="n">
-        <x:v>603430</x:v>
+        <x:v>453831</x:v>
       </x:c>
       <x:c r="T628" s="16" t="s">
-        <x:v>53</x:v>
+        <x:v>827</x:v>
       </x:c>
       <x:c r="U628" s="16" t="s">
-        <x:v>135</x:v>
+        <x:v>505</x:v>
       </x:c>
     </x:row>
     <x:row r="629" spans="1:21">
       <x:c r="A629" s="1" t="s">
         <x:v>119</x:v>
       </x:c>
       <x:c r="B629" s="0" t="s">
         <x:v>253</x:v>
       </x:c>
       <x:c r="C629" s="3" t="n">
         <x:v>41616</x:v>
       </x:c>
       <x:c r="D629" s="3" t="s"/>
       <x:c r="G629" s="0" t="s">
         <x:v>819</x:v>
       </x:c>
       <x:c r="I629" s="4" t="s">
         <x:v>820</x:v>
       </x:c>
       <x:c r="J629" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="K629" s="0" t="s">
         <x:v>124</x:v>
       </x:c>
@@ -38438,282 +38432,284 @@
       </x:c>
       <x:c r="O630" s="14" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="P630" s="14" t="s">
         <x:v>819</x:v>
       </x:c>
       <x:c r="Q630" s="16" t="s">
         <x:v>413</x:v>
       </x:c>
       <x:c r="R630" s="14" t="s">
         <x:v>234</x:v>
       </x:c>
       <x:c r="S630" s="14" t="n">
         <x:v>554883</x:v>
       </x:c>
       <x:c r="T630" s="16" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="U630" s="16" t="s">
         <x:v>135</x:v>
       </x:c>
     </x:row>
     <x:row r="631" spans="1:21">
       <x:c r="A631" s="1" t="s">
-        <x:v>119</x:v>
+        <x:v>39</x:v>
       </x:c>
       <x:c r="B631" s="0" t="s">
-        <x:v>827</x:v>
+        <x:v>822</x:v>
       </x:c>
       <x:c r="C631" s="3" t="n">
-        <x:v>41612</x:v>
+        <x:v>35455</x:v>
       </x:c>
       <x:c r="D631" s="3" t="s"/>
+      <x:c r="E631" s="0" t="s">
+        <x:v>41</x:v>
+      </x:c>
       <x:c r="G631" s="0" t="s">
-        <x:v>819</x:v>
+        <x:v>823</x:v>
+      </x:c>
+      <x:c r="H631" s="0" t="s">
+        <x:v>824</x:v>
       </x:c>
       <x:c r="I631" s="4" t="s">
-        <x:v>820</x:v>
+        <x:v>825</x:v>
       </x:c>
       <x:c r="J631" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="K631" s="0" t="s">
-        <x:v>124</x:v>
+        <x:v>46</x:v>
       </x:c>
       <x:c r="L631" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="M631" s="0" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="N631" s="3" t="n">
-        <x:v>31011</x:v>
+        <x:v>31045</x:v>
       </x:c>
       <x:c r="O631" s="0" t="s">
-        <x:v>828</x:v>
+        <x:v>48</x:v>
       </x:c>
       <x:c r="P631" s="0" t="s">
         <x:v>819</x:v>
       </x:c>
       <x:c r="Q631" s="4" t="s">
-        <x:v>820</x:v>
+        <x:v>413</x:v>
       </x:c>
       <x:c r="R631" s="0" t="s">
-        <x:v>803</x:v>
+        <x:v>234</x:v>
       </x:c>
       <x:c r="S631" s="0" t="n">
-        <x:v>596798</x:v>
+        <x:v>554884</x:v>
       </x:c>
       <x:c r="T631" s="4" t="s">
-        <x:v>53</x:v>
+        <x:v>51</x:v>
       </x:c>
       <x:c r="U631" s="4" t="s">
-        <x:v>163</x:v>
+        <x:v>382</x:v>
       </x:c>
     </x:row>
     <x:row r="632" spans="1:21">
       <x:c r="A632" s="13" t="s">
-        <x:v>39</x:v>
+        <x:v>119</x:v>
       </x:c>
       <x:c r="B632" s="14" t="s">
-        <x:v>829</x:v>
+        <x:v>828</x:v>
       </x:c>
       <x:c r="C632" s="15" t="n">
-        <x:v>35511</x:v>
+        <x:v>41612</x:v>
       </x:c>
       <x:c r="D632" s="15" t="s"/>
-      <x:c r="E632" s="14" t="s">
-[...1 lines deleted...]
-      </x:c>
+      <x:c r="E632" s="14" t="s"/>
       <x:c r="F632" s="14" t="s"/>
       <x:c r="G632" s="14" t="s">
-        <x:v>823</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>819</x:v>
+      </x:c>
+      <x:c r="H632" s="14" t="s"/>
       <x:c r="I632" s="16" t="s">
-        <x:v>825</x:v>
+        <x:v>820</x:v>
       </x:c>
       <x:c r="J632" s="14" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="K632" s="14" t="s">
-        <x:v>46</x:v>
+        <x:v>124</x:v>
       </x:c>
       <x:c r="L632" s="14" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="M632" s="14" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="N632" s="15" t="n">
         <x:v>31011</x:v>
       </x:c>
       <x:c r="O632" s="14" t="s">
-        <x:v>828</x:v>
+        <x:v>829</x:v>
       </x:c>
       <x:c r="P632" s="14" t="s">
         <x:v>819</x:v>
       </x:c>
       <x:c r="Q632" s="16" t="s">
-        <x:v>413</x:v>
+        <x:v>820</x:v>
       </x:c>
       <x:c r="R632" s="14" t="s">
-        <x:v>218</x:v>
+        <x:v>803</x:v>
       </x:c>
       <x:c r="S632" s="14" t="n">
-        <x:v>453836</x:v>
+        <x:v>596798</x:v>
       </x:c>
       <x:c r="T632" s="16" t="s">
-        <x:v>830</x:v>
+        <x:v>53</x:v>
       </x:c>
       <x:c r="U632" s="16" t="s">
-        <x:v>505</x:v>
+        <x:v>163</x:v>
       </x:c>
     </x:row>
     <x:row r="633" spans="1:21">
       <x:c r="A633" s="1" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="B633" s="0" t="s">
-        <x:v>831</x:v>
+        <x:v>830</x:v>
       </x:c>
       <x:c r="C633" s="3" t="n">
-        <x:v>35457</x:v>
+        <x:v>35511</x:v>
       </x:c>
       <x:c r="D633" s="3" t="s"/>
       <x:c r="E633" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="G633" s="0" t="s">
         <x:v>823</x:v>
       </x:c>
       <x:c r="H633" s="0" t="s">
         <x:v>824</x:v>
       </x:c>
       <x:c r="I633" s="4" t="s">
         <x:v>825</x:v>
       </x:c>
       <x:c r="J633" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="K633" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="L633" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="M633" s="0" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="N633" s="3" t="n">
-        <x:v>24218</x:v>
+        <x:v>31011</x:v>
       </x:c>
       <x:c r="O633" s="0" t="s">
-        <x:v>534</x:v>
+        <x:v>829</x:v>
       </x:c>
       <x:c r="P633" s="0" t="s">
         <x:v>819</x:v>
       </x:c>
       <x:c r="Q633" s="4" t="s">
         <x:v>413</x:v>
       </x:c>
       <x:c r="R633" s="0" t="s">
         <x:v>218</x:v>
       </x:c>
       <x:c r="S633" s="0" t="n">
-        <x:v>453837</x:v>
+        <x:v>453836</x:v>
       </x:c>
       <x:c r="T633" s="4" t="s">
-        <x:v>830</x:v>
+        <x:v>827</x:v>
       </x:c>
       <x:c r="U633" s="4" t="s">
         <x:v>505</x:v>
       </x:c>
     </x:row>
     <x:row r="634" spans="1:21">
       <x:c r="A634" s="13" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="B634" s="14" t="s">
-        <x:v>822</x:v>
+        <x:v>831</x:v>
       </x:c>
       <x:c r="C634" s="15" t="n">
-        <x:v>35455</x:v>
+        <x:v>35457</x:v>
       </x:c>
       <x:c r="D634" s="15" t="s"/>
       <x:c r="E634" s="14" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="F634" s="14" t="s"/>
       <x:c r="G634" s="14" t="s">
         <x:v>823</x:v>
       </x:c>
       <x:c r="H634" s="14" t="s">
         <x:v>824</x:v>
       </x:c>
       <x:c r="I634" s="16" t="s">
         <x:v>825</x:v>
       </x:c>
       <x:c r="J634" s="14" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="K634" s="14" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="L634" s="14" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="M634" s="14" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="N634" s="15" t="n">
-        <x:v>31045</x:v>
+        <x:v>24218</x:v>
       </x:c>
       <x:c r="O634" s="14" t="s">
-        <x:v>48</x:v>
+        <x:v>536</x:v>
       </x:c>
       <x:c r="P634" s="14" t="s">
         <x:v>819</x:v>
       </x:c>
       <x:c r="Q634" s="16" t="s">
         <x:v>413</x:v>
       </x:c>
       <x:c r="R634" s="14" t="s">
-        <x:v>234</x:v>
+        <x:v>218</x:v>
       </x:c>
       <x:c r="S634" s="14" t="n">
-        <x:v>554884</x:v>
+        <x:v>453837</x:v>
       </x:c>
       <x:c r="T634" s="16" t="s">
-        <x:v>51</x:v>
+        <x:v>827</x:v>
       </x:c>
       <x:c r="U634" s="16" t="s">
-        <x:v>382</x:v>
+        <x:v>505</x:v>
       </x:c>
     </x:row>
     <x:row r="635" spans="1:21">
       <x:c r="A635" s="1" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="B635" s="0" t="s">
         <x:v>822</x:v>
       </x:c>
       <x:c r="C635" s="3" t="n">
         <x:v>35455</x:v>
       </x:c>
       <x:c r="D635" s="3" t="s"/>
       <x:c r="E635" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="G635" s="0" t="s">
         <x:v>823</x:v>
       </x:c>
       <x:c r="H635" s="0" t="s">
         <x:v>824</x:v>
       </x:c>
       <x:c r="I635" s="4" t="s">
         <x:v>825</x:v>
       </x:c>
@@ -38794,148 +38790,148 @@
       </x:c>
       <x:c r="P636" s="14" t="s">
         <x:v>819</x:v>
       </x:c>
       <x:c r="Q636" s="16" t="s">
         <x:v>820</x:v>
       </x:c>
       <x:c r="R636" s="14" t="s">
         <x:v>439</x:v>
       </x:c>
       <x:c r="S636" s="14" t="n">
         <x:v>595754</x:v>
       </x:c>
       <x:c r="T636" s="16" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="U636" s="16" t="s">
         <x:v>163</x:v>
       </x:c>
     </x:row>
     <x:row r="637" spans="1:21">
       <x:c r="A637" s="1" t="s">
         <x:v>119</x:v>
       </x:c>
       <x:c r="B637" s="0" t="s">
-        <x:v>156</x:v>
+        <x:v>252</x:v>
       </x:c>
       <x:c r="C637" s="3" t="n">
-        <x:v>39490</x:v>
+        <x:v>39278</x:v>
       </x:c>
       <x:c r="D637" s="3" t="s"/>
       <x:c r="G637" s="0" t="s">
         <x:v>819</x:v>
       </x:c>
       <x:c r="I637" s="4" t="s">
         <x:v>820</x:v>
       </x:c>
       <x:c r="J637" s="0" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="K637" s="0" t="s">
         <x:v>124</x:v>
       </x:c>
       <x:c r="L637" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="M637" s="0" t="s">
-        <x:v>127</x:v>
+        <x:v>33</x:v>
       </x:c>
       <x:c r="N637" s="3" t="n">
-        <x:v>31054</x:v>
+        <x:v>24231</x:v>
       </x:c>
       <x:c r="O637" s="0" t="s">
-        <x:v>91</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="P637" s="0" t="s">
         <x:v>819</x:v>
       </x:c>
       <x:c r="Q637" s="4" t="s">
         <x:v>820</x:v>
       </x:c>
       <x:c r="R637" s="0" t="s">
         <x:v>439</x:v>
       </x:c>
       <x:c r="S637" s="0" t="n">
-        <x:v>592283</x:v>
+        <x:v>592083</x:v>
       </x:c>
       <x:c r="T637" s="4" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="U637" s="4" t="s">
         <x:v>125</x:v>
       </x:c>
     </x:row>
     <x:row r="638" spans="1:21">
       <x:c r="A638" s="13" t="s">
         <x:v>119</x:v>
       </x:c>
       <x:c r="B638" s="14" t="s">
-        <x:v>252</x:v>
+        <x:v>156</x:v>
       </x:c>
       <x:c r="C638" s="15" t="n">
-        <x:v>39278</x:v>
+        <x:v>39490</x:v>
       </x:c>
       <x:c r="D638" s="15" t="s"/>
       <x:c r="E638" s="14" t="s"/>
       <x:c r="F638" s="14" t="s"/>
       <x:c r="G638" s="14" t="s">
         <x:v>819</x:v>
       </x:c>
       <x:c r="H638" s="14" t="s"/>
       <x:c r="I638" s="16" t="s">
         <x:v>820</x:v>
       </x:c>
       <x:c r="J638" s="14" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="K638" s="14" t="s">
         <x:v>124</x:v>
       </x:c>
       <x:c r="L638" s="14" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="M638" s="14" t="s">
-        <x:v>33</x:v>
+        <x:v>127</x:v>
       </x:c>
       <x:c r="N638" s="15" t="n">
-        <x:v>24231</x:v>
+        <x:v>31054</x:v>
       </x:c>
       <x:c r="O638" s="14" t="s">
-        <x:v>83</x:v>
+        <x:v>91</x:v>
       </x:c>
       <x:c r="P638" s="14" t="s">
         <x:v>819</x:v>
       </x:c>
       <x:c r="Q638" s="16" t="s">
         <x:v>820</x:v>
       </x:c>
       <x:c r="R638" s="14" t="s">
         <x:v>439</x:v>
       </x:c>
       <x:c r="S638" s="14" t="n">
-        <x:v>592083</x:v>
+        <x:v>592283</x:v>
       </x:c>
       <x:c r="T638" s="16" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="U638" s="16" t="s">
         <x:v>125</x:v>
       </x:c>
     </x:row>
     <x:row r="639" spans="1:21">
       <x:c r="A639" s="1" t="s">
         <x:v>119</x:v>
       </x:c>
       <x:c r="B639" s="0" t="s">
         <x:v>832</x:v>
       </x:c>
       <x:c r="C639" s="3" t="n">
         <x:v>38325</x:v>
       </x:c>
       <x:c r="D639" s="3" t="s"/>
       <x:c r="G639" s="0" t="s">
         <x:v>819</x:v>
       </x:c>
       <x:c r="I639" s="4" t="s">
         <x:v>820</x:v>
       </x:c>
@@ -39016,103 +39012,103 @@
       </x:c>
       <x:c r="P640" s="14" t="s">
         <x:v>819</x:v>
       </x:c>
       <x:c r="Q640" s="16" t="s">
         <x:v>820</x:v>
       </x:c>
       <x:c r="R640" s="14" t="s">
         <x:v>833</x:v>
       </x:c>
       <x:c r="S640" s="14" t="n">
         <x:v>592358</x:v>
       </x:c>
       <x:c r="T640" s="16" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="U640" s="16" t="s">
         <x:v>163</x:v>
       </x:c>
     </x:row>
     <x:row r="641" spans="1:21">
       <x:c r="A641" s="1" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="B641" s="0" t="s">
-        <x:v>822</x:v>
+        <x:v>826</x:v>
       </x:c>
       <x:c r="C641" s="3" t="n">
-        <x:v>35455</x:v>
+        <x:v>35401</x:v>
       </x:c>
       <x:c r="D641" s="3" t="s"/>
       <x:c r="E641" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="G641" s="0" t="s">
         <x:v>823</x:v>
       </x:c>
       <x:c r="H641" s="0" t="s">
         <x:v>824</x:v>
       </x:c>
       <x:c r="I641" s="4" t="s">
         <x:v>825</x:v>
       </x:c>
       <x:c r="J641" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="K641" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="L641" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="M641" s="0" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="N641" s="3" t="n">
-        <x:v>31045</x:v>
+        <x:v>11036</x:v>
       </x:c>
       <x:c r="O641" s="0" t="s">
-        <x:v>48</x:v>
+        <x:v>248</x:v>
       </x:c>
       <x:c r="P641" s="0" t="s">
         <x:v>819</x:v>
       </x:c>
       <x:c r="Q641" s="4" t="s">
         <x:v>413</x:v>
       </x:c>
       <x:c r="R641" s="0" t="s">
-        <x:v>218</x:v>
+        <x:v>234</x:v>
       </x:c>
       <x:c r="S641" s="0" t="n">
-        <x:v>453831</x:v>
+        <x:v>603430</x:v>
       </x:c>
       <x:c r="T641" s="4" t="s">
-        <x:v>830</x:v>
+        <x:v>53</x:v>
       </x:c>
       <x:c r="U641" s="4" t="s">
-        <x:v>505</x:v>
+        <x:v>135</x:v>
       </x:c>
     </x:row>
     <x:row r="642" spans="1:21">
       <x:c r="A642" s="13" t="s">
         <x:v>119</x:v>
       </x:c>
       <x:c r="B642" s="14" t="s">
         <x:v>162</x:v>
       </x:c>
       <x:c r="C642" s="15" t="n">
         <x:v>40116</x:v>
       </x:c>
       <x:c r="D642" s="15" t="s"/>
       <x:c r="E642" s="14" t="s"/>
       <x:c r="F642" s="14" t="s"/>
       <x:c r="G642" s="14" t="s">
         <x:v>157</x:v>
       </x:c>
       <x:c r="H642" s="14" t="s"/>
       <x:c r="I642" s="16" t="s">
         <x:v>158</x:v>
       </x:c>
       <x:c r="J642" s="14" t="s">
         <x:v>59</x:v>
       </x:c>
@@ -39466,418 +39462,418 @@
       </x:c>
       <x:c r="P648" s="14" t="s">
         <x:v>834</x:v>
       </x:c>
       <x:c r="Q648" s="16" t="s">
         <x:v>837</x:v>
       </x:c>
       <x:c r="R648" s="14" t="s">
         <x:v>164</x:v>
       </x:c>
       <x:c r="S648" s="14" t="n">
         <x:v>592081</x:v>
       </x:c>
       <x:c r="T648" s="16" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="U648" s="16" t="s">
         <x:v>125</x:v>
       </x:c>
     </x:row>
     <x:row r="649" spans="1:21">
       <x:c r="A649" s="1" t="s">
         <x:v>119</x:v>
       </x:c>
       <x:c r="B649" s="0" t="s">
-        <x:v>70</x:v>
+        <x:v>839</x:v>
       </x:c>
       <x:c r="C649" s="3" t="n">
-        <x:v>41586</x:v>
+        <x:v>40288</x:v>
       </x:c>
       <x:c r="D649" s="3" t="s"/>
       <x:c r="G649" s="0" t="s">
         <x:v>157</x:v>
       </x:c>
       <x:c r="I649" s="4" t="s">
         <x:v>158</x:v>
       </x:c>
       <x:c r="J649" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="K649" s="0" t="s">
         <x:v>124</x:v>
       </x:c>
       <x:c r="L649" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="M649" s="0" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="N649" s="3" t="n">
-        <x:v>30854</x:v>
+        <x:v>31025</x:v>
       </x:c>
       <x:c r="O649" s="0" t="s">
-        <x:v>74</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="P649" s="0" t="s">
         <x:v>834</x:v>
       </x:c>
       <x:c r="Q649" s="4" t="s">
-        <x:v>491</x:v>
+        <x:v>837</x:v>
       </x:c>
       <x:c r="R649" s="0" t="s">
-        <x:v>839</x:v>
+        <x:v>164</x:v>
       </x:c>
       <x:c r="S649" s="0" t="n">
-        <x:v>596782</x:v>
+        <x:v>592404</x:v>
       </x:c>
       <x:c r="T649" s="4" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="U649" s="4" t="s">
-        <x:v>163</x:v>
+        <x:v>170</x:v>
       </x:c>
     </x:row>
     <x:row r="650" spans="1:21">
       <x:c r="A650" s="13" t="s">
         <x:v>119</x:v>
       </x:c>
       <x:c r="B650" s="14" t="s">
-        <x:v>840</x:v>
+        <x:v>162</x:v>
       </x:c>
       <x:c r="C650" s="15" t="n">
-        <x:v>40288</x:v>
+        <x:v>40116</x:v>
       </x:c>
       <x:c r="D650" s="15" t="s"/>
       <x:c r="E650" s="14" t="s"/>
       <x:c r="F650" s="14" t="s"/>
       <x:c r="G650" s="14" t="s">
         <x:v>157</x:v>
       </x:c>
       <x:c r="H650" s="14" t="s"/>
       <x:c r="I650" s="16" t="s">
         <x:v>158</x:v>
       </x:c>
       <x:c r="J650" s="14" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="K650" s="14" t="s">
         <x:v>124</x:v>
       </x:c>
       <x:c r="L650" s="14" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="M650" s="14" t="s">
-        <x:v>33</x:v>
+        <x:v>127</x:v>
       </x:c>
       <x:c r="N650" s="15" t="n">
-        <x:v>31025</x:v>
+        <x:v>31054</x:v>
       </x:c>
       <x:c r="O650" s="14" t="s">
-        <x:v>88</x:v>
+        <x:v>91</x:v>
       </x:c>
       <x:c r="P650" s="14" t="s">
         <x:v>834</x:v>
       </x:c>
       <x:c r="Q650" s="16" t="s">
-        <x:v>837</x:v>
+        <x:v>118</x:v>
       </x:c>
       <x:c r="R650" s="14" t="s">
-        <x:v>164</x:v>
+        <x:v>838</x:v>
       </x:c>
       <x:c r="S650" s="14" t="n">
-        <x:v>592404</x:v>
+        <x:v>592351</x:v>
       </x:c>
       <x:c r="T650" s="16" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="U650" s="16" t="s">
-        <x:v>170</x:v>
+        <x:v>163</x:v>
       </x:c>
     </x:row>
     <x:row r="651" spans="1:21">
       <x:c r="A651" s="1" t="s">
         <x:v>119</x:v>
       </x:c>
       <x:c r="B651" s="0" t="s">
-        <x:v>162</x:v>
+        <x:v>76</x:v>
       </x:c>
       <x:c r="C651" s="3" t="n">
-        <x:v>40116</x:v>
+        <x:v>41586</x:v>
       </x:c>
       <x:c r="D651" s="3" t="s"/>
       <x:c r="G651" s="0" t="s">
         <x:v>157</x:v>
       </x:c>
       <x:c r="I651" s="4" t="s">
         <x:v>158</x:v>
       </x:c>
       <x:c r="J651" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="K651" s="0" t="s">
         <x:v>124</x:v>
       </x:c>
       <x:c r="L651" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="M651" s="0" t="s">
-        <x:v>127</x:v>
+        <x:v>33</x:v>
       </x:c>
       <x:c r="N651" s="3" t="n">
-        <x:v>31054</x:v>
+        <x:v>30854</x:v>
       </x:c>
       <x:c r="O651" s="0" t="s">
-        <x:v>91</x:v>
+        <x:v>77</x:v>
       </x:c>
       <x:c r="P651" s="0" t="s">
         <x:v>834</x:v>
       </x:c>
       <x:c r="Q651" s="4" t="s">
-        <x:v>118</x:v>
+        <x:v>491</x:v>
       </x:c>
       <x:c r="R651" s="0" t="s">
-        <x:v>838</x:v>
+        <x:v>840</x:v>
       </x:c>
       <x:c r="S651" s="0" t="n">
-        <x:v>592351</x:v>
+        <x:v>596782</x:v>
       </x:c>
       <x:c r="T651" s="4" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="U651" s="4" t="s">
         <x:v>163</x:v>
       </x:c>
     </x:row>
     <x:row r="652" spans="1:21">
       <x:c r="A652" s="13" t="s">
         <x:v>119</x:v>
       </x:c>
       <x:c r="B652" s="14" t="s">
         <x:v>841</x:v>
       </x:c>
       <x:c r="C652" s="15" t="n">
-        <x:v>40123</x:v>
+        <x:v>41546</x:v>
       </x:c>
       <x:c r="D652" s="15" t="s"/>
       <x:c r="E652" s="14" t="s"/>
       <x:c r="F652" s="14" t="s"/>
       <x:c r="G652" s="14" t="s">
         <x:v>842</x:v>
       </x:c>
       <x:c r="H652" s="14" t="s"/>
       <x:c r="I652" s="16" t="s">
         <x:v>843</x:v>
       </x:c>
       <x:c r="J652" s="14" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="K652" s="14" t="s">
         <x:v>124</x:v>
       </x:c>
       <x:c r="L652" s="14" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="M652" s="14" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="N652" s="15" t="n">
-        <x:v>24231</x:v>
+        <x:v>31018</x:v>
       </x:c>
       <x:c r="O652" s="14" t="s">
-        <x:v>83</x:v>
+        <x:v>844</x:v>
       </x:c>
       <x:c r="P652" s="14" t="s">
-        <x:v>844</x:v>
+        <x:v>845</x:v>
       </x:c>
       <x:c r="Q652" s="16" t="s">
-        <x:v>845</x:v>
+        <x:v>846</x:v>
       </x:c>
       <x:c r="R652" s="14" t="s">
         <x:v>238</x:v>
       </x:c>
       <x:c r="S652" s="14" t="n">
-        <x:v>592366</x:v>
+        <x:v>596793</x:v>
       </x:c>
       <x:c r="T652" s="16" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="U652" s="16" t="s">
-        <x:v>170</x:v>
+        <x:v>163</x:v>
       </x:c>
     </x:row>
     <x:row r="653" spans="1:21">
       <x:c r="A653" s="1" t="s">
         <x:v>119</x:v>
       </x:c>
       <x:c r="B653" s="0" t="s">
-        <x:v>252</x:v>
+        <x:v>847</x:v>
       </x:c>
       <x:c r="C653" s="3" t="n">
-        <x:v>39278</x:v>
+        <x:v>40123</x:v>
       </x:c>
       <x:c r="D653" s="3" t="s"/>
       <x:c r="G653" s="0" t="s">
         <x:v>842</x:v>
       </x:c>
       <x:c r="I653" s="4" t="s">
         <x:v>843</x:v>
       </x:c>
       <x:c r="J653" s="0" t="s">
-        <x:v>82</x:v>
+        <x:v>59</x:v>
       </x:c>
       <x:c r="K653" s="0" t="s">
         <x:v>124</x:v>
       </x:c>
       <x:c r="L653" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="M653" s="0" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="N653" s="3" t="n">
         <x:v>24231</x:v>
       </x:c>
       <x:c r="O653" s="0" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="P653" s="0" t="s">
-        <x:v>844</x:v>
+        <x:v>845</x:v>
       </x:c>
       <x:c r="Q653" s="4" t="s">
         <x:v>846</x:v>
       </x:c>
       <x:c r="R653" s="0" t="s">
-        <x:v>847</x:v>
+        <x:v>238</x:v>
       </x:c>
       <x:c r="S653" s="0" t="n">
-        <x:v>615854</x:v>
+        <x:v>592366</x:v>
       </x:c>
       <x:c r="T653" s="4" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="U653" s="4" t="s">
-        <x:v>125</x:v>
+        <x:v>170</x:v>
       </x:c>
     </x:row>
     <x:row r="654" spans="1:21">
       <x:c r="A654" s="13" t="s">
         <x:v>119</x:v>
       </x:c>
       <x:c r="B654" s="14" t="s">
-        <x:v>848</x:v>
+        <x:v>252</x:v>
       </x:c>
       <x:c r="C654" s="15" t="n">
-        <x:v>41546</x:v>
+        <x:v>39278</x:v>
       </x:c>
       <x:c r="D654" s="15" t="s"/>
       <x:c r="E654" s="14" t="s"/>
       <x:c r="F654" s="14" t="s"/>
       <x:c r="G654" s="14" t="s">
         <x:v>842</x:v>
       </x:c>
       <x:c r="H654" s="14" t="s"/>
       <x:c r="I654" s="16" t="s">
         <x:v>843</x:v>
       </x:c>
       <x:c r="J654" s="14" t="s">
-        <x:v>59</x:v>
+        <x:v>82</x:v>
       </x:c>
       <x:c r="K654" s="14" t="s">
         <x:v>124</x:v>
       </x:c>
       <x:c r="L654" s="14" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="M654" s="14" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="N654" s="15" t="n">
-        <x:v>31018</x:v>
+        <x:v>24231</x:v>
       </x:c>
       <x:c r="O654" s="14" t="s">
+        <x:v>83</x:v>
+      </x:c>
+      <x:c r="P654" s="14" t="s">
+        <x:v>845</x:v>
+      </x:c>
+      <x:c r="Q654" s="16" t="s">
+        <x:v>848</x:v>
+      </x:c>
+      <x:c r="R654" s="14" t="s">
         <x:v>849</x:v>
       </x:c>
-      <x:c r="P654" s="14" t="s">
-[...7 lines deleted...]
-      </x:c>
       <x:c r="S654" s="14" t="n">
-        <x:v>596793</x:v>
+        <x:v>615854</x:v>
       </x:c>
       <x:c r="T654" s="16" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="U654" s="16" t="s">
-        <x:v>163</x:v>
+        <x:v>125</x:v>
       </x:c>
     </x:row>
     <x:row r="655" spans="1:21">
       <x:c r="A655" s="1" t="s">
         <x:v>119</x:v>
       </x:c>
       <x:c r="B655" s="0" t="s">
         <x:v>162</x:v>
       </x:c>
       <x:c r="C655" s="3" t="n">
         <x:v>40116</x:v>
       </x:c>
       <x:c r="D655" s="3" t="s"/>
       <x:c r="G655" s="0" t="s">
         <x:v>842</x:v>
       </x:c>
       <x:c r="I655" s="4" t="s">
         <x:v>843</x:v>
       </x:c>
       <x:c r="J655" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="K655" s="0" t="s">
         <x:v>124</x:v>
       </x:c>
       <x:c r="L655" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="M655" s="0" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="N655" s="3" t="n">
         <x:v>31054</x:v>
       </x:c>
       <x:c r="O655" s="0" t="s">
         <x:v>91</x:v>
       </x:c>
       <x:c r="P655" s="0" t="s">
-        <x:v>844</x:v>
+        <x:v>845</x:v>
       </x:c>
       <x:c r="Q655" s="4" t="s">
-        <x:v>845</x:v>
+        <x:v>846</x:v>
       </x:c>
       <x:c r="R655" s="0" t="s">
         <x:v>238</x:v>
       </x:c>
       <x:c r="S655" s="0" t="n">
         <x:v>592355</x:v>
       </x:c>
       <x:c r="T655" s="4" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="U655" s="4" t="s">
         <x:v>163</x:v>
       </x:c>
     </x:row>
     <x:row r="656" spans="1:21">
       <x:c r="A656" s="13" t="s">
         <x:v>119</x:v>
       </x:c>
       <x:c r="B656" s="14" t="s">
         <x:v>252</x:v>
       </x:c>
       <x:c r="C656" s="15" t="n">
         <x:v>39278</x:v>
       </x:c>
       <x:c r="D656" s="15" t="s"/>
@@ -39887,105 +39883,105 @@
         <x:v>842</x:v>
       </x:c>
       <x:c r="H656" s="14" t="s"/>
       <x:c r="I656" s="16" t="s">
         <x:v>843</x:v>
       </x:c>
       <x:c r="J656" s="14" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="K656" s="14" t="s">
         <x:v>124</x:v>
       </x:c>
       <x:c r="L656" s="14" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="M656" s="14" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="N656" s="15" t="n">
         <x:v>24231</x:v>
       </x:c>
       <x:c r="O656" s="14" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="P656" s="14" t="s">
-        <x:v>844</x:v>
+        <x:v>845</x:v>
       </x:c>
       <x:c r="Q656" s="16" t="s">
-        <x:v>845</x:v>
+        <x:v>846</x:v>
       </x:c>
       <x:c r="R656" s="14" t="s">
         <x:v>238</x:v>
       </x:c>
       <x:c r="S656" s="14" t="n">
         <x:v>592085</x:v>
       </x:c>
       <x:c r="T656" s="16" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="U656" s="16" t="s">
         <x:v>125</x:v>
       </x:c>
     </x:row>
     <x:row r="657" spans="1:21">
       <x:c r="A657" s="1" t="s">
         <x:v>119</x:v>
       </x:c>
       <x:c r="B657" s="0" t="s">
-        <x:v>848</x:v>
+        <x:v>841</x:v>
       </x:c>
       <x:c r="C657" s="3" t="n">
         <x:v>41546</x:v>
       </x:c>
       <x:c r="D657" s="3" t="s"/>
       <x:c r="G657" s="0" t="s">
         <x:v>842</x:v>
       </x:c>
       <x:c r="I657" s="4" t="s">
         <x:v>843</x:v>
       </x:c>
       <x:c r="J657" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="K657" s="0" t="s">
         <x:v>124</x:v>
       </x:c>
       <x:c r="L657" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="M657" s="0" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="N657" s="3" t="n">
         <x:v>31018</x:v>
       </x:c>
       <x:c r="O657" s="0" t="s">
-        <x:v>849</x:v>
+        <x:v>844</x:v>
       </x:c>
       <x:c r="P657" s="0" t="s">
-        <x:v>844</x:v>
+        <x:v>845</x:v>
       </x:c>
       <x:c r="Q657" s="4" t="s">
         <x:v>562</x:v>
       </x:c>
       <x:c r="R657" s="0" t="s">
         <x:v>230</x:v>
       </x:c>
       <x:c r="S657" s="0" t="n">
         <x:v>596792</x:v>
       </x:c>
       <x:c r="T657" s="4" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="U657" s="4" t="s">
         <x:v>163</x:v>
       </x:c>
     </x:row>
     <x:row r="658" spans="1:21">
       <x:c r="A658" s="13" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="B658" s="14" t="s">
         <x:v>850</x:v>
       </x:c>
       <x:c r="C658" s="15" t="n">
@@ -39999,57 +39995,57 @@
       <x:c r="G658" s="14" t="s">
         <x:v>823</x:v>
       </x:c>
       <x:c r="H658" s="14" t="s">
         <x:v>824</x:v>
       </x:c>
       <x:c r="I658" s="16" t="s">
         <x:v>825</x:v>
       </x:c>
       <x:c r="J658" s="14" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="K658" s="14" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="L658" s="14" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="M658" s="14" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="N658" s="15" t="n">
         <x:v>31018</x:v>
       </x:c>
       <x:c r="O658" s="14" t="s">
-        <x:v>849</x:v>
+        <x:v>844</x:v>
       </x:c>
       <x:c r="P658" s="14" t="s">
         <x:v>851</x:v>
       </x:c>
       <x:c r="Q658" s="16" t="s">
-        <x:v>845</x:v>
+        <x:v>846</x:v>
       </x:c>
       <x:c r="R658" s="14" t="s">
         <x:v>230</x:v>
       </x:c>
       <x:c r="S658" s="14" t="n">
         <x:v>513899</x:v>
       </x:c>
       <x:c r="T658" s="16" t="s">
         <x:v>326</x:v>
       </x:c>
       <x:c r="U658" s="16" t="s">
         <x:v>614</x:v>
       </x:c>
     </x:row>
     <x:row r="659" spans="1:21">
       <x:c r="A659" s="1" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="B659" s="0" t="s">
         <x:v>850</x:v>
       </x:c>
       <x:c r="C659" s="3" t="n">
         <x:v>35502</x:v>
       </x:c>
       <x:c r="D659" s="3" t="s"/>
@@ -40059,57 +40055,57 @@
       <x:c r="G659" s="0" t="s">
         <x:v>823</x:v>
       </x:c>
       <x:c r="H659" s="0" t="s">
         <x:v>824</x:v>
       </x:c>
       <x:c r="I659" s="4" t="s">
         <x:v>825</x:v>
       </x:c>
       <x:c r="J659" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="K659" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="L659" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="M659" s="0" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="N659" s="3" t="n">
         <x:v>31018</x:v>
       </x:c>
       <x:c r="O659" s="0" t="s">
-        <x:v>849</x:v>
+        <x:v>844</x:v>
       </x:c>
       <x:c r="P659" s="0" t="s">
         <x:v>851</x:v>
       </x:c>
       <x:c r="Q659" s="4" t="s">
-        <x:v>845</x:v>
+        <x:v>846</x:v>
       </x:c>
       <x:c r="R659" s="0" t="s">
         <x:v>230</x:v>
       </x:c>
       <x:c r="S659" s="0" t="n">
         <x:v>556125</x:v>
       </x:c>
       <x:c r="T659" s="4" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="U659" s="4" t="s">
         <x:v>383</x:v>
       </x:c>
     </x:row>
     <x:row r="660" spans="1:21">
       <x:c r="A660" s="13" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="B660" s="14" t="s">
         <x:v>850</x:v>
       </x:c>
       <x:c r="C660" s="15" t="n">
         <x:v>35502</x:v>
       </x:c>
       <x:c r="D660" s="15" t="s"/>
@@ -40120,57 +40116,57 @@
       <x:c r="G660" s="14" t="s">
         <x:v>823</x:v>
       </x:c>
       <x:c r="H660" s="14" t="s">
         <x:v>824</x:v>
       </x:c>
       <x:c r="I660" s="16" t="s">
         <x:v>825</x:v>
       </x:c>
       <x:c r="J660" s="14" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="K660" s="14" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="L660" s="14" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="M660" s="14" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="N660" s="15" t="n">
         <x:v>31018</x:v>
       </x:c>
       <x:c r="O660" s="14" t="s">
-        <x:v>849</x:v>
+        <x:v>844</x:v>
       </x:c>
       <x:c r="P660" s="14" t="s">
         <x:v>851</x:v>
       </x:c>
       <x:c r="Q660" s="16" t="s">
-        <x:v>845</x:v>
+        <x:v>846</x:v>
       </x:c>
       <x:c r="R660" s="14" t="s">
         <x:v>230</x:v>
       </x:c>
       <x:c r="S660" s="14" t="n">
         <x:v>602560</x:v>
       </x:c>
       <x:c r="T660" s="16" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="U660" s="16" t="s">
         <x:v>532</x:v>
       </x:c>
     </x:row>
     <x:row r="661" spans="1:21">
       <x:c r="A661" s="1" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="B661" s="0" t="s">
         <x:v>850</x:v>
       </x:c>
       <x:c r="C661" s="3" t="n">
         <x:v>35502</x:v>
       </x:c>
       <x:c r="D661" s="3" t="s"/>
@@ -40180,57 +40176,57 @@
       <x:c r="G661" s="0" t="s">
         <x:v>823</x:v>
       </x:c>
       <x:c r="H661" s="0" t="s">
         <x:v>824</x:v>
       </x:c>
       <x:c r="I661" s="4" t="s">
         <x:v>825</x:v>
       </x:c>
       <x:c r="J661" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="K661" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="L661" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="M661" s="0" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="N661" s="3" t="n">
         <x:v>31018</x:v>
       </x:c>
       <x:c r="O661" s="0" t="s">
-        <x:v>849</x:v>
+        <x:v>844</x:v>
       </x:c>
       <x:c r="P661" s="0" t="s">
         <x:v>851</x:v>
       </x:c>
       <x:c r="Q661" s="4" t="s">
-        <x:v>845</x:v>
+        <x:v>846</x:v>
       </x:c>
       <x:c r="R661" s="0" t="s">
         <x:v>230</x:v>
       </x:c>
       <x:c r="S661" s="0" t="n">
         <x:v>454246</x:v>
       </x:c>
       <x:c r="T661" s="4" t="s">
         <x:v>852</x:v>
       </x:c>
       <x:c r="U661" s="4" t="s">
         <x:v>505</x:v>
       </x:c>
     </x:row>
     <x:row r="662" spans="1:21">
       <x:c r="A662" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B662" s="14" t="s">
         <x:v>443</x:v>
       </x:c>
       <x:c r="C662" s="15" t="n">
         <x:v>36061</x:v>
       </x:c>
       <x:c r="D662" s="15" t="s"/>
@@ -40539,541 +40535,541 @@
       </x:c>
       <x:c r="P667" s="0" t="s">
         <x:v>853</x:v>
       </x:c>
       <x:c r="Q667" s="4" t="s">
         <x:v>438</x:v>
       </x:c>
       <x:c r="R667" s="0" t="s">
         <x:v>439</x:v>
       </x:c>
       <x:c r="S667" s="0" t="n">
         <x:v>613731</x:v>
       </x:c>
       <x:c r="T667" s="4" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="U667" s="4" t="s">
         <x:v>417</x:v>
       </x:c>
     </x:row>
     <x:row r="668" spans="1:21">
       <x:c r="A668" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B668" s="14" t="s">
-        <x:v>359</x:v>
+        <x:v>855</x:v>
       </x:c>
       <x:c r="C668" s="15" t="s"/>
       <x:c r="D668" s="15" t="s"/>
       <x:c r="E668" s="14" t="s"/>
       <x:c r="F668" s="14" t="s"/>
       <x:c r="G668" s="14" t="s">
-        <x:v>855</x:v>
+        <x:v>856</x:v>
       </x:c>
       <x:c r="H668" s="14" t="s"/>
       <x:c r="I668" s="16" t="s">
-        <x:v>856</x:v>
+        <x:v>857</x:v>
       </x:c>
       <x:c r="J668" s="14" t="s"/>
       <x:c r="K668" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L668" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M668" s="14" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="N668" s="15" t="n">
         <x:v>31034</x:v>
       </x:c>
       <x:c r="O668" s="14" t="s">
         <x:v>115</x:v>
       </x:c>
       <x:c r="P668" s="14" t="s">
-        <x:v>855</x:v>
+        <x:v>856</x:v>
       </x:c>
       <x:c r="Q668" s="16" t="s">
-        <x:v>856</x:v>
+        <x:v>857</x:v>
       </x:c>
       <x:c r="R668" s="14" t="s">
-        <x:v>779</x:v>
+        <x:v>234</x:v>
       </x:c>
       <x:c r="S668" s="14" t="n">
-        <x:v>612079</x:v>
+        <x:v>608220</x:v>
       </x:c>
       <x:c r="T668" s="16" t="s">
-        <x:v>857</x:v>
+        <x:v>858</x:v>
       </x:c>
       <x:c r="U668" s="16" t="s">
         <x:v>32</x:v>
       </x:c>
     </x:row>
     <x:row r="669" spans="1:21">
       <x:c r="A669" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B669" s="0" t="s">
-        <x:v>858</x:v>
+        <x:v>359</x:v>
       </x:c>
       <x:c r="C669" s="3" t="s"/>
       <x:c r="D669" s="3" t="s"/>
       <x:c r="G669" s="0" t="s">
-        <x:v>855</x:v>
+        <x:v>856</x:v>
       </x:c>
       <x:c r="I669" s="4" t="s">
-        <x:v>856</x:v>
+        <x:v>857</x:v>
       </x:c>
       <x:c r="K669" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L669" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M669" s="0" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="N669" s="3" t="n">
         <x:v>31034</x:v>
       </x:c>
       <x:c r="O669" s="0" t="s">
         <x:v>115</x:v>
       </x:c>
       <x:c r="P669" s="0" t="s">
-        <x:v>855</x:v>
+        <x:v>856</x:v>
       </x:c>
       <x:c r="Q669" s="4" t="s">
-        <x:v>856</x:v>
+        <x:v>857</x:v>
       </x:c>
       <x:c r="R669" s="0" t="s">
-        <x:v>234</x:v>
+        <x:v>779</x:v>
       </x:c>
       <x:c r="S669" s="0" t="n">
-        <x:v>608220</x:v>
+        <x:v>612079</x:v>
       </x:c>
       <x:c r="T669" s="4" t="s">
         <x:v>859</x:v>
       </x:c>
       <x:c r="U669" s="4" t="s">
         <x:v>32</x:v>
       </x:c>
     </x:row>
     <x:row r="670" spans="1:21">
       <x:c r="A670" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B670" s="14" t="s">
-        <x:v>858</x:v>
+        <x:v>855</x:v>
       </x:c>
       <x:c r="C670" s="15" t="s"/>
       <x:c r="D670" s="15" t="s"/>
       <x:c r="E670" s="14" t="s"/>
       <x:c r="F670" s="14" t="s"/>
       <x:c r="G670" s="14" t="s">
-        <x:v>855</x:v>
+        <x:v>856</x:v>
       </x:c>
       <x:c r="H670" s="14" t="s"/>
       <x:c r="I670" s="16" t="s">
-        <x:v>856</x:v>
+        <x:v>857</x:v>
       </x:c>
       <x:c r="J670" s="14" t="s"/>
       <x:c r="K670" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L670" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M670" s="14" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="N670" s="15" t="n">
         <x:v>31034</x:v>
       </x:c>
       <x:c r="O670" s="14" t="s">
         <x:v>115</x:v>
       </x:c>
       <x:c r="P670" s="14" t="s">
-        <x:v>855</x:v>
+        <x:v>856</x:v>
       </x:c>
       <x:c r="Q670" s="16" t="s">
-        <x:v>856</x:v>
+        <x:v>857</x:v>
       </x:c>
       <x:c r="R670" s="14" t="s">
         <x:v>779</x:v>
       </x:c>
       <x:c r="S670" s="14" t="n">
         <x:v>608221</x:v>
       </x:c>
       <x:c r="T670" s="16" t="s">
-        <x:v>859</x:v>
+        <x:v>858</x:v>
       </x:c>
       <x:c r="U670" s="16" t="s">
         <x:v>32</x:v>
       </x:c>
     </x:row>
     <x:row r="671" spans="1:21">
       <x:c r="A671" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B671" s="0" t="s">
         <x:v>860</x:v>
       </x:c>
       <x:c r="C671" s="3" t="s"/>
       <x:c r="D671" s="3" t="s"/>
       <x:c r="G671" s="0" t="s">
-        <x:v>855</x:v>
+        <x:v>856</x:v>
       </x:c>
       <x:c r="I671" s="4" t="s">
-        <x:v>856</x:v>
+        <x:v>857</x:v>
       </x:c>
       <x:c r="K671" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L671" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M671" s="0" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="N671" s="3" t="n">
         <x:v>24231</x:v>
       </x:c>
       <x:c r="O671" s="0" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="P671" s="0" t="s">
-        <x:v>855</x:v>
+        <x:v>856</x:v>
       </x:c>
       <x:c r="Q671" s="4" t="s">
-        <x:v>856</x:v>
+        <x:v>857</x:v>
       </x:c>
       <x:c r="R671" s="0" t="s">
         <x:v>234</x:v>
       </x:c>
       <x:c r="S671" s="0" t="n">
         <x:v>615203</x:v>
       </x:c>
       <x:c r="T671" s="4" t="s">
         <x:v>735</x:v>
       </x:c>
       <x:c r="U671" s="4" t="s">
         <x:v>32</x:v>
       </x:c>
     </x:row>
     <x:row r="672" spans="1:21">
       <x:c r="A672" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B672" s="14" t="s">
         <x:v>860</x:v>
       </x:c>
       <x:c r="C672" s="15" t="s"/>
       <x:c r="D672" s="15" t="s"/>
       <x:c r="E672" s="14" t="s"/>
       <x:c r="F672" s="14" t="s"/>
       <x:c r="G672" s="14" t="s">
-        <x:v>855</x:v>
+        <x:v>856</x:v>
       </x:c>
       <x:c r="H672" s="14" t="s"/>
       <x:c r="I672" s="16" t="s">
-        <x:v>856</x:v>
+        <x:v>857</x:v>
       </x:c>
       <x:c r="J672" s="14" t="s"/>
       <x:c r="K672" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L672" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M672" s="14" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="N672" s="15" t="n">
         <x:v>24231</x:v>
       </x:c>
       <x:c r="O672" s="14" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="P672" s="14" t="s">
-        <x:v>855</x:v>
+        <x:v>856</x:v>
       </x:c>
       <x:c r="Q672" s="16" t="s">
-        <x:v>856</x:v>
+        <x:v>857</x:v>
       </x:c>
       <x:c r="R672" s="14" t="s">
         <x:v>779</x:v>
       </x:c>
       <x:c r="S672" s="14" t="n">
         <x:v>615204</x:v>
       </x:c>
       <x:c r="T672" s="16" t="s">
         <x:v>735</x:v>
       </x:c>
       <x:c r="U672" s="16" t="s">
         <x:v>32</x:v>
       </x:c>
     </x:row>
     <x:row r="673" spans="1:21">
       <x:c r="A673" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B673" s="0" t="s">
         <x:v>861</x:v>
       </x:c>
       <x:c r="C673" s="3" t="s"/>
       <x:c r="D673" s="3" t="s"/>
       <x:c r="G673" s="0" t="s">
-        <x:v>855</x:v>
+        <x:v>856</x:v>
       </x:c>
       <x:c r="I673" s="4" t="s">
-        <x:v>856</x:v>
+        <x:v>857</x:v>
       </x:c>
       <x:c r="K673" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L673" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M673" s="0" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="N673" s="3" t="n">
         <x:v>24231</x:v>
       </x:c>
       <x:c r="O673" s="0" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="P673" s="0" t="s">
-        <x:v>855</x:v>
+        <x:v>856</x:v>
       </x:c>
       <x:c r="Q673" s="4" t="s">
-        <x:v>856</x:v>
+        <x:v>857</x:v>
       </x:c>
       <x:c r="R673" s="0" t="s">
         <x:v>234</x:v>
       </x:c>
       <x:c r="S673" s="0" t="n">
         <x:v>615207</x:v>
       </x:c>
       <x:c r="T673" s="4" t="s">
         <x:v>735</x:v>
       </x:c>
       <x:c r="U673" s="4" t="s">
         <x:v>32</x:v>
       </x:c>
     </x:row>
     <x:row r="674" spans="1:21">
       <x:c r="A674" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B674" s="14" t="s">
         <x:v>359</x:v>
       </x:c>
       <x:c r="C674" s="15" t="s"/>
       <x:c r="D674" s="15" t="s"/>
       <x:c r="E674" s="14" t="s"/>
       <x:c r="F674" s="14" t="s"/>
       <x:c r="G674" s="14" t="s">
-        <x:v>855</x:v>
+        <x:v>856</x:v>
       </x:c>
       <x:c r="H674" s="14" t="s"/>
       <x:c r="I674" s="16" t="s">
-        <x:v>856</x:v>
+        <x:v>857</x:v>
       </x:c>
       <x:c r="J674" s="14" t="s"/>
       <x:c r="K674" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L674" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M674" s="14" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="N674" s="15" t="n">
         <x:v>31034</x:v>
       </x:c>
       <x:c r="O674" s="14" t="s">
         <x:v>115</x:v>
       </x:c>
       <x:c r="P674" s="14" t="s">
-        <x:v>855</x:v>
+        <x:v>856</x:v>
       </x:c>
       <x:c r="Q674" s="16" t="s">
-        <x:v>856</x:v>
+        <x:v>857</x:v>
       </x:c>
       <x:c r="R674" s="14" t="s">
         <x:v>234</x:v>
       </x:c>
       <x:c r="S674" s="14" t="n">
         <x:v>612078</x:v>
       </x:c>
       <x:c r="T674" s="16" t="s">
-        <x:v>857</x:v>
+        <x:v>859</x:v>
       </x:c>
       <x:c r="U674" s="16" t="s">
         <x:v>32</x:v>
       </x:c>
     </x:row>
     <x:row r="675" spans="1:21">
       <x:c r="A675" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B675" s="0" t="s">
         <x:v>862</x:v>
       </x:c>
       <x:c r="C675" s="3" t="s"/>
       <x:c r="D675" s="3" t="s"/>
       <x:c r="G675" s="0" t="s">
-        <x:v>855</x:v>
+        <x:v>856</x:v>
       </x:c>
       <x:c r="I675" s="4" t="s">
-        <x:v>856</x:v>
+        <x:v>857</x:v>
       </x:c>
       <x:c r="K675" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L675" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M675" s="0" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="N675" s="3" t="n">
         <x:v>24231</x:v>
       </x:c>
       <x:c r="O675" s="0" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="P675" s="0" t="s">
-        <x:v>855</x:v>
+        <x:v>856</x:v>
       </x:c>
       <x:c r="Q675" s="4" t="s">
-        <x:v>856</x:v>
+        <x:v>857</x:v>
       </x:c>
       <x:c r="R675" s="0" t="s">
         <x:v>234</x:v>
       </x:c>
       <x:c r="S675" s="0" t="n">
         <x:v>615205</x:v>
       </x:c>
       <x:c r="T675" s="4" t="s">
         <x:v>735</x:v>
       </x:c>
       <x:c r="U675" s="4" t="s">
         <x:v>32</x:v>
       </x:c>
     </x:row>
     <x:row r="676" spans="1:21">
       <x:c r="A676" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B676" s="14" t="s">
         <x:v>862</x:v>
       </x:c>
       <x:c r="C676" s="15" t="s"/>
       <x:c r="D676" s="15" t="s"/>
       <x:c r="E676" s="14" t="s"/>
       <x:c r="F676" s="14" t="s"/>
       <x:c r="G676" s="14" t="s">
-        <x:v>855</x:v>
+        <x:v>856</x:v>
       </x:c>
       <x:c r="H676" s="14" t="s"/>
       <x:c r="I676" s="16" t="s">
-        <x:v>856</x:v>
+        <x:v>857</x:v>
       </x:c>
       <x:c r="J676" s="14" t="s"/>
       <x:c r="K676" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L676" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M676" s="14" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="N676" s="15" t="n">
         <x:v>24231</x:v>
       </x:c>
       <x:c r="O676" s="14" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="P676" s="14" t="s">
-        <x:v>855</x:v>
+        <x:v>856</x:v>
       </x:c>
       <x:c r="Q676" s="16" t="s">
-        <x:v>856</x:v>
+        <x:v>857</x:v>
       </x:c>
       <x:c r="R676" s="14" t="s">
         <x:v>779</x:v>
       </x:c>
       <x:c r="S676" s="14" t="n">
         <x:v>615206</x:v>
       </x:c>
       <x:c r="T676" s="16" t="s">
         <x:v>735</x:v>
       </x:c>
       <x:c r="U676" s="16" t="s">
         <x:v>32</x:v>
       </x:c>
     </x:row>
     <x:row r="677" spans="1:21">
       <x:c r="A677" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B677" s="0" t="s">
         <x:v>861</x:v>
       </x:c>
       <x:c r="C677" s="3" t="s"/>
       <x:c r="D677" s="3" t="s"/>
       <x:c r="G677" s="0" t="s">
-        <x:v>855</x:v>
+        <x:v>856</x:v>
       </x:c>
       <x:c r="I677" s="4" t="s">
-        <x:v>856</x:v>
+        <x:v>857</x:v>
       </x:c>
       <x:c r="K677" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L677" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M677" s="0" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="N677" s="3" t="n">
         <x:v>24231</x:v>
       </x:c>
       <x:c r="O677" s="0" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="P677" s="0" t="s">
-        <x:v>855</x:v>
+        <x:v>856</x:v>
       </x:c>
       <x:c r="Q677" s="4" t="s">
-        <x:v>856</x:v>
+        <x:v>857</x:v>
       </x:c>
       <x:c r="R677" s="0" t="s">
         <x:v>779</x:v>
       </x:c>
       <x:c r="S677" s="0" t="n">
         <x:v>615208</x:v>
       </x:c>
       <x:c r="T677" s="4" t="s">
         <x:v>735</x:v>
       </x:c>
       <x:c r="U677" s="4" t="s">
         <x:v>32</x:v>
       </x:c>
     </x:row>
     <x:row r="678" spans="1:21">
       <x:c r="A678" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B678" s="14" t="s">
         <x:v>863</x:v>
       </x:c>
       <x:c r="C678" s="15" t="s"/>
       <x:c r="D678" s="15" t="s"/>
       <x:c r="E678" s="14" t="s"/>
       <x:c r="F678" s="14" t="s"/>