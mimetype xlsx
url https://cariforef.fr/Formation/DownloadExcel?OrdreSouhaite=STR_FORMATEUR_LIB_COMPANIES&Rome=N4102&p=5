--- v0 (2025-12-29)
+++ v1 (2025-12-29)
@@ -317,65 +317,65 @@
   <x:si>
     <x:t>12/16/2024 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Ec Conduite et Formation - City'Zen</x:t>
   </x:si>
   <x:si>
     <x:t>84300</x:t>
   </x:si>
   <x:si>
     <x:t>formation mixte</x:t>
   </x:si>
   <x:si>
     <x:t>CAVAILLON</x:t>
   </x:si>
   <x:si>
     <x:t>10/03/2024 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Ecaf</x:t>
   </x:si>
   <x:si>
     <x:t>10/01/2025 00:00:00</x:t>
   </x:si>
   <x:si>
+    <x:t>Formation VTC recyclage</x:t>
+  </x:si>
+  <x:si>
     <x:t>01/01/2022 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>AIX - LES MILLES</x:t>
   </x:si>
   <x:si>
+    <x:t>MARSEILLE-16e</x:t>
+  </x:si>
+  <x:si>
     <x:t>08/01/2025 00:00:00</x:t>
   </x:si>
   <x:si>
-    <x:t>MARSEILLE-16e</x:t>
-[...4 lines deleted...]
-  <x:si>
     <x:t>Formation taxi mobilité</x:t>
   </x:si>
   <x:si>
     <x:t>Ecole de Conduite Française Cherri</x:t>
   </x:si>
   <x:si>
     <x:t>ECF CHERRI</x:t>
   </x:si>
   <x:si>
     <x:t>13200</x:t>
   </x:si>
   <x:si>
     <x:t>ARLES</x:t>
   </x:si>
   <x:si>
     <x:t>11/13/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>11/19/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>12/11/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>12/17/2026 00:00:00</x:t>
@@ -383,86 +383,86 @@
   <x:si>
     <x:t>08/21/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>08/27/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>05/22/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>05/29/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>06/12/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>06/18/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>02/13/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>02/19/2026 00:00:00</x:t>
   </x:si>
   <x:si>
+    <x:t>07/17/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>07/23/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>09/11/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>09/17/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
     <x:t>10/09/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>10/15/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>03/13/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>03/19/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>01/16/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>01/22/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>04/17/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>04/23/2026 00:00:00</x:t>
   </x:si>
   <x:si>
-    <x:t>07/17/2026 00:00:00</x:t>
-[...10 lines deleted...]
-  <x:si>
     <x:t>Conducteur taxi</x:t>
   </x:si>
   <x:si>
     <x:t>Formation Nationale des Taxis Indépendants</x:t>
   </x:si>
   <x:si>
     <x:t>FNTI</x:t>
   </x:si>
   <x:si>
     <x:t>69003</x:t>
   </x:si>
   <x:si>
     <x:t>Artisan , Demandeur d'emploi , Salarié , Tout public</x:t>
   </x:si>
   <x:si>
     <x:t>SAINT-DIDIER</x:t>
   </x:si>
   <x:si>
     <x:t>MARSEILLE-15e</x:t>
   </x:si>
   <x:si>
     <x:t>TOULON</x:t>
   </x:si>
   <x:si>
     <x:t>Grech Bernabo Formation</x:t>
@@ -470,65 +470,65 @@
   <x:si>
     <x:t>13011</x:t>
   </x:si>
   <x:si>
     <x:t>09/22/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>12/30/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Réaliser un transport de sang et d'organes, de prélèvements biologiques et de médicaments sensibles</x:t>
   </x:si>
   <x:si>
     <x:t>HEKA Formations</x:t>
   </x:si>
   <x:si>
     <x:t>92600</x:t>
   </x:si>
   <x:si>
     <x:t>Demandeur d'emploi , Particulier, individuel , Salarié , Tout public</x:t>
   </x:si>
   <x:si>
     <x:t>Transport sanitaire</x:t>
   </x:si>
   <x:si>
+    <x:t>07/20/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>07/24/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>05/25/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
     <x:t>09/14/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>09/18/2026 00:00:00</x:t>
   </x:si>
   <x:si>
-    <x:t>05/25/2026 00:00:00</x:t>
-[...7 lines deleted...]
-  <x:si>
     <x:t>11/30/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>12/04/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>02/16/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>02/20/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Institut Régional de Formation Professionnelle</x:t>
   </x:si>
   <x:si>
     <x:t>IRFOP PROVENCE</x:t>
   </x:si>
   <x:si>
     <x:t>83160</x:t>
   </x:si>
   <x:si>
     <x:t>LA VALETTE-DU-VAR</x:t>
   </x:si>
   <x:si>
     <x:t>Luberon Ecole de Conduite</x:t>
@@ -578,141 +578,141 @@
   <x:si>
     <x:t>SAINT-LAURENT-DU-VAR</x:t>
   </x:si>
   <x:si>
     <x:t>Sud Prévention Sécurité - Groupe ECF - Antenne Vitrolles</x:t>
   </x:si>
   <x:si>
     <x:t>13127</x:t>
   </x:si>
   <x:si>
     <x:t>Syndicat des Taxis Marseillais et de Provence</x:t>
   </x:si>
   <x:si>
     <x:t>STM</x:t>
   </x:si>
   <x:si>
     <x:t>13003</x:t>
   </x:si>
   <x:si>
     <x:t>MARSEILLE- 3e</x:t>
   </x:si>
   <x:si>
     <x:t>12/10/2026 00:00:00</x:t>
   </x:si>
   <x:si>
+    <x:t>03/26/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>03/27/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>04/27/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>06/17/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>06/25/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>08/19/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>02/26/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>02/27/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>10/22/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>10/23/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>01/30/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>02/14/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>02/21/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>03/02/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>04/22/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
     <x:t>Conducteur de taxi</x:t>
   </x:si>
   <x:si>
     <x:t>12/28/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>12/30/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>07/30/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>07/31/2026 00:00:00</x:t>
   </x:si>
   <x:si>
-    <x:t>04/27/2026 00:00:00</x:t>
-[...31 lines deleted...]
-  <x:si>
     <x:t>11/03/2026 00:00:00</x:t>
   </x:si>
   <x:si>
-    <x:t>03/26/2026 00:00:00</x:t>
-[...4 lines deleted...]
-  <x:si>
     <x:t>11/14/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>11/21/2026 00:00:00</x:t>
   </x:si>
   <x:si>
-    <x:t>03/02/2026 00:00:00</x:t>
-[...2 lines deleted...]
-    <x:t>04/22/2026 00:00:00</x:t>
+    <x:t>12/01/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>12/02/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>01/15/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>01/02/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>02/18/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>08/20/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>06/13/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>06/20/2026 00:00:00</x:t>
-  </x:si>
-[...4 lines deleted...]
-    <x:t>12/02/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>09/07/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>10/21/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>10/19/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>07/09/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>07/10/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>05/13/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>05/15/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>09/24/2026 00:00:00</x:t>
   </x:si>
@@ -2314,209 +2314,209 @@
       <x:c r="I21" s="4" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="K21" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L21" s="0" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="M21" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N21" s="3" t="n">
         <x:v>31812</x:v>
       </x:c>
       <x:c r="O21" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="P21" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="Q21" s="4" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="R21" s="0" t="s">
-        <x:v>40</x:v>
+        <x:v>32</x:v>
       </x:c>
       <x:c r="S21" s="0" t="n">
-        <x:v>552128</x:v>
+        <x:v>552137</x:v>
       </x:c>
       <x:c r="T21" s="4" t="s">
-        <x:v>30</x:v>
+        <x:v>37</x:v>
       </x:c>
       <x:c r="U21" s="4" t="s">
-        <x:v>31</x:v>
+        <x:v>38</x:v>
       </x:c>
     </x:row>
     <x:row r="22" spans="1:21">
       <x:c r="A22" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B22" s="14" t="s">
-        <x:v>33</x:v>
+        <x:v>39</x:v>
       </x:c>
       <x:c r="C22" s="15" t="s"/>
       <x:c r="D22" s="15" t="s"/>
       <x:c r="E22" s="14" t="s"/>
       <x:c r="F22" s="14" t="s"/>
       <x:c r="G22" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="H22" s="14" t="s"/>
       <x:c r="I22" s="16" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="J22" s="14" t="s"/>
       <x:c r="K22" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L22" s="14" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="M22" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N22" s="15" t="n">
-        <x:v>31812</x:v>
+        <x:v>31801</x:v>
       </x:c>
       <x:c r="O22" s="14" t="s">
-        <x:v>36</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="P22" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="Q22" s="16" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="R22" s="14" t="s">
-        <x:v>32</x:v>
+        <x:v>40</x:v>
       </x:c>
       <x:c r="S22" s="14" t="n">
-        <x:v>552137</x:v>
+        <x:v>552148</x:v>
       </x:c>
       <x:c r="T22" s="16" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="U22" s="16" t="s">
         <x:v>38</x:v>
       </x:c>
     </x:row>
     <x:row r="23" spans="1:21">
       <x:c r="A23" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B23" s="0" t="s">
-        <x:v>39</x:v>
+        <x:v>33</x:v>
       </x:c>
       <x:c r="C23" s="3" t="s"/>
       <x:c r="D23" s="3" t="s"/>
       <x:c r="G23" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="I23" s="4" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="K23" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L23" s="0" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="M23" s="0" t="s">
-        <x:v>27</x:v>
+        <x:v>35</x:v>
       </x:c>
       <x:c r="N23" s="3" t="n">
-        <x:v>31801</x:v>
+        <x:v>31812</x:v>
       </x:c>
       <x:c r="O23" s="0" t="s">
-        <x:v>28</x:v>
+        <x:v>36</x:v>
       </x:c>
       <x:c r="P23" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="Q23" s="4" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="R23" s="0" t="s">
-        <x:v>40</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="S23" s="0" t="n">
-        <x:v>552148</x:v>
+        <x:v>598606</x:v>
       </x:c>
       <x:c r="T23" s="4" t="s">
-        <x:v>37</x:v>
+        <x:v>30</x:v>
       </x:c>
       <x:c r="U23" s="4" t="s">
-        <x:v>38</x:v>
+        <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="24" spans="1:21">
       <x:c r="A24" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B24" s="14" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="C24" s="15" t="s"/>
       <x:c r="D24" s="15" t="s"/>
       <x:c r="E24" s="14" t="s"/>
       <x:c r="F24" s="14" t="s"/>
       <x:c r="G24" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="H24" s="14" t="s"/>
       <x:c r="I24" s="16" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="J24" s="14" t="s"/>
       <x:c r="K24" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L24" s="14" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="M24" s="14" t="s">
-        <x:v>35</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="N24" s="15" t="n">
         <x:v>31812</x:v>
       </x:c>
       <x:c r="O24" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="P24" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="Q24" s="16" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="R24" s="14" t="s">
-        <x:v>29</x:v>
+        <x:v>40</x:v>
       </x:c>
       <x:c r="S24" s="14" t="n">
-        <x:v>598606</x:v>
+        <x:v>552128</x:v>
       </x:c>
       <x:c r="T24" s="16" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="U24" s="16" t="s">
         <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="25" spans="1:21">
       <x:c r="A25" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B25" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C25" s="3" t="s"/>
       <x:c r="D25" s="3" t="s"/>
       <x:c r="G25" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="I25" s="4" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="K25" s="0" t="s">
         <x:v>25</x:v>
@@ -2571,208 +2571,208 @@
         <x:v>24</x:v>
       </x:c>
       <x:c r="J26" s="14" t="s"/>
       <x:c r="K26" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L26" s="14" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="M26" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N26" s="15" t="n">
         <x:v>31812</x:v>
       </x:c>
       <x:c r="O26" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="P26" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="Q26" s="16" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="R26" s="14" t="s">
-        <x:v>32</x:v>
+        <x:v>40</x:v>
       </x:c>
       <x:c r="S26" s="14" t="n">
-        <x:v>598609</x:v>
+        <x:v>552138</x:v>
       </x:c>
       <x:c r="T26" s="16" t="s">
-        <x:v>30</x:v>
+        <x:v>43</x:v>
       </x:c>
       <x:c r="U26" s="16" t="s">
-        <x:v>31</x:v>
+        <x:v>44</x:v>
       </x:c>
     </x:row>
     <x:row r="27" spans="1:21">
       <x:c r="A27" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B27" s="0" t="s">
-        <x:v>33</x:v>
+        <x:v>39</x:v>
       </x:c>
       <x:c r="C27" s="3" t="s"/>
       <x:c r="D27" s="3" t="s"/>
       <x:c r="G27" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="I27" s="4" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="K27" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L27" s="0" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="M27" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N27" s="3" t="n">
-        <x:v>31812</x:v>
+        <x:v>31801</x:v>
       </x:c>
       <x:c r="O27" s="0" t="s">
-        <x:v>36</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="P27" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="Q27" s="4" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="R27" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="S27" s="0" t="n">
-        <x:v>552138</x:v>
+        <x:v>598587</x:v>
       </x:c>
       <x:c r="T27" s="4" t="s">
-        <x:v>43</x:v>
+        <x:v>30</x:v>
       </x:c>
       <x:c r="U27" s="4" t="s">
-        <x:v>44</x:v>
+        <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="28" spans="1:21">
       <x:c r="A28" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B28" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="C28" s="15" t="s"/>
       <x:c r="D28" s="15" t="s"/>
       <x:c r="E28" s="14" t="s"/>
       <x:c r="F28" s="14" t="s"/>
       <x:c r="G28" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="H28" s="14" t="s"/>
       <x:c r="I28" s="16" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="J28" s="14" t="s"/>
       <x:c r="K28" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L28" s="14" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="M28" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N28" s="15" t="n">
         <x:v>31801</x:v>
       </x:c>
       <x:c r="O28" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P28" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="Q28" s="16" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="R28" s="14" t="s">
-        <x:v>40</x:v>
+        <x:v>41</x:v>
       </x:c>
       <x:c r="S28" s="14" t="n">
-        <x:v>598587</x:v>
+        <x:v>598602</x:v>
       </x:c>
       <x:c r="T28" s="16" t="s">
-        <x:v>30</x:v>
+        <x:v>42</x:v>
       </x:c>
       <x:c r="U28" s="16" t="s">
         <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="29" spans="1:21">
       <x:c r="A29" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B29" s="0" t="s">
-        <x:v>39</x:v>
+        <x:v>33</x:v>
       </x:c>
       <x:c r="C29" s="3" t="s"/>
       <x:c r="D29" s="3" t="s"/>
       <x:c r="G29" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="I29" s="4" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="K29" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L29" s="0" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="M29" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N29" s="3" t="n">
-        <x:v>31801</x:v>
+        <x:v>31812</x:v>
       </x:c>
       <x:c r="O29" s="0" t="s">
-        <x:v>28</x:v>
+        <x:v>36</x:v>
       </x:c>
       <x:c r="P29" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="Q29" s="4" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="R29" s="0" t="s">
-        <x:v>41</x:v>
+        <x:v>32</x:v>
       </x:c>
       <x:c r="S29" s="0" t="n">
-        <x:v>598602</x:v>
+        <x:v>598609</x:v>
       </x:c>
       <x:c r="T29" s="4" t="s">
-        <x:v>42</x:v>
+        <x:v>30</x:v>
       </x:c>
       <x:c r="U29" s="4" t="s">
         <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="30" spans="1:21">
       <x:c r="A30" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B30" s="14" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="C30" s="15" t="s"/>
       <x:c r="D30" s="15" t="s"/>
       <x:c r="E30" s="14" t="s"/>
       <x:c r="F30" s="14" t="s"/>
       <x:c r="G30" s="14" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="H30" s="14" t="s"/>
       <x:c r="I30" s="16" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="J30" s="14" t="s">
         <x:v>48</x:v>
@@ -3590,550 +3590,550 @@
       </x:c>
       <x:c r="P45" s="0" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="Q45" s="4" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="R45" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="S45" s="0" t="n">
         <x:v>598638</x:v>
       </x:c>
       <x:c r="T45" s="4" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="U45" s="4" t="s">
         <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="46" spans="1:21">
       <x:c r="A46" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B46" s="14" t="s">
-        <x:v>22</x:v>
+        <x:v>82</x:v>
       </x:c>
       <x:c r="C46" s="15" t="s"/>
       <x:c r="D46" s="15" t="s"/>
       <x:c r="E46" s="14" t="s"/>
       <x:c r="F46" s="14" t="s"/>
       <x:c r="G46" s="14" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="H46" s="14" t="s"/>
       <x:c r="I46" s="16" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="J46" s="14" t="s"/>
       <x:c r="K46" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L46" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M46" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N46" s="15" t="n">
-        <x:v>31801</x:v>
+        <x:v>31821</x:v>
       </x:c>
       <x:c r="O46" s="14" t="s">
-        <x:v>28</x:v>
+        <x:v>68</x:v>
       </x:c>
       <x:c r="P46" s="14" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="Q46" s="16" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="R46" s="14" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="S46" s="14" t="n">
-        <x:v>362466</x:v>
+        <x:v>364597</x:v>
       </x:c>
       <x:c r="T46" s="16" t="s">
-        <x:v>82</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="U46" s="16" t="s">
         <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="47" spans="1:21">
       <x:c r="A47" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B47" s="0" t="s">
-        <x:v>22</x:v>
+        <x:v>39</x:v>
       </x:c>
       <x:c r="C47" s="3" t="s"/>
       <x:c r="D47" s="3" t="s"/>
       <x:c r="G47" s="0" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="I47" s="4" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="K47" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L47" s="0" t="s">
-        <x:v>26</x:v>
+        <x:v>34</x:v>
       </x:c>
       <x:c r="M47" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N47" s="3" t="n">
         <x:v>31801</x:v>
       </x:c>
       <x:c r="O47" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P47" s="0" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="Q47" s="4" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="R47" s="0" t="s">
-        <x:v>83</x:v>
+        <x:v>84</x:v>
       </x:c>
       <x:c r="S47" s="0" t="n">
-        <x:v>583462</x:v>
+        <x:v>598637</x:v>
       </x:c>
       <x:c r="T47" s="4" t="s">
-        <x:v>84</x:v>
+        <x:v>81</x:v>
       </x:c>
       <x:c r="U47" s="4" t="s">
         <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="48" spans="1:21">
       <x:c r="A48" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B48" s="14" t="s">
-        <x:v>33</x:v>
+        <x:v>39</x:v>
       </x:c>
       <x:c r="C48" s="15" t="s"/>
       <x:c r="D48" s="15" t="s"/>
       <x:c r="E48" s="14" t="s"/>
       <x:c r="F48" s="14" t="s"/>
       <x:c r="G48" s="14" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="H48" s="14" t="s"/>
       <x:c r="I48" s="16" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="J48" s="14" t="s"/>
       <x:c r="K48" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L48" s="14" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="M48" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N48" s="15" t="n">
-        <x:v>31812</x:v>
+        <x:v>31801</x:v>
       </x:c>
       <x:c r="O48" s="14" t="s">
-        <x:v>36</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="P48" s="14" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="Q48" s="16" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="R48" s="14" t="s">
-        <x:v>63</x:v>
+        <x:v>85</x:v>
       </x:c>
       <x:c r="S48" s="14" t="n">
-        <x:v>552186</x:v>
+        <x:v>598636</x:v>
       </x:c>
       <x:c r="T48" s="16" t="s">
-        <x:v>37</x:v>
+        <x:v>81</x:v>
       </x:c>
       <x:c r="U48" s="16" t="s">
-        <x:v>38</x:v>
+        <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="49" spans="1:21">
       <x:c r="A49" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B49" s="0" t="s">
-        <x:v>33</x:v>
+        <x:v>22</x:v>
       </x:c>
       <x:c r="C49" s="3" t="s"/>
       <x:c r="D49" s="3" t="s"/>
       <x:c r="G49" s="0" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="I49" s="4" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="K49" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L49" s="0" t="s">
-        <x:v>34</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="M49" s="0" t="s">
-        <x:v>35</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="N49" s="3" t="n">
-        <x:v>31812</x:v>
+        <x:v>31801</x:v>
       </x:c>
       <x:c r="O49" s="0" t="s">
-        <x:v>36</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="P49" s="0" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="Q49" s="4" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="R49" s="0" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="S49" s="0" t="n">
-        <x:v>598632</x:v>
+        <x:v>362465</x:v>
       </x:c>
       <x:c r="T49" s="4" t="s">
-        <x:v>30</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="U49" s="4" t="s">
         <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="50" spans="1:21">
       <x:c r="A50" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B50" s="14" t="s">
-        <x:v>22</x:v>
+        <x:v>82</x:v>
       </x:c>
       <x:c r="C50" s="15" t="s"/>
       <x:c r="D50" s="15" t="s"/>
       <x:c r="E50" s="14" t="s"/>
       <x:c r="F50" s="14" t="s"/>
       <x:c r="G50" s="14" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="H50" s="14" t="s"/>
       <x:c r="I50" s="16" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="J50" s="14" t="s"/>
       <x:c r="K50" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L50" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M50" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N50" s="15" t="n">
-        <x:v>31801</x:v>
+        <x:v>31821</x:v>
       </x:c>
       <x:c r="O50" s="14" t="s">
-        <x:v>28</x:v>
+        <x:v>68</x:v>
       </x:c>
       <x:c r="P50" s="14" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="Q50" s="16" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="R50" s="14" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="S50" s="14" t="n">
-        <x:v>362465</x:v>
+        <x:v>364596</x:v>
       </x:c>
       <x:c r="T50" s="16" t="s">
-        <x:v>82</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="U50" s="16" t="s">
         <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="51" spans="1:21">
       <x:c r="A51" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B51" s="0" t="s">
-        <x:v>86</x:v>
+        <x:v>33</x:v>
       </x:c>
       <x:c r="C51" s="3" t="s"/>
       <x:c r="D51" s="3" t="s"/>
       <x:c r="G51" s="0" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="I51" s="4" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="K51" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L51" s="0" t="s">
-        <x:v>26</x:v>
+        <x:v>34</x:v>
       </x:c>
       <x:c r="M51" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N51" s="3" t="n">
-        <x:v>31821</x:v>
+        <x:v>31812</x:v>
       </x:c>
       <x:c r="O51" s="0" t="s">
-        <x:v>68</x:v>
+        <x:v>36</x:v>
       </x:c>
       <x:c r="P51" s="0" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="Q51" s="4" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="R51" s="0" t="s">
-        <x:v>85</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="S51" s="0" t="n">
-        <x:v>364596</x:v>
+        <x:v>552204</x:v>
       </x:c>
       <x:c r="T51" s="4" t="s">
-        <x:v>82</x:v>
+        <x:v>43</x:v>
       </x:c>
       <x:c r="U51" s="4" t="s">
-        <x:v>31</x:v>
+        <x:v>38</x:v>
       </x:c>
     </x:row>
     <x:row r="52" spans="1:21">
       <x:c r="A52" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B52" s="14" t="s">
-        <x:v>86</x:v>
+        <x:v>22</x:v>
       </x:c>
       <x:c r="C52" s="15" t="s"/>
       <x:c r="D52" s="15" t="s"/>
       <x:c r="E52" s="14" t="s"/>
       <x:c r="F52" s="14" t="s"/>
       <x:c r="G52" s="14" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="H52" s="14" t="s"/>
       <x:c r="I52" s="16" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="J52" s="14" t="s"/>
       <x:c r="K52" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L52" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M52" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N52" s="15" t="n">
-        <x:v>31821</x:v>
+        <x:v>31801</x:v>
       </x:c>
       <x:c r="O52" s="14" t="s">
-        <x:v>68</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="P52" s="14" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="Q52" s="16" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="R52" s="14" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="S52" s="14" t="n">
-        <x:v>364597</x:v>
+        <x:v>362466</x:v>
       </x:c>
       <x:c r="T52" s="16" t="s">
-        <x:v>82</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="U52" s="16" t="s">
         <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="53" spans="1:21">
       <x:c r="A53" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B53" s="0" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="C53" s="3" t="s"/>
       <x:c r="D53" s="3" t="s"/>
       <x:c r="G53" s="0" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="I53" s="4" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="K53" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L53" s="0" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="M53" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N53" s="3" t="n">
         <x:v>31812</x:v>
       </x:c>
       <x:c r="O53" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="P53" s="0" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="Q53" s="4" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="R53" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="S53" s="0" t="n">
-        <x:v>552204</x:v>
+        <x:v>552186</x:v>
       </x:c>
       <x:c r="T53" s="4" t="s">
-        <x:v>43</x:v>
+        <x:v>37</x:v>
       </x:c>
       <x:c r="U53" s="4" t="s">
         <x:v>38</x:v>
       </x:c>
     </x:row>
     <x:row r="54" spans="1:21">
       <x:c r="A54" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B54" s="14" t="s">
-        <x:v>39</x:v>
+        <x:v>33</x:v>
       </x:c>
       <x:c r="C54" s="15" t="s"/>
       <x:c r="D54" s="15" t="s"/>
       <x:c r="E54" s="14" t="s"/>
       <x:c r="F54" s="14" t="s"/>
       <x:c r="G54" s="14" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="H54" s="14" t="s"/>
       <x:c r="I54" s="16" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="J54" s="14" t="s"/>
       <x:c r="K54" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L54" s="14" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="M54" s="14" t="s">
-        <x:v>27</x:v>
+        <x:v>35</x:v>
       </x:c>
       <x:c r="N54" s="15" t="n">
-        <x:v>31801</x:v>
+        <x:v>31812</x:v>
       </x:c>
       <x:c r="O54" s="14" t="s">
-        <x:v>28</x:v>
+        <x:v>36</x:v>
       </x:c>
       <x:c r="P54" s="14" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="Q54" s="16" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="R54" s="14" t="s">
-        <x:v>83</x:v>
+        <x:v>85</x:v>
       </x:c>
       <x:c r="S54" s="14" t="n">
-        <x:v>598637</x:v>
+        <x:v>598632</x:v>
       </x:c>
       <x:c r="T54" s="16" t="s">
-        <x:v>81</x:v>
+        <x:v>30</x:v>
       </x:c>
       <x:c r="U54" s="16" t="s">
         <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="55" spans="1:21">
       <x:c r="A55" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B55" s="0" t="s">
-        <x:v>39</x:v>
+        <x:v>22</x:v>
       </x:c>
       <x:c r="C55" s="3" t="s"/>
       <x:c r="D55" s="3" t="s"/>
       <x:c r="G55" s="0" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="I55" s="4" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="K55" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L55" s="0" t="s">
-        <x:v>34</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="M55" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N55" s="3" t="n">
         <x:v>31801</x:v>
       </x:c>
       <x:c r="O55" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P55" s="0" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="Q55" s="4" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="R55" s="0" t="s">
-        <x:v>85</x:v>
+        <x:v>84</x:v>
       </x:c>
       <x:c r="S55" s="0" t="n">
-        <x:v>598636</x:v>
+        <x:v>583462</x:v>
       </x:c>
       <x:c r="T55" s="4" t="s">
-        <x:v>81</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="U55" s="4" t="s">
         <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="56" spans="1:21">
       <x:c r="A56" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B56" s="14" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="C56" s="15" t="s"/>
       <x:c r="D56" s="15" t="s"/>
       <x:c r="E56" s="14" t="s"/>
       <x:c r="F56" s="14" t="s"/>
       <x:c r="G56" s="14" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="H56" s="14" t="s"/>
       <x:c r="I56" s="16" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="J56" s="14" t="s"/>
       <x:c r="K56" s="14" t="s">
@@ -4238,51 +4238,51 @@
         <x:v>47</x:v>
       </x:c>
       <x:c r="J58" s="14" t="s"/>
       <x:c r="K58" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L58" s="14" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="M58" s="14" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="N58" s="15" t="n">
         <x:v>31812</x:v>
       </x:c>
       <x:c r="O58" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="P58" s="14" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="Q58" s="16" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="R58" s="14" t="s">
-        <x:v>83</x:v>
+        <x:v>84</x:v>
       </x:c>
       <x:c r="S58" s="14" t="n">
         <x:v>598634</x:v>
       </x:c>
       <x:c r="T58" s="16" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="U58" s="16" t="s">
         <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="59" spans="1:21">
       <x:c r="A59" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B59" s="0" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="C59" s="3" t="s"/>
       <x:c r="D59" s="3" t="s"/>
       <x:c r="G59" s="0" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="I59" s="4" t="s">
         <x:v>47</x:v>
@@ -4395,51 +4395,51 @@
       <x:c r="L61" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M61" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N61" s="3" t="n">
         <x:v>31801</x:v>
       </x:c>
       <x:c r="O61" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P61" s="0" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="Q61" s="4" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="R61" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="S61" s="0" t="n">
         <x:v>364595</x:v>
       </x:c>
       <x:c r="T61" s="4" t="s">
-        <x:v>82</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="U61" s="4" t="s">
         <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="62" spans="1:21">
       <x:c r="A62" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B62" s="14" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="C62" s="15" t="s"/>
       <x:c r="D62" s="15" t="s"/>
       <x:c r="E62" s="14" t="s"/>
       <x:c r="F62" s="14" t="s"/>
       <x:c r="G62" s="14" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="H62" s="14" t="s"/>
       <x:c r="I62" s="16" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="J62" s="14" t="s"/>
       <x:c r="K62" s="14" t="s">
@@ -4448,51 +4448,51 @@
       <x:c r="L62" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M62" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N62" s="15" t="n">
         <x:v>31801</x:v>
       </x:c>
       <x:c r="O62" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P62" s="14" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="Q62" s="16" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="R62" s="14" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="S62" s="14" t="n">
         <x:v>364594</x:v>
       </x:c>
       <x:c r="T62" s="16" t="s">
-        <x:v>82</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="U62" s="16" t="s">
         <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="63" spans="1:21">
       <x:c r="A63" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B63" s="0" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="C63" s="3" t="s"/>
       <x:c r="D63" s="3" t="s"/>
       <x:c r="G63" s="0" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="I63" s="4" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="K63" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L63" s="0" t="s">
         <x:v>34</x:v>
@@ -4887,51 +4887,51 @@
       <x:c r="K70" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L70" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M70" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N70" s="15" t="n">
         <x:v>31812</x:v>
       </x:c>
       <x:c r="O70" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="P70" s="14" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="Q70" s="16" t="s">
         <x:v>90</x:v>
       </x:c>
       <x:c r="R70" s="14" t="s">
         <x:v>91</x:v>
       </x:c>
       <x:c r="S70" s="14" t="n">
-        <x:v>584699</x:v>
+        <x:v>584696</x:v>
       </x:c>
       <x:c r="T70" s="16" t="s">
         <x:v>104</x:v>
       </x:c>
       <x:c r="U70" s="16" t="s">
         <x:v>105</x:v>
       </x:c>
     </x:row>
     <x:row r="71" spans="1:21">
       <x:c r="A71" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B71" s="0" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="C71" s="3" t="s"/>
       <x:c r="D71" s="3" t="s"/>
       <x:c r="G71" s="0" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="H71" s="0" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="I71" s="4" t="s">
         <x:v>90</x:v>
@@ -4942,51 +4942,51 @@
       <x:c r="K71" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L71" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M71" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N71" s="3" t="n">
         <x:v>31812</x:v>
       </x:c>
       <x:c r="O71" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="P71" s="0" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="Q71" s="4" t="s">
         <x:v>90</x:v>
       </x:c>
       <x:c r="R71" s="0" t="s">
         <x:v>91</x:v>
       </x:c>
       <x:c r="S71" s="0" t="n">
-        <x:v>584692</x:v>
+        <x:v>584698</x:v>
       </x:c>
       <x:c r="T71" s="4" t="s">
         <x:v>106</x:v>
       </x:c>
       <x:c r="U71" s="4" t="s">
         <x:v>107</x:v>
       </x:c>
     </x:row>
     <x:row r="72" spans="1:21">
       <x:c r="A72" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B72" s="14" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="C72" s="15" t="s"/>
       <x:c r="D72" s="15" t="s"/>
       <x:c r="E72" s="14" t="s"/>
       <x:c r="F72" s="14" t="s"/>
       <x:c r="G72" s="14" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="H72" s="14" t="s">
         <x:v>89</x:v>
       </x:c>
@@ -4999,51 +4999,51 @@
       <x:c r="K72" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L72" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M72" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N72" s="15" t="n">
         <x:v>31812</x:v>
       </x:c>
       <x:c r="O72" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="P72" s="14" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="Q72" s="16" t="s">
         <x:v>90</x:v>
       </x:c>
       <x:c r="R72" s="14" t="s">
         <x:v>91</x:v>
       </x:c>
       <x:c r="S72" s="14" t="n">
-        <x:v>584690</x:v>
+        <x:v>584699</x:v>
       </x:c>
       <x:c r="T72" s="16" t="s">
         <x:v>108</x:v>
       </x:c>
       <x:c r="U72" s="16" t="s">
         <x:v>109</x:v>
       </x:c>
     </x:row>
     <x:row r="73" spans="1:21">
       <x:c r="A73" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B73" s="0" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="C73" s="3" t="s"/>
       <x:c r="D73" s="3" t="s"/>
       <x:c r="G73" s="0" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="H73" s="0" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="I73" s="4" t="s">
         <x:v>90</x:v>
@@ -5054,51 +5054,51 @@
       <x:c r="K73" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L73" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M73" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N73" s="3" t="n">
         <x:v>31812</x:v>
       </x:c>
       <x:c r="O73" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="P73" s="0" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="Q73" s="4" t="s">
         <x:v>90</x:v>
       </x:c>
       <x:c r="R73" s="0" t="s">
         <x:v>91</x:v>
       </x:c>
       <x:c r="S73" s="0" t="n">
-        <x:v>584693</x:v>
+        <x:v>584692</x:v>
       </x:c>
       <x:c r="T73" s="4" t="s">
         <x:v>110</x:v>
       </x:c>
       <x:c r="U73" s="4" t="s">
         <x:v>111</x:v>
       </x:c>
     </x:row>
     <x:row r="74" spans="1:21">
       <x:c r="A74" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B74" s="14" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="C74" s="15" t="s"/>
       <x:c r="D74" s="15" t="s"/>
       <x:c r="E74" s="14" t="s"/>
       <x:c r="F74" s="14" t="s"/>
       <x:c r="G74" s="14" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="H74" s="14" t="s">
         <x:v>89</x:v>
       </x:c>
@@ -5111,51 +5111,51 @@
       <x:c r="K74" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L74" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M74" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N74" s="15" t="n">
         <x:v>31812</x:v>
       </x:c>
       <x:c r="O74" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="P74" s="14" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="Q74" s="16" t="s">
         <x:v>90</x:v>
       </x:c>
       <x:c r="R74" s="14" t="s">
         <x:v>91</x:v>
       </x:c>
       <x:c r="S74" s="14" t="n">
-        <x:v>584696</x:v>
+        <x:v>584690</x:v>
       </x:c>
       <x:c r="T74" s="16" t="s">
         <x:v>112</x:v>
       </x:c>
       <x:c r="U74" s="16" t="s">
         <x:v>113</x:v>
       </x:c>
     </x:row>
     <x:row r="75" spans="1:21">
       <x:c r="A75" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B75" s="0" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="C75" s="3" t="s"/>
       <x:c r="D75" s="3" t="s"/>
       <x:c r="G75" s="0" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="H75" s="0" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="I75" s="4" t="s">
         <x:v>90</x:v>
@@ -5166,51 +5166,51 @@
       <x:c r="K75" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L75" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M75" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N75" s="3" t="n">
         <x:v>31812</x:v>
       </x:c>
       <x:c r="O75" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="P75" s="0" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="Q75" s="4" t="s">
         <x:v>90</x:v>
       </x:c>
       <x:c r="R75" s="0" t="s">
         <x:v>91</x:v>
       </x:c>
       <x:c r="S75" s="0" t="n">
-        <x:v>584698</x:v>
+        <x:v>584693</x:v>
       </x:c>
       <x:c r="T75" s="4" t="s">
         <x:v>114</x:v>
       </x:c>
       <x:c r="U75" s="4" t="s">
         <x:v>115</x:v>
       </x:c>
     </x:row>
     <x:row r="76" spans="1:21">
       <x:c r="A76" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B76" s="14" t="s">
         <x:v>116</x:v>
       </x:c>
       <x:c r="C76" s="15" t="s"/>
       <x:c r="D76" s="15" t="s"/>
       <x:c r="E76" s="14" t="s"/>
       <x:c r="F76" s="14" t="s"/>
       <x:c r="G76" s="14" t="s">
         <x:v>117</x:v>
       </x:c>
       <x:c r="H76" s="14" t="s">
         <x:v>118</x:v>
       </x:c>
@@ -5481,255 +5481,255 @@
       <x:c r="I81" s="4" t="s">
         <x:v>130</x:v>
       </x:c>
       <x:c r="K81" s="0" t="s">
         <x:v>131</x:v>
       </x:c>
       <x:c r="L81" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M81" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N81" s="3" t="n">
         <x:v>31815</x:v>
       </x:c>
       <x:c r="O81" s="0" t="s">
         <x:v>132</x:v>
       </x:c>
       <x:c r="P81" s="0" t="s">
         <x:v>129</x:v>
       </x:c>
       <x:c r="Q81" s="4" t="s">
         <x:v>130</x:v>
       </x:c>
       <x:c r="R81" s="0" t="s">
-        <x:v>83</x:v>
+        <x:v>84</x:v>
       </x:c>
       <x:c r="S81" s="0" t="n">
-        <x:v>597713</x:v>
+        <x:v>597712</x:v>
       </x:c>
       <x:c r="T81" s="4" t="s">
         <x:v>133</x:v>
       </x:c>
       <x:c r="U81" s="4" t="s">
         <x:v>134</x:v>
       </x:c>
     </x:row>
     <x:row r="82" spans="1:21">
       <x:c r="A82" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B82" s="14" t="s">
         <x:v>128</x:v>
       </x:c>
       <x:c r="C82" s="15" t="s"/>
       <x:c r="D82" s="15" t="s"/>
       <x:c r="E82" s="14" t="s"/>
       <x:c r="F82" s="14" t="s"/>
       <x:c r="G82" s="14" t="s">
         <x:v>129</x:v>
       </x:c>
       <x:c r="H82" s="14" t="s"/>
       <x:c r="I82" s="16" t="s">
         <x:v>130</x:v>
       </x:c>
       <x:c r="J82" s="14" t="s"/>
       <x:c r="K82" s="14" t="s">
         <x:v>131</x:v>
       </x:c>
       <x:c r="L82" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M82" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N82" s="15" t="n">
         <x:v>31815</x:v>
       </x:c>
       <x:c r="O82" s="14" t="s">
         <x:v>132</x:v>
       </x:c>
       <x:c r="P82" s="14" t="s">
         <x:v>129</x:v>
       </x:c>
       <x:c r="Q82" s="16" t="s">
         <x:v>130</x:v>
       </x:c>
       <x:c r="R82" s="14" t="s">
-        <x:v>83</x:v>
+        <x:v>84</x:v>
       </x:c>
       <x:c r="S82" s="14" t="n">
         <x:v>597711</x:v>
       </x:c>
       <x:c r="T82" s="16" t="s">
         <x:v>135</x:v>
       </x:c>
       <x:c r="U82" s="16" t="s">
         <x:v>99</x:v>
       </x:c>
     </x:row>
     <x:row r="83" spans="1:21">
       <x:c r="A83" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B83" s="0" t="s">
         <x:v>128</x:v>
       </x:c>
       <x:c r="C83" s="3" t="s"/>
       <x:c r="D83" s="3" t="s"/>
       <x:c r="G83" s="0" t="s">
         <x:v>129</x:v>
       </x:c>
       <x:c r="I83" s="4" t="s">
         <x:v>130</x:v>
       </x:c>
       <x:c r="K83" s="0" t="s">
         <x:v>131</x:v>
       </x:c>
       <x:c r="L83" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M83" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N83" s="3" t="n">
         <x:v>31815</x:v>
       </x:c>
       <x:c r="O83" s="0" t="s">
         <x:v>132</x:v>
       </x:c>
       <x:c r="P83" s="0" t="s">
         <x:v>129</x:v>
       </x:c>
       <x:c r="Q83" s="4" t="s">
         <x:v>130</x:v>
       </x:c>
       <x:c r="R83" s="0" t="s">
-        <x:v>83</x:v>
+        <x:v>84</x:v>
       </x:c>
       <x:c r="S83" s="0" t="n">
-        <x:v>597712</x:v>
+        <x:v>597713</x:v>
       </x:c>
       <x:c r="T83" s="4" t="s">
         <x:v>136</x:v>
       </x:c>
       <x:c r="U83" s="4" t="s">
         <x:v>137</x:v>
       </x:c>
     </x:row>
     <x:row r="84" spans="1:21">
       <x:c r="A84" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B84" s="14" t="s">
         <x:v>128</x:v>
       </x:c>
       <x:c r="C84" s="15" t="s"/>
       <x:c r="D84" s="15" t="s"/>
       <x:c r="E84" s="14" t="s"/>
       <x:c r="F84" s="14" t="s"/>
       <x:c r="G84" s="14" t="s">
         <x:v>129</x:v>
       </x:c>
       <x:c r="H84" s="14" t="s"/>
       <x:c r="I84" s="16" t="s">
         <x:v>130</x:v>
       </x:c>
       <x:c r="J84" s="14" t="s"/>
       <x:c r="K84" s="14" t="s">
         <x:v>131</x:v>
       </x:c>
       <x:c r="L84" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M84" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N84" s="15" t="n">
         <x:v>31815</x:v>
       </x:c>
       <x:c r="O84" s="14" t="s">
         <x:v>132</x:v>
       </x:c>
       <x:c r="P84" s="14" t="s">
         <x:v>129</x:v>
       </x:c>
       <x:c r="Q84" s="16" t="s">
         <x:v>130</x:v>
       </x:c>
       <x:c r="R84" s="14" t="s">
-        <x:v>83</x:v>
+        <x:v>84</x:v>
       </x:c>
       <x:c r="S84" s="14" t="n">
         <x:v>597714</x:v>
       </x:c>
       <x:c r="T84" s="16" t="s">
         <x:v>138</x:v>
       </x:c>
       <x:c r="U84" s="16" t="s">
         <x:v>139</x:v>
       </x:c>
     </x:row>
     <x:row r="85" spans="1:21">
       <x:c r="A85" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B85" s="0" t="s">
         <x:v>128</x:v>
       </x:c>
       <x:c r="C85" s="3" t="s"/>
       <x:c r="D85" s="3" t="s"/>
       <x:c r="G85" s="0" t="s">
         <x:v>129</x:v>
       </x:c>
       <x:c r="I85" s="4" t="s">
         <x:v>130</x:v>
       </x:c>
       <x:c r="K85" s="0" t="s">
         <x:v>131</x:v>
       </x:c>
       <x:c r="L85" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M85" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N85" s="3" t="n">
         <x:v>31815</x:v>
       </x:c>
       <x:c r="O85" s="0" t="s">
         <x:v>132</x:v>
       </x:c>
       <x:c r="P85" s="0" t="s">
         <x:v>129</x:v>
       </x:c>
       <x:c r="Q85" s="4" t="s">
         <x:v>130</x:v>
       </x:c>
       <x:c r="R85" s="0" t="s">
-        <x:v>83</x:v>
+        <x:v>84</x:v>
       </x:c>
       <x:c r="S85" s="0" t="n">
         <x:v>597710</x:v>
       </x:c>
       <x:c r="T85" s="4" t="s">
         <x:v>140</x:v>
       </x:c>
       <x:c r="U85" s="4" t="s">
         <x:v>141</x:v>
       </x:c>
     </x:row>
     <x:row r="86" spans="1:21">
       <x:c r="A86" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B86" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="C86" s="15" t="s"/>
       <x:c r="D86" s="15" t="s"/>
       <x:c r="E86" s="14" t="s"/>
       <x:c r="F86" s="14" t="s"/>
       <x:c r="G86" s="14" t="s">
         <x:v>142</x:v>
       </x:c>
@@ -6590,948 +6590,948 @@
       </x:c>
       <x:c r="P101" s="0" t="s">
         <x:v>164</x:v>
       </x:c>
       <x:c r="Q101" s="4" t="s">
         <x:v>166</x:v>
       </x:c>
       <x:c r="R101" s="0" t="s">
         <x:v>167</x:v>
       </x:c>
       <x:c r="S101" s="0" t="n">
         <x:v>612933</x:v>
       </x:c>
       <x:c r="T101" s="4" t="s">
         <x:v>168</x:v>
       </x:c>
       <x:c r="U101" s="4" t="s">
         <x:v>94</x:v>
       </x:c>
     </x:row>
     <x:row r="102" spans="1:21">
       <x:c r="A102" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B102" s="14" t="s">
-        <x:v>169</x:v>
+        <x:v>39</x:v>
       </x:c>
       <x:c r="C102" s="15" t="s"/>
       <x:c r="D102" s="15" t="s"/>
       <x:c r="E102" s="14" t="s"/>
       <x:c r="F102" s="14" t="s"/>
       <x:c r="G102" s="14" t="s">
         <x:v>164</x:v>
       </x:c>
       <x:c r="H102" s="14" t="s">
         <x:v>165</x:v>
       </x:c>
       <x:c r="I102" s="16" t="s">
         <x:v>166</x:v>
       </x:c>
       <x:c r="J102" s="14" t="s"/>
       <x:c r="K102" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L102" s="14" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="M102" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N102" s="15" t="n">
         <x:v>31801</x:v>
       </x:c>
       <x:c r="O102" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P102" s="14" t="s">
         <x:v>164</x:v>
       </x:c>
       <x:c r="Q102" s="16" t="s">
         <x:v>166</x:v>
       </x:c>
       <x:c r="R102" s="14" t="s">
         <x:v>167</x:v>
       </x:c>
       <x:c r="S102" s="14" t="n">
-        <x:v>598221</x:v>
+        <x:v>612923</x:v>
       </x:c>
       <x:c r="T102" s="16" t="s">
+        <x:v>169</x:v>
+      </x:c>
+      <x:c r="U102" s="16" t="s">
         <x:v>170</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>171</x:v>
       </x:c>
     </x:row>
     <x:row r="103" spans="1:21">
       <x:c r="A103" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B103" s="0" t="s">
-        <x:v>39</x:v>
+        <x:v>64</x:v>
       </x:c>
       <x:c r="C103" s="3" t="s"/>
       <x:c r="D103" s="3" t="s"/>
       <x:c r="G103" s="0" t="s">
         <x:v>164</x:v>
       </x:c>
       <x:c r="H103" s="0" t="s">
         <x:v>165</x:v>
       </x:c>
       <x:c r="I103" s="4" t="s">
         <x:v>166</x:v>
       </x:c>
       <x:c r="K103" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L103" s="0" t="s">
-        <x:v>34</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="M103" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N103" s="3" t="n">
         <x:v>31801</x:v>
       </x:c>
       <x:c r="O103" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P103" s="0" t="s">
         <x:v>164</x:v>
       </x:c>
       <x:c r="Q103" s="4" t="s">
         <x:v>166</x:v>
       </x:c>
       <x:c r="R103" s="0" t="s">
         <x:v>167</x:v>
       </x:c>
       <x:c r="S103" s="0" t="n">
-        <x:v>612928</x:v>
+        <x:v>598203</x:v>
       </x:c>
       <x:c r="T103" s="4" t="s">
+        <x:v>171</x:v>
+      </x:c>
+      <x:c r="U103" s="4" t="s">
         <x:v>172</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>173</x:v>
       </x:c>
     </x:row>
     <x:row r="104" spans="1:21">
       <x:c r="A104" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B104" s="14" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="C104" s="15" t="s"/>
       <x:c r="D104" s="15" t="s"/>
       <x:c r="E104" s="14" t="s"/>
       <x:c r="F104" s="14" t="s"/>
       <x:c r="G104" s="14" t="s">
         <x:v>164</x:v>
       </x:c>
       <x:c r="H104" s="14" t="s">
         <x:v>165</x:v>
       </x:c>
       <x:c r="I104" s="16" t="s">
         <x:v>166</x:v>
       </x:c>
       <x:c r="J104" s="14" t="s"/>
       <x:c r="K104" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L104" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M104" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N104" s="15" t="n">
         <x:v>31801</x:v>
       </x:c>
       <x:c r="O104" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P104" s="14" t="s">
         <x:v>164</x:v>
       </x:c>
       <x:c r="Q104" s="16" t="s">
         <x:v>166</x:v>
       </x:c>
       <x:c r="R104" s="14" t="s">
         <x:v>167</x:v>
       </x:c>
       <x:c r="S104" s="14" t="n">
-        <x:v>598203</x:v>
+        <x:v>598205</x:v>
       </x:c>
       <x:c r="T104" s="16" t="s">
+        <x:v>173</x:v>
+      </x:c>
+      <x:c r="U104" s="16" t="s">
         <x:v>174</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>175</x:v>
       </x:c>
     </x:row>
     <x:row r="105" spans="1:21">
       <x:c r="A105" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B105" s="0" t="s">
-        <x:v>64</x:v>
+        <x:v>39</x:v>
       </x:c>
       <x:c r="C105" s="3" t="s"/>
       <x:c r="D105" s="3" t="s"/>
       <x:c r="G105" s="0" t="s">
         <x:v>164</x:v>
       </x:c>
       <x:c r="H105" s="0" t="s">
         <x:v>165</x:v>
       </x:c>
       <x:c r="I105" s="4" t="s">
         <x:v>166</x:v>
       </x:c>
       <x:c r="K105" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L105" s="0" t="s">
-        <x:v>26</x:v>
+        <x:v>34</x:v>
       </x:c>
       <x:c r="M105" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N105" s="3" t="n">
         <x:v>31801</x:v>
       </x:c>
       <x:c r="O105" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P105" s="0" t="s">
         <x:v>164</x:v>
       </x:c>
       <x:c r="Q105" s="4" t="s">
         <x:v>166</x:v>
       </x:c>
       <x:c r="R105" s="0" t="s">
         <x:v>167</x:v>
       </x:c>
       <x:c r="S105" s="0" t="n">
-        <x:v>598205</x:v>
+        <x:v>612922</x:v>
       </x:c>
       <x:c r="T105" s="4" t="s">
+        <x:v>175</x:v>
+      </x:c>
+      <x:c r="U105" s="4" t="s">
         <x:v>176</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>177</x:v>
       </x:c>
     </x:row>
     <x:row r="106" spans="1:21">
       <x:c r="A106" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B106" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="C106" s="15" t="s"/>
       <x:c r="D106" s="15" t="s"/>
       <x:c r="E106" s="14" t="s"/>
       <x:c r="F106" s="14" t="s"/>
       <x:c r="G106" s="14" t="s">
         <x:v>164</x:v>
       </x:c>
       <x:c r="H106" s="14" t="s">
         <x:v>165</x:v>
       </x:c>
       <x:c r="I106" s="16" t="s">
         <x:v>166</x:v>
       </x:c>
       <x:c r="J106" s="14" t="s"/>
       <x:c r="K106" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L106" s="14" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="M106" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N106" s="15" t="n">
         <x:v>31801</x:v>
       </x:c>
       <x:c r="O106" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P106" s="14" t="s">
         <x:v>164</x:v>
       </x:c>
       <x:c r="Q106" s="16" t="s">
         <x:v>166</x:v>
       </x:c>
       <x:c r="R106" s="14" t="s">
         <x:v>167</x:v>
       </x:c>
       <x:c r="S106" s="14" t="n">
-        <x:v>612922</x:v>
+        <x:v>612931</x:v>
       </x:c>
       <x:c r="T106" s="16" t="s">
+        <x:v>177</x:v>
+      </x:c>
+      <x:c r="U106" s="16" t="s">
         <x:v>178</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>179</x:v>
       </x:c>
     </x:row>
     <x:row r="107" spans="1:21">
       <x:c r="A107" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B107" s="0" t="s">
-        <x:v>39</x:v>
+        <x:v>22</x:v>
       </x:c>
       <x:c r="C107" s="3" t="s"/>
       <x:c r="D107" s="3" t="s"/>
       <x:c r="G107" s="0" t="s">
         <x:v>164</x:v>
       </x:c>
       <x:c r="H107" s="0" t="s">
         <x:v>165</x:v>
       </x:c>
       <x:c r="I107" s="4" t="s">
         <x:v>166</x:v>
       </x:c>
       <x:c r="K107" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L107" s="0" t="s">
-        <x:v>34</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="M107" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N107" s="3" t="n">
         <x:v>31801</x:v>
       </x:c>
       <x:c r="O107" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P107" s="0" t="s">
         <x:v>164</x:v>
       </x:c>
       <x:c r="Q107" s="4" t="s">
         <x:v>166</x:v>
       </x:c>
       <x:c r="R107" s="0" t="s">
         <x:v>167</x:v>
       </x:c>
       <x:c r="S107" s="0" t="n">
-        <x:v>612931</x:v>
+        <x:v>612895</x:v>
       </x:c>
       <x:c r="T107" s="4" t="s">
-        <x:v>180</x:v>
+        <x:v>179</x:v>
       </x:c>
       <x:c r="U107" s="4" t="s">
-        <x:v>181</x:v>
+        <x:v>44</x:v>
       </x:c>
     </x:row>
     <x:row r="108" spans="1:21">
       <x:c r="A108" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B108" s="14" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C108" s="15" t="s"/>
       <x:c r="D108" s="15" t="s"/>
       <x:c r="E108" s="14" t="s"/>
       <x:c r="F108" s="14" t="s"/>
       <x:c r="G108" s="14" t="s">
         <x:v>164</x:v>
       </x:c>
       <x:c r="H108" s="14" t="s">
         <x:v>165</x:v>
       </x:c>
       <x:c r="I108" s="16" t="s">
         <x:v>166</x:v>
       </x:c>
       <x:c r="J108" s="14" t="s"/>
       <x:c r="K108" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L108" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M108" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N108" s="15" t="n">
         <x:v>31801</x:v>
       </x:c>
       <x:c r="O108" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P108" s="14" t="s">
         <x:v>164</x:v>
       </x:c>
       <x:c r="Q108" s="16" t="s">
         <x:v>166</x:v>
       </x:c>
       <x:c r="R108" s="14" t="s">
         <x:v>167</x:v>
       </x:c>
       <x:c r="S108" s="14" t="n">
-        <x:v>612895</x:v>
+        <x:v>612896</x:v>
       </x:c>
       <x:c r="T108" s="16" t="s">
-        <x:v>182</x:v>
+        <x:v>180</x:v>
       </x:c>
       <x:c r="U108" s="16" t="s">
-        <x:v>44</x:v>
+        <x:v>181</x:v>
       </x:c>
     </x:row>
     <x:row r="109" spans="1:21">
       <x:c r="A109" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B109" s="0" t="s">
-        <x:v>22</x:v>
+        <x:v>64</x:v>
       </x:c>
       <x:c r="C109" s="3" t="s"/>
       <x:c r="D109" s="3" t="s"/>
       <x:c r="G109" s="0" t="s">
         <x:v>164</x:v>
       </x:c>
       <x:c r="H109" s="0" t="s">
         <x:v>165</x:v>
       </x:c>
       <x:c r="I109" s="4" t="s">
         <x:v>166</x:v>
       </x:c>
       <x:c r="K109" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L109" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M109" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N109" s="3" t="n">
         <x:v>31801</x:v>
       </x:c>
       <x:c r="O109" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P109" s="0" t="s">
         <x:v>164</x:v>
       </x:c>
       <x:c r="Q109" s="4" t="s">
         <x:v>166</x:v>
       </x:c>
       <x:c r="R109" s="0" t="s">
         <x:v>167</x:v>
       </x:c>
       <x:c r="S109" s="0" t="n">
-        <x:v>612896</x:v>
+        <x:v>598202</x:v>
       </x:c>
       <x:c r="T109" s="4" t="s">
+        <x:v>182</x:v>
+      </x:c>
+      <x:c r="U109" s="4" t="s">
         <x:v>183</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>184</x:v>
       </x:c>
     </x:row>
     <x:row r="110" spans="1:21">
       <x:c r="A110" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B110" s="14" t="s">
-        <x:v>64</x:v>
+        <x:v>184</x:v>
       </x:c>
       <x:c r="C110" s="15" t="s"/>
       <x:c r="D110" s="15" t="s"/>
       <x:c r="E110" s="14" t="s"/>
       <x:c r="F110" s="14" t="s"/>
       <x:c r="G110" s="14" t="s">
         <x:v>164</x:v>
       </x:c>
       <x:c r="H110" s="14" t="s">
         <x:v>165</x:v>
       </x:c>
       <x:c r="I110" s="16" t="s">
         <x:v>166</x:v>
       </x:c>
       <x:c r="J110" s="14" t="s"/>
       <x:c r="K110" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L110" s="14" t="s">
-        <x:v>26</x:v>
+        <x:v>34</x:v>
       </x:c>
       <x:c r="M110" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N110" s="15" t="n">
         <x:v>31801</x:v>
       </x:c>
       <x:c r="O110" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P110" s="14" t="s">
         <x:v>164</x:v>
       </x:c>
       <x:c r="Q110" s="16" t="s">
         <x:v>166</x:v>
       </x:c>
       <x:c r="R110" s="14" t="s">
         <x:v>167</x:v>
       </x:c>
       <x:c r="S110" s="14" t="n">
-        <x:v>598207</x:v>
+        <x:v>598221</x:v>
       </x:c>
       <x:c r="T110" s="16" t="s">
         <x:v>185</x:v>
       </x:c>
       <x:c r="U110" s="16" t="s">
-        <x:v>171</x:v>
+        <x:v>186</x:v>
       </x:c>
     </x:row>
     <x:row r="111" spans="1:21">
       <x:c r="A111" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B111" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="C111" s="3" t="s"/>
       <x:c r="D111" s="3" t="s"/>
       <x:c r="G111" s="0" t="s">
         <x:v>164</x:v>
       </x:c>
       <x:c r="H111" s="0" t="s">
         <x:v>165</x:v>
       </x:c>
       <x:c r="I111" s="4" t="s">
         <x:v>166</x:v>
       </x:c>
       <x:c r="K111" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L111" s="0" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="M111" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N111" s="3" t="n">
         <x:v>31801</x:v>
       </x:c>
       <x:c r="O111" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P111" s="0" t="s">
         <x:v>164</x:v>
       </x:c>
       <x:c r="Q111" s="4" t="s">
         <x:v>166</x:v>
       </x:c>
       <x:c r="R111" s="0" t="s">
         <x:v>167</x:v>
       </x:c>
       <x:c r="S111" s="0" t="n">
-        <x:v>612923</x:v>
+        <x:v>612928</x:v>
       </x:c>
       <x:c r="T111" s="4" t="s">
-        <x:v>186</x:v>
+        <x:v>187</x:v>
       </x:c>
       <x:c r="U111" s="4" t="s">
-        <x:v>187</x:v>
+        <x:v>188</x:v>
       </x:c>
     </x:row>
     <x:row r="112" spans="1:21">
       <x:c r="A112" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B112" s="14" t="s">
-        <x:v>22</x:v>
+        <x:v>64</x:v>
       </x:c>
       <x:c r="C112" s="15" t="s"/>
       <x:c r="D112" s="15" t="s"/>
       <x:c r="E112" s="14" t="s"/>
       <x:c r="F112" s="14" t="s"/>
       <x:c r="G112" s="14" t="s">
         <x:v>164</x:v>
       </x:c>
       <x:c r="H112" s="14" t="s">
         <x:v>165</x:v>
       </x:c>
       <x:c r="I112" s="16" t="s">
         <x:v>166</x:v>
       </x:c>
       <x:c r="J112" s="14" t="s"/>
       <x:c r="K112" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L112" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M112" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N112" s="15" t="n">
         <x:v>31801</x:v>
       </x:c>
       <x:c r="O112" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P112" s="14" t="s">
         <x:v>164</x:v>
       </x:c>
       <x:c r="Q112" s="16" t="s">
         <x:v>166</x:v>
       </x:c>
       <x:c r="R112" s="14" t="s">
         <x:v>167</x:v>
       </x:c>
       <x:c r="S112" s="14" t="n">
-        <x:v>612907</x:v>
+        <x:v>598207</x:v>
       </x:c>
       <x:c r="T112" s="16" t="s">
-        <x:v>188</x:v>
+        <x:v>189</x:v>
       </x:c>
       <x:c r="U112" s="16" t="s">
-        <x:v>189</x:v>
+        <x:v>186</x:v>
       </x:c>
     </x:row>
     <x:row r="113" spans="1:21">
       <x:c r="A113" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B113" s="0" t="s">
-        <x:v>64</x:v>
+        <x:v>22</x:v>
       </x:c>
       <x:c r="C113" s="3" t="s"/>
       <x:c r="D113" s="3" t="s"/>
       <x:c r="G113" s="0" t="s">
         <x:v>164</x:v>
       </x:c>
       <x:c r="H113" s="0" t="s">
         <x:v>165</x:v>
       </x:c>
       <x:c r="I113" s="4" t="s">
         <x:v>166</x:v>
       </x:c>
       <x:c r="K113" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L113" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M113" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N113" s="3" t="n">
         <x:v>31801</x:v>
       </x:c>
       <x:c r="O113" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P113" s="0" t="s">
         <x:v>164</x:v>
       </x:c>
       <x:c r="Q113" s="4" t="s">
         <x:v>166</x:v>
       </x:c>
       <x:c r="R113" s="0" t="s">
         <x:v>167</x:v>
       </x:c>
       <x:c r="S113" s="0" t="n">
-        <x:v>598202</x:v>
+        <x:v>612907</x:v>
       </x:c>
       <x:c r="T113" s="4" t="s">
         <x:v>190</x:v>
       </x:c>
       <x:c r="U113" s="4" t="s">
         <x:v>191</x:v>
       </x:c>
     </x:row>
     <x:row r="114" spans="1:21">
       <x:c r="A114" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B114" s="14" t="s">
-        <x:v>39</x:v>
+        <x:v>22</x:v>
       </x:c>
       <x:c r="C114" s="15" t="s"/>
       <x:c r="D114" s="15" t="s"/>
       <x:c r="E114" s="14" t="s"/>
       <x:c r="F114" s="14" t="s"/>
       <x:c r="G114" s="14" t="s">
         <x:v>164</x:v>
       </x:c>
       <x:c r="H114" s="14" t="s">
         <x:v>165</x:v>
       </x:c>
       <x:c r="I114" s="16" t="s">
         <x:v>166</x:v>
       </x:c>
       <x:c r="J114" s="14" t="s"/>
       <x:c r="K114" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L114" s="14" t="s">
-        <x:v>34</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="M114" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N114" s="15" t="n">
         <x:v>31801</x:v>
       </x:c>
       <x:c r="O114" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P114" s="14" t="s">
         <x:v>164</x:v>
       </x:c>
       <x:c r="Q114" s="16" t="s">
         <x:v>166</x:v>
       </x:c>
       <x:c r="R114" s="14" t="s">
         <x:v>167</x:v>
       </x:c>
       <x:c r="S114" s="14" t="n">
-        <x:v>612921</x:v>
+        <x:v>612908</x:v>
       </x:c>
       <x:c r="T114" s="16" t="s">
         <x:v>192</x:v>
       </x:c>
       <x:c r="U114" s="16" t="s">
-        <x:v>108</x:v>
+        <x:v>193</x:v>
       </x:c>
     </x:row>
     <x:row r="115" spans="1:21">
       <x:c r="A115" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B115" s="0" t="s">
-        <x:v>64</x:v>
+        <x:v>39</x:v>
       </x:c>
       <x:c r="C115" s="3" t="s"/>
       <x:c r="D115" s="3" t="s"/>
       <x:c r="G115" s="0" t="s">
         <x:v>164</x:v>
       </x:c>
       <x:c r="H115" s="0" t="s">
         <x:v>165</x:v>
       </x:c>
       <x:c r="I115" s="4" t="s">
         <x:v>166</x:v>
       </x:c>
       <x:c r="K115" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L115" s="0" t="s">
-        <x:v>26</x:v>
+        <x:v>34</x:v>
       </x:c>
       <x:c r="M115" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N115" s="3" t="n">
         <x:v>31801</x:v>
       </x:c>
       <x:c r="O115" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P115" s="0" t="s">
         <x:v>164</x:v>
       </x:c>
       <x:c r="Q115" s="4" t="s">
         <x:v>166</x:v>
       </x:c>
       <x:c r="R115" s="0" t="s">
         <x:v>167</x:v>
       </x:c>
       <x:c r="S115" s="0" t="n">
-        <x:v>598200</x:v>
+        <x:v>612921</x:v>
       </x:c>
       <x:c r="T115" s="4" t="s">
-        <x:v>193</x:v>
+        <x:v>194</x:v>
       </x:c>
       <x:c r="U115" s="4" t="s">
-        <x:v>194</x:v>
+        <x:v>112</x:v>
       </x:c>
     </x:row>
     <x:row r="116" spans="1:21">
       <x:c r="A116" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B116" s="14" t="s">
-        <x:v>39</x:v>
+        <x:v>64</x:v>
       </x:c>
       <x:c r="C116" s="15" t="s"/>
       <x:c r="D116" s="15" t="s"/>
       <x:c r="E116" s="14" t="s"/>
       <x:c r="F116" s="14" t="s"/>
       <x:c r="G116" s="14" t="s">
         <x:v>164</x:v>
       </x:c>
       <x:c r="H116" s="14" t="s">
         <x:v>165</x:v>
       </x:c>
       <x:c r="I116" s="16" t="s">
         <x:v>166</x:v>
       </x:c>
       <x:c r="J116" s="14" t="s"/>
       <x:c r="K116" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L116" s="14" t="s">
-        <x:v>34</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="M116" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N116" s="15" t="n">
         <x:v>31801</x:v>
       </x:c>
       <x:c r="O116" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P116" s="14" t="s">
         <x:v>164</x:v>
       </x:c>
       <x:c r="Q116" s="16" t="s">
         <x:v>166</x:v>
       </x:c>
       <x:c r="R116" s="14" t="s">
         <x:v>167</x:v>
       </x:c>
       <x:c r="S116" s="14" t="n">
-        <x:v>612929</x:v>
+        <x:v>598200</x:v>
       </x:c>
       <x:c r="T116" s="16" t="s">
         <x:v>195</x:v>
       </x:c>
       <x:c r="U116" s="16" t="s">
-        <x:v>96</x:v>
+        <x:v>196</x:v>
       </x:c>
     </x:row>
     <x:row r="117" spans="1:21">
       <x:c r="A117" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B117" s="0" t="s">
-        <x:v>22</x:v>
+        <x:v>39</x:v>
       </x:c>
       <x:c r="C117" s="3" t="s"/>
       <x:c r="D117" s="3" t="s"/>
       <x:c r="G117" s="0" t="s">
         <x:v>164</x:v>
       </x:c>
       <x:c r="H117" s="0" t="s">
         <x:v>165</x:v>
       </x:c>
       <x:c r="I117" s="4" t="s">
         <x:v>166</x:v>
       </x:c>
       <x:c r="K117" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L117" s="0" t="s">
-        <x:v>26</x:v>
+        <x:v>34</x:v>
       </x:c>
       <x:c r="M117" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N117" s="3" t="n">
         <x:v>31801</x:v>
       </x:c>
       <x:c r="O117" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P117" s="0" t="s">
         <x:v>164</x:v>
       </x:c>
       <x:c r="Q117" s="4" t="s">
         <x:v>166</x:v>
       </x:c>
       <x:c r="R117" s="0" t="s">
         <x:v>167</x:v>
       </x:c>
       <x:c r="S117" s="0" t="n">
-        <x:v>612901</x:v>
+        <x:v>612929</x:v>
       </x:c>
       <x:c r="T117" s="4" t="s">
-        <x:v>196</x:v>
+        <x:v>197</x:v>
       </x:c>
       <x:c r="U117" s="4" t="s">
-        <x:v>197</x:v>
+        <x:v>96</x:v>
       </x:c>
     </x:row>
     <x:row r="118" spans="1:21">
       <x:c r="A118" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B118" s="14" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C118" s="15" t="s"/>
       <x:c r="D118" s="15" t="s"/>
       <x:c r="E118" s="14" t="s"/>
       <x:c r="F118" s="14" t="s"/>
       <x:c r="G118" s="14" t="s">
         <x:v>164</x:v>
       </x:c>
       <x:c r="H118" s="14" t="s">
         <x:v>165</x:v>
       </x:c>
       <x:c r="I118" s="16" t="s">
         <x:v>166</x:v>
       </x:c>
       <x:c r="J118" s="14" t="s"/>
       <x:c r="K118" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L118" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M118" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N118" s="15" t="n">
         <x:v>31801</x:v>
       </x:c>
       <x:c r="O118" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P118" s="14" t="s">
         <x:v>164</x:v>
       </x:c>
       <x:c r="Q118" s="16" t="s">
         <x:v>166</x:v>
       </x:c>
       <x:c r="R118" s="14" t="s">
         <x:v>167</x:v>
       </x:c>
       <x:c r="S118" s="14" t="n">
-        <x:v>612908</x:v>
+        <x:v>612901</x:v>
       </x:c>
       <x:c r="T118" s="16" t="s">
         <x:v>198</x:v>
       </x:c>
       <x:c r="U118" s="16" t="s">
         <x:v>199</x:v>
       </x:c>
     </x:row>
     <x:row r="119" spans="1:21">
       <x:c r="A119" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B119" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="C119" s="3" t="s"/>
       <x:c r="D119" s="3" t="s"/>
       <x:c r="G119" s="0" t="s">
         <x:v>164</x:v>
       </x:c>
       <x:c r="H119" s="0" t="s">
         <x:v>165</x:v>
       </x:c>
       <x:c r="I119" s="4" t="s">
         <x:v>166</x:v>
@@ -7553,51 +7553,51 @@
       </x:c>
       <x:c r="P119" s="0" t="s">
         <x:v>164</x:v>
       </x:c>
       <x:c r="Q119" s="4" t="s">
         <x:v>166</x:v>
       </x:c>
       <x:c r="R119" s="0" t="s">
         <x:v>167</x:v>
       </x:c>
       <x:c r="S119" s="0" t="n">
         <x:v>598206</x:v>
       </x:c>
       <x:c r="T119" s="4" t="s">
         <x:v>200</x:v>
       </x:c>
       <x:c r="U119" s="4" t="s">
         <x:v>201</x:v>
       </x:c>
     </x:row>
     <x:row r="120" spans="1:21">
       <x:c r="A120" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B120" s="14" t="s">
-        <x:v>169</x:v>
+        <x:v>184</x:v>
       </x:c>
       <x:c r="C120" s="15" t="s"/>
       <x:c r="D120" s="15" t="s"/>
       <x:c r="E120" s="14" t="s"/>
       <x:c r="F120" s="14" t="s"/>
       <x:c r="G120" s="14" t="s">
         <x:v>164</x:v>
       </x:c>
       <x:c r="H120" s="14" t="s">
         <x:v>165</x:v>
       </x:c>
       <x:c r="I120" s="16" t="s">
         <x:v>166</x:v>
       </x:c>
       <x:c r="J120" s="14" t="s"/>
       <x:c r="K120" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L120" s="14" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="M120" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N120" s="15" t="n">
@@ -7767,147 +7767,147 @@
       </x:c>
       <x:c r="P123" s="0" t="s">
         <x:v>164</x:v>
       </x:c>
       <x:c r="Q123" s="4" t="s">
         <x:v>166</x:v>
       </x:c>
       <x:c r="R123" s="0" t="s">
         <x:v>167</x:v>
       </x:c>
       <x:c r="S123" s="0" t="n">
         <x:v>612930</x:v>
       </x:c>
       <x:c r="T123" s="4" t="s">
         <x:v>207</x:v>
       </x:c>
       <x:c r="U123" s="4" t="s">
         <x:v>208</x:v>
       </x:c>
     </x:row>
     <x:row r="124" spans="1:21">
       <x:c r="A124" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B124" s="14" t="s">
-        <x:v>169</x:v>
+        <x:v>184</x:v>
       </x:c>
       <x:c r="C124" s="15" t="s"/>
       <x:c r="D124" s="15" t="s"/>
       <x:c r="E124" s="14" t="s"/>
       <x:c r="F124" s="14" t="s"/>
       <x:c r="G124" s="14" t="s">
         <x:v>164</x:v>
       </x:c>
       <x:c r="H124" s="14" t="s">
         <x:v>165</x:v>
       </x:c>
       <x:c r="I124" s="16" t="s">
         <x:v>166</x:v>
       </x:c>
       <x:c r="J124" s="14" t="s"/>
       <x:c r="K124" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L124" s="14" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="M124" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N124" s="15" t="n">
         <x:v>31801</x:v>
       </x:c>
       <x:c r="O124" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P124" s="14" t="s">
         <x:v>164</x:v>
       </x:c>
       <x:c r="Q124" s="16" t="s">
         <x:v>166</x:v>
       </x:c>
       <x:c r="R124" s="14" t="s">
         <x:v>167</x:v>
       </x:c>
       <x:c r="S124" s="14" t="n">
         <x:v>598218</x:v>
       </x:c>
       <x:c r="T124" s="16" t="s">
-        <x:v>170</x:v>
+        <x:v>185</x:v>
       </x:c>
       <x:c r="U124" s="16" t="s">
-        <x:v>171</x:v>
+        <x:v>186</x:v>
       </x:c>
     </x:row>
     <x:row r="125" spans="1:21">
       <x:c r="A125" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B125" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C125" s="3" t="s"/>
       <x:c r="D125" s="3" t="s"/>
       <x:c r="G125" s="0" t="s">
         <x:v>164</x:v>
       </x:c>
       <x:c r="H125" s="0" t="s">
         <x:v>165</x:v>
       </x:c>
       <x:c r="I125" s="4" t="s">
         <x:v>166</x:v>
       </x:c>
       <x:c r="K125" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L125" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M125" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N125" s="3" t="n">
         <x:v>31801</x:v>
       </x:c>
       <x:c r="O125" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P125" s="0" t="s">
         <x:v>164</x:v>
       </x:c>
       <x:c r="Q125" s="4" t="s">
         <x:v>166</x:v>
       </x:c>
       <x:c r="R125" s="0" t="s">
         <x:v>167</x:v>
       </x:c>
       <x:c r="S125" s="0" t="n">
         <x:v>612898</x:v>
       </x:c>
       <x:c r="T125" s="4" t="s">
-        <x:v>107</x:v>
+        <x:v>111</x:v>
       </x:c>
       <x:c r="U125" s="4" t="s">
         <x:v>209</x:v>
       </x:c>
     </x:row>
     <x:row r="126" spans="1:21">
       <x:c r="A126" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B126" s="14" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C126" s="15" t="s"/>
       <x:c r="D126" s="15" t="s"/>
       <x:c r="E126" s="14" t="s"/>
       <x:c r="F126" s="14" t="s"/>
       <x:c r="G126" s="14" t="s">
         <x:v>164</x:v>
       </x:c>
       <x:c r="H126" s="14" t="s">
         <x:v>165</x:v>
       </x:c>
       <x:c r="I126" s="16" t="s">
         <x:v>166</x:v>
       </x:c>
@@ -8036,51 +8036,51 @@
       </x:c>
       <x:c r="P128" s="14" t="s">
         <x:v>164</x:v>
       </x:c>
       <x:c r="Q128" s="16" t="s">
         <x:v>166</x:v>
       </x:c>
       <x:c r="R128" s="14" t="s">
         <x:v>167</x:v>
       </x:c>
       <x:c r="S128" s="14" t="n">
         <x:v>612932</x:v>
       </x:c>
       <x:c r="T128" s="16" t="s">
         <x:v>213</x:v>
       </x:c>
       <x:c r="U128" s="16" t="s">
         <x:v>214</x:v>
       </x:c>
     </x:row>
     <x:row r="129" spans="1:21">
       <x:c r="A129" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B129" s="0" t="s">
-        <x:v>169</x:v>
+        <x:v>184</x:v>
       </x:c>
       <x:c r="C129" s="3" t="s"/>
       <x:c r="D129" s="3" t="s"/>
       <x:c r="G129" s="0" t="s">
         <x:v>164</x:v>
       </x:c>
       <x:c r="H129" s="0" t="s">
         <x:v>165</x:v>
       </x:c>
       <x:c r="I129" s="4" t="s">
         <x:v>166</x:v>
       </x:c>
       <x:c r="K129" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L129" s="0" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="M129" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N129" s="3" t="n">
         <x:v>31801</x:v>
       </x:c>
       <x:c r="O129" s="0" t="s">
@@ -8088,98 +8088,98 @@
       </x:c>
       <x:c r="P129" s="0" t="s">
         <x:v>164</x:v>
       </x:c>
       <x:c r="Q129" s="4" t="s">
         <x:v>166</x:v>
       </x:c>
       <x:c r="R129" s="0" t="s">
         <x:v>167</x:v>
       </x:c>
       <x:c r="S129" s="0" t="n">
         <x:v>540852</x:v>
       </x:c>
       <x:c r="T129" s="4" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="U129" s="4" t="s">
         <x:v>38</x:v>
       </x:c>
     </x:row>
     <x:row r="130" spans="1:21">
       <x:c r="A130" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B130" s="14" t="s">
-        <x:v>169</x:v>
+        <x:v>184</x:v>
       </x:c>
       <x:c r="C130" s="15" t="s"/>
       <x:c r="D130" s="15" t="s"/>
       <x:c r="E130" s="14" t="s"/>
       <x:c r="F130" s="14" t="s"/>
       <x:c r="G130" s="14" t="s">
         <x:v>164</x:v>
       </x:c>
       <x:c r="H130" s="14" t="s">
         <x:v>165</x:v>
       </x:c>
       <x:c r="I130" s="16" t="s">
         <x:v>166</x:v>
       </x:c>
       <x:c r="J130" s="14" t="s"/>
       <x:c r="K130" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L130" s="14" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="M130" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N130" s="15" t="n">
         <x:v>31801</x:v>
       </x:c>
       <x:c r="O130" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P130" s="14" t="s">
         <x:v>164</x:v>
       </x:c>
       <x:c r="Q130" s="16" t="s">
         <x:v>166</x:v>
       </x:c>
       <x:c r="R130" s="14" t="s">
         <x:v>167</x:v>
       </x:c>
       <x:c r="S130" s="14" t="n">
         <x:v>598214</x:v>
       </x:c>
       <x:c r="T130" s="16" t="s">
         <x:v>215</x:v>
       </x:c>
       <x:c r="U130" s="16" t="s">
-        <x:v>111</x:v>
+        <x:v>115</x:v>
       </x:c>
     </x:row>
     <x:row r="131" spans="1:21">
       <x:c r="A131" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B131" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C131" s="3" t="s"/>
       <x:c r="D131" s="3" t="s"/>
       <x:c r="G131" s="0" t="s">
         <x:v>164</x:v>
       </x:c>
       <x:c r="H131" s="0" t="s">
         <x:v>165</x:v>
       </x:c>
       <x:c r="I131" s="4" t="s">
         <x:v>166</x:v>
       </x:c>
       <x:c r="K131" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L131" s="0" t="s">
         <x:v>26</x:v>
@@ -8195,98 +8195,98 @@
       </x:c>
       <x:c r="P131" s="0" t="s">
         <x:v>164</x:v>
       </x:c>
       <x:c r="Q131" s="4" t="s">
         <x:v>166</x:v>
       </x:c>
       <x:c r="R131" s="0" t="s">
         <x:v>167</x:v>
       </x:c>
       <x:c r="S131" s="0" t="n">
         <x:v>612905</x:v>
       </x:c>
       <x:c r="T131" s="4" t="s">
         <x:v>216</x:v>
       </x:c>
       <x:c r="U131" s="4" t="s">
         <x:v>217</x:v>
       </x:c>
     </x:row>
     <x:row r="132" spans="1:21">
       <x:c r="A132" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B132" s="14" t="s">
-        <x:v>169</x:v>
+        <x:v>184</x:v>
       </x:c>
       <x:c r="C132" s="15" t="s"/>
       <x:c r="D132" s="15" t="s"/>
       <x:c r="E132" s="14" t="s"/>
       <x:c r="F132" s="14" t="s"/>
       <x:c r="G132" s="14" t="s">
         <x:v>164</x:v>
       </x:c>
       <x:c r="H132" s="14" t="s">
         <x:v>165</x:v>
       </x:c>
       <x:c r="I132" s="16" t="s">
         <x:v>166</x:v>
       </x:c>
       <x:c r="J132" s="14" t="s"/>
       <x:c r="K132" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L132" s="14" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="M132" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N132" s="15" t="n">
         <x:v>31801</x:v>
       </x:c>
       <x:c r="O132" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P132" s="14" t="s">
         <x:v>164</x:v>
       </x:c>
       <x:c r="Q132" s="16" t="s">
         <x:v>166</x:v>
       </x:c>
       <x:c r="R132" s="14" t="s">
         <x:v>167</x:v>
       </x:c>
       <x:c r="S132" s="14" t="n">
         <x:v>598215</x:v>
       </x:c>
       <x:c r="T132" s="16" t="s">
         <x:v>218</x:v>
       </x:c>
       <x:c r="U132" s="16" t="s">
-        <x:v>175</x:v>
+        <x:v>172</x:v>
       </x:c>
     </x:row>
     <x:row r="133" spans="1:21">
       <x:c r="A133" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B133" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C133" s="3" t="s"/>
       <x:c r="D133" s="3" t="s"/>
       <x:c r="G133" s="0" t="s">
         <x:v>164</x:v>
       </x:c>
       <x:c r="H133" s="0" t="s">
         <x:v>165</x:v>
       </x:c>
       <x:c r="I133" s="4" t="s">
         <x:v>166</x:v>
       </x:c>
       <x:c r="K133" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L133" s="0" t="s">
         <x:v>26</x:v>
@@ -8302,147 +8302,147 @@
       </x:c>
       <x:c r="P133" s="0" t="s">
         <x:v>164</x:v>
       </x:c>
       <x:c r="Q133" s="4" t="s">
         <x:v>166</x:v>
       </x:c>
       <x:c r="R133" s="0" t="s">
         <x:v>167</x:v>
       </x:c>
       <x:c r="S133" s="0" t="n">
         <x:v>612899</x:v>
       </x:c>
       <x:c r="T133" s="4" t="s">
         <x:v>219</x:v>
       </x:c>
       <x:c r="U133" s="4" t="s">
         <x:v>220</x:v>
       </x:c>
     </x:row>
     <x:row r="134" spans="1:21">
       <x:c r="A134" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B134" s="14" t="s">
-        <x:v>169</x:v>
+        <x:v>184</x:v>
       </x:c>
       <x:c r="C134" s="15" t="s"/>
       <x:c r="D134" s="15" t="s"/>
       <x:c r="E134" s="14" t="s"/>
       <x:c r="F134" s="14" t="s"/>
       <x:c r="G134" s="14" t="s">
         <x:v>164</x:v>
       </x:c>
       <x:c r="H134" s="14" t="s">
         <x:v>165</x:v>
       </x:c>
       <x:c r="I134" s="16" t="s">
         <x:v>166</x:v>
       </x:c>
       <x:c r="J134" s="14" t="s"/>
       <x:c r="K134" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L134" s="14" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="M134" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N134" s="15" t="n">
         <x:v>31801</x:v>
       </x:c>
       <x:c r="O134" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P134" s="14" t="s">
         <x:v>164</x:v>
       </x:c>
       <x:c r="Q134" s="16" t="s">
         <x:v>166</x:v>
       </x:c>
       <x:c r="R134" s="14" t="s">
         <x:v>167</x:v>
       </x:c>
       <x:c r="S134" s="14" t="n">
         <x:v>598212</x:v>
       </x:c>
       <x:c r="T134" s="16" t="s">
         <x:v>140</x:v>
       </x:c>
       <x:c r="U134" s="16" t="s">
-        <x:v>194</x:v>
+        <x:v>196</x:v>
       </x:c>
     </x:row>
     <x:row r="135" spans="1:21">
       <x:c r="A135" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B135" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="C135" s="3" t="s"/>
       <x:c r="D135" s="3" t="s"/>
       <x:c r="G135" s="0" t="s">
         <x:v>164</x:v>
       </x:c>
       <x:c r="H135" s="0" t="s">
         <x:v>165</x:v>
       </x:c>
       <x:c r="I135" s="4" t="s">
         <x:v>166</x:v>
       </x:c>
       <x:c r="K135" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L135" s="0" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="M135" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N135" s="3" t="n">
         <x:v>31801</x:v>
       </x:c>
       <x:c r="O135" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P135" s="0" t="s">
         <x:v>164</x:v>
       </x:c>
       <x:c r="Q135" s="4" t="s">
         <x:v>166</x:v>
       </x:c>
       <x:c r="R135" s="0" t="s">
         <x:v>167</x:v>
       </x:c>
       <x:c r="S135" s="0" t="n">
         <x:v>612924</x:v>
       </x:c>
       <x:c r="T135" s="4" t="s">
-        <x:v>111</x:v>
+        <x:v>115</x:v>
       </x:c>
       <x:c r="U135" s="4" t="s">
         <x:v>221</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:autoFilter ref="A1:U1"/>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0" gridLinesSet="true"/>
   <x:pageMargins left="0.7875" right="0.7875" top="1.05277777777778" bottom="1.05277777777778" header="0.7875" footer="0.7875"/>
   <x:pageSetup paperSize="9" scale="100" pageOrder="downThenOver" orientation="portrait" blackAndWhite="0" draft="0" cellComments="none" errors="displayed" horizontalDpi="300" verticalDpi="300" copies="1"/>
   <x:headerFooter differentOddEven="0" differentFirst="0" scaleWithDoc="1" alignWithMargins="1">
     <x:oddHeader>&amp;C&amp;"Times New Roman,Normal"&amp;12&amp;Kffffff&amp;A</x:oddHeader>
     <x:oddFooter>&amp;C&amp;"Times New Roman,Normal"&amp;12&amp;KffffffPage &amp;P</x:oddFooter>
     <x:evenHeader/>
     <x:evenFooter/>
     <x:firstHeader/>
     <x:firstFooter/>
   </x:headerFooter>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetPr filterMode="false">