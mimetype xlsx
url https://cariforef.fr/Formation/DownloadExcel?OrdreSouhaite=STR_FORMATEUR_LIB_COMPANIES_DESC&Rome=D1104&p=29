--- v0 (2026-03-12)
+++ v1 (2026-03-12)
@@ -410,107 +410,107 @@
   <x:si>
     <x:t>MARSEILLE CEDEX 08</x:t>
   </x:si>
   <x:si>
     <x:t>Greta-Cfa Marseille Méditerranée</x:t>
   </x:si>
   <x:si>
     <x:t>GMM</x:t>
   </x:si>
   <x:si>
     <x:t>13010</x:t>
   </x:si>
   <x:si>
     <x:t>Lycée Polyvalent Hôtelier Régional</x:t>
   </x:si>
   <x:si>
     <x:t>13008</x:t>
   </x:si>
   <x:si>
     <x:t>MARSEILLE- 8e</x:t>
   </x:si>
   <x:si>
     <x:t>09/23/2024 00:00:00</x:t>
   </x:si>
   <x:si>
+    <x:t>CAP chocolaterie-confiserie (Apprentissage)</x:t>
+  </x:si>
+  <x:si>
+    <x:t>09/16/2024 00:00:00</x:t>
+  </x:si>
+  <x:si>
     <x:t>CAP chocolatier confiseur (Apprentissage)</x:t>
   </x:si>
   <x:si>
-    <x:t>CAP chocolaterie-confiserie (Apprentissage)</x:t>
-[...4 lines deleted...]
-  <x:si>
     <x:t>Greta-Cfa Provence</x:t>
   </x:si>
   <x:si>
     <x:t>13625</x:t>
   </x:si>
   <x:si>
     <x:t>Lycée Pofessionnel Jean Moulin (site Rol Tanguy)</x:t>
   </x:si>
   <x:si>
     <x:t>13110</x:t>
   </x:si>
   <x:si>
     <x:t>PORT-DE-BOUC</x:t>
   </x:si>
   <x:si>
     <x:t>06/25/2028 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>09/03/2024 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Lycée Jeanne et Paul Augier</x:t>
   </x:si>
   <x:si>
     <x:t>NICE CEDEX 03</x:t>
   </x:si>
   <x:si>
     <x:t>Greta-Cfa Alpes Provence</x:t>
   </x:si>
   <x:si>
     <x:t>05000</x:t>
   </x:si>
   <x:si>
     <x:t>Lycée Général et Technologique Pierre Gilles de Gennes</x:t>
   </x:si>
   <x:si>
     <x:t>04000</x:t>
   </x:si>
   <x:si>
     <x:t>DIGNE LES BAINS</x:t>
   </x:si>
   <x:si>
+    <x:t>09/02/2025 00:00:00</x:t>
+  </x:si>
+  <x:si>
     <x:t>09/02/2024 00:00:00</x:t>
   </x:si>
   <x:si>
-    <x:t>09/02/2025 00:00:00</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>Lycée des Métiers Alexandre Dumas</x:t>
   </x:si>
   <x:si>
     <x:t>84300</x:t>
   </x:si>
   <x:si>
     <x:t>CAVAILLON</x:t>
   </x:si>
   <x:si>
     <x:t>09/15/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Lycée Anne-Sophie Pic</x:t>
   </x:si>
   <x:si>
     <x:t>83098</x:t>
   </x:si>
   <x:si>
     <x:t>TOULON CEDEX</x:t>
   </x:si>
   <x:si>
     <x:t>Certificat de spécialisation pâtisserie de boutique</x:t>
   </x:si>
   <x:si>
     <x:t>Lycée A Camus</x:t>
@@ -554,98 +554,98 @@
   <x:si>
     <x:t>LP A Escoffier</x:t>
   </x:si>
   <x:si>
     <x:t>06801</x:t>
   </x:si>
   <x:si>
     <x:t>CAGNES SUR MER CEDEX</x:t>
   </x:si>
   <x:si>
     <x:t>LP A Dumas</x:t>
   </x:si>
   <x:si>
     <x:t>Glacier artisan - Fabrication de glaces artisanales</x:t>
   </x:si>
   <x:si>
     <x:t>Kh Europe Formation</x:t>
   </x:si>
   <x:si>
     <x:t>83370</x:t>
   </x:si>
   <x:si>
     <x:t>Glacerie</x:t>
   </x:si>
   <x:si>
+    <x:t>07/27/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>07/31/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>08/17/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>08/21/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
     <x:t>03/23/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>03/27/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>04/13/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>04/17/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>09/25/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>09/28/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>10/02/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>11/02/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>11/06/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>06/08/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>06/12/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>06/29/2026 00:00:00</x:t>
   </x:si>
   <x:si>
-    <x:t>07/27/2026 00:00:00</x:t>
-[...10 lines deleted...]
-  <x:si>
     <x:t>03/16/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>03/20/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>04/06/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>04/10/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>08/31/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>09/04/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>10/05/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>10/09/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>05/18/2026 00:00:00</x:t>
@@ -668,176 +668,176 @@
   <x:si>
     <x:t>10/12/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>10/16/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>11/16/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>11/20/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>11/23/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>11/27/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>07/06/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>07/10/2026 00:00:00</x:t>
   </x:si>
   <x:si>
+    <x:t>05/04/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>05/08/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>12/14/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>12/18/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>11/30/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>12/04/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>12/07/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>12/11/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>07/20/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>07/24/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>08/10/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>08/14/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>10/19/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>10/23/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>10/26/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>10/30/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>06/15/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>06/19/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>03/09/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>03/13/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>04/27/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>05/01/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>05/11/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>05/15/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>09/07/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>09/11/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>09/14/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>09/18/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>05/25/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>05/29/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>08/24/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>08/28/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>11/09/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>11/13/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>07/13/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>07/17/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>08/03/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>08/07/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
     <x:t>03/30/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>04/03/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>04/20/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>04/24/2026 00:00:00</x:t>
   </x:si>
   <x:si>
-    <x:t>09/07/2026 00:00:00</x:t>
-[...112 lines deleted...]
-  <x:si>
     <x:t>Intégrale Sécurité Formations - Integrale Academy</x:t>
   </x:si>
   <x:si>
     <x:t>83480</x:t>
   </x:si>
   <x:si>
     <x:t>formation entièrement à distance</x:t>
   </x:si>
   <x:si>
     <x:t>PUGET-SUR-ARGENS</x:t>
   </x:si>
   <x:si>
     <x:t>09/08/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>07/01/2027 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Formation et Métier - Cfa Régional Formations Adaptées</x:t>
   </x:si>
   <x:si>
     <x:t>13090</x:t>
   </x:si>
   <x:si>
     <x:t>IME La Durance</x:t>
@@ -848,197 +848,197 @@
   <x:si>
     <x:t>CHATEAU-ARNOUX</x:t>
   </x:si>
   <x:si>
     <x:t>08/31/2028 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>09/01/2023 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>08/30/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>CAP Pâtissier</x:t>
   </x:si>
   <x:si>
     <x:t>Groupement d’Intérêt Public pour la Formation et l’Insertion Professionnelles de l'Académie de Nice - CFA Régional de l'Académie de Nice</x:t>
   </x:si>
   <x:si>
     <x:t>GIP FIPAN</x:t>
   </x:si>
   <x:si>
     <x:t>06000</x:t>
   </x:si>
   <x:si>
+    <x:t>02/16/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>06/28/2028 00:00:00</x:t>
+  </x:si>
+  <x:si>
     <x:t>LA GARDE</x:t>
   </x:si>
   <x:si>
+    <x:t>02/04/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CS - Certificat de spécialisation Pâtisserie en boutique (ex Mention complémentaire) (CS PB)</x:t>
+  </x:si>
+  <x:si>
+    <x:t>10/14/2025 00:00:00</x:t>
+  </x:si>
+  <x:si>
     <x:t>09/11/2025 00:00:00</x:t>
   </x:si>
   <x:si>
-    <x:t>10/14/2025 00:00:00</x:t>
-[...2 lines deleted...]
-    <x:t>02/04/2026 00:00:00</x:t>
+    <x:t>07/30/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>01/29/2024 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>CS Certificat de Spécialisation Desserts de restaurant</x:t>
   </x:si>
   <x:si>
+    <x:t>06/16/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CAP Chocolaterie-confiserie</x:t>
+  </x:si>
+  <x:si>
+    <x:t>LA SEYNE SUR MER CEDEX</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CAP Patissier- Parcours partiel - Blocs de compétences professionnels</x:t>
+  </x:si>
+  <x:si>
+    <x:t>06/04/2027 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CAP Pâtissier - Formation 100% à distance</x:t>
+  </x:si>
+  <x:si>
+    <x:t>12/31/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
     <x:t>05/31/2027 00:00:00</x:t>
   </x:si>
   <x:si>
-    <x:t>CS - Certificat de spécialisation Pâtisserie en boutique (ex Mention complémentaire) (CS PB)</x:t>
-[...34 lines deleted...]
-  <x:si>
     <x:t>10/07/2024 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>10/08/2024 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>AIX EN PROVENCE</x:t>
   </x:si>
   <x:si>
     <x:t>10/01/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>CAP Chocolatier confiseur</x:t>
   </x:si>
   <x:si>
+    <x:t>Conseil Régional</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Programme Régional Formation  2022-2026 (PRF)</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Demandeur d'emploi</x:t>
+  </x:si>
+  <x:si>
+    <x:t>09/30/2025 00:00:00</x:t>
+  </x:si>
+  <x:si>
     <x:t>09/22/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>05/28/2026 00:00:00</x:t>
   </x:si>
   <x:si>
-    <x:t>Conseil Régional</x:t>
-[...10 lines deleted...]
-  <x:si>
     <x:t>09/23/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>06/17/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>SISTERON</x:t>
   </x:si>
   <x:si>
     <x:t>Greta du Var</x:t>
   </x:si>
   <x:si>
     <x:t>83500</x:t>
   </x:si>
   <x:si>
     <x:t>Formation et Métier - Cfa Régional Formations Adaptées - UFA Argimsa Sessad</x:t>
   </x:si>
   <x:si>
     <x:t>83340</x:t>
   </x:si>
   <x:si>
     <x:t>LE CANNET-DES-MAURES</x:t>
   </x:si>
   <x:si>
     <x:t>Faculté des Métiers - Ecole Hôtelière de Cannes - CFA Régional Municipal de Cannes Faculté des Métiers</x:t>
   </x:si>
   <x:si>
     <x:t>06150</x:t>
   </x:si>
   <x:si>
     <x:t>CANNES LA BOCCA</x:t>
   </x:si>
   <x:si>
     <x:t>09/02/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>07/02/2027 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Autre public , Tout public</x:t>
   </x:si>
   <x:si>
+    <x:t>Chambre de Métiers et de l'Artisanat de Région Provence Alpes Côte d'Azur</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CMAR PACA</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Cma Formation Saint Laurent du Var</x:t>
+  </x:si>
+  <x:si>
+    <x:t>06700</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SAINT-LAURENT-DU-VAR</x:t>
+  </x:si>
+  <x:si>
     <x:t>07/05/2026 00:00:00</x:t>
   </x:si>
   <x:si>
-    <x:t>Chambre de Métiers et de l'Artisanat de Région Provence Alpes Côte d'Azur</x:t>
-[...13 lines deleted...]
-  <x:si>
     <x:t>Ecole Supérieure de Commerce et de Communication</x:t>
   </x:si>
   <x:si>
     <x:t xml:space="preserve">ESCCOM </x:t>
   </x:si>
   <x:si>
     <x:t>Ecole Boulangerie Noé</x:t>
   </x:si>
   <x:si>
     <x:t>Conseil Formation Ingéniérie Méditerranée</x:t>
   </x:si>
   <x:si>
     <x:t>CFI MEDITERRANEE</x:t>
   </x:si>
   <x:si>
     <x:t>13006</x:t>
   </x:si>
   <x:si>
     <x:t>MARSEILLE- 6e</x:t>
   </x:si>
   <x:si>
     <x:t>10/06/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>06/18/2026 00:00:00</x:t>
@@ -1082,117 +1082,117 @@
   <x:si>
     <x:t>83460</x:t>
   </x:si>
   <x:si>
     <x:t>LES ARCS</x:t>
   </x:si>
   <x:si>
     <x:t>CAP glacier fabricant (Apprentissage)</x:t>
   </x:si>
   <x:si>
     <x:t>Cma Formation Le Beausset</x:t>
   </x:si>
   <x:si>
     <x:t>83330</x:t>
   </x:si>
   <x:si>
     <x:t>LE BEAUSSET</x:t>
   </x:si>
   <x:si>
     <x:t>BTM chocolatier-confiseur (Apprentissage)</x:t>
   </x:si>
   <x:si>
     <x:t>BTM glacier fabricant (Apprentissage)</x:t>
   </x:si>
   <x:si>
+    <x:t>Vendeur en boulangerie-pâtisserie (CTM)</x:t>
+  </x:si>
+  <x:si>
+    <x:t>10/13/2025 00:00:00</x:t>
+  </x:si>
+  <x:si>
     <x:t>CAP glacier fabricant</x:t>
   </x:si>
   <x:si>
     <x:t>09/03/2025 00:00:00</x:t>
   </x:si>
   <x:si>
-    <x:t>Vendeur en boulangerie-pâtisserie (CTM)</x:t>
-[...4 lines deleted...]
-  <x:si>
     <x:t>Cma Formation Gap</x:t>
   </x:si>
   <x:si>
     <x:t>GAP</x:t>
   </x:si>
   <x:si>
     <x:t>Cma Formation Digne les Bains</x:t>
   </x:si>
   <x:si>
     <x:t>Cma Formation Avignon</x:t>
   </x:si>
   <x:si>
     <x:t>84009</x:t>
   </x:si>
   <x:si>
     <x:t>AVIGNON</x:t>
   </x:si>
   <x:si>
+    <x:t>CFA Régional de la Métropôle Nice Côte d'Azur</x:t>
+  </x:si>
+  <x:si>
+    <x:t>06300</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CARROS</x:t>
+  </x:si>
+  <x:si>
     <x:t>Cma Formation Aix en Provence</x:t>
   </x:si>
   <x:si>
     <x:t>Chambre de Métiers et de l'Artisanat de Région Provence Alpes Côte d'Azur|Cma Formation Saint Maximin</x:t>
   </x:si>
   <x:si>
     <x:t>08/29/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Chambre de Commerce et d'Industrie de Vaucluse</x:t>
   </x:si>
   <x:si>
     <x:t>CCIV</x:t>
   </x:si>
   <x:si>
     <x:t>Cfa Salon de Provence</x:t>
   </x:si>
   <x:si>
     <x:t>13300</x:t>
   </x:si>
   <x:si>
     <x:t>SALON-DE-PROVENCE</x:t>
   </x:si>
   <x:si>
     <x:t>07/02/2028 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>CFA Régional Municipal de Salon de Provence</x:t>
-  </x:si>
-[...7 lines deleted...]
-    <x:t>CARROS</x:t>
   </x:si>
   <x:si>
     <x:t>06/01/2027 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>La fabrication des confitures</x:t>
   </x:si>
   <x:si>
     <x:t>Centre Technique de la Conservation des Produits Agricoles - Antenne Avignon</x:t>
   </x:si>
   <x:si>
     <x:t>CTCPA</x:t>
   </x:si>
   <x:si>
     <x:t>09/29/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>09/30/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>CCI Hautes Alpes Formation - Centre Régional et Européen du Tourisme</x:t>
   </x:si>
   <x:si>
     <x:t>CRET</x:t>
   </x:si>
@@ -2676,224 +2676,224 @@
       </x:c>
       <x:c r="P16" s="14" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="Q16" s="16" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="R16" s="14" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="S16" s="14" t="n">
         <x:v>600342</x:v>
       </x:c>
       <x:c r="T16" s="16" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="U16" s="16" t="s">
         <x:v>37</x:v>
       </x:c>
     </x:row>
     <x:row r="17" spans="1:21">
       <x:c r="A17" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B17" s="0" t="s">
-        <x:v>66</x:v>
+        <x:v>22</x:v>
       </x:c>
       <x:c r="C17" s="3" t="n">
-        <x:v>35151</x:v>
+        <x:v>38765</x:v>
       </x:c>
       <x:c r="D17" s="3" t="s"/>
       <x:c r="E17" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G17" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="H17" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="I17" s="4" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="J17" s="0" t="s">
-        <x:v>67</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="K17" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L17" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M17" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="N17" s="3" t="n">
-        <x:v>21519</x:v>
+        <x:v>21528</x:v>
       </x:c>
       <x:c r="O17" s="0" t="s">
-        <x:v>68</x:v>
+        <x:v>30</x:v>
       </x:c>
       <x:c r="P17" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="Q17" s="4" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="R17" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="S17" s="0" t="n">
-        <x:v>547407</x:v>
+        <x:v>496969</x:v>
       </x:c>
       <x:c r="T17" s="4" t="s">
-        <x:v>61</x:v>
+        <x:v>43</x:v>
       </x:c>
       <x:c r="U17" s="4" t="s">
-        <x:v>62</x:v>
+        <x:v>44</x:v>
       </x:c>
     </x:row>
     <x:row r="18" spans="1:21">
       <x:c r="A18" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B18" s="14" t="s">
-        <x:v>22</x:v>
+        <x:v>69</x:v>
       </x:c>
       <x:c r="C18" s="15" t="n">
-        <x:v>38765</x:v>
+        <x:v>35966</x:v>
       </x:c>
       <x:c r="D18" s="15" t="s"/>
       <x:c r="E18" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F18" s="14" t="s"/>
       <x:c r="G18" s="14" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="H18" s="14" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="I18" s="16" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="J18" s="14" t="s">
-        <x:v>26</x:v>
+        <x:v>70</x:v>
       </x:c>
       <x:c r="K18" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L18" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M18" s="14" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="N18" s="15" t="n">
         <x:v>21528</x:v>
       </x:c>
       <x:c r="O18" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P18" s="14" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="Q18" s="16" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="R18" s="14" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="S18" s="14" t="n">
-        <x:v>496969</x:v>
+        <x:v>496988</x:v>
       </x:c>
       <x:c r="T18" s="16" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="U18" s="16" t="s">
         <x:v>44</x:v>
       </x:c>
     </x:row>
     <x:row r="19" spans="1:21">
       <x:c r="A19" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B19" s="0" t="s">
-        <x:v>69</x:v>
+        <x:v>66</x:v>
       </x:c>
       <x:c r="C19" s="3" t="n">
-        <x:v>35966</x:v>
+        <x:v>35151</x:v>
       </x:c>
       <x:c r="D19" s="3" t="s"/>
       <x:c r="E19" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G19" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="H19" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="I19" s="4" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="J19" s="0" t="s">
-        <x:v>70</x:v>
+        <x:v>67</x:v>
       </x:c>
       <x:c r="K19" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L19" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M19" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="N19" s="3" t="n">
-        <x:v>21528</x:v>
+        <x:v>21519</x:v>
       </x:c>
       <x:c r="O19" s="0" t="s">
-        <x:v>30</x:v>
+        <x:v>68</x:v>
       </x:c>
       <x:c r="P19" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="Q19" s="4" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="R19" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="S19" s="0" t="n">
-        <x:v>496988</x:v>
+        <x:v>600309</x:v>
       </x:c>
       <x:c r="T19" s="4" t="s">
-        <x:v>43</x:v>
+        <x:v>34</x:v>
       </x:c>
       <x:c r="U19" s="4" t="s">
-        <x:v>44</x:v>
+        <x:v>35</x:v>
       </x:c>
     </x:row>
     <x:row r="20" spans="1:21">
       <x:c r="A20" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B20" s="14" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="C20" s="15" t="n">
         <x:v>35151</x:v>
       </x:c>
       <x:c r="D20" s="15" t="s"/>
       <x:c r="E20" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F20" s="14" t="s"/>
       <x:c r="G20" s="14" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="H20" s="14" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="I20" s="16" t="s">
         <x:v>59</x:v>
@@ -2904,57 +2904,57 @@
       <x:c r="K20" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L20" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M20" s="14" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="N20" s="15" t="n">
         <x:v>21519</x:v>
       </x:c>
       <x:c r="O20" s="14" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="P20" s="14" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="Q20" s="16" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="R20" s="14" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="S20" s="14" t="n">
-        <x:v>600309</x:v>
+        <x:v>547407</x:v>
       </x:c>
       <x:c r="T20" s="16" t="s">
-        <x:v>34</x:v>
+        <x:v>61</x:v>
       </x:c>
       <x:c r="U20" s="16" t="s">
-        <x:v>35</x:v>
+        <x:v>62</x:v>
       </x:c>
     </x:row>
     <x:row r="21" spans="1:21">
       <x:c r="A21" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B21" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C21" s="3" t="n">
         <x:v>38765</x:v>
       </x:c>
       <x:c r="D21" s="3" t="s"/>
       <x:c r="E21" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G21" s="0" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="I21" s="4" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="J21" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
@@ -3150,161 +3150,161 @@
       </x:c>
       <x:c r="P24" s="14" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="Q24" s="16" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="R24" s="14" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="S24" s="14" t="n">
         <x:v>603915</x:v>
       </x:c>
       <x:c r="T24" s="16" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="U24" s="16" t="s">
         <x:v>35</x:v>
       </x:c>
     </x:row>
     <x:row r="25" spans="1:21">
       <x:c r="A25" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B25" s="0" t="s">
-        <x:v>22</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="C25" s="3" t="n">
-        <x:v>38765</x:v>
+        <x:v>38761</x:v>
       </x:c>
       <x:c r="D25" s="3" t="s"/>
       <x:c r="E25" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G25" s="0" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="H25" s="0" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="I25" s="4" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="J25" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K25" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L25" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="M25" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="N25" s="3" t="n">
-        <x:v>21528</x:v>
+        <x:v>21508</x:v>
       </x:c>
       <x:c r="O25" s="0" t="s">
-        <x:v>30</x:v>
+        <x:v>64</x:v>
       </x:c>
       <x:c r="P25" s="0" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="Q25" s="4" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="R25" s="0" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="S25" s="0" t="n">
-        <x:v>553059</x:v>
+        <x:v>607224</x:v>
       </x:c>
       <x:c r="T25" s="4" t="s">
-        <x:v>36</x:v>
+        <x:v>34</x:v>
       </x:c>
       <x:c r="U25" s="4" t="s">
         <x:v>37</x:v>
       </x:c>
     </x:row>
     <x:row r="26" spans="1:21">
       <x:c r="A26" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B26" s="14" t="s">
-        <x:v>63</x:v>
+        <x:v>22</x:v>
       </x:c>
       <x:c r="C26" s="15" t="n">
-        <x:v>38761</x:v>
+        <x:v>38765</x:v>
       </x:c>
       <x:c r="D26" s="15" t="s"/>
       <x:c r="E26" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F26" s="14" t="s"/>
       <x:c r="G26" s="14" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="H26" s="14" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="I26" s="16" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="J26" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K26" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L26" s="14" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="M26" s="14" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="N26" s="15" t="n">
-        <x:v>21508</x:v>
+        <x:v>21528</x:v>
       </x:c>
       <x:c r="O26" s="14" t="s">
-        <x:v>64</x:v>
+        <x:v>30</x:v>
       </x:c>
       <x:c r="P26" s="14" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="Q26" s="16" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="R26" s="14" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="S26" s="14" t="n">
-        <x:v>607224</x:v>
+        <x:v>553059</x:v>
       </x:c>
       <x:c r="T26" s="16" t="s">
-        <x:v>34</x:v>
+        <x:v>36</x:v>
       </x:c>
       <x:c r="U26" s="16" t="s">
         <x:v>37</x:v>
       </x:c>
     </x:row>
     <x:row r="27" spans="1:21">
       <x:c r="A27" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B27" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C27" s="3" t="n">
         <x:v>38765</x:v>
       </x:c>
       <x:c r="D27" s="3" t="s"/>
       <x:c r="E27" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G27" s="0" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="H27" s="0" t="s">
         <x:v>75</x:v>
       </x:c>
@@ -3452,161 +3452,161 @@
       </x:c>
       <x:c r="P29" s="0" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="Q29" s="4" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="R29" s="0" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="S29" s="0" t="n">
         <x:v>607234</x:v>
       </x:c>
       <x:c r="T29" s="4" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="U29" s="4" t="s">
         <x:v>35</x:v>
       </x:c>
     </x:row>
     <x:row r="30" spans="1:21">
       <x:c r="A30" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B30" s="14" t="s">
-        <x:v>63</x:v>
+        <x:v>22</x:v>
       </x:c>
       <x:c r="C30" s="15" t="n">
-        <x:v>38761</x:v>
+        <x:v>38765</x:v>
       </x:c>
       <x:c r="D30" s="15" t="s"/>
       <x:c r="E30" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F30" s="14" t="s"/>
       <x:c r="G30" s="14" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="H30" s="14" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="I30" s="16" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="J30" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K30" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L30" s="14" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="M30" s="14" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="N30" s="15" t="n">
-        <x:v>21508</x:v>
+        <x:v>21528</x:v>
       </x:c>
       <x:c r="O30" s="14" t="s">
-        <x:v>64</x:v>
+        <x:v>30</x:v>
       </x:c>
       <x:c r="P30" s="14" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="Q30" s="16" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="R30" s="14" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="S30" s="14" t="n">
-        <x:v>553064</x:v>
+        <x:v>509494</x:v>
       </x:c>
       <x:c r="T30" s="16" t="s">
-        <x:v>36</x:v>
+        <x:v>43</x:v>
       </x:c>
       <x:c r="U30" s="16" t="s">
         <x:v>44</x:v>
       </x:c>
     </x:row>
     <x:row r="31" spans="1:21">
       <x:c r="A31" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B31" s="0" t="s">
-        <x:v>22</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="C31" s="3" t="n">
-        <x:v>38765</x:v>
+        <x:v>38761</x:v>
       </x:c>
       <x:c r="D31" s="3" t="s"/>
       <x:c r="E31" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G31" s="0" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="H31" s="0" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="I31" s="4" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="J31" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K31" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L31" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="M31" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="N31" s="3" t="n">
-        <x:v>21528</x:v>
+        <x:v>21508</x:v>
       </x:c>
       <x:c r="O31" s="0" t="s">
-        <x:v>30</x:v>
+        <x:v>64</x:v>
       </x:c>
       <x:c r="P31" s="0" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="Q31" s="4" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="R31" s="0" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="S31" s="0" t="n">
-        <x:v>509494</x:v>
+        <x:v>553064</x:v>
       </x:c>
       <x:c r="T31" s="4" t="s">
-        <x:v>43</x:v>
+        <x:v>36</x:v>
       </x:c>
       <x:c r="U31" s="4" t="s">
         <x:v>44</x:v>
       </x:c>
     </x:row>
     <x:row r="32" spans="1:21">
       <x:c r="A32" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B32" s="14" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C32" s="15" t="n">
         <x:v>38765</x:v>
       </x:c>
       <x:c r="D32" s="15" t="s"/>
       <x:c r="E32" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F32" s="14" t="s"/>
       <x:c r="G32" s="14" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="H32" s="14" t="s"/>
       <x:c r="I32" s="16" t="s">
@@ -3913,154 +3913,154 @@
       </x:c>
       <x:c r="P37" s="0" t="s">
         <x:v>103</x:v>
       </x:c>
       <x:c r="Q37" s="4" t="s">
         <x:v>104</x:v>
       </x:c>
       <x:c r="R37" s="0" t="s">
         <x:v>105</x:v>
       </x:c>
       <x:c r="S37" s="0" t="n">
         <x:v>594990</x:v>
       </x:c>
       <x:c r="T37" s="4" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="U37" s="4" t="s">
         <x:v>35</x:v>
       </x:c>
     </x:row>
     <x:row r="38" spans="1:21">
       <x:c r="A38" s="13" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="B38" s="14" t="s">
-        <x:v>39</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="C38" s="15" t="n">
-        <x:v>38765</x:v>
+        <x:v>40287</x:v>
       </x:c>
       <x:c r="D38" s="15" t="s"/>
       <x:c r="E38" s="14" t="s"/>
       <x:c r="F38" s="14" t="s"/>
       <x:c r="G38" s="14" t="s">
         <x:v>103</x:v>
       </x:c>
       <x:c r="H38" s="14" t="s"/>
       <x:c r="I38" s="16" t="s">
         <x:v>104</x:v>
       </x:c>
       <x:c r="J38" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K38" s="14" t="s">
         <x:v>90</x:v>
       </x:c>
       <x:c r="L38" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M38" s="14" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="N38" s="15" t="n">
-        <x:v>21528</x:v>
+        <x:v>42710</x:v>
       </x:c>
       <x:c r="O38" s="14" t="s">
-        <x:v>30</x:v>
+        <x:v>46</x:v>
       </x:c>
       <x:c r="P38" s="14" t="s">
         <x:v>103</x:v>
       </x:c>
       <x:c r="Q38" s="16" t="s">
         <x:v>104</x:v>
       </x:c>
       <x:c r="R38" s="14" t="s">
         <x:v>105</x:v>
       </x:c>
       <x:c r="S38" s="14" t="n">
-        <x:v>595960</x:v>
+        <x:v>592257</x:v>
       </x:c>
       <x:c r="T38" s="16" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="U38" s="16" t="s">
-        <x:v>35</x:v>
+        <x:v>37</x:v>
       </x:c>
     </x:row>
     <x:row r="39" spans="1:21">
       <x:c r="A39" s="1" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="B39" s="0" t="s">
-        <x:v>87</x:v>
+        <x:v>39</x:v>
       </x:c>
       <x:c r="C39" s="3" t="n">
-        <x:v>40287</x:v>
+        <x:v>38765</x:v>
       </x:c>
       <x:c r="D39" s="3" t="s"/>
       <x:c r="G39" s="0" t="s">
         <x:v>103</x:v>
       </x:c>
       <x:c r="I39" s="4" t="s">
         <x:v>104</x:v>
       </x:c>
       <x:c r="J39" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K39" s="0" t="s">
         <x:v>90</x:v>
       </x:c>
       <x:c r="L39" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M39" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="N39" s="3" t="n">
-        <x:v>42710</x:v>
+        <x:v>21528</x:v>
       </x:c>
       <x:c r="O39" s="0" t="s">
-        <x:v>46</x:v>
+        <x:v>30</x:v>
       </x:c>
       <x:c r="P39" s="0" t="s">
         <x:v>103</x:v>
       </x:c>
       <x:c r="Q39" s="4" t="s">
         <x:v>104</x:v>
       </x:c>
       <x:c r="R39" s="0" t="s">
         <x:v>105</x:v>
       </x:c>
       <x:c r="S39" s="0" t="n">
-        <x:v>592257</x:v>
+        <x:v>595960</x:v>
       </x:c>
       <x:c r="T39" s="4" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="U39" s="4" t="s">
-        <x:v>37</x:v>
+        <x:v>35</x:v>
       </x:c>
     </x:row>
     <x:row r="40" spans="1:21">
       <x:c r="A40" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B40" s="14" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C40" s="15" t="n">
         <x:v>38765</x:v>
       </x:c>
       <x:c r="D40" s="15" t="s"/>
       <x:c r="E40" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F40" s="14" t="s"/>
       <x:c r="G40" s="14" t="s">
         <x:v>106</x:v>
       </x:c>
       <x:c r="H40" s="14" t="s">
         <x:v>107</x:v>
       </x:c>
       <x:c r="I40" s="16" t="s">
         <x:v>108</x:v>
@@ -4071,57 +4071,57 @@
       <x:c r="K40" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L40" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M40" s="14" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="N40" s="15" t="n">
         <x:v>21528</x:v>
       </x:c>
       <x:c r="O40" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P40" s="14" t="s">
         <x:v>109</x:v>
       </x:c>
       <x:c r="Q40" s="16" t="s">
         <x:v>110</x:v>
       </x:c>
       <x:c r="R40" s="14" t="s">
         <x:v>111</x:v>
       </x:c>
       <x:c r="S40" s="14" t="n">
-        <x:v>604345</x:v>
+        <x:v>547730</x:v>
       </x:c>
       <x:c r="T40" s="16" t="s">
-        <x:v>34</x:v>
+        <x:v>36</x:v>
       </x:c>
       <x:c r="U40" s="16" t="s">
-        <x:v>35</x:v>
+        <x:v>37</x:v>
       </x:c>
     </x:row>
     <x:row r="41" spans="1:21">
       <x:c r="A41" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B41" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C41" s="3" t="n">
         <x:v>38765</x:v>
       </x:c>
       <x:c r="D41" s="3" t="s"/>
       <x:c r="E41" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G41" s="0" t="s">
         <x:v>106</x:v>
       </x:c>
       <x:c r="H41" s="0" t="s">
         <x:v>107</x:v>
       </x:c>
       <x:c r="I41" s="4" t="s">
         <x:v>108</x:v>
       </x:c>
@@ -4145,112 +4145,112 @@
       </x:c>
       <x:c r="P41" s="0" t="s">
         <x:v>109</x:v>
       </x:c>
       <x:c r="Q41" s="4" t="s">
         <x:v>110</x:v>
       </x:c>
       <x:c r="R41" s="0" t="s">
         <x:v>111</x:v>
       </x:c>
       <x:c r="S41" s="0" t="n">
         <x:v>494857</x:v>
       </x:c>
       <x:c r="T41" s="4" t="s">
         <x:v>112</x:v>
       </x:c>
       <x:c r="U41" s="4" t="s">
         <x:v>44</x:v>
       </x:c>
     </x:row>
     <x:row r="42" spans="1:21">
       <x:c r="A42" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B42" s="14" t="s">
-        <x:v>22</x:v>
+        <x:v>113</x:v>
       </x:c>
       <x:c r="C42" s="15" t="n">
-        <x:v>38765</x:v>
+        <x:v>38632</x:v>
       </x:c>
       <x:c r="D42" s="15" t="s"/>
       <x:c r="E42" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F42" s="14" t="s"/>
       <x:c r="G42" s="14" t="s">
         <x:v>106</x:v>
       </x:c>
       <x:c r="H42" s="14" t="s">
         <x:v>107</x:v>
       </x:c>
       <x:c r="I42" s="16" t="s">
         <x:v>108</x:v>
       </x:c>
       <x:c r="J42" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K42" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L42" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M42" s="14" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="N42" s="15" t="n">
-        <x:v>21528</x:v>
+        <x:v>21519</x:v>
       </x:c>
       <x:c r="O42" s="14" t="s">
-        <x:v>30</x:v>
+        <x:v>68</x:v>
       </x:c>
       <x:c r="P42" s="14" t="s">
         <x:v>109</x:v>
       </x:c>
       <x:c r="Q42" s="16" t="s">
         <x:v>110</x:v>
       </x:c>
       <x:c r="R42" s="14" t="s">
         <x:v>111</x:v>
       </x:c>
       <x:c r="S42" s="14" t="n">
-        <x:v>547730</x:v>
+        <x:v>520624</x:v>
       </x:c>
       <x:c r="T42" s="16" t="s">
-        <x:v>36</x:v>
+        <x:v>114</x:v>
       </x:c>
       <x:c r="U42" s="16" t="s">
-        <x:v>37</x:v>
+        <x:v>44</x:v>
       </x:c>
     </x:row>
     <x:row r="43" spans="1:21">
       <x:c r="A43" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B43" s="0" t="s">
-        <x:v>113</x:v>
+        <x:v>115</x:v>
       </x:c>
       <x:c r="C43" s="3" t="n">
         <x:v>37303</x:v>
       </x:c>
       <x:c r="D43" s="3" t="s"/>
       <x:c r="E43" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G43" s="0" t="s">
         <x:v>106</x:v>
       </x:c>
       <x:c r="H43" s="0" t="s">
         <x:v>107</x:v>
       </x:c>
       <x:c r="I43" s="4" t="s">
         <x:v>108</x:v>
       </x:c>
       <x:c r="J43" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K43" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L43" s="0" t="s">
         <x:v>28</x:v>
@@ -4327,111 +4327,111 @@
       </x:c>
       <x:c r="P44" s="14" t="s">
         <x:v>109</x:v>
       </x:c>
       <x:c r="Q44" s="16" t="s">
         <x:v>110</x:v>
       </x:c>
       <x:c r="R44" s="14" t="s">
         <x:v>111</x:v>
       </x:c>
       <x:c r="S44" s="14" t="n">
         <x:v>547735</x:v>
       </x:c>
       <x:c r="T44" s="16" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="U44" s="16" t="s">
         <x:v>44</x:v>
       </x:c>
     </x:row>
     <x:row r="45" spans="1:21">
       <x:c r="A45" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B45" s="0" t="s">
-        <x:v>114</x:v>
+        <x:v>22</x:v>
       </x:c>
       <x:c r="C45" s="3" t="n">
-        <x:v>38632</x:v>
+        <x:v>38765</x:v>
       </x:c>
       <x:c r="D45" s="3" t="s"/>
       <x:c r="E45" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G45" s="0" t="s">
         <x:v>106</x:v>
       </x:c>
       <x:c r="H45" s="0" t="s">
         <x:v>107</x:v>
       </x:c>
       <x:c r="I45" s="4" t="s">
         <x:v>108</x:v>
       </x:c>
       <x:c r="J45" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K45" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L45" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M45" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="N45" s="3" t="n">
-        <x:v>21519</x:v>
+        <x:v>21528</x:v>
       </x:c>
       <x:c r="O45" s="0" t="s">
-        <x:v>68</x:v>
+        <x:v>30</x:v>
       </x:c>
       <x:c r="P45" s="0" t="s">
         <x:v>109</x:v>
       </x:c>
       <x:c r="Q45" s="4" t="s">
         <x:v>110</x:v>
       </x:c>
       <x:c r="R45" s="0" t="s">
         <x:v>111</x:v>
       </x:c>
       <x:c r="S45" s="0" t="n">
-        <x:v>520624</x:v>
+        <x:v>604345</x:v>
       </x:c>
       <x:c r="T45" s="4" t="s">
-        <x:v>115</x:v>
+        <x:v>34</x:v>
       </x:c>
       <x:c r="U45" s="4" t="s">
-        <x:v>44</x:v>
+        <x:v>35</x:v>
       </x:c>
     </x:row>
     <x:row r="46" spans="1:21">
       <x:c r="A46" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B46" s="14" t="s">
-        <x:v>114</x:v>
+        <x:v>113</x:v>
       </x:c>
       <x:c r="C46" s="15" t="n">
         <x:v>38632</x:v>
       </x:c>
       <x:c r="D46" s="15" t="s"/>
       <x:c r="E46" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F46" s="14" t="s"/>
       <x:c r="G46" s="14" t="s">
         <x:v>106</x:v>
       </x:c>
       <x:c r="H46" s="14" t="s">
         <x:v>107</x:v>
       </x:c>
       <x:c r="I46" s="16" t="s">
         <x:v>108</x:v>
       </x:c>
       <x:c r="J46" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K46" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L46" s="14" t="s">
@@ -4721,51 +4721,51 @@
       <x:c r="K51" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L51" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M51" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="N51" s="3" t="n">
         <x:v>21528</x:v>
       </x:c>
       <x:c r="O51" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P51" s="0" t="s">
         <x:v>127</x:v>
       </x:c>
       <x:c r="Q51" s="4" t="s">
         <x:v>128</x:v>
       </x:c>
       <x:c r="R51" s="0" t="s">
         <x:v>129</x:v>
       </x:c>
       <x:c r="S51" s="0" t="n">
-        <x:v>515612</x:v>
+        <x:v>556707</x:v>
       </x:c>
       <x:c r="T51" s="4" t="s">
         <x:v>130</x:v>
       </x:c>
       <x:c r="U51" s="4" t="s">
         <x:v>44</x:v>
       </x:c>
     </x:row>
     <x:row r="52" spans="1:21">
       <x:c r="A52" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B52" s="14" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C52" s="15" t="n">
         <x:v>38765</x:v>
       </x:c>
       <x:c r="D52" s="15" t="s"/>
       <x:c r="E52" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F52" s="14" t="s"/>
       <x:c r="G52" s="14" t="s">
         <x:v>125</x:v>
@@ -4780,51 +4780,51 @@
       <x:c r="K52" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L52" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M52" s="14" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="N52" s="15" t="n">
         <x:v>21528</x:v>
       </x:c>
       <x:c r="O52" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P52" s="14" t="s">
         <x:v>127</x:v>
       </x:c>
       <x:c r="Q52" s="16" t="s">
         <x:v>128</x:v>
       </x:c>
       <x:c r="R52" s="14" t="s">
         <x:v>129</x:v>
       </x:c>
       <x:c r="S52" s="14" t="n">
-        <x:v>556707</x:v>
+        <x:v>515612</x:v>
       </x:c>
       <x:c r="T52" s="16" t="s">
         <x:v>131</x:v>
       </x:c>
       <x:c r="U52" s="16" t="s">
         <x:v>44</x:v>
       </x:c>
     </x:row>
     <x:row r="53" spans="1:21">
       <x:c r="A53" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B53" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C53" s="3" t="n">
         <x:v>38765</x:v>
       </x:c>
       <x:c r="D53" s="3" t="s"/>
       <x:c r="E53" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G53" s="0" t="s">
         <x:v>78</x:v>
       </x:c>
@@ -4840,51 +4840,51 @@
       <x:c r="L53" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M53" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="N53" s="3" t="n">
         <x:v>21528</x:v>
       </x:c>
       <x:c r="O53" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P53" s="0" t="s">
         <x:v>132</x:v>
       </x:c>
       <x:c r="Q53" s="4" t="s">
         <x:v>133</x:v>
       </x:c>
       <x:c r="R53" s="0" t="s">
         <x:v>134</x:v>
       </x:c>
       <x:c r="S53" s="0" t="n">
         <x:v>515757</x:v>
       </x:c>
       <x:c r="T53" s="4" t="s">
-        <x:v>115</x:v>
+        <x:v>114</x:v>
       </x:c>
       <x:c r="U53" s="4" t="s">
         <x:v>44</x:v>
       </x:c>
     </x:row>
     <x:row r="54" spans="1:21">
       <x:c r="A54" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B54" s="14" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C54" s="15" t="n">
         <x:v>38765</x:v>
       </x:c>
       <x:c r="D54" s="15" t="s"/>
       <x:c r="E54" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F54" s="14" t="s"/>
       <x:c r="G54" s="14" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="H54" s="14" t="s"/>
       <x:c r="I54" s="16" t="s">
@@ -5611,51 +5611,51 @@
       <x:c r="K67" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="L67" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M67" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N67" s="3" t="n">
         <x:v>21529</x:v>
       </x:c>
       <x:c r="O67" s="0" t="s">
         <x:v>160</x:v>
       </x:c>
       <x:c r="P67" s="0" t="s">
         <x:v>158</x:v>
       </x:c>
       <x:c r="Q67" s="4" t="s">
         <x:v>159</x:v>
       </x:c>
       <x:c r="R67" s="0" t="s">
         <x:v>142</x:v>
       </x:c>
       <x:c r="S67" s="0" t="n">
-        <x:v>609862</x:v>
+        <x:v>609953</x:v>
       </x:c>
       <x:c r="T67" s="4" t="s">
         <x:v>161</x:v>
       </x:c>
       <x:c r="U67" s="4" t="s">
         <x:v>162</x:v>
       </x:c>
     </x:row>
     <x:row r="68" spans="1:21">
       <x:c r="A68" s="13" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="B68" s="14" t="s">
         <x:v>157</x:v>
       </x:c>
       <x:c r="C68" s="15" t="s"/>
       <x:c r="D68" s="15" t="s"/>
       <x:c r="E68" s="14" t="s"/>
       <x:c r="F68" s="14" t="s"/>
       <x:c r="G68" s="14" t="s">
         <x:v>158</x:v>
       </x:c>
       <x:c r="H68" s="14" t="s"/>
       <x:c r="I68" s="16" t="s">
         <x:v>159</x:v>
@@ -5664,412 +5664,412 @@
       <x:c r="K68" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="L68" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M68" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N68" s="15" t="n">
         <x:v>21529</x:v>
       </x:c>
       <x:c r="O68" s="14" t="s">
         <x:v>160</x:v>
       </x:c>
       <x:c r="P68" s="14" t="s">
         <x:v>158</x:v>
       </x:c>
       <x:c r="Q68" s="16" t="s">
         <x:v>159</x:v>
       </x:c>
       <x:c r="R68" s="14" t="s">
         <x:v>142</x:v>
       </x:c>
       <x:c r="S68" s="14" t="n">
-        <x:v>609865</x:v>
+        <x:v>609956</x:v>
       </x:c>
       <x:c r="T68" s="16" t="s">
         <x:v>163</x:v>
       </x:c>
       <x:c r="U68" s="16" t="s">
         <x:v>164</x:v>
       </x:c>
     </x:row>
     <x:row r="69" spans="1:21">
       <x:c r="A69" s="1" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="B69" s="0" t="s">
         <x:v>157</x:v>
       </x:c>
       <x:c r="C69" s="3" t="s"/>
       <x:c r="D69" s="3" t="s"/>
       <x:c r="G69" s="0" t="s">
         <x:v>158</x:v>
       </x:c>
       <x:c r="I69" s="4" t="s">
         <x:v>159</x:v>
       </x:c>
       <x:c r="K69" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="L69" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M69" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N69" s="3" t="n">
         <x:v>21529</x:v>
       </x:c>
       <x:c r="O69" s="0" t="s">
         <x:v>160</x:v>
       </x:c>
       <x:c r="P69" s="0" t="s">
         <x:v>158</x:v>
       </x:c>
       <x:c r="Q69" s="4" t="s">
         <x:v>159</x:v>
       </x:c>
       <x:c r="R69" s="0" t="s">
         <x:v>142</x:v>
       </x:c>
       <x:c r="S69" s="0" t="n">
-        <x:v>610285</x:v>
+        <x:v>609862</x:v>
       </x:c>
       <x:c r="T69" s="4" t="s">
-        <x:v>100</x:v>
+        <x:v>165</x:v>
       </x:c>
       <x:c r="U69" s="4" t="s">
-        <x:v>165</x:v>
+        <x:v>166</x:v>
       </x:c>
     </x:row>
     <x:row r="70" spans="1:21">
       <x:c r="A70" s="13" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="B70" s="14" t="s">
         <x:v>157</x:v>
       </x:c>
       <x:c r="C70" s="15" t="s"/>
       <x:c r="D70" s="15" t="s"/>
       <x:c r="E70" s="14" t="s"/>
       <x:c r="F70" s="14" t="s"/>
       <x:c r="G70" s="14" t="s">
         <x:v>158</x:v>
       </x:c>
       <x:c r="H70" s="14" t="s"/>
       <x:c r="I70" s="16" t="s">
         <x:v>159</x:v>
       </x:c>
       <x:c r="J70" s="14" t="s"/>
       <x:c r="K70" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="L70" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M70" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N70" s="15" t="n">
         <x:v>21529</x:v>
       </x:c>
       <x:c r="O70" s="14" t="s">
         <x:v>160</x:v>
       </x:c>
       <x:c r="P70" s="14" t="s">
         <x:v>158</x:v>
       </x:c>
       <x:c r="Q70" s="16" t="s">
         <x:v>159</x:v>
       </x:c>
       <x:c r="R70" s="14" t="s">
         <x:v>142</x:v>
       </x:c>
       <x:c r="S70" s="14" t="n">
-        <x:v>610286</x:v>
+        <x:v>609865</x:v>
       </x:c>
       <x:c r="T70" s="16" t="s">
-        <x:v>166</x:v>
+        <x:v>167</x:v>
       </x:c>
       <x:c r="U70" s="16" t="s">
-        <x:v>167</x:v>
+        <x:v>168</x:v>
       </x:c>
     </x:row>
     <x:row r="71" spans="1:21">
       <x:c r="A71" s="1" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="B71" s="0" t="s">
         <x:v>157</x:v>
       </x:c>
       <x:c r="C71" s="3" t="s"/>
       <x:c r="D71" s="3" t="s"/>
       <x:c r="G71" s="0" t="s">
         <x:v>158</x:v>
       </x:c>
       <x:c r="I71" s="4" t="s">
         <x:v>159</x:v>
       </x:c>
       <x:c r="K71" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="L71" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M71" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N71" s="3" t="n">
         <x:v>21529</x:v>
       </x:c>
       <x:c r="O71" s="0" t="s">
         <x:v>160</x:v>
       </x:c>
       <x:c r="P71" s="0" t="s">
         <x:v>158</x:v>
       </x:c>
       <x:c r="Q71" s="4" t="s">
         <x:v>159</x:v>
       </x:c>
       <x:c r="R71" s="0" t="s">
         <x:v>142</x:v>
       </x:c>
       <x:c r="S71" s="0" t="n">
-        <x:v>610291</x:v>
+        <x:v>610285</x:v>
       </x:c>
       <x:c r="T71" s="4" t="s">
-        <x:v>168</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="U71" s="4" t="s">
         <x:v>169</x:v>
       </x:c>
     </x:row>
     <x:row r="72" spans="1:21">
       <x:c r="A72" s="13" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="B72" s="14" t="s">
         <x:v>157</x:v>
       </x:c>
       <x:c r="C72" s="15" t="s"/>
       <x:c r="D72" s="15" t="s"/>
       <x:c r="E72" s="14" t="s"/>
       <x:c r="F72" s="14" t="s"/>
       <x:c r="G72" s="14" t="s">
         <x:v>158</x:v>
       </x:c>
       <x:c r="H72" s="14" t="s"/>
       <x:c r="I72" s="16" t="s">
         <x:v>159</x:v>
       </x:c>
       <x:c r="J72" s="14" t="s"/>
       <x:c r="K72" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="L72" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M72" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N72" s="15" t="n">
         <x:v>21529</x:v>
       </x:c>
       <x:c r="O72" s="14" t="s">
         <x:v>160</x:v>
       </x:c>
       <x:c r="P72" s="14" t="s">
         <x:v>158</x:v>
       </x:c>
       <x:c r="Q72" s="16" t="s">
         <x:v>159</x:v>
       </x:c>
       <x:c r="R72" s="14" t="s">
         <x:v>142</x:v>
       </x:c>
       <x:c r="S72" s="14" t="n">
-        <x:v>609946</x:v>
+        <x:v>610286</x:v>
       </x:c>
       <x:c r="T72" s="16" t="s">
         <x:v>170</x:v>
       </x:c>
       <x:c r="U72" s="16" t="s">
         <x:v>171</x:v>
       </x:c>
     </x:row>
     <x:row r="73" spans="1:21">
       <x:c r="A73" s="1" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="B73" s="0" t="s">
         <x:v>157</x:v>
       </x:c>
       <x:c r="C73" s="3" t="s"/>
       <x:c r="D73" s="3" t="s"/>
       <x:c r="G73" s="0" t="s">
         <x:v>158</x:v>
       </x:c>
       <x:c r="I73" s="4" t="s">
         <x:v>159</x:v>
       </x:c>
       <x:c r="K73" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="L73" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M73" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N73" s="3" t="n">
         <x:v>21529</x:v>
       </x:c>
       <x:c r="O73" s="0" t="s">
         <x:v>160</x:v>
       </x:c>
       <x:c r="P73" s="0" t="s">
         <x:v>158</x:v>
       </x:c>
       <x:c r="Q73" s="4" t="s">
         <x:v>159</x:v>
       </x:c>
       <x:c r="R73" s="0" t="s">
         <x:v>142</x:v>
       </x:c>
       <x:c r="S73" s="0" t="n">
-        <x:v>609949</x:v>
+        <x:v>610291</x:v>
       </x:c>
       <x:c r="T73" s="4" t="s">
         <x:v>172</x:v>
       </x:c>
       <x:c r="U73" s="4" t="s">
-        <x:v>65</x:v>
+        <x:v>173</x:v>
       </x:c>
     </x:row>
     <x:row r="74" spans="1:21">
       <x:c r="A74" s="13" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="B74" s="14" t="s">
         <x:v>157</x:v>
       </x:c>
       <x:c r="C74" s="15" t="s"/>
       <x:c r="D74" s="15" t="s"/>
       <x:c r="E74" s="14" t="s"/>
       <x:c r="F74" s="14" t="s"/>
       <x:c r="G74" s="14" t="s">
         <x:v>158</x:v>
       </x:c>
       <x:c r="H74" s="14" t="s"/>
       <x:c r="I74" s="16" t="s">
         <x:v>159</x:v>
       </x:c>
       <x:c r="J74" s="14" t="s"/>
       <x:c r="K74" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="L74" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M74" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N74" s="15" t="n">
         <x:v>21529</x:v>
       </x:c>
       <x:c r="O74" s="14" t="s">
         <x:v>160</x:v>
       </x:c>
       <x:c r="P74" s="14" t="s">
         <x:v>158</x:v>
       </x:c>
       <x:c r="Q74" s="16" t="s">
         <x:v>159</x:v>
       </x:c>
       <x:c r="R74" s="14" t="s">
         <x:v>142</x:v>
       </x:c>
       <x:c r="S74" s="14" t="n">
-        <x:v>609953</x:v>
+        <x:v>609946</x:v>
       </x:c>
       <x:c r="T74" s="16" t="s">
-        <x:v>173</x:v>
+        <x:v>174</x:v>
       </x:c>
       <x:c r="U74" s="16" t="s">
-        <x:v>174</x:v>
+        <x:v>175</x:v>
       </x:c>
     </x:row>
     <x:row r="75" spans="1:21">
       <x:c r="A75" s="1" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="B75" s="0" t="s">
         <x:v>157</x:v>
       </x:c>
       <x:c r="C75" s="3" t="s"/>
       <x:c r="D75" s="3" t="s"/>
       <x:c r="G75" s="0" t="s">
         <x:v>158</x:v>
       </x:c>
       <x:c r="I75" s="4" t="s">
         <x:v>159</x:v>
       </x:c>
       <x:c r="K75" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="L75" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M75" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N75" s="3" t="n">
         <x:v>21529</x:v>
       </x:c>
       <x:c r="O75" s="0" t="s">
         <x:v>160</x:v>
       </x:c>
       <x:c r="P75" s="0" t="s">
         <x:v>158</x:v>
       </x:c>
       <x:c r="Q75" s="4" t="s">
         <x:v>159</x:v>
       </x:c>
       <x:c r="R75" s="0" t="s">
         <x:v>142</x:v>
       </x:c>
       <x:c r="S75" s="0" t="n">
-        <x:v>609956</x:v>
+        <x:v>609949</x:v>
       </x:c>
       <x:c r="T75" s="4" t="s">
-        <x:v>175</x:v>
+        <x:v>176</x:v>
       </x:c>
       <x:c r="U75" s="4" t="s">
-        <x:v>176</x:v>
+        <x:v>65</x:v>
       </x:c>
     </x:row>
     <x:row r="76" spans="1:21">
       <x:c r="A76" s="13" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="B76" s="14" t="s">
         <x:v>157</x:v>
       </x:c>
       <x:c r="C76" s="15" t="s"/>
       <x:c r="D76" s="15" t="s"/>
       <x:c r="E76" s="14" t="s"/>
       <x:c r="F76" s="14" t="s"/>
       <x:c r="G76" s="14" t="s">
         <x:v>158</x:v>
       </x:c>
       <x:c r="H76" s="14" t="s"/>
       <x:c r="I76" s="16" t="s">
         <x:v>159</x:v>
       </x:c>
       <x:c r="J76" s="14" t="s"/>
       <x:c r="K76" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="L76" s="14" t="s">
@@ -6631,51 +6631,51 @@
       <x:c r="K87" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="L87" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M87" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N87" s="3" t="n">
         <x:v>21529</x:v>
       </x:c>
       <x:c r="O87" s="0" t="s">
         <x:v>160</x:v>
       </x:c>
       <x:c r="P87" s="0" t="s">
         <x:v>158</x:v>
       </x:c>
       <x:c r="Q87" s="4" t="s">
         <x:v>159</x:v>
       </x:c>
       <x:c r="R87" s="0" t="s">
         <x:v>142</x:v>
       </x:c>
       <x:c r="S87" s="0" t="n">
-        <x:v>609863</x:v>
+        <x:v>609868</x:v>
       </x:c>
       <x:c r="T87" s="4" t="s">
         <x:v>199</x:v>
       </x:c>
       <x:c r="U87" s="4" t="s">
         <x:v>200</x:v>
       </x:c>
     </x:row>
     <x:row r="88" spans="1:21">
       <x:c r="A88" s="13" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="B88" s="14" t="s">
         <x:v>157</x:v>
       </x:c>
       <x:c r="C88" s="15" t="s"/>
       <x:c r="D88" s="15" t="s"/>
       <x:c r="E88" s="14" t="s"/>
       <x:c r="F88" s="14" t="s"/>
       <x:c r="G88" s="14" t="s">
         <x:v>158</x:v>
       </x:c>
       <x:c r="H88" s="14" t="s"/>
       <x:c r="I88" s="16" t="s">
         <x:v>159</x:v>
@@ -6684,100 +6684,100 @@
       <x:c r="K88" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="L88" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M88" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N88" s="15" t="n">
         <x:v>21529</x:v>
       </x:c>
       <x:c r="O88" s="14" t="s">
         <x:v>160</x:v>
       </x:c>
       <x:c r="P88" s="14" t="s">
         <x:v>158</x:v>
       </x:c>
       <x:c r="Q88" s="16" t="s">
         <x:v>159</x:v>
       </x:c>
       <x:c r="R88" s="14" t="s">
         <x:v>142</x:v>
       </x:c>
       <x:c r="S88" s="14" t="n">
-        <x:v>609866</x:v>
+        <x:v>610297</x:v>
       </x:c>
       <x:c r="T88" s="16" t="s">
         <x:v>201</x:v>
       </x:c>
       <x:c r="U88" s="16" t="s">
         <x:v>202</x:v>
       </x:c>
     </x:row>
     <x:row r="89" spans="1:21">
       <x:c r="A89" s="1" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="B89" s="0" t="s">
         <x:v>157</x:v>
       </x:c>
       <x:c r="C89" s="3" t="s"/>
       <x:c r="D89" s="3" t="s"/>
       <x:c r="G89" s="0" t="s">
         <x:v>158</x:v>
       </x:c>
       <x:c r="I89" s="4" t="s">
         <x:v>159</x:v>
       </x:c>
       <x:c r="K89" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="L89" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M89" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N89" s="3" t="n">
         <x:v>21529</x:v>
       </x:c>
       <x:c r="O89" s="0" t="s">
         <x:v>160</x:v>
       </x:c>
       <x:c r="P89" s="0" t="s">
         <x:v>158</x:v>
       </x:c>
       <x:c r="Q89" s="4" t="s">
         <x:v>159</x:v>
       </x:c>
       <x:c r="R89" s="0" t="s">
         <x:v>142</x:v>
       </x:c>
       <x:c r="S89" s="0" t="n">
-        <x:v>610283</x:v>
+        <x:v>610295</x:v>
       </x:c>
       <x:c r="T89" s="4" t="s">
         <x:v>203</x:v>
       </x:c>
       <x:c r="U89" s="4" t="s">
         <x:v>204</x:v>
       </x:c>
     </x:row>
     <x:row r="90" spans="1:21">
       <x:c r="A90" s="13" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="B90" s="14" t="s">
         <x:v>157</x:v>
       </x:c>
       <x:c r="C90" s="15" t="s"/>
       <x:c r="D90" s="15" t="s"/>
       <x:c r="E90" s="14" t="s"/>
       <x:c r="F90" s="14" t="s"/>
       <x:c r="G90" s="14" t="s">
         <x:v>158</x:v>
       </x:c>
       <x:c r="H90" s="14" t="s"/>
       <x:c r="I90" s="16" t="s">
         <x:v>159</x:v>
@@ -6786,100 +6786,100 @@
       <x:c r="K90" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="L90" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M90" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N90" s="15" t="n">
         <x:v>21529</x:v>
       </x:c>
       <x:c r="O90" s="14" t="s">
         <x:v>160</x:v>
       </x:c>
       <x:c r="P90" s="14" t="s">
         <x:v>158</x:v>
       </x:c>
       <x:c r="Q90" s="16" t="s">
         <x:v>159</x:v>
       </x:c>
       <x:c r="R90" s="14" t="s">
         <x:v>142</x:v>
       </x:c>
       <x:c r="S90" s="14" t="n">
-        <x:v>610284</x:v>
+        <x:v>610296</x:v>
       </x:c>
       <x:c r="T90" s="16" t="s">
         <x:v>205</x:v>
       </x:c>
       <x:c r="U90" s="16" t="s">
         <x:v>206</x:v>
       </x:c>
     </x:row>
     <x:row r="91" spans="1:21">
       <x:c r="A91" s="1" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="B91" s="0" t="s">
         <x:v>157</x:v>
       </x:c>
       <x:c r="C91" s="3" t="s"/>
       <x:c r="D91" s="3" t="s"/>
       <x:c r="G91" s="0" t="s">
         <x:v>158</x:v>
       </x:c>
       <x:c r="I91" s="4" t="s">
         <x:v>159</x:v>
       </x:c>
       <x:c r="K91" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="L91" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M91" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N91" s="3" t="n">
         <x:v>21529</x:v>
       </x:c>
       <x:c r="O91" s="0" t="s">
         <x:v>160</x:v>
       </x:c>
       <x:c r="P91" s="0" t="s">
         <x:v>158</x:v>
       </x:c>
       <x:c r="Q91" s="4" t="s">
         <x:v>159</x:v>
       </x:c>
       <x:c r="R91" s="0" t="s">
         <x:v>142</x:v>
       </x:c>
       <x:c r="S91" s="0" t="n">
-        <x:v>609944</x:v>
+        <x:v>609952</x:v>
       </x:c>
       <x:c r="T91" s="4" t="s">
         <x:v>207</x:v>
       </x:c>
       <x:c r="U91" s="4" t="s">
         <x:v>208</x:v>
       </x:c>
     </x:row>
     <x:row r="92" spans="1:21">
       <x:c r="A92" s="13" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="B92" s="14" t="s">
         <x:v>157</x:v>
       </x:c>
       <x:c r="C92" s="15" t="s"/>
       <x:c r="D92" s="15" t="s"/>
       <x:c r="E92" s="14" t="s"/>
       <x:c r="F92" s="14" t="s"/>
       <x:c r="G92" s="14" t="s">
         <x:v>158</x:v>
       </x:c>
       <x:c r="H92" s="14" t="s"/>
       <x:c r="I92" s="16" t="s">
         <x:v>159</x:v>
@@ -6888,100 +6888,100 @@
       <x:c r="K92" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="L92" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M92" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N92" s="15" t="n">
         <x:v>21529</x:v>
       </x:c>
       <x:c r="O92" s="14" t="s">
         <x:v>160</x:v>
       </x:c>
       <x:c r="P92" s="14" t="s">
         <x:v>158</x:v>
       </x:c>
       <x:c r="Q92" s="16" t="s">
         <x:v>159</x:v>
       </x:c>
       <x:c r="R92" s="14" t="s">
         <x:v>142</x:v>
       </x:c>
       <x:c r="S92" s="14" t="n">
-        <x:v>609957</x:v>
+        <x:v>609955</x:v>
       </x:c>
       <x:c r="T92" s="16" t="s">
         <x:v>209</x:v>
       </x:c>
       <x:c r="U92" s="16" t="s">
         <x:v>210</x:v>
       </x:c>
     </x:row>
     <x:row r="93" spans="1:21">
       <x:c r="A93" s="1" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="B93" s="0" t="s">
         <x:v>157</x:v>
       </x:c>
       <x:c r="C93" s="3" t="s"/>
       <x:c r="D93" s="3" t="s"/>
       <x:c r="G93" s="0" t="s">
         <x:v>158</x:v>
       </x:c>
       <x:c r="I93" s="4" t="s">
         <x:v>159</x:v>
       </x:c>
       <x:c r="K93" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="L93" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M93" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N93" s="3" t="n">
         <x:v>21529</x:v>
       </x:c>
       <x:c r="O93" s="0" t="s">
         <x:v>160</x:v>
       </x:c>
       <x:c r="P93" s="0" t="s">
         <x:v>158</x:v>
       </x:c>
       <x:c r="Q93" s="4" t="s">
         <x:v>159</x:v>
       </x:c>
       <x:c r="R93" s="0" t="s">
         <x:v>142</x:v>
       </x:c>
       <x:c r="S93" s="0" t="n">
-        <x:v>609860</x:v>
+        <x:v>610289</x:v>
       </x:c>
       <x:c r="T93" s="4" t="s">
         <x:v>211</x:v>
       </x:c>
       <x:c r="U93" s="4" t="s">
         <x:v>212</x:v>
       </x:c>
     </x:row>
     <x:row r="94" spans="1:21">
       <x:c r="A94" s="13" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="B94" s="14" t="s">
         <x:v>157</x:v>
       </x:c>
       <x:c r="C94" s="15" t="s"/>
       <x:c r="D94" s="15" t="s"/>
       <x:c r="E94" s="14" t="s"/>
       <x:c r="F94" s="14" t="s"/>
       <x:c r="G94" s="14" t="s">
         <x:v>158</x:v>
       </x:c>
       <x:c r="H94" s="14" t="s"/>
       <x:c r="I94" s="16" t="s">
         <x:v>159</x:v>
@@ -6990,100 +6990,100 @@
       <x:c r="K94" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="L94" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M94" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N94" s="15" t="n">
         <x:v>21529</x:v>
       </x:c>
       <x:c r="O94" s="14" t="s">
         <x:v>160</x:v>
       </x:c>
       <x:c r="P94" s="14" t="s">
         <x:v>158</x:v>
       </x:c>
       <x:c r="Q94" s="16" t="s">
         <x:v>159</x:v>
       </x:c>
       <x:c r="R94" s="14" t="s">
         <x:v>142</x:v>
       </x:c>
       <x:c r="S94" s="14" t="n">
-        <x:v>609867</x:v>
+        <x:v>610290</x:v>
       </x:c>
       <x:c r="T94" s="16" t="s">
         <x:v>213</x:v>
       </x:c>
       <x:c r="U94" s="16" t="s">
         <x:v>214</x:v>
       </x:c>
     </x:row>
     <x:row r="95" spans="1:21">
       <x:c r="A95" s="1" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="B95" s="0" t="s">
         <x:v>157</x:v>
       </x:c>
       <x:c r="C95" s="3" t="s"/>
       <x:c r="D95" s="3" t="s"/>
       <x:c r="G95" s="0" t="s">
         <x:v>158</x:v>
       </x:c>
       <x:c r="I95" s="4" t="s">
         <x:v>159</x:v>
       </x:c>
       <x:c r="K95" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="L95" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M95" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N95" s="3" t="n">
         <x:v>21529</x:v>
       </x:c>
       <x:c r="O95" s="0" t="s">
         <x:v>160</x:v>
       </x:c>
       <x:c r="P95" s="0" t="s">
         <x:v>158</x:v>
       </x:c>
       <x:c r="Q95" s="4" t="s">
         <x:v>159</x:v>
       </x:c>
       <x:c r="R95" s="0" t="s">
         <x:v>142</x:v>
       </x:c>
       <x:c r="S95" s="0" t="n">
-        <x:v>609874</x:v>
+        <x:v>609947</x:v>
       </x:c>
       <x:c r="T95" s="4" t="s">
         <x:v>215</x:v>
       </x:c>
       <x:c r="U95" s="4" t="s">
         <x:v>216</x:v>
       </x:c>
     </x:row>
     <x:row r="96" spans="1:21">
       <x:c r="A96" s="13" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="B96" s="14" t="s">
         <x:v>157</x:v>
       </x:c>
       <x:c r="C96" s="15" t="s"/>
       <x:c r="D96" s="15" t="s"/>
       <x:c r="E96" s="14" t="s"/>
       <x:c r="F96" s="14" t="s"/>
       <x:c r="G96" s="14" t="s">
         <x:v>158</x:v>
       </x:c>
       <x:c r="H96" s="14" t="s"/>
       <x:c r="I96" s="16" t="s">
         <x:v>159</x:v>
@@ -7092,100 +7092,100 @@
       <x:c r="K96" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="L96" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M96" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N96" s="15" t="n">
         <x:v>21529</x:v>
       </x:c>
       <x:c r="O96" s="14" t="s">
         <x:v>160</x:v>
       </x:c>
       <x:c r="P96" s="14" t="s">
         <x:v>158</x:v>
       </x:c>
       <x:c r="Q96" s="16" t="s">
         <x:v>159</x:v>
       </x:c>
       <x:c r="R96" s="14" t="s">
         <x:v>142</x:v>
       </x:c>
       <x:c r="S96" s="14" t="n">
-        <x:v>610292</x:v>
+        <x:v>609860</x:v>
       </x:c>
       <x:c r="T96" s="16" t="s">
         <x:v>217</x:v>
       </x:c>
       <x:c r="U96" s="16" t="s">
         <x:v>218</x:v>
       </x:c>
     </x:row>
     <x:row r="97" spans="1:21">
       <x:c r="A97" s="1" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="B97" s="0" t="s">
         <x:v>157</x:v>
       </x:c>
       <x:c r="C97" s="3" t="s"/>
       <x:c r="D97" s="3" t="s"/>
       <x:c r="G97" s="0" t="s">
         <x:v>158</x:v>
       </x:c>
       <x:c r="I97" s="4" t="s">
         <x:v>159</x:v>
       </x:c>
       <x:c r="K97" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="L97" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M97" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N97" s="3" t="n">
         <x:v>21529</x:v>
       </x:c>
       <x:c r="O97" s="0" t="s">
         <x:v>160</x:v>
       </x:c>
       <x:c r="P97" s="0" t="s">
         <x:v>158</x:v>
       </x:c>
       <x:c r="Q97" s="4" t="s">
         <x:v>159</x:v>
       </x:c>
       <x:c r="R97" s="0" t="s">
         <x:v>142</x:v>
       </x:c>
       <x:c r="S97" s="0" t="n">
-        <x:v>609951</x:v>
+        <x:v>609867</x:v>
       </x:c>
       <x:c r="T97" s="4" t="s">
         <x:v>219</x:v>
       </x:c>
       <x:c r="U97" s="4" t="s">
         <x:v>220</x:v>
       </x:c>
     </x:row>
     <x:row r="98" spans="1:21">
       <x:c r="A98" s="13" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="B98" s="14" t="s">
         <x:v>157</x:v>
       </x:c>
       <x:c r="C98" s="15" t="s"/>
       <x:c r="D98" s="15" t="s"/>
       <x:c r="E98" s="14" t="s"/>
       <x:c r="F98" s="14" t="s"/>
       <x:c r="G98" s="14" t="s">
         <x:v>158</x:v>
       </x:c>
       <x:c r="H98" s="14" t="s"/>
       <x:c r="I98" s="16" t="s">
         <x:v>159</x:v>
@@ -7194,100 +7194,100 @@
       <x:c r="K98" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="L98" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M98" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N98" s="15" t="n">
         <x:v>21529</x:v>
       </x:c>
       <x:c r="O98" s="14" t="s">
         <x:v>160</x:v>
       </x:c>
       <x:c r="P98" s="14" t="s">
         <x:v>158</x:v>
       </x:c>
       <x:c r="Q98" s="16" t="s">
         <x:v>159</x:v>
       </x:c>
       <x:c r="R98" s="14" t="s">
         <x:v>142</x:v>
       </x:c>
       <x:c r="S98" s="14" t="n">
-        <x:v>609954</x:v>
+        <x:v>609874</x:v>
       </x:c>
       <x:c r="T98" s="16" t="s">
         <x:v>221</x:v>
       </x:c>
       <x:c r="U98" s="16" t="s">
         <x:v>222</x:v>
       </x:c>
     </x:row>
     <x:row r="99" spans="1:21">
       <x:c r="A99" s="1" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="B99" s="0" t="s">
         <x:v>157</x:v>
       </x:c>
       <x:c r="C99" s="3" t="s"/>
       <x:c r="D99" s="3" t="s"/>
       <x:c r="G99" s="0" t="s">
         <x:v>158</x:v>
       </x:c>
       <x:c r="I99" s="4" t="s">
         <x:v>159</x:v>
       </x:c>
       <x:c r="K99" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="L99" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M99" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N99" s="3" t="n">
         <x:v>21529</x:v>
       </x:c>
       <x:c r="O99" s="0" t="s">
         <x:v>160</x:v>
       </x:c>
       <x:c r="P99" s="0" t="s">
         <x:v>158</x:v>
       </x:c>
       <x:c r="Q99" s="4" t="s">
         <x:v>159</x:v>
       </x:c>
       <x:c r="R99" s="0" t="s">
         <x:v>142</x:v>
       </x:c>
       <x:c r="S99" s="0" t="n">
-        <x:v>610289</x:v>
+        <x:v>610283</x:v>
       </x:c>
       <x:c r="T99" s="4" t="s">
         <x:v>223</x:v>
       </x:c>
       <x:c r="U99" s="4" t="s">
         <x:v>224</x:v>
       </x:c>
     </x:row>
     <x:row r="100" spans="1:21">
       <x:c r="A100" s="13" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="B100" s="14" t="s">
         <x:v>157</x:v>
       </x:c>
       <x:c r="C100" s="15" t="s"/>
       <x:c r="D100" s="15" t="s"/>
       <x:c r="E100" s="14" t="s"/>
       <x:c r="F100" s="14" t="s"/>
       <x:c r="G100" s="14" t="s">
         <x:v>158</x:v>
       </x:c>
       <x:c r="H100" s="14" t="s"/>
       <x:c r="I100" s="16" t="s">
         <x:v>159</x:v>
@@ -7296,100 +7296,100 @@
       <x:c r="K100" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="L100" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M100" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N100" s="15" t="n">
         <x:v>21529</x:v>
       </x:c>
       <x:c r="O100" s="14" t="s">
         <x:v>160</x:v>
       </x:c>
       <x:c r="P100" s="14" t="s">
         <x:v>158</x:v>
       </x:c>
       <x:c r="Q100" s="16" t="s">
         <x:v>159</x:v>
       </x:c>
       <x:c r="R100" s="14" t="s">
         <x:v>142</x:v>
       </x:c>
       <x:c r="S100" s="14" t="n">
-        <x:v>610290</x:v>
+        <x:v>610284</x:v>
       </x:c>
       <x:c r="T100" s="16" t="s">
         <x:v>225</x:v>
       </x:c>
       <x:c r="U100" s="16" t="s">
         <x:v>226</x:v>
       </x:c>
     </x:row>
     <x:row r="101" spans="1:21">
       <x:c r="A101" s="1" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="B101" s="0" t="s">
         <x:v>157</x:v>
       </x:c>
       <x:c r="C101" s="3" t="s"/>
       <x:c r="D101" s="3" t="s"/>
       <x:c r="G101" s="0" t="s">
         <x:v>158</x:v>
       </x:c>
       <x:c r="I101" s="4" t="s">
         <x:v>159</x:v>
       </x:c>
       <x:c r="K101" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="L101" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M101" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N101" s="3" t="n">
         <x:v>21529</x:v>
       </x:c>
       <x:c r="O101" s="0" t="s">
         <x:v>160</x:v>
       </x:c>
       <x:c r="P101" s="0" t="s">
         <x:v>158</x:v>
       </x:c>
       <x:c r="Q101" s="4" t="s">
         <x:v>159</x:v>
       </x:c>
       <x:c r="R101" s="0" t="s">
         <x:v>142</x:v>
       </x:c>
       <x:c r="S101" s="0" t="n">
-        <x:v>609947</x:v>
+        <x:v>609944</x:v>
       </x:c>
       <x:c r="T101" s="4" t="s">
         <x:v>227</x:v>
       </x:c>
       <x:c r="U101" s="4" t="s">
         <x:v>228</x:v>
       </x:c>
     </x:row>
     <x:row r="102" spans="1:21">
       <x:c r="A102" s="13" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="B102" s="14" t="s">
         <x:v>157</x:v>
       </x:c>
       <x:c r="C102" s="15" t="s"/>
       <x:c r="D102" s="15" t="s"/>
       <x:c r="E102" s="14" t="s"/>
       <x:c r="F102" s="14" t="s"/>
       <x:c r="G102" s="14" t="s">
         <x:v>158</x:v>
       </x:c>
       <x:c r="H102" s="14" t="s"/>
       <x:c r="I102" s="16" t="s">
         <x:v>159</x:v>
@@ -7398,100 +7398,100 @@
       <x:c r="K102" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="L102" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M102" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N102" s="15" t="n">
         <x:v>21529</x:v>
       </x:c>
       <x:c r="O102" s="14" t="s">
         <x:v>160</x:v>
       </x:c>
       <x:c r="P102" s="14" t="s">
         <x:v>158</x:v>
       </x:c>
       <x:c r="Q102" s="16" t="s">
         <x:v>159</x:v>
       </x:c>
       <x:c r="R102" s="14" t="s">
         <x:v>142</x:v>
       </x:c>
       <x:c r="S102" s="14" t="n">
-        <x:v>609868</x:v>
+        <x:v>609957</x:v>
       </x:c>
       <x:c r="T102" s="16" t="s">
         <x:v>229</x:v>
       </x:c>
       <x:c r="U102" s="16" t="s">
         <x:v>230</x:v>
       </x:c>
     </x:row>
     <x:row r="103" spans="1:21">
       <x:c r="A103" s="1" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="B103" s="0" t="s">
         <x:v>157</x:v>
       </x:c>
       <x:c r="C103" s="3" t="s"/>
       <x:c r="D103" s="3" t="s"/>
       <x:c r="G103" s="0" t="s">
         <x:v>158</x:v>
       </x:c>
       <x:c r="I103" s="4" t="s">
         <x:v>159</x:v>
       </x:c>
       <x:c r="K103" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="L103" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M103" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N103" s="3" t="n">
         <x:v>21529</x:v>
       </x:c>
       <x:c r="O103" s="0" t="s">
         <x:v>160</x:v>
       </x:c>
       <x:c r="P103" s="0" t="s">
         <x:v>158</x:v>
       </x:c>
       <x:c r="Q103" s="4" t="s">
         <x:v>159</x:v>
       </x:c>
       <x:c r="R103" s="0" t="s">
         <x:v>142</x:v>
       </x:c>
       <x:c r="S103" s="0" t="n">
-        <x:v>610297</x:v>
+        <x:v>610292</x:v>
       </x:c>
       <x:c r="T103" s="4" t="s">
         <x:v>231</x:v>
       </x:c>
       <x:c r="U103" s="4" t="s">
         <x:v>232</x:v>
       </x:c>
     </x:row>
     <x:row r="104" spans="1:21">
       <x:c r="A104" s="13" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="B104" s="14" t="s">
         <x:v>157</x:v>
       </x:c>
       <x:c r="C104" s="15" t="s"/>
       <x:c r="D104" s="15" t="s"/>
       <x:c r="E104" s="14" t="s"/>
       <x:c r="F104" s="14" t="s"/>
       <x:c r="G104" s="14" t="s">
         <x:v>158</x:v>
       </x:c>
       <x:c r="H104" s="14" t="s"/>
       <x:c r="I104" s="16" t="s">
         <x:v>159</x:v>
@@ -7500,100 +7500,100 @@
       <x:c r="K104" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="L104" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M104" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N104" s="15" t="n">
         <x:v>21529</x:v>
       </x:c>
       <x:c r="O104" s="14" t="s">
         <x:v>160</x:v>
       </x:c>
       <x:c r="P104" s="14" t="s">
         <x:v>158</x:v>
       </x:c>
       <x:c r="Q104" s="16" t="s">
         <x:v>159</x:v>
       </x:c>
       <x:c r="R104" s="14" t="s">
         <x:v>142</x:v>
       </x:c>
       <x:c r="S104" s="14" t="n">
-        <x:v>610295</x:v>
+        <x:v>609951</x:v>
       </x:c>
       <x:c r="T104" s="16" t="s">
         <x:v>233</x:v>
       </x:c>
       <x:c r="U104" s="16" t="s">
         <x:v>234</x:v>
       </x:c>
     </x:row>
     <x:row r="105" spans="1:21">
       <x:c r="A105" s="1" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="B105" s="0" t="s">
         <x:v>157</x:v>
       </x:c>
       <x:c r="C105" s="3" t="s"/>
       <x:c r="D105" s="3" t="s"/>
       <x:c r="G105" s="0" t="s">
         <x:v>158</x:v>
       </x:c>
       <x:c r="I105" s="4" t="s">
         <x:v>159</x:v>
       </x:c>
       <x:c r="K105" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="L105" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M105" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N105" s="3" t="n">
         <x:v>21529</x:v>
       </x:c>
       <x:c r="O105" s="0" t="s">
         <x:v>160</x:v>
       </x:c>
       <x:c r="P105" s="0" t="s">
         <x:v>158</x:v>
       </x:c>
       <x:c r="Q105" s="4" t="s">
         <x:v>159</x:v>
       </x:c>
       <x:c r="R105" s="0" t="s">
         <x:v>142</x:v>
       </x:c>
       <x:c r="S105" s="0" t="n">
-        <x:v>610296</x:v>
+        <x:v>609954</x:v>
       </x:c>
       <x:c r="T105" s="4" t="s">
         <x:v>235</x:v>
       </x:c>
       <x:c r="U105" s="4" t="s">
         <x:v>236</x:v>
       </x:c>
     </x:row>
     <x:row r="106" spans="1:21">
       <x:c r="A106" s="13" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="B106" s="14" t="s">
         <x:v>157</x:v>
       </x:c>
       <x:c r="C106" s="15" t="s"/>
       <x:c r="D106" s="15" t="s"/>
       <x:c r="E106" s="14" t="s"/>
       <x:c r="F106" s="14" t="s"/>
       <x:c r="G106" s="14" t="s">
         <x:v>158</x:v>
       </x:c>
       <x:c r="H106" s="14" t="s"/>
       <x:c r="I106" s="16" t="s">
         <x:v>159</x:v>
@@ -7602,100 +7602,100 @@
       <x:c r="K106" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="L106" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M106" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N106" s="15" t="n">
         <x:v>21529</x:v>
       </x:c>
       <x:c r="O106" s="14" t="s">
         <x:v>160</x:v>
       </x:c>
       <x:c r="P106" s="14" t="s">
         <x:v>158</x:v>
       </x:c>
       <x:c r="Q106" s="16" t="s">
         <x:v>159</x:v>
       </x:c>
       <x:c r="R106" s="14" t="s">
         <x:v>142</x:v>
       </x:c>
       <x:c r="S106" s="14" t="n">
-        <x:v>609952</x:v>
+        <x:v>609863</x:v>
       </x:c>
       <x:c r="T106" s="16" t="s">
         <x:v>237</x:v>
       </x:c>
       <x:c r="U106" s="16" t="s">
         <x:v>238</x:v>
       </x:c>
     </x:row>
     <x:row r="107" spans="1:21">
       <x:c r="A107" s="1" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="B107" s="0" t="s">
         <x:v>157</x:v>
       </x:c>
       <x:c r="C107" s="3" t="s"/>
       <x:c r="D107" s="3" t="s"/>
       <x:c r="G107" s="0" t="s">
         <x:v>158</x:v>
       </x:c>
       <x:c r="I107" s="4" t="s">
         <x:v>159</x:v>
       </x:c>
       <x:c r="K107" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="L107" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M107" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N107" s="3" t="n">
         <x:v>21529</x:v>
       </x:c>
       <x:c r="O107" s="0" t="s">
         <x:v>160</x:v>
       </x:c>
       <x:c r="P107" s="0" t="s">
         <x:v>158</x:v>
       </x:c>
       <x:c r="Q107" s="4" t="s">
         <x:v>159</x:v>
       </x:c>
       <x:c r="R107" s="0" t="s">
         <x:v>142</x:v>
       </x:c>
       <x:c r="S107" s="0" t="n">
-        <x:v>609955</x:v>
+        <x:v>609866</x:v>
       </x:c>
       <x:c r="T107" s="4" t="s">
         <x:v>239</x:v>
       </x:c>
       <x:c r="U107" s="4" t="s">
         <x:v>240</x:v>
       </x:c>
     </x:row>
     <x:row r="108" spans="1:21">
       <x:c r="A108" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B108" s="14" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C108" s="15" t="n">
         <x:v>38765</x:v>
       </x:c>
       <x:c r="D108" s="15" t="s"/>
       <x:c r="E108" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F108" s="14" t="s"/>
       <x:c r="G108" s="14" t="s">
         <x:v>241</x:v>
@@ -7831,57 +7831,57 @@
       <x:c r="K110" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L110" s="14" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="M110" s="14" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="N110" s="15" t="n">
         <x:v>21528</x:v>
       </x:c>
       <x:c r="O110" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P110" s="14" t="s">
         <x:v>249</x:v>
       </x:c>
       <x:c r="Q110" s="16" t="s">
         <x:v>250</x:v>
       </x:c>
       <x:c r="R110" s="14" t="s">
         <x:v>251</x:v>
       </x:c>
       <x:c r="S110" s="14" t="n">
-        <x:v>498603</x:v>
+        <x:v>455019</x:v>
       </x:c>
       <x:c r="T110" s="16" t="s">
-        <x:v>43</x:v>
+        <x:v>253</x:v>
       </x:c>
       <x:c r="U110" s="16" t="s">
-        <x:v>42</x:v>
+        <x:v>254</x:v>
       </x:c>
     </x:row>
     <x:row r="111" spans="1:21">
       <x:c r="A111" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B111" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C111" s="3" t="n">
         <x:v>38765</x:v>
       </x:c>
       <x:c r="D111" s="3" t="s"/>
       <x:c r="E111" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G111" s="0" t="s">
         <x:v>247</x:v>
       </x:c>
       <x:c r="H111" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="I111" s="4" t="s">
         <x:v>248</x:v>
       </x:c>
@@ -7891,1159 +7891,1160 @@
       <x:c r="K111" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L111" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="M111" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="N111" s="3" t="n">
         <x:v>21528</x:v>
       </x:c>
       <x:c r="O111" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P111" s="0" t="s">
         <x:v>249</x:v>
       </x:c>
       <x:c r="Q111" s="4" t="s">
         <x:v>250</x:v>
       </x:c>
       <x:c r="R111" s="0" t="s">
         <x:v>251</x:v>
       </x:c>
       <x:c r="S111" s="0" t="n">
-        <x:v>455019</x:v>
+        <x:v>498603</x:v>
       </x:c>
       <x:c r="T111" s="4" t="s">
-        <x:v>253</x:v>
+        <x:v>43</x:v>
       </x:c>
       <x:c r="U111" s="4" t="s">
-        <x:v>254</x:v>
+        <x:v>42</x:v>
       </x:c>
     </x:row>
     <x:row r="112" spans="1:21">
       <x:c r="A112" s="13" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="B112" s="14" t="s">
         <x:v>255</x:v>
       </x:c>
       <x:c r="C112" s="15" t="n">
         <x:v>38765</x:v>
       </x:c>
       <x:c r="D112" s="15" t="s"/>
       <x:c r="E112" s="14" t="s"/>
       <x:c r="F112" s="14" t="s"/>
       <x:c r="G112" s="14" t="s">
         <x:v>256</x:v>
       </x:c>
       <x:c r="H112" s="14" t="s">
         <x:v>257</x:v>
       </x:c>
       <x:c r="I112" s="16" t="s">
         <x:v>258</x:v>
       </x:c>
       <x:c r="J112" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K112" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="L112" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M112" s="14" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="N112" s="15" t="n">
         <x:v>21528</x:v>
       </x:c>
       <x:c r="O112" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P112" s="14" t="s">
         <x:v>256</x:v>
       </x:c>
       <x:c r="Q112" s="16" t="s">
         <x:v>258</x:v>
       </x:c>
       <x:c r="R112" s="14" t="s">
+        <x:v>99</x:v>
+      </x:c>
+      <x:c r="S112" s="14" t="n">
+        <x:v>617837</x:v>
+      </x:c>
+      <x:c r="T112" s="16" t="s">
         <x:v>259</x:v>
       </x:c>
-      <x:c r="S112" s="14" t="n">
-[...2 lines deleted...]
-      <x:c r="T112" s="16" t="s">
+      <x:c r="U112" s="16" t="s">
         <x:v>260</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>254</x:v>
       </x:c>
     </x:row>
     <x:row r="113" spans="1:21">
       <x:c r="A113" s="1" t="s">
-        <x:v>38</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B113" s="0" t="s">
-        <x:v>255</x:v>
+        <x:v>22</x:v>
       </x:c>
       <x:c r="C113" s="3" t="n">
         <x:v>38765</x:v>
       </x:c>
       <x:c r="D113" s="3" t="s"/>
+      <x:c r="E113" s="0" t="s">
+        <x:v>23</x:v>
+      </x:c>
       <x:c r="G113" s="0" t="s">
         <x:v>256</x:v>
       </x:c>
       <x:c r="H113" s="0" t="s">
         <x:v>257</x:v>
       </x:c>
       <x:c r="I113" s="4" t="s">
         <x:v>258</x:v>
       </x:c>
       <x:c r="J113" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K113" s="0" t="s">
-        <x:v>40</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="L113" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M113" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="N113" s="3" t="n">
         <x:v>21528</x:v>
       </x:c>
       <x:c r="O113" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P113" s="0" t="s">
         <x:v>256</x:v>
       </x:c>
       <x:c r="Q113" s="4" t="s">
         <x:v>258</x:v>
       </x:c>
       <x:c r="R113" s="0" t="s">
-        <x:v>142</x:v>
+        <x:v>261</x:v>
       </x:c>
       <x:c r="S113" s="0" t="n">
-        <x:v>564412</x:v>
+        <x:v>617542</x:v>
       </x:c>
       <x:c r="T113" s="4" t="s">
-        <x:v>261</x:v>
+        <x:v>262</x:v>
       </x:c>
       <x:c r="U113" s="4" t="s">
-        <x:v>186</x:v>
+        <x:v>37</x:v>
       </x:c>
     </x:row>
     <x:row r="114" spans="1:21">
       <x:c r="A114" s="13" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="B114" s="14" t="s">
-        <x:v>255</x:v>
+        <x:v>263</x:v>
       </x:c>
       <x:c r="C114" s="15" t="n">
-        <x:v>38765</x:v>
+        <x:v>5226</x:v>
       </x:c>
       <x:c r="D114" s="15" t="s"/>
       <x:c r="E114" s="14" t="s"/>
       <x:c r="F114" s="14" t="s"/>
       <x:c r="G114" s="14" t="s">
         <x:v>256</x:v>
       </x:c>
       <x:c r="H114" s="14" t="s">
         <x:v>257</x:v>
       </x:c>
       <x:c r="I114" s="16" t="s">
         <x:v>258</x:v>
       </x:c>
       <x:c r="J114" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K114" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="L114" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M114" s="14" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="N114" s="15" t="n">
         <x:v>21528</x:v>
       </x:c>
       <x:c r="O114" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P114" s="14" t="s">
         <x:v>256</x:v>
       </x:c>
       <x:c r="Q114" s="16" t="s">
         <x:v>258</x:v>
       </x:c>
       <x:c r="R114" s="14" t="s">
+        <x:v>261</x:v>
+      </x:c>
+      <x:c r="S114" s="14" t="n">
+        <x:v>617835</x:v>
+      </x:c>
+      <x:c r="T114" s="16" t="s">
         <x:v>259</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>262</x:v>
       </x:c>
       <x:c r="U114" s="16" t="s">
         <x:v>37</x:v>
       </x:c>
     </x:row>
     <x:row r="115" spans="1:21">
       <x:c r="A115" s="1" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="B115" s="0" t="s">
-        <x:v>263</x:v>
+        <x:v>255</x:v>
       </x:c>
       <x:c r="C115" s="3" t="n">
-        <x:v>40287</x:v>
+        <x:v>38765</x:v>
       </x:c>
       <x:c r="D115" s="3" t="s"/>
       <x:c r="G115" s="0" t="s">
         <x:v>256</x:v>
       </x:c>
       <x:c r="H115" s="0" t="s">
         <x:v>257</x:v>
       </x:c>
       <x:c r="I115" s="4" t="s">
         <x:v>258</x:v>
       </x:c>
       <x:c r="J115" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K115" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="L115" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M115" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="N115" s="3" t="n">
-        <x:v>42710</x:v>
+        <x:v>21528</x:v>
       </x:c>
       <x:c r="O115" s="0" t="s">
-        <x:v>46</x:v>
+        <x:v>30</x:v>
       </x:c>
       <x:c r="P115" s="0" t="s">
         <x:v>256</x:v>
       </x:c>
       <x:c r="Q115" s="4" t="s">
         <x:v>258</x:v>
       </x:c>
       <x:c r="R115" s="0" t="s">
-        <x:v>142</x:v>
+        <x:v>99</x:v>
       </x:c>
       <x:c r="S115" s="0" t="n">
-        <x:v>617913</x:v>
+        <x:v>617143</x:v>
       </x:c>
       <x:c r="T115" s="4" t="s">
-        <x:v>225</x:v>
+        <x:v>262</x:v>
       </x:c>
       <x:c r="U115" s="4" t="s">
-        <x:v>264</x:v>
+        <x:v>37</x:v>
       </x:c>
     </x:row>
     <x:row r="116" spans="1:21">
       <x:c r="A116" s="13" t="s">
-        <x:v>21</x:v>
+        <x:v>38</x:v>
       </x:c>
       <x:c r="B116" s="14" t="s">
-        <x:v>22</x:v>
+        <x:v>255</x:v>
       </x:c>
       <x:c r="C116" s="15" t="n">
         <x:v>38765</x:v>
       </x:c>
       <x:c r="D116" s="15" t="s"/>
-      <x:c r="E116" s="14" t="s">
-[...1 lines deleted...]
-      </x:c>
+      <x:c r="E116" s="14" t="s"/>
       <x:c r="F116" s="14" t="s"/>
       <x:c r="G116" s="14" t="s">
         <x:v>256</x:v>
       </x:c>
       <x:c r="H116" s="14" t="s">
         <x:v>257</x:v>
       </x:c>
       <x:c r="I116" s="16" t="s">
         <x:v>258</x:v>
       </x:c>
       <x:c r="J116" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K116" s="14" t="s">
-        <x:v>27</x:v>
+        <x:v>40</x:v>
       </x:c>
       <x:c r="L116" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M116" s="14" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="N116" s="15" t="n">
         <x:v>21528</x:v>
       </x:c>
       <x:c r="O116" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P116" s="14" t="s">
         <x:v>256</x:v>
       </x:c>
       <x:c r="Q116" s="16" t="s">
         <x:v>258</x:v>
       </x:c>
       <x:c r="R116" s="14" t="s">
-        <x:v>259</x:v>
+        <x:v>261</x:v>
       </x:c>
       <x:c r="S116" s="14" t="n">
-        <x:v>617542</x:v>
+        <x:v>617142</x:v>
       </x:c>
       <x:c r="T116" s="16" t="s">
         <x:v>262</x:v>
       </x:c>
       <x:c r="U116" s="16" t="s">
         <x:v>37</x:v>
       </x:c>
     </x:row>
     <x:row r="117" spans="1:21">
       <x:c r="A117" s="1" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="B117" s="0" t="s">
-        <x:v>265</x:v>
+        <x:v>255</x:v>
       </x:c>
       <x:c r="C117" s="3" t="n">
-        <x:v>5226</x:v>
+        <x:v>38765</x:v>
       </x:c>
       <x:c r="D117" s="3" t="s"/>
       <x:c r="G117" s="0" t="s">
         <x:v>256</x:v>
       </x:c>
       <x:c r="H117" s="0" t="s">
         <x:v>257</x:v>
       </x:c>
       <x:c r="I117" s="4" t="s">
         <x:v>258</x:v>
       </x:c>
       <x:c r="J117" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K117" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="L117" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M117" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="N117" s="3" t="n">
         <x:v>21528</x:v>
       </x:c>
       <x:c r="O117" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P117" s="0" t="s">
         <x:v>256</x:v>
       </x:c>
       <x:c r="Q117" s="4" t="s">
         <x:v>258</x:v>
       </x:c>
       <x:c r="R117" s="0" t="s">
-        <x:v>259</x:v>
+        <x:v>142</x:v>
       </x:c>
       <x:c r="S117" s="0" t="n">
-        <x:v>617835</x:v>
+        <x:v>564412</x:v>
       </x:c>
       <x:c r="T117" s="4" t="s">
-        <x:v>266</x:v>
+        <x:v>264</x:v>
       </x:c>
       <x:c r="U117" s="4" t="s">
-        <x:v>37</x:v>
+        <x:v>186</x:v>
       </x:c>
     </x:row>
     <x:row r="118" spans="1:21">
       <x:c r="A118" s="13" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="B118" s="14" t="s">
         <x:v>255</x:v>
       </x:c>
       <x:c r="C118" s="15" t="n">
         <x:v>38765</x:v>
       </x:c>
       <x:c r="D118" s="15" t="s"/>
       <x:c r="E118" s="14" t="s"/>
       <x:c r="F118" s="14" t="s"/>
       <x:c r="G118" s="14" t="s">
         <x:v>256</x:v>
       </x:c>
       <x:c r="H118" s="14" t="s">
         <x:v>257</x:v>
       </x:c>
       <x:c r="I118" s="16" t="s">
         <x:v>258</x:v>
       </x:c>
       <x:c r="J118" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K118" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="L118" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M118" s="14" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="N118" s="15" t="n">
         <x:v>21528</x:v>
       </x:c>
       <x:c r="O118" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P118" s="14" t="s">
         <x:v>256</x:v>
       </x:c>
       <x:c r="Q118" s="16" t="s">
         <x:v>258</x:v>
       </x:c>
       <x:c r="R118" s="14" t="s">
-        <x:v>99</x:v>
+        <x:v>261</x:v>
       </x:c>
       <x:c r="S118" s="14" t="n">
-        <x:v>617837</x:v>
+        <x:v>588543</x:v>
       </x:c>
       <x:c r="T118" s="16" t="s">
-        <x:v>266</x:v>
+        <x:v>265</x:v>
       </x:c>
       <x:c r="U118" s="16" t="s">
-        <x:v>267</x:v>
+        <x:v>254</x:v>
       </x:c>
     </x:row>
     <x:row r="119" spans="1:21">
       <x:c r="A119" s="1" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="B119" s="0" t="s">
         <x:v>255</x:v>
       </x:c>
       <x:c r="C119" s="3" t="n">
         <x:v>38765</x:v>
       </x:c>
       <x:c r="D119" s="3" t="s"/>
       <x:c r="G119" s="0" t="s">
         <x:v>256</x:v>
       </x:c>
       <x:c r="H119" s="0" t="s">
         <x:v>257</x:v>
       </x:c>
       <x:c r="I119" s="4" t="s">
         <x:v>258</x:v>
       </x:c>
       <x:c r="J119" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K119" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="L119" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M119" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="N119" s="3" t="n">
         <x:v>21528</x:v>
       </x:c>
       <x:c r="O119" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P119" s="0" t="s">
         <x:v>256</x:v>
       </x:c>
       <x:c r="Q119" s="4" t="s">
         <x:v>258</x:v>
       </x:c>
       <x:c r="R119" s="0" t="s">
         <x:v>99</x:v>
       </x:c>
       <x:c r="S119" s="0" t="n">
-        <x:v>617143</x:v>
+        <x:v>588544</x:v>
       </x:c>
       <x:c r="T119" s="4" t="s">
-        <x:v>262</x:v>
+        <x:v>265</x:v>
       </x:c>
       <x:c r="U119" s="4" t="s">
-        <x:v>37</x:v>
+        <x:v>266</x:v>
       </x:c>
     </x:row>
     <x:row r="120" spans="1:21">
       <x:c r="A120" s="13" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="B120" s="14" t="s">
         <x:v>255</x:v>
       </x:c>
       <x:c r="C120" s="15" t="n">
         <x:v>38765</x:v>
       </x:c>
       <x:c r="D120" s="15" t="s"/>
       <x:c r="E120" s="14" t="s"/>
       <x:c r="F120" s="14" t="s"/>
       <x:c r="G120" s="14" t="s">
         <x:v>256</x:v>
       </x:c>
       <x:c r="H120" s="14" t="s">
         <x:v>257</x:v>
       </x:c>
       <x:c r="I120" s="16" t="s">
         <x:v>258</x:v>
       </x:c>
       <x:c r="J120" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K120" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="L120" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M120" s="14" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="N120" s="15" t="n">
         <x:v>21528</x:v>
       </x:c>
       <x:c r="O120" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P120" s="14" t="s">
         <x:v>256</x:v>
       </x:c>
       <x:c r="Q120" s="16" t="s">
         <x:v>258</x:v>
       </x:c>
       <x:c r="R120" s="14" t="s">
-        <x:v>99</x:v>
+        <x:v>261</x:v>
       </x:c>
       <x:c r="S120" s="14" t="n">
-        <x:v>588544</x:v>
+        <x:v>540946</x:v>
       </x:c>
       <x:c r="T120" s="16" t="s">
-        <x:v>260</x:v>
+        <x:v>267</x:v>
       </x:c>
       <x:c r="U120" s="16" t="s">
-        <x:v>268</x:v>
+        <x:v>188</x:v>
       </x:c>
     </x:row>
     <x:row r="121" spans="1:21">
       <x:c r="A121" s="1" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="B121" s="0" t="s">
-        <x:v>269</x:v>
+        <x:v>263</x:v>
       </x:c>
       <x:c r="C121" s="3" t="n">
-        <x:v>38632</x:v>
+        <x:v>5226</x:v>
       </x:c>
       <x:c r="D121" s="3" t="s"/>
       <x:c r="G121" s="0" t="s">
         <x:v>256</x:v>
       </x:c>
       <x:c r="H121" s="0" t="s">
         <x:v>257</x:v>
       </x:c>
       <x:c r="I121" s="4" t="s">
         <x:v>258</x:v>
       </x:c>
       <x:c r="J121" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K121" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="L121" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M121" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="N121" s="3" t="n">
-        <x:v>21519</x:v>
+        <x:v>21528</x:v>
       </x:c>
       <x:c r="O121" s="0" t="s">
-        <x:v>68</x:v>
+        <x:v>30</x:v>
       </x:c>
       <x:c r="P121" s="0" t="s">
         <x:v>256</x:v>
       </x:c>
       <x:c r="Q121" s="4" t="s">
         <x:v>258</x:v>
       </x:c>
       <x:c r="R121" s="0" t="s">
-        <x:v>259</x:v>
+        <x:v>261</x:v>
       </x:c>
       <x:c r="S121" s="0" t="n">
-        <x:v>575994</x:v>
+        <x:v>577339</x:v>
       </x:c>
       <x:c r="T121" s="4" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="U121" s="4" t="s">
         <x:v>44</x:v>
       </x:c>
     </x:row>
     <x:row r="122" spans="1:21">
       <x:c r="A122" s="13" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="B122" s="14" t="s">
-        <x:v>255</x:v>
+        <x:v>268</x:v>
       </x:c>
       <x:c r="C122" s="15" t="n">
-        <x:v>38765</x:v>
+        <x:v>40287</x:v>
       </x:c>
       <x:c r="D122" s="15" t="s"/>
       <x:c r="E122" s="14" t="s"/>
       <x:c r="F122" s="14" t="s"/>
       <x:c r="G122" s="14" t="s">
         <x:v>256</x:v>
       </x:c>
       <x:c r="H122" s="14" t="s">
         <x:v>257</x:v>
       </x:c>
       <x:c r="I122" s="16" t="s">
         <x:v>258</x:v>
       </x:c>
       <x:c r="J122" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K122" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="L122" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M122" s="14" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="N122" s="15" t="n">
-        <x:v>21528</x:v>
+        <x:v>42710</x:v>
       </x:c>
       <x:c r="O122" s="14" t="s">
-        <x:v>30</x:v>
+        <x:v>46</x:v>
       </x:c>
       <x:c r="P122" s="14" t="s">
         <x:v>256</x:v>
       </x:c>
       <x:c r="Q122" s="16" t="s">
         <x:v>258</x:v>
       </x:c>
       <x:c r="R122" s="14" t="s">
-        <x:v>259</x:v>
+        <x:v>142</x:v>
       </x:c>
       <x:c r="S122" s="14" t="n">
-        <x:v>540946</x:v>
+        <x:v>600396</x:v>
       </x:c>
       <x:c r="T122" s="16" t="s">
-        <x:v>270</x:v>
+        <x:v>264</x:v>
       </x:c>
       <x:c r="U122" s="16" t="s">
-        <x:v>188</x:v>
+        <x:v>269</x:v>
       </x:c>
     </x:row>
     <x:row r="123" spans="1:21">
       <x:c r="A123" s="1" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="B123" s="0" t="s">
-        <x:v>265</x:v>
+        <x:v>270</x:v>
       </x:c>
       <x:c r="C123" s="3" t="n">
-        <x:v>5226</x:v>
+        <x:v>38632</x:v>
       </x:c>
       <x:c r="D123" s="3" t="s"/>
       <x:c r="G123" s="0" t="s">
         <x:v>256</x:v>
       </x:c>
       <x:c r="H123" s="0" t="s">
         <x:v>257</x:v>
       </x:c>
       <x:c r="I123" s="4" t="s">
         <x:v>258</x:v>
       </x:c>
       <x:c r="J123" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K123" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="L123" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M123" s="0" t="s">
-        <x:v>29</x:v>
+        <x:v>49</x:v>
       </x:c>
       <x:c r="N123" s="3" t="n">
-        <x:v>21528</x:v>
+        <x:v>21519</x:v>
       </x:c>
       <x:c r="O123" s="0" t="s">
-        <x:v>30</x:v>
+        <x:v>68</x:v>
       </x:c>
       <x:c r="P123" s="0" t="s">
         <x:v>256</x:v>
       </x:c>
       <x:c r="Q123" s="4" t="s">
         <x:v>258</x:v>
       </x:c>
       <x:c r="R123" s="0" t="s">
-        <x:v>271</x:v>
+        <x:v>261</x:v>
       </x:c>
       <x:c r="S123" s="0" t="n">
-        <x:v>617836</x:v>
+        <x:v>575994</x:v>
       </x:c>
       <x:c r="T123" s="4" t="s">
-        <x:v>266</x:v>
+        <x:v>36</x:v>
       </x:c>
       <x:c r="U123" s="4" t="s">
-        <x:v>37</x:v>
+        <x:v>44</x:v>
       </x:c>
     </x:row>
     <x:row r="124" spans="1:21">
       <x:c r="A124" s="13" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="B124" s="14" t="s">
         <x:v>263</x:v>
       </x:c>
       <x:c r="C124" s="15" t="n">
-        <x:v>40287</x:v>
+        <x:v>5226</x:v>
       </x:c>
       <x:c r="D124" s="15" t="s"/>
       <x:c r="E124" s="14" t="s"/>
       <x:c r="F124" s="14" t="s"/>
       <x:c r="G124" s="14" t="s">
         <x:v>256</x:v>
       </x:c>
       <x:c r="H124" s="14" t="s">
         <x:v>257</x:v>
       </x:c>
       <x:c r="I124" s="16" t="s">
         <x:v>258</x:v>
       </x:c>
       <x:c r="J124" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K124" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="L124" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M124" s="14" t="s">
-        <x:v>49</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="N124" s="15" t="n">
-        <x:v>42710</x:v>
+        <x:v>21528</x:v>
       </x:c>
       <x:c r="O124" s="14" t="s">
-        <x:v>46</x:v>
+        <x:v>30</x:v>
       </x:c>
       <x:c r="P124" s="14" t="s">
         <x:v>256</x:v>
       </x:c>
       <x:c r="Q124" s="16" t="s">
         <x:v>258</x:v>
       </x:c>
       <x:c r="R124" s="14" t="s">
-        <x:v>142</x:v>
+        <x:v>271</x:v>
       </x:c>
       <x:c r="S124" s="14" t="n">
-        <x:v>600396</x:v>
+        <x:v>617836</x:v>
       </x:c>
       <x:c r="T124" s="16" t="s">
-        <x:v>261</x:v>
+        <x:v>259</x:v>
       </x:c>
       <x:c r="U124" s="16" t="s">
-        <x:v>272</x:v>
+        <x:v>37</x:v>
       </x:c>
     </x:row>
     <x:row r="125" spans="1:21">
       <x:c r="A125" s="1" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="B125" s="0" t="s">
-        <x:v>265</x:v>
+        <x:v>272</x:v>
       </x:c>
       <x:c r="C125" s="3" t="n">
-        <x:v>5226</x:v>
+        <x:v>38765</x:v>
       </x:c>
       <x:c r="D125" s="3" t="s"/>
       <x:c r="G125" s="0" t="s">
         <x:v>256</x:v>
       </x:c>
       <x:c r="H125" s="0" t="s">
         <x:v>257</x:v>
       </x:c>
       <x:c r="I125" s="4" t="s">
         <x:v>258</x:v>
       </x:c>
       <x:c r="J125" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K125" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="L125" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M125" s="0" t="s">
-        <x:v>49</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="N125" s="3" t="n">
         <x:v>21528</x:v>
       </x:c>
       <x:c r="O125" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P125" s="0" t="s">
         <x:v>256</x:v>
       </x:c>
       <x:c r="Q125" s="4" t="s">
         <x:v>258</x:v>
       </x:c>
       <x:c r="R125" s="0" t="s">
-        <x:v>259</x:v>
+        <x:v>261</x:v>
       </x:c>
       <x:c r="S125" s="0" t="n">
-        <x:v>577339</x:v>
+        <x:v>617137</x:v>
       </x:c>
       <x:c r="T125" s="4" t="s">
-        <x:v>36</x:v>
+        <x:v>262</x:v>
       </x:c>
       <x:c r="U125" s="4" t="s">
-        <x:v>44</x:v>
+        <x:v>37</x:v>
       </x:c>
     </x:row>
     <x:row r="126" spans="1:21">
       <x:c r="A126" s="13" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="B126" s="14" t="s">
-        <x:v>273</x:v>
+        <x:v>255</x:v>
       </x:c>
       <x:c r="C126" s="15" t="n">
         <x:v>38765</x:v>
       </x:c>
       <x:c r="D126" s="15" t="s"/>
       <x:c r="E126" s="14" t="s"/>
       <x:c r="F126" s="14" t="s"/>
       <x:c r="G126" s="14" t="s">
         <x:v>256</x:v>
       </x:c>
       <x:c r="H126" s="14" t="s">
         <x:v>257</x:v>
       </x:c>
       <x:c r="I126" s="16" t="s">
         <x:v>258</x:v>
       </x:c>
       <x:c r="J126" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K126" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="L126" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M126" s="14" t="s">
-        <x:v>29</x:v>
+        <x:v>49</x:v>
       </x:c>
       <x:c r="N126" s="15" t="n">
         <x:v>21528</x:v>
       </x:c>
       <x:c r="O126" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P126" s="14" t="s">
         <x:v>256</x:v>
       </x:c>
       <x:c r="Q126" s="16" t="s">
         <x:v>258</x:v>
       </x:c>
       <x:c r="R126" s="14" t="s">
-        <x:v>259</x:v>
+        <x:v>142</x:v>
       </x:c>
       <x:c r="S126" s="14" t="n">
-        <x:v>617137</x:v>
+        <x:v>617919</x:v>
       </x:c>
       <x:c r="T126" s="16" t="s">
-        <x:v>262</x:v>
+        <x:v>172</x:v>
       </x:c>
       <x:c r="U126" s="16" t="s">
-        <x:v>37</x:v>
+        <x:v>273</x:v>
       </x:c>
     </x:row>
     <x:row r="127" spans="1:21">
       <x:c r="A127" s="1" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="B127" s="0" t="s">
-        <x:v>255</x:v>
+        <x:v>274</x:v>
       </x:c>
       <x:c r="C127" s="3" t="n">
         <x:v>38765</x:v>
       </x:c>
       <x:c r="D127" s="3" t="s"/>
       <x:c r="G127" s="0" t="s">
         <x:v>256</x:v>
       </x:c>
       <x:c r="H127" s="0" t="s">
         <x:v>257</x:v>
       </x:c>
       <x:c r="I127" s="4" t="s">
         <x:v>258</x:v>
       </x:c>
       <x:c r="J127" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K127" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="L127" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M127" s="0" t="s">
-        <x:v>49</x:v>
+        <x:v>243</x:v>
       </x:c>
       <x:c r="N127" s="3" t="n">
         <x:v>21528</x:v>
       </x:c>
       <x:c r="O127" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P127" s="0" t="s">
         <x:v>256</x:v>
       </x:c>
       <x:c r="Q127" s="4" t="s">
         <x:v>258</x:v>
       </x:c>
       <x:c r="R127" s="0" t="s">
-        <x:v>142</x:v>
+        <x:v>99</x:v>
       </x:c>
       <x:c r="S127" s="0" t="n">
-        <x:v>617919</x:v>
+        <x:v>539408</x:v>
       </x:c>
       <x:c r="T127" s="4" t="s">
-        <x:v>168</x:v>
+        <x:v>131</x:v>
       </x:c>
       <x:c r="U127" s="4" t="s">
-        <x:v>274</x:v>
+        <x:v>275</x:v>
       </x:c>
     </x:row>
     <x:row r="128" spans="1:21">
       <x:c r="A128" s="13" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="B128" s="14" t="s">
-        <x:v>275</x:v>
+        <x:v>255</x:v>
       </x:c>
       <x:c r="C128" s="15" t="n">
         <x:v>38765</x:v>
       </x:c>
       <x:c r="D128" s="15" t="s"/>
       <x:c r="E128" s="14" t="s"/>
       <x:c r="F128" s="14" t="s"/>
       <x:c r="G128" s="14" t="s">
         <x:v>256</x:v>
       </x:c>
       <x:c r="H128" s="14" t="s">
         <x:v>257</x:v>
       </x:c>
       <x:c r="I128" s="16" t="s">
         <x:v>258</x:v>
       </x:c>
       <x:c r="J128" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K128" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="L128" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M128" s="14" t="s">
-        <x:v>243</x:v>
+        <x:v>49</x:v>
       </x:c>
       <x:c r="N128" s="15" t="n">
         <x:v>21528</x:v>
       </x:c>
       <x:c r="O128" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P128" s="14" t="s">
         <x:v>256</x:v>
       </x:c>
       <x:c r="Q128" s="16" t="s">
         <x:v>258</x:v>
       </x:c>
       <x:c r="R128" s="14" t="s">
-        <x:v>99</x:v>
+        <x:v>261</x:v>
       </x:c>
       <x:c r="S128" s="14" t="n">
-        <x:v>539408</x:v>
+        <x:v>540944</x:v>
       </x:c>
       <x:c r="T128" s="16" t="s">
-        <x:v>130</x:v>
+        <x:v>131</x:v>
       </x:c>
       <x:c r="U128" s="16" t="s">
-        <x:v>276</x:v>
+        <x:v>44</x:v>
       </x:c>
     </x:row>
     <x:row r="129" spans="1:21">
       <x:c r="A129" s="1" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="B129" s="0" t="s">
         <x:v>255</x:v>
       </x:c>
       <x:c r="C129" s="3" t="n">
         <x:v>38765</x:v>
       </x:c>
       <x:c r="D129" s="3" t="s"/>
       <x:c r="G129" s="0" t="s">
         <x:v>256</x:v>
       </x:c>
       <x:c r="H129" s="0" t="s">
         <x:v>257</x:v>
       </x:c>
       <x:c r="I129" s="4" t="s">
         <x:v>258</x:v>
       </x:c>
       <x:c r="J129" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K129" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="L129" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M129" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="N129" s="3" t="n">
         <x:v>21528</x:v>
       </x:c>
       <x:c r="O129" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P129" s="0" t="s">
         <x:v>256</x:v>
       </x:c>
       <x:c r="Q129" s="4" t="s">
         <x:v>258</x:v>
       </x:c>
       <x:c r="R129" s="0" t="s">
-        <x:v>259</x:v>
+        <x:v>99</x:v>
       </x:c>
       <x:c r="S129" s="0" t="n">
-        <x:v>540944</x:v>
+        <x:v>541203</x:v>
       </x:c>
       <x:c r="T129" s="4" t="s">
-        <x:v>130</x:v>
+        <x:v>131</x:v>
       </x:c>
       <x:c r="U129" s="4" t="s">
-        <x:v>44</x:v>
+        <x:v>275</x:v>
       </x:c>
     </x:row>
     <x:row r="130" spans="1:21">
       <x:c r="A130" s="13" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="B130" s="14" t="s">
-        <x:v>255</x:v>
+        <x:v>268</x:v>
       </x:c>
       <x:c r="C130" s="15" t="n">
-        <x:v>38765</x:v>
+        <x:v>40287</x:v>
       </x:c>
       <x:c r="D130" s="15" t="s"/>
       <x:c r="E130" s="14" t="s"/>
       <x:c r="F130" s="14" t="s"/>
       <x:c r="G130" s="14" t="s">
         <x:v>256</x:v>
       </x:c>
       <x:c r="H130" s="14" t="s">
         <x:v>257</x:v>
       </x:c>
       <x:c r="I130" s="16" t="s">
         <x:v>258</x:v>
       </x:c>
       <x:c r="J130" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K130" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="L130" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M130" s="14" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="N130" s="15" t="n">
-        <x:v>21528</x:v>
+        <x:v>42710</x:v>
       </x:c>
       <x:c r="O130" s="14" t="s">
-        <x:v>30</x:v>
+        <x:v>46</x:v>
       </x:c>
       <x:c r="P130" s="14" t="s">
         <x:v>256</x:v>
       </x:c>
       <x:c r="Q130" s="16" t="s">
         <x:v>258</x:v>
       </x:c>
       <x:c r="R130" s="14" t="s">
-        <x:v>99</x:v>
+        <x:v>142</x:v>
       </x:c>
       <x:c r="S130" s="14" t="n">
-        <x:v>541203</x:v>
+        <x:v>617913</x:v>
       </x:c>
       <x:c r="T130" s="16" t="s">
-        <x:v>130</x:v>
+        <x:v>213</x:v>
       </x:c>
       <x:c r="U130" s="16" t="s">
         <x:v>276</x:v>
       </x:c>
     </x:row>
     <x:row r="131" spans="1:21">
       <x:c r="A131" s="1" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="B131" s="0" t="s">
         <x:v>255</x:v>
       </x:c>
       <x:c r="C131" s="3" t="n">
         <x:v>38765</x:v>
       </x:c>
       <x:c r="D131" s="3" t="s"/>
       <x:c r="G131" s="0" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="I131" s="4" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="J131" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
@@ -9110,51 +9111,51 @@
       <x:c r="L132" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M132" s="14" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="N132" s="15" t="n">
         <x:v>21528</x:v>
       </x:c>
       <x:c r="O132" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P132" s="14" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="Q132" s="16" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="R132" s="14" t="s">
         <x:v>134</x:v>
       </x:c>
       <x:c r="S132" s="14" t="n">
         <x:v>617222</x:v>
       </x:c>
       <x:c r="T132" s="16" t="s">
-        <x:v>205</x:v>
+        <x:v>225</x:v>
       </x:c>
       <x:c r="U132" s="16" t="s">
         <x:v>35</x:v>
       </x:c>
     </x:row>
     <x:row r="133" spans="1:21">
       <x:c r="A133" s="1" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="B133" s="0" t="s">
         <x:v>255</x:v>
       </x:c>
       <x:c r="C133" s="3" t="n">
         <x:v>38765</x:v>
       </x:c>
       <x:c r="D133" s="3" t="s"/>
       <x:c r="G133" s="0" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="I133" s="4" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="J133" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
@@ -9215,393 +9216,393 @@
       <x:c r="J134" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K134" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="L134" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M134" s="14" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="N134" s="15" t="n">
         <x:v>21528</x:v>
       </x:c>
       <x:c r="O134" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P134" s="14" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="Q134" s="16" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="R134" s="14" t="s">
-        <x:v>134</x:v>
+        <x:v>82</x:v>
       </x:c>
       <x:c r="S134" s="14" t="n">
-        <x:v>542482</x:v>
+        <x:v>507635</x:v>
       </x:c>
       <x:c r="T134" s="16" t="s">
-        <x:v>135</x:v>
+        <x:v>278</x:v>
       </x:c>
       <x:c r="U134" s="16" t="s">
-        <x:v>85</x:v>
+        <x:v>44</x:v>
       </x:c>
     </x:row>
     <x:row r="135" spans="1:21">
       <x:c r="A135" s="1" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="B135" s="0" t="s">
         <x:v>255</x:v>
       </x:c>
       <x:c r="C135" s="3" t="n">
         <x:v>38765</x:v>
       </x:c>
       <x:c r="D135" s="3" t="s"/>
       <x:c r="G135" s="0" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="I135" s="4" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="J135" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K135" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="L135" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M135" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="N135" s="3" t="n">
         <x:v>21528</x:v>
       </x:c>
       <x:c r="O135" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P135" s="0" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="Q135" s="4" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="R135" s="0" t="s">
-        <x:v>134</x:v>
+        <x:v>82</x:v>
       </x:c>
       <x:c r="S135" s="0" t="n">
-        <x:v>540861</x:v>
+        <x:v>617223</x:v>
       </x:c>
       <x:c r="T135" s="4" t="s">
-        <x:v>115</x:v>
+        <x:v>225</x:v>
       </x:c>
       <x:c r="U135" s="4" t="s">
-        <x:v>44</x:v>
+        <x:v>35</x:v>
       </x:c>
     </x:row>
     <x:row r="136" spans="1:21">
       <x:c r="A136" s="13" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="B136" s="14" t="s">
         <x:v>255</x:v>
       </x:c>
       <x:c r="C136" s="15" t="n">
         <x:v>38765</x:v>
       </x:c>
       <x:c r="D136" s="15" t="s"/>
       <x:c r="E136" s="14" t="s"/>
       <x:c r="F136" s="14" t="s"/>
       <x:c r="G136" s="14" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="H136" s="14" t="s"/>
       <x:c r="I136" s="16" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="J136" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K136" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="L136" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M136" s="14" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="N136" s="15" t="n">
         <x:v>21528</x:v>
       </x:c>
       <x:c r="O136" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P136" s="14" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="Q136" s="16" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="R136" s="14" t="s">
-        <x:v>82</x:v>
+        <x:v>134</x:v>
       </x:c>
       <x:c r="S136" s="14" t="n">
-        <x:v>540863</x:v>
+        <x:v>542482</x:v>
       </x:c>
       <x:c r="T136" s="16" t="s">
-        <x:v>83</x:v>
+        <x:v>135</x:v>
       </x:c>
       <x:c r="U136" s="16" t="s">
-        <x:v>44</x:v>
+        <x:v>85</x:v>
       </x:c>
     </x:row>
     <x:row r="137" spans="1:21">
       <x:c r="A137" s="1" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="B137" s="0" t="s">
         <x:v>255</x:v>
       </x:c>
       <x:c r="C137" s="3" t="n">
         <x:v>38765</x:v>
       </x:c>
       <x:c r="D137" s="3" t="s"/>
       <x:c r="G137" s="0" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="I137" s="4" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="J137" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K137" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="L137" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M137" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="N137" s="3" t="n">
         <x:v>21528</x:v>
       </x:c>
       <x:c r="O137" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P137" s="0" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="Q137" s="4" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="R137" s="0" t="s">
-        <x:v>82</x:v>
+        <x:v>134</x:v>
       </x:c>
       <x:c r="S137" s="0" t="n">
-        <x:v>617223</x:v>
+        <x:v>540861</x:v>
       </x:c>
       <x:c r="T137" s="4" t="s">
-        <x:v>205</x:v>
+        <x:v>114</x:v>
       </x:c>
       <x:c r="U137" s="4" t="s">
-        <x:v>35</x:v>
+        <x:v>44</x:v>
       </x:c>
     </x:row>
     <x:row r="138" spans="1:21">
       <x:c r="A138" s="13" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="B138" s="14" t="s">
         <x:v>255</x:v>
       </x:c>
       <x:c r="C138" s="15" t="n">
         <x:v>38765</x:v>
       </x:c>
       <x:c r="D138" s="15" t="s"/>
       <x:c r="E138" s="14" t="s"/>
       <x:c r="F138" s="14" t="s"/>
       <x:c r="G138" s="14" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="H138" s="14" t="s"/>
       <x:c r="I138" s="16" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="J138" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K138" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="L138" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M138" s="14" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="N138" s="15" t="n">
         <x:v>21528</x:v>
       </x:c>
       <x:c r="O138" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P138" s="14" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="Q138" s="16" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="R138" s="14" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="S138" s="14" t="n">
-        <x:v>507635</x:v>
+        <x:v>540863</x:v>
       </x:c>
       <x:c r="T138" s="16" t="s">
-        <x:v>278</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="U138" s="16" t="s">
         <x:v>44</x:v>
       </x:c>
     </x:row>
     <x:row r="139" spans="1:21">
       <x:c r="A139" s="1" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="B139" s="0" t="s">
         <x:v>255</x:v>
       </x:c>
       <x:c r="C139" s="3" t="n">
         <x:v>38765</x:v>
       </x:c>
       <x:c r="D139" s="3" t="s"/>
       <x:c r="G139" s="0" t="s">
         <x:v>116</x:v>
       </x:c>
       <x:c r="I139" s="4" t="s">
         <x:v>117</x:v>
       </x:c>
       <x:c r="J139" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K139" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="L139" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M139" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="N139" s="3" t="n">
         <x:v>21528</x:v>
       </x:c>
       <x:c r="O139" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P139" s="0" t="s">
         <x:v>116</x:v>
       </x:c>
       <x:c r="Q139" s="4" t="s">
         <x:v>117</x:v>
       </x:c>
       <x:c r="R139" s="0" t="s">
         <x:v>120</x:v>
       </x:c>
       <x:c r="S139" s="0" t="n">
-        <x:v>551752</x:v>
+        <x:v>493048</x:v>
       </x:c>
       <x:c r="T139" s="4" t="s">
-        <x:v>36</x:v>
+        <x:v>131</x:v>
       </x:c>
       <x:c r="U139" s="4" t="s">
-        <x:v>85</x:v>
+        <x:v>65</x:v>
       </x:c>
     </x:row>
     <x:row r="140" spans="1:21">
       <x:c r="A140" s="13" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="B140" s="14" t="s">
         <x:v>255</x:v>
       </x:c>
       <x:c r="C140" s="15" t="n">
         <x:v>38765</x:v>
       </x:c>
       <x:c r="D140" s="15" t="s"/>
       <x:c r="E140" s="14" t="s"/>
       <x:c r="F140" s="14" t="s"/>
       <x:c r="G140" s="14" t="s">
         <x:v>116</x:v>
       </x:c>
       <x:c r="H140" s="14" t="s"/>
       <x:c r="I140" s="16" t="s">
         <x:v>117</x:v>
       </x:c>
       <x:c r="J140" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K140" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="L140" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M140" s="14" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="N140" s="15" t="n">
         <x:v>21528</x:v>
       </x:c>
       <x:c r="O140" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P140" s="14" t="s">
         <x:v>116</x:v>
       </x:c>
       <x:c r="Q140" s="16" t="s">
         <x:v>117</x:v>
       </x:c>
       <x:c r="R140" s="14" t="s">
-        <x:v>279</x:v>
+        <x:v>120</x:v>
       </x:c>
       <x:c r="S140" s="14" t="n">
-        <x:v>589722</x:v>
+        <x:v>551752</x:v>
       </x:c>
       <x:c r="T140" s="16" t="s">
-        <x:v>205</x:v>
+        <x:v>36</x:v>
       </x:c>
       <x:c r="U140" s="16" t="s">
-        <x:v>42</x:v>
+        <x:v>85</x:v>
       </x:c>
     </x:row>
     <x:row r="141" spans="1:21">
       <x:c r="A141" s="1" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="B141" s="0" t="s">
         <x:v>255</x:v>
       </x:c>
       <x:c r="C141" s="3" t="n">
         <x:v>38765</x:v>
       </x:c>
       <x:c r="D141" s="3" t="s"/>
       <x:c r="G141" s="0" t="s">
         <x:v>116</x:v>
       </x:c>
       <x:c r="I141" s="4" t="s">
         <x:v>117</x:v>
       </x:c>
       <x:c r="J141" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K141" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
@@ -9678,97 +9679,97 @@
       </x:c>
       <x:c r="P142" s="14" t="s">
         <x:v>116</x:v>
       </x:c>
       <x:c r="Q142" s="16" t="s">
         <x:v>117</x:v>
       </x:c>
       <x:c r="R142" s="14" t="s">
         <x:v>279</x:v>
       </x:c>
       <x:c r="S142" s="14" t="n">
         <x:v>565697</x:v>
       </x:c>
       <x:c r="T142" s="16" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="U142" s="16" t="s">
         <x:v>44</x:v>
       </x:c>
     </x:row>
     <x:row r="143" spans="1:21">
       <x:c r="A143" s="1" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="B143" s="0" t="s">
-        <x:v>255</x:v>
+        <x:v>268</x:v>
       </x:c>
       <x:c r="C143" s="3" t="n">
-        <x:v>38765</x:v>
+        <x:v>40287</x:v>
       </x:c>
       <x:c r="D143" s="3" t="s"/>
       <x:c r="G143" s="0" t="s">
         <x:v>116</x:v>
       </x:c>
       <x:c r="I143" s="4" t="s">
         <x:v>117</x:v>
       </x:c>
       <x:c r="J143" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K143" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="L143" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M143" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="N143" s="3" t="n">
-        <x:v>21528</x:v>
+        <x:v>42710</x:v>
       </x:c>
       <x:c r="O143" s="0" t="s">
-        <x:v>30</x:v>
+        <x:v>46</x:v>
       </x:c>
       <x:c r="P143" s="0" t="s">
         <x:v>116</x:v>
       </x:c>
       <x:c r="Q143" s="4" t="s">
         <x:v>117</x:v>
       </x:c>
       <x:c r="R143" s="0" t="s">
-        <x:v>120</x:v>
+        <x:v>279</x:v>
       </x:c>
       <x:c r="S143" s="0" t="n">
-        <x:v>493048</x:v>
+        <x:v>600397</x:v>
       </x:c>
       <x:c r="T143" s="4" t="s">
-        <x:v>130</x:v>
+        <x:v>280</x:v>
       </x:c>
       <x:c r="U143" s="4" t="s">
-        <x:v>65</x:v>
+        <x:v>44</x:v>
       </x:c>
     </x:row>
     <x:row r="144" spans="1:21">
       <x:c r="A144" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B144" s="14" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="C144" s="15" t="n">
         <x:v>38761</x:v>
       </x:c>
       <x:c r="D144" s="15" t="s"/>
       <x:c r="E144" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F144" s="14" t="s"/>
       <x:c r="G144" s="14" t="s">
         <x:v>116</x:v>
       </x:c>
       <x:c r="H144" s="14" t="s"/>
       <x:c r="I144" s="16" t="s">
         <x:v>117</x:v>
       </x:c>
       <x:c r="J144" s="14" t="s">
@@ -9780,165 +9781,165 @@
       <x:c r="L144" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M144" s="14" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="N144" s="15" t="n">
         <x:v>21508</x:v>
       </x:c>
       <x:c r="O144" s="14" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="P144" s="14" t="s">
         <x:v>116</x:v>
       </x:c>
       <x:c r="Q144" s="16" t="s">
         <x:v>117</x:v>
       </x:c>
       <x:c r="R144" s="14" t="s">
         <x:v>279</x:v>
       </x:c>
       <x:c r="S144" s="14" t="n">
         <x:v>617474</x:v>
       </x:c>
       <x:c r="T144" s="16" t="s">
-        <x:v>205</x:v>
+        <x:v>225</x:v>
       </x:c>
       <x:c r="U144" s="16" t="s">
         <x:v>42</x:v>
       </x:c>
     </x:row>
     <x:row r="145" spans="1:21">
       <x:c r="A145" s="1" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="B145" s="0" t="s">
-        <x:v>263</x:v>
+        <x:v>255</x:v>
       </x:c>
       <x:c r="C145" s="3" t="n">
-        <x:v>40287</x:v>
+        <x:v>38765</x:v>
       </x:c>
       <x:c r="D145" s="3" t="s"/>
       <x:c r="G145" s="0" t="s">
         <x:v>116</x:v>
       </x:c>
       <x:c r="I145" s="4" t="s">
         <x:v>117</x:v>
       </x:c>
       <x:c r="J145" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K145" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="L145" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M145" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="N145" s="3" t="n">
-        <x:v>42710</x:v>
+        <x:v>21528</x:v>
       </x:c>
       <x:c r="O145" s="0" t="s">
-        <x:v>46</x:v>
+        <x:v>30</x:v>
       </x:c>
       <x:c r="P145" s="0" t="s">
         <x:v>116</x:v>
       </x:c>
       <x:c r="Q145" s="4" t="s">
         <x:v>117</x:v>
       </x:c>
       <x:c r="R145" s="0" t="s">
-        <x:v>279</x:v>
+        <x:v>120</x:v>
       </x:c>
       <x:c r="S145" s="0" t="n">
-        <x:v>600397</x:v>
+        <x:v>540860</x:v>
       </x:c>
       <x:c r="T145" s="4" t="s">
-        <x:v>280</x:v>
+        <x:v>131</x:v>
       </x:c>
       <x:c r="U145" s="4" t="s">
-        <x:v>44</x:v>
+        <x:v>65</x:v>
       </x:c>
     </x:row>
     <x:row r="146" spans="1:21">
       <x:c r="A146" s="13" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="B146" s="14" t="s">
         <x:v>255</x:v>
       </x:c>
       <x:c r="C146" s="15" t="n">
         <x:v>38765</x:v>
       </x:c>
       <x:c r="D146" s="15" t="s"/>
       <x:c r="E146" s="14" t="s"/>
       <x:c r="F146" s="14" t="s"/>
       <x:c r="G146" s="14" t="s">
         <x:v>116</x:v>
       </x:c>
       <x:c r="H146" s="14" t="s"/>
       <x:c r="I146" s="16" t="s">
         <x:v>117</x:v>
       </x:c>
       <x:c r="J146" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K146" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="L146" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M146" s="14" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="N146" s="15" t="n">
         <x:v>21528</x:v>
       </x:c>
       <x:c r="O146" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P146" s="14" t="s">
         <x:v>116</x:v>
       </x:c>
       <x:c r="Q146" s="16" t="s">
         <x:v>117</x:v>
       </x:c>
       <x:c r="R146" s="14" t="s">
-        <x:v>120</x:v>
+        <x:v>279</x:v>
       </x:c>
       <x:c r="S146" s="14" t="n">
-        <x:v>540860</x:v>
+        <x:v>589722</x:v>
       </x:c>
       <x:c r="T146" s="16" t="s">
-        <x:v>130</x:v>
+        <x:v>225</x:v>
       </x:c>
       <x:c r="U146" s="16" t="s">
-        <x:v>65</x:v>
+        <x:v>42</x:v>
       </x:c>
     </x:row>
     <x:row r="147" spans="1:21">
       <x:c r="A147" s="1" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="B147" s="0" t="s">
         <x:v>255</x:v>
       </x:c>
       <x:c r="C147" s="3" t="n">
         <x:v>38765</x:v>
       </x:c>
       <x:c r="D147" s="3" t="s"/>
       <x:c r="G147" s="0" t="s">
         <x:v>116</x:v>
       </x:c>
       <x:c r="I147" s="4" t="s">
         <x:v>117</x:v>
       </x:c>
       <x:c r="J147" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K147" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
@@ -9953,275 +9954,276 @@
       </x:c>
       <x:c r="O147" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P147" s="0" t="s">
         <x:v>116</x:v>
       </x:c>
       <x:c r="Q147" s="4" t="s">
         <x:v>117</x:v>
       </x:c>
       <x:c r="R147" s="0" t="s">
         <x:v>279</x:v>
       </x:c>
       <x:c r="S147" s="0" t="n">
         <x:v>557438</x:v>
       </x:c>
       <x:c r="T147" s="4" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="U147" s="4" t="s">
         <x:v>44</x:v>
       </x:c>
     </x:row>
     <x:row r="148" spans="1:21">
       <x:c r="A148" s="13" t="s">
-        <x:v>21</x:v>
+        <x:v>38</x:v>
       </x:c>
       <x:c r="B148" s="14" t="s">
-        <x:v>22</x:v>
+        <x:v>263</x:v>
       </x:c>
       <x:c r="C148" s="15" t="n">
-        <x:v>38765</x:v>
+        <x:v>5226</x:v>
       </x:c>
       <x:c r="D148" s="15" t="s"/>
-      <x:c r="E148" s="14" t="s">
-[...1 lines deleted...]
-      </x:c>
+      <x:c r="E148" s="14" t="s"/>
       <x:c r="F148" s="14" t="s"/>
       <x:c r="G148" s="14" t="s">
         <x:v>116</x:v>
       </x:c>
       <x:c r="H148" s="14" t="s"/>
       <x:c r="I148" s="16" t="s">
         <x:v>117</x:v>
       </x:c>
       <x:c r="J148" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K148" s="14" t="s">
-        <x:v>27</x:v>
+        <x:v>40</x:v>
       </x:c>
       <x:c r="L148" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M148" s="14" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="N148" s="15" t="n">
         <x:v>21528</x:v>
       </x:c>
       <x:c r="O148" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P148" s="14" t="s">
         <x:v>116</x:v>
       </x:c>
       <x:c r="Q148" s="16" t="s">
         <x:v>117</x:v>
       </x:c>
       <x:c r="R148" s="14" t="s">
         <x:v>279</x:v>
       </x:c>
       <x:c r="S148" s="14" t="n">
-        <x:v>604380</x:v>
+        <x:v>613778</x:v>
       </x:c>
       <x:c r="T148" s="16" t="s">
-        <x:v>34</x:v>
+        <x:v>225</x:v>
       </x:c>
       <x:c r="U148" s="16" t="s">
         <x:v>42</x:v>
       </x:c>
     </x:row>
     <x:row r="149" spans="1:21">
       <x:c r="A149" s="1" t="s">
-        <x:v>38</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B149" s="0" t="s">
-        <x:v>265</x:v>
+        <x:v>22</x:v>
       </x:c>
       <x:c r="C149" s="3" t="n">
-        <x:v>5226</x:v>
+        <x:v>38765</x:v>
       </x:c>
       <x:c r="D149" s="3" t="s"/>
+      <x:c r="E149" s="0" t="s">
+        <x:v>23</x:v>
+      </x:c>
       <x:c r="G149" s="0" t="s">
         <x:v>116</x:v>
       </x:c>
       <x:c r="I149" s="4" t="s">
         <x:v>117</x:v>
       </x:c>
       <x:c r="J149" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K149" s="0" t="s">
-        <x:v>40</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="L149" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M149" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="N149" s="3" t="n">
         <x:v>21528</x:v>
       </x:c>
       <x:c r="O149" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P149" s="0" t="s">
         <x:v>116</x:v>
       </x:c>
       <x:c r="Q149" s="4" t="s">
         <x:v>117</x:v>
       </x:c>
       <x:c r="R149" s="0" t="s">
         <x:v>279</x:v>
       </x:c>
       <x:c r="S149" s="0" t="n">
-        <x:v>613778</x:v>
+        <x:v>604380</x:v>
       </x:c>
       <x:c r="T149" s="4" t="s">
-        <x:v>205</x:v>
+        <x:v>34</x:v>
       </x:c>
       <x:c r="U149" s="4" t="s">
         <x:v>42</x:v>
       </x:c>
     </x:row>
     <x:row r="150" spans="1:21">
       <x:c r="A150" s="13" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="B150" s="14" t="s">
-        <x:v>255</x:v>
+        <x:v>270</x:v>
       </x:c>
       <x:c r="C150" s="15" t="n">
-        <x:v>38765</x:v>
+        <x:v>38632</x:v>
       </x:c>
       <x:c r="D150" s="15" t="s"/>
       <x:c r="E150" s="14" t="s"/>
       <x:c r="F150" s="14" t="s"/>
       <x:c r="G150" s="14" t="s">
         <x:v>106</x:v>
       </x:c>
       <x:c r="H150" s="14" t="s">
         <x:v>107</x:v>
       </x:c>
       <x:c r="I150" s="16" t="s">
         <x:v>108</x:v>
       </x:c>
       <x:c r="J150" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K150" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="L150" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M150" s="14" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="N150" s="15" t="n">
-        <x:v>21528</x:v>
+        <x:v>21519</x:v>
       </x:c>
       <x:c r="O150" s="14" t="s">
-        <x:v>30</x:v>
+        <x:v>68</x:v>
       </x:c>
       <x:c r="P150" s="14" t="s">
         <x:v>106</x:v>
       </x:c>
       <x:c r="Q150" s="16" t="s">
         <x:v>108</x:v>
       </x:c>
       <x:c r="R150" s="14" t="s">
         <x:v>111</x:v>
       </x:c>
       <x:c r="S150" s="14" t="n">
-        <x:v>542328</x:v>
+        <x:v>585534</x:v>
       </x:c>
       <x:c r="T150" s="16" t="s">
-        <x:v>36</x:v>
+        <x:v>34</x:v>
       </x:c>
       <x:c r="U150" s="16" t="s">
-        <x:v>44</x:v>
+        <x:v>37</x:v>
       </x:c>
     </x:row>
     <x:row r="151" spans="1:21">
       <x:c r="A151" s="1" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="B151" s="0" t="s">
-        <x:v>255</x:v>
+        <x:v>281</x:v>
       </x:c>
       <x:c r="C151" s="3" t="n">
-        <x:v>38765</x:v>
+        <x:v>37303</x:v>
       </x:c>
       <x:c r="D151" s="3" t="s"/>
       <x:c r="G151" s="0" t="s">
         <x:v>106</x:v>
       </x:c>
       <x:c r="H151" s="0" t="s">
         <x:v>107</x:v>
       </x:c>
       <x:c r="I151" s="4" t="s">
         <x:v>108</x:v>
       </x:c>
       <x:c r="J151" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K151" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="L151" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M151" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="N151" s="3" t="n">
-        <x:v>21528</x:v>
+        <x:v>21519</x:v>
       </x:c>
       <x:c r="O151" s="0" t="s">
-        <x:v>30</x:v>
+        <x:v>68</x:v>
       </x:c>
       <x:c r="P151" s="0" t="s">
         <x:v>106</x:v>
       </x:c>
       <x:c r="Q151" s="4" t="s">
         <x:v>108</x:v>
       </x:c>
       <x:c r="R151" s="0" t="s">
         <x:v>111</x:v>
       </x:c>
       <x:c r="S151" s="0" t="n">
-        <x:v>542329</x:v>
+        <x:v>493603</x:v>
       </x:c>
       <x:c r="T151" s="4" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="U151" s="4" t="s">
-        <x:v>37</x:v>
+        <x:v>44</x:v>
       </x:c>
     </x:row>
     <x:row r="152" spans="1:21">
       <x:c r="A152" s="13" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="B152" s="14" t="s">
         <x:v>255</x:v>
       </x:c>
       <x:c r="C152" s="15" t="n">
         <x:v>38765</x:v>
       </x:c>
       <x:c r="D152" s="15" t="s"/>
       <x:c r="E152" s="14" t="s"/>
       <x:c r="F152" s="14" t="s"/>
       <x:c r="G152" s="14" t="s">
         <x:v>106</x:v>
       </x:c>
       <x:c r="H152" s="14" t="s">
         <x:v>107</x:v>
       </x:c>
       <x:c r="I152" s="16" t="s">
         <x:v>108</x:v>
       </x:c>
       <x:c r="J152" s="14" t="s">
@@ -10230,173 +10232,173 @@
       <x:c r="K152" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="L152" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M152" s="14" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="N152" s="15" t="n">
         <x:v>21528</x:v>
       </x:c>
       <x:c r="O152" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P152" s="14" t="s">
         <x:v>106</x:v>
       </x:c>
       <x:c r="Q152" s="16" t="s">
         <x:v>108</x:v>
       </x:c>
       <x:c r="R152" s="14" t="s">
         <x:v>111</x:v>
       </x:c>
       <x:c r="S152" s="14" t="n">
-        <x:v>585593</x:v>
+        <x:v>542328</x:v>
       </x:c>
       <x:c r="T152" s="16" t="s">
-        <x:v>34</x:v>
+        <x:v>36</x:v>
       </x:c>
       <x:c r="U152" s="16" t="s">
-        <x:v>35</x:v>
+        <x:v>44</x:v>
       </x:c>
     </x:row>
     <x:row r="153" spans="1:21">
       <x:c r="A153" s="1" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="B153" s="0" t="s">
         <x:v>255</x:v>
       </x:c>
       <x:c r="C153" s="3" t="n">
         <x:v>38765</x:v>
       </x:c>
       <x:c r="D153" s="3" t="s"/>
       <x:c r="G153" s="0" t="s">
         <x:v>106</x:v>
       </x:c>
       <x:c r="H153" s="0" t="s">
         <x:v>107</x:v>
       </x:c>
       <x:c r="I153" s="4" t="s">
         <x:v>108</x:v>
       </x:c>
       <x:c r="J153" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K153" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="L153" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M153" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="N153" s="3" t="n">
         <x:v>21528</x:v>
       </x:c>
       <x:c r="O153" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P153" s="0" t="s">
         <x:v>106</x:v>
       </x:c>
       <x:c r="Q153" s="4" t="s">
         <x:v>108</x:v>
       </x:c>
       <x:c r="R153" s="0" t="s">
         <x:v>111</x:v>
       </x:c>
       <x:c r="S153" s="0" t="n">
-        <x:v>615353</x:v>
+        <x:v>585593</x:v>
       </x:c>
       <x:c r="T153" s="4" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="U153" s="4" t="s">
-        <x:v>37</x:v>
+        <x:v>35</x:v>
       </x:c>
     </x:row>
     <x:row r="154" spans="1:21">
       <x:c r="A154" s="13" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="B154" s="14" t="s">
-        <x:v>269</x:v>
+        <x:v>255</x:v>
       </x:c>
       <x:c r="C154" s="15" t="n">
-        <x:v>38632</x:v>
+        <x:v>38765</x:v>
       </x:c>
       <x:c r="D154" s="15" t="s"/>
       <x:c r="E154" s="14" t="s"/>
       <x:c r="F154" s="14" t="s"/>
       <x:c r="G154" s="14" t="s">
         <x:v>106</x:v>
       </x:c>
       <x:c r="H154" s="14" t="s">
         <x:v>107</x:v>
       </x:c>
       <x:c r="I154" s="16" t="s">
         <x:v>108</x:v>
       </x:c>
       <x:c r="J154" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K154" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="L154" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M154" s="14" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="N154" s="15" t="n">
-        <x:v>21519</x:v>
+        <x:v>21528</x:v>
       </x:c>
       <x:c r="O154" s="14" t="s">
-        <x:v>68</x:v>
+        <x:v>30</x:v>
       </x:c>
       <x:c r="P154" s="14" t="s">
         <x:v>106</x:v>
       </x:c>
       <x:c r="Q154" s="16" t="s">
         <x:v>108</x:v>
       </x:c>
       <x:c r="R154" s="14" t="s">
         <x:v>111</x:v>
       </x:c>
       <x:c r="S154" s="14" t="n">
-        <x:v>572147</x:v>
+        <x:v>542329</x:v>
       </x:c>
       <x:c r="T154" s="16" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="U154" s="16" t="s">
-        <x:v>44</x:v>
+        <x:v>37</x:v>
       </x:c>
     </x:row>
     <x:row r="155" spans="1:21">
       <x:c r="A155" s="1" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="B155" s="0" t="s">
         <x:v>255</x:v>
       </x:c>
       <x:c r="C155" s="3" t="n">
         <x:v>38765</x:v>
       </x:c>
       <x:c r="D155" s="3" t="s"/>
       <x:c r="G155" s="0" t="s">
         <x:v>106</x:v>
       </x:c>
       <x:c r="H155" s="0" t="s">
         <x:v>107</x:v>
       </x:c>
       <x:c r="I155" s="4" t="s">
         <x:v>108</x:v>
       </x:c>
       <x:c r="J155" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
@@ -10476,387 +10478,387 @@
       </x:c>
       <x:c r="P156" s="14" t="s">
         <x:v>106</x:v>
       </x:c>
       <x:c r="Q156" s="16" t="s">
         <x:v>108</x:v>
       </x:c>
       <x:c r="R156" s="14" t="s">
         <x:v>111</x:v>
       </x:c>
       <x:c r="S156" s="14" t="n">
         <x:v>540943</x:v>
       </x:c>
       <x:c r="T156" s="16" t="s">
         <x:v>112</x:v>
       </x:c>
       <x:c r="U156" s="16" t="s">
         <x:v>44</x:v>
       </x:c>
     </x:row>
     <x:row r="157" spans="1:21">
       <x:c r="A157" s="1" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="B157" s="0" t="s">
-        <x:v>269</x:v>
+        <x:v>255</x:v>
       </x:c>
       <x:c r="C157" s="3" t="n">
-        <x:v>38632</x:v>
+        <x:v>38765</x:v>
       </x:c>
       <x:c r="D157" s="3" t="s"/>
       <x:c r="G157" s="0" t="s">
         <x:v>106</x:v>
       </x:c>
       <x:c r="H157" s="0" t="s">
         <x:v>107</x:v>
       </x:c>
       <x:c r="I157" s="4" t="s">
         <x:v>108</x:v>
       </x:c>
       <x:c r="J157" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K157" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="L157" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M157" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="N157" s="3" t="n">
-        <x:v>21519</x:v>
+        <x:v>21528</x:v>
       </x:c>
       <x:c r="O157" s="0" t="s">
-        <x:v>68</x:v>
+        <x:v>30</x:v>
       </x:c>
       <x:c r="P157" s="0" t="s">
         <x:v>106</x:v>
       </x:c>
       <x:c r="Q157" s="4" t="s">
         <x:v>108</x:v>
       </x:c>
       <x:c r="R157" s="0" t="s">
         <x:v>111</x:v>
       </x:c>
       <x:c r="S157" s="0" t="n">
-        <x:v>585534</x:v>
+        <x:v>615353</x:v>
       </x:c>
       <x:c r="T157" s="4" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="U157" s="4" t="s">
         <x:v>37</x:v>
       </x:c>
     </x:row>
     <x:row r="158" spans="1:21">
       <x:c r="A158" s="13" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="B158" s="14" t="s">
-        <x:v>281</x:v>
+        <x:v>270</x:v>
       </x:c>
       <x:c r="C158" s="15" t="n">
-        <x:v>37303</x:v>
+        <x:v>38632</x:v>
       </x:c>
       <x:c r="D158" s="15" t="s"/>
       <x:c r="E158" s="14" t="s"/>
       <x:c r="F158" s="14" t="s"/>
       <x:c r="G158" s="14" t="s">
         <x:v>106</x:v>
       </x:c>
       <x:c r="H158" s="14" t="s">
         <x:v>107</x:v>
       </x:c>
       <x:c r="I158" s="16" t="s">
         <x:v>108</x:v>
       </x:c>
       <x:c r="J158" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K158" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="L158" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M158" s="14" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="N158" s="15" t="n">
         <x:v>21519</x:v>
       </x:c>
       <x:c r="O158" s="14" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="P158" s="14" t="s">
         <x:v>106</x:v>
       </x:c>
       <x:c r="Q158" s="16" t="s">
         <x:v>108</x:v>
       </x:c>
       <x:c r="R158" s="14" t="s">
         <x:v>111</x:v>
       </x:c>
       <x:c r="S158" s="14" t="n">
-        <x:v>493603</x:v>
+        <x:v>572147</x:v>
       </x:c>
       <x:c r="T158" s="16" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="U158" s="16" t="s">
         <x:v>44</x:v>
       </x:c>
     </x:row>
     <x:row r="159" spans="1:21">
       <x:c r="A159" s="1" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="B159" s="0" t="s">
-        <x:v>255</x:v>
+        <x:v>152</x:v>
       </x:c>
       <x:c r="C159" s="3" t="n">
-        <x:v>38765</x:v>
+        <x:v>38632</x:v>
       </x:c>
       <x:c r="D159" s="3" t="s"/>
+      <x:c r="E159" s="0" t="s">
+        <x:v>282</x:v>
+      </x:c>
+      <x:c r="F159" s="0" t="s">
+        <x:v>283</x:v>
+      </x:c>
       <x:c r="G159" s="0" t="s">
-        <x:v>95</x:v>
+        <x:v>256</x:v>
+      </x:c>
+      <x:c r="H159" s="0" t="s">
+        <x:v>257</x:v>
       </x:c>
       <x:c r="I159" s="4" t="s">
-        <x:v>96</x:v>
+        <x:v>258</x:v>
       </x:c>
       <x:c r="J159" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K159" s="0" t="s">
-        <x:v>40</x:v>
+        <x:v>284</x:v>
       </x:c>
       <x:c r="L159" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M159" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="N159" s="3" t="n">
-        <x:v>21528</x:v>
+        <x:v>21519</x:v>
       </x:c>
       <x:c r="O159" s="0" t="s">
-        <x:v>30</x:v>
+        <x:v>68</x:v>
       </x:c>
       <x:c r="P159" s="0" t="s">
         <x:v>95</x:v>
       </x:c>
       <x:c r="Q159" s="4" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="R159" s="0" t="s">
         <x:v>99</x:v>
       </x:c>
       <x:c r="S159" s="0" t="n">
-        <x:v>574220</x:v>
+        <x:v>583824</x:v>
       </x:c>
       <x:c r="T159" s="4" t="s">
-        <x:v>282</x:v>
+        <x:v>285</x:v>
       </x:c>
       <x:c r="U159" s="4" t="s">
-        <x:v>283</x:v>
+        <x:v>215</x:v>
       </x:c>
     </x:row>
     <x:row r="160" spans="1:21">
       <x:c r="A160" s="13" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="B160" s="14" t="s">
-        <x:v>269</x:v>
+        <x:v>255</x:v>
       </x:c>
       <x:c r="C160" s="15" t="n">
-        <x:v>38632</x:v>
+        <x:v>38765</x:v>
       </x:c>
       <x:c r="D160" s="15" t="s"/>
       <x:c r="E160" s="14" t="s"/>
       <x:c r="F160" s="14" t="s"/>
       <x:c r="G160" s="14" t="s">
         <x:v>95</x:v>
       </x:c>
       <x:c r="H160" s="14" t="s"/>
       <x:c r="I160" s="16" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="J160" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K160" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="L160" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M160" s="14" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="N160" s="15" t="n">
-        <x:v>21519</x:v>
+        <x:v>21528</x:v>
       </x:c>
       <x:c r="O160" s="14" t="s">
-        <x:v>68</x:v>
+        <x:v>30</x:v>
       </x:c>
       <x:c r="P160" s="14" t="s">
         <x:v>95</x:v>
       </x:c>
       <x:c r="Q160" s="16" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="R160" s="14" t="s">
         <x:v>99</x:v>
       </x:c>
       <x:c r="S160" s="14" t="n">
-        <x:v>618311</x:v>
+        <x:v>574220</x:v>
       </x:c>
       <x:c r="T160" s="16" t="s">
-        <x:v>100</x:v>
+        <x:v>286</x:v>
       </x:c>
       <x:c r="U160" s="16" t="s">
-        <x:v>101</x:v>
+        <x:v>287</x:v>
       </x:c>
     </x:row>
     <x:row r="161" spans="1:21">
       <x:c r="A161" s="1" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="B161" s="0" t="s">
-        <x:v>152</x:v>
+        <x:v>270</x:v>
       </x:c>
       <x:c r="C161" s="3" t="n">
         <x:v>38632</x:v>
       </x:c>
       <x:c r="D161" s="3" t="s"/>
-      <x:c r="E161" s="0" t="s">
-[...4 lines deleted...]
-      </x:c>
       <x:c r="G161" s="0" t="s">
-        <x:v>256</x:v>
-[...2 lines deleted...]
-        <x:v>257</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="I161" s="4" t="s">
-        <x:v>258</x:v>
+        <x:v>96</x:v>
       </x:c>
       <x:c r="J161" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K161" s="0" t="s">
-        <x:v>286</x:v>
+        <x:v>40</x:v>
       </x:c>
       <x:c r="L161" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M161" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="N161" s="3" t="n">
         <x:v>21519</x:v>
       </x:c>
       <x:c r="O161" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="P161" s="0" t="s">
         <x:v>95</x:v>
       </x:c>
       <x:c r="Q161" s="4" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="R161" s="0" t="s">
         <x:v>99</x:v>
       </x:c>
       <x:c r="S161" s="0" t="n">
-        <x:v>583824</x:v>
+        <x:v>618311</x:v>
       </x:c>
       <x:c r="T161" s="4" t="s">
-        <x:v>287</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="U161" s="4" t="s">
-        <x:v>227</x:v>
+        <x:v>101</x:v>
       </x:c>
     </x:row>
     <x:row r="162" spans="1:21">
       <x:c r="A162" s="13" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="B162" s="14" t="s">
-        <x:v>269</x:v>
+        <x:v>270</x:v>
       </x:c>
       <x:c r="C162" s="15" t="n">
         <x:v>38632</x:v>
       </x:c>
       <x:c r="D162" s="15" t="s"/>
       <x:c r="E162" s="14" t="s"/>
       <x:c r="F162" s="14" t="s"/>
       <x:c r="G162" s="14" t="s">
         <x:v>95</x:v>
       </x:c>
       <x:c r="H162" s="14" t="s"/>
       <x:c r="I162" s="16" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="J162" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K162" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="L162" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M162" s="14" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="N162" s="15" t="n">
         <x:v>21519</x:v>
       </x:c>
       <x:c r="O162" s="14" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="P162" s="14" t="s">
         <x:v>95</x:v>
       </x:c>
       <x:c r="Q162" s="16" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="R162" s="14" t="s">
         <x:v>99</x:v>
       </x:c>
       <x:c r="S162" s="14" t="n">
         <x:v>581751</x:v>
       </x:c>
       <x:c r="T162" s="16" t="s">
-        <x:v>287</x:v>
+        <x:v>285</x:v>
       </x:c>
       <x:c r="U162" s="16" t="s">
         <x:v>65</x:v>
       </x:c>
     </x:row>
     <x:row r="163" spans="1:21">
       <x:c r="A163" s="1" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="B163" s="0" t="s">
         <x:v>255</x:v>
       </x:c>
       <x:c r="C163" s="3" t="n">
         <x:v>38765</x:v>
       </x:c>
       <x:c r="D163" s="3" t="s"/>
       <x:c r="G163" s="0" t="s">
         <x:v>95</x:v>
       </x:c>
       <x:c r="I163" s="4" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="J163" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
@@ -10877,51 +10879,51 @@
       </x:c>
       <x:c r="P163" s="0" t="s">
         <x:v>95</x:v>
       </x:c>
       <x:c r="Q163" s="4" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="R163" s="0" t="s">
         <x:v>99</x:v>
       </x:c>
       <x:c r="S163" s="0" t="n">
         <x:v>616719</x:v>
       </x:c>
       <x:c r="T163" s="4" t="s">
         <x:v>100</x:v>
       </x:c>
       <x:c r="U163" s="4" t="s">
         <x:v>101</x:v>
       </x:c>
     </x:row>
     <x:row r="164" spans="1:21">
       <x:c r="A164" s="13" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="B164" s="14" t="s">
-        <x:v>265</x:v>
+        <x:v>263</x:v>
       </x:c>
       <x:c r="C164" s="15" t="n">
         <x:v>5226</x:v>
       </x:c>
       <x:c r="D164" s="15" t="s"/>
       <x:c r="E164" s="14" t="s"/>
       <x:c r="F164" s="14" t="s"/>
       <x:c r="G164" s="14" t="s">
         <x:v>125</x:v>
       </x:c>
       <x:c r="H164" s="14" t="s"/>
       <x:c r="I164" s="16" t="s">
         <x:v>126</x:v>
       </x:c>
       <x:c r="J164" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K164" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="L164" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M164" s="14" t="s">
         <x:v>49</x:v>
@@ -10988,51 +10990,51 @@
       </x:c>
       <x:c r="P165" s="0" t="s">
         <x:v>125</x:v>
       </x:c>
       <x:c r="Q165" s="4" t="s">
         <x:v>126</x:v>
       </x:c>
       <x:c r="R165" s="0" t="s">
         <x:v>129</x:v>
       </x:c>
       <x:c r="S165" s="0" t="n">
         <x:v>553803</x:v>
       </x:c>
       <x:c r="T165" s="4" t="s">
         <x:v>288</x:v>
       </x:c>
       <x:c r="U165" s="4" t="s">
         <x:v>289</x:v>
       </x:c>
     </x:row>
     <x:row r="166" spans="1:21">
       <x:c r="A166" s="13" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="B166" s="14" t="s">
-        <x:v>263</x:v>
+        <x:v>268</x:v>
       </x:c>
       <x:c r="C166" s="15" t="n">
         <x:v>40287</x:v>
       </x:c>
       <x:c r="D166" s="15" t="s"/>
       <x:c r="E166" s="14" t="s"/>
       <x:c r="F166" s="14" t="s"/>
       <x:c r="G166" s="14" t="s">
         <x:v>125</x:v>
       </x:c>
       <x:c r="H166" s="14" t="s"/>
       <x:c r="I166" s="16" t="s">
         <x:v>126</x:v>
       </x:c>
       <x:c r="J166" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K166" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="L166" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M166" s="14" t="s">
         <x:v>49</x:v>
@@ -11082,114 +11084,114 @@
       <x:c r="J167" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K167" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="L167" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M167" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="N167" s="3" t="n">
         <x:v>21528</x:v>
       </x:c>
       <x:c r="O167" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P167" s="0" t="s">
         <x:v>291</x:v>
       </x:c>
       <x:c r="Q167" s="4" t="s">
         <x:v>292</x:v>
       </x:c>
       <x:c r="R167" s="0" t="s">
-        <x:v>259</x:v>
+        <x:v>261</x:v>
       </x:c>
       <x:c r="S167" s="0" t="n">
         <x:v>525644</x:v>
       </x:c>
       <x:c r="T167" s="4" t="s">
-        <x:v>270</x:v>
+        <x:v>267</x:v>
       </x:c>
       <x:c r="U167" s="4" t="s">
         <x:v>188</x:v>
       </x:c>
     </x:row>
     <x:row r="168" spans="1:21">
       <x:c r="A168" s="13" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="B168" s="14" t="s">
         <x:v>255</x:v>
       </x:c>
       <x:c r="C168" s="15" t="n">
         <x:v>38765</x:v>
       </x:c>
       <x:c r="D168" s="15" t="s"/>
       <x:c r="E168" s="14" t="s"/>
       <x:c r="F168" s="14" t="s"/>
       <x:c r="G168" s="14" t="s">
         <x:v>291</x:v>
       </x:c>
       <x:c r="H168" s="14" t="s"/>
       <x:c r="I168" s="16" t="s">
         <x:v>292</x:v>
       </x:c>
       <x:c r="J168" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K168" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="L168" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M168" s="14" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="N168" s="15" t="n">
         <x:v>21528</x:v>
       </x:c>
       <x:c r="O168" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P168" s="14" t="s">
         <x:v>291</x:v>
       </x:c>
       <x:c r="Q168" s="16" t="s">
         <x:v>292</x:v>
       </x:c>
       <x:c r="R168" s="14" t="s">
-        <x:v>259</x:v>
+        <x:v>261</x:v>
       </x:c>
       <x:c r="S168" s="14" t="n">
         <x:v>525643</x:v>
       </x:c>
       <x:c r="T168" s="16" t="s">
-        <x:v>130</x:v>
+        <x:v>131</x:v>
       </x:c>
       <x:c r="U168" s="16" t="s">
         <x:v>44</x:v>
       </x:c>
     </x:row>
     <x:row r="169" spans="1:21">
       <x:c r="A169" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B169" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C169" s="3" t="n">
         <x:v>38765</x:v>
       </x:c>
       <x:c r="D169" s="3" t="s"/>
       <x:c r="E169" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G169" s="0" t="s">
         <x:v>247</x:v>
       </x:c>
       <x:c r="H169" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
@@ -11444,57 +11446,57 @@
       <x:c r="K173" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L173" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="M173" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="N173" s="3" t="n">
         <x:v>21528</x:v>
       </x:c>
       <x:c r="O173" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P173" s="0" t="s">
         <x:v>247</x:v>
       </x:c>
       <x:c r="Q173" s="4" t="s">
         <x:v>248</x:v>
       </x:c>
       <x:c r="R173" s="0" t="s">
         <x:v>279</x:v>
       </x:c>
       <x:c r="S173" s="0" t="n">
-        <x:v>455016</x:v>
+        <x:v>548824</x:v>
       </x:c>
       <x:c r="T173" s="4" t="s">
-        <x:v>253</x:v>
+        <x:v>36</x:v>
       </x:c>
       <x:c r="U173" s="4" t="s">
-        <x:v>254</x:v>
+        <x:v>252</x:v>
       </x:c>
     </x:row>
     <x:row r="174" spans="1:21">
       <x:c r="A174" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B174" s="14" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C174" s="15" t="n">
         <x:v>38765</x:v>
       </x:c>
       <x:c r="D174" s="15" t="s"/>
       <x:c r="E174" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F174" s="14" t="s"/>
       <x:c r="G174" s="14" t="s">
         <x:v>247</x:v>
       </x:c>
       <x:c r="H174" s="14" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="I174" s="16" t="s">
         <x:v>248</x:v>
@@ -11505,57 +11507,57 @@
       <x:c r="K174" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L174" s="14" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="M174" s="14" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="N174" s="15" t="n">
         <x:v>21528</x:v>
       </x:c>
       <x:c r="O174" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P174" s="14" t="s">
         <x:v>247</x:v>
       </x:c>
       <x:c r="Q174" s="16" t="s">
         <x:v>248</x:v>
       </x:c>
       <x:c r="R174" s="14" t="s">
         <x:v>279</x:v>
       </x:c>
       <x:c r="S174" s="14" t="n">
-        <x:v>548824</x:v>
+        <x:v>455016</x:v>
       </x:c>
       <x:c r="T174" s="16" t="s">
-        <x:v>36</x:v>
+        <x:v>253</x:v>
       </x:c>
       <x:c r="U174" s="16" t="s">
-        <x:v>252</x:v>
+        <x:v>254</x:v>
       </x:c>
     </x:row>
     <x:row r="175" spans="1:21">
       <x:c r="A175" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B175" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C175" s="3" t="n">
         <x:v>38765</x:v>
       </x:c>
       <x:c r="D175" s="3" t="s"/>
       <x:c r="E175" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G175" s="0" t="s">
         <x:v>247</x:v>
       </x:c>
       <x:c r="H175" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="I175" s="4" t="s">
         <x:v>248</x:v>
       </x:c>
@@ -11692,567 +11694,568 @@
       </x:c>
       <x:c r="O177" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P177" s="0" t="s">
         <x:v>296</x:v>
       </x:c>
       <x:c r="Q177" s="4" t="s">
         <x:v>297</x:v>
       </x:c>
       <x:c r="R177" s="0" t="s">
         <x:v>298</x:v>
       </x:c>
       <x:c r="S177" s="0" t="n">
         <x:v>601096</x:v>
       </x:c>
       <x:c r="T177" s="4" t="s">
         <x:v>299</x:v>
       </x:c>
       <x:c r="U177" s="4" t="s">
         <x:v>300</x:v>
       </x:c>
     </x:row>
     <x:row r="178" spans="1:21">
       <x:c r="A178" s="13" t="s">
-        <x:v>21</x:v>
+        <x:v>38</x:v>
       </x:c>
       <x:c r="B178" s="14" t="s">
-        <x:v>22</x:v>
+        <x:v>39</x:v>
       </x:c>
       <x:c r="C178" s="15" t="n">
         <x:v>38765</x:v>
       </x:c>
       <x:c r="D178" s="15" t="s"/>
-      <x:c r="E178" s="14" t="s">
-[...1 lines deleted...]
-      </x:c>
+      <x:c r="E178" s="14" t="s"/>
       <x:c r="F178" s="14" t="s"/>
       <x:c r="G178" s="14" t="s">
         <x:v>296</x:v>
       </x:c>
       <x:c r="H178" s="14" t="s"/>
       <x:c r="I178" s="16" t="s">
         <x:v>297</x:v>
       </x:c>
       <x:c r="J178" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K178" s="14" t="s">
-        <x:v>27</x:v>
+        <x:v>301</x:v>
       </x:c>
       <x:c r="L178" s="14" t="s">
-        <x:v>41</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="M178" s="14" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="N178" s="15" t="n">
         <x:v>21528</x:v>
       </x:c>
       <x:c r="O178" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P178" s="14" t="s">
         <x:v>296</x:v>
       </x:c>
       <x:c r="Q178" s="16" t="s">
         <x:v>297</x:v>
       </x:c>
       <x:c r="R178" s="14" t="s">
         <x:v>298</x:v>
       </x:c>
       <x:c r="S178" s="14" t="n">
-        <x:v>546546</x:v>
+        <x:v>579812</x:v>
       </x:c>
       <x:c r="T178" s="16" t="s">
-        <x:v>131</x:v>
+        <x:v>135</x:v>
       </x:c>
       <x:c r="U178" s="16" t="s">
-        <x:v>300</x:v>
+        <x:v>190</x:v>
       </x:c>
     </x:row>
     <x:row r="179" spans="1:21">
       <x:c r="A179" s="1" t="s">
-        <x:v>38</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B179" s="0" t="s">
-        <x:v>39</x:v>
+        <x:v>22</x:v>
       </x:c>
       <x:c r="C179" s="3" t="n">
         <x:v>38765</x:v>
       </x:c>
       <x:c r="D179" s="3" t="s"/>
+      <x:c r="E179" s="0" t="s">
+        <x:v>23</x:v>
+      </x:c>
       <x:c r="G179" s="0" t="s">
         <x:v>296</x:v>
       </x:c>
       <x:c r="I179" s="4" t="s">
         <x:v>297</x:v>
       </x:c>
       <x:c r="J179" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K179" s="0" t="s">
-        <x:v>301</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="L179" s="0" t="s">
-        <x:v>28</x:v>
+        <x:v>41</x:v>
       </x:c>
       <x:c r="M179" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="N179" s="3" t="n">
         <x:v>21528</x:v>
       </x:c>
       <x:c r="O179" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P179" s="0" t="s">
         <x:v>296</x:v>
       </x:c>
       <x:c r="Q179" s="4" t="s">
         <x:v>297</x:v>
       </x:c>
       <x:c r="R179" s="0" t="s">
         <x:v>298</x:v>
       </x:c>
       <x:c r="S179" s="0" t="n">
-        <x:v>579812</x:v>
+        <x:v>546546</x:v>
       </x:c>
       <x:c r="T179" s="4" t="s">
-        <x:v>135</x:v>
+        <x:v>130</x:v>
       </x:c>
       <x:c r="U179" s="4" t="s">
-        <x:v>190</x:v>
+        <x:v>300</x:v>
       </x:c>
     </x:row>
     <x:row r="180" spans="1:21">
       <x:c r="A180" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B180" s="14" t="s">
-        <x:v>63</x:v>
+        <x:v>22</x:v>
       </x:c>
       <x:c r="C180" s="15" t="n">
-        <x:v>38761</x:v>
+        <x:v>38765</x:v>
       </x:c>
       <x:c r="D180" s="15" t="s"/>
       <x:c r="E180" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F180" s="14" t="s"/>
       <x:c r="G180" s="14" t="s">
         <x:v>296</x:v>
       </x:c>
       <x:c r="H180" s="14" t="s"/>
       <x:c r="I180" s="16" t="s">
         <x:v>297</x:v>
       </x:c>
       <x:c r="J180" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K180" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L180" s="14" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="M180" s="14" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="N180" s="15" t="n">
-        <x:v>21508</x:v>
+        <x:v>21528</x:v>
       </x:c>
       <x:c r="O180" s="14" t="s">
-        <x:v>64</x:v>
+        <x:v>30</x:v>
       </x:c>
       <x:c r="P180" s="14" t="s">
         <x:v>296</x:v>
       </x:c>
       <x:c r="Q180" s="16" t="s">
         <x:v>297</x:v>
       </x:c>
       <x:c r="R180" s="14" t="s">
         <x:v>298</x:v>
       </x:c>
       <x:c r="S180" s="14" t="n">
-        <x:v>546542</x:v>
+        <x:v>496801</x:v>
       </x:c>
       <x:c r="T180" s="16" t="s">
         <x:v>131</x:v>
       </x:c>
       <x:c r="U180" s="16" t="s">
-        <x:v>302</x:v>
+        <x:v>65</x:v>
       </x:c>
     </x:row>
     <x:row r="181" spans="1:21">
       <x:c r="A181" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B181" s="0" t="s">
-        <x:v>22</x:v>
+        <x:v>45</x:v>
       </x:c>
       <x:c r="C181" s="3" t="n">
-        <x:v>38765</x:v>
+        <x:v>40287</x:v>
       </x:c>
       <x:c r="D181" s="3" t="s"/>
       <x:c r="E181" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G181" s="0" t="s">
         <x:v>296</x:v>
       </x:c>
       <x:c r="I181" s="4" t="s">
         <x:v>297</x:v>
       </x:c>
       <x:c r="J181" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K181" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L181" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="M181" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="N181" s="3" t="n">
-        <x:v>21528</x:v>
+        <x:v>42710</x:v>
       </x:c>
       <x:c r="O181" s="0" t="s">
-        <x:v>30</x:v>
+        <x:v>46</x:v>
       </x:c>
       <x:c r="P181" s="0" t="s">
         <x:v>296</x:v>
       </x:c>
       <x:c r="Q181" s="4" t="s">
         <x:v>297</x:v>
       </x:c>
       <x:c r="R181" s="0" t="s">
         <x:v>298</x:v>
       </x:c>
       <x:c r="S181" s="0" t="n">
-        <x:v>546545</x:v>
+        <x:v>601100</x:v>
       </x:c>
       <x:c r="T181" s="4" t="s">
-        <x:v>131</x:v>
+        <x:v>299</x:v>
       </x:c>
       <x:c r="U181" s="4" t="s">
-        <x:v>302</x:v>
+        <x:v>300</x:v>
       </x:c>
     </x:row>
     <x:row r="182" spans="1:21">
       <x:c r="A182" s="13" t="s">
-        <x:v>38</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B182" s="14" t="s">
-        <x:v>139</x:v>
+        <x:v>22</x:v>
       </x:c>
       <x:c r="C182" s="15" t="n">
-        <x:v>38761</x:v>
+        <x:v>38765</x:v>
       </x:c>
       <x:c r="D182" s="15" t="s"/>
-      <x:c r="E182" s="14" t="s"/>
+      <x:c r="E182" s="14" t="s">
+        <x:v>23</x:v>
+      </x:c>
       <x:c r="F182" s="14" t="s"/>
       <x:c r="G182" s="14" t="s">
         <x:v>296</x:v>
       </x:c>
       <x:c r="H182" s="14" t="s"/>
       <x:c r="I182" s="16" t="s">
         <x:v>297</x:v>
       </x:c>
       <x:c r="J182" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K182" s="14" t="s">
-        <x:v>301</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="L182" s="14" t="s">
-        <x:v>28</x:v>
+        <x:v>41</x:v>
       </x:c>
       <x:c r="M182" s="14" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="N182" s="15" t="n">
-        <x:v>21508</x:v>
+        <x:v>21528</x:v>
       </x:c>
       <x:c r="O182" s="14" t="s">
-        <x:v>64</x:v>
+        <x:v>30</x:v>
       </x:c>
       <x:c r="P182" s="14" t="s">
         <x:v>296</x:v>
       </x:c>
       <x:c r="Q182" s="16" t="s">
         <x:v>297</x:v>
       </x:c>
       <x:c r="R182" s="14" t="s">
         <x:v>298</x:v>
       </x:c>
       <x:c r="S182" s="14" t="n">
-        <x:v>579834</x:v>
+        <x:v>601097</x:v>
       </x:c>
       <x:c r="T182" s="16" t="s">
-        <x:v>135</x:v>
+        <x:v>299</x:v>
       </x:c>
       <x:c r="U182" s="16" t="s">
-        <x:v>190</x:v>
+        <x:v>35</x:v>
       </x:c>
     </x:row>
     <x:row r="183" spans="1:21">
       <x:c r="A183" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B183" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C183" s="3" t="n">
         <x:v>38765</x:v>
       </x:c>
       <x:c r="D183" s="3" t="s"/>
       <x:c r="E183" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G183" s="0" t="s">
+        <x:v>302</x:v>
+      </x:c>
+      <x:c r="H183" s="0" t="s">
         <x:v>303</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>304</x:v>
       </x:c>
       <x:c r="I183" s="4" t="s">
         <x:v>110</x:v>
       </x:c>
       <x:c r="J183" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K183" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L183" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="M183" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N183" s="3" t="n">
         <x:v>21528</x:v>
       </x:c>
       <x:c r="O183" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P183" s="0" t="s">
+        <x:v>304</x:v>
+      </x:c>
+      <x:c r="Q183" s="4" t="s">
         <x:v>305</x:v>
       </x:c>
-      <x:c r="Q183" s="4" t="s">
+      <x:c r="R183" s="0" t="s">
         <x:v>306</x:v>
       </x:c>
-      <x:c r="R183" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="S183" s="0" t="n">
-        <x:v>607617</x:v>
+        <x:v>607616</x:v>
       </x:c>
       <x:c r="T183" s="4" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="U183" s="4" t="s">
-        <x:v>35</x:v>
+        <x:v>37</x:v>
       </x:c>
     </x:row>
     <x:row r="184" spans="1:21">
       <x:c r="A184" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B184" s="14" t="s">
-        <x:v>22</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="C184" s="15" t="n">
-        <x:v>38765</x:v>
+        <x:v>38761</x:v>
       </x:c>
       <x:c r="D184" s="15" t="s"/>
       <x:c r="E184" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F184" s="14" t="s"/>
       <x:c r="G184" s="14" t="s">
         <x:v>296</x:v>
       </x:c>
       <x:c r="H184" s="14" t="s"/>
       <x:c r="I184" s="16" t="s">
         <x:v>297</x:v>
       </x:c>
       <x:c r="J184" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K184" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L184" s="14" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="M184" s="14" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="N184" s="15" t="n">
-        <x:v>21528</x:v>
+        <x:v>21508</x:v>
       </x:c>
       <x:c r="O184" s="14" t="s">
-        <x:v>30</x:v>
+        <x:v>64</x:v>
       </x:c>
       <x:c r="P184" s="14" t="s">
         <x:v>296</x:v>
       </x:c>
       <x:c r="Q184" s="16" t="s">
         <x:v>297</x:v>
       </x:c>
       <x:c r="R184" s="14" t="s">
         <x:v>298</x:v>
       </x:c>
       <x:c r="S184" s="14" t="n">
-        <x:v>601097</x:v>
+        <x:v>546542</x:v>
       </x:c>
       <x:c r="T184" s="16" t="s">
-        <x:v>299</x:v>
+        <x:v>130</x:v>
       </x:c>
       <x:c r="U184" s="16" t="s">
-        <x:v>35</x:v>
+        <x:v>307</x:v>
       </x:c>
     </x:row>
     <x:row r="185" spans="1:21">
       <x:c r="A185" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B185" s="0" t="s">
-        <x:v>45</x:v>
+        <x:v>22</x:v>
       </x:c>
       <x:c r="C185" s="3" t="n">
-        <x:v>40287</x:v>
+        <x:v>38765</x:v>
       </x:c>
       <x:c r="D185" s="3" t="s"/>
       <x:c r="E185" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G185" s="0" t="s">
         <x:v>296</x:v>
       </x:c>
       <x:c r="I185" s="4" t="s">
         <x:v>297</x:v>
       </x:c>
       <x:c r="J185" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K185" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L185" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="M185" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="N185" s="3" t="n">
-        <x:v>42710</x:v>
+        <x:v>21528</x:v>
       </x:c>
       <x:c r="O185" s="0" t="s">
-        <x:v>46</x:v>
+        <x:v>30</x:v>
       </x:c>
       <x:c r="P185" s="0" t="s">
         <x:v>296</x:v>
       </x:c>
       <x:c r="Q185" s="4" t="s">
         <x:v>297</x:v>
       </x:c>
       <x:c r="R185" s="0" t="s">
         <x:v>298</x:v>
       </x:c>
       <x:c r="S185" s="0" t="n">
-        <x:v>601100</x:v>
+        <x:v>546545</x:v>
       </x:c>
       <x:c r="T185" s="4" t="s">
-        <x:v>299</x:v>
+        <x:v>130</x:v>
       </x:c>
       <x:c r="U185" s="4" t="s">
-        <x:v>300</x:v>
+        <x:v>307</x:v>
       </x:c>
     </x:row>
     <x:row r="186" spans="1:21">
       <x:c r="A186" s="13" t="s">
-        <x:v>21</x:v>
+        <x:v>38</x:v>
       </x:c>
       <x:c r="B186" s="14" t="s">
-        <x:v>22</x:v>
+        <x:v>139</x:v>
       </x:c>
       <x:c r="C186" s="15" t="n">
-        <x:v>38765</x:v>
+        <x:v>38761</x:v>
       </x:c>
       <x:c r="D186" s="15" t="s"/>
-      <x:c r="E186" s="14" t="s">
-[...1 lines deleted...]
-      </x:c>
+      <x:c r="E186" s="14" t="s"/>
       <x:c r="F186" s="14" t="s"/>
       <x:c r="G186" s="14" t="s">
         <x:v>296</x:v>
       </x:c>
       <x:c r="H186" s="14" t="s"/>
       <x:c r="I186" s="16" t="s">
         <x:v>297</x:v>
       </x:c>
       <x:c r="J186" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K186" s="14" t="s">
-        <x:v>27</x:v>
+        <x:v>301</x:v>
       </x:c>
       <x:c r="L186" s="14" t="s">
-        <x:v>41</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="M186" s="14" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="N186" s="15" t="n">
-        <x:v>21528</x:v>
+        <x:v>21508</x:v>
       </x:c>
       <x:c r="O186" s="14" t="s">
-        <x:v>30</x:v>
+        <x:v>64</x:v>
       </x:c>
       <x:c r="P186" s="14" t="s">
         <x:v>296</x:v>
       </x:c>
       <x:c r="Q186" s="16" t="s">
         <x:v>297</x:v>
       </x:c>
       <x:c r="R186" s="14" t="s">
         <x:v>298</x:v>
       </x:c>
       <x:c r="S186" s="14" t="n">
-        <x:v>496801</x:v>
+        <x:v>579834</x:v>
       </x:c>
       <x:c r="T186" s="16" t="s">
-        <x:v>130</x:v>
+        <x:v>135</x:v>
       </x:c>
       <x:c r="U186" s="16" t="s">
-        <x:v>65</x:v>
+        <x:v>190</x:v>
       </x:c>
     </x:row>
     <x:row r="187" spans="1:21">
       <x:c r="A187" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B187" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C187" s="3" t="n">
         <x:v>38765</x:v>
       </x:c>
       <x:c r="D187" s="3" t="s"/>
       <x:c r="E187" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G187" s="0" t="s">
         <x:v>308</x:v>
       </x:c>
       <x:c r="H187" s="0" t="s">
         <x:v>309</x:v>
       </x:c>
       <x:c r="I187" s="4" t="s">
         <x:v>258</x:v>
       </x:c>
@@ -12995,65 +12998,65 @@
       </x:c>
       <x:c r="P199" s="0" t="s">
         <x:v>319</x:v>
       </x:c>
       <x:c r="Q199" s="4" t="s">
         <x:v>321</x:v>
       </x:c>
       <x:c r="R199" s="0" t="s">
         <x:v>322</x:v>
       </x:c>
       <x:c r="S199" s="0" t="n">
         <x:v>570585</x:v>
       </x:c>
       <x:c r="T199" s="4" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="U199" s="4" t="s">
         <x:v>37</x:v>
       </x:c>
     </x:row>
     <x:row r="200" spans="1:21">
       <x:c r="A200" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B200" s="14" t="s">
-        <x:v>114</x:v>
+        <x:v>113</x:v>
       </x:c>
       <x:c r="C200" s="15" t="n">
         <x:v>38632</x:v>
       </x:c>
       <x:c r="D200" s="15" t="s"/>
       <x:c r="E200" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F200" s="14" t="s"/>
       <x:c r="G200" s="14" t="s">
+        <x:v>302</x:v>
+      </x:c>
+      <x:c r="H200" s="14" t="s">
         <x:v>303</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>304</x:v>
       </x:c>
       <x:c r="I200" s="16" t="s">
         <x:v>110</x:v>
       </x:c>
       <x:c r="J200" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K200" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L200" s="14" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="M200" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N200" s="15" t="n">
         <x:v>21519</x:v>
       </x:c>
       <x:c r="O200" s="14" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="P200" s="14" t="s">
         <x:v>324</x:v>
       </x:c>
@@ -13066,54 +13069,54 @@
       <x:c r="S200" s="14" t="n">
         <x:v>604849</x:v>
       </x:c>
       <x:c r="T200" s="16" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="U200" s="16" t="s">
         <x:v>37</x:v>
       </x:c>
     </x:row>
     <x:row r="201" spans="1:21">
       <x:c r="A201" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B201" s="0" t="s">
         <x:v>326</x:v>
       </x:c>
       <x:c r="C201" s="3" t="n">
         <x:v>35151</x:v>
       </x:c>
       <x:c r="D201" s="3" t="s"/>
       <x:c r="E201" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G201" s="0" t="s">
+        <x:v>302</x:v>
+      </x:c>
+      <x:c r="H201" s="0" t="s">
         <x:v>303</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>304</x:v>
       </x:c>
       <x:c r="I201" s="4" t="s">
         <x:v>110</x:v>
       </x:c>
       <x:c r="J201" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="K201" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L201" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="M201" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N201" s="3" t="n">
         <x:v>21519</x:v>
       </x:c>
       <x:c r="O201" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="P201" s="0" t="s">
         <x:v>324</x:v>
       </x:c>
@@ -13127,296 +13130,296 @@
         <x:v>553710</x:v>
       </x:c>
       <x:c r="T201" s="4" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="U201" s="4" t="s">
         <x:v>37</x:v>
       </x:c>
     </x:row>
     <x:row r="202" spans="1:21">
       <x:c r="A202" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B202" s="14" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C202" s="15" t="n">
         <x:v>38765</x:v>
       </x:c>
       <x:c r="D202" s="15" t="s"/>
       <x:c r="E202" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F202" s="14" t="s"/>
       <x:c r="G202" s="14" t="s">
+        <x:v>302</x:v>
+      </x:c>
+      <x:c r="H202" s="14" t="s">
         <x:v>303</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>304</x:v>
       </x:c>
       <x:c r="I202" s="16" t="s">
         <x:v>110</x:v>
       </x:c>
       <x:c r="J202" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K202" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L202" s="14" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="M202" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N202" s="15" t="n">
         <x:v>21528</x:v>
       </x:c>
       <x:c r="O202" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P202" s="14" t="s">
         <x:v>324</x:v>
       </x:c>
       <x:c r="Q202" s="16" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="R202" s="14" t="s">
         <x:v>325</x:v>
       </x:c>
       <x:c r="S202" s="14" t="n">
-        <x:v>604855</x:v>
+        <x:v>553700</x:v>
       </x:c>
       <x:c r="T202" s="16" t="s">
-        <x:v>34</x:v>
+        <x:v>36</x:v>
       </x:c>
       <x:c r="U202" s="16" t="s">
-        <x:v>37</x:v>
+        <x:v>44</x:v>
       </x:c>
     </x:row>
     <x:row r="203" spans="1:21">
       <x:c r="A203" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B203" s="0" t="s">
-        <x:v>114</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="C203" s="3" t="n">
-        <x:v>38632</x:v>
+        <x:v>38761</x:v>
       </x:c>
       <x:c r="D203" s="3" t="s"/>
       <x:c r="E203" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G203" s="0" t="s">
+        <x:v>302</x:v>
+      </x:c>
+      <x:c r="H203" s="0" t="s">
         <x:v>303</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>304</x:v>
       </x:c>
       <x:c r="I203" s="4" t="s">
         <x:v>110</x:v>
       </x:c>
       <x:c r="J203" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K203" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L203" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="M203" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N203" s="3" t="n">
-        <x:v>21519</x:v>
+        <x:v>21508</x:v>
       </x:c>
       <x:c r="O203" s="0" t="s">
-        <x:v>68</x:v>
+        <x:v>64</x:v>
       </x:c>
       <x:c r="P203" s="0" t="s">
         <x:v>324</x:v>
       </x:c>
       <x:c r="Q203" s="4" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="R203" s="0" t="s">
         <x:v>325</x:v>
       </x:c>
       <x:c r="S203" s="0" t="n">
-        <x:v>553713</x:v>
+        <x:v>604858</x:v>
       </x:c>
       <x:c r="T203" s="4" t="s">
-        <x:v>36</x:v>
+        <x:v>34</x:v>
       </x:c>
       <x:c r="U203" s="4" t="s">
-        <x:v>44</x:v>
+        <x:v>37</x:v>
       </x:c>
     </x:row>
     <x:row r="204" spans="1:21">
       <x:c r="A204" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B204" s="14" t="s">
-        <x:v>63</x:v>
+        <x:v>22</x:v>
       </x:c>
       <x:c r="C204" s="15" t="n">
-        <x:v>38761</x:v>
+        <x:v>38765</x:v>
       </x:c>
       <x:c r="D204" s="15" t="s"/>
       <x:c r="E204" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F204" s="14" t="s"/>
       <x:c r="G204" s="14" t="s">
+        <x:v>302</x:v>
+      </x:c>
+      <x:c r="H204" s="14" t="s">
         <x:v>303</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>304</x:v>
       </x:c>
       <x:c r="I204" s="16" t="s">
         <x:v>110</x:v>
       </x:c>
       <x:c r="J204" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K204" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L204" s="14" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="M204" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N204" s="15" t="n">
-        <x:v>21508</x:v>
+        <x:v>21528</x:v>
       </x:c>
       <x:c r="O204" s="14" t="s">
-        <x:v>64</x:v>
+        <x:v>30</x:v>
       </x:c>
       <x:c r="P204" s="14" t="s">
         <x:v>324</x:v>
       </x:c>
       <x:c r="Q204" s="16" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="R204" s="14" t="s">
         <x:v>325</x:v>
       </x:c>
       <x:c r="S204" s="14" t="n">
-        <x:v>604858</x:v>
+        <x:v>604855</x:v>
       </x:c>
       <x:c r="T204" s="16" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="U204" s="16" t="s">
         <x:v>37</x:v>
       </x:c>
     </x:row>
     <x:row r="205" spans="1:21">
       <x:c r="A205" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B205" s="0" t="s">
-        <x:v>22</x:v>
+        <x:v>113</x:v>
       </x:c>
       <x:c r="C205" s="3" t="n">
-        <x:v>38765</x:v>
+        <x:v>38632</x:v>
       </x:c>
       <x:c r="D205" s="3" t="s"/>
       <x:c r="E205" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G205" s="0" t="s">
+        <x:v>302</x:v>
+      </x:c>
+      <x:c r="H205" s="0" t="s">
         <x:v>303</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>304</x:v>
       </x:c>
       <x:c r="I205" s="4" t="s">
         <x:v>110</x:v>
       </x:c>
       <x:c r="J205" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K205" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L205" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="M205" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N205" s="3" t="n">
-        <x:v>21528</x:v>
+        <x:v>21519</x:v>
       </x:c>
       <x:c r="O205" s="0" t="s">
-        <x:v>30</x:v>
+        <x:v>68</x:v>
       </x:c>
       <x:c r="P205" s="0" t="s">
         <x:v>324</x:v>
       </x:c>
       <x:c r="Q205" s="4" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="R205" s="0" t="s">
         <x:v>325</x:v>
       </x:c>
       <x:c r="S205" s="0" t="n">
-        <x:v>553700</x:v>
+        <x:v>553713</x:v>
       </x:c>
       <x:c r="T205" s="4" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="U205" s="4" t="s">
         <x:v>44</x:v>
       </x:c>
     </x:row>
     <x:row r="206" spans="1:21">
       <x:c r="A206" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B206" s="14" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C206" s="15" t="n">
         <x:v>38765</x:v>
       </x:c>
       <x:c r="D206" s="15" t="s"/>
       <x:c r="E206" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F206" s="14" t="s"/>
       <x:c r="G206" s="14" t="s">
+        <x:v>302</x:v>
+      </x:c>
+      <x:c r="H206" s="14" t="s">
         <x:v>303</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>304</x:v>
       </x:c>
       <x:c r="I206" s="16" t="s">
         <x:v>110</x:v>
       </x:c>
       <x:c r="J206" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K206" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L206" s="14" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="M206" s="14" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="N206" s="15" t="n">
         <x:v>21528</x:v>
       </x:c>
       <x:c r="O206" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P206" s="14" t="s">
         <x:v>324</x:v>
       </x:c>
@@ -13429,54 +13432,54 @@
       <x:c r="S206" s="14" t="n">
         <x:v>553701</x:v>
       </x:c>
       <x:c r="T206" s="16" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="U206" s="16" t="s">
         <x:v>37</x:v>
       </x:c>
     </x:row>
     <x:row r="207" spans="1:21">
       <x:c r="A207" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B207" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C207" s="3" t="n">
         <x:v>38765</x:v>
       </x:c>
       <x:c r="D207" s="3" t="s"/>
       <x:c r="E207" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G207" s="0" t="s">
+        <x:v>302</x:v>
+      </x:c>
+      <x:c r="H207" s="0" t="s">
         <x:v>303</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>304</x:v>
       </x:c>
       <x:c r="I207" s="4" t="s">
         <x:v>110</x:v>
       </x:c>
       <x:c r="J207" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K207" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L207" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="M207" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="N207" s="3" t="n">
         <x:v>21528</x:v>
       </x:c>
       <x:c r="O207" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P207" s="0" t="s">
         <x:v>324</x:v>
       </x:c>
@@ -13490,54 +13493,54 @@
         <x:v>501587</x:v>
       </x:c>
       <x:c r="T207" s="4" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="U207" s="4" t="s">
         <x:v>44</x:v>
       </x:c>
     </x:row>
     <x:row r="208" spans="1:21">
       <x:c r="A208" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B208" s="14" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="C208" s="15" t="n">
         <x:v>38761</x:v>
       </x:c>
       <x:c r="D208" s="15" t="s"/>
       <x:c r="E208" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F208" s="14" t="s"/>
       <x:c r="G208" s="14" t="s">
+        <x:v>302</x:v>
+      </x:c>
+      <x:c r="H208" s="14" t="s">
         <x:v>303</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>304</x:v>
       </x:c>
       <x:c r="I208" s="16" t="s">
         <x:v>110</x:v>
       </x:c>
       <x:c r="J208" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K208" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L208" s="14" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="M208" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N208" s="15" t="n">
         <x:v>21508</x:v>
       </x:c>
       <x:c r="O208" s="14" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="P208" s="14" t="s">
         <x:v>324</x:v>
       </x:c>
@@ -13550,1022 +13553,1022 @@
       <x:c r="S208" s="14" t="n">
         <x:v>553704</x:v>
       </x:c>
       <x:c r="T208" s="16" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="U208" s="16" t="s">
         <x:v>44</x:v>
       </x:c>
     </x:row>
     <x:row r="209" spans="1:21">
       <x:c r="A209" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B209" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C209" s="3" t="n">
         <x:v>38765</x:v>
       </x:c>
       <x:c r="D209" s="3" t="s"/>
       <x:c r="E209" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G209" s="0" t="s">
+        <x:v>302</x:v>
+      </x:c>
+      <x:c r="H209" s="0" t="s">
         <x:v>303</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>304</x:v>
       </x:c>
       <x:c r="I209" s="4" t="s">
         <x:v>110</x:v>
       </x:c>
       <x:c r="J209" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K209" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L209" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="M209" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="N209" s="3" t="n">
         <x:v>21528</x:v>
       </x:c>
       <x:c r="O209" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P209" s="0" t="s">
         <x:v>324</x:v>
       </x:c>
       <x:c r="Q209" s="4" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="R209" s="0" t="s">
         <x:v>325</x:v>
       </x:c>
       <x:c r="S209" s="0" t="n">
         <x:v>604854</x:v>
       </x:c>
       <x:c r="T209" s="4" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="U209" s="4" t="s">
         <x:v>35</x:v>
       </x:c>
     </x:row>
     <x:row r="210" spans="1:21">
       <x:c r="A210" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B210" s="14" t="s">
-        <x:v>66</x:v>
+        <x:v>22</x:v>
       </x:c>
       <x:c r="C210" s="15" t="n">
-        <x:v>35151</x:v>
+        <x:v>38765</x:v>
       </x:c>
       <x:c r="D210" s="15" t="s"/>
       <x:c r="E210" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F210" s="14" t="s"/>
       <x:c r="G210" s="14" t="s">
+        <x:v>302</x:v>
+      </x:c>
+      <x:c r="H210" s="14" t="s">
         <x:v>303</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>304</x:v>
       </x:c>
       <x:c r="I210" s="16" t="s">
         <x:v>110</x:v>
       </x:c>
       <x:c r="J210" s="14" t="s">
-        <x:v>67</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="K210" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L210" s="14" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="M210" s="14" t="s">
-        <x:v>49</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="N210" s="15" t="n">
-        <x:v>21519</x:v>
+        <x:v>21528</x:v>
       </x:c>
       <x:c r="O210" s="14" t="s">
-        <x:v>68</x:v>
+        <x:v>30</x:v>
       </x:c>
       <x:c r="P210" s="14" t="s">
+        <x:v>304</x:v>
+      </x:c>
+      <x:c r="Q210" s="16" t="s">
         <x:v>305</x:v>
       </x:c>
-      <x:c r="Q210" s="16" t="s">
+      <x:c r="R210" s="14" t="s">
         <x:v>306</x:v>
       </x:c>
-      <x:c r="R210" s="14" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="S210" s="14" t="n">
-        <x:v>553295</x:v>
+        <x:v>502212</x:v>
       </x:c>
       <x:c r="T210" s="16" t="s">
-        <x:v>36</x:v>
+        <x:v>43</x:v>
       </x:c>
       <x:c r="U210" s="16" t="s">
-        <x:v>37</x:v>
+        <x:v>44</x:v>
       </x:c>
     </x:row>
     <x:row r="211" spans="1:21">
       <x:c r="A211" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B211" s="0" t="s">
-        <x:v>63</x:v>
+        <x:v>66</x:v>
       </x:c>
       <x:c r="C211" s="3" t="n">
-        <x:v>38761</x:v>
+        <x:v>35151</x:v>
       </x:c>
       <x:c r="D211" s="3" t="s"/>
       <x:c r="E211" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G211" s="0" t="s">
+        <x:v>302</x:v>
+      </x:c>
+      <x:c r="H211" s="0" t="s">
         <x:v>303</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>304</x:v>
       </x:c>
       <x:c r="I211" s="4" t="s">
         <x:v>110</x:v>
       </x:c>
       <x:c r="J211" s="0" t="s">
-        <x:v>26</x:v>
+        <x:v>67</x:v>
       </x:c>
       <x:c r="K211" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L211" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="M211" s="0" t="s">
-        <x:v>29</x:v>
+        <x:v>49</x:v>
       </x:c>
       <x:c r="N211" s="3" t="n">
-        <x:v>21508</x:v>
+        <x:v>21519</x:v>
       </x:c>
       <x:c r="O211" s="0" t="s">
-        <x:v>64</x:v>
+        <x:v>68</x:v>
       </x:c>
       <x:c r="P211" s="0" t="s">
+        <x:v>304</x:v>
+      </x:c>
+      <x:c r="Q211" s="4" t="s">
         <x:v>305</x:v>
       </x:c>
-      <x:c r="Q211" s="4" t="s">
+      <x:c r="R211" s="0" t="s">
         <x:v>306</x:v>
       </x:c>
-      <x:c r="R211" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="S211" s="0" t="n">
-        <x:v>553306</x:v>
+        <x:v>553295</x:v>
       </x:c>
       <x:c r="T211" s="4" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="U211" s="4" t="s">
-        <x:v>44</x:v>
+        <x:v>37</x:v>
       </x:c>
     </x:row>
     <x:row r="212" spans="1:21">
       <x:c r="A212" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B212" s="14" t="s">
-        <x:v>22</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="C212" s="15" t="n">
-        <x:v>38765</x:v>
+        <x:v>38761</x:v>
       </x:c>
       <x:c r="D212" s="15" t="s"/>
       <x:c r="E212" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F212" s="14" t="s"/>
       <x:c r="G212" s="14" t="s">
+        <x:v>302</x:v>
+      </x:c>
+      <x:c r="H212" s="14" t="s">
         <x:v>303</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>304</x:v>
       </x:c>
       <x:c r="I212" s="16" t="s">
         <x:v>110</x:v>
       </x:c>
       <x:c r="J212" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K212" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L212" s="14" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="M212" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N212" s="15" t="n">
-        <x:v>21528</x:v>
+        <x:v>21508</x:v>
       </x:c>
       <x:c r="O212" s="14" t="s">
-        <x:v>30</x:v>
+        <x:v>64</x:v>
       </x:c>
       <x:c r="P212" s="14" t="s">
+        <x:v>304</x:v>
+      </x:c>
+      <x:c r="Q212" s="16" t="s">
         <x:v>305</x:v>
       </x:c>
-      <x:c r="Q212" s="16" t="s">
+      <x:c r="R212" s="14" t="s">
         <x:v>306</x:v>
       </x:c>
-      <x:c r="R212" s="14" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="S212" s="14" t="n">
-        <x:v>502212</x:v>
+        <x:v>553306</x:v>
       </x:c>
       <x:c r="T212" s="16" t="s">
-        <x:v>43</x:v>
+        <x:v>36</x:v>
       </x:c>
       <x:c r="U212" s="16" t="s">
         <x:v>44</x:v>
       </x:c>
     </x:row>
     <x:row r="213" spans="1:21">
       <x:c r="A213" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B213" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="C213" s="3" t="n">
         <x:v>35151</x:v>
       </x:c>
       <x:c r="D213" s="3" t="s"/>
       <x:c r="E213" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G213" s="0" t="s">
+        <x:v>302</x:v>
+      </x:c>
+      <x:c r="H213" s="0" t="s">
         <x:v>303</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>304</x:v>
       </x:c>
       <x:c r="I213" s="4" t="s">
         <x:v>110</x:v>
       </x:c>
       <x:c r="J213" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="K213" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L213" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="M213" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="N213" s="3" t="n">
         <x:v>21519</x:v>
       </x:c>
       <x:c r="O213" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="P213" s="0" t="s">
+        <x:v>304</x:v>
+      </x:c>
+      <x:c r="Q213" s="4" t="s">
         <x:v>305</x:v>
       </x:c>
-      <x:c r="Q213" s="4" t="s">
+      <x:c r="R213" s="0" t="s">
         <x:v>306</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>307</x:v>
       </x:c>
       <x:c r="S213" s="0" t="n">
         <x:v>502206</x:v>
       </x:c>
       <x:c r="T213" s="4" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="U213" s="4" t="s">
         <x:v>44</x:v>
       </x:c>
     </x:row>
     <x:row r="214" spans="1:21">
       <x:c r="A214" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B214" s="14" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C214" s="15" t="n">
         <x:v>38765</x:v>
       </x:c>
       <x:c r="D214" s="15" t="s"/>
       <x:c r="E214" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F214" s="14" t="s"/>
       <x:c r="G214" s="14" t="s">
+        <x:v>302</x:v>
+      </x:c>
+      <x:c r="H214" s="14" t="s">
         <x:v>303</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>304</x:v>
       </x:c>
       <x:c r="I214" s="16" t="s">
         <x:v>110</x:v>
       </x:c>
       <x:c r="J214" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K214" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L214" s="14" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="M214" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N214" s="15" t="n">
         <x:v>21528</x:v>
       </x:c>
       <x:c r="O214" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P214" s="14" t="s">
+        <x:v>304</x:v>
+      </x:c>
+      <x:c r="Q214" s="16" t="s">
         <x:v>305</x:v>
       </x:c>
-      <x:c r="Q214" s="16" t="s">
+      <x:c r="R214" s="14" t="s">
         <x:v>306</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>307</x:v>
       </x:c>
       <x:c r="S214" s="14" t="n">
         <x:v>553305</x:v>
       </x:c>
       <x:c r="T214" s="16" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="U214" s="16" t="s">
         <x:v>37</x:v>
       </x:c>
     </x:row>
     <x:row r="215" spans="1:21">
       <x:c r="A215" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B215" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="C215" s="3" t="n">
         <x:v>38761</x:v>
       </x:c>
       <x:c r="D215" s="3" t="s"/>
       <x:c r="E215" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G215" s="0" t="s">
+        <x:v>302</x:v>
+      </x:c>
+      <x:c r="H215" s="0" t="s">
         <x:v>303</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>304</x:v>
       </x:c>
       <x:c r="I215" s="4" t="s">
         <x:v>110</x:v>
       </x:c>
       <x:c r="J215" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K215" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L215" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="M215" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N215" s="3" t="n">
         <x:v>21508</x:v>
       </x:c>
       <x:c r="O215" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="P215" s="0" t="s">
+        <x:v>304</x:v>
+      </x:c>
+      <x:c r="Q215" s="4" t="s">
         <x:v>305</x:v>
       </x:c>
-      <x:c r="Q215" s="4" t="s">
+      <x:c r="R215" s="0" t="s">
         <x:v>306</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>307</x:v>
       </x:c>
       <x:c r="S215" s="0" t="n">
         <x:v>607618</x:v>
       </x:c>
       <x:c r="T215" s="4" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="U215" s="4" t="s">
         <x:v>37</x:v>
       </x:c>
     </x:row>
     <x:row r="216" spans="1:21">
       <x:c r="A216" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B216" s="14" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C216" s="15" t="n">
         <x:v>38765</x:v>
       </x:c>
       <x:c r="D216" s="15" t="s"/>
       <x:c r="E216" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F216" s="14" t="s"/>
       <x:c r="G216" s="14" t="s">
+        <x:v>302</x:v>
+      </x:c>
+      <x:c r="H216" s="14" t="s">
         <x:v>303</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>304</x:v>
       </x:c>
       <x:c r="I216" s="16" t="s">
         <x:v>110</x:v>
       </x:c>
       <x:c r="J216" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K216" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L216" s="14" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="M216" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N216" s="15" t="n">
         <x:v>21528</x:v>
       </x:c>
       <x:c r="O216" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P216" s="14" t="s">
+        <x:v>304</x:v>
+      </x:c>
+      <x:c r="Q216" s="16" t="s">
         <x:v>305</x:v>
       </x:c>
-      <x:c r="Q216" s="16" t="s">
+      <x:c r="R216" s="14" t="s">
         <x:v>306</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>307</x:v>
       </x:c>
       <x:c r="S216" s="14" t="n">
         <x:v>553304</x:v>
       </x:c>
       <x:c r="T216" s="16" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="U216" s="16" t="s">
         <x:v>44</x:v>
       </x:c>
     </x:row>
     <x:row r="217" spans="1:21">
       <x:c r="A217" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B217" s="0" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="C217" s="3" t="n">
         <x:v>35966</x:v>
       </x:c>
       <x:c r="D217" s="3" t="s"/>
       <x:c r="E217" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G217" s="0" t="s">
+        <x:v>302</x:v>
+      </x:c>
+      <x:c r="H217" s="0" t="s">
         <x:v>303</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>304</x:v>
       </x:c>
       <x:c r="I217" s="4" t="s">
         <x:v>110</x:v>
       </x:c>
       <x:c r="J217" s="0" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="K217" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L217" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="M217" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="N217" s="3" t="n">
         <x:v>21528</x:v>
       </x:c>
       <x:c r="O217" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P217" s="0" t="s">
+        <x:v>304</x:v>
+      </x:c>
+      <x:c r="Q217" s="4" t="s">
         <x:v>305</x:v>
       </x:c>
-      <x:c r="Q217" s="4" t="s">
+      <x:c r="R217" s="0" t="s">
         <x:v>306</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>307</x:v>
       </x:c>
       <x:c r="S217" s="0" t="n">
         <x:v>553294</x:v>
       </x:c>
       <x:c r="T217" s="4" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="U217" s="4" t="s">
         <x:v>37</x:v>
       </x:c>
     </x:row>
     <x:row r="218" spans="1:21">
       <x:c r="A218" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B218" s="14" t="s">
-        <x:v>327</x:v>
+        <x:v>69</x:v>
       </x:c>
       <x:c r="C218" s="15" t="n">
-        <x:v>39257</x:v>
+        <x:v>35966</x:v>
       </x:c>
       <x:c r="D218" s="15" t="s"/>
       <x:c r="E218" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F218" s="14" t="s"/>
       <x:c r="G218" s="14" t="s">
+        <x:v>302</x:v>
+      </x:c>
+      <x:c r="H218" s="14" t="s">
         <x:v>303</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>304</x:v>
       </x:c>
       <x:c r="I218" s="16" t="s">
         <x:v>110</x:v>
       </x:c>
       <x:c r="J218" s="14" t="s">
-        <x:v>26</x:v>
+        <x:v>70</x:v>
       </x:c>
       <x:c r="K218" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L218" s="14" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="M218" s="14" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="N218" s="15" t="n">
         <x:v>21528</x:v>
       </x:c>
       <x:c r="O218" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P218" s="14" t="s">
+        <x:v>304</x:v>
+      </x:c>
+      <x:c r="Q218" s="16" t="s">
         <x:v>305</x:v>
       </x:c>
-      <x:c r="Q218" s="16" t="s">
+      <x:c r="R218" s="14" t="s">
         <x:v>306</x:v>
       </x:c>
-      <x:c r="R218" s="14" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="S218" s="14" t="n">
-        <x:v>553308</x:v>
+        <x:v>502205</x:v>
       </x:c>
       <x:c r="T218" s="16" t="s">
-        <x:v>36</x:v>
+        <x:v>43</x:v>
       </x:c>
       <x:c r="U218" s="16" t="s">
         <x:v>44</x:v>
       </x:c>
     </x:row>
     <x:row r="219" spans="1:21">
       <x:c r="A219" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B219" s="0" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="C219" s="3" t="n">
         <x:v>35966</x:v>
       </x:c>
       <x:c r="D219" s="3" t="s"/>
       <x:c r="E219" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G219" s="0" t="s">
+        <x:v>302</x:v>
+      </x:c>
+      <x:c r="H219" s="0" t="s">
         <x:v>303</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>304</x:v>
       </x:c>
       <x:c r="I219" s="4" t="s">
         <x:v>110</x:v>
       </x:c>
       <x:c r="J219" s="0" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="K219" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L219" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="M219" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="N219" s="3" t="n">
         <x:v>21528</x:v>
       </x:c>
       <x:c r="O219" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P219" s="0" t="s">
+        <x:v>304</x:v>
+      </x:c>
+      <x:c r="Q219" s="4" t="s">
         <x:v>305</x:v>
       </x:c>
-      <x:c r="Q219" s="4" t="s">
+      <x:c r="R219" s="0" t="s">
         <x:v>306</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>307</x:v>
       </x:c>
       <x:c r="S219" s="0" t="n">
         <x:v>607607</x:v>
       </x:c>
       <x:c r="T219" s="4" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="U219" s="4" t="s">
         <x:v>35</x:v>
       </x:c>
     </x:row>
     <x:row r="220" spans="1:21">
       <x:c r="A220" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B220" s="14" t="s">
-        <x:v>22</x:v>
+        <x:v>327</x:v>
       </x:c>
       <x:c r="C220" s="15" t="n">
-        <x:v>38765</x:v>
+        <x:v>39257</x:v>
       </x:c>
       <x:c r="D220" s="15" t="s"/>
       <x:c r="E220" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F220" s="14" t="s"/>
       <x:c r="G220" s="14" t="s">
+        <x:v>302</x:v>
+      </x:c>
+      <x:c r="H220" s="14" t="s">
         <x:v>303</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>304</x:v>
       </x:c>
       <x:c r="I220" s="16" t="s">
         <x:v>110</x:v>
       </x:c>
       <x:c r="J220" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K220" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L220" s="14" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="M220" s="14" t="s">
-        <x:v>29</x:v>
+        <x:v>49</x:v>
       </x:c>
       <x:c r="N220" s="15" t="n">
         <x:v>21528</x:v>
       </x:c>
       <x:c r="O220" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P220" s="14" t="s">
+        <x:v>304</x:v>
+      </x:c>
+      <x:c r="Q220" s="16" t="s">
         <x:v>305</x:v>
       </x:c>
-      <x:c r="Q220" s="16" t="s">
+      <x:c r="R220" s="14" t="s">
         <x:v>306</x:v>
       </x:c>
-      <x:c r="R220" s="14" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="S220" s="14" t="n">
-        <x:v>607616</x:v>
+        <x:v>553308</x:v>
       </x:c>
       <x:c r="T220" s="16" t="s">
-        <x:v>34</x:v>
+        <x:v>36</x:v>
       </x:c>
       <x:c r="U220" s="16" t="s">
-        <x:v>37</x:v>
+        <x:v>44</x:v>
       </x:c>
     </x:row>
     <x:row r="221" spans="1:21">
       <x:c r="A221" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B221" s="0" t="s">
-        <x:v>69</x:v>
+        <x:v>22</x:v>
       </x:c>
       <x:c r="C221" s="3" t="n">
-        <x:v>35966</x:v>
+        <x:v>38765</x:v>
       </x:c>
       <x:c r="D221" s="3" t="s"/>
       <x:c r="E221" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G221" s="0" t="s">
+        <x:v>302</x:v>
+      </x:c>
+      <x:c r="H221" s="0" t="s">
         <x:v>303</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>304</x:v>
       </x:c>
       <x:c r="I221" s="4" t="s">
         <x:v>110</x:v>
       </x:c>
       <x:c r="J221" s="0" t="s">
-        <x:v>70</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="K221" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L221" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="M221" s="0" t="s">
-        <x:v>49</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="N221" s="3" t="n">
         <x:v>21528</x:v>
       </x:c>
       <x:c r="O221" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P221" s="0" t="s">
+        <x:v>304</x:v>
+      </x:c>
+      <x:c r="Q221" s="4" t="s">
         <x:v>305</x:v>
       </x:c>
-      <x:c r="Q221" s="4" t="s">
+      <x:c r="R221" s="0" t="s">
         <x:v>306</x:v>
       </x:c>
-      <x:c r="R221" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="S221" s="0" t="n">
-        <x:v>502205</x:v>
+        <x:v>607617</x:v>
       </x:c>
       <x:c r="T221" s="4" t="s">
-        <x:v>43</x:v>
+        <x:v>34</x:v>
       </x:c>
       <x:c r="U221" s="4" t="s">
-        <x:v>44</x:v>
+        <x:v>35</x:v>
       </x:c>
     </x:row>
     <x:row r="222" spans="1:21">
       <x:c r="A222" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B222" s="14" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C222" s="15" t="n">
         <x:v>38765</x:v>
       </x:c>
       <x:c r="D222" s="15" t="s"/>
       <x:c r="E222" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F222" s="14" t="s"/>
       <x:c r="G222" s="14" t="s">
+        <x:v>302</x:v>
+      </x:c>
+      <x:c r="H222" s="14" t="s">
         <x:v>303</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>304</x:v>
       </x:c>
       <x:c r="I222" s="16" t="s">
         <x:v>110</x:v>
       </x:c>
       <x:c r="J222" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K222" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L222" s="14" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="M222" s="14" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="N222" s="15" t="n">
         <x:v>21528</x:v>
       </x:c>
       <x:c r="O222" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P222" s="14" t="s">
         <x:v>328</x:v>
       </x:c>
       <x:c r="Q222" s="16" t="s">
         <x:v>329</x:v>
       </x:c>
       <x:c r="R222" s="14" t="s">
         <x:v>330</x:v>
       </x:c>
       <x:c r="S222" s="14" t="n">
-        <x:v>553279</x:v>
+        <x:v>604822</x:v>
       </x:c>
       <x:c r="T222" s="16" t="s">
-        <x:v>36</x:v>
+        <x:v>34</x:v>
       </x:c>
       <x:c r="U222" s="16" t="s">
-        <x:v>37</x:v>
+        <x:v>35</x:v>
       </x:c>
     </x:row>
     <x:row r="223" spans="1:21">
       <x:c r="A223" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B223" s="0" t="s">
-        <x:v>22</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="C223" s="3" t="n">
-        <x:v>38765</x:v>
+        <x:v>38761</x:v>
       </x:c>
       <x:c r="D223" s="3" t="s"/>
       <x:c r="E223" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G223" s="0" t="s">
+        <x:v>302</x:v>
+      </x:c>
+      <x:c r="H223" s="0" t="s">
         <x:v>303</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>304</x:v>
       </x:c>
       <x:c r="I223" s="4" t="s">
         <x:v>110</x:v>
       </x:c>
       <x:c r="J223" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K223" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L223" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="M223" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="N223" s="3" t="n">
-        <x:v>21528</x:v>
+        <x:v>21508</x:v>
       </x:c>
       <x:c r="O223" s="0" t="s">
-        <x:v>30</x:v>
+        <x:v>64</x:v>
       </x:c>
       <x:c r="P223" s="0" t="s">
         <x:v>328</x:v>
       </x:c>
       <x:c r="Q223" s="4" t="s">
         <x:v>329</x:v>
       </x:c>
       <x:c r="R223" s="0" t="s">
         <x:v>330</x:v>
       </x:c>
       <x:c r="S223" s="0" t="n">
-        <x:v>604822</x:v>
+        <x:v>604826</x:v>
       </x:c>
       <x:c r="T223" s="4" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="U223" s="4" t="s">
-        <x:v>35</x:v>
+        <x:v>37</x:v>
       </x:c>
     </x:row>
     <x:row r="224" spans="1:21">
       <x:c r="A224" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B224" s="14" t="s">
-        <x:v>63</x:v>
+        <x:v>22</x:v>
       </x:c>
       <x:c r="C224" s="15" t="n">
-        <x:v>38761</x:v>
+        <x:v>38765</x:v>
       </x:c>
       <x:c r="D224" s="15" t="s"/>
       <x:c r="E224" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F224" s="14" t="s"/>
       <x:c r="G224" s="14" t="s">
+        <x:v>302</x:v>
+      </x:c>
+      <x:c r="H224" s="14" t="s">
         <x:v>303</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>304</x:v>
       </x:c>
       <x:c r="I224" s="16" t="s">
         <x:v>110</x:v>
       </x:c>
       <x:c r="J224" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K224" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L224" s="14" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="M224" s="14" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="N224" s="15" t="n">
-        <x:v>21508</x:v>
+        <x:v>21528</x:v>
       </x:c>
       <x:c r="O224" s="14" t="s">
-        <x:v>64</x:v>
+        <x:v>30</x:v>
       </x:c>
       <x:c r="P224" s="14" t="s">
         <x:v>328</x:v>
       </x:c>
       <x:c r="Q224" s="16" t="s">
         <x:v>329</x:v>
       </x:c>
       <x:c r="R224" s="14" t="s">
         <x:v>330</x:v>
       </x:c>
       <x:c r="S224" s="14" t="n">
-        <x:v>604826</x:v>
+        <x:v>553279</x:v>
       </x:c>
       <x:c r="T224" s="16" t="s">
-        <x:v>34</x:v>
+        <x:v>36</x:v>
       </x:c>
       <x:c r="U224" s="16" t="s">
         <x:v>37</x:v>
       </x:c>
     </x:row>
     <x:row r="225" spans="1:21">
       <x:c r="A225" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B225" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C225" s="3" t="n">
         <x:v>38765</x:v>
       </x:c>
       <x:c r="D225" s="3" t="s"/>
       <x:c r="E225" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G225" s="0" t="s">
+        <x:v>302</x:v>
+      </x:c>
+      <x:c r="H225" s="0" t="s">
         <x:v>303</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>304</x:v>
       </x:c>
       <x:c r="I225" s="4" t="s">
         <x:v>110</x:v>
       </x:c>
       <x:c r="J225" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K225" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L225" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="M225" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N225" s="3" t="n">
         <x:v>21528</x:v>
       </x:c>
       <x:c r="O225" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P225" s="0" t="s">
         <x:v>328</x:v>
       </x:c>
@@ -14579,54 +14582,54 @@
         <x:v>604823</x:v>
       </x:c>
       <x:c r="T225" s="4" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="U225" s="4" t="s">
         <x:v>37</x:v>
       </x:c>
     </x:row>
     <x:row r="226" spans="1:21">
       <x:c r="A226" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B226" s="14" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C226" s="15" t="n">
         <x:v>38765</x:v>
       </x:c>
       <x:c r="D226" s="15" t="s"/>
       <x:c r="E226" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F226" s="14" t="s"/>
       <x:c r="G226" s="14" t="s">
+        <x:v>302</x:v>
+      </x:c>
+      <x:c r="H226" s="14" t="s">
         <x:v>303</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>304</x:v>
       </x:c>
       <x:c r="I226" s="16" t="s">
         <x:v>110</x:v>
       </x:c>
       <x:c r="J226" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K226" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L226" s="14" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="M226" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N226" s="15" t="n">
         <x:v>21528</x:v>
       </x:c>
       <x:c r="O226" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P226" s="14" t="s">
         <x:v>328</x:v>
       </x:c>
@@ -14639,54 +14642,54 @@
       <x:c r="S226" s="14" t="n">
         <x:v>553280</x:v>
       </x:c>
       <x:c r="T226" s="16" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="U226" s="16" t="s">
         <x:v>44</x:v>
       </x:c>
     </x:row>
     <x:row r="227" spans="1:21">
       <x:c r="A227" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B227" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="C227" s="3" t="n">
         <x:v>38761</x:v>
       </x:c>
       <x:c r="D227" s="3" t="s"/>
       <x:c r="E227" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G227" s="0" t="s">
+        <x:v>302</x:v>
+      </x:c>
+      <x:c r="H227" s="0" t="s">
         <x:v>303</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>304</x:v>
       </x:c>
       <x:c r="I227" s="4" t="s">
         <x:v>110</x:v>
       </x:c>
       <x:c r="J227" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K227" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L227" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="M227" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="N227" s="3" t="n">
         <x:v>21508</x:v>
       </x:c>
       <x:c r="O227" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="P227" s="0" t="s">
         <x:v>328</x:v>
       </x:c>
@@ -14700,54 +14703,54 @@
         <x:v>553283</x:v>
       </x:c>
       <x:c r="T227" s="4" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="U227" s="4" t="s">
         <x:v>44</x:v>
       </x:c>
     </x:row>
     <x:row r="228" spans="1:21">
       <x:c r="A228" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B228" s="14" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C228" s="15" t="n">
         <x:v>38765</x:v>
       </x:c>
       <x:c r="D228" s="15" t="s"/>
       <x:c r="E228" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F228" s="14" t="s"/>
       <x:c r="G228" s="14" t="s">
+        <x:v>302</x:v>
+      </x:c>
+      <x:c r="H228" s="14" t="s">
         <x:v>303</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>304</x:v>
       </x:c>
       <x:c r="I228" s="16" t="s">
         <x:v>110</x:v>
       </x:c>
       <x:c r="J228" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K228" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L228" s="14" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="M228" s="14" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="N228" s="15" t="n">
         <x:v>21528</x:v>
       </x:c>
       <x:c r="O228" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P228" s="14" t="s">
         <x:v>328</x:v>
       </x:c>
@@ -14760,1863 +14763,1864 @@
       <x:c r="S228" s="14" t="n">
         <x:v>501730</x:v>
       </x:c>
       <x:c r="T228" s="16" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="U228" s="16" t="s">
         <x:v>44</x:v>
       </x:c>
     </x:row>
     <x:row r="229" spans="1:21">
       <x:c r="A229" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B229" s="0" t="s">
         <x:v>331</x:v>
       </x:c>
       <x:c r="C229" s="3" t="n">
         <x:v>37534</x:v>
       </x:c>
       <x:c r="D229" s="3" t="s"/>
       <x:c r="E229" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G229" s="0" t="s">
+        <x:v>302</x:v>
+      </x:c>
+      <x:c r="H229" s="0" t="s">
         <x:v>303</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>304</x:v>
       </x:c>
       <x:c r="I229" s="4" t="s">
         <x:v>110</x:v>
       </x:c>
       <x:c r="J229" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K229" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L229" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="M229" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="N229" s="3" t="n">
         <x:v>21529</x:v>
       </x:c>
       <x:c r="O229" s="0" t="s">
         <x:v>160</x:v>
       </x:c>
       <x:c r="P229" s="0" t="s">
         <x:v>332</x:v>
       </x:c>
       <x:c r="Q229" s="4" t="s">
         <x:v>333</x:v>
       </x:c>
       <x:c r="R229" s="0" t="s">
         <x:v>334</x:v>
       </x:c>
       <x:c r="S229" s="0" t="n">
         <x:v>501822</x:v>
       </x:c>
       <x:c r="T229" s="4" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="U229" s="4" t="s">
         <x:v>44</x:v>
       </x:c>
     </x:row>
     <x:row r="230" spans="1:21">
       <x:c r="A230" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B230" s="14" t="s">
-        <x:v>22</x:v>
+        <x:v>69</x:v>
       </x:c>
       <x:c r="C230" s="15" t="n">
-        <x:v>38765</x:v>
+        <x:v>35966</x:v>
       </x:c>
       <x:c r="D230" s="15" t="s"/>
       <x:c r="E230" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F230" s="14" t="s"/>
       <x:c r="G230" s="14" t="s">
+        <x:v>302</x:v>
+      </x:c>
+      <x:c r="H230" s="14" t="s">
         <x:v>303</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>304</x:v>
       </x:c>
       <x:c r="I230" s="16" t="s">
         <x:v>110</x:v>
       </x:c>
       <x:c r="J230" s="14" t="s">
-        <x:v>26</x:v>
+        <x:v>70</x:v>
       </x:c>
       <x:c r="K230" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L230" s="14" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="M230" s="14" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="N230" s="15" t="n">
         <x:v>21528</x:v>
       </x:c>
       <x:c r="O230" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P230" s="14" t="s">
         <x:v>332</x:v>
       </x:c>
       <x:c r="Q230" s="16" t="s">
         <x:v>333</x:v>
       </x:c>
       <x:c r="R230" s="14" t="s">
         <x:v>334</x:v>
       </x:c>
       <x:c r="S230" s="14" t="n">
-        <x:v>604106</x:v>
+        <x:v>501767</x:v>
       </x:c>
       <x:c r="T230" s="16" t="s">
-        <x:v>34</x:v>
+        <x:v>43</x:v>
       </x:c>
       <x:c r="U230" s="16" t="s">
-        <x:v>35</x:v>
+        <x:v>44</x:v>
       </x:c>
     </x:row>
     <x:row r="231" spans="1:21">
       <x:c r="A231" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B231" s="0" t="s">
-        <x:v>331</x:v>
+        <x:v>22</x:v>
       </x:c>
       <x:c r="C231" s="3" t="n">
-        <x:v>37534</x:v>
+        <x:v>38765</x:v>
       </x:c>
       <x:c r="D231" s="3" t="s"/>
       <x:c r="E231" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G231" s="0" t="s">
+        <x:v>302</x:v>
+      </x:c>
+      <x:c r="H231" s="0" t="s">
         <x:v>303</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>304</x:v>
       </x:c>
       <x:c r="I231" s="4" t="s">
         <x:v>110</x:v>
       </x:c>
       <x:c r="J231" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K231" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L231" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="M231" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="N231" s="3" t="n">
-        <x:v>21529</x:v>
+        <x:v>21528</x:v>
       </x:c>
       <x:c r="O231" s="0" t="s">
-        <x:v>160</x:v>
+        <x:v>30</x:v>
       </x:c>
       <x:c r="P231" s="0" t="s">
         <x:v>332</x:v>
       </x:c>
       <x:c r="Q231" s="4" t="s">
         <x:v>333</x:v>
       </x:c>
       <x:c r="R231" s="0" t="s">
         <x:v>334</x:v>
       </x:c>
       <x:c r="S231" s="0" t="n">
-        <x:v>553339</x:v>
+        <x:v>553343</x:v>
       </x:c>
       <x:c r="T231" s="4" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="U231" s="4" t="s">
-        <x:v>44</x:v>
+        <x:v>37</x:v>
       </x:c>
     </x:row>
     <x:row r="232" spans="1:21">
       <x:c r="A232" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B232" s="14" t="s">
-        <x:v>63</x:v>
+        <x:v>331</x:v>
       </x:c>
       <x:c r="C232" s="15" t="n">
-        <x:v>38761</x:v>
+        <x:v>37534</x:v>
       </x:c>
       <x:c r="D232" s="15" t="s"/>
       <x:c r="E232" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F232" s="14" t="s"/>
       <x:c r="G232" s="14" t="s">
+        <x:v>302</x:v>
+      </x:c>
+      <x:c r="H232" s="14" t="s">
         <x:v>303</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>304</x:v>
       </x:c>
       <x:c r="I232" s="16" t="s">
         <x:v>110</x:v>
       </x:c>
       <x:c r="J232" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K232" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L232" s="14" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="M232" s="14" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="N232" s="15" t="n">
-        <x:v>21508</x:v>
+        <x:v>21529</x:v>
       </x:c>
       <x:c r="O232" s="14" t="s">
-        <x:v>64</x:v>
+        <x:v>160</x:v>
       </x:c>
       <x:c r="P232" s="14" t="s">
         <x:v>332</x:v>
       </x:c>
       <x:c r="Q232" s="16" t="s">
         <x:v>333</x:v>
       </x:c>
       <x:c r="R232" s="14" t="s">
         <x:v>334</x:v>
       </x:c>
       <x:c r="S232" s="14" t="n">
-        <x:v>553348</x:v>
+        <x:v>604134</x:v>
       </x:c>
       <x:c r="T232" s="16" t="s">
-        <x:v>36</x:v>
+        <x:v>34</x:v>
       </x:c>
       <x:c r="U232" s="16" t="s">
-        <x:v>44</x:v>
+        <x:v>37</x:v>
       </x:c>
     </x:row>
     <x:row r="233" spans="1:21">
       <x:c r="A233" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B233" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C233" s="3" t="n">
         <x:v>38765</x:v>
       </x:c>
       <x:c r="D233" s="3" t="s"/>
       <x:c r="E233" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G233" s="0" t="s">
+        <x:v>302</x:v>
+      </x:c>
+      <x:c r="H233" s="0" t="s">
         <x:v>303</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>304</x:v>
       </x:c>
       <x:c r="I233" s="4" t="s">
         <x:v>110</x:v>
       </x:c>
       <x:c r="J233" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K233" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L233" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="M233" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="N233" s="3" t="n">
         <x:v>21528</x:v>
       </x:c>
       <x:c r="O233" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P233" s="0" t="s">
         <x:v>332</x:v>
       </x:c>
       <x:c r="Q233" s="4" t="s">
         <x:v>333</x:v>
       </x:c>
       <x:c r="R233" s="0" t="s">
         <x:v>334</x:v>
       </x:c>
       <x:c r="S233" s="0" t="n">
-        <x:v>553343</x:v>
+        <x:v>604106</x:v>
       </x:c>
       <x:c r="T233" s="4" t="s">
-        <x:v>36</x:v>
+        <x:v>34</x:v>
       </x:c>
       <x:c r="U233" s="4" t="s">
-        <x:v>37</x:v>
+        <x:v>35</x:v>
       </x:c>
     </x:row>
     <x:row r="234" spans="1:21">
       <x:c r="A234" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B234" s="14" t="s">
         <x:v>331</x:v>
       </x:c>
       <x:c r="C234" s="15" t="n">
         <x:v>37534</x:v>
       </x:c>
       <x:c r="D234" s="15" t="s"/>
       <x:c r="E234" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F234" s="14" t="s"/>
       <x:c r="G234" s="14" t="s">
+        <x:v>302</x:v>
+      </x:c>
+      <x:c r="H234" s="14" t="s">
         <x:v>303</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>304</x:v>
       </x:c>
       <x:c r="I234" s="16" t="s">
         <x:v>110</x:v>
       </x:c>
       <x:c r="J234" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K234" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L234" s="14" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="M234" s="14" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="N234" s="15" t="n">
         <x:v>21529</x:v>
       </x:c>
       <x:c r="O234" s="14" t="s">
         <x:v>160</x:v>
       </x:c>
       <x:c r="P234" s="14" t="s">
         <x:v>332</x:v>
       </x:c>
       <x:c r="Q234" s="16" t="s">
         <x:v>333</x:v>
       </x:c>
       <x:c r="R234" s="14" t="s">
         <x:v>334</x:v>
       </x:c>
       <x:c r="S234" s="14" t="n">
-        <x:v>604134</x:v>
+        <x:v>553339</x:v>
       </x:c>
       <x:c r="T234" s="16" t="s">
-        <x:v>34</x:v>
+        <x:v>36</x:v>
       </x:c>
       <x:c r="U234" s="16" t="s">
-        <x:v>37</x:v>
+        <x:v>44</x:v>
       </x:c>
     </x:row>
     <x:row r="235" spans="1:21">
       <x:c r="A235" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B235" s="0" t="s">
-        <x:v>69</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="C235" s="3" t="n">
-        <x:v>35966</x:v>
+        <x:v>38761</x:v>
       </x:c>
       <x:c r="D235" s="3" t="s"/>
       <x:c r="E235" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G235" s="0" t="s">
+        <x:v>302</x:v>
+      </x:c>
+      <x:c r="H235" s="0" t="s">
         <x:v>303</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>304</x:v>
       </x:c>
       <x:c r="I235" s="4" t="s">
         <x:v>110</x:v>
       </x:c>
       <x:c r="J235" s="0" t="s">
-        <x:v>70</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="K235" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L235" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="M235" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="N235" s="3" t="n">
-        <x:v>21528</x:v>
+        <x:v>21508</x:v>
       </x:c>
       <x:c r="O235" s="0" t="s">
-        <x:v>30</x:v>
+        <x:v>64</x:v>
       </x:c>
       <x:c r="P235" s="0" t="s">
         <x:v>332</x:v>
       </x:c>
       <x:c r="Q235" s="4" t="s">
         <x:v>333</x:v>
       </x:c>
       <x:c r="R235" s="0" t="s">
         <x:v>334</x:v>
       </x:c>
       <x:c r="S235" s="0" t="n">
-        <x:v>501767</x:v>
+        <x:v>553348</x:v>
       </x:c>
       <x:c r="T235" s="4" t="s">
-        <x:v>43</x:v>
+        <x:v>36</x:v>
       </x:c>
       <x:c r="U235" s="4" t="s">
         <x:v>44</x:v>
       </x:c>
     </x:row>
     <x:row r="236" spans="1:21">
       <x:c r="A236" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B236" s="14" t="s">
-        <x:v>45</x:v>
+        <x:v>22</x:v>
       </x:c>
       <x:c r="C236" s="15" t="n">
-        <x:v>40287</x:v>
+        <x:v>38765</x:v>
       </x:c>
       <x:c r="D236" s="15" t="s"/>
       <x:c r="E236" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F236" s="14" t="s"/>
       <x:c r="G236" s="14" t="s">
+        <x:v>302</x:v>
+      </x:c>
+      <x:c r="H236" s="14" t="s">
         <x:v>303</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>304</x:v>
       </x:c>
       <x:c r="I236" s="16" t="s">
         <x:v>110</x:v>
       </x:c>
       <x:c r="J236" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K236" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L236" s="14" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="M236" s="14" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="N236" s="15" t="n">
-        <x:v>42710</x:v>
+        <x:v>21528</x:v>
       </x:c>
       <x:c r="O236" s="14" t="s">
-        <x:v>46</x:v>
+        <x:v>30</x:v>
       </x:c>
       <x:c r="P236" s="14" t="s">
         <x:v>332</x:v>
       </x:c>
       <x:c r="Q236" s="16" t="s">
         <x:v>333</x:v>
       </x:c>
       <x:c r="R236" s="14" t="s">
         <x:v>334</x:v>
       </x:c>
       <x:c r="S236" s="14" t="n">
-        <x:v>604109</x:v>
+        <x:v>501833</x:v>
       </x:c>
       <x:c r="T236" s="16" t="s">
-        <x:v>34</x:v>
+        <x:v>43</x:v>
       </x:c>
       <x:c r="U236" s="16" t="s">
-        <x:v>37</x:v>
+        <x:v>44</x:v>
       </x:c>
     </x:row>
     <x:row r="237" spans="1:21">
       <x:c r="A237" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B237" s="0" t="s">
-        <x:v>327</x:v>
+        <x:v>335</x:v>
       </x:c>
       <x:c r="C237" s="3" t="n">
-        <x:v>39257</x:v>
+        <x:v>40683</x:v>
       </x:c>
       <x:c r="D237" s="3" t="s"/>
       <x:c r="E237" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G237" s="0" t="s">
+        <x:v>302</x:v>
+      </x:c>
+      <x:c r="H237" s="0" t="s">
         <x:v>303</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>304</x:v>
       </x:c>
       <x:c r="I237" s="4" t="s">
         <x:v>110</x:v>
       </x:c>
       <x:c r="J237" s="0" t="s">
-        <x:v>26</x:v>
+        <x:v>67</x:v>
       </x:c>
       <x:c r="K237" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L237" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="M237" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="N237" s="3" t="n">
-        <x:v>21528</x:v>
+        <x:v>21519</x:v>
       </x:c>
       <x:c r="O237" s="0" t="s">
-        <x:v>30</x:v>
+        <x:v>68</x:v>
       </x:c>
       <x:c r="P237" s="0" t="s">
         <x:v>332</x:v>
       </x:c>
       <x:c r="Q237" s="4" t="s">
         <x:v>333</x:v>
       </x:c>
       <x:c r="R237" s="0" t="s">
         <x:v>334</x:v>
       </x:c>
       <x:c r="S237" s="0" t="n">
-        <x:v>604114</x:v>
+        <x:v>604090</x:v>
       </x:c>
       <x:c r="T237" s="4" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="U237" s="4" t="s">
-        <x:v>37</x:v>
+        <x:v>35</x:v>
       </x:c>
     </x:row>
     <x:row r="238" spans="1:21">
       <x:c r="A238" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B238" s="14" t="s">
-        <x:v>66</x:v>
+        <x:v>22</x:v>
       </x:c>
       <x:c r="C238" s="15" t="n">
-        <x:v>35151</x:v>
+        <x:v>38765</x:v>
       </x:c>
       <x:c r="D238" s="15" t="s"/>
       <x:c r="E238" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F238" s="14" t="s"/>
       <x:c r="G238" s="14" t="s">
+        <x:v>302</x:v>
+      </x:c>
+      <x:c r="H238" s="14" t="s">
         <x:v>303</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>304</x:v>
       </x:c>
       <x:c r="I238" s="16" t="s">
         <x:v>110</x:v>
       </x:c>
       <x:c r="J238" s="14" t="s">
-        <x:v>67</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="K238" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L238" s="14" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="M238" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N238" s="15" t="n">
-        <x:v>21519</x:v>
+        <x:v>21528</x:v>
       </x:c>
       <x:c r="O238" s="14" t="s">
-        <x:v>68</x:v>
+        <x:v>30</x:v>
       </x:c>
       <x:c r="P238" s="14" t="s">
         <x:v>332</x:v>
       </x:c>
       <x:c r="Q238" s="16" t="s">
         <x:v>333</x:v>
       </x:c>
       <x:c r="R238" s="14" t="s">
         <x:v>334</x:v>
       </x:c>
       <x:c r="S238" s="14" t="n">
-        <x:v>501787</x:v>
+        <x:v>604107</x:v>
       </x:c>
       <x:c r="T238" s="16" t="s">
-        <x:v>43</x:v>
+        <x:v>34</x:v>
       </x:c>
       <x:c r="U238" s="16" t="s">
-        <x:v>44</x:v>
+        <x:v>37</x:v>
       </x:c>
     </x:row>
     <x:row r="239" spans="1:21">
       <x:c r="A239" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B239" s="0" t="s">
-        <x:v>66</x:v>
+        <x:v>45</x:v>
       </x:c>
       <x:c r="C239" s="3" t="n">
-        <x:v>35151</x:v>
+        <x:v>40287</x:v>
       </x:c>
       <x:c r="D239" s="3" t="s"/>
       <x:c r="E239" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G239" s="0" t="s">
+        <x:v>302</x:v>
+      </x:c>
+      <x:c r="H239" s="0" t="s">
         <x:v>303</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>304</x:v>
       </x:c>
       <x:c r="I239" s="4" t="s">
         <x:v>110</x:v>
       </x:c>
       <x:c r="J239" s="0" t="s">
-        <x:v>67</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="K239" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L239" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="M239" s="0" t="s">
-        <x:v>29</x:v>
+        <x:v>49</x:v>
       </x:c>
       <x:c r="N239" s="3" t="n">
-        <x:v>21519</x:v>
+        <x:v>42710</x:v>
       </x:c>
       <x:c r="O239" s="0" t="s">
-        <x:v>68</x:v>
+        <x:v>46</x:v>
       </x:c>
       <x:c r="P239" s="0" t="s">
         <x:v>332</x:v>
       </x:c>
       <x:c r="Q239" s="4" t="s">
         <x:v>333</x:v>
       </x:c>
       <x:c r="R239" s="0" t="s">
         <x:v>334</x:v>
       </x:c>
       <x:c r="S239" s="0" t="n">
-        <x:v>553325</x:v>
+        <x:v>604109</x:v>
       </x:c>
       <x:c r="T239" s="4" t="s">
-        <x:v>36</x:v>
+        <x:v>34</x:v>
       </x:c>
       <x:c r="U239" s="4" t="s">
         <x:v>37</x:v>
       </x:c>
     </x:row>
     <x:row r="240" spans="1:21">
       <x:c r="A240" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B240" s="14" t="s">
-        <x:v>335</x:v>
+        <x:v>327</x:v>
       </x:c>
       <x:c r="C240" s="15" t="n">
-        <x:v>40683</x:v>
+        <x:v>39257</x:v>
       </x:c>
       <x:c r="D240" s="15" t="s"/>
       <x:c r="E240" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F240" s="14" t="s"/>
       <x:c r="G240" s="14" t="s">
+        <x:v>302</x:v>
+      </x:c>
+      <x:c r="H240" s="14" t="s">
         <x:v>303</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>304</x:v>
       </x:c>
       <x:c r="I240" s="16" t="s">
         <x:v>110</x:v>
       </x:c>
       <x:c r="J240" s="14" t="s">
-        <x:v>67</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="K240" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L240" s="14" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="M240" s="14" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="N240" s="15" t="n">
-        <x:v>21519</x:v>
+        <x:v>21528</x:v>
       </x:c>
       <x:c r="O240" s="14" t="s">
-        <x:v>68</x:v>
+        <x:v>30</x:v>
       </x:c>
       <x:c r="P240" s="14" t="s">
         <x:v>332</x:v>
       </x:c>
       <x:c r="Q240" s="16" t="s">
         <x:v>333</x:v>
       </x:c>
       <x:c r="R240" s="14" t="s">
         <x:v>334</x:v>
       </x:c>
       <x:c r="S240" s="14" t="n">
-        <x:v>604090</x:v>
+        <x:v>604114</x:v>
       </x:c>
       <x:c r="T240" s="16" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="U240" s="16" t="s">
-        <x:v>35</x:v>
+        <x:v>37</x:v>
       </x:c>
     </x:row>
     <x:row r="241" spans="1:21">
       <x:c r="A241" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B241" s="0" t="s">
-        <x:v>22</x:v>
+        <x:v>66</x:v>
       </x:c>
       <x:c r="C241" s="3" t="n">
-        <x:v>38765</x:v>
+        <x:v>35151</x:v>
       </x:c>
       <x:c r="D241" s="3" t="s"/>
       <x:c r="E241" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G241" s="0" t="s">
+        <x:v>302</x:v>
+      </x:c>
+      <x:c r="H241" s="0" t="s">
         <x:v>303</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>304</x:v>
       </x:c>
       <x:c r="I241" s="4" t="s">
         <x:v>110</x:v>
       </x:c>
       <x:c r="J241" s="0" t="s">
-        <x:v>26</x:v>
+        <x:v>67</x:v>
       </x:c>
       <x:c r="K241" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L241" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="M241" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N241" s="3" t="n">
-        <x:v>21528</x:v>
+        <x:v>21519</x:v>
       </x:c>
       <x:c r="O241" s="0" t="s">
-        <x:v>30</x:v>
+        <x:v>68</x:v>
       </x:c>
       <x:c r="P241" s="0" t="s">
         <x:v>332</x:v>
       </x:c>
       <x:c r="Q241" s="4" t="s">
         <x:v>333</x:v>
       </x:c>
       <x:c r="R241" s="0" t="s">
         <x:v>334</x:v>
       </x:c>
       <x:c r="S241" s="0" t="n">
-        <x:v>604107</x:v>
+        <x:v>501787</x:v>
       </x:c>
       <x:c r="T241" s="4" t="s">
-        <x:v>34</x:v>
+        <x:v>43</x:v>
       </x:c>
       <x:c r="U241" s="4" t="s">
-        <x:v>37</x:v>
+        <x:v>44</x:v>
       </x:c>
     </x:row>
     <x:row r="242" spans="1:21">
       <x:c r="A242" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B242" s="14" t="s">
-        <x:v>22</x:v>
+        <x:v>66</x:v>
       </x:c>
       <x:c r="C242" s="15" t="n">
-        <x:v>38765</x:v>
+        <x:v>35151</x:v>
       </x:c>
       <x:c r="D242" s="15" t="s"/>
       <x:c r="E242" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F242" s="14" t="s"/>
       <x:c r="G242" s="14" t="s">
+        <x:v>302</x:v>
+      </x:c>
+      <x:c r="H242" s="14" t="s">
         <x:v>303</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>304</x:v>
       </x:c>
       <x:c r="I242" s="16" t="s">
         <x:v>110</x:v>
       </x:c>
       <x:c r="J242" s="14" t="s">
-        <x:v>26</x:v>
+        <x:v>67</x:v>
       </x:c>
       <x:c r="K242" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L242" s="14" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="M242" s="14" t="s">
-        <x:v>49</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="N242" s="15" t="n">
-        <x:v>21528</x:v>
+        <x:v>21519</x:v>
       </x:c>
       <x:c r="O242" s="14" t="s">
-        <x:v>30</x:v>
+        <x:v>68</x:v>
       </x:c>
       <x:c r="P242" s="14" t="s">
         <x:v>332</x:v>
       </x:c>
       <x:c r="Q242" s="16" t="s">
         <x:v>333</x:v>
       </x:c>
       <x:c r="R242" s="14" t="s">
         <x:v>334</x:v>
       </x:c>
       <x:c r="S242" s="14" t="n">
-        <x:v>501833</x:v>
+        <x:v>553325</x:v>
       </x:c>
       <x:c r="T242" s="16" t="s">
-        <x:v>43</x:v>
+        <x:v>36</x:v>
       </x:c>
       <x:c r="U242" s="16" t="s">
-        <x:v>44</x:v>
+        <x:v>37</x:v>
       </x:c>
     </x:row>
     <x:row r="243" spans="1:21">
       <x:c r="A243" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B243" s="0" t="s">
-        <x:v>335</x:v>
+        <x:v>336</x:v>
       </x:c>
       <x:c r="C243" s="3" t="n">
-        <x:v>36049</x:v>
+        <x:v>40364</x:v>
       </x:c>
       <x:c r="D243" s="3" t="s"/>
       <x:c r="E243" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G243" s="0" t="s">
+        <x:v>302</x:v>
+      </x:c>
+      <x:c r="H243" s="0" t="s">
         <x:v>303</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>304</x:v>
       </x:c>
       <x:c r="I243" s="4" t="s">
         <x:v>110</x:v>
       </x:c>
       <x:c r="J243" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="K243" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L243" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="M243" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="N243" s="3" t="n">
-        <x:v>21519</x:v>
+        <x:v>21529</x:v>
       </x:c>
       <x:c r="O243" s="0" t="s">
-        <x:v>68</x:v>
+        <x:v>160</x:v>
       </x:c>
       <x:c r="P243" s="0" t="s">
         <x:v>332</x:v>
       </x:c>
       <x:c r="Q243" s="4" t="s">
         <x:v>333</x:v>
       </x:c>
       <x:c r="R243" s="0" t="s">
         <x:v>334</x:v>
       </x:c>
       <x:c r="S243" s="0" t="n">
-        <x:v>501781</x:v>
+        <x:v>579356</x:v>
       </x:c>
       <x:c r="T243" s="4" t="s">
-        <x:v>43</x:v>
+        <x:v>36</x:v>
       </x:c>
       <x:c r="U243" s="4" t="s">
-        <x:v>44</x:v>
+        <x:v>37</x:v>
       </x:c>
     </x:row>
     <x:row r="244" spans="1:21">
       <x:c r="A244" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B244" s="14" t="s">
-        <x:v>336</x:v>
+        <x:v>22</x:v>
       </x:c>
       <x:c r="C244" s="15" t="n">
-        <x:v>34312</x:v>
+        <x:v>38765</x:v>
       </x:c>
       <x:c r="D244" s="15" t="s"/>
       <x:c r="E244" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F244" s="14" t="s"/>
       <x:c r="G244" s="14" t="s">
+        <x:v>302</x:v>
+      </x:c>
+      <x:c r="H244" s="14" t="s">
         <x:v>303</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>304</x:v>
       </x:c>
       <x:c r="I244" s="16" t="s">
         <x:v>110</x:v>
       </x:c>
       <x:c r="J244" s="14" t="s">
-        <x:v>67</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="K244" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L244" s="14" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="M244" s="14" t="s">
-        <x:v>49</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="N244" s="15" t="n">
-        <x:v>21529</x:v>
+        <x:v>21528</x:v>
       </x:c>
       <x:c r="O244" s="14" t="s">
-        <x:v>160</x:v>
+        <x:v>30</x:v>
       </x:c>
       <x:c r="P244" s="14" t="s">
         <x:v>332</x:v>
       </x:c>
       <x:c r="Q244" s="16" t="s">
         <x:v>333</x:v>
       </x:c>
       <x:c r="R244" s="14" t="s">
         <x:v>334</x:v>
       </x:c>
       <x:c r="S244" s="14" t="n">
-        <x:v>501782</x:v>
+        <x:v>553342</x:v>
       </x:c>
       <x:c r="T244" s="16" t="s">
-        <x:v>43</x:v>
+        <x:v>36</x:v>
       </x:c>
       <x:c r="U244" s="16" t="s">
         <x:v>44</x:v>
       </x:c>
     </x:row>
     <x:row r="245" spans="1:21">
       <x:c r="A245" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B245" s="0" t="s">
-        <x:v>335</x:v>
+        <x:v>69</x:v>
       </x:c>
       <x:c r="C245" s="3" t="n">
-        <x:v>40683</x:v>
+        <x:v>35966</x:v>
       </x:c>
       <x:c r="D245" s="3" t="s"/>
       <x:c r="E245" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G245" s="0" t="s">
+        <x:v>302</x:v>
+      </x:c>
+      <x:c r="H245" s="0" t="s">
         <x:v>303</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>304</x:v>
       </x:c>
       <x:c r="I245" s="4" t="s">
         <x:v>110</x:v>
       </x:c>
       <x:c r="J245" s="0" t="s">
-        <x:v>67</x:v>
+        <x:v>70</x:v>
       </x:c>
       <x:c r="K245" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L245" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="M245" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="N245" s="3" t="n">
-        <x:v>21519</x:v>
+        <x:v>21528</x:v>
       </x:c>
       <x:c r="O245" s="0" t="s">
-        <x:v>68</x:v>
+        <x:v>30</x:v>
       </x:c>
       <x:c r="P245" s="0" t="s">
         <x:v>332</x:v>
       </x:c>
       <x:c r="Q245" s="4" t="s">
         <x:v>333</x:v>
       </x:c>
       <x:c r="R245" s="0" t="s">
         <x:v>334</x:v>
       </x:c>
       <x:c r="S245" s="0" t="n">
-        <x:v>579340</x:v>
+        <x:v>553316</x:v>
       </x:c>
       <x:c r="T245" s="4" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="U245" s="4" t="s">
         <x:v>37</x:v>
       </x:c>
     </x:row>
     <x:row r="246" spans="1:21">
       <x:c r="A246" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B246" s="14" t="s">
-        <x:v>69</x:v>
+        <x:v>113</x:v>
       </x:c>
       <x:c r="C246" s="15" t="n">
-        <x:v>35966</x:v>
+        <x:v>38632</x:v>
       </x:c>
       <x:c r="D246" s="15" t="s"/>
       <x:c r="E246" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F246" s="14" t="s"/>
       <x:c r="G246" s="14" t="s">
+        <x:v>302</x:v>
+      </x:c>
+      <x:c r="H246" s="14" t="s">
         <x:v>303</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>304</x:v>
       </x:c>
       <x:c r="I246" s="16" t="s">
         <x:v>110</x:v>
       </x:c>
       <x:c r="J246" s="14" t="s">
-        <x:v>70</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="K246" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L246" s="14" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="M246" s="14" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="N246" s="15" t="n">
-        <x:v>21528</x:v>
+        <x:v>21519</x:v>
       </x:c>
       <x:c r="O246" s="14" t="s">
-        <x:v>30</x:v>
+        <x:v>68</x:v>
       </x:c>
       <x:c r="P246" s="14" t="s">
         <x:v>332</x:v>
       </x:c>
       <x:c r="Q246" s="16" t="s">
         <x:v>333</x:v>
       </x:c>
       <x:c r="R246" s="14" t="s">
         <x:v>334</x:v>
       </x:c>
       <x:c r="S246" s="14" t="n">
-        <x:v>604085</x:v>
+        <x:v>520629</x:v>
       </x:c>
       <x:c r="T246" s="16" t="s">
-        <x:v>34</x:v>
+        <x:v>43</x:v>
       </x:c>
       <x:c r="U246" s="16" t="s">
-        <x:v>35</x:v>
+        <x:v>44</x:v>
       </x:c>
     </x:row>
     <x:row r="247" spans="1:21">
       <x:c r="A247" s="1" t="s">
-        <x:v>21</x:v>
+        <x:v>38</x:v>
       </x:c>
       <x:c r="B247" s="0" t="s">
-        <x:v>336</x:v>
+        <x:v>337</x:v>
       </x:c>
       <x:c r="C247" s="3" t="n">
-        <x:v>40364</x:v>
+        <x:v>39257</x:v>
       </x:c>
       <x:c r="D247" s="3" t="s"/>
-      <x:c r="E247" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="G247" s="0" t="s">
+        <x:v>302</x:v>
+      </x:c>
+      <x:c r="H247" s="0" t="s">
         <x:v>303</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>304</x:v>
       </x:c>
       <x:c r="I247" s="4" t="s">
         <x:v>110</x:v>
       </x:c>
       <x:c r="J247" s="0" t="s">
-        <x:v>67</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="K247" s="0" t="s">
-        <x:v>27</x:v>
+        <x:v>40</x:v>
       </x:c>
       <x:c r="L247" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="M247" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="N247" s="3" t="n">
-        <x:v>21529</x:v>
+        <x:v>21528</x:v>
       </x:c>
       <x:c r="O247" s="0" t="s">
-        <x:v>160</x:v>
+        <x:v>30</x:v>
       </x:c>
       <x:c r="P247" s="0" t="s">
         <x:v>332</x:v>
       </x:c>
       <x:c r="Q247" s="4" t="s">
         <x:v>333</x:v>
       </x:c>
       <x:c r="R247" s="0" t="s">
         <x:v>334</x:v>
       </x:c>
       <x:c r="S247" s="0" t="n">
-        <x:v>604091</x:v>
+        <x:v>588406</x:v>
       </x:c>
       <x:c r="T247" s="4" t="s">
-        <x:v>34</x:v>
+        <x:v>338</x:v>
       </x:c>
       <x:c r="U247" s="4" t="s">
-        <x:v>35</x:v>
+        <x:v>65</x:v>
       </x:c>
     </x:row>
     <x:row r="248" spans="1:21">
       <x:c r="A248" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B248" s="14" t="s">
-        <x:v>66</x:v>
+        <x:v>335</x:v>
       </x:c>
       <x:c r="C248" s="15" t="n">
-        <x:v>35151</x:v>
+        <x:v>36049</x:v>
       </x:c>
       <x:c r="D248" s="15" t="s"/>
       <x:c r="E248" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F248" s="14" t="s"/>
       <x:c r="G248" s="14" t="s">
+        <x:v>302</x:v>
+      </x:c>
+      <x:c r="H248" s="14" t="s">
         <x:v>303</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>304</x:v>
       </x:c>
       <x:c r="I248" s="16" t="s">
         <x:v>110</x:v>
       </x:c>
       <x:c r="J248" s="14" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="K248" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L248" s="14" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="M248" s="14" t="s">
-        <x:v>29</x:v>
+        <x:v>49</x:v>
       </x:c>
       <x:c r="N248" s="15" t="n">
         <x:v>21519</x:v>
       </x:c>
       <x:c r="O248" s="14" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="P248" s="14" t="s">
         <x:v>332</x:v>
       </x:c>
       <x:c r="Q248" s="16" t="s">
         <x:v>333</x:v>
       </x:c>
       <x:c r="R248" s="14" t="s">
         <x:v>334</x:v>
       </x:c>
       <x:c r="S248" s="14" t="n">
-        <x:v>604092</x:v>
+        <x:v>501781</x:v>
       </x:c>
       <x:c r="T248" s="16" t="s">
-        <x:v>34</x:v>
+        <x:v>43</x:v>
       </x:c>
       <x:c r="U248" s="16" t="s">
-        <x:v>35</x:v>
+        <x:v>44</x:v>
       </x:c>
     </x:row>
     <x:row r="249" spans="1:21">
       <x:c r="A249" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B249" s="0" t="s">
-        <x:v>114</x:v>
+        <x:v>336</x:v>
       </x:c>
       <x:c r="C249" s="3" t="n">
-        <x:v>38632</x:v>
+        <x:v>34312</x:v>
       </x:c>
       <x:c r="D249" s="3" t="s"/>
       <x:c r="E249" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G249" s="0" t="s">
+        <x:v>302</x:v>
+      </x:c>
+      <x:c r="H249" s="0" t="s">
         <x:v>303</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>304</x:v>
       </x:c>
       <x:c r="I249" s="4" t="s">
         <x:v>110</x:v>
       </x:c>
       <x:c r="J249" s="0" t="s">
-        <x:v>26</x:v>
+        <x:v>67</x:v>
       </x:c>
       <x:c r="K249" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L249" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="M249" s="0" t="s">
-        <x:v>29</x:v>
+        <x:v>49</x:v>
       </x:c>
       <x:c r="N249" s="3" t="n">
-        <x:v>21519</x:v>
+        <x:v>21529</x:v>
       </x:c>
       <x:c r="O249" s="0" t="s">
-        <x:v>68</x:v>
+        <x:v>160</x:v>
       </x:c>
       <x:c r="P249" s="0" t="s">
         <x:v>332</x:v>
       </x:c>
       <x:c r="Q249" s="4" t="s">
         <x:v>333</x:v>
       </x:c>
       <x:c r="R249" s="0" t="s">
         <x:v>334</x:v>
       </x:c>
       <x:c r="S249" s="0" t="n">
-        <x:v>604098</x:v>
+        <x:v>501782</x:v>
       </x:c>
       <x:c r="T249" s="4" t="s">
-        <x:v>34</x:v>
+        <x:v>43</x:v>
       </x:c>
       <x:c r="U249" s="4" t="s">
-        <x:v>37</x:v>
+        <x:v>44</x:v>
       </x:c>
     </x:row>
     <x:row r="250" spans="1:21">
       <x:c r="A250" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B250" s="14" t="s">
-        <x:v>63</x:v>
+        <x:v>335</x:v>
       </x:c>
       <x:c r="C250" s="15" t="n">
-        <x:v>38761</x:v>
+        <x:v>40683</x:v>
       </x:c>
       <x:c r="D250" s="15" t="s"/>
       <x:c r="E250" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F250" s="14" t="s"/>
       <x:c r="G250" s="14" t="s">
+        <x:v>302</x:v>
+      </x:c>
+      <x:c r="H250" s="14" t="s">
         <x:v>303</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>304</x:v>
       </x:c>
       <x:c r="I250" s="16" t="s">
         <x:v>110</x:v>
       </x:c>
       <x:c r="J250" s="14" t="s">
-        <x:v>26</x:v>
+        <x:v>67</x:v>
       </x:c>
       <x:c r="K250" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L250" s="14" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="M250" s="14" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="N250" s="15" t="n">
-        <x:v>21508</x:v>
+        <x:v>21519</x:v>
       </x:c>
       <x:c r="O250" s="14" t="s">
-        <x:v>64</x:v>
+        <x:v>68</x:v>
       </x:c>
       <x:c r="P250" s="14" t="s">
         <x:v>332</x:v>
       </x:c>
       <x:c r="Q250" s="16" t="s">
         <x:v>333</x:v>
       </x:c>
       <x:c r="R250" s="14" t="s">
         <x:v>334</x:v>
       </x:c>
       <x:c r="S250" s="14" t="n">
-        <x:v>604111</x:v>
+        <x:v>579340</x:v>
       </x:c>
       <x:c r="T250" s="16" t="s">
-        <x:v>34</x:v>
+        <x:v>36</x:v>
       </x:c>
       <x:c r="U250" s="16" t="s">
         <x:v>37</x:v>
       </x:c>
     </x:row>
     <x:row r="251" spans="1:21">
       <x:c r="A251" s="1" t="s">
-        <x:v>38</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B251" s="0" t="s">
-        <x:v>337</x:v>
+        <x:v>113</x:v>
       </x:c>
       <x:c r="C251" s="3" t="n">
-        <x:v>37534</x:v>
+        <x:v>38632</x:v>
       </x:c>
       <x:c r="D251" s="3" t="s"/>
+      <x:c r="E251" s="0" t="s">
+        <x:v>23</x:v>
+      </x:c>
       <x:c r="G251" s="0" t="s">
+        <x:v>302</x:v>
+      </x:c>
+      <x:c r="H251" s="0" t="s">
         <x:v>303</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>304</x:v>
       </x:c>
       <x:c r="I251" s="4" t="s">
         <x:v>110</x:v>
       </x:c>
       <x:c r="J251" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K251" s="0" t="s">
-        <x:v>40</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="L251" s="0" t="s">
-        <x:v>28</x:v>
+        <x:v>41</x:v>
       </x:c>
       <x:c r="M251" s="0" t="s">
-        <x:v>49</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="N251" s="3" t="n">
-        <x:v>21529</x:v>
+        <x:v>21519</x:v>
       </x:c>
       <x:c r="O251" s="0" t="s">
-        <x:v>160</x:v>
+        <x:v>68</x:v>
       </x:c>
       <x:c r="P251" s="0" t="s">
         <x:v>332</x:v>
       </x:c>
       <x:c r="Q251" s="4" t="s">
         <x:v>333</x:v>
       </x:c>
       <x:c r="R251" s="0" t="s">
         <x:v>334</x:v>
       </x:c>
       <x:c r="S251" s="0" t="n">
-        <x:v>597807</x:v>
+        <x:v>553334</x:v>
       </x:c>
       <x:c r="T251" s="4" t="s">
-        <x:v>338</x:v>
+        <x:v>36</x:v>
       </x:c>
       <x:c r="U251" s="4" t="s">
-        <x:v>228</x:v>
+        <x:v>44</x:v>
       </x:c>
     </x:row>
     <x:row r="252" spans="1:21">
       <x:c r="A252" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B252" s="14" t="s">
-        <x:v>336</x:v>
+        <x:v>327</x:v>
       </x:c>
       <x:c r="C252" s="15" t="n">
-        <x:v>40364</x:v>
+        <x:v>39257</x:v>
       </x:c>
       <x:c r="D252" s="15" t="s"/>
       <x:c r="E252" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F252" s="14" t="s"/>
       <x:c r="G252" s="14" t="s">
+        <x:v>302</x:v>
+      </x:c>
+      <x:c r="H252" s="14" t="s">
         <x:v>303</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>304</x:v>
       </x:c>
       <x:c r="I252" s="16" t="s">
         <x:v>110</x:v>
       </x:c>
       <x:c r="J252" s="14" t="s">
-        <x:v>67</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="K252" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L252" s="14" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="M252" s="14" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="N252" s="15" t="n">
-        <x:v>21529</x:v>
+        <x:v>21528</x:v>
       </x:c>
       <x:c r="O252" s="14" t="s">
-        <x:v>160</x:v>
+        <x:v>30</x:v>
       </x:c>
       <x:c r="P252" s="14" t="s">
         <x:v>332</x:v>
       </x:c>
       <x:c r="Q252" s="16" t="s">
         <x:v>333</x:v>
       </x:c>
       <x:c r="R252" s="14" t="s">
         <x:v>334</x:v>
       </x:c>
       <x:c r="S252" s="14" t="n">
-        <x:v>579356</x:v>
+        <x:v>553350</x:v>
       </x:c>
       <x:c r="T252" s="16" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="U252" s="16" t="s">
-        <x:v>37</x:v>
+        <x:v>44</x:v>
       </x:c>
     </x:row>
     <x:row r="253" spans="1:21">
       <x:c r="A253" s="1" t="s">
-        <x:v>38</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B253" s="0" t="s">
-        <x:v>339</x:v>
+        <x:v>69</x:v>
       </x:c>
       <x:c r="C253" s="3" t="n">
-        <x:v>39257</x:v>
+        <x:v>35966</x:v>
       </x:c>
       <x:c r="D253" s="3" t="s"/>
+      <x:c r="E253" s="0" t="s">
+        <x:v>23</x:v>
+      </x:c>
       <x:c r="G253" s="0" t="s">
+        <x:v>302</x:v>
+      </x:c>
+      <x:c r="H253" s="0" t="s">
         <x:v>303</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>304</x:v>
       </x:c>
       <x:c r="I253" s="4" t="s">
         <x:v>110</x:v>
       </x:c>
       <x:c r="J253" s="0" t="s">
-        <x:v>26</x:v>
+        <x:v>70</x:v>
       </x:c>
       <x:c r="K253" s="0" t="s">
-        <x:v>40</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="L253" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="M253" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="N253" s="3" t="n">
         <x:v>21528</x:v>
       </x:c>
       <x:c r="O253" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P253" s="0" t="s">
         <x:v>332</x:v>
       </x:c>
       <x:c r="Q253" s="4" t="s">
         <x:v>333</x:v>
       </x:c>
       <x:c r="R253" s="0" t="s">
         <x:v>334</x:v>
       </x:c>
       <x:c r="S253" s="0" t="n">
-        <x:v>588406</x:v>
+        <x:v>604085</x:v>
       </x:c>
       <x:c r="T253" s="4" t="s">
-        <x:v>340</x:v>
+        <x:v>34</x:v>
       </x:c>
       <x:c r="U253" s="4" t="s">
-        <x:v>65</x:v>
+        <x:v>35</x:v>
       </x:c>
     </x:row>
     <x:row r="254" spans="1:21">
       <x:c r="A254" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B254" s="14" t="s">
-        <x:v>69</x:v>
+        <x:v>336</x:v>
       </x:c>
       <x:c r="C254" s="15" t="n">
-        <x:v>35966</x:v>
+        <x:v>40364</x:v>
       </x:c>
       <x:c r="D254" s="15" t="s"/>
       <x:c r="E254" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F254" s="14" t="s"/>
       <x:c r="G254" s="14" t="s">
+        <x:v>302</x:v>
+      </x:c>
+      <x:c r="H254" s="14" t="s">
         <x:v>303</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>304</x:v>
       </x:c>
       <x:c r="I254" s="16" t="s">
         <x:v>110</x:v>
       </x:c>
       <x:c r="J254" s="14" t="s">
-        <x:v>70</x:v>
+        <x:v>67</x:v>
       </x:c>
       <x:c r="K254" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L254" s="14" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="M254" s="14" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="N254" s="15" t="n">
-        <x:v>21528</x:v>
+        <x:v>21529</x:v>
       </x:c>
       <x:c r="O254" s="14" t="s">
-        <x:v>30</x:v>
+        <x:v>160</x:v>
       </x:c>
       <x:c r="P254" s="14" t="s">
         <x:v>332</x:v>
       </x:c>
       <x:c r="Q254" s="16" t="s">
         <x:v>333</x:v>
       </x:c>
       <x:c r="R254" s="14" t="s">
         <x:v>334</x:v>
       </x:c>
       <x:c r="S254" s="14" t="n">
-        <x:v>553316</x:v>
+        <x:v>604091</x:v>
       </x:c>
       <x:c r="T254" s="16" t="s">
-        <x:v>36</x:v>
+        <x:v>34</x:v>
       </x:c>
       <x:c r="U254" s="16" t="s">
-        <x:v>37</x:v>
+        <x:v>35</x:v>
       </x:c>
     </x:row>
     <x:row r="255" spans="1:21">
       <x:c r="A255" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B255" s="0" t="s">
-        <x:v>22</x:v>
+        <x:v>66</x:v>
       </x:c>
       <x:c r="C255" s="3" t="n">
-        <x:v>38765</x:v>
+        <x:v>35151</x:v>
       </x:c>
       <x:c r="D255" s="3" t="s"/>
       <x:c r="E255" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G255" s="0" t="s">
+        <x:v>302</x:v>
+      </x:c>
+      <x:c r="H255" s="0" t="s">
         <x:v>303</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>304</x:v>
       </x:c>
       <x:c r="I255" s="4" t="s">
         <x:v>110</x:v>
       </x:c>
       <x:c r="J255" s="0" t="s">
-        <x:v>26</x:v>
+        <x:v>67</x:v>
       </x:c>
       <x:c r="K255" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L255" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="M255" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N255" s="3" t="n">
-        <x:v>21528</x:v>
+        <x:v>21519</x:v>
       </x:c>
       <x:c r="O255" s="0" t="s">
-        <x:v>30</x:v>
+        <x:v>68</x:v>
       </x:c>
       <x:c r="P255" s="0" t="s">
         <x:v>332</x:v>
       </x:c>
       <x:c r="Q255" s="4" t="s">
         <x:v>333</x:v>
       </x:c>
       <x:c r="R255" s="0" t="s">
         <x:v>334</x:v>
       </x:c>
       <x:c r="S255" s="0" t="n">
-        <x:v>553342</x:v>
+        <x:v>604092</x:v>
       </x:c>
       <x:c r="T255" s="4" t="s">
-        <x:v>36</x:v>
+        <x:v>34</x:v>
       </x:c>
       <x:c r="U255" s="4" t="s">
-        <x:v>44</x:v>
+        <x:v>35</x:v>
       </x:c>
     </x:row>
     <x:row r="256" spans="1:21">
       <x:c r="A256" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B256" s="14" t="s">
-        <x:v>114</x:v>
+        <x:v>113</x:v>
       </x:c>
       <x:c r="C256" s="15" t="n">
         <x:v>38632</x:v>
       </x:c>
       <x:c r="D256" s="15" t="s"/>
       <x:c r="E256" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F256" s="14" t="s"/>
       <x:c r="G256" s="14" t="s">
+        <x:v>302</x:v>
+      </x:c>
+      <x:c r="H256" s="14" t="s">
         <x:v>303</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>304</x:v>
       </x:c>
       <x:c r="I256" s="16" t="s">
         <x:v>110</x:v>
       </x:c>
       <x:c r="J256" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K256" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L256" s="14" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="M256" s="14" t="s">
-        <x:v>49</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="N256" s="15" t="n">
         <x:v>21519</x:v>
       </x:c>
       <x:c r="O256" s="14" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="P256" s="14" t="s">
         <x:v>332</x:v>
       </x:c>
       <x:c r="Q256" s="16" t="s">
         <x:v>333</x:v>
       </x:c>
       <x:c r="R256" s="14" t="s">
         <x:v>334</x:v>
       </x:c>
       <x:c r="S256" s="14" t="n">
-        <x:v>520629</x:v>
+        <x:v>604098</x:v>
       </x:c>
       <x:c r="T256" s="16" t="s">
-        <x:v>43</x:v>
+        <x:v>34</x:v>
       </x:c>
       <x:c r="U256" s="16" t="s">
-        <x:v>44</x:v>
+        <x:v>37</x:v>
       </x:c>
     </x:row>
     <x:row r="257" spans="1:21">
       <x:c r="A257" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B257" s="0" t="s">
-        <x:v>114</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="C257" s="3" t="n">
-        <x:v>38632</x:v>
+        <x:v>38761</x:v>
       </x:c>
       <x:c r="D257" s="3" t="s"/>
       <x:c r="E257" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G257" s="0" t="s">
+        <x:v>302</x:v>
+      </x:c>
+      <x:c r="H257" s="0" t="s">
         <x:v>303</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>304</x:v>
       </x:c>
       <x:c r="I257" s="4" t="s">
         <x:v>110</x:v>
       </x:c>
       <x:c r="J257" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K257" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L257" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="M257" s="0" t="s">
-        <x:v>29</x:v>
+        <x:v>49</x:v>
       </x:c>
       <x:c r="N257" s="3" t="n">
-        <x:v>21519</x:v>
+        <x:v>21508</x:v>
       </x:c>
       <x:c r="O257" s="0" t="s">
-        <x:v>68</x:v>
+        <x:v>64</x:v>
       </x:c>
       <x:c r="P257" s="0" t="s">
         <x:v>332</x:v>
       </x:c>
       <x:c r="Q257" s="4" t="s">
         <x:v>333</x:v>
       </x:c>
       <x:c r="R257" s="0" t="s">
         <x:v>334</x:v>
       </x:c>
       <x:c r="S257" s="0" t="n">
-        <x:v>553334</x:v>
+        <x:v>604111</x:v>
       </x:c>
       <x:c r="T257" s="4" t="s">
-        <x:v>36</x:v>
+        <x:v>34</x:v>
       </x:c>
       <x:c r="U257" s="4" t="s">
-        <x:v>44</x:v>
+        <x:v>37</x:v>
       </x:c>
     </x:row>
     <x:row r="258" spans="1:21">
       <x:c r="A258" s="13" t="s">
-        <x:v>21</x:v>
+        <x:v>38</x:v>
       </x:c>
       <x:c r="B258" s="14" t="s">
-        <x:v>327</x:v>
+        <x:v>339</x:v>
       </x:c>
       <x:c r="C258" s="15" t="n">
-        <x:v>39257</x:v>
+        <x:v>37534</x:v>
       </x:c>
       <x:c r="D258" s="15" t="s"/>
-      <x:c r="E258" s="14" t="s">
-[...1 lines deleted...]
-      </x:c>
+      <x:c r="E258" s="14" t="s"/>
       <x:c r="F258" s="14" t="s"/>
       <x:c r="G258" s="14" t="s">
+        <x:v>302</x:v>
+      </x:c>
+      <x:c r="H258" s="14" t="s">
         <x:v>303</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>304</x:v>
       </x:c>
       <x:c r="I258" s="16" t="s">
         <x:v>110</x:v>
       </x:c>
       <x:c r="J258" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K258" s="14" t="s">
-        <x:v>27</x:v>
+        <x:v>40</x:v>
       </x:c>
       <x:c r="L258" s="14" t="s">
-        <x:v>41</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="M258" s="14" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="N258" s="15" t="n">
-        <x:v>21528</x:v>
+        <x:v>21529</x:v>
       </x:c>
       <x:c r="O258" s="14" t="s">
-        <x:v>30</x:v>
+        <x:v>160</x:v>
       </x:c>
       <x:c r="P258" s="14" t="s">
         <x:v>332</x:v>
       </x:c>
       <x:c r="Q258" s="16" t="s">
         <x:v>333</x:v>
       </x:c>
       <x:c r="R258" s="14" t="s">
         <x:v>334</x:v>
       </x:c>
       <x:c r="S258" s="14" t="n">
-        <x:v>553350</x:v>
+        <x:v>597807</x:v>
       </x:c>
       <x:c r="T258" s="16" t="s">
-        <x:v>36</x:v>
+        <x:v>340</x:v>
       </x:c>
       <x:c r="U258" s="16" t="s">
-        <x:v>44</x:v>
+        <x:v>216</x:v>
       </x:c>
     </x:row>
     <x:row r="259" spans="1:21">
       <x:c r="A259" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B259" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C259" s="3" t="n">
         <x:v>38765</x:v>
       </x:c>
       <x:c r="D259" s="3" t="s"/>
       <x:c r="E259" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G259" s="0" t="s">
+        <x:v>302</x:v>
+      </x:c>
+      <x:c r="H259" s="0" t="s">
         <x:v>303</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>304</x:v>
       </x:c>
       <x:c r="I259" s="4" t="s">
         <x:v>110</x:v>
       </x:c>
       <x:c r="J259" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K259" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L259" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="M259" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N259" s="3" t="n">
         <x:v>21528</x:v>
       </x:c>
       <x:c r="O259" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P259" s="0" t="s">
         <x:v>341</x:v>
       </x:c>
@@ -16630,356 +16634,356 @@
         <x:v>552888</x:v>
       </x:c>
       <x:c r="T259" s="4" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="U259" s="4" t="s">
         <x:v>44</x:v>
       </x:c>
     </x:row>
     <x:row r="260" spans="1:21">
       <x:c r="A260" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B260" s="14" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C260" s="15" t="n">
         <x:v>38765</x:v>
       </x:c>
       <x:c r="D260" s="15" t="s"/>
       <x:c r="E260" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F260" s="14" t="s"/>
       <x:c r="G260" s="14" t="s">
+        <x:v>302</x:v>
+      </x:c>
+      <x:c r="H260" s="14" t="s">
         <x:v>303</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>304</x:v>
       </x:c>
       <x:c r="I260" s="16" t="s">
         <x:v>110</x:v>
       </x:c>
       <x:c r="J260" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K260" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L260" s="14" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="M260" s="14" t="s">
-        <x:v>49</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="N260" s="15" t="n">
         <x:v>21528</x:v>
       </x:c>
       <x:c r="O260" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P260" s="14" t="s">
         <x:v>341</x:v>
       </x:c>
       <x:c r="Q260" s="16" t="s">
         <x:v>126</x:v>
       </x:c>
       <x:c r="R260" s="14" t="s">
         <x:v>342</x:v>
       </x:c>
       <x:c r="S260" s="14" t="n">
-        <x:v>552887</x:v>
+        <x:v>604247</x:v>
       </x:c>
       <x:c r="T260" s="16" t="s">
-        <x:v>36</x:v>
+        <x:v>34</x:v>
       </x:c>
       <x:c r="U260" s="16" t="s">
         <x:v>37</x:v>
       </x:c>
     </x:row>
     <x:row r="261" spans="1:21">
       <x:c r="A261" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B261" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="C261" s="3" t="n">
         <x:v>38761</x:v>
       </x:c>
       <x:c r="D261" s="3" t="s"/>
       <x:c r="E261" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G261" s="0" t="s">
+        <x:v>302</x:v>
+      </x:c>
+      <x:c r="H261" s="0" t="s">
         <x:v>303</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>304</x:v>
       </x:c>
       <x:c r="I261" s="4" t="s">
         <x:v>110</x:v>
       </x:c>
       <x:c r="J261" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K261" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L261" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="M261" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N261" s="3" t="n">
         <x:v>21508</x:v>
       </x:c>
       <x:c r="O261" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="P261" s="0" t="s">
         <x:v>341</x:v>
       </x:c>
       <x:c r="Q261" s="4" t="s">
         <x:v>126</x:v>
       </x:c>
       <x:c r="R261" s="0" t="s">
         <x:v>342</x:v>
       </x:c>
       <x:c r="S261" s="0" t="n">
-        <x:v>552892</x:v>
+        <x:v>604252</x:v>
       </x:c>
       <x:c r="T261" s="4" t="s">
-        <x:v>36</x:v>
+        <x:v>34</x:v>
       </x:c>
       <x:c r="U261" s="4" t="s">
-        <x:v>44</x:v>
+        <x:v>37</x:v>
       </x:c>
     </x:row>
     <x:row r="262" spans="1:21">
       <x:c r="A262" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B262" s="14" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C262" s="15" t="n">
         <x:v>38765</x:v>
       </x:c>
       <x:c r="D262" s="15" t="s"/>
       <x:c r="E262" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F262" s="14" t="s"/>
       <x:c r="G262" s="14" t="s">
+        <x:v>302</x:v>
+      </x:c>
+      <x:c r="H262" s="14" t="s">
         <x:v>303</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>304</x:v>
       </x:c>
       <x:c r="I262" s="16" t="s">
         <x:v>110</x:v>
       </x:c>
       <x:c r="J262" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K262" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L262" s="14" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="M262" s="14" t="s">
-        <x:v>29</x:v>
+        <x:v>49</x:v>
       </x:c>
       <x:c r="N262" s="15" t="n">
         <x:v>21528</x:v>
       </x:c>
       <x:c r="O262" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P262" s="14" t="s">
         <x:v>341</x:v>
       </x:c>
       <x:c r="Q262" s="16" t="s">
         <x:v>126</x:v>
       </x:c>
       <x:c r="R262" s="14" t="s">
         <x:v>342</x:v>
       </x:c>
       <x:c r="S262" s="14" t="n">
-        <x:v>604247</x:v>
+        <x:v>604246</x:v>
       </x:c>
       <x:c r="T262" s="16" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="U262" s="16" t="s">
-        <x:v>37</x:v>
+        <x:v>35</x:v>
       </x:c>
     </x:row>
     <x:row r="263" spans="1:21">
       <x:c r="A263" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B263" s="0" t="s">
-        <x:v>63</x:v>
+        <x:v>22</x:v>
       </x:c>
       <x:c r="C263" s="3" t="n">
-        <x:v>38761</x:v>
+        <x:v>38765</x:v>
       </x:c>
       <x:c r="D263" s="3" t="s"/>
       <x:c r="E263" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G263" s="0" t="s">
+        <x:v>302</x:v>
+      </x:c>
+      <x:c r="H263" s="0" t="s">
         <x:v>303</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>304</x:v>
       </x:c>
       <x:c r="I263" s="4" t="s">
         <x:v>110</x:v>
       </x:c>
       <x:c r="J263" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K263" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L263" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="M263" s="0" t="s">
-        <x:v>29</x:v>
+        <x:v>49</x:v>
       </x:c>
       <x:c r="N263" s="3" t="n">
-        <x:v>21508</x:v>
+        <x:v>21528</x:v>
       </x:c>
       <x:c r="O263" s="0" t="s">
-        <x:v>64</x:v>
+        <x:v>30</x:v>
       </x:c>
       <x:c r="P263" s="0" t="s">
         <x:v>341</x:v>
       </x:c>
       <x:c r="Q263" s="4" t="s">
         <x:v>126</x:v>
       </x:c>
       <x:c r="R263" s="0" t="s">
         <x:v>342</x:v>
       </x:c>
       <x:c r="S263" s="0" t="n">
-        <x:v>604252</x:v>
+        <x:v>552887</x:v>
       </x:c>
       <x:c r="T263" s="4" t="s">
-        <x:v>34</x:v>
+        <x:v>36</x:v>
       </x:c>
       <x:c r="U263" s="4" t="s">
         <x:v>37</x:v>
       </x:c>
     </x:row>
     <x:row r="264" spans="1:21">
       <x:c r="A264" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B264" s="14" t="s">
-        <x:v>22</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="C264" s="15" t="n">
-        <x:v>38765</x:v>
+        <x:v>38761</x:v>
       </x:c>
       <x:c r="D264" s="15" t="s"/>
       <x:c r="E264" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F264" s="14" t="s"/>
       <x:c r="G264" s="14" t="s">
+        <x:v>302</x:v>
+      </x:c>
+      <x:c r="H264" s="14" t="s">
         <x:v>303</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>304</x:v>
       </x:c>
       <x:c r="I264" s="16" t="s">
         <x:v>110</x:v>
       </x:c>
       <x:c r="J264" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K264" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L264" s="14" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="M264" s="14" t="s">
-        <x:v>49</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="N264" s="15" t="n">
-        <x:v>21528</x:v>
+        <x:v>21508</x:v>
       </x:c>
       <x:c r="O264" s="14" t="s">
-        <x:v>30</x:v>
+        <x:v>64</x:v>
       </x:c>
       <x:c r="P264" s="14" t="s">
         <x:v>341</x:v>
       </x:c>
       <x:c r="Q264" s="16" t="s">
         <x:v>126</x:v>
       </x:c>
       <x:c r="R264" s="14" t="s">
         <x:v>342</x:v>
       </x:c>
       <x:c r="S264" s="14" t="n">
-        <x:v>604246</x:v>
+        <x:v>552892</x:v>
       </x:c>
       <x:c r="T264" s="16" t="s">
-        <x:v>34</x:v>
+        <x:v>36</x:v>
       </x:c>
       <x:c r="U264" s="16" t="s">
-        <x:v>35</x:v>
+        <x:v>44</x:v>
       </x:c>
     </x:row>
     <x:row r="265" spans="1:21">
       <x:c r="A265" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B265" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C265" s="3" t="n">
         <x:v>38765</x:v>
       </x:c>
       <x:c r="D265" s="3" t="s"/>
       <x:c r="E265" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G265" s="0" t="s">
+        <x:v>302</x:v>
+      </x:c>
+      <x:c r="H265" s="0" t="s">
         <x:v>303</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>304</x:v>
       </x:c>
       <x:c r="I265" s="4" t="s">
         <x:v>110</x:v>
       </x:c>
       <x:c r="J265" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K265" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L265" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="M265" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="N265" s="3" t="n">
         <x:v>21528</x:v>
       </x:c>
       <x:c r="O265" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P265" s="0" t="s">
         <x:v>341</x:v>
       </x:c>
@@ -16993,54 +16997,54 @@
         <x:v>502069</x:v>
       </x:c>
       <x:c r="T265" s="4" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="U265" s="4" t="s">
         <x:v>44</x:v>
       </x:c>
     </x:row>
     <x:row r="266" spans="1:21">
       <x:c r="A266" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B266" s="14" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C266" s="15" t="n">
         <x:v>38765</x:v>
       </x:c>
       <x:c r="D266" s="15" t="s"/>
       <x:c r="E266" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F266" s="14" t="s"/>
       <x:c r="G266" s="14" t="s">
+        <x:v>302</x:v>
+      </x:c>
+      <x:c r="H266" s="14" t="s">
         <x:v>303</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>304</x:v>
       </x:c>
       <x:c r="I266" s="16" t="s">
         <x:v>110</x:v>
       </x:c>
       <x:c r="J266" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K266" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L266" s="14" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="M266" s="14" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="N266" s="15" t="n">
         <x:v>21528</x:v>
       </x:c>
       <x:c r="O266" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P266" s="14" t="s">
         <x:v>343</x:v>
       </x:c>
@@ -17053,54 +17057,54 @@
       <x:c r="S266" s="14" t="n">
         <x:v>502333</x:v>
       </x:c>
       <x:c r="T266" s="16" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="U266" s="16" t="s">
         <x:v>44</x:v>
       </x:c>
     </x:row>
     <x:row r="267" spans="1:21">
       <x:c r="A267" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B267" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="C267" s="3" t="n">
         <x:v>38761</x:v>
       </x:c>
       <x:c r="D267" s="3" t="s"/>
       <x:c r="E267" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G267" s="0" t="s">
+        <x:v>302</x:v>
+      </x:c>
+      <x:c r="H267" s="0" t="s">
         <x:v>303</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>304</x:v>
       </x:c>
       <x:c r="I267" s="4" t="s">
         <x:v>110</x:v>
       </x:c>
       <x:c r="J267" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K267" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L267" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="M267" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="N267" s="3" t="n">
         <x:v>21508</x:v>
       </x:c>
       <x:c r="O267" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="P267" s="0" t="s">
         <x:v>343</x:v>
       </x:c>
@@ -17114,54 +17118,54 @@
         <x:v>552820</x:v>
       </x:c>
       <x:c r="T267" s="4" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="U267" s="4" t="s">
         <x:v>44</x:v>
       </x:c>
     </x:row>
     <x:row r="268" spans="1:21">
       <x:c r="A268" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B268" s="14" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C268" s="15" t="n">
         <x:v>38765</x:v>
       </x:c>
       <x:c r="D268" s="15" t="s"/>
       <x:c r="E268" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F268" s="14" t="s"/>
       <x:c r="G268" s="14" t="s">
+        <x:v>302</x:v>
+      </x:c>
+      <x:c r="H268" s="14" t="s">
         <x:v>303</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>304</x:v>
       </x:c>
       <x:c r="I268" s="16" t="s">
         <x:v>110</x:v>
       </x:c>
       <x:c r="J268" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K268" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L268" s="14" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="M268" s="14" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="N268" s="15" t="n">
         <x:v>21528</x:v>
       </x:c>
       <x:c r="O268" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P268" s="14" t="s">
         <x:v>343</x:v>
       </x:c>
@@ -17174,54 +17178,54 @@
       <x:c r="S268" s="14" t="n">
         <x:v>552816</x:v>
       </x:c>
       <x:c r="T268" s="16" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="U268" s="16" t="s">
         <x:v>37</x:v>
       </x:c>
     </x:row>
     <x:row r="269" spans="1:21">
       <x:c r="A269" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B269" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C269" s="3" t="n">
         <x:v>38765</x:v>
       </x:c>
       <x:c r="D269" s="3" t="s"/>
       <x:c r="E269" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G269" s="0" t="s">
+        <x:v>302</x:v>
+      </x:c>
+      <x:c r="H269" s="0" t="s">
         <x:v>303</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>304</x:v>
       </x:c>
       <x:c r="I269" s="4" t="s">
         <x:v>110</x:v>
       </x:c>
       <x:c r="J269" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K269" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L269" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="M269" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N269" s="3" t="n">
         <x:v>21528</x:v>
       </x:c>
       <x:c r="O269" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P269" s="0" t="s">
         <x:v>343</x:v>
       </x:c>
@@ -17235,54 +17239,54 @@
         <x:v>604761</x:v>
       </x:c>
       <x:c r="T269" s="4" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="U269" s="4" t="s">
         <x:v>37</x:v>
       </x:c>
     </x:row>
     <x:row r="270" spans="1:21">
       <x:c r="A270" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B270" s="14" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C270" s="15" t="n">
         <x:v>38765</x:v>
       </x:c>
       <x:c r="D270" s="15" t="s"/>
       <x:c r="E270" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F270" s="14" t="s"/>
       <x:c r="G270" s="14" t="s">
+        <x:v>302</x:v>
+      </x:c>
+      <x:c r="H270" s="14" t="s">
         <x:v>303</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>304</x:v>
       </x:c>
       <x:c r="I270" s="16" t="s">
         <x:v>110</x:v>
       </x:c>
       <x:c r="J270" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K270" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L270" s="14" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="M270" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N270" s="15" t="n">
         <x:v>21528</x:v>
       </x:c>
       <x:c r="O270" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P270" s="14" t="s">
         <x:v>343</x:v>
       </x:c>
@@ -17295,54 +17299,54 @@
       <x:c r="S270" s="14" t="n">
         <x:v>552817</x:v>
       </x:c>
       <x:c r="T270" s="16" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="U270" s="16" t="s">
         <x:v>44</x:v>
       </x:c>
     </x:row>
     <x:row r="271" spans="1:21">
       <x:c r="A271" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B271" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C271" s="3" t="n">
         <x:v>38765</x:v>
       </x:c>
       <x:c r="D271" s="3" t="s"/>
       <x:c r="E271" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G271" s="0" t="s">
+        <x:v>302</x:v>
+      </x:c>
+      <x:c r="H271" s="0" t="s">
         <x:v>303</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>304</x:v>
       </x:c>
       <x:c r="I271" s="4" t="s">
         <x:v>110</x:v>
       </x:c>
       <x:c r="J271" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K271" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L271" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="M271" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="N271" s="3" t="n">
         <x:v>21528</x:v>
       </x:c>
       <x:c r="O271" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P271" s="0" t="s">
         <x:v>343</x:v>
       </x:c>
@@ -17356,54 +17360,54 @@
         <x:v>604760</x:v>
       </x:c>
       <x:c r="T271" s="4" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="U271" s="4" t="s">
         <x:v>35</x:v>
       </x:c>
     </x:row>
     <x:row r="272" spans="1:21">
       <x:c r="A272" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B272" s="14" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="C272" s="15" t="n">
         <x:v>38761</x:v>
       </x:c>
       <x:c r="D272" s="15" t="s"/>
       <x:c r="E272" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F272" s="14" t="s"/>
       <x:c r="G272" s="14" t="s">
+        <x:v>302</x:v>
+      </x:c>
+      <x:c r="H272" s="14" t="s">
         <x:v>303</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>304</x:v>
       </x:c>
       <x:c r="I272" s="16" t="s">
         <x:v>110</x:v>
       </x:c>
       <x:c r="J272" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K272" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L272" s="14" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="M272" s="14" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="N272" s="15" t="n">
         <x:v>21508</x:v>
       </x:c>
       <x:c r="O272" s="14" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="P272" s="14" t="s">
         <x:v>343</x:v>
       </x:c>
@@ -17416,1712 +17420,1712 @@
       <x:c r="S272" s="14" t="n">
         <x:v>604767</x:v>
       </x:c>
       <x:c r="T272" s="16" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="U272" s="16" t="s">
         <x:v>37</x:v>
       </x:c>
     </x:row>
     <x:row r="273" spans="1:21">
       <x:c r="A273" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B273" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="C273" s="3" t="n">
         <x:v>35151</x:v>
       </x:c>
       <x:c r="D273" s="3" t="s"/>
       <x:c r="E273" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G273" s="0" t="s">
+        <x:v>302</x:v>
+      </x:c>
+      <x:c r="H273" s="0" t="s">
         <x:v>303</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>304</x:v>
       </x:c>
       <x:c r="I273" s="4" t="s">
         <x:v>110</x:v>
       </x:c>
       <x:c r="J273" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="K273" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L273" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="M273" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N273" s="3" t="n">
         <x:v>21519</x:v>
       </x:c>
       <x:c r="O273" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="P273" s="0" t="s">
         <x:v>344</x:v>
       </x:c>
       <x:c r="Q273" s="4" t="s">
         <x:v>345</x:v>
       </x:c>
       <x:c r="R273" s="0" t="s">
         <x:v>346</x:v>
       </x:c>
       <x:c r="S273" s="0" t="n">
         <x:v>552716</x:v>
       </x:c>
       <x:c r="T273" s="4" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="U273" s="4" t="s">
         <x:v>37</x:v>
       </x:c>
     </x:row>
     <x:row r="274" spans="1:21">
       <x:c r="A274" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B274" s="14" t="s">
-        <x:v>69</x:v>
+        <x:v>22</x:v>
       </x:c>
       <x:c r="C274" s="15" t="n">
-        <x:v>35966</x:v>
+        <x:v>38765</x:v>
       </x:c>
       <x:c r="D274" s="15" t="s"/>
       <x:c r="E274" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F274" s="14" t="s"/>
       <x:c r="G274" s="14" t="s">
+        <x:v>302</x:v>
+      </x:c>
+      <x:c r="H274" s="14" t="s">
         <x:v>303</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>304</x:v>
       </x:c>
       <x:c r="I274" s="16" t="s">
         <x:v>110</x:v>
       </x:c>
       <x:c r="J274" s="14" t="s">
-        <x:v>70</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="K274" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L274" s="14" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="M274" s="14" t="s">
-        <x:v>49</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="N274" s="15" t="n">
         <x:v>21528</x:v>
       </x:c>
       <x:c r="O274" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P274" s="14" t="s">
         <x:v>344</x:v>
       </x:c>
       <x:c r="Q274" s="16" t="s">
         <x:v>345</x:v>
       </x:c>
       <x:c r="R274" s="14" t="s">
         <x:v>346</x:v>
       </x:c>
       <x:c r="S274" s="14" t="n">
-        <x:v>501898</x:v>
+        <x:v>607570</x:v>
       </x:c>
       <x:c r="T274" s="16" t="s">
-        <x:v>43</x:v>
+        <x:v>34</x:v>
       </x:c>
       <x:c r="U274" s="16" t="s">
-        <x:v>44</x:v>
+        <x:v>35</x:v>
       </x:c>
     </x:row>
     <x:row r="275" spans="1:21">
       <x:c r="A275" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B275" s="0" t="s">
-        <x:v>22</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="C275" s="3" t="n">
-        <x:v>38765</x:v>
+        <x:v>38761</x:v>
       </x:c>
       <x:c r="D275" s="3" t="s"/>
       <x:c r="E275" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G275" s="0" t="s">
+        <x:v>302</x:v>
+      </x:c>
+      <x:c r="H275" s="0" t="s">
         <x:v>303</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>304</x:v>
       </x:c>
       <x:c r="I275" s="4" t="s">
         <x:v>110</x:v>
       </x:c>
       <x:c r="J275" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K275" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L275" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="M275" s="0" t="s">
-        <x:v>29</x:v>
+        <x:v>49</x:v>
       </x:c>
       <x:c r="N275" s="3" t="n">
-        <x:v>21528</x:v>
+        <x:v>21508</x:v>
       </x:c>
       <x:c r="O275" s="0" t="s">
-        <x:v>30</x:v>
+        <x:v>64</x:v>
       </x:c>
       <x:c r="P275" s="0" t="s">
         <x:v>344</x:v>
       </x:c>
       <x:c r="Q275" s="4" t="s">
         <x:v>345</x:v>
       </x:c>
       <x:c r="R275" s="0" t="s">
         <x:v>346</x:v>
       </x:c>
       <x:c r="S275" s="0" t="n">
-        <x:v>607570</x:v>
+        <x:v>607574</x:v>
       </x:c>
       <x:c r="T275" s="4" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="U275" s="4" t="s">
-        <x:v>35</x:v>
+        <x:v>37</x:v>
       </x:c>
     </x:row>
     <x:row r="276" spans="1:21">
       <x:c r="A276" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B276" s="14" t="s">
-        <x:v>63</x:v>
+        <x:v>69</x:v>
       </x:c>
       <x:c r="C276" s="15" t="n">
-        <x:v>38761</x:v>
+        <x:v>35966</x:v>
       </x:c>
       <x:c r="D276" s="15" t="s"/>
       <x:c r="E276" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F276" s="14" t="s"/>
       <x:c r="G276" s="14" t="s">
+        <x:v>302</x:v>
+      </x:c>
+      <x:c r="H276" s="14" t="s">
         <x:v>303</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>304</x:v>
       </x:c>
       <x:c r="I276" s="16" t="s">
         <x:v>110</x:v>
       </x:c>
       <x:c r="J276" s="14" t="s">
-        <x:v>26</x:v>
+        <x:v>70</x:v>
       </x:c>
       <x:c r="K276" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L276" s="14" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="M276" s="14" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="N276" s="15" t="n">
-        <x:v>21508</x:v>
+        <x:v>21528</x:v>
       </x:c>
       <x:c r="O276" s="14" t="s">
-        <x:v>64</x:v>
+        <x:v>30</x:v>
       </x:c>
       <x:c r="P276" s="14" t="s">
         <x:v>344</x:v>
       </x:c>
       <x:c r="Q276" s="16" t="s">
         <x:v>345</x:v>
       </x:c>
       <x:c r="R276" s="14" t="s">
         <x:v>346</x:v>
       </x:c>
       <x:c r="S276" s="14" t="n">
-        <x:v>607574</x:v>
+        <x:v>501898</x:v>
       </x:c>
       <x:c r="T276" s="16" t="s">
-        <x:v>34</x:v>
+        <x:v>43</x:v>
       </x:c>
       <x:c r="U276" s="16" t="s">
-        <x:v>37</x:v>
+        <x:v>44</x:v>
       </x:c>
     </x:row>
     <x:row r="277" spans="1:21">
       <x:c r="A277" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B277" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C277" s="3" t="n">
         <x:v>38765</x:v>
       </x:c>
       <x:c r="D277" s="3" t="s"/>
       <x:c r="E277" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G277" s="0" t="s">
+        <x:v>302</x:v>
+      </x:c>
+      <x:c r="H277" s="0" t="s">
         <x:v>303</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>304</x:v>
       </x:c>
       <x:c r="I277" s="4" t="s">
         <x:v>110</x:v>
       </x:c>
       <x:c r="J277" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K277" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L277" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="M277" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N277" s="3" t="n">
         <x:v>21528</x:v>
       </x:c>
       <x:c r="O277" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P277" s="0" t="s">
         <x:v>344</x:v>
       </x:c>
       <x:c r="Q277" s="4" t="s">
         <x:v>345</x:v>
       </x:c>
       <x:c r="R277" s="0" t="s">
         <x:v>346</x:v>
       </x:c>
       <x:c r="S277" s="0" t="n">
         <x:v>552741</x:v>
       </x:c>
       <x:c r="T277" s="4" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="U277" s="4" t="s">
         <x:v>37</x:v>
       </x:c>
     </x:row>
     <x:row r="278" spans="1:21">
       <x:c r="A278" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B278" s="14" t="s">
-        <x:v>63</x:v>
+        <x:v>22</x:v>
       </x:c>
       <x:c r="C278" s="15" t="n">
-        <x:v>38761</x:v>
+        <x:v>38765</x:v>
       </x:c>
       <x:c r="D278" s="15" t="s"/>
       <x:c r="E278" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F278" s="14" t="s"/>
       <x:c r="G278" s="14" t="s">
-        <x:v>303</x:v>
+        <x:v>347</x:v>
       </x:c>
       <x:c r="H278" s="14" t="s">
-        <x:v>304</x:v>
+        <x:v>58</x:v>
       </x:c>
       <x:c r="I278" s="16" t="s">
-        <x:v>110</x:v>
+        <x:v>348</x:v>
       </x:c>
       <x:c r="J278" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K278" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L278" s="14" t="s">
-        <x:v>41</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="M278" s="14" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="N278" s="15" t="n">
-        <x:v>21508</x:v>
+        <x:v>21528</x:v>
       </x:c>
       <x:c r="O278" s="14" t="s">
-        <x:v>64</x:v>
+        <x:v>30</x:v>
       </x:c>
       <x:c r="P278" s="14" t="s">
-        <x:v>344</x:v>
+        <x:v>347</x:v>
       </x:c>
       <x:c r="Q278" s="16" t="s">
-        <x:v>345</x:v>
+        <x:v>348</x:v>
       </x:c>
       <x:c r="R278" s="14" t="s">
-        <x:v>346</x:v>
+        <x:v>349</x:v>
       </x:c>
       <x:c r="S278" s="14" t="n">
-        <x:v>552744</x:v>
+        <x:v>605610</x:v>
       </x:c>
       <x:c r="T278" s="16" t="s">
-        <x:v>36</x:v>
+        <x:v>34</x:v>
       </x:c>
       <x:c r="U278" s="16" t="s">
-        <x:v>44</x:v>
+        <x:v>252</x:v>
       </x:c>
     </x:row>
     <x:row r="279" spans="1:21">
       <x:c r="A279" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B279" s="0" t="s">
-        <x:v>22</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="C279" s="3" t="n">
-        <x:v>38765</x:v>
+        <x:v>38761</x:v>
       </x:c>
       <x:c r="D279" s="3" t="s"/>
       <x:c r="E279" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G279" s="0" t="s">
+        <x:v>302</x:v>
+      </x:c>
+      <x:c r="H279" s="0" t="s">
         <x:v>303</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>304</x:v>
       </x:c>
       <x:c r="I279" s="4" t="s">
         <x:v>110</x:v>
       </x:c>
       <x:c r="J279" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K279" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L279" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="M279" s="0" t="s">
-        <x:v>29</x:v>
+        <x:v>49</x:v>
       </x:c>
       <x:c r="N279" s="3" t="n">
-        <x:v>21528</x:v>
+        <x:v>21508</x:v>
       </x:c>
       <x:c r="O279" s="0" t="s">
-        <x:v>30</x:v>
+        <x:v>64</x:v>
       </x:c>
       <x:c r="P279" s="0" t="s">
         <x:v>344</x:v>
       </x:c>
       <x:c r="Q279" s="4" t="s">
         <x:v>345</x:v>
       </x:c>
       <x:c r="R279" s="0" t="s">
         <x:v>346</x:v>
       </x:c>
       <x:c r="S279" s="0" t="n">
-        <x:v>607569</x:v>
+        <x:v>552744</x:v>
       </x:c>
       <x:c r="T279" s="4" t="s">
-        <x:v>34</x:v>
+        <x:v>36</x:v>
       </x:c>
       <x:c r="U279" s="4" t="s">
-        <x:v>37</x:v>
+        <x:v>44</x:v>
       </x:c>
     </x:row>
     <x:row r="280" spans="1:21">
       <x:c r="A280" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B280" s="14" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C280" s="15" t="n">
         <x:v>38765</x:v>
       </x:c>
       <x:c r="D280" s="15" t="s"/>
       <x:c r="E280" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F280" s="14" t="s"/>
       <x:c r="G280" s="14" t="s">
+        <x:v>302</x:v>
+      </x:c>
+      <x:c r="H280" s="14" t="s">
         <x:v>303</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>304</x:v>
       </x:c>
       <x:c r="I280" s="16" t="s">
         <x:v>110</x:v>
       </x:c>
       <x:c r="J280" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K280" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L280" s="14" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="M280" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N280" s="15" t="n">
         <x:v>21528</x:v>
       </x:c>
       <x:c r="O280" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P280" s="14" t="s">
         <x:v>344</x:v>
       </x:c>
       <x:c r="Q280" s="16" t="s">
         <x:v>345</x:v>
       </x:c>
       <x:c r="R280" s="14" t="s">
         <x:v>346</x:v>
       </x:c>
       <x:c r="S280" s="14" t="n">
-        <x:v>552740</x:v>
+        <x:v>607569</x:v>
       </x:c>
       <x:c r="T280" s="16" t="s">
-        <x:v>36</x:v>
+        <x:v>34</x:v>
       </x:c>
       <x:c r="U280" s="16" t="s">
-        <x:v>44</x:v>
+        <x:v>37</x:v>
       </x:c>
     </x:row>
     <x:row r="281" spans="1:21">
       <x:c r="A281" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B281" s="0" t="s">
-        <x:v>66</x:v>
+        <x:v>22</x:v>
       </x:c>
       <x:c r="C281" s="3" t="n">
-        <x:v>35151</x:v>
+        <x:v>38765</x:v>
       </x:c>
       <x:c r="D281" s="3" t="s"/>
       <x:c r="E281" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G281" s="0" t="s">
+        <x:v>302</x:v>
+      </x:c>
+      <x:c r="H281" s="0" t="s">
         <x:v>303</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>304</x:v>
       </x:c>
       <x:c r="I281" s="4" t="s">
         <x:v>110</x:v>
       </x:c>
       <x:c r="J281" s="0" t="s">
-        <x:v>67</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="K281" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L281" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="M281" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N281" s="3" t="n">
-        <x:v>21519</x:v>
+        <x:v>21528</x:v>
       </x:c>
       <x:c r="O281" s="0" t="s">
-        <x:v>68</x:v>
+        <x:v>30</x:v>
       </x:c>
       <x:c r="P281" s="0" t="s">
         <x:v>344</x:v>
       </x:c>
       <x:c r="Q281" s="4" t="s">
         <x:v>345</x:v>
       </x:c>
       <x:c r="R281" s="0" t="s">
         <x:v>346</x:v>
       </x:c>
       <x:c r="S281" s="0" t="n">
-        <x:v>501915</x:v>
+        <x:v>552740</x:v>
       </x:c>
       <x:c r="T281" s="4" t="s">
-        <x:v>43</x:v>
+        <x:v>36</x:v>
       </x:c>
       <x:c r="U281" s="4" t="s">
         <x:v>44</x:v>
       </x:c>
     </x:row>
     <x:row r="282" spans="1:21">
       <x:c r="A282" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B282" s="14" t="s">
-        <x:v>22</x:v>
+        <x:v>66</x:v>
       </x:c>
       <x:c r="C282" s="15" t="n">
-        <x:v>38765</x:v>
+        <x:v>35151</x:v>
       </x:c>
       <x:c r="D282" s="15" t="s"/>
       <x:c r="E282" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F282" s="14" t="s"/>
       <x:c r="G282" s="14" t="s">
+        <x:v>302</x:v>
+      </x:c>
+      <x:c r="H282" s="14" t="s">
         <x:v>303</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>304</x:v>
       </x:c>
       <x:c r="I282" s="16" t="s">
         <x:v>110</x:v>
       </x:c>
       <x:c r="J282" s="14" t="s">
-        <x:v>26</x:v>
+        <x:v>67</x:v>
       </x:c>
       <x:c r="K282" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L282" s="14" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="M282" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N282" s="15" t="n">
-        <x:v>21528</x:v>
+        <x:v>21519</x:v>
       </x:c>
       <x:c r="O282" s="14" t="s">
-        <x:v>30</x:v>
+        <x:v>68</x:v>
       </x:c>
       <x:c r="P282" s="14" t="s">
         <x:v>344</x:v>
       </x:c>
       <x:c r="Q282" s="16" t="s">
         <x:v>345</x:v>
       </x:c>
       <x:c r="R282" s="14" t="s">
         <x:v>346</x:v>
       </x:c>
       <x:c r="S282" s="14" t="n">
-        <x:v>501972</x:v>
+        <x:v>501915</x:v>
       </x:c>
       <x:c r="T282" s="16" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="U282" s="16" t="s">
         <x:v>44</x:v>
       </x:c>
     </x:row>
     <x:row r="283" spans="1:21">
       <x:c r="A283" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B283" s="0" t="s">
-        <x:v>69</x:v>
+        <x:v>22</x:v>
       </x:c>
       <x:c r="C283" s="3" t="n">
-        <x:v>35966</x:v>
+        <x:v>38765</x:v>
       </x:c>
       <x:c r="D283" s="3" t="s"/>
       <x:c r="E283" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G283" s="0" t="s">
+        <x:v>302</x:v>
+      </x:c>
+      <x:c r="H283" s="0" t="s">
         <x:v>303</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>304</x:v>
       </x:c>
       <x:c r="I283" s="4" t="s">
         <x:v>110</x:v>
       </x:c>
       <x:c r="J283" s="0" t="s">
-        <x:v>70</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="K283" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L283" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="M283" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N283" s="3" t="n">
         <x:v>21528</x:v>
       </x:c>
       <x:c r="O283" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P283" s="0" t="s">
-        <x:v>347</x:v>
+        <x:v>344</x:v>
       </x:c>
       <x:c r="Q283" s="4" t="s">
-        <x:v>248</x:v>
+        <x:v>345</x:v>
       </x:c>
       <x:c r="R283" s="0" t="s">
-        <x:v>279</x:v>
+        <x:v>346</x:v>
       </x:c>
       <x:c r="S283" s="0" t="n">
-        <x:v>605179</x:v>
+        <x:v>501972</x:v>
       </x:c>
       <x:c r="T283" s="4" t="s">
-        <x:v>34</x:v>
+        <x:v>43</x:v>
       </x:c>
       <x:c r="U283" s="4" t="s">
-        <x:v>35</x:v>
+        <x:v>44</x:v>
       </x:c>
     </x:row>
     <x:row r="284" spans="1:21">
       <x:c r="A284" s="13" t="s">
-        <x:v>38</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B284" s="14" t="s">
-        <x:v>139</x:v>
+        <x:v>69</x:v>
       </x:c>
       <x:c r="C284" s="15" t="n">
-        <x:v>38761</x:v>
+        <x:v>35966</x:v>
       </x:c>
       <x:c r="D284" s="15" t="s"/>
-      <x:c r="E284" s="14" t="s"/>
+      <x:c r="E284" s="14" t="s">
+        <x:v>23</x:v>
+      </x:c>
       <x:c r="F284" s="14" t="s"/>
       <x:c r="G284" s="14" t="s">
+        <x:v>302</x:v>
+      </x:c>
+      <x:c r="H284" s="14" t="s">
         <x:v>303</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>304</x:v>
       </x:c>
       <x:c r="I284" s="16" t="s">
         <x:v>110</x:v>
       </x:c>
       <x:c r="J284" s="14" t="s">
-        <x:v>26</x:v>
+        <x:v>70</x:v>
       </x:c>
       <x:c r="K284" s="14" t="s">
-        <x:v>40</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="L284" s="14" t="s">
-        <x:v>28</x:v>
+        <x:v>41</x:v>
       </x:c>
       <x:c r="M284" s="14" t="s">
-        <x:v>49</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="N284" s="15" t="n">
-        <x:v>21508</x:v>
+        <x:v>21528</x:v>
       </x:c>
       <x:c r="O284" s="14" t="s">
-        <x:v>64</x:v>
+        <x:v>30</x:v>
       </x:c>
       <x:c r="P284" s="14" t="s">
-        <x:v>348</x:v>
+        <x:v>350</x:v>
       </x:c>
       <x:c r="Q284" s="16" t="s">
-        <x:v>25</x:v>
+        <x:v>248</x:v>
       </x:c>
       <x:c r="R284" s="14" t="s">
-        <x:v>325</x:v>
+        <x:v>279</x:v>
       </x:c>
       <x:c r="S284" s="14" t="n">
-        <x:v>572767</x:v>
+        <x:v>605179</x:v>
       </x:c>
       <x:c r="T284" s="16" t="s">
-        <x:v>349</x:v>
+        <x:v>34</x:v>
       </x:c>
       <x:c r="U284" s="16" t="s">
-        <x:v>171</x:v>
+        <x:v>35</x:v>
       </x:c>
     </x:row>
     <x:row r="285" spans="1:21">
       <x:c r="A285" s="1" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="B285" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="C285" s="3" t="n">
         <x:v>38765</x:v>
       </x:c>
       <x:c r="D285" s="3" t="s"/>
       <x:c r="G285" s="0" t="s">
+        <x:v>302</x:v>
+      </x:c>
+      <x:c r="H285" s="0" t="s">
         <x:v>303</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>304</x:v>
       </x:c>
       <x:c r="I285" s="4" t="s">
         <x:v>110</x:v>
       </x:c>
       <x:c r="J285" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K285" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="L285" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M285" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="N285" s="3" t="n">
         <x:v>21528</x:v>
       </x:c>
       <x:c r="O285" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P285" s="0" t="s">
-        <x:v>348</x:v>
+        <x:v>351</x:v>
       </x:c>
       <x:c r="Q285" s="4" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="R285" s="0" t="s">
         <x:v>325</x:v>
       </x:c>
       <x:c r="S285" s="0" t="n">
         <x:v>572746</x:v>
       </x:c>
       <x:c r="T285" s="4" t="s">
-        <x:v>349</x:v>
+        <x:v>352</x:v>
       </x:c>
       <x:c r="U285" s="4" t="s">
-        <x:v>171</x:v>
+        <x:v>175</x:v>
       </x:c>
     </x:row>
     <x:row r="286" spans="1:21">
       <x:c r="A286" s="13" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="B286" s="14" t="s">
         <x:v>152</x:v>
       </x:c>
       <x:c r="C286" s="15" t="n">
         <x:v>38632</x:v>
       </x:c>
       <x:c r="D286" s="15" t="s"/>
       <x:c r="E286" s="14" t="s"/>
       <x:c r="F286" s="14" t="s"/>
       <x:c r="G286" s="14" t="s">
+        <x:v>302</x:v>
+      </x:c>
+      <x:c r="H286" s="14" t="s">
         <x:v>303</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>304</x:v>
       </x:c>
       <x:c r="I286" s="16" t="s">
         <x:v>110</x:v>
       </x:c>
       <x:c r="J286" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K286" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="L286" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M286" s="14" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="N286" s="15" t="n">
         <x:v>21519</x:v>
       </x:c>
       <x:c r="O286" s="14" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="P286" s="14" t="s">
-        <x:v>348</x:v>
+        <x:v>351</x:v>
       </x:c>
       <x:c r="Q286" s="16" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="R286" s="14" t="s">
         <x:v>325</x:v>
       </x:c>
       <x:c r="S286" s="14" t="n">
         <x:v>572765</x:v>
       </x:c>
       <x:c r="T286" s="16" t="s">
-        <x:v>349</x:v>
+        <x:v>352</x:v>
       </x:c>
       <x:c r="U286" s="16" t="s">
-        <x:v>171</x:v>
+        <x:v>175</x:v>
       </x:c>
     </x:row>
     <x:row r="287" spans="1:21">
       <x:c r="A287" s="1" t="s">
-        <x:v>21</x:v>
+        <x:v>38</x:v>
       </x:c>
       <x:c r="B287" s="0" t="s">
-        <x:v>69</x:v>
+        <x:v>139</x:v>
       </x:c>
       <x:c r="C287" s="3" t="n">
-        <x:v>35966</x:v>
+        <x:v>38761</x:v>
       </x:c>
       <x:c r="D287" s="3" t="s"/>
-      <x:c r="E287" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="G287" s="0" t="s">
+        <x:v>302</x:v>
+      </x:c>
+      <x:c r="H287" s="0" t="s">
         <x:v>303</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>304</x:v>
       </x:c>
       <x:c r="I287" s="4" t="s">
         <x:v>110</x:v>
       </x:c>
       <x:c r="J287" s="0" t="s">
-        <x:v>70</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="K287" s="0" t="s">
-        <x:v>27</x:v>
+        <x:v>40</x:v>
       </x:c>
       <x:c r="L287" s="0" t="s">
-        <x:v>41</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="M287" s="0" t="s">
-        <x:v>29</x:v>
+        <x:v>49</x:v>
       </x:c>
       <x:c r="N287" s="3" t="n">
-        <x:v>21528</x:v>
+        <x:v>21508</x:v>
       </x:c>
       <x:c r="O287" s="0" t="s">
-        <x:v>30</x:v>
+        <x:v>64</x:v>
       </x:c>
       <x:c r="P287" s="0" t="s">
-        <x:v>303</x:v>
+        <x:v>351</x:v>
       </x:c>
       <x:c r="Q287" s="4" t="s">
-        <x:v>110</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="R287" s="0" t="s">
-        <x:v>279</x:v>
+        <x:v>325</x:v>
       </x:c>
       <x:c r="S287" s="0" t="n">
-        <x:v>553732</x:v>
+        <x:v>572767</x:v>
       </x:c>
       <x:c r="T287" s="4" t="s">
-        <x:v>36</x:v>
+        <x:v>352</x:v>
       </x:c>
       <x:c r="U287" s="4" t="s">
-        <x:v>37</x:v>
+        <x:v>175</x:v>
       </x:c>
     </x:row>
     <x:row r="288" spans="1:21">
       <x:c r="A288" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B288" s="14" t="s">
-        <x:v>45</x:v>
+        <x:v>69</x:v>
       </x:c>
       <x:c r="C288" s="15" t="n">
-        <x:v>40287</x:v>
+        <x:v>35966</x:v>
       </x:c>
       <x:c r="D288" s="15" t="s"/>
       <x:c r="E288" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F288" s="14" t="s"/>
       <x:c r="G288" s="14" t="s">
-        <x:v>350</x:v>
+        <x:v>302</x:v>
       </x:c>
       <x:c r="H288" s="14" t="s">
-        <x:v>351</x:v>
+        <x:v>303</x:v>
       </x:c>
       <x:c r="I288" s="16" t="s">
-        <x:v>79</x:v>
+        <x:v>110</x:v>
       </x:c>
       <x:c r="J288" s="14" t="s">
-        <x:v>26</x:v>
+        <x:v>70</x:v>
       </x:c>
       <x:c r="K288" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L288" s="14" t="s">
-        <x:v>28</x:v>
+        <x:v>41</x:v>
       </x:c>
       <x:c r="M288" s="14" t="s">
-        <x:v>49</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="N288" s="15" t="n">
-        <x:v>42710</x:v>
+        <x:v>21528</x:v>
       </x:c>
       <x:c r="O288" s="14" t="s">
-        <x:v>46</x:v>
+        <x:v>30</x:v>
       </x:c>
       <x:c r="P288" s="14" t="s">
-        <x:v>350</x:v>
+        <x:v>302</x:v>
       </x:c>
       <x:c r="Q288" s="16" t="s">
-        <x:v>79</x:v>
+        <x:v>110</x:v>
       </x:c>
       <x:c r="R288" s="14" t="s">
-        <x:v>346</x:v>
+        <x:v>279</x:v>
       </x:c>
       <x:c r="S288" s="14" t="n">
-        <x:v>602767</x:v>
+        <x:v>553732</x:v>
       </x:c>
       <x:c r="T288" s="16" t="s">
-        <x:v>210</x:v>
+        <x:v>36</x:v>
       </x:c>
       <x:c r="U288" s="16" t="s">
         <x:v>37</x:v>
       </x:c>
     </x:row>
     <x:row r="289" spans="1:21">
       <x:c r="A289" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B289" s="0" t="s">
-        <x:v>22</x:v>
+        <x:v>45</x:v>
       </x:c>
       <x:c r="C289" s="3" t="n">
-        <x:v>38765</x:v>
+        <x:v>40287</x:v>
       </x:c>
       <x:c r="D289" s="3" t="s"/>
       <x:c r="E289" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G289" s="0" t="s">
-        <x:v>352</x:v>
+        <x:v>353</x:v>
+      </x:c>
+      <x:c r="H289" s="0" t="s">
+        <x:v>354</x:v>
       </x:c>
       <x:c r="I289" s="4" t="s">
-        <x:v>353</x:v>
+        <x:v>79</x:v>
       </x:c>
       <x:c r="J289" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K289" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L289" s="0" t="s">
-        <x:v>41</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="M289" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="N289" s="3" t="n">
-        <x:v>21528</x:v>
+        <x:v>42710</x:v>
       </x:c>
       <x:c r="O289" s="0" t="s">
-        <x:v>30</x:v>
+        <x:v>46</x:v>
       </x:c>
       <x:c r="P289" s="0" t="s">
-        <x:v>352</x:v>
+        <x:v>353</x:v>
       </x:c>
       <x:c r="Q289" s="4" t="s">
-        <x:v>353</x:v>
+        <x:v>79</x:v>
       </x:c>
       <x:c r="R289" s="0" t="s">
-        <x:v>354</x:v>
+        <x:v>346</x:v>
       </x:c>
       <x:c r="S289" s="0" t="n">
-        <x:v>600567</x:v>
+        <x:v>602767</x:v>
       </x:c>
       <x:c r="T289" s="4" t="s">
-        <x:v>34</x:v>
+        <x:v>230</x:v>
       </x:c>
       <x:c r="U289" s="4" t="s">
-        <x:v>300</x:v>
+        <x:v>37</x:v>
       </x:c>
     </x:row>
     <x:row r="290" spans="1:21">
       <x:c r="A290" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B290" s="14" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C290" s="15" t="n">
         <x:v>38765</x:v>
       </x:c>
       <x:c r="D290" s="15" t="s"/>
       <x:c r="E290" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F290" s="14" t="s"/>
       <x:c r="G290" s="14" t="s">
-        <x:v>352</x:v>
+        <x:v>355</x:v>
       </x:c>
       <x:c r="H290" s="14" t="s"/>
       <x:c r="I290" s="16" t="s">
-        <x:v>353</x:v>
+        <x:v>356</x:v>
       </x:c>
       <x:c r="J290" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K290" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L290" s="14" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="M290" s="14" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="N290" s="15" t="n">
         <x:v>21528</x:v>
       </x:c>
       <x:c r="O290" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P290" s="14" t="s">
-        <x:v>352</x:v>
+        <x:v>355</x:v>
       </x:c>
       <x:c r="Q290" s="16" t="s">
-        <x:v>353</x:v>
+        <x:v>356</x:v>
       </x:c>
       <x:c r="R290" s="14" t="s">
-        <x:v>354</x:v>
+        <x:v>357</x:v>
       </x:c>
       <x:c r="S290" s="14" t="n">
-        <x:v>600565</x:v>
+        <x:v>600567</x:v>
       </x:c>
       <x:c r="T290" s="16" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="U290" s="16" t="s">
-        <x:v>355</x:v>
+        <x:v>300</x:v>
       </x:c>
     </x:row>
     <x:row r="291" spans="1:21">
       <x:c r="A291" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B291" s="0" t="s">
-        <x:v>63</x:v>
+        <x:v>22</x:v>
       </x:c>
       <x:c r="C291" s="3" t="n">
-        <x:v>38761</x:v>
+        <x:v>38765</x:v>
       </x:c>
       <x:c r="D291" s="3" t="s"/>
       <x:c r="E291" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G291" s="0" t="s">
-        <x:v>352</x:v>
+        <x:v>355</x:v>
       </x:c>
       <x:c r="I291" s="4" t="s">
-        <x:v>353</x:v>
+        <x:v>356</x:v>
       </x:c>
       <x:c r="J291" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K291" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L291" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="M291" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="N291" s="3" t="n">
-        <x:v>21508</x:v>
+        <x:v>21528</x:v>
       </x:c>
       <x:c r="O291" s="0" t="s">
-        <x:v>64</x:v>
+        <x:v>30</x:v>
       </x:c>
       <x:c r="P291" s="0" t="s">
-        <x:v>352</x:v>
+        <x:v>355</x:v>
       </x:c>
       <x:c r="Q291" s="4" t="s">
-        <x:v>353</x:v>
+        <x:v>356</x:v>
       </x:c>
       <x:c r="R291" s="0" t="s">
-        <x:v>354</x:v>
+        <x:v>357</x:v>
       </x:c>
       <x:c r="S291" s="0" t="n">
-        <x:v>600569</x:v>
+        <x:v>600565</x:v>
       </x:c>
       <x:c r="T291" s="4" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="U291" s="4" t="s">
-        <x:v>300</x:v>
+        <x:v>358</x:v>
       </x:c>
     </x:row>
     <x:row r="292" spans="1:21">
       <x:c r="A292" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B292" s="14" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="C292" s="15" t="n">
         <x:v>38761</x:v>
       </x:c>
       <x:c r="D292" s="15" t="s"/>
       <x:c r="E292" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F292" s="14" t="s"/>
       <x:c r="G292" s="14" t="s">
+        <x:v>355</x:v>
+      </x:c>
+      <x:c r="H292" s="14" t="s"/>
+      <x:c r="I292" s="16" t="s">
         <x:v>356</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>353</x:v>
       </x:c>
       <x:c r="J292" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K292" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L292" s="14" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="M292" s="14" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="N292" s="15" t="n">
         <x:v>21508</x:v>
       </x:c>
       <x:c r="O292" s="14" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="P292" s="14" t="s">
+        <x:v>355</x:v>
+      </x:c>
+      <x:c r="Q292" s="16" t="s">
         <x:v>356</x:v>
       </x:c>
-      <x:c r="Q292" s="16" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="R292" s="14" t="s">
-        <x:v>354</x:v>
+        <x:v>357</x:v>
       </x:c>
       <x:c r="S292" s="14" t="n">
-        <x:v>548607</x:v>
+        <x:v>600569</x:v>
       </x:c>
       <x:c r="T292" s="16" t="s">
-        <x:v>36</x:v>
+        <x:v>34</x:v>
       </x:c>
       <x:c r="U292" s="16" t="s">
-        <x:v>44</x:v>
+        <x:v>300</x:v>
       </x:c>
     </x:row>
     <x:row r="293" spans="1:21">
       <x:c r="A293" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B293" s="0" t="s">
-        <x:v>22</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="C293" s="3" t="n">
-        <x:v>38765</x:v>
+        <x:v>38761</x:v>
       </x:c>
       <x:c r="D293" s="3" t="s"/>
       <x:c r="E293" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G293" s="0" t="s">
-        <x:v>356</x:v>
+        <x:v>359</x:v>
       </x:c>
       <x:c r="H293" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="I293" s="4" t="s">
-        <x:v>353</x:v>
+        <x:v>356</x:v>
       </x:c>
       <x:c r="J293" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K293" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L293" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="M293" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="N293" s="3" t="n">
-        <x:v>21528</x:v>
+        <x:v>21508</x:v>
       </x:c>
       <x:c r="O293" s="0" t="s">
-        <x:v>30</x:v>
+        <x:v>64</x:v>
       </x:c>
       <x:c r="P293" s="0" t="s">
+        <x:v>359</x:v>
+      </x:c>
+      <x:c r="Q293" s="4" t="s">
         <x:v>356</x:v>
       </x:c>
-      <x:c r="Q293" s="4" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="R293" s="0" t="s">
-        <x:v>354</x:v>
+        <x:v>357</x:v>
       </x:c>
       <x:c r="S293" s="0" t="n">
-        <x:v>548610</x:v>
+        <x:v>548607</x:v>
       </x:c>
       <x:c r="T293" s="4" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="U293" s="4" t="s">
         <x:v>44</x:v>
       </x:c>
     </x:row>
     <x:row r="294" spans="1:21">
       <x:c r="A294" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B294" s="14" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C294" s="15" t="n">
         <x:v>38765</x:v>
       </x:c>
       <x:c r="D294" s="15" t="s"/>
       <x:c r="E294" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F294" s="14" t="s"/>
       <x:c r="G294" s="14" t="s">
-        <x:v>356</x:v>
+        <x:v>359</x:v>
       </x:c>
       <x:c r="H294" s="14" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="I294" s="16" t="s">
-        <x:v>353</x:v>
+        <x:v>356</x:v>
       </x:c>
       <x:c r="J294" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K294" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L294" s="14" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="M294" s="14" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="N294" s="15" t="n">
         <x:v>21528</x:v>
       </x:c>
       <x:c r="O294" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P294" s="14" t="s">
+        <x:v>359</x:v>
+      </x:c>
+      <x:c r="Q294" s="16" t="s">
         <x:v>356</x:v>
       </x:c>
-      <x:c r="Q294" s="16" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="R294" s="14" t="s">
-        <x:v>354</x:v>
+        <x:v>357</x:v>
       </x:c>
       <x:c r="S294" s="14" t="n">
-        <x:v>548605</x:v>
+        <x:v>548610</x:v>
       </x:c>
       <x:c r="T294" s="16" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="U294" s="16" t="s">
-        <x:v>37</x:v>
+        <x:v>44</x:v>
       </x:c>
     </x:row>
     <x:row r="295" spans="1:21">
       <x:c r="A295" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B295" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C295" s="3" t="n">
         <x:v>38765</x:v>
       </x:c>
       <x:c r="D295" s="3" t="s"/>
       <x:c r="E295" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G295" s="0" t="s">
-        <x:v>356</x:v>
+        <x:v>359</x:v>
       </x:c>
       <x:c r="H295" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="I295" s="4" t="s">
-        <x:v>353</x:v>
+        <x:v>356</x:v>
       </x:c>
       <x:c r="J295" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K295" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L295" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="M295" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="N295" s="3" t="n">
         <x:v>21528</x:v>
       </x:c>
       <x:c r="O295" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P295" s="0" t="s">
+        <x:v>359</x:v>
+      </x:c>
+      <x:c r="Q295" s="4" t="s">
         <x:v>356</x:v>
       </x:c>
-      <x:c r="Q295" s="4" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="R295" s="0" t="s">
-        <x:v>354</x:v>
+        <x:v>357</x:v>
       </x:c>
       <x:c r="S295" s="0" t="n">
-        <x:v>498215</x:v>
+        <x:v>548605</x:v>
       </x:c>
       <x:c r="T295" s="4" t="s">
-        <x:v>43</x:v>
+        <x:v>36</x:v>
       </x:c>
       <x:c r="U295" s="4" t="s">
-        <x:v>44</x:v>
+        <x:v>37</x:v>
       </x:c>
     </x:row>
     <x:row r="296" spans="1:21">
       <x:c r="A296" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B296" s="14" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C296" s="15" t="n">
         <x:v>38765</x:v>
       </x:c>
       <x:c r="D296" s="15" t="s"/>
       <x:c r="E296" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F296" s="14" t="s"/>
       <x:c r="G296" s="14" t="s">
-        <x:v>357</x:v>
+        <x:v>359</x:v>
       </x:c>
       <x:c r="H296" s="14" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="I296" s="16" t="s">
-        <x:v>358</x:v>
+        <x:v>356</x:v>
       </x:c>
       <x:c r="J296" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K296" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L296" s="14" t="s">
-        <x:v>28</x:v>
+        <x:v>41</x:v>
       </x:c>
       <x:c r="M296" s="14" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="N296" s="15" t="n">
         <x:v>21528</x:v>
       </x:c>
       <x:c r="O296" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P296" s="14" t="s">
+        <x:v>359</x:v>
+      </x:c>
+      <x:c r="Q296" s="16" t="s">
+        <x:v>356</x:v>
+      </x:c>
+      <x:c r="R296" s="14" t="s">
         <x:v>357</x:v>
       </x:c>
-      <x:c r="Q296" s="16" t="s">
-[...4 lines deleted...]
-      </x:c>
       <x:c r="S296" s="14" t="n">
-        <x:v>605610</x:v>
+        <x:v>498215</x:v>
       </x:c>
       <x:c r="T296" s="16" t="s">
-        <x:v>34</x:v>
+        <x:v>43</x:v>
       </x:c>
       <x:c r="U296" s="16" t="s">
-        <x:v>252</x:v>
+        <x:v>44</x:v>
       </x:c>
     </x:row>
     <x:row r="297" spans="1:21">
       <x:c r="A297" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B297" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="C297" s="3" t="n">
         <x:v>38761</x:v>
       </x:c>
       <x:c r="D297" s="3" t="s"/>
       <x:c r="E297" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G297" s="0" t="s">
-        <x:v>357</x:v>
+        <x:v>347</x:v>
       </x:c>
       <x:c r="H297" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="I297" s="4" t="s">
-        <x:v>358</x:v>
+        <x:v>348</x:v>
       </x:c>
       <x:c r="J297" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K297" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L297" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M297" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="N297" s="3" t="n">
         <x:v>21508</x:v>
       </x:c>
       <x:c r="O297" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="P297" s="0" t="s">
-        <x:v>357</x:v>
+        <x:v>347</x:v>
       </x:c>
       <x:c r="Q297" s="4" t="s">
-        <x:v>358</x:v>
+        <x:v>348</x:v>
       </x:c>
       <x:c r="R297" s="0" t="s">
-        <x:v>359</x:v>
+        <x:v>349</x:v>
       </x:c>
       <x:c r="S297" s="0" t="n">
         <x:v>547263</x:v>
       </x:c>
       <x:c r="T297" s="4" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="U297" s="4" t="s">
         <x:v>34</x:v>
       </x:c>
     </x:row>
     <x:row r="298" spans="1:21">
       <x:c r="A298" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B298" s="14" t="s">
-        <x:v>63</x:v>
+        <x:v>22</x:v>
       </x:c>
       <x:c r="C298" s="15" t="n">
-        <x:v>38761</x:v>
+        <x:v>38765</x:v>
       </x:c>
       <x:c r="D298" s="15" t="s"/>
       <x:c r="E298" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F298" s="14" t="s"/>
       <x:c r="G298" s="14" t="s">
-        <x:v>357</x:v>
+        <x:v>347</x:v>
       </x:c>
       <x:c r="H298" s="14" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="I298" s="16" t="s">
-        <x:v>358</x:v>
+        <x:v>348</x:v>
       </x:c>
       <x:c r="J298" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K298" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L298" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M298" s="14" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="N298" s="15" t="n">
-        <x:v>21508</x:v>
+        <x:v>21528</x:v>
       </x:c>
       <x:c r="O298" s="14" t="s">
-        <x:v>64</x:v>
+        <x:v>30</x:v>
       </x:c>
       <x:c r="P298" s="14" t="s">
-        <x:v>357</x:v>
+        <x:v>347</x:v>
       </x:c>
       <x:c r="Q298" s="16" t="s">
-        <x:v>358</x:v>
+        <x:v>348</x:v>
       </x:c>
       <x:c r="R298" s="14" t="s">
-        <x:v>359</x:v>
+        <x:v>349</x:v>
       </x:c>
       <x:c r="S298" s="14" t="n">
-        <x:v>605611</x:v>
+        <x:v>504549</x:v>
       </x:c>
       <x:c r="T298" s="16" t="s">
-        <x:v>34</x:v>
+        <x:v>43</x:v>
       </x:c>
       <x:c r="U298" s="16" t="s">
-        <x:v>42</x:v>
+        <x:v>44</x:v>
       </x:c>
     </x:row>
     <x:row r="299" spans="1:21">
       <x:c r="A299" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B299" s="0" t="s">
-        <x:v>22</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="C299" s="3" t="n">
-        <x:v>38765</x:v>
+        <x:v>38761</x:v>
       </x:c>
       <x:c r="D299" s="3" t="s"/>
       <x:c r="E299" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G299" s="0" t="s">
-        <x:v>357</x:v>
+        <x:v>347</x:v>
       </x:c>
       <x:c r="H299" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="I299" s="4" t="s">
-        <x:v>358</x:v>
+        <x:v>348</x:v>
       </x:c>
       <x:c r="J299" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K299" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L299" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M299" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="N299" s="3" t="n">
-        <x:v>21528</x:v>
+        <x:v>21508</x:v>
       </x:c>
       <x:c r="O299" s="0" t="s">
-        <x:v>30</x:v>
+        <x:v>64</x:v>
       </x:c>
       <x:c r="P299" s="0" t="s">
-        <x:v>357</x:v>
+        <x:v>347</x:v>
       </x:c>
       <x:c r="Q299" s="4" t="s">
-        <x:v>358</x:v>
+        <x:v>348</x:v>
       </x:c>
       <x:c r="R299" s="0" t="s">
-        <x:v>359</x:v>
+        <x:v>349</x:v>
       </x:c>
       <x:c r="S299" s="0" t="n">
-        <x:v>547260</x:v>
+        <x:v>605611</x:v>
       </x:c>
       <x:c r="T299" s="4" t="s">
-        <x:v>36</x:v>
+        <x:v>34</x:v>
       </x:c>
       <x:c r="U299" s="4" t="s">
-        <x:v>360</x:v>
+        <x:v>42</x:v>
       </x:c>
     </x:row>
     <x:row r="300" spans="1:21">
       <x:c r="A300" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B300" s="14" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C300" s="15" t="n">
         <x:v>38765</x:v>
       </x:c>
       <x:c r="D300" s="15" t="s"/>
       <x:c r="E300" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F300" s="14" t="s"/>
       <x:c r="G300" s="14" t="s">
-        <x:v>357</x:v>
+        <x:v>347</x:v>
       </x:c>
       <x:c r="H300" s="14" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="I300" s="16" t="s">
-        <x:v>358</x:v>
+        <x:v>348</x:v>
       </x:c>
       <x:c r="J300" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K300" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L300" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M300" s="14" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="N300" s="15" t="n">
         <x:v>21528</x:v>
       </x:c>
       <x:c r="O300" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P300" s="14" t="s">
-        <x:v>357</x:v>
+        <x:v>347</x:v>
       </x:c>
       <x:c r="Q300" s="16" t="s">
-        <x:v>358</x:v>
+        <x:v>348</x:v>
       </x:c>
       <x:c r="R300" s="14" t="s">
-        <x:v>359</x:v>
+        <x:v>349</x:v>
       </x:c>
       <x:c r="S300" s="14" t="n">
-        <x:v>504549</x:v>
+        <x:v>547260</x:v>
       </x:c>
       <x:c r="T300" s="16" t="s">
-        <x:v>43</x:v>
+        <x:v>36</x:v>
       </x:c>
       <x:c r="U300" s="16" t="s">
-        <x:v>44</x:v>
+        <x:v>360</x:v>
       </x:c>
     </x:row>
     <x:row r="301" spans="1:21">
       <x:c r="A301" s="1" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="B301" s="0" t="s">
         <x:v>361</x:v>
       </x:c>
       <x:c r="C301" s="3" t="s"/>
       <x:c r="D301" s="3" t="s"/>
       <x:c r="G301" s="0" t="s">
         <x:v>362</x:v>
       </x:c>
       <x:c r="H301" s="0" t="s">
         <x:v>363</x:v>
       </x:c>
       <x:c r="I301" s="4" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="K301" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="L301" s="0" t="s">
         <x:v>28</x:v>
@@ -19437,230 +19441,230 @@
       </x:c>
       <x:c r="O306" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P306" s="14" t="s">
         <x:v>370</x:v>
       </x:c>
       <x:c r="Q306" s="16" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="R306" s="14" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="S306" s="14" t="n">
         <x:v>567830</x:v>
       </x:c>
       <x:c r="T306" s="16" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="U306" s="16" t="s">
         <x:v>44</x:v>
       </x:c>
     </x:row>
     <x:row r="307" spans="1:21">
       <x:c r="A307" s="1" t="s">
-        <x:v>21</x:v>
+        <x:v>38</x:v>
       </x:c>
       <x:c r="B307" s="0" t="s">
-        <x:v>22</x:v>
+        <x:v>39</x:v>
       </x:c>
       <x:c r="C307" s="3" t="n">
         <x:v>38765</x:v>
       </x:c>
       <x:c r="D307" s="3" t="s"/>
       <x:c r="E307" s="0" t="s">
-        <x:v>23</x:v>
+        <x:v>282</x:v>
+      </x:c>
+      <x:c r="F307" s="0" t="s">
+        <x:v>283</x:v>
       </x:c>
       <x:c r="G307" s="0" t="s">
-        <x:v>370</x:v>
+        <x:v>372</x:v>
       </x:c>
       <x:c r="H307" s="0" t="s">
-        <x:v>371</x:v>
+        <x:v>373</x:v>
       </x:c>
       <x:c r="I307" s="4" t="s">
-        <x:v>72</x:v>
+        <x:v>374</x:v>
       </x:c>
       <x:c r="J307" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K307" s="0" t="s">
-        <x:v>27</x:v>
+        <x:v>284</x:v>
       </x:c>
       <x:c r="L307" s="0" t="s">
-        <x:v>41</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="M307" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="N307" s="3" t="n">
         <x:v>21528</x:v>
       </x:c>
       <x:c r="O307" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P307" s="0" t="s">
         <x:v>370</x:v>
       </x:c>
       <x:c r="Q307" s="4" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="R307" s="0" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="S307" s="0" t="n">
-        <x:v>567831</x:v>
+        <x:v>583911</x:v>
       </x:c>
       <x:c r="T307" s="4" t="s">
-        <x:v>36</x:v>
+        <x:v>135</x:v>
       </x:c>
       <x:c r="U307" s="4" t="s">
-        <x:v>37</x:v>
+        <x:v>187</x:v>
       </x:c>
     </x:row>
     <x:row r="308" spans="1:21">
       <x:c r="A308" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B308" s="14" t="s">
-        <x:v>45</x:v>
+        <x:v>22</x:v>
       </x:c>
       <x:c r="C308" s="15" t="n">
-        <x:v>40287</x:v>
+        <x:v>38765</x:v>
       </x:c>
       <x:c r="D308" s="15" t="s"/>
       <x:c r="E308" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F308" s="14" t="s"/>
       <x:c r="G308" s="14" t="s">
         <x:v>370</x:v>
       </x:c>
       <x:c r="H308" s="14" t="s">
         <x:v>371</x:v>
       </x:c>
       <x:c r="I308" s="16" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="J308" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K308" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L308" s="14" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="M308" s="14" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="N308" s="15" t="n">
-        <x:v>42710</x:v>
+        <x:v>21528</x:v>
       </x:c>
       <x:c r="O308" s="14" t="s">
-        <x:v>46</x:v>
+        <x:v>30</x:v>
       </x:c>
       <x:c r="P308" s="14" t="s">
         <x:v>370</x:v>
       </x:c>
       <x:c r="Q308" s="16" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="R308" s="14" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="S308" s="14" t="n">
-        <x:v>604304</x:v>
+        <x:v>567831</x:v>
       </x:c>
       <x:c r="T308" s="16" t="s">
-        <x:v>34</x:v>
+        <x:v>36</x:v>
       </x:c>
       <x:c r="U308" s="16" t="s">
         <x:v>37</x:v>
       </x:c>
     </x:row>
     <x:row r="309" spans="1:21">
       <x:c r="A309" s="1" t="s">
-        <x:v>38</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B309" s="0" t="s">
-        <x:v>39</x:v>
+        <x:v>45</x:v>
       </x:c>
       <x:c r="C309" s="3" t="n">
-        <x:v>38765</x:v>
+        <x:v>40287</x:v>
       </x:c>
       <x:c r="D309" s="3" t="s"/>
       <x:c r="E309" s="0" t="s">
-        <x:v>284</x:v>
-[...2 lines deleted...]
-        <x:v>285</x:v>
+        <x:v>23</x:v>
       </x:c>
       <x:c r="G309" s="0" t="s">
-        <x:v>372</x:v>
+        <x:v>370</x:v>
       </x:c>
       <x:c r="H309" s="0" t="s">
-        <x:v>373</x:v>
+        <x:v>371</x:v>
       </x:c>
       <x:c r="I309" s="4" t="s">
-        <x:v>374</x:v>
+        <x:v>72</x:v>
       </x:c>
       <x:c r="J309" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K309" s="0" t="s">
-        <x:v>286</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="L309" s="0" t="s">
-        <x:v>28</x:v>
+        <x:v>41</x:v>
       </x:c>
       <x:c r="M309" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="N309" s="3" t="n">
-        <x:v>21528</x:v>
+        <x:v>42710</x:v>
       </x:c>
       <x:c r="O309" s="0" t="s">
-        <x:v>30</x:v>
+        <x:v>46</x:v>
       </x:c>
       <x:c r="P309" s="0" t="s">
         <x:v>370</x:v>
       </x:c>
       <x:c r="Q309" s="4" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="R309" s="0" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="S309" s="0" t="n">
-        <x:v>583911</x:v>
+        <x:v>604304</x:v>
       </x:c>
       <x:c r="T309" s="4" t="s">
-        <x:v>135</x:v>
+        <x:v>34</x:v>
       </x:c>
       <x:c r="U309" s="4" t="s">
-        <x:v>187</x:v>
+        <x:v>37</x:v>
       </x:c>
     </x:row>
     <x:row r="310" spans="1:21">
       <x:c r="A310" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B310" s="14" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C310" s="15" t="n">
         <x:v>38765</x:v>
       </x:c>
       <x:c r="D310" s="15" t="s"/>
       <x:c r="E310" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F310" s="14" t="s"/>
       <x:c r="G310" s="14" t="s">
         <x:v>370</x:v>
       </x:c>
       <x:c r="H310" s="14" t="s">
         <x:v>371</x:v>
       </x:c>
       <x:c r="I310" s="16" t="s">
         <x:v>72</x:v>
@@ -20094,54 +20098,54 @@
       <x:c r="L317" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M317" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="N317" s="3" t="n">
         <x:v>21528</x:v>
       </x:c>
       <x:c r="O317" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P317" s="0" t="s">
         <x:v>376</x:v>
       </x:c>
       <x:c r="Q317" s="4" t="s">
         <x:v>378</x:v>
       </x:c>
       <x:c r="R317" s="0" t="s">
         <x:v>379</x:v>
       </x:c>
       <x:c r="S317" s="0" t="n">
         <x:v>586901</x:v>
       </x:c>
       <x:c r="T317" s="4" t="s">
-        <x:v>163</x:v>
+        <x:v>167</x:v>
       </x:c>
       <x:c r="U317" s="4" t="s">
-        <x:v>164</x:v>
+        <x:v>168</x:v>
       </x:c>
     </x:row>
     <x:row r="318" spans="1:21">
       <x:c r="A318" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B318" s="14" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C318" s="15" t="n">
         <x:v>38765</x:v>
       </x:c>
       <x:c r="D318" s="15" t="s"/>
       <x:c r="E318" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F318" s="14" t="s"/>
       <x:c r="G318" s="14" t="s">
         <x:v>247</x:v>
       </x:c>
       <x:c r="H318" s="14" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="I318" s="16" t="s">
         <x:v>248</x:v>
@@ -20212,57 +20216,57 @@
       <x:c r="K319" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L319" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="M319" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="N319" s="3" t="n">
         <x:v>21528</x:v>
       </x:c>
       <x:c r="O319" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P319" s="0" t="s">
         <x:v>380</x:v>
       </x:c>
       <x:c r="Q319" s="4" t="s">
         <x:v>126</x:v>
       </x:c>
       <x:c r="R319" s="0" t="s">
         <x:v>342</x:v>
       </x:c>
       <x:c r="S319" s="0" t="n">
-        <x:v>498599</x:v>
+        <x:v>548826</x:v>
       </x:c>
       <x:c r="T319" s="4" t="s">
-        <x:v>43</x:v>
+        <x:v>36</x:v>
       </x:c>
       <x:c r="U319" s="4" t="s">
-        <x:v>42</x:v>
+        <x:v>252</x:v>
       </x:c>
     </x:row>
     <x:row r="320" spans="1:21">
       <x:c r="A320" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B320" s="14" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C320" s="15" t="n">
         <x:v>38765</x:v>
       </x:c>
       <x:c r="D320" s="15" t="s"/>
       <x:c r="E320" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F320" s="14" t="s"/>
       <x:c r="G320" s="14" t="s">
         <x:v>247</x:v>
       </x:c>
       <x:c r="H320" s="14" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="I320" s="16" t="s">
         <x:v>248</x:v>
@@ -20273,57 +20277,57 @@
       <x:c r="K320" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L320" s="14" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="M320" s="14" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="N320" s="15" t="n">
         <x:v>21528</x:v>
       </x:c>
       <x:c r="O320" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P320" s="14" t="s">
         <x:v>380</x:v>
       </x:c>
       <x:c r="Q320" s="16" t="s">
         <x:v>126</x:v>
       </x:c>
       <x:c r="R320" s="14" t="s">
         <x:v>342</x:v>
       </x:c>
       <x:c r="S320" s="14" t="n">
-        <x:v>548826</x:v>
+        <x:v>498599</x:v>
       </x:c>
       <x:c r="T320" s="16" t="s">
-        <x:v>36</x:v>
+        <x:v>43</x:v>
       </x:c>
       <x:c r="U320" s="16" t="s">
-        <x:v>252</x:v>
+        <x:v>42</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:autoFilter ref="A1:U1"/>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0" gridLinesSet="true"/>
   <x:pageMargins left="0.7875" right="0.7875" top="1.05277777777778" bottom="1.05277777777778" header="0.7875" footer="0.7875"/>
   <x:pageSetup paperSize="9" scale="100" pageOrder="downThenOver" orientation="portrait" blackAndWhite="0" draft="0" cellComments="none" errors="displayed" horizontalDpi="300" verticalDpi="300" copies="1"/>
   <x:headerFooter differentOddEven="0" differentFirst="0" scaleWithDoc="1" alignWithMargins="1">
     <x:oddHeader>&amp;C&amp;"Times New Roman,Normal"&amp;12&amp;Kffffff&amp;A</x:oddHeader>
     <x:oddFooter>&amp;C&amp;"Times New Roman,Normal"&amp;12&amp;KffffffPage &amp;P</x:oddFooter>
     <x:evenHeader/>
     <x:evenFooter/>
     <x:firstHeader/>
     <x:firstFooter/>
   </x:headerFooter>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetPr filterMode="false">
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
     <x:pageSetUpPr fitToPage="false"/>
   </x:sheetPr>