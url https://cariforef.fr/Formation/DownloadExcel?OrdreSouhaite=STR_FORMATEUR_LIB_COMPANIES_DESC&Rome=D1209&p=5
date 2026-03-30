--- v0 (2026-03-30)
+++ v1 (2026-03-30)
@@ -293,101 +293,101 @@
   <x:si>
     <x:t>Solutys - Campus Privé</x:t>
   </x:si>
   <x:si>
     <x:t>08/31/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Skillence</x:t>
   </x:si>
   <x:si>
     <x:t>75012</x:t>
   </x:si>
   <x:si>
     <x:t>AVIGNON</x:t>
   </x:si>
   <x:si>
     <x:t>08/31/2027 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Sigma Formation</x:t>
   </x:si>
   <x:si>
     <x:t>13010</x:t>
   </x:si>
   <x:si>
+    <x:t>SAINT-MAXIMIN-LA-SAINTE-BAUME</x:t>
+  </x:si>
+  <x:si>
     <x:t>DRAGUIGNAN</x:t>
   </x:si>
   <x:si>
-    <x:t>SAINT-MAXIMIN-LA-SAINTE-BAUME</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>COGOLIN</x:t>
   </x:si>
   <x:si>
     <x:t>Titre professionnel conseiller de vente - Compétences climat matériaux biosourcés</x:t>
   </x:si>
   <x:si>
     <x:t>Conseil Régional</x:t>
   </x:si>
   <x:si>
     <x:t>Programme Régional Formation  2022-2026 (PRF)</x:t>
   </x:si>
   <x:si>
     <x:t>Demandeur d'emploi</x:t>
   </x:si>
   <x:si>
     <x:t>TOULON</x:t>
   </x:si>
   <x:si>
     <x:t>04/20/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>11/26/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Performa</x:t>
   </x:si>
   <x:si>
     <x:t>83520</x:t>
   </x:si>
   <x:si>
     <x:t>Performa - Antenne Saint Raphaël</x:t>
   </x:si>
   <x:si>
     <x:t>83700</x:t>
   </x:si>
   <x:si>
     <x:t>SAINT-RAPHAEL</x:t>
   </x:si>
   <x:si>
+    <x:t>08/18/2027 00:00:00</x:t>
+  </x:si>
+  <x:si>
     <x:t>08/25/2028 00:00:00</x:t>
   </x:si>
   <x:si>
-    <x:t>08/18/2027 00:00:00</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>09/02/2024 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>09/02/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>01/05/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>01/08/2027 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Formation en contrat de pro</x:t>
   </x:si>
   <x:si>
     <x:t>Titre professionnel conseiller de vente (Contrat de Professionnalisation)</x:t>
   </x:si>
   <x:si>
     <x:t>04/01/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>12/31/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>01/25/2027 00:00:00</x:t>
@@ -446,56 +446,56 @@
   <x:si>
     <x:t>CAP fleuriste (Apprentissage)</x:t>
   </x:si>
   <x:si>
     <x:t>Métropôle Aix Marseille Provence - CFA Métropolitain - Campus des Métiers</x:t>
   </x:si>
   <x:si>
     <x:t>CFA</x:t>
   </x:si>
   <x:si>
     <x:t>13290</x:t>
   </x:si>
   <x:si>
     <x:t>Niveau CAP, BEP</x:t>
   </x:si>
   <x:si>
     <x:t>Fleuriste</x:t>
   </x:si>
   <x:si>
     <x:t>AIX - LES MILLES</x:t>
   </x:si>
   <x:si>
     <x:t>06/30/2027 00:00:00</x:t>
   </x:si>
   <x:si>
+    <x:t>BP fleuriste (Apprentissage)</x:t>
+  </x:si>
+  <x:si>
     <x:t>08/25/2025 00:00:00</x:t>
   </x:si>
   <x:si>
-    <x:t>BP fleuriste (Apprentissage)</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>09/01/2024 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>BM fleuriste (Apprentissage)</x:t>
   </x:si>
   <x:si>
     <x:t>Bac + 2</x:t>
   </x:si>
   <x:si>
     <x:t>Maison Familiale et Rurale La Denoves</x:t>
   </x:si>
   <x:si>
     <x:t>MFR</x:t>
   </x:si>
   <x:si>
     <x:t>84170</x:t>
   </x:si>
   <x:si>
     <x:t>MONTEUX</x:t>
   </x:si>
   <x:si>
     <x:t>07/01/2027 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Groupement d’Intérêt Public pour la Formation et l’Insertion Professionnelles de l'Académie de Nice - CFA Régional de l'Académie de Nice</x:t>
@@ -716,59 +716,59 @@
   <x:si>
     <x:t>MARIGNANE</x:t>
   </x:si>
   <x:si>
     <x:t>Icademie Editions</x:t>
   </x:si>
   <x:si>
     <x:t>H et C Conseil</x:t>
   </x:si>
   <x:si>
     <x:t>63000</x:t>
   </x:si>
   <x:si>
     <x:t>H et C Conseil - Antenne Nice</x:t>
   </x:si>
   <x:si>
     <x:t>06200</x:t>
   </x:si>
   <x:si>
     <x:t>NICE</x:t>
   </x:si>
   <x:si>
     <x:t>CAP Fleuriste</x:t>
   </x:si>
   <x:si>
+    <x:t>09/08/2025 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>06/26/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
     <x:t>BP Fleuriste</x:t>
   </x:si>
   <x:si>
-    <x:t>09/08/2025 00:00:00</x:t>
-[...4 lines deleted...]
-  <x:si>
     <x:t>Groupe Someform</x:t>
   </x:si>
   <x:si>
     <x:t>13127</x:t>
   </x:si>
   <x:si>
     <x:t>Groupe Someform - Antenne La Garde</x:t>
   </x:si>
   <x:si>
     <x:t>04/06/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>06/15/2027 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Groupe B2C Formation - Synergy School</x:t>
   </x:si>
   <x:si>
     <x:t>Titre Professionnel Conseiller de vente</x:t>
   </x:si>
   <x:si>
     <x:t>Greta-Cfa Alpes Provence</x:t>
   </x:si>
   <x:si>
     <x:t>DIGNE LES BAINS</x:t>
@@ -890,59 +890,59 @@
   <x:si>
     <x:t>06/24/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Ecloson</x:t>
   </x:si>
   <x:si>
     <x:t>75008</x:t>
   </x:si>
   <x:si>
     <x:t>09/14/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Demandeur d'emploi , Public en emploi , Public sans emploi , Salarié</x:t>
   </x:si>
   <x:si>
     <x:t>06/15/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>03/03/2027 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>11/17/2025 00:00:00</x:t>
   </x:si>
   <x:si>
+    <x:t>03/09/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>01/12/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
     <x:t>04/13/2026 00:00:00</x:t>
   </x:si>
   <x:si>
-    <x:t>01/12/2026 00:00:00</x:t>
-[...4 lines deleted...]
-  <x:si>
     <x:t>Delta - Groupe Someform</x:t>
   </x:si>
   <x:si>
     <x:t>13200</x:t>
   </x:si>
   <x:si>
     <x:t>ARLES</x:t>
   </x:si>
   <x:si>
     <x:t>Défi 83</x:t>
   </x:si>
   <x:si>
     <x:t>03/31/2027 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>02/02/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>08/27/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Collège Henri Wallon</x:t>
   </x:si>
   <x:si>
     <x:t>Coaching Paca - Ecole Supérieure de Commerce et de Management</x:t>
@@ -1010,120 +1010,120 @@
   <x:si>
     <x:t>13821</x:t>
   </x:si>
   <x:si>
     <x:t>MARSEILLE- 6e</x:t>
   </x:si>
   <x:si>
     <x:t>Centre National d'Enseignement à Distance</x:t>
   </x:si>
   <x:si>
     <x:t>CNED</x:t>
   </x:si>
   <x:si>
     <x:t>86360</x:t>
   </x:si>
   <x:si>
     <x:t>Agent de la fonction publique , Demandeur d'emploi , Salarié</x:t>
   </x:si>
   <x:si>
     <x:t>CHASSENEUIL-DU-POITOU</x:t>
   </x:si>
   <x:si>
     <x:t>05/05/2026 00:00:00</x:t>
   </x:si>
   <x:si>
+    <x:t>11/18/2027 00:00:00</x:t>
+  </x:si>
+  <x:si>
     <x:t>04/30/2028 00:00:00</x:t>
   </x:si>
   <x:si>
-    <x:t>11/18/2027 00:00:00</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>06/18/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>04/30/2027 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Centre de formation Professionnelle et de Promotion Agricole Saint Rémy de Provence</x:t>
   </x:si>
   <x:si>
     <x:t>13210</x:t>
   </x:si>
   <x:si>
     <x:t>SAINT-REMY-DE-PROVENCE</x:t>
   </x:si>
   <x:si>
     <x:t>Centre de formation Professionnelle et de Promotion Agricole Hyères</x:t>
   </x:si>
   <x:si>
     <x:t>83400</x:t>
   </x:si>
   <x:si>
     <x:t>HYERES</x:t>
   </x:si>
   <x:si>
     <x:t>Centre de formation Professionnelle et de Promotion Agricole Carpentras</x:t>
   </x:si>
   <x:si>
     <x:t>84200</x:t>
   </x:si>
   <x:si>
     <x:t>CARPENTRAS</x:t>
   </x:si>
   <x:si>
     <x:t>09/01/2023 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Association pour l'Education Cognitive et le Développement</x:t>
   </x:si>
   <x:si>
+    <x:t>AECD</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AIX EN PROVENCE</x:t>
+  </x:si>
+  <x:si>
+    <x:t>03/17/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>06/05/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
     <x:t>07/01/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Institut National de Formation et de Recherche sur l'Education Permanente - Antenne Carpentras</x:t>
   </x:si>
   <x:si>
     <x:t>INFREP</x:t>
   </x:si>
   <x:si>
     <x:t>10/20/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>06/04/2026 00:00:00</x:t>
-  </x:si>
-[...10 lines deleted...]
-    <x:t>06/05/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Association des Centres d'Accueil et de Formation de la Mutualité Sociale Agricole de Vaucluse</x:t>
   </x:si>
   <x:si>
     <x:t>ACAF MSA</x:t>
   </x:si>
   <x:si>
     <x:t>84110</x:t>
   </x:si>
   <x:si>
     <x:t>BOLLENE</x:t>
   </x:si>
   <x:si>
     <x:t>02/12/2027 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Titre professionnel conseiller de vente (Apprentissage) (Contrat de Professionnalisation)</x:t>
   </x:si>
   <x:si>
     <x:t>Agence Nationale pour la Formation Professionnelle des Adultes - Filiale Entreprise - CFA</x:t>
   </x:si>
   <x:si>
     <x:t>AFPA - CFA</x:t>
   </x:si>
@@ -2478,51 +2478,51 @@
       <x:c r="K15" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="L15" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M15" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="N15" s="3" t="n">
         <x:v>34502</x:v>
       </x:c>
       <x:c r="O15" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P15" s="0" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="Q15" s="4" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="R15" s="0" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="S15" s="0" t="n">
-        <x:v>555068</x:v>
+        <x:v>555110</x:v>
       </x:c>
       <x:c r="T15" s="4" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="U15" s="4" t="s">
         <x:v>32</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:21">
       <x:c r="A16" s="13" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B16" s="14" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="C16" s="15" t="n">
         <x:v>37098</x:v>
       </x:c>
       <x:c r="D16" s="15" t="s"/>
       <x:c r="E16" s="14" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="F16" s="14" t="s"/>
       <x:c r="G16" s="14" t="s">
         <x:v>72</x:v>
@@ -2537,51 +2537,51 @@
       <x:c r="K16" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="L16" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M16" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="N16" s="15" t="n">
         <x:v>34502</x:v>
       </x:c>
       <x:c r="O16" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P16" s="14" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="Q16" s="16" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="R16" s="14" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="S16" s="14" t="n">
-        <x:v>555110</x:v>
+        <x:v>555068</x:v>
       </x:c>
       <x:c r="T16" s="16" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="U16" s="16" t="s">
         <x:v>32</x:v>
       </x:c>
     </x:row>
     <x:row r="17" spans="1:21">
       <x:c r="A17" s="1" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B17" s="0" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="C17" s="3" t="n">
         <x:v>37098</x:v>
       </x:c>
       <x:c r="D17" s="3" t="s"/>
       <x:c r="E17" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="G17" s="0" t="s">
         <x:v>72</x:v>
       </x:c>
@@ -2712,54 +2712,54 @@
       <x:c r="K19" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="L19" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M19" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="N19" s="3" t="n">
         <x:v>34502</x:v>
       </x:c>
       <x:c r="O19" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P19" s="0" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="Q19" s="4" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="R19" s="0" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="S19" s="0" t="n">
-        <x:v>599535</x:v>
+        <x:v>552987</x:v>
       </x:c>
       <x:c r="T19" s="4" t="s">
-        <x:v>62</x:v>
+        <x:v>31</x:v>
       </x:c>
       <x:c r="U19" s="4" t="s">
         <x:v>89</x:v>
       </x:c>
     </x:row>
     <x:row r="20" spans="1:21">
       <x:c r="A20" s="13" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B20" s="14" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="C20" s="15" t="n">
         <x:v>37098</x:v>
       </x:c>
       <x:c r="D20" s="15" t="s"/>
       <x:c r="E20" s="14" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="F20" s="14" t="s"/>
       <x:c r="G20" s="14" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="H20" s="14" t="s"/>
       <x:c r="I20" s="16" t="s">
@@ -2771,54 +2771,54 @@
       <x:c r="K20" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="L20" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M20" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="N20" s="15" t="n">
         <x:v>34502</x:v>
       </x:c>
       <x:c r="O20" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P20" s="14" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="Q20" s="16" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="R20" s="14" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="S20" s="14" t="n">
-        <x:v>552987</x:v>
+        <x:v>599535</x:v>
       </x:c>
       <x:c r="T20" s="16" t="s">
-        <x:v>31</x:v>
+        <x:v>62</x:v>
       </x:c>
       <x:c r="U20" s="16" t="s">
         <x:v>90</x:v>
       </x:c>
     </x:row>
     <x:row r="21" spans="1:21">
       <x:c r="A21" s="1" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B21" s="0" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="C21" s="3" t="n">
         <x:v>37098</x:v>
       </x:c>
       <x:c r="D21" s="3" t="s"/>
       <x:c r="E21" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="G21" s="0" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="I21" s="4" t="s">
         <x:v>85</x:v>
       </x:c>
@@ -3362,172 +3362,172 @@
       </x:c>
       <x:c r="P30" s="14" t="s">
         <x:v>118</x:v>
       </x:c>
       <x:c r="Q30" s="16" t="s">
         <x:v>120</x:v>
       </x:c>
       <x:c r="R30" s="14" t="s">
         <x:v>123</x:v>
       </x:c>
       <x:c r="S30" s="14" t="n">
         <x:v>600332</x:v>
       </x:c>
       <x:c r="T30" s="16" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="U30" s="16" t="s">
         <x:v>124</x:v>
       </x:c>
     </x:row>
     <x:row r="31" spans="1:21">
       <x:c r="A31" s="1" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B31" s="0" t="s">
-        <x:v>117</x:v>
+        <x:v>125</x:v>
       </x:c>
       <x:c r="C31" s="3" t="n">
-        <x:v>38400</x:v>
+        <x:v>36005</x:v>
       </x:c>
       <x:c r="D31" s="3" t="s"/>
       <x:c r="E31" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="G31" s="0" t="s">
         <x:v>118</x:v>
       </x:c>
       <x:c r="H31" s="0" t="s">
         <x:v>119</x:v>
       </x:c>
       <x:c r="I31" s="4" t="s">
         <x:v>120</x:v>
       </x:c>
       <x:c r="J31" s="0" t="s">
-        <x:v>121</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="K31" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="L31" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="M31" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="N31" s="3" t="n">
         <x:v>34503</x:v>
       </x:c>
       <x:c r="O31" s="0" t="s">
         <x:v>122</x:v>
       </x:c>
       <x:c r="P31" s="0" t="s">
         <x:v>118</x:v>
       </x:c>
       <x:c r="Q31" s="4" t="s">
         <x:v>120</x:v>
       </x:c>
       <x:c r="R31" s="0" t="s">
         <x:v>123</x:v>
       </x:c>
       <x:c r="S31" s="0" t="n">
-        <x:v>547389</x:v>
+        <x:v>547371</x:v>
       </x:c>
       <x:c r="T31" s="4" t="s">
-        <x:v>125</x:v>
+        <x:v>126</x:v>
       </x:c>
       <x:c r="U31" s="4" t="s">
         <x:v>63</x:v>
       </x:c>
     </x:row>
     <x:row r="32" spans="1:21">
       <x:c r="A32" s="13" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B32" s="14" t="s">
-        <x:v>126</x:v>
+        <x:v>117</x:v>
       </x:c>
       <x:c r="C32" s="15" t="n">
-        <x:v>36005</x:v>
+        <x:v>38400</x:v>
       </x:c>
       <x:c r="D32" s="15" t="s"/>
       <x:c r="E32" s="14" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="F32" s="14" t="s"/>
       <x:c r="G32" s="14" t="s">
         <x:v>118</x:v>
       </x:c>
       <x:c r="H32" s="14" t="s">
         <x:v>119</x:v>
       </x:c>
       <x:c r="I32" s="16" t="s">
         <x:v>120</x:v>
       </x:c>
       <x:c r="J32" s="14" t="s">
-        <x:v>25</x:v>
+        <x:v>121</x:v>
       </x:c>
       <x:c r="K32" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="L32" s="14" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="M32" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="N32" s="15" t="n">
         <x:v>34503</x:v>
       </x:c>
       <x:c r="O32" s="14" t="s">
         <x:v>122</x:v>
       </x:c>
       <x:c r="P32" s="14" t="s">
         <x:v>118</x:v>
       </x:c>
       <x:c r="Q32" s="16" t="s">
         <x:v>120</x:v>
       </x:c>
       <x:c r="R32" s="14" t="s">
         <x:v>123</x:v>
       </x:c>
       <x:c r="S32" s="14" t="n">
-        <x:v>547371</x:v>
+        <x:v>547389</x:v>
       </x:c>
       <x:c r="T32" s="16" t="s">
-        <x:v>125</x:v>
+        <x:v>126</x:v>
       </x:c>
       <x:c r="U32" s="16" t="s">
         <x:v>63</x:v>
       </x:c>
     </x:row>
     <x:row r="33" spans="1:21">
       <x:c r="A33" s="1" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B33" s="0" t="s">
-        <x:v>126</x:v>
+        <x:v>125</x:v>
       </x:c>
       <x:c r="C33" s="3" t="n">
         <x:v>36005</x:v>
       </x:c>
       <x:c r="D33" s="3" t="s"/>
       <x:c r="E33" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="G33" s="0" t="s">
         <x:v>118</x:v>
       </x:c>
       <x:c r="H33" s="0" t="s">
         <x:v>119</x:v>
       </x:c>
       <x:c r="I33" s="4" t="s">
         <x:v>120</x:v>
       </x:c>
       <x:c r="J33" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K33" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="L33" s="0" t="s">
         <x:v>48</x:v>
@@ -3543,51 +3543,51 @@
       </x:c>
       <x:c r="P33" s="0" t="s">
         <x:v>118</x:v>
       </x:c>
       <x:c r="Q33" s="4" t="s">
         <x:v>120</x:v>
       </x:c>
       <x:c r="R33" s="0" t="s">
         <x:v>123</x:v>
       </x:c>
       <x:c r="S33" s="0" t="n">
         <x:v>600308</x:v>
       </x:c>
       <x:c r="T33" s="4" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="U33" s="4" t="s">
         <x:v>42</x:v>
       </x:c>
     </x:row>
     <x:row r="34" spans="1:21">
       <x:c r="A34" s="13" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B34" s="14" t="s">
-        <x:v>126</x:v>
+        <x:v>125</x:v>
       </x:c>
       <x:c r="C34" s="15" t="n">
         <x:v>36005</x:v>
       </x:c>
       <x:c r="D34" s="15" t="s"/>
       <x:c r="E34" s="14" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="F34" s="14" t="s"/>
       <x:c r="G34" s="14" t="s">
         <x:v>118</x:v>
       </x:c>
       <x:c r="H34" s="14" t="s">
         <x:v>119</x:v>
       </x:c>
       <x:c r="I34" s="16" t="s">
         <x:v>120</x:v>
       </x:c>
       <x:c r="J34" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K34" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="L34" s="14" t="s">
@@ -3774,51 +3774,51 @@
       <x:c r="L37" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="M37" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="N37" s="3" t="n">
         <x:v>34503</x:v>
       </x:c>
       <x:c r="O37" s="0" t="s">
         <x:v>122</x:v>
       </x:c>
       <x:c r="P37" s="0" t="s">
         <x:v>118</x:v>
       </x:c>
       <x:c r="Q37" s="4" t="s">
         <x:v>120</x:v>
       </x:c>
       <x:c r="R37" s="0" t="s">
         <x:v>123</x:v>
       </x:c>
       <x:c r="S37" s="0" t="n">
         <x:v>547365</x:v>
       </x:c>
       <x:c r="T37" s="4" t="s">
-        <x:v>125</x:v>
+        <x:v>126</x:v>
       </x:c>
       <x:c r="U37" s="4" t="s">
         <x:v>65</x:v>
       </x:c>
     </x:row>
     <x:row r="38" spans="1:21">
       <x:c r="A38" s="13" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B38" s="14" t="s">
         <x:v>117</x:v>
       </x:c>
       <x:c r="C38" s="15" t="n">
         <x:v>38400</x:v>
       </x:c>
       <x:c r="D38" s="15" t="s"/>
       <x:c r="E38" s="14" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="F38" s="14" t="s"/>
       <x:c r="G38" s="14" t="s">
         <x:v>118</x:v>
       </x:c>
       <x:c r="H38" s="14" t="s">
         <x:v>119</x:v>
@@ -3835,51 +3835,51 @@
       <x:c r="L38" s="14" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="M38" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="N38" s="15" t="n">
         <x:v>34503</x:v>
       </x:c>
       <x:c r="O38" s="14" t="s">
         <x:v>122</x:v>
       </x:c>
       <x:c r="P38" s="14" t="s">
         <x:v>118</x:v>
       </x:c>
       <x:c r="Q38" s="16" t="s">
         <x:v>120</x:v>
       </x:c>
       <x:c r="R38" s="14" t="s">
         <x:v>123</x:v>
       </x:c>
       <x:c r="S38" s="14" t="n">
         <x:v>547388</x:v>
       </x:c>
       <x:c r="T38" s="16" t="s">
-        <x:v>125</x:v>
+        <x:v>126</x:v>
       </x:c>
       <x:c r="U38" s="16" t="s">
         <x:v>65</x:v>
       </x:c>
     </x:row>
     <x:row r="39" spans="1:21">
       <x:c r="A39" s="1" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B39" s="0" t="s">
         <x:v>117</x:v>
       </x:c>
       <x:c r="C39" s="3" t="n">
         <x:v>38400</x:v>
       </x:c>
       <x:c r="D39" s="3" t="s"/>
       <x:c r="E39" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="G39" s="0" t="s">
         <x:v>130</x:v>
       </x:c>
       <x:c r="H39" s="0" t="s">
         <x:v>131</x:v>
       </x:c>
@@ -4027,51 +4027,51 @@
       </x:c>
       <x:c r="P41" s="0" t="s">
         <x:v>138</x:v>
       </x:c>
       <x:c r="Q41" s="4" t="s">
         <x:v>139</x:v>
       </x:c>
       <x:c r="R41" s="0" t="s">
         <x:v>140</x:v>
       </x:c>
       <x:c r="S41" s="0" t="n">
         <x:v>516419</x:v>
       </x:c>
       <x:c r="T41" s="4" t="s">
         <x:v>91</x:v>
       </x:c>
       <x:c r="U41" s="4" t="s">
         <x:v>32</x:v>
       </x:c>
     </x:row>
     <x:row r="42" spans="1:21">
       <x:c r="A42" s="13" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B42" s="14" t="s">
-        <x:v>126</x:v>
+        <x:v>125</x:v>
       </x:c>
       <x:c r="C42" s="15" t="n">
         <x:v>36005</x:v>
       </x:c>
       <x:c r="D42" s="15" t="s"/>
       <x:c r="E42" s="14" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="F42" s="14" t="s"/>
       <x:c r="G42" s="14" t="s">
         <x:v>135</x:v>
       </x:c>
       <x:c r="H42" s="14" t="s">
         <x:v>136</x:v>
       </x:c>
       <x:c r="I42" s="16" t="s">
         <x:v>137</x:v>
       </x:c>
       <x:c r="J42" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K42" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="L42" s="14" t="s">
@@ -4383,161 +4383,161 @@
       </x:c>
       <x:c r="Q47" s="4" t="s">
         <x:v>151</x:v>
       </x:c>
       <x:c r="R47" s="0" t="s">
         <x:v>152</x:v>
       </x:c>
       <x:c r="S47" s="0" t="n">
         <x:v>593066</x:v>
       </x:c>
       <x:c r="T47" s="4" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="U47" s="4" t="s">
         <x:v>42</x:v>
       </x:c>
     </x:row>
     <x:row r="48" spans="1:21">
       <x:c r="A48" s="13" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B48" s="14" t="s">
         <x:v>153</x:v>
       </x:c>
       <x:c r="C48" s="15" t="n">
-        <x:v>41062</x:v>
+        <x:v>34215</x:v>
       </x:c>
       <x:c r="D48" s="15" t="s"/>
       <x:c r="E48" s="14" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="F48" s="14" t="s"/>
       <x:c r="G48" s="14" t="s">
         <x:v>154</x:v>
       </x:c>
       <x:c r="H48" s="14" t="s">
         <x:v>119</x:v>
       </x:c>
       <x:c r="I48" s="16" t="s">
         <x:v>155</x:v>
       </x:c>
       <x:c r="J48" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K48" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="L48" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M48" s="14" t="s">
-        <x:v>28</x:v>
+        <x:v>39</x:v>
       </x:c>
       <x:c r="N48" s="15" t="n">
         <x:v>34534</x:v>
       </x:c>
       <x:c r="O48" s="14" t="s">
         <x:v>156</x:v>
       </x:c>
       <x:c r="P48" s="14" t="s">
         <x:v>157</x:v>
       </x:c>
       <x:c r="Q48" s="16" t="s">
         <x:v>158</x:v>
       </x:c>
       <x:c r="R48" s="14" t="s">
         <x:v>159</x:v>
       </x:c>
       <x:c r="S48" s="14" t="n">
-        <x:v>605802</x:v>
+        <x:v>549849</x:v>
       </x:c>
       <x:c r="T48" s="16" t="s">
-        <x:v>41</x:v>
+        <x:v>31</x:v>
       </x:c>
       <x:c r="U48" s="16" t="s">
-        <x:v>160</x:v>
+        <x:v>42</x:v>
       </x:c>
     </x:row>
     <x:row r="49" spans="1:21">
       <x:c r="A49" s="1" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B49" s="0" t="s">
         <x:v>153</x:v>
       </x:c>
       <x:c r="C49" s="3" t="n">
-        <x:v>34215</x:v>
+        <x:v>41062</x:v>
       </x:c>
       <x:c r="D49" s="3" t="s"/>
       <x:c r="E49" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="G49" s="0" t="s">
         <x:v>154</x:v>
       </x:c>
       <x:c r="H49" s="0" t="s">
         <x:v>119</x:v>
       </x:c>
       <x:c r="I49" s="4" t="s">
         <x:v>155</x:v>
       </x:c>
       <x:c r="J49" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K49" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="L49" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M49" s="0" t="s">
-        <x:v>39</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="N49" s="3" t="n">
         <x:v>34534</x:v>
       </x:c>
       <x:c r="O49" s="0" t="s">
         <x:v>156</x:v>
       </x:c>
       <x:c r="P49" s="0" t="s">
         <x:v>157</x:v>
       </x:c>
       <x:c r="Q49" s="4" t="s">
         <x:v>158</x:v>
       </x:c>
       <x:c r="R49" s="0" t="s">
         <x:v>159</x:v>
       </x:c>
       <x:c r="S49" s="0" t="n">
-        <x:v>549849</x:v>
+        <x:v>605802</x:v>
       </x:c>
       <x:c r="T49" s="4" t="s">
-        <x:v>31</x:v>
+        <x:v>41</x:v>
       </x:c>
       <x:c r="U49" s="4" t="s">
-        <x:v>42</x:v>
+        <x:v>160</x:v>
       </x:c>
     </x:row>
     <x:row r="50" spans="1:21">
       <x:c r="A50" s="13" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B50" s="14" t="s">
         <x:v>153</x:v>
       </x:c>
       <x:c r="C50" s="15" t="n">
         <x:v>34215</x:v>
       </x:c>
       <x:c r="D50" s="15" t="s"/>
       <x:c r="E50" s="14" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="F50" s="14" t="s"/>
       <x:c r="G50" s="14" t="s">
         <x:v>154</x:v>
       </x:c>
       <x:c r="H50" s="14" t="s">
         <x:v>119</x:v>
       </x:c>
       <x:c r="I50" s="16" t="s">
         <x:v>155</x:v>
@@ -5774,232 +5774,232 @@
       <x:c r="J71" s="0" t="s">
         <x:v>121</x:v>
       </x:c>
       <x:c r="K71" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L71" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="M71" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="N71" s="3" t="n">
         <x:v>34503</x:v>
       </x:c>
       <x:c r="O71" s="0" t="s">
         <x:v>122</x:v>
       </x:c>
       <x:c r="P71" s="0" t="s">
         <x:v>135</x:v>
       </x:c>
       <x:c r="Q71" s="4" t="s">
         <x:v>137</x:v>
       </x:c>
       <x:c r="R71" s="0" t="s">
-        <x:v>140</x:v>
+        <x:v>143</x:v>
       </x:c>
       <x:c r="S71" s="0" t="n">
-        <x:v>507658</x:v>
+        <x:v>577069</x:v>
       </x:c>
       <x:c r="T71" s="4" t="s">
-        <x:v>91</x:v>
+        <x:v>41</x:v>
       </x:c>
       <x:c r="U71" s="4" t="s">
-        <x:v>32</x:v>
+        <x:v>124</x:v>
       </x:c>
     </x:row>
     <x:row r="72" spans="1:21">
       <x:c r="A72" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B72" s="14" t="s">
-        <x:v>215</x:v>
+        <x:v>214</x:v>
       </x:c>
       <x:c r="C72" s="15" t="n">
-        <x:v>36005</x:v>
+        <x:v>38400</x:v>
       </x:c>
       <x:c r="D72" s="15" t="s"/>
       <x:c r="E72" s="14" t="s"/>
       <x:c r="F72" s="14" t="s"/>
       <x:c r="G72" s="14" t="s">
         <x:v>135</x:v>
       </x:c>
       <x:c r="H72" s="14" t="s">
         <x:v>136</x:v>
       </x:c>
       <x:c r="I72" s="16" t="s">
         <x:v>137</x:v>
       </x:c>
       <x:c r="J72" s="14" t="s">
-        <x:v>25</x:v>
+        <x:v>121</x:v>
       </x:c>
       <x:c r="K72" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L72" s="14" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="M72" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="N72" s="15" t="n">
         <x:v>34503</x:v>
       </x:c>
       <x:c r="O72" s="14" t="s">
         <x:v>122</x:v>
       </x:c>
       <x:c r="P72" s="14" t="s">
         <x:v>135</x:v>
       </x:c>
       <x:c r="Q72" s="16" t="s">
         <x:v>137</x:v>
       </x:c>
       <x:c r="R72" s="14" t="s">
         <x:v>140</x:v>
       </x:c>
       <x:c r="S72" s="14" t="n">
-        <x:v>565102</x:v>
+        <x:v>577070</x:v>
       </x:c>
       <x:c r="T72" s="16" t="s">
-        <x:v>31</x:v>
+        <x:v>215</x:v>
       </x:c>
       <x:c r="U72" s="16" t="s">
-        <x:v>124</x:v>
+        <x:v>216</x:v>
       </x:c>
     </x:row>
     <x:row r="73" spans="1:21">
       <x:c r="A73" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B73" s="0" t="s">
-        <x:v>214</x:v>
+        <x:v>217</x:v>
       </x:c>
       <x:c r="C73" s="3" t="n">
-        <x:v>38400</x:v>
+        <x:v>36005</x:v>
       </x:c>
       <x:c r="D73" s="3" t="s"/>
       <x:c r="G73" s="0" t="s">
         <x:v>135</x:v>
       </x:c>
       <x:c r="H73" s="0" t="s">
         <x:v>136</x:v>
       </x:c>
       <x:c r="I73" s="4" t="s">
         <x:v>137</x:v>
       </x:c>
       <x:c r="J73" s="0" t="s">
-        <x:v>121</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="K73" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L73" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="M73" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="N73" s="3" t="n">
         <x:v>34503</x:v>
       </x:c>
       <x:c r="O73" s="0" t="s">
         <x:v>122</x:v>
       </x:c>
       <x:c r="P73" s="0" t="s">
         <x:v>135</x:v>
       </x:c>
       <x:c r="Q73" s="4" t="s">
         <x:v>137</x:v>
       </x:c>
       <x:c r="R73" s="0" t="s">
         <x:v>140</x:v>
       </x:c>
       <x:c r="S73" s="0" t="n">
-        <x:v>601059</x:v>
+        <x:v>507657</x:v>
       </x:c>
       <x:c r="T73" s="4" t="s">
-        <x:v>41</x:v>
+        <x:v>91</x:v>
       </x:c>
       <x:c r="U73" s="4" t="s">
-        <x:v>124</x:v>
+        <x:v>32</x:v>
       </x:c>
     </x:row>
     <x:row r="74" spans="1:21">
       <x:c r="A74" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B74" s="14" t="s">
         <x:v>214</x:v>
       </x:c>
       <x:c r="C74" s="15" t="n">
         <x:v>38400</x:v>
       </x:c>
       <x:c r="D74" s="15" t="s"/>
       <x:c r="E74" s="14" t="s"/>
       <x:c r="F74" s="14" t="s"/>
       <x:c r="G74" s="14" t="s">
         <x:v>135</x:v>
       </x:c>
       <x:c r="H74" s="14" t="s">
         <x:v>136</x:v>
       </x:c>
       <x:c r="I74" s="16" t="s">
         <x:v>137</x:v>
       </x:c>
       <x:c r="J74" s="14" t="s">
         <x:v>121</x:v>
       </x:c>
       <x:c r="K74" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L74" s="14" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="M74" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="N74" s="15" t="n">
         <x:v>34503</x:v>
       </x:c>
       <x:c r="O74" s="14" t="s">
         <x:v>122</x:v>
       </x:c>
       <x:c r="P74" s="14" t="s">
         <x:v>135</x:v>
       </x:c>
       <x:c r="Q74" s="16" t="s">
         <x:v>137</x:v>
       </x:c>
       <x:c r="R74" s="14" t="s">
-        <x:v>143</x:v>
+        <x:v>140</x:v>
       </x:c>
       <x:c r="S74" s="14" t="n">
-        <x:v>577069</x:v>
+        <x:v>570893</x:v>
       </x:c>
       <x:c r="T74" s="16" t="s">
-        <x:v>41</x:v>
+        <x:v>31</x:v>
       </x:c>
       <x:c r="U74" s="16" t="s">
         <x:v>124</x:v>
       </x:c>
     </x:row>
     <x:row r="75" spans="1:21">
       <x:c r="A75" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B75" s="0" t="s">
         <x:v>214</x:v>
       </x:c>
       <x:c r="C75" s="3" t="n">
         <x:v>38400</x:v>
       </x:c>
       <x:c r="D75" s="3" t="s"/>
       <x:c r="G75" s="0" t="s">
         <x:v>135</x:v>
       </x:c>
       <x:c r="H75" s="0" t="s">
         <x:v>136</x:v>
       </x:c>
       <x:c r="I75" s="4" t="s">
         <x:v>137</x:v>
       </x:c>
@@ -6009,170 +6009,170 @@
       <x:c r="K75" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L75" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="M75" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="N75" s="3" t="n">
         <x:v>34503</x:v>
       </x:c>
       <x:c r="O75" s="0" t="s">
         <x:v>122</x:v>
       </x:c>
       <x:c r="P75" s="0" t="s">
         <x:v>135</x:v>
       </x:c>
       <x:c r="Q75" s="4" t="s">
         <x:v>137</x:v>
       </x:c>
       <x:c r="R75" s="0" t="s">
         <x:v>140</x:v>
       </x:c>
       <x:c r="S75" s="0" t="n">
-        <x:v>577070</x:v>
+        <x:v>507658</x:v>
       </x:c>
       <x:c r="T75" s="4" t="s">
-        <x:v>216</x:v>
+        <x:v>91</x:v>
       </x:c>
       <x:c r="U75" s="4" t="s">
-        <x:v>217</x:v>
+        <x:v>32</x:v>
       </x:c>
     </x:row>
     <x:row r="76" spans="1:21">
       <x:c r="A76" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B76" s="14" t="s">
-        <x:v>215</x:v>
+        <x:v>217</x:v>
       </x:c>
       <x:c r="C76" s="15" t="n">
         <x:v>36005</x:v>
       </x:c>
       <x:c r="D76" s="15" t="s"/>
       <x:c r="E76" s="14" t="s"/>
       <x:c r="F76" s="14" t="s"/>
       <x:c r="G76" s="14" t="s">
         <x:v>135</x:v>
       </x:c>
       <x:c r="H76" s="14" t="s">
         <x:v>136</x:v>
       </x:c>
       <x:c r="I76" s="16" t="s">
         <x:v>137</x:v>
       </x:c>
       <x:c r="J76" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K76" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L76" s="14" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="M76" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="N76" s="15" t="n">
         <x:v>34503</x:v>
       </x:c>
       <x:c r="O76" s="14" t="s">
         <x:v>122</x:v>
       </x:c>
       <x:c r="P76" s="14" t="s">
         <x:v>135</x:v>
       </x:c>
       <x:c r="Q76" s="16" t="s">
         <x:v>137</x:v>
       </x:c>
       <x:c r="R76" s="14" t="s">
         <x:v>140</x:v>
       </x:c>
       <x:c r="S76" s="14" t="n">
-        <x:v>507657</x:v>
+        <x:v>565102</x:v>
       </x:c>
       <x:c r="T76" s="16" t="s">
-        <x:v>91</x:v>
+        <x:v>31</x:v>
       </x:c>
       <x:c r="U76" s="16" t="s">
-        <x:v>32</x:v>
+        <x:v>124</x:v>
       </x:c>
     </x:row>
     <x:row r="77" spans="1:21">
       <x:c r="A77" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B77" s="0" t="s">
         <x:v>214</x:v>
       </x:c>
       <x:c r="C77" s="3" t="n">
         <x:v>38400</x:v>
       </x:c>
       <x:c r="D77" s="3" t="s"/>
       <x:c r="G77" s="0" t="s">
         <x:v>135</x:v>
       </x:c>
       <x:c r="H77" s="0" t="s">
         <x:v>136</x:v>
       </x:c>
       <x:c r="I77" s="4" t="s">
         <x:v>137</x:v>
       </x:c>
       <x:c r="J77" s="0" t="s">
         <x:v>121</x:v>
       </x:c>
       <x:c r="K77" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L77" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="M77" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="N77" s="3" t="n">
         <x:v>34503</x:v>
       </x:c>
       <x:c r="O77" s="0" t="s">
         <x:v>122</x:v>
       </x:c>
       <x:c r="P77" s="0" t="s">
         <x:v>135</x:v>
       </x:c>
       <x:c r="Q77" s="4" t="s">
         <x:v>137</x:v>
       </x:c>
       <x:c r="R77" s="0" t="s">
         <x:v>140</x:v>
       </x:c>
       <x:c r="S77" s="0" t="n">
-        <x:v>570893</x:v>
+        <x:v>601059</x:v>
       </x:c>
       <x:c r="T77" s="4" t="s">
-        <x:v>31</x:v>
+        <x:v>41</x:v>
       </x:c>
       <x:c r="U77" s="4" t="s">
         <x:v>124</x:v>
       </x:c>
     </x:row>
     <x:row r="78" spans="1:21">
       <x:c r="A78" s="13" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B78" s="14" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="C78" s="15" t="n">
         <x:v>37098</x:v>
       </x:c>
       <x:c r="D78" s="15" t="s"/>
       <x:c r="E78" s="14" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="F78" s="14" t="s"/>
       <x:c r="G78" s="14" t="s">
         <x:v>218</x:v>
       </x:c>
       <x:c r="H78" s="14" t="s"/>
       <x:c r="I78" s="16" t="s">
@@ -6244,51 +6244,51 @@
       <x:c r="L79" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M79" s="0" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="N79" s="3" t="n">
         <x:v>34502</x:v>
       </x:c>
       <x:c r="O79" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P79" s="0" t="s">
         <x:v>223</x:v>
       </x:c>
       <x:c r="Q79" s="4" t="s">
         <x:v>142</x:v>
       </x:c>
       <x:c r="R79" s="0" t="s">
         <x:v>143</x:v>
       </x:c>
       <x:c r="S79" s="0" t="n">
         <x:v>546278</x:v>
       </x:c>
       <x:c r="T79" s="4" t="s">
-        <x:v>216</x:v>
+        <x:v>215</x:v>
       </x:c>
       <x:c r="U79" s="4" t="s">
         <x:v>58</x:v>
       </x:c>
     </x:row>
     <x:row r="80" spans="1:21">
       <x:c r="A80" s="13" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B80" s="14" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="C80" s="15" t="n">
         <x:v>37098</x:v>
       </x:c>
       <x:c r="D80" s="15" t="s"/>
       <x:c r="E80" s="14" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="F80" s="14" t="s"/>
       <x:c r="G80" s="14" t="s">
         <x:v>223</x:v>
       </x:c>
       <x:c r="H80" s="14" t="s"/>
       <x:c r="I80" s="16" t="s">
@@ -6357,51 +6357,51 @@
       <x:c r="L81" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="M81" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="N81" s="3" t="n">
         <x:v>34502</x:v>
       </x:c>
       <x:c r="O81" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P81" s="0" t="s">
         <x:v>225</x:v>
       </x:c>
       <x:c r="Q81" s="4" t="s">
         <x:v>158</x:v>
       </x:c>
       <x:c r="R81" s="0" t="s">
         <x:v>183</x:v>
       </x:c>
       <x:c r="S81" s="0" t="n">
         <x:v>524651</x:v>
       </x:c>
       <x:c r="T81" s="4" t="s">
-        <x:v>216</x:v>
+        <x:v>215</x:v>
       </x:c>
       <x:c r="U81" s="4" t="s">
         <x:v>65</x:v>
       </x:c>
     </x:row>
     <x:row r="82" spans="1:21">
       <x:c r="A82" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B82" s="14" t="s">
         <x:v>214</x:v>
       </x:c>
       <x:c r="C82" s="15" t="n">
         <x:v>38400</x:v>
       </x:c>
       <x:c r="D82" s="15" t="s"/>
       <x:c r="E82" s="14" t="s"/>
       <x:c r="F82" s="14" t="s"/>
       <x:c r="G82" s="14" t="s">
         <x:v>225</x:v>
       </x:c>
       <x:c r="H82" s="14" t="s"/>
       <x:c r="I82" s="16" t="s">
         <x:v>158</x:v>
       </x:c>
@@ -6471,51 +6471,51 @@
       <x:c r="M83" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="N83" s="3" t="n">
         <x:v>34502</x:v>
       </x:c>
       <x:c r="O83" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P83" s="0" t="s">
         <x:v>225</x:v>
       </x:c>
       <x:c r="Q83" s="4" t="s">
         <x:v>158</x:v>
       </x:c>
       <x:c r="R83" s="0" t="s">
         <x:v>159</x:v>
       </x:c>
       <x:c r="S83" s="0" t="n">
         <x:v>566747</x:v>
       </x:c>
       <x:c r="T83" s="4" t="s">
         <x:v>228</x:v>
       </x:c>
       <x:c r="U83" s="4" t="s">
-        <x:v>217</x:v>
+        <x:v>216</x:v>
       </x:c>
     </x:row>
     <x:row r="84" spans="1:21">
       <x:c r="A84" s="13" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B84" s="14" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="C84" s="15" t="n">
         <x:v>37098</x:v>
       </x:c>
       <x:c r="D84" s="15" t="s"/>
       <x:c r="E84" s="14" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="F84" s="14" t="s"/>
       <x:c r="G84" s="14" t="s">
         <x:v>229</x:v>
       </x:c>
       <x:c r="H84" s="14" t="s">
         <x:v>230</x:v>
       </x:c>
       <x:c r="I84" s="16" t="s">
         <x:v>231</x:v>
@@ -6830,275 +6830,275 @@
       </x:c>
       <x:c r="P89" s="0" t="s">
         <x:v>238</x:v>
       </x:c>
       <x:c r="Q89" s="4" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="R89" s="0" t="s">
         <x:v>241</x:v>
       </x:c>
       <x:c r="S89" s="0" t="n">
         <x:v>545318</x:v>
       </x:c>
       <x:c r="T89" s="4" t="s">
         <x:v>242</x:v>
       </x:c>
       <x:c r="U89" s="4" t="s">
         <x:v>243</x:v>
       </x:c>
     </x:row>
     <x:row r="90" spans="1:21">
       <x:c r="A90" s="13" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B90" s="14" t="s">
-        <x:v>126</x:v>
+        <x:v>117</x:v>
       </x:c>
       <x:c r="C90" s="15" t="n">
-        <x:v>36005</x:v>
+        <x:v>38400</x:v>
       </x:c>
       <x:c r="D90" s="15" t="s"/>
       <x:c r="E90" s="14" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="F90" s="14" t="s"/>
       <x:c r="G90" s="14" t="s">
         <x:v>244</x:v>
       </x:c>
       <x:c r="H90" s="14" t="s"/>
       <x:c r="I90" s="16" t="s">
         <x:v>245</x:v>
       </x:c>
       <x:c r="J90" s="14" t="s">
-        <x:v>25</x:v>
+        <x:v>121</x:v>
       </x:c>
       <x:c r="K90" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="L90" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M90" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="N90" s="15" t="n">
         <x:v>34503</x:v>
       </x:c>
       <x:c r="O90" s="14" t="s">
         <x:v>122</x:v>
       </x:c>
       <x:c r="P90" s="14" t="s">
         <x:v>244</x:v>
       </x:c>
       <x:c r="Q90" s="16" t="s">
         <x:v>245</x:v>
       </x:c>
       <x:c r="R90" s="14" t="s">
         <x:v>246</x:v>
       </x:c>
       <x:c r="S90" s="14" t="n">
-        <x:v>601074</x:v>
+        <x:v>546567</x:v>
       </x:c>
       <x:c r="T90" s="16" t="s">
-        <x:v>92</x:v>
+        <x:v>64</x:v>
       </x:c>
       <x:c r="U90" s="16" t="s">
-        <x:v>42</x:v>
+        <x:v>247</x:v>
       </x:c>
     </x:row>
     <x:row r="91" spans="1:21">
       <x:c r="A91" s="1" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B91" s="0" t="s">
-        <x:v>126</x:v>
+        <x:v>117</x:v>
       </x:c>
       <x:c r="C91" s="3" t="n">
-        <x:v>36005</x:v>
+        <x:v>38400</x:v>
       </x:c>
       <x:c r="D91" s="3" t="s"/>
       <x:c r="E91" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="G91" s="0" t="s">
         <x:v>244</x:v>
       </x:c>
       <x:c r="I91" s="4" t="s">
         <x:v>245</x:v>
       </x:c>
       <x:c r="J91" s="0" t="s">
-        <x:v>25</x:v>
+        <x:v>121</x:v>
       </x:c>
       <x:c r="K91" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="L91" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M91" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="N91" s="3" t="n">
         <x:v>34503</x:v>
       </x:c>
       <x:c r="O91" s="0" t="s">
         <x:v>122</x:v>
       </x:c>
       <x:c r="P91" s="0" t="s">
         <x:v>244</x:v>
       </x:c>
       <x:c r="Q91" s="4" t="s">
         <x:v>245</x:v>
       </x:c>
       <x:c r="R91" s="0" t="s">
         <x:v>246</x:v>
       </x:c>
       <x:c r="S91" s="0" t="n">
-        <x:v>546535</x:v>
+        <x:v>601090</x:v>
       </x:c>
       <x:c r="T91" s="4" t="s">
-        <x:v>64</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="U91" s="4" t="s">
-        <x:v>247</x:v>
+        <x:v>42</x:v>
       </x:c>
     </x:row>
     <x:row r="92" spans="1:21">
       <x:c r="A92" s="13" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B92" s="14" t="s">
-        <x:v>117</x:v>
+        <x:v>125</x:v>
       </x:c>
       <x:c r="C92" s="15" t="n">
-        <x:v>38400</x:v>
+        <x:v>36005</x:v>
       </x:c>
       <x:c r="D92" s="15" t="s"/>
       <x:c r="E92" s="14" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="F92" s="14" t="s"/>
       <x:c r="G92" s="14" t="s">
         <x:v>244</x:v>
       </x:c>
       <x:c r="H92" s="14" t="s"/>
       <x:c r="I92" s="16" t="s">
         <x:v>245</x:v>
       </x:c>
       <x:c r="J92" s="14" t="s">
-        <x:v>121</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="K92" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="L92" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M92" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="N92" s="15" t="n">
         <x:v>34503</x:v>
       </x:c>
       <x:c r="O92" s="14" t="s">
         <x:v>122</x:v>
       </x:c>
       <x:c r="P92" s="14" t="s">
         <x:v>244</x:v>
       </x:c>
       <x:c r="Q92" s="16" t="s">
         <x:v>245</x:v>
       </x:c>
       <x:c r="R92" s="14" t="s">
         <x:v>246</x:v>
       </x:c>
       <x:c r="S92" s="14" t="n">
-        <x:v>601089</x:v>
+        <x:v>496740</x:v>
       </x:c>
       <x:c r="T92" s="16" t="s">
-        <x:v>92</x:v>
+        <x:v>91</x:v>
       </x:c>
       <x:c r="U92" s="16" t="s">
-        <x:v>247</x:v>
+        <x:v>65</x:v>
       </x:c>
     </x:row>
     <x:row r="93" spans="1:21">
       <x:c r="A93" s="1" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B93" s="0" t="s">
         <x:v>117</x:v>
       </x:c>
       <x:c r="C93" s="3" t="n">
         <x:v>38400</x:v>
       </x:c>
       <x:c r="D93" s="3" t="s"/>
       <x:c r="E93" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="G93" s="0" t="s">
         <x:v>244</x:v>
       </x:c>
       <x:c r="I93" s="4" t="s">
         <x:v>245</x:v>
       </x:c>
       <x:c r="J93" s="0" t="s">
         <x:v>121</x:v>
       </x:c>
       <x:c r="K93" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="L93" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M93" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="N93" s="3" t="n">
         <x:v>34503</x:v>
       </x:c>
       <x:c r="O93" s="0" t="s">
         <x:v>122</x:v>
       </x:c>
       <x:c r="P93" s="0" t="s">
         <x:v>244</x:v>
       </x:c>
       <x:c r="Q93" s="4" t="s">
         <x:v>245</x:v>
       </x:c>
       <x:c r="R93" s="0" t="s">
         <x:v>246</x:v>
       </x:c>
       <x:c r="S93" s="0" t="n">
-        <x:v>546566</x:v>
+        <x:v>496785</x:v>
       </x:c>
       <x:c r="T93" s="4" t="s">
-        <x:v>64</x:v>
+        <x:v>91</x:v>
       </x:c>
       <x:c r="U93" s="4" t="s">
-        <x:v>248</x:v>
+        <x:v>65</x:v>
       </x:c>
     </x:row>
     <x:row r="94" spans="1:21">
       <x:c r="A94" s="13" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B94" s="14" t="s">
         <x:v>117</x:v>
       </x:c>
       <x:c r="C94" s="15" t="n">
         <x:v>38400</x:v>
       </x:c>
       <x:c r="D94" s="15" t="s"/>
       <x:c r="E94" s="14" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="F94" s="14" t="s"/>
       <x:c r="G94" s="14" t="s">
         <x:v>244</x:v>
       </x:c>
       <x:c r="H94" s="14" t="s"/>
       <x:c r="I94" s="16" t="s">
         <x:v>245</x:v>
       </x:c>
       <x:c r="J94" s="14" t="s">
@@ -7107,230 +7107,230 @@
       <x:c r="K94" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="L94" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M94" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="N94" s="15" t="n">
         <x:v>34503</x:v>
       </x:c>
       <x:c r="O94" s="14" t="s">
         <x:v>122</x:v>
       </x:c>
       <x:c r="P94" s="14" t="s">
         <x:v>244</x:v>
       </x:c>
       <x:c r="Q94" s="16" t="s">
         <x:v>245</x:v>
       </x:c>
       <x:c r="R94" s="14" t="s">
         <x:v>246</x:v>
       </x:c>
       <x:c r="S94" s="14" t="n">
-        <x:v>601090</x:v>
+        <x:v>546566</x:v>
       </x:c>
       <x:c r="T94" s="16" t="s">
-        <x:v>92</x:v>
+        <x:v>64</x:v>
       </x:c>
       <x:c r="U94" s="16" t="s">
-        <x:v>42</x:v>
+        <x:v>248</x:v>
       </x:c>
     </x:row>
     <x:row r="95" spans="1:21">
       <x:c r="A95" s="1" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B95" s="0" t="s">
-        <x:v>117</x:v>
+        <x:v>125</x:v>
       </x:c>
       <x:c r="C95" s="3" t="n">
-        <x:v>38400</x:v>
+        <x:v>36005</x:v>
       </x:c>
       <x:c r="D95" s="3" t="s"/>
       <x:c r="E95" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="G95" s="0" t="s">
         <x:v>244</x:v>
       </x:c>
       <x:c r="I95" s="4" t="s">
         <x:v>245</x:v>
       </x:c>
       <x:c r="J95" s="0" t="s">
-        <x:v>121</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="K95" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="L95" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M95" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="N95" s="3" t="n">
         <x:v>34503</x:v>
       </x:c>
       <x:c r="O95" s="0" t="s">
         <x:v>122</x:v>
       </x:c>
       <x:c r="P95" s="0" t="s">
         <x:v>244</x:v>
       </x:c>
       <x:c r="Q95" s="4" t="s">
         <x:v>245</x:v>
       </x:c>
       <x:c r="R95" s="0" t="s">
         <x:v>246</x:v>
       </x:c>
       <x:c r="S95" s="0" t="n">
-        <x:v>546567</x:v>
+        <x:v>601074</x:v>
       </x:c>
       <x:c r="T95" s="4" t="s">
-        <x:v>64</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="U95" s="4" t="s">
-        <x:v>247</x:v>
+        <x:v>42</x:v>
       </x:c>
     </x:row>
     <x:row r="96" spans="1:21">
       <x:c r="A96" s="13" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B96" s="14" t="s">
-        <x:v>126</x:v>
+        <x:v>125</x:v>
       </x:c>
       <x:c r="C96" s="15" t="n">
         <x:v>36005</x:v>
       </x:c>
       <x:c r="D96" s="15" t="s"/>
       <x:c r="E96" s="14" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="F96" s="14" t="s"/>
       <x:c r="G96" s="14" t="s">
         <x:v>244</x:v>
       </x:c>
       <x:c r="H96" s="14" t="s"/>
       <x:c r="I96" s="16" t="s">
         <x:v>245</x:v>
       </x:c>
       <x:c r="J96" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K96" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="L96" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M96" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="N96" s="15" t="n">
         <x:v>34503</x:v>
       </x:c>
       <x:c r="O96" s="14" t="s">
         <x:v>122</x:v>
       </x:c>
       <x:c r="P96" s="14" t="s">
         <x:v>244</x:v>
       </x:c>
       <x:c r="Q96" s="16" t="s">
         <x:v>245</x:v>
       </x:c>
       <x:c r="R96" s="14" t="s">
         <x:v>246</x:v>
       </x:c>
       <x:c r="S96" s="14" t="n">
-        <x:v>496740</x:v>
+        <x:v>546535</x:v>
       </x:c>
       <x:c r="T96" s="16" t="s">
-        <x:v>91</x:v>
+        <x:v>64</x:v>
       </x:c>
       <x:c r="U96" s="16" t="s">
-        <x:v>65</x:v>
+        <x:v>247</x:v>
       </x:c>
     </x:row>
     <x:row r="97" spans="1:21">
       <x:c r="A97" s="1" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B97" s="0" t="s">
         <x:v>117</x:v>
       </x:c>
       <x:c r="C97" s="3" t="n">
         <x:v>38400</x:v>
       </x:c>
       <x:c r="D97" s="3" t="s"/>
       <x:c r="E97" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="G97" s="0" t="s">
         <x:v>244</x:v>
       </x:c>
       <x:c r="I97" s="4" t="s">
         <x:v>245</x:v>
       </x:c>
       <x:c r="J97" s="0" t="s">
         <x:v>121</x:v>
       </x:c>
       <x:c r="K97" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="L97" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M97" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="N97" s="3" t="n">
         <x:v>34503</x:v>
       </x:c>
       <x:c r="O97" s="0" t="s">
         <x:v>122</x:v>
       </x:c>
       <x:c r="P97" s="0" t="s">
         <x:v>244</x:v>
       </x:c>
       <x:c r="Q97" s="4" t="s">
         <x:v>245</x:v>
       </x:c>
       <x:c r="R97" s="0" t="s">
         <x:v>246</x:v>
       </x:c>
       <x:c r="S97" s="0" t="n">
-        <x:v>496785</x:v>
+        <x:v>601089</x:v>
       </x:c>
       <x:c r="T97" s="4" t="s">
-        <x:v>91</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="U97" s="4" t="s">
-        <x:v>65</x:v>
+        <x:v>247</x:v>
       </x:c>
     </x:row>
     <x:row r="98" spans="1:21">
       <x:c r="A98" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B98" s="14" t="s">
         <x:v>145</x:v>
       </x:c>
       <x:c r="C98" s="15" t="n">
         <x:v>38400</x:v>
       </x:c>
       <x:c r="D98" s="15" t="s"/>
       <x:c r="E98" s="14" t="s"/>
       <x:c r="F98" s="14" t="s"/>
       <x:c r="G98" s="14" t="s">
         <x:v>244</x:v>
       </x:c>
       <x:c r="H98" s="14" t="s"/>
       <x:c r="I98" s="16" t="s">
         <x:v>245</x:v>
       </x:c>
       <x:c r="J98" s="14" t="s">
         <x:v>121</x:v>
       </x:c>
@@ -7343,51 +7343,51 @@
       <x:c r="M98" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="N98" s="15" t="n">
         <x:v>34503</x:v>
       </x:c>
       <x:c r="O98" s="14" t="s">
         <x:v>122</x:v>
       </x:c>
       <x:c r="P98" s="14" t="s">
         <x:v>244</x:v>
       </x:c>
       <x:c r="Q98" s="16" t="s">
         <x:v>245</x:v>
       </x:c>
       <x:c r="R98" s="14" t="s">
         <x:v>246</x:v>
       </x:c>
       <x:c r="S98" s="14" t="n">
         <x:v>579807</x:v>
       </x:c>
       <x:c r="T98" s="16" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="U98" s="16" t="s">
-        <x:v>217</x:v>
+        <x:v>216</x:v>
       </x:c>
     </x:row>
     <x:row r="99" spans="1:21">
       <x:c r="A99" s="1" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B99" s="0" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="C99" s="3" t="n">
         <x:v>37098</x:v>
       </x:c>
       <x:c r="D99" s="3" t="s"/>
       <x:c r="E99" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="G99" s="0" t="s">
         <x:v>250</x:v>
       </x:c>
       <x:c r="I99" s="4" t="s">
         <x:v>251</x:v>
       </x:c>
       <x:c r="J99" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
@@ -8577,97 +8577,99 @@
       </x:c>
       <x:c r="O119" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P119" s="0" t="s">
         <x:v>266</x:v>
       </x:c>
       <x:c r="Q119" s="4" t="s">
         <x:v>267</x:v>
       </x:c>
       <x:c r="R119" s="0" t="s">
         <x:v>104</x:v>
       </x:c>
       <x:c r="S119" s="0" t="n">
         <x:v>548174</x:v>
       </x:c>
       <x:c r="T119" s="4" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="U119" s="4" t="s">
         <x:v>240</x:v>
       </x:c>
     </x:row>
     <x:row r="120" spans="1:21">
       <x:c r="A120" s="13" t="s">
-        <x:v>21</x:v>
+        <x:v>33</x:v>
       </x:c>
       <x:c r="B120" s="14" t="s">
-        <x:v>22</x:v>
+        <x:v>34</x:v>
       </x:c>
       <x:c r="C120" s="15" t="n">
         <x:v>37098</x:v>
       </x:c>
       <x:c r="D120" s="15" t="s"/>
-      <x:c r="E120" s="14" t="s"/>
+      <x:c r="E120" s="14" t="s">
+        <x:v>35</x:v>
+      </x:c>
       <x:c r="F120" s="14" t="s"/>
       <x:c r="G120" s="14" t="s">
         <x:v>266</x:v>
       </x:c>
       <x:c r="H120" s="14" t="s"/>
       <x:c r="I120" s="16" t="s">
         <x:v>267</x:v>
       </x:c>
       <x:c r="J120" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K120" s="14" t="s">
-        <x:v>269</x:v>
+        <x:v>38</x:v>
       </x:c>
       <x:c r="L120" s="14" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="M120" s="14" t="s">
-        <x:v>43</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="N120" s="15" t="n">
         <x:v>34502</x:v>
       </x:c>
       <x:c r="O120" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P120" s="14" t="s">
         <x:v>266</x:v>
       </x:c>
       <x:c r="Q120" s="16" t="s">
         <x:v>267</x:v>
       </x:c>
       <x:c r="R120" s="14" t="s">
         <x:v>104</x:v>
       </x:c>
       <x:c r="S120" s="14" t="n">
-        <x:v>622633</x:v>
+        <x:v>600044</x:v>
       </x:c>
       <x:c r="T120" s="16" t="s">
         <x:v>273</x:v>
       </x:c>
       <x:c r="U120" s="16" t="s">
         <x:v>271</x:v>
       </x:c>
     </x:row>
     <x:row r="121" spans="1:21">
       <x:c r="A121" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B121" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C121" s="3" t="n">
         <x:v>37098</x:v>
       </x:c>
       <x:c r="D121" s="3" t="s"/>
       <x:c r="G121" s="0" t="s">
         <x:v>266</x:v>
       </x:c>
       <x:c r="I121" s="4" t="s">
         <x:v>267</x:v>
       </x:c>
@@ -8688,99 +8690,97 @@
       </x:c>
       <x:c r="O121" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P121" s="0" t="s">
         <x:v>266</x:v>
       </x:c>
       <x:c r="Q121" s="4" t="s">
         <x:v>267</x:v>
       </x:c>
       <x:c r="R121" s="0" t="s">
         <x:v>104</x:v>
       </x:c>
       <x:c r="S121" s="0" t="n">
         <x:v>598727</x:v>
       </x:c>
       <x:c r="T121" s="4" t="s">
         <x:v>274</x:v>
       </x:c>
       <x:c r="U121" s="4" t="s">
         <x:v>67</x:v>
       </x:c>
     </x:row>
     <x:row r="122" spans="1:21">
       <x:c r="A122" s="13" t="s">
-        <x:v>33</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B122" s="14" t="s">
-        <x:v>34</x:v>
+        <x:v>22</x:v>
       </x:c>
       <x:c r="C122" s="15" t="n">
         <x:v>37098</x:v>
       </x:c>
       <x:c r="D122" s="15" t="s"/>
-      <x:c r="E122" s="14" t="s">
-[...1 lines deleted...]
-      </x:c>
+      <x:c r="E122" s="14" t="s"/>
       <x:c r="F122" s="14" t="s"/>
       <x:c r="G122" s="14" t="s">
         <x:v>266</x:v>
       </x:c>
       <x:c r="H122" s="14" t="s"/>
       <x:c r="I122" s="16" t="s">
         <x:v>267</x:v>
       </x:c>
       <x:c r="J122" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K122" s="14" t="s">
-        <x:v>38</x:v>
+        <x:v>269</x:v>
       </x:c>
       <x:c r="L122" s="14" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="M122" s="14" t="s">
-        <x:v>28</x:v>
+        <x:v>43</x:v>
       </x:c>
       <x:c r="N122" s="15" t="n">
         <x:v>34502</x:v>
       </x:c>
       <x:c r="O122" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P122" s="14" t="s">
         <x:v>266</x:v>
       </x:c>
       <x:c r="Q122" s="16" t="s">
         <x:v>267</x:v>
       </x:c>
       <x:c r="R122" s="14" t="s">
         <x:v>104</x:v>
       </x:c>
       <x:c r="S122" s="14" t="n">
-        <x:v>600044</x:v>
+        <x:v>622633</x:v>
       </x:c>
       <x:c r="T122" s="16" t="s">
         <x:v>275</x:v>
       </x:c>
       <x:c r="U122" s="16" t="s">
         <x:v>271</x:v>
       </x:c>
     </x:row>
     <x:row r="123" spans="1:21">
       <x:c r="A123" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B123" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C123" s="3" t="n">
         <x:v>37098</x:v>
       </x:c>
       <x:c r="D123" s="3" t="s"/>
       <x:c r="G123" s="0" t="s">
         <x:v>266</x:v>
       </x:c>
       <x:c r="I123" s="4" t="s">
         <x:v>267</x:v>
       </x:c>
@@ -8793,51 +8793,51 @@
       <x:c r="L123" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="M123" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N123" s="3" t="n">
         <x:v>34502</x:v>
       </x:c>
       <x:c r="O123" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P123" s="0" t="s">
         <x:v>266</x:v>
       </x:c>
       <x:c r="Q123" s="4" t="s">
         <x:v>267</x:v>
       </x:c>
       <x:c r="R123" s="0" t="s">
         <x:v>104</x:v>
       </x:c>
       <x:c r="S123" s="0" t="n">
         <x:v>583315</x:v>
       </x:c>
       <x:c r="T123" s="4" t="s">
-        <x:v>275</x:v>
+        <x:v>273</x:v>
       </x:c>
       <x:c r="U123" s="4" t="s">
         <x:v>67</x:v>
       </x:c>
     </x:row>
     <x:row r="124" spans="1:21">
       <x:c r="A124" s="13" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B124" s="14" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="C124" s="15" t="n">
         <x:v>37098</x:v>
       </x:c>
       <x:c r="D124" s="15" t="s"/>
       <x:c r="E124" s="14" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="F124" s="14" t="s"/>
       <x:c r="G124" s="14" t="s">
         <x:v>276</x:v>
       </x:c>
       <x:c r="H124" s="14" t="s"/>
       <x:c r="I124" s="16" t="s">
@@ -9088,54 +9088,54 @@
       <x:c r="L128" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M128" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="N128" s="15" t="n">
         <x:v>34503</x:v>
       </x:c>
       <x:c r="O128" s="14" t="s">
         <x:v>122</x:v>
       </x:c>
       <x:c r="P128" s="14" t="s">
         <x:v>283</x:v>
       </x:c>
       <x:c r="Q128" s="16" t="s">
         <x:v>139</x:v>
       </x:c>
       <x:c r="R128" s="14" t="s">
         <x:v>140</x:v>
       </x:c>
       <x:c r="S128" s="14" t="n">
         <x:v>605991</x:v>
       </x:c>
       <x:c r="T128" s="16" t="s">
+        <x:v>215</x:v>
+      </x:c>
+      <x:c r="U128" s="16" t="s">
         <x:v>216</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>217</x:v>
       </x:c>
     </x:row>
     <x:row r="129" spans="1:21">
       <x:c r="A129" s="1" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B129" s="0" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="C129" s="3" t="n">
         <x:v>37098</x:v>
       </x:c>
       <x:c r="D129" s="3" t="s"/>
       <x:c r="E129" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="G129" s="0" t="s">
         <x:v>284</x:v>
       </x:c>
       <x:c r="I129" s="4" t="s">
         <x:v>175</x:v>
       </x:c>
       <x:c r="J129" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
@@ -9382,178 +9382,178 @@
       <x:c r="K133" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="L133" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M133" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N133" s="3" t="n">
         <x:v>34503</x:v>
       </x:c>
       <x:c r="O133" s="0" t="s">
         <x:v>122</x:v>
       </x:c>
       <x:c r="P133" s="0" t="s">
         <x:v>287</x:v>
       </x:c>
       <x:c r="Q133" s="4" t="s">
         <x:v>288</x:v>
       </x:c>
       <x:c r="R133" s="0" t="s">
         <x:v>289</x:v>
       </x:c>
       <x:c r="S133" s="0" t="n">
-        <x:v>553271</x:v>
+        <x:v>604813</x:v>
       </x:c>
       <x:c r="T133" s="4" t="s">
-        <x:v>31</x:v>
+        <x:v>41</x:v>
       </x:c>
       <x:c r="U133" s="4" t="s">
-        <x:v>32</x:v>
+        <x:v>124</x:v>
       </x:c>
     </x:row>
     <x:row r="134" spans="1:21">
       <x:c r="A134" s="13" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B134" s="14" t="s">
         <x:v>117</x:v>
       </x:c>
       <x:c r="C134" s="15" t="n">
         <x:v>38400</x:v>
       </x:c>
       <x:c r="D134" s="15" t="s"/>
       <x:c r="E134" s="14" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="F134" s="14" t="s"/>
       <x:c r="G134" s="14" t="s">
         <x:v>285</x:v>
       </x:c>
       <x:c r="H134" s="14" t="s">
         <x:v>286</x:v>
       </x:c>
       <x:c r="I134" s="16" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="J134" s="14" t="s">
         <x:v>121</x:v>
       </x:c>
       <x:c r="K134" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="L134" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M134" s="14" t="s">
-        <x:v>39</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="N134" s="15" t="n">
         <x:v>34503</x:v>
       </x:c>
       <x:c r="O134" s="14" t="s">
         <x:v>122</x:v>
       </x:c>
       <x:c r="P134" s="14" t="s">
         <x:v>287</x:v>
       </x:c>
       <x:c r="Q134" s="16" t="s">
         <x:v>288</x:v>
       </x:c>
       <x:c r="R134" s="14" t="s">
         <x:v>289</x:v>
       </x:c>
       <x:c r="S134" s="14" t="n">
-        <x:v>501713</x:v>
+        <x:v>553271</x:v>
       </x:c>
       <x:c r="T134" s="16" t="s">
-        <x:v>127</x:v>
+        <x:v>31</x:v>
       </x:c>
       <x:c r="U134" s="16" t="s">
         <x:v>32</x:v>
       </x:c>
     </x:row>
     <x:row r="135" spans="1:21">
       <x:c r="A135" s="1" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B135" s="0" t="s">
         <x:v>117</x:v>
       </x:c>
       <x:c r="C135" s="3" t="n">
         <x:v>38400</x:v>
       </x:c>
       <x:c r="D135" s="3" t="s"/>
       <x:c r="E135" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="G135" s="0" t="s">
         <x:v>285</x:v>
       </x:c>
       <x:c r="H135" s="0" t="s">
         <x:v>286</x:v>
       </x:c>
       <x:c r="I135" s="4" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="J135" s="0" t="s">
         <x:v>121</x:v>
       </x:c>
       <x:c r="K135" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="L135" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M135" s="0" t="s">
-        <x:v>28</x:v>
+        <x:v>39</x:v>
       </x:c>
       <x:c r="N135" s="3" t="n">
         <x:v>34503</x:v>
       </x:c>
       <x:c r="O135" s="0" t="s">
         <x:v>122</x:v>
       </x:c>
       <x:c r="P135" s="0" t="s">
         <x:v>287</x:v>
       </x:c>
       <x:c r="Q135" s="4" t="s">
         <x:v>288</x:v>
       </x:c>
       <x:c r="R135" s="0" t="s">
         <x:v>289</x:v>
       </x:c>
       <x:c r="S135" s="0" t="n">
-        <x:v>604813</x:v>
+        <x:v>501713</x:v>
       </x:c>
       <x:c r="T135" s="4" t="s">
-        <x:v>41</x:v>
+        <x:v>127</x:v>
       </x:c>
       <x:c r="U135" s="4" t="s">
-        <x:v>124</x:v>
+        <x:v>32</x:v>
       </x:c>
     </x:row>
     <x:row r="136" spans="1:21">
       <x:c r="A136" s="13" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B136" s="14" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="C136" s="15" t="n">
         <x:v>37098</x:v>
       </x:c>
       <x:c r="D136" s="15" t="s"/>
       <x:c r="E136" s="14" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="F136" s="14" t="s"/>
       <x:c r="G136" s="14" t="s">
         <x:v>285</x:v>
       </x:c>
       <x:c r="H136" s="14" t="s">
         <x:v>286</x:v>
       </x:c>
       <x:c r="I136" s="16" t="s">
         <x:v>55</x:v>
@@ -9820,51 +9820,51 @@
       </x:c>
       <x:c r="P140" s="14" t="s">
         <x:v>292</x:v>
       </x:c>
       <x:c r="Q140" s="16" t="s">
         <x:v>293</x:v>
       </x:c>
       <x:c r="R140" s="14" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="S140" s="14" t="n">
         <x:v>552764</x:v>
       </x:c>
       <x:c r="T140" s="16" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="U140" s="16" t="s">
         <x:v>32</x:v>
       </x:c>
     </x:row>
     <x:row r="141" spans="1:21">
       <x:c r="A141" s="1" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B141" s="0" t="s">
-        <x:v>126</x:v>
+        <x:v>125</x:v>
       </x:c>
       <x:c r="C141" s="3" t="n">
         <x:v>36005</x:v>
       </x:c>
       <x:c r="D141" s="3" t="s"/>
       <x:c r="E141" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="G141" s="0" t="s">
         <x:v>285</x:v>
       </x:c>
       <x:c r="H141" s="0" t="s">
         <x:v>286</x:v>
       </x:c>
       <x:c r="I141" s="4" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="J141" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K141" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="L141" s="0" t="s">
         <x:v>27</x:v>
@@ -10001,51 +10001,51 @@
       </x:c>
       <x:c r="P143" s="0" t="s">
         <x:v>292</x:v>
       </x:c>
       <x:c r="Q143" s="4" t="s">
         <x:v>293</x:v>
       </x:c>
       <x:c r="R143" s="0" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="S143" s="0" t="n">
         <x:v>501950</x:v>
       </x:c>
       <x:c r="T143" s="4" t="s">
         <x:v>127</x:v>
       </x:c>
       <x:c r="U143" s="4" t="s">
         <x:v>32</x:v>
       </x:c>
     </x:row>
     <x:row r="144" spans="1:21">
       <x:c r="A144" s="13" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B144" s="14" t="s">
-        <x:v>126</x:v>
+        <x:v>125</x:v>
       </x:c>
       <x:c r="C144" s="15" t="n">
         <x:v>36005</x:v>
       </x:c>
       <x:c r="D144" s="15" t="s"/>
       <x:c r="E144" s="14" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="F144" s="14" t="s"/>
       <x:c r="G144" s="14" t="s">
         <x:v>285</x:v>
       </x:c>
       <x:c r="H144" s="14" t="s">
         <x:v>286</x:v>
       </x:c>
       <x:c r="I144" s="16" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="J144" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K144" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="L144" s="14" t="s">
@@ -10062,51 +10062,51 @@
       </x:c>
       <x:c r="P144" s="14" t="s">
         <x:v>292</x:v>
       </x:c>
       <x:c r="Q144" s="16" t="s">
         <x:v>293</x:v>
       </x:c>
       <x:c r="R144" s="14" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="S144" s="14" t="n">
         <x:v>607538</x:v>
       </x:c>
       <x:c r="T144" s="16" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="U144" s="16" t="s">
         <x:v>42</x:v>
       </x:c>
     </x:row>
     <x:row r="145" spans="1:21">
       <x:c r="A145" s="1" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B145" s="0" t="s">
-        <x:v>126</x:v>
+        <x:v>125</x:v>
       </x:c>
       <x:c r="C145" s="3" t="n">
         <x:v>36005</x:v>
       </x:c>
       <x:c r="D145" s="3" t="s"/>
       <x:c r="E145" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="G145" s="0" t="s">
         <x:v>285</x:v>
       </x:c>
       <x:c r="H145" s="0" t="s">
         <x:v>286</x:v>
       </x:c>
       <x:c r="I145" s="4" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="J145" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K145" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="L145" s="0" t="s">
         <x:v>27</x:v>
@@ -10164,51 +10164,51 @@
       <x:c r="J146" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K146" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="L146" s="14" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="M146" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="N146" s="15" t="n">
         <x:v>34502</x:v>
       </x:c>
       <x:c r="O146" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P146" s="14" t="s">
         <x:v>294</x:v>
       </x:c>
       <x:c r="Q146" s="16" t="s">
         <x:v>295</x:v>
       </x:c>
       <x:c r="R146" s="14" t="s">
-        <x:v>74</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="S146" s="14" t="n">
         <x:v>549548</x:v>
       </x:c>
       <x:c r="T146" s="16" t="s">
         <x:v>296</x:v>
       </x:c>
       <x:c r="U146" s="16" t="s">
         <x:v>297</x:v>
       </x:c>
     </x:row>
     <x:row r="147" spans="1:21">
       <x:c r="A147" s="1" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B147" s="0" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="C147" s="3" t="n">
         <x:v>37098</x:v>
       </x:c>
       <x:c r="D147" s="3" t="s"/>
       <x:c r="E147" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
@@ -10635,164 +10635,164 @@
       <x:c r="L154" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M154" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="N154" s="15" t="n">
         <x:v>34502</x:v>
       </x:c>
       <x:c r="O154" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P154" s="14" t="s">
         <x:v>304</x:v>
       </x:c>
       <x:c r="Q154" s="16" t="s">
         <x:v>305</x:v>
       </x:c>
       <x:c r="R154" s="14" t="s">
         <x:v>306</x:v>
       </x:c>
       <x:c r="S154" s="14" t="n">
         <x:v>566635</x:v>
       </x:c>
       <x:c r="T154" s="16" t="s">
-        <x:v>216</x:v>
+        <x:v>215</x:v>
       </x:c>
       <x:c r="U154" s="16" t="s">
         <x:v>62</x:v>
       </x:c>
     </x:row>
     <x:row r="155" spans="1:21">
       <x:c r="A155" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B155" s="0" t="s">
-        <x:v>145</x:v>
+        <x:v>214</x:v>
       </x:c>
       <x:c r="C155" s="3" t="n">
         <x:v>38400</x:v>
       </x:c>
       <x:c r="D155" s="3" t="s"/>
       <x:c r="G155" s="0" t="s">
         <x:v>307</x:v>
       </x:c>
       <x:c r="H155" s="0" t="s">
         <x:v>308</x:v>
       </x:c>
       <x:c r="I155" s="4" t="s">
         <x:v>309</x:v>
       </x:c>
       <x:c r="J155" s="0" t="s">
         <x:v>121</x:v>
       </x:c>
       <x:c r="K155" s="0" t="s">
         <x:v>310</x:v>
       </x:c>
       <x:c r="L155" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M155" s="0" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="N155" s="3" t="n">
         <x:v>34503</x:v>
       </x:c>
       <x:c r="O155" s="0" t="s">
         <x:v>122</x:v>
       </x:c>
       <x:c r="P155" s="0" t="s">
         <x:v>307</x:v>
       </x:c>
       <x:c r="Q155" s="4" t="s">
         <x:v>309</x:v>
       </x:c>
       <x:c r="R155" s="0" t="s">
         <x:v>311</x:v>
       </x:c>
       <x:c r="S155" s="0" t="n">
-        <x:v>623741</x:v>
+        <x:v>615772</x:v>
       </x:c>
       <x:c r="T155" s="4" t="s">
         <x:v>312</x:v>
       </x:c>
       <x:c r="U155" s="4" t="s">
         <x:v>313</x:v>
       </x:c>
     </x:row>
     <x:row r="156" spans="1:21">
       <x:c r="A156" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B156" s="14" t="s">
-        <x:v>214</x:v>
+        <x:v>145</x:v>
       </x:c>
       <x:c r="C156" s="15" t="n">
         <x:v>38400</x:v>
       </x:c>
       <x:c r="D156" s="15" t="s"/>
       <x:c r="E156" s="14" t="s"/>
       <x:c r="F156" s="14" t="s"/>
       <x:c r="G156" s="14" t="s">
         <x:v>307</x:v>
       </x:c>
       <x:c r="H156" s="14" t="s">
         <x:v>308</x:v>
       </x:c>
       <x:c r="I156" s="16" t="s">
         <x:v>309</x:v>
       </x:c>
       <x:c r="J156" s="14" t="s">
         <x:v>121</x:v>
       </x:c>
       <x:c r="K156" s="14" t="s">
         <x:v>310</x:v>
       </x:c>
       <x:c r="L156" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M156" s="14" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="N156" s="15" t="n">
         <x:v>34503</x:v>
       </x:c>
       <x:c r="O156" s="14" t="s">
         <x:v>122</x:v>
       </x:c>
       <x:c r="P156" s="14" t="s">
         <x:v>307</x:v>
       </x:c>
       <x:c r="Q156" s="16" t="s">
         <x:v>309</x:v>
       </x:c>
       <x:c r="R156" s="14" t="s">
         <x:v>311</x:v>
       </x:c>
       <x:c r="S156" s="14" t="n">
-        <x:v>615772</x:v>
+        <x:v>623741</x:v>
       </x:c>
       <x:c r="T156" s="16" t="s">
         <x:v>312</x:v>
       </x:c>
       <x:c r="U156" s="16" t="s">
         <x:v>314</x:v>
       </x:c>
     </x:row>
     <x:row r="157" spans="1:21">
       <x:c r="A157" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B157" s="0" t="s">
         <x:v>145</x:v>
       </x:c>
       <x:c r="C157" s="3" t="n">
         <x:v>38400</x:v>
       </x:c>
       <x:c r="D157" s="3" t="s"/>
       <x:c r="G157" s="0" t="s">
         <x:v>307</x:v>
       </x:c>
       <x:c r="H157" s="0" t="s">
         <x:v>308</x:v>
       </x:c>
@@ -10870,51 +10870,51 @@
       <x:c r="M158" s="14" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="N158" s="15" t="n">
         <x:v>34503</x:v>
       </x:c>
       <x:c r="O158" s="14" t="s">
         <x:v>122</x:v>
       </x:c>
       <x:c r="P158" s="14" t="s">
         <x:v>307</x:v>
       </x:c>
       <x:c r="Q158" s="16" t="s">
         <x:v>309</x:v>
       </x:c>
       <x:c r="R158" s="14" t="s">
         <x:v>311</x:v>
       </x:c>
       <x:c r="S158" s="14" t="n">
         <x:v>623740</x:v>
       </x:c>
       <x:c r="T158" s="16" t="s">
         <x:v>312</x:v>
       </x:c>
       <x:c r="U158" s="16" t="s">
-        <x:v>313</x:v>
+        <x:v>314</x:v>
       </x:c>
     </x:row>
     <x:row r="159" spans="1:21">
       <x:c r="A159" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B159" s="0" t="s">
         <x:v>145</x:v>
       </x:c>
       <x:c r="C159" s="3" t="n">
         <x:v>38400</x:v>
       </x:c>
       <x:c r="D159" s="3" t="s"/>
       <x:c r="G159" s="0" t="s">
         <x:v>307</x:v>
       </x:c>
       <x:c r="H159" s="0" t="s">
         <x:v>308</x:v>
       </x:c>
       <x:c r="I159" s="4" t="s">
         <x:v>309</x:v>
       </x:c>
       <x:c r="J159" s="0" t="s">
         <x:v>121</x:v>
       </x:c>
@@ -10986,51 +10986,51 @@
       <x:c r="M160" s="14" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="N160" s="15" t="n">
         <x:v>34503</x:v>
       </x:c>
       <x:c r="O160" s="14" t="s">
         <x:v>122</x:v>
       </x:c>
       <x:c r="P160" s="14" t="s">
         <x:v>307</x:v>
       </x:c>
       <x:c r="Q160" s="16" t="s">
         <x:v>309</x:v>
       </x:c>
       <x:c r="R160" s="14" t="s">
         <x:v>311</x:v>
       </x:c>
       <x:c r="S160" s="14" t="n">
         <x:v>615773</x:v>
       </x:c>
       <x:c r="T160" s="16" t="s">
         <x:v>312</x:v>
       </x:c>
       <x:c r="U160" s="16" t="s">
-        <x:v>314</x:v>
+        <x:v>313</x:v>
       </x:c>
     </x:row>
     <x:row r="161" spans="1:21">
       <x:c r="A161" s="1" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B161" s="0" t="s">
         <x:v>153</x:v>
       </x:c>
       <x:c r="C161" s="3" t="n">
         <x:v>41062</x:v>
       </x:c>
       <x:c r="D161" s="3" t="s"/>
       <x:c r="E161" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="G161" s="0" t="s">
         <x:v>154</x:v>
       </x:c>
       <x:c r="H161" s="0" t="s">
         <x:v>119</x:v>
       </x:c>
       <x:c r="I161" s="4" t="s">
         <x:v>155</x:v>
       </x:c>
@@ -11161,57 +11161,57 @@
       <x:c r="K163" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="L163" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M163" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="N163" s="3" t="n">
         <x:v>34534</x:v>
       </x:c>
       <x:c r="O163" s="0" t="s">
         <x:v>156</x:v>
       </x:c>
       <x:c r="P163" s="0" t="s">
         <x:v>323</x:v>
       </x:c>
       <x:c r="Q163" s="4" t="s">
         <x:v>324</x:v>
       </x:c>
       <x:c r="R163" s="0" t="s">
         <x:v>325</x:v>
       </x:c>
       <x:c r="S163" s="0" t="n">
-        <x:v>447287</x:v>
+        <x:v>496373</x:v>
       </x:c>
       <x:c r="T163" s="4" t="s">
-        <x:v>326</x:v>
+        <x:v>127</x:v>
       </x:c>
       <x:c r="U163" s="4" t="s">
-        <x:v>32</x:v>
+        <x:v>124</x:v>
       </x:c>
     </x:row>
     <x:row r="164" spans="1:21">
       <x:c r="A164" s="13" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B164" s="14" t="s">
         <x:v>153</x:v>
       </x:c>
       <x:c r="C164" s="15" t="n">
         <x:v>34215</x:v>
       </x:c>
       <x:c r="D164" s="15" t="s"/>
       <x:c r="E164" s="14" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="F164" s="14" t="s"/>
       <x:c r="G164" s="14" t="s">
         <x:v>154</x:v>
       </x:c>
       <x:c r="H164" s="14" t="s">
         <x:v>119</x:v>
       </x:c>
       <x:c r="I164" s="16" t="s">
         <x:v>155</x:v>
@@ -11239,338 +11239,338 @@
       </x:c>
       <x:c r="Q164" s="16" t="s">
         <x:v>324</x:v>
       </x:c>
       <x:c r="R164" s="14" t="s">
         <x:v>325</x:v>
       </x:c>
       <x:c r="S164" s="14" t="n">
         <x:v>549846</x:v>
       </x:c>
       <x:c r="T164" s="16" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="U164" s="16" t="s">
         <x:v>42</x:v>
       </x:c>
     </x:row>
     <x:row r="165" spans="1:21">
       <x:c r="A165" s="1" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B165" s="0" t="s">
         <x:v>153</x:v>
       </x:c>
       <x:c r="C165" s="3" t="n">
-        <x:v>41062</x:v>
+        <x:v>34215</x:v>
       </x:c>
       <x:c r="D165" s="3" t="s"/>
       <x:c r="E165" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="G165" s="0" t="s">
         <x:v>154</x:v>
       </x:c>
       <x:c r="H165" s="0" t="s">
         <x:v>119</x:v>
       </x:c>
       <x:c r="I165" s="4" t="s">
         <x:v>155</x:v>
       </x:c>
       <x:c r="J165" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K165" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="L165" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M165" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="N165" s="3" t="n">
         <x:v>34534</x:v>
       </x:c>
       <x:c r="O165" s="0" t="s">
         <x:v>156</x:v>
       </x:c>
       <x:c r="P165" s="0" t="s">
         <x:v>323</x:v>
       </x:c>
       <x:c r="Q165" s="4" t="s">
         <x:v>324</x:v>
       </x:c>
       <x:c r="R165" s="0" t="s">
         <x:v>325</x:v>
       </x:c>
       <x:c r="S165" s="0" t="n">
-        <x:v>605801</x:v>
+        <x:v>447287</x:v>
       </x:c>
       <x:c r="T165" s="4" t="s">
-        <x:v>41</x:v>
+        <x:v>326</x:v>
       </x:c>
       <x:c r="U165" s="4" t="s">
-        <x:v>160</x:v>
+        <x:v>32</x:v>
       </x:c>
     </x:row>
     <x:row r="166" spans="1:21">
       <x:c r="A166" s="13" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B166" s="14" t="s">
         <x:v>153</x:v>
       </x:c>
       <x:c r="C166" s="15" t="n">
-        <x:v>34215</x:v>
+        <x:v>41062</x:v>
       </x:c>
       <x:c r="D166" s="15" t="s"/>
       <x:c r="E166" s="14" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="F166" s="14" t="s"/>
       <x:c r="G166" s="14" t="s">
         <x:v>154</x:v>
       </x:c>
       <x:c r="H166" s="14" t="s">
         <x:v>119</x:v>
       </x:c>
       <x:c r="I166" s="16" t="s">
         <x:v>155</x:v>
       </x:c>
       <x:c r="J166" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K166" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="L166" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M166" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="N166" s="15" t="n">
         <x:v>34534</x:v>
       </x:c>
       <x:c r="O166" s="14" t="s">
         <x:v>156</x:v>
       </x:c>
       <x:c r="P166" s="14" t="s">
         <x:v>323</x:v>
       </x:c>
       <x:c r="Q166" s="16" t="s">
         <x:v>324</x:v>
       </x:c>
       <x:c r="R166" s="14" t="s">
         <x:v>325</x:v>
       </x:c>
       <x:c r="S166" s="14" t="n">
-        <x:v>496373</x:v>
+        <x:v>605801</x:v>
       </x:c>
       <x:c r="T166" s="16" t="s">
-        <x:v>127</x:v>
+        <x:v>41</x:v>
       </x:c>
       <x:c r="U166" s="16" t="s">
-        <x:v>124</x:v>
+        <x:v>160</x:v>
       </x:c>
     </x:row>
     <x:row r="167" spans="1:21">
       <x:c r="A167" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B167" s="0" t="s">
-        <x:v>145</x:v>
+        <x:v>22</x:v>
       </x:c>
       <x:c r="C167" s="3" t="n">
-        <x:v>38400</x:v>
+        <x:v>37098</x:v>
       </x:c>
       <x:c r="D167" s="3" t="s"/>
-      <x:c r="E167" s="0" t="s">
-[...4 lines deleted...]
-      </x:c>
       <x:c r="G167" s="0" t="s">
-        <x:v>193</x:v>
+        <x:v>327</x:v>
       </x:c>
       <x:c r="H167" s="0" t="s">
-        <x:v>194</x:v>
+        <x:v>328</x:v>
       </x:c>
       <x:c r="I167" s="4" t="s">
-        <x:v>137</x:v>
+        <x:v>103</x:v>
       </x:c>
       <x:c r="J167" s="0" t="s">
-        <x:v>121</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="K167" s="0" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="L167" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="M167" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="N167" s="3" t="n">
-        <x:v>34503</x:v>
+        <x:v>34502</x:v>
       </x:c>
       <x:c r="O167" s="0" t="s">
-        <x:v>122</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="P167" s="0" t="s">
         <x:v>327</x:v>
       </x:c>
       <x:c r="Q167" s="4" t="s">
-        <x:v>201</x:v>
+        <x:v>103</x:v>
       </x:c>
       <x:c r="R167" s="0" t="s">
-        <x:v>81</x:v>
+        <x:v>329</x:v>
       </x:c>
       <x:c r="S167" s="0" t="n">
-        <x:v>579968</x:v>
+        <x:v>622611</x:v>
       </x:c>
       <x:c r="T167" s="4" t="s">
-        <x:v>216</x:v>
+        <x:v>330</x:v>
       </x:c>
       <x:c r="U167" s="4" t="s">
-        <x:v>328</x:v>
+        <x:v>331</x:v>
       </x:c>
     </x:row>
     <x:row r="168" spans="1:21">
       <x:c r="A168" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B168" s="14" t="s">
-        <x:v>22</x:v>
+        <x:v>145</x:v>
       </x:c>
       <x:c r="C168" s="15" t="n">
-        <x:v>37098</x:v>
+        <x:v>38400</x:v>
       </x:c>
       <x:c r="D168" s="15" t="s"/>
       <x:c r="E168" s="14" t="s">
         <x:v>191</x:v>
       </x:c>
       <x:c r="F168" s="14" t="s">
         <x:v>192</x:v>
       </x:c>
       <x:c r="G168" s="14" t="s">
-        <x:v>329</x:v>
+        <x:v>193</x:v>
       </x:c>
       <x:c r="H168" s="14" t="s">
-        <x:v>330</x:v>
+        <x:v>194</x:v>
       </x:c>
       <x:c r="I168" s="16" t="s">
-        <x:v>324</x:v>
+        <x:v>137</x:v>
       </x:c>
       <x:c r="J168" s="14" t="s">
-        <x:v>25</x:v>
+        <x:v>121</x:v>
       </x:c>
       <x:c r="K168" s="14" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="L168" s="14" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="M168" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="N168" s="15" t="n">
-        <x:v>34502</x:v>
+        <x:v>34503</x:v>
       </x:c>
       <x:c r="O168" s="14" t="s">
-        <x:v>29</x:v>
+        <x:v>122</x:v>
       </x:c>
       <x:c r="P168" s="14" t="s">
         <x:v>327</x:v>
       </x:c>
       <x:c r="Q168" s="16" t="s">
         <x:v>201</x:v>
       </x:c>
       <x:c r="R168" s="14" t="s">
-        <x:v>226</x:v>
+        <x:v>81</x:v>
       </x:c>
       <x:c r="S168" s="14" t="n">
-        <x:v>579503</x:v>
+        <x:v>579968</x:v>
       </x:c>
       <x:c r="T168" s="16" t="s">
-        <x:v>331</x:v>
+        <x:v>215</x:v>
       </x:c>
       <x:c r="U168" s="16" t="s">
         <x:v>332</x:v>
       </x:c>
     </x:row>
     <x:row r="169" spans="1:21">
       <x:c r="A169" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B169" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C169" s="3" t="n">
         <x:v>37098</x:v>
       </x:c>
       <x:c r="D169" s="3" t="s"/>
+      <x:c r="E169" s="0" t="s">
+        <x:v>191</x:v>
+      </x:c>
+      <x:c r="F169" s="0" t="s">
+        <x:v>192</x:v>
+      </x:c>
       <x:c r="G169" s="0" t="s">
-        <x:v>327</x:v>
+        <x:v>333</x:v>
       </x:c>
       <x:c r="H169" s="0" t="s">
-        <x:v>333</x:v>
+        <x:v>334</x:v>
       </x:c>
       <x:c r="I169" s="4" t="s">
-        <x:v>103</x:v>
+        <x:v>324</x:v>
       </x:c>
       <x:c r="J169" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K169" s="0" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="L169" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="M169" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="N169" s="3" t="n">
         <x:v>34502</x:v>
       </x:c>
       <x:c r="O169" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P169" s="0" t="s">
         <x:v>327</x:v>
       </x:c>
       <x:c r="Q169" s="4" t="s">
-        <x:v>103</x:v>
+        <x:v>201</x:v>
       </x:c>
       <x:c r="R169" s="0" t="s">
-        <x:v>334</x:v>
+        <x:v>226</x:v>
       </x:c>
       <x:c r="S169" s="0" t="n">
-        <x:v>622611</x:v>
+        <x:v>579503</x:v>
       </x:c>
       <x:c r="T169" s="4" t="s">
         <x:v>335</x:v>
       </x:c>
       <x:c r="U169" s="4" t="s">
         <x:v>336</x:v>
       </x:c>
     </x:row>
     <x:row r="170" spans="1:21">
       <x:c r="A170" s="13" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B170" s="14" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="C170" s="15" t="n">
         <x:v>37098</x:v>
       </x:c>
       <x:c r="D170" s="15" t="s"/>
       <x:c r="E170" s="14" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="F170" s="14" t="s"/>
       <x:c r="G170" s="14" t="s">
         <x:v>337</x:v>
@@ -11590,51 +11590,51 @@
       <x:c r="L170" s="14" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="M170" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="N170" s="15" t="n">
         <x:v>34502</x:v>
       </x:c>
       <x:c r="O170" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P170" s="14" t="s">
         <x:v>337</x:v>
       </x:c>
       <x:c r="Q170" s="16" t="s">
         <x:v>339</x:v>
       </x:c>
       <x:c r="R170" s="14" t="s">
         <x:v>340</x:v>
       </x:c>
       <x:c r="S170" s="14" t="n">
         <x:v>603586</x:v>
       </x:c>
       <x:c r="T170" s="16" t="s">
-        <x:v>275</x:v>
+        <x:v>273</x:v>
       </x:c>
       <x:c r="U170" s="16" t="s">
         <x:v>341</x:v>
       </x:c>
     </x:row>
     <x:row r="171" spans="1:21">
       <x:c r="A171" s="1" t="s">
         <x:v>95</x:v>
       </x:c>
       <x:c r="B171" s="0" t="s">
         <x:v>342</x:v>
       </x:c>
       <x:c r="C171" s="3" t="n">
         <x:v>37098</x:v>
       </x:c>
       <x:c r="D171" s="3" t="s"/>
       <x:c r="E171" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="G171" s="0" t="s">
         <x:v>343</x:v>
       </x:c>
       <x:c r="H171" s="0" t="s">
         <x:v>344</x:v>
       </x:c>