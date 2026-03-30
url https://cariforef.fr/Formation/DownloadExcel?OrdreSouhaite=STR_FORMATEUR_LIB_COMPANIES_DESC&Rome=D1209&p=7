--- v0 (2026-03-30)
+++ v1 (2026-03-30)
@@ -875,65 +875,65 @@
   <x:si>
     <x:t>Ecole Supérieure de Commerce et de Communication - Antenne Cannes (Carnot)</x:t>
   </x:si>
   <x:si>
     <x:t>06400</x:t>
   </x:si>
   <x:si>
     <x:t>CANNES</x:t>
   </x:si>
   <x:si>
     <x:t>11/03/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>06/24/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>02/09/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Ecloson</x:t>
   </x:si>
   <x:si>
     <x:t>75008</x:t>
   </x:si>
   <x:si>
+    <x:t>Demandeur d'emploi , Public en emploi , Public sans emploi , Salarié</x:t>
+  </x:si>
+  <x:si>
+    <x:t>01/12/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>04/13/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>03/03/2027 00:00:00</x:t>
+  </x:si>
+  <x:si>
     <x:t>03/09/2026 00:00:00</x:t>
   </x:si>
   <x:si>
-    <x:t>03/03/2027 00:00:00</x:t>
-[...10 lines deleted...]
-  <x:si>
     <x:t>09/14/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>11/17/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>06/15/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Delta - Groupe Someform</x:t>
   </x:si>
   <x:si>
     <x:t>13200</x:t>
   </x:si>
   <x:si>
     <x:t>ARLES</x:t>
   </x:si>
   <x:si>
     <x:t>Défi 83</x:t>
   </x:si>
   <x:si>
     <x:t>03/31/2027 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>02/02/2026 00:00:00</x:t>
@@ -1010,54 +1010,54 @@
   <x:si>
     <x:t>13821</x:t>
   </x:si>
   <x:si>
     <x:t>MARSEILLE- 6e</x:t>
   </x:si>
   <x:si>
     <x:t>Centre National d'Enseignement à Distance</x:t>
   </x:si>
   <x:si>
     <x:t>CNED</x:t>
   </x:si>
   <x:si>
     <x:t>86360</x:t>
   </x:si>
   <x:si>
     <x:t>Agent de la fonction publique , Demandeur d'emploi , Salarié</x:t>
   </x:si>
   <x:si>
     <x:t>CHASSENEUIL-DU-POITOU</x:t>
   </x:si>
   <x:si>
     <x:t>05/05/2026 00:00:00</x:t>
   </x:si>
   <x:si>
+    <x:t>04/30/2028 00:00:00</x:t>
+  </x:si>
+  <x:si>
     <x:t>11/18/2027 00:00:00</x:t>
-  </x:si>
-[...1 lines deleted...]
-    <x:t>04/30/2028 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>06/18/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>04/30/2027 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Centre de formation Professionnelle et de Promotion Agricole Saint Rémy de Provence</x:t>
   </x:si>
   <x:si>
     <x:t>13210</x:t>
   </x:si>
   <x:si>
     <x:t>SAINT-REMY-DE-PROVENCE</x:t>
   </x:si>
   <x:si>
     <x:t>Centre de formation Professionnelle et de Promotion Agricole Hyères</x:t>
   </x:si>
   <x:si>
     <x:t>83400</x:t>
   </x:si>
   <x:si>
     <x:t>HYERES</x:t>
   </x:si>
@@ -3892,57 +3892,57 @@
       <x:c r="K39" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="L39" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="M39" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="N39" s="3" t="n">
         <x:v>34503</x:v>
       </x:c>
       <x:c r="O39" s="0" t="s">
         <x:v>122</x:v>
       </x:c>
       <x:c r="P39" s="0" t="s">
         <x:v>130</x:v>
       </x:c>
       <x:c r="Q39" s="4" t="s">
         <x:v>132</x:v>
       </x:c>
       <x:c r="R39" s="0" t="s">
         <x:v>133</x:v>
       </x:c>
       <x:c r="S39" s="0" t="n">
-        <x:v>551929</x:v>
+        <x:v>599722</x:v>
       </x:c>
       <x:c r="T39" s="4" t="s">
-        <x:v>31</x:v>
+        <x:v>41</x:v>
       </x:c>
       <x:c r="U39" s="4" t="s">
-        <x:v>65</x:v>
+        <x:v>134</x:v>
       </x:c>
     </x:row>
     <x:row r="40" spans="1:21">
       <x:c r="A40" s="13" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B40" s="14" t="s">
         <x:v>117</x:v>
       </x:c>
       <x:c r="C40" s="15" t="n">
         <x:v>38400</x:v>
       </x:c>
       <x:c r="D40" s="15" t="s"/>
       <x:c r="E40" s="14" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="F40" s="14" t="s"/>
       <x:c r="G40" s="14" t="s">
         <x:v>130</x:v>
       </x:c>
       <x:c r="H40" s="14" t="s">
         <x:v>131</x:v>
       </x:c>
       <x:c r="I40" s="16" t="s">
         <x:v>132</x:v>
@@ -3953,57 +3953,57 @@
       <x:c r="K40" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="L40" s="14" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="M40" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="N40" s="15" t="n">
         <x:v>34503</x:v>
       </x:c>
       <x:c r="O40" s="14" t="s">
         <x:v>122</x:v>
       </x:c>
       <x:c r="P40" s="14" t="s">
         <x:v>130</x:v>
       </x:c>
       <x:c r="Q40" s="16" t="s">
         <x:v>132</x:v>
       </x:c>
       <x:c r="R40" s="14" t="s">
         <x:v>133</x:v>
       </x:c>
       <x:c r="S40" s="14" t="n">
-        <x:v>599722</x:v>
+        <x:v>551929</x:v>
       </x:c>
       <x:c r="T40" s="16" t="s">
-        <x:v>41</x:v>
+        <x:v>31</x:v>
       </x:c>
       <x:c r="U40" s="16" t="s">
-        <x:v>134</x:v>
+        <x:v>65</x:v>
       </x:c>
     </x:row>
     <x:row r="41" spans="1:21">
       <x:c r="A41" s="1" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B41" s="0" t="s">
         <x:v>117</x:v>
       </x:c>
       <x:c r="C41" s="3" t="n">
         <x:v>38400</x:v>
       </x:c>
       <x:c r="D41" s="3" t="s"/>
       <x:c r="E41" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="G41" s="0" t="s">
         <x:v>135</x:v>
       </x:c>
       <x:c r="H41" s="0" t="s">
         <x:v>136</x:v>
       </x:c>
       <x:c r="I41" s="4" t="s">
         <x:v>137</x:v>
       </x:c>
@@ -5835,233 +5835,233 @@
       <x:c r="J72" s="14" t="s">
         <x:v>121</x:v>
       </x:c>
       <x:c r="K72" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L72" s="14" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="M72" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="N72" s="15" t="n">
         <x:v>34503</x:v>
       </x:c>
       <x:c r="O72" s="14" t="s">
         <x:v>122</x:v>
       </x:c>
       <x:c r="P72" s="14" t="s">
         <x:v>135</x:v>
       </x:c>
       <x:c r="Q72" s="16" t="s">
         <x:v>137</x:v>
       </x:c>
       <x:c r="R72" s="14" t="s">
-        <x:v>143</x:v>
+        <x:v>140</x:v>
       </x:c>
       <x:c r="S72" s="14" t="n">
-        <x:v>577069</x:v>
+        <x:v>507658</x:v>
       </x:c>
       <x:c r="T72" s="16" t="s">
-        <x:v>41</x:v>
+        <x:v>91</x:v>
       </x:c>
       <x:c r="U72" s="16" t="s">
-        <x:v>124</x:v>
+        <x:v>32</x:v>
       </x:c>
     </x:row>
     <x:row r="73" spans="1:21">
       <x:c r="A73" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B73" s="0" t="s">
         <x:v>214</x:v>
       </x:c>
       <x:c r="C73" s="3" t="n">
         <x:v>38400</x:v>
       </x:c>
       <x:c r="D73" s="3" t="s"/>
       <x:c r="G73" s="0" t="s">
         <x:v>135</x:v>
       </x:c>
       <x:c r="H73" s="0" t="s">
         <x:v>136</x:v>
       </x:c>
       <x:c r="I73" s="4" t="s">
         <x:v>137</x:v>
       </x:c>
       <x:c r="J73" s="0" t="s">
         <x:v>121</x:v>
       </x:c>
       <x:c r="K73" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L73" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="M73" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="N73" s="3" t="n">
         <x:v>34503</x:v>
       </x:c>
       <x:c r="O73" s="0" t="s">
         <x:v>122</x:v>
       </x:c>
       <x:c r="P73" s="0" t="s">
         <x:v>135</x:v>
       </x:c>
       <x:c r="Q73" s="4" t="s">
         <x:v>137</x:v>
       </x:c>
       <x:c r="R73" s="0" t="s">
         <x:v>140</x:v>
       </x:c>
       <x:c r="S73" s="0" t="n">
-        <x:v>517895</x:v>
+        <x:v>601059</x:v>
       </x:c>
       <x:c r="T73" s="4" t="s">
-        <x:v>91</x:v>
+        <x:v>41</x:v>
       </x:c>
       <x:c r="U73" s="4" t="s">
-        <x:v>32</x:v>
+        <x:v>124</x:v>
       </x:c>
     </x:row>
     <x:row r="74" spans="1:21">
       <x:c r="A74" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B74" s="14" t="s">
         <x:v>214</x:v>
       </x:c>
       <x:c r="C74" s="15" t="n">
         <x:v>38400</x:v>
       </x:c>
       <x:c r="D74" s="15" t="s"/>
       <x:c r="E74" s="14" t="s"/>
       <x:c r="F74" s="14" t="s"/>
       <x:c r="G74" s="14" t="s">
         <x:v>135</x:v>
       </x:c>
       <x:c r="H74" s="14" t="s">
         <x:v>136</x:v>
       </x:c>
       <x:c r="I74" s="16" t="s">
         <x:v>137</x:v>
       </x:c>
       <x:c r="J74" s="14" t="s">
         <x:v>121</x:v>
       </x:c>
       <x:c r="K74" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L74" s="14" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="M74" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="N74" s="15" t="n">
         <x:v>34503</x:v>
       </x:c>
       <x:c r="O74" s="14" t="s">
         <x:v>122</x:v>
       </x:c>
       <x:c r="P74" s="14" t="s">
         <x:v>135</x:v>
       </x:c>
       <x:c r="Q74" s="16" t="s">
         <x:v>137</x:v>
       </x:c>
       <x:c r="R74" s="14" t="s">
-        <x:v>140</x:v>
+        <x:v>143</x:v>
       </x:c>
       <x:c r="S74" s="14" t="n">
-        <x:v>570893</x:v>
+        <x:v>577069</x:v>
       </x:c>
       <x:c r="T74" s="16" t="s">
-        <x:v>31</x:v>
+        <x:v>41</x:v>
       </x:c>
       <x:c r="U74" s="16" t="s">
         <x:v>124</x:v>
       </x:c>
     </x:row>
     <x:row r="75" spans="1:21">
       <x:c r="A75" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B75" s="0" t="s">
-        <x:v>217</x:v>
+        <x:v>214</x:v>
       </x:c>
       <x:c r="C75" s="3" t="n">
-        <x:v>36005</x:v>
+        <x:v>38400</x:v>
       </x:c>
       <x:c r="D75" s="3" t="s"/>
       <x:c r="G75" s="0" t="s">
         <x:v>135</x:v>
       </x:c>
       <x:c r="H75" s="0" t="s">
         <x:v>136</x:v>
       </x:c>
       <x:c r="I75" s="4" t="s">
         <x:v>137</x:v>
       </x:c>
       <x:c r="J75" s="0" t="s">
-        <x:v>25</x:v>
+        <x:v>121</x:v>
       </x:c>
       <x:c r="K75" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L75" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="M75" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="N75" s="3" t="n">
         <x:v>34503</x:v>
       </x:c>
       <x:c r="O75" s="0" t="s">
         <x:v>122</x:v>
       </x:c>
       <x:c r="P75" s="0" t="s">
         <x:v>135</x:v>
       </x:c>
       <x:c r="Q75" s="4" t="s">
         <x:v>137</x:v>
       </x:c>
       <x:c r="R75" s="0" t="s">
         <x:v>140</x:v>
       </x:c>
       <x:c r="S75" s="0" t="n">
-        <x:v>565102</x:v>
+        <x:v>517895</x:v>
       </x:c>
       <x:c r="T75" s="4" t="s">
-        <x:v>31</x:v>
+        <x:v>91</x:v>
       </x:c>
       <x:c r="U75" s="4" t="s">
-        <x:v>124</x:v>
+        <x:v>32</x:v>
       </x:c>
     </x:row>
     <x:row r="76" spans="1:21">
       <x:c r="A76" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B76" s="14" t="s">
         <x:v>214</x:v>
       </x:c>
       <x:c r="C76" s="15" t="n">
         <x:v>38400</x:v>
       </x:c>
       <x:c r="D76" s="15" t="s"/>
       <x:c r="E76" s="14" t="s"/>
       <x:c r="F76" s="14" t="s"/>
       <x:c r="G76" s="14" t="s">
         <x:v>135</x:v>
       </x:c>
       <x:c r="H76" s="14" t="s">
         <x:v>136</x:v>
       </x:c>
       <x:c r="I76" s="16" t="s">
         <x:v>137</x:v>
       </x:c>
       <x:c r="J76" s="14" t="s">
@@ -6070,114 +6070,114 @@
       <x:c r="K76" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L76" s="14" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="M76" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="N76" s="15" t="n">
         <x:v>34503</x:v>
       </x:c>
       <x:c r="O76" s="14" t="s">
         <x:v>122</x:v>
       </x:c>
       <x:c r="P76" s="14" t="s">
         <x:v>135</x:v>
       </x:c>
       <x:c r="Q76" s="16" t="s">
         <x:v>137</x:v>
       </x:c>
       <x:c r="R76" s="14" t="s">
         <x:v>140</x:v>
       </x:c>
       <x:c r="S76" s="14" t="n">
-        <x:v>601059</x:v>
+        <x:v>570893</x:v>
       </x:c>
       <x:c r="T76" s="16" t="s">
-        <x:v>41</x:v>
+        <x:v>31</x:v>
       </x:c>
       <x:c r="U76" s="16" t="s">
         <x:v>124</x:v>
       </x:c>
     </x:row>
     <x:row r="77" spans="1:21">
       <x:c r="A77" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B77" s="0" t="s">
-        <x:v>214</x:v>
+        <x:v>217</x:v>
       </x:c>
       <x:c r="C77" s="3" t="n">
-        <x:v>38400</x:v>
+        <x:v>36005</x:v>
       </x:c>
       <x:c r="D77" s="3" t="s"/>
       <x:c r="G77" s="0" t="s">
         <x:v>135</x:v>
       </x:c>
       <x:c r="H77" s="0" t="s">
         <x:v>136</x:v>
       </x:c>
       <x:c r="I77" s="4" t="s">
         <x:v>137</x:v>
       </x:c>
       <x:c r="J77" s="0" t="s">
-        <x:v>121</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="K77" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L77" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="M77" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="N77" s="3" t="n">
         <x:v>34503</x:v>
       </x:c>
       <x:c r="O77" s="0" t="s">
         <x:v>122</x:v>
       </x:c>
       <x:c r="P77" s="0" t="s">
         <x:v>135</x:v>
       </x:c>
       <x:c r="Q77" s="4" t="s">
         <x:v>137</x:v>
       </x:c>
       <x:c r="R77" s="0" t="s">
         <x:v>140</x:v>
       </x:c>
       <x:c r="S77" s="0" t="n">
-        <x:v>507658</x:v>
+        <x:v>565102</x:v>
       </x:c>
       <x:c r="T77" s="4" t="s">
-        <x:v>91</x:v>
+        <x:v>31</x:v>
       </x:c>
       <x:c r="U77" s="4" t="s">
-        <x:v>32</x:v>
+        <x:v>124</x:v>
       </x:c>
     </x:row>
     <x:row r="78" spans="1:21">
       <x:c r="A78" s="13" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B78" s="14" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="C78" s="15" t="n">
         <x:v>37098</x:v>
       </x:c>
       <x:c r="D78" s="15" t="s"/>
       <x:c r="E78" s="14" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="F78" s="14" t="s"/>
       <x:c r="G78" s="14" t="s">
         <x:v>218</x:v>
       </x:c>
       <x:c r="H78" s="14" t="s"/>
       <x:c r="I78" s="16" t="s">
         <x:v>219</x:v>
       </x:c>
       <x:c r="J78" s="14" t="s">
@@ -7007,100 +7007,100 @@
       </x:c>
       <x:c r="P92" s="14" t="s">
         <x:v>244</x:v>
       </x:c>
       <x:c r="Q92" s="16" t="s">
         <x:v>245</x:v>
       </x:c>
       <x:c r="R92" s="14" t="s">
         <x:v>246</x:v>
       </x:c>
       <x:c r="S92" s="14" t="n">
         <x:v>601089</x:v>
       </x:c>
       <x:c r="T92" s="16" t="s">
         <x:v>92</x:v>
       </x:c>
       <x:c r="U92" s="16" t="s">
         <x:v>247</x:v>
       </x:c>
     </x:row>
     <x:row r="93" spans="1:21">
       <x:c r="A93" s="1" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B93" s="0" t="s">
-        <x:v>126</x:v>
+        <x:v>117</x:v>
       </x:c>
       <x:c r="C93" s="3" t="n">
-        <x:v>36005</x:v>
+        <x:v>38400</x:v>
       </x:c>
       <x:c r="D93" s="3" t="s"/>
       <x:c r="E93" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="G93" s="0" t="s">
         <x:v>244</x:v>
       </x:c>
       <x:c r="I93" s="4" t="s">
         <x:v>245</x:v>
       </x:c>
       <x:c r="J93" s="0" t="s">
-        <x:v>25</x:v>
+        <x:v>121</x:v>
       </x:c>
       <x:c r="K93" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="L93" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M93" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="N93" s="3" t="n">
         <x:v>34503</x:v>
       </x:c>
       <x:c r="O93" s="0" t="s">
         <x:v>122</x:v>
       </x:c>
       <x:c r="P93" s="0" t="s">
         <x:v>244</x:v>
       </x:c>
       <x:c r="Q93" s="4" t="s">
         <x:v>245</x:v>
       </x:c>
       <x:c r="R93" s="0" t="s">
         <x:v>246</x:v>
       </x:c>
       <x:c r="S93" s="0" t="n">
-        <x:v>496740</x:v>
+        <x:v>546566</x:v>
       </x:c>
       <x:c r="T93" s="4" t="s">
-        <x:v>91</x:v>
+        <x:v>64</x:v>
       </x:c>
       <x:c r="U93" s="4" t="s">
-        <x:v>65</x:v>
+        <x:v>248</x:v>
       </x:c>
     </x:row>
     <x:row r="94" spans="1:21">
       <x:c r="A94" s="13" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B94" s="14" t="s">
         <x:v>117</x:v>
       </x:c>
       <x:c r="C94" s="15" t="n">
         <x:v>38400</x:v>
       </x:c>
       <x:c r="D94" s="15" t="s"/>
       <x:c r="E94" s="14" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="F94" s="14" t="s"/>
       <x:c r="G94" s="14" t="s">
         <x:v>244</x:v>
       </x:c>
       <x:c r="H94" s="14" t="s"/>
       <x:c r="I94" s="16" t="s">
         <x:v>245</x:v>
       </x:c>
       <x:c r="J94" s="14" t="s">
@@ -7109,230 +7109,230 @@
       <x:c r="K94" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="L94" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M94" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="N94" s="15" t="n">
         <x:v>34503</x:v>
       </x:c>
       <x:c r="O94" s="14" t="s">
         <x:v>122</x:v>
       </x:c>
       <x:c r="P94" s="14" t="s">
         <x:v>244</x:v>
       </x:c>
       <x:c r="Q94" s="16" t="s">
         <x:v>245</x:v>
       </x:c>
       <x:c r="R94" s="14" t="s">
         <x:v>246</x:v>
       </x:c>
       <x:c r="S94" s="14" t="n">
-        <x:v>496785</x:v>
+        <x:v>546567</x:v>
       </x:c>
       <x:c r="T94" s="16" t="s">
-        <x:v>91</x:v>
+        <x:v>64</x:v>
       </x:c>
       <x:c r="U94" s="16" t="s">
-        <x:v>65</x:v>
+        <x:v>247</x:v>
       </x:c>
     </x:row>
     <x:row r="95" spans="1:21">
       <x:c r="A95" s="1" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B95" s="0" t="s">
         <x:v>117</x:v>
       </x:c>
       <x:c r="C95" s="3" t="n">
         <x:v>38400</x:v>
       </x:c>
       <x:c r="D95" s="3" t="s"/>
       <x:c r="E95" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="G95" s="0" t="s">
         <x:v>244</x:v>
       </x:c>
       <x:c r="I95" s="4" t="s">
         <x:v>245</x:v>
       </x:c>
       <x:c r="J95" s="0" t="s">
         <x:v>121</x:v>
       </x:c>
       <x:c r="K95" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="L95" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M95" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="N95" s="3" t="n">
         <x:v>34503</x:v>
       </x:c>
       <x:c r="O95" s="0" t="s">
         <x:v>122</x:v>
       </x:c>
       <x:c r="P95" s="0" t="s">
         <x:v>244</x:v>
       </x:c>
       <x:c r="Q95" s="4" t="s">
         <x:v>245</x:v>
       </x:c>
       <x:c r="R95" s="0" t="s">
         <x:v>246</x:v>
       </x:c>
       <x:c r="S95" s="0" t="n">
-        <x:v>546566</x:v>
+        <x:v>601090</x:v>
       </x:c>
       <x:c r="T95" s="4" t="s">
-        <x:v>64</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="U95" s="4" t="s">
-        <x:v>248</x:v>
+        <x:v>42</x:v>
       </x:c>
     </x:row>
     <x:row r="96" spans="1:21">
       <x:c r="A96" s="13" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B96" s="14" t="s">
-        <x:v>117</x:v>
+        <x:v>126</x:v>
       </x:c>
       <x:c r="C96" s="15" t="n">
-        <x:v>38400</x:v>
+        <x:v>36005</x:v>
       </x:c>
       <x:c r="D96" s="15" t="s"/>
       <x:c r="E96" s="14" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="F96" s="14" t="s"/>
       <x:c r="G96" s="14" t="s">
         <x:v>244</x:v>
       </x:c>
       <x:c r="H96" s="14" t="s"/>
       <x:c r="I96" s="16" t="s">
         <x:v>245</x:v>
       </x:c>
       <x:c r="J96" s="14" t="s">
-        <x:v>121</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="K96" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="L96" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M96" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="N96" s="15" t="n">
         <x:v>34503</x:v>
       </x:c>
       <x:c r="O96" s="14" t="s">
         <x:v>122</x:v>
       </x:c>
       <x:c r="P96" s="14" t="s">
         <x:v>244</x:v>
       </x:c>
       <x:c r="Q96" s="16" t="s">
         <x:v>245</x:v>
       </x:c>
       <x:c r="R96" s="14" t="s">
         <x:v>246</x:v>
       </x:c>
       <x:c r="S96" s="14" t="n">
-        <x:v>546567</x:v>
+        <x:v>496740</x:v>
       </x:c>
       <x:c r="T96" s="16" t="s">
-        <x:v>64</x:v>
+        <x:v>91</x:v>
       </x:c>
       <x:c r="U96" s="16" t="s">
-        <x:v>247</x:v>
+        <x:v>65</x:v>
       </x:c>
     </x:row>
     <x:row r="97" spans="1:21">
       <x:c r="A97" s="1" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B97" s="0" t="s">
         <x:v>117</x:v>
       </x:c>
       <x:c r="C97" s="3" t="n">
         <x:v>38400</x:v>
       </x:c>
       <x:c r="D97" s="3" t="s"/>
       <x:c r="E97" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="G97" s="0" t="s">
         <x:v>244</x:v>
       </x:c>
       <x:c r="I97" s="4" t="s">
         <x:v>245</x:v>
       </x:c>
       <x:c r="J97" s="0" t="s">
         <x:v>121</x:v>
       </x:c>
       <x:c r="K97" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="L97" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M97" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="N97" s="3" t="n">
         <x:v>34503</x:v>
       </x:c>
       <x:c r="O97" s="0" t="s">
         <x:v>122</x:v>
       </x:c>
       <x:c r="P97" s="0" t="s">
         <x:v>244</x:v>
       </x:c>
       <x:c r="Q97" s="4" t="s">
         <x:v>245</x:v>
       </x:c>
       <x:c r="R97" s="0" t="s">
         <x:v>246</x:v>
       </x:c>
       <x:c r="S97" s="0" t="n">
-        <x:v>601090</x:v>
+        <x:v>496785</x:v>
       </x:c>
       <x:c r="T97" s="4" t="s">
-        <x:v>92</x:v>
+        <x:v>91</x:v>
       </x:c>
       <x:c r="U97" s="4" t="s">
-        <x:v>42</x:v>
+        <x:v>65</x:v>
       </x:c>
     </x:row>
     <x:row r="98" spans="1:21">
       <x:c r="A98" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B98" s="14" t="s">
         <x:v>145</x:v>
       </x:c>
       <x:c r="C98" s="15" t="n">
         <x:v>38400</x:v>
       </x:c>
       <x:c r="D98" s="15" t="s"/>
       <x:c r="E98" s="14" t="s"/>
       <x:c r="F98" s="14" t="s"/>
       <x:c r="G98" s="14" t="s">
         <x:v>244</x:v>
       </x:c>
       <x:c r="H98" s="14" t="s"/>
       <x:c r="I98" s="16" t="s">
         <x:v>245</x:v>
       </x:c>
       <x:c r="J98" s="14" t="s">
         <x:v>121</x:v>
       </x:c>
@@ -8300,214 +8300,214 @@
       </x:c>
       <x:c r="O114" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P114" s="14" t="s">
         <x:v>266</x:v>
       </x:c>
       <x:c r="Q114" s="16" t="s">
         <x:v>267</x:v>
       </x:c>
       <x:c r="R114" s="14" t="s">
         <x:v>104</x:v>
       </x:c>
       <x:c r="S114" s="14" t="n">
         <x:v>548174</x:v>
       </x:c>
       <x:c r="T114" s="16" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="U114" s="16" t="s">
         <x:v>240</x:v>
       </x:c>
     </x:row>
     <x:row r="115" spans="1:21">
       <x:c r="A115" s="1" t="s">
-        <x:v>33</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B115" s="0" t="s">
-        <x:v>34</x:v>
+        <x:v>22</x:v>
       </x:c>
       <x:c r="C115" s="3" t="n">
         <x:v>37098</x:v>
       </x:c>
       <x:c r="D115" s="3" t="s"/>
-      <x:c r="E115" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="G115" s="0" t="s">
         <x:v>266</x:v>
       </x:c>
       <x:c r="I115" s="4" t="s">
         <x:v>267</x:v>
       </x:c>
       <x:c r="J115" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K115" s="0" t="s">
-        <x:v>38</x:v>
+        <x:v>268</x:v>
       </x:c>
       <x:c r="L115" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="M115" s="0" t="s">
-        <x:v>28</x:v>
+        <x:v>43</x:v>
       </x:c>
       <x:c r="N115" s="3" t="n">
         <x:v>34502</x:v>
       </x:c>
       <x:c r="O115" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P115" s="0" t="s">
         <x:v>266</x:v>
       </x:c>
       <x:c r="Q115" s="4" t="s">
         <x:v>267</x:v>
       </x:c>
       <x:c r="R115" s="0" t="s">
         <x:v>104</x:v>
       </x:c>
       <x:c r="S115" s="0" t="n">
-        <x:v>600044</x:v>
+        <x:v>598727</x:v>
       </x:c>
       <x:c r="T115" s="4" t="s">
-        <x:v>268</x:v>
+        <x:v>269</x:v>
       </x:c>
       <x:c r="U115" s="4" t="s">
-        <x:v>269</x:v>
+        <x:v>67</x:v>
       </x:c>
     </x:row>
     <x:row r="116" spans="1:21">
       <x:c r="A116" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B116" s="14" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C116" s="15" t="n">
         <x:v>37098</x:v>
       </x:c>
       <x:c r="D116" s="15" t="s"/>
       <x:c r="E116" s="14" t="s"/>
       <x:c r="F116" s="14" t="s"/>
       <x:c r="G116" s="14" t="s">
         <x:v>266</x:v>
       </x:c>
       <x:c r="H116" s="14" t="s"/>
       <x:c r="I116" s="16" t="s">
         <x:v>267</x:v>
       </x:c>
       <x:c r="J116" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K116" s="14" t="s">
-        <x:v>270</x:v>
+        <x:v>268</x:v>
       </x:c>
       <x:c r="L116" s="14" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="M116" s="14" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="N116" s="15" t="n">
         <x:v>34502</x:v>
       </x:c>
       <x:c r="O116" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P116" s="14" t="s">
         <x:v>266</x:v>
       </x:c>
       <x:c r="Q116" s="16" t="s">
         <x:v>267</x:v>
       </x:c>
       <x:c r="R116" s="14" t="s">
         <x:v>104</x:v>
       </x:c>
       <x:c r="S116" s="14" t="n">
-        <x:v>598727</x:v>
+        <x:v>622633</x:v>
       </x:c>
       <x:c r="T116" s="16" t="s">
+        <x:v>270</x:v>
+      </x:c>
+      <x:c r="U116" s="16" t="s">
         <x:v>271</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>67</x:v>
       </x:c>
     </x:row>
     <x:row r="117" spans="1:21">
       <x:c r="A117" s="1" t="s">
-        <x:v>21</x:v>
+        <x:v>33</x:v>
       </x:c>
       <x:c r="B117" s="0" t="s">
-        <x:v>22</x:v>
+        <x:v>34</x:v>
       </x:c>
       <x:c r="C117" s="3" t="n">
         <x:v>37098</x:v>
       </x:c>
       <x:c r="D117" s="3" t="s"/>
+      <x:c r="E117" s="0" t="s">
+        <x:v>35</x:v>
+      </x:c>
       <x:c r="G117" s="0" t="s">
         <x:v>266</x:v>
       </x:c>
       <x:c r="I117" s="4" t="s">
         <x:v>267</x:v>
       </x:c>
       <x:c r="J117" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K117" s="0" t="s">
-        <x:v>270</x:v>
+        <x:v>38</x:v>
       </x:c>
       <x:c r="L117" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="M117" s="0" t="s">
-        <x:v>43</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="N117" s="3" t="n">
         <x:v>34502</x:v>
       </x:c>
       <x:c r="O117" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P117" s="0" t="s">
         <x:v>266</x:v>
       </x:c>
       <x:c r="Q117" s="4" t="s">
         <x:v>267</x:v>
       </x:c>
       <x:c r="R117" s="0" t="s">
         <x:v>104</x:v>
       </x:c>
       <x:c r="S117" s="0" t="n">
-        <x:v>622633</x:v>
+        <x:v>600044</x:v>
       </x:c>
       <x:c r="T117" s="4" t="s">
         <x:v>272</x:v>
       </x:c>
       <x:c r="U117" s="4" t="s">
-        <x:v>269</x:v>
+        <x:v>271</x:v>
       </x:c>
     </x:row>
     <x:row r="118" spans="1:21">
       <x:c r="A118" s="13" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B118" s="14" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="C118" s="15" t="n">
         <x:v>37098</x:v>
       </x:c>
       <x:c r="D118" s="15" t="s"/>
       <x:c r="E118" s="14" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="F118" s="14" t="s"/>
       <x:c r="G118" s="14" t="s">
         <x:v>266</x:v>
       </x:c>
       <x:c r="H118" s="14" t="s"/>
       <x:c r="I118" s="16" t="s">
         <x:v>267</x:v>
       </x:c>
       <x:c r="J118" s="14" t="s">
@@ -8546,51 +8546,51 @@
       <x:c r="U118" s="16" t="s">
         <x:v>71</x:v>
       </x:c>
     </x:row>
     <x:row r="119" spans="1:21">
       <x:c r="A119" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B119" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C119" s="3" t="n">
         <x:v>37098</x:v>
       </x:c>
       <x:c r="D119" s="3" t="s"/>
       <x:c r="G119" s="0" t="s">
         <x:v>266</x:v>
       </x:c>
       <x:c r="I119" s="4" t="s">
         <x:v>267</x:v>
       </x:c>
       <x:c r="J119" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K119" s="0" t="s">
-        <x:v>270</x:v>
+        <x:v>268</x:v>
       </x:c>
       <x:c r="L119" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="M119" s="0" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="N119" s="3" t="n">
         <x:v>34502</x:v>
       </x:c>
       <x:c r="O119" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P119" s="0" t="s">
         <x:v>266</x:v>
       </x:c>
       <x:c r="Q119" s="4" t="s">
         <x:v>267</x:v>
       </x:c>
       <x:c r="R119" s="0" t="s">
         <x:v>104</x:v>
       </x:c>
       <x:c r="S119" s="0" t="n">
         <x:v>609634</x:v>
       </x:c>
@@ -8603,51 +8603,51 @@
     </x:row>
     <x:row r="120" spans="1:21">
       <x:c r="A120" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B120" s="14" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C120" s="15" t="n">
         <x:v>37098</x:v>
       </x:c>
       <x:c r="D120" s="15" t="s"/>
       <x:c r="E120" s="14" t="s"/>
       <x:c r="F120" s="14" t="s"/>
       <x:c r="G120" s="14" t="s">
         <x:v>266</x:v>
       </x:c>
       <x:c r="H120" s="14" t="s"/>
       <x:c r="I120" s="16" t="s">
         <x:v>267</x:v>
       </x:c>
       <x:c r="J120" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K120" s="14" t="s">
-        <x:v>270</x:v>
+        <x:v>268</x:v>
       </x:c>
       <x:c r="L120" s="14" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="M120" s="14" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="N120" s="15" t="n">
         <x:v>34502</x:v>
       </x:c>
       <x:c r="O120" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P120" s="14" t="s">
         <x:v>266</x:v>
       </x:c>
       <x:c r="Q120" s="16" t="s">
         <x:v>267</x:v>
       </x:c>
       <x:c r="R120" s="14" t="s">
         <x:v>104</x:v>
       </x:c>
       <x:c r="S120" s="14" t="n">
         <x:v>583316</x:v>
       </x:c>
@@ -8657,189 +8657,189 @@
       <x:c r="U120" s="16" t="s">
         <x:v>67</x:v>
       </x:c>
     </x:row>
     <x:row r="121" spans="1:21">
       <x:c r="A121" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B121" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C121" s="3" t="n">
         <x:v>37098</x:v>
       </x:c>
       <x:c r="D121" s="3" t="s"/>
       <x:c r="G121" s="0" t="s">
         <x:v>266</x:v>
       </x:c>
       <x:c r="I121" s="4" t="s">
         <x:v>267</x:v>
       </x:c>
       <x:c r="J121" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K121" s="0" t="s">
-        <x:v>270</x:v>
+        <x:v>268</x:v>
       </x:c>
       <x:c r="L121" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="M121" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N121" s="3" t="n">
         <x:v>34502</x:v>
       </x:c>
       <x:c r="O121" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P121" s="0" t="s">
         <x:v>266</x:v>
       </x:c>
       <x:c r="Q121" s="4" t="s">
         <x:v>267</x:v>
       </x:c>
       <x:c r="R121" s="0" t="s">
         <x:v>104</x:v>
       </x:c>
       <x:c r="S121" s="0" t="n">
         <x:v>622632</x:v>
       </x:c>
       <x:c r="T121" s="4" t="s">
         <x:v>273</x:v>
       </x:c>
       <x:c r="U121" s="4" t="s">
-        <x:v>269</x:v>
+        <x:v>271</x:v>
       </x:c>
     </x:row>
     <x:row r="122" spans="1:21">
       <x:c r="A122" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B122" s="14" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C122" s="15" t="n">
         <x:v>37098</x:v>
       </x:c>
       <x:c r="D122" s="15" t="s"/>
       <x:c r="E122" s="14" t="s"/>
       <x:c r="F122" s="14" t="s"/>
       <x:c r="G122" s="14" t="s">
         <x:v>266</x:v>
       </x:c>
       <x:c r="H122" s="14" t="s"/>
       <x:c r="I122" s="16" t="s">
         <x:v>267</x:v>
       </x:c>
       <x:c r="J122" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K122" s="14" t="s">
-        <x:v>270</x:v>
+        <x:v>268</x:v>
       </x:c>
       <x:c r="L122" s="14" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="M122" s="14" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="N122" s="15" t="n">
         <x:v>34502</x:v>
       </x:c>
       <x:c r="O122" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P122" s="14" t="s">
         <x:v>266</x:v>
       </x:c>
       <x:c r="Q122" s="16" t="s">
         <x:v>267</x:v>
       </x:c>
       <x:c r="R122" s="14" t="s">
         <x:v>104</x:v>
       </x:c>
       <x:c r="S122" s="14" t="n">
         <x:v>622634</x:v>
       </x:c>
       <x:c r="T122" s="16" t="s">
         <x:v>275</x:v>
       </x:c>
       <x:c r="U122" s="16" t="s">
-        <x:v>269</x:v>
+        <x:v>271</x:v>
       </x:c>
     </x:row>
     <x:row r="123" spans="1:21">
       <x:c r="A123" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B123" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C123" s="3" t="n">
         <x:v>37098</x:v>
       </x:c>
       <x:c r="D123" s="3" t="s"/>
       <x:c r="G123" s="0" t="s">
         <x:v>266</x:v>
       </x:c>
       <x:c r="I123" s="4" t="s">
         <x:v>267</x:v>
       </x:c>
       <x:c r="J123" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K123" s="0" t="s">
-        <x:v>270</x:v>
+        <x:v>268</x:v>
       </x:c>
       <x:c r="L123" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="M123" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N123" s="3" t="n">
         <x:v>34502</x:v>
       </x:c>
       <x:c r="O123" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P123" s="0" t="s">
         <x:v>266</x:v>
       </x:c>
       <x:c r="Q123" s="4" t="s">
         <x:v>267</x:v>
       </x:c>
       <x:c r="R123" s="0" t="s">
         <x:v>104</x:v>
       </x:c>
       <x:c r="S123" s="0" t="n">
         <x:v>583315</x:v>
       </x:c>
       <x:c r="T123" s="4" t="s">
-        <x:v>268</x:v>
+        <x:v>272</x:v>
       </x:c>
       <x:c r="U123" s="4" t="s">
         <x:v>67</x:v>
       </x:c>
     </x:row>
     <x:row r="124" spans="1:21">
       <x:c r="A124" s="13" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B124" s="14" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="C124" s="15" t="n">
         <x:v>37098</x:v>
       </x:c>
       <x:c r="D124" s="15" t="s"/>
       <x:c r="E124" s="14" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="F124" s="14" t="s"/>
       <x:c r="G124" s="14" t="s">
         <x:v>276</x:v>
       </x:c>
       <x:c r="H124" s="14" t="s"/>
       <x:c r="I124" s="16" t="s">
@@ -9306,132 +9306,132 @@
       </x:c>
       <x:c r="D132" s="15" t="s"/>
       <x:c r="E132" s="14" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="F132" s="14" t="s"/>
       <x:c r="G132" s="14" t="s">
         <x:v>285</x:v>
       </x:c>
       <x:c r="H132" s="14" t="s">
         <x:v>286</x:v>
       </x:c>
       <x:c r="I132" s="16" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="J132" s="14" t="s">
         <x:v>121</x:v>
       </x:c>
       <x:c r="K132" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="L132" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M132" s="14" t="s">
-        <x:v>39</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="N132" s="15" t="n">
         <x:v>34503</x:v>
       </x:c>
       <x:c r="O132" s="14" t="s">
         <x:v>122</x:v>
       </x:c>
       <x:c r="P132" s="14" t="s">
         <x:v>287</x:v>
       </x:c>
       <x:c r="Q132" s="16" t="s">
         <x:v>288</x:v>
       </x:c>
       <x:c r="R132" s="14" t="s">
         <x:v>289</x:v>
       </x:c>
       <x:c r="S132" s="14" t="n">
-        <x:v>604812</x:v>
+        <x:v>553271</x:v>
       </x:c>
       <x:c r="T132" s="16" t="s">
-        <x:v>41</x:v>
+        <x:v>31</x:v>
       </x:c>
       <x:c r="U132" s="16" t="s">
-        <x:v>42</x:v>
+        <x:v>32</x:v>
       </x:c>
     </x:row>
     <x:row r="133" spans="1:21">
       <x:c r="A133" s="1" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B133" s="0" t="s">
         <x:v>117</x:v>
       </x:c>
       <x:c r="C133" s="3" t="n">
         <x:v>38400</x:v>
       </x:c>
       <x:c r="D133" s="3" t="s"/>
       <x:c r="E133" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="G133" s="0" t="s">
         <x:v>285</x:v>
       </x:c>
       <x:c r="H133" s="0" t="s">
         <x:v>286</x:v>
       </x:c>
       <x:c r="I133" s="4" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="J133" s="0" t="s">
         <x:v>121</x:v>
       </x:c>
       <x:c r="K133" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="L133" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M133" s="0" t="s">
-        <x:v>28</x:v>
+        <x:v>39</x:v>
       </x:c>
       <x:c r="N133" s="3" t="n">
         <x:v>34503</x:v>
       </x:c>
       <x:c r="O133" s="0" t="s">
         <x:v>122</x:v>
       </x:c>
       <x:c r="P133" s="0" t="s">
         <x:v>287</x:v>
       </x:c>
       <x:c r="Q133" s="4" t="s">
         <x:v>288</x:v>
       </x:c>
       <x:c r="R133" s="0" t="s">
         <x:v>289</x:v>
       </x:c>
       <x:c r="S133" s="0" t="n">
-        <x:v>553271</x:v>
+        <x:v>501713</x:v>
       </x:c>
       <x:c r="T133" s="4" t="s">
-        <x:v>31</x:v>
+        <x:v>127</x:v>
       </x:c>
       <x:c r="U133" s="4" t="s">
         <x:v>32</x:v>
       </x:c>
     </x:row>
     <x:row r="134" spans="1:21">
       <x:c r="A134" s="13" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B134" s="14" t="s">
         <x:v>117</x:v>
       </x:c>
       <x:c r="C134" s="15" t="n">
         <x:v>38400</x:v>
       </x:c>
       <x:c r="D134" s="15" t="s"/>
       <x:c r="E134" s="14" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="F134" s="14" t="s"/>
       <x:c r="G134" s="14" t="s">
         <x:v>285</x:v>
       </x:c>
       <x:c r="H134" s="14" t="s">
         <x:v>286</x:v>
@@ -9445,57 +9445,57 @@
       <x:c r="K134" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="L134" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M134" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="N134" s="15" t="n">
         <x:v>34503</x:v>
       </x:c>
       <x:c r="O134" s="14" t="s">
         <x:v>122</x:v>
       </x:c>
       <x:c r="P134" s="14" t="s">
         <x:v>287</x:v>
       </x:c>
       <x:c r="Q134" s="16" t="s">
         <x:v>288</x:v>
       </x:c>
       <x:c r="R134" s="14" t="s">
         <x:v>289</x:v>
       </x:c>
       <x:c r="S134" s="14" t="n">
-        <x:v>501713</x:v>
+        <x:v>604812</x:v>
       </x:c>
       <x:c r="T134" s="16" t="s">
-        <x:v>127</x:v>
+        <x:v>41</x:v>
       </x:c>
       <x:c r="U134" s="16" t="s">
-        <x:v>32</x:v>
+        <x:v>42</x:v>
       </x:c>
     </x:row>
     <x:row r="135" spans="1:21">
       <x:c r="A135" s="1" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B135" s="0" t="s">
         <x:v>117</x:v>
       </x:c>
       <x:c r="C135" s="3" t="n">
         <x:v>38400</x:v>
       </x:c>
       <x:c r="D135" s="3" t="s"/>
       <x:c r="E135" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="G135" s="0" t="s">
         <x:v>285</x:v>
       </x:c>
       <x:c r="H135" s="0" t="s">
         <x:v>286</x:v>
       </x:c>
       <x:c r="I135" s="4" t="s">
         <x:v>55</x:v>
       </x:c>
@@ -10648,153 +10648,153 @@
       </x:c>
       <x:c r="P154" s="14" t="s">
         <x:v>304</x:v>
       </x:c>
       <x:c r="Q154" s="16" t="s">
         <x:v>305</x:v>
       </x:c>
       <x:c r="R154" s="14" t="s">
         <x:v>306</x:v>
       </x:c>
       <x:c r="S154" s="14" t="n">
         <x:v>566635</x:v>
       </x:c>
       <x:c r="T154" s="16" t="s">
         <x:v>215</x:v>
       </x:c>
       <x:c r="U154" s="16" t="s">
         <x:v>62</x:v>
       </x:c>
     </x:row>
     <x:row r="155" spans="1:21">
       <x:c r="A155" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B155" s="0" t="s">
-        <x:v>214</x:v>
+        <x:v>145</x:v>
       </x:c>
       <x:c r="C155" s="3" t="n">
         <x:v>38400</x:v>
       </x:c>
       <x:c r="D155" s="3" t="s"/>
       <x:c r="G155" s="0" t="s">
         <x:v>307</x:v>
       </x:c>
       <x:c r="H155" s="0" t="s">
         <x:v>308</x:v>
       </x:c>
       <x:c r="I155" s="4" t="s">
         <x:v>309</x:v>
       </x:c>
       <x:c r="J155" s="0" t="s">
         <x:v>121</x:v>
       </x:c>
       <x:c r="K155" s="0" t="s">
         <x:v>310</x:v>
       </x:c>
       <x:c r="L155" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M155" s="0" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="N155" s="3" t="n">
         <x:v>34503</x:v>
       </x:c>
       <x:c r="O155" s="0" t="s">
         <x:v>122</x:v>
       </x:c>
       <x:c r="P155" s="0" t="s">
         <x:v>307</x:v>
       </x:c>
       <x:c r="Q155" s="4" t="s">
         <x:v>309</x:v>
       </x:c>
       <x:c r="R155" s="0" t="s">
         <x:v>311</x:v>
       </x:c>
       <x:c r="S155" s="0" t="n">
-        <x:v>615772</x:v>
+        <x:v>623741</x:v>
       </x:c>
       <x:c r="T155" s="4" t="s">
         <x:v>312</x:v>
       </x:c>
       <x:c r="U155" s="4" t="s">
         <x:v>313</x:v>
       </x:c>
     </x:row>
     <x:row r="156" spans="1:21">
       <x:c r="A156" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B156" s="14" t="s">
-        <x:v>145</x:v>
+        <x:v>214</x:v>
       </x:c>
       <x:c r="C156" s="15" t="n">
         <x:v>38400</x:v>
       </x:c>
       <x:c r="D156" s="15" t="s"/>
       <x:c r="E156" s="14" t="s"/>
       <x:c r="F156" s="14" t="s"/>
       <x:c r="G156" s="14" t="s">
         <x:v>307</x:v>
       </x:c>
       <x:c r="H156" s="14" t="s">
         <x:v>308</x:v>
       </x:c>
       <x:c r="I156" s="16" t="s">
         <x:v>309</x:v>
       </x:c>
       <x:c r="J156" s="14" t="s">
         <x:v>121</x:v>
       </x:c>
       <x:c r="K156" s="14" t="s">
         <x:v>310</x:v>
       </x:c>
       <x:c r="L156" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M156" s="14" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="N156" s="15" t="n">
         <x:v>34503</x:v>
       </x:c>
       <x:c r="O156" s="14" t="s">
         <x:v>122</x:v>
       </x:c>
       <x:c r="P156" s="14" t="s">
         <x:v>307</x:v>
       </x:c>
       <x:c r="Q156" s="16" t="s">
         <x:v>309</x:v>
       </x:c>
       <x:c r="R156" s="14" t="s">
         <x:v>311</x:v>
       </x:c>
       <x:c r="S156" s="14" t="n">
-        <x:v>623741</x:v>
+        <x:v>615772</x:v>
       </x:c>
       <x:c r="T156" s="16" t="s">
         <x:v>312</x:v>
       </x:c>
       <x:c r="U156" s="16" t="s">
         <x:v>314</x:v>
       </x:c>
     </x:row>
     <x:row r="157" spans="1:21">
       <x:c r="A157" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B157" s="0" t="s">
         <x:v>145</x:v>
       </x:c>
       <x:c r="C157" s="3" t="n">
         <x:v>38400</x:v>
       </x:c>
       <x:c r="D157" s="3" t="s"/>
       <x:c r="G157" s="0" t="s">
         <x:v>307</x:v>
       </x:c>
       <x:c r="H157" s="0" t="s">
         <x:v>308</x:v>
       </x:c>
@@ -10872,51 +10872,51 @@
       <x:c r="M158" s="14" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="N158" s="15" t="n">
         <x:v>34503</x:v>
       </x:c>
       <x:c r="O158" s="14" t="s">
         <x:v>122</x:v>
       </x:c>
       <x:c r="P158" s="14" t="s">
         <x:v>307</x:v>
       </x:c>
       <x:c r="Q158" s="16" t="s">
         <x:v>309</x:v>
       </x:c>
       <x:c r="R158" s="14" t="s">
         <x:v>311</x:v>
       </x:c>
       <x:c r="S158" s="14" t="n">
         <x:v>623740</x:v>
       </x:c>
       <x:c r="T158" s="16" t="s">
         <x:v>312</x:v>
       </x:c>
       <x:c r="U158" s="16" t="s">
-        <x:v>314</x:v>
+        <x:v>313</x:v>
       </x:c>
     </x:row>
     <x:row r="159" spans="1:21">
       <x:c r="A159" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B159" s="0" t="s">
         <x:v>145</x:v>
       </x:c>
       <x:c r="C159" s="3" t="n">
         <x:v>38400</x:v>
       </x:c>
       <x:c r="D159" s="3" t="s"/>
       <x:c r="G159" s="0" t="s">
         <x:v>307</x:v>
       </x:c>
       <x:c r="H159" s="0" t="s">
         <x:v>308</x:v>
       </x:c>
       <x:c r="I159" s="4" t="s">
         <x:v>309</x:v>
       </x:c>
       <x:c r="J159" s="0" t="s">
         <x:v>121</x:v>
       </x:c>
@@ -10988,51 +10988,51 @@
       <x:c r="M160" s="14" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="N160" s="15" t="n">
         <x:v>34503</x:v>
       </x:c>
       <x:c r="O160" s="14" t="s">
         <x:v>122</x:v>
       </x:c>
       <x:c r="P160" s="14" t="s">
         <x:v>307</x:v>
       </x:c>
       <x:c r="Q160" s="16" t="s">
         <x:v>309</x:v>
       </x:c>
       <x:c r="R160" s="14" t="s">
         <x:v>311</x:v>
       </x:c>
       <x:c r="S160" s="14" t="n">
         <x:v>615773</x:v>
       </x:c>
       <x:c r="T160" s="16" t="s">
         <x:v>312</x:v>
       </x:c>
       <x:c r="U160" s="16" t="s">
-        <x:v>313</x:v>
+        <x:v>314</x:v>
       </x:c>
     </x:row>
     <x:row r="161" spans="1:21">
       <x:c r="A161" s="1" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B161" s="0" t="s">
         <x:v>153</x:v>
       </x:c>
       <x:c r="C161" s="3" t="n">
         <x:v>41062</x:v>
       </x:c>
       <x:c r="D161" s="3" t="s"/>
       <x:c r="E161" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="G161" s="0" t="s">
         <x:v>154</x:v>
       </x:c>
       <x:c r="H161" s="0" t="s">
         <x:v>119</x:v>
       </x:c>
       <x:c r="I161" s="4" t="s">
         <x:v>155</x:v>
       </x:c>
@@ -11592,51 +11592,51 @@
       <x:c r="L170" s="14" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="M170" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="N170" s="15" t="n">
         <x:v>34502</x:v>
       </x:c>
       <x:c r="O170" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P170" s="14" t="s">
         <x:v>337</x:v>
       </x:c>
       <x:c r="Q170" s="16" t="s">
         <x:v>339</x:v>
       </x:c>
       <x:c r="R170" s="14" t="s">
         <x:v>340</x:v>
       </x:c>
       <x:c r="S170" s="14" t="n">
         <x:v>603586</x:v>
       </x:c>
       <x:c r="T170" s="16" t="s">
-        <x:v>268</x:v>
+        <x:v>272</x:v>
       </x:c>
       <x:c r="U170" s="16" t="s">
         <x:v>341</x:v>
       </x:c>
     </x:row>
     <x:row r="171" spans="1:21">
       <x:c r="A171" s="1" t="s">
         <x:v>95</x:v>
       </x:c>
       <x:c r="B171" s="0" t="s">
         <x:v>342</x:v>
       </x:c>
       <x:c r="C171" s="3" t="n">
         <x:v>37098</x:v>
       </x:c>
       <x:c r="D171" s="3" t="s"/>
       <x:c r="E171" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="G171" s="0" t="s">
         <x:v>343</x:v>
       </x:c>
       <x:c r="H171" s="0" t="s">
         <x:v>344</x:v>
       </x:c>