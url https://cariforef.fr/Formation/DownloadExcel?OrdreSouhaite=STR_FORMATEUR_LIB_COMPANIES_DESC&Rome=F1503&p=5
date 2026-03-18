--- v0 (2026-03-18)
+++ v1 (2026-03-18)
@@ -215,68 +215,68 @@
   <x:si>
     <x:t>09/14/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>05/19/2027 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>09/23/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>01/27/2027 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>04/27/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>06/15/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>09/15/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>05/18/2027 00:00:00</x:t>
   </x:si>
   <x:si>
+    <x:t>04/21/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>07/07/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>01/26/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>03/30/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
     <x:t>09/21/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>01/25/2027 00:00:00</x:t>
   </x:si>
   <x:si>
-    <x:t>04/21/2026 00:00:00</x:t>
-[...10 lines deleted...]
-  <x:si>
     <x:t>Formation en apprentissage</x:t>
   </x:si>
   <x:si>
     <x:t>Bac pro technicien menuisier agenceur (Apprentissage)</x:t>
   </x:si>
   <x:si>
     <x:t>OPCO</x:t>
   </x:si>
   <x:si>
     <x:t>Miramas Formation - Cfa Fontlongue</x:t>
   </x:si>
   <x:si>
     <x:t>13140</x:t>
   </x:si>
   <x:si>
     <x:t>Bac</x:t>
   </x:si>
   <x:si>
     <x:t>Autre public</x:t>
   </x:si>
   <x:si>
     <x:t>Menuiserie agencement</x:t>
   </x:si>
   <x:si>
     <x:t>Lycée Poutrain</x:t>
@@ -359,68 +359,68 @@
   <x:si>
     <x:t>MARSEILLE-13e</x:t>
   </x:si>
   <x:si>
     <x:t>CAP arts du bois option marqueteur (Apprentissage)</x:t>
   </x:si>
   <x:si>
     <x:t>Marqueterie</x:t>
   </x:si>
   <x:si>
     <x:t>Lycée polyvalent Denis Diderot</x:t>
   </x:si>
   <x:si>
     <x:t>13388</x:t>
   </x:si>
   <x:si>
     <x:t>MARSEILLE CEDEX 13</x:t>
   </x:si>
   <x:si>
     <x:t>CAP arts du bois option sculpteur ornemaniste</x:t>
   </x:si>
   <x:si>
     <x:t>CAP arts du bois option marqueteur</x:t>
   </x:si>
   <x:si>
+    <x:t>Lycée Polyvalent Alpes et Durance</x:t>
+  </x:si>
+  <x:si>
+    <x:t>05200</x:t>
+  </x:si>
+  <x:si>
+    <x:t>EMBRUN</x:t>
+  </x:si>
+  <x:si>
     <x:t>BTS systèmes constructifs bois et habitat (Apprentissage)</x:t>
   </x:si>
   <x:si>
     <x:t>Bac + 2</x:t>
   </x:si>
   <x:si>
     <x:t>Conduite chantier BTP</x:t>
   </x:si>
   <x:si>
-    <x:t>Lycée Polyvalent Alpes et Durance</x:t>
-[...7 lines deleted...]
-  <x:si>
     <x:t>Bac pro technicien constructeur bois (Apprentissage)</x:t>
   </x:si>
   <x:si>
     <x:t>Charpente bois</x:t>
   </x:si>
   <x:si>
     <x:t>06/30/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Lycée Paul Langevin</x:t>
   </x:si>
   <x:si>
     <x:t>83514</x:t>
   </x:si>
   <x:si>
     <x:t>LA SEYNE SUR MER CEDEX</x:t>
   </x:si>
   <x:si>
     <x:t>LPO Don Bosco</x:t>
   </x:si>
   <x:si>
     <x:t>13006</x:t>
   </x:si>
   <x:si>
     <x:t>MARSEILLE- 6e</x:t>
@@ -485,156 +485,156 @@
   <x:si>
     <x:t>LP Don Bosco</x:t>
   </x:si>
   <x:si>
     <x:t>06046</x:t>
   </x:si>
   <x:si>
     <x:t>NICE CEDEX 01</x:t>
   </x:si>
   <x:si>
     <x:t>bac pro technicien constructeur bois</x:t>
   </x:si>
   <x:si>
     <x:t>06/30/2029 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>LP Domaine d'Eguilles</x:t>
   </x:si>
   <x:si>
     <x:t>84271</x:t>
   </x:si>
   <x:si>
     <x:t>VEDENE CEDEX</x:t>
   </x:si>
   <x:si>
+    <x:t>LP Alpes et Durance</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BTS systèmes constructifs bois et habitat</x:t>
+  </x:si>
+  <x:si>
     <x:t>CAP charpentier bois</x:t>
   </x:si>
   <x:si>
-    <x:t>LP Alpes et Durance</x:t>
-[...4 lines deleted...]
-  <x:si>
     <x:t>LP A Beau de Rochas</x:t>
   </x:si>
   <x:si>
     <x:t>04000</x:t>
   </x:si>
   <x:si>
     <x:t>DIGNE LES BAINS</x:t>
   </x:si>
   <x:si>
     <x:t>CAP Arts du bois - Option A Sculpteur ornémaniste</x:t>
   </x:si>
   <x:si>
     <x:t>CAP charpentier de marine</x:t>
   </x:si>
   <x:si>
     <x:t>Conseil Régional</x:t>
   </x:si>
   <x:si>
     <x:t>Programme Régional Formation  2022-2026 (PRF)</x:t>
   </x:si>
   <x:si>
     <x:t>Agence Nationale pour la Formation Professionnelle des Adultes - Accès à l'Emploi</x:t>
   </x:si>
   <x:si>
     <x:t>AFPA - ACCES A L'EMPLOI</x:t>
   </x:si>
   <x:si>
     <x:t>13417</x:t>
   </x:si>
   <x:si>
     <x:t>Demandeur d'emploi</x:t>
   </x:si>
   <x:si>
     <x:t>Bois</x:t>
   </x:si>
   <x:si>
     <x:t>MARSEILLE- 8e</x:t>
   </x:si>
   <x:si>
     <x:t>09/15/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>06/04/2026 00:00:00</x:t>
   </x:si>
   <x:si>
+    <x:t>CAP Arts du bois - Option C marqueteur</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CAP Arts du bois - Option A sculpteur ornémaniste</x:t>
+  </x:si>
+  <x:si>
     <x:t>CAP Charpentier de marine</x:t>
   </x:si>
   <x:si>
     <x:t>CAP Arts du bois - Option C Marqueteur</x:t>
   </x:si>
   <x:si>
-    <x:t>CAP Arts du bois - Option C marqueteur</x:t>
-[...4 lines deleted...]
-  <x:si>
     <x:t>CAP Menuisier fabricant</x:t>
   </x:si>
   <x:si>
     <x:t>Greta-Cfa Côte d'Azur</x:t>
   </x:si>
   <x:si>
     <x:t>06203</x:t>
   </x:si>
   <x:si>
     <x:t>09/08/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>07/06/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>CAP menuisier fabricant (Apprentissage)</x:t>
   </x:si>
   <x:si>
     <x:t>BEVONS</x:t>
   </x:si>
   <x:si>
     <x:t>BTS SCBH - Systèmes Constructifs Bois et Habitat</x:t>
   </x:si>
   <x:si>
     <x:t>BAC PRO Technicien Constructeur Bois</x:t>
   </x:si>
   <x:si>
     <x:t>CAP Constructeur bois</x:t>
   </x:si>
   <x:si>
+    <x:t>BAC PRO Technicien menuisier agenceur</x:t>
+  </x:si>
+  <x:si>
     <x:t>CAP Charpentier bois</x:t>
   </x:si>
   <x:si>
     <x:t>Titre Professionnel Constructeur Bois</x:t>
   </x:si>
   <x:si>
     <x:t>07/10/2027 00:00:00</x:t>
-  </x:si>
-[...1 lines deleted...]
-    <x:t>BAC PRO Technicien menuisier agenceur</x:t>
   </x:si>
   <x:si>
     <x:t>Formation et Métier - Cfa Régional de la Cité Technique</x:t>
   </x:si>
   <x:si>
     <x:t>FM</x:t>
   </x:si>
   <x:si>
     <x:t>13016</x:t>
   </x:si>
   <x:si>
     <x:t>Formation et Métier - Cfa Régional de la Cité Technique - UFA La Cabucelle</x:t>
   </x:si>
   <x:si>
     <x:t>13015</x:t>
   </x:si>
   <x:si>
     <x:t>MARSEILLE-15e</x:t>
   </x:si>
   <x:si>
     <x:t>09/01/2023 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>09/01/2024 00:00:00</x:t>
   </x:si>
@@ -1998,241 +1998,241 @@
       </x:c>
       <x:c r="P11" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="Q11" s="4" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="R11" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="S11" s="0" t="n">
         <x:v>615578</x:v>
       </x:c>
       <x:c r="T11" s="4" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="U11" s="4" t="s">
         <x:v>45</x:v>
       </x:c>
     </x:row>
     <x:row r="12" spans="1:21">
       <x:c r="A12" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B12" s="14" t="s">
-        <x:v>22</x:v>
+        <x:v>39</x:v>
       </x:c>
       <x:c r="C12" s="15" t="s"/>
       <x:c r="D12" s="15" t="s"/>
       <x:c r="E12" s="14" t="s"/>
       <x:c r="F12" s="14" t="s"/>
       <x:c r="G12" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="H12" s="14" t="s"/>
       <x:c r="I12" s="16" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="J12" s="14" t="s"/>
       <x:c r="K12" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L12" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M12" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N12" s="15" t="n">
         <x:v>22416</x:v>
       </x:c>
       <x:c r="O12" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P12" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="Q12" s="16" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="R12" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="S12" s="14" t="n">
-        <x:v>586362</x:v>
+        <x:v>623149</x:v>
       </x:c>
       <x:c r="T12" s="16" t="s">
-        <x:v>35</x:v>
+        <x:v>46</x:v>
       </x:c>
       <x:c r="U12" s="16" t="s">
-        <x:v>36</x:v>
+        <x:v>47</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:21">
       <x:c r="A13" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B13" s="0" t="s">
-        <x:v>39</x:v>
+        <x:v>22</x:v>
       </x:c>
       <x:c r="C13" s="3" t="s"/>
       <x:c r="D13" s="3" t="s"/>
       <x:c r="G13" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="I13" s="4" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="K13" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L13" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M13" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N13" s="3" t="n">
         <x:v>22416</x:v>
       </x:c>
       <x:c r="O13" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P13" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="Q13" s="4" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="R13" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="S13" s="0" t="n">
-        <x:v>623149</x:v>
+        <x:v>586362</x:v>
       </x:c>
       <x:c r="T13" s="4" t="s">
-        <x:v>46</x:v>
+        <x:v>35</x:v>
       </x:c>
       <x:c r="U13" s="4" t="s">
-        <x:v>47</x:v>
+        <x:v>36</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:21">
       <x:c r="A14" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B14" s="14" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C14" s="15" t="s"/>
       <x:c r="D14" s="15" t="s"/>
       <x:c r="E14" s="14" t="s"/>
       <x:c r="F14" s="14" t="s"/>
       <x:c r="G14" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="H14" s="14" t="s"/>
       <x:c r="I14" s="16" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="J14" s="14" t="s"/>
       <x:c r="K14" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L14" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M14" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N14" s="15" t="n">
         <x:v>22416</x:v>
       </x:c>
       <x:c r="O14" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P14" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="Q14" s="16" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="R14" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="S14" s="14" t="n">
-        <x:v>623162</x:v>
+        <x:v>608133</x:v>
       </x:c>
       <x:c r="T14" s="16" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="U14" s="16" t="s">
         <x:v>49</x:v>
       </x:c>
     </x:row>
     <x:row r="15" spans="1:21">
       <x:c r="A15" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B15" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C15" s="3" t="s"/>
       <x:c r="D15" s="3" t="s"/>
       <x:c r="G15" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="I15" s="4" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="K15" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L15" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M15" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N15" s="3" t="n">
         <x:v>22416</x:v>
       </x:c>
       <x:c r="O15" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P15" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="Q15" s="4" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="R15" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="S15" s="0" t="n">
-        <x:v>608133</x:v>
+        <x:v>588245</x:v>
       </x:c>
       <x:c r="T15" s="4" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="U15" s="4" t="s">
         <x:v>51</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:21">
       <x:c r="A16" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B16" s="14" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C16" s="15" t="s"/>
       <x:c r="D16" s="15" t="s"/>
       <x:c r="E16" s="14" t="s"/>
       <x:c r="F16" s="14" t="s"/>
       <x:c r="G16" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="H16" s="14" t="s"/>
       <x:c r="I16" s="16" t="s">
         <x:v>24</x:v>
@@ -2241,106 +2241,106 @@
       <x:c r="K16" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L16" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M16" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N16" s="15" t="n">
         <x:v>22416</x:v>
       </x:c>
       <x:c r="O16" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P16" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="Q16" s="16" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="R16" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="S16" s="14" t="n">
-        <x:v>588245</x:v>
+        <x:v>586360</x:v>
       </x:c>
       <x:c r="T16" s="16" t="s">
-        <x:v>52</x:v>
+        <x:v>33</x:v>
       </x:c>
       <x:c r="U16" s="16" t="s">
-        <x:v>53</x:v>
+        <x:v>34</x:v>
       </x:c>
     </x:row>
     <x:row r="17" spans="1:21">
       <x:c r="A17" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B17" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C17" s="3" t="s"/>
       <x:c r="D17" s="3" t="s"/>
       <x:c r="G17" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="I17" s="4" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="K17" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L17" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M17" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N17" s="3" t="n">
         <x:v>22416</x:v>
       </x:c>
       <x:c r="O17" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P17" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="Q17" s="4" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="R17" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="S17" s="0" t="n">
-        <x:v>586360</x:v>
+        <x:v>623162</x:v>
       </x:c>
       <x:c r="T17" s="4" t="s">
-        <x:v>33</x:v>
+        <x:v>52</x:v>
       </x:c>
       <x:c r="U17" s="4" t="s">
-        <x:v>34</x:v>
+        <x:v>53</x:v>
       </x:c>
     </x:row>
     <x:row r="18" spans="1:21">
       <x:c r="A18" s="13" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="B18" s="14" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="C18" s="15" t="n">
         <x:v>37917</x:v>
       </x:c>
       <x:c r="D18" s="15" t="s"/>
       <x:c r="E18" s="14" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="F18" s="14" t="s"/>
       <x:c r="G18" s="14" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="H18" s="14" t="s"/>
       <x:c r="I18" s="16" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="J18" s="14" t="s">
@@ -2822,559 +2822,559 @@
       </x:c>
       <x:c r="P26" s="14" t="s">
         <x:v>91</x:v>
       </x:c>
       <x:c r="Q26" s="16" t="s">
         <x:v>92</x:v>
       </x:c>
       <x:c r="R26" s="14" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="S26" s="14" t="n">
         <x:v>595564</x:v>
       </x:c>
       <x:c r="T26" s="16" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="U26" s="16" t="s">
         <x:v>72</x:v>
       </x:c>
     </x:row>
     <x:row r="27" spans="1:21">
       <x:c r="A27" s="1" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="B27" s="0" t="s">
-        <x:v>79</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="C27" s="3" t="n">
-        <x:v>41835</x:v>
+        <x:v>37301</x:v>
       </x:c>
       <x:c r="D27" s="3" t="s"/>
       <x:c r="G27" s="0" t="s">
         <x:v>91</x:v>
       </x:c>
       <x:c r="I27" s="4" t="s">
         <x:v>92</x:v>
       </x:c>
       <x:c r="J27" s="0" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="K27" s="0" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="L27" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M27" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N27" s="3" t="n">
-        <x:v>22404</x:v>
+        <x:v>45591</x:v>
       </x:c>
       <x:c r="O27" s="0" t="s">
-        <x:v>61</x:v>
+        <x:v>90</x:v>
       </x:c>
       <x:c r="P27" s="0" t="s">
         <x:v>91</x:v>
       </x:c>
       <x:c r="Q27" s="4" t="s">
         <x:v>92</x:v>
       </x:c>
       <x:c r="R27" s="0" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="S27" s="0" t="n">
-        <x:v>596259</x:v>
+        <x:v>595566</x:v>
       </x:c>
       <x:c r="T27" s="4" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="U27" s="4" t="s">
-        <x:v>66</x:v>
+        <x:v>72</x:v>
       </x:c>
     </x:row>
     <x:row r="28" spans="1:21">
       <x:c r="A28" s="13" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="B28" s="14" t="s">
-        <x:v>95</x:v>
+        <x:v>79</x:v>
       </x:c>
       <x:c r="C28" s="15" t="n">
-        <x:v>37301</x:v>
+        <x:v>41835</x:v>
       </x:c>
       <x:c r="D28" s="15" t="s"/>
       <x:c r="E28" s="14" t="s"/>
       <x:c r="F28" s="14" t="s"/>
       <x:c r="G28" s="14" t="s">
         <x:v>91</x:v>
       </x:c>
       <x:c r="H28" s="14" t="s"/>
       <x:c r="I28" s="16" t="s">
         <x:v>92</x:v>
       </x:c>
       <x:c r="J28" s="14" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="K28" s="14" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="L28" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M28" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N28" s="15" t="n">
-        <x:v>45591</x:v>
+        <x:v>22404</x:v>
       </x:c>
       <x:c r="O28" s="14" t="s">
-        <x:v>90</x:v>
+        <x:v>61</x:v>
       </x:c>
       <x:c r="P28" s="14" t="s">
         <x:v>91</x:v>
       </x:c>
       <x:c r="Q28" s="16" t="s">
         <x:v>92</x:v>
       </x:c>
       <x:c r="R28" s="14" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="S28" s="14" t="n">
-        <x:v>595566</x:v>
+        <x:v>596259</x:v>
       </x:c>
       <x:c r="T28" s="16" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="U28" s="16" t="s">
-        <x:v>72</x:v>
+        <x:v>66</x:v>
       </x:c>
     </x:row>
     <x:row r="29" spans="1:21">
       <x:c r="A29" s="1" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="B29" s="0" t="s">
-        <x:v>96</x:v>
+        <x:v>55</x:v>
       </x:c>
       <x:c r="C29" s="3" t="n">
-        <x:v>38578</x:v>
+        <x:v>37917</x:v>
       </x:c>
       <x:c r="D29" s="3" t="s"/>
       <x:c r="E29" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="G29" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="I29" s="4" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="J29" s="0" t="s">
-        <x:v>97</x:v>
+        <x:v>59</x:v>
       </x:c>
       <x:c r="K29" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="L29" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M29" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N29" s="3" t="n">
-        <x:v>22294</x:v>
+        <x:v>22404</x:v>
       </x:c>
       <x:c r="O29" s="0" t="s">
+        <x:v>61</x:v>
+      </x:c>
+      <x:c r="P29" s="0" t="s">
+        <x:v>96</x:v>
+      </x:c>
+      <x:c r="Q29" s="4" t="s">
+        <x:v>97</x:v>
+      </x:c>
+      <x:c r="R29" s="0" t="s">
         <x:v>98</x:v>
       </x:c>
-      <x:c r="P29" s="0" t="s">
-[...7 lines deleted...]
-      </x:c>
       <x:c r="S29" s="0" t="n">
-        <x:v>547583</x:v>
+        <x:v>547549</x:v>
       </x:c>
       <x:c r="T29" s="4" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="U29" s="4" t="s">
         <x:v>72</x:v>
       </x:c>
     </x:row>
     <x:row r="30" spans="1:21">
       <x:c r="A30" s="13" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="B30" s="14" t="s">
-        <x:v>102</x:v>
+        <x:v>99</x:v>
       </x:c>
       <x:c r="C30" s="15" t="n">
-        <x:v>37916</x:v>
+        <x:v>38578</x:v>
       </x:c>
       <x:c r="D30" s="15" t="s"/>
       <x:c r="E30" s="14" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="F30" s="14" t="s"/>
       <x:c r="G30" s="14" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="H30" s="14" t="s"/>
       <x:c r="I30" s="16" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="J30" s="14" t="s">
-        <x:v>59</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="K30" s="14" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="L30" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M30" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N30" s="15" t="n">
-        <x:v>22313</x:v>
+        <x:v>22294</x:v>
       </x:c>
       <x:c r="O30" s="14" t="s">
-        <x:v>103</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="P30" s="14" t="s">
-        <x:v>99</x:v>
+        <x:v>96</x:v>
       </x:c>
       <x:c r="Q30" s="16" t="s">
-        <x:v>100</x:v>
+        <x:v>97</x:v>
       </x:c>
       <x:c r="R30" s="14" t="s">
-        <x:v>101</x:v>
+        <x:v>98</x:v>
       </x:c>
       <x:c r="S30" s="14" t="n">
-        <x:v>494769</x:v>
+        <x:v>547583</x:v>
       </x:c>
       <x:c r="T30" s="16" t="s">
-        <x:v>69</x:v>
+        <x:v>71</x:v>
       </x:c>
       <x:c r="U30" s="16" t="s">
-        <x:v>104</x:v>
+        <x:v>72</x:v>
       </x:c>
     </x:row>
     <x:row r="31" spans="1:21">
       <x:c r="A31" s="1" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="B31" s="0" t="s">
-        <x:v>96</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="C31" s="3" t="n">
-        <x:v>38578</x:v>
+        <x:v>37916</x:v>
       </x:c>
       <x:c r="D31" s="3" t="s"/>
       <x:c r="E31" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="G31" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="I31" s="4" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="J31" s="0" t="s">
-        <x:v>97</x:v>
+        <x:v>59</x:v>
       </x:c>
       <x:c r="K31" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="L31" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M31" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N31" s="3" t="n">
-        <x:v>22294</x:v>
+        <x:v>22313</x:v>
       </x:c>
       <x:c r="O31" s="0" t="s">
+        <x:v>103</x:v>
+      </x:c>
+      <x:c r="P31" s="0" t="s">
+        <x:v>96</x:v>
+      </x:c>
+      <x:c r="Q31" s="4" t="s">
+        <x:v>97</x:v>
+      </x:c>
+      <x:c r="R31" s="0" t="s">
         <x:v>98</x:v>
       </x:c>
-      <x:c r="P31" s="0" t="s">
-[...7 lines deleted...]
-      </x:c>
       <x:c r="S31" s="0" t="n">
-        <x:v>494750</x:v>
+        <x:v>494769</x:v>
       </x:c>
       <x:c r="T31" s="4" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="U31" s="4" t="s">
         <x:v>104</x:v>
       </x:c>
     </x:row>
     <x:row r="32" spans="1:21">
       <x:c r="A32" s="13" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="B32" s="14" t="s">
-        <x:v>96</x:v>
+        <x:v>99</x:v>
       </x:c>
       <x:c r="C32" s="15" t="n">
         <x:v>38578</x:v>
       </x:c>
       <x:c r="D32" s="15" t="s"/>
       <x:c r="E32" s="14" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="F32" s="14" t="s"/>
       <x:c r="G32" s="14" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="H32" s="14" t="s"/>
       <x:c r="I32" s="16" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="J32" s="14" t="s">
-        <x:v>97</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="K32" s="14" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="L32" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M32" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N32" s="15" t="n">
         <x:v>22294</x:v>
       </x:c>
       <x:c r="O32" s="14" t="s">
+        <x:v>101</x:v>
+      </x:c>
+      <x:c r="P32" s="14" t="s">
+        <x:v>96</x:v>
+      </x:c>
+      <x:c r="Q32" s="16" t="s">
+        <x:v>97</x:v>
+      </x:c>
+      <x:c r="R32" s="14" t="s">
         <x:v>98</x:v>
       </x:c>
-      <x:c r="P32" s="14" t="s">
-[...7 lines deleted...]
-      </x:c>
       <x:c r="S32" s="14" t="n">
-        <x:v>611256</x:v>
+        <x:v>494750</x:v>
       </x:c>
       <x:c r="T32" s="16" t="s">
-        <x:v>65</x:v>
+        <x:v>69</x:v>
       </x:c>
       <x:c r="U32" s="16" t="s">
-        <x:v>66</x:v>
+        <x:v>104</x:v>
       </x:c>
     </x:row>
     <x:row r="33" spans="1:21">
       <x:c r="A33" s="1" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="B33" s="0" t="s">
-        <x:v>102</x:v>
+        <x:v>99</x:v>
       </x:c>
       <x:c r="C33" s="3" t="n">
-        <x:v>37916</x:v>
+        <x:v>38578</x:v>
       </x:c>
       <x:c r="D33" s="3" t="s"/>
       <x:c r="E33" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="G33" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="I33" s="4" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="J33" s="0" t="s">
-        <x:v>59</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="K33" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="L33" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M33" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N33" s="3" t="n">
-        <x:v>22313</x:v>
+        <x:v>22294</x:v>
       </x:c>
       <x:c r="O33" s="0" t="s">
-        <x:v>103</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="P33" s="0" t="s">
-        <x:v>99</x:v>
+        <x:v>96</x:v>
       </x:c>
       <x:c r="Q33" s="4" t="s">
-        <x:v>100</x:v>
+        <x:v>97</x:v>
       </x:c>
       <x:c r="R33" s="0" t="s">
-        <x:v>101</x:v>
+        <x:v>98</x:v>
       </x:c>
       <x:c r="S33" s="0" t="n">
-        <x:v>547548</x:v>
+        <x:v>611256</x:v>
       </x:c>
       <x:c r="T33" s="4" t="s">
-        <x:v>71</x:v>
+        <x:v>65</x:v>
       </x:c>
       <x:c r="U33" s="4" t="s">
-        <x:v>72</x:v>
+        <x:v>66</x:v>
       </x:c>
     </x:row>
     <x:row r="34" spans="1:21">
       <x:c r="A34" s="13" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="B34" s="14" t="s">
-        <x:v>55</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="C34" s="15" t="n">
-        <x:v>37917</x:v>
+        <x:v>37916</x:v>
       </x:c>
       <x:c r="D34" s="15" t="s"/>
       <x:c r="E34" s="14" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="F34" s="14" t="s"/>
       <x:c r="G34" s="14" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="H34" s="14" t="s"/>
       <x:c r="I34" s="16" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="J34" s="14" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="K34" s="14" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="L34" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M34" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N34" s="15" t="n">
-        <x:v>22404</x:v>
+        <x:v>22313</x:v>
       </x:c>
       <x:c r="O34" s="14" t="s">
-        <x:v>61</x:v>
+        <x:v>103</x:v>
       </x:c>
       <x:c r="P34" s="14" t="s">
-        <x:v>99</x:v>
+        <x:v>96</x:v>
       </x:c>
       <x:c r="Q34" s="16" t="s">
-        <x:v>100</x:v>
+        <x:v>97</x:v>
       </x:c>
       <x:c r="R34" s="14" t="s">
-        <x:v>101</x:v>
+        <x:v>98</x:v>
       </x:c>
       <x:c r="S34" s="14" t="n">
-        <x:v>494758</x:v>
+        <x:v>547548</x:v>
       </x:c>
       <x:c r="T34" s="16" t="s">
-        <x:v>69</x:v>
+        <x:v>71</x:v>
       </x:c>
       <x:c r="U34" s="16" t="s">
-        <x:v>104</x:v>
+        <x:v>72</x:v>
       </x:c>
     </x:row>
     <x:row r="35" spans="1:21">
       <x:c r="A35" s="1" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="B35" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="C35" s="3" t="n">
         <x:v>37917</x:v>
       </x:c>
       <x:c r="D35" s="3" t="s"/>
       <x:c r="E35" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="G35" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="I35" s="4" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="J35" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="K35" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="L35" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M35" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N35" s="3" t="n">
         <x:v>22404</x:v>
       </x:c>
       <x:c r="O35" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="P35" s="0" t="s">
-        <x:v>99</x:v>
+        <x:v>96</x:v>
       </x:c>
       <x:c r="Q35" s="4" t="s">
-        <x:v>100</x:v>
+        <x:v>97</x:v>
       </x:c>
       <x:c r="R35" s="0" t="s">
-        <x:v>101</x:v>
+        <x:v>98</x:v>
       </x:c>
       <x:c r="S35" s="0" t="n">
-        <x:v>547549</x:v>
+        <x:v>494758</x:v>
       </x:c>
       <x:c r="T35" s="4" t="s">
-        <x:v>71</x:v>
+        <x:v>69</x:v>
       </x:c>
       <x:c r="U35" s="4" t="s">
-        <x:v>72</x:v>
+        <x:v>104</x:v>
       </x:c>
     </x:row>
     <x:row r="36" spans="1:21">
       <x:c r="A36" s="13" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="B36" s="14" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="C36" s="15" t="n">
         <x:v>41835</x:v>
       </x:c>
       <x:c r="D36" s="15" t="s"/>
       <x:c r="E36" s="14" t="s"/>
       <x:c r="F36" s="14" t="s"/>
       <x:c r="G36" s="14" t="s">
         <x:v>105</x:v>
       </x:c>
       <x:c r="H36" s="14" t="s"/>
       <x:c r="I36" s="16" t="s">
         <x:v>106</x:v>
       </x:c>
       <x:c r="J36" s="14" t="s">
         <x:v>80</x:v>
       </x:c>
@@ -3950,148 +3950,148 @@
       </x:c>
       <x:c r="P46" s="14" t="s">
         <x:v>124</x:v>
       </x:c>
       <x:c r="Q46" s="16" t="s">
         <x:v>125</x:v>
       </x:c>
       <x:c r="R46" s="14" t="s">
         <x:v>126</x:v>
       </x:c>
       <x:c r="S46" s="14" t="n">
         <x:v>596255</x:v>
       </x:c>
       <x:c r="T46" s="16" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="U46" s="16" t="s">
         <x:v>66</x:v>
       </x:c>
     </x:row>
     <x:row r="47" spans="1:21">
       <x:c r="A47" s="1" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="B47" s="0" t="s">
-        <x:v>111</x:v>
+        <x:v>74</x:v>
       </x:c>
       <x:c r="C47" s="3" t="n">
-        <x:v>38229</x:v>
+        <x:v>41867</x:v>
       </x:c>
       <x:c r="D47" s="3" t="s"/>
       <x:c r="G47" s="0" t="s">
         <x:v>124</x:v>
       </x:c>
       <x:c r="I47" s="4" t="s">
         <x:v>125</x:v>
       </x:c>
       <x:c r="J47" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="K47" s="0" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="L47" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M47" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N47" s="3" t="n">
-        <x:v>22334</x:v>
+        <x:v>22404</x:v>
       </x:c>
       <x:c r="O47" s="0" t="s">
-        <x:v>114</x:v>
+        <x:v>61</x:v>
       </x:c>
       <x:c r="P47" s="0" t="s">
         <x:v>124</x:v>
       </x:c>
       <x:c r="Q47" s="4" t="s">
         <x:v>125</x:v>
       </x:c>
       <x:c r="R47" s="0" t="s">
         <x:v>126</x:v>
       </x:c>
       <x:c r="S47" s="0" t="n">
-        <x:v>592934</x:v>
+        <x:v>594271</x:v>
       </x:c>
       <x:c r="T47" s="4" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="U47" s="4" t="s">
         <x:v>66</x:v>
       </x:c>
     </x:row>
     <x:row r="48" spans="1:21">
       <x:c r="A48" s="13" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="B48" s="14" t="s">
-        <x:v>74</x:v>
+        <x:v>111</x:v>
       </x:c>
       <x:c r="C48" s="15" t="n">
-        <x:v>41867</x:v>
+        <x:v>38229</x:v>
       </x:c>
       <x:c r="D48" s="15" t="s"/>
       <x:c r="E48" s="14" t="s"/>
       <x:c r="F48" s="14" t="s"/>
       <x:c r="G48" s="14" t="s">
         <x:v>124</x:v>
       </x:c>
       <x:c r="H48" s="14" t="s"/>
       <x:c r="I48" s="16" t="s">
         <x:v>125</x:v>
       </x:c>
       <x:c r="J48" s="14" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="K48" s="14" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="L48" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M48" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N48" s="15" t="n">
-        <x:v>22404</x:v>
+        <x:v>22334</x:v>
       </x:c>
       <x:c r="O48" s="14" t="s">
-        <x:v>61</x:v>
+        <x:v>114</x:v>
       </x:c>
       <x:c r="P48" s="14" t="s">
         <x:v>124</x:v>
       </x:c>
       <x:c r="Q48" s="16" t="s">
         <x:v>125</x:v>
       </x:c>
       <x:c r="R48" s="14" t="s">
         <x:v>126</x:v>
       </x:c>
       <x:c r="S48" s="14" t="n">
-        <x:v>594271</x:v>
+        <x:v>592934</x:v>
       </x:c>
       <x:c r="T48" s="16" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="U48" s="16" t="s">
         <x:v>66</x:v>
       </x:c>
     </x:row>
     <x:row r="49" spans="1:21">
       <x:c r="A49" s="1" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="B49" s="0" t="s">
         <x:v>111</x:v>
       </x:c>
       <x:c r="C49" s="3" t="n">
         <x:v>38229</x:v>
       </x:c>
       <x:c r="D49" s="3" t="s"/>
       <x:c r="G49" s="0" t="s">
         <x:v>127</x:v>
       </x:c>
       <x:c r="I49" s="4" t="s">
         <x:v>128</x:v>
       </x:c>
@@ -4394,370 +4394,370 @@
       </x:c>
       <x:c r="P54" s="14" t="s">
         <x:v>135</x:v>
       </x:c>
       <x:c r="Q54" s="16" t="s">
         <x:v>136</x:v>
       </x:c>
       <x:c r="R54" s="14" t="s">
         <x:v>137</x:v>
       </x:c>
       <x:c r="S54" s="14" t="n">
         <x:v>592929</x:v>
       </x:c>
       <x:c r="T54" s="16" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="U54" s="16" t="s">
         <x:v>66</x:v>
       </x:c>
     </x:row>
     <x:row r="55" spans="1:21">
       <x:c r="A55" s="1" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="B55" s="0" t="s">
-        <x:v>138</x:v>
+        <x:v>74</x:v>
       </x:c>
       <x:c r="C55" s="3" t="n">
-        <x:v>41012</x:v>
+        <x:v>41867</x:v>
       </x:c>
       <x:c r="D55" s="3" t="s"/>
       <x:c r="G55" s="0" t="s">
-        <x:v>139</x:v>
+        <x:v>138</x:v>
       </x:c>
       <x:c r="I55" s="4" t="s">
-        <x:v>100</x:v>
+        <x:v>97</x:v>
       </x:c>
       <x:c r="J55" s="0" t="s">
-        <x:v>80</x:v>
+        <x:v>59</x:v>
       </x:c>
       <x:c r="K55" s="0" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="L55" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M55" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N55" s="3" t="n">
-        <x:v>22313</x:v>
+        <x:v>22404</x:v>
       </x:c>
       <x:c r="O55" s="0" t="s">
-        <x:v>103</x:v>
+        <x:v>61</x:v>
       </x:c>
       <x:c r="P55" s="0" t="s">
-        <x:v>139</x:v>
+        <x:v>138</x:v>
       </x:c>
       <x:c r="Q55" s="4" t="s">
-        <x:v>100</x:v>
+        <x:v>97</x:v>
       </x:c>
       <x:c r="R55" s="0" t="s">
-        <x:v>101</x:v>
+        <x:v>98</x:v>
       </x:c>
       <x:c r="S55" s="0" t="n">
-        <x:v>596188</x:v>
+        <x:v>594275</x:v>
       </x:c>
       <x:c r="T55" s="4" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="U55" s="4" t="s">
         <x:v>66</x:v>
       </x:c>
     </x:row>
     <x:row r="56" spans="1:21">
       <x:c r="A56" s="13" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="B56" s="14" t="s">
         <x:v>133</x:v>
       </x:c>
       <x:c r="C56" s="15" t="n">
         <x:v>41866</x:v>
       </x:c>
       <x:c r="D56" s="15" t="s"/>
       <x:c r="E56" s="14" t="s"/>
       <x:c r="F56" s="14" t="s"/>
       <x:c r="G56" s="14" t="s">
-        <x:v>139</x:v>
+        <x:v>138</x:v>
       </x:c>
       <x:c r="H56" s="14" t="s"/>
       <x:c r="I56" s="16" t="s">
-        <x:v>100</x:v>
+        <x:v>97</x:v>
       </x:c>
       <x:c r="J56" s="14" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="K56" s="14" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="L56" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M56" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N56" s="15" t="n">
         <x:v>22313</x:v>
       </x:c>
       <x:c r="O56" s="14" t="s">
         <x:v>103</x:v>
       </x:c>
       <x:c r="P56" s="14" t="s">
-        <x:v>139</x:v>
+        <x:v>138</x:v>
       </x:c>
       <x:c r="Q56" s="16" t="s">
-        <x:v>100</x:v>
+        <x:v>97</x:v>
       </x:c>
       <x:c r="R56" s="14" t="s">
-        <x:v>101</x:v>
+        <x:v>98</x:v>
       </x:c>
       <x:c r="S56" s="14" t="n">
-        <x:v>594252</x:v>
+        <x:v>594253</x:v>
       </x:c>
       <x:c r="T56" s="16" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="U56" s="16" t="s">
         <x:v>134</x:v>
       </x:c>
     </x:row>
     <x:row r="57" spans="1:21">
       <x:c r="A57" s="1" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="B57" s="0" t="s">
-        <x:v>74</x:v>
+        <x:v>139</x:v>
       </x:c>
       <x:c r="C57" s="3" t="n">
-        <x:v>41867</x:v>
+        <x:v>38578</x:v>
       </x:c>
       <x:c r="D57" s="3" t="s"/>
       <x:c r="G57" s="0" t="s">
-        <x:v>139</x:v>
+        <x:v>138</x:v>
       </x:c>
       <x:c r="I57" s="4" t="s">
+        <x:v>97</x:v>
+      </x:c>
+      <x:c r="J57" s="0" t="s">
         <x:v>100</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>59</x:v>
       </x:c>
       <x:c r="K57" s="0" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="L57" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M57" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N57" s="3" t="n">
-        <x:v>22404</x:v>
+        <x:v>22294</x:v>
       </x:c>
       <x:c r="O57" s="0" t="s">
-        <x:v>61</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="P57" s="0" t="s">
-        <x:v>139</x:v>
+        <x:v>138</x:v>
       </x:c>
       <x:c r="Q57" s="4" t="s">
-        <x:v>100</x:v>
+        <x:v>97</x:v>
       </x:c>
       <x:c r="R57" s="0" t="s">
-        <x:v>101</x:v>
+        <x:v>98</x:v>
       </x:c>
       <x:c r="S57" s="0" t="n">
-        <x:v>594277</x:v>
+        <x:v>594209</x:v>
       </x:c>
       <x:c r="T57" s="4" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="U57" s="4" t="s">
         <x:v>66</x:v>
       </x:c>
     </x:row>
     <x:row r="58" spans="1:21">
       <x:c r="A58" s="13" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="B58" s="14" t="s">
-        <x:v>74</x:v>
+        <x:v>140</x:v>
       </x:c>
       <x:c r="C58" s="15" t="n">
-        <x:v>41867</x:v>
+        <x:v>41012</x:v>
       </x:c>
       <x:c r="D58" s="15" t="s"/>
       <x:c r="E58" s="14" t="s"/>
       <x:c r="F58" s="14" t="s"/>
       <x:c r="G58" s="14" t="s">
-        <x:v>139</x:v>
+        <x:v>138</x:v>
       </x:c>
       <x:c r="H58" s="14" t="s"/>
       <x:c r="I58" s="16" t="s">
-        <x:v>100</x:v>
+        <x:v>97</x:v>
       </x:c>
       <x:c r="J58" s="14" t="s">
-        <x:v>59</x:v>
+        <x:v>80</x:v>
       </x:c>
       <x:c r="K58" s="14" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="L58" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M58" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N58" s="15" t="n">
-        <x:v>22404</x:v>
+        <x:v>22313</x:v>
       </x:c>
       <x:c r="O58" s="14" t="s">
-        <x:v>61</x:v>
+        <x:v>103</x:v>
       </x:c>
       <x:c r="P58" s="14" t="s">
-        <x:v>139</x:v>
+        <x:v>138</x:v>
       </x:c>
       <x:c r="Q58" s="16" t="s">
-        <x:v>100</x:v>
+        <x:v>97</x:v>
       </x:c>
       <x:c r="R58" s="14" t="s">
-        <x:v>101</x:v>
+        <x:v>98</x:v>
       </x:c>
       <x:c r="S58" s="14" t="n">
-        <x:v>594275</x:v>
+        <x:v>596188</x:v>
       </x:c>
       <x:c r="T58" s="16" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="U58" s="16" t="s">
         <x:v>66</x:v>
       </x:c>
     </x:row>
     <x:row r="59" spans="1:21">
       <x:c r="A59" s="1" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="B59" s="0" t="s">
         <x:v>133</x:v>
       </x:c>
       <x:c r="C59" s="3" t="n">
         <x:v>41866</x:v>
       </x:c>
       <x:c r="D59" s="3" t="s"/>
       <x:c r="G59" s="0" t="s">
-        <x:v>139</x:v>
+        <x:v>138</x:v>
       </x:c>
       <x:c r="I59" s="4" t="s">
-        <x:v>100</x:v>
+        <x:v>97</x:v>
       </x:c>
       <x:c r="J59" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="K59" s="0" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="L59" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M59" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N59" s="3" t="n">
         <x:v>22313</x:v>
       </x:c>
       <x:c r="O59" s="0" t="s">
         <x:v>103</x:v>
       </x:c>
       <x:c r="P59" s="0" t="s">
-        <x:v>139</x:v>
+        <x:v>138</x:v>
       </x:c>
       <x:c r="Q59" s="4" t="s">
-        <x:v>100</x:v>
+        <x:v>97</x:v>
       </x:c>
       <x:c r="R59" s="0" t="s">
-        <x:v>101</x:v>
+        <x:v>98</x:v>
       </x:c>
       <x:c r="S59" s="0" t="n">
-        <x:v>594253</x:v>
+        <x:v>594252</x:v>
       </x:c>
       <x:c r="T59" s="4" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="U59" s="4" t="s">
         <x:v>134</x:v>
       </x:c>
     </x:row>
     <x:row r="60" spans="1:21">
       <x:c r="A60" s="13" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="B60" s="14" t="s">
-        <x:v>140</x:v>
+        <x:v>74</x:v>
       </x:c>
       <x:c r="C60" s="15" t="n">
-        <x:v>38578</x:v>
+        <x:v>41867</x:v>
       </x:c>
       <x:c r="D60" s="15" t="s"/>
       <x:c r="E60" s="14" t="s"/>
       <x:c r="F60" s="14" t="s"/>
       <x:c r="G60" s="14" t="s">
-        <x:v>139</x:v>
+        <x:v>138</x:v>
       </x:c>
       <x:c r="H60" s="14" t="s"/>
       <x:c r="I60" s="16" t="s">
-        <x:v>100</x:v>
+        <x:v>97</x:v>
       </x:c>
       <x:c r="J60" s="14" t="s">
-        <x:v>97</x:v>
+        <x:v>59</x:v>
       </x:c>
       <x:c r="K60" s="14" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="L60" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M60" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N60" s="15" t="n">
-        <x:v>22294</x:v>
+        <x:v>22404</x:v>
       </x:c>
       <x:c r="O60" s="14" t="s">
+        <x:v>61</x:v>
+      </x:c>
+      <x:c r="P60" s="14" t="s">
+        <x:v>138</x:v>
+      </x:c>
+      <x:c r="Q60" s="16" t="s">
+        <x:v>97</x:v>
+      </x:c>
+      <x:c r="R60" s="14" t="s">
         <x:v>98</x:v>
       </x:c>
-      <x:c r="P60" s="14" t="s">
-[...7 lines deleted...]
-      </x:c>
       <x:c r="S60" s="14" t="n">
-        <x:v>594209</x:v>
+        <x:v>594277</x:v>
       </x:c>
       <x:c r="T60" s="16" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="U60" s="16" t="s">
         <x:v>66</x:v>
       </x:c>
     </x:row>
     <x:row r="61" spans="1:21">
       <x:c r="A61" s="1" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="B61" s="0" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="C61" s="3" t="n">
         <x:v>41835</x:v>
       </x:c>
       <x:c r="D61" s="3" t="s"/>
       <x:c r="G61" s="0" t="s">
         <x:v>141</x:v>
       </x:c>
       <x:c r="I61" s="4" t="s">
         <x:v>142</x:v>
       </x:c>
@@ -4906,272 +4906,272 @@
       </x:c>
       <x:c r="Q63" s="4" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="R63" s="0" t="s">
         <x:v>153</x:v>
       </x:c>
       <x:c r="S63" s="0" t="n">
         <x:v>583881</x:v>
       </x:c>
       <x:c r="T63" s="4" t="s">
         <x:v>154</x:v>
       </x:c>
       <x:c r="U63" s="4" t="s">
         <x:v>155</x:v>
       </x:c>
     </x:row>
     <x:row r="64" spans="1:21">
       <x:c r="A64" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B64" s="14" t="s">
         <x:v>156</x:v>
       </x:c>
       <x:c r="C64" s="15" t="n">
-        <x:v>38409</x:v>
+        <x:v>37301</x:v>
       </x:c>
       <x:c r="D64" s="15" t="s"/>
       <x:c r="E64" s="14" t="s"/>
       <x:c r="F64" s="14" t="s"/>
       <x:c r="G64" s="14" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="H64" s="14" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="I64" s="16" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="J64" s="14" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="K64" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L64" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M64" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N64" s="15" t="n">
-        <x:v>22881</x:v>
+        <x:v>45591</x:v>
       </x:c>
       <x:c r="O64" s="14" t="s">
-        <x:v>152</x:v>
+        <x:v>90</x:v>
       </x:c>
       <x:c r="P64" s="14" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="Q64" s="16" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="R64" s="14" t="s">
-        <x:v>153</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="S64" s="14" t="n">
-        <x:v>581760</x:v>
+        <x:v>552664</x:v>
       </x:c>
       <x:c r="T64" s="16" t="s">
-        <x:v>154</x:v>
+        <x:v>71</x:v>
       </x:c>
       <x:c r="U64" s="16" t="s">
-        <x:v>155</x:v>
+        <x:v>72</x:v>
       </x:c>
     </x:row>
     <x:row r="65" spans="1:21">
       <x:c r="A65" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B65" s="0" t="s">
         <x:v>157</x:v>
       </x:c>
       <x:c r="C65" s="3" t="n">
         <x:v>37301</x:v>
       </x:c>
       <x:c r="D65" s="3" t="s"/>
       <x:c r="G65" s="0" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="H65" s="0" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="I65" s="4" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="J65" s="0" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="K65" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L65" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M65" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N65" s="3" t="n">
-        <x:v>45591</x:v>
+        <x:v>45096</x:v>
       </x:c>
       <x:c r="O65" s="0" t="s">
-        <x:v>90</x:v>
+        <x:v>85</x:v>
       </x:c>
       <x:c r="P65" s="0" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="Q65" s="4" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="R65" s="0" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="S65" s="0" t="n">
-        <x:v>572149</x:v>
+        <x:v>552666</x:v>
       </x:c>
       <x:c r="T65" s="4" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="U65" s="4" t="s">
-        <x:v>104</x:v>
+        <x:v>72</x:v>
       </x:c>
     </x:row>
     <x:row r="66" spans="1:21">
       <x:c r="A66" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B66" s="14" t="s">
         <x:v>158</x:v>
       </x:c>
       <x:c r="C66" s="15" t="n">
-        <x:v>37301</x:v>
+        <x:v>38409</x:v>
       </x:c>
       <x:c r="D66" s="15" t="s"/>
       <x:c r="E66" s="14" t="s"/>
       <x:c r="F66" s="14" t="s"/>
       <x:c r="G66" s="14" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="H66" s="14" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="I66" s="16" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="J66" s="14" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="K66" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L66" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M66" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N66" s="15" t="n">
-        <x:v>45591</x:v>
+        <x:v>22881</x:v>
       </x:c>
       <x:c r="O66" s="14" t="s">
-        <x:v>90</x:v>
+        <x:v>152</x:v>
       </x:c>
       <x:c r="P66" s="14" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="Q66" s="16" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="R66" s="14" t="s">
-        <x:v>88</x:v>
+        <x:v>153</x:v>
       </x:c>
       <x:c r="S66" s="14" t="n">
-        <x:v>552664</x:v>
+        <x:v>581760</x:v>
       </x:c>
       <x:c r="T66" s="16" t="s">
-        <x:v>71</x:v>
+        <x:v>154</x:v>
       </x:c>
       <x:c r="U66" s="16" t="s">
-        <x:v>72</x:v>
+        <x:v>155</x:v>
       </x:c>
     </x:row>
     <x:row r="67" spans="1:21">
       <x:c r="A67" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B67" s="0" t="s">
         <x:v>159</x:v>
       </x:c>
       <x:c r="C67" s="3" t="n">
         <x:v>37301</x:v>
       </x:c>
       <x:c r="D67" s="3" t="s"/>
       <x:c r="G67" s="0" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="H67" s="0" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="I67" s="4" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="J67" s="0" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="K67" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L67" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M67" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N67" s="3" t="n">
-        <x:v>45096</x:v>
+        <x:v>45591</x:v>
       </x:c>
       <x:c r="O67" s="0" t="s">
-        <x:v>85</x:v>
+        <x:v>90</x:v>
       </x:c>
       <x:c r="P67" s="0" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="Q67" s="4" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="R67" s="0" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="S67" s="0" t="n">
-        <x:v>552666</x:v>
+        <x:v>572149</x:v>
       </x:c>
       <x:c r="T67" s="4" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="U67" s="4" t="s">
-        <x:v>72</x:v>
+        <x:v>104</x:v>
       </x:c>
     </x:row>
     <x:row r="68" spans="1:21">
       <x:c r="A68" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B68" s="14" t="s">
         <x:v>160</x:v>
       </x:c>
       <x:c r="C68" s="15" t="n">
         <x:v>36112</x:v>
       </x:c>
       <x:c r="D68" s="15" t="s"/>
       <x:c r="E68" s="14" t="s"/>
       <x:c r="F68" s="14" t="s"/>
       <x:c r="G68" s="14" t="s">
         <x:v>161</x:v>
       </x:c>
       <x:c r="H68" s="14" t="s"/>
       <x:c r="I68" s="16" t="s">
         <x:v>162</x:v>
       </x:c>
       <x:c r="J68" s="14" t="s">
         <x:v>80</x:v>
       </x:c>
@@ -5265,75 +5265,75 @@
       <x:c r="U69" s="4" t="s">
         <x:v>104</x:v>
       </x:c>
     </x:row>
     <x:row r="70" spans="1:21">
       <x:c r="A70" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B70" s="14" t="s">
         <x:v>167</x:v>
       </x:c>
       <x:c r="C70" s="15" t="n">
         <x:v>38578</x:v>
       </x:c>
       <x:c r="D70" s="15" t="s"/>
       <x:c r="E70" s="14" t="s"/>
       <x:c r="F70" s="14" t="s"/>
       <x:c r="G70" s="14" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="H70" s="14" t="s"/>
       <x:c r="I70" s="16" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="J70" s="14" t="s">
-        <x:v>97</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="K70" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L70" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M70" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N70" s="15" t="n">
         <x:v>22294</x:v>
       </x:c>
       <x:c r="O70" s="14" t="s">
-        <x:v>98</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="P70" s="14" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="Q70" s="16" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="R70" s="14" t="s">
-        <x:v>101</x:v>
+        <x:v>98</x:v>
       </x:c>
       <x:c r="S70" s="14" t="n">
         <x:v>493584</x:v>
       </x:c>
       <x:c r="T70" s="16" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="U70" s="16" t="s">
         <x:v>66</x:v>
       </x:c>
     </x:row>
     <x:row r="71" spans="1:21">
       <x:c r="A71" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B71" s="0" t="s">
         <x:v>168</x:v>
       </x:c>
       <x:c r="C71" s="3" t="n">
         <x:v>37916</x:v>
       </x:c>
       <x:c r="D71" s="3" t="s"/>
       <x:c r="G71" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
@@ -5343,786 +5343,786 @@
       <x:c r="J71" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="K71" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L71" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M71" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N71" s="3" t="n">
         <x:v>22313</x:v>
       </x:c>
       <x:c r="O71" s="0" t="s">
         <x:v>103</x:v>
       </x:c>
       <x:c r="P71" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="Q71" s="4" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="R71" s="0" t="s">
-        <x:v>101</x:v>
+        <x:v>98</x:v>
       </x:c>
       <x:c r="S71" s="0" t="n">
-        <x:v>543670</x:v>
+        <x:v>493589</x:v>
       </x:c>
       <x:c r="T71" s="4" t="s">
-        <x:v>71</x:v>
+        <x:v>65</x:v>
       </x:c>
       <x:c r="U71" s="4" t="s">
-        <x:v>72</x:v>
+        <x:v>66</x:v>
       </x:c>
     </x:row>
     <x:row r="72" spans="1:21">
       <x:c r="A72" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B72" s="14" t="s">
-        <x:v>167</x:v>
+        <x:v>168</x:v>
       </x:c>
       <x:c r="C72" s="15" t="n">
-        <x:v>38578</x:v>
+        <x:v>37916</x:v>
       </x:c>
       <x:c r="D72" s="15" t="s"/>
       <x:c r="E72" s="14" t="s"/>
       <x:c r="F72" s="14" t="s"/>
       <x:c r="G72" s="14" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="H72" s="14" t="s"/>
       <x:c r="I72" s="16" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="J72" s="14" t="s">
-        <x:v>97</x:v>
+        <x:v>59</x:v>
       </x:c>
       <x:c r="K72" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L72" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M72" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N72" s="15" t="n">
-        <x:v>22294</x:v>
+        <x:v>22313</x:v>
       </x:c>
       <x:c r="O72" s="14" t="s">
-        <x:v>98</x:v>
+        <x:v>103</x:v>
       </x:c>
       <x:c r="P72" s="14" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="Q72" s="16" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="R72" s="14" t="s">
-        <x:v>101</x:v>
+        <x:v>98</x:v>
       </x:c>
       <x:c r="S72" s="14" t="n">
-        <x:v>543634</x:v>
+        <x:v>543670</x:v>
       </x:c>
       <x:c r="T72" s="16" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="U72" s="16" t="s">
         <x:v>72</x:v>
       </x:c>
     </x:row>
     <x:row r="73" spans="1:21">
       <x:c r="A73" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B73" s="0" t="s">
-        <x:v>168</x:v>
+        <x:v>167</x:v>
       </x:c>
       <x:c r="C73" s="3" t="n">
-        <x:v>37916</x:v>
+        <x:v>38578</x:v>
       </x:c>
       <x:c r="D73" s="3" t="s"/>
       <x:c r="G73" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="I73" s="4" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="J73" s="0" t="s">
-        <x:v>59</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="K73" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L73" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M73" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N73" s="3" t="n">
-        <x:v>22313</x:v>
+        <x:v>22294</x:v>
       </x:c>
       <x:c r="O73" s="0" t="s">
-        <x:v>103</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="P73" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="Q73" s="4" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="R73" s="0" t="s">
-        <x:v>101</x:v>
+        <x:v>98</x:v>
       </x:c>
       <x:c r="S73" s="0" t="n">
-        <x:v>493589</x:v>
+        <x:v>543634</x:v>
       </x:c>
       <x:c r="T73" s="4" t="s">
-        <x:v>65</x:v>
+        <x:v>71</x:v>
       </x:c>
       <x:c r="U73" s="4" t="s">
-        <x:v>66</x:v>
+        <x:v>72</x:v>
       </x:c>
     </x:row>
     <x:row r="74" spans="1:21">
       <x:c r="A74" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B74" s="14" t="s">
         <x:v>169</x:v>
       </x:c>
       <x:c r="C74" s="15" t="n">
         <x:v>471</x:v>
       </x:c>
       <x:c r="D74" s="15" t="s"/>
       <x:c r="E74" s="14" t="s"/>
       <x:c r="F74" s="14" t="s"/>
       <x:c r="G74" s="14" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="H74" s="14" t="s"/>
       <x:c r="I74" s="16" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="J74" s="14" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="K74" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L74" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M74" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N74" s="15" t="n">
         <x:v>22313</x:v>
       </x:c>
       <x:c r="O74" s="14" t="s">
         <x:v>103</x:v>
       </x:c>
       <x:c r="P74" s="14" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="Q74" s="16" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="R74" s="14" t="s">
-        <x:v>101</x:v>
+        <x:v>98</x:v>
       </x:c>
       <x:c r="S74" s="14" t="n">
         <x:v>543644</x:v>
       </x:c>
       <x:c r="T74" s="16" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="U74" s="16" t="s">
         <x:v>72</x:v>
       </x:c>
     </x:row>
     <x:row r="75" spans="1:21">
       <x:c r="A75" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B75" s="0" t="s">
-        <x:v>169</x:v>
+        <x:v>160</x:v>
       </x:c>
       <x:c r="C75" s="3" t="n">
-        <x:v>471</x:v>
+        <x:v>36112</x:v>
       </x:c>
       <x:c r="D75" s="3" t="s"/>
       <x:c r="G75" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="I75" s="4" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="J75" s="0" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="K75" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L75" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M75" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N75" s="3" t="n">
-        <x:v>22313</x:v>
+        <x:v>22404</x:v>
       </x:c>
       <x:c r="O75" s="0" t="s">
-        <x:v>103</x:v>
+        <x:v>61</x:v>
       </x:c>
       <x:c r="P75" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="Q75" s="4" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="R75" s="0" t="s">
-        <x:v>101</x:v>
+        <x:v>166</x:v>
       </x:c>
       <x:c r="S75" s="0" t="n">
-        <x:v>493600</x:v>
+        <x:v>543663</x:v>
       </x:c>
       <x:c r="T75" s="4" t="s">
-        <x:v>65</x:v>
+        <x:v>71</x:v>
       </x:c>
       <x:c r="U75" s="4" t="s">
-        <x:v>66</x:v>
+        <x:v>72</x:v>
       </x:c>
     </x:row>
     <x:row r="76" spans="1:21">
       <x:c r="A76" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B76" s="14" t="s">
-        <x:v>170</x:v>
+        <x:v>160</x:v>
       </x:c>
       <x:c r="C76" s="15" t="n">
-        <x:v>41012</x:v>
+        <x:v>36112</x:v>
       </x:c>
       <x:c r="D76" s="15" t="s"/>
       <x:c r="E76" s="14" t="s"/>
       <x:c r="F76" s="14" t="s"/>
       <x:c r="G76" s="14" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="H76" s="14" t="s"/>
       <x:c r="I76" s="16" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="J76" s="14" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="K76" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L76" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M76" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N76" s="15" t="n">
-        <x:v>22313</x:v>
+        <x:v>22404</x:v>
       </x:c>
       <x:c r="O76" s="14" t="s">
-        <x:v>103</x:v>
+        <x:v>61</x:v>
       </x:c>
       <x:c r="P76" s="14" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="Q76" s="16" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="R76" s="14" t="s">
-        <x:v>101</x:v>
+        <x:v>166</x:v>
       </x:c>
       <x:c r="S76" s="14" t="n">
-        <x:v>618432</x:v>
+        <x:v>519386</x:v>
       </x:c>
       <x:c r="T76" s="16" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="U76" s="16" t="s">
         <x:v>66</x:v>
       </x:c>
     </x:row>
     <x:row r="77" spans="1:21">
       <x:c r="A77" s="1" t="s">
-        <x:v>54</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B77" s="0" t="s">
-        <x:v>165</x:v>
+        <x:v>170</x:v>
       </x:c>
       <x:c r="C77" s="3" t="n">
-        <x:v>36112</x:v>
+        <x:v>37917</x:v>
       </x:c>
       <x:c r="D77" s="3" t="s"/>
-      <x:c r="E77" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="G77" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="I77" s="4" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="J77" s="0" t="s">
-        <x:v>80</x:v>
+        <x:v>59</x:v>
       </x:c>
       <x:c r="K77" s="0" t="s">
-        <x:v>60</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="L77" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M77" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N77" s="3" t="n">
         <x:v>22404</x:v>
       </x:c>
       <x:c r="O77" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="P77" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="Q77" s="4" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="R77" s="0" t="s">
-        <x:v>166</x:v>
+        <x:v>98</x:v>
       </x:c>
       <x:c r="S77" s="0" t="n">
-        <x:v>547606</x:v>
+        <x:v>460657</x:v>
       </x:c>
       <x:c r="T77" s="4" t="s">
-        <x:v>71</x:v>
+        <x:v>65</x:v>
       </x:c>
       <x:c r="U77" s="4" t="s">
-        <x:v>72</x:v>
+        <x:v>66</x:v>
       </x:c>
     </x:row>
     <x:row r="78" spans="1:21">
       <x:c r="A78" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B78" s="14" t="s">
-        <x:v>171</x:v>
+        <x:v>169</x:v>
       </x:c>
       <x:c r="C78" s="15" t="n">
-        <x:v>35508</x:v>
+        <x:v>471</x:v>
       </x:c>
       <x:c r="D78" s="15" t="s"/>
       <x:c r="E78" s="14" t="s"/>
       <x:c r="F78" s="14" t="s"/>
       <x:c r="G78" s="14" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="H78" s="14" t="s"/>
       <x:c r="I78" s="16" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="J78" s="14" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="K78" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L78" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M78" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N78" s="15" t="n">
         <x:v>22313</x:v>
       </x:c>
       <x:c r="O78" s="14" t="s">
         <x:v>103</x:v>
       </x:c>
       <x:c r="P78" s="14" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="Q78" s="16" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="R78" s="14" t="s">
-        <x:v>143</x:v>
+        <x:v>98</x:v>
       </x:c>
       <x:c r="S78" s="14" t="n">
-        <x:v>566262</x:v>
+        <x:v>493600</x:v>
       </x:c>
       <x:c r="T78" s="16" t="s">
-        <x:v>154</x:v>
+        <x:v>65</x:v>
       </x:c>
       <x:c r="U78" s="16" t="s">
-        <x:v>172</x:v>
+        <x:v>66</x:v>
       </x:c>
     </x:row>
     <x:row r="79" spans="1:21">
       <x:c r="A79" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B79" s="0" t="s">
-        <x:v>173</x:v>
+        <x:v>171</x:v>
       </x:c>
       <x:c r="C79" s="3" t="n">
-        <x:v>37917</x:v>
+        <x:v>41012</x:v>
       </x:c>
       <x:c r="D79" s="3" t="s"/>
       <x:c r="G79" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="I79" s="4" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="J79" s="0" t="s">
-        <x:v>59</x:v>
+        <x:v>80</x:v>
       </x:c>
       <x:c r="K79" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L79" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M79" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N79" s="3" t="n">
-        <x:v>22404</x:v>
+        <x:v>22313</x:v>
       </x:c>
       <x:c r="O79" s="0" t="s">
-        <x:v>61</x:v>
+        <x:v>103</x:v>
       </x:c>
       <x:c r="P79" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="Q79" s="4" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="R79" s="0" t="s">
-        <x:v>101</x:v>
+        <x:v>98</x:v>
       </x:c>
       <x:c r="S79" s="0" t="n">
-        <x:v>493627</x:v>
+        <x:v>618432</x:v>
       </x:c>
       <x:c r="T79" s="4" t="s">
-        <x:v>69</x:v>
+        <x:v>65</x:v>
       </x:c>
       <x:c r="U79" s="4" t="s">
-        <x:v>104</x:v>
+        <x:v>66</x:v>
       </x:c>
     </x:row>
     <x:row r="80" spans="1:21">
       <x:c r="A80" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B80" s="14" t="s">
         <x:v>170</x:v>
       </x:c>
       <x:c r="C80" s="15" t="n">
-        <x:v>41012</x:v>
+        <x:v>37917</x:v>
       </x:c>
       <x:c r="D80" s="15" t="s"/>
       <x:c r="E80" s="14" t="s"/>
       <x:c r="F80" s="14" t="s"/>
       <x:c r="G80" s="14" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="H80" s="14" t="s"/>
       <x:c r="I80" s="16" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="J80" s="14" t="s">
-        <x:v>80</x:v>
+        <x:v>59</x:v>
       </x:c>
       <x:c r="K80" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L80" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M80" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N80" s="15" t="n">
-        <x:v>22313</x:v>
+        <x:v>22404</x:v>
       </x:c>
       <x:c r="O80" s="14" t="s">
-        <x:v>103</x:v>
+        <x:v>61</x:v>
       </x:c>
       <x:c r="P80" s="14" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="Q80" s="16" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="R80" s="14" t="s">
-        <x:v>101</x:v>
+        <x:v>98</x:v>
       </x:c>
       <x:c r="S80" s="14" t="n">
-        <x:v>618431</x:v>
+        <x:v>543657</x:v>
       </x:c>
       <x:c r="T80" s="16" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="U80" s="16" t="s">
         <x:v>72</x:v>
       </x:c>
     </x:row>
     <x:row r="81" spans="1:21">
       <x:c r="A81" s="1" t="s">
-        <x:v>21</x:v>
+        <x:v>54</x:v>
       </x:c>
       <x:c r="B81" s="0" t="s">
-        <x:v>173</x:v>
+        <x:v>165</x:v>
       </x:c>
       <x:c r="C81" s="3" t="n">
-        <x:v>37917</x:v>
+        <x:v>36112</x:v>
       </x:c>
       <x:c r="D81" s="3" t="s"/>
+      <x:c r="E81" s="0" t="s">
+        <x:v>56</x:v>
+      </x:c>
       <x:c r="G81" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="I81" s="4" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="J81" s="0" t="s">
-        <x:v>59</x:v>
+        <x:v>80</x:v>
       </x:c>
       <x:c r="K81" s="0" t="s">
-        <x:v>25</x:v>
+        <x:v>60</x:v>
       </x:c>
       <x:c r="L81" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M81" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N81" s="3" t="n">
         <x:v>22404</x:v>
       </x:c>
       <x:c r="O81" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="P81" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="Q81" s="4" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="R81" s="0" t="s">
-        <x:v>101</x:v>
+        <x:v>166</x:v>
       </x:c>
       <x:c r="S81" s="0" t="n">
-        <x:v>543657</x:v>
+        <x:v>547606</x:v>
       </x:c>
       <x:c r="T81" s="4" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="U81" s="4" t="s">
         <x:v>72</x:v>
       </x:c>
     </x:row>
     <x:row r="82" spans="1:21">
       <x:c r="A82" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B82" s="14" t="s">
-        <x:v>160</x:v>
+        <x:v>172</x:v>
       </x:c>
       <x:c r="C82" s="15" t="n">
-        <x:v>36112</x:v>
+        <x:v>35508</x:v>
       </x:c>
       <x:c r="D82" s="15" t="s"/>
       <x:c r="E82" s="14" t="s"/>
       <x:c r="F82" s="14" t="s"/>
       <x:c r="G82" s="14" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="H82" s="14" t="s"/>
       <x:c r="I82" s="16" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="J82" s="14" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="K82" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L82" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M82" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N82" s="15" t="n">
-        <x:v>22404</x:v>
+        <x:v>22313</x:v>
       </x:c>
       <x:c r="O82" s="14" t="s">
-        <x:v>61</x:v>
+        <x:v>103</x:v>
       </x:c>
       <x:c r="P82" s="14" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="Q82" s="16" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="R82" s="14" t="s">
-        <x:v>166</x:v>
+        <x:v>143</x:v>
       </x:c>
       <x:c r="S82" s="14" t="n">
-        <x:v>543663</x:v>
+        <x:v>566262</x:v>
       </x:c>
       <x:c r="T82" s="16" t="s">
-        <x:v>71</x:v>
+        <x:v>154</x:v>
       </x:c>
       <x:c r="U82" s="16" t="s">
-        <x:v>72</x:v>
+        <x:v>173</x:v>
       </x:c>
     </x:row>
     <x:row r="83" spans="1:21">
       <x:c r="A83" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B83" s="0" t="s">
-        <x:v>160</x:v>
+        <x:v>170</x:v>
       </x:c>
       <x:c r="C83" s="3" t="n">
-        <x:v>36112</x:v>
+        <x:v>37917</x:v>
       </x:c>
       <x:c r="D83" s="3" t="s"/>
       <x:c r="G83" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="I83" s="4" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="J83" s="0" t="s">
-        <x:v>80</x:v>
+        <x:v>59</x:v>
       </x:c>
       <x:c r="K83" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L83" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M83" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N83" s="3" t="n">
         <x:v>22404</x:v>
       </x:c>
       <x:c r="O83" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="P83" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="Q83" s="4" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="R83" s="0" t="s">
-        <x:v>166</x:v>
+        <x:v>98</x:v>
       </x:c>
       <x:c r="S83" s="0" t="n">
-        <x:v>519386</x:v>
+        <x:v>493627</x:v>
       </x:c>
       <x:c r="T83" s="4" t="s">
-        <x:v>65</x:v>
+        <x:v>69</x:v>
       </x:c>
       <x:c r="U83" s="4" t="s">
-        <x:v>66</x:v>
+        <x:v>104</x:v>
       </x:c>
     </x:row>
     <x:row r="84" spans="1:21">
       <x:c r="A84" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B84" s="14" t="s">
-        <x:v>173</x:v>
+        <x:v>171</x:v>
       </x:c>
       <x:c r="C84" s="15" t="n">
-        <x:v>37917</x:v>
+        <x:v>41012</x:v>
       </x:c>
       <x:c r="D84" s="15" t="s"/>
       <x:c r="E84" s="14" t="s"/>
       <x:c r="F84" s="14" t="s"/>
       <x:c r="G84" s="14" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="H84" s="14" t="s"/>
       <x:c r="I84" s="16" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="J84" s="14" t="s">
-        <x:v>59</x:v>
+        <x:v>80</x:v>
       </x:c>
       <x:c r="K84" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L84" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M84" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N84" s="15" t="n">
-        <x:v>22404</x:v>
+        <x:v>22313</x:v>
       </x:c>
       <x:c r="O84" s="14" t="s">
-        <x:v>61</x:v>
+        <x:v>103</x:v>
       </x:c>
       <x:c r="P84" s="14" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="Q84" s="16" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="R84" s="14" t="s">
-        <x:v>101</x:v>
+        <x:v>98</x:v>
       </x:c>
       <x:c r="S84" s="14" t="n">
-        <x:v>460657</x:v>
+        <x:v>618431</x:v>
       </x:c>
       <x:c r="T84" s="16" t="s">
-        <x:v>65</x:v>
+        <x:v>71</x:v>
       </x:c>
       <x:c r="U84" s="16" t="s">
-        <x:v>66</x:v>
+        <x:v>72</x:v>
       </x:c>
     </x:row>
     <x:row r="85" spans="1:21">
       <x:c r="A85" s="1" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="B85" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="C85" s="3" t="n">
         <x:v>37917</x:v>
       </x:c>
       <x:c r="D85" s="3" t="s"/>
       <x:c r="E85" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="G85" s="0" t="s">
         <x:v>174</x:v>
       </x:c>
       <x:c r="H85" s="0" t="s">
         <x:v>175</x:v>
       </x:c>
       <x:c r="I85" s="4" t="s">
         <x:v>176</x:v>
       </x:c>
@@ -6780,114 +6780,114 @@
       <x:c r="K96" s="14" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="L96" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M96" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N96" s="15" t="n">
         <x:v>22313</x:v>
       </x:c>
       <x:c r="O96" s="14" t="s">
         <x:v>103</x:v>
       </x:c>
       <x:c r="P96" s="14" t="s">
         <x:v>194</x:v>
       </x:c>
       <x:c r="Q96" s="16" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="R96" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="S96" s="14" t="n">
-        <x:v>548881</x:v>
+        <x:v>599847</x:v>
       </x:c>
       <x:c r="T96" s="16" t="s">
-        <x:v>71</x:v>
+        <x:v>65</x:v>
       </x:c>
       <x:c r="U96" s="16" t="s">
-        <x:v>195</x:v>
+        <x:v>198</x:v>
       </x:c>
     </x:row>
     <x:row r="97" spans="1:21">
       <x:c r="A97" s="1" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="B97" s="0" t="s">
         <x:v>197</x:v>
       </x:c>
       <x:c r="C97" s="3" t="n">
         <x:v>41012</x:v>
       </x:c>
       <x:c r="D97" s="3" t="s"/>
       <x:c r="E97" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="G97" s="0" t="s">
         <x:v>194</x:v>
       </x:c>
       <x:c r="I97" s="4" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="J97" s="0" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="K97" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="L97" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M97" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N97" s="3" t="n">
         <x:v>22313</x:v>
       </x:c>
       <x:c r="O97" s="0" t="s">
         <x:v>103</x:v>
       </x:c>
       <x:c r="P97" s="0" t="s">
         <x:v>194</x:v>
       </x:c>
       <x:c r="Q97" s="4" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="R97" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="S97" s="0" t="n">
-        <x:v>599847</x:v>
+        <x:v>548881</x:v>
       </x:c>
       <x:c r="T97" s="4" t="s">
-        <x:v>65</x:v>
+        <x:v>71</x:v>
       </x:c>
       <x:c r="U97" s="4" t="s">
-        <x:v>198</x:v>
+        <x:v>195</x:v>
       </x:c>
     </x:row>
     <x:row r="98" spans="1:21">
       <x:c r="A98" s="13" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="B98" s="14" t="s">
         <x:v>165</x:v>
       </x:c>
       <x:c r="C98" s="15" t="n">
         <x:v>36112</x:v>
       </x:c>
       <x:c r="D98" s="15" t="s"/>
       <x:c r="E98" s="14" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="F98" s="14" t="s"/>
       <x:c r="G98" s="14" t="s">
         <x:v>194</x:v>
       </x:c>
       <x:c r="H98" s="14" t="s"/>
       <x:c r="I98" s="16" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="J98" s="14" t="s">
@@ -7511,57 +7511,57 @@
       <x:c r="J109" s="0" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="K109" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="L109" s="0" t="s">
         <x:v>182</x:v>
       </x:c>
       <x:c r="M109" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N109" s="3" t="n">
         <x:v>22313</x:v>
       </x:c>
       <x:c r="O109" s="0" t="s">
         <x:v>103</x:v>
       </x:c>
       <x:c r="P109" s="0" t="s">
         <x:v>230</x:v>
       </x:c>
       <x:c r="Q109" s="4" t="s">
         <x:v>232</x:v>
       </x:c>
       <x:c r="R109" s="0" t="s">
-        <x:v>233</x:v>
+        <x:v>234</x:v>
       </x:c>
       <x:c r="S109" s="0" t="n">
-        <x:v>548501</x:v>
+        <x:v>495718</x:v>
       </x:c>
       <x:c r="T109" s="4" t="s">
-        <x:v>71</x:v>
+        <x:v>181</x:v>
       </x:c>
       <x:c r="U109" s="4" t="s">
         <x:v>104</x:v>
       </x:c>
     </x:row>
     <x:row r="110" spans="1:21">
       <x:c r="A110" s="13" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="B110" s="14" t="s">
         <x:v>197</x:v>
       </x:c>
       <x:c r="C110" s="15" t="n">
         <x:v>41012</x:v>
       </x:c>
       <x:c r="D110" s="15" t="s"/>
       <x:c r="E110" s="14" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="F110" s="14" t="s"/>
       <x:c r="G110" s="14" t="s">
         <x:v>230</x:v>
       </x:c>
       <x:c r="H110" s="14" t="s">
         <x:v>231</x:v>
@@ -7572,57 +7572,57 @@
       <x:c r="J110" s="14" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="K110" s="14" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="L110" s="14" t="s">
         <x:v>182</x:v>
       </x:c>
       <x:c r="M110" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N110" s="15" t="n">
         <x:v>22313</x:v>
       </x:c>
       <x:c r="O110" s="14" t="s">
         <x:v>103</x:v>
       </x:c>
       <x:c r="P110" s="14" t="s">
         <x:v>230</x:v>
       </x:c>
       <x:c r="Q110" s="16" t="s">
         <x:v>232</x:v>
       </x:c>
       <x:c r="R110" s="14" t="s">
-        <x:v>234</x:v>
+        <x:v>233</x:v>
       </x:c>
       <x:c r="S110" s="14" t="n">
-        <x:v>495718</x:v>
+        <x:v>548501</x:v>
       </x:c>
       <x:c r="T110" s="16" t="s">
-        <x:v>181</x:v>
+        <x:v>71</x:v>
       </x:c>
       <x:c r="U110" s="16" t="s">
         <x:v>104</x:v>
       </x:c>
     </x:row>
     <x:row r="111" spans="1:21">
       <x:c r="A111" s="1" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="B111" s="0" t="s">
         <x:v>197</x:v>
       </x:c>
       <x:c r="C111" s="3" t="n">
         <x:v>41012</x:v>
       </x:c>
       <x:c r="D111" s="3" t="s"/>
       <x:c r="E111" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="G111" s="0" t="s">
         <x:v>230</x:v>
       </x:c>
       <x:c r="H111" s="0" t="s">
         <x:v>231</x:v>
       </x:c>
@@ -7635,57 +7635,57 @@
       <x:c r="K111" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="L111" s="0" t="s">
         <x:v>182</x:v>
       </x:c>
       <x:c r="M111" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N111" s="3" t="n">
         <x:v>22313</x:v>
       </x:c>
       <x:c r="O111" s="0" t="s">
         <x:v>103</x:v>
       </x:c>
       <x:c r="P111" s="0" t="s">
         <x:v>230</x:v>
       </x:c>
       <x:c r="Q111" s="4" t="s">
         <x:v>232</x:v>
       </x:c>
       <x:c r="R111" s="0" t="s">
         <x:v>233</x:v>
       </x:c>
       <x:c r="S111" s="0" t="n">
-        <x:v>598858</x:v>
+        <x:v>548499</x:v>
       </x:c>
       <x:c r="T111" s="4" t="s">
-        <x:v>65</x:v>
+        <x:v>71</x:v>
       </x:c>
       <x:c r="U111" s="4" t="s">
-        <x:v>66</x:v>
+        <x:v>72</x:v>
       </x:c>
     </x:row>
     <x:row r="112" spans="1:21">
       <x:c r="A112" s="13" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="B112" s="14" t="s">
         <x:v>197</x:v>
       </x:c>
       <x:c r="C112" s="15" t="n">
         <x:v>41012</x:v>
       </x:c>
       <x:c r="D112" s="15" t="s"/>
       <x:c r="E112" s="14" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="F112" s="14" t="s"/>
       <x:c r="G112" s="14" t="s">
         <x:v>230</x:v>
       </x:c>
       <x:c r="H112" s="14" t="s">
         <x:v>231</x:v>
       </x:c>
       <x:c r="I112" s="16" t="s">
         <x:v>232</x:v>
@@ -7696,57 +7696,57 @@
       <x:c r="K112" s="14" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="L112" s="14" t="s">
         <x:v>182</x:v>
       </x:c>
       <x:c r="M112" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N112" s="15" t="n">
         <x:v>22313</x:v>
       </x:c>
       <x:c r="O112" s="14" t="s">
         <x:v>103</x:v>
       </x:c>
       <x:c r="P112" s="14" t="s">
         <x:v>230</x:v>
       </x:c>
       <x:c r="Q112" s="16" t="s">
         <x:v>232</x:v>
       </x:c>
       <x:c r="R112" s="14" t="s">
         <x:v>233</x:v>
       </x:c>
       <x:c r="S112" s="14" t="n">
-        <x:v>548499</x:v>
+        <x:v>598858</x:v>
       </x:c>
       <x:c r="T112" s="16" t="s">
-        <x:v>71</x:v>
+        <x:v>65</x:v>
       </x:c>
       <x:c r="U112" s="16" t="s">
-        <x:v>72</x:v>
+        <x:v>66</x:v>
       </x:c>
     </x:row>
     <x:row r="113" spans="1:21">
       <x:c r="A113" s="1" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="B113" s="0" t="s">
         <x:v>165</x:v>
       </x:c>
       <x:c r="C113" s="3" t="n">
         <x:v>36112</x:v>
       </x:c>
       <x:c r="D113" s="3" t="s"/>
       <x:c r="E113" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="G113" s="0" t="s">
         <x:v>235</x:v>
       </x:c>
       <x:c r="H113" s="0" t="s">
         <x:v>236</x:v>
       </x:c>
       <x:c r="I113" s="4" t="s">
         <x:v>237</x:v>
       </x:c>
@@ -7756,57 +7756,57 @@
       <x:c r="K113" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="L113" s="0" t="s">
         <x:v>182</x:v>
       </x:c>
       <x:c r="M113" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N113" s="3" t="n">
         <x:v>22404</x:v>
       </x:c>
       <x:c r="O113" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="P113" s="0" t="s">
         <x:v>238</x:v>
       </x:c>
       <x:c r="Q113" s="4" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="R113" s="0" t="s">
         <x:v>239</x:v>
       </x:c>
       <x:c r="S113" s="0" t="n">
-        <x:v>604265</x:v>
+        <x:v>502057</x:v>
       </x:c>
       <x:c r="T113" s="4" t="s">
-        <x:v>65</x:v>
+        <x:v>181</x:v>
       </x:c>
       <x:c r="U113" s="4" t="s">
-        <x:v>66</x:v>
+        <x:v>104</x:v>
       </x:c>
     </x:row>
     <x:row r="114" spans="1:21">
       <x:c r="A114" s="13" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="B114" s="14" t="s">
         <x:v>165</x:v>
       </x:c>
       <x:c r="C114" s="15" t="n">
         <x:v>36112</x:v>
       </x:c>
       <x:c r="D114" s="15" t="s"/>
       <x:c r="E114" s="14" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="F114" s="14" t="s"/>
       <x:c r="G114" s="14" t="s">
         <x:v>235</x:v>
       </x:c>
       <x:c r="H114" s="14" t="s">
         <x:v>236</x:v>
       </x:c>
       <x:c r="I114" s="16" t="s">
         <x:v>237</x:v>
@@ -7817,117 +7817,117 @@
       <x:c r="K114" s="14" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="L114" s="14" t="s">
         <x:v>182</x:v>
       </x:c>
       <x:c r="M114" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N114" s="15" t="n">
         <x:v>22404</x:v>
       </x:c>
       <x:c r="O114" s="14" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="P114" s="14" t="s">
         <x:v>238</x:v>
       </x:c>
       <x:c r="Q114" s="16" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="R114" s="14" t="s">
         <x:v>239</x:v>
       </x:c>
       <x:c r="S114" s="14" t="n">
-        <x:v>502057</x:v>
+        <x:v>552882</x:v>
       </x:c>
       <x:c r="T114" s="16" t="s">
-        <x:v>181</x:v>
+        <x:v>71</x:v>
       </x:c>
       <x:c r="U114" s="16" t="s">
-        <x:v>104</x:v>
+        <x:v>72</x:v>
       </x:c>
     </x:row>
     <x:row r="115" spans="1:21">
       <x:c r="A115" s="1" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="B115" s="0" t="s">
         <x:v>165</x:v>
       </x:c>
       <x:c r="C115" s="3" t="n">
         <x:v>36112</x:v>
       </x:c>
       <x:c r="D115" s="3" t="s"/>
       <x:c r="E115" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="G115" s="0" t="s">
         <x:v>235</x:v>
       </x:c>
       <x:c r="H115" s="0" t="s">
         <x:v>236</x:v>
       </x:c>
       <x:c r="I115" s="4" t="s">
         <x:v>237</x:v>
       </x:c>
       <x:c r="J115" s="0" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="K115" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="L115" s="0" t="s">
         <x:v>182</x:v>
       </x:c>
       <x:c r="M115" s="0" t="s">
-        <x:v>27</x:v>
+        <x:v>188</x:v>
       </x:c>
       <x:c r="N115" s="3" t="n">
         <x:v>22404</x:v>
       </x:c>
       <x:c r="O115" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="P115" s="0" t="s">
         <x:v>238</x:v>
       </x:c>
       <x:c r="Q115" s="4" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="R115" s="0" t="s">
         <x:v>239</x:v>
       </x:c>
       <x:c r="S115" s="0" t="n">
-        <x:v>552882</x:v>
+        <x:v>552881</x:v>
       </x:c>
       <x:c r="T115" s="4" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="U115" s="4" t="s">
-        <x:v>72</x:v>
+        <x:v>104</x:v>
       </x:c>
     </x:row>
     <x:row r="116" spans="1:21">
       <x:c r="A116" s="13" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="B116" s="14" t="s">
         <x:v>165</x:v>
       </x:c>
       <x:c r="C116" s="15" t="n">
         <x:v>36112</x:v>
       </x:c>
       <x:c r="D116" s="15" t="s"/>
       <x:c r="E116" s="14" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="F116" s="14" t="s"/>
       <x:c r="G116" s="14" t="s">
         <x:v>235</x:v>
       </x:c>
       <x:c r="H116" s="14" t="s">
         <x:v>236</x:v>
       </x:c>
       <x:c r="I116" s="16" t="s">
         <x:v>237</x:v>
@@ -7980,75 +7980,75 @@
         <x:v>36112</x:v>
       </x:c>
       <x:c r="D117" s="3" t="s"/>
       <x:c r="E117" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="G117" s="0" t="s">
         <x:v>235</x:v>
       </x:c>
       <x:c r="H117" s="0" t="s">
         <x:v>236</x:v>
       </x:c>
       <x:c r="I117" s="4" t="s">
         <x:v>237</x:v>
       </x:c>
       <x:c r="J117" s="0" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="K117" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="L117" s="0" t="s">
         <x:v>182</x:v>
       </x:c>
       <x:c r="M117" s="0" t="s">
-        <x:v>188</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="N117" s="3" t="n">
         <x:v>22404</x:v>
       </x:c>
       <x:c r="O117" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="P117" s="0" t="s">
         <x:v>238</x:v>
       </x:c>
       <x:c r="Q117" s="4" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="R117" s="0" t="s">
         <x:v>239</x:v>
       </x:c>
       <x:c r="S117" s="0" t="n">
-        <x:v>552881</x:v>
+        <x:v>604265</x:v>
       </x:c>
       <x:c r="T117" s="4" t="s">
-        <x:v>71</x:v>
+        <x:v>65</x:v>
       </x:c>
       <x:c r="U117" s="4" t="s">
-        <x:v>104</x:v>
+        <x:v>66</x:v>
       </x:c>
     </x:row>
     <x:row r="118" spans="1:21">
       <x:c r="A118" s="13" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="B118" s="14" t="s">
         <x:v>165</x:v>
       </x:c>
       <x:c r="C118" s="15" t="n">
         <x:v>36112</x:v>
       </x:c>
       <x:c r="D118" s="15" t="s"/>
       <x:c r="E118" s="14" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="F118" s="14" t="s"/>
       <x:c r="G118" s="14" t="s">
         <x:v>240</x:v>
       </x:c>
       <x:c r="H118" s="14" t="s"/>
       <x:c r="I118" s="16" t="s">
         <x:v>241</x:v>
       </x:c>
       <x:c r="J118" s="14" t="s">
@@ -8114,57 +8114,57 @@
       <x:c r="K119" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="L119" s="0" t="s">
         <x:v>182</x:v>
       </x:c>
       <x:c r="M119" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N119" s="3" t="n">
         <x:v>22404</x:v>
       </x:c>
       <x:c r="O119" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="P119" s="0" t="s">
         <x:v>242</x:v>
       </x:c>
       <x:c r="Q119" s="4" t="s">
         <x:v>243</x:v>
       </x:c>
       <x:c r="R119" s="0" t="s">
         <x:v>244</x:v>
       </x:c>
       <x:c r="S119" s="0" t="n">
-        <x:v>548327</x:v>
+        <x:v>603984</x:v>
       </x:c>
       <x:c r="T119" s="4" t="s">
-        <x:v>71</x:v>
+        <x:v>65</x:v>
       </x:c>
       <x:c r="U119" s="4" t="s">
-        <x:v>72</x:v>
+        <x:v>66</x:v>
       </x:c>
     </x:row>
     <x:row r="120" spans="1:21">
       <x:c r="A120" s="13" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="B120" s="14" t="s">
         <x:v>165</x:v>
       </x:c>
       <x:c r="C120" s="15" t="n">
         <x:v>36112</x:v>
       </x:c>
       <x:c r="D120" s="15" t="s"/>
       <x:c r="E120" s="14" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="F120" s="14" t="s"/>
       <x:c r="G120" s="14" t="s">
         <x:v>240</x:v>
       </x:c>
       <x:c r="H120" s="14" t="s"/>
       <x:c r="I120" s="16" t="s">
         <x:v>241</x:v>
       </x:c>
       <x:c r="J120" s="14" t="s">
@@ -8173,57 +8173,57 @@
       <x:c r="K120" s="14" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="L120" s="14" t="s">
         <x:v>182</x:v>
       </x:c>
       <x:c r="M120" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N120" s="15" t="n">
         <x:v>22404</x:v>
       </x:c>
       <x:c r="O120" s="14" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="P120" s="14" t="s">
         <x:v>242</x:v>
       </x:c>
       <x:c r="Q120" s="16" t="s">
         <x:v>243</x:v>
       </x:c>
       <x:c r="R120" s="14" t="s">
         <x:v>244</x:v>
       </x:c>
       <x:c r="S120" s="14" t="n">
-        <x:v>603984</x:v>
+        <x:v>548327</x:v>
       </x:c>
       <x:c r="T120" s="16" t="s">
-        <x:v>65</x:v>
+        <x:v>71</x:v>
       </x:c>
       <x:c r="U120" s="16" t="s">
-        <x:v>66</x:v>
+        <x:v>72</x:v>
       </x:c>
     </x:row>
     <x:row r="121" spans="1:21">
       <x:c r="A121" s="1" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="B121" s="0" t="s">
         <x:v>165</x:v>
       </x:c>
       <x:c r="C121" s="3" t="n">
         <x:v>36112</x:v>
       </x:c>
       <x:c r="D121" s="3" t="s"/>
       <x:c r="E121" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="G121" s="0" t="s">
         <x:v>240</x:v>
       </x:c>
       <x:c r="I121" s="4" t="s">
         <x:v>241</x:v>
       </x:c>
       <x:c r="J121" s="0" t="s">
         <x:v>80</x:v>
       </x:c>
@@ -8346,57 +8346,57 @@
       <x:c r="K123" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="L123" s="0" t="s">
         <x:v>182</x:v>
       </x:c>
       <x:c r="M123" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N123" s="3" t="n">
         <x:v>22404</x:v>
       </x:c>
       <x:c r="O123" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="P123" s="0" t="s">
         <x:v>247</x:v>
       </x:c>
       <x:c r="Q123" s="4" t="s">
         <x:v>117</x:v>
       </x:c>
       <x:c r="R123" s="0" t="s">
         <x:v>118</x:v>
       </x:c>
       <x:c r="S123" s="0" t="n">
-        <x:v>548368</x:v>
+        <x:v>503617</x:v>
       </x:c>
       <x:c r="T123" s="4" t="s">
-        <x:v>71</x:v>
+        <x:v>245</x:v>
       </x:c>
       <x:c r="U123" s="4" t="s">
-        <x:v>72</x:v>
+        <x:v>246</x:v>
       </x:c>
     </x:row>
     <x:row r="124" spans="1:21">
       <x:c r="A124" s="13" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="B124" s="14" t="s">
         <x:v>165</x:v>
       </x:c>
       <x:c r="C124" s="15" t="n">
         <x:v>36112</x:v>
       </x:c>
       <x:c r="D124" s="15" t="s"/>
       <x:c r="E124" s="14" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="F124" s="14" t="s"/>
       <x:c r="G124" s="14" t="s">
         <x:v>240</x:v>
       </x:c>
       <x:c r="H124" s="14" t="s"/>
       <x:c r="I124" s="16" t="s">
         <x:v>241</x:v>
       </x:c>
       <x:c r="J124" s="14" t="s">
@@ -8405,57 +8405,57 @@
       <x:c r="K124" s="14" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="L124" s="14" t="s">
         <x:v>182</x:v>
       </x:c>
       <x:c r="M124" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N124" s="15" t="n">
         <x:v>22404</x:v>
       </x:c>
       <x:c r="O124" s="14" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="P124" s="14" t="s">
         <x:v>247</x:v>
       </x:c>
       <x:c r="Q124" s="16" t="s">
         <x:v>117</x:v>
       </x:c>
       <x:c r="R124" s="14" t="s">
         <x:v>118</x:v>
       </x:c>
       <x:c r="S124" s="14" t="n">
-        <x:v>503617</x:v>
+        <x:v>548368</x:v>
       </x:c>
       <x:c r="T124" s="16" t="s">
-        <x:v>245</x:v>
+        <x:v>71</x:v>
       </x:c>
       <x:c r="U124" s="16" t="s">
-        <x:v>246</x:v>
+        <x:v>72</x:v>
       </x:c>
     </x:row>
     <x:row r="125" spans="1:21">
       <x:c r="A125" s="1" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="B125" s="0" t="s">
         <x:v>165</x:v>
       </x:c>
       <x:c r="C125" s="3" t="n">
         <x:v>36112</x:v>
       </x:c>
       <x:c r="D125" s="3" t="s"/>
       <x:c r="E125" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="G125" s="0" t="s">
         <x:v>240</x:v>
       </x:c>
       <x:c r="I125" s="4" t="s">
         <x:v>241</x:v>
       </x:c>
       <x:c r="J125" s="0" t="s">
         <x:v>80</x:v>
       </x:c>
@@ -8521,114 +8521,114 @@
       <x:c r="K126" s="14" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="L126" s="14" t="s">
         <x:v>182</x:v>
       </x:c>
       <x:c r="M126" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N126" s="15" t="n">
         <x:v>22404</x:v>
       </x:c>
       <x:c r="O126" s="14" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="P126" s="14" t="s">
         <x:v>248</x:v>
       </x:c>
       <x:c r="Q126" s="16" t="s">
         <x:v>221</x:v>
       </x:c>
       <x:c r="R126" s="14" t="s">
         <x:v>222</x:v>
       </x:c>
       <x:c r="S126" s="14" t="n">
-        <x:v>548271</x:v>
+        <x:v>603358</x:v>
       </x:c>
       <x:c r="T126" s="16" t="s">
-        <x:v>71</x:v>
+        <x:v>65</x:v>
       </x:c>
       <x:c r="U126" s="16" t="s">
-        <x:v>104</x:v>
+        <x:v>66</x:v>
       </x:c>
     </x:row>
     <x:row r="127" spans="1:21">
       <x:c r="A127" s="1" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="B127" s="0" t="s">
         <x:v>165</x:v>
       </x:c>
       <x:c r="C127" s="3" t="n">
         <x:v>36112</x:v>
       </x:c>
       <x:c r="D127" s="3" t="s"/>
       <x:c r="E127" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="G127" s="0" t="s">
         <x:v>240</x:v>
       </x:c>
       <x:c r="I127" s="4" t="s">
         <x:v>241</x:v>
       </x:c>
       <x:c r="J127" s="0" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="K127" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="L127" s="0" t="s">
         <x:v>182</x:v>
       </x:c>
       <x:c r="M127" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N127" s="3" t="n">
         <x:v>22404</x:v>
       </x:c>
       <x:c r="O127" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="P127" s="0" t="s">
         <x:v>248</x:v>
       </x:c>
       <x:c r="Q127" s="4" t="s">
         <x:v>221</x:v>
       </x:c>
       <x:c r="R127" s="0" t="s">
         <x:v>222</x:v>
       </x:c>
       <x:c r="S127" s="0" t="n">
-        <x:v>503381</x:v>
+        <x:v>548271</x:v>
       </x:c>
       <x:c r="T127" s="4" t="s">
-        <x:v>245</x:v>
+        <x:v>71</x:v>
       </x:c>
       <x:c r="U127" s="4" t="s">
-        <x:v>246</x:v>
+        <x:v>104</x:v>
       </x:c>
     </x:row>
     <x:row r="128" spans="1:21">
       <x:c r="A128" s="13" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="B128" s="14" t="s">
         <x:v>165</x:v>
       </x:c>
       <x:c r="C128" s="15" t="n">
         <x:v>36112</x:v>
       </x:c>
       <x:c r="D128" s="15" t="s"/>
       <x:c r="E128" s="14" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="F128" s="14" t="s"/>
       <x:c r="G128" s="14" t="s">
         <x:v>240</x:v>
       </x:c>
       <x:c r="H128" s="14" t="s"/>
       <x:c r="I128" s="16" t="s">
         <x:v>241</x:v>
       </x:c>
       <x:c r="J128" s="14" t="s">
@@ -8637,54 +8637,54 @@
       <x:c r="K128" s="14" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="L128" s="14" t="s">
         <x:v>182</x:v>
       </x:c>
       <x:c r="M128" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N128" s="15" t="n">
         <x:v>22404</x:v>
       </x:c>
       <x:c r="O128" s="14" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="P128" s="14" t="s">
         <x:v>248</x:v>
       </x:c>
       <x:c r="Q128" s="16" t="s">
         <x:v>221</x:v>
       </x:c>
       <x:c r="R128" s="14" t="s">
         <x:v>222</x:v>
       </x:c>
       <x:c r="S128" s="14" t="n">
-        <x:v>548272</x:v>
+        <x:v>603352</x:v>
       </x:c>
       <x:c r="T128" s="16" t="s">
-        <x:v>71</x:v>
+        <x:v>65</x:v>
       </x:c>
       <x:c r="U128" s="16" t="s">
         <x:v>72</x:v>
       </x:c>
     </x:row>
     <x:row r="129" spans="1:21">
       <x:c r="A129" s="1" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="B129" s="0" t="s">
         <x:v>165</x:v>
       </x:c>
       <x:c r="C129" s="3" t="n">
         <x:v>36112</x:v>
       </x:c>
       <x:c r="D129" s="3" t="s"/>
       <x:c r="E129" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="G129" s="0" t="s">
         <x:v>240</x:v>
       </x:c>
       <x:c r="I129" s="4" t="s">
         <x:v>241</x:v>
       </x:c>
@@ -8694,57 +8694,57 @@
       <x:c r="K129" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="L129" s="0" t="s">
         <x:v>182</x:v>
       </x:c>
       <x:c r="M129" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N129" s="3" t="n">
         <x:v>22404</x:v>
       </x:c>
       <x:c r="O129" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="P129" s="0" t="s">
         <x:v>248</x:v>
       </x:c>
       <x:c r="Q129" s="4" t="s">
         <x:v>221</x:v>
       </x:c>
       <x:c r="R129" s="0" t="s">
         <x:v>222</x:v>
       </x:c>
       <x:c r="S129" s="0" t="n">
-        <x:v>603352</x:v>
+        <x:v>503381</x:v>
       </x:c>
       <x:c r="T129" s="4" t="s">
-        <x:v>65</x:v>
+        <x:v>245</x:v>
       </x:c>
       <x:c r="U129" s="4" t="s">
-        <x:v>72</x:v>
+        <x:v>246</x:v>
       </x:c>
     </x:row>
     <x:row r="130" spans="1:21">
       <x:c r="A130" s="13" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="B130" s="14" t="s">
         <x:v>165</x:v>
       </x:c>
       <x:c r="C130" s="15" t="n">
         <x:v>36112</x:v>
       </x:c>
       <x:c r="D130" s="15" t="s"/>
       <x:c r="E130" s="14" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="F130" s="14" t="s"/>
       <x:c r="G130" s="14" t="s">
         <x:v>240</x:v>
       </x:c>
       <x:c r="H130" s="14" t="s"/>
       <x:c r="I130" s="16" t="s">
         <x:v>241</x:v>
       </x:c>
       <x:c r="J130" s="14" t="s">
@@ -8753,57 +8753,57 @@
       <x:c r="K130" s="14" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="L130" s="14" t="s">
         <x:v>182</x:v>
       </x:c>
       <x:c r="M130" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N130" s="15" t="n">
         <x:v>22404</x:v>
       </x:c>
       <x:c r="O130" s="14" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="P130" s="14" t="s">
         <x:v>248</x:v>
       </x:c>
       <x:c r="Q130" s="16" t="s">
         <x:v>221</x:v>
       </x:c>
       <x:c r="R130" s="14" t="s">
         <x:v>222</x:v>
       </x:c>
       <x:c r="S130" s="14" t="n">
-        <x:v>603358</x:v>
+        <x:v>548272</x:v>
       </x:c>
       <x:c r="T130" s="16" t="s">
-        <x:v>65</x:v>
+        <x:v>71</x:v>
       </x:c>
       <x:c r="U130" s="16" t="s">
-        <x:v>66</x:v>
+        <x:v>72</x:v>
       </x:c>
     </x:row>
     <x:row r="131" spans="1:21">
       <x:c r="A131" s="1" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="B131" s="0" t="s">
         <x:v>165</x:v>
       </x:c>
       <x:c r="C131" s="3" t="n">
         <x:v>36112</x:v>
       </x:c>
       <x:c r="D131" s="3" t="s"/>
       <x:c r="E131" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="G131" s="0" t="s">
         <x:v>240</x:v>
       </x:c>
       <x:c r="I131" s="4" t="s">
         <x:v>241</x:v>
       </x:c>
       <x:c r="J131" s="0" t="s">
         <x:v>80</x:v>
       </x:c>
@@ -8869,114 +8869,114 @@
       <x:c r="K132" s="14" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="L132" s="14" t="s">
         <x:v>182</x:v>
       </x:c>
       <x:c r="M132" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N132" s="15" t="n">
         <x:v>22404</x:v>
       </x:c>
       <x:c r="O132" s="14" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="P132" s="14" t="s">
         <x:v>249</x:v>
       </x:c>
       <x:c r="Q132" s="16" t="s">
         <x:v>250</x:v>
       </x:c>
       <x:c r="R132" s="14" t="s">
         <x:v>251</x:v>
       </x:c>
       <x:c r="S132" s="14" t="n">
-        <x:v>603286</x:v>
+        <x:v>603285</x:v>
       </x:c>
       <x:c r="T132" s="16" t="s">
-        <x:v>65</x:v>
+        <x:v>71</x:v>
       </x:c>
       <x:c r="U132" s="16" t="s">
-        <x:v>66</x:v>
+        <x:v>104</x:v>
       </x:c>
     </x:row>
     <x:row r="133" spans="1:21">
       <x:c r="A133" s="1" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="B133" s="0" t="s">
         <x:v>165</x:v>
       </x:c>
       <x:c r="C133" s="3" t="n">
         <x:v>36112</x:v>
       </x:c>
       <x:c r="D133" s="3" t="s"/>
       <x:c r="E133" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="G133" s="0" t="s">
         <x:v>240</x:v>
       </x:c>
       <x:c r="I133" s="4" t="s">
         <x:v>241</x:v>
       </x:c>
       <x:c r="J133" s="0" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="K133" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="L133" s="0" t="s">
         <x:v>182</x:v>
       </x:c>
       <x:c r="M133" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N133" s="3" t="n">
         <x:v>22404</x:v>
       </x:c>
       <x:c r="O133" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="P133" s="0" t="s">
         <x:v>249</x:v>
       </x:c>
       <x:c r="Q133" s="4" t="s">
         <x:v>250</x:v>
       </x:c>
       <x:c r="R133" s="0" t="s">
         <x:v>251</x:v>
       </x:c>
       <x:c r="S133" s="0" t="n">
-        <x:v>603285</x:v>
+        <x:v>603286</x:v>
       </x:c>
       <x:c r="T133" s="4" t="s">
-        <x:v>71</x:v>
+        <x:v>65</x:v>
       </x:c>
       <x:c r="U133" s="4" t="s">
-        <x:v>104</x:v>
+        <x:v>66</x:v>
       </x:c>
     </x:row>
     <x:row r="134" spans="1:21">
       <x:c r="A134" s="13" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="B134" s="14" t="s">
         <x:v>165</x:v>
       </x:c>
       <x:c r="C134" s="15" t="n">
         <x:v>36112</x:v>
       </x:c>
       <x:c r="D134" s="15" t="s"/>
       <x:c r="E134" s="14" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="F134" s="14" t="s"/>
       <x:c r="G134" s="14" t="s">
         <x:v>240</x:v>
       </x:c>
       <x:c r="H134" s="14" t="s"/>
       <x:c r="I134" s="16" t="s">
         <x:v>241</x:v>
       </x:c>
       <x:c r="J134" s="14" t="s">
@@ -9158,57 +9158,57 @@
       <x:c r="K137" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="L137" s="0" t="s">
         <x:v>182</x:v>
       </x:c>
       <x:c r="M137" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N137" s="3" t="n">
         <x:v>22404</x:v>
       </x:c>
       <x:c r="O137" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="P137" s="0" t="s">
         <x:v>252</x:v>
       </x:c>
       <x:c r="Q137" s="4" t="s">
         <x:v>253</x:v>
       </x:c>
       <x:c r="R137" s="0" t="s">
         <x:v>254</x:v>
       </x:c>
       <x:c r="S137" s="0" t="n">
-        <x:v>503276</x:v>
+        <x:v>603224</x:v>
       </x:c>
       <x:c r="T137" s="4" t="s">
-        <x:v>245</x:v>
+        <x:v>65</x:v>
       </x:c>
       <x:c r="U137" s="4" t="s">
-        <x:v>246</x:v>
+        <x:v>66</x:v>
       </x:c>
     </x:row>
     <x:row r="138" spans="1:21">
       <x:c r="A138" s="13" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="B138" s="14" t="s">
         <x:v>165</x:v>
       </x:c>
       <x:c r="C138" s="15" t="n">
         <x:v>36112</x:v>
       </x:c>
       <x:c r="D138" s="15" t="s"/>
       <x:c r="E138" s="14" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="F138" s="14" t="s"/>
       <x:c r="G138" s="14" t="s">
         <x:v>240</x:v>
       </x:c>
       <x:c r="H138" s="14" t="s"/>
       <x:c r="I138" s="16" t="s">
         <x:v>241</x:v>
       </x:c>
       <x:c r="J138" s="14" t="s">
@@ -9217,57 +9217,57 @@
       <x:c r="K138" s="14" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="L138" s="14" t="s">
         <x:v>182</x:v>
       </x:c>
       <x:c r="M138" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N138" s="15" t="n">
         <x:v>22404</x:v>
       </x:c>
       <x:c r="O138" s="14" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="P138" s="14" t="s">
         <x:v>252</x:v>
       </x:c>
       <x:c r="Q138" s="16" t="s">
         <x:v>253</x:v>
       </x:c>
       <x:c r="R138" s="14" t="s">
         <x:v>254</x:v>
       </x:c>
       <x:c r="S138" s="14" t="n">
-        <x:v>603224</x:v>
+        <x:v>503276</x:v>
       </x:c>
       <x:c r="T138" s="16" t="s">
-        <x:v>65</x:v>
+        <x:v>245</x:v>
       </x:c>
       <x:c r="U138" s="16" t="s">
-        <x:v>66</x:v>
+        <x:v>246</x:v>
       </x:c>
     </x:row>
     <x:row r="139" spans="1:21">
       <x:c r="A139" s="1" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="B139" s="0" t="s">
         <x:v>165</x:v>
       </x:c>
       <x:c r="C139" s="3" t="n">
         <x:v>36112</x:v>
       </x:c>
       <x:c r="D139" s="3" t="s"/>
       <x:c r="E139" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="G139" s="0" t="s">
         <x:v>240</x:v>
       </x:c>
       <x:c r="I139" s="4" t="s">
         <x:v>241</x:v>
       </x:c>
       <x:c r="J139" s="0" t="s">
         <x:v>80</x:v>
       </x:c>
@@ -9449,114 +9449,114 @@
       <x:c r="K142" s="14" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="L142" s="14" t="s">
         <x:v>182</x:v>
       </x:c>
       <x:c r="M142" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N142" s="15" t="n">
         <x:v>22404</x:v>
       </x:c>
       <x:c r="O142" s="14" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="P142" s="14" t="s">
         <x:v>255</x:v>
       </x:c>
       <x:c r="Q142" s="16" t="s">
         <x:v>241</x:v>
       </x:c>
       <x:c r="R142" s="14" t="s">
         <x:v>256</x:v>
       </x:c>
       <x:c r="S142" s="14" t="n">
-        <x:v>603151</x:v>
+        <x:v>503177</x:v>
       </x:c>
       <x:c r="T142" s="16" t="s">
-        <x:v>65</x:v>
+        <x:v>245</x:v>
       </x:c>
       <x:c r="U142" s="16" t="s">
-        <x:v>66</x:v>
+        <x:v>246</x:v>
       </x:c>
     </x:row>
     <x:row r="143" spans="1:21">
       <x:c r="A143" s="1" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="B143" s="0" t="s">
         <x:v>165</x:v>
       </x:c>
       <x:c r="C143" s="3" t="n">
         <x:v>36112</x:v>
       </x:c>
       <x:c r="D143" s="3" t="s"/>
       <x:c r="E143" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="G143" s="0" t="s">
         <x:v>240</x:v>
       </x:c>
       <x:c r="I143" s="4" t="s">
         <x:v>241</x:v>
       </x:c>
       <x:c r="J143" s="0" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="K143" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="L143" s="0" t="s">
         <x:v>182</x:v>
       </x:c>
       <x:c r="M143" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N143" s="3" t="n">
         <x:v>22404</x:v>
       </x:c>
       <x:c r="O143" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="P143" s="0" t="s">
         <x:v>255</x:v>
       </x:c>
       <x:c r="Q143" s="4" t="s">
         <x:v>241</x:v>
       </x:c>
       <x:c r="R143" s="0" t="s">
         <x:v>256</x:v>
       </x:c>
       <x:c r="S143" s="0" t="n">
-        <x:v>503177</x:v>
+        <x:v>548418</x:v>
       </x:c>
       <x:c r="T143" s="4" t="s">
-        <x:v>245</x:v>
+        <x:v>71</x:v>
       </x:c>
       <x:c r="U143" s="4" t="s">
-        <x:v>246</x:v>
+        <x:v>72</x:v>
       </x:c>
     </x:row>
     <x:row r="144" spans="1:21">
       <x:c r="A144" s="13" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="B144" s="14" t="s">
         <x:v>165</x:v>
       </x:c>
       <x:c r="C144" s="15" t="n">
         <x:v>36112</x:v>
       </x:c>
       <x:c r="D144" s="15" t="s"/>
       <x:c r="E144" s="14" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="F144" s="14" t="s"/>
       <x:c r="G144" s="14" t="s">
         <x:v>240</x:v>
       </x:c>
       <x:c r="H144" s="14" t="s"/>
       <x:c r="I144" s="16" t="s">
         <x:v>241</x:v>
       </x:c>
       <x:c r="J144" s="14" t="s">
@@ -9565,57 +9565,57 @@
       <x:c r="K144" s="14" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="L144" s="14" t="s">
         <x:v>182</x:v>
       </x:c>
       <x:c r="M144" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N144" s="15" t="n">
         <x:v>22404</x:v>
       </x:c>
       <x:c r="O144" s="14" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="P144" s="14" t="s">
         <x:v>255</x:v>
       </x:c>
       <x:c r="Q144" s="16" t="s">
         <x:v>241</x:v>
       </x:c>
       <x:c r="R144" s="14" t="s">
         <x:v>256</x:v>
       </x:c>
       <x:c r="S144" s="14" t="n">
-        <x:v>548418</x:v>
+        <x:v>603151</x:v>
       </x:c>
       <x:c r="T144" s="16" t="s">
-        <x:v>71</x:v>
+        <x:v>65</x:v>
       </x:c>
       <x:c r="U144" s="16" t="s">
-        <x:v>72</x:v>
+        <x:v>66</x:v>
       </x:c>
     </x:row>
     <x:row r="145" spans="1:21">
       <x:c r="A145" s="1" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="B145" s="0" t="s">
         <x:v>165</x:v>
       </x:c>
       <x:c r="C145" s="3" t="n">
         <x:v>36112</x:v>
       </x:c>
       <x:c r="D145" s="3" t="s"/>
       <x:c r="E145" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="G145" s="0" t="s">
         <x:v>240</x:v>
       </x:c>
       <x:c r="I145" s="4" t="s">
         <x:v>241</x:v>
       </x:c>
       <x:c r="J145" s="0" t="s">
         <x:v>80</x:v>
       </x:c>
@@ -9939,164 +9939,164 @@
       </x:c>
       <x:c r="P150" s="14" t="s">
         <x:v>260</x:v>
       </x:c>
       <x:c r="Q150" s="16" t="s">
         <x:v>261</x:v>
       </x:c>
       <x:c r="R150" s="14" t="s">
         <x:v>239</x:v>
       </x:c>
       <x:c r="S150" s="14" t="n">
         <x:v>524101</x:v>
       </x:c>
       <x:c r="T150" s="16" t="s">
         <x:v>245</x:v>
       </x:c>
       <x:c r="U150" s="16" t="s">
         <x:v>196</x:v>
       </x:c>
     </x:row>
     <x:row r="151" spans="1:21">
       <x:c r="A151" s="1" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="B151" s="0" t="s">
-        <x:v>193</x:v>
+        <x:v>197</x:v>
       </x:c>
       <x:c r="C151" s="3" t="n">
-        <x:v>41841</x:v>
+        <x:v>41012</x:v>
       </x:c>
       <x:c r="D151" s="3" t="s"/>
       <x:c r="E151" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="G151" s="0" t="s">
         <x:v>257</x:v>
       </x:c>
       <x:c r="H151" s="0" t="s">
         <x:v>258</x:v>
       </x:c>
       <x:c r="I151" s="4" t="s">
         <x:v>259</x:v>
       </x:c>
       <x:c r="J151" s="0" t="s">
-        <x:v>59</x:v>
+        <x:v>80</x:v>
       </x:c>
       <x:c r="K151" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="L151" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M151" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N151" s="3" t="n">
         <x:v>22313</x:v>
       </x:c>
       <x:c r="O151" s="0" t="s">
         <x:v>103</x:v>
       </x:c>
       <x:c r="P151" s="0" t="s">
         <x:v>260</x:v>
       </x:c>
       <x:c r="Q151" s="4" t="s">
         <x:v>261</x:v>
       </x:c>
       <x:c r="R151" s="0" t="s">
         <x:v>239</x:v>
       </x:c>
       <x:c r="S151" s="0" t="n">
-        <x:v>621474</x:v>
+        <x:v>621480</x:v>
       </x:c>
       <x:c r="T151" s="4" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="U151" s="4" t="s">
-        <x:v>263</x:v>
+        <x:v>264</x:v>
       </x:c>
     </x:row>
     <x:row r="152" spans="1:21">
       <x:c r="A152" s="13" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="B152" s="14" t="s">
-        <x:v>197</x:v>
+        <x:v>193</x:v>
       </x:c>
       <x:c r="C152" s="15" t="n">
-        <x:v>41012</x:v>
+        <x:v>41841</x:v>
       </x:c>
       <x:c r="D152" s="15" t="s"/>
       <x:c r="E152" s="14" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="F152" s="14" t="s"/>
       <x:c r="G152" s="14" t="s">
         <x:v>257</x:v>
       </x:c>
       <x:c r="H152" s="14" t="s">
         <x:v>258</x:v>
       </x:c>
       <x:c r="I152" s="16" t="s">
         <x:v>259</x:v>
       </x:c>
       <x:c r="J152" s="14" t="s">
-        <x:v>80</x:v>
+        <x:v>59</x:v>
       </x:c>
       <x:c r="K152" s="14" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="L152" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M152" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N152" s="15" t="n">
         <x:v>22313</x:v>
       </x:c>
       <x:c r="O152" s="14" t="s">
         <x:v>103</x:v>
       </x:c>
       <x:c r="P152" s="14" t="s">
         <x:v>260</x:v>
       </x:c>
       <x:c r="Q152" s="16" t="s">
         <x:v>261</x:v>
       </x:c>
       <x:c r="R152" s="14" t="s">
         <x:v>239</x:v>
       </x:c>
       <x:c r="S152" s="14" t="n">
-        <x:v>621480</x:v>
+        <x:v>621474</x:v>
       </x:c>
       <x:c r="T152" s="16" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="U152" s="16" t="s">
-        <x:v>264</x:v>
+        <x:v>263</x:v>
       </x:c>
     </x:row>
     <x:row r="153" spans="1:21">
       <x:c r="A153" s="1" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="B153" s="0" t="s">
         <x:v>197</x:v>
       </x:c>
       <x:c r="C153" s="3" t="n">
         <x:v>41012</x:v>
       </x:c>
       <x:c r="D153" s="3" t="s"/>
       <x:c r="E153" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="G153" s="0" t="s">
         <x:v>257</x:v>
       </x:c>
       <x:c r="H153" s="0" t="s">
         <x:v>258</x:v>
       </x:c>
       <x:c r="I153" s="4" t="s">
         <x:v>259</x:v>
       </x:c>
@@ -10544,158 +10544,158 @@
       </x:c>
       <x:c r="P160" s="14" t="s">
         <x:v>274</x:v>
       </x:c>
       <x:c r="Q160" s="16" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="R160" s="14" t="s">
         <x:v>239</x:v>
       </x:c>
       <x:c r="S160" s="14" t="n">
         <x:v>620148</x:v>
       </x:c>
       <x:c r="T160" s="16" t="s">
         <x:v>277</x:v>
       </x:c>
       <x:c r="U160" s="16" t="s">
         <x:v>278</x:v>
       </x:c>
     </x:row>
     <x:row r="161" spans="1:21">
       <x:c r="A161" s="1" t="s">
         <x:v>270</x:v>
       </x:c>
       <x:c r="B161" s="0" t="s">
-        <x:v>271</x:v>
+        <x:v>276</x:v>
       </x:c>
       <x:c r="C161" s="3" t="n">
-        <x:v>35508</x:v>
+        <x:v>35507</x:v>
       </x:c>
       <x:c r="D161" s="3" t="s"/>
       <x:c r="E161" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="G161" s="0" t="s">
         <x:v>272</x:v>
       </x:c>
       <x:c r="H161" s="0" t="s">
         <x:v>273</x:v>
       </x:c>
       <x:c r="I161" s="4" t="s">
         <x:v>150</x:v>
       </x:c>
       <x:c r="J161" s="0" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="K161" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L161" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M161" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N161" s="3" t="n">
-        <x:v>22313</x:v>
+        <x:v>22396</x:v>
       </x:c>
       <x:c r="O161" s="0" t="s">
-        <x:v>103</x:v>
+        <x:v>189</x:v>
       </x:c>
       <x:c r="P161" s="0" t="s">
         <x:v>274</x:v>
       </x:c>
       <x:c r="Q161" s="4" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="R161" s="0" t="s">
         <x:v>239</x:v>
       </x:c>
       <x:c r="S161" s="0" t="n">
-        <x:v>585089</x:v>
+        <x:v>585091</x:v>
       </x:c>
       <x:c r="T161" s="4" t="s">
         <x:v>279</x:v>
       </x:c>
       <x:c r="U161" s="4" t="s">
         <x:v>280</x:v>
       </x:c>
     </x:row>
     <x:row r="162" spans="1:21">
       <x:c r="A162" s="13" t="s">
         <x:v>270</x:v>
       </x:c>
       <x:c r="B162" s="14" t="s">
-        <x:v>276</x:v>
+        <x:v>271</x:v>
       </x:c>
       <x:c r="C162" s="15" t="n">
-        <x:v>35507</x:v>
+        <x:v>35508</x:v>
       </x:c>
       <x:c r="D162" s="15" t="s"/>
       <x:c r="E162" s="14" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="F162" s="14" t="s"/>
       <x:c r="G162" s="14" t="s">
         <x:v>272</x:v>
       </x:c>
       <x:c r="H162" s="14" t="s">
         <x:v>273</x:v>
       </x:c>
       <x:c r="I162" s="16" t="s">
         <x:v>150</x:v>
       </x:c>
       <x:c r="J162" s="14" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="K162" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L162" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M162" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N162" s="15" t="n">
-        <x:v>22396</x:v>
+        <x:v>22313</x:v>
       </x:c>
       <x:c r="O162" s="14" t="s">
-        <x:v>189</x:v>
+        <x:v>103</x:v>
       </x:c>
       <x:c r="P162" s="14" t="s">
         <x:v>274</x:v>
       </x:c>
       <x:c r="Q162" s="16" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="R162" s="14" t="s">
         <x:v>239</x:v>
       </x:c>
       <x:c r="S162" s="14" t="n">
-        <x:v>585091</x:v>
+        <x:v>585089</x:v>
       </x:c>
       <x:c r="T162" s="16" t="s">
         <x:v>279</x:v>
       </x:c>
       <x:c r="U162" s="16" t="s">
         <x:v>280</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:autoFilter ref="A1:U1"/>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0" gridLinesSet="true"/>
   <x:pageMargins left="0.7875" right="0.7875" top="1.05277777777778" bottom="1.05277777777778" header="0.7875" footer="0.7875"/>
   <x:pageSetup paperSize="9" scale="100" pageOrder="downThenOver" orientation="portrait" blackAndWhite="0" draft="0" cellComments="none" errors="displayed" horizontalDpi="300" verticalDpi="300" copies="1"/>
   <x:headerFooter differentOddEven="0" differentFirst="0" scaleWithDoc="1" alignWithMargins="1">
     <x:oddHeader>&amp;C&amp;"Times New Roman,Normal"&amp;12&amp;Kffffff&amp;A</x:oddHeader>
     <x:oddFooter>&amp;C&amp;"Times New Roman,Normal"&amp;12&amp;KffffffPage &amp;P</x:oddFooter>
     <x:evenHeader/>
     <x:evenFooter/>
     <x:firstHeader/>
     <x:firstFooter/>
   </x:headerFooter>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 