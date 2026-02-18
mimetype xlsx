--- v0 (2026-02-18)
+++ v1 (2026-02-18)
@@ -536,83 +536,83 @@
   <x:si>
     <x:t>13691</x:t>
   </x:si>
   <x:si>
     <x:t>MARTIGUES CEDEX</x:t>
   </x:si>
   <x:si>
     <x:t>Lycée polyvalent Jean-Henri Fabre</x:t>
   </x:si>
   <x:si>
     <x:t>84208</x:t>
   </x:si>
   <x:si>
     <x:t>CARPENTRAS CEDEX</x:t>
   </x:si>
   <x:si>
     <x:t>Lycée polyvalent de la Méditerranée</x:t>
   </x:si>
   <x:si>
     <x:t>13600</x:t>
   </x:si>
   <x:si>
     <x:t>LA CIOTAT</x:t>
   </x:si>
   <x:si>
+    <x:t>Lycée polyvalent Alphonse Benoît</x:t>
+  </x:si>
+  <x:si>
+    <x:t>84803</x:t>
+  </x:si>
+  <x:si>
+    <x:t>L ISLE SUR LA SORGUE CEDEX</x:t>
+  </x:si>
+  <x:si>
     <x:t>Greta-Cfa Vaucluse</x:t>
   </x:si>
   <x:si>
     <x:t>Lycée Polyvalent Alphonse Benoît</x:t>
   </x:si>
   <x:si>
     <x:t>84800</x:t>
   </x:si>
   <x:si>
     <x:t>L'ISLE-SUR-LA-SORGUE</x:t>
   </x:si>
   <x:si>
     <x:t>07/10/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>09/14/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>09/05/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>07/02/2027 00:00:00</x:t>
   </x:si>
   <x:si>
-    <x:t>Lycée polyvalent Alphonse Benoît</x:t>
-[...7 lines deleted...]
-  <x:si>
     <x:t>Greta-Cfa Alpes Provence</x:t>
   </x:si>
   <x:si>
     <x:t>05000</x:t>
   </x:si>
   <x:si>
     <x:t>Lycée Polyvalent Alpes et Durance</x:t>
   </x:si>
   <x:si>
     <x:t>05200</x:t>
   </x:si>
   <x:si>
     <x:t>EMBRUN</x:t>
   </x:si>
   <x:si>
     <x:t>Lycée polyvalent Adam de Craponne</x:t>
   </x:si>
   <x:si>
     <x:t>13651</x:t>
   </x:si>
   <x:si>
     <x:t>SALON DE PROVENCE CEDEX</x:t>
   </x:si>
   <x:si>
     <x:t>Titre professionnel technicien d'installation et de maintenance de piscines (Apprentissage)</x:t>
@@ -764,62 +764,62 @@
   <x:si>
     <x:t>04000</x:t>
   </x:si>
   <x:si>
     <x:t>DIGNE LES BAINS</x:t>
   </x:si>
   <x:si>
     <x:t>09/02/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Lycée G Cisson</x:t>
   </x:si>
   <x:si>
     <x:t>83100</x:t>
   </x:si>
   <x:si>
     <x:t>Lycée F Mistral</x:t>
   </x:si>
   <x:si>
     <x:t>Lycée Dumont d'Urville</x:t>
   </x:si>
   <x:si>
     <x:t>83056</x:t>
   </x:si>
   <x:si>
+    <x:t>Titre professionnel électricien d'équipement du bâtiment (Apprentissage)</x:t>
+  </x:si>
+  <x:si>
     <x:t>Lycée du Val d'Argens</x:t>
   </x:si>
   <x:si>
     <x:t>83490</x:t>
   </x:si>
   <x:si>
     <x:t>LE MUY</x:t>
   </x:si>
   <x:si>
-    <x:t>Titre professionnel électricien d'équipement du bâtiment (Apprentissage)</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>10/13/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>05/15/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>03/09/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>10/14/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>09/21/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>04/20/2027 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Lycée des Métiers Louis Martin Bret</x:t>
   </x:si>
   <x:si>
     <x:t>04100</x:t>
   </x:si>
   <x:si>
     <x:t>MANOSQUE</x:t>
@@ -845,60 +845,60 @@
   <x:si>
     <x:t>05/13/2027 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>09/23/2024 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Lycée de l'Empéri</x:t>
   </x:si>
   <x:si>
     <x:t>13657</x:t>
   </x:si>
   <x:si>
     <x:t>Lycée de la montagne</x:t>
   </x:si>
   <x:si>
     <x:t>06420</x:t>
   </x:si>
   <x:si>
     <x:t>VALDEBLORE</x:t>
   </x:si>
   <x:si>
     <x:t>Lycée Costebelle</x:t>
   </x:si>
   <x:si>
+    <x:t>83408</x:t>
+  </x:si>
+  <x:si>
+    <x:t>HYERES CEDEX</x:t>
+  </x:si>
+  <x:si>
     <x:t>06/08/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>06/04/2027 00:00:00</x:t>
-  </x:si>
-[...4 lines deleted...]
-    <x:t>HYERES CEDEX</x:t>
   </x:si>
   <x:si>
     <x:t>Lycée Beau de Rochas</x:t>
   </x:si>
   <x:si>
     <x:t>Lycée Alfred Hutinel</x:t>
   </x:si>
   <x:si>
     <x:t>06150</x:t>
   </x:si>
   <x:si>
     <x:t>CANNES LA BOCCA</x:t>
   </x:si>
   <x:si>
     <x:t>10/21/2024 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>07/03/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Lycée A Artaud</x:t>
   </x:si>
   <x:si>
     <x:t>13013</x:t>
   </x:si>
@@ -6254,332 +6254,332 @@
       </x:c>
       <x:c r="O63" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="P63" s="0" t="s">
         <x:v>152</x:v>
       </x:c>
       <x:c r="Q63" s="4" t="s">
         <x:v>153</x:v>
       </x:c>
       <x:c r="R63" s="0" t="s">
         <x:v>154</x:v>
       </x:c>
       <x:c r="S63" s="0" t="n">
         <x:v>597504</x:v>
       </x:c>
       <x:c r="T63" s="4" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="U63" s="4" t="s">
         <x:v>44</x:v>
       </x:c>
     </x:row>
     <x:row r="64" spans="1:21">
       <x:c r="A64" s="13" t="s">
-        <x:v>53</x:v>
+        <x:v>34</x:v>
       </x:c>
       <x:c r="B64" s="14" t="s">
-        <x:v>54</x:v>
+        <x:v>138</x:v>
       </x:c>
       <x:c r="C64" s="15" t="n">
-        <x:v>38878</x:v>
+        <x:v>38401</x:v>
       </x:c>
       <x:c r="D64" s="15" t="s"/>
-      <x:c r="E64" s="14" t="s">
-[...1 lines deleted...]
-      </x:c>
+      <x:c r="E64" s="14" t="s"/>
       <x:c r="F64" s="14" t="s"/>
       <x:c r="G64" s="14" t="s">
         <x:v>155</x:v>
       </x:c>
       <x:c r="H64" s="14" t="s"/>
       <x:c r="I64" s="16" t="s">
-        <x:v>61</x:v>
+        <x:v>156</x:v>
       </x:c>
       <x:c r="J64" s="14" t="s">
-        <x:v>38</x:v>
+        <x:v>65</x:v>
       </x:c>
       <x:c r="K64" s="14" t="s">
-        <x:v>59</x:v>
+        <x:v>39</x:v>
       </x:c>
       <x:c r="L64" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="M64" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N64" s="15" t="n">
-        <x:v>22499</x:v>
+        <x:v>24066</x:v>
       </x:c>
       <x:c r="O64" s="14" t="s">
-        <x:v>41</x:v>
+        <x:v>66</x:v>
       </x:c>
       <x:c r="P64" s="14" t="s">
+        <x:v>155</x:v>
+      </x:c>
+      <x:c r="Q64" s="16" t="s">
         <x:v>156</x:v>
       </x:c>
-      <x:c r="Q64" s="16" t="s">
+      <x:c r="R64" s="14" t="s">
         <x:v>157</x:v>
       </x:c>
-      <x:c r="R64" s="14" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="S64" s="14" t="n">
-        <x:v>541519</x:v>
+        <x:v>592980</x:v>
       </x:c>
       <x:c r="T64" s="16" t="s">
-        <x:v>122</x:v>
+        <x:v>43</x:v>
       </x:c>
       <x:c r="U64" s="16" t="s">
-        <x:v>159</x:v>
+        <x:v>44</x:v>
       </x:c>
     </x:row>
     <x:row r="65" spans="1:21">
       <x:c r="A65" s="1" t="s">
-        <x:v>53</x:v>
+        <x:v>34</x:v>
       </x:c>
       <x:c r="B65" s="0" t="s">
-        <x:v>54</x:v>
+        <x:v>35</x:v>
       </x:c>
       <x:c r="C65" s="3" t="n">
         <x:v>38878</x:v>
       </x:c>
       <x:c r="D65" s="3" t="s"/>
-      <x:c r="E65" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="G65" s="0" t="s">
         <x:v>155</x:v>
       </x:c>
       <x:c r="I65" s="4" t="s">
-        <x:v>61</x:v>
+        <x:v>156</x:v>
       </x:c>
       <x:c r="J65" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="K65" s="0" t="s">
-        <x:v>59</x:v>
+        <x:v>39</x:v>
       </x:c>
       <x:c r="L65" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="M65" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N65" s="3" t="n">
         <x:v>22499</x:v>
       </x:c>
       <x:c r="O65" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="P65" s="0" t="s">
+        <x:v>155</x:v>
+      </x:c>
+      <x:c r="Q65" s="4" t="s">
         <x:v>156</x:v>
       </x:c>
-      <x:c r="Q65" s="4" t="s">
+      <x:c r="R65" s="0" t="s">
         <x:v>157</x:v>
       </x:c>
-      <x:c r="R65" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="S65" s="0" t="n">
-        <x:v>604613</x:v>
+        <x:v>597506</x:v>
       </x:c>
       <x:c r="T65" s="4" t="s">
-        <x:v>160</x:v>
+        <x:v>43</x:v>
       </x:c>
       <x:c r="U65" s="4" t="s">
         <x:v>44</x:v>
       </x:c>
     </x:row>
     <x:row r="66" spans="1:21">
       <x:c r="A66" s="13" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="B66" s="14" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="C66" s="15" t="n">
         <x:v>38878</x:v>
       </x:c>
       <x:c r="D66" s="15" t="s"/>
       <x:c r="E66" s="14" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="F66" s="14" t="s"/>
       <x:c r="G66" s="14" t="s">
-        <x:v>155</x:v>
+        <x:v>158</x:v>
       </x:c>
       <x:c r="H66" s="14" t="s"/>
       <x:c r="I66" s="16" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="J66" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="K66" s="14" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="L66" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="M66" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N66" s="15" t="n">
         <x:v>22499</x:v>
       </x:c>
       <x:c r="O66" s="14" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="P66" s="14" t="s">
-        <x:v>156</x:v>
+        <x:v>159</x:v>
       </x:c>
       <x:c r="Q66" s="16" t="s">
-        <x:v>157</x:v>
+        <x:v>160</x:v>
       </x:c>
       <x:c r="R66" s="14" t="s">
-        <x:v>158</x:v>
+        <x:v>161</x:v>
       </x:c>
       <x:c r="S66" s="14" t="n">
-        <x:v>547832</x:v>
+        <x:v>541519</x:v>
       </x:c>
       <x:c r="T66" s="16" t="s">
-        <x:v>161</x:v>
+        <x:v>122</x:v>
       </x:c>
       <x:c r="U66" s="16" t="s">
         <x:v>162</x:v>
       </x:c>
     </x:row>
     <x:row r="67" spans="1:21">
       <x:c r="A67" s="1" t="s">
-        <x:v>34</x:v>
+        <x:v>53</x:v>
       </x:c>
       <x:c r="B67" s="0" t="s">
-        <x:v>138</x:v>
+        <x:v>54</x:v>
       </x:c>
       <x:c r="C67" s="3" t="n">
-        <x:v>38401</x:v>
+        <x:v>38878</x:v>
       </x:c>
       <x:c r="D67" s="3" t="s"/>
+      <x:c r="E67" s="0" t="s">
+        <x:v>55</x:v>
+      </x:c>
       <x:c r="G67" s="0" t="s">
+        <x:v>158</x:v>
+      </x:c>
+      <x:c r="I67" s="4" t="s">
+        <x:v>61</x:v>
+      </x:c>
+      <x:c r="J67" s="0" t="s">
+        <x:v>38</x:v>
+      </x:c>
+      <x:c r="K67" s="0" t="s">
+        <x:v>59</x:v>
+      </x:c>
+      <x:c r="L67" s="0" t="s">
+        <x:v>40</x:v>
+      </x:c>
+      <x:c r="M67" s="0" t="s">
+        <x:v>28</x:v>
+      </x:c>
+      <x:c r="N67" s="3" t="n">
+        <x:v>22499</x:v>
+      </x:c>
+      <x:c r="O67" s="0" t="s">
+        <x:v>41</x:v>
+      </x:c>
+      <x:c r="P67" s="0" t="s">
+        <x:v>159</x:v>
+      </x:c>
+      <x:c r="Q67" s="4" t="s">
+        <x:v>160</x:v>
+      </x:c>
+      <x:c r="R67" s="0" t="s">
+        <x:v>161</x:v>
+      </x:c>
+      <x:c r="S67" s="0" t="n">
+        <x:v>604613</x:v>
+      </x:c>
+      <x:c r="T67" s="4" t="s">
         <x:v>163</x:v>
-      </x:c>
-[...34 lines deleted...]
-        <x:v>43</x:v>
       </x:c>
       <x:c r="U67" s="4" t="s">
         <x:v>44</x:v>
       </x:c>
     </x:row>
     <x:row r="68" spans="1:21">
       <x:c r="A68" s="13" t="s">
-        <x:v>34</x:v>
+        <x:v>53</x:v>
       </x:c>
       <x:c r="B68" s="14" t="s">
-        <x:v>35</x:v>
+        <x:v>54</x:v>
       </x:c>
       <x:c r="C68" s="15" t="n">
         <x:v>38878</x:v>
       </x:c>
       <x:c r="D68" s="15" t="s"/>
-      <x:c r="E68" s="14" t="s"/>
+      <x:c r="E68" s="14" t="s">
+        <x:v>55</x:v>
+      </x:c>
       <x:c r="F68" s="14" t="s"/>
       <x:c r="G68" s="14" t="s">
-        <x:v>163</x:v>
+        <x:v>158</x:v>
       </x:c>
       <x:c r="H68" s="14" t="s"/>
       <x:c r="I68" s="16" t="s">
-        <x:v>164</x:v>
+        <x:v>61</x:v>
       </x:c>
       <x:c r="J68" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="K68" s="14" t="s">
-        <x:v>39</x:v>
+        <x:v>59</x:v>
       </x:c>
       <x:c r="L68" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="M68" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N68" s="15" t="n">
         <x:v>22499</x:v>
       </x:c>
       <x:c r="O68" s="14" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="P68" s="14" t="s">
-        <x:v>163</x:v>
+        <x:v>159</x:v>
       </x:c>
       <x:c r="Q68" s="16" t="s">
+        <x:v>160</x:v>
+      </x:c>
+      <x:c r="R68" s="14" t="s">
+        <x:v>161</x:v>
+      </x:c>
+      <x:c r="S68" s="14" t="n">
+        <x:v>547832</x:v>
+      </x:c>
+      <x:c r="T68" s="16" t="s">
         <x:v>164</x:v>
       </x:c>
-      <x:c r="R68" s="14" t="s">
+      <x:c r="U68" s="16" t="s">
         <x:v>165</x:v>
-      </x:c>
-[...7 lines deleted...]
-        <x:v>44</x:v>
       </x:c>
     </x:row>
     <x:row r="69" spans="1:21">
       <x:c r="A69" s="1" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="B69" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="C69" s="3" t="n">
         <x:v>38878</x:v>
       </x:c>
       <x:c r="D69" s="3" t="s"/>
       <x:c r="E69" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="G69" s="0" t="s">
         <x:v>166</x:v>
       </x:c>
       <x:c r="I69" s="4" t="s">
         <x:v>167</x:v>
       </x:c>
       <x:c r="J69" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
@@ -10026,282 +10026,284 @@
       </x:c>
       <x:c r="O134" s="14" t="s">
         <x:v>90</x:v>
       </x:c>
       <x:c r="P134" s="14" t="s">
         <x:v>229</x:v>
       </x:c>
       <x:c r="Q134" s="16" t="s">
         <x:v>230</x:v>
       </x:c>
       <x:c r="R134" s="14" t="s">
         <x:v>108</x:v>
       </x:c>
       <x:c r="S134" s="14" t="n">
         <x:v>594657</x:v>
       </x:c>
       <x:c r="T134" s="16" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="U134" s="16" t="s">
         <x:v>67</x:v>
       </x:c>
     </x:row>
     <x:row r="135" spans="1:21">
       <x:c r="A135" s="1" t="s">
-        <x:v>34</x:v>
+        <x:v>53</x:v>
       </x:c>
       <x:c r="B135" s="0" t="s">
-        <x:v>35</x:v>
+        <x:v>231</x:v>
       </x:c>
       <x:c r="C135" s="3" t="n">
-        <x:v>38878</x:v>
+        <x:v>37442</x:v>
       </x:c>
       <x:c r="D135" s="3" t="s"/>
+      <x:c r="E135" s="0" t="s">
+        <x:v>55</x:v>
+      </x:c>
       <x:c r="G135" s="0" t="s">
-        <x:v>231</x:v>
+        <x:v>124</x:v>
+      </x:c>
+      <x:c r="H135" s="0" t="s">
+        <x:v>125</x:v>
       </x:c>
       <x:c r="I135" s="4" t="s">
+        <x:v>126</x:v>
+      </x:c>
+      <x:c r="J135" s="0" t="s">
+        <x:v>65</x:v>
+      </x:c>
+      <x:c r="K135" s="0" t="s">
+        <x:v>59</x:v>
+      </x:c>
+      <x:c r="L135" s="0" t="s">
+        <x:v>40</x:v>
+      </x:c>
+      <x:c r="M135" s="0" t="s">
+        <x:v>28</x:v>
+      </x:c>
+      <x:c r="N135" s="3" t="n">
+        <x:v>22211</x:v>
+      </x:c>
+      <x:c r="O135" s="0" t="s">
+        <x:v>206</x:v>
+      </x:c>
+      <x:c r="P135" s="0" t="s">
         <x:v>232</x:v>
       </x:c>
-      <x:c r="J135" s="0" t="s">
-[...19 lines deleted...]
-      </x:c>
       <x:c r="Q135" s="4" t="s">
-        <x:v>232</x:v>
+        <x:v>233</x:v>
       </x:c>
       <x:c r="R135" s="0" t="s">
-        <x:v>233</x:v>
+        <x:v>234</x:v>
       </x:c>
       <x:c r="S135" s="0" t="n">
-        <x:v>597525</x:v>
+        <x:v>565212</x:v>
       </x:c>
       <x:c r="T135" s="4" t="s">
-        <x:v>43</x:v>
+        <x:v>235</x:v>
       </x:c>
       <x:c r="U135" s="4" t="s">
-        <x:v>44</x:v>
+        <x:v>236</x:v>
       </x:c>
     </x:row>
     <x:row r="136" spans="1:21">
       <x:c r="A136" s="13" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="B136" s="14" t="s">
-        <x:v>234</x:v>
+        <x:v>231</x:v>
       </x:c>
       <x:c r="C136" s="15" t="n">
         <x:v>37442</x:v>
       </x:c>
       <x:c r="D136" s="15" t="s"/>
       <x:c r="E136" s="14" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="F136" s="14" t="s"/>
       <x:c r="G136" s="14" t="s">
         <x:v>124</x:v>
       </x:c>
       <x:c r="H136" s="14" t="s">
         <x:v>125</x:v>
       </x:c>
       <x:c r="I136" s="16" t="s">
         <x:v>126</x:v>
       </x:c>
       <x:c r="J136" s="14" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="K136" s="14" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="L136" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="M136" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N136" s="15" t="n">
         <x:v>22211</x:v>
       </x:c>
       <x:c r="O136" s="14" t="s">
         <x:v>206</x:v>
       </x:c>
       <x:c r="P136" s="14" t="s">
-        <x:v>231</x:v>
+        <x:v>232</x:v>
       </x:c>
       <x:c r="Q136" s="16" t="s">
-        <x:v>232</x:v>
+        <x:v>233</x:v>
       </x:c>
       <x:c r="R136" s="14" t="s">
-        <x:v>233</x:v>
+        <x:v>234</x:v>
       </x:c>
       <x:c r="S136" s="14" t="n">
-        <x:v>565212</x:v>
+        <x:v>611062</x:v>
       </x:c>
       <x:c r="T136" s="16" t="s">
-        <x:v>235</x:v>
+        <x:v>237</x:v>
       </x:c>
       <x:c r="U136" s="16" t="s">
-        <x:v>236</x:v>
+        <x:v>238</x:v>
       </x:c>
     </x:row>
     <x:row r="137" spans="1:21">
       <x:c r="A137" s="1" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="B137" s="0" t="s">
-        <x:v>234</x:v>
+        <x:v>231</x:v>
       </x:c>
       <x:c r="C137" s="3" t="n">
         <x:v>37442</x:v>
       </x:c>
       <x:c r="D137" s="3" t="s"/>
       <x:c r="E137" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="G137" s="0" t="s">
         <x:v>124</x:v>
       </x:c>
       <x:c r="H137" s="0" t="s">
         <x:v>125</x:v>
       </x:c>
       <x:c r="I137" s="4" t="s">
         <x:v>126</x:v>
       </x:c>
       <x:c r="J137" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="K137" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="L137" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="M137" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N137" s="3" t="n">
         <x:v>22211</x:v>
       </x:c>
       <x:c r="O137" s="0" t="s">
         <x:v>206</x:v>
       </x:c>
       <x:c r="P137" s="0" t="s">
-        <x:v>231</x:v>
+        <x:v>232</x:v>
       </x:c>
       <x:c r="Q137" s="4" t="s">
-        <x:v>232</x:v>
+        <x:v>233</x:v>
       </x:c>
       <x:c r="R137" s="0" t="s">
-        <x:v>233</x:v>
+        <x:v>234</x:v>
       </x:c>
       <x:c r="S137" s="0" t="n">
-        <x:v>611062</x:v>
+        <x:v>611063</x:v>
       </x:c>
       <x:c r="T137" s="4" t="s">
-        <x:v>237</x:v>
+        <x:v>239</x:v>
       </x:c>
       <x:c r="U137" s="4" t="s">
-        <x:v>238</x:v>
+        <x:v>240</x:v>
       </x:c>
     </x:row>
     <x:row r="138" spans="1:21">
       <x:c r="A138" s="13" t="s">
-        <x:v>53</x:v>
+        <x:v>34</x:v>
       </x:c>
       <x:c r="B138" s="14" t="s">
-        <x:v>234</x:v>
+        <x:v>35</x:v>
       </x:c>
       <x:c r="C138" s="15" t="n">
-        <x:v>37442</x:v>
+        <x:v>38878</x:v>
       </x:c>
       <x:c r="D138" s="15" t="s"/>
-      <x:c r="E138" s="14" t="s">
-[...1 lines deleted...]
-      </x:c>
+      <x:c r="E138" s="14" t="s"/>
       <x:c r="F138" s="14" t="s"/>
       <x:c r="G138" s="14" t="s">
-        <x:v>124</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>232</x:v>
+      </x:c>
+      <x:c r="H138" s="14" t="s"/>
       <x:c r="I138" s="16" t="s">
-        <x:v>126</x:v>
+        <x:v>233</x:v>
       </x:c>
       <x:c r="J138" s="14" t="s">
-        <x:v>65</x:v>
+        <x:v>38</x:v>
       </x:c>
       <x:c r="K138" s="14" t="s">
-        <x:v>59</x:v>
+        <x:v>39</x:v>
       </x:c>
       <x:c r="L138" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="M138" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N138" s="15" t="n">
-        <x:v>22211</x:v>
+        <x:v>22499</x:v>
       </x:c>
       <x:c r="O138" s="14" t="s">
-        <x:v>206</x:v>
+        <x:v>41</x:v>
       </x:c>
       <x:c r="P138" s="14" t="s">
-        <x:v>231</x:v>
+        <x:v>232</x:v>
       </x:c>
       <x:c r="Q138" s="16" t="s">
-        <x:v>232</x:v>
+        <x:v>233</x:v>
       </x:c>
       <x:c r="R138" s="14" t="s">
-        <x:v>233</x:v>
+        <x:v>234</x:v>
       </x:c>
       <x:c r="S138" s="14" t="n">
-        <x:v>611063</x:v>
+        <x:v>597525</x:v>
       </x:c>
       <x:c r="T138" s="16" t="s">
-        <x:v>239</x:v>
+        <x:v>43</x:v>
       </x:c>
       <x:c r="U138" s="16" t="s">
-        <x:v>240</x:v>
+        <x:v>44</x:v>
       </x:c>
     </x:row>
     <x:row r="139" spans="1:21">
       <x:c r="A139" s="1" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="B139" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="C139" s="3" t="n">
         <x:v>38878</x:v>
       </x:c>
       <x:c r="D139" s="3" t="s"/>
       <x:c r="E139" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="G139" s="0" t="s">
         <x:v>166</x:v>
       </x:c>
       <x:c r="I139" s="4" t="s">
         <x:v>167</x:v>
       </x:c>
       <x:c r="J139" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
@@ -10613,51 +10615,51 @@
       </x:c>
       <x:c r="P144" s="14" t="s">
         <x:v>241</x:v>
       </x:c>
       <x:c r="Q144" s="16" t="s">
         <x:v>242</x:v>
       </x:c>
       <x:c r="R144" s="14" t="s">
         <x:v>243</x:v>
       </x:c>
       <x:c r="S144" s="14" t="n">
         <x:v>605967</x:v>
       </x:c>
       <x:c r="T144" s="16" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="U144" s="16" t="s">
         <x:v>44</x:v>
       </x:c>
     </x:row>
     <x:row r="145" spans="1:21">
       <x:c r="A145" s="1" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="B145" s="0" t="s">
-        <x:v>234</x:v>
+        <x:v>231</x:v>
       </x:c>
       <x:c r="C145" s="3" t="n">
         <x:v>37442</x:v>
       </x:c>
       <x:c r="D145" s="3" t="s"/>
       <x:c r="E145" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="G145" s="0" t="s">
         <x:v>244</x:v>
       </x:c>
       <x:c r="I145" s="4" t="s">
         <x:v>245</x:v>
       </x:c>
       <x:c r="J145" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="K145" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="L145" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M145" s="0" t="s">
         <x:v>78</x:v>
@@ -10942,217 +10944,217 @@
       </x:c>
       <x:c r="O150" s="14" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="P150" s="14" t="s">
         <x:v>254</x:v>
       </x:c>
       <x:c r="Q150" s="16" t="s">
         <x:v>255</x:v>
       </x:c>
       <x:c r="R150" s="14" t="s">
         <x:v>256</x:v>
       </x:c>
       <x:c r="S150" s="14" t="n">
         <x:v>597529</x:v>
       </x:c>
       <x:c r="T150" s="16" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="U150" s="16" t="s">
         <x:v>44</x:v>
       </x:c>
     </x:row>
     <x:row r="151" spans="1:21">
       <x:c r="A151" s="1" t="s">
-        <x:v>53</x:v>
+        <x:v>34</x:v>
       </x:c>
       <x:c r="B151" s="0" t="s">
-        <x:v>54</x:v>
+        <x:v>138</x:v>
       </x:c>
       <x:c r="C151" s="3" t="n">
-        <x:v>38878</x:v>
+        <x:v>38401</x:v>
       </x:c>
       <x:c r="D151" s="3" t="s"/>
-      <x:c r="E151" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="G151" s="0" t="s">
-        <x:v>124</x:v>
-[...2 lines deleted...]
-        <x:v>125</x:v>
+        <x:v>257</x:v>
       </x:c>
       <x:c r="I151" s="4" t="s">
-        <x:v>126</x:v>
+        <x:v>258</x:v>
       </x:c>
       <x:c r="J151" s="0" t="s">
-        <x:v>38</x:v>
+        <x:v>65</x:v>
       </x:c>
       <x:c r="K151" s="0" t="s">
-        <x:v>59</x:v>
+        <x:v>39</x:v>
       </x:c>
       <x:c r="L151" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="M151" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N151" s="3" t="n">
-        <x:v>22499</x:v>
+        <x:v>24066</x:v>
       </x:c>
       <x:c r="O151" s="0" t="s">
-        <x:v>41</x:v>
+        <x:v>66</x:v>
       </x:c>
       <x:c r="P151" s="0" t="s">
         <x:v>257</x:v>
       </x:c>
       <x:c r="Q151" s="4" t="s">
-        <x:v>129</x:v>
+        <x:v>258</x:v>
       </x:c>
       <x:c r="R151" s="0" t="s">
-        <x:v>130</x:v>
+        <x:v>259</x:v>
       </x:c>
       <x:c r="S151" s="0" t="n">
-        <x:v>617511</x:v>
+        <x:v>592976</x:v>
       </x:c>
       <x:c r="T151" s="4" t="s">
-        <x:v>258</x:v>
+        <x:v>43</x:v>
       </x:c>
       <x:c r="U151" s="4" t="s">
-        <x:v>259</x:v>
+        <x:v>44</x:v>
       </x:c>
     </x:row>
     <x:row r="152" spans="1:21">
       <x:c r="A152" s="13" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="B152" s="14" t="s">
-        <x:v>138</x:v>
+        <x:v>35</x:v>
       </x:c>
       <x:c r="C152" s="15" t="n">
-        <x:v>38401</x:v>
+        <x:v>38878</x:v>
       </x:c>
       <x:c r="D152" s="15" t="s"/>
       <x:c r="E152" s="14" t="s"/>
       <x:c r="F152" s="14" t="s"/>
       <x:c r="G152" s="14" t="s">
         <x:v>257</x:v>
       </x:c>
       <x:c r="H152" s="14" t="s"/>
       <x:c r="I152" s="16" t="s">
-        <x:v>260</x:v>
+        <x:v>258</x:v>
       </x:c>
       <x:c r="J152" s="14" t="s">
-        <x:v>65</x:v>
+        <x:v>38</x:v>
       </x:c>
       <x:c r="K152" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="L152" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="M152" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N152" s="15" t="n">
-        <x:v>24066</x:v>
+        <x:v>22499</x:v>
       </x:c>
       <x:c r="O152" s="14" t="s">
-        <x:v>66</x:v>
+        <x:v>41</x:v>
       </x:c>
       <x:c r="P152" s="14" t="s">
         <x:v>257</x:v>
       </x:c>
       <x:c r="Q152" s="16" t="s">
-        <x:v>260</x:v>
+        <x:v>258</x:v>
       </x:c>
       <x:c r="R152" s="14" t="s">
-        <x:v>261</x:v>
+        <x:v>259</x:v>
       </x:c>
       <x:c r="S152" s="14" t="n">
-        <x:v>592976</x:v>
+        <x:v>597513</x:v>
       </x:c>
       <x:c r="T152" s="16" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="U152" s="16" t="s">
         <x:v>44</x:v>
       </x:c>
     </x:row>
     <x:row r="153" spans="1:21">
       <x:c r="A153" s="1" t="s">
-        <x:v>34</x:v>
+        <x:v>53</x:v>
       </x:c>
       <x:c r="B153" s="0" t="s">
-        <x:v>35</x:v>
+        <x:v>54</x:v>
       </x:c>
       <x:c r="C153" s="3" t="n">
         <x:v>38878</x:v>
       </x:c>
       <x:c r="D153" s="3" t="s"/>
+      <x:c r="E153" s="0" t="s">
+        <x:v>55</x:v>
+      </x:c>
       <x:c r="G153" s="0" t="s">
-        <x:v>257</x:v>
+        <x:v>124</x:v>
+      </x:c>
+      <x:c r="H153" s="0" t="s">
+        <x:v>125</x:v>
       </x:c>
       <x:c r="I153" s="4" t="s">
-        <x:v>260</x:v>
+        <x:v>126</x:v>
       </x:c>
       <x:c r="J153" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="K153" s="0" t="s">
-        <x:v>39</x:v>
+        <x:v>59</x:v>
       </x:c>
       <x:c r="L153" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="M153" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N153" s="3" t="n">
         <x:v>22499</x:v>
       </x:c>
       <x:c r="O153" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="P153" s="0" t="s">
         <x:v>257</x:v>
       </x:c>
       <x:c r="Q153" s="4" t="s">
+        <x:v>129</x:v>
+      </x:c>
+      <x:c r="R153" s="0" t="s">
+        <x:v>130</x:v>
+      </x:c>
+      <x:c r="S153" s="0" t="n">
+        <x:v>617511</x:v>
+      </x:c>
+      <x:c r="T153" s="4" t="s">
         <x:v>260</x:v>
       </x:c>
-      <x:c r="R153" s="0" t="s">
+      <x:c r="U153" s="4" t="s">
         <x:v>261</x:v>
-      </x:c>
-[...7 lines deleted...]
-        <x:v>44</x:v>
       </x:c>
     </x:row>
     <x:row r="154" spans="1:21">
       <x:c r="A154" s="13" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="B154" s="14" t="s">
         <x:v>131</x:v>
       </x:c>
       <x:c r="C154" s="15" t="n">
         <x:v>39297</x:v>
       </x:c>
       <x:c r="D154" s="15" t="s"/>
       <x:c r="E154" s="14" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="F154" s="14" t="s"/>
       <x:c r="G154" s="14" t="s">
         <x:v>166</x:v>
       </x:c>
       <x:c r="H154" s="14" t="s"/>
       <x:c r="I154" s="16" t="s">
         <x:v>167</x:v>
       </x:c>
       <x:c r="J154" s="14" t="s">
@@ -14254,51 +14256,51 @@
       <x:c r="J210" s="14" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="K210" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L210" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="M210" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N210" s="15" t="n">
         <x:v>22211</x:v>
       </x:c>
       <x:c r="O210" s="14" t="s">
         <x:v>206</x:v>
       </x:c>
       <x:c r="P210" s="14" t="s">
         <x:v>124</x:v>
       </x:c>
       <x:c r="Q210" s="16" t="s">
         <x:v>126</x:v>
       </x:c>
       <x:c r="R210" s="14" t="s">
-        <x:v>233</x:v>
+        <x:v>234</x:v>
       </x:c>
       <x:c r="S210" s="14" t="n">
         <x:v>606204</x:v>
       </x:c>
       <x:c r="T210" s="16" t="s">
         <x:v>239</x:v>
       </x:c>
       <x:c r="U210" s="16" t="s">
         <x:v>240</x:v>
       </x:c>
     </x:row>
     <x:row r="211" spans="1:21">
       <x:c r="A211" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B211" s="0" t="s">
         <x:v>340</x:v>
       </x:c>
       <x:c r="C211" s="3" t="s"/>
       <x:c r="D211" s="3" t="s"/>
       <x:c r="G211" s="0" t="s">
         <x:v>124</x:v>
       </x:c>
       <x:c r="H211" s="0" t="s">
         <x:v>125</x:v>
@@ -14309,51 +14311,51 @@
       <x:c r="J211" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K211" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L211" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M211" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N211" s="3" t="n">
         <x:v>24049</x:v>
       </x:c>
       <x:c r="O211" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P211" s="0" t="s">
         <x:v>124</x:v>
       </x:c>
       <x:c r="Q211" s="4" t="s">
         <x:v>126</x:v>
       </x:c>
       <x:c r="R211" s="0" t="s">
-        <x:v>233</x:v>
+        <x:v>234</x:v>
       </x:c>
       <x:c r="S211" s="0" t="n">
         <x:v>606218</x:v>
       </x:c>
       <x:c r="T211" s="4" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="U211" s="4" t="s">
         <x:v>51</x:v>
       </x:c>
     </x:row>
     <x:row r="212" spans="1:21">
       <x:c r="A212" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B212" s="14" t="s">
         <x:v>341</x:v>
       </x:c>
       <x:c r="C212" s="15" t="s"/>
       <x:c r="D212" s="15" t="s"/>
       <x:c r="E212" s="14" t="s"/>
       <x:c r="F212" s="14" t="s"/>
       <x:c r="G212" s="14" t="s">
         <x:v>124</x:v>
       </x:c>
@@ -14366,51 +14368,51 @@
       <x:c r="J212" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K212" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L212" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M212" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N212" s="15" t="n">
         <x:v>24049</x:v>
       </x:c>
       <x:c r="O212" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P212" s="14" t="s">
         <x:v>124</x:v>
       </x:c>
       <x:c r="Q212" s="16" t="s">
         <x:v>126</x:v>
       </x:c>
       <x:c r="R212" s="14" t="s">
-        <x:v>233</x:v>
+        <x:v>234</x:v>
       </x:c>
       <x:c r="S212" s="14" t="n">
         <x:v>606221</x:v>
       </x:c>
       <x:c r="T212" s="16" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="U212" s="16" t="s">
         <x:v>51</x:v>
       </x:c>
     </x:row>
     <x:row r="213" spans="1:21">
       <x:c r="A213" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B213" s="0" t="s">
         <x:v>340</x:v>
       </x:c>
       <x:c r="C213" s="3" t="s"/>
       <x:c r="D213" s="3" t="s"/>
       <x:c r="G213" s="0" t="s">
         <x:v>124</x:v>
       </x:c>
       <x:c r="H213" s="0" t="s">
         <x:v>125</x:v>
@@ -14547,54 +14549,54 @@
       <x:c r="L215" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="M215" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N215" s="3" t="n">
         <x:v>22499</x:v>
       </x:c>
       <x:c r="O215" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="P215" s="0" t="s">
         <x:v>124</x:v>
       </x:c>
       <x:c r="Q215" s="4" t="s">
         <x:v>126</x:v>
       </x:c>
       <x:c r="R215" s="0" t="s">
         <x:v>130</x:v>
       </x:c>
       <x:c r="S215" s="0" t="n">
         <x:v>583834</x:v>
       </x:c>
       <x:c r="T215" s="4" t="s">
-        <x:v>258</x:v>
+        <x:v>260</x:v>
       </x:c>
       <x:c r="U215" s="4" t="s">
-        <x:v>259</x:v>
+        <x:v>261</x:v>
       </x:c>
     </x:row>
     <x:row r="216" spans="1:21">
       <x:c r="A216" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B216" s="14" t="s">
         <x:v>345</x:v>
       </x:c>
       <x:c r="C216" s="15" t="n">
         <x:v>38878</x:v>
       </x:c>
       <x:c r="D216" s="15" t="s"/>
       <x:c r="E216" s="14" t="s"/>
       <x:c r="F216" s="14" t="s"/>
       <x:c r="G216" s="14" t="s">
         <x:v>124</x:v>
       </x:c>
       <x:c r="H216" s="14" t="s">
         <x:v>125</x:v>
       </x:c>
       <x:c r="I216" s="16" t="s">
         <x:v>126</x:v>
       </x:c>
       <x:c r="J216" s="14" t="s">
@@ -14606,54 +14608,54 @@
       <x:c r="L216" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="M216" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N216" s="15" t="n">
         <x:v>22499</x:v>
       </x:c>
       <x:c r="O216" s="14" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="P216" s="14" t="s">
         <x:v>124</x:v>
       </x:c>
       <x:c r="Q216" s="16" t="s">
         <x:v>126</x:v>
       </x:c>
       <x:c r="R216" s="14" t="s">
         <x:v>130</x:v>
       </x:c>
       <x:c r="S216" s="14" t="n">
         <x:v>613004</x:v>
       </x:c>
       <x:c r="T216" s="16" t="s">
-        <x:v>258</x:v>
+        <x:v>260</x:v>
       </x:c>
       <x:c r="U216" s="16" t="s">
-        <x:v>259</x:v>
+        <x:v>261</x:v>
       </x:c>
     </x:row>
     <x:row r="217" spans="1:21">
       <x:c r="A217" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B217" s="0" t="s">
         <x:v>346</x:v>
       </x:c>
       <x:c r="C217" s="3" t="n">
         <x:v>37442</x:v>
       </x:c>
       <x:c r="D217" s="3" t="s"/>
       <x:c r="E217" s="0" t="s">
         <x:v>347</x:v>
       </x:c>
       <x:c r="F217" s="0" t="s">
         <x:v>348</x:v>
       </x:c>
       <x:c r="G217" s="0" t="s">
         <x:v>124</x:v>
       </x:c>
       <x:c r="H217" s="0" t="s">
         <x:v>125</x:v>
       </x:c>
@@ -14663,51 +14665,51 @@
       <x:c r="J217" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="K217" s="0" t="s">
         <x:v>344</x:v>
       </x:c>
       <x:c r="L217" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="M217" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N217" s="3" t="n">
         <x:v>22211</x:v>
       </x:c>
       <x:c r="O217" s="0" t="s">
         <x:v>206</x:v>
       </x:c>
       <x:c r="P217" s="0" t="s">
         <x:v>124</x:v>
       </x:c>
       <x:c r="Q217" s="4" t="s">
         <x:v>126</x:v>
       </x:c>
       <x:c r="R217" s="0" t="s">
-        <x:v>233</x:v>
+        <x:v>234</x:v>
       </x:c>
       <x:c r="S217" s="0" t="n">
         <x:v>571408</x:v>
       </x:c>
       <x:c r="T217" s="4" t="s">
         <x:v>349</x:v>
       </x:c>
       <x:c r="U217" s="4" t="s">
         <x:v>350</x:v>
       </x:c>
     </x:row>
     <x:row r="218" spans="1:21">
       <x:c r="A218" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B218" s="14" t="s">
         <x:v>339</x:v>
       </x:c>
       <x:c r="C218" s="15" t="n">
         <x:v>37442</x:v>
       </x:c>
       <x:c r="D218" s="15" t="s"/>
       <x:c r="E218" s="14" t="s"/>
       <x:c r="F218" s="14" t="s"/>
       <x:c r="G218" s="14" t="s">
@@ -14746,90 +14748,90 @@
       <x:c r="R218" s="14" t="s">
         <x:v>145</x:v>
       </x:c>
       <x:c r="S218" s="14" t="n">
         <x:v>573094</x:v>
       </x:c>
       <x:c r="T218" s="16" t="s">
         <x:v>351</x:v>
       </x:c>
       <x:c r="U218" s="16" t="s">
         <x:v>352</x:v>
       </x:c>
     </x:row>
     <x:row r="219" spans="1:21">
       <x:c r="A219" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B219" s="0" t="s">
         <x:v>353</x:v>
       </x:c>
       <x:c r="C219" s="3" t="n">
         <x:v>38401</x:v>
       </x:c>
       <x:c r="D219" s="3" t="s"/>
       <x:c r="G219" s="0" t="s">
-        <x:v>155</x:v>
+        <x:v>158</x:v>
       </x:c>
       <x:c r="I219" s="4" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="J219" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="K219" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L219" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="M219" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N219" s="3" t="n">
         <x:v>24066</x:v>
       </x:c>
       <x:c r="O219" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="P219" s="0" t="s">
-        <x:v>155</x:v>
+        <x:v>158</x:v>
       </x:c>
       <x:c r="Q219" s="4" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="R219" s="0" t="s">
         <x:v>354</x:v>
       </x:c>
       <x:c r="S219" s="0" t="n">
         <x:v>566299</x:v>
       </x:c>
       <x:c r="T219" s="4" t="s">
         <x:v>181</x:v>
       </x:c>
       <x:c r="U219" s="4" t="s">
-        <x:v>162</x:v>
+        <x:v>165</x:v>
       </x:c>
     </x:row>
     <x:row r="220" spans="1:21">
       <x:c r="A220" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B220" s="14" t="s">
         <x:v>340</x:v>
       </x:c>
       <x:c r="C220" s="15" t="s"/>
       <x:c r="D220" s="15" t="s"/>
       <x:c r="E220" s="14" t="s"/>
       <x:c r="F220" s="14" t="s"/>
       <x:c r="G220" s="14" t="s">
         <x:v>124</x:v>
       </x:c>
       <x:c r="H220" s="14" t="s">
         <x:v>125</x:v>
       </x:c>
       <x:c r="I220" s="16" t="s">
         <x:v>126</x:v>
       </x:c>
       <x:c r="J220" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
@@ -14951,51 +14953,51 @@
       <x:c r="J222" s="14" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="K222" s="14" t="s">
         <x:v>344</x:v>
       </x:c>
       <x:c r="L222" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="M222" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N222" s="15" t="n">
         <x:v>22211</x:v>
       </x:c>
       <x:c r="O222" s="14" t="s">
         <x:v>206</x:v>
       </x:c>
       <x:c r="P222" s="14" t="s">
         <x:v>124</x:v>
       </x:c>
       <x:c r="Q222" s="16" t="s">
         <x:v>126</x:v>
       </x:c>
       <x:c r="R222" s="14" t="s">
-        <x:v>233</x:v>
+        <x:v>234</x:v>
       </x:c>
       <x:c r="S222" s="14" t="n">
         <x:v>583800</x:v>
       </x:c>
       <x:c r="T222" s="16" t="s">
         <x:v>237</x:v>
       </x:c>
       <x:c r="U222" s="16" t="s">
         <x:v>238</x:v>
       </x:c>
     </x:row>
     <x:row r="223" spans="1:21">
       <x:c r="A223" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B223" s="0" t="s">
         <x:v>345</x:v>
       </x:c>
       <x:c r="C223" s="3" t="n">
         <x:v>38878</x:v>
       </x:c>
       <x:c r="D223" s="3" t="s"/>
       <x:c r="G223" s="0" t="s">
         <x:v>124</x:v>
       </x:c>
@@ -15025,51 +15027,51 @@
       </x:c>
       <x:c r="P223" s="0" t="s">
         <x:v>124</x:v>
       </x:c>
       <x:c r="Q223" s="4" t="s">
         <x:v>126</x:v>
       </x:c>
       <x:c r="R223" s="0" t="s">
         <x:v>145</x:v>
       </x:c>
       <x:c r="S223" s="0" t="n">
         <x:v>606234</x:v>
       </x:c>
       <x:c r="T223" s="4" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="U223" s="4" t="s">
         <x:v>44</x:v>
       </x:c>
     </x:row>
     <x:row r="224" spans="1:21">
       <x:c r="A224" s="13" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="B224" s="14" t="s">
-        <x:v>234</x:v>
+        <x:v>231</x:v>
       </x:c>
       <x:c r="C224" s="15" t="n">
         <x:v>37442</x:v>
       </x:c>
       <x:c r="D224" s="15" t="s"/>
       <x:c r="E224" s="14" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="F224" s="14" t="s"/>
       <x:c r="G224" s="14" t="s">
         <x:v>124</x:v>
       </x:c>
       <x:c r="H224" s="14" t="s">
         <x:v>125</x:v>
       </x:c>
       <x:c r="I224" s="16" t="s">
         <x:v>126</x:v>
       </x:c>
       <x:c r="J224" s="14" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="K224" s="14" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="L224" s="14" t="s">
@@ -15126,51 +15128,51 @@
       <x:c r="J225" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="K225" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L225" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="M225" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N225" s="3" t="n">
         <x:v>22211</x:v>
       </x:c>
       <x:c r="O225" s="0" t="s">
         <x:v>206</x:v>
       </x:c>
       <x:c r="P225" s="0" t="s">
         <x:v>124</x:v>
       </x:c>
       <x:c r="Q225" s="4" t="s">
         <x:v>126</x:v>
       </x:c>
       <x:c r="R225" s="0" t="s">
-        <x:v>233</x:v>
+        <x:v>234</x:v>
       </x:c>
       <x:c r="S225" s="0" t="n">
         <x:v>559916</x:v>
       </x:c>
       <x:c r="T225" s="4" t="s">
         <x:v>349</x:v>
       </x:c>
       <x:c r="U225" s="4" t="s">
         <x:v>350</x:v>
       </x:c>
     </x:row>
     <x:row r="226" spans="1:21">
       <x:c r="A226" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B226" s="14" t="s">
         <x:v>339</x:v>
       </x:c>
       <x:c r="C226" s="15" t="n">
         <x:v>37442</x:v>
       </x:c>
       <x:c r="D226" s="15" t="s"/>
       <x:c r="E226" s="14" t="s"/>
       <x:c r="F226" s="14" t="s"/>
       <x:c r="G226" s="14" t="s">
@@ -15202,51 +15204,51 @@
       </x:c>
       <x:c r="P226" s="14" t="s">
         <x:v>124</x:v>
       </x:c>
       <x:c r="Q226" s="16" t="s">
         <x:v>126</x:v>
       </x:c>
       <x:c r="R226" s="14" t="s">
         <x:v>145</x:v>
       </x:c>
       <x:c r="S226" s="14" t="n">
         <x:v>616708</x:v>
       </x:c>
       <x:c r="T226" s="16" t="s">
         <x:v>357</x:v>
       </x:c>
       <x:c r="U226" s="16" t="s">
         <x:v>184</x:v>
       </x:c>
     </x:row>
     <x:row r="227" spans="1:21">
       <x:c r="A227" s="1" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="B227" s="0" t="s">
-        <x:v>234</x:v>
+        <x:v>231</x:v>
       </x:c>
       <x:c r="C227" s="3" t="n">
         <x:v>37442</x:v>
       </x:c>
       <x:c r="D227" s="3" t="s"/>
       <x:c r="E227" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="G227" s="0" t="s">
         <x:v>124</x:v>
       </x:c>
       <x:c r="H227" s="0" t="s">
         <x:v>125</x:v>
       </x:c>
       <x:c r="I227" s="4" t="s">
         <x:v>126</x:v>
       </x:c>
       <x:c r="J227" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="K227" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="L227" s="0" t="s">
         <x:v>40</x:v>
@@ -15304,51 +15306,51 @@
       <x:c r="J228" s="14" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="K228" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L228" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="M228" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N228" s="15" t="n">
         <x:v>22211</x:v>
       </x:c>
       <x:c r="O228" s="14" t="s">
         <x:v>206</x:v>
       </x:c>
       <x:c r="P228" s="14" t="s">
         <x:v>124</x:v>
       </x:c>
       <x:c r="Q228" s="16" t="s">
         <x:v>126</x:v>
       </x:c>
       <x:c r="R228" s="14" t="s">
-        <x:v>233</x:v>
+        <x:v>234</x:v>
       </x:c>
       <x:c r="S228" s="14" t="n">
         <x:v>579815</x:v>
       </x:c>
       <x:c r="T228" s="16" t="s">
         <x:v>237</x:v>
       </x:c>
       <x:c r="U228" s="16" t="s">
         <x:v>238</x:v>
       </x:c>
     </x:row>
     <x:row r="229" spans="1:21">
       <x:c r="A229" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B229" s="0" t="s">
         <x:v>345</x:v>
       </x:c>
       <x:c r="C229" s="3" t="n">
         <x:v>38878</x:v>
       </x:c>
       <x:c r="D229" s="3" t="s"/>
       <x:c r="G229" s="0" t="s">
         <x:v>124</x:v>
       </x:c>
@@ -15387,250 +15389,250 @@
       </x:c>
       <x:c r="S229" s="0" t="n">
         <x:v>570882</x:v>
       </x:c>
       <x:c r="T229" s="4" t="s">
         <x:v>358</x:v>
       </x:c>
       <x:c r="U229" s="4" t="s">
         <x:v>359</x:v>
       </x:c>
     </x:row>
     <x:row r="230" spans="1:21">
       <x:c r="A230" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B230" s="14" t="s">
         <x:v>345</x:v>
       </x:c>
       <x:c r="C230" s="15" t="n">
         <x:v>25353</x:v>
       </x:c>
       <x:c r="D230" s="15" t="s"/>
       <x:c r="E230" s="14" t="s"/>
       <x:c r="F230" s="14" t="s"/>
       <x:c r="G230" s="14" t="s">
-        <x:v>155</x:v>
+        <x:v>158</x:v>
       </x:c>
       <x:c r="H230" s="14" t="s"/>
       <x:c r="I230" s="16" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="J230" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="K230" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L230" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="M230" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N230" s="15" t="n">
         <x:v>22499</x:v>
       </x:c>
       <x:c r="O230" s="14" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="P230" s="14" t="s">
-        <x:v>155</x:v>
+        <x:v>158</x:v>
       </x:c>
       <x:c r="Q230" s="16" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="R230" s="14" t="s">
-        <x:v>158</x:v>
+        <x:v>161</x:v>
       </x:c>
       <x:c r="S230" s="14" t="n">
         <x:v>500270</x:v>
       </x:c>
       <x:c r="T230" s="16" t="s">
         <x:v>122</x:v>
       </x:c>
       <x:c r="U230" s="16" t="s">
-        <x:v>159</x:v>
+        <x:v>162</x:v>
       </x:c>
     </x:row>
     <x:row r="231" spans="1:21">
       <x:c r="A231" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B231" s="0" t="s">
         <x:v>345</x:v>
       </x:c>
       <x:c r="C231" s="3" t="n">
         <x:v>38878</x:v>
       </x:c>
       <x:c r="D231" s="3" t="s"/>
       <x:c r="G231" s="0" t="s">
-        <x:v>155</x:v>
+        <x:v>158</x:v>
       </x:c>
       <x:c r="I231" s="4" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="J231" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="K231" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L231" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="M231" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N231" s="3" t="n">
         <x:v>22499</x:v>
       </x:c>
       <x:c r="O231" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="P231" s="0" t="s">
-        <x:v>155</x:v>
+        <x:v>158</x:v>
       </x:c>
       <x:c r="Q231" s="4" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="R231" s="0" t="s">
-        <x:v>158</x:v>
+        <x:v>161</x:v>
       </x:c>
       <x:c r="S231" s="0" t="n">
         <x:v>540889</x:v>
       </x:c>
       <x:c r="T231" s="4" t="s">
         <x:v>122</x:v>
       </x:c>
       <x:c r="U231" s="4" t="s">
-        <x:v>159</x:v>
+        <x:v>162</x:v>
       </x:c>
     </x:row>
     <x:row r="232" spans="1:21">
       <x:c r="A232" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B232" s="14" t="s">
         <x:v>345</x:v>
       </x:c>
       <x:c r="C232" s="15" t="n">
         <x:v>38878</x:v>
       </x:c>
       <x:c r="D232" s="15" t="s"/>
       <x:c r="E232" s="14" t="s"/>
       <x:c r="F232" s="14" t="s"/>
       <x:c r="G232" s="14" t="s">
-        <x:v>155</x:v>
+        <x:v>158</x:v>
       </x:c>
       <x:c r="H232" s="14" t="s"/>
       <x:c r="I232" s="16" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="J232" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="K232" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L232" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="M232" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N232" s="15" t="n">
         <x:v>22499</x:v>
       </x:c>
       <x:c r="O232" s="14" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="P232" s="14" t="s">
-        <x:v>155</x:v>
+        <x:v>158</x:v>
       </x:c>
       <x:c r="Q232" s="16" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="R232" s="14" t="s">
-        <x:v>158</x:v>
+        <x:v>161</x:v>
       </x:c>
       <x:c r="S232" s="14" t="n">
         <x:v>588521</x:v>
       </x:c>
       <x:c r="T232" s="16" t="s">
-        <x:v>160</x:v>
+        <x:v>163</x:v>
       </x:c>
       <x:c r="U232" s="16" t="s">
         <x:v>44</x:v>
       </x:c>
     </x:row>
     <x:row r="233" spans="1:21">
       <x:c r="A233" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B233" s="0" t="s">
         <x:v>346</x:v>
       </x:c>
       <x:c r="C233" s="3" t="n">
         <x:v>37442</x:v>
       </x:c>
       <x:c r="D233" s="3" t="s"/>
       <x:c r="E233" s="0" t="s">
         <x:v>347</x:v>
       </x:c>
       <x:c r="F233" s="0" t="s">
         <x:v>348</x:v>
       </x:c>
       <x:c r="G233" s="0" t="s">
         <x:v>360</x:v>
       </x:c>
       <x:c r="H233" s="0" t="s">
         <x:v>361</x:v>
       </x:c>
       <x:c r="I233" s="4" t="s">
         <x:v>362</x:v>
       </x:c>
       <x:c r="J233" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="K233" s="0" t="s">
         <x:v>344</x:v>
       </x:c>
       <x:c r="L233" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="M233" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N233" s="3" t="n">
         <x:v>22211</x:v>
       </x:c>
       <x:c r="O233" s="0" t="s">
         <x:v>206</x:v>
       </x:c>
       <x:c r="P233" s="0" t="s">
-        <x:v>155</x:v>
+        <x:v>158</x:v>
       </x:c>
       <x:c r="Q233" s="4" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="R233" s="0" t="s">
         <x:v>354</x:v>
       </x:c>
       <x:c r="S233" s="0" t="n">
         <x:v>579666</x:v>
       </x:c>
       <x:c r="T233" s="4" t="s">
         <x:v>363</x:v>
       </x:c>
       <x:c r="U233" s="4" t="s">
         <x:v>364</x:v>
       </x:c>
     </x:row>
     <x:row r="234" spans="1:21">
       <x:c r="A234" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B234" s="14" t="s">
         <x:v>346</x:v>
       </x:c>
       <x:c r="C234" s="15" t="n">
@@ -15649,120 +15651,120 @@
       <x:c r="H234" s="14" t="s">
         <x:v>361</x:v>
       </x:c>
       <x:c r="I234" s="16" t="s">
         <x:v>362</x:v>
       </x:c>
       <x:c r="J234" s="14" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="K234" s="14" t="s">
         <x:v>344</x:v>
       </x:c>
       <x:c r="L234" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="M234" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N234" s="15" t="n">
         <x:v>22211</x:v>
       </x:c>
       <x:c r="O234" s="14" t="s">
         <x:v>206</x:v>
       </x:c>
       <x:c r="P234" s="14" t="s">
-        <x:v>155</x:v>
+        <x:v>158</x:v>
       </x:c>
       <x:c r="Q234" s="16" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="R234" s="14" t="s">
         <x:v>365</x:v>
       </x:c>
       <x:c r="S234" s="14" t="n">
         <x:v>579673</x:v>
       </x:c>
       <x:c r="T234" s="16" t="s">
         <x:v>366</x:v>
       </x:c>
       <x:c r="U234" s="16" t="s">
         <x:v>367</x:v>
       </x:c>
     </x:row>
     <x:row r="235" spans="1:21">
       <x:c r="A235" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B235" s="0" t="s">
         <x:v>345</x:v>
       </x:c>
       <x:c r="C235" s="3" t="n">
         <x:v>38878</x:v>
       </x:c>
       <x:c r="D235" s="3" t="s"/>
       <x:c r="G235" s="0" t="s">
-        <x:v>155</x:v>
+        <x:v>158</x:v>
       </x:c>
       <x:c r="I235" s="4" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="J235" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="K235" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L235" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="M235" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N235" s="3" t="n">
         <x:v>22499</x:v>
       </x:c>
       <x:c r="O235" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="P235" s="0" t="s">
-        <x:v>155</x:v>
+        <x:v>158</x:v>
       </x:c>
       <x:c r="Q235" s="4" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="R235" s="0" t="s">
-        <x:v>158</x:v>
+        <x:v>161</x:v>
       </x:c>
       <x:c r="S235" s="0" t="n">
         <x:v>543691</x:v>
       </x:c>
       <x:c r="T235" s="4" t="s">
         <x:v>368</x:v>
       </x:c>
       <x:c r="U235" s="4" t="s">
-        <x:v>162</x:v>
+        <x:v>165</x:v>
       </x:c>
     </x:row>
     <x:row r="236" spans="1:21">
       <x:c r="A236" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B236" s="14" t="s">
         <x:v>369</x:v>
       </x:c>
       <x:c r="C236" s="15" t="n">
         <x:v>37442</x:v>
       </x:c>
       <x:c r="D236" s="15" t="s"/>
       <x:c r="E236" s="14" t="s">
         <x:v>347</x:v>
       </x:c>
       <x:c r="F236" s="14" t="s">
         <x:v>348</x:v>
       </x:c>
       <x:c r="G236" s="14" t="s">
         <x:v>360</x:v>
       </x:c>
       <x:c r="H236" s="14" t="s">
         <x:v>361</x:v>
       </x:c>
@@ -20238,51 +20240,51 @@
       </x:c>
       <x:c r="P315" s="0" t="s">
         <x:v>438</x:v>
       </x:c>
       <x:c r="Q315" s="4" t="s">
         <x:v>439</x:v>
       </x:c>
       <x:c r="R315" s="0" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="S315" s="0" t="n">
         <x:v>609116</x:v>
       </x:c>
       <x:c r="T315" s="4" t="s">
         <x:v>440</x:v>
       </x:c>
       <x:c r="U315" s="4" t="s">
         <x:v>81</x:v>
       </x:c>
     </x:row>
     <x:row r="316" spans="1:21">
       <x:c r="A316" s="13" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="B316" s="14" t="s">
-        <x:v>234</x:v>
+        <x:v>231</x:v>
       </x:c>
       <x:c r="C316" s="15" t="n">
         <x:v>37442</x:v>
       </x:c>
       <x:c r="D316" s="15" t="s"/>
       <x:c r="E316" s="14" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="F316" s="14" t="s"/>
       <x:c r="G316" s="14" t="s">
         <x:v>442</x:v>
       </x:c>
       <x:c r="H316" s="14" t="s"/>
       <x:c r="I316" s="16" t="s">
         <x:v>443</x:v>
       </x:c>
       <x:c r="J316" s="14" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="K316" s="14" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="L316" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
@@ -20297,51 +20299,51 @@
       </x:c>
       <x:c r="P316" s="14" t="s">
         <x:v>444</x:v>
       </x:c>
       <x:c r="Q316" s="16" t="s">
         <x:v>115</x:v>
       </x:c>
       <x:c r="R316" s="14" t="s">
         <x:v>321</x:v>
       </x:c>
       <x:c r="S316" s="14" t="n">
         <x:v>557527</x:v>
       </x:c>
       <x:c r="T316" s="16" t="s">
         <x:v>445</x:v>
       </x:c>
       <x:c r="U316" s="16" t="s">
         <x:v>446</x:v>
       </x:c>
     </x:row>
     <x:row r="317" spans="1:21">
       <x:c r="A317" s="1" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="B317" s="0" t="s">
-        <x:v>234</x:v>
+        <x:v>231</x:v>
       </x:c>
       <x:c r="C317" s="3" t="n">
         <x:v>37442</x:v>
       </x:c>
       <x:c r="D317" s="3" t="s"/>
       <x:c r="E317" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="G317" s="0" t="s">
         <x:v>442</x:v>
       </x:c>
       <x:c r="I317" s="4" t="s">
         <x:v>443</x:v>
       </x:c>
       <x:c r="J317" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="K317" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="L317" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="M317" s="0" t="s">
         <x:v>28</x:v>
@@ -20354,51 +20356,51 @@
       </x:c>
       <x:c r="P317" s="0" t="s">
         <x:v>444</x:v>
       </x:c>
       <x:c r="Q317" s="4" t="s">
         <x:v>115</x:v>
       </x:c>
       <x:c r="R317" s="0" t="s">
         <x:v>321</x:v>
       </x:c>
       <x:c r="S317" s="0" t="n">
         <x:v>557528</x:v>
       </x:c>
       <x:c r="T317" s="4" t="s">
         <x:v>363</x:v>
       </x:c>
       <x:c r="U317" s="4" t="s">
         <x:v>425</x:v>
       </x:c>
     </x:row>
     <x:row r="318" spans="1:21">
       <x:c r="A318" s="13" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="B318" s="14" t="s">
-        <x:v>234</x:v>
+        <x:v>231</x:v>
       </x:c>
       <x:c r="C318" s="15" t="n">
         <x:v>37442</x:v>
       </x:c>
       <x:c r="D318" s="15" t="s"/>
       <x:c r="E318" s="14" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="F318" s="14" t="s"/>
       <x:c r="G318" s="14" t="s">
         <x:v>442</x:v>
       </x:c>
       <x:c r="H318" s="14" t="s"/>
       <x:c r="I318" s="16" t="s">
         <x:v>443</x:v>
       </x:c>
       <x:c r="J318" s="14" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="K318" s="14" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="L318" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
@@ -20413,51 +20415,51 @@
       </x:c>
       <x:c r="P318" s="14" t="s">
         <x:v>444</x:v>
       </x:c>
       <x:c r="Q318" s="16" t="s">
         <x:v>115</x:v>
       </x:c>
       <x:c r="R318" s="14" t="s">
         <x:v>321</x:v>
       </x:c>
       <x:c r="S318" s="14" t="n">
         <x:v>602099</x:v>
       </x:c>
       <x:c r="T318" s="16" t="s">
         <x:v>380</x:v>
       </x:c>
       <x:c r="U318" s="16" t="s">
         <x:v>447</x:v>
       </x:c>
     </x:row>
     <x:row r="319" spans="1:21">
       <x:c r="A319" s="1" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="B319" s="0" t="s">
-        <x:v>234</x:v>
+        <x:v>231</x:v>
       </x:c>
       <x:c r="C319" s="3" t="n">
         <x:v>37442</x:v>
       </x:c>
       <x:c r="D319" s="3" t="s"/>
       <x:c r="E319" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="G319" s="0" t="s">
         <x:v>442</x:v>
       </x:c>
       <x:c r="I319" s="4" t="s">
         <x:v>443</x:v>
       </x:c>
       <x:c r="J319" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="K319" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="L319" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="M319" s="0" t="s">
         <x:v>28</x:v>
@@ -20470,51 +20472,51 @@
       </x:c>
       <x:c r="P319" s="0" t="s">
         <x:v>444</x:v>
       </x:c>
       <x:c r="Q319" s="4" t="s">
         <x:v>115</x:v>
       </x:c>
       <x:c r="R319" s="0" t="s">
         <x:v>321</x:v>
       </x:c>
       <x:c r="S319" s="0" t="n">
         <x:v>602100</x:v>
       </x:c>
       <x:c r="T319" s="4" t="s">
         <x:v>448</x:v>
       </x:c>
       <x:c r="U319" s="4" t="s">
         <x:v>449</x:v>
       </x:c>
     </x:row>
     <x:row r="320" spans="1:21">
       <x:c r="A320" s="13" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="B320" s="14" t="s">
-        <x:v>234</x:v>
+        <x:v>231</x:v>
       </x:c>
       <x:c r="C320" s="15" t="n">
         <x:v>37442</x:v>
       </x:c>
       <x:c r="D320" s="15" t="s"/>
       <x:c r="E320" s="14" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="F320" s="14" t="s"/>
       <x:c r="G320" s="14" t="s">
         <x:v>442</x:v>
       </x:c>
       <x:c r="H320" s="14" t="s"/>
       <x:c r="I320" s="16" t="s">
         <x:v>443</x:v>
       </x:c>
       <x:c r="J320" s="14" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="K320" s="14" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="L320" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
@@ -21558,51 +21560,51 @@
         <x:v>598217</x:v>
       </x:c>
       <x:c r="T339" s="4" t="s">
         <x:v>490</x:v>
       </x:c>
       <x:c r="U339" s="4" t="s">
         <x:v>491</x:v>
       </x:c>
     </x:row>
     <x:row r="340" spans="1:21">
       <x:c r="A340" s="13" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="B340" s="14" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="C340" s="15" t="n">
         <x:v>38401</x:v>
       </x:c>
       <x:c r="D340" s="15" t="s"/>
       <x:c r="E340" s="14" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="F340" s="14" t="s"/>
       <x:c r="G340" s="14" t="s">
-        <x:v>155</x:v>
+        <x:v>158</x:v>
       </x:c>
       <x:c r="H340" s="14" t="s"/>
       <x:c r="I340" s="16" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="J340" s="14" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="K340" s="14" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="L340" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="M340" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N340" s="15" t="n">
         <x:v>24066</x:v>
       </x:c>
       <x:c r="O340" s="14" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="P340" s="14" t="s">
         <x:v>492</x:v>
@@ -29193,51 +29195,51 @@
       <x:c r="M469" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N469" s="3" t="n">
         <x:v>22211</x:v>
       </x:c>
       <x:c r="O469" s="0" t="s">
         <x:v>206</x:v>
       </x:c>
       <x:c r="P469" s="0" t="s">
         <x:v>573</x:v>
       </x:c>
       <x:c r="Q469" s="4" t="s">
         <x:v>521</x:v>
       </x:c>
       <x:c r="R469" s="0" t="s">
         <x:v>154</x:v>
       </x:c>
       <x:c r="S469" s="0" t="n">
         <x:v>579672</x:v>
       </x:c>
       <x:c r="T469" s="4" t="s">
         <x:v>397</x:v>
       </x:c>
       <x:c r="U469" s="4" t="s">
-        <x:v>160</x:v>
+        <x:v>163</x:v>
       </x:c>
     </x:row>
     <x:row r="470" spans="1:21">
       <x:c r="A470" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B470" s="14" t="s">
         <x:v>138</x:v>
       </x:c>
       <x:c r="C470" s="15" t="n">
         <x:v>38401</x:v>
       </x:c>
       <x:c r="D470" s="15" t="s"/>
       <x:c r="E470" s="14" t="s">
         <x:v>342</x:v>
       </x:c>
       <x:c r="F470" s="14" t="s">
         <x:v>343</x:v>
       </x:c>
       <x:c r="G470" s="14" t="s">
         <x:v>375</x:v>
       </x:c>
       <x:c r="H470" s="14" t="s">
         <x:v>376</x:v>
       </x:c>
@@ -29690,51 +29692,51 @@
       </x:c>
       <x:c r="P477" s="0" t="s">
         <x:v>577</x:v>
       </x:c>
       <x:c r="Q477" s="4" t="s">
         <x:v>269</x:v>
       </x:c>
       <x:c r="R477" s="0" t="s">
         <x:v>270</x:v>
       </x:c>
       <x:c r="S477" s="0" t="n">
         <x:v>604296</x:v>
       </x:c>
       <x:c r="T477" s="4" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="U477" s="4" t="s">
         <x:v>67</x:v>
       </x:c>
     </x:row>
     <x:row r="478" spans="1:21">
       <x:c r="A478" s="13" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="B478" s="14" t="s">
-        <x:v>234</x:v>
+        <x:v>231</x:v>
       </x:c>
       <x:c r="C478" s="15" t="n">
         <x:v>37442</x:v>
       </x:c>
       <x:c r="D478" s="15" t="s"/>
       <x:c r="E478" s="14" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="F478" s="14" t="s"/>
       <x:c r="G478" s="14" t="s">
         <x:v>577</x:v>
       </x:c>
       <x:c r="H478" s="14" t="s">
         <x:v>581</x:v>
       </x:c>
       <x:c r="I478" s="16" t="s">
         <x:v>269</x:v>
       </x:c>
       <x:c r="J478" s="14" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="K478" s="14" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="L478" s="14" t="s">
@@ -29751,51 +29753,51 @@
       </x:c>
       <x:c r="P478" s="14" t="s">
         <x:v>577</x:v>
       </x:c>
       <x:c r="Q478" s="16" t="s">
         <x:v>269</x:v>
       </x:c>
       <x:c r="R478" s="14" t="s">
         <x:v>270</x:v>
       </x:c>
       <x:c r="S478" s="14" t="n">
         <x:v>604315</x:v>
       </x:c>
       <x:c r="T478" s="16" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="U478" s="16" t="s">
         <x:v>67</x:v>
       </x:c>
     </x:row>
     <x:row r="479" spans="1:21">
       <x:c r="A479" s="1" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="B479" s="0" t="s">
-        <x:v>234</x:v>
+        <x:v>231</x:v>
       </x:c>
       <x:c r="C479" s="3" t="n">
         <x:v>37442</x:v>
       </x:c>
       <x:c r="D479" s="3" t="s"/>
       <x:c r="E479" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="G479" s="0" t="s">
         <x:v>577</x:v>
       </x:c>
       <x:c r="H479" s="0" t="s">
         <x:v>581</x:v>
       </x:c>
       <x:c r="I479" s="4" t="s">
         <x:v>269</x:v>
       </x:c>
       <x:c r="J479" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="K479" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="L479" s="0" t="s">
         <x:v>27</x:v>
@@ -29811,51 +29813,51 @@
       </x:c>
       <x:c r="P479" s="0" t="s">
         <x:v>577</x:v>
       </x:c>
       <x:c r="Q479" s="4" t="s">
         <x:v>269</x:v>
       </x:c>
       <x:c r="R479" s="0" t="s">
         <x:v>270</x:v>
       </x:c>
       <x:c r="S479" s="0" t="n">
         <x:v>604316</x:v>
       </x:c>
       <x:c r="T479" s="4" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="U479" s="4" t="s">
         <x:v>44</x:v>
       </x:c>
     </x:row>
     <x:row r="480" spans="1:21">
       <x:c r="A480" s="13" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="B480" s="14" t="s">
-        <x:v>234</x:v>
+        <x:v>231</x:v>
       </x:c>
       <x:c r="C480" s="15" t="n">
         <x:v>37442</x:v>
       </x:c>
       <x:c r="D480" s="15" t="s"/>
       <x:c r="E480" s="14" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="F480" s="14" t="s"/>
       <x:c r="G480" s="14" t="s">
         <x:v>577</x:v>
       </x:c>
       <x:c r="H480" s="14" t="s">
         <x:v>581</x:v>
       </x:c>
       <x:c r="I480" s="16" t="s">
         <x:v>269</x:v>
       </x:c>
       <x:c r="J480" s="14" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="K480" s="14" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="L480" s="14" t="s">
@@ -29872,51 +29874,51 @@
       </x:c>
       <x:c r="P480" s="14" t="s">
         <x:v>577</x:v>
       </x:c>
       <x:c r="Q480" s="16" t="s">
         <x:v>269</x:v>
       </x:c>
       <x:c r="R480" s="14" t="s">
         <x:v>270</x:v>
       </x:c>
       <x:c r="S480" s="14" t="n">
         <x:v>567910</x:v>
       </x:c>
       <x:c r="T480" s="16" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="U480" s="16" t="s">
         <x:v>70</x:v>
       </x:c>
     </x:row>
     <x:row r="481" spans="1:21">
       <x:c r="A481" s="1" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="B481" s="0" t="s">
-        <x:v>234</x:v>
+        <x:v>231</x:v>
       </x:c>
       <x:c r="C481" s="3" t="n">
         <x:v>37442</x:v>
       </x:c>
       <x:c r="D481" s="3" t="s"/>
       <x:c r="E481" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="G481" s="0" t="s">
         <x:v>577</x:v>
       </x:c>
       <x:c r="H481" s="0" t="s">
         <x:v>581</x:v>
       </x:c>
       <x:c r="I481" s="4" t="s">
         <x:v>269</x:v>
       </x:c>
       <x:c r="J481" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="K481" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="L481" s="0" t="s">
         <x:v>27</x:v>
@@ -29932,51 +29934,51 @@
       </x:c>
       <x:c r="P481" s="0" t="s">
         <x:v>577</x:v>
       </x:c>
       <x:c r="Q481" s="4" t="s">
         <x:v>269</x:v>
       </x:c>
       <x:c r="R481" s="0" t="s">
         <x:v>270</x:v>
       </x:c>
       <x:c r="S481" s="0" t="n">
         <x:v>567911</x:v>
       </x:c>
       <x:c r="T481" s="4" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="U481" s="4" t="s">
         <x:v>67</x:v>
       </x:c>
     </x:row>
     <x:row r="482" spans="1:21">
       <x:c r="A482" s="13" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="B482" s="14" t="s">
-        <x:v>234</x:v>
+        <x:v>231</x:v>
       </x:c>
       <x:c r="C482" s="15" t="n">
         <x:v>37442</x:v>
       </x:c>
       <x:c r="D482" s="15" t="s"/>
       <x:c r="E482" s="14" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="F482" s="14" t="s"/>
       <x:c r="G482" s="14" t="s">
         <x:v>582</x:v>
       </x:c>
       <x:c r="H482" s="14" t="s"/>
       <x:c r="I482" s="16" t="s">
         <x:v>583</x:v>
       </x:c>
       <x:c r="J482" s="14" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="K482" s="14" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="L482" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
@@ -29991,51 +29993,51 @@
       </x:c>
       <x:c r="P482" s="14" t="s">
         <x:v>584</x:v>
       </x:c>
       <x:c r="Q482" s="16" t="s">
         <x:v>456</x:v>
       </x:c>
       <x:c r="R482" s="14" t="s">
         <x:v>457</x:v>
       </x:c>
       <x:c r="S482" s="14" t="n">
         <x:v>495922</x:v>
       </x:c>
       <x:c r="T482" s="16" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="U482" s="16" t="s">
         <x:v>51</x:v>
       </x:c>
     </x:row>
     <x:row r="483" spans="1:21">
       <x:c r="A483" s="1" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="B483" s="0" t="s">
-        <x:v>234</x:v>
+        <x:v>231</x:v>
       </x:c>
       <x:c r="C483" s="3" t="n">
         <x:v>37442</x:v>
       </x:c>
       <x:c r="D483" s="3" t="s"/>
       <x:c r="E483" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="G483" s="0" t="s">
         <x:v>582</x:v>
       </x:c>
       <x:c r="I483" s="4" t="s">
         <x:v>583</x:v>
       </x:c>
       <x:c r="J483" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="K483" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="L483" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M483" s="0" t="s">
         <x:v>28</x:v>
@@ -30048,51 +30050,51 @@
       </x:c>
       <x:c r="P483" s="0" t="s">
         <x:v>584</x:v>
       </x:c>
       <x:c r="Q483" s="4" t="s">
         <x:v>456</x:v>
       </x:c>
       <x:c r="R483" s="0" t="s">
         <x:v>457</x:v>
       </x:c>
       <x:c r="S483" s="0" t="n">
         <x:v>544842</x:v>
       </x:c>
       <x:c r="T483" s="4" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="U483" s="4" t="s">
         <x:v>81</x:v>
       </x:c>
     </x:row>
     <x:row r="484" spans="1:21">
       <x:c r="A484" s="13" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="B484" s="14" t="s">
-        <x:v>234</x:v>
+        <x:v>231</x:v>
       </x:c>
       <x:c r="C484" s="15" t="n">
         <x:v>37442</x:v>
       </x:c>
       <x:c r="D484" s="15" t="s"/>
       <x:c r="E484" s="14" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="F484" s="14" t="s"/>
       <x:c r="G484" s="14" t="s">
         <x:v>582</x:v>
       </x:c>
       <x:c r="H484" s="14" t="s"/>
       <x:c r="I484" s="16" t="s">
         <x:v>583</x:v>
       </x:c>
       <x:c r="J484" s="14" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="K484" s="14" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="L484" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
@@ -30107,51 +30109,51 @@
       </x:c>
       <x:c r="P484" s="14" t="s">
         <x:v>582</x:v>
       </x:c>
       <x:c r="Q484" s="16" t="s">
         <x:v>583</x:v>
       </x:c>
       <x:c r="R484" s="14" t="s">
         <x:v>585</x:v>
       </x:c>
       <x:c r="S484" s="14" t="n">
         <x:v>495919</x:v>
       </x:c>
       <x:c r="T484" s="16" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="U484" s="16" t="s">
         <x:v>51</x:v>
       </x:c>
     </x:row>
     <x:row r="485" spans="1:21">
       <x:c r="A485" s="1" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="B485" s="0" t="s">
-        <x:v>234</x:v>
+        <x:v>231</x:v>
       </x:c>
       <x:c r="C485" s="3" t="n">
         <x:v>37442</x:v>
       </x:c>
       <x:c r="D485" s="3" t="s"/>
       <x:c r="E485" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="G485" s="0" t="s">
         <x:v>582</x:v>
       </x:c>
       <x:c r="I485" s="4" t="s">
         <x:v>583</x:v>
       </x:c>
       <x:c r="J485" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="K485" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="L485" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M485" s="0" t="s">
         <x:v>28</x:v>
@@ -31144,51 +31146,51 @@
       <x:c r="L504" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="M504" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N504" s="15" t="n">
         <x:v>22211</x:v>
       </x:c>
       <x:c r="O504" s="14" t="s">
         <x:v>206</x:v>
       </x:c>
       <x:c r="P504" s="14" t="s">
         <x:v>618</x:v>
       </x:c>
       <x:c r="Q504" s="16" t="s">
         <x:v>167</x:v>
       </x:c>
       <x:c r="R504" s="14" t="s">
         <x:v>498</x:v>
       </x:c>
       <x:c r="S504" s="14" t="n">
         <x:v>591810</x:v>
       </x:c>
       <x:c r="T504" s="16" t="s">
-        <x:v>160</x:v>
+        <x:v>163</x:v>
       </x:c>
       <x:c r="U504" s="16" t="s">
         <x:v>619</x:v>
       </x:c>
     </x:row>
     <x:row r="505" spans="1:21">
       <x:c r="A505" s="1" t="s">
         <x:v>614</x:v>
       </x:c>
       <x:c r="B505" s="0" t="s">
         <x:v>615</x:v>
       </x:c>
       <x:c r="C505" s="3" t="n">
         <x:v>37442</x:v>
       </x:c>
       <x:c r="D505" s="3" t="s"/>
       <x:c r="E505" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="G505" s="0" t="s">
         <x:v>616</x:v>
       </x:c>
       <x:c r="H505" s="0" t="s">
         <x:v>617</x:v>
       </x:c>
@@ -31628,51 +31630,51 @@
       <x:c r="L512" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="M512" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N512" s="15" t="n">
         <x:v>22211</x:v>
       </x:c>
       <x:c r="O512" s="14" t="s">
         <x:v>206</x:v>
       </x:c>
       <x:c r="P512" s="14" t="s">
         <x:v>631</x:v>
       </x:c>
       <x:c r="Q512" s="16" t="s">
         <x:v>632</x:v>
       </x:c>
       <x:c r="R512" s="14" t="s">
         <x:v>633</x:v>
       </x:c>
       <x:c r="S512" s="14" t="n">
         <x:v>591811</x:v>
       </x:c>
       <x:c r="T512" s="16" t="s">
-        <x:v>160</x:v>
+        <x:v>163</x:v>
       </x:c>
       <x:c r="U512" s="16" t="s">
         <x:v>636</x:v>
       </x:c>
     </x:row>
     <x:row r="513" spans="1:21">
       <x:c r="A513" s="1" t="s">
         <x:v>614</x:v>
       </x:c>
       <x:c r="B513" s="0" t="s">
         <x:v>615</x:v>
       </x:c>
       <x:c r="C513" s="3" t="n">
         <x:v>37442</x:v>
       </x:c>
       <x:c r="D513" s="3" t="s"/>
       <x:c r="E513" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="G513" s="0" t="s">
         <x:v>616</x:v>
       </x:c>
       <x:c r="H513" s="0" t="s">
         <x:v>617</x:v>
       </x:c>
@@ -31752,51 +31754,51 @@
       <x:c r="M514" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N514" s="15" t="n">
         <x:v>22211</x:v>
       </x:c>
       <x:c r="O514" s="14" t="s">
         <x:v>206</x:v>
       </x:c>
       <x:c r="P514" s="14" t="s">
         <x:v>631</x:v>
       </x:c>
       <x:c r="Q514" s="16" t="s">
         <x:v>632</x:v>
       </x:c>
       <x:c r="R514" s="14" t="s">
         <x:v>633</x:v>
       </x:c>
       <x:c r="S514" s="14" t="n">
         <x:v>573634</x:v>
       </x:c>
       <x:c r="T514" s="16" t="s">
         <x:v>605</x:v>
       </x:c>
       <x:c r="U514" s="16" t="s">
-        <x:v>259</x:v>
+        <x:v>261</x:v>
       </x:c>
     </x:row>
     <x:row r="515" spans="1:21">
       <x:c r="A515" s="1" t="s">
         <x:v>614</x:v>
       </x:c>
       <x:c r="B515" s="0" t="s">
         <x:v>615</x:v>
       </x:c>
       <x:c r="C515" s="3" t="n">
         <x:v>37442</x:v>
       </x:c>
       <x:c r="D515" s="3" t="s"/>
       <x:c r="E515" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="G515" s="0" t="s">
         <x:v>616</x:v>
       </x:c>
       <x:c r="H515" s="0" t="s">
         <x:v>617</x:v>
       </x:c>
       <x:c r="I515" s="4" t="s">
         <x:v>377</x:v>
       </x:c>
@@ -31991,51 +31993,51 @@
       <x:c r="L518" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="M518" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N518" s="15" t="n">
         <x:v>22211</x:v>
       </x:c>
       <x:c r="O518" s="14" t="s">
         <x:v>206</x:v>
       </x:c>
       <x:c r="P518" s="14" t="s">
         <x:v>640</x:v>
       </x:c>
       <x:c r="Q518" s="16" t="s">
         <x:v>641</x:v>
       </x:c>
       <x:c r="R518" s="14" t="s">
         <x:v>642</x:v>
       </x:c>
       <x:c r="S518" s="14" t="n">
         <x:v>585104</x:v>
       </x:c>
       <x:c r="T518" s="16" t="s">
-        <x:v>258</x:v>
+        <x:v>260</x:v>
       </x:c>
       <x:c r="U518" s="16" t="s">
         <x:v>643</x:v>
       </x:c>
     </x:row>
     <x:row r="519" spans="1:21">
       <x:c r="A519" s="1" t="s">
         <x:v>614</x:v>
       </x:c>
       <x:c r="B519" s="0" t="s">
         <x:v>615</x:v>
       </x:c>
       <x:c r="C519" s="3" t="n">
         <x:v>37442</x:v>
       </x:c>
       <x:c r="D519" s="3" t="s"/>
       <x:c r="E519" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="G519" s="0" t="s">
         <x:v>616</x:v>
       </x:c>
       <x:c r="H519" s="0" t="s">
         <x:v>617</x:v>
       </x:c>
@@ -32404,51 +32406,51 @@
       <x:c r="L525" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="M525" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N525" s="3" t="n">
         <x:v>22211</x:v>
       </x:c>
       <x:c r="O525" s="0" t="s">
         <x:v>206</x:v>
       </x:c>
       <x:c r="P525" s="0" t="s">
         <x:v>616</x:v>
       </x:c>
       <x:c r="Q525" s="4" t="s">
         <x:v>377</x:v>
       </x:c>
       <x:c r="R525" s="0" t="s">
         <x:v>650</x:v>
       </x:c>
       <x:c r="S525" s="0" t="n">
         <x:v>571626</x:v>
       </x:c>
       <x:c r="T525" s="4" t="s">
-        <x:v>258</x:v>
+        <x:v>260</x:v>
       </x:c>
       <x:c r="U525" s="4" t="s">
         <x:v>626</x:v>
       </x:c>
     </x:row>
     <x:row r="526" spans="1:21">
       <x:c r="A526" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B526" s="14" t="s">
         <x:v>649</x:v>
       </x:c>
       <x:c r="C526" s="15" t="n">
         <x:v>37442</x:v>
       </x:c>
       <x:c r="D526" s="15" t="s"/>
       <x:c r="E526" s="14" t="s"/>
       <x:c r="F526" s="14" t="s"/>
       <x:c r="G526" s="14" t="s">
         <x:v>616</x:v>
       </x:c>
       <x:c r="H526" s="14" t="s">
         <x:v>617</x:v>
       </x:c>
       <x:c r="I526" s="16" t="s">
@@ -33328,51 +33330,51 @@
       <x:c r="L541" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="M541" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N541" s="3" t="n">
         <x:v>22211</x:v>
       </x:c>
       <x:c r="O541" s="0" t="s">
         <x:v>206</x:v>
       </x:c>
       <x:c r="P541" s="0" t="s">
         <x:v>616</x:v>
       </x:c>
       <x:c r="Q541" s="4" t="s">
         <x:v>377</x:v>
       </x:c>
       <x:c r="R541" s="0" t="s">
         <x:v>653</x:v>
       </x:c>
       <x:c r="S541" s="0" t="n">
         <x:v>585936</x:v>
       </x:c>
       <x:c r="T541" s="4" t="s">
-        <x:v>160</x:v>
+        <x:v>163</x:v>
       </x:c>
       <x:c r="U541" s="4" t="s">
         <x:v>678</x:v>
       </x:c>
     </x:row>
     <x:row r="542" spans="1:21">
       <x:c r="A542" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B542" s="14" t="s">
         <x:v>679</x:v>
       </x:c>
       <x:c r="C542" s="15" t="s"/>
       <x:c r="D542" s="15" t="s"/>
       <x:c r="E542" s="14" t="s"/>
       <x:c r="F542" s="14" t="s"/>
       <x:c r="G542" s="14" t="s">
         <x:v>616</x:v>
       </x:c>
       <x:c r="H542" s="14" t="s">
         <x:v>617</x:v>
       </x:c>
       <x:c r="I542" s="16" t="s">
         <x:v>377</x:v>
       </x:c>
@@ -34020,51 +34022,51 @@
       <x:c r="L553" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="M553" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N553" s="3" t="n">
         <x:v>22211</x:v>
       </x:c>
       <x:c r="O553" s="0" t="s">
         <x:v>206</x:v>
       </x:c>
       <x:c r="P553" s="0" t="s">
         <x:v>375</x:v>
       </x:c>
       <x:c r="Q553" s="4" t="s">
         <x:v>377</x:v>
       </x:c>
       <x:c r="R553" s="0" t="s">
         <x:v>653</x:v>
       </x:c>
       <x:c r="S553" s="0" t="n">
         <x:v>585638</x:v>
       </x:c>
       <x:c r="T553" s="4" t="s">
-        <x:v>160</x:v>
+        <x:v>163</x:v>
       </x:c>
       <x:c r="U553" s="4" t="s">
         <x:v>678</x:v>
       </x:c>
     </x:row>
     <x:row r="554" spans="1:21">
       <x:c r="A554" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B554" s="14" t="s">
         <x:v>346</x:v>
       </x:c>
       <x:c r="C554" s="15" t="n">
         <x:v>37442</x:v>
       </x:c>
       <x:c r="D554" s="15" t="s"/>
       <x:c r="E554" s="14" t="s">
         <x:v>347</x:v>
       </x:c>
       <x:c r="F554" s="14" t="s">
         <x:v>348</x:v>
       </x:c>
       <x:c r="G554" s="14" t="s">
         <x:v>360</x:v>
       </x:c>
@@ -34374,51 +34376,51 @@
       <x:c r="L559" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="M559" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N559" s="3" t="n">
         <x:v>22211</x:v>
       </x:c>
       <x:c r="O559" s="0" t="s">
         <x:v>206</x:v>
       </x:c>
       <x:c r="P559" s="0" t="s">
         <x:v>375</x:v>
       </x:c>
       <x:c r="Q559" s="4" t="s">
         <x:v>377</x:v>
       </x:c>
       <x:c r="R559" s="0" t="s">
         <x:v>650</x:v>
       </x:c>
       <x:c r="S559" s="0" t="n">
         <x:v>571545</x:v>
       </x:c>
       <x:c r="T559" s="4" t="s">
-        <x:v>258</x:v>
+        <x:v>260</x:v>
       </x:c>
       <x:c r="U559" s="4" t="s">
         <x:v>626</x:v>
       </x:c>
     </x:row>
     <x:row r="560" spans="1:21">
       <x:c r="A560" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B560" s="14" t="s">
         <x:v>649</x:v>
       </x:c>
       <x:c r="C560" s="15" t="n">
         <x:v>37442</x:v>
       </x:c>
       <x:c r="D560" s="15" t="s"/>
       <x:c r="E560" s="14" t="s"/>
       <x:c r="F560" s="14" t="s"/>
       <x:c r="G560" s="14" t="s">
         <x:v>375</x:v>
       </x:c>
       <x:c r="H560" s="14" t="s">
         <x:v>376</x:v>
       </x:c>
       <x:c r="I560" s="16" t="s">