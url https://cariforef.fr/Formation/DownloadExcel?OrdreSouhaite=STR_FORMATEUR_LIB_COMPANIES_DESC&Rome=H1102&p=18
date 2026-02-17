--- v0 (2026-02-17)
+++ v1 (2026-02-17)
@@ -284,80 +284,80 @@
   <x:si>
     <x:t>TOULON</x:t>
   </x:si>
   <x:si>
     <x:t>08/31/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Master mention droit des affaires parcours droit de la banque</x:t>
   </x:si>
   <x:si>
     <x:t>09/08/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>06/30/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Master mention management et administration des entreprises</x:t>
   </x:si>
   <x:si>
     <x:t>Gestion des organisations</x:t>
   </x:si>
   <x:si>
     <x:t>Formation scolaire, universitaire</x:t>
   </x:si>
   <x:si>
+    <x:t>master mention droit des affaires</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Univ. de Toulon</x:t>
+  </x:si>
+  <x:si>
+    <x:t>83957</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Public de la formation initiale</x:t>
+  </x:si>
+  <x:si>
+    <x:t>UNIVERSITE DE TOULON</x:t>
+  </x:si>
+  <x:si>
+    <x:t>83056</x:t>
+  </x:si>
+  <x:si>
+    <x:t>TOULON CEDEX</x:t>
+  </x:si>
+  <x:si>
     <x:t>master mention management et administration des entreprises</x:t>
   </x:si>
   <x:si>
-    <x:t>Univ. de Toulon</x:t>
-[...10 lines deleted...]
-  <x:si>
     <x:t>83000</x:t>
   </x:si>
   <x:si>
     <x:t>TOULON CEDEX 09</x:t>
   </x:si>
   <x:si>
-    <x:t>master mention droit des affaires</x:t>
-[...7 lines deleted...]
-  <x:si>
     <x:t>Aix-Marseille Université</x:t>
   </x:si>
   <x:si>
     <x:t>13284</x:t>
   </x:si>
   <x:si>
     <x:t>UNIVERSITE D'AIX MARSEILLE</x:t>
   </x:si>
   <x:si>
     <x:t>13628</x:t>
   </x:si>
   <x:si>
     <x:t>AIX EN PROVENCE CEDEX 1</x:t>
   </x:si>
   <x:si>
     <x:t>master mention management et commerce international</x:t>
   </x:si>
   <x:si>
     <x:t>Université Côte d'Azur</x:t>
   </x:si>
   <x:si>
     <x:t>06103</x:t>
   </x:si>
   <x:si>
     <x:t>Encadrement management</x:t>
@@ -506,86 +506,86 @@
   <x:si>
     <x:t>09/25/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>09/15/2027 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>09/25/2024 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>09/15/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Programme ingénieur d'affaires (Apprentissage)</x:t>
   </x:si>
   <x:si>
     <x:t>Kedge Business School</x:t>
   </x:si>
   <x:si>
     <x:t>33400</x:t>
   </x:si>
   <x:si>
     <x:t>Kedge Business School - Antenne Toulon</x:t>
   </x:si>
   <x:si>
+    <x:t>09/30/2024 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>09/04/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>10/03/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
     <x:t>09/29/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>09/04/2027 00:00:00</x:t>
   </x:si>
   <x:si>
-    <x:t>10/03/2026 00:00:00</x:t>
-[...7 lines deleted...]
-  <x:si>
     <x:t>Programme ingénieur d'affaires</x:t>
   </x:si>
   <x:si>
     <x:t>13009</x:t>
   </x:si>
   <x:si>
+    <x:t>09/09/2025 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>12/15/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
     <x:t>09/17/2024 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>09/22/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>12/15/2027 00:00:00</x:t>
   </x:si>
   <x:si>
-    <x:t>09/09/2025 00:00:00</x:t>
-[...4 lines deleted...]
-  <x:si>
     <x:t>09/18/2023 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>10/15/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>KEDGE BS</x:t>
   </x:si>
   <x:si>
     <x:t>Manager d'affaires (Apprentissage)</x:t>
   </x:si>
   <x:si>
     <x:t>Iscod</x:t>
   </x:si>
   <x:si>
     <x:t>12/31/2027 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Manager de la stratégie commerciale (Apprentissage)</x:t>
   </x:si>
   <x:si>
     <x:t>Institut National de l'Hygiène et du Nettoyage Industriel</x:t>
   </x:si>
   <x:si>
     <x:t>INHNI</x:t>
@@ -611,134 +611,134 @@
   <x:si>
     <x:t>INSEEC</x:t>
   </x:si>
   <x:si>
     <x:t>13002</x:t>
   </x:si>
   <x:si>
     <x:t>Commercialisation vin spiritueux</x:t>
   </x:si>
   <x:si>
     <x:t>MARSEILLE- 2e</x:t>
   </x:si>
   <x:si>
     <x:t>Igpepm - Groupe Eductive</x:t>
   </x:si>
   <x:si>
     <x:t>13090</x:t>
   </x:si>
   <x:si>
     <x:t>AIX EN PROVENCE</x:t>
   </x:si>
   <x:si>
     <x:t>Manager du développement commercial à l'international spécialisation business development des organisations sportives (Apprentissage)</x:t>
   </x:si>
   <x:si>
+    <x:t>Manager du développement commercial à l'international spécialisation PPA sport (Apprentissage)</x:t>
+  </x:si>
+  <x:si>
+    <x:t>09/14/2028 00:00:00</x:t>
+  </x:si>
+  <x:si>
     <x:t>Manager du développement commercial à l'international spécialisation marketing et communication dans le sport (Apprentissage)</x:t>
   </x:si>
   <x:si>
-    <x:t>Manager du développement commercial à l'international spécialisation PPA sport (Apprentissage)</x:t>
-[...4 lines deleted...]
-  <x:si>
     <x:t>manager de la stratégie commerciale</x:t>
   </x:si>
   <x:si>
     <x:t>IDRAC BS</x:t>
   </x:si>
   <x:si>
     <x:t>06310</x:t>
   </x:si>
   <x:si>
     <x:t>BEAULIEU-SUR-MER</x:t>
   </x:si>
   <x:si>
     <x:t>06000</x:t>
   </x:si>
   <x:si>
     <x:t>Ingénieur d'affaires en hautes technologies (Apprentissage)</x:t>
   </x:si>
   <x:si>
     <x:t>Icademie Editions</x:t>
   </x:si>
   <x:si>
     <x:t>Vente informatique</x:t>
   </x:si>
   <x:si>
     <x:t>Ingénieur d'affaires en hautes technologies</x:t>
   </x:si>
   <x:si>
     <x:t>11/03/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>10/31/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>01/01/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>12/30/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>10/01/2024 00:00:00</x:t>
   </x:si>
   <x:si>
+    <x:t>Groupe Belmont</x:t>
+  </x:si>
+  <x:si>
+    <x:t>84140</x:t>
+  </x:si>
+  <x:si>
+    <x:t>MONTFAVET</x:t>
+  </x:si>
+  <x:si>
     <x:t>Formation en contrat de pro</x:t>
   </x:si>
   <x:si>
     <x:t>Ingénieur d'affaires (Contrat de Professionnalisation)</x:t>
   </x:si>
   <x:si>
-    <x:t>Groupe Belmont</x:t>
-[...7 lines deleted...]
-  <x:si>
     <x:t>07/01/2026 00:00:00</x:t>
   </x:si>
   <x:si>
+    <x:t>Euridis Management</x:t>
+  </x:si>
+  <x:si>
+    <x:t>75009</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Euridis Management - Antenne Aix en Provence</x:t>
+  </x:si>
+  <x:si>
+    <x:t>13100</x:t>
+  </x:si>
+  <x:si>
     <x:t>Ingénieur d'affaires en hautes technologies spécialisation international business manager (Apprentissage)</x:t>
   </x:si>
   <x:si>
-    <x:t>Euridis Management</x:t>
-[...10 lines deleted...]
-  <x:si>
     <x:t>manager développement et performance commerciale</x:t>
   </x:si>
   <x:si>
     <x:t>ESG</x:t>
   </x:si>
   <x:si>
     <x:t>manager d'affaires</x:t>
   </x:si>
   <x:si>
     <x:t>ÉRUDIS Formation</x:t>
   </x:si>
   <x:si>
     <x:t>Elysées Marbeuf Cannes</x:t>
   </x:si>
   <x:si>
     <x:t>06400</x:t>
   </x:si>
   <x:si>
     <x:t>CANNES</x:t>
   </x:si>
   <x:si>
     <x:t>Ingénieur d'affaires</x:t>
   </x:si>
   <x:si>
     <x:t>Ecotec - Ecole Internationale Tunon</x:t>
@@ -1190,111 +1190,111 @@
   <x:si>
     <x:t>Master mention droit des affaires parcours droit des affaires approfondi</x:t>
   </x:si>
   <x:si>
     <x:t>Master mention management et administration des entreprises parcours recherche, études et conseil en sciences de gestion</x:t>
   </x:si>
   <x:si>
     <x:t>Aix Marseille Université - Institut d'Administration des Entreprises</x:t>
   </x:si>
   <x:si>
     <x:t>13540</x:t>
   </x:si>
   <x:si>
     <x:t>PUYRICARD</x:t>
   </x:si>
   <x:si>
     <x:t>Master mention management et administration des entreprises parcours management général</x:t>
   </x:si>
   <x:si>
     <x:t>Master mention entrepreneuriat et management de projets Parcours Entrepreneuriat et innovation</x:t>
   </x:si>
   <x:si>
     <x:t>Microéconomie</x:t>
   </x:si>
   <x:si>
+    <x:t>Master mention langues étrangères appliquées parcours au management international</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Aix Marseille Université - Facultés des Arts, Lettres, Langues, Sciences Humaines</x:t>
+  </x:si>
+  <x:si>
+    <x:t>13621</x:t>
+  </x:si>
+  <x:si>
     <x:t>Master mention langues étrangères appliquées parcours PME-Export</x:t>
   </x:si>
   <x:si>
-    <x:t>Aix Marseille Université - Facultés des Arts, Lettres, Langues, Sciences Humaines</x:t>
-[...7 lines deleted...]
-  <x:si>
     <x:t>Master mention langues étrangères appliquées parcours management de projets de développement durable et culturel</x:t>
   </x:si>
   <x:si>
     <x:t>Master mention management et commerce international parcours financement stratégies internationales</x:t>
   </x:si>
   <x:si>
     <x:t>Aix Marseille Université - Faculté Economie et Gestion</x:t>
   </x:si>
   <x:si>
     <x:t>13080</x:t>
   </x:si>
   <x:si>
     <x:t>Master mention management et commerce international parcours management international de l'hospitalité</x:t>
   </x:si>
   <x:si>
     <x:t>Master mention management et commerce international parcours management du commerce international</x:t>
   </x:si>
   <x:si>
     <x:t>Master mention droit des affaires parcours droit des assurances (Contrat de Professionnalisation)</x:t>
   </x:si>
   <x:si>
     <x:t>Master mention droit des affaires parcours droit des transports internationaux et de la supply chain</x:t>
   </x:si>
   <x:si>
     <x:t>Master mention droit des affaires parcours droit et management des activités maritimes</x:t>
   </x:si>
   <x:si>
     <x:t>Ingénieur diplômé de l'école polytechnique universitaire de Marseille de l'université d'Aix-Marseille spécialité mécanique et énergétique</x:t>
   </x:si>
   <x:si>
     <x:t>Master mention droit des affaires parcours gouvernance environnementale et sociétale de l'entreprise (Contrat de Professionnalisation)</x:t>
   </x:si>
   <x:si>
     <x:t>Master mention droit des affaires parcours droit du sport</x:t>
   </x:si>
   <x:si>
     <x:t>Master mention droit des affaires parcours droit et fiscalité de l'entreprise</x:t>
   </x:si>
   <x:si>
     <x:t>Master mention droit des affaires parcours ingénierie des sociétés</x:t>
   </x:si>
   <x:si>
+    <x:t>Master mention droit des affaires parcours compliance et droit des affaires</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Master mention droit des affaires parcours entreprises en difficulté</x:t>
+  </x:si>
+  <x:si>
     <x:t>Master mention droit des affaires parcours droit et management du transport aérien</x:t>
-  </x:si>
-[...4 lines deleted...]
-    <x:t>Master mention droit des affaires parcours entreprises en difficulté</x:t>
   </x:si>
   <x:si>
     <x:t>Master mention droit des affaires parcours contentieux économique, médiation et arbitrage</x:t>
   </x:si>
   <x:si>
     <x:t>Gestion de projet initiation</x:t>
   </x:si>
   <x:si>
     <x:t>3d Ingénierie Systèmes</x:t>
   </x:si>
   <x:si>
     <x:t>3DIS</x:t>
   </x:si>
   <x:si>
     <x:t>13170</x:t>
   </x:si>
   <x:si>
     <x:t>Périmètre :</x:t>
   </x:si>
 </x:sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts count="2">
@@ -2369,213 +2369,213 @@
       </x:c>
       <x:c r="Q10" s="16" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="R10" s="14" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="S10" s="14" t="n">
         <x:v>581078</x:v>
       </x:c>
       <x:c r="T10" s="16" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="U10" s="16" t="s">
         <x:v>67</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:21">
       <x:c r="A11" s="1" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="B11" s="0" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="C11" s="3" t="n">
-        <x:v>35916</x:v>
+        <x:v>38159</x:v>
       </x:c>
       <x:c r="D11" s="3" t="s"/>
       <x:c r="G11" s="0" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="I11" s="4" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="J11" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K11" s="0" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="L11" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="M11" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N11" s="3" t="n">
-        <x:v>32054</x:v>
+        <x:v>13253</x:v>
       </x:c>
       <x:c r="O11" s="0" t="s">
-        <x:v>69</x:v>
+        <x:v>62</x:v>
       </x:c>
       <x:c r="P11" s="0" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="Q11" s="4" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="R11" s="0" t="s">
-        <x:v>63</x:v>
+        <x:v>77</x:v>
       </x:c>
       <x:c r="S11" s="0" t="n">
-        <x:v>595460</x:v>
+        <x:v>597438</x:v>
       </x:c>
       <x:c r="T11" s="4" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="U11" s="4" t="s">
-        <x:v>57</x:v>
+        <x:v>53</x:v>
       </x:c>
     </x:row>
     <x:row r="12" spans="1:21">
       <x:c r="A12" s="13" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="B12" s="14" t="s">
-        <x:v>71</x:v>
+        <x:v>78</x:v>
       </x:c>
       <x:c r="C12" s="15" t="n">
         <x:v>35916</x:v>
       </x:c>
       <x:c r="D12" s="15" t="s"/>
       <x:c r="E12" s="14" t="s"/>
       <x:c r="F12" s="14" t="s"/>
       <x:c r="G12" s="14" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="H12" s="14" t="s"/>
       <x:c r="I12" s="16" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="J12" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K12" s="14" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="L12" s="14" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="M12" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N12" s="15" t="n">
         <x:v>32054</x:v>
       </x:c>
       <x:c r="O12" s="14" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="P12" s="14" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="Q12" s="16" t="s">
-        <x:v>61</x:v>
+        <x:v>79</x:v>
       </x:c>
       <x:c r="R12" s="14" t="s">
-        <x:v>77</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="S12" s="14" t="n">
-        <x:v>595459</x:v>
+        <x:v>595460</x:v>
       </x:c>
       <x:c r="T12" s="16" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="U12" s="16" t="s">
         <x:v>57</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:21">
       <x:c r="A13" s="1" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="B13" s="0" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="C13" s="3" t="n">
-        <x:v>38159</x:v>
+        <x:v>35916</x:v>
       </x:c>
       <x:c r="D13" s="3" t="s"/>
       <x:c r="G13" s="0" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="I13" s="4" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="J13" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K13" s="0" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="L13" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="M13" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N13" s="3" t="n">
-        <x:v>13253</x:v>
+        <x:v>32054</x:v>
       </x:c>
       <x:c r="O13" s="0" t="s">
-        <x:v>62</x:v>
+        <x:v>69</x:v>
       </x:c>
       <x:c r="P13" s="0" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="Q13" s="4" t="s">
-        <x:v>79</x:v>
+        <x:v>61</x:v>
       </x:c>
       <x:c r="R13" s="0" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="S13" s="0" t="n">
-        <x:v>597438</x:v>
+        <x:v>595459</x:v>
       </x:c>
       <x:c r="T13" s="4" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="U13" s="4" t="s">
-        <x:v>53</x:v>
+        <x:v>57</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:21">
       <x:c r="A14" s="13" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="B14" s="14" t="s">
-        <x:v>78</x:v>
+        <x:v>71</x:v>
       </x:c>
       <x:c r="C14" s="15" t="n">
         <x:v>38159</x:v>
       </x:c>
       <x:c r="D14" s="15" t="s"/>
       <x:c r="E14" s="14" t="s"/>
       <x:c r="F14" s="14" t="s"/>
       <x:c r="G14" s="14" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="H14" s="14" t="s"/>
       <x:c r="I14" s="16" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="J14" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K14" s="14" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="L14" s="14" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="M14" s="14" t="s">
         <x:v>28</x:v>
@@ -2699,51 +2699,51 @@
       </x:c>
       <x:c r="P16" s="14" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="Q16" s="16" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="R16" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="S16" s="14" t="n">
         <x:v>592069</x:v>
       </x:c>
       <x:c r="T16" s="16" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="U16" s="16" t="s">
         <x:v>53</x:v>
       </x:c>
     </x:row>
     <x:row r="17" spans="1:21">
       <x:c r="A17" s="1" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="B17" s="0" t="s">
-        <x:v>71</x:v>
+        <x:v>78</x:v>
       </x:c>
       <x:c r="C17" s="3" t="n">
         <x:v>35916</x:v>
       </x:c>
       <x:c r="D17" s="3" t="s"/>
       <x:c r="G17" s="0" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="I17" s="4" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="J17" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K17" s="0" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="L17" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="M17" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N17" s="3" t="n">
         <x:v>32054</x:v>
@@ -2977,51 +2977,51 @@
       </x:c>
       <x:c r="P21" s="0" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="Q21" s="4" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="R21" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="S21" s="0" t="n">
         <x:v>597135</x:v>
       </x:c>
       <x:c r="T21" s="4" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="U21" s="4" t="s">
         <x:v>55</x:v>
       </x:c>
     </x:row>
     <x:row r="22" spans="1:21">
       <x:c r="A22" s="13" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="B22" s="14" t="s">
-        <x:v>78</x:v>
+        <x:v>71</x:v>
       </x:c>
       <x:c r="C22" s="15" t="n">
         <x:v>38159</x:v>
       </x:c>
       <x:c r="D22" s="15" t="s"/>
       <x:c r="E22" s="14" t="s"/>
       <x:c r="F22" s="14" t="s"/>
       <x:c r="G22" s="14" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="H22" s="14" t="s"/>
       <x:c r="I22" s="16" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="J22" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K22" s="14" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="L22" s="14" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="M22" s="14" t="s">
         <x:v>28</x:v>
@@ -3034,51 +3034,51 @@
       </x:c>
       <x:c r="P22" s="14" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="Q22" s="16" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="R22" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="S22" s="14" t="n">
         <x:v>597434</x:v>
       </x:c>
       <x:c r="T22" s="16" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="U22" s="16" t="s">
         <x:v>53</x:v>
       </x:c>
     </x:row>
     <x:row r="23" spans="1:21">
       <x:c r="A23" s="1" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="B23" s="0" t="s">
-        <x:v>78</x:v>
+        <x:v>71</x:v>
       </x:c>
       <x:c r="C23" s="3" t="n">
         <x:v>38159</x:v>
       </x:c>
       <x:c r="D23" s="3" t="s"/>
       <x:c r="G23" s="0" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="I23" s="4" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="J23" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K23" s="0" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="L23" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="M23" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N23" s="3" t="n">
         <x:v>13253</x:v>
@@ -3317,135 +3317,135 @@
         <x:v>116</x:v>
       </x:c>
     </x:row>
     <x:row r="28" spans="1:21">
       <x:c r="A28" s="13" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="B28" s="14" t="s">
         <x:v>117</x:v>
       </x:c>
       <x:c r="C28" s="15" t="n">
         <x:v>38602</x:v>
       </x:c>
       <x:c r="D28" s="15" t="s"/>
       <x:c r="E28" s="14" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="F28" s="14" t="s"/>
       <x:c r="G28" s="14" t="s">
         <x:v>118</x:v>
       </x:c>
       <x:c r="H28" s="14" t="s">
         <x:v>119</x:v>
       </x:c>
       <x:c r="I28" s="16" t="s">
-        <x:v>76</x:v>
+        <x:v>79</x:v>
       </x:c>
       <x:c r="J28" s="14" t="s">
         <x:v>120</x:v>
       </x:c>
       <x:c r="K28" s="14" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="L28" s="14" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="M28" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N28" s="15" t="n">
         <x:v>34085</x:v>
       </x:c>
       <x:c r="O28" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="P28" s="14" t="s">
         <x:v>118</x:v>
       </x:c>
       <x:c r="Q28" s="16" t="s">
-        <x:v>76</x:v>
+        <x:v>79</x:v>
       </x:c>
       <x:c r="R28" s="14" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="S28" s="14" t="n">
         <x:v>607795</x:v>
       </x:c>
       <x:c r="T28" s="16" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="U28" s="16" t="s">
         <x:v>121</x:v>
       </x:c>
     </x:row>
     <x:row r="29" spans="1:21">
       <x:c r="A29" s="1" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="B29" s="0" t="s">
         <x:v>117</x:v>
       </x:c>
       <x:c r="C29" s="3" t="n">
         <x:v>38602</x:v>
       </x:c>
       <x:c r="D29" s="3" t="s"/>
       <x:c r="E29" s="0" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="G29" s="0" t="s">
         <x:v>118</x:v>
       </x:c>
       <x:c r="H29" s="0" t="s">
         <x:v>119</x:v>
       </x:c>
       <x:c r="I29" s="4" t="s">
-        <x:v>76</x:v>
+        <x:v>79</x:v>
       </x:c>
       <x:c r="J29" s="0" t="s">
         <x:v>120</x:v>
       </x:c>
       <x:c r="K29" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="L29" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="M29" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N29" s="3" t="n">
         <x:v>34085</x:v>
       </x:c>
       <x:c r="O29" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="P29" s="0" t="s">
         <x:v>118</x:v>
       </x:c>
       <x:c r="Q29" s="4" t="s">
-        <x:v>76</x:v>
+        <x:v>79</x:v>
       </x:c>
       <x:c r="R29" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="S29" s="0" t="n">
         <x:v>607794</x:v>
       </x:c>
       <x:c r="T29" s="4" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="U29" s="4" t="s">
         <x:v>122</x:v>
       </x:c>
     </x:row>
     <x:row r="30" spans="1:21">
       <x:c r="A30" s="13" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="B30" s="14" t="s">
         <x:v>123</x:v>
       </x:c>
       <x:c r="C30" s="15" t="n">
         <x:v>41354</x:v>
       </x:c>
       <x:c r="D30" s="15" t="s"/>
@@ -3571,51 +3571,51 @@
       <x:c r="I32" s="16" t="s">
         <x:v>134</x:v>
       </x:c>
       <x:c r="J32" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K32" s="14" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="L32" s="14" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="M32" s="14" t="s">
         <x:v>95</x:v>
       </x:c>
       <x:c r="N32" s="15" t="n">
         <x:v>32005</x:v>
       </x:c>
       <x:c r="O32" s="14" t="s">
         <x:v>135</x:v>
       </x:c>
       <x:c r="P32" s="14" t="s">
         <x:v>136</x:v>
       </x:c>
       <x:c r="Q32" s="16" t="s">
-        <x:v>76</x:v>
+        <x:v>79</x:v>
       </x:c>
       <x:c r="R32" s="14" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="S32" s="14" t="n">
         <x:v>550949</x:v>
       </x:c>
       <x:c r="T32" s="16" t="s">
         <x:v>137</x:v>
       </x:c>
       <x:c r="U32" s="16" t="s">
         <x:v>138</x:v>
       </x:c>
     </x:row>
     <x:row r="33" spans="1:21">
       <x:c r="A33" s="1" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="B33" s="0" t="s">
         <x:v>132</x:v>
       </x:c>
       <x:c r="C33" s="3" t="n">
         <x:v>37738</x:v>
       </x:c>
       <x:c r="D33" s="3" t="s"/>
@@ -3628,51 +3628,51 @@
       <x:c r="I33" s="4" t="s">
         <x:v>134</x:v>
       </x:c>
       <x:c r="J33" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K33" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="L33" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="M33" s="0" t="s">
         <x:v>95</x:v>
       </x:c>
       <x:c r="N33" s="3" t="n">
         <x:v>32005</x:v>
       </x:c>
       <x:c r="O33" s="0" t="s">
         <x:v>135</x:v>
       </x:c>
       <x:c r="P33" s="0" t="s">
         <x:v>136</x:v>
       </x:c>
       <x:c r="Q33" s="4" t="s">
-        <x:v>76</x:v>
+        <x:v>79</x:v>
       </x:c>
       <x:c r="R33" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="S33" s="0" t="n">
         <x:v>535019</x:v>
       </x:c>
       <x:c r="T33" s="4" t="s">
         <x:v>139</x:v>
       </x:c>
       <x:c r="U33" s="4" t="s">
         <x:v>140</x:v>
       </x:c>
     </x:row>
     <x:row r="34" spans="1:21">
       <x:c r="A34" s="13" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="B34" s="14" t="s">
         <x:v>141</x:v>
       </x:c>
       <x:c r="C34" s="15" t="n">
         <x:v>36320</x:v>
       </x:c>
       <x:c r="D34" s="15" t="s"/>
@@ -3687,108 +3687,108 @@
       <x:c r="I34" s="16" t="s">
         <x:v>143</x:v>
       </x:c>
       <x:c r="J34" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K34" s="14" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="L34" s="14" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="M34" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N34" s="15" t="n">
         <x:v>34085</x:v>
       </x:c>
       <x:c r="O34" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="P34" s="14" t="s">
         <x:v>144</x:v>
       </x:c>
       <x:c r="Q34" s="16" t="s">
-        <x:v>76</x:v>
+        <x:v>79</x:v>
       </x:c>
       <x:c r="R34" s="14" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="S34" s="14" t="n">
-        <x:v>553087</x:v>
+        <x:v>506027</x:v>
       </x:c>
       <x:c r="T34" s="16" t="s">
         <x:v>145</x:v>
       </x:c>
       <x:c r="U34" s="16" t="s">
         <x:v>146</x:v>
       </x:c>
     </x:row>
     <x:row r="35" spans="1:21">
       <x:c r="A35" s="1" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="B35" s="0" t="s">
         <x:v>141</x:v>
       </x:c>
       <x:c r="C35" s="3" t="n">
         <x:v>36320</x:v>
       </x:c>
       <x:c r="D35" s="3" t="s"/>
       <x:c r="E35" s="0" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="G35" s="0" t="s">
         <x:v>142</x:v>
       </x:c>
       <x:c r="I35" s="4" t="s">
         <x:v>143</x:v>
       </x:c>
       <x:c r="J35" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K35" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="L35" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="M35" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N35" s="3" t="n">
         <x:v>34085</x:v>
       </x:c>
       <x:c r="O35" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="P35" s="0" t="s">
         <x:v>144</x:v>
       </x:c>
       <x:c r="Q35" s="4" t="s">
-        <x:v>76</x:v>
+        <x:v>79</x:v>
       </x:c>
       <x:c r="R35" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="S35" s="0" t="n">
         <x:v>553088</x:v>
       </x:c>
       <x:c r="T35" s="4" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="U35" s="4" t="s">
         <x:v>147</x:v>
       </x:c>
     </x:row>
     <x:row r="36" spans="1:21">
       <x:c r="A36" s="13" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="B36" s="14" t="s">
         <x:v>141</x:v>
       </x:c>
       <x:c r="C36" s="15" t="n">
         <x:v>36320</x:v>
       </x:c>
       <x:c r="D36" s="15" t="s"/>
@@ -3803,57 +3803,57 @@
       <x:c r="I36" s="16" t="s">
         <x:v>143</x:v>
       </x:c>
       <x:c r="J36" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K36" s="14" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="L36" s="14" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="M36" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N36" s="15" t="n">
         <x:v>34085</x:v>
       </x:c>
       <x:c r="O36" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="P36" s="14" t="s">
         <x:v>144</x:v>
       </x:c>
       <x:c r="Q36" s="16" t="s">
-        <x:v>76</x:v>
+        <x:v>79</x:v>
       </x:c>
       <x:c r="R36" s="14" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="S36" s="14" t="n">
-        <x:v>506027</x:v>
+        <x:v>553087</x:v>
       </x:c>
       <x:c r="T36" s="16" t="s">
         <x:v>148</x:v>
       </x:c>
       <x:c r="U36" s="16" t="s">
         <x:v>149</x:v>
       </x:c>
     </x:row>
     <x:row r="37" spans="1:21">
       <x:c r="A37" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B37" s="0" t="s">
         <x:v>150</x:v>
       </x:c>
       <x:c r="C37" s="3" t="n">
         <x:v>36320</x:v>
       </x:c>
       <x:c r="D37" s="3" t="s"/>
       <x:c r="G37" s="0" t="s">
         <x:v>142</x:v>
       </x:c>
       <x:c r="I37" s="4" t="s">
         <x:v>151</x:v>
       </x:c>
@@ -3863,162 +3863,162 @@
       <x:c r="K37" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="L37" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="M37" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N37" s="3" t="n">
         <x:v>34085</x:v>
       </x:c>
       <x:c r="O37" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="P37" s="0" t="s">
         <x:v>142</x:v>
       </x:c>
       <x:c r="Q37" s="4" t="s">
         <x:v>151</x:v>
       </x:c>
       <x:c r="R37" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="S37" s="0" t="n">
-        <x:v>529238</x:v>
+        <x:v>598308</x:v>
       </x:c>
       <x:c r="T37" s="4" t="s">
         <x:v>152</x:v>
       </x:c>
       <x:c r="U37" s="4" t="s">
-        <x:v>32</x:v>
+        <x:v>153</x:v>
       </x:c>
     </x:row>
     <x:row r="38" spans="1:21">
       <x:c r="A38" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B38" s="14" t="s">
         <x:v>150</x:v>
       </x:c>
       <x:c r="C38" s="15" t="n">
         <x:v>36320</x:v>
       </x:c>
       <x:c r="D38" s="15" t="s"/>
       <x:c r="E38" s="14" t="s"/>
       <x:c r="F38" s="14" t="s"/>
       <x:c r="G38" s="14" t="s">
         <x:v>142</x:v>
       </x:c>
       <x:c r="H38" s="14" t="s"/>
       <x:c r="I38" s="16" t="s">
         <x:v>151</x:v>
       </x:c>
       <x:c r="J38" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K38" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="L38" s="14" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="M38" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N38" s="15" t="n">
         <x:v>34085</x:v>
       </x:c>
       <x:c r="O38" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="P38" s="14" t="s">
         <x:v>142</x:v>
       </x:c>
       <x:c r="Q38" s="16" t="s">
         <x:v>151</x:v>
       </x:c>
       <x:c r="R38" s="14" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="S38" s="14" t="n">
-        <x:v>598309</x:v>
+        <x:v>529238</x:v>
       </x:c>
       <x:c r="T38" s="16" t="s">
-        <x:v>153</x:v>
+        <x:v>154</x:v>
       </x:c>
       <x:c r="U38" s="16" t="s">
-        <x:v>154</x:v>
+        <x:v>32</x:v>
       </x:c>
     </x:row>
     <x:row r="39" spans="1:21">
       <x:c r="A39" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B39" s="0" t="s">
         <x:v>150</x:v>
       </x:c>
       <x:c r="C39" s="3" t="n">
         <x:v>36320</x:v>
       </x:c>
       <x:c r="D39" s="3" t="s"/>
       <x:c r="G39" s="0" t="s">
         <x:v>142</x:v>
       </x:c>
       <x:c r="I39" s="4" t="s">
         <x:v>151</x:v>
       </x:c>
       <x:c r="J39" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K39" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="L39" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="M39" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N39" s="3" t="n">
         <x:v>34085</x:v>
       </x:c>
       <x:c r="O39" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="P39" s="0" t="s">
         <x:v>142</x:v>
       </x:c>
       <x:c r="Q39" s="4" t="s">
         <x:v>151</x:v>
       </x:c>
       <x:c r="R39" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="S39" s="0" t="n">
-        <x:v>598308</x:v>
+        <x:v>598309</x:v>
       </x:c>
       <x:c r="T39" s="4" t="s">
         <x:v>155</x:v>
       </x:c>
       <x:c r="U39" s="4" t="s">
         <x:v>156</x:v>
       </x:c>
     </x:row>
     <x:row r="40" spans="1:21">
       <x:c r="A40" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B40" s="14" t="s">
         <x:v>150</x:v>
       </x:c>
       <x:c r="C40" s="15" t="n">
         <x:v>36320</x:v>
       </x:c>
       <x:c r="D40" s="15" t="s"/>
       <x:c r="E40" s="14" t="s"/>
       <x:c r="F40" s="14" t="s"/>
       <x:c r="G40" s="14" t="s">
         <x:v>142</x:v>
       </x:c>
       <x:c r="H40" s="14" t="s"/>
@@ -4082,51 +4082,51 @@
       <x:c r="J41" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K41" s="0" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="L41" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="M41" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N41" s="3" t="n">
         <x:v>34085</x:v>
       </x:c>
       <x:c r="O41" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="P41" s="0" t="s">
         <x:v>159</x:v>
       </x:c>
       <x:c r="Q41" s="4" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="R41" s="0" t="s">
-        <x:v>77</x:v>
+        <x:v>80</x:v>
       </x:c>
       <x:c r="S41" s="0" t="n">
         <x:v>596635</x:v>
       </x:c>
       <x:c r="T41" s="4" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="U41" s="4" t="s">
         <x:v>53</x:v>
       </x:c>
     </x:row>
     <x:row r="42" spans="1:21">
       <x:c r="A42" s="13" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="B42" s="14" t="s">
         <x:v>160</x:v>
       </x:c>
       <x:c r="C42" s="15" t="n">
         <x:v>40257</x:v>
       </x:c>
       <x:c r="D42" s="15" t="s"/>
       <x:c r="E42" s="14" t="s">
         <x:v>45</x:v>
       </x:c>
@@ -4491,181 +4491,181 @@
       <x:c r="K48" s="14" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="L48" s="14" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="M48" s="14" t="s">
         <x:v>95</x:v>
       </x:c>
       <x:c r="N48" s="15" t="n">
         <x:v>32005</x:v>
       </x:c>
       <x:c r="O48" s="14" t="s">
         <x:v>135</x:v>
       </x:c>
       <x:c r="P48" s="14" t="s">
         <x:v>176</x:v>
       </x:c>
       <x:c r="Q48" s="16" t="s">
         <x:v>177</x:v>
       </x:c>
       <x:c r="R48" s="14" t="s">
         <x:v>178</x:v>
       </x:c>
       <x:c r="S48" s="14" t="n">
-        <x:v>535017</x:v>
+        <x:v>551051</x:v>
       </x:c>
       <x:c r="T48" s="16" t="s">
-        <x:v>139</x:v>
+        <x:v>137</x:v>
       </x:c>
       <x:c r="U48" s="16" t="s">
         <x:v>140</x:v>
       </x:c>
     </x:row>
     <x:row r="49" spans="1:21">
       <x:c r="A49" s="1" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="B49" s="0" t="s">
-        <x:v>181</x:v>
+        <x:v>180</x:v>
       </x:c>
       <x:c r="C49" s="3" t="n">
         <x:v>37738</x:v>
       </x:c>
       <x:c r="D49" s="3" t="s"/>
       <x:c r="E49" s="0" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="G49" s="0" t="s">
         <x:v>133</x:v>
       </x:c>
       <x:c r="I49" s="4" t="s">
         <x:v>134</x:v>
       </x:c>
       <x:c r="J49" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K49" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="L49" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="M49" s="0" t="s">
         <x:v>95</x:v>
       </x:c>
       <x:c r="N49" s="3" t="n">
         <x:v>32005</x:v>
       </x:c>
       <x:c r="O49" s="0" t="s">
         <x:v>135</x:v>
       </x:c>
       <x:c r="P49" s="0" t="s">
         <x:v>176</x:v>
       </x:c>
       <x:c r="Q49" s="4" t="s">
         <x:v>177</x:v>
       </x:c>
       <x:c r="R49" s="0" t="s">
         <x:v>178</x:v>
       </x:c>
       <x:c r="S49" s="0" t="n">
-        <x:v>551051</x:v>
+        <x:v>551053</x:v>
       </x:c>
       <x:c r="T49" s="4" t="s">
         <x:v>137</x:v>
       </x:c>
       <x:c r="U49" s="4" t="s">
-        <x:v>140</x:v>
+        <x:v>181</x:v>
       </x:c>
     </x:row>
     <x:row r="50" spans="1:21">
       <x:c r="A50" s="13" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="B50" s="14" t="s">
-        <x:v>181</x:v>
+        <x:v>182</x:v>
       </x:c>
       <x:c r="C50" s="15" t="n">
         <x:v>37738</x:v>
       </x:c>
       <x:c r="D50" s="15" t="s"/>
       <x:c r="E50" s="14" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="F50" s="14" t="s"/>
       <x:c r="G50" s="14" t="s">
         <x:v>133</x:v>
       </x:c>
       <x:c r="H50" s="14" t="s"/>
       <x:c r="I50" s="16" t="s">
         <x:v>134</x:v>
       </x:c>
       <x:c r="J50" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K50" s="14" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="L50" s="14" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="M50" s="14" t="s">
         <x:v>95</x:v>
       </x:c>
       <x:c r="N50" s="15" t="n">
         <x:v>32005</x:v>
       </x:c>
       <x:c r="O50" s="14" t="s">
         <x:v>135</x:v>
       </x:c>
       <x:c r="P50" s="14" t="s">
         <x:v>176</x:v>
       </x:c>
       <x:c r="Q50" s="16" t="s">
         <x:v>177</x:v>
       </x:c>
       <x:c r="R50" s="14" t="s">
         <x:v>178</x:v>
       </x:c>
       <x:c r="S50" s="14" t="n">
-        <x:v>551053</x:v>
+        <x:v>535017</x:v>
       </x:c>
       <x:c r="T50" s="16" t="s">
-        <x:v>137</x:v>
+        <x:v>139</x:v>
       </x:c>
       <x:c r="U50" s="16" t="s">
-        <x:v>182</x:v>
+        <x:v>140</x:v>
       </x:c>
     </x:row>
     <x:row r="51" spans="1:21">
       <x:c r="A51" s="1" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="B51" s="0" t="s">
-        <x:v>180</x:v>
+        <x:v>182</x:v>
       </x:c>
       <x:c r="C51" s="3" t="n">
         <x:v>37738</x:v>
       </x:c>
       <x:c r="D51" s="3" t="s"/>
       <x:c r="E51" s="0" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="G51" s="0" t="s">
         <x:v>133</x:v>
       </x:c>
       <x:c r="I51" s="4" t="s">
         <x:v>134</x:v>
       </x:c>
       <x:c r="J51" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K51" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="L51" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="M51" s="0" t="s">
         <x:v>95</x:v>
@@ -4678,51 +4678,51 @@
       </x:c>
       <x:c r="P51" s="0" t="s">
         <x:v>176</x:v>
       </x:c>
       <x:c r="Q51" s="4" t="s">
         <x:v>177</x:v>
       </x:c>
       <x:c r="R51" s="0" t="s">
         <x:v>178</x:v>
       </x:c>
       <x:c r="S51" s="0" t="n">
         <x:v>551049</x:v>
       </x:c>
       <x:c r="T51" s="4" t="s">
         <x:v>137</x:v>
       </x:c>
       <x:c r="U51" s="4" t="s">
         <x:v>138</x:v>
       </x:c>
     </x:row>
     <x:row r="52" spans="1:21">
       <x:c r="A52" s="13" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="B52" s="14" t="s">
-        <x:v>181</x:v>
+        <x:v>180</x:v>
       </x:c>
       <x:c r="C52" s="15" t="n">
         <x:v>37738</x:v>
       </x:c>
       <x:c r="D52" s="15" t="s"/>
       <x:c r="E52" s="14" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="F52" s="14" t="s"/>
       <x:c r="G52" s="14" t="s">
         <x:v>133</x:v>
       </x:c>
       <x:c r="H52" s="14" t="s"/>
       <x:c r="I52" s="16" t="s">
         <x:v>134</x:v>
       </x:c>
       <x:c r="J52" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K52" s="14" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="L52" s="14" t="s">
         <x:v>50</x:v>
       </x:c>
@@ -4977,764 +4977,765 @@
       <x:c r="T56" s="16" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="U56" s="16" t="s">
         <x:v>53</x:v>
       </x:c>
     </x:row>
     <x:row r="57" spans="1:21">
       <x:c r="A57" s="1" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="B57" s="0" t="s">
         <x:v>188</x:v>
       </x:c>
       <x:c r="C57" s="3" t="n">
         <x:v>35652</x:v>
       </x:c>
       <x:c r="D57" s="3" t="s"/>
       <x:c r="E57" s="0" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="G57" s="0" t="s">
         <x:v>189</x:v>
       </x:c>
       <x:c r="I57" s="4" t="s">
-        <x:v>76</x:v>
+        <x:v>79</x:v>
       </x:c>
       <x:c r="J57" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K57" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="L57" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M57" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="N57" s="3" t="n">
         <x:v>34538</x:v>
       </x:c>
       <x:c r="O57" s="0" t="s">
         <x:v>190</x:v>
       </x:c>
       <x:c r="P57" s="0" t="s">
         <x:v>189</x:v>
       </x:c>
       <x:c r="Q57" s="4" t="s">
-        <x:v>76</x:v>
+        <x:v>79</x:v>
       </x:c>
       <x:c r="R57" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="S57" s="0" t="n">
         <x:v>608951</x:v>
       </x:c>
       <x:c r="T57" s="4" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="U57" s="4" t="s">
         <x:v>162</x:v>
       </x:c>
     </x:row>
     <x:row r="58" spans="1:21">
       <x:c r="A58" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B58" s="14" t="s">
         <x:v>191</x:v>
       </x:c>
       <x:c r="C58" s="15" t="n">
         <x:v>35652</x:v>
       </x:c>
       <x:c r="D58" s="15" t="s"/>
       <x:c r="E58" s="14" t="s"/>
       <x:c r="F58" s="14" t="s"/>
       <x:c r="G58" s="14" t="s">
         <x:v>189</x:v>
       </x:c>
       <x:c r="H58" s="14" t="s"/>
       <x:c r="I58" s="16" t="s">
-        <x:v>76</x:v>
+        <x:v>79</x:v>
       </x:c>
       <x:c r="J58" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K58" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="L58" s="14" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="M58" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="N58" s="15" t="n">
         <x:v>34538</x:v>
       </x:c>
       <x:c r="O58" s="14" t="s">
         <x:v>190</x:v>
       </x:c>
       <x:c r="P58" s="14" t="s">
         <x:v>189</x:v>
       </x:c>
       <x:c r="Q58" s="16" t="s">
-        <x:v>76</x:v>
+        <x:v>79</x:v>
       </x:c>
       <x:c r="R58" s="14" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="S58" s="14" t="n">
         <x:v>607469</x:v>
       </x:c>
       <x:c r="T58" s="16" t="s">
         <x:v>192</x:v>
       </x:c>
       <x:c r="U58" s="16" t="s">
         <x:v>193</x:v>
       </x:c>
     </x:row>
     <x:row r="59" spans="1:21">
       <x:c r="A59" s="1" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="B59" s="0" t="s">
         <x:v>188</x:v>
       </x:c>
       <x:c r="C59" s="3" t="n">
         <x:v>35652</x:v>
       </x:c>
       <x:c r="D59" s="3" t="s"/>
       <x:c r="E59" s="0" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="G59" s="0" t="s">
         <x:v>189</x:v>
       </x:c>
       <x:c r="I59" s="4" t="s">
-        <x:v>76</x:v>
+        <x:v>79</x:v>
       </x:c>
       <x:c r="J59" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K59" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="L59" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M59" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="N59" s="3" t="n">
         <x:v>34538</x:v>
       </x:c>
       <x:c r="O59" s="0" t="s">
         <x:v>190</x:v>
       </x:c>
       <x:c r="P59" s="0" t="s">
         <x:v>189</x:v>
       </x:c>
       <x:c r="Q59" s="4" t="s">
-        <x:v>76</x:v>
+        <x:v>79</x:v>
       </x:c>
       <x:c r="R59" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="S59" s="0" t="n">
         <x:v>553370</x:v>
       </x:c>
       <x:c r="T59" s="4" t="s">
         <x:v>194</x:v>
       </x:c>
       <x:c r="U59" s="4" t="s">
         <x:v>195</x:v>
       </x:c>
     </x:row>
     <x:row r="60" spans="1:21">
       <x:c r="A60" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B60" s="14" t="s">
         <x:v>191</x:v>
       </x:c>
       <x:c r="C60" s="15" t="n">
         <x:v>35652</x:v>
       </x:c>
       <x:c r="D60" s="15" t="s"/>
       <x:c r="E60" s="14" t="s"/>
       <x:c r="F60" s="14" t="s"/>
       <x:c r="G60" s="14" t="s">
         <x:v>189</x:v>
       </x:c>
       <x:c r="H60" s="14" t="s"/>
       <x:c r="I60" s="16" t="s">
-        <x:v>76</x:v>
+        <x:v>79</x:v>
       </x:c>
       <x:c r="J60" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K60" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="L60" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M60" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="N60" s="15" t="n">
         <x:v>34538</x:v>
       </x:c>
       <x:c r="O60" s="14" t="s">
         <x:v>190</x:v>
       </x:c>
       <x:c r="P60" s="14" t="s">
         <x:v>189</x:v>
       </x:c>
       <x:c r="Q60" s="16" t="s">
-        <x:v>76</x:v>
+        <x:v>79</x:v>
       </x:c>
       <x:c r="R60" s="14" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="S60" s="14" t="n">
         <x:v>550315</x:v>
       </x:c>
       <x:c r="T60" s="16" t="s">
         <x:v>196</x:v>
       </x:c>
       <x:c r="U60" s="16" t="s">
         <x:v>32</x:v>
       </x:c>
     </x:row>
     <x:row r="61" spans="1:21">
       <x:c r="A61" s="1" t="s">
+        <x:v>43</x:v>
+      </x:c>
+      <x:c r="B61" s="0" t="s">
+        <x:v>160</x:v>
+      </x:c>
+      <x:c r="C61" s="3" t="n">
+        <x:v>40257</x:v>
+      </x:c>
+      <x:c r="D61" s="3" t="s"/>
+      <x:c r="E61" s="0" t="s">
+        <x:v>45</x:v>
+      </x:c>
+      <x:c r="G61" s="0" t="s">
         <x:v>197</x:v>
       </x:c>
-      <x:c r="B61" s="0" t="s">
+      <x:c r="I61" s="4" t="s">
         <x:v>198</x:v>
       </x:c>
-      <x:c r="C61" s="3" t="n">
-[...8 lines deleted...]
-      </x:c>
       <x:c r="J61" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K61" s="0" t="s">
-        <x:v>36</x:v>
+        <x:v>49</x:v>
       </x:c>
       <x:c r="L61" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="M61" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N61" s="3" t="n">
-        <x:v>32135</x:v>
+        <x:v>34085</x:v>
       </x:c>
       <x:c r="O61" s="0" t="s">
-        <x:v>102</x:v>
+        <x:v>38</x:v>
       </x:c>
       <x:c r="P61" s="0" t="s">
+        <x:v>197</x:v>
+      </x:c>
+      <x:c r="Q61" s="4" t="s">
+        <x:v>198</x:v>
+      </x:c>
+      <x:c r="R61" s="0" t="s">
         <x:v>199</x:v>
       </x:c>
-      <x:c r="Q61" s="4" t="s">
-[...4 lines deleted...]
-      </x:c>
       <x:c r="S61" s="0" t="n">
-        <x:v>510801</x:v>
+        <x:v>603676</x:v>
       </x:c>
       <x:c r="T61" s="4" t="s">
-        <x:v>139</x:v>
+        <x:v>54</x:v>
       </x:c>
       <x:c r="U61" s="4" t="s">
-        <x:v>202</x:v>
+        <x:v>53</x:v>
       </x:c>
     </x:row>
     <x:row r="62" spans="1:21">
       <x:c r="A62" s="13" t="s">
-        <x:v>43</x:v>
+        <x:v>200</x:v>
       </x:c>
       <x:c r="B62" s="14" t="s">
-        <x:v>160</x:v>
+        <x:v>201</x:v>
       </x:c>
       <x:c r="C62" s="15" t="n">
-        <x:v>40257</x:v>
+        <x:v>35760</x:v>
       </x:c>
       <x:c r="D62" s="15" t="s"/>
-      <x:c r="E62" s="14" t="s">
-[...1 lines deleted...]
-      </x:c>
+      <x:c r="E62" s="14" t="s"/>
       <x:c r="F62" s="14" t="s"/>
       <x:c r="G62" s="14" t="s">
-        <x:v>199</x:v>
+        <x:v>197</x:v>
       </x:c>
       <x:c r="H62" s="14" t="s"/>
       <x:c r="I62" s="16" t="s">
-        <x:v>200</x:v>
+        <x:v>198</x:v>
       </x:c>
       <x:c r="J62" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K62" s="14" t="s">
-        <x:v>49</x:v>
+        <x:v>36</x:v>
       </x:c>
       <x:c r="L62" s="14" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="M62" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N62" s="15" t="n">
-        <x:v>34085</x:v>
+        <x:v>32135</x:v>
       </x:c>
       <x:c r="O62" s="14" t="s">
-        <x:v>38</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="P62" s="14" t="s">
+        <x:v>197</x:v>
+      </x:c>
+      <x:c r="Q62" s="16" t="s">
+        <x:v>198</x:v>
+      </x:c>
+      <x:c r="R62" s="14" t="s">
         <x:v>199</x:v>
       </x:c>
-      <x:c r="Q62" s="16" t="s">
-[...4 lines deleted...]
-      </x:c>
       <x:c r="S62" s="14" t="n">
-        <x:v>603676</x:v>
+        <x:v>510801</x:v>
       </x:c>
       <x:c r="T62" s="16" t="s">
-        <x:v>54</x:v>
+        <x:v>139</x:v>
       </x:c>
       <x:c r="U62" s="16" t="s">
-        <x:v>53</x:v>
+        <x:v>202</x:v>
       </x:c>
     </x:row>
     <x:row r="63" spans="1:21">
       <x:c r="A63" s="1" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="B63" s="0" t="s">
-        <x:v>203</x:v>
+        <x:v>188</x:v>
       </x:c>
       <x:c r="C63" s="3" t="n">
         <x:v>35652</x:v>
       </x:c>
       <x:c r="D63" s="3" t="s"/>
       <x:c r="E63" s="0" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="G63" s="0" t="s">
+        <x:v>203</x:v>
+      </x:c>
+      <x:c r="I63" s="4" t="s">
         <x:v>204</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>205</x:v>
       </x:c>
       <x:c r="J63" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K63" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="L63" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M63" s="0" t="s">
         <x:v>95</x:v>
       </x:c>
       <x:c r="N63" s="3" t="n">
         <x:v>34538</x:v>
       </x:c>
       <x:c r="O63" s="0" t="s">
         <x:v>190</x:v>
       </x:c>
       <x:c r="P63" s="0" t="s">
+        <x:v>205</x:v>
+      </x:c>
+      <x:c r="Q63" s="4" t="s">
         <x:v>206</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>207</x:v>
       </x:c>
       <x:c r="R63" s="0" t="s">
         <x:v>178</x:v>
       </x:c>
       <x:c r="S63" s="0" t="n">
-        <x:v>497346</x:v>
+        <x:v>497345</x:v>
       </x:c>
       <x:c r="T63" s="4" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="U63" s="4" t="s">
         <x:v>32</x:v>
       </x:c>
     </x:row>
     <x:row r="64" spans="1:21">
       <x:c r="A64" s="13" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="B64" s="14" t="s">
         <x:v>188</x:v>
       </x:c>
       <x:c r="C64" s="15" t="n">
         <x:v>35652</x:v>
       </x:c>
       <x:c r="D64" s="15" t="s"/>
       <x:c r="E64" s="14" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="F64" s="14" t="s"/>
       <x:c r="G64" s="14" t="s">
-        <x:v>204</x:v>
+        <x:v>203</x:v>
       </x:c>
       <x:c r="H64" s="14" t="s"/>
       <x:c r="I64" s="16" t="s">
-        <x:v>205</x:v>
+        <x:v>204</x:v>
       </x:c>
       <x:c r="J64" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K64" s="14" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="L64" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M64" s="14" t="s">
-        <x:v>95</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="N64" s="15" t="n">
         <x:v>34538</x:v>
       </x:c>
       <x:c r="O64" s="14" t="s">
         <x:v>190</x:v>
       </x:c>
       <x:c r="P64" s="14" t="s">
+        <x:v>205</x:v>
+      </x:c>
+      <x:c r="Q64" s="16" t="s">
         <x:v>206</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>207</x:v>
       </x:c>
       <x:c r="R64" s="14" t="s">
         <x:v>178</x:v>
       </x:c>
       <x:c r="S64" s="14" t="n">
-        <x:v>497345</x:v>
+        <x:v>549065</x:v>
       </x:c>
       <x:c r="T64" s="16" t="s">
-        <x:v>56</x:v>
+        <x:v>31</x:v>
       </x:c>
       <x:c r="U64" s="16" t="s">
-        <x:v>32</x:v>
+        <x:v>162</x:v>
       </x:c>
     </x:row>
     <x:row r="65" spans="1:21">
       <x:c r="A65" s="1" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="B65" s="0" t="s">
-        <x:v>188</x:v>
+        <x:v>207</x:v>
       </x:c>
       <x:c r="C65" s="3" t="n">
         <x:v>35652</x:v>
       </x:c>
       <x:c r="D65" s="3" t="s"/>
       <x:c r="E65" s="0" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="G65" s="0" t="s">
+        <x:v>203</x:v>
+      </x:c>
+      <x:c r="I65" s="4" t="s">
         <x:v>204</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>205</x:v>
       </x:c>
       <x:c r="J65" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K65" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="L65" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M65" s="0" t="s">
-        <x:v>28</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="N65" s="3" t="n">
         <x:v>34538</x:v>
       </x:c>
       <x:c r="O65" s="0" t="s">
         <x:v>190</x:v>
       </x:c>
       <x:c r="P65" s="0" t="s">
+        <x:v>205</x:v>
+      </x:c>
+      <x:c r="Q65" s="4" t="s">
         <x:v>206</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>207</x:v>
       </x:c>
       <x:c r="R65" s="0" t="s">
         <x:v>178</x:v>
       </x:c>
       <x:c r="S65" s="0" t="n">
-        <x:v>549065</x:v>
+        <x:v>497346</x:v>
       </x:c>
       <x:c r="T65" s="4" t="s">
-        <x:v>31</x:v>
+        <x:v>56</x:v>
       </x:c>
       <x:c r="U65" s="4" t="s">
-        <x:v>162</x:v>
+        <x:v>32</x:v>
       </x:c>
     </x:row>
     <x:row r="66" spans="1:21">
       <x:c r="A66" s="13" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="B66" s="14" t="s">
         <x:v>188</x:v>
       </x:c>
       <x:c r="C66" s="15" t="n">
         <x:v>35652</x:v>
       </x:c>
       <x:c r="D66" s="15" t="s"/>
       <x:c r="E66" s="14" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="F66" s="14" t="s"/>
       <x:c r="G66" s="14" t="s">
-        <x:v>204</x:v>
+        <x:v>203</x:v>
       </x:c>
       <x:c r="H66" s="14" t="s"/>
       <x:c r="I66" s="16" t="s">
-        <x:v>205</x:v>
+        <x:v>204</x:v>
       </x:c>
       <x:c r="J66" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K66" s="14" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="L66" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M66" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N66" s="15" t="n">
         <x:v>34538</x:v>
       </x:c>
       <x:c r="O66" s="14" t="s">
         <x:v>190</x:v>
       </x:c>
       <x:c r="P66" s="14" t="s">
+        <x:v>205</x:v>
+      </x:c>
+      <x:c r="Q66" s="16" t="s">
         <x:v>206</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>207</x:v>
       </x:c>
       <x:c r="R66" s="14" t="s">
         <x:v>178</x:v>
       </x:c>
       <x:c r="S66" s="14" t="n">
         <x:v>549064</x:v>
       </x:c>
       <x:c r="T66" s="16" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="U66" s="16" t="s">
         <x:v>32</x:v>
       </x:c>
     </x:row>
     <x:row r="67" spans="1:21">
       <x:c r="A67" s="1" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="B67" s="0" t="s">
-        <x:v>203</x:v>
+        <x:v>207</x:v>
       </x:c>
       <x:c r="C67" s="3" t="n">
         <x:v>35652</x:v>
       </x:c>
       <x:c r="D67" s="3" t="s"/>
       <x:c r="E67" s="0" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="G67" s="0" t="s">
+        <x:v>203</x:v>
+      </x:c>
+      <x:c r="I67" s="4" t="s">
         <x:v>204</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>205</x:v>
       </x:c>
       <x:c r="J67" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K67" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="L67" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M67" s="0" t="s">
         <x:v>95</x:v>
       </x:c>
       <x:c r="N67" s="3" t="n">
         <x:v>34538</x:v>
       </x:c>
       <x:c r="O67" s="0" t="s">
         <x:v>190</x:v>
       </x:c>
       <x:c r="P67" s="0" t="s">
+        <x:v>205</x:v>
+      </x:c>
+      <x:c r="Q67" s="4" t="s">
         <x:v>206</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>207</x:v>
       </x:c>
       <x:c r="R67" s="0" t="s">
         <x:v>178</x:v>
       </x:c>
       <x:c r="S67" s="0" t="n">
         <x:v>549066</x:v>
       </x:c>
       <x:c r="T67" s="4" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="U67" s="4" t="s">
         <x:v>32</x:v>
       </x:c>
     </x:row>
     <x:row r="68" spans="1:21">
       <x:c r="A68" s="13" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="B68" s="14" t="s">
-        <x:v>203</x:v>
+        <x:v>207</x:v>
       </x:c>
       <x:c r="C68" s="15" t="n">
         <x:v>35652</x:v>
       </x:c>
       <x:c r="D68" s="15" t="s"/>
       <x:c r="E68" s="14" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="F68" s="14" t="s"/>
       <x:c r="G68" s="14" t="s">
-        <x:v>204</x:v>
+        <x:v>203</x:v>
       </x:c>
       <x:c r="H68" s="14" t="s"/>
       <x:c r="I68" s="16" t="s">
-        <x:v>205</x:v>
+        <x:v>204</x:v>
       </x:c>
       <x:c r="J68" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K68" s="14" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="L68" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M68" s="14" t="s">
         <x:v>95</x:v>
       </x:c>
       <x:c r="N68" s="15" t="n">
         <x:v>34538</x:v>
       </x:c>
       <x:c r="O68" s="14" t="s">
         <x:v>190</x:v>
       </x:c>
       <x:c r="P68" s="14" t="s">
+        <x:v>205</x:v>
+      </x:c>
+      <x:c r="Q68" s="16" t="s">
         <x:v>206</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>207</x:v>
       </x:c>
       <x:c r="R68" s="14" t="s">
         <x:v>178</x:v>
       </x:c>
       <x:c r="S68" s="14" t="n">
         <x:v>549067</x:v>
       </x:c>
       <x:c r="T68" s="16" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="U68" s="16" t="s">
         <x:v>162</x:v>
       </x:c>
     </x:row>
     <x:row r="69" spans="1:21">
       <x:c r="A69" s="1" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="B69" s="0" t="s">
         <x:v>188</x:v>
       </x:c>
       <x:c r="C69" s="3" t="n">
         <x:v>35652</x:v>
       </x:c>
       <x:c r="D69" s="3" t="s"/>
       <x:c r="E69" s="0" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="G69" s="0" t="s">
+        <x:v>203</x:v>
+      </x:c>
+      <x:c r="I69" s="4" t="s">
         <x:v>204</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>205</x:v>
       </x:c>
       <x:c r="J69" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K69" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="L69" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M69" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N69" s="3" t="n">
         <x:v>34538</x:v>
       </x:c>
       <x:c r="O69" s="0" t="s">
         <x:v>190</x:v>
       </x:c>
       <x:c r="P69" s="0" t="s">
+        <x:v>205</x:v>
+      </x:c>
+      <x:c r="Q69" s="4" t="s">
         <x:v>206</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>207</x:v>
       </x:c>
       <x:c r="R69" s="0" t="s">
         <x:v>178</x:v>
       </x:c>
       <x:c r="S69" s="0" t="n">
         <x:v>603063</x:v>
       </x:c>
       <x:c r="T69" s="4" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="U69" s="4" t="s">
         <x:v>32</x:v>
       </x:c>
     </x:row>
     <x:row r="70" spans="1:21">
       <x:c r="A70" s="13" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="B70" s="14" t="s">
         <x:v>208</x:v>
       </x:c>
       <x:c r="C70" s="15" t="n">
         <x:v>39965</x:v>
       </x:c>
       <x:c r="D70" s="15" t="s"/>
@@ -5774,81 +5775,81 @@
       <x:c r="R70" s="14" t="s">
         <x:v>178</x:v>
       </x:c>
       <x:c r="S70" s="14" t="n">
         <x:v>592593</x:v>
       </x:c>
       <x:c r="T70" s="16" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="U70" s="16" t="s">
         <x:v>53</x:v>
       </x:c>
     </x:row>
     <x:row r="71" spans="1:21">
       <x:c r="A71" s="1" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="B71" s="0" t="s">
         <x:v>210</x:v>
       </x:c>
       <x:c r="C71" s="3" t="n">
         <x:v>40257</x:v>
       </x:c>
       <x:c r="D71" s="3" t="s"/>
       <x:c r="G71" s="0" t="s">
-        <x:v>199</x:v>
+        <x:v>197</x:v>
       </x:c>
       <x:c r="I71" s="4" t="s">
-        <x:v>200</x:v>
+        <x:v>198</x:v>
       </x:c>
       <x:c r="J71" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K71" s="0" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="L71" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="M71" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N71" s="3" t="n">
         <x:v>34085</x:v>
       </x:c>
       <x:c r="O71" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="P71" s="0" t="s">
         <x:v>211</x:v>
       </x:c>
       <x:c r="Q71" s="4" t="s">
-        <x:v>200</x:v>
+        <x:v>198</x:v>
       </x:c>
       <x:c r="R71" s="0" t="s">
-        <x:v>201</x:v>
+        <x:v>199</x:v>
       </x:c>
       <x:c r="S71" s="0" t="n">
         <x:v>592492</x:v>
       </x:c>
       <x:c r="T71" s="4" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="U71" s="4" t="s">
         <x:v>53</x:v>
       </x:c>
     </x:row>
     <x:row r="72" spans="1:21">
       <x:c r="A72" s="13" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="B72" s="14" t="s">
         <x:v>160</x:v>
       </x:c>
       <x:c r="C72" s="15" t="n">
         <x:v>40257</x:v>
       </x:c>
       <x:c r="D72" s="15" t="s"/>
       <x:c r="E72" s="14" t="s">
         <x:v>45</x:v>
       </x:c>
@@ -6680,51 +6681,51 @@
       </x:c>
       <x:c r="O86" s="14" t="s">
         <x:v>248</x:v>
       </x:c>
       <x:c r="P86" s="14" t="s">
         <x:v>249</x:v>
       </x:c>
       <x:c r="Q86" s="16" t="s">
         <x:v>101</x:v>
       </x:c>
       <x:c r="R86" s="14" t="s">
         <x:v>103</x:v>
       </x:c>
       <x:c r="S86" s="14" t="n">
         <x:v>571908</x:v>
       </x:c>
       <x:c r="T86" s="16" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="U86" s="16" t="s">
         <x:v>252</x:v>
       </x:c>
     </x:row>
     <x:row r="87" spans="1:21">
       <x:c r="A87" s="1" t="s">
-        <x:v>197</x:v>
+        <x:v>200</x:v>
       </x:c>
       <x:c r="B87" s="0" t="s">
         <x:v>253</x:v>
       </x:c>
       <x:c r="C87" s="3" t="n">
         <x:v>39725</x:v>
       </x:c>
       <x:c r="D87" s="3" t="s"/>
       <x:c r="G87" s="0" t="s">
         <x:v>254</x:v>
       </x:c>
       <x:c r="H87" s="0" t="s">
         <x:v>255</x:v>
       </x:c>
       <x:c r="I87" s="4" t="s">
         <x:v>256</x:v>
       </x:c>
       <x:c r="J87" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K87" s="0" t="s">
         <x:v>257</x:v>
       </x:c>
       <x:c r="L87" s="0" t="s">
         <x:v>50</x:v>
@@ -6897,244 +6898,244 @@
       <x:c r="I90" s="16" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="J90" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K90" s="14" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="L90" s="14" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="M90" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N90" s="15" t="n">
         <x:v>15099</x:v>
       </x:c>
       <x:c r="O90" s="14" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="P90" s="14" t="s">
         <x:v>261</x:v>
       </x:c>
       <x:c r="Q90" s="16" t="s">
-        <x:v>207</x:v>
+        <x:v>206</x:v>
       </x:c>
       <x:c r="R90" s="14" t="s">
         <x:v>178</x:v>
       </x:c>
       <x:c r="S90" s="14" t="n">
         <x:v>543539</x:v>
       </x:c>
       <x:c r="T90" s="16" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="U90" s="16" t="s">
         <x:v>57</x:v>
       </x:c>
     </x:row>
     <x:row r="91" spans="1:21">
       <x:c r="A91" s="1" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="B91" s="0" t="s">
         <x:v>260</x:v>
       </x:c>
       <x:c r="C91" s="3" t="n">
-        <x:v>39169</x:v>
+        <x:v>37939</x:v>
       </x:c>
       <x:c r="D91" s="3" t="s"/>
       <x:c r="E91" s="0" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="G91" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="H91" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="I91" s="4" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="J91" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K91" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="L91" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="M91" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N91" s="3" t="n">
         <x:v>15099</x:v>
       </x:c>
       <x:c r="O91" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="P91" s="0" t="s">
         <x:v>261</x:v>
       </x:c>
       <x:c r="Q91" s="4" t="s">
-        <x:v>207</x:v>
+        <x:v>206</x:v>
       </x:c>
       <x:c r="R91" s="0" t="s">
         <x:v>178</x:v>
       </x:c>
       <x:c r="S91" s="0" t="n">
-        <x:v>605714</x:v>
+        <x:v>451266</x:v>
       </x:c>
       <x:c r="T91" s="4" t="s">
-        <x:v>54</x:v>
+        <x:v>262</x:v>
       </x:c>
       <x:c r="U91" s="4" t="s">
-        <x:v>55</x:v>
+        <x:v>228</x:v>
       </x:c>
     </x:row>
     <x:row r="92" spans="1:21">
       <x:c r="A92" s="13" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="B92" s="14" t="s">
         <x:v>260</x:v>
       </x:c>
       <x:c r="C92" s="15" t="n">
-        <x:v>37939</x:v>
+        <x:v>39169</x:v>
       </x:c>
       <x:c r="D92" s="15" t="s"/>
       <x:c r="E92" s="14" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="F92" s="14" t="s"/>
       <x:c r="G92" s="14" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="H92" s="14" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="I92" s="16" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="J92" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K92" s="14" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="L92" s="14" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="M92" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N92" s="15" t="n">
         <x:v>15099</x:v>
       </x:c>
       <x:c r="O92" s="14" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="P92" s="14" t="s">
         <x:v>261</x:v>
       </x:c>
       <x:c r="Q92" s="16" t="s">
-        <x:v>207</x:v>
+        <x:v>206</x:v>
       </x:c>
       <x:c r="R92" s="14" t="s">
         <x:v>178</x:v>
       </x:c>
       <x:c r="S92" s="14" t="n">
-        <x:v>451266</x:v>
+        <x:v>550302</x:v>
       </x:c>
       <x:c r="T92" s="16" t="s">
-        <x:v>262</x:v>
+        <x:v>31</x:v>
       </x:c>
       <x:c r="U92" s="16" t="s">
-        <x:v>228</x:v>
+        <x:v>53</x:v>
       </x:c>
     </x:row>
     <x:row r="93" spans="1:21">
       <x:c r="A93" s="1" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="B93" s="0" t="s">
         <x:v>260</x:v>
       </x:c>
       <x:c r="C93" s="3" t="n">
         <x:v>39169</x:v>
       </x:c>
       <x:c r="D93" s="3" t="s"/>
       <x:c r="E93" s="0" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="G93" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="H93" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="I93" s="4" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="J93" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K93" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="L93" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="M93" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N93" s="3" t="n">
         <x:v>15099</x:v>
       </x:c>
       <x:c r="O93" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="P93" s="0" t="s">
         <x:v>261</x:v>
       </x:c>
       <x:c r="Q93" s="4" t="s">
-        <x:v>207</x:v>
+        <x:v>206</x:v>
       </x:c>
       <x:c r="R93" s="0" t="s">
         <x:v>178</x:v>
       </x:c>
       <x:c r="S93" s="0" t="n">
-        <x:v>550302</x:v>
+        <x:v>605714</x:v>
       </x:c>
       <x:c r="T93" s="4" t="s">
-        <x:v>31</x:v>
+        <x:v>54</x:v>
       </x:c>
       <x:c r="U93" s="4" t="s">
-        <x:v>53</x:v>
+        <x:v>55</x:v>
       </x:c>
     </x:row>
     <x:row r="94" spans="1:21">
       <x:c r="A94" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B94" s="14" t="s">
         <x:v>263</x:v>
       </x:c>
       <x:c r="C94" s="15" t="s"/>
       <x:c r="D94" s="15" t="s"/>
       <x:c r="E94" s="14" t="s"/>
       <x:c r="F94" s="14" t="s"/>
       <x:c r="G94" s="14" t="s">
         <x:v>264</x:v>
       </x:c>
       <x:c r="H94" s="14" t="s"/>
       <x:c r="I94" s="16" t="s">
         <x:v>265</x:v>
       </x:c>
       <x:c r="J94" s="14" t="s"/>
       <x:c r="K94" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="L94" s="14" t="s">
@@ -7256,51 +7257,51 @@
       </x:c>
       <x:c r="O96" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="P96" s="14" t="s">
         <x:v>267</x:v>
       </x:c>
       <x:c r="Q96" s="16" t="s">
         <x:v>268</x:v>
       </x:c>
       <x:c r="R96" s="14" t="s">
         <x:v>269</x:v>
       </x:c>
       <x:c r="S96" s="14" t="n">
         <x:v>599056</x:v>
       </x:c>
       <x:c r="T96" s="16" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="U96" s="16" t="s">
         <x:v>53</x:v>
       </x:c>
     </x:row>
     <x:row r="97" spans="1:21">
       <x:c r="A97" s="1" t="s">
-        <x:v>197</x:v>
+        <x:v>200</x:v>
       </x:c>
       <x:c r="B97" s="0" t="s">
         <x:v>270</x:v>
       </x:c>
       <x:c r="C97" s="3" t="n">
         <x:v>40257</x:v>
       </x:c>
       <x:c r="D97" s="3" t="s"/>
       <x:c r="G97" s="0" t="s">
         <x:v>267</x:v>
       </x:c>
       <x:c r="I97" s="4" t="s">
         <x:v>268</x:v>
       </x:c>
       <x:c r="J97" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K97" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="L97" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="M97" s="0" t="s">
         <x:v>95</x:v>
@@ -8722,158 +8723,158 @@
       </x:c>
       <x:c r="Q121" s="4" t="s">
         <x:v>125</x:v>
       </x:c>
       <x:c r="R121" s="0" t="s">
         <x:v>127</x:v>
       </x:c>
       <x:c r="S121" s="0" t="n">
         <x:v>556601</x:v>
       </x:c>
       <x:c r="T121" s="4" t="s">
         <x:v>321</x:v>
       </x:c>
       <x:c r="U121" s="4" t="s">
         <x:v>322</x:v>
       </x:c>
     </x:row>
     <x:row r="122" spans="1:21">
       <x:c r="A122" s="13" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="B122" s="14" t="s">
         <x:v>313</x:v>
       </x:c>
       <x:c r="C122" s="15" t="n">
-        <x:v>36914</x:v>
+        <x:v>41354</x:v>
       </x:c>
       <x:c r="D122" s="15" t="s"/>
       <x:c r="E122" s="14" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="F122" s="14" t="s"/>
       <x:c r="G122" s="14" t="s">
         <x:v>314</x:v>
       </x:c>
       <x:c r="H122" s="14" t="s">
         <x:v>315</x:v>
       </x:c>
       <x:c r="I122" s="16" t="s">
         <x:v>125</x:v>
       </x:c>
       <x:c r="J122" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K122" s="14" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="L122" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M122" s="14" t="s">
         <x:v>95</x:v>
       </x:c>
       <x:c r="N122" s="15" t="n">
-        <x:v>32016</x:v>
+        <x:v>32025</x:v>
       </x:c>
       <x:c r="O122" s="14" t="s">
-        <x:v>316</x:v>
+        <x:v>126</x:v>
       </x:c>
       <x:c r="P122" s="14" t="s">
         <x:v>314</x:v>
       </x:c>
       <x:c r="Q122" s="16" t="s">
         <x:v>125</x:v>
       </x:c>
       <x:c r="R122" s="14" t="s">
         <x:v>127</x:v>
       </x:c>
       <x:c r="S122" s="14" t="n">
-        <x:v>556600</x:v>
+        <x:v>607703</x:v>
       </x:c>
       <x:c r="T122" s="16" t="s">
-        <x:v>137</x:v>
+        <x:v>319</x:v>
       </x:c>
       <x:c r="U122" s="16" t="s">
         <x:v>149</x:v>
       </x:c>
     </x:row>
     <x:row r="123" spans="1:21">
       <x:c r="A123" s="1" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="B123" s="0" t="s">
         <x:v>313</x:v>
       </x:c>
       <x:c r="C123" s="3" t="n">
-        <x:v>41354</x:v>
+        <x:v>36914</x:v>
       </x:c>
       <x:c r="D123" s="3" t="s"/>
       <x:c r="E123" s="0" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="G123" s="0" t="s">
         <x:v>314</x:v>
       </x:c>
       <x:c r="H123" s="0" t="s">
         <x:v>315</x:v>
       </x:c>
       <x:c r="I123" s="4" t="s">
         <x:v>125</x:v>
       </x:c>
       <x:c r="J123" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K123" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="L123" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M123" s="0" t="s">
         <x:v>95</x:v>
       </x:c>
       <x:c r="N123" s="3" t="n">
-        <x:v>32025</x:v>
+        <x:v>32016</x:v>
       </x:c>
       <x:c r="O123" s="0" t="s">
-        <x:v>126</x:v>
+        <x:v>316</x:v>
       </x:c>
       <x:c r="P123" s="0" t="s">
         <x:v>314</x:v>
       </x:c>
       <x:c r="Q123" s="4" t="s">
         <x:v>125</x:v>
       </x:c>
       <x:c r="R123" s="0" t="s">
         <x:v>127</x:v>
       </x:c>
       <x:c r="S123" s="0" t="n">
-        <x:v>607703</x:v>
+        <x:v>556600</x:v>
       </x:c>
       <x:c r="T123" s="4" t="s">
-        <x:v>319</x:v>
+        <x:v>137</x:v>
       </x:c>
       <x:c r="U123" s="4" t="s">
         <x:v>146</x:v>
       </x:c>
     </x:row>
     <x:row r="124" spans="1:21">
       <x:c r="A124" s="13" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="B124" s="14" t="s">
         <x:v>313</x:v>
       </x:c>
       <x:c r="C124" s="15" t="n">
         <x:v>36914</x:v>
       </x:c>
       <x:c r="D124" s="15" t="s"/>
       <x:c r="E124" s="14" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="F124" s="14" t="s"/>
       <x:c r="G124" s="14" t="s">
         <x:v>323</x:v>
       </x:c>
       <x:c r="H124" s="14" t="s">
         <x:v>315</x:v>
@@ -8904,221 +8905,221 @@
       </x:c>
       <x:c r="Q124" s="16" t="s">
         <x:v>324</x:v>
       </x:c>
       <x:c r="R124" s="14" t="s">
         <x:v>325</x:v>
       </x:c>
       <x:c r="S124" s="14" t="n">
         <x:v>504447</x:v>
       </x:c>
       <x:c r="T124" s="16" t="s">
         <x:v>317</x:v>
       </x:c>
       <x:c r="U124" s="16" t="s">
         <x:v>318</x:v>
       </x:c>
     </x:row>
     <x:row r="125" spans="1:21">
       <x:c r="A125" s="1" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="B125" s="0" t="s">
         <x:v>313</x:v>
       </x:c>
       <x:c r="C125" s="3" t="n">
-        <x:v>41354</x:v>
+        <x:v>36914</x:v>
       </x:c>
       <x:c r="D125" s="3" t="s"/>
       <x:c r="E125" s="0" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="G125" s="0" t="s">
         <x:v>326</x:v>
       </x:c>
       <x:c r="H125" s="0" t="s">
         <x:v>327</x:v>
       </x:c>
       <x:c r="I125" s="4" t="s">
         <x:v>328</x:v>
       </x:c>
       <x:c r="J125" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K125" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="L125" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="M125" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N125" s="3" t="n">
-        <x:v>32025</x:v>
+        <x:v>32016</x:v>
       </x:c>
       <x:c r="O125" s="0" t="s">
-        <x:v>126</x:v>
+        <x:v>316</x:v>
       </x:c>
       <x:c r="P125" s="0" t="s">
         <x:v>323</x:v>
       </x:c>
       <x:c r="Q125" s="4" t="s">
         <x:v>324</x:v>
       </x:c>
       <x:c r="R125" s="0" t="s">
         <x:v>325</x:v>
       </x:c>
       <x:c r="S125" s="0" t="n">
-        <x:v>609174</x:v>
+        <x:v>498939</x:v>
       </x:c>
       <x:c r="T125" s="4" t="s">
-        <x:v>54</x:v>
+        <x:v>56</x:v>
       </x:c>
       <x:c r="U125" s="4" t="s">
-        <x:v>329</x:v>
+        <x:v>67</x:v>
       </x:c>
     </x:row>
     <x:row r="126" spans="1:21">
       <x:c r="A126" s="13" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="B126" s="14" t="s">
         <x:v>313</x:v>
       </x:c>
       <x:c r="C126" s="15" t="n">
-        <x:v>36914</x:v>
+        <x:v>41354</x:v>
       </x:c>
       <x:c r="D126" s="15" t="s"/>
       <x:c r="E126" s="14" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="F126" s="14" t="s"/>
       <x:c r="G126" s="14" t="s">
-        <x:v>323</x:v>
+        <x:v>326</x:v>
       </x:c>
       <x:c r="H126" s="14" t="s">
-        <x:v>315</x:v>
+        <x:v>327</x:v>
       </x:c>
       <x:c r="I126" s="16" t="s">
-        <x:v>324</x:v>
+        <x:v>328</x:v>
       </x:c>
       <x:c r="J126" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K126" s="14" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="L126" s="14" t="s">
-        <x:v>27</x:v>
+        <x:v>50</x:v>
       </x:c>
       <x:c r="M126" s="14" t="s">
-        <x:v>95</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="N126" s="15" t="n">
-        <x:v>32016</x:v>
+        <x:v>32025</x:v>
       </x:c>
       <x:c r="O126" s="14" t="s">
-        <x:v>316</x:v>
+        <x:v>126</x:v>
       </x:c>
       <x:c r="P126" s="14" t="s">
         <x:v>323</x:v>
       </x:c>
       <x:c r="Q126" s="16" t="s">
         <x:v>324</x:v>
       </x:c>
       <x:c r="R126" s="14" t="s">
         <x:v>325</x:v>
       </x:c>
       <x:c r="S126" s="14" t="n">
-        <x:v>556551</x:v>
+        <x:v>609174</x:v>
       </x:c>
       <x:c r="T126" s="16" t="s">
-        <x:v>137</x:v>
+        <x:v>54</x:v>
       </x:c>
       <x:c r="U126" s="16" t="s">
-        <x:v>322</x:v>
+        <x:v>329</x:v>
       </x:c>
     </x:row>
     <x:row r="127" spans="1:21">
       <x:c r="A127" s="1" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="B127" s="0" t="s">
         <x:v>313</x:v>
       </x:c>
       <x:c r="C127" s="3" t="n">
         <x:v>36914</x:v>
       </x:c>
       <x:c r="D127" s="3" t="s"/>
       <x:c r="E127" s="0" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="G127" s="0" t="s">
-        <x:v>326</x:v>
+        <x:v>323</x:v>
       </x:c>
       <x:c r="H127" s="0" t="s">
-        <x:v>327</x:v>
+        <x:v>315</x:v>
       </x:c>
       <x:c r="I127" s="4" t="s">
-        <x:v>328</x:v>
+        <x:v>324</x:v>
       </x:c>
       <x:c r="J127" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K127" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="L127" s="0" t="s">
-        <x:v>50</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="M127" s="0" t="s">
-        <x:v>28</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="N127" s="3" t="n">
         <x:v>32016</x:v>
       </x:c>
       <x:c r="O127" s="0" t="s">
         <x:v>316</x:v>
       </x:c>
       <x:c r="P127" s="0" t="s">
         <x:v>323</x:v>
       </x:c>
       <x:c r="Q127" s="4" t="s">
         <x:v>324</x:v>
       </x:c>
       <x:c r="R127" s="0" t="s">
         <x:v>325</x:v>
       </x:c>
       <x:c r="S127" s="0" t="n">
-        <x:v>498939</x:v>
+        <x:v>556551</x:v>
       </x:c>
       <x:c r="T127" s="4" t="s">
-        <x:v>56</x:v>
+        <x:v>137</x:v>
       </x:c>
       <x:c r="U127" s="4" t="s">
-        <x:v>67</x:v>
+        <x:v>322</x:v>
       </x:c>
     </x:row>
     <x:row r="128" spans="1:21">
       <x:c r="A128" s="13" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="B128" s="14" t="s">
         <x:v>313</x:v>
       </x:c>
       <x:c r="C128" s="15" t="n">
         <x:v>36914</x:v>
       </x:c>
       <x:c r="D128" s="15" t="s"/>
       <x:c r="E128" s="14" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="F128" s="14" t="s"/>
       <x:c r="G128" s="14" t="s">
         <x:v>323</x:v>
       </x:c>
       <x:c r="H128" s="14" t="s">
         <x:v>315</x:v>
       </x:c>
       <x:c r="I128" s="16" t="s">
         <x:v>324</x:v>
@@ -9135,51 +9136,51 @@
       <x:c r="M128" s="14" t="s">
         <x:v>95</x:v>
       </x:c>
       <x:c r="N128" s="15" t="n">
         <x:v>32016</x:v>
       </x:c>
       <x:c r="O128" s="14" t="s">
         <x:v>316</x:v>
       </x:c>
       <x:c r="P128" s="14" t="s">
         <x:v>323</x:v>
       </x:c>
       <x:c r="Q128" s="16" t="s">
         <x:v>324</x:v>
       </x:c>
       <x:c r="R128" s="14" t="s">
         <x:v>325</x:v>
       </x:c>
       <x:c r="S128" s="14" t="n">
         <x:v>556550</x:v>
       </x:c>
       <x:c r="T128" s="16" t="s">
         <x:v>330</x:v>
       </x:c>
       <x:c r="U128" s="16" t="s">
-        <x:v>149</x:v>
+        <x:v>146</x:v>
       </x:c>
     </x:row>
     <x:row r="129" spans="1:21">
       <x:c r="A129" s="1" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="B129" s="0" t="s">
         <x:v>313</x:v>
       </x:c>
       <x:c r="C129" s="3" t="n">
         <x:v>36914</x:v>
       </x:c>
       <x:c r="D129" s="3" t="s"/>
       <x:c r="E129" s="0" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="G129" s="0" t="s">
         <x:v>331</x:v>
       </x:c>
       <x:c r="H129" s="0" t="s">
         <x:v>315</x:v>
       </x:c>
       <x:c r="I129" s="4" t="s">
         <x:v>332</x:v>
       </x:c>
@@ -9195,51 +9196,51 @@
       <x:c r="M129" s="0" t="s">
         <x:v>95</x:v>
       </x:c>
       <x:c r="N129" s="3" t="n">
         <x:v>32016</x:v>
       </x:c>
       <x:c r="O129" s="0" t="s">
         <x:v>316</x:v>
       </x:c>
       <x:c r="P129" s="0" t="s">
         <x:v>331</x:v>
       </x:c>
       <x:c r="Q129" s="4" t="s">
         <x:v>332</x:v>
       </x:c>
       <x:c r="R129" s="0" t="s">
         <x:v>333</x:v>
       </x:c>
       <x:c r="S129" s="0" t="n">
         <x:v>556637</x:v>
       </x:c>
       <x:c r="T129" s="4" t="s">
         <x:v>334</x:v>
       </x:c>
       <x:c r="U129" s="4" t="s">
-        <x:v>149</x:v>
+        <x:v>146</x:v>
       </x:c>
     </x:row>
     <x:row r="130" spans="1:21">
       <x:c r="A130" s="13" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="B130" s="14" t="s">
         <x:v>313</x:v>
       </x:c>
       <x:c r="C130" s="15" t="n">
         <x:v>36914</x:v>
       </x:c>
       <x:c r="D130" s="15" t="s"/>
       <x:c r="E130" s="14" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="F130" s="14" t="s"/>
       <x:c r="G130" s="14" t="s">
         <x:v>331</x:v>
       </x:c>
       <x:c r="H130" s="14" t="s">
         <x:v>315</x:v>
       </x:c>
       <x:c r="I130" s="16" t="s">
         <x:v>332</x:v>
@@ -9250,57 +9251,57 @@
       <x:c r="K130" s="14" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="L130" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M130" s="14" t="s">
         <x:v>95</x:v>
       </x:c>
       <x:c r="N130" s="15" t="n">
         <x:v>32016</x:v>
       </x:c>
       <x:c r="O130" s="14" t="s">
         <x:v>316</x:v>
       </x:c>
       <x:c r="P130" s="14" t="s">
         <x:v>331</x:v>
       </x:c>
       <x:c r="Q130" s="16" t="s">
         <x:v>332</x:v>
       </x:c>
       <x:c r="R130" s="14" t="s">
         <x:v>333</x:v>
       </x:c>
       <x:c r="S130" s="14" t="n">
-        <x:v>556638</x:v>
+        <x:v>504152</x:v>
       </x:c>
       <x:c r="T130" s="16" t="s">
-        <x:v>335</x:v>
+        <x:v>317</x:v>
       </x:c>
       <x:c r="U130" s="16" t="s">
-        <x:v>322</x:v>
+        <x:v>318</x:v>
       </x:c>
     </x:row>
     <x:row r="131" spans="1:21">
       <x:c r="A131" s="1" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="B131" s="0" t="s">
         <x:v>313</x:v>
       </x:c>
       <x:c r="C131" s="3" t="n">
         <x:v>36914</x:v>
       </x:c>
       <x:c r="D131" s="3" t="s"/>
       <x:c r="E131" s="0" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="G131" s="0" t="s">
         <x:v>331</x:v>
       </x:c>
       <x:c r="H131" s="0" t="s">
         <x:v>315</x:v>
       </x:c>
       <x:c r="I131" s="4" t="s">
         <x:v>332</x:v>
       </x:c>
@@ -9310,57 +9311,57 @@
       <x:c r="K131" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="L131" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M131" s="0" t="s">
         <x:v>95</x:v>
       </x:c>
       <x:c r="N131" s="3" t="n">
         <x:v>32016</x:v>
       </x:c>
       <x:c r="O131" s="0" t="s">
         <x:v>316</x:v>
       </x:c>
       <x:c r="P131" s="0" t="s">
         <x:v>331</x:v>
       </x:c>
       <x:c r="Q131" s="4" t="s">
         <x:v>332</x:v>
       </x:c>
       <x:c r="R131" s="0" t="s">
         <x:v>333</x:v>
       </x:c>
       <x:c r="S131" s="0" t="n">
-        <x:v>504152</x:v>
+        <x:v>556638</x:v>
       </x:c>
       <x:c r="T131" s="4" t="s">
-        <x:v>317</x:v>
+        <x:v>335</x:v>
       </x:c>
       <x:c r="U131" s="4" t="s">
-        <x:v>318</x:v>
+        <x:v>322</x:v>
       </x:c>
     </x:row>
     <x:row r="132" spans="1:21">
       <x:c r="A132" s="13" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="B132" s="14" t="s">
         <x:v>313</x:v>
       </x:c>
       <x:c r="C132" s="15" t="n">
         <x:v>41354</x:v>
       </x:c>
       <x:c r="D132" s="15" t="s"/>
       <x:c r="E132" s="14" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="F132" s="14" t="s"/>
       <x:c r="G132" s="14" t="s">
         <x:v>336</x:v>
       </x:c>
       <x:c r="H132" s="14" t="s">
         <x:v>315</x:v>
       </x:c>
       <x:c r="I132" s="16" t="s">
         <x:v>129</x:v>
@@ -9619,51 +9620,51 @@
       <x:c r="M136" s="14" t="s">
         <x:v>95</x:v>
       </x:c>
       <x:c r="N136" s="15" t="n">
         <x:v>32016</x:v>
       </x:c>
       <x:c r="O136" s="14" t="s">
         <x:v>316</x:v>
       </x:c>
       <x:c r="P136" s="14" t="s">
         <x:v>336</x:v>
       </x:c>
       <x:c r="Q136" s="16" t="s">
         <x:v>129</x:v>
       </x:c>
       <x:c r="R136" s="14" t="s">
         <x:v>131</x:v>
       </x:c>
       <x:c r="S136" s="14" t="n">
         <x:v>556524</x:v>
       </x:c>
       <x:c r="T136" s="16" t="s">
         <x:v>137</x:v>
       </x:c>
       <x:c r="U136" s="16" t="s">
-        <x:v>149</x:v>
+        <x:v>146</x:v>
       </x:c>
     </x:row>
     <x:row r="137" spans="1:21">
       <x:c r="A137" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B137" s="0" t="s">
         <x:v>339</x:v>
       </x:c>
       <x:c r="C137" s="3" t="s"/>
       <x:c r="D137" s="3" t="s"/>
       <x:c r="G137" s="0" t="s">
         <x:v>340</x:v>
       </x:c>
       <x:c r="I137" s="4" t="s">
         <x:v>341</x:v>
       </x:c>
       <x:c r="K137" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="L137" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="M137" s="0" t="s">
         <x:v>95</x:v>
@@ -9783,51 +9784,51 @@
       </x:c>
       <x:c r="P139" s="0" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="Q139" s="4" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="R139" s="0" t="s">
         <x:v>169</x:v>
       </x:c>
       <x:c r="S139" s="0" t="n">
         <x:v>595664</x:v>
       </x:c>
       <x:c r="T139" s="4" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="U139" s="4" t="s">
         <x:v>55</x:v>
       </x:c>
     </x:row>
     <x:row r="140" spans="1:21">
       <x:c r="A140" s="13" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="B140" s="14" t="s">
-        <x:v>71</x:v>
+        <x:v>78</x:v>
       </x:c>
       <x:c r="C140" s="15" t="n">
         <x:v>35916</x:v>
       </x:c>
       <x:c r="D140" s="15" t="s"/>
       <x:c r="E140" s="14" t="s"/>
       <x:c r="F140" s="14" t="s"/>
       <x:c r="G140" s="14" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="H140" s="14" t="s"/>
       <x:c r="I140" s="16" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="J140" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K140" s="14" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="L140" s="14" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="M140" s="14" t="s">
         <x:v>28</x:v>
@@ -9894,51 +9895,51 @@
       </x:c>
       <x:c r="P141" s="0" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="Q141" s="4" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="R141" s="0" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="S141" s="0" t="n">
         <x:v>592070</x:v>
       </x:c>
       <x:c r="T141" s="4" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="U141" s="4" t="s">
         <x:v>53</x:v>
       </x:c>
     </x:row>
     <x:row r="142" spans="1:21">
       <x:c r="A142" s="13" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="B142" s="14" t="s">
-        <x:v>78</x:v>
+        <x:v>71</x:v>
       </x:c>
       <x:c r="C142" s="15" t="n">
         <x:v>38159</x:v>
       </x:c>
       <x:c r="D142" s="15" t="s"/>
       <x:c r="E142" s="14" t="s"/>
       <x:c r="F142" s="14" t="s"/>
       <x:c r="G142" s="14" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="H142" s="14" t="s"/>
       <x:c r="I142" s="16" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="J142" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K142" s="14" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="L142" s="14" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="M142" s="14" t="s">
         <x:v>28</x:v>
@@ -10682,51 +10683,51 @@
       <x:c r="K155" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="L155" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="M155" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N155" s="3" t="n">
         <x:v>13154</x:v>
       </x:c>
       <x:c r="O155" s="0" t="s">
         <x:v>91</x:v>
       </x:c>
       <x:c r="P155" s="0" t="s">
         <x:v>374</x:v>
       </x:c>
       <x:c r="Q155" s="4" t="s">
         <x:v>375</x:v>
       </x:c>
       <x:c r="R155" s="0" t="s">
         <x:v>178</x:v>
       </x:c>
       <x:c r="S155" s="0" t="n">
-        <x:v>575706</x:v>
+        <x:v>575704</x:v>
       </x:c>
       <x:c r="T155" s="4" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="U155" s="4" t="s">
         <x:v>360</x:v>
       </x:c>
     </x:row>
     <x:row r="156" spans="1:21">
       <x:c r="A156" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B156" s="14" t="s">
         <x:v>376</x:v>
       </x:c>
       <x:c r="C156" s="15" t="n">
         <x:v>39263</x:v>
       </x:c>
       <x:c r="D156" s="15" t="s"/>
       <x:c r="E156" s="14" t="s"/>
       <x:c r="F156" s="14" t="s"/>
       <x:c r="G156" s="14" t="s">
         <x:v>356</x:v>
       </x:c>
       <x:c r="H156" s="14" t="s">
@@ -10741,51 +10742,51 @@
       <x:c r="K156" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="L156" s="14" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="M156" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N156" s="15" t="n">
         <x:v>13154</x:v>
       </x:c>
       <x:c r="O156" s="14" t="s">
         <x:v>91</x:v>
       </x:c>
       <x:c r="P156" s="14" t="s">
         <x:v>374</x:v>
       </x:c>
       <x:c r="Q156" s="16" t="s">
         <x:v>375</x:v>
       </x:c>
       <x:c r="R156" s="14" t="s">
         <x:v>178</x:v>
       </x:c>
       <x:c r="S156" s="14" t="n">
-        <x:v>575704</x:v>
+        <x:v>575706</x:v>
       </x:c>
       <x:c r="T156" s="16" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="U156" s="16" t="s">
         <x:v>360</x:v>
       </x:c>
     </x:row>
     <x:row r="157" spans="1:21">
       <x:c r="A157" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B157" s="0" t="s">
         <x:v>377</x:v>
       </x:c>
       <x:c r="C157" s="3" t="n">
         <x:v>39263</x:v>
       </x:c>
       <x:c r="D157" s="3" t="s"/>
       <x:c r="G157" s="0" t="s">
         <x:v>356</x:v>
       </x:c>
       <x:c r="H157" s="0" t="s">
         <x:v>357</x:v>
       </x:c>
@@ -10984,51 +10985,51 @@
       </x:c>
       <x:c r="O160" s="14" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="P160" s="14" t="s">
         <x:v>379</x:v>
       </x:c>
       <x:c r="Q160" s="16" t="s">
         <x:v>380</x:v>
       </x:c>
       <x:c r="R160" s="14" t="s">
         <x:v>352</x:v>
       </x:c>
       <x:c r="S160" s="14" t="n">
         <x:v>575876</x:v>
       </x:c>
       <x:c r="T160" s="16" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="U160" s="16" t="s">
         <x:v>360</x:v>
       </x:c>
     </x:row>
     <x:row r="161" spans="1:21">
       <x:c r="A161" s="1" t="s">
-        <x:v>197</x:v>
+        <x:v>200</x:v>
       </x:c>
       <x:c r="B161" s="0" t="s">
         <x:v>383</x:v>
       </x:c>
       <x:c r="C161" s="3" t="n">
         <x:v>38159</x:v>
       </x:c>
       <x:c r="D161" s="3" t="s"/>
       <x:c r="G161" s="0" t="s">
         <x:v>356</x:v>
       </x:c>
       <x:c r="H161" s="0" t="s">
         <x:v>357</x:v>
       </x:c>
       <x:c r="I161" s="4" t="s">
         <x:v>358</x:v>
       </x:c>
       <x:c r="J161" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K161" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="L161" s="0" t="s">
         <x:v>50</x:v>
@@ -11216,51 +11217,51 @@
       </x:c>
       <x:c r="O164" s="14" t="s">
         <x:v>349</x:v>
       </x:c>
       <x:c r="P164" s="14" t="s">
         <x:v>356</x:v>
       </x:c>
       <x:c r="Q164" s="16" t="s">
         <x:v>358</x:v>
       </x:c>
       <x:c r="R164" s="14" t="s">
         <x:v>169</x:v>
       </x:c>
       <x:c r="S164" s="14" t="n">
         <x:v>575053</x:v>
       </x:c>
       <x:c r="T164" s="16" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="U164" s="16" t="s">
         <x:v>360</x:v>
       </x:c>
     </x:row>
     <x:row r="165" spans="1:21">
       <x:c r="A165" s="1" t="s">
-        <x:v>197</x:v>
+        <x:v>200</x:v>
       </x:c>
       <x:c r="B165" s="0" t="s">
         <x:v>387</x:v>
       </x:c>
       <x:c r="C165" s="3" t="n">
         <x:v>38159</x:v>
       </x:c>
       <x:c r="D165" s="3" t="s"/>
       <x:c r="G165" s="0" t="s">
         <x:v>356</x:v>
       </x:c>
       <x:c r="H165" s="0" t="s">
         <x:v>357</x:v>
       </x:c>
       <x:c r="I165" s="4" t="s">
         <x:v>358</x:v>
       </x:c>
       <x:c r="J165" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K165" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="L165" s="0" t="s">
         <x:v>50</x:v>
@@ -11494,51 +11495,51 @@
       <x:c r="K169" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="L169" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="M169" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N169" s="3" t="n">
         <x:v>13253</x:v>
       </x:c>
       <x:c r="O169" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="P169" s="0" t="s">
         <x:v>356</x:v>
       </x:c>
       <x:c r="Q169" s="4" t="s">
         <x:v>358</x:v>
       </x:c>
       <x:c r="R169" s="0" t="s">
         <x:v>178</x:v>
       </x:c>
       <x:c r="S169" s="0" t="n">
-        <x:v>581246</x:v>
+        <x:v>581239</x:v>
       </x:c>
       <x:c r="T169" s="4" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="U169" s="4" t="s">
         <x:v>360</x:v>
       </x:c>
     </x:row>
     <x:row r="170" spans="1:21">
       <x:c r="A170" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B170" s="14" t="s">
         <x:v>392</x:v>
       </x:c>
       <x:c r="C170" s="15" t="n">
         <x:v>38159</x:v>
       </x:c>
       <x:c r="D170" s="15" t="s"/>
       <x:c r="E170" s="14" t="s"/>
       <x:c r="F170" s="14" t="s"/>
       <x:c r="G170" s="14" t="s">
         <x:v>356</x:v>
       </x:c>
       <x:c r="H170" s="14" t="s">
@@ -11553,51 +11554,51 @@
       <x:c r="K170" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="L170" s="14" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="M170" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N170" s="15" t="n">
         <x:v>13253</x:v>
       </x:c>
       <x:c r="O170" s="14" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="P170" s="14" t="s">
         <x:v>356</x:v>
       </x:c>
       <x:c r="Q170" s="16" t="s">
         <x:v>358</x:v>
       </x:c>
       <x:c r="R170" s="14" t="s">
         <x:v>178</x:v>
       </x:c>
       <x:c r="S170" s="14" t="n">
-        <x:v>581239</x:v>
+        <x:v>581247</x:v>
       </x:c>
       <x:c r="T170" s="16" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="U170" s="16" t="s">
         <x:v>360</x:v>
       </x:c>
     </x:row>
     <x:row r="171" spans="1:21">
       <x:c r="A171" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B171" s="0" t="s">
         <x:v>393</x:v>
       </x:c>
       <x:c r="C171" s="3" t="n">
         <x:v>38159</x:v>
       </x:c>
       <x:c r="D171" s="3" t="s"/>
       <x:c r="G171" s="0" t="s">
         <x:v>356</x:v>
       </x:c>
       <x:c r="H171" s="0" t="s">
         <x:v>357</x:v>
       </x:c>
@@ -11610,51 +11611,51 @@
       <x:c r="K171" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="L171" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="M171" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N171" s="3" t="n">
         <x:v>13253</x:v>
       </x:c>
       <x:c r="O171" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="P171" s="0" t="s">
         <x:v>356</x:v>
       </x:c>
       <x:c r="Q171" s="4" t="s">
         <x:v>358</x:v>
       </x:c>
       <x:c r="R171" s="0" t="s">
         <x:v>178</x:v>
       </x:c>
       <x:c r="S171" s="0" t="n">
-        <x:v>581247</x:v>
+        <x:v>581246</x:v>
       </x:c>
       <x:c r="T171" s="4" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="U171" s="4" t="s">
         <x:v>360</x:v>
       </x:c>
     </x:row>
     <x:row r="172" spans="1:21">
       <x:c r="A172" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B172" s="14" t="s">
         <x:v>394</x:v>
       </x:c>
       <x:c r="C172" s="15" t="n">
         <x:v>38159</x:v>
       </x:c>
       <x:c r="D172" s="15" t="s"/>
       <x:c r="E172" s="14" t="s"/>
       <x:c r="F172" s="14" t="s"/>
       <x:c r="G172" s="14" t="s">
         <x:v>356</x:v>
       </x:c>
       <x:c r="H172" s="14" t="s">