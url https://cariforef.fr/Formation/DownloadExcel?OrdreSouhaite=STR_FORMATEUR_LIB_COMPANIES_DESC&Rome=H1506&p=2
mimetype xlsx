--- v0 (2026-03-10)
+++ v1 (2026-03-10)
@@ -680,63 +680,63 @@
   <x:si>
     <x:t>BUT spécialité génie mécanique et productique parcours conception et production durable</x:t>
   </x:si>
   <x:si>
     <x:t>Résistance des matériaux - Les bases</x:t>
   </x:si>
   <x:si>
     <x:t>3d Ingénierie Systèmes</x:t>
   </x:si>
   <x:si>
     <x:t>3DIS</x:t>
   </x:si>
   <x:si>
     <x:t>13170</x:t>
   </x:si>
   <x:si>
     <x:t>formation entièrement à distance</x:t>
   </x:si>
   <x:si>
     <x:t>Résistance matériau</x:t>
   </x:si>
   <x:si>
     <x:t>01/01/2026 00:00:00</x:t>
   </x:si>
   <x:si>
+    <x:t>Abaqus standard/explicit - initiation</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Calcul élément fini</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Résistance des matériaux - Avancés</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Abaqus CAE - initiation</x:t>
+  </x:si>
+  <x:si>
     <x:t>ABAQUS UNIFIE INITIATION</x:t>
-  </x:si>
-[...10 lines deleted...]
-    <x:t>Abaqus CAE - initiation</x:t>
   </x:si>
   <x:si>
     <x:t>Périmètre :</x:t>
   </x:si>
 </x:sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts count="2">
     <x:numFmt numFmtId="164" formatCode="General"/>
     <x:numFmt numFmtId="165" formatCode="@"/>
   </x:numFmts>
   <x:fonts count="8">
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="FF333333"/>
       <x:name val="Aptos Narrow"/>
       <x:family val="2"/>
       <x:charset val="1"/>
     </x:font>
     <x:font>
       <x:sz val="10"/>
       <x:name val="Arial"/>
       <x:family val="0"/>
@@ -2950,103 +2950,103 @@
       </x:c>
       <x:c r="P30" s="14" t="s">
         <x:v>125</x:v>
       </x:c>
       <x:c r="Q30" s="16" t="s">
         <x:v>123</x:v>
       </x:c>
       <x:c r="R30" s="14" t="s">
         <x:v>126</x:v>
       </x:c>
       <x:c r="S30" s="14" t="n">
         <x:v>547701</x:v>
       </x:c>
       <x:c r="T30" s="16" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="U30" s="16" t="s">
         <x:v>61</x:v>
       </x:c>
     </x:row>
     <x:row r="31" spans="1:21">
       <x:c r="A31" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B31" s="0" t="s">
-        <x:v>120</x:v>
+        <x:v>127</x:v>
       </x:c>
       <x:c r="C31" s="3" t="n">
         <x:v>38416</x:v>
       </x:c>
       <x:c r="D31" s="3" t="s"/>
       <x:c r="E31" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G31" s="0" t="s">
         <x:v>121</x:v>
       </x:c>
       <x:c r="H31" s="0" t="s">
         <x:v>122</x:v>
       </x:c>
       <x:c r="I31" s="4" t="s">
         <x:v>123</x:v>
       </x:c>
       <x:c r="J31" s="0" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="K31" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L31" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M31" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N31" s="3" t="n">
         <x:v>23021</x:v>
       </x:c>
       <x:c r="O31" s="0" t="s">
         <x:v>124</x:v>
       </x:c>
       <x:c r="P31" s="0" t="s">
         <x:v>125</x:v>
       </x:c>
       <x:c r="Q31" s="4" t="s">
         <x:v>123</x:v>
       </x:c>
       <x:c r="R31" s="0" t="s">
         <x:v>126</x:v>
       </x:c>
       <x:c r="S31" s="0" t="n">
-        <x:v>515638</x:v>
+        <x:v>547702</x:v>
       </x:c>
       <x:c r="T31" s="4" t="s">
-        <x:v>100</x:v>
+        <x:v>38</x:v>
       </x:c>
       <x:c r="U31" s="4" t="s">
-        <x:v>101</x:v>
+        <x:v>61</x:v>
       </x:c>
     </x:row>
     <x:row r="32" spans="1:21">
       <x:c r="A32" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B32" s="14" t="s">
         <x:v>90</x:v>
       </x:c>
       <x:c r="C32" s="15" t="n">
         <x:v>37405</x:v>
       </x:c>
       <x:c r="D32" s="15" t="s"/>
       <x:c r="E32" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F32" s="14" t="s"/>
       <x:c r="G32" s="14" t="s">
         <x:v>121</x:v>
       </x:c>
       <x:c r="H32" s="14" t="s">
         <x:v>122</x:v>
       </x:c>
       <x:c r="I32" s="16" t="s">
         <x:v>123</x:v>
@@ -3071,103 +3071,103 @@
       </x:c>
       <x:c r="P32" s="14" t="s">
         <x:v>125</x:v>
       </x:c>
       <x:c r="Q32" s="16" t="s">
         <x:v>123</x:v>
       </x:c>
       <x:c r="R32" s="14" t="s">
         <x:v>126</x:v>
       </x:c>
       <x:c r="S32" s="14" t="n">
         <x:v>547695</x:v>
       </x:c>
       <x:c r="T32" s="16" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="U32" s="16" t="s">
         <x:v>61</x:v>
       </x:c>
     </x:row>
     <x:row r="33" spans="1:21">
       <x:c r="A33" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B33" s="0" t="s">
-        <x:v>127</x:v>
+        <x:v>120</x:v>
       </x:c>
       <x:c r="C33" s="3" t="n">
         <x:v>38416</x:v>
       </x:c>
       <x:c r="D33" s="3" t="s"/>
       <x:c r="E33" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G33" s="0" t="s">
         <x:v>121</x:v>
       </x:c>
       <x:c r="H33" s="0" t="s">
         <x:v>122</x:v>
       </x:c>
       <x:c r="I33" s="4" t="s">
         <x:v>123</x:v>
       </x:c>
       <x:c r="J33" s="0" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="K33" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L33" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M33" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N33" s="3" t="n">
         <x:v>23021</x:v>
       </x:c>
       <x:c r="O33" s="0" t="s">
         <x:v>124</x:v>
       </x:c>
       <x:c r="P33" s="0" t="s">
         <x:v>125</x:v>
       </x:c>
       <x:c r="Q33" s="4" t="s">
         <x:v>123</x:v>
       </x:c>
       <x:c r="R33" s="0" t="s">
         <x:v>126</x:v>
       </x:c>
       <x:c r="S33" s="0" t="n">
-        <x:v>547702</x:v>
+        <x:v>515638</x:v>
       </x:c>
       <x:c r="T33" s="4" t="s">
-        <x:v>38</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="U33" s="4" t="s">
-        <x:v>61</x:v>
+        <x:v>101</x:v>
       </x:c>
     </x:row>
     <x:row r="34" spans="1:21">
       <x:c r="A34" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B34" s="14" t="s">
         <x:v>127</x:v>
       </x:c>
       <x:c r="C34" s="15" t="n">
         <x:v>38416</x:v>
       </x:c>
       <x:c r="D34" s="15" t="s"/>
       <x:c r="E34" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F34" s="14" t="s"/>
       <x:c r="G34" s="14" t="s">
         <x:v>121</x:v>
       </x:c>
       <x:c r="H34" s="14" t="s">
         <x:v>122</x:v>
       </x:c>
       <x:c r="I34" s="16" t="s">
         <x:v>123</x:v>
@@ -3795,51 +3795,51 @@
       <x:c r="K45" s="0" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="L45" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M45" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N45" s="3" t="n">
         <x:v>23083</x:v>
       </x:c>
       <x:c r="O45" s="0" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="P45" s="0" t="s">
         <x:v>91</x:v>
       </x:c>
       <x:c r="Q45" s="4" t="s">
         <x:v>92</x:v>
       </x:c>
       <x:c r="R45" s="0" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="S45" s="0" t="n">
-        <x:v>493605</x:v>
+        <x:v>572449</x:v>
       </x:c>
       <x:c r="T45" s="4" t="s">
         <x:v>100</x:v>
       </x:c>
       <x:c r="U45" s="4" t="s">
         <x:v>101</x:v>
       </x:c>
     </x:row>
     <x:row r="46" spans="1:21">
       <x:c r="A46" s="13" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="B46" s="14" t="s">
         <x:v>161</x:v>
       </x:c>
       <x:c r="C46" s="15" t="n">
         <x:v>37405</x:v>
       </x:c>
       <x:c r="D46" s="15" t="s"/>
       <x:c r="E46" s="14" t="s"/>
       <x:c r="F46" s="14" t="s"/>
       <x:c r="G46" s="14" t="s">
         <x:v>91</x:v>
       </x:c>
       <x:c r="H46" s="14" t="s"/>
@@ -3852,51 +3852,51 @@
       <x:c r="K46" s="14" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="L46" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M46" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N46" s="15" t="n">
         <x:v>23083</x:v>
       </x:c>
       <x:c r="O46" s="14" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="P46" s="14" t="s">
         <x:v>91</x:v>
       </x:c>
       <x:c r="Q46" s="16" t="s">
         <x:v>92</x:v>
       </x:c>
       <x:c r="R46" s="14" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="S46" s="14" t="n">
-        <x:v>572450</x:v>
+        <x:v>543658</x:v>
       </x:c>
       <x:c r="T46" s="16" t="s">
         <x:v>97</x:v>
       </x:c>
       <x:c r="U46" s="16" t="s">
         <x:v>98</x:v>
       </x:c>
     </x:row>
     <x:row r="47" spans="1:21">
       <x:c r="A47" s="1" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="B47" s="0" t="s">
         <x:v>161</x:v>
       </x:c>
       <x:c r="C47" s="3" t="n">
         <x:v>37405</x:v>
       </x:c>
       <x:c r="D47" s="3" t="s"/>
       <x:c r="G47" s="0" t="s">
         <x:v>91</x:v>
       </x:c>
       <x:c r="I47" s="4" t="s">
         <x:v>92</x:v>
       </x:c>
@@ -3963,343 +3963,343 @@
       <x:c r="K48" s="14" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="L48" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M48" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N48" s="15" t="n">
         <x:v>23083</x:v>
       </x:c>
       <x:c r="O48" s="14" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="P48" s="14" t="s">
         <x:v>91</x:v>
       </x:c>
       <x:c r="Q48" s="16" t="s">
         <x:v>92</x:v>
       </x:c>
       <x:c r="R48" s="14" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="S48" s="14" t="n">
-        <x:v>572449</x:v>
+        <x:v>572450</x:v>
       </x:c>
       <x:c r="T48" s="16" t="s">
-        <x:v>100</x:v>
+        <x:v>97</x:v>
       </x:c>
       <x:c r="U48" s="16" t="s">
-        <x:v>101</x:v>
+        <x:v>98</x:v>
       </x:c>
     </x:row>
     <x:row r="49" spans="1:21">
       <x:c r="A49" s="1" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="B49" s="0" t="s">
         <x:v>161</x:v>
       </x:c>
       <x:c r="C49" s="3" t="n">
         <x:v>37405</x:v>
       </x:c>
       <x:c r="D49" s="3" t="s"/>
       <x:c r="G49" s="0" t="s">
         <x:v>91</x:v>
       </x:c>
       <x:c r="I49" s="4" t="s">
         <x:v>92</x:v>
       </x:c>
       <x:c r="J49" s="0" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="K49" s="0" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="L49" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M49" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N49" s="3" t="n">
         <x:v>23083</x:v>
       </x:c>
       <x:c r="O49" s="0" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="P49" s="0" t="s">
         <x:v>91</x:v>
       </x:c>
       <x:c r="Q49" s="4" t="s">
         <x:v>92</x:v>
       </x:c>
       <x:c r="R49" s="0" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="S49" s="0" t="n">
-        <x:v>543658</x:v>
+        <x:v>493605</x:v>
       </x:c>
       <x:c r="T49" s="4" t="s">
-        <x:v>97</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="U49" s="4" t="s">
-        <x:v>98</x:v>
+        <x:v>101</x:v>
       </x:c>
     </x:row>
     <x:row r="50" spans="1:21">
       <x:c r="A50" s="13" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="B50" s="14" t="s">
-        <x:v>165</x:v>
+        <x:v>161</x:v>
       </x:c>
       <x:c r="C50" s="15" t="n">
-        <x:v>38416</x:v>
+        <x:v>37405</x:v>
       </x:c>
       <x:c r="D50" s="15" t="s"/>
       <x:c r="E50" s="14" t="s"/>
       <x:c r="F50" s="14" t="s"/>
       <x:c r="G50" s="14" t="s">
         <x:v>121</x:v>
       </x:c>
       <x:c r="H50" s="14" t="s">
         <x:v>122</x:v>
       </x:c>
       <x:c r="I50" s="16" t="s">
         <x:v>123</x:v>
       </x:c>
       <x:c r="J50" s="14" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="K50" s="14" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="L50" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M50" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N50" s="15" t="n">
-        <x:v>23021</x:v>
+        <x:v>23083</x:v>
       </x:c>
       <x:c r="O50" s="14" t="s">
-        <x:v>124</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="P50" s="14" t="s">
         <x:v>121</x:v>
       </x:c>
       <x:c r="Q50" s="16" t="s">
         <x:v>123</x:v>
       </x:c>
       <x:c r="R50" s="14" t="s">
         <x:v>126</x:v>
       </x:c>
       <x:c r="S50" s="14" t="n">
-        <x:v>541915</x:v>
+        <x:v>509245</x:v>
       </x:c>
       <x:c r="T50" s="16" t="s">
-        <x:v>38</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="U50" s="16" t="s">
-        <x:v>61</x:v>
+        <x:v>101</x:v>
       </x:c>
     </x:row>
     <x:row r="51" spans="1:21">
       <x:c r="A51" s="1" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="B51" s="0" t="s">
-        <x:v>161</x:v>
+        <x:v>165</x:v>
       </x:c>
       <x:c r="C51" s="3" t="n">
-        <x:v>37405</x:v>
+        <x:v>38416</x:v>
       </x:c>
       <x:c r="D51" s="3" t="s"/>
       <x:c r="G51" s="0" t="s">
         <x:v>121</x:v>
       </x:c>
       <x:c r="H51" s="0" t="s">
         <x:v>122</x:v>
       </x:c>
       <x:c r="I51" s="4" t="s">
         <x:v>123</x:v>
       </x:c>
       <x:c r="J51" s="0" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="K51" s="0" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="L51" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M51" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N51" s="3" t="n">
-        <x:v>23083</x:v>
+        <x:v>23021</x:v>
       </x:c>
       <x:c r="O51" s="0" t="s">
-        <x:v>93</x:v>
+        <x:v>124</x:v>
       </x:c>
       <x:c r="P51" s="0" t="s">
         <x:v>121</x:v>
       </x:c>
       <x:c r="Q51" s="4" t="s">
         <x:v>123</x:v>
       </x:c>
       <x:c r="R51" s="0" t="s">
         <x:v>126</x:v>
       </x:c>
       <x:c r="S51" s="0" t="n">
-        <x:v>572447</x:v>
+        <x:v>509256</x:v>
       </x:c>
       <x:c r="T51" s="4" t="s">
-        <x:v>38</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="U51" s="4" t="s">
-        <x:v>61</x:v>
+        <x:v>101</x:v>
       </x:c>
     </x:row>
     <x:row r="52" spans="1:21">
       <x:c r="A52" s="13" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="B52" s="14" t="s">
-        <x:v>165</x:v>
+        <x:v>161</x:v>
       </x:c>
       <x:c r="C52" s="15" t="n">
-        <x:v>38416</x:v>
+        <x:v>37405</x:v>
       </x:c>
       <x:c r="D52" s="15" t="s"/>
       <x:c r="E52" s="14" t="s"/>
       <x:c r="F52" s="14" t="s"/>
       <x:c r="G52" s="14" t="s">
         <x:v>121</x:v>
       </x:c>
       <x:c r="H52" s="14" t="s">
         <x:v>122</x:v>
       </x:c>
       <x:c r="I52" s="16" t="s">
         <x:v>123</x:v>
       </x:c>
       <x:c r="J52" s="14" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="K52" s="14" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="L52" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M52" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N52" s="15" t="n">
-        <x:v>23021</x:v>
+        <x:v>23083</x:v>
       </x:c>
       <x:c r="O52" s="14" t="s">
-        <x:v>124</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="P52" s="14" t="s">
         <x:v>121</x:v>
       </x:c>
       <x:c r="Q52" s="16" t="s">
         <x:v>123</x:v>
       </x:c>
       <x:c r="R52" s="14" t="s">
         <x:v>126</x:v>
       </x:c>
       <x:c r="S52" s="14" t="n">
-        <x:v>585572</x:v>
+        <x:v>572446</x:v>
       </x:c>
       <x:c r="T52" s="16" t="s">
-        <x:v>35</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="U52" s="16" t="s">
-        <x:v>84</x:v>
+        <x:v>101</x:v>
       </x:c>
     </x:row>
     <x:row r="53" spans="1:21">
       <x:c r="A53" s="1" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="B53" s="0" t="s">
-        <x:v>166</x:v>
+        <x:v>165</x:v>
       </x:c>
       <x:c r="C53" s="3" t="n">
         <x:v>38416</x:v>
       </x:c>
       <x:c r="D53" s="3" t="s"/>
       <x:c r="G53" s="0" t="s">
         <x:v>121</x:v>
       </x:c>
       <x:c r="H53" s="0" t="s">
         <x:v>122</x:v>
       </x:c>
       <x:c r="I53" s="4" t="s">
         <x:v>123</x:v>
       </x:c>
       <x:c r="J53" s="0" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="K53" s="0" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="L53" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M53" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N53" s="3" t="n">
         <x:v>23021</x:v>
       </x:c>
       <x:c r="O53" s="0" t="s">
         <x:v>124</x:v>
       </x:c>
       <x:c r="P53" s="0" t="s">
         <x:v>121</x:v>
       </x:c>
       <x:c r="Q53" s="4" t="s">
         <x:v>123</x:v>
       </x:c>
       <x:c r="R53" s="0" t="s">
         <x:v>126</x:v>
       </x:c>
       <x:c r="S53" s="0" t="n">
-        <x:v>509257</x:v>
+        <x:v>541915</x:v>
       </x:c>
       <x:c r="T53" s="4" t="s">
-        <x:v>100</x:v>
+        <x:v>38</x:v>
       </x:c>
       <x:c r="U53" s="4" t="s">
-        <x:v>101</x:v>
+        <x:v>61</x:v>
       </x:c>
     </x:row>
     <x:row r="54" spans="1:21">
       <x:c r="A54" s="13" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="B54" s="14" t="s">
         <x:v>166</x:v>
       </x:c>
       <x:c r="C54" s="15" t="n">
         <x:v>38416</x:v>
       </x:c>
       <x:c r="D54" s="15" t="s"/>
       <x:c r="E54" s="14" t="s"/>
       <x:c r="F54" s="14" t="s"/>
       <x:c r="G54" s="14" t="s">
         <x:v>121</x:v>
       </x:c>
       <x:c r="H54" s="14" t="s">
         <x:v>122</x:v>
       </x:c>
       <x:c r="I54" s="16" t="s">
         <x:v>123</x:v>
       </x:c>
       <x:c r="J54" s="14" t="s">
@@ -4308,114 +4308,114 @@
       <x:c r="K54" s="14" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="L54" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M54" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N54" s="15" t="n">
         <x:v>23021</x:v>
       </x:c>
       <x:c r="O54" s="14" t="s">
         <x:v>124</x:v>
       </x:c>
       <x:c r="P54" s="14" t="s">
         <x:v>121</x:v>
       </x:c>
       <x:c r="Q54" s="16" t="s">
         <x:v>123</x:v>
       </x:c>
       <x:c r="R54" s="14" t="s">
         <x:v>126</x:v>
       </x:c>
       <x:c r="S54" s="14" t="n">
-        <x:v>541916</x:v>
+        <x:v>585573</x:v>
       </x:c>
       <x:c r="T54" s="16" t="s">
-        <x:v>38</x:v>
+        <x:v>35</x:v>
       </x:c>
       <x:c r="U54" s="16" t="s">
-        <x:v>61</x:v>
+        <x:v>84</x:v>
       </x:c>
     </x:row>
     <x:row r="55" spans="1:21">
       <x:c r="A55" s="1" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="B55" s="0" t="s">
-        <x:v>161</x:v>
+        <x:v>165</x:v>
       </x:c>
       <x:c r="C55" s="3" t="n">
-        <x:v>37405</x:v>
+        <x:v>38416</x:v>
       </x:c>
       <x:c r="D55" s="3" t="s"/>
       <x:c r="G55" s="0" t="s">
         <x:v>121</x:v>
       </x:c>
       <x:c r="H55" s="0" t="s">
         <x:v>122</x:v>
       </x:c>
       <x:c r="I55" s="4" t="s">
         <x:v>123</x:v>
       </x:c>
       <x:c r="J55" s="0" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="K55" s="0" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="L55" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M55" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N55" s="3" t="n">
-        <x:v>23083</x:v>
+        <x:v>23021</x:v>
       </x:c>
       <x:c r="O55" s="0" t="s">
-        <x:v>93</x:v>
+        <x:v>124</x:v>
       </x:c>
       <x:c r="P55" s="0" t="s">
         <x:v>121</x:v>
       </x:c>
       <x:c r="Q55" s="4" t="s">
         <x:v>123</x:v>
       </x:c>
       <x:c r="R55" s="0" t="s">
         <x:v>126</x:v>
       </x:c>
       <x:c r="S55" s="0" t="n">
-        <x:v>509245</x:v>
+        <x:v>585572</x:v>
       </x:c>
       <x:c r="T55" s="4" t="s">
-        <x:v>100</x:v>
+        <x:v>35</x:v>
       </x:c>
       <x:c r="U55" s="4" t="s">
-        <x:v>101</x:v>
+        <x:v>84</x:v>
       </x:c>
     </x:row>
     <x:row r="56" spans="1:21">
       <x:c r="A56" s="13" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="B56" s="14" t="s">
         <x:v>166</x:v>
       </x:c>
       <x:c r="C56" s="15" t="n">
         <x:v>38416</x:v>
       </x:c>
       <x:c r="D56" s="15" t="s"/>
       <x:c r="E56" s="14" t="s"/>
       <x:c r="F56" s="14" t="s"/>
       <x:c r="G56" s="14" t="s">
         <x:v>121</x:v>
       </x:c>
       <x:c r="H56" s="14" t="s">
         <x:v>122</x:v>
       </x:c>
       <x:c r="I56" s="16" t="s">
         <x:v>123</x:v>
       </x:c>
       <x:c r="J56" s="14" t="s">
@@ -4424,230 +4424,230 @@
       <x:c r="K56" s="14" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="L56" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M56" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N56" s="15" t="n">
         <x:v>23021</x:v>
       </x:c>
       <x:c r="O56" s="14" t="s">
         <x:v>124</x:v>
       </x:c>
       <x:c r="P56" s="14" t="s">
         <x:v>121</x:v>
       </x:c>
       <x:c r="Q56" s="16" t="s">
         <x:v>123</x:v>
       </x:c>
       <x:c r="R56" s="14" t="s">
         <x:v>126</x:v>
       </x:c>
       <x:c r="S56" s="14" t="n">
-        <x:v>585573</x:v>
+        <x:v>509257</x:v>
       </x:c>
       <x:c r="T56" s="16" t="s">
-        <x:v>35</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="U56" s="16" t="s">
-        <x:v>84</x:v>
+        <x:v>101</x:v>
       </x:c>
     </x:row>
     <x:row r="57" spans="1:21">
       <x:c r="A57" s="1" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="B57" s="0" t="s">
-        <x:v>161</x:v>
+        <x:v>166</x:v>
       </x:c>
       <x:c r="C57" s="3" t="n">
-        <x:v>37405</x:v>
+        <x:v>38416</x:v>
       </x:c>
       <x:c r="D57" s="3" t="s"/>
       <x:c r="G57" s="0" t="s">
         <x:v>121</x:v>
       </x:c>
       <x:c r="H57" s="0" t="s">
         <x:v>122</x:v>
       </x:c>
       <x:c r="I57" s="4" t="s">
         <x:v>123</x:v>
       </x:c>
       <x:c r="J57" s="0" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="K57" s="0" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="L57" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M57" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N57" s="3" t="n">
-        <x:v>23083</x:v>
+        <x:v>23021</x:v>
       </x:c>
       <x:c r="O57" s="0" t="s">
-        <x:v>93</x:v>
+        <x:v>124</x:v>
       </x:c>
       <x:c r="P57" s="0" t="s">
         <x:v>121</x:v>
       </x:c>
       <x:c r="Q57" s="4" t="s">
         <x:v>123</x:v>
       </x:c>
       <x:c r="R57" s="0" t="s">
         <x:v>126</x:v>
       </x:c>
       <x:c r="S57" s="0" t="n">
-        <x:v>541906</x:v>
+        <x:v>541916</x:v>
       </x:c>
       <x:c r="T57" s="4" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="U57" s="4" t="s">
         <x:v>61</x:v>
       </x:c>
     </x:row>
     <x:row r="58" spans="1:21">
       <x:c r="A58" s="13" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="B58" s="14" t="s">
-        <x:v>165</x:v>
+        <x:v>161</x:v>
       </x:c>
       <x:c r="C58" s="15" t="n">
-        <x:v>38416</x:v>
+        <x:v>37405</x:v>
       </x:c>
       <x:c r="D58" s="15" t="s"/>
       <x:c r="E58" s="14" t="s"/>
       <x:c r="F58" s="14" t="s"/>
       <x:c r="G58" s="14" t="s">
         <x:v>121</x:v>
       </x:c>
       <x:c r="H58" s="14" t="s">
         <x:v>122</x:v>
       </x:c>
       <x:c r="I58" s="16" t="s">
         <x:v>123</x:v>
       </x:c>
       <x:c r="J58" s="14" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="K58" s="14" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="L58" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M58" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N58" s="15" t="n">
-        <x:v>23021</x:v>
+        <x:v>23083</x:v>
       </x:c>
       <x:c r="O58" s="14" t="s">
-        <x:v>124</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="P58" s="14" t="s">
         <x:v>121</x:v>
       </x:c>
       <x:c r="Q58" s="16" t="s">
         <x:v>123</x:v>
       </x:c>
       <x:c r="R58" s="14" t="s">
         <x:v>126</x:v>
       </x:c>
       <x:c r="S58" s="14" t="n">
-        <x:v>509256</x:v>
+        <x:v>541906</x:v>
       </x:c>
       <x:c r="T58" s="16" t="s">
-        <x:v>100</x:v>
+        <x:v>38</x:v>
       </x:c>
       <x:c r="U58" s="16" t="s">
-        <x:v>101</x:v>
+        <x:v>61</x:v>
       </x:c>
     </x:row>
     <x:row r="59" spans="1:21">
       <x:c r="A59" s="1" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="B59" s="0" t="s">
         <x:v>161</x:v>
       </x:c>
       <x:c r="C59" s="3" t="n">
         <x:v>37405</x:v>
       </x:c>
       <x:c r="D59" s="3" t="s"/>
       <x:c r="G59" s="0" t="s">
         <x:v>121</x:v>
       </x:c>
       <x:c r="H59" s="0" t="s">
         <x:v>122</x:v>
       </x:c>
       <x:c r="I59" s="4" t="s">
         <x:v>123</x:v>
       </x:c>
       <x:c r="J59" s="0" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="K59" s="0" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="L59" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M59" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N59" s="3" t="n">
         <x:v>23083</x:v>
       </x:c>
       <x:c r="O59" s="0" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="P59" s="0" t="s">
         <x:v>121</x:v>
       </x:c>
       <x:c r="Q59" s="4" t="s">
         <x:v>123</x:v>
       </x:c>
       <x:c r="R59" s="0" t="s">
         <x:v>126</x:v>
       </x:c>
       <x:c r="S59" s="0" t="n">
-        <x:v>572446</x:v>
+        <x:v>572447</x:v>
       </x:c>
       <x:c r="T59" s="4" t="s">
-        <x:v>100</x:v>
+        <x:v>38</x:v>
       </x:c>
       <x:c r="U59" s="4" t="s">
-        <x:v>101</x:v>
+        <x:v>61</x:v>
       </x:c>
     </x:row>
     <x:row r="60" spans="1:21">
       <x:c r="A60" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B60" s="14" t="s">
         <x:v>167</x:v>
       </x:c>
       <x:c r="C60" s="15" t="n">
         <x:v>40815</x:v>
       </x:c>
       <x:c r="D60" s="15" t="s"/>
       <x:c r="E60" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F60" s="14" t="s"/>
       <x:c r="G60" s="14" t="s">
         <x:v>168</x:v>
       </x:c>
       <x:c r="H60" s="14" t="s">
         <x:v>169</x:v>
       </x:c>
       <x:c r="I60" s="16" t="s">
         <x:v>170</x:v>
@@ -5680,520 +5680,520 @@
       </x:c>
       <x:c r="P77" s="0" t="s">
         <x:v>197</x:v>
       </x:c>
       <x:c r="Q77" s="4" t="s">
         <x:v>199</x:v>
       </x:c>
       <x:c r="R77" s="0" t="s">
         <x:v>180</x:v>
       </x:c>
       <x:c r="S77" s="0" t="n">
         <x:v>533836</x:v>
       </x:c>
       <x:c r="T77" s="4" t="s">
         <x:v>202</x:v>
       </x:c>
       <x:c r="U77" s="4" t="s">
         <x:v>158</x:v>
       </x:c>
     </x:row>
     <x:row r="78" spans="1:21">
       <x:c r="A78" s="13" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="B78" s="14" t="s">
-        <x:v>203</x:v>
+        <x:v>196</x:v>
       </x:c>
       <x:c r="C78" s="15" t="s"/>
       <x:c r="D78" s="15" t="s"/>
       <x:c r="E78" s="14" t="s"/>
       <x:c r="F78" s="14" t="s"/>
       <x:c r="G78" s="14" t="s">
         <x:v>197</x:v>
       </x:c>
       <x:c r="H78" s="14" t="s">
         <x:v>198</x:v>
       </x:c>
       <x:c r="I78" s="16" t="s">
         <x:v>199</x:v>
       </x:c>
       <x:c r="J78" s="14" t="s"/>
       <x:c r="K78" s="14" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="L78" s="14" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="M78" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N78" s="15" t="n">
-        <x:v>23576</x:v>
+        <x:v>23546</x:v>
       </x:c>
       <x:c r="O78" s="14" t="s">
-        <x:v>204</x:v>
+        <x:v>201</x:v>
       </x:c>
       <x:c r="P78" s="14" t="s">
         <x:v>197</x:v>
       </x:c>
       <x:c r="Q78" s="16" t="s">
         <x:v>199</x:v>
       </x:c>
       <x:c r="R78" s="14" t="s">
         <x:v>180</x:v>
       </x:c>
       <x:c r="S78" s="14" t="n">
-        <x:v>532892</x:v>
+        <x:v>533842</x:v>
       </x:c>
       <x:c r="T78" s="16" t="s">
         <x:v>202</x:v>
       </x:c>
       <x:c r="U78" s="16" t="s">
         <x:v>158</x:v>
       </x:c>
     </x:row>
     <x:row r="79" spans="1:21">
       <x:c r="A79" s="1" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="B79" s="0" t="s">
-        <x:v>196</x:v>
+        <x:v>203</x:v>
       </x:c>
       <x:c r="C79" s="3" t="s"/>
       <x:c r="D79" s="3" t="s"/>
       <x:c r="G79" s="0" t="s">
         <x:v>197</x:v>
       </x:c>
       <x:c r="H79" s="0" t="s">
         <x:v>198</x:v>
       </x:c>
       <x:c r="I79" s="4" t="s">
         <x:v>199</x:v>
       </x:c>
       <x:c r="K79" s="0" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="L79" s="0" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="M79" s="0" t="s">
-        <x:v>30</x:v>
+        <x:v>200</x:v>
       </x:c>
       <x:c r="N79" s="3" t="n">
-        <x:v>23546</x:v>
+        <x:v>23576</x:v>
       </x:c>
       <x:c r="O79" s="0" t="s">
-        <x:v>201</x:v>
+        <x:v>204</x:v>
       </x:c>
       <x:c r="P79" s="0" t="s">
         <x:v>197</x:v>
       </x:c>
       <x:c r="Q79" s="4" t="s">
         <x:v>199</x:v>
       </x:c>
       <x:c r="R79" s="0" t="s">
         <x:v>180</x:v>
       </x:c>
       <x:c r="S79" s="0" t="n">
-        <x:v>533842</x:v>
+        <x:v>532984</x:v>
       </x:c>
       <x:c r="T79" s="4" t="s">
         <x:v>202</x:v>
       </x:c>
       <x:c r="U79" s="4" t="s">
         <x:v>158</x:v>
       </x:c>
     </x:row>
     <x:row r="80" spans="1:21">
       <x:c r="A80" s="13" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="B80" s="14" t="s">
         <x:v>205</x:v>
       </x:c>
       <x:c r="C80" s="15" t="s"/>
       <x:c r="D80" s="15" t="s"/>
       <x:c r="E80" s="14" t="s"/>
       <x:c r="F80" s="14" t="s"/>
       <x:c r="G80" s="14" t="s">
         <x:v>197</x:v>
       </x:c>
       <x:c r="H80" s="14" t="s">
         <x:v>198</x:v>
       </x:c>
       <x:c r="I80" s="16" t="s">
         <x:v>199</x:v>
       </x:c>
       <x:c r="J80" s="14" t="s"/>
       <x:c r="K80" s="14" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="L80" s="14" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="M80" s="14" t="s">
         <x:v>200</x:v>
       </x:c>
       <x:c r="N80" s="15" t="n">
-        <x:v>23576</x:v>
+        <x:v>23546</x:v>
       </x:c>
       <x:c r="O80" s="14" t="s">
-        <x:v>204</x:v>
+        <x:v>201</x:v>
       </x:c>
       <x:c r="P80" s="14" t="s">
         <x:v>197</x:v>
       </x:c>
       <x:c r="Q80" s="16" t="s">
         <x:v>199</x:v>
       </x:c>
       <x:c r="R80" s="14" t="s">
         <x:v>180</x:v>
       </x:c>
       <x:c r="S80" s="14" t="n">
-        <x:v>532984</x:v>
+        <x:v>533913</x:v>
       </x:c>
       <x:c r="T80" s="16" t="s">
         <x:v>202</x:v>
       </x:c>
       <x:c r="U80" s="16" t="s">
         <x:v>158</x:v>
       </x:c>
     </x:row>
     <x:row r="81" spans="1:21">
       <x:c r="A81" s="1" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="B81" s="0" t="s">
-        <x:v>206</x:v>
+        <x:v>203</x:v>
       </x:c>
       <x:c r="C81" s="3" t="s"/>
       <x:c r="D81" s="3" t="s"/>
       <x:c r="G81" s="0" t="s">
         <x:v>197</x:v>
       </x:c>
       <x:c r="H81" s="0" t="s">
         <x:v>198</x:v>
       </x:c>
       <x:c r="I81" s="4" t="s">
         <x:v>199</x:v>
       </x:c>
       <x:c r="K81" s="0" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="L81" s="0" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="M81" s="0" t="s">
-        <x:v>200</x:v>
+        <x:v>30</x:v>
       </x:c>
       <x:c r="N81" s="3" t="n">
-        <x:v>23546</x:v>
+        <x:v>23576</x:v>
       </x:c>
       <x:c r="O81" s="0" t="s">
-        <x:v>201</x:v>
+        <x:v>204</x:v>
       </x:c>
       <x:c r="P81" s="0" t="s">
         <x:v>197</x:v>
       </x:c>
       <x:c r="Q81" s="4" t="s">
         <x:v>199</x:v>
       </x:c>
       <x:c r="R81" s="0" t="s">
         <x:v>180</x:v>
       </x:c>
       <x:c r="S81" s="0" t="n">
-        <x:v>533913</x:v>
+        <x:v>532998</x:v>
       </x:c>
       <x:c r="T81" s="4" t="s">
         <x:v>202</x:v>
       </x:c>
       <x:c r="U81" s="4" t="s">
         <x:v>158</x:v>
       </x:c>
     </x:row>
     <x:row r="82" spans="1:21">
       <x:c r="A82" s="13" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="B82" s="14" t="s">
-        <x:v>205</x:v>
+        <x:v>206</x:v>
       </x:c>
       <x:c r="C82" s="15" t="s"/>
       <x:c r="D82" s="15" t="s"/>
       <x:c r="E82" s="14" t="s"/>
       <x:c r="F82" s="14" t="s"/>
       <x:c r="G82" s="14" t="s">
         <x:v>197</x:v>
       </x:c>
       <x:c r="H82" s="14" t="s">
         <x:v>198</x:v>
       </x:c>
       <x:c r="I82" s="16" t="s">
         <x:v>199</x:v>
       </x:c>
       <x:c r="J82" s="14" t="s"/>
       <x:c r="K82" s="14" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="L82" s="14" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="M82" s="14" t="s">
-        <x:v>30</x:v>
+        <x:v>200</x:v>
       </x:c>
       <x:c r="N82" s="15" t="n">
         <x:v>23576</x:v>
       </x:c>
       <x:c r="O82" s="14" t="s">
         <x:v>204</x:v>
       </x:c>
       <x:c r="P82" s="14" t="s">
         <x:v>197</x:v>
       </x:c>
       <x:c r="Q82" s="16" t="s">
         <x:v>199</x:v>
       </x:c>
       <x:c r="R82" s="14" t="s">
         <x:v>180</x:v>
       </x:c>
       <x:c r="S82" s="14" t="n">
-        <x:v>532998</x:v>
+        <x:v>532966</x:v>
       </x:c>
       <x:c r="T82" s="16" t="s">
         <x:v>202</x:v>
       </x:c>
       <x:c r="U82" s="16" t="s">
         <x:v>158</x:v>
       </x:c>
     </x:row>
     <x:row r="83" spans="1:21">
       <x:c r="A83" s="1" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="B83" s="0" t="s">
         <x:v>207</x:v>
       </x:c>
       <x:c r="C83" s="3" t="s"/>
       <x:c r="D83" s="3" t="s"/>
       <x:c r="G83" s="0" t="s">
         <x:v>197</x:v>
       </x:c>
       <x:c r="H83" s="0" t="s">
         <x:v>198</x:v>
       </x:c>
       <x:c r="I83" s="4" t="s">
         <x:v>199</x:v>
       </x:c>
       <x:c r="K83" s="0" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="L83" s="0" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="M83" s="0" t="s">
-        <x:v>200</x:v>
+        <x:v>30</x:v>
       </x:c>
       <x:c r="N83" s="3" t="n">
         <x:v>23576</x:v>
       </x:c>
       <x:c r="O83" s="0" t="s">
         <x:v>204</x:v>
       </x:c>
       <x:c r="P83" s="0" t="s">
         <x:v>197</x:v>
       </x:c>
       <x:c r="Q83" s="4" t="s">
         <x:v>199</x:v>
       </x:c>
       <x:c r="R83" s="0" t="s">
         <x:v>180</x:v>
       </x:c>
       <x:c r="S83" s="0" t="n">
-        <x:v>532966</x:v>
+        <x:v>532892</x:v>
       </x:c>
       <x:c r="T83" s="4" t="s">
         <x:v>202</x:v>
       </x:c>
       <x:c r="U83" s="4" t="s">
         <x:v>158</x:v>
       </x:c>
     </x:row>
     <x:row r="84" spans="1:21">
       <x:c r="A84" s="13" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="B84" s="14" t="s">
         <x:v>207</x:v>
       </x:c>
       <x:c r="C84" s="15" t="s"/>
       <x:c r="D84" s="15" t="s"/>
       <x:c r="E84" s="14" t="s"/>
       <x:c r="F84" s="14" t="s"/>
       <x:c r="G84" s="14" t="s">
         <x:v>197</x:v>
       </x:c>
       <x:c r="H84" s="14" t="s">
         <x:v>198</x:v>
       </x:c>
       <x:c r="I84" s="16" t="s">
         <x:v>199</x:v>
       </x:c>
       <x:c r="J84" s="14" t="s"/>
       <x:c r="K84" s="14" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="L84" s="14" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="M84" s="14" t="s">
-        <x:v>30</x:v>
+        <x:v>200</x:v>
       </x:c>
       <x:c r="N84" s="15" t="n">
         <x:v>23576</x:v>
       </x:c>
       <x:c r="O84" s="14" t="s">
         <x:v>204</x:v>
       </x:c>
       <x:c r="P84" s="14" t="s">
         <x:v>197</x:v>
       </x:c>
       <x:c r="Q84" s="16" t="s">
         <x:v>199</x:v>
       </x:c>
       <x:c r="R84" s="14" t="s">
         <x:v>180</x:v>
       </x:c>
       <x:c r="S84" s="14" t="n">
-        <x:v>532969</x:v>
+        <x:v>532881</x:v>
       </x:c>
       <x:c r="T84" s="16" t="s">
         <x:v>202</x:v>
       </x:c>
       <x:c r="U84" s="16" t="s">
         <x:v>158</x:v>
       </x:c>
     </x:row>
     <x:row r="85" spans="1:21">
       <x:c r="A85" s="1" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="B85" s="0" t="s">
-        <x:v>203</x:v>
+        <x:v>205</x:v>
       </x:c>
       <x:c r="C85" s="3" t="s"/>
       <x:c r="D85" s="3" t="s"/>
       <x:c r="G85" s="0" t="s">
         <x:v>197</x:v>
       </x:c>
       <x:c r="H85" s="0" t="s">
         <x:v>198</x:v>
       </x:c>
       <x:c r="I85" s="4" t="s">
         <x:v>199</x:v>
       </x:c>
       <x:c r="K85" s="0" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="L85" s="0" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="M85" s="0" t="s">
-        <x:v>200</x:v>
+        <x:v>30</x:v>
       </x:c>
       <x:c r="N85" s="3" t="n">
-        <x:v>23576</x:v>
+        <x:v>23546</x:v>
       </x:c>
       <x:c r="O85" s="0" t="s">
-        <x:v>204</x:v>
+        <x:v>201</x:v>
       </x:c>
       <x:c r="P85" s="0" t="s">
         <x:v>197</x:v>
       </x:c>
       <x:c r="Q85" s="4" t="s">
         <x:v>199</x:v>
       </x:c>
       <x:c r="R85" s="0" t="s">
         <x:v>180</x:v>
       </x:c>
       <x:c r="S85" s="0" t="n">
-        <x:v>532881</x:v>
+        <x:v>533916</x:v>
       </x:c>
       <x:c r="T85" s="4" t="s">
         <x:v>202</x:v>
       </x:c>
       <x:c r="U85" s="4" t="s">
         <x:v>158</x:v>
       </x:c>
     </x:row>
     <x:row r="86" spans="1:21">
       <x:c r="A86" s="13" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="B86" s="14" t="s">
         <x:v>206</x:v>
       </x:c>
       <x:c r="C86" s="15" t="s"/>
       <x:c r="D86" s="15" t="s"/>
       <x:c r="E86" s="14" t="s"/>
       <x:c r="F86" s="14" t="s"/>
       <x:c r="G86" s="14" t="s">
         <x:v>197</x:v>
       </x:c>
       <x:c r="H86" s="14" t="s">
         <x:v>198</x:v>
       </x:c>
       <x:c r="I86" s="16" t="s">
         <x:v>199</x:v>
       </x:c>
       <x:c r="J86" s="14" t="s"/>
       <x:c r="K86" s="14" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="L86" s="14" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="M86" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N86" s="15" t="n">
-        <x:v>23546</x:v>
+        <x:v>23576</x:v>
       </x:c>
       <x:c r="O86" s="14" t="s">
-        <x:v>201</x:v>
+        <x:v>204</x:v>
       </x:c>
       <x:c r="P86" s="14" t="s">
         <x:v>197</x:v>
       </x:c>
       <x:c r="Q86" s="16" t="s">
         <x:v>199</x:v>
       </x:c>
       <x:c r="R86" s="14" t="s">
         <x:v>180</x:v>
       </x:c>
       <x:c r="S86" s="14" t="n">
-        <x:v>533916</x:v>
+        <x:v>532969</x:v>
       </x:c>
       <x:c r="T86" s="16" t="s">
         <x:v>202</x:v>
       </x:c>
       <x:c r="U86" s="16" t="s">
         <x:v>158</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:autoFilter ref="A1:U1"/>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0" gridLinesSet="true"/>
   <x:pageMargins left="0.7875" right="0.7875" top="1.05277777777778" bottom="1.05277777777778" header="0.7875" footer="0.7875"/>
   <x:pageSetup paperSize="9" scale="100" pageOrder="downThenOver" orientation="portrait" blackAndWhite="0" draft="0" cellComments="none" errors="displayed" horizontalDpi="300" verticalDpi="300" copies="1"/>
   <x:headerFooter differentOddEven="0" differentFirst="0" scaleWithDoc="1" alignWithMargins="1">
     <x:oddHeader>&amp;C&amp;"Times New Roman,Normal"&amp;12&amp;Kffffff&amp;A</x:oddHeader>
     <x:oddFooter>&amp;C&amp;"Times New Roman,Normal"&amp;12&amp;KffffffPage &amp;P</x:oddFooter>
     <x:evenHeader/>
     <x:evenFooter/>
     <x:firstHeader/>
     <x:firstFooter/>
   </x:headerFooter>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 