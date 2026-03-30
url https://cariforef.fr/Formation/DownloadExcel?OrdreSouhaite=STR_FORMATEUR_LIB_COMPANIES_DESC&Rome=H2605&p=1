--- v0 (2026-01-24)
+++ v1 (2026-03-30)
@@ -200,62 +200,62 @@
   <x:si>
     <x:t>OPCO</x:t>
   </x:si>
   <x:si>
     <x:t>Formation et Métier - Cfa Régional de la Cité Technique</x:t>
   </x:si>
   <x:si>
     <x:t>FM</x:t>
   </x:si>
   <x:si>
     <x:t>13016</x:t>
   </x:si>
   <x:si>
     <x:t>Autre public</x:t>
   </x:si>
   <x:si>
     <x:t>Ogec des Métiers</x:t>
   </x:si>
   <x:si>
     <x:t>13006</x:t>
   </x:si>
   <x:si>
     <x:t>MARSEILLE- 6e</x:t>
   </x:si>
   <x:si>
+    <x:t>09/01/2024 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>06/30/2027 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>06/30/2029 00:00:00</x:t>
+  </x:si>
+  <x:si>
     <x:t>09/01/2025 00:00:00</x:t>
   </x:si>
   <x:si>
-    <x:t>06/30/2029 00:00:00</x:t>
-[...7 lines deleted...]
-  <x:si>
     <x:t>Lycée T Edison</x:t>
   </x:si>
   <x:si>
     <x:t>83510</x:t>
   </x:si>
   <x:si>
     <x:t>LORGUES</x:t>
   </x:si>
   <x:si>
     <x:t>Bac pro systèmes numériques option B audiovisuels, réseau et équipement domestiques (Apprentissage)</x:t>
   </x:si>
   <x:si>
     <x:t>Greta-Cfa Alpes Provence</x:t>
   </x:si>
   <x:si>
     <x:t>05000</x:t>
   </x:si>
   <x:si>
     <x:t>Lycée Poutrain</x:t>
   </x:si>
   <x:si>
     <x:t>05260</x:t>
   </x:si>
   <x:si>
     <x:t>SAINT-JEAN-SAINT-NICOLAS</x:t>
@@ -551,117 +551,117 @@
   <x:si>
     <x:t>Handicapé</x:t>
   </x:si>
   <x:si>
     <x:t>Montage câblage électronique</x:t>
   </x:si>
   <x:si>
     <x:t>Formation et Métier - Cfa Régional de la Cité Technique - Esrp La Rouguière</x:t>
   </x:si>
   <x:si>
     <x:t>13011</x:t>
   </x:si>
   <x:si>
     <x:t>MARSEILLE-11e</x:t>
   </x:si>
   <x:si>
     <x:t>01/27/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>11/06/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Titre professionnel monteur câbleur intégrateur en équipements électroniques et électrotechniques</x:t>
   </x:si>
   <x:si>
+    <x:t>Conseil Régional</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Programme Régional Formation  2022-2026 (PRF)</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Agence Nationale pour la Formation Professionnelle des Adultes - Accès à l'Emploi</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AFPA - ACCES A L'EMPLOI</x:t>
+  </x:si>
+  <x:si>
+    <x:t>13417</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Demandeur d'emploi</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Montage câblage électrique</x:t>
+  </x:si>
+  <x:si>
     <x:t>Association Départementale d'Etudes et de Formation</x:t>
   </x:si>
   <x:si>
+    <x:t>13001</x:t>
+  </x:si>
+  <x:si>
+    <x:t>11/17/2025 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>06/17/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
     <x:t>ADEF</x:t>
   </x:si>
   <x:si>
-    <x:t>13001</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>Tout public</x:t>
   </x:si>
   <x:si>
-    <x:t>Montage câblage électrique</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>11/03/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>06/04/2026 00:00:00</x:t>
   </x:si>
   <x:si>
-    <x:t>Conseil Régional</x:t>
-[...22 lines deleted...]
-  <x:si>
     <x:t>Agent de montage et de câblage en électronique</x:t>
   </x:si>
   <x:si>
     <x:t>Agence Nationale pour la Formation Professionnelle des Adultes - Filiale Entreprise - CFA</x:t>
   </x:si>
   <x:si>
-    <x:t>AFPA - FILIALE ENTREPRISE</x:t>
+    <x:t>AFPA - CFA</x:t>
   </x:si>
   <x:si>
     <x:t>09/15/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>04/20/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>AEP Saint Eloi</x:t>
   </x:si>
   <x:si>
+    <x:t>06/30/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
     <x:t>07/01/2027 00:00:00</x:t>
-  </x:si>
-[...1 lines deleted...]
-    <x:t>06/30/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Périmètre :</x:t>
   </x:si>
 </x:sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts count="2">
     <x:numFmt numFmtId="164" formatCode="General"/>
     <x:numFmt numFmtId="165" formatCode="@"/>
   </x:numFmts>
   <x:fonts count="8">
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="FF333333"/>
       <x:name val="Aptos Narrow"/>
       <x:family val="2"/>
       <x:charset val="1"/>
     </x:font>
     <x:font>
       <x:sz val="10"/>
       <x:name val="Arial"/>
       <x:family val="0"/>
@@ -1297,57 +1297,57 @@
       <x:c r="K3" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="L3" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M3" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N3" s="3" t="n">
         <x:v>24252</x:v>
       </x:c>
       <x:c r="O3" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P3" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="Q3" s="4" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="R3" s="0" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="S3" s="0" t="n">
-        <x:v>556782</x:v>
+        <x:v>509396</x:v>
       </x:c>
       <x:c r="T3" s="4" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="U3" s="4" t="s">
-        <x:v>32</x:v>
+        <x:v>44</x:v>
       </x:c>
     </x:row>
     <x:row r="4" spans="1:21">
       <x:c r="A4" s="13" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B4" s="14" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="C4" s="15" t="n">
         <x:v>37489</x:v>
       </x:c>
       <x:c r="D4" s="15" t="s"/>
       <x:c r="E4" s="14" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="F4" s="14" t="s"/>
       <x:c r="G4" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="H4" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="I4" s="16" t="s">
         <x:v>38</x:v>
@@ -1364,51 +1364,51 @@
       <x:c r="M4" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N4" s="15" t="n">
         <x:v>24252</x:v>
       </x:c>
       <x:c r="O4" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P4" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="Q4" s="16" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="R4" s="14" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="S4" s="14" t="n">
         <x:v>609476</x:v>
       </x:c>
       <x:c r="T4" s="16" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="U4" s="16" t="s">
-        <x:v>44</x:v>
+        <x:v>45</x:v>
       </x:c>
     </x:row>
     <x:row r="5" spans="1:21">
       <x:c r="A5" s="1" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B5" s="0" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="C5" s="3" t="n">
         <x:v>37489</x:v>
       </x:c>
       <x:c r="D5" s="3" t="s"/>
       <x:c r="E5" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="G5" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="H5" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="I5" s="4" t="s">
         <x:v>38</x:v>
       </x:c>
@@ -1418,57 +1418,57 @@
       <x:c r="K5" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="L5" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M5" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N5" s="3" t="n">
         <x:v>24252</x:v>
       </x:c>
       <x:c r="O5" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P5" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="Q5" s="4" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="R5" s="0" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="S5" s="0" t="n">
-        <x:v>509396</x:v>
+        <x:v>556782</x:v>
       </x:c>
       <x:c r="T5" s="4" t="s">
-        <x:v>45</x:v>
+        <x:v>46</x:v>
       </x:c>
       <x:c r="U5" s="4" t="s">
-        <x:v>46</x:v>
+        <x:v>32</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:21">
       <x:c r="A6" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B6" s="14" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C6" s="15" t="n">
         <x:v>37489</x:v>
       </x:c>
       <x:c r="D6" s="15" t="s"/>
       <x:c r="E6" s="14" t="s"/>
       <x:c r="F6" s="14" t="s"/>
       <x:c r="G6" s="14" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="H6" s="14" t="s"/>
       <x:c r="I6" s="16" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="J6" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
@@ -3274,261 +3274,263 @@
       </x:c>
       <x:c r="R38" s="14" t="s">
         <x:v>156</x:v>
       </x:c>
       <x:c r="S38" s="14" t="n">
         <x:v>572943</x:v>
       </x:c>
       <x:c r="T38" s="16" t="s">
         <x:v>157</x:v>
       </x:c>
       <x:c r="U38" s="16" t="s">
         <x:v>158</x:v>
       </x:c>
     </x:row>
     <x:row r="39" spans="1:21">
       <x:c r="A39" s="1" t="s">
         <x:v>140</x:v>
       </x:c>
       <x:c r="B39" s="0" t="s">
         <x:v>159</x:v>
       </x:c>
       <x:c r="C39" s="3" t="n">
         <x:v>35311</x:v>
       </x:c>
       <x:c r="D39" s="3" t="s"/>
+      <x:c r="E39" s="0" t="s">
+        <x:v>160</x:v>
+      </x:c>
+      <x:c r="F39" s="0" t="s">
+        <x:v>161</x:v>
+      </x:c>
       <x:c r="G39" s="0" t="s">
-        <x:v>160</x:v>
+        <x:v>162</x:v>
       </x:c>
       <x:c r="H39" s="0" t="s">
-        <x:v>161</x:v>
+        <x:v>163</x:v>
       </x:c>
       <x:c r="I39" s="4" t="s">
-        <x:v>162</x:v>
+        <x:v>164</x:v>
       </x:c>
       <x:c r="J39" s="0" t="s">
         <x:v>151</x:v>
       </x:c>
       <x:c r="K39" s="0" t="s">
-        <x:v>163</x:v>
+        <x:v>165</x:v>
       </x:c>
       <x:c r="L39" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M39" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N39" s="3" t="n">
         <x:v>24016</x:v>
       </x:c>
       <x:c r="O39" s="0" t="s">
-        <x:v>164</x:v>
+        <x:v>166</x:v>
       </x:c>
       <x:c r="P39" s="0" t="s">
-        <x:v>160</x:v>
+        <x:v>167</x:v>
       </x:c>
       <x:c r="Q39" s="4" t="s">
-        <x:v>162</x:v>
+        <x:v>168</x:v>
       </x:c>
       <x:c r="R39" s="0" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="S39" s="0" t="n">
-        <x:v>591268</x:v>
+        <x:v>583871</x:v>
       </x:c>
       <x:c r="T39" s="4" t="s">
-        <x:v>165</x:v>
+        <x:v>169</x:v>
       </x:c>
       <x:c r="U39" s="4" t="s">
-        <x:v>166</x:v>
+        <x:v>170</x:v>
       </x:c>
     </x:row>
     <x:row r="40" spans="1:21">
       <x:c r="A40" s="13" t="s">
         <x:v>140</x:v>
       </x:c>
       <x:c r="B40" s="14" t="s">
         <x:v>159</x:v>
       </x:c>
       <x:c r="C40" s="15" t="n">
         <x:v>35311</x:v>
       </x:c>
       <x:c r="D40" s="15" t="s"/>
-      <x:c r="E40" s="14" t="s">
+      <x:c r="E40" s="14" t="s"/>
+      <x:c r="F40" s="14" t="s"/>
+      <x:c r="G40" s="14" t="s">
         <x:v>167</x:v>
       </x:c>
-      <x:c r="F40" s="14" t="s">
+      <x:c r="H40" s="14" t="s">
+        <x:v>171</x:v>
+      </x:c>
+      <x:c r="I40" s="16" t="s">
         <x:v>168</x:v>
-      </x:c>
-[...7 lines deleted...]
-        <x:v>171</x:v>
       </x:c>
       <x:c r="J40" s="14" t="s">
         <x:v>151</x:v>
       </x:c>
       <x:c r="K40" s="14" t="s">
         <x:v>172</x:v>
       </x:c>
       <x:c r="L40" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M40" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N40" s="15" t="n">
         <x:v>24016</x:v>
       </x:c>
       <x:c r="O40" s="14" t="s">
-        <x:v>164</x:v>
+        <x:v>166</x:v>
       </x:c>
       <x:c r="P40" s="14" t="s">
-        <x:v>160</x:v>
+        <x:v>167</x:v>
       </x:c>
       <x:c r="Q40" s="16" t="s">
-        <x:v>162</x:v>
+        <x:v>168</x:v>
       </x:c>
       <x:c r="R40" s="14" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="S40" s="14" t="n">
-        <x:v>583871</x:v>
+        <x:v>591268</x:v>
       </x:c>
       <x:c r="T40" s="16" t="s">
         <x:v>173</x:v>
       </x:c>
       <x:c r="U40" s="16" t="s">
         <x:v>174</x:v>
       </x:c>
     </x:row>
     <x:row r="41" spans="1:21">
       <x:c r="A41" s="1" t="s">
         <x:v>140</x:v>
       </x:c>
       <x:c r="B41" s="0" t="s">
         <x:v>175</x:v>
       </x:c>
       <x:c r="C41" s="3" t="n">
         <x:v>36176</x:v>
       </x:c>
       <x:c r="D41" s="3" t="s"/>
       <x:c r="G41" s="0" t="s">
         <x:v>176</x:v>
       </x:c>
       <x:c r="H41" s="0" t="s">
         <x:v>177</x:v>
       </x:c>
       <x:c r="I41" s="4" t="s">
-        <x:v>171</x:v>
+        <x:v>164</x:v>
       </x:c>
       <x:c r="J41" s="0" t="s">
         <x:v>151</x:v>
       </x:c>
       <x:c r="K41" s="0" t="s">
-        <x:v>163</x:v>
+        <x:v>172</x:v>
       </x:c>
       <x:c r="L41" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M41" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N41" s="3" t="n">
         <x:v>24322</x:v>
       </x:c>
       <x:c r="O41" s="0" t="s">
         <x:v>153</x:v>
       </x:c>
       <x:c r="P41" s="0" t="s">
         <x:v>176</x:v>
       </x:c>
       <x:c r="Q41" s="4" t="s">
-        <x:v>171</x:v>
+        <x:v>164</x:v>
       </x:c>
       <x:c r="R41" s="0" t="s">
         <x:v>156</x:v>
       </x:c>
       <x:c r="S41" s="0" t="n">
         <x:v>525963</x:v>
       </x:c>
       <x:c r="T41" s="4" t="s">
         <x:v>178</x:v>
       </x:c>
       <x:c r="U41" s="4" t="s">
         <x:v>179</x:v>
       </x:c>
     </x:row>
     <x:row r="42" spans="1:21">
       <x:c r="A42" s="13" t="s">
         <x:v>140</x:v>
       </x:c>
       <x:c r="B42" s="14" t="s">
         <x:v>175</x:v>
       </x:c>
       <x:c r="C42" s="15" t="n">
         <x:v>36176</x:v>
       </x:c>
       <x:c r="D42" s="15" t="s"/>
       <x:c r="E42" s="14" t="s"/>
       <x:c r="F42" s="14" t="s"/>
       <x:c r="G42" s="14" t="s">
-        <x:v>169</x:v>
+        <x:v>162</x:v>
       </x:c>
       <x:c r="H42" s="14" t="s">
-        <x:v>170</x:v>
+        <x:v>163</x:v>
       </x:c>
       <x:c r="I42" s="16" t="s">
-        <x:v>171</x:v>
+        <x:v>164</x:v>
       </x:c>
       <x:c r="J42" s="14" t="s">
         <x:v>151</x:v>
       </x:c>
       <x:c r="K42" s="14" t="s">
-        <x:v>163</x:v>
+        <x:v>172</x:v>
       </x:c>
       <x:c r="L42" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M42" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N42" s="15" t="n">
         <x:v>24322</x:v>
       </x:c>
       <x:c r="O42" s="14" t="s">
         <x:v>153</x:v>
       </x:c>
       <x:c r="P42" s="14" t="s">
-        <x:v>169</x:v>
+        <x:v>162</x:v>
       </x:c>
       <x:c r="Q42" s="16" t="s">
-        <x:v>171</x:v>
+        <x:v>164</x:v>
       </x:c>
       <x:c r="R42" s="14" t="s">
         <x:v>156</x:v>
       </x:c>
       <x:c r="S42" s="14" t="n">
         <x:v>525902</x:v>
       </x:c>
       <x:c r="T42" s="16" t="s">
         <x:v>178</x:v>
       </x:c>
       <x:c r="U42" s="16" t="s">
         <x:v>179</x:v>
       </x:c>
     </x:row>
     <x:row r="43" spans="1:21">
       <x:c r="A43" s="1" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B43" s="0" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="C43" s="3" t="n">
         <x:v>37489</x:v>
       </x:c>
       <x:c r="D43" s="3" t="s"/>
@@ -3550,54 +3552,54 @@
       <x:c r="K43" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="L43" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M43" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N43" s="3" t="n">
         <x:v>24252</x:v>
       </x:c>
       <x:c r="O43" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P43" s="0" t="s">
         <x:v>180</x:v>
       </x:c>
       <x:c r="Q43" s="4" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="R43" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="S43" s="0" t="n">
-        <x:v>609460</x:v>
+        <x:v>556771</x:v>
       </x:c>
       <x:c r="T43" s="4" t="s">
-        <x:v>31</x:v>
+        <x:v>46</x:v>
       </x:c>
       <x:c r="U43" s="4" t="s">
         <x:v>181</x:v>
       </x:c>
     </x:row>
     <x:row r="44" spans="1:21">
       <x:c r="A44" s="13" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B44" s="14" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="C44" s="15" t="n">
         <x:v>37489</x:v>
       </x:c>
       <x:c r="D44" s="15" t="s"/>
       <x:c r="E44" s="14" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="F44" s="14" t="s"/>
       <x:c r="G44" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="H44" s="14" t="s">
         <x:v>37</x:v>
@@ -3611,54 +3613,54 @@
       <x:c r="K44" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="L44" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M44" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N44" s="15" t="n">
         <x:v>24252</x:v>
       </x:c>
       <x:c r="O44" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P44" s="14" t="s">
         <x:v>180</x:v>
       </x:c>
       <x:c r="Q44" s="16" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="R44" s="14" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="S44" s="14" t="n">
-        <x:v>556771</x:v>
+        <x:v>609460</x:v>
       </x:c>
       <x:c r="T44" s="16" t="s">
-        <x:v>43</x:v>
+        <x:v>31</x:v>
       </x:c>
       <x:c r="U44" s="16" t="s">
         <x:v>182</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:autoFilter ref="A1:U1"/>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0" gridLinesSet="true"/>
   <x:pageMargins left="0.7875" right="0.7875" top="1.05277777777778" bottom="1.05277777777778" header="0.7875" footer="0.7875"/>
   <x:pageSetup paperSize="9" scale="100" pageOrder="downThenOver" orientation="portrait" blackAndWhite="0" draft="0" cellComments="none" errors="displayed" horizontalDpi="300" verticalDpi="300" copies="1"/>
   <x:headerFooter differentOddEven="0" differentFirst="0" scaleWithDoc="1" alignWithMargins="1">
     <x:oddHeader>&amp;C&amp;"Times New Roman,Normal"&amp;12&amp;Kffffff&amp;A</x:oddHeader>
     <x:oddFooter>&amp;C&amp;"Times New Roman,Normal"&amp;12&amp;KffffffPage &amp;P</x:oddFooter>
     <x:evenHeader/>
     <x:evenFooter/>
     <x:firstHeader/>
     <x:firstFooter/>
   </x:headerFooter>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetPr filterMode="false">