--- v2 (2026-03-05)
+++ v3 (2026-03-05)
@@ -1061,65 +1061,65 @@
   <x:si>
     <x:t>Conseil Régional</x:t>
   </x:si>
   <x:si>
     <x:t>Programme Régional Formation  2022-2026 (PRF)</x:t>
   </x:si>
   <x:si>
     <x:t>Agence Nationale pour la Formation Professionnelle des Adultes - Accès à l'Emploi</x:t>
   </x:si>
   <x:si>
     <x:t>AFPA - ACCES A L'EMPLOI</x:t>
   </x:si>
   <x:si>
     <x:t>13417</x:t>
   </x:si>
   <x:si>
     <x:t>01/12/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>11/05/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>09/10/2025 00:00:00</x:t>
   </x:si>
   <x:si>
+    <x:t>BTS CIRA - Contrôle industriel et régulation automatique</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Titre Professionnel Technicien d'équipement et d'exploitation en électricité</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Marignane</x:t>
+  </x:si>
+  <x:si>
     <x:t>Titre professionnel Technicien de maintenance industrielle</x:t>
   </x:si>
   <x:si>
     <x:t>09/12/2024 00:00:00</x:t>
   </x:si>
   <x:si>
-    <x:t>BTS CIRA - Contrôle industriel et régulation automatique</x:t>
-[...7 lines deleted...]
-  <x:si>
     <x:t>Licence pro mention maintenance des systèmes énergétiques</x:t>
   </x:si>
   <x:si>
     <x:t>06/15/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>05/28/2027 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>09/09/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>07/09/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>08/28/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>BAC PRO Maintenance des Systèmes de Production Connectés (MSPC)</x:t>
   </x:si>
   <x:si>
     <x:t>CQP Agent de maintenance en ascenseurs</x:t>
   </x:si>
   <x:si>
     <x:t>Greta-Cfa Côte d'Azur</x:t>
@@ -1235,104 +1235,104 @@
   <x:si>
     <x:t>Global Wind Organisation (GWO) - EFA/Premiers Secours Avancés</x:t>
   </x:si>
   <x:si>
     <x:t>Global Wind Organisation (GWO) - Premiers secours/First Aid</x:t>
   </x:si>
   <x:si>
     <x:t>Global Wind Organisation (GWO) - GWO EFA (Premiers Secours Avancés) - Recyclage</x:t>
   </x:si>
   <x:si>
     <x:t>Package Global Wind Organisation (GWO) - GWO Basic Safety Training Offshore (BST 5 modules) - Recyclage</x:t>
   </x:si>
   <x:si>
     <x:t>CQP technicien de maintenance et d'installation de pompe à chaleur et de climatiseur</x:t>
   </x:si>
   <x:si>
     <x:t>Efia</x:t>
   </x:si>
   <x:si>
     <x:t>Climatisation</x:t>
   </x:si>
   <x:si>
     <x:t>AUBAGNE</x:t>
   </x:si>
   <x:si>
+    <x:t>04/16/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>08/17/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>09/21/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
     <x:t>12/01/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>03/13/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>11/24/2025 00:00:00</x:t>
   </x:si>
   <x:si>
-    <x:t>04/16/2026 00:00:00</x:t>
-[...7 lines deleted...]
-  <x:si>
     <x:t>11/04/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>03/05/2027 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>03/02/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>07/23/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>11/24/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>01/04/2027 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>05/05/2027 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>01/05/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>04/10/2026 00:00:00</x:t>
   </x:si>
   <x:si>
+    <x:t>02/16/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
     <x:t>01/19/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>10/09/2026 00:00:00</x:t>
   </x:si>
   <x:si>
-    <x:t>02/16/2026 00:00:00</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>Électricien d'Équipement du Bâtiment</x:t>
   </x:si>
   <x:si>
     <x:t>Ecole Gustave</x:t>
   </x:si>
   <x:si>
     <x:t>93200</x:t>
   </x:si>
   <x:si>
     <x:t>Demandeur d'emploi , Demandeur d'emploi longue durée , Demandeur d'emploi moins de 26 ans , Demandeur d'emploi plus de 26 ans , Licencié pour motif économique</x:t>
   </x:si>
   <x:si>
     <x:t>Installation électrique</x:t>
   </x:si>
   <x:si>
     <x:t>03/25/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>06/18/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Mastère spécialisé ingénierie marine et éolien offshore</x:t>
   </x:si>
   <x:si>
     <x:t>Ecole Centrale de Marseille</x:t>
@@ -1376,200 +1376,200 @@
   <x:si>
     <x:t>Delta - Groupe Someform</x:t>
   </x:si>
   <x:si>
     <x:t>13300</x:t>
   </x:si>
   <x:si>
     <x:t>DSP agent de production et de maintenance industrielle de batteries électriques (Apprentissage)</x:t>
   </x:si>
   <x:si>
     <x:t>Conservatoire National des Arts et des Métiers Paca</x:t>
   </x:si>
   <x:si>
     <x:t>CNAM</x:t>
   </x:si>
   <x:si>
     <x:t>13015</x:t>
   </x:si>
   <x:si>
     <x:t>Électricité automobile</x:t>
   </x:si>
   <x:si>
     <x:t>Collège et Lycée Général Technologique Professionnel Don Bosco - Cfa Régional Don Bosco</x:t>
   </x:si>
   <x:si>
+    <x:t>07/10/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>07/11/2027 00:00:00</x:t>
+  </x:si>
+  <x:si>
     <x:t>07/07/2028 00:00:00</x:t>
   </x:si>
   <x:si>
-    <x:t>07/11/2027 00:00:00</x:t>
-[...2 lines deleted...]
-    <x:t>07/10/2026 00:00:00</x:t>
+    <x:t>Cma Formation Avignon - Antenne Avignon</x:t>
   </x:si>
   <x:si>
     <x:t>Chambre de Métiers et de l'Artisanat de Région Provence Alpes Côte d'Azur</x:t>
   </x:si>
   <x:si>
     <x:t>CMAR PACA</x:t>
   </x:si>
   <x:si>
     <x:t>13008</x:t>
   </x:si>
   <x:si>
-    <x:t>Cma Formation Avignon - Antenne Avignon</x:t>
+    <x:t>Cma Formation Avignon</x:t>
+  </x:si>
+  <x:si>
+    <x:t>84009</x:t>
+  </x:si>
+  <x:si>
+    <x:t>07/05/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Licence pro mention maintenance des systèmes industriels, de production et d'énergie (Apprentissage)</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Chambre de Commerce et d'Industrie de Vaucluse</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CCIV</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Chambre de Commerce et d'Industrie de Vaucluse - Antenne Montfavet</x:t>
+  </x:si>
+  <x:si>
+    <x:t>84140</x:t>
+  </x:si>
+  <x:si>
+    <x:t>MONTFAVET</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Bac pro technicien gaz (Apprentissage)</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Bac pro technicien en transport et distribution des gaz (Apprentissage)</x:t>
+  </x:si>
+  <x:si>
+    <x:t>DSP pilote de lignes de production automatisées (Apprentissage)</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Conduite installation industrielle</x:t>
+  </x:si>
+  <x:si>
+    <x:t>mastère spé. éolien Offshore et ingénierie marine</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Centrale Méditerranée - campus de Marseille</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Azur Enerj Formation</x:t>
+  </x:si>
+  <x:si>
+    <x:t>83210</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SOLLIES-PONT</x:t>
+  </x:si>
+  <x:si>
+    <x:t>09/03/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Api 84 - Cfai 84 - Nextech</x:t>
+  </x:si>
+  <x:si>
+    <x:t>84918</x:t>
+  </x:si>
+  <x:si>
+    <x:t>08/26/2024 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Exécuter en sécurité des opérations en zone ATEX (ATmosphère EXplosive) - Avis d'habilitation niveau 1 - ATB001</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Apave Exploitation France</x:t>
+  </x:si>
+  <x:si>
+    <x:t>92400</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Maintenance électronique</x:t>
+  </x:si>
+  <x:si>
+    <x:t>10/29/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>MARSEILLE-16e</x:t>
+  </x:si>
+  <x:si>
+    <x:t>09/17/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Encadrer du personnel qui exécute des opérations en zone ATEX (ATmosphère Explosive) - Avis d'habilitation niveau 2 - ATB002</x:t>
+  </x:si>
+  <x:si>
+    <x:t>08/27/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>11/02/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>11/03/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Actualiser ses connaissances ATEX - Recyclage avis d'habilitation ATEX niveaux 1 et 2 - ATB003</x:t>
+  </x:si>
+  <x:si>
+    <x:t>12/15/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>11/26/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Circuler et travailler en zone ATEX (ATmosphère EXplosive) - Niveau 0 - Initial et recyclage - ATB008</x:t>
   </x:si>
   <x:si>
-    <x:t>Apave Exploitation France</x:t>
-[...5 lines deleted...]
-    <x:t>Maintenance électronique</x:t>
+    <x:t>08/26/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>12/14/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>11/30/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>05/27/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>SAINTE-TULLE</x:t>
   </x:si>
   <x:si>
     <x:t>04/01/2026 00:00:00</x:t>
   </x:si>
   <x:si>
-    <x:t>Cma Formation Avignon</x:t>
-[...109 lines deleted...]
-  <x:si>
     <x:t>11/23/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>03/23/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>03/24/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>03/05/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>06/25/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>06/19/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>06/22/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>09/23/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>05/04/2026 00:00:00</x:t>
@@ -1646,65 +1646,65 @@
   <x:si>
     <x:t>06/03/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>05/06/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>04/27/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>03/10/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>10/13/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>11/20/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>09/25/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>06/02/2026 00:00:00</x:t>
   </x:si>
   <x:si>
+    <x:t>12/02/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
     <x:t>05/18/2026 00:00:00</x:t>
   </x:si>
   <x:si>
+    <x:t>04/28/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
     <x:t>05/05/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>03/27/2026 00:00:00</x:t>
   </x:si>
   <x:si>
-    <x:t>12/02/2026 00:00:00</x:t>
-[...4 lines deleted...]
-  <x:si>
     <x:t>Aix-Marseille Université</x:t>
   </x:si>
   <x:si>
     <x:t>13284</x:t>
   </x:si>
   <x:si>
     <x:t>SALON DE PROVENCE CEDEX</x:t>
   </x:si>
   <x:si>
     <x:t>Aix Marseille Université</x:t>
   </x:si>
   <x:si>
     <x:t>AMU</x:t>
   </x:si>
   <x:si>
     <x:t>13007</x:t>
   </x:si>
   <x:si>
     <x:t>SALON-DE-PROVENCE</x:t>
   </x:si>
   <x:si>
     <x:t>Formation en contrat de pro</x:t>
   </x:si>
   <x:si>
     <x:t>Titre professionnel technicien de maintenance industrielle (Apprentissage) (Contrat de Professionnalisation)</x:t>
@@ -1712,99 +1712,99 @@
   <x:si>
     <x:t>Agence Nationale pour la Formation Professionnelle des Adultes - Filiale Entreprise - CFA</x:t>
   </x:si>
   <x:si>
     <x:t>AFPA - CFA</x:t>
   </x:si>
   <x:si>
     <x:t>Agence Nationale pour la Formation Professionnelle des Adultes - Filiale Entreprise - CFA - Antenne Istres</x:t>
   </x:si>
   <x:si>
     <x:t>01/11/2027 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>01/14/2028 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Titre professionnel technicien supérieur de maintenance industrielle (Apprentissage) (Contrat de Professionnalisation)</x:t>
   </x:si>
   <x:si>
     <x:t>07/23/2027 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>04/14/2028 00:00:00</x:t>
   </x:si>
   <x:si>
+    <x:t>04/20/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>04/30/2027 00:00:00</x:t>
+  </x:si>
+  <x:si>
     <x:t>02/25/2028 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>10/01/2027 00:00:00</x:t>
   </x:si>
   <x:si>
-    <x:t>04/20/2026 00:00:00</x:t>
-[...4 lines deleted...]
-  <x:si>
     <x:t>Réparer les éléments électrotechniques et pneumatiques d'un équipement industriel - Bloc de compétences du titre professionnel Technicien de maintenance industrielle</x:t>
   </x:si>
   <x:si>
     <x:t>ISTRES CEDEX</x:t>
   </x:si>
   <x:si>
     <x:t>04/15/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Technicien supérieur de maintenance industrielle</x:t>
   </x:si>
   <x:si>
     <x:t>Technicien de maintenance industrielle</x:t>
   </x:si>
   <x:si>
     <x:t>10/26/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>06/18/2027 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>07/08/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Réparer les éléments mécaniques et hydrauliques d'un équipement industriel - Bloc de compétences du titre profession Technicien de maintenance industrielle</x:t>
   </x:si>
   <x:si>
+    <x:t>02/08/2027 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>10/07/2027 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>06/10/2027 00:00:00</x:t>
+  </x:si>
+  <x:si>
     <x:t>12/17/2026 00:00:00</x:t>
-  </x:si>
-[...7 lines deleted...]
-    <x:t>06/10/2027 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Réparer les éléments électrotechniques et pneumatiques d'un équipement industriel - bloc de compétences du titre professionnel Technicien de maintenance industrielle</x:t>
   </x:si>
   <x:si>
     <x:t>12/08/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>09/17/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>09/24/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>06/04/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>01/14/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>02/18/2027 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Electromécanicien de maintenance industrielle</x:t>
   </x:si>
@@ -4479,54 +4479,54 @@
       <x:c r="K37" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L37" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M37" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N37" s="3" t="n">
         <x:v>31624</x:v>
       </x:c>
       <x:c r="O37" s="0" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="P37" s="0" t="s">
         <x:v>132</x:v>
       </x:c>
       <x:c r="Q37" s="4" t="s">
         <x:v>133</x:v>
       </x:c>
       <x:c r="R37" s="0" t="s">
         <x:v>134</x:v>
       </x:c>
       <x:c r="S37" s="0" t="n">
-        <x:v>550189</x:v>
+        <x:v>605762</x:v>
       </x:c>
       <x:c r="T37" s="4" t="s">
-        <x:v>35</x:v>
+        <x:v>43</x:v>
       </x:c>
       <x:c r="U37" s="4" t="s">
         <x:v>77</x:v>
       </x:c>
     </x:row>
     <x:row r="38" spans="1:21">
       <x:c r="A38" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B38" s="14" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="C38" s="15" t="n">
         <x:v>35698</x:v>
       </x:c>
       <x:c r="D38" s="15" t="s"/>
       <x:c r="E38" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F38" s="14" t="s"/>
       <x:c r="G38" s="14" t="s">
         <x:v>138</x:v>
       </x:c>
       <x:c r="H38" s="14" t="s">
         <x:v>139</x:v>
@@ -4540,54 +4540,54 @@
       <x:c r="K38" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L38" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M38" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N38" s="15" t="n">
         <x:v>31624</x:v>
       </x:c>
       <x:c r="O38" s="14" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="P38" s="14" t="s">
         <x:v>132</x:v>
       </x:c>
       <x:c r="Q38" s="16" t="s">
         <x:v>133</x:v>
       </x:c>
       <x:c r="R38" s="14" t="s">
         <x:v>134</x:v>
       </x:c>
       <x:c r="S38" s="14" t="n">
-        <x:v>605762</x:v>
+        <x:v>550189</x:v>
       </x:c>
       <x:c r="T38" s="16" t="s">
-        <x:v>43</x:v>
+        <x:v>35</x:v>
       </x:c>
       <x:c r="U38" s="16" t="s">
         <x:v>77</x:v>
       </x:c>
     </x:row>
     <x:row r="39" spans="1:21">
       <x:c r="A39" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B39" s="0" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="C39" s="3" t="n">
         <x:v>36968</x:v>
       </x:c>
       <x:c r="D39" s="3" t="s"/>
       <x:c r="E39" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G39" s="0" t="s">
         <x:v>135</x:v>
       </x:c>
       <x:c r="H39" s="0" t="s">
         <x:v>136</x:v>
       </x:c>
@@ -5364,114 +5364,114 @@
       <x:c r="K52" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L52" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M52" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N52" s="15" t="n">
         <x:v>24469</x:v>
       </x:c>
       <x:c r="O52" s="14" t="s">
         <x:v>117</x:v>
       </x:c>
       <x:c r="P52" s="14" t="s">
         <x:v>148</x:v>
       </x:c>
       <x:c r="Q52" s="16" t="s">
         <x:v>149</x:v>
       </x:c>
       <x:c r="R52" s="14" t="s">
         <x:v>150</x:v>
       </x:c>
       <x:c r="S52" s="14" t="n">
-        <x:v>547766</x:v>
+        <x:v>515667</x:v>
       </x:c>
       <x:c r="T52" s="16" t="s">
-        <x:v>35</x:v>
+        <x:v>151</x:v>
       </x:c>
       <x:c r="U52" s="16" t="s">
-        <x:v>94</x:v>
+        <x:v>152</x:v>
       </x:c>
     </x:row>
     <x:row r="53" spans="1:21">
       <x:c r="A53" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B53" s="0" t="s">
         <x:v>147</x:v>
       </x:c>
       <x:c r="C53" s="3" t="n">
         <x:v>38216</x:v>
       </x:c>
       <x:c r="D53" s="3" t="s"/>
       <x:c r="E53" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G53" s="0" t="s">
         <x:v>97</x:v>
       </x:c>
       <x:c r="I53" s="4" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="J53" s="0" t="s">
         <x:v>99</x:v>
       </x:c>
       <x:c r="K53" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L53" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M53" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N53" s="3" t="n">
         <x:v>24469</x:v>
       </x:c>
       <x:c r="O53" s="0" t="s">
         <x:v>117</x:v>
       </x:c>
       <x:c r="P53" s="0" t="s">
         <x:v>148</x:v>
       </x:c>
       <x:c r="Q53" s="4" t="s">
         <x:v>149</x:v>
       </x:c>
       <x:c r="R53" s="0" t="s">
         <x:v>150</x:v>
       </x:c>
       <x:c r="S53" s="0" t="n">
-        <x:v>515667</x:v>
+        <x:v>547766</x:v>
       </x:c>
       <x:c r="T53" s="4" t="s">
-        <x:v>151</x:v>
+        <x:v>35</x:v>
       </x:c>
       <x:c r="U53" s="4" t="s">
-        <x:v>152</x:v>
+        <x:v>94</x:v>
       </x:c>
     </x:row>
     <x:row r="54" spans="1:21">
       <x:c r="A54" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B54" s="14" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="C54" s="15" t="n">
         <x:v>36968</x:v>
       </x:c>
       <x:c r="D54" s="15" t="s"/>
       <x:c r="E54" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F54" s="14" t="s"/>
       <x:c r="G54" s="14" t="s">
         <x:v>121</x:v>
       </x:c>
       <x:c r="H54" s="14" t="s"/>
       <x:c r="I54" s="16" t="s">
         <x:v>122</x:v>
       </x:c>
       <x:c r="J54" s="14" t="s">
@@ -5782,162 +5782,162 @@
       </x:c>
       <x:c r="P59" s="0" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="Q59" s="4" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="R59" s="0" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="S59" s="0" t="n">
         <x:v>494794</x:v>
       </x:c>
       <x:c r="T59" s="4" t="s">
         <x:v>141</x:v>
       </x:c>
       <x:c r="U59" s="4" t="s">
         <x:v>54</x:v>
       </x:c>
     </x:row>
     <x:row r="60" spans="1:21">
       <x:c r="A60" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B60" s="14" t="s">
-        <x:v>96</x:v>
+        <x:v>69</x:v>
       </x:c>
       <x:c r="C60" s="15" t="n">
-        <x:v>36968</x:v>
+        <x:v>35698</x:v>
       </x:c>
       <x:c r="D60" s="15" t="s"/>
       <x:c r="E60" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F60" s="14" t="s"/>
       <x:c r="G60" s="14" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="H60" s="14" t="s"/>
       <x:c r="I60" s="16" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="J60" s="14" t="s">
-        <x:v>99</x:v>
+        <x:v>72</x:v>
       </x:c>
       <x:c r="K60" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L60" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M60" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N60" s="15" t="n">
-        <x:v>24431</x:v>
+        <x:v>31624</x:v>
       </x:c>
       <x:c r="O60" s="14" t="s">
-        <x:v>100</x:v>
+        <x:v>73</x:v>
       </x:c>
       <x:c r="P60" s="14" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="Q60" s="16" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="R60" s="14" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="S60" s="14" t="n">
-        <x:v>611260</x:v>
+        <x:v>547629</x:v>
       </x:c>
       <x:c r="T60" s="16" t="s">
-        <x:v>43</x:v>
+        <x:v>35</x:v>
       </x:c>
       <x:c r="U60" s="16" t="s">
-        <x:v>77</x:v>
+        <x:v>94</x:v>
       </x:c>
     </x:row>
     <x:row r="61" spans="1:21">
       <x:c r="A61" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B61" s="0" t="s">
-        <x:v>69</x:v>
+        <x:v>96</x:v>
       </x:c>
       <x:c r="C61" s="3" t="n">
-        <x:v>35698</x:v>
+        <x:v>36968</x:v>
       </x:c>
       <x:c r="D61" s="3" t="s"/>
       <x:c r="E61" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G61" s="0" t="s">
         <x:v>138</x:v>
       </x:c>
       <x:c r="H61" s="0" t="s">
         <x:v>139</x:v>
       </x:c>
       <x:c r="I61" s="4" t="s">
         <x:v>140</x:v>
       </x:c>
       <x:c r="J61" s="0" t="s">
-        <x:v>72</x:v>
+        <x:v>99</x:v>
       </x:c>
       <x:c r="K61" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L61" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M61" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N61" s="3" t="n">
-        <x:v>31624</x:v>
+        <x:v>24431</x:v>
       </x:c>
       <x:c r="O61" s="0" t="s">
-        <x:v>73</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="P61" s="0" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="Q61" s="4" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="R61" s="0" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="S61" s="0" t="n">
-        <x:v>605759</x:v>
+        <x:v>501004</x:v>
       </x:c>
       <x:c r="T61" s="4" t="s">
+        <x:v>41</x:v>
+      </x:c>
+      <x:c r="U61" s="4" t="s">
         <x:v>43</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>61</x:v>
       </x:c>
     </x:row>
     <x:row r="62" spans="1:21">
       <x:c r="A62" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B62" s="14" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="C62" s="15" t="n">
         <x:v>35698</x:v>
       </x:c>
       <x:c r="D62" s="15" t="s"/>
       <x:c r="E62" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F62" s="14" t="s"/>
       <x:c r="G62" s="14" t="s">
         <x:v>138</x:v>
       </x:c>
       <x:c r="H62" s="14" t="s">
         <x:v>139</x:v>
       </x:c>
       <x:c r="I62" s="16" t="s">
         <x:v>140</x:v>
@@ -5948,57 +5948,57 @@
       <x:c r="K62" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L62" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M62" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N62" s="15" t="n">
         <x:v>31624</x:v>
       </x:c>
       <x:c r="O62" s="14" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="P62" s="14" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="Q62" s="16" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="R62" s="14" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="S62" s="14" t="n">
-        <x:v>500921</x:v>
+        <x:v>550192</x:v>
       </x:c>
       <x:c r="T62" s="16" t="s">
-        <x:v>41</x:v>
+        <x:v>35</x:v>
       </x:c>
       <x:c r="U62" s="16" t="s">
-        <x:v>54</x:v>
+        <x:v>94</x:v>
       </x:c>
     </x:row>
     <x:row r="63" spans="1:21">
       <x:c r="A63" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B63" s="0" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="C63" s="3" t="n">
         <x:v>35698</x:v>
       </x:c>
       <x:c r="D63" s="3" t="s"/>
       <x:c r="E63" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G63" s="0" t="s">
         <x:v>138</x:v>
       </x:c>
       <x:c r="H63" s="0" t="s">
         <x:v>139</x:v>
       </x:c>
       <x:c r="I63" s="4" t="s">
         <x:v>140</x:v>
       </x:c>
@@ -6008,118 +6008,118 @@
       <x:c r="K63" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L63" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M63" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N63" s="3" t="n">
         <x:v>31624</x:v>
       </x:c>
       <x:c r="O63" s="0" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="P63" s="0" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="Q63" s="4" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="R63" s="0" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="S63" s="0" t="n">
-        <x:v>500922</x:v>
+        <x:v>605759</x:v>
       </x:c>
       <x:c r="T63" s="4" t="s">
-        <x:v>41</x:v>
+        <x:v>43</x:v>
       </x:c>
       <x:c r="U63" s="4" t="s">
-        <x:v>94</x:v>
+        <x:v>61</x:v>
       </x:c>
     </x:row>
     <x:row r="64" spans="1:21">
       <x:c r="A64" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B64" s="14" t="s">
-        <x:v>96</x:v>
+        <x:v>69</x:v>
       </x:c>
       <x:c r="C64" s="15" t="n">
-        <x:v>36968</x:v>
+        <x:v>35698</x:v>
       </x:c>
       <x:c r="D64" s="15" t="s"/>
       <x:c r="E64" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F64" s="14" t="s"/>
       <x:c r="G64" s="14" t="s">
         <x:v>138</x:v>
       </x:c>
       <x:c r="H64" s="14" t="s">
         <x:v>139</x:v>
       </x:c>
       <x:c r="I64" s="16" t="s">
         <x:v>140</x:v>
       </x:c>
       <x:c r="J64" s="14" t="s">
-        <x:v>99</x:v>
+        <x:v>72</x:v>
       </x:c>
       <x:c r="K64" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L64" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M64" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N64" s="15" t="n">
-        <x:v>24431</x:v>
+        <x:v>31624</x:v>
       </x:c>
       <x:c r="O64" s="14" t="s">
-        <x:v>100</x:v>
+        <x:v>73</x:v>
       </x:c>
       <x:c r="P64" s="14" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="Q64" s="16" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="R64" s="14" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="S64" s="14" t="n">
-        <x:v>501004</x:v>
+        <x:v>500921</x:v>
       </x:c>
       <x:c r="T64" s="16" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="U64" s="16" t="s">
-        <x:v>43</x:v>
+        <x:v>54</x:v>
       </x:c>
     </x:row>
     <x:row r="65" spans="1:21">
       <x:c r="A65" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B65" s="0" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="C65" s="3" t="n">
         <x:v>35698</x:v>
       </x:c>
       <x:c r="D65" s="3" t="s"/>
       <x:c r="E65" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G65" s="0" t="s">
         <x:v>138</x:v>
       </x:c>
       <x:c r="H65" s="0" t="s">
         <x:v>139</x:v>
       </x:c>
       <x:c r="I65" s="4" t="s">
         <x:v>140</x:v>
       </x:c>
@@ -6129,116 +6129,116 @@
       <x:c r="K65" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L65" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M65" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N65" s="3" t="n">
         <x:v>31624</x:v>
       </x:c>
       <x:c r="O65" s="0" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="P65" s="0" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="Q65" s="4" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="R65" s="0" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="S65" s="0" t="n">
-        <x:v>550192</x:v>
+        <x:v>500922</x:v>
       </x:c>
       <x:c r="T65" s="4" t="s">
-        <x:v>35</x:v>
+        <x:v>41</x:v>
       </x:c>
       <x:c r="U65" s="4" t="s">
         <x:v>94</x:v>
       </x:c>
     </x:row>
     <x:row r="66" spans="1:21">
       <x:c r="A66" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B66" s="14" t="s">
-        <x:v>69</x:v>
+        <x:v>96</x:v>
       </x:c>
       <x:c r="C66" s="15" t="n">
-        <x:v>35698</x:v>
+        <x:v>36968</x:v>
       </x:c>
       <x:c r="D66" s="15" t="s"/>
       <x:c r="E66" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F66" s="14" t="s"/>
       <x:c r="G66" s="14" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="H66" s="14" t="s"/>
       <x:c r="I66" s="16" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="J66" s="14" t="s">
-        <x:v>72</x:v>
+        <x:v>99</x:v>
       </x:c>
       <x:c r="K66" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L66" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M66" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N66" s="15" t="n">
-        <x:v>31624</x:v>
+        <x:v>24431</x:v>
       </x:c>
       <x:c r="O66" s="14" t="s">
-        <x:v>73</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="P66" s="14" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="Q66" s="16" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="R66" s="14" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="S66" s="14" t="n">
-        <x:v>547629</x:v>
+        <x:v>611260</x:v>
       </x:c>
       <x:c r="T66" s="16" t="s">
-        <x:v>35</x:v>
+        <x:v>43</x:v>
       </x:c>
       <x:c r="U66" s="16" t="s">
-        <x:v>94</x:v>
+        <x:v>77</x:v>
       </x:c>
     </x:row>
     <x:row r="67" spans="1:21">
       <x:c r="A67" s="1" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="B67" s="0" t="s">
         <x:v>159</x:v>
       </x:c>
       <x:c r="C67" s="3" t="n">
         <x:v>36968</x:v>
       </x:c>
       <x:c r="D67" s="3" t="s"/>
       <x:c r="G67" s="0" t="s">
         <x:v>158</x:v>
       </x:c>
       <x:c r="I67" s="4" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="J67" s="0" t="s">
         <x:v>99</x:v>
       </x:c>
       <x:c r="K67" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
@@ -10724,119 +10724,119 @@
       <x:c r="J145" s="0" t="s">
         <x:v>99</x:v>
       </x:c>
       <x:c r="K145" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="L145" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M145" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N145" s="3" t="n">
         <x:v>24431</x:v>
       </x:c>
       <x:c r="O145" s="0" t="s">
         <x:v>100</x:v>
       </x:c>
       <x:c r="P145" s="0" t="s">
         <x:v>135</x:v>
       </x:c>
       <x:c r="Q145" s="4" t="s">
         <x:v>137</x:v>
       </x:c>
       <x:c r="R145" s="0" t="s">
-        <x:v>134</x:v>
+        <x:v>218</x:v>
       </x:c>
       <x:c r="S145" s="0" t="n">
-        <x:v>554785</x:v>
+        <x:v>617138</x:v>
       </x:c>
       <x:c r="T145" s="4" t="s">
-        <x:v>35</x:v>
+        <x:v>43</x:v>
       </x:c>
       <x:c r="U145" s="4" t="s">
-        <x:v>94</x:v>
+        <x:v>77</x:v>
       </x:c>
     </x:row>
     <x:row r="146" spans="1:21">
       <x:c r="A146" s="13" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B146" s="14" t="s">
         <x:v>304</x:v>
       </x:c>
       <x:c r="C146" s="15" t="n">
         <x:v>36968</x:v>
       </x:c>
       <x:c r="D146" s="15" t="s"/>
       <x:c r="E146" s="14" t="s"/>
       <x:c r="F146" s="14" t="s"/>
       <x:c r="G146" s="14" t="s">
         <x:v>135</x:v>
       </x:c>
       <x:c r="H146" s="14" t="s">
         <x:v>136</x:v>
       </x:c>
       <x:c r="I146" s="16" t="s">
         <x:v>137</x:v>
       </x:c>
       <x:c r="J146" s="14" t="s">
         <x:v>99</x:v>
       </x:c>
       <x:c r="K146" s="14" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="L146" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M146" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N146" s="15" t="n">
         <x:v>24431</x:v>
       </x:c>
       <x:c r="O146" s="14" t="s">
         <x:v>100</x:v>
       </x:c>
       <x:c r="P146" s="14" t="s">
         <x:v>135</x:v>
       </x:c>
       <x:c r="Q146" s="16" t="s">
         <x:v>137</x:v>
       </x:c>
       <x:c r="R146" s="14" t="s">
-        <x:v>218</x:v>
+        <x:v>134</x:v>
       </x:c>
       <x:c r="S146" s="14" t="n">
-        <x:v>617138</x:v>
+        <x:v>554785</x:v>
       </x:c>
       <x:c r="T146" s="16" t="s">
-        <x:v>43</x:v>
+        <x:v>35</x:v>
       </x:c>
       <x:c r="U146" s="16" t="s">
-        <x:v>77</x:v>
+        <x:v>94</x:v>
       </x:c>
     </x:row>
     <x:row r="147" spans="1:21">
       <x:c r="A147" s="1" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B147" s="0" t="s">
         <x:v>306</x:v>
       </x:c>
       <x:c r="C147" s="3" t="n">
         <x:v>36968</x:v>
       </x:c>
       <x:c r="D147" s="3" t="s"/>
       <x:c r="G147" s="0" t="s">
         <x:v>135</x:v>
       </x:c>
       <x:c r="H147" s="0" t="s">
         <x:v>136</x:v>
       </x:c>
       <x:c r="I147" s="4" t="s">
         <x:v>137</x:v>
       </x:c>
       <x:c r="J147" s="0" t="s">
         <x:v>99</x:v>
       </x:c>
@@ -11252,163 +11252,160 @@
       </x:c>
       <x:c r="P154" s="14" t="s">
         <x:v>121</x:v>
       </x:c>
       <x:c r="Q154" s="16" t="s">
         <x:v>122</x:v>
       </x:c>
       <x:c r="R154" s="14" t="s">
         <x:v>154</x:v>
       </x:c>
       <x:c r="S154" s="14" t="n">
         <x:v>543698</x:v>
       </x:c>
       <x:c r="T154" s="16" t="s">
         <x:v>155</x:v>
       </x:c>
       <x:c r="U154" s="16" t="s">
         <x:v>156</x:v>
       </x:c>
     </x:row>
     <x:row r="155" spans="1:21">
       <x:c r="A155" s="1" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B155" s="0" t="s">
-        <x:v>308</x:v>
+        <x:v>307</x:v>
       </x:c>
       <x:c r="C155" s="3" t="n">
-        <x:v>35191</x:v>
+        <x:v>38577</x:v>
       </x:c>
       <x:c r="D155" s="3" t="s"/>
-      <x:c r="E155" s="0" t="s">
-[...4 lines deleted...]
-      </x:c>
       <x:c r="G155" s="0" t="s">
-        <x:v>273</x:v>
-[...2 lines deleted...]
-        <x:v>274</x:v>
+        <x:v>121</x:v>
       </x:c>
       <x:c r="I155" s="4" t="s">
-        <x:v>275</x:v>
+        <x:v>122</x:v>
       </x:c>
       <x:c r="J155" s="0" t="s">
-        <x:v>72</x:v>
+        <x:v>99</x:v>
       </x:c>
       <x:c r="K155" s="0" t="s">
-        <x:v>276</x:v>
+        <x:v>52</x:v>
       </x:c>
       <x:c r="L155" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M155" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N155" s="3" t="n">
-        <x:v>31624</x:v>
+        <x:v>22286</x:v>
       </x:c>
       <x:c r="O155" s="0" t="s">
-        <x:v>73</x:v>
+        <x:v>123</x:v>
       </x:c>
       <x:c r="P155" s="0" t="s">
         <x:v>121</x:v>
       </x:c>
       <x:c r="Q155" s="4" t="s">
         <x:v>122</x:v>
       </x:c>
       <x:c r="R155" s="0" t="s">
-        <x:v>264</x:v>
+        <x:v>126</x:v>
       </x:c>
       <x:c r="S155" s="0" t="n">
-        <x:v>579940</x:v>
+        <x:v>544529</x:v>
       </x:c>
       <x:c r="T155" s="4" t="s">
-        <x:v>309</x:v>
+        <x:v>128</x:v>
       </x:c>
       <x:c r="U155" s="4" t="s">
-        <x:v>310</x:v>
+        <x:v>54</x:v>
       </x:c>
     </x:row>
     <x:row r="156" spans="1:21">
       <x:c r="A156" s="13" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B156" s="14" t="s">
-        <x:v>307</x:v>
+        <x:v>308</x:v>
       </x:c>
       <x:c r="C156" s="15" t="n">
-        <x:v>38577</x:v>
+        <x:v>35191</x:v>
       </x:c>
       <x:c r="D156" s="15" t="s"/>
-      <x:c r="E156" s="14" t="s"/>
-      <x:c r="F156" s="14" t="s"/>
+      <x:c r="E156" s="14" t="s">
+        <x:v>271</x:v>
+      </x:c>
+      <x:c r="F156" s="14" t="s">
+        <x:v>272</x:v>
+      </x:c>
       <x:c r="G156" s="14" t="s">
-        <x:v>121</x:v>
-[...1 lines deleted...]
-      <x:c r="H156" s="14" t="s"/>
+        <x:v>273</x:v>
+      </x:c>
+      <x:c r="H156" s="14" t="s">
+        <x:v>274</x:v>
+      </x:c>
       <x:c r="I156" s="16" t="s">
-        <x:v>122</x:v>
+        <x:v>275</x:v>
       </x:c>
       <x:c r="J156" s="14" t="s">
-        <x:v>99</x:v>
+        <x:v>72</x:v>
       </x:c>
       <x:c r="K156" s="14" t="s">
-        <x:v>52</x:v>
+        <x:v>276</x:v>
       </x:c>
       <x:c r="L156" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M156" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N156" s="15" t="n">
-        <x:v>22286</x:v>
+        <x:v>31624</x:v>
       </x:c>
       <x:c r="O156" s="14" t="s">
-        <x:v>123</x:v>
+        <x:v>73</x:v>
       </x:c>
       <x:c r="P156" s="14" t="s">
         <x:v>121</x:v>
       </x:c>
       <x:c r="Q156" s="16" t="s">
         <x:v>122</x:v>
       </x:c>
       <x:c r="R156" s="14" t="s">
-        <x:v>126</x:v>
+        <x:v>264</x:v>
       </x:c>
       <x:c r="S156" s="14" t="n">
-        <x:v>544529</x:v>
+        <x:v>579940</x:v>
       </x:c>
       <x:c r="T156" s="16" t="s">
-        <x:v>128</x:v>
+        <x:v>309</x:v>
       </x:c>
       <x:c r="U156" s="16" t="s">
-        <x:v>54</x:v>
+        <x:v>310</x:v>
       </x:c>
     </x:row>
     <x:row r="157" spans="1:21">
       <x:c r="A157" s="1" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B157" s="0" t="s">
         <x:v>311</x:v>
       </x:c>
       <x:c r="C157" s="3" t="n">
         <x:v>38577</x:v>
       </x:c>
       <x:c r="D157" s="3" t="s"/>
       <x:c r="G157" s="0" t="s">
         <x:v>121</x:v>
       </x:c>
       <x:c r="I157" s="4" t="s">
         <x:v>122</x:v>
       </x:c>
       <x:c r="J157" s="0" t="s">
         <x:v>99</x:v>
       </x:c>
       <x:c r="K157" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
@@ -11426,160 +11423,163 @@
       </x:c>
       <x:c r="P157" s="0" t="s">
         <x:v>121</x:v>
       </x:c>
       <x:c r="Q157" s="4" t="s">
         <x:v>122</x:v>
       </x:c>
       <x:c r="R157" s="0" t="s">
         <x:v>126</x:v>
       </x:c>
       <x:c r="S157" s="0" t="n">
         <x:v>542484</x:v>
       </x:c>
       <x:c r="T157" s="4" t="s">
         <x:v>127</x:v>
       </x:c>
       <x:c r="U157" s="4" t="s">
         <x:v>94</x:v>
       </x:c>
     </x:row>
     <x:row r="158" spans="1:21">
       <x:c r="A158" s="13" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B158" s="14" t="s">
-        <x:v>308</x:v>
+        <x:v>304</x:v>
       </x:c>
       <x:c r="C158" s="15" t="n">
-        <x:v>35191</x:v>
+        <x:v>36968</x:v>
       </x:c>
       <x:c r="D158" s="15" t="s"/>
-      <x:c r="E158" s="14" t="s">
-[...4 lines deleted...]
-      </x:c>
+      <x:c r="E158" s="14" t="s"/>
+      <x:c r="F158" s="14" t="s"/>
       <x:c r="G158" s="14" t="s">
-        <x:v>273</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>121</x:v>
+      </x:c>
+      <x:c r="H158" s="14" t="s"/>
       <x:c r="I158" s="16" t="s">
-        <x:v>275</x:v>
+        <x:v>122</x:v>
       </x:c>
       <x:c r="J158" s="14" t="s">
-        <x:v>72</x:v>
+        <x:v>99</x:v>
       </x:c>
       <x:c r="K158" s="14" t="s">
-        <x:v>276</x:v>
+        <x:v>52</x:v>
       </x:c>
       <x:c r="L158" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M158" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N158" s="15" t="n">
-        <x:v>31624</x:v>
+        <x:v>24431</x:v>
       </x:c>
       <x:c r="O158" s="14" t="s">
-        <x:v>73</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="P158" s="14" t="s">
         <x:v>121</x:v>
       </x:c>
       <x:c r="Q158" s="16" t="s">
         <x:v>122</x:v>
       </x:c>
       <x:c r="R158" s="14" t="s">
         <x:v>154</x:v>
       </x:c>
       <x:c r="S158" s="14" t="n">
-        <x:v>563152</x:v>
+        <x:v>588532</x:v>
       </x:c>
       <x:c r="T158" s="16" t="s">
-        <x:v>312</x:v>
+        <x:v>129</x:v>
       </x:c>
       <x:c r="U158" s="16" t="s">
-        <x:v>313</x:v>
+        <x:v>77</x:v>
       </x:c>
     </x:row>
     <x:row r="159" spans="1:21">
       <x:c r="A159" s="1" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B159" s="0" t="s">
-        <x:v>304</x:v>
+        <x:v>308</x:v>
       </x:c>
       <x:c r="C159" s="3" t="n">
-        <x:v>36968</x:v>
+        <x:v>35191</x:v>
       </x:c>
       <x:c r="D159" s="3" t="s"/>
+      <x:c r="E159" s="0" t="s">
+        <x:v>271</x:v>
+      </x:c>
+      <x:c r="F159" s="0" t="s">
+        <x:v>272</x:v>
+      </x:c>
       <x:c r="G159" s="0" t="s">
-        <x:v>121</x:v>
+        <x:v>273</x:v>
+      </x:c>
+      <x:c r="H159" s="0" t="s">
+        <x:v>274</x:v>
       </x:c>
       <x:c r="I159" s="4" t="s">
-        <x:v>122</x:v>
+        <x:v>275</x:v>
       </x:c>
       <x:c r="J159" s="0" t="s">
-        <x:v>99</x:v>
+        <x:v>72</x:v>
       </x:c>
       <x:c r="K159" s="0" t="s">
-        <x:v>52</x:v>
+        <x:v>276</x:v>
       </x:c>
       <x:c r="L159" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M159" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N159" s="3" t="n">
-        <x:v>24431</x:v>
+        <x:v>31624</x:v>
       </x:c>
       <x:c r="O159" s="0" t="s">
-        <x:v>100</x:v>
+        <x:v>73</x:v>
       </x:c>
       <x:c r="P159" s="0" t="s">
         <x:v>121</x:v>
       </x:c>
       <x:c r="Q159" s="4" t="s">
         <x:v>122</x:v>
       </x:c>
       <x:c r="R159" s="0" t="s">
         <x:v>154</x:v>
       </x:c>
       <x:c r="S159" s="0" t="n">
-        <x:v>588532</x:v>
+        <x:v>563152</x:v>
       </x:c>
       <x:c r="T159" s="4" t="s">
-        <x:v>129</x:v>
+        <x:v>312</x:v>
       </x:c>
       <x:c r="U159" s="4" t="s">
-        <x:v>77</x:v>
+        <x:v>313</x:v>
       </x:c>
     </x:row>
     <x:row r="160" spans="1:21">
       <x:c r="A160" s="13" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B160" s="14" t="s">
         <x:v>311</x:v>
       </x:c>
       <x:c r="C160" s="15" t="n">
         <x:v>38577</x:v>
       </x:c>
       <x:c r="D160" s="15" t="s"/>
       <x:c r="E160" s="14" t="s"/>
       <x:c r="F160" s="14" t="s"/>
       <x:c r="G160" s="14" t="s">
         <x:v>121</x:v>
       </x:c>
       <x:c r="H160" s="14" t="s"/>
       <x:c r="I160" s="16" t="s">
         <x:v>122</x:v>
       </x:c>
       <x:c r="J160" s="14" t="s">
         <x:v>99</x:v>
       </x:c>
@@ -11951,484 +11951,484 @@
       </x:c>
       <x:c r="Q166" s="16" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="R166" s="14" t="s">
         <x:v>316</x:v>
       </x:c>
       <x:c r="S166" s="14" t="n">
         <x:v>550643</x:v>
       </x:c>
       <x:c r="T166" s="16" t="s">
         <x:v>329</x:v>
       </x:c>
       <x:c r="U166" s="16" t="s">
         <x:v>94</x:v>
       </x:c>
     </x:row>
     <x:row r="167" spans="1:21">
       <x:c r="A167" s="1" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B167" s="0" t="s">
         <x:v>330</x:v>
       </x:c>
       <x:c r="C167" s="3" t="n">
-        <x:v>35191</x:v>
+        <x:v>38216</x:v>
       </x:c>
       <x:c r="D167" s="3" t="s"/>
       <x:c r="G167" s="0" t="s">
         <x:v>97</x:v>
       </x:c>
       <x:c r="I167" s="4" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="J167" s="0" t="s">
-        <x:v>72</x:v>
+        <x:v>99</x:v>
       </x:c>
       <x:c r="K167" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="L167" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M167" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N167" s="3" t="n">
-        <x:v>31624</x:v>
+        <x:v>24469</x:v>
       </x:c>
       <x:c r="O167" s="0" t="s">
-        <x:v>73</x:v>
+        <x:v>117</x:v>
       </x:c>
       <x:c r="P167" s="0" t="s">
         <x:v>97</x:v>
       </x:c>
       <x:c r="Q167" s="4" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="R167" s="0" t="s">
         <x:v>146</x:v>
       </x:c>
       <x:c r="S167" s="0" t="n">
-        <x:v>517891</x:v>
+        <x:v>572460</x:v>
       </x:c>
       <x:c r="T167" s="4" t="s">
-        <x:v>331</x:v>
+        <x:v>127</x:v>
       </x:c>
       <x:c r="U167" s="4" t="s">
-        <x:v>285</x:v>
+        <x:v>94</x:v>
       </x:c>
     </x:row>
     <x:row r="168" spans="1:21">
       <x:c r="A168" s="13" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B168" s="14" t="s">
-        <x:v>332</x:v>
+        <x:v>330</x:v>
       </x:c>
       <x:c r="C168" s="15" t="n">
         <x:v>38216</x:v>
       </x:c>
       <x:c r="D168" s="15" t="s"/>
       <x:c r="E168" s="14" t="s"/>
       <x:c r="F168" s="14" t="s"/>
       <x:c r="G168" s="14" t="s">
         <x:v>97</x:v>
       </x:c>
       <x:c r="H168" s="14" t="s"/>
       <x:c r="I168" s="16" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="J168" s="14" t="s">
         <x:v>99</x:v>
       </x:c>
       <x:c r="K168" s="14" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="L168" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M168" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N168" s="15" t="n">
         <x:v>24469</x:v>
       </x:c>
       <x:c r="O168" s="14" t="s">
         <x:v>117</x:v>
       </x:c>
       <x:c r="P168" s="14" t="s">
         <x:v>97</x:v>
       </x:c>
       <x:c r="Q168" s="16" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="R168" s="14" t="s">
         <x:v>146</x:v>
       </x:c>
       <x:c r="S168" s="14" t="n">
-        <x:v>515269</x:v>
+        <x:v>572462</x:v>
       </x:c>
       <x:c r="T168" s="16" t="s">
         <x:v>151</x:v>
       </x:c>
       <x:c r="U168" s="16" t="s">
         <x:v>54</x:v>
       </x:c>
     </x:row>
     <x:row r="169" spans="1:21">
       <x:c r="A169" s="1" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B169" s="0" t="s">
-        <x:v>332</x:v>
+        <x:v>331</x:v>
       </x:c>
       <x:c r="C169" s="3" t="n">
-        <x:v>38216</x:v>
+        <x:v>37446</x:v>
       </x:c>
       <x:c r="D169" s="3" t="s"/>
       <x:c r="G169" s="0" t="s">
         <x:v>97</x:v>
       </x:c>
       <x:c r="I169" s="4" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="J169" s="0" t="s">
-        <x:v>99</x:v>
+        <x:v>72</x:v>
       </x:c>
       <x:c r="K169" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="L169" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M169" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N169" s="3" t="n">
-        <x:v>24469</x:v>
+        <x:v>22211</x:v>
       </x:c>
       <x:c r="O169" s="0" t="s">
-        <x:v>117</x:v>
+        <x:v>201</x:v>
       </x:c>
       <x:c r="P169" s="0" t="s">
         <x:v>97</x:v>
       </x:c>
       <x:c r="Q169" s="4" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="R169" s="0" t="s">
-        <x:v>146</x:v>
+        <x:v>332</x:v>
       </x:c>
       <x:c r="S169" s="0" t="n">
-        <x:v>572460</x:v>
+        <x:v>517629</x:v>
       </x:c>
       <x:c r="T169" s="4" t="s">
-        <x:v>127</x:v>
+        <x:v>205</x:v>
       </x:c>
       <x:c r="U169" s="4" t="s">
-        <x:v>94</x:v>
+        <x:v>206</x:v>
       </x:c>
     </x:row>
     <x:row r="170" spans="1:21">
       <x:c r="A170" s="13" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B170" s="14" t="s">
-        <x:v>332</x:v>
+        <x:v>304</x:v>
       </x:c>
       <x:c r="C170" s="15" t="n">
-        <x:v>38216</x:v>
+        <x:v>36968</x:v>
       </x:c>
       <x:c r="D170" s="15" t="s"/>
       <x:c r="E170" s="14" t="s"/>
       <x:c r="F170" s="14" t="s"/>
       <x:c r="G170" s="14" t="s">
         <x:v>97</x:v>
       </x:c>
       <x:c r="H170" s="14" t="s"/>
       <x:c r="I170" s="16" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="J170" s="14" t="s">
         <x:v>99</x:v>
       </x:c>
       <x:c r="K170" s="14" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="L170" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M170" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N170" s="15" t="n">
-        <x:v>24469</x:v>
+        <x:v>24431</x:v>
       </x:c>
       <x:c r="O170" s="14" t="s">
-        <x:v>117</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="P170" s="14" t="s">
         <x:v>97</x:v>
       </x:c>
       <x:c r="Q170" s="16" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="R170" s="14" t="s">
-        <x:v>146</x:v>
+        <x:v>215</x:v>
       </x:c>
       <x:c r="S170" s="14" t="n">
-        <x:v>572462</x:v>
+        <x:v>543696</x:v>
       </x:c>
       <x:c r="T170" s="16" t="s">
-        <x:v>151</x:v>
+        <x:v>35</x:v>
       </x:c>
       <x:c r="U170" s="16" t="s">
-        <x:v>54</x:v>
+        <x:v>227</x:v>
       </x:c>
     </x:row>
     <x:row r="171" spans="1:21">
       <x:c r="A171" s="1" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B171" s="0" t="s">
-        <x:v>333</x:v>
+        <x:v>330</x:v>
       </x:c>
       <x:c r="C171" s="3" t="n">
-        <x:v>37446</x:v>
+        <x:v>38216</x:v>
       </x:c>
       <x:c r="D171" s="3" t="s"/>
       <x:c r="G171" s="0" t="s">
         <x:v>97</x:v>
       </x:c>
       <x:c r="I171" s="4" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="J171" s="0" t="s">
-        <x:v>72</x:v>
+        <x:v>99</x:v>
       </x:c>
       <x:c r="K171" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="L171" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M171" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N171" s="3" t="n">
-        <x:v>22211</x:v>
+        <x:v>24469</x:v>
       </x:c>
       <x:c r="O171" s="0" t="s">
-        <x:v>201</x:v>
+        <x:v>117</x:v>
       </x:c>
       <x:c r="P171" s="0" t="s">
         <x:v>97</x:v>
       </x:c>
       <x:c r="Q171" s="4" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="R171" s="0" t="s">
-        <x:v>334</x:v>
+        <x:v>146</x:v>
       </x:c>
       <x:c r="S171" s="0" t="n">
-        <x:v>517629</x:v>
+        <x:v>544510</x:v>
       </x:c>
       <x:c r="T171" s="4" t="s">
-        <x:v>205</x:v>
+        <x:v>35</x:v>
       </x:c>
       <x:c r="U171" s="4" t="s">
-        <x:v>206</x:v>
+        <x:v>94</x:v>
       </x:c>
     </x:row>
     <x:row r="172" spans="1:21">
       <x:c r="A172" s="13" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B172" s="14" t="s">
-        <x:v>304</x:v>
+        <x:v>330</x:v>
       </x:c>
       <x:c r="C172" s="15" t="n">
-        <x:v>36968</x:v>
+        <x:v>38216</x:v>
       </x:c>
       <x:c r="D172" s="15" t="s"/>
       <x:c r="E172" s="14" t="s"/>
       <x:c r="F172" s="14" t="s"/>
       <x:c r="G172" s="14" t="s">
         <x:v>97</x:v>
       </x:c>
       <x:c r="H172" s="14" t="s"/>
       <x:c r="I172" s="16" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="J172" s="14" t="s">
         <x:v>99</x:v>
       </x:c>
       <x:c r="K172" s="14" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="L172" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M172" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N172" s="15" t="n">
-        <x:v>24431</x:v>
+        <x:v>24469</x:v>
       </x:c>
       <x:c r="O172" s="14" t="s">
-        <x:v>100</x:v>
+        <x:v>117</x:v>
       </x:c>
       <x:c r="P172" s="14" t="s">
         <x:v>97</x:v>
       </x:c>
       <x:c r="Q172" s="16" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="R172" s="14" t="s">
-        <x:v>215</x:v>
+        <x:v>146</x:v>
       </x:c>
       <x:c r="S172" s="14" t="n">
-        <x:v>543696</x:v>
+        <x:v>515269</x:v>
       </x:c>
       <x:c r="T172" s="16" t="s">
-        <x:v>35</x:v>
+        <x:v>151</x:v>
       </x:c>
       <x:c r="U172" s="16" t="s">
-        <x:v>227</x:v>
+        <x:v>54</x:v>
       </x:c>
     </x:row>
     <x:row r="173" spans="1:21">
       <x:c r="A173" s="1" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B173" s="0" t="s">
-        <x:v>332</x:v>
+        <x:v>333</x:v>
       </x:c>
       <x:c r="C173" s="3" t="n">
-        <x:v>38216</x:v>
+        <x:v>35191</x:v>
       </x:c>
       <x:c r="D173" s="3" t="s"/>
       <x:c r="G173" s="0" t="s">
         <x:v>97</x:v>
       </x:c>
       <x:c r="I173" s="4" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="J173" s="0" t="s">
-        <x:v>99</x:v>
+        <x:v>72</x:v>
       </x:c>
       <x:c r="K173" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="L173" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M173" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N173" s="3" t="n">
-        <x:v>24469</x:v>
+        <x:v>31624</x:v>
       </x:c>
       <x:c r="O173" s="0" t="s">
-        <x:v>117</x:v>
+        <x:v>73</x:v>
       </x:c>
       <x:c r="P173" s="0" t="s">
         <x:v>97</x:v>
       </x:c>
       <x:c r="Q173" s="4" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="R173" s="0" t="s">
-        <x:v>146</x:v>
+        <x:v>332</x:v>
       </x:c>
       <x:c r="S173" s="0" t="n">
-        <x:v>544510</x:v>
+        <x:v>544511</x:v>
       </x:c>
       <x:c r="T173" s="4" t="s">
-        <x:v>35</x:v>
+        <x:v>208</x:v>
       </x:c>
       <x:c r="U173" s="4" t="s">
-        <x:v>94</x:v>
+        <x:v>209</x:v>
       </x:c>
     </x:row>
     <x:row r="174" spans="1:21">
       <x:c r="A174" s="13" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B174" s="14" t="s">
-        <x:v>330</x:v>
+        <x:v>333</x:v>
       </x:c>
       <x:c r="C174" s="15" t="n">
         <x:v>35191</x:v>
       </x:c>
       <x:c r="D174" s="15" t="s"/>
       <x:c r="E174" s="14" t="s"/>
       <x:c r="F174" s="14" t="s"/>
       <x:c r="G174" s="14" t="s">
         <x:v>97</x:v>
       </x:c>
       <x:c r="H174" s="14" t="s"/>
       <x:c r="I174" s="16" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="J174" s="14" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="K174" s="14" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="L174" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M174" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N174" s="15" t="n">
         <x:v>31624</x:v>
       </x:c>
       <x:c r="O174" s="14" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="P174" s="14" t="s">
         <x:v>97</x:v>
       </x:c>
       <x:c r="Q174" s="16" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="R174" s="14" t="s">
+        <x:v>146</x:v>
+      </x:c>
+      <x:c r="S174" s="14" t="n">
+        <x:v>517891</x:v>
+      </x:c>
+      <x:c r="T174" s="16" t="s">
         <x:v>334</x:v>
       </x:c>
-      <x:c r="S174" s="14" t="n">
-[...4 lines deleted...]
-      </x:c>
       <x:c r="U174" s="16" t="s">
-        <x:v>209</x:v>
+        <x:v>285</x:v>
       </x:c>
     </x:row>
     <x:row r="175" spans="1:21">
       <x:c r="A175" s="1" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B175" s="0" t="s">
         <x:v>335</x:v>
       </x:c>
       <x:c r="C175" s="3" t="n">
         <x:v>30088</x:v>
       </x:c>
       <x:c r="D175" s="3" t="s"/>
       <x:c r="G175" s="0" t="s">
         <x:v>97</x:v>
       </x:c>
       <x:c r="I175" s="4" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="J175" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K175" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
@@ -12503,51 +12503,51 @@
       </x:c>
       <x:c r="P176" s="14" t="s">
         <x:v>97</x:v>
       </x:c>
       <x:c r="Q176" s="16" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="R176" s="14" t="s">
         <x:v>316</x:v>
       </x:c>
       <x:c r="S176" s="14" t="n">
         <x:v>489493</x:v>
       </x:c>
       <x:c r="T176" s="16" t="s">
         <x:v>141</x:v>
       </x:c>
       <x:c r="U176" s="16" t="s">
         <x:v>54</x:v>
       </x:c>
     </x:row>
     <x:row r="177" spans="1:21">
       <x:c r="A177" s="1" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B177" s="0" t="s">
-        <x:v>332</x:v>
+        <x:v>330</x:v>
       </x:c>
       <x:c r="C177" s="3" t="n">
         <x:v>38216</x:v>
       </x:c>
       <x:c r="D177" s="3" t="s"/>
       <x:c r="G177" s="0" t="s">
         <x:v>97</x:v>
       </x:c>
       <x:c r="I177" s="4" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="J177" s="0" t="s">
         <x:v>99</x:v>
       </x:c>
       <x:c r="K177" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="L177" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M177" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N177" s="3" t="n">
         <x:v>24469</x:v>
@@ -12794,51 +12794,51 @@
       </x:c>
       <x:c r="P181" s="0" t="s">
         <x:v>165</x:v>
       </x:c>
       <x:c r="Q181" s="4" t="s">
         <x:v>167</x:v>
       </x:c>
       <x:c r="R181" s="0" t="s">
         <x:v>169</x:v>
       </x:c>
       <x:c r="S181" s="0" t="n">
         <x:v>579937</x:v>
       </x:c>
       <x:c r="T181" s="4" t="s">
         <x:v>189</x:v>
       </x:c>
       <x:c r="U181" s="4" t="s">
         <x:v>339</x:v>
       </x:c>
     </x:row>
     <x:row r="182" spans="1:21">
       <x:c r="A182" s="13" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B182" s="14" t="s">
-        <x:v>333</x:v>
+        <x:v>331</x:v>
       </x:c>
       <x:c r="C182" s="15" t="n">
         <x:v>37446</x:v>
       </x:c>
       <x:c r="D182" s="15" t="s"/>
       <x:c r="E182" s="14" t="s"/>
       <x:c r="F182" s="14" t="s"/>
       <x:c r="G182" s="14" t="s">
         <x:v>165</x:v>
       </x:c>
       <x:c r="H182" s="14" t="s">
         <x:v>166</x:v>
       </x:c>
       <x:c r="I182" s="16" t="s">
         <x:v>167</x:v>
       </x:c>
       <x:c r="J182" s="14" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="K182" s="14" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="L182" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
@@ -13588,51 +13588,51 @@
       </x:c>
       <x:c r="P195" s="0" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="Q195" s="4" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="R195" s="0" t="s">
         <x:v>356</x:v>
       </x:c>
       <x:c r="S195" s="0" t="n">
         <x:v>541920</x:v>
       </x:c>
       <x:c r="T195" s="4" t="s">
         <x:v>189</x:v>
       </x:c>
       <x:c r="U195" s="4" t="s">
         <x:v>156</x:v>
       </x:c>
     </x:row>
     <x:row r="196" spans="1:21">
       <x:c r="A196" s="13" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B196" s="14" t="s">
-        <x:v>330</x:v>
+        <x:v>333</x:v>
       </x:c>
       <x:c r="C196" s="15" t="n">
         <x:v>35191</x:v>
       </x:c>
       <x:c r="D196" s="15" t="s"/>
       <x:c r="E196" s="14" t="s"/>
       <x:c r="F196" s="14" t="s"/>
       <x:c r="G196" s="14" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="H196" s="14" t="s"/>
       <x:c r="I196" s="16" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="J196" s="14" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="K196" s="14" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="L196" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M196" s="14" t="s">
         <x:v>30</x:v>
@@ -13699,326 +13699,326 @@
       </x:c>
       <x:c r="P197" s="0" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="Q197" s="4" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="R197" s="0" t="s">
         <x:v>356</x:v>
       </x:c>
       <x:c r="S197" s="0" t="n">
         <x:v>589718</x:v>
       </x:c>
       <x:c r="T197" s="4" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="U197" s="4" t="s">
         <x:v>77</x:v>
       </x:c>
     </x:row>
     <x:row r="198" spans="1:21">
       <x:c r="A198" s="13" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B198" s="14" t="s">
-        <x:v>341</x:v>
+        <x:v>304</x:v>
       </x:c>
       <x:c r="C198" s="15" t="n">
-        <x:v>35698</x:v>
+        <x:v>36968</x:v>
       </x:c>
       <x:c r="D198" s="15" t="s"/>
       <x:c r="E198" s="14" t="s"/>
       <x:c r="F198" s="14" t="s"/>
       <x:c r="G198" s="14" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="H198" s="14" t="s"/>
       <x:c r="I198" s="16" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="J198" s="14" t="s">
-        <x:v>72</x:v>
+        <x:v>99</x:v>
       </x:c>
       <x:c r="K198" s="14" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="L198" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M198" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N198" s="15" t="n">
-        <x:v>31624</x:v>
+        <x:v>24431</x:v>
       </x:c>
       <x:c r="O198" s="14" t="s">
-        <x:v>73</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="P198" s="14" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="Q198" s="16" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="R198" s="14" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="S198" s="14" t="n">
-        <x:v>543632</x:v>
+        <x:v>543699</x:v>
       </x:c>
       <x:c r="T198" s="16" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="U198" s="16" t="s">
         <x:v>94</x:v>
       </x:c>
     </x:row>
     <x:row r="199" spans="1:21">
       <x:c r="A199" s="1" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B199" s="0" t="s">
-        <x:v>341</x:v>
+        <x:v>304</x:v>
       </x:c>
       <x:c r="C199" s="3" t="n">
-        <x:v>35698</x:v>
+        <x:v>36968</x:v>
       </x:c>
       <x:c r="D199" s="3" t="s"/>
       <x:c r="G199" s="0" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="I199" s="4" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="J199" s="0" t="s">
-        <x:v>72</x:v>
+        <x:v>99</x:v>
       </x:c>
       <x:c r="K199" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="L199" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M199" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N199" s="3" t="n">
-        <x:v>31624</x:v>
+        <x:v>24431</x:v>
       </x:c>
       <x:c r="O199" s="0" t="s">
-        <x:v>73</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="P199" s="0" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="Q199" s="4" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="R199" s="0" t="s">
-        <x:v>76</x:v>
+        <x:v>184</x:v>
       </x:c>
       <x:c r="S199" s="0" t="n">
-        <x:v>597596</x:v>
+        <x:v>543700</x:v>
       </x:c>
       <x:c r="T199" s="4" t="s">
-        <x:v>43</x:v>
+        <x:v>53</x:v>
       </x:c>
       <x:c r="U199" s="4" t="s">
-        <x:v>77</x:v>
+        <x:v>94</x:v>
       </x:c>
     </x:row>
     <x:row r="200" spans="1:21">
       <x:c r="A200" s="13" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B200" s="14" t="s">
-        <x:v>304</x:v>
+        <x:v>341</x:v>
       </x:c>
       <x:c r="C200" s="15" t="n">
-        <x:v>36968</x:v>
+        <x:v>35698</x:v>
       </x:c>
       <x:c r="D200" s="15" t="s"/>
       <x:c r="E200" s="14" t="s"/>
       <x:c r="F200" s="14" t="s"/>
       <x:c r="G200" s="14" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="H200" s="14" t="s"/>
       <x:c r="I200" s="16" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="J200" s="14" t="s">
-        <x:v>99</x:v>
+        <x:v>72</x:v>
       </x:c>
       <x:c r="K200" s="14" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="L200" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M200" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N200" s="15" t="n">
-        <x:v>24431</x:v>
+        <x:v>31624</x:v>
       </x:c>
       <x:c r="O200" s="14" t="s">
-        <x:v>100</x:v>
+        <x:v>73</x:v>
       </x:c>
       <x:c r="P200" s="14" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="Q200" s="16" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="R200" s="14" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="S200" s="14" t="n">
-        <x:v>543699</x:v>
+        <x:v>597596</x:v>
       </x:c>
       <x:c r="T200" s="16" t="s">
-        <x:v>35</x:v>
+        <x:v>43</x:v>
       </x:c>
       <x:c r="U200" s="16" t="s">
-        <x:v>94</x:v>
+        <x:v>77</x:v>
       </x:c>
     </x:row>
     <x:row r="201" spans="1:21">
       <x:c r="A201" s="1" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B201" s="0" t="s">
-        <x:v>304</x:v>
+        <x:v>341</x:v>
       </x:c>
       <x:c r="C201" s="3" t="n">
-        <x:v>36968</x:v>
+        <x:v>35698</x:v>
       </x:c>
       <x:c r="D201" s="3" t="s"/>
       <x:c r="G201" s="0" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="I201" s="4" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="J201" s="0" t="s">
-        <x:v>99</x:v>
+        <x:v>72</x:v>
       </x:c>
       <x:c r="K201" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="L201" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M201" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N201" s="3" t="n">
-        <x:v>24431</x:v>
+        <x:v>31624</x:v>
       </x:c>
       <x:c r="O201" s="0" t="s">
-        <x:v>100</x:v>
+        <x:v>73</x:v>
       </x:c>
       <x:c r="P201" s="0" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="Q201" s="4" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="R201" s="0" t="s">
-        <x:v>184</x:v>
+        <x:v>76</x:v>
       </x:c>
       <x:c r="S201" s="0" t="n">
-        <x:v>543700</x:v>
+        <x:v>543632</x:v>
       </x:c>
       <x:c r="T201" s="4" t="s">
-        <x:v>53</x:v>
+        <x:v>35</x:v>
       </x:c>
       <x:c r="U201" s="4" t="s">
         <x:v>94</x:v>
       </x:c>
     </x:row>
     <x:row r="202" spans="1:21">
       <x:c r="A202" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B202" s="14" t="s">
-        <x:v>69</x:v>
+        <x:v>170</x:v>
       </x:c>
       <x:c r="C202" s="15" t="n">
-        <x:v>35698</x:v>
+        <x:v>36968</x:v>
       </x:c>
       <x:c r="D202" s="15" t="s"/>
       <x:c r="E202" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F202" s="14" t="s"/>
       <x:c r="G202" s="14" t="s">
         <x:v>138</x:v>
       </x:c>
       <x:c r="H202" s="14" t="s">
         <x:v>139</x:v>
       </x:c>
       <x:c r="I202" s="16" t="s">
         <x:v>140</x:v>
       </x:c>
       <x:c r="J202" s="14" t="s">
-        <x:v>72</x:v>
+        <x:v>99</x:v>
       </x:c>
       <x:c r="K202" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L202" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M202" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N202" s="15" t="n">
-        <x:v>31624</x:v>
+        <x:v>24431</x:v>
       </x:c>
       <x:c r="O202" s="14" t="s">
-        <x:v>73</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="P202" s="14" t="s">
         <x:v>359</x:v>
       </x:c>
       <x:c r="Q202" s="16" t="s">
         <x:v>92</x:v>
       </x:c>
       <x:c r="R202" s="14" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="S202" s="14" t="n">
-        <x:v>605757</x:v>
+        <x:v>501022</x:v>
       </x:c>
       <x:c r="T202" s="16" t="s">
-        <x:v>43</x:v>
+        <x:v>41</x:v>
       </x:c>
       <x:c r="U202" s="16" t="s">
-        <x:v>61</x:v>
+        <x:v>54</x:v>
       </x:c>
     </x:row>
     <x:row r="203" spans="1:21">
       <x:c r="A203" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B203" s="0" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="C203" s="3" t="n">
         <x:v>35698</x:v>
       </x:c>
       <x:c r="D203" s="3" t="s"/>
       <x:c r="E203" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G203" s="0" t="s">
         <x:v>138</x:v>
       </x:c>
       <x:c r="H203" s="0" t="s">
         <x:v>139</x:v>
       </x:c>
       <x:c r="I203" s="4" t="s">
         <x:v>140</x:v>
       </x:c>
@@ -14028,299 +14028,299 @@
       <x:c r="K203" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L203" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M203" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N203" s="3" t="n">
         <x:v>31624</x:v>
       </x:c>
       <x:c r="O203" s="0" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="P203" s="0" t="s">
         <x:v>359</x:v>
       </x:c>
       <x:c r="Q203" s="4" t="s">
         <x:v>92</x:v>
       </x:c>
       <x:c r="R203" s="0" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="S203" s="0" t="n">
-        <x:v>451205</x:v>
+        <x:v>605757</x:v>
       </x:c>
       <x:c r="T203" s="4" t="s">
-        <x:v>95</x:v>
+        <x:v>43</x:v>
       </x:c>
       <x:c r="U203" s="4" t="s">
-        <x:v>54</x:v>
+        <x:v>61</x:v>
       </x:c>
     </x:row>
     <x:row r="204" spans="1:21">
       <x:c r="A204" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B204" s="14" t="s">
-        <x:v>96</x:v>
+        <x:v>69</x:v>
       </x:c>
       <x:c r="C204" s="15" t="n">
-        <x:v>36968</x:v>
+        <x:v>35698</x:v>
       </x:c>
       <x:c r="D204" s="15" t="s"/>
       <x:c r="E204" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F204" s="14" t="s"/>
       <x:c r="G204" s="14" t="s">
         <x:v>138</x:v>
       </x:c>
       <x:c r="H204" s="14" t="s">
         <x:v>139</x:v>
       </x:c>
       <x:c r="I204" s="16" t="s">
         <x:v>140</x:v>
       </x:c>
       <x:c r="J204" s="14" t="s">
-        <x:v>99</x:v>
+        <x:v>72</x:v>
       </x:c>
       <x:c r="K204" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L204" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M204" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N204" s="15" t="n">
-        <x:v>24431</x:v>
+        <x:v>31624</x:v>
       </x:c>
       <x:c r="O204" s="14" t="s">
-        <x:v>100</x:v>
+        <x:v>73</x:v>
       </x:c>
       <x:c r="P204" s="14" t="s">
         <x:v>359</x:v>
       </x:c>
       <x:c r="Q204" s="16" t="s">
         <x:v>92</x:v>
       </x:c>
       <x:c r="R204" s="14" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="S204" s="14" t="n">
-        <x:v>605701</x:v>
+        <x:v>451205</x:v>
       </x:c>
       <x:c r="T204" s="16" t="s">
-        <x:v>43</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="U204" s="16" t="s">
-        <x:v>77</x:v>
+        <x:v>54</x:v>
       </x:c>
     </x:row>
     <x:row r="205" spans="1:21">
       <x:c r="A205" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B205" s="0" t="s">
-        <x:v>170</x:v>
+        <x:v>96</x:v>
       </x:c>
       <x:c r="C205" s="3" t="n">
         <x:v>36968</x:v>
       </x:c>
       <x:c r="D205" s="3" t="s"/>
       <x:c r="E205" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G205" s="0" t="s">
         <x:v>138</x:v>
       </x:c>
       <x:c r="H205" s="0" t="s">
         <x:v>139</x:v>
       </x:c>
       <x:c r="I205" s="4" t="s">
         <x:v>140</x:v>
       </x:c>
       <x:c r="J205" s="0" t="s">
         <x:v>99</x:v>
       </x:c>
       <x:c r="K205" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L205" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M205" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N205" s="3" t="n">
         <x:v>24431</x:v>
       </x:c>
       <x:c r="O205" s="0" t="s">
         <x:v>100</x:v>
       </x:c>
       <x:c r="P205" s="0" t="s">
         <x:v>359</x:v>
       </x:c>
       <x:c r="Q205" s="4" t="s">
         <x:v>92</x:v>
       </x:c>
       <x:c r="R205" s="0" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="S205" s="0" t="n">
-        <x:v>605702</x:v>
+        <x:v>605701</x:v>
       </x:c>
       <x:c r="T205" s="4" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="U205" s="4" t="s">
         <x:v>77</x:v>
       </x:c>
     </x:row>
     <x:row r="206" spans="1:21">
       <x:c r="A206" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B206" s="14" t="s">
-        <x:v>96</x:v>
+        <x:v>170</x:v>
       </x:c>
       <x:c r="C206" s="15" t="n">
         <x:v>36968</x:v>
       </x:c>
       <x:c r="D206" s="15" t="s"/>
       <x:c r="E206" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F206" s="14" t="s"/>
       <x:c r="G206" s="14" t="s">
         <x:v>138</x:v>
       </x:c>
       <x:c r="H206" s="14" t="s">
         <x:v>139</x:v>
       </x:c>
       <x:c r="I206" s="16" t="s">
         <x:v>140</x:v>
       </x:c>
       <x:c r="J206" s="14" t="s">
         <x:v>99</x:v>
       </x:c>
       <x:c r="K206" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L206" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M206" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N206" s="15" t="n">
         <x:v>24431</x:v>
       </x:c>
       <x:c r="O206" s="14" t="s">
         <x:v>100</x:v>
       </x:c>
       <x:c r="P206" s="14" t="s">
         <x:v>359</x:v>
       </x:c>
       <x:c r="Q206" s="16" t="s">
         <x:v>92</x:v>
       </x:c>
       <x:c r="R206" s="14" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="S206" s="14" t="n">
-        <x:v>501008</x:v>
+        <x:v>605702</x:v>
       </x:c>
       <x:c r="T206" s="16" t="s">
-        <x:v>41</x:v>
+        <x:v>43</x:v>
       </x:c>
       <x:c r="U206" s="16" t="s">
-        <x:v>54</x:v>
+        <x:v>77</x:v>
       </x:c>
     </x:row>
     <x:row r="207" spans="1:21">
       <x:c r="A207" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B207" s="0" t="s">
-        <x:v>69</x:v>
+        <x:v>96</x:v>
       </x:c>
       <x:c r="C207" s="3" t="n">
-        <x:v>35698</x:v>
+        <x:v>36968</x:v>
       </x:c>
       <x:c r="D207" s="3" t="s"/>
       <x:c r="E207" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G207" s="0" t="s">
         <x:v>138</x:v>
       </x:c>
       <x:c r="H207" s="0" t="s">
         <x:v>139</x:v>
       </x:c>
       <x:c r="I207" s="4" t="s">
         <x:v>140</x:v>
       </x:c>
       <x:c r="J207" s="0" t="s">
-        <x:v>72</x:v>
+        <x:v>99</x:v>
       </x:c>
       <x:c r="K207" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L207" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M207" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N207" s="3" t="n">
-        <x:v>31624</x:v>
+        <x:v>24431</x:v>
       </x:c>
       <x:c r="O207" s="0" t="s">
-        <x:v>73</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="P207" s="0" t="s">
         <x:v>359</x:v>
       </x:c>
       <x:c r="Q207" s="4" t="s">
         <x:v>92</x:v>
       </x:c>
       <x:c r="R207" s="0" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="S207" s="0" t="n">
-        <x:v>550191</x:v>
+        <x:v>501008</x:v>
       </x:c>
       <x:c r="T207" s="4" t="s">
-        <x:v>35</x:v>
+        <x:v>41</x:v>
       </x:c>
       <x:c r="U207" s="4" t="s">
-        <x:v>77</x:v>
+        <x:v>54</x:v>
       </x:c>
     </x:row>
     <x:row r="208" spans="1:21">
       <x:c r="A208" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B208" s="14" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="C208" s="15" t="n">
         <x:v>35698</x:v>
       </x:c>
       <x:c r="D208" s="15" t="s"/>
       <x:c r="E208" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F208" s="14" t="s"/>
       <x:c r="G208" s="14" t="s">
         <x:v>138</x:v>
       </x:c>
       <x:c r="H208" s="14" t="s">
         <x:v>139</x:v>
       </x:c>
       <x:c r="I208" s="16" t="s">
         <x:v>140</x:v>
@@ -14331,54 +14331,54 @@
       <x:c r="K208" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L208" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M208" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N208" s="15" t="n">
         <x:v>31624</x:v>
       </x:c>
       <x:c r="O208" s="14" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="P208" s="14" t="s">
         <x:v>359</x:v>
       </x:c>
       <x:c r="Q208" s="16" t="s">
         <x:v>92</x:v>
       </x:c>
       <x:c r="R208" s="14" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="S208" s="14" t="n">
-        <x:v>605758</x:v>
+        <x:v>550191</x:v>
       </x:c>
       <x:c r="T208" s="16" t="s">
-        <x:v>43</x:v>
+        <x:v>35</x:v>
       </x:c>
       <x:c r="U208" s="16" t="s">
         <x:v>77</x:v>
       </x:c>
     </x:row>
     <x:row r="209" spans="1:21">
       <x:c r="A209" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B209" s="0" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="C209" s="3" t="n">
         <x:v>35698</x:v>
       </x:c>
       <x:c r="D209" s="3" t="s"/>
       <x:c r="E209" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G209" s="0" t="s">
         <x:v>138</x:v>
       </x:c>
       <x:c r="H209" s="0" t="s">
         <x:v>139</x:v>
       </x:c>
@@ -14391,118 +14391,118 @@
       <x:c r="K209" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L209" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M209" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N209" s="3" t="n">
         <x:v>31624</x:v>
       </x:c>
       <x:c r="O209" s="0" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="P209" s="0" t="s">
         <x:v>359</x:v>
       </x:c>
       <x:c r="Q209" s="4" t="s">
         <x:v>92</x:v>
       </x:c>
       <x:c r="R209" s="0" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="S209" s="0" t="n">
-        <x:v>550190</x:v>
+        <x:v>605758</x:v>
       </x:c>
       <x:c r="T209" s="4" t="s">
-        <x:v>35</x:v>
+        <x:v>43</x:v>
       </x:c>
       <x:c r="U209" s="4" t="s">
-        <x:v>94</x:v>
+        <x:v>77</x:v>
       </x:c>
     </x:row>
     <x:row r="210" spans="1:21">
       <x:c r="A210" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B210" s="14" t="s">
-        <x:v>170</x:v>
+        <x:v>69</x:v>
       </x:c>
       <x:c r="C210" s="15" t="n">
-        <x:v>36968</x:v>
+        <x:v>35698</x:v>
       </x:c>
       <x:c r="D210" s="15" t="s"/>
       <x:c r="E210" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F210" s="14" t="s"/>
       <x:c r="G210" s="14" t="s">
         <x:v>138</x:v>
       </x:c>
       <x:c r="H210" s="14" t="s">
         <x:v>139</x:v>
       </x:c>
       <x:c r="I210" s="16" t="s">
         <x:v>140</x:v>
       </x:c>
       <x:c r="J210" s="14" t="s">
-        <x:v>99</x:v>
+        <x:v>72</x:v>
       </x:c>
       <x:c r="K210" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L210" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M210" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N210" s="15" t="n">
-        <x:v>24431</x:v>
+        <x:v>31624</x:v>
       </x:c>
       <x:c r="O210" s="14" t="s">
-        <x:v>100</x:v>
+        <x:v>73</x:v>
       </x:c>
       <x:c r="P210" s="14" t="s">
         <x:v>359</x:v>
       </x:c>
       <x:c r="Q210" s="16" t="s">
         <x:v>92</x:v>
       </x:c>
       <x:c r="R210" s="14" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="S210" s="14" t="n">
-        <x:v>501022</x:v>
+        <x:v>550190</x:v>
       </x:c>
       <x:c r="T210" s="16" t="s">
-        <x:v>41</x:v>
+        <x:v>35</x:v>
       </x:c>
       <x:c r="U210" s="16" t="s">
-        <x:v>54</x:v>
+        <x:v>94</x:v>
       </x:c>
     </x:row>
     <x:row r="211" spans="1:21">
       <x:c r="A211" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B211" s="0" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="C211" s="3" t="n">
         <x:v>35698</x:v>
       </x:c>
       <x:c r="D211" s="3" t="s"/>
       <x:c r="E211" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G211" s="0" t="s">
         <x:v>138</x:v>
       </x:c>
       <x:c r="H211" s="0" t="s">
         <x:v>139</x:v>
       </x:c>
       <x:c r="I211" s="4" t="s">
         <x:v>140</x:v>
       </x:c>
@@ -15756,51 +15756,51 @@
       <x:c r="K233" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="L233" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="M233" s="0" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="N233" s="3" t="n">
         <x:v>22635</x:v>
       </x:c>
       <x:c r="O233" s="0" t="s">
         <x:v>386</x:v>
       </x:c>
       <x:c r="P233" s="0" t="s">
         <x:v>385</x:v>
       </x:c>
       <x:c r="Q233" s="4" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="R233" s="0" t="s">
         <x:v>387</x:v>
       </x:c>
       <x:c r="S233" s="0" t="n">
-        <x:v>576142</x:v>
+        <x:v>611213</x:v>
       </x:c>
       <x:c r="T233" s="4" t="s">
         <x:v>388</x:v>
       </x:c>
       <x:c r="U233" s="4" t="s">
         <x:v>389</x:v>
       </x:c>
     </x:row>
     <x:row r="234" spans="1:21">
       <x:c r="A234" s="13" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B234" s="14" t="s">
         <x:v>384</x:v>
       </x:c>
       <x:c r="C234" s="15" t="n">
         <x:v>39873</x:v>
       </x:c>
       <x:c r="D234" s="15" t="s"/>
       <x:c r="E234" s="14" t="s"/>
       <x:c r="F234" s="14" t="s"/>
       <x:c r="G234" s="14" t="s">
         <x:v>385</x:v>
       </x:c>
       <x:c r="H234" s="14" t="s"/>
@@ -15813,105 +15813,105 @@
       <x:c r="K234" s="14" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="L234" s="14" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="M234" s="14" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="N234" s="15" t="n">
         <x:v>22635</x:v>
       </x:c>
       <x:c r="O234" s="14" t="s">
         <x:v>386</x:v>
       </x:c>
       <x:c r="P234" s="14" t="s">
         <x:v>385</x:v>
       </x:c>
       <x:c r="Q234" s="16" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="R234" s="14" t="s">
         <x:v>387</x:v>
       </x:c>
       <x:c r="S234" s="14" t="n">
-        <x:v>576173</x:v>
+        <x:v>611216</x:v>
       </x:c>
       <x:c r="T234" s="16" t="s">
         <x:v>390</x:v>
       </x:c>
       <x:c r="U234" s="16" t="s">
-        <x:v>348</x:v>
+        <x:v>320</x:v>
       </x:c>
     </x:row>
     <x:row r="235" spans="1:21">
       <x:c r="A235" s="1" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B235" s="0" t="s">
         <x:v>384</x:v>
       </x:c>
       <x:c r="C235" s="3" t="n">
         <x:v>39873</x:v>
       </x:c>
       <x:c r="D235" s="3" t="s"/>
       <x:c r="G235" s="0" t="s">
         <x:v>385</x:v>
       </x:c>
       <x:c r="I235" s="4" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="J235" s="0" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="K235" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="L235" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="M235" s="0" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="N235" s="3" t="n">
         <x:v>22635</x:v>
       </x:c>
       <x:c r="O235" s="0" t="s">
         <x:v>386</x:v>
       </x:c>
       <x:c r="P235" s="0" t="s">
         <x:v>385</x:v>
       </x:c>
       <x:c r="Q235" s="4" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="R235" s="0" t="s">
         <x:v>387</x:v>
       </x:c>
       <x:c r="S235" s="0" t="n">
-        <x:v>611213</x:v>
+        <x:v>576142</x:v>
       </x:c>
       <x:c r="T235" s="4" t="s">
         <x:v>391</x:v>
       </x:c>
       <x:c r="U235" s="4" t="s">
         <x:v>392</x:v>
       </x:c>
     </x:row>
     <x:row r="236" spans="1:21">
       <x:c r="A236" s="13" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B236" s="14" t="s">
         <x:v>384</x:v>
       </x:c>
       <x:c r="C236" s="15" t="n">
         <x:v>39873</x:v>
       </x:c>
       <x:c r="D236" s="15" t="s"/>
       <x:c r="E236" s="14" t="s"/>
       <x:c r="F236" s="14" t="s"/>
       <x:c r="G236" s="14" t="s">
         <x:v>385</x:v>
       </x:c>
       <x:c r="H236" s="14" t="s"/>
@@ -15924,57 +15924,57 @@
       <x:c r="K236" s="14" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="L236" s="14" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="M236" s="14" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="N236" s="15" t="n">
         <x:v>22635</x:v>
       </x:c>
       <x:c r="O236" s="14" t="s">
         <x:v>386</x:v>
       </x:c>
       <x:c r="P236" s="14" t="s">
         <x:v>385</x:v>
       </x:c>
       <x:c r="Q236" s="16" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="R236" s="14" t="s">
         <x:v>387</x:v>
       </x:c>
       <x:c r="S236" s="14" t="n">
-        <x:v>611216</x:v>
+        <x:v>576173</x:v>
       </x:c>
       <x:c r="T236" s="16" t="s">
         <x:v>393</x:v>
       </x:c>
       <x:c r="U236" s="16" t="s">
-        <x:v>320</x:v>
+        <x:v>348</x:v>
       </x:c>
     </x:row>
     <x:row r="237" spans="1:21">
       <x:c r="A237" s="1" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B237" s="0" t="s">
         <x:v>384</x:v>
       </x:c>
       <x:c r="C237" s="3" t="n">
         <x:v>39873</x:v>
       </x:c>
       <x:c r="D237" s="3" t="s"/>
       <x:c r="G237" s="0" t="s">
         <x:v>385</x:v>
       </x:c>
       <x:c r="I237" s="4" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="J237" s="0" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="K237" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
@@ -16371,54 +16371,54 @@
       <x:c r="L244" s="14" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="M244" s="14" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="N244" s="15" t="n">
         <x:v>22635</x:v>
       </x:c>
       <x:c r="O244" s="14" t="s">
         <x:v>386</x:v>
       </x:c>
       <x:c r="P244" s="14" t="s">
         <x:v>385</x:v>
       </x:c>
       <x:c r="Q244" s="16" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="R244" s="14" t="s">
         <x:v>387</x:v>
       </x:c>
       <x:c r="S244" s="14" t="n">
         <x:v>576174</x:v>
       </x:c>
       <x:c r="T244" s="16" t="s">
-        <x:v>388</x:v>
+        <x:v>391</x:v>
       </x:c>
       <x:c r="U244" s="16" t="s">
-        <x:v>389</x:v>
+        <x:v>392</x:v>
       </x:c>
     </x:row>
     <x:row r="245" spans="1:21">
       <x:c r="A245" s="1" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B245" s="0" t="s">
         <x:v>384</x:v>
       </x:c>
       <x:c r="C245" s="3" t="n">
         <x:v>39873</x:v>
       </x:c>
       <x:c r="D245" s="3" t="s"/>
       <x:c r="G245" s="0" t="s">
         <x:v>385</x:v>
       </x:c>
       <x:c r="I245" s="4" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="J245" s="0" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="K245" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
@@ -16479,51 +16479,51 @@
       <x:c r="K246" s="14" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="L246" s="14" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="M246" s="14" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="N246" s="15" t="n">
         <x:v>22635</x:v>
       </x:c>
       <x:c r="O246" s="14" t="s">
         <x:v>386</x:v>
       </x:c>
       <x:c r="P246" s="14" t="s">
         <x:v>385</x:v>
       </x:c>
       <x:c r="Q246" s="16" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="R246" s="14" t="s">
         <x:v>387</x:v>
       </x:c>
       <x:c r="S246" s="14" t="n">
-        <x:v>611211</x:v>
+        <x:v>590765</x:v>
       </x:c>
       <x:c r="T246" s="16" t="s">
         <x:v>403</x:v>
       </x:c>
       <x:c r="U246" s="16" t="s">
         <x:v>303</x:v>
       </x:c>
     </x:row>
     <x:row r="247" spans="1:21">
       <x:c r="A247" s="1" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B247" s="0" t="s">
         <x:v>384</x:v>
       </x:c>
       <x:c r="C247" s="3" t="n">
         <x:v>39873</x:v>
       </x:c>
       <x:c r="D247" s="3" t="s"/>
       <x:c r="G247" s="0" t="s">
         <x:v>385</x:v>
       </x:c>
       <x:c r="I247" s="4" t="s">
         <x:v>26</x:v>
       </x:c>
@@ -16533,168 +16533,168 @@
       <x:c r="K247" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="L247" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="M247" s="0" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="N247" s="3" t="n">
         <x:v>22635</x:v>
       </x:c>
       <x:c r="O247" s="0" t="s">
         <x:v>386</x:v>
       </x:c>
       <x:c r="P247" s="0" t="s">
         <x:v>385</x:v>
       </x:c>
       <x:c r="Q247" s="4" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="R247" s="0" t="s">
         <x:v>387</x:v>
       </x:c>
       <x:c r="S247" s="0" t="n">
-        <x:v>611214</x:v>
+        <x:v>590768</x:v>
       </x:c>
       <x:c r="T247" s="4" t="s">
-        <x:v>293</x:v>
+        <x:v>403</x:v>
       </x:c>
       <x:c r="U247" s="4" t="s">
-        <x:v>404</x:v>
+        <x:v>303</x:v>
       </x:c>
     </x:row>
     <x:row r="248" spans="1:21">
       <x:c r="A248" s="13" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B248" s="14" t="s">
         <x:v>384</x:v>
       </x:c>
       <x:c r="C248" s="15" t="n">
         <x:v>39873</x:v>
       </x:c>
       <x:c r="D248" s="15" t="s"/>
       <x:c r="E248" s="14" t="s"/>
       <x:c r="F248" s="14" t="s"/>
       <x:c r="G248" s="14" t="s">
         <x:v>385</x:v>
       </x:c>
       <x:c r="H248" s="14" t="s"/>
       <x:c r="I248" s="16" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="J248" s="14" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="K248" s="14" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="L248" s="14" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="M248" s="14" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="N248" s="15" t="n">
         <x:v>22635</x:v>
       </x:c>
       <x:c r="O248" s="14" t="s">
         <x:v>386</x:v>
       </x:c>
       <x:c r="P248" s="14" t="s">
         <x:v>385</x:v>
       </x:c>
       <x:c r="Q248" s="16" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="R248" s="14" t="s">
         <x:v>387</x:v>
       </x:c>
       <x:c r="S248" s="14" t="n">
-        <x:v>590765</x:v>
+        <x:v>611211</x:v>
       </x:c>
       <x:c r="T248" s="16" t="s">
-        <x:v>405</x:v>
+        <x:v>404</x:v>
       </x:c>
       <x:c r="U248" s="16" t="s">
         <x:v>303</x:v>
       </x:c>
     </x:row>
     <x:row r="249" spans="1:21">
       <x:c r="A249" s="1" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B249" s="0" t="s">
         <x:v>384</x:v>
       </x:c>
       <x:c r="C249" s="3" t="n">
         <x:v>39873</x:v>
       </x:c>
       <x:c r="D249" s="3" t="s"/>
       <x:c r="G249" s="0" t="s">
         <x:v>385</x:v>
       </x:c>
       <x:c r="I249" s="4" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="J249" s="0" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="K249" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="L249" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="M249" s="0" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="N249" s="3" t="n">
         <x:v>22635</x:v>
       </x:c>
       <x:c r="O249" s="0" t="s">
         <x:v>386</x:v>
       </x:c>
       <x:c r="P249" s="0" t="s">
         <x:v>385</x:v>
       </x:c>
       <x:c r="Q249" s="4" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="R249" s="0" t="s">
         <x:v>387</x:v>
       </x:c>
       <x:c r="S249" s="0" t="n">
-        <x:v>590768</x:v>
+        <x:v>611214</x:v>
       </x:c>
       <x:c r="T249" s="4" t="s">
+        <x:v>293</x:v>
+      </x:c>
+      <x:c r="U249" s="4" t="s">
         <x:v>405</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>303</x:v>
       </x:c>
     </x:row>
     <x:row r="250" spans="1:21">
       <x:c r="A250" s="13" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B250" s="14" t="s">
         <x:v>406</x:v>
       </x:c>
       <x:c r="C250" s="15" t="s"/>
       <x:c r="D250" s="15" t="s"/>
       <x:c r="E250" s="14" t="s"/>
       <x:c r="F250" s="14" t="s"/>
       <x:c r="G250" s="14" t="s">
         <x:v>407</x:v>
       </x:c>
       <x:c r="H250" s="14" t="s"/>
       <x:c r="I250" s="16" t="s">
         <x:v>408</x:v>
       </x:c>
       <x:c r="J250" s="14" t="s"/>
       <x:c r="K250" s="14" t="s">
         <x:v>409</x:v>
       </x:c>
       <x:c r="L250" s="14" t="s">
@@ -17221,54 +17221,54 @@
       <x:c r="K259" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L259" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M259" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N259" s="3" t="n">
         <x:v>24431</x:v>
       </x:c>
       <x:c r="O259" s="0" t="s">
         <x:v>100</x:v>
       </x:c>
       <x:c r="P259" s="0" t="s">
         <x:v>434</x:v>
       </x:c>
       <x:c r="Q259" s="4" t="s">
         <x:v>260</x:v>
       </x:c>
       <x:c r="R259" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="S259" s="0" t="n">
-        <x:v>606945</x:v>
+        <x:v>504951</x:v>
       </x:c>
       <x:c r="T259" s="4" t="s">
-        <x:v>46</x:v>
+        <x:v>141</x:v>
       </x:c>
       <x:c r="U259" s="4" t="s">
         <x:v>435</x:v>
       </x:c>
     </x:row>
     <x:row r="260" spans="1:21">
       <x:c r="A260" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B260" s="14" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="C260" s="15" t="n">
         <x:v>36968</x:v>
       </x:c>
       <x:c r="D260" s="15" t="s"/>
       <x:c r="E260" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F260" s="14" t="s"/>
       <x:c r="G260" s="14" t="s">
         <x:v>434</x:v>
       </x:c>
       <x:c r="H260" s="14" t="s"/>
       <x:c r="I260" s="16" t="s">
@@ -17337,947 +17337,955 @@
       <x:c r="K261" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L261" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M261" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N261" s="3" t="n">
         <x:v>24431</x:v>
       </x:c>
       <x:c r="O261" s="0" t="s">
         <x:v>100</x:v>
       </x:c>
       <x:c r="P261" s="0" t="s">
         <x:v>434</x:v>
       </x:c>
       <x:c r="Q261" s="4" t="s">
         <x:v>260</x:v>
       </x:c>
       <x:c r="R261" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="S261" s="0" t="n">
-        <x:v>504951</x:v>
+        <x:v>606945</x:v>
       </x:c>
       <x:c r="T261" s="4" t="s">
-        <x:v>141</x:v>
+        <x:v>46</x:v>
       </x:c>
       <x:c r="U261" s="4" t="s">
         <x:v>437</x:v>
       </x:c>
     </x:row>
     <x:row r="262" spans="1:21">
       <x:c r="A262" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B262" s="14" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="C262" s="15" t="n">
         <x:v>36968</x:v>
       </x:c>
       <x:c r="D262" s="15" t="s"/>
       <x:c r="E262" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F262" s="14" t="s"/>
       <x:c r="G262" s="14" t="s">
-        <x:v>438</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>131</x:v>
+      </x:c>
+      <x:c r="H262" s="14" t="s"/>
       <x:c r="I262" s="16" t="s">
-        <x:v>440</x:v>
+        <x:v>122</x:v>
       </x:c>
       <x:c r="J262" s="14" t="s">
         <x:v>99</x:v>
       </x:c>
       <x:c r="K262" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L262" s="14" t="s">
-        <x:v>66</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="M262" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N262" s="15" t="n">
         <x:v>24431</x:v>
       </x:c>
       <x:c r="O262" s="14" t="s">
         <x:v>100</x:v>
       </x:c>
       <x:c r="P262" s="14" t="s">
-        <x:v>441</x:v>
+        <x:v>438</x:v>
       </x:c>
       <x:c r="Q262" s="16" t="s">
         <x:v>122</x:v>
       </x:c>
       <x:c r="R262" s="14" t="s">
         <x:v>154</x:v>
       </x:c>
       <x:c r="S262" s="14" t="n">
-        <x:v>607542</x:v>
+        <x:v>604285</x:v>
       </x:c>
       <x:c r="T262" s="16" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="U262" s="16" t="s">
         <x:v>77</x:v>
       </x:c>
     </x:row>
     <x:row r="263" spans="1:21">
       <x:c r="A263" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B263" s="0" t="s">
-        <x:v>69</x:v>
+        <x:v>96</x:v>
       </x:c>
       <x:c r="C263" s="3" t="n">
-        <x:v>35698</x:v>
+        <x:v>36968</x:v>
       </x:c>
       <x:c r="D263" s="3" t="s"/>
       <x:c r="E263" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G263" s="0" t="s">
-        <x:v>438</x:v>
+        <x:v>439</x:v>
       </x:c>
       <x:c r="H263" s="0" t="s">
-        <x:v>439</x:v>
+        <x:v>440</x:v>
       </x:c>
       <x:c r="I263" s="4" t="s">
-        <x:v>440</x:v>
+        <x:v>441</x:v>
       </x:c>
       <x:c r="J263" s="0" t="s">
-        <x:v>72</x:v>
+        <x:v>99</x:v>
       </x:c>
       <x:c r="K263" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L263" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="M263" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N263" s="3" t="n">
-        <x:v>31624</x:v>
+        <x:v>24431</x:v>
       </x:c>
       <x:c r="O263" s="0" t="s">
-        <x:v>73</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="P263" s="0" t="s">
-        <x:v>441</x:v>
+        <x:v>438</x:v>
       </x:c>
       <x:c r="Q263" s="4" t="s">
         <x:v>122</x:v>
       </x:c>
       <x:c r="R263" s="0" t="s">
         <x:v>154</x:v>
       </x:c>
       <x:c r="S263" s="0" t="n">
-        <x:v>607519</x:v>
+        <x:v>552717</x:v>
       </x:c>
       <x:c r="T263" s="4" t="s">
-        <x:v>43</x:v>
+        <x:v>35</x:v>
       </x:c>
       <x:c r="U263" s="4" t="s">
-        <x:v>77</x:v>
+        <x:v>94</x:v>
       </x:c>
     </x:row>
     <x:row r="264" spans="1:21">
       <x:c r="A264" s="13" t="s">
-        <x:v>47</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B264" s="14" t="s">
-        <x:v>442</x:v>
-[...1 lines deleted...]
-      <x:c r="C264" s="15" t="s"/>
+        <x:v>69</x:v>
+      </x:c>
+      <x:c r="C264" s="15" t="n">
+        <x:v>35698</x:v>
+      </x:c>
       <x:c r="D264" s="15" t="s"/>
-      <x:c r="E264" s="14" t="s"/>
+      <x:c r="E264" s="14" t="s">
+        <x:v>23</x:v>
+      </x:c>
       <x:c r="F264" s="14" t="s"/>
       <x:c r="G264" s="14" t="s">
-        <x:v>443</x:v>
-[...1 lines deleted...]
-      <x:c r="H264" s="14" t="s"/>
+        <x:v>439</x:v>
+      </x:c>
+      <x:c r="H264" s="14" t="s">
+        <x:v>440</x:v>
+      </x:c>
       <x:c r="I264" s="16" t="s">
-        <x:v>444</x:v>
-[...1 lines deleted...]
-      <x:c r="J264" s="14" t="s"/>
+        <x:v>441</x:v>
+      </x:c>
+      <x:c r="J264" s="14" t="s">
+        <x:v>72</x:v>
+      </x:c>
       <x:c r="K264" s="14" t="s">
-        <x:v>52</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="L264" s="14" t="s">
-        <x:v>29</x:v>
+        <x:v>66</x:v>
       </x:c>
       <x:c r="M264" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N264" s="15" t="n">
-        <x:v>24340</x:v>
+        <x:v>31624</x:v>
       </x:c>
       <x:c r="O264" s="14" t="s">
-        <x:v>445</x:v>
+        <x:v>73</x:v>
       </x:c>
       <x:c r="P264" s="14" t="s">
-        <x:v>443</x:v>
+        <x:v>438</x:v>
       </x:c>
       <x:c r="Q264" s="16" t="s">
-        <x:v>444</x:v>
+        <x:v>122</x:v>
       </x:c>
       <x:c r="R264" s="14" t="s">
-        <x:v>446</x:v>
+        <x:v>154</x:v>
       </x:c>
       <x:c r="S264" s="14" t="n">
-        <x:v>610382</x:v>
+        <x:v>607519</x:v>
       </x:c>
       <x:c r="T264" s="16" t="s">
-        <x:v>447</x:v>
+        <x:v>43</x:v>
       </x:c>
       <x:c r="U264" s="16" t="s">
-        <x:v>447</x:v>
+        <x:v>77</x:v>
       </x:c>
     </x:row>
     <x:row r="265" spans="1:21">
       <x:c r="A265" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B265" s="0" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="C265" s="3" t="n">
         <x:v>36968</x:v>
       </x:c>
       <x:c r="D265" s="3" t="s"/>
       <x:c r="E265" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G265" s="0" t="s">
-        <x:v>438</x:v>
+        <x:v>439</x:v>
       </x:c>
       <x:c r="H265" s="0" t="s">
-        <x:v>439</x:v>
+        <x:v>440</x:v>
       </x:c>
       <x:c r="I265" s="4" t="s">
-        <x:v>440</x:v>
+        <x:v>441</x:v>
       </x:c>
       <x:c r="J265" s="0" t="s">
         <x:v>99</x:v>
       </x:c>
       <x:c r="K265" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L265" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="M265" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N265" s="3" t="n">
         <x:v>24431</x:v>
       </x:c>
       <x:c r="O265" s="0" t="s">
         <x:v>100</x:v>
       </x:c>
       <x:c r="P265" s="0" t="s">
-        <x:v>441</x:v>
+        <x:v>438</x:v>
       </x:c>
       <x:c r="Q265" s="4" t="s">
         <x:v>122</x:v>
       </x:c>
       <x:c r="R265" s="0" t="s">
         <x:v>154</x:v>
       </x:c>
       <x:c r="S265" s="0" t="n">
-        <x:v>552717</x:v>
+        <x:v>607542</x:v>
       </x:c>
       <x:c r="T265" s="4" t="s">
-        <x:v>35</x:v>
+        <x:v>43</x:v>
       </x:c>
       <x:c r="U265" s="4" t="s">
-        <x:v>94</x:v>
+        <x:v>77</x:v>
       </x:c>
     </x:row>
     <x:row r="266" spans="1:21">
       <x:c r="A266" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B266" s="14" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="C266" s="15" t="n">
         <x:v>36968</x:v>
       </x:c>
       <x:c r="D266" s="15" t="s"/>
       <x:c r="E266" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F266" s="14" t="s"/>
       <x:c r="G266" s="14" t="s">
         <x:v>131</x:v>
       </x:c>
       <x:c r="H266" s="14" t="s"/>
       <x:c r="I266" s="16" t="s">
         <x:v>122</x:v>
       </x:c>
       <x:c r="J266" s="14" t="s">
         <x:v>99</x:v>
       </x:c>
       <x:c r="K266" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L266" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M266" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N266" s="15" t="n">
         <x:v>24431</x:v>
       </x:c>
       <x:c r="O266" s="14" t="s">
         <x:v>100</x:v>
       </x:c>
       <x:c r="P266" s="14" t="s">
-        <x:v>441</x:v>
+        <x:v>438</x:v>
       </x:c>
       <x:c r="Q266" s="16" t="s">
         <x:v>122</x:v>
       </x:c>
       <x:c r="R266" s="14" t="s">
         <x:v>154</x:v>
       </x:c>
       <x:c r="S266" s="14" t="n">
-        <x:v>604285</x:v>
+        <x:v>550554</x:v>
       </x:c>
       <x:c r="T266" s="16" t="s">
-        <x:v>43</x:v>
+        <x:v>35</x:v>
       </x:c>
       <x:c r="U266" s="16" t="s">
-        <x:v>77</x:v>
+        <x:v>94</x:v>
       </x:c>
     </x:row>
     <x:row r="267" spans="1:21">
       <x:c r="A267" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B267" s="0" t="s">
-        <x:v>96</x:v>
+        <x:v>69</x:v>
       </x:c>
       <x:c r="C267" s="3" t="n">
-        <x:v>36968</x:v>
+        <x:v>35698</x:v>
       </x:c>
       <x:c r="D267" s="3" t="s"/>
       <x:c r="E267" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G267" s="0" t="s">
-        <x:v>131</x:v>
+        <x:v>439</x:v>
+      </x:c>
+      <x:c r="H267" s="0" t="s">
+        <x:v>440</x:v>
       </x:c>
       <x:c r="I267" s="4" t="s">
-        <x:v>122</x:v>
+        <x:v>441</x:v>
       </x:c>
       <x:c r="J267" s="0" t="s">
-        <x:v>99</x:v>
+        <x:v>72</x:v>
       </x:c>
       <x:c r="K267" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L267" s="0" t="s">
-        <x:v>29</x:v>
+        <x:v>66</x:v>
       </x:c>
       <x:c r="M267" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N267" s="3" t="n">
-        <x:v>24431</x:v>
+        <x:v>31624</x:v>
       </x:c>
       <x:c r="O267" s="0" t="s">
-        <x:v>100</x:v>
+        <x:v>73</x:v>
       </x:c>
       <x:c r="P267" s="0" t="s">
-        <x:v>441</x:v>
+        <x:v>438</x:v>
       </x:c>
       <x:c r="Q267" s="4" t="s">
         <x:v>122</x:v>
       </x:c>
       <x:c r="R267" s="0" t="s">
         <x:v>154</x:v>
       </x:c>
       <x:c r="S267" s="0" t="n">
-        <x:v>550554</x:v>
+        <x:v>552689</x:v>
       </x:c>
       <x:c r="T267" s="4" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="U267" s="4" t="s">
-        <x:v>94</x:v>
+        <x:v>77</x:v>
       </x:c>
     </x:row>
     <x:row r="268" spans="1:21">
       <x:c r="A268" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B268" s="14" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="C268" s="15" t="n">
         <x:v>35698</x:v>
       </x:c>
       <x:c r="D268" s="15" t="s"/>
       <x:c r="E268" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F268" s="14" t="s"/>
       <x:c r="G268" s="14" t="s">
-        <x:v>438</x:v>
+        <x:v>439</x:v>
       </x:c>
       <x:c r="H268" s="14" t="s">
-        <x:v>439</x:v>
+        <x:v>440</x:v>
       </x:c>
       <x:c r="I268" s="16" t="s">
-        <x:v>440</x:v>
+        <x:v>441</x:v>
       </x:c>
       <x:c r="J268" s="14" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="K268" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L268" s="14" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="M268" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N268" s="15" t="n">
         <x:v>31624</x:v>
       </x:c>
       <x:c r="O268" s="14" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="P268" s="14" t="s">
-        <x:v>441</x:v>
+        <x:v>442</x:v>
       </x:c>
       <x:c r="Q268" s="16" t="s">
-        <x:v>122</x:v>
+        <x:v>443</x:v>
       </x:c>
       <x:c r="R268" s="14" t="s">
         <x:v>154</x:v>
       </x:c>
       <x:c r="S268" s="14" t="n">
-        <x:v>552689</x:v>
+        <x:v>448545</x:v>
       </x:c>
       <x:c r="T268" s="16" t="s">
-        <x:v>35</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="U268" s="16" t="s">
-        <x:v>77</x:v>
+        <x:v>444</x:v>
       </x:c>
     </x:row>
     <x:row r="269" spans="1:21">
       <x:c r="A269" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B269" s="0" t="s">
-        <x:v>69</x:v>
+        <x:v>96</x:v>
       </x:c>
       <x:c r="C269" s="3" t="n">
-        <x:v>35698</x:v>
+        <x:v>36968</x:v>
       </x:c>
       <x:c r="D269" s="3" t="s"/>
       <x:c r="E269" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G269" s="0" t="s">
-        <x:v>438</x:v>
-[...2 lines deleted...]
-        <x:v>439</x:v>
+        <x:v>131</x:v>
       </x:c>
       <x:c r="I269" s="4" t="s">
-        <x:v>440</x:v>
+        <x:v>122</x:v>
       </x:c>
       <x:c r="J269" s="0" t="s">
-        <x:v>72</x:v>
+        <x:v>99</x:v>
       </x:c>
       <x:c r="K269" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L269" s="0" t="s">
-        <x:v>66</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="M269" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N269" s="3" t="n">
-        <x:v>31624</x:v>
+        <x:v>24431</x:v>
       </x:c>
       <x:c r="O269" s="0" t="s">
-        <x:v>73</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="P269" s="0" t="s">
-        <x:v>448</x:v>
+        <x:v>442</x:v>
       </x:c>
       <x:c r="Q269" s="4" t="s">
-        <x:v>449</x:v>
+        <x:v>443</x:v>
       </x:c>
       <x:c r="R269" s="0" t="s">
         <x:v>154</x:v>
       </x:c>
       <x:c r="S269" s="0" t="n">
-        <x:v>448545</x:v>
+        <x:v>501472</x:v>
       </x:c>
       <x:c r="T269" s="4" t="s">
-        <x:v>95</x:v>
+        <x:v>41</x:v>
       </x:c>
       <x:c r="U269" s="4" t="s">
-        <x:v>450</x:v>
+        <x:v>46</x:v>
       </x:c>
     </x:row>
     <x:row r="270" spans="1:21">
       <x:c r="A270" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B270" s="14" t="s">
-        <x:v>96</x:v>
+        <x:v>445</x:v>
       </x:c>
       <x:c r="C270" s="15" t="n">
-        <x:v>36968</x:v>
+        <x:v>30088</x:v>
       </x:c>
       <x:c r="D270" s="15" t="s"/>
       <x:c r="E270" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F270" s="14" t="s"/>
       <x:c r="G270" s="14" t="s">
-        <x:v>438</x:v>
+        <x:v>439</x:v>
       </x:c>
       <x:c r="H270" s="14" t="s">
-        <x:v>439</x:v>
+        <x:v>440</x:v>
       </x:c>
       <x:c r="I270" s="16" t="s">
-        <x:v>440</x:v>
+        <x:v>441</x:v>
       </x:c>
       <x:c r="J270" s="14" t="s">
-        <x:v>99</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="K270" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L270" s="14" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="M270" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N270" s="15" t="n">
-        <x:v>24431</x:v>
+        <x:v>24154</x:v>
       </x:c>
       <x:c r="O270" s="14" t="s">
-        <x:v>100</x:v>
+        <x:v>315</x:v>
       </x:c>
       <x:c r="P270" s="14" t="s">
-        <x:v>448</x:v>
+        <x:v>442</x:v>
       </x:c>
       <x:c r="Q270" s="16" t="s">
-        <x:v>449</x:v>
+        <x:v>443</x:v>
       </x:c>
       <x:c r="R270" s="14" t="s">
         <x:v>154</x:v>
       </x:c>
       <x:c r="S270" s="14" t="n">
-        <x:v>501923</x:v>
+        <x:v>501975</x:v>
       </x:c>
       <x:c r="T270" s="16" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="U270" s="16" t="s">
         <x:v>54</x:v>
       </x:c>
     </x:row>
     <x:row r="271" spans="1:21">
       <x:c r="A271" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B271" s="0" t="s">
-        <x:v>69</x:v>
+        <x:v>96</x:v>
       </x:c>
       <x:c r="C271" s="3" t="n">
-        <x:v>35698</x:v>
+        <x:v>36968</x:v>
       </x:c>
       <x:c r="D271" s="3" t="s"/>
       <x:c r="E271" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G271" s="0" t="s">
-        <x:v>438</x:v>
+        <x:v>439</x:v>
       </x:c>
       <x:c r="H271" s="0" t="s">
-        <x:v>439</x:v>
+        <x:v>440</x:v>
       </x:c>
       <x:c r="I271" s="4" t="s">
-        <x:v>440</x:v>
+        <x:v>441</x:v>
       </x:c>
       <x:c r="J271" s="0" t="s">
-        <x:v>72</x:v>
+        <x:v>99</x:v>
       </x:c>
       <x:c r="K271" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L271" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="M271" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N271" s="3" t="n">
-        <x:v>31624</x:v>
+        <x:v>24431</x:v>
       </x:c>
       <x:c r="O271" s="0" t="s">
-        <x:v>73</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="P271" s="0" t="s">
-        <x:v>448</x:v>
+        <x:v>442</x:v>
       </x:c>
       <x:c r="Q271" s="4" t="s">
-        <x:v>449</x:v>
+        <x:v>443</x:v>
       </x:c>
       <x:c r="R271" s="0" t="s">
         <x:v>154</x:v>
       </x:c>
       <x:c r="S271" s="0" t="n">
-        <x:v>501874</x:v>
+        <x:v>501923</x:v>
       </x:c>
       <x:c r="T271" s="4" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="U271" s="4" t="s">
-        <x:v>94</x:v>
+        <x:v>54</x:v>
       </x:c>
     </x:row>
     <x:row r="272" spans="1:21">
       <x:c r="A272" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B272" s="14" t="s">
-        <x:v>451</x:v>
+        <x:v>69</x:v>
       </x:c>
       <x:c r="C272" s="15" t="n">
-        <x:v>30088</x:v>
+        <x:v>35698</x:v>
       </x:c>
       <x:c r="D272" s="15" t="s"/>
       <x:c r="E272" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F272" s="14" t="s"/>
       <x:c r="G272" s="14" t="s">
-        <x:v>438</x:v>
+        <x:v>439</x:v>
       </x:c>
       <x:c r="H272" s="14" t="s">
-        <x:v>439</x:v>
+        <x:v>440</x:v>
       </x:c>
       <x:c r="I272" s="16" t="s">
-        <x:v>440</x:v>
+        <x:v>441</x:v>
       </x:c>
       <x:c r="J272" s="14" t="s">
-        <x:v>27</x:v>
+        <x:v>72</x:v>
       </x:c>
       <x:c r="K272" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L272" s="14" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="M272" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N272" s="15" t="n">
-        <x:v>24154</x:v>
+        <x:v>31624</x:v>
       </x:c>
       <x:c r="O272" s="14" t="s">
-        <x:v>315</x:v>
+        <x:v>73</x:v>
       </x:c>
       <x:c r="P272" s="14" t="s">
-        <x:v>448</x:v>
+        <x:v>442</x:v>
       </x:c>
       <x:c r="Q272" s="16" t="s">
-        <x:v>449</x:v>
+        <x:v>443</x:v>
       </x:c>
       <x:c r="R272" s="14" t="s">
         <x:v>154</x:v>
       </x:c>
       <x:c r="S272" s="14" t="n">
-        <x:v>501975</x:v>
+        <x:v>501874</x:v>
       </x:c>
       <x:c r="T272" s="16" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="U272" s="16" t="s">
-        <x:v>54</x:v>
+        <x:v>94</x:v>
       </x:c>
     </x:row>
     <x:row r="273" spans="1:21">
       <x:c r="A273" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B273" s="0" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="C273" s="3" t="n">
         <x:v>36968</x:v>
       </x:c>
       <x:c r="D273" s="3" t="s"/>
       <x:c r="E273" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G273" s="0" t="s">
-        <x:v>131</x:v>
+        <x:v>446</x:v>
+      </x:c>
+      <x:c r="H273" s="0" t="s">
+        <x:v>447</x:v>
       </x:c>
       <x:c r="I273" s="4" t="s">
         <x:v>122</x:v>
       </x:c>
       <x:c r="J273" s="0" t="s">
         <x:v>99</x:v>
       </x:c>
       <x:c r="K273" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L273" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M273" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N273" s="3" t="n">
         <x:v>24431</x:v>
       </x:c>
       <x:c r="O273" s="0" t="s">
         <x:v>100</x:v>
       </x:c>
       <x:c r="P273" s="0" t="s">
         <x:v>448</x:v>
       </x:c>
       <x:c r="Q273" s="4" t="s">
         <x:v>449</x:v>
       </x:c>
       <x:c r="R273" s="0" t="s">
-        <x:v>154</x:v>
+        <x:v>450</x:v>
       </x:c>
       <x:c r="S273" s="0" t="n">
-        <x:v>501472</x:v>
+        <x:v>558859</x:v>
       </x:c>
       <x:c r="T273" s="4" t="s">
-        <x:v>41</x:v>
+        <x:v>35</x:v>
       </x:c>
       <x:c r="U273" s="4" t="s">
-        <x:v>46</x:v>
+        <x:v>94</x:v>
       </x:c>
     </x:row>
     <x:row r="274" spans="1:21">
       <x:c r="A274" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B274" s="14" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="C274" s="15" t="n">
         <x:v>36968</x:v>
       </x:c>
       <x:c r="D274" s="15" t="s"/>
       <x:c r="E274" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F274" s="14" t="s"/>
       <x:c r="G274" s="14" t="s">
-        <x:v>452</x:v>
+        <x:v>446</x:v>
       </x:c>
       <x:c r="H274" s="14" t="s">
-        <x:v>453</x:v>
+        <x:v>447</x:v>
       </x:c>
       <x:c r="I274" s="16" t="s">
         <x:v>122</x:v>
       </x:c>
       <x:c r="J274" s="14" t="s">
         <x:v>99</x:v>
       </x:c>
       <x:c r="K274" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L274" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M274" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N274" s="15" t="n">
         <x:v>24431</x:v>
       </x:c>
       <x:c r="O274" s="14" t="s">
         <x:v>100</x:v>
       </x:c>
       <x:c r="P274" s="14" t="s">
-        <x:v>454</x:v>
+        <x:v>448</x:v>
       </x:c>
       <x:c r="Q274" s="16" t="s">
-        <x:v>455</x:v>
+        <x:v>449</x:v>
       </x:c>
       <x:c r="R274" s="14" t="s">
-        <x:v>456</x:v>
+        <x:v>450</x:v>
       </x:c>
       <x:c r="S274" s="14" t="n">
-        <x:v>558859</x:v>
+        <x:v>602813</x:v>
       </x:c>
       <x:c r="T274" s="16" t="s">
-        <x:v>35</x:v>
+        <x:v>43</x:v>
       </x:c>
       <x:c r="U274" s="16" t="s">
-        <x:v>94</x:v>
+        <x:v>77</x:v>
       </x:c>
     </x:row>
     <x:row r="275" spans="1:21">
       <x:c r="A275" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B275" s="0" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="C275" s="3" t="n">
         <x:v>36968</x:v>
       </x:c>
       <x:c r="D275" s="3" t="s"/>
       <x:c r="E275" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G275" s="0" t="s">
-        <x:v>452</x:v>
-[...2 lines deleted...]
-        <x:v>453</x:v>
+        <x:v>131</x:v>
       </x:c>
       <x:c r="I275" s="4" t="s">
         <x:v>122</x:v>
       </x:c>
       <x:c r="J275" s="0" t="s">
         <x:v>99</x:v>
       </x:c>
       <x:c r="K275" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L275" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M275" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N275" s="3" t="n">
         <x:v>24431</x:v>
       </x:c>
       <x:c r="O275" s="0" t="s">
         <x:v>100</x:v>
       </x:c>
       <x:c r="P275" s="0" t="s">
-        <x:v>454</x:v>
+        <x:v>138</x:v>
       </x:c>
       <x:c r="Q275" s="4" t="s">
-        <x:v>455</x:v>
+        <x:v>140</x:v>
       </x:c>
       <x:c r="R275" s="0" t="s">
-        <x:v>456</x:v>
+        <x:v>245</x:v>
       </x:c>
       <x:c r="S275" s="0" t="n">
-        <x:v>602813</x:v>
+        <x:v>604283</x:v>
       </x:c>
       <x:c r="T275" s="4" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="U275" s="4" t="s">
         <x:v>77</x:v>
       </x:c>
     </x:row>
     <x:row r="276" spans="1:21">
       <x:c r="A276" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B276" s="14" t="s">
-        <x:v>96</x:v>
+        <x:v>69</x:v>
       </x:c>
       <x:c r="C276" s="15" t="n">
-        <x:v>36968</x:v>
+        <x:v>35698</x:v>
       </x:c>
       <x:c r="D276" s="15" t="s"/>
       <x:c r="E276" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F276" s="14" t="s"/>
       <x:c r="G276" s="14" t="s">
-        <x:v>131</x:v>
-[...1 lines deleted...]
-      <x:c r="H276" s="14" t="s"/>
+        <x:v>138</x:v>
+      </x:c>
+      <x:c r="H276" s="14" t="s">
+        <x:v>139</x:v>
+      </x:c>
       <x:c r="I276" s="16" t="s">
-        <x:v>122</x:v>
+        <x:v>140</x:v>
       </x:c>
       <x:c r="J276" s="14" t="s">
-        <x:v>99</x:v>
+        <x:v>72</x:v>
       </x:c>
       <x:c r="K276" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L276" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M276" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N276" s="15" t="n">
-        <x:v>24431</x:v>
+        <x:v>31624</x:v>
       </x:c>
       <x:c r="O276" s="14" t="s">
-        <x:v>100</x:v>
+        <x:v>73</x:v>
       </x:c>
       <x:c r="P276" s="14" t="s">
         <x:v>138</x:v>
       </x:c>
       <x:c r="Q276" s="16" t="s">
         <x:v>140</x:v>
       </x:c>
       <x:c r="R276" s="14" t="s">
         <x:v>245</x:v>
       </x:c>
       <x:c r="S276" s="14" t="n">
-        <x:v>604283</x:v>
+        <x:v>451201</x:v>
       </x:c>
       <x:c r="T276" s="16" t="s">
-        <x:v>43</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="U276" s="16" t="s">
-        <x:v>77</x:v>
+        <x:v>54</x:v>
       </x:c>
     </x:row>
     <x:row r="277" spans="1:21">
       <x:c r="A277" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B277" s="0" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="C277" s="3" t="n">
         <x:v>35698</x:v>
       </x:c>
       <x:c r="D277" s="3" t="s"/>
       <x:c r="E277" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G277" s="0" t="s">
         <x:v>138</x:v>
       </x:c>
       <x:c r="H277" s="0" t="s">
         <x:v>139</x:v>
       </x:c>
       <x:c r="I277" s="4" t="s">
         <x:v>140</x:v>
       </x:c>
@@ -18287,415 +18295,414 @@
       <x:c r="K277" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L277" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M277" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N277" s="3" t="n">
         <x:v>31624</x:v>
       </x:c>
       <x:c r="O277" s="0" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="P277" s="0" t="s">
         <x:v>138</x:v>
       </x:c>
       <x:c r="Q277" s="4" t="s">
         <x:v>140</x:v>
       </x:c>
       <x:c r="R277" s="0" t="s">
         <x:v>245</x:v>
       </x:c>
       <x:c r="S277" s="0" t="n">
-        <x:v>451201</x:v>
+        <x:v>605755</x:v>
       </x:c>
       <x:c r="T277" s="4" t="s">
-        <x:v>95</x:v>
+        <x:v>43</x:v>
       </x:c>
       <x:c r="U277" s="4" t="s">
-        <x:v>54</x:v>
+        <x:v>61</x:v>
       </x:c>
     </x:row>
     <x:row r="278" spans="1:21">
       <x:c r="A278" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B278" s="14" t="s">
-        <x:v>69</x:v>
+        <x:v>185</x:v>
       </x:c>
       <x:c r="C278" s="15" t="n">
-        <x:v>35698</x:v>
+        <x:v>38576</x:v>
       </x:c>
       <x:c r="D278" s="15" t="s"/>
       <x:c r="E278" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F278" s="14" t="s"/>
       <x:c r="G278" s="14" t="s">
         <x:v>138</x:v>
       </x:c>
       <x:c r="H278" s="14" t="s">
         <x:v>139</x:v>
       </x:c>
       <x:c r="I278" s="16" t="s">
         <x:v>140</x:v>
       </x:c>
       <x:c r="J278" s="14" t="s">
-        <x:v>72</x:v>
+        <x:v>99</x:v>
       </x:c>
       <x:c r="K278" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L278" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M278" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N278" s="15" t="n">
-        <x:v>31624</x:v>
+        <x:v>23613</x:v>
       </x:c>
       <x:c r="O278" s="14" t="s">
-        <x:v>73</x:v>
+        <x:v>145</x:v>
       </x:c>
       <x:c r="P278" s="14" t="s">
         <x:v>138</x:v>
       </x:c>
       <x:c r="Q278" s="16" t="s">
         <x:v>140</x:v>
       </x:c>
       <x:c r="R278" s="14" t="s">
         <x:v>245</x:v>
       </x:c>
       <x:c r="S278" s="14" t="n">
-        <x:v>605755</x:v>
+        <x:v>605650</x:v>
       </x:c>
       <x:c r="T278" s="16" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="U278" s="16" t="s">
-        <x:v>61</x:v>
+        <x:v>77</x:v>
       </x:c>
     </x:row>
     <x:row r="279" spans="1:21">
       <x:c r="A279" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B279" s="0" t="s">
-        <x:v>185</x:v>
+        <x:v>170</x:v>
       </x:c>
       <x:c r="C279" s="3" t="n">
-        <x:v>38576</x:v>
+        <x:v>36968</x:v>
       </x:c>
       <x:c r="D279" s="3" t="s"/>
       <x:c r="E279" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G279" s="0" t="s">
-        <x:v>138</x:v>
-[...2 lines deleted...]
-        <x:v>139</x:v>
+        <x:v>131</x:v>
       </x:c>
       <x:c r="I279" s="4" t="s">
-        <x:v>140</x:v>
+        <x:v>122</x:v>
       </x:c>
       <x:c r="J279" s="0" t="s">
         <x:v>99</x:v>
       </x:c>
       <x:c r="K279" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L279" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M279" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N279" s="3" t="n">
-        <x:v>23613</x:v>
+        <x:v>24431</x:v>
       </x:c>
       <x:c r="O279" s="0" t="s">
-        <x:v>145</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="P279" s="0" t="s">
         <x:v>138</x:v>
       </x:c>
       <x:c r="Q279" s="4" t="s">
         <x:v>140</x:v>
       </x:c>
       <x:c r="R279" s="0" t="s">
         <x:v>245</x:v>
       </x:c>
       <x:c r="S279" s="0" t="n">
-        <x:v>605650</x:v>
+        <x:v>550308</x:v>
       </x:c>
       <x:c r="T279" s="4" t="s">
-        <x:v>43</x:v>
+        <x:v>35</x:v>
       </x:c>
       <x:c r="U279" s="4" t="s">
-        <x:v>77</x:v>
+        <x:v>94</x:v>
       </x:c>
     </x:row>
     <x:row r="280" spans="1:21">
       <x:c r="A280" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B280" s="14" t="s">
         <x:v>170</x:v>
       </x:c>
       <x:c r="C280" s="15" t="n">
         <x:v>36968</x:v>
       </x:c>
       <x:c r="D280" s="15" t="s"/>
       <x:c r="E280" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F280" s="14" t="s"/>
       <x:c r="G280" s="14" t="s">
-        <x:v>131</x:v>
-[...1 lines deleted...]
-      <x:c r="H280" s="14" t="s"/>
+        <x:v>138</x:v>
+      </x:c>
+      <x:c r="H280" s="14" t="s">
+        <x:v>139</x:v>
+      </x:c>
       <x:c r="I280" s="16" t="s">
-        <x:v>122</x:v>
+        <x:v>140</x:v>
       </x:c>
       <x:c r="J280" s="14" t="s">
         <x:v>99</x:v>
       </x:c>
       <x:c r="K280" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L280" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M280" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N280" s="15" t="n">
         <x:v>24431</x:v>
       </x:c>
       <x:c r="O280" s="14" t="s">
         <x:v>100</x:v>
       </x:c>
       <x:c r="P280" s="14" t="s">
         <x:v>138</x:v>
       </x:c>
       <x:c r="Q280" s="16" t="s">
         <x:v>140</x:v>
       </x:c>
       <x:c r="R280" s="14" t="s">
         <x:v>245</x:v>
       </x:c>
       <x:c r="S280" s="14" t="n">
-        <x:v>550308</x:v>
+        <x:v>501020</x:v>
       </x:c>
       <x:c r="T280" s="16" t="s">
-        <x:v>35</x:v>
+        <x:v>41</x:v>
       </x:c>
       <x:c r="U280" s="16" t="s">
-        <x:v>94</x:v>
+        <x:v>54</x:v>
       </x:c>
     </x:row>
     <x:row r="281" spans="1:21">
       <x:c r="A281" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B281" s="0" t="s">
-        <x:v>170</x:v>
+        <x:v>69</x:v>
       </x:c>
       <x:c r="C281" s="3" t="n">
-        <x:v>36968</x:v>
+        <x:v>35698</x:v>
       </x:c>
       <x:c r="D281" s="3" t="s"/>
       <x:c r="E281" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G281" s="0" t="s">
         <x:v>138</x:v>
       </x:c>
       <x:c r="H281" s="0" t="s">
         <x:v>139</x:v>
       </x:c>
       <x:c r="I281" s="4" t="s">
         <x:v>140</x:v>
       </x:c>
       <x:c r="J281" s="0" t="s">
-        <x:v>99</x:v>
+        <x:v>72</x:v>
       </x:c>
       <x:c r="K281" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L281" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M281" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N281" s="3" t="n">
-        <x:v>24431</x:v>
+        <x:v>31624</x:v>
       </x:c>
       <x:c r="O281" s="0" t="s">
-        <x:v>100</x:v>
+        <x:v>73</x:v>
       </x:c>
       <x:c r="P281" s="0" t="s">
         <x:v>138</x:v>
       </x:c>
       <x:c r="Q281" s="4" t="s">
         <x:v>140</x:v>
       </x:c>
       <x:c r="R281" s="0" t="s">
         <x:v>245</x:v>
       </x:c>
       <x:c r="S281" s="0" t="n">
-        <x:v>501020</x:v>
+        <x:v>500915</x:v>
       </x:c>
       <x:c r="T281" s="4" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="U281" s="4" t="s">
         <x:v>54</x:v>
       </x:c>
     </x:row>
     <x:row r="282" spans="1:21">
       <x:c r="A282" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B282" s="14" t="s">
-        <x:v>69</x:v>
+        <x:v>96</x:v>
       </x:c>
       <x:c r="C282" s="15" t="n">
-        <x:v>35698</x:v>
+        <x:v>36968</x:v>
       </x:c>
       <x:c r="D282" s="15" t="s"/>
       <x:c r="E282" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F282" s="14" t="s"/>
       <x:c r="G282" s="14" t="s">
         <x:v>138</x:v>
       </x:c>
       <x:c r="H282" s="14" t="s">
         <x:v>139</x:v>
       </x:c>
       <x:c r="I282" s="16" t="s">
         <x:v>140</x:v>
       </x:c>
       <x:c r="J282" s="14" t="s">
-        <x:v>72</x:v>
+        <x:v>99</x:v>
       </x:c>
       <x:c r="K282" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L282" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M282" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N282" s="15" t="n">
-        <x:v>31624</x:v>
+        <x:v>24431</x:v>
       </x:c>
       <x:c r="O282" s="14" t="s">
-        <x:v>73</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="P282" s="14" t="s">
         <x:v>138</x:v>
       </x:c>
       <x:c r="Q282" s="16" t="s">
         <x:v>140</x:v>
       </x:c>
       <x:c r="R282" s="14" t="s">
         <x:v>245</x:v>
       </x:c>
       <x:c r="S282" s="14" t="n">
-        <x:v>500915</x:v>
+        <x:v>605700</x:v>
       </x:c>
       <x:c r="T282" s="16" t="s">
-        <x:v>41</x:v>
+        <x:v>43</x:v>
       </x:c>
       <x:c r="U282" s="16" t="s">
-        <x:v>54</x:v>
+        <x:v>77</x:v>
       </x:c>
     </x:row>
     <x:row r="283" spans="1:21">
       <x:c r="A283" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B283" s="0" t="s">
-        <x:v>96</x:v>
+        <x:v>69</x:v>
       </x:c>
       <x:c r="C283" s="3" t="n">
-        <x:v>36968</x:v>
+        <x:v>35698</x:v>
       </x:c>
       <x:c r="D283" s="3" t="s"/>
       <x:c r="E283" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G283" s="0" t="s">
         <x:v>138</x:v>
       </x:c>
       <x:c r="H283" s="0" t="s">
         <x:v>139</x:v>
       </x:c>
       <x:c r="I283" s="4" t="s">
         <x:v>140</x:v>
       </x:c>
       <x:c r="J283" s="0" t="s">
-        <x:v>99</x:v>
+        <x:v>72</x:v>
       </x:c>
       <x:c r="K283" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L283" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M283" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N283" s="3" t="n">
-        <x:v>24431</x:v>
+        <x:v>31624</x:v>
       </x:c>
       <x:c r="O283" s="0" t="s">
-        <x:v>100</x:v>
+        <x:v>73</x:v>
       </x:c>
       <x:c r="P283" s="0" t="s">
         <x:v>138</x:v>
       </x:c>
       <x:c r="Q283" s="4" t="s">
         <x:v>140</x:v>
       </x:c>
       <x:c r="R283" s="0" t="s">
         <x:v>245</x:v>
       </x:c>
       <x:c r="S283" s="0" t="n">
-        <x:v>605700</x:v>
+        <x:v>550186</x:v>
       </x:c>
       <x:c r="T283" s="4" t="s">
-        <x:v>43</x:v>
+        <x:v>35</x:v>
       </x:c>
       <x:c r="U283" s="4" t="s">
         <x:v>77</x:v>
       </x:c>
     </x:row>
     <x:row r="284" spans="1:21">
       <x:c r="A284" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B284" s="14" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="C284" s="15" t="n">
         <x:v>35698</x:v>
       </x:c>
       <x:c r="D284" s="15" t="s"/>
       <x:c r="E284" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F284" s="14" t="s"/>
       <x:c r="G284" s="14" t="s">
         <x:v>138</x:v>
       </x:c>
       <x:c r="H284" s="14" t="s">
         <x:v>139</x:v>
@@ -18709,7007 +18716,7001 @@
       <x:c r="K284" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L284" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M284" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N284" s="15" t="n">
         <x:v>31624</x:v>
       </x:c>
       <x:c r="O284" s="14" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="P284" s="14" t="s">
         <x:v>138</x:v>
       </x:c>
       <x:c r="Q284" s="16" t="s">
         <x:v>140</x:v>
       </x:c>
       <x:c r="R284" s="14" t="s">
         <x:v>245</x:v>
       </x:c>
       <x:c r="S284" s="14" t="n">
-        <x:v>550186</x:v>
+        <x:v>500916</x:v>
       </x:c>
       <x:c r="T284" s="16" t="s">
-        <x:v>35</x:v>
+        <x:v>41</x:v>
       </x:c>
       <x:c r="U284" s="16" t="s">
-        <x:v>77</x:v>
+        <x:v>94</x:v>
       </x:c>
     </x:row>
     <x:row r="285" spans="1:21">
       <x:c r="A285" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B285" s="0" t="s">
-        <x:v>69</x:v>
+        <x:v>96</x:v>
       </x:c>
       <x:c r="C285" s="3" t="n">
-        <x:v>35698</x:v>
+        <x:v>36968</x:v>
       </x:c>
       <x:c r="D285" s="3" t="s"/>
       <x:c r="E285" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G285" s="0" t="s">
         <x:v>138</x:v>
       </x:c>
       <x:c r="H285" s="0" t="s">
         <x:v>139</x:v>
       </x:c>
       <x:c r="I285" s="4" t="s">
         <x:v>140</x:v>
       </x:c>
       <x:c r="J285" s="0" t="s">
-        <x:v>72</x:v>
+        <x:v>99</x:v>
       </x:c>
       <x:c r="K285" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L285" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M285" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N285" s="3" t="n">
-        <x:v>31624</x:v>
+        <x:v>24431</x:v>
       </x:c>
       <x:c r="O285" s="0" t="s">
-        <x:v>73</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="P285" s="0" t="s">
         <x:v>138</x:v>
       </x:c>
       <x:c r="Q285" s="4" t="s">
         <x:v>140</x:v>
       </x:c>
       <x:c r="R285" s="0" t="s">
         <x:v>245</x:v>
       </x:c>
       <x:c r="S285" s="0" t="n">
-        <x:v>500916</x:v>
+        <x:v>550271</x:v>
       </x:c>
       <x:c r="T285" s="4" t="s">
-        <x:v>41</x:v>
+        <x:v>35</x:v>
       </x:c>
       <x:c r="U285" s="4" t="s">
         <x:v>94</x:v>
       </x:c>
     </x:row>
     <x:row r="286" spans="1:21">
       <x:c r="A286" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B286" s="14" t="s">
-        <x:v>96</x:v>
+        <x:v>200</x:v>
       </x:c>
       <x:c r="C286" s="15" t="n">
-        <x:v>36968</x:v>
+        <x:v>37446</x:v>
       </x:c>
       <x:c r="D286" s="15" t="s"/>
       <x:c r="E286" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F286" s="14" t="s"/>
       <x:c r="G286" s="14" t="s">
         <x:v>138</x:v>
       </x:c>
       <x:c r="H286" s="14" t="s">
         <x:v>139</x:v>
       </x:c>
       <x:c r="I286" s="16" t="s">
         <x:v>140</x:v>
       </x:c>
       <x:c r="J286" s="14" t="s">
-        <x:v>99</x:v>
+        <x:v>72</x:v>
       </x:c>
       <x:c r="K286" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L286" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M286" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N286" s="15" t="n">
-        <x:v>24431</x:v>
+        <x:v>22211</x:v>
       </x:c>
       <x:c r="O286" s="14" t="s">
-        <x:v>100</x:v>
+        <x:v>201</x:v>
       </x:c>
       <x:c r="P286" s="14" t="s">
         <x:v>138</x:v>
       </x:c>
       <x:c r="Q286" s="16" t="s">
         <x:v>140</x:v>
       </x:c>
       <x:c r="R286" s="14" t="s">
         <x:v>245</x:v>
       </x:c>
       <x:c r="S286" s="14" t="n">
-        <x:v>550271</x:v>
+        <x:v>550293</x:v>
       </x:c>
       <x:c r="T286" s="16" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="U286" s="16" t="s">
-        <x:v>94</x:v>
+        <x:v>54</x:v>
       </x:c>
     </x:row>
     <x:row r="287" spans="1:21">
       <x:c r="A287" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B287" s="0" t="s">
-        <x:v>170</x:v>
+        <x:v>451</x:v>
       </x:c>
       <x:c r="C287" s="3" t="n">
-        <x:v>36968</x:v>
+        <x:v>39935</x:v>
       </x:c>
       <x:c r="D287" s="3" t="s"/>
       <x:c r="E287" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G287" s="0" t="s">
         <x:v>138</x:v>
       </x:c>
       <x:c r="H287" s="0" t="s">
         <x:v>139</x:v>
       </x:c>
       <x:c r="I287" s="4" t="s">
         <x:v>140</x:v>
       </x:c>
       <x:c r="J287" s="0" t="s">
-        <x:v>99</x:v>
+        <x:v>72</x:v>
       </x:c>
       <x:c r="K287" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L287" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M287" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N287" s="3" t="n">
-        <x:v>24431</x:v>
+        <x:v>22650</x:v>
       </x:c>
       <x:c r="O287" s="0" t="s">
-        <x:v>100</x:v>
+        <x:v>350</x:v>
       </x:c>
       <x:c r="P287" s="0" t="s">
         <x:v>138</x:v>
       </x:c>
       <x:c r="Q287" s="4" t="s">
         <x:v>140</x:v>
       </x:c>
       <x:c r="R287" s="0" t="s">
         <x:v>245</x:v>
       </x:c>
       <x:c r="S287" s="0" t="n">
-        <x:v>550273</x:v>
+        <x:v>451227</x:v>
       </x:c>
       <x:c r="T287" s="4" t="s">
-        <x:v>35</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="U287" s="4" t="s">
-        <x:v>94</x:v>
+        <x:v>54</x:v>
       </x:c>
     </x:row>
     <x:row r="288" spans="1:21">
       <x:c r="A288" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B288" s="14" t="s">
-        <x:v>96</x:v>
+        <x:v>451</x:v>
       </x:c>
       <x:c r="C288" s="15" t="n">
-        <x:v>36968</x:v>
+        <x:v>39935</x:v>
       </x:c>
       <x:c r="D288" s="15" t="s"/>
       <x:c r="E288" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F288" s="14" t="s"/>
       <x:c r="G288" s="14" t="s">
         <x:v>138</x:v>
       </x:c>
       <x:c r="H288" s="14" t="s">
         <x:v>139</x:v>
       </x:c>
       <x:c r="I288" s="16" t="s">
         <x:v>140</x:v>
       </x:c>
       <x:c r="J288" s="14" t="s">
-        <x:v>99</x:v>
+        <x:v>72</x:v>
       </x:c>
       <x:c r="K288" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L288" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M288" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N288" s="15" t="n">
-        <x:v>24431</x:v>
+        <x:v>22650</x:v>
       </x:c>
       <x:c r="O288" s="14" t="s">
-        <x:v>100</x:v>
+        <x:v>350</x:v>
       </x:c>
       <x:c r="P288" s="14" t="s">
         <x:v>138</x:v>
       </x:c>
       <x:c r="Q288" s="16" t="s">
         <x:v>140</x:v>
       </x:c>
       <x:c r="R288" s="14" t="s">
         <x:v>245</x:v>
       </x:c>
       <x:c r="S288" s="14" t="n">
-        <x:v>501016</x:v>
+        <x:v>500976</x:v>
       </x:c>
       <x:c r="T288" s="16" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="U288" s="16" t="s">
         <x:v>54</x:v>
       </x:c>
     </x:row>
     <x:row r="289" spans="1:21">
       <x:c r="A289" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B289" s="0" t="s">
-        <x:v>457</x:v>
+        <x:v>170</x:v>
       </x:c>
       <x:c r="C289" s="3" t="n">
-        <x:v>37221</x:v>
+        <x:v>36968</x:v>
       </x:c>
       <x:c r="D289" s="3" t="s"/>
       <x:c r="E289" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G289" s="0" t="s">
-        <x:v>138</x:v>
-[...2 lines deleted...]
-        <x:v>139</x:v>
+        <x:v>131</x:v>
       </x:c>
       <x:c r="I289" s="4" t="s">
-        <x:v>140</x:v>
+        <x:v>122</x:v>
       </x:c>
       <x:c r="J289" s="0" t="s">
-        <x:v>72</x:v>
+        <x:v>99</x:v>
       </x:c>
       <x:c r="K289" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L289" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M289" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N289" s="3" t="n">
-        <x:v>31620</x:v>
+        <x:v>24431</x:v>
       </x:c>
       <x:c r="O289" s="0" t="s">
-        <x:v>458</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="P289" s="0" t="s">
         <x:v>138</x:v>
       </x:c>
       <x:c r="Q289" s="4" t="s">
         <x:v>140</x:v>
       </x:c>
       <x:c r="R289" s="0" t="s">
         <x:v>245</x:v>
       </x:c>
       <x:c r="S289" s="0" t="n">
-        <x:v>550282</x:v>
+        <x:v>501475</x:v>
       </x:c>
       <x:c r="T289" s="4" t="s">
-        <x:v>35</x:v>
+        <x:v>41</x:v>
       </x:c>
       <x:c r="U289" s="4" t="s">
-        <x:v>54</x:v>
+        <x:v>46</x:v>
       </x:c>
     </x:row>
     <x:row r="290" spans="1:21">
       <x:c r="A290" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B290" s="14" t="s">
-        <x:v>69</x:v>
+        <x:v>452</x:v>
       </x:c>
       <x:c r="C290" s="15" t="n">
-        <x:v>35698</x:v>
+        <x:v>40437</x:v>
       </x:c>
       <x:c r="D290" s="15" t="s"/>
       <x:c r="E290" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F290" s="14" t="s"/>
       <x:c r="G290" s="14" t="s">
         <x:v>138</x:v>
       </x:c>
       <x:c r="H290" s="14" t="s">
         <x:v>139</x:v>
       </x:c>
       <x:c r="I290" s="16" t="s">
         <x:v>140</x:v>
       </x:c>
       <x:c r="J290" s="14" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="K290" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L290" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M290" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N290" s="15" t="n">
-        <x:v>31624</x:v>
+        <x:v>22650</x:v>
       </x:c>
       <x:c r="O290" s="14" t="s">
-        <x:v>73</x:v>
+        <x:v>350</x:v>
       </x:c>
       <x:c r="P290" s="14" t="s">
         <x:v>138</x:v>
       </x:c>
       <x:c r="Q290" s="16" t="s">
         <x:v>140</x:v>
       </x:c>
       <x:c r="R290" s="14" t="s">
         <x:v>245</x:v>
       </x:c>
       <x:c r="S290" s="14" t="n">
-        <x:v>550187</x:v>
+        <x:v>579325</x:v>
       </x:c>
       <x:c r="T290" s="16" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="U290" s="16" t="s">
-        <x:v>94</x:v>
+        <x:v>77</x:v>
       </x:c>
     </x:row>
     <x:row r="291" spans="1:21">
       <x:c r="A291" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B291" s="0" t="s">
-        <x:v>185</x:v>
+        <x:v>96</x:v>
       </x:c>
       <x:c r="C291" s="3" t="n">
-        <x:v>38576</x:v>
+        <x:v>36968</x:v>
       </x:c>
       <x:c r="D291" s="3" t="s"/>
       <x:c r="E291" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G291" s="0" t="s">
-        <x:v>138</x:v>
-[...2 lines deleted...]
-        <x:v>139</x:v>
+        <x:v>131</x:v>
       </x:c>
       <x:c r="I291" s="4" t="s">
-        <x:v>140</x:v>
+        <x:v>122</x:v>
       </x:c>
       <x:c r="J291" s="0" t="s">
         <x:v>99</x:v>
       </x:c>
       <x:c r="K291" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L291" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M291" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N291" s="3" t="n">
-        <x:v>23613</x:v>
+        <x:v>24431</x:v>
       </x:c>
       <x:c r="O291" s="0" t="s">
-        <x:v>145</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="P291" s="0" t="s">
         <x:v>138</x:v>
       </x:c>
       <x:c r="Q291" s="4" t="s">
         <x:v>140</x:v>
       </x:c>
       <x:c r="R291" s="0" t="s">
         <x:v>245</x:v>
       </x:c>
       <x:c r="S291" s="0" t="n">
-        <x:v>550221</x:v>
+        <x:v>550307</x:v>
       </x:c>
       <x:c r="T291" s="4" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="U291" s="4" t="s">
         <x:v>94</x:v>
       </x:c>
     </x:row>
     <x:row r="292" spans="1:21">
       <x:c r="A292" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B292" s="14" t="s">
-        <x:v>459</x:v>
+        <x:v>452</x:v>
       </x:c>
       <x:c r="C292" s="15" t="n">
-        <x:v>39935</x:v>
+        <x:v>40437</x:v>
       </x:c>
       <x:c r="D292" s="15" t="s"/>
       <x:c r="E292" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F292" s="14" t="s"/>
       <x:c r="G292" s="14" t="s">
         <x:v>138</x:v>
       </x:c>
       <x:c r="H292" s="14" t="s">
         <x:v>139</x:v>
       </x:c>
       <x:c r="I292" s="16" t="s">
         <x:v>140</x:v>
       </x:c>
       <x:c r="J292" s="14" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="K292" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L292" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M292" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N292" s="15" t="n">
         <x:v>22650</x:v>
       </x:c>
       <x:c r="O292" s="14" t="s">
         <x:v>350</x:v>
       </x:c>
       <x:c r="P292" s="14" t="s">
         <x:v>138</x:v>
       </x:c>
       <x:c r="Q292" s="16" t="s">
         <x:v>140</x:v>
       </x:c>
       <x:c r="R292" s="14" t="s">
         <x:v>245</x:v>
       </x:c>
       <x:c r="S292" s="14" t="n">
-        <x:v>500977</x:v>
+        <x:v>579331</x:v>
       </x:c>
       <x:c r="T292" s="16" t="s">
-        <x:v>41</x:v>
+        <x:v>35</x:v>
       </x:c>
       <x:c r="U292" s="16" t="s">
         <x:v>94</x:v>
       </x:c>
     </x:row>
     <x:row r="293" spans="1:21">
       <x:c r="A293" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B293" s="0" t="s">
-        <x:v>185</x:v>
+        <x:v>200</x:v>
       </x:c>
       <x:c r="C293" s="3" t="n">
-        <x:v>37706</x:v>
+        <x:v>37446</x:v>
       </x:c>
       <x:c r="D293" s="3" t="s"/>
       <x:c r="E293" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G293" s="0" t="s">
         <x:v>138</x:v>
       </x:c>
       <x:c r="H293" s="0" t="s">
         <x:v>139</x:v>
       </x:c>
       <x:c r="I293" s="4" t="s">
         <x:v>140</x:v>
       </x:c>
       <x:c r="J293" s="0" t="s">
-        <x:v>99</x:v>
+        <x:v>72</x:v>
       </x:c>
       <x:c r="K293" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L293" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M293" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N293" s="3" t="n">
-        <x:v>23613</x:v>
+        <x:v>22211</x:v>
       </x:c>
       <x:c r="O293" s="0" t="s">
-        <x:v>145</x:v>
+        <x:v>201</x:v>
       </x:c>
       <x:c r="P293" s="0" t="s">
         <x:v>138</x:v>
       </x:c>
       <x:c r="Q293" s="4" t="s">
         <x:v>140</x:v>
       </x:c>
       <x:c r="R293" s="0" t="s">
         <x:v>245</x:v>
       </x:c>
       <x:c r="S293" s="0" t="n">
-        <x:v>500978</x:v>
+        <x:v>605732</x:v>
       </x:c>
       <x:c r="T293" s="4" t="s">
-        <x:v>41</x:v>
+        <x:v>43</x:v>
       </x:c>
       <x:c r="U293" s="4" t="s">
-        <x:v>54</x:v>
+        <x:v>94</x:v>
       </x:c>
     </x:row>
     <x:row r="294" spans="1:21">
       <x:c r="A294" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B294" s="14" t="s">
-        <x:v>200</x:v>
+        <x:v>69</x:v>
       </x:c>
       <x:c r="C294" s="15" t="n">
-        <x:v>37446</x:v>
+        <x:v>35698</x:v>
       </x:c>
       <x:c r="D294" s="15" t="s"/>
       <x:c r="E294" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F294" s="14" t="s"/>
       <x:c r="G294" s="14" t="s">
         <x:v>138</x:v>
       </x:c>
       <x:c r="H294" s="14" t="s">
         <x:v>139</x:v>
       </x:c>
       <x:c r="I294" s="16" t="s">
         <x:v>140</x:v>
       </x:c>
       <x:c r="J294" s="14" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="K294" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L294" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M294" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N294" s="15" t="n">
-        <x:v>22211</x:v>
+        <x:v>31624</x:v>
       </x:c>
       <x:c r="O294" s="14" t="s">
-        <x:v>201</x:v>
+        <x:v>73</x:v>
       </x:c>
       <x:c r="P294" s="14" t="s">
         <x:v>138</x:v>
       </x:c>
       <x:c r="Q294" s="16" t="s">
         <x:v>140</x:v>
       </x:c>
       <x:c r="R294" s="14" t="s">
         <x:v>245</x:v>
       </x:c>
       <x:c r="S294" s="14" t="n">
-        <x:v>550293</x:v>
+        <x:v>605756</x:v>
       </x:c>
       <x:c r="T294" s="16" t="s">
-        <x:v>35</x:v>
+        <x:v>43</x:v>
       </x:c>
       <x:c r="U294" s="16" t="s">
-        <x:v>54</x:v>
+        <x:v>77</x:v>
       </x:c>
     </x:row>
     <x:row r="295" spans="1:21">
       <x:c r="A295" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B295" s="0" t="s">
-        <x:v>459</x:v>
+        <x:v>170</x:v>
       </x:c>
       <x:c r="C295" s="3" t="n">
-        <x:v>39935</x:v>
+        <x:v>36968</x:v>
       </x:c>
       <x:c r="D295" s="3" t="s"/>
       <x:c r="E295" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G295" s="0" t="s">
         <x:v>138</x:v>
       </x:c>
       <x:c r="H295" s="0" t="s">
         <x:v>139</x:v>
       </x:c>
       <x:c r="I295" s="4" t="s">
         <x:v>140</x:v>
       </x:c>
       <x:c r="J295" s="0" t="s">
-        <x:v>72</x:v>
+        <x:v>99</x:v>
       </x:c>
       <x:c r="K295" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L295" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M295" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N295" s="3" t="n">
-        <x:v>22650</x:v>
+        <x:v>24431</x:v>
       </x:c>
       <x:c r="O295" s="0" t="s">
-        <x:v>350</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="P295" s="0" t="s">
         <x:v>138</x:v>
       </x:c>
       <x:c r="Q295" s="4" t="s">
         <x:v>140</x:v>
       </x:c>
       <x:c r="R295" s="0" t="s">
         <x:v>245</x:v>
       </x:c>
       <x:c r="S295" s="0" t="n">
-        <x:v>451227</x:v>
+        <x:v>605703</x:v>
       </x:c>
       <x:c r="T295" s="4" t="s">
-        <x:v>95</x:v>
+        <x:v>43</x:v>
       </x:c>
       <x:c r="U295" s="4" t="s">
-        <x:v>54</x:v>
+        <x:v>77</x:v>
       </x:c>
     </x:row>
     <x:row r="296" spans="1:21">
       <x:c r="A296" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B296" s="14" t="s">
-        <x:v>459</x:v>
+        <x:v>170</x:v>
       </x:c>
       <x:c r="C296" s="15" t="n">
-        <x:v>39935</x:v>
+        <x:v>36968</x:v>
       </x:c>
       <x:c r="D296" s="15" t="s"/>
       <x:c r="E296" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F296" s="14" t="s"/>
       <x:c r="G296" s="14" t="s">
         <x:v>138</x:v>
       </x:c>
       <x:c r="H296" s="14" t="s">
         <x:v>139</x:v>
       </x:c>
       <x:c r="I296" s="16" t="s">
         <x:v>140</x:v>
       </x:c>
       <x:c r="J296" s="14" t="s">
-        <x:v>72</x:v>
+        <x:v>99</x:v>
       </x:c>
       <x:c r="K296" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L296" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M296" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N296" s="15" t="n">
-        <x:v>22650</x:v>
+        <x:v>24431</x:v>
       </x:c>
       <x:c r="O296" s="14" t="s">
-        <x:v>350</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="P296" s="14" t="s">
         <x:v>138</x:v>
       </x:c>
       <x:c r="Q296" s="16" t="s">
         <x:v>140</x:v>
       </x:c>
       <x:c r="R296" s="14" t="s">
         <x:v>245</x:v>
       </x:c>
       <x:c r="S296" s="14" t="n">
-        <x:v>500976</x:v>
+        <x:v>550273</x:v>
       </x:c>
       <x:c r="T296" s="16" t="s">
-        <x:v>41</x:v>
+        <x:v>35</x:v>
       </x:c>
       <x:c r="U296" s="16" t="s">
-        <x:v>54</x:v>
+        <x:v>94</x:v>
       </x:c>
     </x:row>
     <x:row r="297" spans="1:21">
       <x:c r="A297" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B297" s="0" t="s">
-        <x:v>170</x:v>
+        <x:v>96</x:v>
       </x:c>
       <x:c r="C297" s="3" t="n">
         <x:v>36968</x:v>
       </x:c>
       <x:c r="D297" s="3" t="s"/>
       <x:c r="E297" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G297" s="0" t="s">
-        <x:v>131</x:v>
+        <x:v>138</x:v>
+      </x:c>
+      <x:c r="H297" s="0" t="s">
+        <x:v>139</x:v>
       </x:c>
       <x:c r="I297" s="4" t="s">
-        <x:v>122</x:v>
+        <x:v>140</x:v>
       </x:c>
       <x:c r="J297" s="0" t="s">
         <x:v>99</x:v>
       </x:c>
       <x:c r="K297" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L297" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M297" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N297" s="3" t="n">
         <x:v>24431</x:v>
       </x:c>
       <x:c r="O297" s="0" t="s">
         <x:v>100</x:v>
       </x:c>
       <x:c r="P297" s="0" t="s">
         <x:v>138</x:v>
       </x:c>
       <x:c r="Q297" s="4" t="s">
         <x:v>140</x:v>
       </x:c>
       <x:c r="R297" s="0" t="s">
         <x:v>245</x:v>
       </x:c>
       <x:c r="S297" s="0" t="n">
-        <x:v>501475</x:v>
+        <x:v>501016</x:v>
       </x:c>
       <x:c r="T297" s="4" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="U297" s="4" t="s">
-        <x:v>46</x:v>
+        <x:v>54</x:v>
       </x:c>
     </x:row>
     <x:row r="298" spans="1:21">
       <x:c r="A298" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B298" s="14" t="s">
-        <x:v>460</x:v>
+        <x:v>453</x:v>
       </x:c>
       <x:c r="C298" s="15" t="n">
-        <x:v>40437</x:v>
+        <x:v>37221</x:v>
       </x:c>
       <x:c r="D298" s="15" t="s"/>
       <x:c r="E298" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F298" s="14" t="s"/>
       <x:c r="G298" s="14" t="s">
         <x:v>138</x:v>
       </x:c>
       <x:c r="H298" s="14" t="s">
         <x:v>139</x:v>
       </x:c>
       <x:c r="I298" s="16" t="s">
         <x:v>140</x:v>
       </x:c>
       <x:c r="J298" s="14" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="K298" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L298" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M298" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N298" s="15" t="n">
-        <x:v>22650</x:v>
+        <x:v>31620</x:v>
       </x:c>
       <x:c r="O298" s="14" t="s">
-        <x:v>350</x:v>
+        <x:v>454</x:v>
       </x:c>
       <x:c r="P298" s="14" t="s">
         <x:v>138</x:v>
       </x:c>
       <x:c r="Q298" s="16" t="s">
         <x:v>140</x:v>
       </x:c>
       <x:c r="R298" s="14" t="s">
         <x:v>245</x:v>
       </x:c>
       <x:c r="S298" s="14" t="n">
-        <x:v>579325</x:v>
+        <x:v>550282</x:v>
       </x:c>
       <x:c r="T298" s="16" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="U298" s="16" t="s">
-        <x:v>77</x:v>
+        <x:v>54</x:v>
       </x:c>
     </x:row>
     <x:row r="299" spans="1:21">
       <x:c r="A299" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B299" s="0" t="s">
-        <x:v>96</x:v>
+        <x:v>69</x:v>
       </x:c>
       <x:c r="C299" s="3" t="n">
-        <x:v>36968</x:v>
+        <x:v>35698</x:v>
       </x:c>
       <x:c r="D299" s="3" t="s"/>
       <x:c r="E299" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G299" s="0" t="s">
-        <x:v>131</x:v>
+        <x:v>138</x:v>
+      </x:c>
+      <x:c r="H299" s="0" t="s">
+        <x:v>139</x:v>
       </x:c>
       <x:c r="I299" s="4" t="s">
-        <x:v>122</x:v>
+        <x:v>140</x:v>
       </x:c>
       <x:c r="J299" s="0" t="s">
-        <x:v>99</x:v>
+        <x:v>72</x:v>
       </x:c>
       <x:c r="K299" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L299" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M299" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N299" s="3" t="n">
-        <x:v>24431</x:v>
+        <x:v>31624</x:v>
       </x:c>
       <x:c r="O299" s="0" t="s">
-        <x:v>100</x:v>
+        <x:v>73</x:v>
       </x:c>
       <x:c r="P299" s="0" t="s">
         <x:v>138</x:v>
       </x:c>
       <x:c r="Q299" s="4" t="s">
         <x:v>140</x:v>
       </x:c>
       <x:c r="R299" s="0" t="s">
         <x:v>245</x:v>
       </x:c>
       <x:c r="S299" s="0" t="n">
-        <x:v>550307</x:v>
+        <x:v>550187</x:v>
       </x:c>
       <x:c r="T299" s="4" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="U299" s="4" t="s">
         <x:v>94</x:v>
       </x:c>
     </x:row>
     <x:row r="300" spans="1:21">
       <x:c r="A300" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B300" s="14" t="s">
-        <x:v>460</x:v>
+        <x:v>451</x:v>
       </x:c>
       <x:c r="C300" s="15" t="n">
-        <x:v>40437</x:v>
+        <x:v>39935</x:v>
       </x:c>
       <x:c r="D300" s="15" t="s"/>
       <x:c r="E300" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F300" s="14" t="s"/>
       <x:c r="G300" s="14" t="s">
         <x:v>138</x:v>
       </x:c>
       <x:c r="H300" s="14" t="s">
         <x:v>139</x:v>
       </x:c>
       <x:c r="I300" s="16" t="s">
         <x:v>140</x:v>
       </x:c>
       <x:c r="J300" s="14" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="K300" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L300" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M300" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N300" s="15" t="n">
         <x:v>22650</x:v>
       </x:c>
       <x:c r="O300" s="14" t="s">
         <x:v>350</x:v>
       </x:c>
       <x:c r="P300" s="14" t="s">
         <x:v>138</x:v>
       </x:c>
       <x:c r="Q300" s="16" t="s">
         <x:v>140</x:v>
       </x:c>
       <x:c r="R300" s="14" t="s">
         <x:v>245</x:v>
       </x:c>
       <x:c r="S300" s="14" t="n">
-        <x:v>579331</x:v>
+        <x:v>500977</x:v>
       </x:c>
       <x:c r="T300" s="16" t="s">
-        <x:v>35</x:v>
+        <x:v>41</x:v>
       </x:c>
       <x:c r="U300" s="16" t="s">
         <x:v>94</x:v>
       </x:c>
     </x:row>
     <x:row r="301" spans="1:21">
       <x:c r="A301" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B301" s="0" t="s">
-        <x:v>200</x:v>
+        <x:v>185</x:v>
       </x:c>
       <x:c r="C301" s="3" t="n">
-        <x:v>37446</x:v>
+        <x:v>38576</x:v>
       </x:c>
       <x:c r="D301" s="3" t="s"/>
       <x:c r="E301" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G301" s="0" t="s">
         <x:v>138</x:v>
       </x:c>
       <x:c r="H301" s="0" t="s">
         <x:v>139</x:v>
       </x:c>
       <x:c r="I301" s="4" t="s">
         <x:v>140</x:v>
       </x:c>
       <x:c r="J301" s="0" t="s">
-        <x:v>72</x:v>
+        <x:v>99</x:v>
       </x:c>
       <x:c r="K301" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L301" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M301" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N301" s="3" t="n">
-        <x:v>22211</x:v>
+        <x:v>23613</x:v>
       </x:c>
       <x:c r="O301" s="0" t="s">
-        <x:v>201</x:v>
+        <x:v>145</x:v>
       </x:c>
       <x:c r="P301" s="0" t="s">
         <x:v>138</x:v>
       </x:c>
       <x:c r="Q301" s="4" t="s">
         <x:v>140</x:v>
       </x:c>
       <x:c r="R301" s="0" t="s">
         <x:v>245</x:v>
       </x:c>
       <x:c r="S301" s="0" t="n">
-        <x:v>605732</x:v>
+        <x:v>550221</x:v>
       </x:c>
       <x:c r="T301" s="4" t="s">
-        <x:v>43</x:v>
+        <x:v>35</x:v>
       </x:c>
       <x:c r="U301" s="4" t="s">
         <x:v>94</x:v>
       </x:c>
     </x:row>
     <x:row r="302" spans="1:21">
       <x:c r="A302" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B302" s="14" t="s">
-        <x:v>69</x:v>
+        <x:v>96</x:v>
       </x:c>
       <x:c r="C302" s="15" t="n">
-        <x:v>35698</x:v>
+        <x:v>36968</x:v>
       </x:c>
       <x:c r="D302" s="15" t="s"/>
       <x:c r="E302" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F302" s="14" t="s"/>
       <x:c r="G302" s="14" t="s">
-        <x:v>138</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>131</x:v>
+      </x:c>
+      <x:c r="H302" s="14" t="s"/>
       <x:c r="I302" s="16" t="s">
-        <x:v>140</x:v>
+        <x:v>122</x:v>
       </x:c>
       <x:c r="J302" s="14" t="s">
-        <x:v>72</x:v>
+        <x:v>99</x:v>
       </x:c>
       <x:c r="K302" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L302" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M302" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N302" s="15" t="n">
-        <x:v>31624</x:v>
+        <x:v>24431</x:v>
       </x:c>
       <x:c r="O302" s="14" t="s">
-        <x:v>73</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="P302" s="14" t="s">
         <x:v>138</x:v>
       </x:c>
       <x:c r="Q302" s="16" t="s">
         <x:v>140</x:v>
       </x:c>
       <x:c r="R302" s="14" t="s">
         <x:v>245</x:v>
       </x:c>
       <x:c r="S302" s="14" t="n">
-        <x:v>605756</x:v>
+        <x:v>501469</x:v>
       </x:c>
       <x:c r="T302" s="16" t="s">
-        <x:v>43</x:v>
+        <x:v>41</x:v>
       </x:c>
       <x:c r="U302" s="16" t="s">
-        <x:v>77</x:v>
+        <x:v>46</x:v>
       </x:c>
     </x:row>
     <x:row r="303" spans="1:21">
       <x:c r="A303" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B303" s="0" t="s">
-        <x:v>96</x:v>
+        <x:v>185</x:v>
       </x:c>
       <x:c r="C303" s="3" t="n">
-        <x:v>36968</x:v>
+        <x:v>37706</x:v>
       </x:c>
       <x:c r="D303" s="3" t="s"/>
       <x:c r="E303" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G303" s="0" t="s">
-        <x:v>131</x:v>
+        <x:v>138</x:v>
+      </x:c>
+      <x:c r="H303" s="0" t="s">
+        <x:v>139</x:v>
       </x:c>
       <x:c r="I303" s="4" t="s">
-        <x:v>122</x:v>
+        <x:v>140</x:v>
       </x:c>
       <x:c r="J303" s="0" t="s">
         <x:v>99</x:v>
       </x:c>
       <x:c r="K303" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L303" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M303" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N303" s="3" t="n">
-        <x:v>24431</x:v>
+        <x:v>23613</x:v>
       </x:c>
       <x:c r="O303" s="0" t="s">
-        <x:v>100</x:v>
+        <x:v>145</x:v>
       </x:c>
       <x:c r="P303" s="0" t="s">
         <x:v>138</x:v>
       </x:c>
       <x:c r="Q303" s="4" t="s">
         <x:v>140</x:v>
       </x:c>
       <x:c r="R303" s="0" t="s">
         <x:v>245</x:v>
       </x:c>
       <x:c r="S303" s="0" t="n">
-        <x:v>501469</x:v>
+        <x:v>500978</x:v>
       </x:c>
       <x:c r="T303" s="4" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="U303" s="4" t="s">
-        <x:v>46</x:v>
+        <x:v>54</x:v>
       </x:c>
     </x:row>
     <x:row r="304" spans="1:21">
       <x:c r="A304" s="13" t="s">
-        <x:v>21</x:v>
+        <x:v>55</x:v>
       </x:c>
       <x:c r="B304" s="14" t="s">
-        <x:v>170</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>455</x:v>
+      </x:c>
+      <x:c r="C304" s="15" t="s"/>
       <x:c r="D304" s="15" t="s"/>
-      <x:c r="E304" s="14" t="s">
-[...1 lines deleted...]
-      </x:c>
+      <x:c r="E304" s="14" t="s"/>
       <x:c r="F304" s="14" t="s"/>
       <x:c r="G304" s="14" t="s">
-        <x:v>138</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>456</x:v>
+      </x:c>
+      <x:c r="H304" s="14" t="s"/>
       <x:c r="I304" s="16" t="s">
-        <x:v>140</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>416</x:v>
+      </x:c>
+      <x:c r="J304" s="14" t="s"/>
       <x:c r="K304" s="14" t="s">
-        <x:v>28</x:v>
+        <x:v>59</x:v>
       </x:c>
       <x:c r="L304" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M304" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N304" s="15" t="n">
-        <x:v>24431</x:v>
+        <x:v>22078</x:v>
       </x:c>
       <x:c r="O304" s="14" t="s">
-        <x:v>100</x:v>
+        <x:v>419</x:v>
       </x:c>
       <x:c r="P304" s="14" t="s">
-        <x:v>138</x:v>
+        <x:v>456</x:v>
       </x:c>
       <x:c r="Q304" s="16" t="s">
-        <x:v>140</x:v>
+        <x:v>416</x:v>
       </x:c>
       <x:c r="R304" s="14" t="s">
-        <x:v>245</x:v>
+        <x:v>177</x:v>
       </x:c>
       <x:c r="S304" s="14" t="n">
-        <x:v>605703</x:v>
+        <x:v>595124</x:v>
       </x:c>
       <x:c r="T304" s="16" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="U304" s="16" t="s">
-        <x:v>77</x:v>
+        <x:v>94</x:v>
       </x:c>
     </x:row>
     <x:row r="305" spans="1:21">
       <x:c r="A305" s="1" t="s">
-        <x:v>55</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B305" s="0" t="s">
-        <x:v>461</x:v>
-[...1 lines deleted...]
-      <x:c r="C305" s="3" t="s"/>
+        <x:v>170</x:v>
+      </x:c>
+      <x:c r="C305" s="3" t="n">
+        <x:v>36968</x:v>
+      </x:c>
       <x:c r="D305" s="3" t="s"/>
+      <x:c r="E305" s="0" t="s">
+        <x:v>23</x:v>
+      </x:c>
       <x:c r="G305" s="0" t="s">
-        <x:v>462</x:v>
+        <x:v>457</x:v>
       </x:c>
       <x:c r="I305" s="4" t="s">
-        <x:v>416</x:v>
+        <x:v>458</x:v>
+      </x:c>
+      <x:c r="J305" s="0" t="s">
+        <x:v>99</x:v>
       </x:c>
       <x:c r="K305" s="0" t="s">
-        <x:v>59</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="L305" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M305" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N305" s="3" t="n">
-        <x:v>22078</x:v>
+        <x:v>24431</x:v>
       </x:c>
       <x:c r="O305" s="0" t="s">
-        <x:v>419</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="P305" s="0" t="s">
-        <x:v>462</x:v>
+        <x:v>457</x:v>
       </x:c>
       <x:c r="Q305" s="4" t="s">
-        <x:v>416</x:v>
+        <x:v>458</x:v>
       </x:c>
       <x:c r="R305" s="0" t="s">
-        <x:v>177</x:v>
+        <x:v>459</x:v>
       </x:c>
       <x:c r="S305" s="0" t="n">
-        <x:v>595124</x:v>
+        <x:v>512441</x:v>
       </x:c>
       <x:c r="T305" s="4" t="s">
-        <x:v>43</x:v>
+        <x:v>41</x:v>
       </x:c>
       <x:c r="U305" s="4" t="s">
-        <x:v>94</x:v>
+        <x:v>54</x:v>
       </x:c>
     </x:row>
     <x:row r="306" spans="1:21">
       <x:c r="A306" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B306" s="14" t="s">
         <x:v>170</x:v>
       </x:c>
       <x:c r="C306" s="15" t="n">
         <x:v>36968</x:v>
       </x:c>
       <x:c r="D306" s="15" t="s"/>
       <x:c r="E306" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F306" s="14" t="s"/>
       <x:c r="G306" s="14" t="s">
-        <x:v>463</x:v>
+        <x:v>457</x:v>
       </x:c>
       <x:c r="H306" s="14" t="s"/>
       <x:c r="I306" s="16" t="s">
-        <x:v>464</x:v>
+        <x:v>458</x:v>
       </x:c>
       <x:c r="J306" s="14" t="s">
         <x:v>99</x:v>
       </x:c>
       <x:c r="K306" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L306" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M306" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N306" s="15" t="n">
         <x:v>24431</x:v>
       </x:c>
       <x:c r="O306" s="14" t="s">
         <x:v>100</x:v>
       </x:c>
       <x:c r="P306" s="14" t="s">
-        <x:v>463</x:v>
+        <x:v>457</x:v>
       </x:c>
       <x:c r="Q306" s="16" t="s">
-        <x:v>464</x:v>
+        <x:v>458</x:v>
       </x:c>
       <x:c r="R306" s="14" t="s">
-        <x:v>465</x:v>
+        <x:v>459</x:v>
       </x:c>
       <x:c r="S306" s="14" t="n">
-        <x:v>512441</x:v>
+        <x:v>600749</x:v>
       </x:c>
       <x:c r="T306" s="16" t="s">
-        <x:v>41</x:v>
+        <x:v>460</x:v>
       </x:c>
       <x:c r="U306" s="16" t="s">
-        <x:v>54</x:v>
+        <x:v>36</x:v>
       </x:c>
     </x:row>
     <x:row r="307" spans="1:21">
       <x:c r="A307" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B307" s="0" t="s">
         <x:v>170</x:v>
       </x:c>
       <x:c r="C307" s="3" t="n">
         <x:v>36968</x:v>
       </x:c>
       <x:c r="D307" s="3" t="s"/>
       <x:c r="E307" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G307" s="0" t="s">
-        <x:v>463</x:v>
+        <x:v>457</x:v>
       </x:c>
       <x:c r="I307" s="4" t="s">
-        <x:v>464</x:v>
+        <x:v>458</x:v>
       </x:c>
       <x:c r="J307" s="0" t="s">
         <x:v>99</x:v>
       </x:c>
       <x:c r="K307" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L307" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M307" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N307" s="3" t="n">
         <x:v>24431</x:v>
       </x:c>
       <x:c r="O307" s="0" t="s">
         <x:v>100</x:v>
       </x:c>
       <x:c r="P307" s="0" t="s">
-        <x:v>463</x:v>
+        <x:v>457</x:v>
       </x:c>
       <x:c r="Q307" s="4" t="s">
-        <x:v>464</x:v>
+        <x:v>458</x:v>
       </x:c>
       <x:c r="R307" s="0" t="s">
-        <x:v>465</x:v>
+        <x:v>459</x:v>
       </x:c>
       <x:c r="S307" s="0" t="n">
-        <x:v>600749</x:v>
+        <x:v>544884</x:v>
       </x:c>
       <x:c r="T307" s="4" t="s">
-        <x:v>466</x:v>
+        <x:v>35</x:v>
       </x:c>
       <x:c r="U307" s="4" t="s">
-        <x:v>36</x:v>
+        <x:v>45</x:v>
       </x:c>
     </x:row>
     <x:row r="308" spans="1:21">
       <x:c r="A308" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B308" s="14" t="s">
-        <x:v>170</x:v>
+        <x:v>96</x:v>
       </x:c>
       <x:c r="C308" s="15" t="n">
         <x:v>36968</x:v>
       </x:c>
       <x:c r="D308" s="15" t="s"/>
       <x:c r="E308" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F308" s="14" t="s"/>
       <x:c r="G308" s="14" t="s">
-        <x:v>463</x:v>
-[...1 lines deleted...]
-      <x:c r="H308" s="14" t="s"/>
+        <x:v>439</x:v>
+      </x:c>
+      <x:c r="H308" s="14" t="s">
+        <x:v>440</x:v>
+      </x:c>
       <x:c r="I308" s="16" t="s">
-        <x:v>464</x:v>
+        <x:v>441</x:v>
       </x:c>
       <x:c r="J308" s="14" t="s">
         <x:v>99</x:v>
       </x:c>
       <x:c r="K308" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L308" s="14" t="s">
-        <x:v>29</x:v>
+        <x:v>66</x:v>
       </x:c>
       <x:c r="M308" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N308" s="15" t="n">
         <x:v>24431</x:v>
       </x:c>
       <x:c r="O308" s="14" t="s">
         <x:v>100</x:v>
       </x:c>
       <x:c r="P308" s="14" t="s">
-        <x:v>463</x:v>
+        <x:v>461</x:v>
       </x:c>
       <x:c r="Q308" s="16" t="s">
-        <x:v>464</x:v>
+        <x:v>462</x:v>
       </x:c>
       <x:c r="R308" s="14" t="s">
-        <x:v>465</x:v>
+        <x:v>154</x:v>
       </x:c>
       <x:c r="S308" s="14" t="n">
-        <x:v>544884</x:v>
+        <x:v>501919</x:v>
       </x:c>
       <x:c r="T308" s="16" t="s">
-        <x:v>35</x:v>
+        <x:v>41</x:v>
       </x:c>
       <x:c r="U308" s="16" t="s">
-        <x:v>45</x:v>
+        <x:v>54</x:v>
       </x:c>
     </x:row>
     <x:row r="309" spans="1:21">
       <x:c r="A309" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B309" s="0" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="C309" s="3" t="n">
         <x:v>36968</x:v>
       </x:c>
       <x:c r="D309" s="3" t="s"/>
       <x:c r="E309" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G309" s="0" t="s">
-        <x:v>438</x:v>
-[...2 lines deleted...]
-        <x:v>439</x:v>
+        <x:v>461</x:v>
       </x:c>
       <x:c r="I309" s="4" t="s">
-        <x:v>440</x:v>
+        <x:v>462</x:v>
       </x:c>
       <x:c r="J309" s="0" t="s">
         <x:v>99</x:v>
       </x:c>
       <x:c r="K309" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L309" s="0" t="s">
-        <x:v>66</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="M309" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N309" s="3" t="n">
         <x:v>24431</x:v>
       </x:c>
       <x:c r="O309" s="0" t="s">
         <x:v>100</x:v>
       </x:c>
       <x:c r="P309" s="0" t="s">
-        <x:v>467</x:v>
+        <x:v>461</x:v>
       </x:c>
       <x:c r="Q309" s="4" t="s">
-        <x:v>468</x:v>
+        <x:v>462</x:v>
       </x:c>
       <x:c r="R309" s="0" t="s">
         <x:v>154</x:v>
       </x:c>
       <x:c r="S309" s="0" t="n">
-        <x:v>501919</x:v>
+        <x:v>514135</x:v>
       </x:c>
       <x:c r="T309" s="4" t="s">
-        <x:v>41</x:v>
+        <x:v>463</x:v>
       </x:c>
       <x:c r="U309" s="4" t="s">
-        <x:v>54</x:v>
+        <x:v>340</x:v>
       </x:c>
     </x:row>
     <x:row r="310" spans="1:21">
       <x:c r="A310" s="13" t="s">
-        <x:v>21</x:v>
+        <x:v>47</x:v>
       </x:c>
       <x:c r="B310" s="14" t="s">
-        <x:v>96</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>464</x:v>
+      </x:c>
+      <x:c r="C310" s="15" t="s"/>
       <x:c r="D310" s="15" t="s"/>
-      <x:c r="E310" s="14" t="s">
-[...1 lines deleted...]
-      </x:c>
+      <x:c r="E310" s="14" t="s"/>
       <x:c r="F310" s="14" t="s"/>
       <x:c r="G310" s="14" t="s">
-        <x:v>467</x:v>
+        <x:v>465</x:v>
       </x:c>
       <x:c r="H310" s="14" t="s"/>
       <x:c r="I310" s="16" t="s">
+        <x:v>466</x:v>
+      </x:c>
+      <x:c r="J310" s="14" t="s"/>
+      <x:c r="K310" s="14" t="s">
+        <x:v>52</x:v>
+      </x:c>
+      <x:c r="L310" s="14" t="s">
+        <x:v>29</x:v>
+      </x:c>
+      <x:c r="M310" s="14" t="s">
+        <x:v>30</x:v>
+      </x:c>
+      <x:c r="N310" s="15" t="n">
+        <x:v>24340</x:v>
+      </x:c>
+      <x:c r="O310" s="14" t="s">
+        <x:v>467</x:v>
+      </x:c>
+      <x:c r="P310" s="14" t="s">
+        <x:v>465</x:v>
+      </x:c>
+      <x:c r="Q310" s="16" t="s">
+        <x:v>466</x:v>
+      </x:c>
+      <x:c r="R310" s="14" t="s">
+        <x:v>64</x:v>
+      </x:c>
+      <x:c r="S310" s="14" t="n">
+        <x:v>619219</x:v>
+      </x:c>
+      <x:c r="T310" s="16" t="s">
         <x:v>468</x:v>
       </x:c>
-      <x:c r="J310" s="14" t="s">
-[...20 lines deleted...]
-      <x:c r="Q310" s="16" t="s">
+      <x:c r="U310" s="16" t="s">
         <x:v>468</x:v>
-      </x:c>
-[...10 lines deleted...]
-        <x:v>340</x:v>
       </x:c>
     </x:row>
     <x:row r="311" spans="1:21">
       <x:c r="A311" s="1" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B311" s="0" t="s">
-        <x:v>470</x:v>
+        <x:v>464</x:v>
       </x:c>
       <x:c r="C311" s="3" t="s"/>
       <x:c r="D311" s="3" t="s"/>
       <x:c r="G311" s="0" t="s">
-        <x:v>443</x:v>
+        <x:v>465</x:v>
       </x:c>
       <x:c r="I311" s="4" t="s">
-        <x:v>444</x:v>
+        <x:v>466</x:v>
       </x:c>
       <x:c r="K311" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="L311" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M311" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N311" s="3" t="n">
         <x:v>24340</x:v>
       </x:c>
       <x:c r="O311" s="0" t="s">
-        <x:v>445</x:v>
+        <x:v>467</x:v>
       </x:c>
       <x:c r="P311" s="0" t="s">
-        <x:v>443</x:v>
+        <x:v>465</x:v>
       </x:c>
       <x:c r="Q311" s="4" t="s">
-        <x:v>444</x:v>
+        <x:v>466</x:v>
       </x:c>
       <x:c r="R311" s="0" t="s">
-        <x:v>64</x:v>
+        <x:v>469</x:v>
       </x:c>
       <x:c r="S311" s="0" t="n">
-        <x:v>619219</x:v>
+        <x:v>619223</x:v>
       </x:c>
       <x:c r="T311" s="4" t="s">
-        <x:v>471</x:v>
+        <x:v>470</x:v>
       </x:c>
       <x:c r="U311" s="4" t="s">
-        <x:v>471</x:v>
+        <x:v>470</x:v>
       </x:c>
     </x:row>
     <x:row r="312" spans="1:21">
       <x:c r="A312" s="13" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B312" s="14" t="s">
-        <x:v>470</x:v>
+        <x:v>471</x:v>
       </x:c>
       <x:c r="C312" s="15" t="s"/>
       <x:c r="D312" s="15" t="s"/>
       <x:c r="E312" s="14" t="s"/>
       <x:c r="F312" s="14" t="s"/>
       <x:c r="G312" s="14" t="s">
-        <x:v>443</x:v>
+        <x:v>465</x:v>
       </x:c>
       <x:c r="H312" s="14" t="s"/>
       <x:c r="I312" s="16" t="s">
-        <x:v>444</x:v>
+        <x:v>466</x:v>
       </x:c>
       <x:c r="J312" s="14" t="s"/>
       <x:c r="K312" s="14" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="L312" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M312" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N312" s="15" t="n">
         <x:v>24340</x:v>
       </x:c>
       <x:c r="O312" s="14" t="s">
-        <x:v>445</x:v>
+        <x:v>467</x:v>
       </x:c>
       <x:c r="P312" s="14" t="s">
-        <x:v>443</x:v>
+        <x:v>465</x:v>
       </x:c>
       <x:c r="Q312" s="16" t="s">
-        <x:v>444</x:v>
+        <x:v>466</x:v>
       </x:c>
       <x:c r="R312" s="14" t="s">
-        <x:v>472</x:v>
+        <x:v>469</x:v>
       </x:c>
       <x:c r="S312" s="14" t="n">
-        <x:v>619223</x:v>
+        <x:v>619236</x:v>
       </x:c>
       <x:c r="T312" s="16" t="s">
-        <x:v>473</x:v>
+        <x:v>339</x:v>
       </x:c>
       <x:c r="U312" s="16" t="s">
-        <x:v>473</x:v>
+        <x:v>435</x:v>
       </x:c>
     </x:row>
     <x:row r="313" spans="1:21">
       <x:c r="A313" s="1" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B313" s="0" t="s">
-        <x:v>474</x:v>
+        <x:v>471</x:v>
       </x:c>
       <x:c r="C313" s="3" t="s"/>
       <x:c r="D313" s="3" t="s"/>
       <x:c r="G313" s="0" t="s">
-        <x:v>443</x:v>
+        <x:v>465</x:v>
       </x:c>
       <x:c r="I313" s="4" t="s">
-        <x:v>444</x:v>
+        <x:v>466</x:v>
       </x:c>
       <x:c r="K313" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="L313" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M313" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N313" s="3" t="n">
         <x:v>24340</x:v>
       </x:c>
       <x:c r="O313" s="0" t="s">
-        <x:v>445</x:v>
+        <x:v>467</x:v>
       </x:c>
       <x:c r="P313" s="0" t="s">
-        <x:v>443</x:v>
+        <x:v>465</x:v>
       </x:c>
       <x:c r="Q313" s="4" t="s">
-        <x:v>444</x:v>
+        <x:v>466</x:v>
       </x:c>
       <x:c r="R313" s="0" t="s">
+        <x:v>469</x:v>
+      </x:c>
+      <x:c r="S313" s="0" t="n">
+        <x:v>619237</x:v>
+      </x:c>
+      <x:c r="T313" s="4" t="s">
         <x:v>472</x:v>
       </x:c>
-      <x:c r="S313" s="0" t="n">
-[...4 lines deleted...]
-      </x:c>
       <x:c r="U313" s="4" t="s">
-        <x:v>437</x:v>
+        <x:v>340</x:v>
       </x:c>
     </x:row>
     <x:row r="314" spans="1:21">
       <x:c r="A314" s="13" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B314" s="14" t="s">
-        <x:v>474</x:v>
+        <x:v>471</x:v>
       </x:c>
       <x:c r="C314" s="15" t="s"/>
       <x:c r="D314" s="15" t="s"/>
       <x:c r="E314" s="14" t="s"/>
       <x:c r="F314" s="14" t="s"/>
       <x:c r="G314" s="14" t="s">
-        <x:v>443</x:v>
+        <x:v>465</x:v>
       </x:c>
       <x:c r="H314" s="14" t="s"/>
       <x:c r="I314" s="16" t="s">
-        <x:v>444</x:v>
+        <x:v>466</x:v>
       </x:c>
       <x:c r="J314" s="14" t="s"/>
       <x:c r="K314" s="14" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="L314" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M314" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N314" s="15" t="n">
         <x:v>24340</x:v>
       </x:c>
       <x:c r="O314" s="14" t="s">
-        <x:v>445</x:v>
+        <x:v>467</x:v>
       </x:c>
       <x:c r="P314" s="14" t="s">
-        <x:v>443</x:v>
+        <x:v>465</x:v>
       </x:c>
       <x:c r="Q314" s="16" t="s">
-        <x:v>444</x:v>
+        <x:v>466</x:v>
       </x:c>
       <x:c r="R314" s="14" t="s">
-        <x:v>472</x:v>
+        <x:v>450</x:v>
       </x:c>
       <x:c r="S314" s="14" t="n">
-        <x:v>619237</x:v>
+        <x:v>619245</x:v>
       </x:c>
       <x:c r="T314" s="16" t="s">
-        <x:v>475</x:v>
+        <x:v>473</x:v>
       </x:c>
       <x:c r="U314" s="16" t="s">
-        <x:v>340</x:v>
+        <x:v>474</x:v>
       </x:c>
     </x:row>
     <x:row r="315" spans="1:21">
       <x:c r="A315" s="1" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B315" s="0" t="s">
-        <x:v>474</x:v>
+        <x:v>475</x:v>
       </x:c>
       <x:c r="C315" s="3" t="s"/>
       <x:c r="D315" s="3" t="s"/>
       <x:c r="G315" s="0" t="s">
-        <x:v>443</x:v>
+        <x:v>465</x:v>
       </x:c>
       <x:c r="I315" s="4" t="s">
-        <x:v>444</x:v>
+        <x:v>466</x:v>
       </x:c>
       <x:c r="K315" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="L315" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M315" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N315" s="3" t="n">
         <x:v>24340</x:v>
       </x:c>
       <x:c r="O315" s="0" t="s">
-        <x:v>445</x:v>
+        <x:v>467</x:v>
       </x:c>
       <x:c r="P315" s="0" t="s">
-        <x:v>443</x:v>
+        <x:v>465</x:v>
       </x:c>
       <x:c r="Q315" s="4" t="s">
-        <x:v>444</x:v>
+        <x:v>466</x:v>
       </x:c>
       <x:c r="R315" s="0" t="s">
-        <x:v>456</x:v>
+        <x:v>469</x:v>
       </x:c>
       <x:c r="S315" s="0" t="n">
-        <x:v>619245</x:v>
+        <x:v>619254</x:v>
       </x:c>
       <x:c r="T315" s="4" t="s">
         <x:v>476</x:v>
       </x:c>
       <x:c r="U315" s="4" t="s">
-        <x:v>477</x:v>
+        <x:v>476</x:v>
       </x:c>
     </x:row>
     <x:row r="316" spans="1:21">
       <x:c r="A316" s="13" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B316" s="14" t="s">
-        <x:v>478</x:v>
+        <x:v>475</x:v>
       </x:c>
       <x:c r="C316" s="15" t="s"/>
       <x:c r="D316" s="15" t="s"/>
       <x:c r="E316" s="14" t="s"/>
       <x:c r="F316" s="14" t="s"/>
       <x:c r="G316" s="14" t="s">
-        <x:v>443</x:v>
+        <x:v>465</x:v>
       </x:c>
       <x:c r="H316" s="14" t="s"/>
       <x:c r="I316" s="16" t="s">
-        <x:v>444</x:v>
+        <x:v>466</x:v>
       </x:c>
       <x:c r="J316" s="14" t="s"/>
       <x:c r="K316" s="14" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="L316" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M316" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N316" s="15" t="n">
         <x:v>24340</x:v>
       </x:c>
       <x:c r="O316" s="14" t="s">
-        <x:v>445</x:v>
+        <x:v>467</x:v>
       </x:c>
       <x:c r="P316" s="14" t="s">
-        <x:v>443</x:v>
+        <x:v>465</x:v>
       </x:c>
       <x:c r="Q316" s="16" t="s">
-        <x:v>444</x:v>
+        <x:v>466</x:v>
       </x:c>
       <x:c r="R316" s="14" t="s">
-        <x:v>472</x:v>
+        <x:v>450</x:v>
       </x:c>
       <x:c r="S316" s="14" t="n">
-        <x:v>619254</x:v>
+        <x:v>619259</x:v>
       </x:c>
       <x:c r="T316" s="16" t="s">
-        <x:v>479</x:v>
+        <x:v>477</x:v>
       </x:c>
       <x:c r="U316" s="16" t="s">
-        <x:v>479</x:v>
+        <x:v>477</x:v>
       </x:c>
     </x:row>
     <x:row r="317" spans="1:21">
       <x:c r="A317" s="1" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B317" s="0" t="s">
         <x:v>478</x:v>
       </x:c>
       <x:c r="C317" s="3" t="s"/>
       <x:c r="D317" s="3" t="s"/>
       <x:c r="G317" s="0" t="s">
-        <x:v>443</x:v>
+        <x:v>465</x:v>
       </x:c>
       <x:c r="I317" s="4" t="s">
-        <x:v>444</x:v>
+        <x:v>466</x:v>
       </x:c>
       <x:c r="K317" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="L317" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M317" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N317" s="3" t="n">
         <x:v>24340</x:v>
       </x:c>
       <x:c r="O317" s="0" t="s">
-        <x:v>445</x:v>
+        <x:v>467</x:v>
       </x:c>
       <x:c r="P317" s="0" t="s">
-        <x:v>443</x:v>
+        <x:v>465</x:v>
       </x:c>
       <x:c r="Q317" s="4" t="s">
-        <x:v>444</x:v>
+        <x:v>466</x:v>
       </x:c>
       <x:c r="R317" s="0" t="s">
-        <x:v>456</x:v>
+        <x:v>469</x:v>
       </x:c>
       <x:c r="S317" s="0" t="n">
-        <x:v>619259</x:v>
+        <x:v>619265</x:v>
       </x:c>
       <x:c r="T317" s="4" t="s">
-        <x:v>480</x:v>
+        <x:v>479</x:v>
       </x:c>
       <x:c r="U317" s="4" t="s">
-        <x:v>480</x:v>
+        <x:v>479</x:v>
       </x:c>
     </x:row>
     <x:row r="318" spans="1:21">
       <x:c r="A318" s="13" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B318" s="14" t="s">
-        <x:v>442</x:v>
+        <x:v>478</x:v>
       </x:c>
       <x:c r="C318" s="15" t="s"/>
       <x:c r="D318" s="15" t="s"/>
       <x:c r="E318" s="14" t="s"/>
       <x:c r="F318" s="14" t="s"/>
       <x:c r="G318" s="14" t="s">
-        <x:v>443</x:v>
+        <x:v>465</x:v>
       </x:c>
       <x:c r="H318" s="14" t="s"/>
       <x:c r="I318" s="16" t="s">
-        <x:v>444</x:v>
+        <x:v>466</x:v>
       </x:c>
       <x:c r="J318" s="14" t="s"/>
       <x:c r="K318" s="14" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="L318" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M318" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N318" s="15" t="n">
         <x:v>24340</x:v>
       </x:c>
       <x:c r="O318" s="14" t="s">
-        <x:v>445</x:v>
+        <x:v>467</x:v>
       </x:c>
       <x:c r="P318" s="14" t="s">
-        <x:v>443</x:v>
+        <x:v>465</x:v>
       </x:c>
       <x:c r="Q318" s="16" t="s">
-        <x:v>444</x:v>
+        <x:v>466</x:v>
       </x:c>
       <x:c r="R318" s="14" t="s">
-        <x:v>472</x:v>
+        <x:v>469</x:v>
       </x:c>
       <x:c r="S318" s="14" t="n">
-        <x:v>619265</x:v>
+        <x:v>619269</x:v>
       </x:c>
       <x:c r="T318" s="16" t="s">
-        <x:v>481</x:v>
+        <x:v>480</x:v>
       </x:c>
       <x:c r="U318" s="16" t="s">
-        <x:v>481</x:v>
+        <x:v>480</x:v>
       </x:c>
     </x:row>
     <x:row r="319" spans="1:21">
       <x:c r="A319" s="1" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B319" s="0" t="s">
-        <x:v>442</x:v>
+        <x:v>478</x:v>
       </x:c>
       <x:c r="C319" s="3" t="s"/>
       <x:c r="D319" s="3" t="s"/>
       <x:c r="G319" s="0" t="s">
-        <x:v>443</x:v>
+        <x:v>465</x:v>
       </x:c>
       <x:c r="I319" s="4" t="s">
-        <x:v>444</x:v>
+        <x:v>466</x:v>
       </x:c>
       <x:c r="K319" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="L319" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M319" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N319" s="3" t="n">
         <x:v>24340</x:v>
       </x:c>
       <x:c r="O319" s="0" t="s">
-        <x:v>445</x:v>
+        <x:v>467</x:v>
       </x:c>
       <x:c r="P319" s="0" t="s">
-        <x:v>443</x:v>
+        <x:v>465</x:v>
       </x:c>
       <x:c r="Q319" s="4" t="s">
-        <x:v>444</x:v>
+        <x:v>466</x:v>
       </x:c>
       <x:c r="R319" s="0" t="s">
-        <x:v>472</x:v>
+        <x:v>34</x:v>
       </x:c>
       <x:c r="S319" s="0" t="n">
-        <x:v>619269</x:v>
+        <x:v>619271</x:v>
       </x:c>
       <x:c r="T319" s="4" t="s">
-        <x:v>482</x:v>
+        <x:v>481</x:v>
       </x:c>
       <x:c r="U319" s="4" t="s">
-        <x:v>482</x:v>
+        <x:v>481</x:v>
       </x:c>
     </x:row>
     <x:row r="320" spans="1:21">
       <x:c r="A320" s="13" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B320" s="14" t="s">
-        <x:v>442</x:v>
+        <x:v>471</x:v>
       </x:c>
       <x:c r="C320" s="15" t="s"/>
       <x:c r="D320" s="15" t="s"/>
       <x:c r="E320" s="14" t="s"/>
       <x:c r="F320" s="14" t="s"/>
       <x:c r="G320" s="14" t="s">
-        <x:v>443</x:v>
+        <x:v>465</x:v>
       </x:c>
       <x:c r="H320" s="14" t="s"/>
       <x:c r="I320" s="16" t="s">
-        <x:v>444</x:v>
+        <x:v>466</x:v>
       </x:c>
       <x:c r="J320" s="14" t="s"/>
       <x:c r="K320" s="14" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="L320" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M320" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N320" s="15" t="n">
         <x:v>24340</x:v>
       </x:c>
       <x:c r="O320" s="14" t="s">
-        <x:v>445</x:v>
+        <x:v>467</x:v>
       </x:c>
       <x:c r="P320" s="14" t="s">
-        <x:v>443</x:v>
+        <x:v>465</x:v>
       </x:c>
       <x:c r="Q320" s="16" t="s">
-        <x:v>444</x:v>
+        <x:v>466</x:v>
       </x:c>
       <x:c r="R320" s="14" t="s">
-        <x:v>34</x:v>
+        <x:v>64</x:v>
       </x:c>
       <x:c r="S320" s="14" t="n">
-        <x:v>619271</x:v>
+        <x:v>610367</x:v>
       </x:c>
       <x:c r="T320" s="16" t="s">
-        <x:v>483</x:v>
+        <x:v>284</x:v>
       </x:c>
       <x:c r="U320" s="16" t="s">
-        <x:v>483</x:v>
+        <x:v>482</x:v>
       </x:c>
     </x:row>
     <x:row r="321" spans="1:21">
       <x:c r="A321" s="1" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B321" s="0" t="s">
-        <x:v>474</x:v>
+        <x:v>478</x:v>
       </x:c>
       <x:c r="C321" s="3" t="s"/>
       <x:c r="D321" s="3" t="s"/>
       <x:c r="G321" s="0" t="s">
-        <x:v>443</x:v>
+        <x:v>465</x:v>
       </x:c>
       <x:c r="I321" s="4" t="s">
-        <x:v>444</x:v>
+        <x:v>466</x:v>
       </x:c>
       <x:c r="K321" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="L321" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M321" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N321" s="3" t="n">
         <x:v>24340</x:v>
       </x:c>
       <x:c r="O321" s="0" t="s">
-        <x:v>445</x:v>
+        <x:v>467</x:v>
       </x:c>
       <x:c r="P321" s="0" t="s">
-        <x:v>443</x:v>
+        <x:v>465</x:v>
       </x:c>
       <x:c r="Q321" s="4" t="s">
-        <x:v>444</x:v>
+        <x:v>466</x:v>
       </x:c>
       <x:c r="R321" s="0" t="s">
-        <x:v>64</x:v>
+        <x:v>483</x:v>
       </x:c>
       <x:c r="S321" s="0" t="n">
-        <x:v>610367</x:v>
+        <x:v>610382</x:v>
       </x:c>
       <x:c r="T321" s="4" t="s">
-        <x:v>284</x:v>
+        <x:v>484</x:v>
       </x:c>
       <x:c r="U321" s="4" t="s">
         <x:v>484</x:v>
       </x:c>
     </x:row>
     <x:row r="322" spans="1:21">
       <x:c r="A322" s="13" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B322" s="14" t="s">
-        <x:v>442</x:v>
+        <x:v>478</x:v>
       </x:c>
       <x:c r="C322" s="15" t="s"/>
       <x:c r="D322" s="15" t="s"/>
       <x:c r="E322" s="14" t="s"/>
       <x:c r="F322" s="14" t="s"/>
       <x:c r="G322" s="14" t="s">
-        <x:v>443</x:v>
+        <x:v>465</x:v>
       </x:c>
       <x:c r="H322" s="14" t="s"/>
       <x:c r="I322" s="16" t="s">
-        <x:v>444</x:v>
+        <x:v>466</x:v>
       </x:c>
       <x:c r="J322" s="14" t="s"/>
       <x:c r="K322" s="14" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="L322" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M322" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N322" s="15" t="n">
         <x:v>24340</x:v>
       </x:c>
       <x:c r="O322" s="14" t="s">
-        <x:v>445</x:v>
+        <x:v>467</x:v>
       </x:c>
       <x:c r="P322" s="14" t="s">
-        <x:v>443</x:v>
+        <x:v>465</x:v>
       </x:c>
       <x:c r="Q322" s="16" t="s">
-        <x:v>444</x:v>
+        <x:v>466</x:v>
       </x:c>
       <x:c r="R322" s="14" t="s">
-        <x:v>472</x:v>
+        <x:v>469</x:v>
       </x:c>
       <x:c r="S322" s="14" t="n">
         <x:v>610387</x:v>
       </x:c>
       <x:c r="T322" s="16" t="s">
         <x:v>284</x:v>
       </x:c>
       <x:c r="U322" s="16" t="s">
         <x:v>284</x:v>
       </x:c>
     </x:row>
     <x:row r="323" spans="1:21">
       <x:c r="A323" s="1" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B323" s="0" t="s">
-        <x:v>470</x:v>
+        <x:v>464</x:v>
       </x:c>
       <x:c r="C323" s="3" t="s"/>
       <x:c r="D323" s="3" t="s"/>
       <x:c r="G323" s="0" t="s">
-        <x:v>443</x:v>
+        <x:v>465</x:v>
       </x:c>
       <x:c r="I323" s="4" t="s">
-        <x:v>444</x:v>
+        <x:v>466</x:v>
       </x:c>
       <x:c r="K323" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="L323" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M323" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N323" s="3" t="n">
         <x:v>24340</x:v>
       </x:c>
       <x:c r="O323" s="0" t="s">
-        <x:v>445</x:v>
+        <x:v>467</x:v>
       </x:c>
       <x:c r="P323" s="0" t="s">
-        <x:v>443</x:v>
+        <x:v>465</x:v>
       </x:c>
       <x:c r="Q323" s="4" t="s">
-        <x:v>444</x:v>
+        <x:v>466</x:v>
       </x:c>
       <x:c r="R323" s="0" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="S323" s="0" t="n">
         <x:v>619228</x:v>
       </x:c>
       <x:c r="T323" s="4" t="s">
-        <x:v>483</x:v>
+        <x:v>481</x:v>
       </x:c>
       <x:c r="U323" s="4" t="s">
-        <x:v>483</x:v>
+        <x:v>481</x:v>
       </x:c>
     </x:row>
     <x:row r="324" spans="1:21">
       <x:c r="A324" s="13" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B324" s="14" t="s">
-        <x:v>478</x:v>
+        <x:v>475</x:v>
       </x:c>
       <x:c r="C324" s="15" t="s"/>
       <x:c r="D324" s="15" t="s"/>
       <x:c r="E324" s="14" t="s"/>
       <x:c r="F324" s="14" t="s"/>
       <x:c r="G324" s="14" t="s">
-        <x:v>443</x:v>
+        <x:v>465</x:v>
       </x:c>
       <x:c r="H324" s="14" t="s"/>
       <x:c r="I324" s="16" t="s">
-        <x:v>444</x:v>
+        <x:v>466</x:v>
       </x:c>
       <x:c r="J324" s="14" t="s"/>
       <x:c r="K324" s="14" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="L324" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M324" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N324" s="15" t="n">
         <x:v>24340</x:v>
       </x:c>
       <x:c r="O324" s="14" t="s">
-        <x:v>445</x:v>
+        <x:v>467</x:v>
       </x:c>
       <x:c r="P324" s="14" t="s">
-        <x:v>443</x:v>
+        <x:v>465</x:v>
       </x:c>
       <x:c r="Q324" s="16" t="s">
-        <x:v>444</x:v>
+        <x:v>466</x:v>
       </x:c>
       <x:c r="R324" s="14" t="s">
-        <x:v>472</x:v>
+        <x:v>469</x:v>
       </x:c>
       <x:c r="S324" s="14" t="n">
         <x:v>619253</x:v>
       </x:c>
       <x:c r="T324" s="16" t="s">
         <x:v>485</x:v>
       </x:c>
       <x:c r="U324" s="16" t="s">
         <x:v>485</x:v>
       </x:c>
     </x:row>
     <x:row r="325" spans="1:21">
       <x:c r="A325" s="1" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B325" s="0" t="s">
-        <x:v>474</x:v>
+        <x:v>471</x:v>
       </x:c>
       <x:c r="C325" s="3" t="s"/>
       <x:c r="D325" s="3" t="s"/>
       <x:c r="G325" s="0" t="s">
-        <x:v>443</x:v>
+        <x:v>465</x:v>
       </x:c>
       <x:c r="I325" s="4" t="s">
-        <x:v>444</x:v>
+        <x:v>466</x:v>
       </x:c>
       <x:c r="K325" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="L325" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M325" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N325" s="3" t="n">
         <x:v>24340</x:v>
       </x:c>
       <x:c r="O325" s="0" t="s">
-        <x:v>445</x:v>
+        <x:v>467</x:v>
       </x:c>
       <x:c r="P325" s="0" t="s">
-        <x:v>443</x:v>
+        <x:v>465</x:v>
       </x:c>
       <x:c r="Q325" s="4" t="s">
-        <x:v>444</x:v>
+        <x:v>466</x:v>
       </x:c>
       <x:c r="R325" s="0" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="S325" s="0" t="n">
         <x:v>591483</x:v>
       </x:c>
       <x:c r="T325" s="4" t="s">
         <x:v>486</x:v>
       </x:c>
       <x:c r="U325" s="4" t="s">
         <x:v>487</x:v>
       </x:c>
     </x:row>
     <x:row r="326" spans="1:21">
       <x:c r="A326" s="13" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B326" s="14" t="s">
-        <x:v>474</x:v>
+        <x:v>471</x:v>
       </x:c>
       <x:c r="C326" s="15" t="s"/>
       <x:c r="D326" s="15" t="s"/>
       <x:c r="E326" s="14" t="s"/>
       <x:c r="F326" s="14" t="s"/>
       <x:c r="G326" s="14" t="s">
-        <x:v>443</x:v>
+        <x:v>465</x:v>
       </x:c>
       <x:c r="H326" s="14" t="s"/>
       <x:c r="I326" s="16" t="s">
-        <x:v>444</x:v>
+        <x:v>466</x:v>
       </x:c>
       <x:c r="J326" s="14" t="s"/>
       <x:c r="K326" s="14" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="L326" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M326" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N326" s="15" t="n">
         <x:v>24340</x:v>
       </x:c>
       <x:c r="O326" s="14" t="s">
-        <x:v>445</x:v>
+        <x:v>467</x:v>
       </x:c>
       <x:c r="P326" s="14" t="s">
-        <x:v>443</x:v>
+        <x:v>465</x:v>
       </x:c>
       <x:c r="Q326" s="16" t="s">
-        <x:v>444</x:v>
+        <x:v>466</x:v>
       </x:c>
       <x:c r="R326" s="14" t="s">
-        <x:v>456</x:v>
+        <x:v>450</x:v>
       </x:c>
       <x:c r="S326" s="14" t="n">
         <x:v>591486</x:v>
       </x:c>
       <x:c r="T326" s="16" t="s">
         <x:v>351</x:v>
       </x:c>
       <x:c r="U326" s="16" t="s">
         <x:v>488</x:v>
       </x:c>
     </x:row>
     <x:row r="327" spans="1:21">
       <x:c r="A327" s="1" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B327" s="0" t="s">
-        <x:v>474</x:v>
+        <x:v>471</x:v>
       </x:c>
       <x:c r="C327" s="3" t="s"/>
       <x:c r="D327" s="3" t="s"/>
       <x:c r="G327" s="0" t="s">
-        <x:v>443</x:v>
+        <x:v>465</x:v>
       </x:c>
       <x:c r="I327" s="4" t="s">
-        <x:v>444</x:v>
+        <x:v>466</x:v>
       </x:c>
       <x:c r="K327" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="L327" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M327" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N327" s="3" t="n">
         <x:v>24340</x:v>
       </x:c>
       <x:c r="O327" s="0" t="s">
-        <x:v>445</x:v>
+        <x:v>467</x:v>
       </x:c>
       <x:c r="P327" s="0" t="s">
-        <x:v>443</x:v>
+        <x:v>465</x:v>
       </x:c>
       <x:c r="Q327" s="4" t="s">
-        <x:v>444</x:v>
+        <x:v>466</x:v>
       </x:c>
       <x:c r="R327" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="S327" s="0" t="n">
         <x:v>610368</x:v>
       </x:c>
       <x:c r="T327" s="4" t="s">
         <x:v>489</x:v>
       </x:c>
       <x:c r="U327" s="4" t="s">
         <x:v>188</x:v>
       </x:c>
     </x:row>
     <x:row r="328" spans="1:21">
       <x:c r="A328" s="13" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B328" s="14" t="s">
-        <x:v>474</x:v>
+        <x:v>471</x:v>
       </x:c>
       <x:c r="C328" s="15" t="s"/>
       <x:c r="D328" s="15" t="s"/>
       <x:c r="E328" s="14" t="s"/>
       <x:c r="F328" s="14" t="s"/>
       <x:c r="G328" s="14" t="s">
-        <x:v>443</x:v>
+        <x:v>465</x:v>
       </x:c>
       <x:c r="H328" s="14" t="s"/>
       <x:c r="I328" s="16" t="s">
-        <x:v>444</x:v>
+        <x:v>466</x:v>
       </x:c>
       <x:c r="J328" s="14" t="s"/>
       <x:c r="K328" s="14" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="L328" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M328" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N328" s="15" t="n">
         <x:v>24340</x:v>
       </x:c>
       <x:c r="O328" s="14" t="s">
-        <x:v>445</x:v>
+        <x:v>467</x:v>
       </x:c>
       <x:c r="P328" s="14" t="s">
-        <x:v>443</x:v>
+        <x:v>465</x:v>
       </x:c>
       <x:c r="Q328" s="16" t="s">
-        <x:v>444</x:v>
+        <x:v>466</x:v>
       </x:c>
       <x:c r="R328" s="14" t="s">
-        <x:v>472</x:v>
+        <x:v>469</x:v>
       </x:c>
       <x:c r="S328" s="14" t="n">
         <x:v>610371</x:v>
       </x:c>
       <x:c r="T328" s="16" t="s">
         <x:v>412</x:v>
       </x:c>
       <x:c r="U328" s="16" t="s">
         <x:v>490</x:v>
       </x:c>
     </x:row>
     <x:row r="329" spans="1:21">
       <x:c r="A329" s="1" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B329" s="0" t="s">
-        <x:v>442</x:v>
+        <x:v>478</x:v>
       </x:c>
       <x:c r="C329" s="3" t="s"/>
       <x:c r="D329" s="3" t="s"/>
       <x:c r="G329" s="0" t="s">
-        <x:v>443</x:v>
+        <x:v>465</x:v>
       </x:c>
       <x:c r="I329" s="4" t="s">
-        <x:v>444</x:v>
+        <x:v>466</x:v>
       </x:c>
       <x:c r="K329" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="L329" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M329" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N329" s="3" t="n">
         <x:v>24340</x:v>
       </x:c>
       <x:c r="O329" s="0" t="s">
-        <x:v>445</x:v>
+        <x:v>467</x:v>
       </x:c>
       <x:c r="P329" s="0" t="s">
-        <x:v>443</x:v>
+        <x:v>465</x:v>
       </x:c>
       <x:c r="Q329" s="4" t="s">
-        <x:v>444</x:v>
+        <x:v>466</x:v>
       </x:c>
       <x:c r="R329" s="0" t="s">
-        <x:v>472</x:v>
+        <x:v>469</x:v>
       </x:c>
       <x:c r="S329" s="0" t="n">
         <x:v>610388</x:v>
       </x:c>
       <x:c r="T329" s="4" t="s">
         <x:v>491</x:v>
       </x:c>
       <x:c r="U329" s="4" t="s">
         <x:v>491</x:v>
       </x:c>
     </x:row>
     <x:row r="330" spans="1:21">
       <x:c r="A330" s="13" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B330" s="14" t="s">
-        <x:v>442</x:v>
+        <x:v>478</x:v>
       </x:c>
       <x:c r="C330" s="15" t="s"/>
       <x:c r="D330" s="15" t="s"/>
       <x:c r="E330" s="14" t="s"/>
       <x:c r="F330" s="14" t="s"/>
       <x:c r="G330" s="14" t="s">
-        <x:v>443</x:v>
+        <x:v>465</x:v>
       </x:c>
       <x:c r="H330" s="14" t="s"/>
       <x:c r="I330" s="16" t="s">
-        <x:v>444</x:v>
+        <x:v>466</x:v>
       </x:c>
       <x:c r="J330" s="14" t="s"/>
       <x:c r="K330" s="14" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="L330" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M330" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N330" s="15" t="n">
         <x:v>24340</x:v>
       </x:c>
       <x:c r="O330" s="14" t="s">
-        <x:v>445</x:v>
+        <x:v>467</x:v>
       </x:c>
       <x:c r="P330" s="14" t="s">
-        <x:v>443</x:v>
+        <x:v>465</x:v>
       </x:c>
       <x:c r="Q330" s="16" t="s">
-        <x:v>444</x:v>
+        <x:v>466</x:v>
       </x:c>
       <x:c r="R330" s="14" t="s">
-        <x:v>456</x:v>
+        <x:v>450</x:v>
       </x:c>
       <x:c r="S330" s="14" t="n">
         <x:v>619272</x:v>
       </x:c>
       <x:c r="T330" s="16" t="s">
         <x:v>492</x:v>
       </x:c>
       <x:c r="U330" s="16" t="s">
         <x:v>492</x:v>
       </x:c>
     </x:row>
     <x:row r="331" spans="1:21">
       <x:c r="A331" s="1" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B331" s="0" t="s">
-        <x:v>470</x:v>
+        <x:v>464</x:v>
       </x:c>
       <x:c r="C331" s="3" t="s"/>
       <x:c r="D331" s="3" t="s"/>
       <x:c r="G331" s="0" t="s">
-        <x:v>443</x:v>
+        <x:v>465</x:v>
       </x:c>
       <x:c r="I331" s="4" t="s">
-        <x:v>444</x:v>
+        <x:v>466</x:v>
       </x:c>
       <x:c r="K331" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="L331" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M331" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N331" s="3" t="n">
         <x:v>24340</x:v>
       </x:c>
       <x:c r="O331" s="0" t="s">
-        <x:v>445</x:v>
+        <x:v>467</x:v>
       </x:c>
       <x:c r="P331" s="0" t="s">
-        <x:v>443</x:v>
+        <x:v>465</x:v>
       </x:c>
       <x:c r="Q331" s="4" t="s">
-        <x:v>444</x:v>
+        <x:v>466</x:v>
       </x:c>
       <x:c r="R331" s="0" t="s">
-        <x:v>472</x:v>
+        <x:v>469</x:v>
       </x:c>
       <x:c r="S331" s="0" t="n">
         <x:v>610361</x:v>
       </x:c>
       <x:c r="T331" s="4" t="s">
         <x:v>412</x:v>
       </x:c>
       <x:c r="U331" s="4" t="s">
         <x:v>412</x:v>
       </x:c>
     </x:row>
     <x:row r="332" spans="1:21">
       <x:c r="A332" s="13" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B332" s="14" t="s">
-        <x:v>470</x:v>
+        <x:v>464</x:v>
       </x:c>
       <x:c r="C332" s="15" t="s"/>
       <x:c r="D332" s="15" t="s"/>
       <x:c r="E332" s="14" t="s"/>
       <x:c r="F332" s="14" t="s"/>
       <x:c r="G332" s="14" t="s">
-        <x:v>443</x:v>
+        <x:v>465</x:v>
       </x:c>
       <x:c r="H332" s="14" t="s"/>
       <x:c r="I332" s="16" t="s">
-        <x:v>444</x:v>
+        <x:v>466</x:v>
       </x:c>
       <x:c r="J332" s="14" t="s"/>
       <x:c r="K332" s="14" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="L332" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M332" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N332" s="15" t="n">
         <x:v>24340</x:v>
       </x:c>
       <x:c r="O332" s="14" t="s">
-        <x:v>445</x:v>
+        <x:v>467</x:v>
       </x:c>
       <x:c r="P332" s="14" t="s">
-        <x:v>443</x:v>
+        <x:v>465</x:v>
       </x:c>
       <x:c r="Q332" s="16" t="s">
-        <x:v>444</x:v>
+        <x:v>466</x:v>
       </x:c>
       <x:c r="R332" s="14" t="s">
-        <x:v>456</x:v>
+        <x:v>450</x:v>
       </x:c>
       <x:c r="S332" s="14" t="n">
         <x:v>610363</x:v>
       </x:c>
       <x:c r="T332" s="16" t="s">
         <x:v>493</x:v>
       </x:c>
       <x:c r="U332" s="16" t="s">
         <x:v>493</x:v>
       </x:c>
     </x:row>
     <x:row r="333" spans="1:21">
       <x:c r="A333" s="1" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B333" s="0" t="s">
-        <x:v>478</x:v>
+        <x:v>475</x:v>
       </x:c>
       <x:c r="C333" s="3" t="s"/>
       <x:c r="D333" s="3" t="s"/>
       <x:c r="G333" s="0" t="s">
-        <x:v>443</x:v>
+        <x:v>465</x:v>
       </x:c>
       <x:c r="I333" s="4" t="s">
-        <x:v>444</x:v>
+        <x:v>466</x:v>
       </x:c>
       <x:c r="K333" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="L333" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M333" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N333" s="3" t="n">
         <x:v>24340</x:v>
       </x:c>
       <x:c r="O333" s="0" t="s">
-        <x:v>445</x:v>
+        <x:v>467</x:v>
       </x:c>
       <x:c r="P333" s="0" t="s">
-        <x:v>443</x:v>
+        <x:v>465</x:v>
       </x:c>
       <x:c r="Q333" s="4" t="s">
-        <x:v>444</x:v>
+        <x:v>466</x:v>
       </x:c>
       <x:c r="R333" s="0" t="s">
-        <x:v>472</x:v>
+        <x:v>469</x:v>
       </x:c>
       <x:c r="S333" s="0" t="n">
         <x:v>610378</x:v>
       </x:c>
       <x:c r="T333" s="4" t="s">
         <x:v>494</x:v>
       </x:c>
       <x:c r="U333" s="4" t="s">
         <x:v>494</x:v>
       </x:c>
     </x:row>
     <x:row r="334" spans="1:21">
       <x:c r="A334" s="13" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B334" s="14" t="s">
-        <x:v>478</x:v>
+        <x:v>475</x:v>
       </x:c>
       <x:c r="C334" s="15" t="s"/>
       <x:c r="D334" s="15" t="s"/>
       <x:c r="E334" s="14" t="s"/>
       <x:c r="F334" s="14" t="s"/>
       <x:c r="G334" s="14" t="s">
-        <x:v>443</x:v>
+        <x:v>465</x:v>
       </x:c>
       <x:c r="H334" s="14" t="s"/>
       <x:c r="I334" s="16" t="s">
-        <x:v>444</x:v>
+        <x:v>466</x:v>
       </x:c>
       <x:c r="J334" s="14" t="s"/>
       <x:c r="K334" s="14" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="L334" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M334" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N334" s="15" t="n">
         <x:v>24340</x:v>
       </x:c>
       <x:c r="O334" s="14" t="s">
-        <x:v>445</x:v>
+        <x:v>467</x:v>
       </x:c>
       <x:c r="P334" s="14" t="s">
-        <x:v>443</x:v>
+        <x:v>465</x:v>
       </x:c>
       <x:c r="Q334" s="16" t="s">
-        <x:v>444</x:v>
+        <x:v>466</x:v>
       </x:c>
       <x:c r="R334" s="14" t="s">
-        <x:v>472</x:v>
+        <x:v>469</x:v>
       </x:c>
       <x:c r="S334" s="14" t="n">
         <x:v>610379</x:v>
       </x:c>
       <x:c r="T334" s="16" t="s">
         <x:v>495</x:v>
       </x:c>
       <x:c r="U334" s="16" t="s">
         <x:v>495</x:v>
       </x:c>
     </x:row>
     <x:row r="335" spans="1:21">
       <x:c r="A335" s="1" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B335" s="0" t="s">
-        <x:v>442</x:v>
+        <x:v>478</x:v>
       </x:c>
       <x:c r="C335" s="3" t="s"/>
       <x:c r="D335" s="3" t="s"/>
       <x:c r="G335" s="0" t="s">
-        <x:v>443</x:v>
+        <x:v>465</x:v>
       </x:c>
       <x:c r="I335" s="4" t="s">
-        <x:v>444</x:v>
+        <x:v>466</x:v>
       </x:c>
       <x:c r="K335" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="L335" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M335" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N335" s="3" t="n">
         <x:v>24340</x:v>
       </x:c>
       <x:c r="O335" s="0" t="s">
-        <x:v>445</x:v>
+        <x:v>467</x:v>
       </x:c>
       <x:c r="P335" s="0" t="s">
-        <x:v>443</x:v>
+        <x:v>465</x:v>
       </x:c>
       <x:c r="Q335" s="4" t="s">
-        <x:v>444</x:v>
+        <x:v>466</x:v>
       </x:c>
       <x:c r="R335" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="S335" s="0" t="n">
         <x:v>610384</x:v>
       </x:c>
       <x:c r="T335" s="4" t="s">
         <x:v>284</x:v>
       </x:c>
       <x:c r="U335" s="4" t="s">
         <x:v>284</x:v>
       </x:c>
     </x:row>
     <x:row r="336" spans="1:21">
       <x:c r="A336" s="13" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B336" s="14" t="s">
-        <x:v>442</x:v>
+        <x:v>478</x:v>
       </x:c>
       <x:c r="C336" s="15" t="s"/>
       <x:c r="D336" s="15" t="s"/>
       <x:c r="E336" s="14" t="s"/>
       <x:c r="F336" s="14" t="s"/>
       <x:c r="G336" s="14" t="s">
-        <x:v>443</x:v>
+        <x:v>465</x:v>
       </x:c>
       <x:c r="H336" s="14" t="s"/>
       <x:c r="I336" s="16" t="s">
-        <x:v>444</x:v>
+        <x:v>466</x:v>
       </x:c>
       <x:c r="J336" s="14" t="s"/>
       <x:c r="K336" s="14" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="L336" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M336" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N336" s="15" t="n">
         <x:v>24340</x:v>
       </x:c>
       <x:c r="O336" s="14" t="s">
-        <x:v>445</x:v>
+        <x:v>467</x:v>
       </x:c>
       <x:c r="P336" s="14" t="s">
-        <x:v>443</x:v>
+        <x:v>465</x:v>
       </x:c>
       <x:c r="Q336" s="16" t="s">
-        <x:v>444</x:v>
+        <x:v>466</x:v>
       </x:c>
       <x:c r="R336" s="14" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="S336" s="14" t="n">
         <x:v>610385</x:v>
       </x:c>
       <x:c r="T336" s="16" t="s">
         <x:v>489</x:v>
       </x:c>
       <x:c r="U336" s="16" t="s">
         <x:v>489</x:v>
       </x:c>
     </x:row>
     <x:row r="337" spans="1:21">
       <x:c r="A337" s="1" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B337" s="0" t="s">
-        <x:v>442</x:v>
+        <x:v>478</x:v>
       </x:c>
       <x:c r="C337" s="3" t="s"/>
       <x:c r="D337" s="3" t="s"/>
       <x:c r="G337" s="0" t="s">
-        <x:v>443</x:v>
+        <x:v>465</x:v>
       </x:c>
       <x:c r="I337" s="4" t="s">
-        <x:v>444</x:v>
+        <x:v>466</x:v>
       </x:c>
       <x:c r="K337" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="L337" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M337" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N337" s="3" t="n">
         <x:v>24340</x:v>
       </x:c>
       <x:c r="O337" s="0" t="s">
-        <x:v>445</x:v>
+        <x:v>467</x:v>
       </x:c>
       <x:c r="P337" s="0" t="s">
-        <x:v>443</x:v>
+        <x:v>465</x:v>
       </x:c>
       <x:c r="Q337" s="4" t="s">
-        <x:v>444</x:v>
+        <x:v>466</x:v>
       </x:c>
       <x:c r="R337" s="0" t="s">
-        <x:v>456</x:v>
+        <x:v>450</x:v>
       </x:c>
       <x:c r="S337" s="0" t="n">
         <x:v>610391</x:v>
       </x:c>
       <x:c r="T337" s="4" t="s">
         <x:v>301</x:v>
       </x:c>
       <x:c r="U337" s="4" t="s">
         <x:v>301</x:v>
       </x:c>
     </x:row>
     <x:row r="338" spans="1:21">
       <x:c r="A338" s="13" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B338" s="14" t="s">
-        <x:v>470</x:v>
+        <x:v>464</x:v>
       </x:c>
       <x:c r="C338" s="15" t="s"/>
       <x:c r="D338" s="15" t="s"/>
       <x:c r="E338" s="14" t="s"/>
       <x:c r="F338" s="14" t="s"/>
       <x:c r="G338" s="14" t="s">
-        <x:v>443</x:v>
+        <x:v>465</x:v>
       </x:c>
       <x:c r="H338" s="14" t="s"/>
       <x:c r="I338" s="16" t="s">
-        <x:v>444</x:v>
+        <x:v>466</x:v>
       </x:c>
       <x:c r="J338" s="14" t="s"/>
       <x:c r="K338" s="14" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="L338" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M338" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N338" s="15" t="n">
         <x:v>24340</x:v>
       </x:c>
       <x:c r="O338" s="14" t="s">
-        <x:v>445</x:v>
+        <x:v>467</x:v>
       </x:c>
       <x:c r="P338" s="14" t="s">
-        <x:v>443</x:v>
+        <x:v>465</x:v>
       </x:c>
       <x:c r="Q338" s="16" t="s">
-        <x:v>444</x:v>
+        <x:v>466</x:v>
       </x:c>
       <x:c r="R338" s="14" t="s">
-        <x:v>472</x:v>
+        <x:v>469</x:v>
       </x:c>
       <x:c r="S338" s="14" t="n">
         <x:v>619222</x:v>
       </x:c>
       <x:c r="T338" s="16" t="s">
-        <x:v>475</x:v>
+        <x:v>472</x:v>
       </x:c>
       <x:c r="U338" s="16" t="s">
-        <x:v>475</x:v>
+        <x:v>472</x:v>
       </x:c>
     </x:row>
     <x:row r="339" spans="1:21">
       <x:c r="A339" s="1" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B339" s="0" t="s">
-        <x:v>474</x:v>
+        <x:v>471</x:v>
       </x:c>
       <x:c r="C339" s="3" t="s"/>
       <x:c r="D339" s="3" t="s"/>
       <x:c r="G339" s="0" t="s">
-        <x:v>443</x:v>
+        <x:v>465</x:v>
       </x:c>
       <x:c r="I339" s="4" t="s">
-        <x:v>444</x:v>
+        <x:v>466</x:v>
       </x:c>
       <x:c r="K339" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="L339" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M339" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N339" s="3" t="n">
         <x:v>24340</x:v>
       </x:c>
       <x:c r="O339" s="0" t="s">
-        <x:v>445</x:v>
+        <x:v>467</x:v>
       </x:c>
       <x:c r="P339" s="0" t="s">
-        <x:v>443</x:v>
+        <x:v>465</x:v>
       </x:c>
       <x:c r="Q339" s="4" t="s">
-        <x:v>444</x:v>
+        <x:v>466</x:v>
       </x:c>
       <x:c r="R339" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="S339" s="0" t="n">
         <x:v>619235</x:v>
       </x:c>
       <x:c r="T339" s="4" t="s">
         <x:v>496</x:v>
       </x:c>
       <x:c r="U339" s="4" t="s">
         <x:v>497</x:v>
       </x:c>
     </x:row>
     <x:row r="340" spans="1:21">
       <x:c r="A340" s="13" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B340" s="14" t="s">
-        <x:v>474</x:v>
+        <x:v>471</x:v>
       </x:c>
       <x:c r="C340" s="15" t="s"/>
       <x:c r="D340" s="15" t="s"/>
       <x:c r="E340" s="14" t="s"/>
       <x:c r="F340" s="14" t="s"/>
       <x:c r="G340" s="14" t="s">
-        <x:v>443</x:v>
+        <x:v>465</x:v>
       </x:c>
       <x:c r="H340" s="14" t="s"/>
       <x:c r="I340" s="16" t="s">
-        <x:v>444</x:v>
+        <x:v>466</x:v>
       </x:c>
       <x:c r="J340" s="14" t="s"/>
       <x:c r="K340" s="14" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="L340" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M340" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N340" s="15" t="n">
         <x:v>24340</x:v>
       </x:c>
       <x:c r="O340" s="14" t="s">
-        <x:v>445</x:v>
+        <x:v>467</x:v>
       </x:c>
       <x:c r="P340" s="14" t="s">
-        <x:v>443</x:v>
+        <x:v>465</x:v>
       </x:c>
       <x:c r="Q340" s="16" t="s">
-        <x:v>444</x:v>
+        <x:v>466</x:v>
       </x:c>
       <x:c r="R340" s="14" t="s">
-        <x:v>472</x:v>
+        <x:v>469</x:v>
       </x:c>
       <x:c r="S340" s="14" t="n">
         <x:v>619240</x:v>
       </x:c>
       <x:c r="T340" s="16" t="s">
         <x:v>498</x:v>
       </x:c>
       <x:c r="U340" s="16" t="s">
         <x:v>499</x:v>
       </x:c>
     </x:row>
     <x:row r="341" spans="1:21">
       <x:c r="A341" s="1" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B341" s="0" t="s">
-        <x:v>474</x:v>
+        <x:v>471</x:v>
       </x:c>
       <x:c r="C341" s="3" t="s"/>
       <x:c r="D341" s="3" t="s"/>
       <x:c r="G341" s="0" t="s">
-        <x:v>443</x:v>
+        <x:v>465</x:v>
       </x:c>
       <x:c r="I341" s="4" t="s">
-        <x:v>444</x:v>
+        <x:v>466</x:v>
       </x:c>
       <x:c r="K341" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="L341" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M341" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N341" s="3" t="n">
         <x:v>24340</x:v>
       </x:c>
       <x:c r="O341" s="0" t="s">
-        <x:v>445</x:v>
+        <x:v>467</x:v>
       </x:c>
       <x:c r="P341" s="0" t="s">
-        <x:v>443</x:v>
+        <x:v>465</x:v>
       </x:c>
       <x:c r="Q341" s="4" t="s">
-        <x:v>444</x:v>
+        <x:v>466</x:v>
       </x:c>
       <x:c r="R341" s="0" t="s">
-        <x:v>472</x:v>
+        <x:v>469</x:v>
       </x:c>
       <x:c r="S341" s="0" t="n">
         <x:v>619241</x:v>
       </x:c>
       <x:c r="T341" s="4" t="s">
         <x:v>496</x:v>
       </x:c>
       <x:c r="U341" s="4" t="s">
         <x:v>497</x:v>
       </x:c>
     </x:row>
     <x:row r="342" spans="1:21">
       <x:c r="A342" s="13" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B342" s="14" t="s">
-        <x:v>474</x:v>
+        <x:v>471</x:v>
       </x:c>
       <x:c r="C342" s="15" t="s"/>
       <x:c r="D342" s="15" t="s"/>
       <x:c r="E342" s="14" t="s"/>
       <x:c r="F342" s="14" t="s"/>
       <x:c r="G342" s="14" t="s">
-        <x:v>443</x:v>
+        <x:v>465</x:v>
       </x:c>
       <x:c r="H342" s="14" t="s"/>
       <x:c r="I342" s="16" t="s">
-        <x:v>444</x:v>
+        <x:v>466</x:v>
       </x:c>
       <x:c r="J342" s="14" t="s"/>
       <x:c r="K342" s="14" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="L342" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M342" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N342" s="15" t="n">
         <x:v>24340</x:v>
       </x:c>
       <x:c r="O342" s="14" t="s">
-        <x:v>445</x:v>
+        <x:v>467</x:v>
       </x:c>
       <x:c r="P342" s="14" t="s">
-        <x:v>443</x:v>
+        <x:v>465</x:v>
       </x:c>
       <x:c r="Q342" s="16" t="s">
-        <x:v>444</x:v>
+        <x:v>466</x:v>
       </x:c>
       <x:c r="R342" s="14" t="s">
-        <x:v>456</x:v>
+        <x:v>450</x:v>
       </x:c>
       <x:c r="S342" s="14" t="n">
         <x:v>619246</x:v>
       </x:c>
       <x:c r="T342" s="16" t="s">
         <x:v>496</x:v>
       </x:c>
       <x:c r="U342" s="16" t="s">
         <x:v>497</x:v>
       </x:c>
     </x:row>
     <x:row r="343" spans="1:21">
       <x:c r="A343" s="1" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B343" s="0" t="s">
-        <x:v>442</x:v>
+        <x:v>478</x:v>
       </x:c>
       <x:c r="C343" s="3" t="s"/>
       <x:c r="D343" s="3" t="s"/>
       <x:c r="G343" s="0" t="s">
-        <x:v>443</x:v>
+        <x:v>465</x:v>
       </x:c>
       <x:c r="I343" s="4" t="s">
-        <x:v>444</x:v>
+        <x:v>466</x:v>
       </x:c>
       <x:c r="K343" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="L343" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M343" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N343" s="3" t="n">
         <x:v>24340</x:v>
       </x:c>
       <x:c r="O343" s="0" t="s">
-        <x:v>445</x:v>
+        <x:v>467</x:v>
       </x:c>
       <x:c r="P343" s="0" t="s">
-        <x:v>443</x:v>
+        <x:v>465</x:v>
       </x:c>
       <x:c r="Q343" s="4" t="s">
-        <x:v>444</x:v>
+        <x:v>466</x:v>
       </x:c>
       <x:c r="R343" s="0" t="s">
-        <x:v>446</x:v>
+        <x:v>483</x:v>
       </x:c>
       <x:c r="S343" s="0" t="n">
         <x:v>619260</x:v>
       </x:c>
       <x:c r="T343" s="4" t="s">
         <x:v>500</x:v>
       </x:c>
       <x:c r="U343" s="4" t="s">
         <x:v>500</x:v>
       </x:c>
     </x:row>
     <x:row r="344" spans="1:21">
       <x:c r="A344" s="13" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B344" s="14" t="s">
-        <x:v>442</x:v>
+        <x:v>478</x:v>
       </x:c>
       <x:c r="C344" s="15" t="s"/>
       <x:c r="D344" s="15" t="s"/>
       <x:c r="E344" s="14" t="s"/>
       <x:c r="F344" s="14" t="s"/>
       <x:c r="G344" s="14" t="s">
-        <x:v>443</x:v>
+        <x:v>465</x:v>
       </x:c>
       <x:c r="H344" s="14" t="s"/>
       <x:c r="I344" s="16" t="s">
-        <x:v>444</x:v>
+        <x:v>466</x:v>
       </x:c>
       <x:c r="J344" s="14" t="s"/>
       <x:c r="K344" s="14" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="L344" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M344" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N344" s="15" t="n">
         <x:v>24340</x:v>
       </x:c>
       <x:c r="O344" s="14" t="s">
-        <x:v>445</x:v>
+        <x:v>467</x:v>
       </x:c>
       <x:c r="P344" s="14" t="s">
-        <x:v>443</x:v>
+        <x:v>465</x:v>
       </x:c>
       <x:c r="Q344" s="16" t="s">
-        <x:v>444</x:v>
+        <x:v>466</x:v>
       </x:c>
       <x:c r="R344" s="14" t="s">
-        <x:v>472</x:v>
+        <x:v>469</x:v>
       </x:c>
       <x:c r="S344" s="14" t="n">
         <x:v>619264</x:v>
       </x:c>
       <x:c r="T344" s="16" t="s">
         <x:v>294</x:v>
       </x:c>
       <x:c r="U344" s="16" t="s">
         <x:v>294</x:v>
       </x:c>
     </x:row>
     <x:row r="345" spans="1:21">
       <x:c r="A345" s="1" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B345" s="0" t="s">
-        <x:v>442</x:v>
+        <x:v>478</x:v>
       </x:c>
       <x:c r="C345" s="3" t="s"/>
       <x:c r="D345" s="3" t="s"/>
       <x:c r="G345" s="0" t="s">
-        <x:v>443</x:v>
+        <x:v>465</x:v>
       </x:c>
       <x:c r="I345" s="4" t="s">
-        <x:v>444</x:v>
+        <x:v>466</x:v>
       </x:c>
       <x:c r="K345" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="L345" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M345" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N345" s="3" t="n">
         <x:v>24340</x:v>
       </x:c>
       <x:c r="O345" s="0" t="s">
-        <x:v>445</x:v>
+        <x:v>467</x:v>
       </x:c>
       <x:c r="P345" s="0" t="s">
-        <x:v>443</x:v>
+        <x:v>465</x:v>
       </x:c>
       <x:c r="Q345" s="4" t="s">
-        <x:v>444</x:v>
+        <x:v>466</x:v>
       </x:c>
       <x:c r="R345" s="0" t="s">
-        <x:v>472</x:v>
+        <x:v>469</x:v>
       </x:c>
       <x:c r="S345" s="0" t="n">
         <x:v>619267</x:v>
       </x:c>
       <x:c r="T345" s="4" t="s">
         <x:v>501</x:v>
       </x:c>
       <x:c r="U345" s="4" t="s">
         <x:v>501</x:v>
       </x:c>
     </x:row>
     <x:row r="346" spans="1:21">
       <x:c r="A346" s="13" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B346" s="14" t="s">
-        <x:v>442</x:v>
+        <x:v>478</x:v>
       </x:c>
       <x:c r="C346" s="15" t="s"/>
       <x:c r="D346" s="15" t="s"/>
       <x:c r="E346" s="14" t="s"/>
       <x:c r="F346" s="14" t="s"/>
       <x:c r="G346" s="14" t="s">
-        <x:v>443</x:v>
+        <x:v>465</x:v>
       </x:c>
       <x:c r="H346" s="14" t="s"/>
       <x:c r="I346" s="16" t="s">
-        <x:v>444</x:v>
+        <x:v>466</x:v>
       </x:c>
       <x:c r="J346" s="14" t="s"/>
       <x:c r="K346" s="14" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="L346" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M346" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N346" s="15" t="n">
         <x:v>24340</x:v>
       </x:c>
       <x:c r="O346" s="14" t="s">
-        <x:v>445</x:v>
+        <x:v>467</x:v>
       </x:c>
       <x:c r="P346" s="14" t="s">
-        <x:v>443</x:v>
+        <x:v>465</x:v>
       </x:c>
       <x:c r="Q346" s="16" t="s">
-        <x:v>444</x:v>
+        <x:v>466</x:v>
       </x:c>
       <x:c r="R346" s="14" t="s">
-        <x:v>472</x:v>
+        <x:v>469</x:v>
       </x:c>
       <x:c r="S346" s="14" t="n">
         <x:v>619268</x:v>
       </x:c>
       <x:c r="T346" s="16" t="s">
         <x:v>502</x:v>
       </x:c>
       <x:c r="U346" s="16" t="s">
         <x:v>502</x:v>
       </x:c>
     </x:row>
     <x:row r="347" spans="1:21">
       <x:c r="A347" s="1" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B347" s="0" t="s">
-        <x:v>474</x:v>
+        <x:v>471</x:v>
       </x:c>
       <x:c r="C347" s="3" t="s"/>
       <x:c r="D347" s="3" t="s"/>
       <x:c r="G347" s="0" t="s">
-        <x:v>443</x:v>
+        <x:v>465</x:v>
       </x:c>
       <x:c r="I347" s="4" t="s">
-        <x:v>444</x:v>
+        <x:v>466</x:v>
       </x:c>
       <x:c r="K347" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="L347" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M347" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N347" s="3" t="n">
         <x:v>24340</x:v>
       </x:c>
       <x:c r="O347" s="0" t="s">
-        <x:v>445</x:v>
+        <x:v>467</x:v>
       </x:c>
       <x:c r="P347" s="0" t="s">
-        <x:v>443</x:v>
+        <x:v>465</x:v>
       </x:c>
       <x:c r="Q347" s="4" t="s">
-        <x:v>444</x:v>
+        <x:v>466</x:v>
       </x:c>
       <x:c r="R347" s="0" t="s">
-        <x:v>472</x:v>
+        <x:v>469</x:v>
       </x:c>
       <x:c r="S347" s="0" t="n">
         <x:v>591482</x:v>
       </x:c>
       <x:c r="T347" s="4" t="s">
         <x:v>488</x:v>
       </x:c>
       <x:c r="U347" s="4" t="s">
         <x:v>348</x:v>
       </x:c>
     </x:row>
     <x:row r="348" spans="1:21">
       <x:c r="A348" s="13" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B348" s="14" t="s">
-        <x:v>470</x:v>
+        <x:v>464</x:v>
       </x:c>
       <x:c r="C348" s="15" t="s"/>
       <x:c r="D348" s="15" t="s"/>
       <x:c r="E348" s="14" t="s"/>
       <x:c r="F348" s="14" t="s"/>
       <x:c r="G348" s="14" t="s">
-        <x:v>443</x:v>
+        <x:v>465</x:v>
       </x:c>
       <x:c r="H348" s="14" t="s"/>
       <x:c r="I348" s="16" t="s">
-        <x:v>444</x:v>
+        <x:v>466</x:v>
       </x:c>
       <x:c r="J348" s="14" t="s"/>
       <x:c r="K348" s="14" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="L348" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M348" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N348" s="15" t="n">
         <x:v>24340</x:v>
       </x:c>
       <x:c r="O348" s="14" t="s">
-        <x:v>445</x:v>
+        <x:v>467</x:v>
       </x:c>
       <x:c r="P348" s="14" t="s">
-        <x:v>443</x:v>
+        <x:v>465</x:v>
       </x:c>
       <x:c r="Q348" s="16" t="s">
-        <x:v>444</x:v>
+        <x:v>466</x:v>
       </x:c>
       <x:c r="R348" s="14" t="s">
-        <x:v>446</x:v>
+        <x:v>483</x:v>
       </x:c>
       <x:c r="S348" s="14" t="n">
         <x:v>610355</x:v>
       </x:c>
       <x:c r="T348" s="16" t="s">
-        <x:v>447</x:v>
+        <x:v>484</x:v>
       </x:c>
       <x:c r="U348" s="16" t="s">
-        <x:v>447</x:v>
+        <x:v>484</x:v>
       </x:c>
     </x:row>
     <x:row r="349" spans="1:21">
       <x:c r="A349" s="1" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B349" s="0" t="s">
-        <x:v>470</x:v>
+        <x:v>464</x:v>
       </x:c>
       <x:c r="C349" s="3" t="s"/>
       <x:c r="D349" s="3" t="s"/>
       <x:c r="G349" s="0" t="s">
-        <x:v>443</x:v>
+        <x:v>465</x:v>
       </x:c>
       <x:c r="I349" s="4" t="s">
-        <x:v>444</x:v>
+        <x:v>466</x:v>
       </x:c>
       <x:c r="K349" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="L349" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M349" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N349" s="3" t="n">
         <x:v>24340</x:v>
       </x:c>
       <x:c r="O349" s="0" t="s">
-        <x:v>445</x:v>
+        <x:v>467</x:v>
       </x:c>
       <x:c r="P349" s="0" t="s">
-        <x:v>443</x:v>
+        <x:v>465</x:v>
       </x:c>
       <x:c r="Q349" s="4" t="s">
-        <x:v>444</x:v>
+        <x:v>466</x:v>
       </x:c>
       <x:c r="R349" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="S349" s="0" t="n">
         <x:v>610358</x:v>
       </x:c>
       <x:c r="T349" s="4" t="s">
         <x:v>489</x:v>
       </x:c>
       <x:c r="U349" s="4" t="s">
         <x:v>489</x:v>
       </x:c>
     </x:row>
     <x:row r="350" spans="1:21">
       <x:c r="A350" s="13" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B350" s="14" t="s">
-        <x:v>474</x:v>
+        <x:v>471</x:v>
       </x:c>
       <x:c r="C350" s="15" t="s"/>
       <x:c r="D350" s="15" t="s"/>
       <x:c r="E350" s="14" t="s"/>
       <x:c r="F350" s="14" t="s"/>
       <x:c r="G350" s="14" t="s">
-        <x:v>443</x:v>
+        <x:v>465</x:v>
       </x:c>
       <x:c r="H350" s="14" t="s"/>
       <x:c r="I350" s="16" t="s">
-        <x:v>444</x:v>
+        <x:v>466</x:v>
       </x:c>
       <x:c r="J350" s="14" t="s"/>
       <x:c r="K350" s="14" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="L350" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M350" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N350" s="15" t="n">
         <x:v>24340</x:v>
       </x:c>
       <x:c r="O350" s="14" t="s">
-        <x:v>445</x:v>
+        <x:v>467</x:v>
       </x:c>
       <x:c r="P350" s="14" t="s">
-        <x:v>443</x:v>
+        <x:v>465</x:v>
       </x:c>
       <x:c r="Q350" s="16" t="s">
-        <x:v>444</x:v>
+        <x:v>466</x:v>
       </x:c>
       <x:c r="R350" s="14" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="S350" s="14" t="n">
         <x:v>610366</x:v>
       </x:c>
       <x:c r="T350" s="16" t="s">
         <x:v>503</x:v>
       </x:c>
       <x:c r="U350" s="16" t="s">
         <x:v>290</x:v>
       </x:c>
     </x:row>
     <x:row r="351" spans="1:21">
       <x:c r="A351" s="1" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B351" s="0" t="s">
-        <x:v>474</x:v>
+        <x:v>471</x:v>
       </x:c>
       <x:c r="C351" s="3" t="s"/>
       <x:c r="D351" s="3" t="s"/>
       <x:c r="G351" s="0" t="s">
-        <x:v>443</x:v>
+        <x:v>465</x:v>
       </x:c>
       <x:c r="I351" s="4" t="s">
-        <x:v>444</x:v>
+        <x:v>466</x:v>
       </x:c>
       <x:c r="K351" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="L351" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M351" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N351" s="3" t="n">
         <x:v>24340</x:v>
       </x:c>
       <x:c r="O351" s="0" t="s">
-        <x:v>445</x:v>
+        <x:v>467</x:v>
       </x:c>
       <x:c r="P351" s="0" t="s">
-        <x:v>443</x:v>
+        <x:v>465</x:v>
       </x:c>
       <x:c r="Q351" s="4" t="s">
-        <x:v>444</x:v>
+        <x:v>466</x:v>
       </x:c>
       <x:c r="R351" s="0" t="s">
-        <x:v>472</x:v>
+        <x:v>469</x:v>
       </x:c>
       <x:c r="S351" s="0" t="n">
         <x:v>610369</x:v>
       </x:c>
       <x:c r="T351" s="4" t="s">
         <x:v>504</x:v>
       </x:c>
       <x:c r="U351" s="4" t="s">
         <x:v>402</x:v>
       </x:c>
     </x:row>
     <x:row r="352" spans="1:21">
       <x:c r="A352" s="13" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B352" s="14" t="s">
-        <x:v>478</x:v>
+        <x:v>475</x:v>
       </x:c>
       <x:c r="C352" s="15" t="s"/>
       <x:c r="D352" s="15" t="s"/>
       <x:c r="E352" s="14" t="s"/>
       <x:c r="F352" s="14" t="s"/>
       <x:c r="G352" s="14" t="s">
-        <x:v>443</x:v>
+        <x:v>465</x:v>
       </x:c>
       <x:c r="H352" s="14" t="s"/>
       <x:c r="I352" s="16" t="s">
-        <x:v>444</x:v>
+        <x:v>466</x:v>
       </x:c>
       <x:c r="J352" s="14" t="s"/>
       <x:c r="K352" s="14" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="L352" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M352" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N352" s="15" t="n">
         <x:v>24340</x:v>
       </x:c>
       <x:c r="O352" s="14" t="s">
-        <x:v>445</x:v>
+        <x:v>467</x:v>
       </x:c>
       <x:c r="P352" s="14" t="s">
-        <x:v>443</x:v>
+        <x:v>465</x:v>
       </x:c>
       <x:c r="Q352" s="16" t="s">
-        <x:v>444</x:v>
+        <x:v>466</x:v>
       </x:c>
       <x:c r="R352" s="14" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="S352" s="14" t="n">
         <x:v>610376</x:v>
       </x:c>
       <x:c r="T352" s="16" t="s">
         <x:v>505</x:v>
       </x:c>
       <x:c r="U352" s="16" t="s">
         <x:v>505</x:v>
       </x:c>
     </x:row>
     <x:row r="353" spans="1:21">
       <x:c r="A353" s="1" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B353" s="0" t="s">
-        <x:v>470</x:v>
+        <x:v>464</x:v>
       </x:c>
       <x:c r="C353" s="3" t="s"/>
       <x:c r="D353" s="3" t="s"/>
       <x:c r="G353" s="0" t="s">
-        <x:v>443</x:v>
+        <x:v>465</x:v>
       </x:c>
       <x:c r="I353" s="4" t="s">
-        <x:v>444</x:v>
+        <x:v>466</x:v>
       </x:c>
       <x:c r="K353" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="L353" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M353" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N353" s="3" t="n">
         <x:v>24340</x:v>
       </x:c>
       <x:c r="O353" s="0" t="s">
-        <x:v>445</x:v>
+        <x:v>467</x:v>
       </x:c>
       <x:c r="P353" s="0" t="s">
-        <x:v>443</x:v>
+        <x:v>465</x:v>
       </x:c>
       <x:c r="Q353" s="4" t="s">
-        <x:v>444</x:v>
+        <x:v>466</x:v>
       </x:c>
       <x:c r="R353" s="0" t="s">
-        <x:v>446</x:v>
+        <x:v>483</x:v>
       </x:c>
       <x:c r="S353" s="0" t="n">
         <x:v>619217</x:v>
       </x:c>
       <x:c r="T353" s="4" t="s">
         <x:v>500</x:v>
       </x:c>
       <x:c r="U353" s="4" t="s">
         <x:v>500</x:v>
       </x:c>
     </x:row>
     <x:row r="354" spans="1:21">
       <x:c r="A354" s="13" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B354" s="14" t="s">
-        <x:v>470</x:v>
+        <x:v>464</x:v>
       </x:c>
       <x:c r="C354" s="15" t="s"/>
       <x:c r="D354" s="15" t="s"/>
       <x:c r="E354" s="14" t="s"/>
       <x:c r="F354" s="14" t="s"/>
       <x:c r="G354" s="14" t="s">
-        <x:v>443</x:v>
+        <x:v>465</x:v>
       </x:c>
       <x:c r="H354" s="14" t="s"/>
       <x:c r="I354" s="16" t="s">
-        <x:v>444</x:v>
+        <x:v>466</x:v>
       </x:c>
       <x:c r="J354" s="14" t="s"/>
       <x:c r="K354" s="14" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="L354" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M354" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N354" s="15" t="n">
         <x:v>24340</x:v>
       </x:c>
       <x:c r="O354" s="14" t="s">
-        <x:v>445</x:v>
+        <x:v>467</x:v>
       </x:c>
       <x:c r="P354" s="14" t="s">
-        <x:v>443</x:v>
+        <x:v>465</x:v>
       </x:c>
       <x:c r="Q354" s="16" t="s">
-        <x:v>444</x:v>
+        <x:v>466</x:v>
       </x:c>
       <x:c r="R354" s="14" t="s">
-        <x:v>472</x:v>
+        <x:v>469</x:v>
       </x:c>
       <x:c r="S354" s="14" t="n">
         <x:v>619226</x:v>
       </x:c>
       <x:c r="T354" s="16" t="s">
         <x:v>496</x:v>
       </x:c>
       <x:c r="U354" s="16" t="s">
         <x:v>496</x:v>
       </x:c>
     </x:row>
     <x:row r="355" spans="1:21">
       <x:c r="A355" s="1" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B355" s="0" t="s">
-        <x:v>470</x:v>
+        <x:v>464</x:v>
       </x:c>
       <x:c r="C355" s="3" t="s"/>
       <x:c r="D355" s="3" t="s"/>
       <x:c r="G355" s="0" t="s">
-        <x:v>443</x:v>
+        <x:v>465</x:v>
       </x:c>
       <x:c r="I355" s="4" t="s">
-        <x:v>444</x:v>
+        <x:v>466</x:v>
       </x:c>
       <x:c r="K355" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="L355" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M355" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N355" s="3" t="n">
         <x:v>24340</x:v>
       </x:c>
       <x:c r="O355" s="0" t="s">
-        <x:v>445</x:v>
+        <x:v>467</x:v>
       </x:c>
       <x:c r="P355" s="0" t="s">
-        <x:v>443</x:v>
+        <x:v>465</x:v>
       </x:c>
       <x:c r="Q355" s="4" t="s">
-        <x:v>444</x:v>
+        <x:v>466</x:v>
       </x:c>
       <x:c r="R355" s="0" t="s">
-        <x:v>456</x:v>
+        <x:v>450</x:v>
       </x:c>
       <x:c r="S355" s="0" t="n">
         <x:v>619229</x:v>
       </x:c>
       <x:c r="T355" s="4" t="s">
         <x:v>492</x:v>
       </x:c>
       <x:c r="U355" s="4" t="s">
         <x:v>492</x:v>
       </x:c>
     </x:row>
     <x:row r="356" spans="1:21">
       <x:c r="A356" s="13" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B356" s="14" t="s">
-        <x:v>474</x:v>
+        <x:v>471</x:v>
       </x:c>
       <x:c r="C356" s="15" t="s"/>
       <x:c r="D356" s="15" t="s"/>
       <x:c r="E356" s="14" t="s"/>
       <x:c r="F356" s="14" t="s"/>
       <x:c r="G356" s="14" t="s">
-        <x:v>443</x:v>
+        <x:v>465</x:v>
       </x:c>
       <x:c r="H356" s="14" t="s"/>
       <x:c r="I356" s="16" t="s">
-        <x:v>444</x:v>
+        <x:v>466</x:v>
       </x:c>
       <x:c r="J356" s="14" t="s"/>
       <x:c r="K356" s="14" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="L356" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M356" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N356" s="15" t="n">
         <x:v>24340</x:v>
       </x:c>
       <x:c r="O356" s="14" t="s">
-        <x:v>445</x:v>
+        <x:v>467</x:v>
       </x:c>
       <x:c r="P356" s="14" t="s">
-        <x:v>443</x:v>
+        <x:v>465</x:v>
       </x:c>
       <x:c r="Q356" s="16" t="s">
-        <x:v>444</x:v>
+        <x:v>466</x:v>
       </x:c>
       <x:c r="R356" s="14" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="S356" s="14" t="n">
         <x:v>619234</x:v>
       </x:c>
       <x:c r="T356" s="16" t="s">
-        <x:v>471</x:v>
+        <x:v>468</x:v>
       </x:c>
       <x:c r="U356" s="16" t="s">
         <x:v>506</x:v>
       </x:c>
     </x:row>
     <x:row r="357" spans="1:21">
       <x:c r="A357" s="1" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B357" s="0" t="s">
-        <x:v>478</x:v>
+        <x:v>475</x:v>
       </x:c>
       <x:c r="C357" s="3" t="s"/>
       <x:c r="D357" s="3" t="s"/>
       <x:c r="G357" s="0" t="s">
-        <x:v>443</x:v>
+        <x:v>465</x:v>
       </x:c>
       <x:c r="I357" s="4" t="s">
-        <x:v>444</x:v>
+        <x:v>466</x:v>
       </x:c>
       <x:c r="K357" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="L357" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M357" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N357" s="3" t="n">
         <x:v>24340</x:v>
       </x:c>
       <x:c r="O357" s="0" t="s">
-        <x:v>445</x:v>
+        <x:v>467</x:v>
       </x:c>
       <x:c r="P357" s="0" t="s">
-        <x:v>443</x:v>
+        <x:v>465</x:v>
       </x:c>
       <x:c r="Q357" s="4" t="s">
-        <x:v>444</x:v>
+        <x:v>466</x:v>
       </x:c>
       <x:c r="R357" s="0" t="s">
-        <x:v>472</x:v>
+        <x:v>469</x:v>
       </x:c>
       <x:c r="S357" s="0" t="n">
         <x:v>619251</x:v>
       </x:c>
       <x:c r="T357" s="4" t="s">
-        <x:v>393</x:v>
+        <x:v>390</x:v>
       </x:c>
       <x:c r="U357" s="4" t="s">
-        <x:v>393</x:v>
+        <x:v>390</x:v>
       </x:c>
     </x:row>
     <x:row r="358" spans="1:21">
       <x:c r="A358" s="13" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B358" s="14" t="s">
-        <x:v>478</x:v>
+        <x:v>475</x:v>
       </x:c>
       <x:c r="C358" s="15" t="s"/>
       <x:c r="D358" s="15" t="s"/>
       <x:c r="E358" s="14" t="s"/>
       <x:c r="F358" s="14" t="s"/>
       <x:c r="G358" s="14" t="s">
-        <x:v>443</x:v>
+        <x:v>465</x:v>
       </x:c>
       <x:c r="H358" s="14" t="s"/>
       <x:c r="I358" s="16" t="s">
-        <x:v>444</x:v>
+        <x:v>466</x:v>
       </x:c>
       <x:c r="J358" s="14" t="s"/>
       <x:c r="K358" s="14" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="L358" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M358" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N358" s="15" t="n">
         <x:v>24340</x:v>
       </x:c>
       <x:c r="O358" s="14" t="s">
-        <x:v>445</x:v>
+        <x:v>467</x:v>
       </x:c>
       <x:c r="P358" s="14" t="s">
-        <x:v>443</x:v>
+        <x:v>465</x:v>
       </x:c>
       <x:c r="Q358" s="16" t="s">
-        <x:v>444</x:v>
+        <x:v>466</x:v>
       </x:c>
       <x:c r="R358" s="14" t="s">
-        <x:v>472</x:v>
+        <x:v>469</x:v>
       </x:c>
       <x:c r="S358" s="14" t="n">
         <x:v>619252</x:v>
       </x:c>
       <x:c r="T358" s="16" t="s">
         <x:v>507</x:v>
       </x:c>
       <x:c r="U358" s="16" t="s">
         <x:v>507</x:v>
       </x:c>
     </x:row>
     <x:row r="359" spans="1:21">
       <x:c r="A359" s="1" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B359" s="0" t="s">
-        <x:v>442</x:v>
+        <x:v>478</x:v>
       </x:c>
       <x:c r="C359" s="3" t="s"/>
       <x:c r="D359" s="3" t="s"/>
       <x:c r="G359" s="0" t="s">
-        <x:v>443</x:v>
+        <x:v>465</x:v>
       </x:c>
       <x:c r="I359" s="4" t="s">
-        <x:v>444</x:v>
+        <x:v>466</x:v>
       </x:c>
       <x:c r="K359" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="L359" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M359" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N359" s="3" t="n">
         <x:v>24340</x:v>
       </x:c>
       <x:c r="O359" s="0" t="s">
-        <x:v>445</x:v>
+        <x:v>467</x:v>
       </x:c>
       <x:c r="P359" s="0" t="s">
-        <x:v>443</x:v>
+        <x:v>465</x:v>
       </x:c>
       <x:c r="Q359" s="4" t="s">
-        <x:v>444</x:v>
+        <x:v>466</x:v>
       </x:c>
       <x:c r="R359" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="S359" s="0" t="n">
         <x:v>619263</x:v>
       </x:c>
       <x:c r="T359" s="4" t="s">
         <x:v>496</x:v>
       </x:c>
       <x:c r="U359" s="4" t="s">
         <x:v>496</x:v>
       </x:c>
     </x:row>
     <x:row r="360" spans="1:21">
       <x:c r="A360" s="13" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B360" s="14" t="s">
-        <x:v>442</x:v>
+        <x:v>478</x:v>
       </x:c>
       <x:c r="C360" s="15" t="s"/>
       <x:c r="D360" s="15" t="s"/>
       <x:c r="E360" s="14" t="s"/>
       <x:c r="F360" s="14" t="s"/>
       <x:c r="G360" s="14" t="s">
-        <x:v>443</x:v>
+        <x:v>465</x:v>
       </x:c>
       <x:c r="H360" s="14" t="s"/>
       <x:c r="I360" s="16" t="s">
-        <x:v>444</x:v>
+        <x:v>466</x:v>
       </x:c>
       <x:c r="J360" s="14" t="s"/>
       <x:c r="K360" s="14" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="L360" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M360" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N360" s="15" t="n">
         <x:v>24340</x:v>
       </x:c>
       <x:c r="O360" s="14" t="s">
-        <x:v>445</x:v>
+        <x:v>467</x:v>
       </x:c>
       <x:c r="P360" s="14" t="s">
-        <x:v>443</x:v>
+        <x:v>465</x:v>
       </x:c>
       <x:c r="Q360" s="16" t="s">
-        <x:v>444</x:v>
+        <x:v>466</x:v>
       </x:c>
       <x:c r="R360" s="14" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="S360" s="14" t="n">
         <x:v>619270</x:v>
       </x:c>
       <x:c r="T360" s="16" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="U360" s="16" t="s">
         <x:v>43</x:v>
       </x:c>
     </x:row>
     <x:row r="361" spans="1:21">
       <x:c r="A361" s="1" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B361" s="0" t="s">
-        <x:v>470</x:v>
+        <x:v>464</x:v>
       </x:c>
       <x:c r="C361" s="3" t="s"/>
       <x:c r="D361" s="3" t="s"/>
       <x:c r="G361" s="0" t="s">
-        <x:v>443</x:v>
+        <x:v>465</x:v>
       </x:c>
       <x:c r="I361" s="4" t="s">
-        <x:v>444</x:v>
+        <x:v>466</x:v>
       </x:c>
       <x:c r="K361" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="L361" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M361" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N361" s="3" t="n">
         <x:v>24340</x:v>
       </x:c>
       <x:c r="O361" s="0" t="s">
-        <x:v>445</x:v>
+        <x:v>467</x:v>
       </x:c>
       <x:c r="P361" s="0" t="s">
-        <x:v>443</x:v>
+        <x:v>465</x:v>
       </x:c>
       <x:c r="Q361" s="4" t="s">
-        <x:v>444</x:v>
+        <x:v>466</x:v>
       </x:c>
       <x:c r="R361" s="0" t="s">
-        <x:v>472</x:v>
+        <x:v>469</x:v>
       </x:c>
       <x:c r="S361" s="0" t="n">
         <x:v>591474</x:v>
       </x:c>
       <x:c r="T361" s="4" t="s">
         <x:v>488</x:v>
       </x:c>
       <x:c r="U361" s="4" t="s">
         <x:v>488</x:v>
       </x:c>
     </x:row>
     <x:row r="362" spans="1:21">
       <x:c r="A362" s="13" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B362" s="14" t="s">
-        <x:v>470</x:v>
+        <x:v>464</x:v>
       </x:c>
       <x:c r="C362" s="15" t="s"/>
       <x:c r="D362" s="15" t="s"/>
       <x:c r="E362" s="14" t="s"/>
       <x:c r="F362" s="14" t="s"/>
       <x:c r="G362" s="14" t="s">
-        <x:v>443</x:v>
+        <x:v>465</x:v>
       </x:c>
       <x:c r="H362" s="14" t="s"/>
       <x:c r="I362" s="16" t="s">
-        <x:v>444</x:v>
+        <x:v>466</x:v>
       </x:c>
       <x:c r="J362" s="14" t="s"/>
       <x:c r="K362" s="14" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="L362" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M362" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N362" s="15" t="n">
         <x:v>24340</x:v>
       </x:c>
       <x:c r="O362" s="14" t="s">
-        <x:v>445</x:v>
+        <x:v>467</x:v>
       </x:c>
       <x:c r="P362" s="14" t="s">
-        <x:v>443</x:v>
+        <x:v>465</x:v>
       </x:c>
       <x:c r="Q362" s="16" t="s">
-        <x:v>444</x:v>
+        <x:v>466</x:v>
       </x:c>
       <x:c r="R362" s="14" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="S362" s="14" t="n">
         <x:v>591475</x:v>
       </x:c>
       <x:c r="T362" s="16" t="s">
         <x:v>486</x:v>
       </x:c>
       <x:c r="U362" s="16" t="s">
         <x:v>486</x:v>
       </x:c>
     </x:row>
     <x:row r="363" spans="1:21">
       <x:c r="A363" s="1" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B363" s="0" t="s">
-        <x:v>470</x:v>
+        <x:v>464</x:v>
       </x:c>
       <x:c r="C363" s="3" t="s"/>
       <x:c r="D363" s="3" t="s"/>
       <x:c r="G363" s="0" t="s">
-        <x:v>443</x:v>
+        <x:v>465</x:v>
       </x:c>
       <x:c r="I363" s="4" t="s">
-        <x:v>444</x:v>
+        <x:v>466</x:v>
       </x:c>
       <x:c r="K363" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="L363" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M363" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N363" s="3" t="n">
         <x:v>24340</x:v>
       </x:c>
       <x:c r="O363" s="0" t="s">
-        <x:v>445</x:v>
+        <x:v>467</x:v>
       </x:c>
       <x:c r="P363" s="0" t="s">
-        <x:v>443</x:v>
+        <x:v>465</x:v>
       </x:c>
       <x:c r="Q363" s="4" t="s">
-        <x:v>444</x:v>
+        <x:v>466</x:v>
       </x:c>
       <x:c r="R363" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="S363" s="0" t="n">
         <x:v>619220</x:v>
       </x:c>
       <x:c r="T363" s="4" t="s">
         <x:v>496</x:v>
       </x:c>
       <x:c r="U363" s="4" t="s">
         <x:v>496</x:v>
       </x:c>
     </x:row>
     <x:row r="364" spans="1:21">
       <x:c r="A364" s="13" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B364" s="14" t="s">
-        <x:v>470</x:v>
+        <x:v>464</x:v>
       </x:c>
       <x:c r="C364" s="15" t="s"/>
       <x:c r="D364" s="15" t="s"/>
       <x:c r="E364" s="14" t="s"/>
       <x:c r="F364" s="14" t="s"/>
       <x:c r="G364" s="14" t="s">
-        <x:v>443</x:v>
+        <x:v>465</x:v>
       </x:c>
       <x:c r="H364" s="14" t="s"/>
       <x:c r="I364" s="16" t="s">
-        <x:v>444</x:v>
+        <x:v>466</x:v>
       </x:c>
       <x:c r="J364" s="14" t="s"/>
       <x:c r="K364" s="14" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="L364" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M364" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N364" s="15" t="n">
         <x:v>24340</x:v>
       </x:c>
       <x:c r="O364" s="14" t="s">
-        <x:v>445</x:v>
+        <x:v>467</x:v>
       </x:c>
       <x:c r="P364" s="14" t="s">
-        <x:v>443</x:v>
+        <x:v>465</x:v>
       </x:c>
       <x:c r="Q364" s="16" t="s">
-        <x:v>444</x:v>
+        <x:v>466</x:v>
       </x:c>
       <x:c r="R364" s="14" t="s">
-        <x:v>472</x:v>
+        <x:v>469</x:v>
       </x:c>
       <x:c r="S364" s="14" t="n">
         <x:v>619224</x:v>
       </x:c>
       <x:c r="T364" s="16" t="s">
         <x:v>508</x:v>
       </x:c>
       <x:c r="U364" s="16" t="s">
         <x:v>508</x:v>
       </x:c>
     </x:row>
     <x:row r="365" spans="1:21">
       <x:c r="A365" s="1" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B365" s="0" t="s">
-        <x:v>470</x:v>
+        <x:v>464</x:v>
       </x:c>
       <x:c r="C365" s="3" t="s"/>
       <x:c r="D365" s="3" t="s"/>
       <x:c r="G365" s="0" t="s">
-        <x:v>443</x:v>
+        <x:v>465</x:v>
       </x:c>
       <x:c r="I365" s="4" t="s">
-        <x:v>444</x:v>
+        <x:v>466</x:v>
       </x:c>
       <x:c r="K365" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="L365" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M365" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N365" s="3" t="n">
         <x:v>24340</x:v>
       </x:c>
       <x:c r="O365" s="0" t="s">
-        <x:v>445</x:v>
+        <x:v>467</x:v>
       </x:c>
       <x:c r="P365" s="0" t="s">
-        <x:v>443</x:v>
+        <x:v>465</x:v>
       </x:c>
       <x:c r="Q365" s="4" t="s">
-        <x:v>444</x:v>
+        <x:v>466</x:v>
       </x:c>
       <x:c r="R365" s="0" t="s">
-        <x:v>472</x:v>
+        <x:v>469</x:v>
       </x:c>
       <x:c r="S365" s="0" t="n">
         <x:v>619225</x:v>
       </x:c>
       <x:c r="T365" s="4" t="s">
         <x:v>498</x:v>
       </x:c>
       <x:c r="U365" s="4" t="s">
         <x:v>498</x:v>
       </x:c>
     </x:row>
     <x:row r="366" spans="1:21">
       <x:c r="A366" s="13" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B366" s="14" t="s">
-        <x:v>474</x:v>
+        <x:v>471</x:v>
       </x:c>
       <x:c r="C366" s="15" t="s"/>
       <x:c r="D366" s="15" t="s"/>
       <x:c r="E366" s="14" t="s"/>
       <x:c r="F366" s="14" t="s"/>
       <x:c r="G366" s="14" t="s">
-        <x:v>443</x:v>
+        <x:v>465</x:v>
       </x:c>
       <x:c r="H366" s="14" t="s"/>
       <x:c r="I366" s="16" t="s">
-        <x:v>444</x:v>
+        <x:v>466</x:v>
       </x:c>
       <x:c r="J366" s="14" t="s"/>
       <x:c r="K366" s="14" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="L366" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M366" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N366" s="15" t="n">
         <x:v>24340</x:v>
       </x:c>
       <x:c r="O366" s="14" t="s">
-        <x:v>445</x:v>
+        <x:v>467</x:v>
       </x:c>
       <x:c r="P366" s="14" t="s">
-        <x:v>443</x:v>
+        <x:v>465</x:v>
       </x:c>
       <x:c r="Q366" s="16" t="s">
-        <x:v>444</x:v>
+        <x:v>466</x:v>
       </x:c>
       <x:c r="R366" s="14" t="s">
-        <x:v>446</x:v>
+        <x:v>483</x:v>
       </x:c>
       <x:c r="S366" s="14" t="n">
         <x:v>619232</x:v>
       </x:c>
       <x:c r="T366" s="16" t="s">
         <x:v>500</x:v>
       </x:c>
       <x:c r="U366" s="16" t="s">
         <x:v>509</x:v>
       </x:c>
     </x:row>
     <x:row r="367" spans="1:21">
       <x:c r="A367" s="1" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B367" s="0" t="s">
-        <x:v>474</x:v>
+        <x:v>471</x:v>
       </x:c>
       <x:c r="C367" s="3" t="s"/>
       <x:c r="D367" s="3" t="s"/>
       <x:c r="G367" s="0" t="s">
-        <x:v>443</x:v>
+        <x:v>465</x:v>
       </x:c>
       <x:c r="I367" s="4" t="s">
-        <x:v>444</x:v>
+        <x:v>466</x:v>
       </x:c>
       <x:c r="K367" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="L367" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M367" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N367" s="3" t="n">
         <x:v>24340</x:v>
       </x:c>
       <x:c r="O367" s="0" t="s">
-        <x:v>445</x:v>
+        <x:v>467</x:v>
       </x:c>
       <x:c r="P367" s="0" t="s">
-        <x:v>443</x:v>
+        <x:v>465</x:v>
       </x:c>
       <x:c r="Q367" s="4" t="s">
-        <x:v>444</x:v>
+        <x:v>466</x:v>
       </x:c>
       <x:c r="R367" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="S367" s="0" t="n">
         <x:v>619233</x:v>
       </x:c>
       <x:c r="T367" s="4" t="s">
         <x:v>510</x:v>
       </x:c>
       <x:c r="U367" s="4" t="s">
         <x:v>511</x:v>
       </x:c>
     </x:row>
     <x:row r="368" spans="1:21">
       <x:c r="A368" s="13" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B368" s="14" t="s">
-        <x:v>474</x:v>
+        <x:v>471</x:v>
       </x:c>
       <x:c r="C368" s="15" t="s"/>
       <x:c r="D368" s="15" t="s"/>
       <x:c r="E368" s="14" t="s"/>
       <x:c r="F368" s="14" t="s"/>
       <x:c r="G368" s="14" t="s">
-        <x:v>443</x:v>
+        <x:v>465</x:v>
       </x:c>
       <x:c r="H368" s="14" t="s"/>
       <x:c r="I368" s="16" t="s">
-        <x:v>444</x:v>
+        <x:v>466</x:v>
       </x:c>
       <x:c r="J368" s="14" t="s"/>
       <x:c r="K368" s="14" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="L368" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M368" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N368" s="15" t="n">
         <x:v>24340</x:v>
       </x:c>
       <x:c r="O368" s="14" t="s">
-        <x:v>445</x:v>
+        <x:v>467</x:v>
       </x:c>
       <x:c r="P368" s="14" t="s">
-        <x:v>443</x:v>
+        <x:v>465</x:v>
       </x:c>
       <x:c r="Q368" s="16" t="s">
-        <x:v>444</x:v>
+        <x:v>466</x:v>
       </x:c>
       <x:c r="R368" s="14" t="s">
-        <x:v>472</x:v>
+        <x:v>469</x:v>
       </x:c>
       <x:c r="S368" s="14" t="n">
         <x:v>619238</x:v>
       </x:c>
       <x:c r="T368" s="16" t="s">
-        <x:v>473</x:v>
+        <x:v>470</x:v>
       </x:c>
       <x:c r="U368" s="16" t="s">
         <x:v>512</x:v>
       </x:c>
     </x:row>
     <x:row r="369" spans="1:21">
       <x:c r="A369" s="1" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B369" s="0" t="s">
-        <x:v>474</x:v>
+        <x:v>471</x:v>
       </x:c>
       <x:c r="C369" s="3" t="s"/>
       <x:c r="D369" s="3" t="s"/>
       <x:c r="G369" s="0" t="s">
-        <x:v>443</x:v>
+        <x:v>465</x:v>
       </x:c>
       <x:c r="I369" s="4" t="s">
-        <x:v>444</x:v>
+        <x:v>466</x:v>
       </x:c>
       <x:c r="K369" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="L369" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M369" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N369" s="3" t="n">
         <x:v>24340</x:v>
       </x:c>
       <x:c r="O369" s="0" t="s">
-        <x:v>445</x:v>
+        <x:v>467</x:v>
       </x:c>
       <x:c r="P369" s="0" t="s">
-        <x:v>443</x:v>
+        <x:v>465</x:v>
       </x:c>
       <x:c r="Q369" s="4" t="s">
-        <x:v>444</x:v>
+        <x:v>466</x:v>
       </x:c>
       <x:c r="R369" s="0" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="S369" s="0" t="n">
         <x:v>619242</x:v>
       </x:c>
       <x:c r="T369" s="4" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="U369" s="4" t="s">
         <x:v>513</x:v>
       </x:c>
     </x:row>
     <x:row r="370" spans="1:21">
       <x:c r="A370" s="13" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B370" s="14" t="s">
-        <x:v>474</x:v>
+        <x:v>471</x:v>
       </x:c>
       <x:c r="C370" s="15" t="s"/>
       <x:c r="D370" s="15" t="s"/>
       <x:c r="E370" s="14" t="s"/>
       <x:c r="F370" s="14" t="s"/>
       <x:c r="G370" s="14" t="s">
-        <x:v>443</x:v>
+        <x:v>465</x:v>
       </x:c>
       <x:c r="H370" s="14" t="s"/>
       <x:c r="I370" s="16" t="s">
-        <x:v>444</x:v>
+        <x:v>466</x:v>
       </x:c>
       <x:c r="J370" s="14" t="s"/>
       <x:c r="K370" s="14" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="L370" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M370" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N370" s="15" t="n">
         <x:v>24340</x:v>
       </x:c>
       <x:c r="O370" s="14" t="s">
-        <x:v>445</x:v>
+        <x:v>467</x:v>
       </x:c>
       <x:c r="P370" s="14" t="s">
-        <x:v>443</x:v>
+        <x:v>465</x:v>
       </x:c>
       <x:c r="Q370" s="16" t="s">
-        <x:v>444</x:v>
+        <x:v>466</x:v>
       </x:c>
       <x:c r="R370" s="14" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="S370" s="14" t="n">
         <x:v>619243</x:v>
       </x:c>
       <x:c r="T370" s="16" t="s">
-        <x:v>483</x:v>
+        <x:v>481</x:v>
       </x:c>
       <x:c r="U370" s="16" t="s">
         <x:v>514</x:v>
       </x:c>
     </x:row>
     <x:row r="371" spans="1:21">
       <x:c r="A371" s="1" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B371" s="0" t="s">
-        <x:v>474</x:v>
+        <x:v>471</x:v>
       </x:c>
       <x:c r="C371" s="3" t="s"/>
       <x:c r="D371" s="3" t="s"/>
       <x:c r="G371" s="0" t="s">
-        <x:v>443</x:v>
+        <x:v>465</x:v>
       </x:c>
       <x:c r="I371" s="4" t="s">
-        <x:v>444</x:v>
+        <x:v>466</x:v>
       </x:c>
       <x:c r="K371" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="L371" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M371" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N371" s="3" t="n">
         <x:v>24340</x:v>
       </x:c>
       <x:c r="O371" s="0" t="s">
-        <x:v>445</x:v>
+        <x:v>467</x:v>
       </x:c>
       <x:c r="P371" s="0" t="s">
-        <x:v>443</x:v>
+        <x:v>465</x:v>
       </x:c>
       <x:c r="Q371" s="4" t="s">
-        <x:v>444</x:v>
+        <x:v>466</x:v>
       </x:c>
       <x:c r="R371" s="0" t="s">
-        <x:v>456</x:v>
+        <x:v>450</x:v>
       </x:c>
       <x:c r="S371" s="0" t="n">
         <x:v>619244</x:v>
       </x:c>
       <x:c r="T371" s="4" t="s">
         <x:v>492</x:v>
       </x:c>
       <x:c r="U371" s="4" t="s">
         <x:v>515</x:v>
       </x:c>
     </x:row>
     <x:row r="372" spans="1:21">
       <x:c r="A372" s="13" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B372" s="14" t="s">
-        <x:v>478</x:v>
+        <x:v>475</x:v>
       </x:c>
       <x:c r="C372" s="15" t="s"/>
       <x:c r="D372" s="15" t="s"/>
       <x:c r="E372" s="14" t="s"/>
       <x:c r="F372" s="14" t="s"/>
       <x:c r="G372" s="14" t="s">
-        <x:v>443</x:v>
+        <x:v>465</x:v>
       </x:c>
       <x:c r="H372" s="14" t="s"/>
       <x:c r="I372" s="16" t="s">
-        <x:v>444</x:v>
+        <x:v>466</x:v>
       </x:c>
       <x:c r="J372" s="14" t="s"/>
       <x:c r="K372" s="14" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="L372" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M372" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N372" s="15" t="n">
         <x:v>24340</x:v>
       </x:c>
       <x:c r="O372" s="14" t="s">
-        <x:v>445</x:v>
+        <x:v>467</x:v>
       </x:c>
       <x:c r="P372" s="14" t="s">
-        <x:v>443</x:v>
+        <x:v>465</x:v>
       </x:c>
       <x:c r="Q372" s="16" t="s">
-        <x:v>444</x:v>
+        <x:v>466</x:v>
       </x:c>
       <x:c r="R372" s="14" t="s">
-        <x:v>456</x:v>
+        <x:v>450</x:v>
       </x:c>
       <x:c r="S372" s="14" t="n">
         <x:v>619257</x:v>
       </x:c>
       <x:c r="T372" s="16" t="s">
         <x:v>206</x:v>
       </x:c>
       <x:c r="U372" s="16" t="s">
         <x:v>206</x:v>
       </x:c>
     </x:row>
     <x:row r="373" spans="1:21">
       <x:c r="A373" s="1" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B373" s="0" t="s">
-        <x:v>478</x:v>
+        <x:v>475</x:v>
       </x:c>
       <x:c r="C373" s="3" t="s"/>
       <x:c r="D373" s="3" t="s"/>
       <x:c r="G373" s="0" t="s">
-        <x:v>443</x:v>
+        <x:v>465</x:v>
       </x:c>
       <x:c r="I373" s="4" t="s">
-        <x:v>444</x:v>
+        <x:v>466</x:v>
       </x:c>
       <x:c r="K373" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="L373" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M373" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N373" s="3" t="n">
         <x:v>24340</x:v>
       </x:c>
       <x:c r="O373" s="0" t="s">
-        <x:v>445</x:v>
+        <x:v>467</x:v>
       </x:c>
       <x:c r="P373" s="0" t="s">
-        <x:v>443</x:v>
+        <x:v>465</x:v>
       </x:c>
       <x:c r="Q373" s="4" t="s">
-        <x:v>444</x:v>
+        <x:v>466</x:v>
       </x:c>
       <x:c r="R373" s="0" t="s">
-        <x:v>456</x:v>
+        <x:v>450</x:v>
       </x:c>
       <x:c r="S373" s="0" t="n">
         <x:v>619258</x:v>
       </x:c>
       <x:c r="T373" s="4" t="s">
         <x:v>516</x:v>
       </x:c>
       <x:c r="U373" s="4" t="s">
         <x:v>516</x:v>
       </x:c>
     </x:row>
     <x:row r="374" spans="1:21">
       <x:c r="A374" s="13" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B374" s="14" t="s">
-        <x:v>442</x:v>
+        <x:v>478</x:v>
       </x:c>
       <x:c r="C374" s="15" t="s"/>
       <x:c r="D374" s="15" t="s"/>
       <x:c r="E374" s="14" t="s"/>
       <x:c r="F374" s="14" t="s"/>
       <x:c r="G374" s="14" t="s">
-        <x:v>443</x:v>
+        <x:v>465</x:v>
       </x:c>
       <x:c r="H374" s="14" t="s"/>
       <x:c r="I374" s="16" t="s">
-        <x:v>444</x:v>
+        <x:v>466</x:v>
       </x:c>
       <x:c r="J374" s="14" t="s"/>
       <x:c r="K374" s="14" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="L374" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M374" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N374" s="15" t="n">
         <x:v>24340</x:v>
       </x:c>
       <x:c r="O374" s="14" t="s">
-        <x:v>445</x:v>
+        <x:v>467</x:v>
       </x:c>
       <x:c r="P374" s="14" t="s">
-        <x:v>443</x:v>
+        <x:v>465</x:v>
       </x:c>
       <x:c r="Q374" s="16" t="s">
-        <x:v>444</x:v>
+        <x:v>466</x:v>
       </x:c>
       <x:c r="R374" s="14" t="s">
-        <x:v>456</x:v>
+        <x:v>450</x:v>
       </x:c>
       <x:c r="S374" s="14" t="n">
         <x:v>619273</x:v>
       </x:c>
       <x:c r="T374" s="16" t="s">
-        <x:v>476</x:v>
+        <x:v>473</x:v>
       </x:c>
       <x:c r="U374" s="16" t="s">
-        <x:v>476</x:v>
+        <x:v>473</x:v>
       </x:c>
     </x:row>
     <x:row r="375" spans="1:21">
       <x:c r="A375" s="1" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B375" s="0" t="s">
-        <x:v>470</x:v>
+        <x:v>464</x:v>
       </x:c>
       <x:c r="C375" s="3" t="s"/>
       <x:c r="D375" s="3" t="s"/>
       <x:c r="G375" s="0" t="s">
-        <x:v>443</x:v>
+        <x:v>465</x:v>
       </x:c>
       <x:c r="I375" s="4" t="s">
-        <x:v>444</x:v>
+        <x:v>466</x:v>
       </x:c>
       <x:c r="K375" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="L375" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M375" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N375" s="3" t="n">
         <x:v>24340</x:v>
       </x:c>
       <x:c r="O375" s="0" t="s">
-        <x:v>445</x:v>
+        <x:v>467</x:v>
       </x:c>
       <x:c r="P375" s="0" t="s">
-        <x:v>443</x:v>
+        <x:v>465</x:v>
       </x:c>
       <x:c r="Q375" s="4" t="s">
-        <x:v>444</x:v>
+        <x:v>466</x:v>
       </x:c>
       <x:c r="R375" s="0" t="s">
-        <x:v>456</x:v>
+        <x:v>450</x:v>
       </x:c>
       <x:c r="S375" s="0" t="n">
         <x:v>610364</x:v>
       </x:c>
       <x:c r="T375" s="4" t="s">
         <x:v>301</x:v>
       </x:c>
       <x:c r="U375" s="4" t="s">
         <x:v>301</x:v>
       </x:c>
     </x:row>
     <x:row r="376" spans="1:21">
       <x:c r="A376" s="13" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B376" s="14" t="s">
-        <x:v>478</x:v>
+        <x:v>475</x:v>
       </x:c>
       <x:c r="C376" s="15" t="s"/>
       <x:c r="D376" s="15" t="s"/>
       <x:c r="E376" s="14" t="s"/>
       <x:c r="F376" s="14" t="s"/>
       <x:c r="G376" s="14" t="s">
-        <x:v>443</x:v>
+        <x:v>465</x:v>
       </x:c>
       <x:c r="H376" s="14" t="s"/>
       <x:c r="I376" s="16" t="s">
-        <x:v>444</x:v>
+        <x:v>466</x:v>
       </x:c>
       <x:c r="J376" s="14" t="s"/>
       <x:c r="K376" s="14" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="L376" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M376" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N376" s="15" t="n">
         <x:v>24340</x:v>
       </x:c>
       <x:c r="O376" s="14" t="s">
-        <x:v>445</x:v>
+        <x:v>467</x:v>
       </x:c>
       <x:c r="P376" s="14" t="s">
-        <x:v>443</x:v>
+        <x:v>465</x:v>
       </x:c>
       <x:c r="Q376" s="16" t="s">
-        <x:v>444</x:v>
+        <x:v>466</x:v>
       </x:c>
       <x:c r="R376" s="14" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="S376" s="14" t="n">
         <x:v>610380</x:v>
       </x:c>
       <x:c r="T376" s="16" t="s">
         <x:v>517</x:v>
       </x:c>
       <x:c r="U376" s="16" t="s">
         <x:v>517</x:v>
       </x:c>
     </x:row>
     <x:row r="377" spans="1:21">
       <x:c r="A377" s="1" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B377" s="0" t="s">
-        <x:v>478</x:v>
+        <x:v>475</x:v>
       </x:c>
       <x:c r="C377" s="3" t="s"/>
       <x:c r="D377" s="3" t="s"/>
       <x:c r="G377" s="0" t="s">
-        <x:v>443</x:v>
+        <x:v>465</x:v>
       </x:c>
       <x:c r="I377" s="4" t="s">
-        <x:v>444</x:v>
+        <x:v>466</x:v>
       </x:c>
       <x:c r="K377" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="L377" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M377" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N377" s="3" t="n">
         <x:v>24340</x:v>
       </x:c>
       <x:c r="O377" s="0" t="s">
-        <x:v>445</x:v>
+        <x:v>467</x:v>
       </x:c>
       <x:c r="P377" s="0" t="s">
-        <x:v>443</x:v>
+        <x:v>465</x:v>
       </x:c>
       <x:c r="Q377" s="4" t="s">
-        <x:v>444</x:v>
+        <x:v>466</x:v>
       </x:c>
       <x:c r="R377" s="0" t="s">
-        <x:v>456</x:v>
+        <x:v>450</x:v>
       </x:c>
       <x:c r="S377" s="0" t="n">
         <x:v>610381</x:v>
       </x:c>
       <x:c r="T377" s="4" t="s">
         <x:v>518</x:v>
       </x:c>
       <x:c r="U377" s="4" t="s">
         <x:v>518</x:v>
       </x:c>
     </x:row>
     <x:row r="378" spans="1:21">
       <x:c r="A378" s="13" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B378" s="14" t="s">
-        <x:v>442</x:v>
+        <x:v>478</x:v>
       </x:c>
       <x:c r="C378" s="15" t="s"/>
       <x:c r="D378" s="15" t="s"/>
       <x:c r="E378" s="14" t="s"/>
       <x:c r="F378" s="14" t="s"/>
       <x:c r="G378" s="14" t="s">
-        <x:v>443</x:v>
+        <x:v>465</x:v>
       </x:c>
       <x:c r="H378" s="14" t="s"/>
       <x:c r="I378" s="16" t="s">
-        <x:v>444</x:v>
+        <x:v>466</x:v>
       </x:c>
       <x:c r="J378" s="14" t="s"/>
       <x:c r="K378" s="14" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="L378" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M378" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N378" s="15" t="n">
         <x:v>24340</x:v>
       </x:c>
       <x:c r="O378" s="14" t="s">
-        <x:v>445</x:v>
+        <x:v>467</x:v>
       </x:c>
       <x:c r="P378" s="14" t="s">
-        <x:v>443</x:v>
+        <x:v>465</x:v>
       </x:c>
       <x:c r="Q378" s="16" t="s">
-        <x:v>444</x:v>
+        <x:v>466</x:v>
       </x:c>
       <x:c r="R378" s="14" t="s">
-        <x:v>472</x:v>
+        <x:v>469</x:v>
       </x:c>
       <x:c r="S378" s="14" t="n">
         <x:v>610386</x:v>
       </x:c>
       <x:c r="T378" s="16" t="s">
         <x:v>519</x:v>
       </x:c>
       <x:c r="U378" s="16" t="s">
         <x:v>519</x:v>
       </x:c>
     </x:row>
     <x:row r="379" spans="1:21">
       <x:c r="A379" s="1" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B379" s="0" t="s">
-        <x:v>478</x:v>
+        <x:v>475</x:v>
       </x:c>
       <x:c r="C379" s="3" t="s"/>
       <x:c r="D379" s="3" t="s"/>
       <x:c r="G379" s="0" t="s">
-        <x:v>443</x:v>
+        <x:v>465</x:v>
       </x:c>
       <x:c r="I379" s="4" t="s">
-        <x:v>444</x:v>
+        <x:v>466</x:v>
       </x:c>
       <x:c r="K379" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="L379" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M379" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N379" s="3" t="n">
         <x:v>24340</x:v>
       </x:c>
       <x:c r="O379" s="0" t="s">
-        <x:v>445</x:v>
+        <x:v>467</x:v>
       </x:c>
       <x:c r="P379" s="0" t="s">
-        <x:v>443</x:v>
+        <x:v>465</x:v>
       </x:c>
       <x:c r="Q379" s="4" t="s">
-        <x:v>444</x:v>
+        <x:v>466</x:v>
       </x:c>
       <x:c r="R379" s="0" t="s">
-        <x:v>472</x:v>
+        <x:v>469</x:v>
       </x:c>
       <x:c r="S379" s="0" t="n">
         <x:v>591490</x:v>
       </x:c>
       <x:c r="T379" s="4" t="s">
         <x:v>520</x:v>
       </x:c>
       <x:c r="U379" s="4" t="s">
         <x:v>520</x:v>
       </x:c>
     </x:row>
     <x:row r="380" spans="1:21">
       <x:c r="A380" s="13" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B380" s="14" t="s">
-        <x:v>474</x:v>
+        <x:v>471</x:v>
       </x:c>
       <x:c r="C380" s="15" t="s"/>
       <x:c r="D380" s="15" t="s"/>
       <x:c r="E380" s="14" t="s"/>
       <x:c r="F380" s="14" t="s"/>
       <x:c r="G380" s="14" t="s">
-        <x:v>443</x:v>
+        <x:v>465</x:v>
       </x:c>
       <x:c r="H380" s="14" t="s"/>
       <x:c r="I380" s="16" t="s">
-        <x:v>444</x:v>
+        <x:v>466</x:v>
       </x:c>
       <x:c r="J380" s="14" t="s"/>
       <x:c r="K380" s="14" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="L380" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M380" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N380" s="15" t="n">
         <x:v>24340</x:v>
       </x:c>
       <x:c r="O380" s="14" t="s">
-        <x:v>445</x:v>
+        <x:v>467</x:v>
       </x:c>
       <x:c r="P380" s="14" t="s">
-        <x:v>443</x:v>
+        <x:v>465</x:v>
       </x:c>
       <x:c r="Q380" s="16" t="s">
-        <x:v>444</x:v>
+        <x:v>466</x:v>
       </x:c>
       <x:c r="R380" s="14" t="s">
-        <x:v>472</x:v>
+        <x:v>469</x:v>
       </x:c>
       <x:c r="S380" s="14" t="n">
         <x:v>619239</x:v>
       </x:c>
       <x:c r="T380" s="16" t="s">
         <x:v>508</x:v>
       </x:c>
       <x:c r="U380" s="16" t="s">
         <x:v>521</x:v>
       </x:c>
     </x:row>
     <x:row r="381" spans="1:21">
       <x:c r="A381" s="1" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B381" s="0" t="s">
-        <x:v>478</x:v>
+        <x:v>475</x:v>
       </x:c>
       <x:c r="C381" s="3" t="s"/>
       <x:c r="D381" s="3" t="s"/>
       <x:c r="G381" s="0" t="s">
-        <x:v>443</x:v>
+        <x:v>465</x:v>
       </x:c>
       <x:c r="I381" s="4" t="s">
-        <x:v>444</x:v>
+        <x:v>466</x:v>
       </x:c>
       <x:c r="K381" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="L381" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M381" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N381" s="3" t="n">
         <x:v>24340</x:v>
       </x:c>
       <x:c r="O381" s="0" t="s">
-        <x:v>445</x:v>
+        <x:v>467</x:v>
       </x:c>
       <x:c r="P381" s="0" t="s">
-        <x:v>443</x:v>
+        <x:v>465</x:v>
       </x:c>
       <x:c r="Q381" s="4" t="s">
-        <x:v>444</x:v>
+        <x:v>466</x:v>
       </x:c>
       <x:c r="R381" s="0" t="s">
-        <x:v>446</x:v>
+        <x:v>483</x:v>
       </x:c>
       <x:c r="S381" s="0" t="n">
         <x:v>619247</x:v>
       </x:c>
       <x:c r="T381" s="4" t="s">
         <x:v>522</x:v>
       </x:c>
       <x:c r="U381" s="4" t="s">
         <x:v>522</x:v>
       </x:c>
     </x:row>
     <x:row r="382" spans="1:21">
       <x:c r="A382" s="13" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B382" s="14" t="s">
-        <x:v>478</x:v>
+        <x:v>475</x:v>
       </x:c>
       <x:c r="C382" s="15" t="s"/>
       <x:c r="D382" s="15" t="s"/>
       <x:c r="E382" s="14" t="s"/>
       <x:c r="F382" s="14" t="s"/>
       <x:c r="G382" s="14" t="s">
-        <x:v>443</x:v>
+        <x:v>465</x:v>
       </x:c>
       <x:c r="H382" s="14" t="s"/>
       <x:c r="I382" s="16" t="s">
-        <x:v>444</x:v>
+        <x:v>466</x:v>
       </x:c>
       <x:c r="J382" s="14" t="s"/>
       <x:c r="K382" s="14" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="L382" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M382" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N382" s="15" t="n">
         <x:v>24340</x:v>
       </x:c>
       <x:c r="O382" s="14" t="s">
-        <x:v>445</x:v>
+        <x:v>467</x:v>
       </x:c>
       <x:c r="P382" s="14" t="s">
-        <x:v>443</x:v>
+        <x:v>465</x:v>
       </x:c>
       <x:c r="Q382" s="16" t="s">
-        <x:v>444</x:v>
+        <x:v>466</x:v>
       </x:c>
       <x:c r="R382" s="14" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="S382" s="14" t="n">
         <x:v>619248</x:v>
       </x:c>
       <x:c r="T382" s="16" t="s">
         <x:v>512</x:v>
       </x:c>
       <x:c r="U382" s="16" t="s">
         <x:v>512</x:v>
       </x:c>
     </x:row>
     <x:row r="383" spans="1:21">
       <x:c r="A383" s="1" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B383" s="0" t="s">
-        <x:v>442</x:v>
+        <x:v>478</x:v>
       </x:c>
       <x:c r="C383" s="3" t="s"/>
       <x:c r="D383" s="3" t="s"/>
       <x:c r="G383" s="0" t="s">
-        <x:v>443</x:v>
+        <x:v>465</x:v>
       </x:c>
       <x:c r="I383" s="4" t="s">
-        <x:v>444</x:v>
+        <x:v>466</x:v>
       </x:c>
       <x:c r="K383" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="L383" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M383" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N383" s="3" t="n">
         <x:v>24340</x:v>
       </x:c>
       <x:c r="O383" s="0" t="s">
-        <x:v>445</x:v>
+        <x:v>467</x:v>
       </x:c>
       <x:c r="P383" s="0" t="s">
-        <x:v>443</x:v>
+        <x:v>465</x:v>
       </x:c>
       <x:c r="Q383" s="4" t="s">
-        <x:v>444</x:v>
+        <x:v>466</x:v>
       </x:c>
       <x:c r="R383" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="S383" s="0" t="n">
         <x:v>619261</x:v>
       </x:c>
       <x:c r="T383" s="4" t="s">
         <x:v>510</x:v>
       </x:c>
       <x:c r="U383" s="4" t="s">
         <x:v>510</x:v>
       </x:c>
     </x:row>
     <x:row r="384" spans="1:21">
       <x:c r="A384" s="13" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B384" s="14" t="s">
-        <x:v>442</x:v>
+        <x:v>478</x:v>
       </x:c>
       <x:c r="C384" s="15" t="s"/>
       <x:c r="D384" s="15" t="s"/>
       <x:c r="E384" s="14" t="s"/>
       <x:c r="F384" s="14" t="s"/>
       <x:c r="G384" s="14" t="s">
-        <x:v>443</x:v>
+        <x:v>465</x:v>
       </x:c>
       <x:c r="H384" s="14" t="s"/>
       <x:c r="I384" s="16" t="s">
-        <x:v>444</x:v>
+        <x:v>466</x:v>
       </x:c>
       <x:c r="J384" s="14" t="s"/>
       <x:c r="K384" s="14" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="L384" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M384" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N384" s="15" t="n">
         <x:v>24340</x:v>
       </x:c>
       <x:c r="O384" s="14" t="s">
-        <x:v>445</x:v>
+        <x:v>467</x:v>
       </x:c>
       <x:c r="P384" s="14" t="s">
-        <x:v>443</x:v>
+        <x:v>465</x:v>
       </x:c>
       <x:c r="Q384" s="16" t="s">
-        <x:v>444</x:v>
+        <x:v>466</x:v>
       </x:c>
       <x:c r="R384" s="14" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="S384" s="14" t="n">
         <x:v>619262</x:v>
       </x:c>
       <x:c r="T384" s="16" t="s">
-        <x:v>471</x:v>
+        <x:v>468</x:v>
       </x:c>
       <x:c r="U384" s="16" t="s">
-        <x:v>471</x:v>
+        <x:v>468</x:v>
       </x:c>
     </x:row>
     <x:row r="385" spans="1:21">
       <x:c r="A385" s="1" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B385" s="0" t="s">
-        <x:v>442</x:v>
+        <x:v>478</x:v>
       </x:c>
       <x:c r="C385" s="3" t="s"/>
       <x:c r="D385" s="3" t="s"/>
       <x:c r="G385" s="0" t="s">
-        <x:v>443</x:v>
+        <x:v>465</x:v>
       </x:c>
       <x:c r="I385" s="4" t="s">
-        <x:v>444</x:v>
+        <x:v>466</x:v>
       </x:c>
       <x:c r="K385" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="L385" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M385" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N385" s="3" t="n">
         <x:v>24340</x:v>
       </x:c>
       <x:c r="O385" s="0" t="s">
-        <x:v>445</x:v>
+        <x:v>467</x:v>
       </x:c>
       <x:c r="P385" s="0" t="s">
-        <x:v>443</x:v>
+        <x:v>465</x:v>
       </x:c>
       <x:c r="Q385" s="4" t="s">
-        <x:v>444</x:v>
+        <x:v>466</x:v>
       </x:c>
       <x:c r="R385" s="0" t="s">
-        <x:v>472</x:v>
+        <x:v>469</x:v>
       </x:c>
       <x:c r="S385" s="0" t="n">
         <x:v>619266</x:v>
       </x:c>
       <x:c r="T385" s="4" t="s">
         <x:v>523</x:v>
       </x:c>
       <x:c r="U385" s="4" t="s">
         <x:v>523</x:v>
       </x:c>
     </x:row>
     <x:row r="386" spans="1:21">
       <x:c r="A386" s="13" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B386" s="14" t="s">
-        <x:v>470</x:v>
+        <x:v>464</x:v>
       </x:c>
       <x:c r="C386" s="15" t="s"/>
       <x:c r="D386" s="15" t="s"/>
       <x:c r="E386" s="14" t="s"/>
       <x:c r="F386" s="14" t="s"/>
       <x:c r="G386" s="14" t="s">
-        <x:v>443</x:v>
+        <x:v>465</x:v>
       </x:c>
       <x:c r="H386" s="14" t="s"/>
       <x:c r="I386" s="16" t="s">
-        <x:v>444</x:v>
+        <x:v>466</x:v>
       </x:c>
       <x:c r="J386" s="14" t="s"/>
       <x:c r="K386" s="14" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="L386" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M386" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N386" s="15" t="n">
         <x:v>24340</x:v>
       </x:c>
       <x:c r="O386" s="14" t="s">
-        <x:v>445</x:v>
+        <x:v>467</x:v>
       </x:c>
       <x:c r="P386" s="14" t="s">
-        <x:v>443</x:v>
+        <x:v>465</x:v>
       </x:c>
       <x:c r="Q386" s="16" t="s">
-        <x:v>444</x:v>
+        <x:v>466</x:v>
       </x:c>
       <x:c r="R386" s="14" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="S386" s="14" t="n">
         <x:v>610357</x:v>
       </x:c>
       <x:c r="T386" s="16" t="s">
         <x:v>284</x:v>
       </x:c>
       <x:c r="U386" s="16" t="s">
         <x:v>284</x:v>
       </x:c>
     </x:row>
     <x:row r="387" spans="1:21">
       <x:c r="A387" s="1" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B387" s="0" t="s">
-        <x:v>474</x:v>
+        <x:v>471</x:v>
       </x:c>
       <x:c r="C387" s="3" t="s"/>
       <x:c r="D387" s="3" t="s"/>
       <x:c r="G387" s="0" t="s">
-        <x:v>443</x:v>
+        <x:v>465</x:v>
       </x:c>
       <x:c r="I387" s="4" t="s">
-        <x:v>444</x:v>
+        <x:v>466</x:v>
       </x:c>
       <x:c r="K387" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="L387" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M387" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N387" s="3" t="n">
         <x:v>24340</x:v>
       </x:c>
       <x:c r="O387" s="0" t="s">
-        <x:v>445</x:v>
+        <x:v>467</x:v>
       </x:c>
       <x:c r="P387" s="0" t="s">
-        <x:v>443</x:v>
+        <x:v>465</x:v>
       </x:c>
       <x:c r="Q387" s="4" t="s">
-        <x:v>444</x:v>
+        <x:v>466</x:v>
       </x:c>
       <x:c r="R387" s="0" t="s">
-        <x:v>446</x:v>
+        <x:v>483</x:v>
       </x:c>
       <x:c r="S387" s="0" t="n">
         <x:v>610365</x:v>
       </x:c>
       <x:c r="T387" s="4" t="s">
-        <x:v>447</x:v>
+        <x:v>484</x:v>
       </x:c>
       <x:c r="U387" s="4" t="s">
         <x:v>503</x:v>
       </x:c>
     </x:row>
     <x:row r="388" spans="1:21">
       <x:c r="A388" s="13" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B388" s="14" t="s">
-        <x:v>474</x:v>
+        <x:v>471</x:v>
       </x:c>
       <x:c r="C388" s="15" t="s"/>
       <x:c r="D388" s="15" t="s"/>
       <x:c r="E388" s="14" t="s"/>
       <x:c r="F388" s="14" t="s"/>
       <x:c r="G388" s="14" t="s">
-        <x:v>443</x:v>
+        <x:v>465</x:v>
       </x:c>
       <x:c r="H388" s="14" t="s"/>
       <x:c r="I388" s="16" t="s">
-        <x:v>444</x:v>
+        <x:v>466</x:v>
       </x:c>
       <x:c r="J388" s="14" t="s"/>
       <x:c r="K388" s="14" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="L388" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M388" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N388" s="15" t="n">
         <x:v>24340</x:v>
       </x:c>
       <x:c r="O388" s="14" t="s">
-        <x:v>445</x:v>
+        <x:v>467</x:v>
       </x:c>
       <x:c r="P388" s="14" t="s">
-        <x:v>443</x:v>
+        <x:v>465</x:v>
       </x:c>
       <x:c r="Q388" s="16" t="s">
-        <x:v>444</x:v>
+        <x:v>466</x:v>
       </x:c>
       <x:c r="R388" s="14" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="S388" s="14" t="n">
         <x:v>610372</x:v>
       </x:c>
       <x:c r="T388" s="16" t="s">
         <x:v>505</x:v>
       </x:c>
       <x:c r="U388" s="16" t="s">
         <x:v>524</x:v>
       </x:c>
     </x:row>
     <x:row r="389" spans="1:21">
       <x:c r="A389" s="1" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B389" s="0" t="s">
-        <x:v>478</x:v>
+        <x:v>475</x:v>
       </x:c>
       <x:c r="C389" s="3" t="s"/>
       <x:c r="D389" s="3" t="s"/>
       <x:c r="G389" s="0" t="s">
-        <x:v>443</x:v>
+        <x:v>465</x:v>
       </x:c>
       <x:c r="I389" s="4" t="s">
-        <x:v>444</x:v>
+        <x:v>466</x:v>
       </x:c>
       <x:c r="K389" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="L389" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M389" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N389" s="3" t="n">
         <x:v>24340</x:v>
       </x:c>
       <x:c r="O389" s="0" t="s">
-        <x:v>445</x:v>
+        <x:v>467</x:v>
       </x:c>
       <x:c r="P389" s="0" t="s">
-        <x:v>443</x:v>
+        <x:v>465</x:v>
       </x:c>
       <x:c r="Q389" s="4" t="s">
-        <x:v>444</x:v>
+        <x:v>466</x:v>
       </x:c>
       <x:c r="R389" s="0" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="S389" s="0" t="n">
         <x:v>591491</x:v>
       </x:c>
       <x:c r="T389" s="4" t="s">
         <x:v>411</x:v>
       </x:c>
       <x:c r="U389" s="4" t="s">
         <x:v>411</x:v>
       </x:c>
     </x:row>
     <x:row r="390" spans="1:21">
       <x:c r="A390" s="13" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B390" s="14" t="s">
-        <x:v>478</x:v>
+        <x:v>475</x:v>
       </x:c>
       <x:c r="C390" s="15" t="s"/>
       <x:c r="D390" s="15" t="s"/>
       <x:c r="E390" s="14" t="s"/>
       <x:c r="F390" s="14" t="s"/>
       <x:c r="G390" s="14" t="s">
-        <x:v>443</x:v>
+        <x:v>465</x:v>
       </x:c>
       <x:c r="H390" s="14" t="s"/>
       <x:c r="I390" s="16" t="s">
-        <x:v>444</x:v>
+        <x:v>466</x:v>
       </x:c>
       <x:c r="J390" s="14" t="s"/>
       <x:c r="K390" s="14" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="L390" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M390" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N390" s="15" t="n">
         <x:v>24340</x:v>
       </x:c>
       <x:c r="O390" s="14" t="s">
-        <x:v>445</x:v>
+        <x:v>467</x:v>
       </x:c>
       <x:c r="P390" s="14" t="s">
-        <x:v>443</x:v>
+        <x:v>465</x:v>
       </x:c>
       <x:c r="Q390" s="16" t="s">
-        <x:v>444</x:v>
+        <x:v>466</x:v>
       </x:c>
       <x:c r="R390" s="14" t="s">
-        <x:v>456</x:v>
+        <x:v>450</x:v>
       </x:c>
       <x:c r="S390" s="14" t="n">
         <x:v>591492</x:v>
       </x:c>
       <x:c r="T390" s="16" t="s">
-        <x:v>389</x:v>
+        <x:v>392</x:v>
       </x:c>
       <x:c r="U390" s="16" t="s">
-        <x:v>389</x:v>
+        <x:v>392</x:v>
       </x:c>
     </x:row>
     <x:row r="391" spans="1:21">
       <x:c r="A391" s="1" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B391" s="0" t="s">
-        <x:v>470</x:v>
+        <x:v>464</x:v>
       </x:c>
       <x:c r="C391" s="3" t="s"/>
       <x:c r="D391" s="3" t="s"/>
       <x:c r="G391" s="0" t="s">
-        <x:v>443</x:v>
+        <x:v>465</x:v>
       </x:c>
       <x:c r="I391" s="4" t="s">
-        <x:v>444</x:v>
+        <x:v>466</x:v>
       </x:c>
       <x:c r="K391" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="L391" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M391" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N391" s="3" t="n">
         <x:v>24340</x:v>
       </x:c>
       <x:c r="O391" s="0" t="s">
-        <x:v>445</x:v>
+        <x:v>467</x:v>
       </x:c>
       <x:c r="P391" s="0" t="s">
-        <x:v>443</x:v>
+        <x:v>465</x:v>
       </x:c>
       <x:c r="Q391" s="4" t="s">
-        <x:v>444</x:v>
+        <x:v>466</x:v>
       </x:c>
       <x:c r="R391" s="0" t="s">
-        <x:v>34</x:v>
+        <x:v>64</x:v>
       </x:c>
       <x:c r="S391" s="0" t="n">
-        <x:v>619227</x:v>
+        <x:v>619218</x:v>
       </x:c>
       <x:c r="T391" s="4" t="s">
-        <x:v>43</x:v>
+        <x:v>510</x:v>
       </x:c>
       <x:c r="U391" s="4" t="s">
-        <x:v>43</x:v>
+        <x:v>510</x:v>
       </x:c>
     </x:row>
     <x:row r="392" spans="1:21">
       <x:c r="A392" s="13" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B392" s="14" t="s">
-        <x:v>478</x:v>
+        <x:v>464</x:v>
       </x:c>
       <x:c r="C392" s="15" t="s"/>
       <x:c r="D392" s="15" t="s"/>
       <x:c r="E392" s="14" t="s"/>
       <x:c r="F392" s="14" t="s"/>
       <x:c r="G392" s="14" t="s">
-        <x:v>443</x:v>
+        <x:v>465</x:v>
       </x:c>
       <x:c r="H392" s="14" t="s"/>
       <x:c r="I392" s="16" t="s">
-        <x:v>444</x:v>
+        <x:v>466</x:v>
       </x:c>
       <x:c r="J392" s="14" t="s"/>
       <x:c r="K392" s="14" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="L392" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M392" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N392" s="15" t="n">
         <x:v>24340</x:v>
       </x:c>
       <x:c r="O392" s="14" t="s">
-        <x:v>445</x:v>
+        <x:v>467</x:v>
       </x:c>
       <x:c r="P392" s="14" t="s">
-        <x:v>443</x:v>
+        <x:v>465</x:v>
       </x:c>
       <x:c r="Q392" s="16" t="s">
-        <x:v>444</x:v>
+        <x:v>466</x:v>
       </x:c>
       <x:c r="R392" s="14" t="s">
-        <x:v>64</x:v>
+        <x:v>469</x:v>
       </x:c>
       <x:c r="S392" s="14" t="n">
-        <x:v>619249</x:v>
+        <x:v>619221</x:v>
       </x:c>
       <x:c r="T392" s="16" t="s">
-        <x:v>476</x:v>
+        <x:v>339</x:v>
       </x:c>
       <x:c r="U392" s="16" t="s">
-        <x:v>476</x:v>
+        <x:v>339</x:v>
       </x:c>
     </x:row>
     <x:row r="393" spans="1:21">
       <x:c r="A393" s="1" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B393" s="0" t="s">
-        <x:v>470</x:v>
+        <x:v>464</x:v>
       </x:c>
       <x:c r="C393" s="3" t="s"/>
       <x:c r="D393" s="3" t="s"/>
       <x:c r="G393" s="0" t="s">
-        <x:v>443</x:v>
+        <x:v>465</x:v>
       </x:c>
       <x:c r="I393" s="4" t="s">
-        <x:v>444</x:v>
+        <x:v>466</x:v>
       </x:c>
       <x:c r="K393" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="L393" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M393" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N393" s="3" t="n">
         <x:v>24340</x:v>
       </x:c>
       <x:c r="O393" s="0" t="s">
-        <x:v>445</x:v>
+        <x:v>467</x:v>
       </x:c>
       <x:c r="P393" s="0" t="s">
-        <x:v>443</x:v>
+        <x:v>465</x:v>
       </x:c>
       <x:c r="Q393" s="4" t="s">
-        <x:v>444</x:v>
+        <x:v>466</x:v>
       </x:c>
       <x:c r="R393" s="0" t="s">
-        <x:v>64</x:v>
+        <x:v>450</x:v>
       </x:c>
       <x:c r="S393" s="0" t="n">
-        <x:v>610356</x:v>
+        <x:v>619230</x:v>
       </x:c>
       <x:c r="T393" s="4" t="s">
-        <x:v>503</x:v>
+        <x:v>473</x:v>
       </x:c>
       <x:c r="U393" s="4" t="s">
-        <x:v>503</x:v>
+        <x:v>473</x:v>
       </x:c>
     </x:row>
     <x:row r="394" spans="1:21">
       <x:c r="A394" s="13" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B394" s="14" t="s">
-        <x:v>470</x:v>
+        <x:v>464</x:v>
       </x:c>
       <x:c r="C394" s="15" t="s"/>
       <x:c r="D394" s="15" t="s"/>
       <x:c r="E394" s="14" t="s"/>
       <x:c r="F394" s="14" t="s"/>
       <x:c r="G394" s="14" t="s">
-        <x:v>443</x:v>
+        <x:v>465</x:v>
       </x:c>
       <x:c r="H394" s="14" t="s"/>
       <x:c r="I394" s="16" t="s">
-        <x:v>444</x:v>
+        <x:v>466</x:v>
       </x:c>
       <x:c r="J394" s="14" t="s"/>
       <x:c r="K394" s="14" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="L394" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M394" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N394" s="15" t="n">
         <x:v>24340</x:v>
       </x:c>
       <x:c r="O394" s="14" t="s">
-        <x:v>445</x:v>
+        <x:v>467</x:v>
       </x:c>
       <x:c r="P394" s="14" t="s">
-        <x:v>443</x:v>
+        <x:v>465</x:v>
       </x:c>
       <x:c r="Q394" s="16" t="s">
-        <x:v>444</x:v>
+        <x:v>466</x:v>
       </x:c>
       <x:c r="R394" s="14" t="s">
-        <x:v>472</x:v>
+        <x:v>450</x:v>
       </x:c>
       <x:c r="S394" s="14" t="n">
-        <x:v>610359</x:v>
+        <x:v>619231</x:v>
       </x:c>
       <x:c r="T394" s="16" t="s">
-        <x:v>504</x:v>
+        <x:v>496</x:v>
       </x:c>
       <x:c r="U394" s="16" t="s">
-        <x:v>504</x:v>
+        <x:v>496</x:v>
       </x:c>
     </x:row>
     <x:row r="395" spans="1:21">
       <x:c r="A395" s="1" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B395" s="0" t="s">
-        <x:v>470</x:v>
+        <x:v>475</x:v>
       </x:c>
       <x:c r="C395" s="3" t="s"/>
       <x:c r="D395" s="3" t="s"/>
       <x:c r="G395" s="0" t="s">
-        <x:v>443</x:v>
+        <x:v>465</x:v>
       </x:c>
       <x:c r="I395" s="4" t="s">
-        <x:v>444</x:v>
+        <x:v>466</x:v>
       </x:c>
       <x:c r="K395" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="L395" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M395" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N395" s="3" t="n">
         <x:v>24340</x:v>
       </x:c>
       <x:c r="O395" s="0" t="s">
-        <x:v>445</x:v>
+        <x:v>467</x:v>
       </x:c>
       <x:c r="P395" s="0" t="s">
-        <x:v>443</x:v>
+        <x:v>465</x:v>
       </x:c>
       <x:c r="Q395" s="4" t="s">
-        <x:v>444</x:v>
+        <x:v>466</x:v>
       </x:c>
       <x:c r="R395" s="0" t="s">
-        <x:v>34</x:v>
+        <x:v>64</x:v>
       </x:c>
       <x:c r="S395" s="0" t="n">
-        <x:v>610362</x:v>
+        <x:v>619250</x:v>
       </x:c>
       <x:c r="T395" s="4" t="s">
-        <x:v>505</x:v>
+        <x:v>525</x:v>
       </x:c>
       <x:c r="U395" s="4" t="s">
-        <x:v>505</x:v>
+        <x:v>525</x:v>
       </x:c>
     </x:row>
     <x:row r="396" spans="1:21">
       <x:c r="A396" s="13" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B396" s="14" t="s">
-        <x:v>474</x:v>
+        <x:v>475</x:v>
       </x:c>
       <x:c r="C396" s="15" t="s"/>
       <x:c r="D396" s="15" t="s"/>
       <x:c r="E396" s="14" t="s"/>
       <x:c r="F396" s="14" t="s"/>
       <x:c r="G396" s="14" t="s">
-        <x:v>443</x:v>
+        <x:v>465</x:v>
       </x:c>
       <x:c r="H396" s="14" t="s"/>
       <x:c r="I396" s="16" t="s">
-        <x:v>444</x:v>
+        <x:v>466</x:v>
       </x:c>
       <x:c r="J396" s="14" t="s"/>
       <x:c r="K396" s="14" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="L396" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M396" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N396" s="15" t="n">
         <x:v>24340</x:v>
       </x:c>
       <x:c r="O396" s="14" t="s">
-        <x:v>445</x:v>
+        <x:v>467</x:v>
       </x:c>
       <x:c r="P396" s="14" t="s">
-        <x:v>443</x:v>
+        <x:v>465</x:v>
       </x:c>
       <x:c r="Q396" s="16" t="s">
-        <x:v>444</x:v>
+        <x:v>466</x:v>
       </x:c>
       <x:c r="R396" s="14" t="s">
-        <x:v>472</x:v>
+        <x:v>34</x:v>
       </x:c>
       <x:c r="S396" s="14" t="n">
-        <x:v>610370</x:v>
+        <x:v>619255</x:v>
       </x:c>
       <x:c r="T396" s="16" t="s">
-        <x:v>525</x:v>
+        <x:v>460</x:v>
       </x:c>
       <x:c r="U396" s="16" t="s">
-        <x:v>302</x:v>
+        <x:v>460</x:v>
       </x:c>
     </x:row>
     <x:row r="397" spans="1:21">
       <x:c r="A397" s="1" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B397" s="0" t="s">
-        <x:v>474</x:v>
+        <x:v>475</x:v>
       </x:c>
       <x:c r="C397" s="3" t="s"/>
       <x:c r="D397" s="3" t="s"/>
       <x:c r="G397" s="0" t="s">
-        <x:v>443</x:v>
+        <x:v>465</x:v>
       </x:c>
       <x:c r="I397" s="4" t="s">
-        <x:v>444</x:v>
+        <x:v>466</x:v>
       </x:c>
       <x:c r="K397" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="L397" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M397" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N397" s="3" t="n">
         <x:v>24340</x:v>
       </x:c>
       <x:c r="O397" s="0" t="s">
-        <x:v>445</x:v>
+        <x:v>467</x:v>
       </x:c>
       <x:c r="P397" s="0" t="s">
-        <x:v>443</x:v>
+        <x:v>465</x:v>
       </x:c>
       <x:c r="Q397" s="4" t="s">
-        <x:v>444</x:v>
+        <x:v>466</x:v>
       </x:c>
       <x:c r="R397" s="0" t="s">
-        <x:v>456</x:v>
+        <x:v>34</x:v>
       </x:c>
       <x:c r="S397" s="0" t="n">
-        <x:v>610373</x:v>
+        <x:v>619256</x:v>
       </x:c>
       <x:c r="T397" s="4" t="s">
-        <x:v>493</x:v>
+        <x:v>525</x:v>
       </x:c>
       <x:c r="U397" s="4" t="s">
-        <x:v>526</x:v>
+        <x:v>525</x:v>
       </x:c>
     </x:row>
     <x:row r="398" spans="1:21">
       <x:c r="A398" s="13" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B398" s="14" t="s">
-        <x:v>442</x:v>
+        <x:v>464</x:v>
       </x:c>
       <x:c r="C398" s="15" t="s"/>
       <x:c r="D398" s="15" t="s"/>
       <x:c r="E398" s="14" t="s"/>
       <x:c r="F398" s="14" t="s"/>
       <x:c r="G398" s="14" t="s">
-        <x:v>443</x:v>
+        <x:v>465</x:v>
       </x:c>
       <x:c r="H398" s="14" t="s"/>
       <x:c r="I398" s="16" t="s">
-        <x:v>444</x:v>
+        <x:v>466</x:v>
       </x:c>
       <x:c r="J398" s="14" t="s"/>
       <x:c r="K398" s="14" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="L398" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M398" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N398" s="15" t="n">
         <x:v>24340</x:v>
       </x:c>
       <x:c r="O398" s="14" t="s">
-        <x:v>445</x:v>
+        <x:v>467</x:v>
       </x:c>
       <x:c r="P398" s="14" t="s">
-        <x:v>443</x:v>
+        <x:v>465</x:v>
       </x:c>
       <x:c r="Q398" s="16" t="s">
-        <x:v>444</x:v>
+        <x:v>466</x:v>
       </x:c>
       <x:c r="R398" s="14" t="s">
-        <x:v>456</x:v>
+        <x:v>469</x:v>
       </x:c>
       <x:c r="S398" s="14" t="n">
-        <x:v>619274</x:v>
+        <x:v>610360</x:v>
       </x:c>
       <x:c r="T398" s="16" t="s">
-        <x:v>496</x:v>
+        <x:v>526</x:v>
       </x:c>
       <x:c r="U398" s="16" t="s">
-        <x:v>496</x:v>
+        <x:v>526</x:v>
       </x:c>
     </x:row>
     <x:row r="399" spans="1:21">
       <x:c r="A399" s="1" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B399" s="0" t="s">
-        <x:v>470</x:v>
+        <x:v>471</x:v>
       </x:c>
       <x:c r="C399" s="3" t="s"/>
       <x:c r="D399" s="3" t="s"/>
       <x:c r="G399" s="0" t="s">
-        <x:v>443</x:v>
+        <x:v>465</x:v>
       </x:c>
       <x:c r="I399" s="4" t="s">
-        <x:v>444</x:v>
+        <x:v>466</x:v>
       </x:c>
       <x:c r="K399" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="L399" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M399" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N399" s="3" t="n">
         <x:v>24340</x:v>
       </x:c>
       <x:c r="O399" s="0" t="s">
-        <x:v>445</x:v>
+        <x:v>467</x:v>
       </x:c>
       <x:c r="P399" s="0" t="s">
-        <x:v>443</x:v>
+        <x:v>465</x:v>
       </x:c>
       <x:c r="Q399" s="4" t="s">
-        <x:v>444</x:v>
+        <x:v>466</x:v>
       </x:c>
       <x:c r="R399" s="0" t="s">
-        <x:v>456</x:v>
+        <x:v>450</x:v>
       </x:c>
       <x:c r="S399" s="0" t="n">
-        <x:v>591478</x:v>
+        <x:v>610374</x:v>
       </x:c>
       <x:c r="T399" s="4" t="s">
-        <x:v>488</x:v>
+        <x:v>301</x:v>
       </x:c>
       <x:c r="U399" s="4" t="s">
-        <x:v>488</x:v>
+        <x:v>54</x:v>
       </x:c>
     </x:row>
     <x:row r="400" spans="1:21">
       <x:c r="A400" s="13" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B400" s="14" t="s">
-        <x:v>478</x:v>
+        <x:v>475</x:v>
       </x:c>
       <x:c r="C400" s="15" t="s"/>
       <x:c r="D400" s="15" t="s"/>
       <x:c r="E400" s="14" t="s"/>
       <x:c r="F400" s="14" t="s"/>
       <x:c r="G400" s="14" t="s">
-        <x:v>443</x:v>
+        <x:v>465</x:v>
       </x:c>
       <x:c r="H400" s="14" t="s"/>
       <x:c r="I400" s="16" t="s">
-        <x:v>444</x:v>
+        <x:v>466</x:v>
       </x:c>
       <x:c r="J400" s="14" t="s"/>
       <x:c r="K400" s="14" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="L400" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M400" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N400" s="15" t="n">
         <x:v>24340</x:v>
       </x:c>
       <x:c r="O400" s="14" t="s">
-        <x:v>445</x:v>
+        <x:v>467</x:v>
       </x:c>
       <x:c r="P400" s="14" t="s">
-        <x:v>443</x:v>
+        <x:v>465</x:v>
       </x:c>
       <x:c r="Q400" s="16" t="s">
-        <x:v>444</x:v>
+        <x:v>466</x:v>
       </x:c>
       <x:c r="R400" s="14" t="s">
-        <x:v>64</x:v>
+        <x:v>483</x:v>
       </x:c>
       <x:c r="S400" s="14" t="n">
-        <x:v>591488</x:v>
+        <x:v>610375</x:v>
       </x:c>
       <x:c r="T400" s="16" t="s">
         <x:v>527</x:v>
       </x:c>
       <x:c r="U400" s="16" t="s">
         <x:v>527</x:v>
       </x:c>
     </x:row>
     <x:row r="401" spans="1:21">
       <x:c r="A401" s="1" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B401" s="0" t="s">
-        <x:v>442</x:v>
+        <x:v>475</x:v>
       </x:c>
       <x:c r="C401" s="3" t="s"/>
       <x:c r="D401" s="3" t="s"/>
       <x:c r="G401" s="0" t="s">
-        <x:v>443</x:v>
+        <x:v>465</x:v>
       </x:c>
       <x:c r="I401" s="4" t="s">
-        <x:v>444</x:v>
+        <x:v>466</x:v>
       </x:c>
       <x:c r="K401" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="L401" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M401" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N401" s="3" t="n">
         <x:v>24340</x:v>
       </x:c>
       <x:c r="O401" s="0" t="s">
-        <x:v>445</x:v>
+        <x:v>467</x:v>
       </x:c>
       <x:c r="P401" s="0" t="s">
-        <x:v>443</x:v>
+        <x:v>465</x:v>
       </x:c>
       <x:c r="Q401" s="4" t="s">
-        <x:v>444</x:v>
+        <x:v>466</x:v>
       </x:c>
       <x:c r="R401" s="0" t="s">
-        <x:v>472</x:v>
+        <x:v>469</x:v>
       </x:c>
       <x:c r="S401" s="0" t="n">
-        <x:v>591496</x:v>
+        <x:v>610377</x:v>
       </x:c>
       <x:c r="T401" s="4" t="s">
-        <x:v>319</x:v>
+        <x:v>527</x:v>
       </x:c>
       <x:c r="U401" s="4" t="s">
-        <x:v>319</x:v>
+        <x:v>527</x:v>
       </x:c>
     </x:row>
     <x:row r="402" spans="1:21">
       <x:c r="A402" s="13" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B402" s="14" t="s">
-        <x:v>442</x:v>
+        <x:v>478</x:v>
       </x:c>
       <x:c r="C402" s="15" t="s"/>
       <x:c r="D402" s="15" t="s"/>
       <x:c r="E402" s="14" t="s"/>
       <x:c r="F402" s="14" t="s"/>
       <x:c r="G402" s="14" t="s">
-        <x:v>443</x:v>
+        <x:v>465</x:v>
       </x:c>
       <x:c r="H402" s="14" t="s"/>
       <x:c r="I402" s="16" t="s">
-        <x:v>444</x:v>
+        <x:v>466</x:v>
       </x:c>
       <x:c r="J402" s="14" t="s"/>
       <x:c r="K402" s="14" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="L402" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M402" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N402" s="15" t="n">
         <x:v>24340</x:v>
       </x:c>
       <x:c r="O402" s="14" t="s">
-        <x:v>445</x:v>
+        <x:v>467</x:v>
       </x:c>
       <x:c r="P402" s="14" t="s">
-        <x:v>443</x:v>
+        <x:v>465</x:v>
       </x:c>
       <x:c r="Q402" s="16" t="s">
-        <x:v>444</x:v>
+        <x:v>466</x:v>
       </x:c>
       <x:c r="R402" s="14" t="s">
-        <x:v>34</x:v>
+        <x:v>64</x:v>
       </x:c>
       <x:c r="S402" s="14" t="n">
-        <x:v>591497</x:v>
+        <x:v>610383</x:v>
       </x:c>
       <x:c r="T402" s="16" t="s">
-        <x:v>486</x:v>
+        <x:v>503</x:v>
       </x:c>
       <x:c r="U402" s="16" t="s">
-        <x:v>486</x:v>
+        <x:v>503</x:v>
       </x:c>
     </x:row>
     <x:row r="403" spans="1:21">
       <x:c r="A403" s="1" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B403" s="0" t="s">
-        <x:v>442</x:v>
+        <x:v>478</x:v>
       </x:c>
       <x:c r="C403" s="3" t="s"/>
       <x:c r="D403" s="3" t="s"/>
       <x:c r="G403" s="0" t="s">
-        <x:v>443</x:v>
+        <x:v>465</x:v>
       </x:c>
       <x:c r="I403" s="4" t="s">
-        <x:v>444</x:v>
+        <x:v>466</x:v>
       </x:c>
       <x:c r="K403" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="L403" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M403" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N403" s="3" t="n">
         <x:v>24340</x:v>
       </x:c>
       <x:c r="O403" s="0" t="s">
-        <x:v>445</x:v>
+        <x:v>467</x:v>
       </x:c>
       <x:c r="P403" s="0" t="s">
-        <x:v>443</x:v>
+        <x:v>465</x:v>
       </x:c>
       <x:c r="Q403" s="4" t="s">
-        <x:v>444</x:v>
+        <x:v>466</x:v>
       </x:c>
       <x:c r="R403" s="0" t="s">
-        <x:v>34</x:v>
+        <x:v>450</x:v>
       </x:c>
       <x:c r="S403" s="0" t="n">
-        <x:v>610389</x:v>
+        <x:v>610390</x:v>
       </x:c>
       <x:c r="T403" s="4" t="s">
-        <x:v>505</x:v>
+        <x:v>493</x:v>
       </x:c>
       <x:c r="U403" s="4" t="s">
-        <x:v>505</x:v>
+        <x:v>493</x:v>
       </x:c>
     </x:row>
     <x:row r="404" spans="1:21">
       <x:c r="A404" s="13" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B404" s="14" t="s">
-        <x:v>470</x:v>
+        <x:v>464</x:v>
       </x:c>
       <x:c r="C404" s="15" t="s"/>
       <x:c r="D404" s="15" t="s"/>
       <x:c r="E404" s="14" t="s"/>
       <x:c r="F404" s="14" t="s"/>
       <x:c r="G404" s="14" t="s">
-        <x:v>443</x:v>
+        <x:v>465</x:v>
       </x:c>
       <x:c r="H404" s="14" t="s"/>
       <x:c r="I404" s="16" t="s">
-        <x:v>444</x:v>
+        <x:v>466</x:v>
       </x:c>
       <x:c r="J404" s="14" t="s"/>
       <x:c r="K404" s="14" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="L404" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M404" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N404" s="15" t="n">
         <x:v>24340</x:v>
       </x:c>
       <x:c r="O404" s="14" t="s">
-        <x:v>445</x:v>
+        <x:v>467</x:v>
       </x:c>
       <x:c r="P404" s="14" t="s">
-        <x:v>443</x:v>
+        <x:v>465</x:v>
       </x:c>
       <x:c r="Q404" s="16" t="s">
-        <x:v>444</x:v>
+        <x:v>466</x:v>
       </x:c>
       <x:c r="R404" s="14" t="s">
-        <x:v>64</x:v>
+        <x:v>34</x:v>
       </x:c>
       <x:c r="S404" s="14" t="n">
-        <x:v>619218</x:v>
+        <x:v>619227</x:v>
       </x:c>
       <x:c r="T404" s="16" t="s">
-        <x:v>510</x:v>
+        <x:v>43</x:v>
       </x:c>
       <x:c r="U404" s="16" t="s">
-        <x:v>510</x:v>
+        <x:v>43</x:v>
       </x:c>
     </x:row>
     <x:row r="405" spans="1:21">
       <x:c r="A405" s="1" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B405" s="0" t="s">
-        <x:v>470</x:v>
+        <x:v>475</x:v>
       </x:c>
       <x:c r="C405" s="3" t="s"/>
       <x:c r="D405" s="3" t="s"/>
       <x:c r="G405" s="0" t="s">
-        <x:v>443</x:v>
+        <x:v>465</x:v>
       </x:c>
       <x:c r="I405" s="4" t="s">
-        <x:v>444</x:v>
+        <x:v>466</x:v>
       </x:c>
       <x:c r="K405" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="L405" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M405" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N405" s="3" t="n">
         <x:v>24340</x:v>
       </x:c>
       <x:c r="O405" s="0" t="s">
-        <x:v>445</x:v>
+        <x:v>467</x:v>
       </x:c>
       <x:c r="P405" s="0" t="s">
-        <x:v>443</x:v>
+        <x:v>465</x:v>
       </x:c>
       <x:c r="Q405" s="4" t="s">
-        <x:v>444</x:v>
+        <x:v>466</x:v>
       </x:c>
       <x:c r="R405" s="0" t="s">
-        <x:v>472</x:v>
+        <x:v>64</x:v>
       </x:c>
       <x:c r="S405" s="0" t="n">
-        <x:v>619221</x:v>
+        <x:v>619249</x:v>
       </x:c>
       <x:c r="T405" s="4" t="s">
-        <x:v>339</x:v>
+        <x:v>473</x:v>
       </x:c>
       <x:c r="U405" s="4" t="s">
-        <x:v>339</x:v>
+        <x:v>473</x:v>
       </x:c>
     </x:row>
     <x:row r="406" spans="1:21">
       <x:c r="A406" s="13" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B406" s="14" t="s">
-        <x:v>470</x:v>
+        <x:v>464</x:v>
       </x:c>
       <x:c r="C406" s="15" t="s"/>
       <x:c r="D406" s="15" t="s"/>
       <x:c r="E406" s="14" t="s"/>
       <x:c r="F406" s="14" t="s"/>
       <x:c r="G406" s="14" t="s">
-        <x:v>443</x:v>
+        <x:v>465</x:v>
       </x:c>
       <x:c r="H406" s="14" t="s"/>
       <x:c r="I406" s="16" t="s">
-        <x:v>444</x:v>
+        <x:v>466</x:v>
       </x:c>
       <x:c r="J406" s="14" t="s"/>
       <x:c r="K406" s="14" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="L406" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M406" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N406" s="15" t="n">
         <x:v>24340</x:v>
       </x:c>
       <x:c r="O406" s="14" t="s">
-        <x:v>445</x:v>
+        <x:v>467</x:v>
       </x:c>
       <x:c r="P406" s="14" t="s">
-        <x:v>443</x:v>
+        <x:v>465</x:v>
       </x:c>
       <x:c r="Q406" s="16" t="s">
-        <x:v>444</x:v>
+        <x:v>466</x:v>
       </x:c>
       <x:c r="R406" s="14" t="s">
-        <x:v>456</x:v>
+        <x:v>64</x:v>
       </x:c>
       <x:c r="S406" s="14" t="n">
-        <x:v>619230</x:v>
+        <x:v>610356</x:v>
       </x:c>
       <x:c r="T406" s="16" t="s">
-        <x:v>476</x:v>
+        <x:v>503</x:v>
       </x:c>
       <x:c r="U406" s="16" t="s">
-        <x:v>476</x:v>
+        <x:v>503</x:v>
       </x:c>
     </x:row>
     <x:row r="407" spans="1:21">
       <x:c r="A407" s="1" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B407" s="0" t="s">
-        <x:v>470</x:v>
+        <x:v>464</x:v>
       </x:c>
       <x:c r="C407" s="3" t="s"/>
       <x:c r="D407" s="3" t="s"/>
       <x:c r="G407" s="0" t="s">
-        <x:v>443</x:v>
+        <x:v>465</x:v>
       </x:c>
       <x:c r="I407" s="4" t="s">
-        <x:v>444</x:v>
+        <x:v>466</x:v>
       </x:c>
       <x:c r="K407" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="L407" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M407" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N407" s="3" t="n">
         <x:v>24340</x:v>
       </x:c>
       <x:c r="O407" s="0" t="s">
-        <x:v>445</x:v>
+        <x:v>467</x:v>
       </x:c>
       <x:c r="P407" s="0" t="s">
-        <x:v>443</x:v>
+        <x:v>465</x:v>
       </x:c>
       <x:c r="Q407" s="4" t="s">
-        <x:v>444</x:v>
+        <x:v>466</x:v>
       </x:c>
       <x:c r="R407" s="0" t="s">
-        <x:v>456</x:v>
+        <x:v>469</x:v>
       </x:c>
       <x:c r="S407" s="0" t="n">
-        <x:v>619231</x:v>
+        <x:v>610359</x:v>
       </x:c>
       <x:c r="T407" s="4" t="s">
-        <x:v>496</x:v>
+        <x:v>504</x:v>
       </x:c>
       <x:c r="U407" s="4" t="s">
-        <x:v>496</x:v>
+        <x:v>504</x:v>
       </x:c>
     </x:row>
     <x:row r="408" spans="1:21">
       <x:c r="A408" s="13" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B408" s="14" t="s">
-        <x:v>478</x:v>
+        <x:v>464</x:v>
       </x:c>
       <x:c r="C408" s="15" t="s"/>
       <x:c r="D408" s="15" t="s"/>
       <x:c r="E408" s="14" t="s"/>
       <x:c r="F408" s="14" t="s"/>
       <x:c r="G408" s="14" t="s">
-        <x:v>443</x:v>
+        <x:v>465</x:v>
       </x:c>
       <x:c r="H408" s="14" t="s"/>
       <x:c r="I408" s="16" t="s">
-        <x:v>444</x:v>
+        <x:v>466</x:v>
       </x:c>
       <x:c r="J408" s="14" t="s"/>
       <x:c r="K408" s="14" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="L408" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M408" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N408" s="15" t="n">
         <x:v>24340</x:v>
       </x:c>
       <x:c r="O408" s="14" t="s">
-        <x:v>445</x:v>
+        <x:v>467</x:v>
       </x:c>
       <x:c r="P408" s="14" t="s">
-        <x:v>443</x:v>
+        <x:v>465</x:v>
       </x:c>
       <x:c r="Q408" s="16" t="s">
-        <x:v>444</x:v>
+        <x:v>466</x:v>
       </x:c>
       <x:c r="R408" s="14" t="s">
-        <x:v>64</x:v>
+        <x:v>34</x:v>
       </x:c>
       <x:c r="S408" s="14" t="n">
-        <x:v>619250</x:v>
+        <x:v>610362</x:v>
       </x:c>
       <x:c r="T408" s="16" t="s">
-        <x:v>528</x:v>
+        <x:v>505</x:v>
       </x:c>
       <x:c r="U408" s="16" t="s">
-        <x:v>528</x:v>
+        <x:v>505</x:v>
       </x:c>
     </x:row>
     <x:row r="409" spans="1:21">
       <x:c r="A409" s="1" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B409" s="0" t="s">
-        <x:v>478</x:v>
+        <x:v>471</x:v>
       </x:c>
       <x:c r="C409" s="3" t="s"/>
       <x:c r="D409" s="3" t="s"/>
       <x:c r="G409" s="0" t="s">
-        <x:v>443</x:v>
+        <x:v>465</x:v>
       </x:c>
       <x:c r="I409" s="4" t="s">
-        <x:v>444</x:v>
+        <x:v>466</x:v>
       </x:c>
       <x:c r="K409" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="L409" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M409" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N409" s="3" t="n">
         <x:v>24340</x:v>
       </x:c>
       <x:c r="O409" s="0" t="s">
-        <x:v>445</x:v>
+        <x:v>467</x:v>
       </x:c>
       <x:c r="P409" s="0" t="s">
-        <x:v>443</x:v>
+        <x:v>465</x:v>
       </x:c>
       <x:c r="Q409" s="4" t="s">
-        <x:v>444</x:v>
+        <x:v>466</x:v>
       </x:c>
       <x:c r="R409" s="0" t="s">
-        <x:v>34</x:v>
+        <x:v>469</x:v>
       </x:c>
       <x:c r="S409" s="0" t="n">
-        <x:v>619255</x:v>
+        <x:v>610370</x:v>
       </x:c>
       <x:c r="T409" s="4" t="s">
-        <x:v>466</x:v>
+        <x:v>526</x:v>
       </x:c>
       <x:c r="U409" s="4" t="s">
-        <x:v>466</x:v>
+        <x:v>302</x:v>
       </x:c>
     </x:row>
     <x:row r="410" spans="1:21">
       <x:c r="A410" s="13" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B410" s="14" t="s">
-        <x:v>470</x:v>
+        <x:v>471</x:v>
       </x:c>
       <x:c r="C410" s="15" t="s"/>
       <x:c r="D410" s="15" t="s"/>
       <x:c r="E410" s="14" t="s"/>
       <x:c r="F410" s="14" t="s"/>
       <x:c r="G410" s="14" t="s">
-        <x:v>443</x:v>
+        <x:v>465</x:v>
       </x:c>
       <x:c r="H410" s="14" t="s"/>
       <x:c r="I410" s="16" t="s">
-        <x:v>444</x:v>
+        <x:v>466</x:v>
       </x:c>
       <x:c r="J410" s="14" t="s"/>
       <x:c r="K410" s="14" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="L410" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M410" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N410" s="15" t="n">
         <x:v>24340</x:v>
       </x:c>
       <x:c r="O410" s="14" t="s">
-        <x:v>445</x:v>
+        <x:v>467</x:v>
       </x:c>
       <x:c r="P410" s="14" t="s">
-        <x:v>443</x:v>
+        <x:v>465</x:v>
       </x:c>
       <x:c r="Q410" s="16" t="s">
-        <x:v>444</x:v>
+        <x:v>466</x:v>
       </x:c>
       <x:c r="R410" s="14" t="s">
-        <x:v>472</x:v>
+        <x:v>450</x:v>
       </x:c>
       <x:c r="S410" s="14" t="n">
-        <x:v>610360</x:v>
+        <x:v>610373</x:v>
       </x:c>
       <x:c r="T410" s="16" t="s">
-        <x:v>525</x:v>
+        <x:v>493</x:v>
       </x:c>
       <x:c r="U410" s="16" t="s">
-        <x:v>525</x:v>
+        <x:v>528</x:v>
       </x:c>
     </x:row>
     <x:row r="411" spans="1:21">
       <x:c r="A411" s="1" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B411" s="0" t="s">
-        <x:v>474</x:v>
+        <x:v>478</x:v>
       </x:c>
       <x:c r="C411" s="3" t="s"/>
       <x:c r="D411" s="3" t="s"/>
       <x:c r="G411" s="0" t="s">
-        <x:v>443</x:v>
+        <x:v>465</x:v>
       </x:c>
       <x:c r="I411" s="4" t="s">
-        <x:v>444</x:v>
+        <x:v>466</x:v>
       </x:c>
       <x:c r="K411" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="L411" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M411" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N411" s="3" t="n">
         <x:v>24340</x:v>
       </x:c>
       <x:c r="O411" s="0" t="s">
-        <x:v>445</x:v>
+        <x:v>467</x:v>
       </x:c>
       <x:c r="P411" s="0" t="s">
-        <x:v>443</x:v>
+        <x:v>465</x:v>
       </x:c>
       <x:c r="Q411" s="4" t="s">
-        <x:v>444</x:v>
+        <x:v>466</x:v>
       </x:c>
       <x:c r="R411" s="0" t="s">
-        <x:v>456</x:v>
+        <x:v>34</x:v>
       </x:c>
       <x:c r="S411" s="0" t="n">
-        <x:v>610374</x:v>
+        <x:v>610389</x:v>
       </x:c>
       <x:c r="T411" s="4" t="s">
-        <x:v>301</x:v>
+        <x:v>505</x:v>
       </x:c>
       <x:c r="U411" s="4" t="s">
-        <x:v>54</x:v>
+        <x:v>505</x:v>
       </x:c>
     </x:row>
     <x:row r="412" spans="1:21">
       <x:c r="A412" s="13" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B412" s="14" t="s">
         <x:v>478</x:v>
       </x:c>
       <x:c r="C412" s="15" t="s"/>
       <x:c r="D412" s="15" t="s"/>
       <x:c r="E412" s="14" t="s"/>
       <x:c r="F412" s="14" t="s"/>
       <x:c r="G412" s="14" t="s">
-        <x:v>443</x:v>
+        <x:v>465</x:v>
       </x:c>
       <x:c r="H412" s="14" t="s"/>
       <x:c r="I412" s="16" t="s">
-        <x:v>444</x:v>
+        <x:v>466</x:v>
       </x:c>
       <x:c r="J412" s="14" t="s"/>
       <x:c r="K412" s="14" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="L412" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M412" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N412" s="15" t="n">
         <x:v>24340</x:v>
       </x:c>
       <x:c r="O412" s="14" t="s">
-        <x:v>445</x:v>
+        <x:v>467</x:v>
       </x:c>
       <x:c r="P412" s="14" t="s">
-        <x:v>443</x:v>
+        <x:v>465</x:v>
       </x:c>
       <x:c r="Q412" s="16" t="s">
-        <x:v>444</x:v>
+        <x:v>466</x:v>
       </x:c>
       <x:c r="R412" s="14" t="s">
-        <x:v>446</x:v>
+        <x:v>450</x:v>
       </x:c>
       <x:c r="S412" s="14" t="n">
-        <x:v>610375</x:v>
+        <x:v>619274</x:v>
       </x:c>
       <x:c r="T412" s="16" t="s">
-        <x:v>529</x:v>
+        <x:v>496</x:v>
       </x:c>
       <x:c r="U412" s="16" t="s">
-        <x:v>529</x:v>
+        <x:v>496</x:v>
       </x:c>
     </x:row>
     <x:row r="413" spans="1:21">
       <x:c r="A413" s="1" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B413" s="0" t="s">
-        <x:v>478</x:v>
+        <x:v>464</x:v>
       </x:c>
       <x:c r="C413" s="3" t="s"/>
       <x:c r="D413" s="3" t="s"/>
       <x:c r="G413" s="0" t="s">
-        <x:v>443</x:v>
+        <x:v>465</x:v>
       </x:c>
       <x:c r="I413" s="4" t="s">
-        <x:v>444</x:v>
+        <x:v>466</x:v>
       </x:c>
       <x:c r="K413" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="L413" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M413" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N413" s="3" t="n">
         <x:v>24340</x:v>
       </x:c>
       <x:c r="O413" s="0" t="s">
-        <x:v>445</x:v>
+        <x:v>467</x:v>
       </x:c>
       <x:c r="P413" s="0" t="s">
-        <x:v>443</x:v>
+        <x:v>465</x:v>
       </x:c>
       <x:c r="Q413" s="4" t="s">
-        <x:v>444</x:v>
+        <x:v>466</x:v>
       </x:c>
       <x:c r="R413" s="0" t="s">
-        <x:v>472</x:v>
+        <x:v>450</x:v>
       </x:c>
       <x:c r="S413" s="0" t="n">
-        <x:v>610377</x:v>
+        <x:v>591478</x:v>
       </x:c>
       <x:c r="T413" s="4" t="s">
-        <x:v>529</x:v>
+        <x:v>488</x:v>
       </x:c>
       <x:c r="U413" s="4" t="s">
-        <x:v>529</x:v>
+        <x:v>488</x:v>
       </x:c>
     </x:row>
     <x:row r="414" spans="1:21">
       <x:c r="A414" s="13" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B414" s="14" t="s">
-        <x:v>442</x:v>
+        <x:v>475</x:v>
       </x:c>
       <x:c r="C414" s="15" t="s"/>
       <x:c r="D414" s="15" t="s"/>
       <x:c r="E414" s="14" t="s"/>
       <x:c r="F414" s="14" t="s"/>
       <x:c r="G414" s="14" t="s">
-        <x:v>443</x:v>
+        <x:v>465</x:v>
       </x:c>
       <x:c r="H414" s="14" t="s"/>
       <x:c r="I414" s="16" t="s">
-        <x:v>444</x:v>
+        <x:v>466</x:v>
       </x:c>
       <x:c r="J414" s="14" t="s"/>
       <x:c r="K414" s="14" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="L414" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M414" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N414" s="15" t="n">
         <x:v>24340</x:v>
       </x:c>
       <x:c r="O414" s="14" t="s">
-        <x:v>445</x:v>
+        <x:v>467</x:v>
       </x:c>
       <x:c r="P414" s="14" t="s">
-        <x:v>443</x:v>
+        <x:v>465</x:v>
       </x:c>
       <x:c r="Q414" s="16" t="s">
-        <x:v>444</x:v>
+        <x:v>466</x:v>
       </x:c>
       <x:c r="R414" s="14" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="S414" s="14" t="n">
-        <x:v>610383</x:v>
+        <x:v>591488</x:v>
       </x:c>
       <x:c r="T414" s="16" t="s">
-        <x:v>503</x:v>
+        <x:v>529</x:v>
       </x:c>
       <x:c r="U414" s="16" t="s">
-        <x:v>503</x:v>
+        <x:v>529</x:v>
       </x:c>
     </x:row>
     <x:row r="415" spans="1:21">
       <x:c r="A415" s="1" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B415" s="0" t="s">
-        <x:v>442</x:v>
+        <x:v>478</x:v>
       </x:c>
       <x:c r="C415" s="3" t="s"/>
       <x:c r="D415" s="3" t="s"/>
       <x:c r="G415" s="0" t="s">
-        <x:v>443</x:v>
+        <x:v>465</x:v>
       </x:c>
       <x:c r="I415" s="4" t="s">
-        <x:v>444</x:v>
+        <x:v>466</x:v>
       </x:c>
       <x:c r="K415" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="L415" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M415" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N415" s="3" t="n">
         <x:v>24340</x:v>
       </x:c>
       <x:c r="O415" s="0" t="s">
-        <x:v>445</x:v>
+        <x:v>467</x:v>
       </x:c>
       <x:c r="P415" s="0" t="s">
-        <x:v>443</x:v>
+        <x:v>465</x:v>
       </x:c>
       <x:c r="Q415" s="4" t="s">
-        <x:v>444</x:v>
+        <x:v>466</x:v>
       </x:c>
       <x:c r="R415" s="0" t="s">
-        <x:v>456</x:v>
+        <x:v>469</x:v>
       </x:c>
       <x:c r="S415" s="0" t="n">
-        <x:v>610390</x:v>
+        <x:v>591496</x:v>
       </x:c>
       <x:c r="T415" s="4" t="s">
-        <x:v>493</x:v>
+        <x:v>319</x:v>
       </x:c>
       <x:c r="U415" s="4" t="s">
-        <x:v>493</x:v>
+        <x:v>319</x:v>
       </x:c>
     </x:row>
     <x:row r="416" spans="1:21">
       <x:c r="A416" s="13" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B416" s="14" t="s">
         <x:v>478</x:v>
       </x:c>
       <x:c r="C416" s="15" t="s"/>
       <x:c r="D416" s="15" t="s"/>
       <x:c r="E416" s="14" t="s"/>
       <x:c r="F416" s="14" t="s"/>
       <x:c r="G416" s="14" t="s">
-        <x:v>443</x:v>
+        <x:v>465</x:v>
       </x:c>
       <x:c r="H416" s="14" t="s"/>
       <x:c r="I416" s="16" t="s">
-        <x:v>444</x:v>
+        <x:v>466</x:v>
       </x:c>
       <x:c r="J416" s="14" t="s"/>
       <x:c r="K416" s="14" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="L416" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M416" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N416" s="15" t="n">
         <x:v>24340</x:v>
       </x:c>
       <x:c r="O416" s="14" t="s">
-        <x:v>445</x:v>
+        <x:v>467</x:v>
       </x:c>
       <x:c r="P416" s="14" t="s">
-        <x:v>443</x:v>
+        <x:v>465</x:v>
       </x:c>
       <x:c r="Q416" s="16" t="s">
-        <x:v>444</x:v>
+        <x:v>466</x:v>
       </x:c>
       <x:c r="R416" s="14" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="S416" s="14" t="n">
-        <x:v>619256</x:v>
+        <x:v>591497</x:v>
       </x:c>
       <x:c r="T416" s="16" t="s">
-        <x:v>528</x:v>
+        <x:v>486</x:v>
       </x:c>
       <x:c r="U416" s="16" t="s">
-        <x:v>528</x:v>
+        <x:v>486</x:v>
       </x:c>
     </x:row>
     <x:row r="417" spans="1:21">
       <x:c r="A417" s="1" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="B417" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C417" s="3" t="n">
         <x:v>35407</x:v>
       </x:c>
       <x:c r="D417" s="3" t="s"/>
       <x:c r="G417" s="0" t="s">
         <x:v>530</x:v>
       </x:c>
       <x:c r="I417" s="4" t="s">
         <x:v>531</x:v>
       </x:c>
       <x:c r="J417" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K417" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
@@ -25967,164 +25968,164 @@
       </x:c>
       <x:c r="P421" s="0" t="s">
         <x:v>541</x:v>
       </x:c>
       <x:c r="Q421" s="4" t="s">
         <x:v>140</x:v>
       </x:c>
       <x:c r="R421" s="0" t="s">
         <x:v>245</x:v>
       </x:c>
       <x:c r="S421" s="0" t="n">
         <x:v>620153</x:v>
       </x:c>
       <x:c r="T421" s="4" t="s">
         <x:v>542</x:v>
       </x:c>
       <x:c r="U421" s="4" t="s">
         <x:v>546</x:v>
       </x:c>
     </x:row>
     <x:row r="422" spans="1:21">
       <x:c r="A422" s="13" t="s">
         <x:v>537</x:v>
       </x:c>
       <x:c r="B422" s="14" t="s">
-        <x:v>544</x:v>
+        <x:v>538</x:v>
       </x:c>
       <x:c r="C422" s="15" t="n">
-        <x:v>36247</x:v>
+        <x:v>41536</x:v>
       </x:c>
       <x:c r="D422" s="15" t="s"/>
       <x:c r="E422" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F422" s="14" t="s"/>
       <x:c r="G422" s="14" t="s">
         <x:v>539</x:v>
       </x:c>
       <x:c r="H422" s="14" t="s">
         <x:v>540</x:v>
       </x:c>
       <x:c r="I422" s="16" t="s">
         <x:v>326</x:v>
       </x:c>
       <x:c r="J422" s="14" t="s">
-        <x:v>99</x:v>
+        <x:v>72</x:v>
       </x:c>
       <x:c r="K422" s="14" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="L422" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M422" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N422" s="15" t="n">
         <x:v>31624</x:v>
       </x:c>
       <x:c r="O422" s="14" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="P422" s="14" t="s">
         <x:v>541</x:v>
       </x:c>
       <x:c r="Q422" s="16" t="s">
         <x:v>140</x:v>
       </x:c>
       <x:c r="R422" s="14" t="s">
         <x:v>245</x:v>
       </x:c>
       <x:c r="S422" s="14" t="n">
-        <x:v>591804</x:v>
+        <x:v>620179</x:v>
       </x:c>
       <x:c r="T422" s="16" t="s">
-        <x:v>393</x:v>
+        <x:v>547</x:v>
       </x:c>
       <x:c r="U422" s="16" t="s">
-        <x:v>547</x:v>
+        <x:v>548</x:v>
       </x:c>
     </x:row>
     <x:row r="423" spans="1:21">
       <x:c r="A423" s="1" t="s">
         <x:v>537</x:v>
       </x:c>
       <x:c r="B423" s="0" t="s">
-        <x:v>538</x:v>
+        <x:v>544</x:v>
       </x:c>
       <x:c r="C423" s="3" t="n">
-        <x:v>41536</x:v>
+        <x:v>36247</x:v>
       </x:c>
       <x:c r="D423" s="3" t="s"/>
       <x:c r="E423" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G423" s="0" t="s">
         <x:v>539</x:v>
       </x:c>
       <x:c r="H423" s="0" t="s">
         <x:v>540</x:v>
       </x:c>
       <x:c r="I423" s="4" t="s">
         <x:v>326</x:v>
       </x:c>
       <x:c r="J423" s="0" t="s">
-        <x:v>72</x:v>
+        <x:v>99</x:v>
       </x:c>
       <x:c r="K423" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="L423" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M423" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N423" s="3" t="n">
         <x:v>31624</x:v>
       </x:c>
       <x:c r="O423" s="0" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="P423" s="0" t="s">
         <x:v>541</x:v>
       </x:c>
       <x:c r="Q423" s="4" t="s">
         <x:v>140</x:v>
       </x:c>
       <x:c r="R423" s="0" t="s">
         <x:v>245</x:v>
       </x:c>
       <x:c r="S423" s="0" t="n">
-        <x:v>620181</x:v>
+        <x:v>591804</x:v>
       </x:c>
       <x:c r="T423" s="4" t="s">
-        <x:v>393</x:v>
+        <x:v>390</x:v>
       </x:c>
       <x:c r="U423" s="4" t="s">
-        <x:v>548</x:v>
+        <x:v>549</x:v>
       </x:c>
     </x:row>
     <x:row r="424" spans="1:21">
       <x:c r="A424" s="13" t="s">
         <x:v>537</x:v>
       </x:c>
       <x:c r="B424" s="14" t="s">
         <x:v>538</x:v>
       </x:c>
       <x:c r="C424" s="15" t="n">
         <x:v>41536</x:v>
       </x:c>
       <x:c r="D424" s="15" t="s"/>
       <x:c r="E424" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F424" s="14" t="s"/>
       <x:c r="G424" s="14" t="s">
         <x:v>539</x:v>
       </x:c>
       <x:c r="H424" s="14" t="s">
         <x:v>540</x:v>
       </x:c>
       <x:c r="I424" s="16" t="s">
         <x:v>326</x:v>
@@ -26135,54 +26136,54 @@
       <x:c r="K424" s="14" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="L424" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M424" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N424" s="15" t="n">
         <x:v>31624</x:v>
       </x:c>
       <x:c r="O424" s="14" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="P424" s="14" t="s">
         <x:v>541</x:v>
       </x:c>
       <x:c r="Q424" s="16" t="s">
         <x:v>140</x:v>
       </x:c>
       <x:c r="R424" s="14" t="s">
         <x:v>245</x:v>
       </x:c>
       <x:c r="S424" s="14" t="n">
-        <x:v>620179</x:v>
+        <x:v>620181</x:v>
       </x:c>
       <x:c r="T424" s="16" t="s">
-        <x:v>549</x:v>
+        <x:v>390</x:v>
       </x:c>
       <x:c r="U424" s="16" t="s">
         <x:v>550</x:v>
       </x:c>
     </x:row>
     <x:row r="425" spans="1:21">
       <x:c r="A425" s="1" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B425" s="0" t="s">
         <x:v>551</x:v>
       </x:c>
       <x:c r="C425" s="3" t="n">
         <x:v>35191</x:v>
       </x:c>
       <x:c r="D425" s="3" t="s"/>
       <x:c r="G425" s="0" t="s">
         <x:v>539</x:v>
       </x:c>
       <x:c r="H425" s="0" t="s">
         <x:v>540</x:v>
       </x:c>
       <x:c r="I425" s="4" t="s">
         <x:v>326</x:v>
       </x:c>
@@ -26254,51 +26255,51 @@
       <x:c r="L426" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M426" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N426" s="15" t="n">
         <x:v>31624</x:v>
       </x:c>
       <x:c r="O426" s="14" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="P426" s="14" t="s">
         <x:v>539</x:v>
       </x:c>
       <x:c r="Q426" s="16" t="s">
         <x:v>326</x:v>
       </x:c>
       <x:c r="R426" s="14" t="s">
         <x:v>552</x:v>
       </x:c>
       <x:c r="S426" s="14" t="n">
         <x:v>585924</x:v>
       </x:c>
       <x:c r="T426" s="16" t="s">
-        <x:v>403</x:v>
+        <x:v>404</x:v>
       </x:c>
       <x:c r="U426" s="16" t="s">
         <x:v>502</x:v>
       </x:c>
     </x:row>
     <x:row r="427" spans="1:21">
       <x:c r="A427" s="1" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B427" s="0" t="s">
         <x:v>555</x:v>
       </x:c>
       <x:c r="C427" s="3" t="n">
         <x:v>35191</x:v>
       </x:c>
       <x:c r="D427" s="3" t="s"/>
       <x:c r="G427" s="0" t="s">
         <x:v>539</x:v>
       </x:c>
       <x:c r="H427" s="0" t="s">
         <x:v>540</x:v>
       </x:c>
       <x:c r="I427" s="4" t="s">
         <x:v>326</x:v>
       </x:c>
@@ -26483,170 +26484,170 @@
       <x:c r="K430" s="14" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="L430" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M430" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N430" s="15" t="n">
         <x:v>31624</x:v>
       </x:c>
       <x:c r="O430" s="14" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="P430" s="14" t="s">
         <x:v>539</x:v>
       </x:c>
       <x:c r="Q430" s="16" t="s">
         <x:v>326</x:v>
       </x:c>
       <x:c r="R430" s="14" t="s">
         <x:v>552</x:v>
       </x:c>
       <x:c r="S430" s="14" t="n">
-        <x:v>618497</x:v>
+        <x:v>618232</x:v>
       </x:c>
       <x:c r="T430" s="16" t="s">
-        <x:v>553</x:v>
+        <x:v>560</x:v>
       </x:c>
       <x:c r="U430" s="16" t="s">
-        <x:v>560</x:v>
+        <x:v>561</x:v>
       </x:c>
     </x:row>
     <x:row r="431" spans="1:21">
       <x:c r="A431" s="1" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B431" s="0" t="s">
         <x:v>555</x:v>
       </x:c>
       <x:c r="C431" s="3" t="n">
-        <x:v>41536</x:v>
+        <x:v>35191</x:v>
       </x:c>
       <x:c r="D431" s="3" t="s"/>
       <x:c r="G431" s="0" t="s">
         <x:v>539</x:v>
       </x:c>
       <x:c r="H431" s="0" t="s">
         <x:v>540</x:v>
       </x:c>
       <x:c r="I431" s="4" t="s">
         <x:v>326</x:v>
       </x:c>
       <x:c r="J431" s="0" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="K431" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="L431" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M431" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N431" s="3" t="n">
         <x:v>31624</x:v>
       </x:c>
       <x:c r="O431" s="0" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="P431" s="0" t="s">
         <x:v>539</x:v>
       </x:c>
       <x:c r="Q431" s="4" t="s">
         <x:v>326</x:v>
       </x:c>
       <x:c r="R431" s="0" t="s">
         <x:v>552</x:v>
       </x:c>
       <x:c r="S431" s="0" t="n">
-        <x:v>618232</x:v>
+        <x:v>589766</x:v>
       </x:c>
       <x:c r="T431" s="4" t="s">
-        <x:v>561</x:v>
+        <x:v>397</x:v>
       </x:c>
       <x:c r="U431" s="4" t="s">
         <x:v>562</x:v>
       </x:c>
     </x:row>
     <x:row r="432" spans="1:21">
       <x:c r="A432" s="13" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B432" s="14" t="s">
         <x:v>555</x:v>
       </x:c>
       <x:c r="C432" s="15" t="n">
-        <x:v>35191</x:v>
+        <x:v>41536</x:v>
       </x:c>
       <x:c r="D432" s="15" t="s"/>
       <x:c r="E432" s="14" t="s"/>
       <x:c r="F432" s="14" t="s"/>
       <x:c r="G432" s="14" t="s">
         <x:v>539</x:v>
       </x:c>
       <x:c r="H432" s="14" t="s">
         <x:v>540</x:v>
       </x:c>
       <x:c r="I432" s="16" t="s">
         <x:v>326</x:v>
       </x:c>
       <x:c r="J432" s="14" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="K432" s="14" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="L432" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M432" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N432" s="15" t="n">
         <x:v>31624</x:v>
       </x:c>
       <x:c r="O432" s="14" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="P432" s="14" t="s">
         <x:v>539</x:v>
       </x:c>
       <x:c r="Q432" s="16" t="s">
         <x:v>326</x:v>
       </x:c>
       <x:c r="R432" s="14" t="s">
         <x:v>552</x:v>
       </x:c>
       <x:c r="S432" s="14" t="n">
-        <x:v>589766</x:v>
+        <x:v>618497</x:v>
       </x:c>
       <x:c r="T432" s="16" t="s">
-        <x:v>397</x:v>
+        <x:v>553</x:v>
       </x:c>
       <x:c r="U432" s="16" t="s">
         <x:v>563</x:v>
       </x:c>
     </x:row>
     <x:row r="433" spans="1:21">
       <x:c r="A433" s="1" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B433" s="0" t="s">
         <x:v>564</x:v>
       </x:c>
       <x:c r="C433" s="3" t="n">
         <x:v>41536</x:v>
       </x:c>
       <x:c r="D433" s="3" t="s"/>
       <x:c r="G433" s="0" t="s">
         <x:v>539</x:v>
       </x:c>
       <x:c r="H433" s="0" t="s">
         <x:v>540</x:v>
       </x:c>
       <x:c r="I433" s="4" t="s">
         <x:v>326</x:v>
       </x:c>
@@ -26905,156 +26906,156 @@
       </x:c>
       <x:c r="Q437" s="4" t="s">
         <x:v>326</x:v>
       </x:c>
       <x:c r="R437" s="0" t="s">
         <x:v>552</x:v>
       </x:c>
       <x:c r="S437" s="0" t="n">
         <x:v>540234</x:v>
       </x:c>
       <x:c r="T437" s="4" t="s">
         <x:v>568</x:v>
       </x:c>
       <x:c r="U437" s="4" t="s">
         <x:v>504</x:v>
       </x:c>
     </x:row>
     <x:row r="438" spans="1:21">
       <x:c r="A438" s="13" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B438" s="14" t="s">
         <x:v>555</x:v>
       </x:c>
       <x:c r="C438" s="15" t="n">
-        <x:v>35191</x:v>
+        <x:v>41536</x:v>
       </x:c>
       <x:c r="D438" s="15" t="s"/>
       <x:c r="E438" s="14" t="s"/>
       <x:c r="F438" s="14" t="s"/>
       <x:c r="G438" s="14" t="s">
         <x:v>539</x:v>
       </x:c>
       <x:c r="H438" s="14" t="s">
         <x:v>540</x:v>
       </x:c>
       <x:c r="I438" s="16" t="s">
         <x:v>326</x:v>
       </x:c>
       <x:c r="J438" s="14" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="K438" s="14" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="L438" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M438" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N438" s="15" t="n">
         <x:v>31624</x:v>
       </x:c>
       <x:c r="O438" s="14" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="P438" s="14" t="s">
         <x:v>539</x:v>
       </x:c>
       <x:c r="Q438" s="16" t="s">
         <x:v>326</x:v>
       </x:c>
       <x:c r="R438" s="14" t="s">
         <x:v>552</x:v>
       </x:c>
       <x:c r="S438" s="14" t="n">
-        <x:v>585907</x:v>
+        <x:v>618498</x:v>
       </x:c>
       <x:c r="T438" s="16" t="s">
-        <x:v>569</x:v>
+        <x:v>556</x:v>
       </x:c>
       <x:c r="U438" s="16" t="s">
-        <x:v>473</x:v>
+        <x:v>557</x:v>
       </x:c>
     </x:row>
     <x:row r="439" spans="1:21">
       <x:c r="A439" s="1" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B439" s="0" t="s">
-        <x:v>554</x:v>
+        <x:v>555</x:v>
       </x:c>
       <x:c r="C439" s="3" t="n">
-        <x:v>36247</x:v>
+        <x:v>35191</x:v>
       </x:c>
       <x:c r="D439" s="3" t="s"/>
       <x:c r="G439" s="0" t="s">
         <x:v>539</x:v>
       </x:c>
       <x:c r="H439" s="0" t="s">
         <x:v>540</x:v>
       </x:c>
       <x:c r="I439" s="4" t="s">
         <x:v>326</x:v>
       </x:c>
       <x:c r="J439" s="0" t="s">
-        <x:v>99</x:v>
+        <x:v>72</x:v>
       </x:c>
       <x:c r="K439" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="L439" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M439" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N439" s="3" t="n">
         <x:v>31624</x:v>
       </x:c>
       <x:c r="O439" s="0" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="P439" s="0" t="s">
         <x:v>539</x:v>
       </x:c>
       <x:c r="Q439" s="4" t="s">
         <x:v>326</x:v>
       </x:c>
       <x:c r="R439" s="0" t="s">
         <x:v>552</x:v>
       </x:c>
       <x:c r="S439" s="0" t="n">
-        <x:v>585925</x:v>
+        <x:v>585907</x:v>
       </x:c>
       <x:c r="T439" s="4" t="s">
-        <x:v>553</x:v>
+        <x:v>569</x:v>
       </x:c>
       <x:c r="U439" s="4" t="s">
-        <x:v>570</x:v>
+        <x:v>470</x:v>
       </x:c>
     </x:row>
     <x:row r="440" spans="1:21">
       <x:c r="A440" s="13" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B440" s="14" t="s">
         <x:v>554</x:v>
       </x:c>
       <x:c r="C440" s="15" t="n">
         <x:v>36247</x:v>
       </x:c>
       <x:c r="D440" s="15" t="s"/>
       <x:c r="E440" s="14" t="s"/>
       <x:c r="F440" s="14" t="s"/>
       <x:c r="G440" s="14" t="s">
         <x:v>539</x:v>
       </x:c>
       <x:c r="H440" s="14" t="s">
         <x:v>540</x:v>
       </x:c>
       <x:c r="I440" s="16" t="s">
         <x:v>326</x:v>
       </x:c>
       <x:c r="J440" s="14" t="s">
@@ -27063,462 +27064,462 @@
       <x:c r="K440" s="14" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="L440" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M440" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N440" s="15" t="n">
         <x:v>31624</x:v>
       </x:c>
       <x:c r="O440" s="14" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="P440" s="14" t="s">
         <x:v>539</x:v>
       </x:c>
       <x:c r="Q440" s="16" t="s">
         <x:v>326</x:v>
       </x:c>
       <x:c r="R440" s="14" t="s">
         <x:v>552</x:v>
       </x:c>
       <x:c r="S440" s="14" t="n">
-        <x:v>585926</x:v>
+        <x:v>585925</x:v>
       </x:c>
       <x:c r="T440" s="16" t="s">
-        <x:v>556</x:v>
+        <x:v>553</x:v>
       </x:c>
       <x:c r="U440" s="16" t="s">
-        <x:v>45</x:v>
+        <x:v>570</x:v>
       </x:c>
     </x:row>
     <x:row r="441" spans="1:21">
       <x:c r="A441" s="1" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B441" s="0" t="s">
-        <x:v>555</x:v>
+        <x:v>554</x:v>
       </x:c>
       <x:c r="C441" s="3" t="n">
-        <x:v>35191</x:v>
+        <x:v>36247</x:v>
       </x:c>
       <x:c r="D441" s="3" t="s"/>
       <x:c r="G441" s="0" t="s">
         <x:v>539</x:v>
       </x:c>
       <x:c r="H441" s="0" t="s">
         <x:v>540</x:v>
       </x:c>
       <x:c r="I441" s="4" t="s">
         <x:v>326</x:v>
       </x:c>
       <x:c r="J441" s="0" t="s">
-        <x:v>72</x:v>
+        <x:v>99</x:v>
       </x:c>
       <x:c r="K441" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="L441" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M441" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N441" s="3" t="n">
         <x:v>31624</x:v>
       </x:c>
       <x:c r="O441" s="0" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="P441" s="0" t="s">
         <x:v>539</x:v>
       </x:c>
       <x:c r="Q441" s="4" t="s">
         <x:v>326</x:v>
       </x:c>
       <x:c r="R441" s="0" t="s">
         <x:v>552</x:v>
       </x:c>
       <x:c r="S441" s="0" t="n">
-        <x:v>585908</x:v>
+        <x:v>585926</x:v>
       </x:c>
       <x:c r="T441" s="4" t="s">
-        <x:v>553</x:v>
+        <x:v>556</x:v>
       </x:c>
       <x:c r="U441" s="4" t="s">
-        <x:v>560</x:v>
+        <x:v>45</x:v>
       </x:c>
     </x:row>
     <x:row r="442" spans="1:21">
       <x:c r="A442" s="13" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B442" s="14" t="s">
-        <x:v>571</x:v>
+        <x:v>555</x:v>
       </x:c>
       <x:c r="C442" s="15" t="n">
-        <x:v>37276</x:v>
+        <x:v>35191</x:v>
       </x:c>
       <x:c r="D442" s="15" t="s"/>
       <x:c r="E442" s="14" t="s"/>
       <x:c r="F442" s="14" t="s"/>
       <x:c r="G442" s="14" t="s">
         <x:v>539</x:v>
       </x:c>
       <x:c r="H442" s="14" t="s">
         <x:v>540</x:v>
       </x:c>
       <x:c r="I442" s="16" t="s">
         <x:v>326</x:v>
       </x:c>
       <x:c r="J442" s="14" t="s">
-        <x:v>345</x:v>
+        <x:v>72</x:v>
       </x:c>
       <x:c r="K442" s="14" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="L442" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M442" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N442" s="15" t="n">
-        <x:v>23684</x:v>
+        <x:v>31624</x:v>
       </x:c>
       <x:c r="O442" s="14" t="s">
-        <x:v>572</x:v>
+        <x:v>73</x:v>
       </x:c>
       <x:c r="P442" s="14" t="s">
         <x:v>539</x:v>
       </x:c>
       <x:c r="Q442" s="16" t="s">
         <x:v>326</x:v>
       </x:c>
       <x:c r="R442" s="14" t="s">
         <x:v>552</x:v>
       </x:c>
       <x:c r="S442" s="14" t="n">
-        <x:v>577370</x:v>
+        <x:v>585908</x:v>
       </x:c>
       <x:c r="T442" s="16" t="s">
-        <x:v>484</x:v>
+        <x:v>553</x:v>
       </x:c>
       <x:c r="U442" s="16" t="s">
-        <x:v>573</x:v>
+        <x:v>563</x:v>
       </x:c>
     </x:row>
     <x:row r="443" spans="1:21">
       <x:c r="A443" s="1" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B443" s="0" t="s">
-        <x:v>555</x:v>
+        <x:v>571</x:v>
       </x:c>
       <x:c r="C443" s="3" t="n">
-        <x:v>35191</x:v>
+        <x:v>37276</x:v>
       </x:c>
       <x:c r="D443" s="3" t="s"/>
       <x:c r="G443" s="0" t="s">
         <x:v>539</x:v>
       </x:c>
       <x:c r="H443" s="0" t="s">
         <x:v>540</x:v>
       </x:c>
       <x:c r="I443" s="4" t="s">
         <x:v>326</x:v>
       </x:c>
       <x:c r="J443" s="0" t="s">
-        <x:v>72</x:v>
+        <x:v>345</x:v>
       </x:c>
       <x:c r="K443" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="L443" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M443" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N443" s="3" t="n">
-        <x:v>31624</x:v>
+        <x:v>23684</x:v>
       </x:c>
       <x:c r="O443" s="0" t="s">
-        <x:v>73</x:v>
+        <x:v>572</x:v>
       </x:c>
       <x:c r="P443" s="0" t="s">
         <x:v>539</x:v>
       </x:c>
       <x:c r="Q443" s="4" t="s">
         <x:v>326</x:v>
       </x:c>
       <x:c r="R443" s="0" t="s">
         <x:v>552</x:v>
       </x:c>
       <x:c r="S443" s="0" t="n">
-        <x:v>566373</x:v>
+        <x:v>577370</x:v>
       </x:c>
       <x:c r="T443" s="4" t="s">
-        <x:v>574</x:v>
+        <x:v>482</x:v>
       </x:c>
       <x:c r="U443" s="4" t="s">
-        <x:v>488</x:v>
+        <x:v>573</x:v>
       </x:c>
     </x:row>
     <x:row r="444" spans="1:21">
       <x:c r="A444" s="13" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B444" s="14" t="s">
-        <x:v>559</x:v>
+        <x:v>555</x:v>
       </x:c>
       <x:c r="C444" s="15" t="n">
         <x:v>35191</x:v>
       </x:c>
       <x:c r="D444" s="15" t="s"/>
       <x:c r="E444" s="14" t="s"/>
       <x:c r="F444" s="14" t="s"/>
       <x:c r="G444" s="14" t="s">
         <x:v>539</x:v>
       </x:c>
       <x:c r="H444" s="14" t="s">
         <x:v>540</x:v>
       </x:c>
       <x:c r="I444" s="16" t="s">
         <x:v>326</x:v>
       </x:c>
       <x:c r="J444" s="14" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="K444" s="14" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="L444" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M444" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N444" s="15" t="n">
         <x:v>31624</x:v>
       </x:c>
       <x:c r="O444" s="14" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="P444" s="14" t="s">
         <x:v>539</x:v>
       </x:c>
       <x:c r="Q444" s="16" t="s">
         <x:v>326</x:v>
       </x:c>
       <x:c r="R444" s="14" t="s">
         <x:v>552</x:v>
       </x:c>
       <x:c r="S444" s="14" t="n">
-        <x:v>585922</x:v>
+        <x:v>566373</x:v>
       </x:c>
       <x:c r="T444" s="16" t="s">
-        <x:v>556</x:v>
+        <x:v>574</x:v>
       </x:c>
       <x:c r="U444" s="16" t="s">
-        <x:v>565</x:v>
+        <x:v>488</x:v>
       </x:c>
     </x:row>
     <x:row r="445" spans="1:21">
       <x:c r="A445" s="1" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B445" s="0" t="s">
-        <x:v>551</x:v>
+        <x:v>559</x:v>
       </x:c>
       <x:c r="C445" s="3" t="n">
         <x:v>35191</x:v>
       </x:c>
       <x:c r="D445" s="3" t="s"/>
       <x:c r="G445" s="0" t="s">
         <x:v>539</x:v>
       </x:c>
       <x:c r="H445" s="0" t="s">
         <x:v>540</x:v>
       </x:c>
       <x:c r="I445" s="4" t="s">
         <x:v>326</x:v>
       </x:c>
       <x:c r="J445" s="0" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="K445" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="L445" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M445" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N445" s="3" t="n">
         <x:v>31624</x:v>
       </x:c>
       <x:c r="O445" s="0" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="P445" s="0" t="s">
         <x:v>539</x:v>
       </x:c>
       <x:c r="Q445" s="4" t="s">
         <x:v>326</x:v>
       </x:c>
       <x:c r="R445" s="0" t="s">
         <x:v>552</x:v>
       </x:c>
       <x:c r="S445" s="0" t="n">
-        <x:v>585919</x:v>
+        <x:v>585922</x:v>
       </x:c>
       <x:c r="T445" s="4" t="s">
         <x:v>556</x:v>
       </x:c>
       <x:c r="U445" s="4" t="s">
         <x:v>565</x:v>
       </x:c>
     </x:row>
     <x:row r="446" spans="1:21">
       <x:c r="A446" s="13" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B446" s="14" t="s">
-        <x:v>555</x:v>
+        <x:v>551</x:v>
       </x:c>
       <x:c r="C446" s="15" t="n">
         <x:v>35191</x:v>
       </x:c>
       <x:c r="D446" s="15" t="s"/>
       <x:c r="E446" s="14" t="s"/>
       <x:c r="F446" s="14" t="s"/>
       <x:c r="G446" s="14" t="s">
         <x:v>539</x:v>
       </x:c>
       <x:c r="H446" s="14" t="s">
         <x:v>540</x:v>
       </x:c>
       <x:c r="I446" s="16" t="s">
         <x:v>326</x:v>
       </x:c>
       <x:c r="J446" s="14" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="K446" s="14" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="L446" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M446" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N446" s="15" t="n">
         <x:v>31624</x:v>
       </x:c>
       <x:c r="O446" s="14" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="P446" s="14" t="s">
         <x:v>539</x:v>
       </x:c>
       <x:c r="Q446" s="16" t="s">
         <x:v>326</x:v>
       </x:c>
       <x:c r="R446" s="14" t="s">
         <x:v>552</x:v>
       </x:c>
       <x:c r="S446" s="14" t="n">
-        <x:v>540192</x:v>
+        <x:v>585919</x:v>
       </x:c>
       <x:c r="T446" s="16" t="s">
-        <x:v>574</x:v>
+        <x:v>556</x:v>
       </x:c>
       <x:c r="U446" s="16" t="s">
-        <x:v>488</x:v>
+        <x:v>565</x:v>
       </x:c>
     </x:row>
     <x:row r="447" spans="1:21">
       <x:c r="A447" s="1" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B447" s="0" t="s">
         <x:v>555</x:v>
       </x:c>
       <x:c r="C447" s="3" t="n">
-        <x:v>41536</x:v>
+        <x:v>35191</x:v>
       </x:c>
       <x:c r="D447" s="3" t="s"/>
       <x:c r="G447" s="0" t="s">
         <x:v>539</x:v>
       </x:c>
       <x:c r="H447" s="0" t="s">
         <x:v>540</x:v>
       </x:c>
       <x:c r="I447" s="4" t="s">
         <x:v>326</x:v>
       </x:c>
       <x:c r="J447" s="0" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="K447" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="L447" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M447" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N447" s="3" t="n">
         <x:v>31624</x:v>
       </x:c>
       <x:c r="O447" s="0" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="P447" s="0" t="s">
         <x:v>539</x:v>
       </x:c>
       <x:c r="Q447" s="4" t="s">
         <x:v>326</x:v>
       </x:c>
       <x:c r="R447" s="0" t="s">
         <x:v>552</x:v>
       </x:c>
       <x:c r="S447" s="0" t="n">
-        <x:v>618498</x:v>
+        <x:v>540192</x:v>
       </x:c>
       <x:c r="T447" s="4" t="s">
-        <x:v>556</x:v>
+        <x:v>574</x:v>
       </x:c>
       <x:c r="U447" s="4" t="s">
-        <x:v>557</x:v>
+        <x:v>488</x:v>
       </x:c>
     </x:row>
     <x:row r="448" spans="1:21">
       <x:c r="A448" s="13" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B448" s="14" t="s">
         <x:v>555</x:v>
       </x:c>
       <x:c r="C448" s="15" t="n">
         <x:v>35191</x:v>
       </x:c>
       <x:c r="D448" s="15" t="s"/>
       <x:c r="E448" s="14" t="s"/>
       <x:c r="F448" s="14" t="s"/>
       <x:c r="G448" s="14" t="s">
         <x:v>324</x:v>
       </x:c>
       <x:c r="H448" s="14" t="s">
         <x:v>325</x:v>
       </x:c>
       <x:c r="I448" s="16" t="s">
         <x:v>326</x:v>
       </x:c>
       <x:c r="J448" s="14" t="s">
@@ -27533,51 +27534,51 @@
       <x:c r="M448" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N448" s="15" t="n">
         <x:v>31624</x:v>
       </x:c>
       <x:c r="O448" s="14" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="P448" s="14" t="s">
         <x:v>324</x:v>
       </x:c>
       <x:c r="Q448" s="16" t="s">
         <x:v>326</x:v>
       </x:c>
       <x:c r="R448" s="14" t="s">
         <x:v>552</x:v>
       </x:c>
       <x:c r="S448" s="14" t="n">
         <x:v>585609</x:v>
       </x:c>
       <x:c r="T448" s="16" t="s">
         <x:v>569</x:v>
       </x:c>
       <x:c r="U448" s="16" t="s">
-        <x:v>473</x:v>
+        <x:v>470</x:v>
       </x:c>
     </x:row>
     <x:row r="449" spans="1:21">
       <x:c r="A449" s="1" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B449" s="0" t="s">
         <x:v>554</x:v>
       </x:c>
       <x:c r="C449" s="3" t="n">
         <x:v>36247</x:v>
       </x:c>
       <x:c r="D449" s="3" t="s"/>
       <x:c r="G449" s="0" t="s">
         <x:v>324</x:v>
       </x:c>
       <x:c r="H449" s="0" t="s">
         <x:v>325</x:v>
       </x:c>
       <x:c r="I449" s="4" t="s">
         <x:v>326</x:v>
       </x:c>
       <x:c r="J449" s="0" t="s">
         <x:v>99</x:v>
       </x:c>
@@ -27769,51 +27770,51 @@
       <x:c r="M452" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N452" s="15" t="n">
         <x:v>31624</x:v>
       </x:c>
       <x:c r="O452" s="14" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="P452" s="14" t="s">
         <x:v>324</x:v>
       </x:c>
       <x:c r="Q452" s="16" t="s">
         <x:v>326</x:v>
       </x:c>
       <x:c r="R452" s="14" t="s">
         <x:v>552</x:v>
       </x:c>
       <x:c r="S452" s="14" t="n">
         <x:v>618470</x:v>
       </x:c>
       <x:c r="T452" s="16" t="s">
         <x:v>553</x:v>
       </x:c>
       <x:c r="U452" s="16" t="s">
-        <x:v>560</x:v>
+        <x:v>563</x:v>
       </x:c>
     </x:row>
     <x:row r="453" spans="1:21">
       <x:c r="A453" s="1" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B453" s="0" t="s">
         <x:v>564</x:v>
       </x:c>
       <x:c r="C453" s="3" t="n">
         <x:v>41536</x:v>
       </x:c>
       <x:c r="D453" s="3" t="s"/>
       <x:c r="G453" s="0" t="s">
         <x:v>324</x:v>
       </x:c>
       <x:c r="H453" s="0" t="s">
         <x:v>325</x:v>
       </x:c>
       <x:c r="I453" s="4" t="s">
         <x:v>326</x:v>
       </x:c>
       <x:c r="J453" s="0" t="s">
         <x:v>72</x:v>
       </x:c>
@@ -28174,51 +28175,51 @@
       <x:c r="M459" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N459" s="3" t="n">
         <x:v>31624</x:v>
       </x:c>
       <x:c r="O459" s="0" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="P459" s="0" t="s">
         <x:v>324</x:v>
       </x:c>
       <x:c r="Q459" s="4" t="s">
         <x:v>326</x:v>
       </x:c>
       <x:c r="R459" s="0" t="s">
         <x:v>552</x:v>
       </x:c>
       <x:c r="S459" s="0" t="n">
         <x:v>589740</x:v>
       </x:c>
       <x:c r="T459" s="4" t="s">
         <x:v>397</x:v>
       </x:c>
       <x:c r="U459" s="4" t="s">
-        <x:v>563</x:v>
+        <x:v>562</x:v>
       </x:c>
     </x:row>
     <x:row r="460" spans="1:21">
       <x:c r="A460" s="13" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B460" s="14" t="s">
         <x:v>555</x:v>
       </x:c>
       <x:c r="C460" s="15" t="n">
         <x:v>35191</x:v>
       </x:c>
       <x:c r="D460" s="15" t="s"/>
       <x:c r="E460" s="14" t="s"/>
       <x:c r="F460" s="14" t="s"/>
       <x:c r="G460" s="14" t="s">
         <x:v>324</x:v>
       </x:c>
       <x:c r="H460" s="14" t="s">
         <x:v>325</x:v>
       </x:c>
       <x:c r="I460" s="16" t="s">
         <x:v>326</x:v>
       </x:c>
       <x:c r="J460" s="14" t="s">
@@ -28233,51 +28234,51 @@
       <x:c r="M460" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N460" s="15" t="n">
         <x:v>31624</x:v>
       </x:c>
       <x:c r="O460" s="14" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="P460" s="14" t="s">
         <x:v>324</x:v>
       </x:c>
       <x:c r="Q460" s="16" t="s">
         <x:v>326</x:v>
       </x:c>
       <x:c r="R460" s="14" t="s">
         <x:v>552</x:v>
       </x:c>
       <x:c r="S460" s="14" t="n">
         <x:v>585610</x:v>
       </x:c>
       <x:c r="T460" s="16" t="s">
         <x:v>553</x:v>
       </x:c>
       <x:c r="U460" s="16" t="s">
-        <x:v>560</x:v>
+        <x:v>563</x:v>
       </x:c>
     </x:row>
     <x:row r="461" spans="1:21">
       <x:c r="A461" s="1" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B461" s="0" t="s">
         <x:v>559</x:v>
       </x:c>
       <x:c r="C461" s="3" t="n">
         <x:v>35191</x:v>
       </x:c>
       <x:c r="D461" s="3" t="s"/>
       <x:c r="G461" s="0" t="s">
         <x:v>324</x:v>
       </x:c>
       <x:c r="H461" s="0" t="s">
         <x:v>325</x:v>
       </x:c>
       <x:c r="I461" s="4" t="s">
         <x:v>326</x:v>
       </x:c>
       <x:c r="J461" s="0" t="s">
         <x:v>72</x:v>
       </x:c>
@@ -28298,165 +28299,163 @@
       </x:c>
       <x:c r="P461" s="0" t="s">
         <x:v>324</x:v>
       </x:c>
       <x:c r="Q461" s="4" t="s">
         <x:v>326</x:v>
       </x:c>
       <x:c r="R461" s="0" t="s">
         <x:v>552</x:v>
       </x:c>
       <x:c r="S461" s="0" t="n">
         <x:v>585624</x:v>
       </x:c>
       <x:c r="T461" s="4" t="s">
         <x:v>556</x:v>
       </x:c>
       <x:c r="U461" s="4" t="s">
         <x:v>565</x:v>
       </x:c>
     </x:row>
     <x:row r="462" spans="1:21">
       <x:c r="A462" s="13" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B462" s="14" t="s">
-        <x:v>555</x:v>
+        <x:v>308</x:v>
       </x:c>
       <x:c r="C462" s="15" t="n">
         <x:v>35191</x:v>
       </x:c>
       <x:c r="D462" s="15" t="s"/>
-      <x:c r="E462" s="14" t="s"/>
-      <x:c r="F462" s="14" t="s"/>
+      <x:c r="E462" s="14" t="s">
+        <x:v>322</x:v>
+      </x:c>
+      <x:c r="F462" s="14" t="s">
+        <x:v>323</x:v>
+      </x:c>
       <x:c r="G462" s="14" t="s">
         <x:v>324</x:v>
       </x:c>
       <x:c r="H462" s="14" t="s">
         <x:v>325</x:v>
       </x:c>
       <x:c r="I462" s="16" t="s">
         <x:v>326</x:v>
       </x:c>
       <x:c r="J462" s="14" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="K462" s="14" t="s">
-        <x:v>52</x:v>
+        <x:v>276</x:v>
       </x:c>
       <x:c r="L462" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M462" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N462" s="15" t="n">
         <x:v>31624</x:v>
       </x:c>
       <x:c r="O462" s="14" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="P462" s="14" t="s">
         <x:v>324</x:v>
       </x:c>
       <x:c r="Q462" s="16" t="s">
         <x:v>326</x:v>
       </x:c>
       <x:c r="R462" s="14" t="s">
-        <x:v>552</x:v>
+        <x:v>245</x:v>
       </x:c>
       <x:c r="S462" s="14" t="n">
-        <x:v>566316</x:v>
+        <x:v>583870</x:v>
       </x:c>
       <x:c r="T462" s="16" t="s">
-        <x:v>574</x:v>
+        <x:v>567</x:v>
       </x:c>
       <x:c r="U462" s="16" t="s">
-        <x:v>488</x:v>
+        <x:v>288</x:v>
       </x:c>
     </x:row>
     <x:row r="463" spans="1:21">
       <x:c r="A463" s="1" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B463" s="0" t="s">
-        <x:v>308</x:v>
+        <x:v>555</x:v>
       </x:c>
       <x:c r="C463" s="3" t="n">
         <x:v>35191</x:v>
       </x:c>
       <x:c r="D463" s="3" t="s"/>
-      <x:c r="E463" s="0" t="s">
-[...4 lines deleted...]
-      </x:c>
       <x:c r="G463" s="0" t="s">
         <x:v>324</x:v>
       </x:c>
       <x:c r="H463" s="0" t="s">
         <x:v>325</x:v>
       </x:c>
       <x:c r="I463" s="4" t="s">
         <x:v>326</x:v>
       </x:c>
       <x:c r="J463" s="0" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="K463" s="0" t="s">
-        <x:v>276</x:v>
+        <x:v>52</x:v>
       </x:c>
       <x:c r="L463" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M463" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N463" s="3" t="n">
         <x:v>31624</x:v>
       </x:c>
       <x:c r="O463" s="0" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="P463" s="0" t="s">
         <x:v>324</x:v>
       </x:c>
       <x:c r="Q463" s="4" t="s">
         <x:v>326</x:v>
       </x:c>
       <x:c r="R463" s="0" t="s">
-        <x:v>245</x:v>
+        <x:v>552</x:v>
       </x:c>
       <x:c r="S463" s="0" t="n">
-        <x:v>583870</x:v>
+        <x:v>566316</x:v>
       </x:c>
       <x:c r="T463" s="4" t="s">
-        <x:v>567</x:v>
+        <x:v>574</x:v>
       </x:c>
       <x:c r="U463" s="4" t="s">
-        <x:v>288</x:v>
+        <x:v>488</x:v>
       </x:c>
     </x:row>
     <x:row r="464" spans="1:21">
       <x:c r="A464" s="13" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B464" s="14" t="s">
         <x:v>551</x:v>
       </x:c>
       <x:c r="C464" s="15" t="n">
         <x:v>35191</x:v>
       </x:c>
       <x:c r="D464" s="15" t="s"/>
       <x:c r="E464" s="14" t="s"/>
       <x:c r="F464" s="14" t="s"/>
       <x:c r="G464" s="14" t="s">
         <x:v>324</x:v>
       </x:c>
       <x:c r="H464" s="14" t="s">
         <x:v>325</x:v>
       </x:c>
       <x:c r="I464" s="16" t="s">
         <x:v>326</x:v>
       </x:c>
       <x:c r="J464" s="14" t="s">
@@ -28638,173 +28637,173 @@
       <x:c r="K467" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="L467" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M467" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N467" s="3" t="n">
         <x:v>31624</x:v>
       </x:c>
       <x:c r="O467" s="0" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="P467" s="0" t="s">
         <x:v>324</x:v>
       </x:c>
       <x:c r="Q467" s="4" t="s">
         <x:v>326</x:v>
       </x:c>
       <x:c r="R467" s="0" t="s">
         <x:v>552</x:v>
       </x:c>
       <x:c r="S467" s="0" t="n">
-        <x:v>539647</x:v>
+        <x:v>559631</x:v>
       </x:c>
       <x:c r="T467" s="4" t="s">
-        <x:v>566</x:v>
+        <x:v>558</x:v>
       </x:c>
       <x:c r="U467" s="4" t="s">
-        <x:v>425</x:v>
+        <x:v>303</x:v>
       </x:c>
     </x:row>
     <x:row r="468" spans="1:21">
       <x:c r="A468" s="13" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B468" s="14" t="s">
-        <x:v>559</x:v>
+        <x:v>571</x:v>
       </x:c>
       <x:c r="C468" s="15" t="n">
-        <x:v>35191</x:v>
+        <x:v>37276</x:v>
       </x:c>
       <x:c r="D468" s="15" t="s"/>
       <x:c r="E468" s="14" t="s"/>
       <x:c r="F468" s="14" t="s"/>
       <x:c r="G468" s="14" t="s">
         <x:v>324</x:v>
       </x:c>
       <x:c r="H468" s="14" t="s">
         <x:v>325</x:v>
       </x:c>
       <x:c r="I468" s="16" t="s">
         <x:v>326</x:v>
       </x:c>
       <x:c r="J468" s="14" t="s">
-        <x:v>72</x:v>
+        <x:v>345</x:v>
       </x:c>
       <x:c r="K468" s="14" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="L468" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M468" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N468" s="15" t="n">
-        <x:v>31624</x:v>
+        <x:v>23684</x:v>
       </x:c>
       <x:c r="O468" s="14" t="s">
-        <x:v>73</x:v>
+        <x:v>572</x:v>
       </x:c>
       <x:c r="P468" s="14" t="s">
         <x:v>324</x:v>
       </x:c>
       <x:c r="Q468" s="16" t="s">
         <x:v>326</x:v>
       </x:c>
       <x:c r="R468" s="14" t="s">
         <x:v>552</x:v>
       </x:c>
       <x:c r="S468" s="14" t="n">
-        <x:v>585623</x:v>
+        <x:v>576757</x:v>
       </x:c>
       <x:c r="T468" s="16" t="s">
-        <x:v>553</x:v>
+        <x:v>482</x:v>
       </x:c>
       <x:c r="U468" s="16" t="s">
-        <x:v>524</x:v>
+        <x:v>573</x:v>
       </x:c>
     </x:row>
     <x:row r="469" spans="1:21">
       <x:c r="A469" s="1" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B469" s="0" t="s">
-        <x:v>554</x:v>
+        <x:v>555</x:v>
       </x:c>
       <x:c r="C469" s="3" t="n">
-        <x:v>36247</x:v>
+        <x:v>41536</x:v>
       </x:c>
       <x:c r="D469" s="3" t="s"/>
       <x:c r="G469" s="0" t="s">
         <x:v>324</x:v>
       </x:c>
       <x:c r="H469" s="0" t="s">
         <x:v>325</x:v>
       </x:c>
       <x:c r="I469" s="4" t="s">
         <x:v>326</x:v>
       </x:c>
       <x:c r="J469" s="0" t="s">
-        <x:v>99</x:v>
+        <x:v>72</x:v>
       </x:c>
       <x:c r="K469" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="L469" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M469" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N469" s="3" t="n">
         <x:v>31624</x:v>
       </x:c>
       <x:c r="O469" s="0" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="P469" s="0" t="s">
         <x:v>324</x:v>
       </x:c>
       <x:c r="Q469" s="4" t="s">
         <x:v>326</x:v>
       </x:c>
       <x:c r="R469" s="0" t="s">
         <x:v>552</x:v>
       </x:c>
       <x:c r="S469" s="0" t="n">
-        <x:v>585626</x:v>
+        <x:v>618057</x:v>
       </x:c>
       <x:c r="T469" s="4" t="s">
-        <x:v>403</x:v>
+        <x:v>560</x:v>
       </x:c>
       <x:c r="U469" s="4" t="s">
-        <x:v>502</x:v>
+        <x:v>561</x:v>
       </x:c>
     </x:row>
     <x:row r="470" spans="1:21">
       <x:c r="A470" s="13" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B470" s="14" t="s">
         <x:v>554</x:v>
       </x:c>
       <x:c r="C470" s="15" t="n">
         <x:v>36247</x:v>
       </x:c>
       <x:c r="D470" s="15" t="s"/>
       <x:c r="E470" s="14" t="s"/>
       <x:c r="F470" s="14" t="s"/>
       <x:c r="G470" s="14" t="s">
         <x:v>324</x:v>
       </x:c>
       <x:c r="H470" s="14" t="s">
         <x:v>325</x:v>
       </x:c>
       <x:c r="I470" s="16" t="s">
         <x:v>326</x:v>
       </x:c>
       <x:c r="J470" s="14" t="s">
@@ -28813,173 +28812,173 @@
       <x:c r="K470" s="14" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="L470" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M470" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N470" s="15" t="n">
         <x:v>31624</x:v>
       </x:c>
       <x:c r="O470" s="14" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="P470" s="14" t="s">
         <x:v>324</x:v>
       </x:c>
       <x:c r="Q470" s="16" t="s">
         <x:v>326</x:v>
       </x:c>
       <x:c r="R470" s="14" t="s">
         <x:v>552</x:v>
       </x:c>
       <x:c r="S470" s="14" t="n">
-        <x:v>559631</x:v>
+        <x:v>539647</x:v>
       </x:c>
       <x:c r="T470" s="16" t="s">
-        <x:v>558</x:v>
+        <x:v>566</x:v>
       </x:c>
       <x:c r="U470" s="16" t="s">
-        <x:v>303</x:v>
+        <x:v>425</x:v>
       </x:c>
     </x:row>
     <x:row r="471" spans="1:21">
       <x:c r="A471" s="1" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B471" s="0" t="s">
-        <x:v>571</x:v>
+        <x:v>559</x:v>
       </x:c>
       <x:c r="C471" s="3" t="n">
-        <x:v>37276</x:v>
+        <x:v>35191</x:v>
       </x:c>
       <x:c r="D471" s="3" t="s"/>
       <x:c r="G471" s="0" t="s">
         <x:v>324</x:v>
       </x:c>
       <x:c r="H471" s="0" t="s">
         <x:v>325</x:v>
       </x:c>
       <x:c r="I471" s="4" t="s">
         <x:v>326</x:v>
       </x:c>
       <x:c r="J471" s="0" t="s">
-        <x:v>345</x:v>
+        <x:v>72</x:v>
       </x:c>
       <x:c r="K471" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="L471" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M471" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N471" s="3" t="n">
-        <x:v>23684</x:v>
+        <x:v>31624</x:v>
       </x:c>
       <x:c r="O471" s="0" t="s">
-        <x:v>572</x:v>
+        <x:v>73</x:v>
       </x:c>
       <x:c r="P471" s="0" t="s">
         <x:v>324</x:v>
       </x:c>
       <x:c r="Q471" s="4" t="s">
         <x:v>326</x:v>
       </x:c>
       <x:c r="R471" s="0" t="s">
         <x:v>552</x:v>
       </x:c>
       <x:c r="S471" s="0" t="n">
-        <x:v>576757</x:v>
+        <x:v>585623</x:v>
       </x:c>
       <x:c r="T471" s="4" t="s">
-        <x:v>484</x:v>
+        <x:v>553</x:v>
       </x:c>
       <x:c r="U471" s="4" t="s">
-        <x:v>573</x:v>
+        <x:v>524</x:v>
       </x:c>
     </x:row>
     <x:row r="472" spans="1:21">
       <x:c r="A472" s="13" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B472" s="14" t="s">
-        <x:v>555</x:v>
+        <x:v>554</x:v>
       </x:c>
       <x:c r="C472" s="15" t="n">
-        <x:v>41536</x:v>
+        <x:v>36247</x:v>
       </x:c>
       <x:c r="D472" s="15" t="s"/>
       <x:c r="E472" s="14" t="s"/>
       <x:c r="F472" s="14" t="s"/>
       <x:c r="G472" s="14" t="s">
         <x:v>324</x:v>
       </x:c>
       <x:c r="H472" s="14" t="s">
         <x:v>325</x:v>
       </x:c>
       <x:c r="I472" s="16" t="s">
         <x:v>326</x:v>
       </x:c>
       <x:c r="J472" s="14" t="s">
-        <x:v>72</x:v>
+        <x:v>99</x:v>
       </x:c>
       <x:c r="K472" s="14" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="L472" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M472" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N472" s="15" t="n">
         <x:v>31624</x:v>
       </x:c>
       <x:c r="O472" s="14" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="P472" s="14" t="s">
         <x:v>324</x:v>
       </x:c>
       <x:c r="Q472" s="16" t="s">
         <x:v>326</x:v>
       </x:c>
       <x:c r="R472" s="14" t="s">
         <x:v>552</x:v>
       </x:c>
       <x:c r="S472" s="14" t="n">
-        <x:v>618057</x:v>
+        <x:v>585626</x:v>
       </x:c>
       <x:c r="T472" s="16" t="s">
-        <x:v>561</x:v>
+        <x:v>404</x:v>
       </x:c>
       <x:c r="U472" s="16" t="s">
-        <x:v>562</x:v>
+        <x:v>502</x:v>
       </x:c>
     </x:row>
     <x:row r="473" spans="1:21">
       <x:c r="A473" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B473" s="0" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="C473" s="3" t="n">
         <x:v>36968</x:v>
       </x:c>
       <x:c r="D473" s="3" t="s"/>
       <x:c r="E473" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G473" s="0" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="H473" s="0" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="I473" s="4" t="s">
         <x:v>90</x:v>
       </x:c>
@@ -29163,114 +29162,114 @@
       <x:c r="I476" s="16" t="s">
         <x:v>122</x:v>
       </x:c>
       <x:c r="J476" s="14" t="s">
         <x:v>99</x:v>
       </x:c>
       <x:c r="K476" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L476" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M476" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N476" s="15" t="n">
         <x:v>24431</x:v>
       </x:c>
       <x:c r="O476" s="14" t="s">
         <x:v>100</x:v>
       </x:c>
       <x:c r="P476" s="14" t="s">
         <x:v>578</x:v>
       </x:c>
       <x:c r="Q476" s="16" t="s">
-        <x:v>455</x:v>
+        <x:v>449</x:v>
       </x:c>
       <x:c r="R476" s="14" t="s">
-        <x:v>456</x:v>
+        <x:v>450</x:v>
       </x:c>
       <x:c r="S476" s="14" t="n">
         <x:v>611019</x:v>
       </x:c>
       <x:c r="T476" s="16" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="U476" s="16" t="s">
         <x:v>36</x:v>
       </x:c>
     </x:row>
     <x:row r="477" spans="1:21">
       <x:c r="A477" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B477" s="0" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="C477" s="3" t="n">
         <x:v>36968</x:v>
       </x:c>
       <x:c r="D477" s="3" t="s"/>
       <x:c r="E477" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G477" s="0" t="s">
-        <x:v>452</x:v>
+        <x:v>446</x:v>
       </x:c>
       <x:c r="H477" s="0" t="s">
-        <x:v>453</x:v>
+        <x:v>447</x:v>
       </x:c>
       <x:c r="I477" s="4" t="s">
         <x:v>122</x:v>
       </x:c>
       <x:c r="J477" s="0" t="s">
         <x:v>99</x:v>
       </x:c>
       <x:c r="K477" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L477" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M477" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N477" s="3" t="n">
         <x:v>24431</x:v>
       </x:c>
       <x:c r="O477" s="0" t="s">
         <x:v>100</x:v>
       </x:c>
       <x:c r="P477" s="0" t="s">
         <x:v>578</x:v>
       </x:c>
       <x:c r="Q477" s="4" t="s">
-        <x:v>455</x:v>
+        <x:v>449</x:v>
       </x:c>
       <x:c r="R477" s="0" t="s">
-        <x:v>456</x:v>
+        <x:v>450</x:v>
       </x:c>
       <x:c r="S477" s="0" t="n">
         <x:v>602812</x:v>
       </x:c>
       <x:c r="T477" s="4" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="U477" s="4" t="s">
         <x:v>77</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:autoFilter ref="A1:U1"/>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0" gridLinesSet="true"/>
   <x:pageMargins left="0.7875" right="0.7875" top="1.05277777777778" bottom="1.05277777777778" header="0.7875" footer="0.7875"/>
   <x:pageSetup paperSize="9" scale="100" pageOrder="downThenOver" orientation="portrait" blackAndWhite="0" draft="0" cellComments="none" errors="displayed" horizontalDpi="300" verticalDpi="300" copies="1"/>
   <x:headerFooter differentOddEven="0" differentFirst="0" scaleWithDoc="1" alignWithMargins="1">
     <x:oddHeader>&amp;C&amp;"Times New Roman,Normal"&amp;12&amp;Kffffff&amp;A</x:oddHeader>
     <x:oddFooter>&amp;C&amp;"Times New Roman,Normal"&amp;12&amp;KffffffPage &amp;P</x:oddFooter>
     <x:evenHeader/>
     <x:evenFooter/>
     <x:firstHeader/>
     <x:firstFooter/>
   </x:headerFooter>
   <x:tableParts count="0"/>