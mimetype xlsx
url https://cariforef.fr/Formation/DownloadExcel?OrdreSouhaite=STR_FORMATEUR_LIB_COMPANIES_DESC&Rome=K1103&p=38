--- v0 (2026-03-10)
+++ v1 (2026-03-10)
@@ -194,62 +194,62 @@
   <x:si>
     <x:t>Yoann Fonte</x:t>
   </x:si>
   <x:si>
     <x:t>06370</x:t>
   </x:si>
   <x:si>
     <x:t>formation entièrement présentielle</x:t>
   </x:si>
   <x:si>
     <x:t>Massage bien-être</x:t>
   </x:si>
   <x:si>
     <x:t>MOUANS-SARTOUX</x:t>
   </x:si>
   <x:si>
     <x:t>09/01/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Massage ayurvédique Abhyanga</x:t>
   </x:si>
   <x:si>
     <x:t>Les bases du massage bien-être</x:t>
   </x:si>
   <x:si>
+    <x:t>Massage amma assis</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Massage Deep Tissue - Niveau 1</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Madérothérapie</x:t>
+  </x:si>
+  <x:si>
     <x:t>Massage sonore aux bols chantants tibétains</x:t>
   </x:si>
   <x:si>
-    <x:t>Massage amma assis</x:t>
-[...7 lines deleted...]
-  <x:si>
     <x:t>Massage bien-être femme enceinte</x:t>
   </x:si>
   <x:si>
     <x:t>Conseils en élixirs floraux - Fleurs de Bach - Accompagnement des émotions</x:t>
   </x:si>
   <x:si>
     <x:t>Phytothérapie</x:t>
   </x:si>
   <x:si>
     <x:t>Réflexologie palmaire énergétique</x:t>
   </x:si>
   <x:si>
     <x:t>Conseils en phytologie - Huiles essentielles et végétales - Hydrolats - Bourgeons et Infusions - Fleurs de Bach</x:t>
   </x:si>
   <x:si>
     <x:t>Massage bien-être cranien</x:t>
   </x:si>
   <x:si>
     <x:t>Praticien(ne) en drainage lymphatique bien-être corps et visage</x:t>
   </x:si>
   <x:si>
     <x:t>Devenir masseur bien-être</x:t>
   </x:si>
   <x:si>
     <x:t>Conseils en gemmothérapie - Bourgeons et infusions</x:t>
@@ -290,59 +290,59 @@
   <x:si>
     <x:t>Massage amma assis pro</x:t>
   </x:si>
   <x:si>
     <x:t>Xavier Court - Ressources</x:t>
   </x:si>
   <x:si>
     <x:t>75017</x:t>
   </x:si>
   <x:si>
     <x:t>dates fixes</x:t>
   </x:si>
   <x:si>
     <x:t>formation mixte</x:t>
   </x:si>
   <x:si>
     <x:t>AUBAGNE</x:t>
   </x:si>
   <x:si>
     <x:t>11/21/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>10/31/2026 00:00:00</x:t>
   </x:si>
   <x:si>
+    <x:t>Massage amma assis standard</x:t>
+  </x:si>
+  <x:si>
+    <x:t>05/31/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
     <x:t>09/26/2025 00:00:00</x:t>
   </x:si>
   <x:si>
-    <x:t>Massage amma assis standard</x:t>
-[...4 lines deleted...]
-  <x:si>
     <x:t>03/31/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Xavier Court</x:t>
   </x:si>
   <x:si>
     <x:t>Enseignant de Yoga</x:t>
   </x:si>
   <x:si>
     <x:t>Uniyoga</x:t>
   </x:si>
   <x:si>
     <x:t>Yoga</x:t>
   </x:si>
   <x:si>
     <x:t>10/20/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>03/29/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Licence mention sciences et techniques des activités physiques et sportives : activité physique adaptée et santé</x:t>
   </x:si>
   <x:si>
     <x:t>Université de Toulon</x:t>
@@ -602,65 +602,65 @@
   <x:si>
     <x:t>Intervenant spa et bien-être BC4 déployer une activité de spa et bien-être</x:t>
   </x:si>
   <x:si>
     <x:t>Temana</x:t>
   </x:si>
   <x:si>
     <x:t>31770</x:t>
   </x:si>
   <x:si>
     <x:t>Bac</x:t>
   </x:si>
   <x:si>
     <x:t>Esthétique soin corporel</x:t>
   </x:si>
   <x:si>
     <x:t>MARSEILLE- 1er</x:t>
   </x:si>
   <x:si>
     <x:t>07/20/2024 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>06/27/2027 00:00:00</x:t>
   </x:si>
   <x:si>
+    <x:t>TECHNIQUES CORPORELLES DE MASSAGE BIEN ETRE</x:t>
+  </x:si>
+  <x:si>
+    <x:t>03/02/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
     <x:t>Demandeur d'emploi , Demandeur d'emploi longue durée , Demandeur d'emploi moins de 26 ans , Demandeur d'emploi plus de 26 ans</x:t>
   </x:si>
   <x:si>
     <x:t>NICE</x:t>
   </x:si>
   <x:si>
     <x:t>09/01/2024 00:00:00</x:t>
   </x:si>
   <x:si>
-    <x:t>TECHNIQUES CORPORELLES DE MASSAGE BIEN ETRE</x:t>
-[...4 lines deleted...]
-  <x:si>
     <x:t>Forme et Minceur</x:t>
   </x:si>
   <x:si>
     <x:t>Massage Minceur</x:t>
   </x:si>
   <x:si>
     <x:t>Bols Tibétains</x:t>
   </x:si>
   <x:si>
     <x:t>Relaxation coréenne</x:t>
   </x:si>
   <x:si>
     <x:t>Massage crânien indien Shirotchampi</x:t>
   </x:si>
   <x:si>
     <x:t>Formation en contrat de pro</x:t>
   </x:si>
   <x:si>
     <x:t>Intervenant spa et bien-être (Contrat de Professionnalisation)</x:t>
   </x:si>
   <x:si>
     <x:t>Intervenant spa et bien-être</x:t>
   </x:si>
   <x:si>
     <x:t>Intervenant spa et bien-être BC1 contribuer à l’animation de l’espace de vente</x:t>
@@ -674,59 +674,59 @@
   <x:si>
     <x:t>Réflexologie plantaire thaïlandaise</x:t>
   </x:si>
   <x:si>
     <x:t>Madéro'fit</x:t>
   </x:si>
   <x:si>
     <x:t>Formation en apprentissage</x:t>
   </x:si>
   <x:si>
     <x:t>Intervenant spa et bien-être (Apprentissage)</x:t>
   </x:si>
   <x:si>
     <x:t>OPCO</x:t>
   </x:si>
   <x:si>
     <x:t>Autre public</x:t>
   </x:si>
   <x:si>
     <x:t>01/26/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>06/30/2028 00:00:00</x:t>
   </x:si>
   <x:si>
+    <x:t>Tuina du dos</x:t>
+  </x:si>
+  <x:si>
     <x:t>Massage Shiatsu</x:t>
   </x:si>
   <x:si>
     <x:t>Massage Tuina Minceur</x:t>
   </x:si>
   <x:si>
-    <x:t>Tuina du dos</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>Massage lomi lomi</x:t>
   </x:si>
   <x:si>
     <x:t>Massage Oriental</x:t>
   </x:si>
   <x:si>
     <x:t>Thaïlandais à l'huile</x:t>
   </x:si>
   <x:si>
     <x:t>Intervenant spa et bien-être BC2 réaliser des massages bien-être</x:t>
   </x:si>
   <x:si>
     <x:t>Intervenant spa et bien-être BC3 construire des programmes complets et personnalisés de prestations spa et bien-être</x:t>
   </x:si>
   <x:si>
     <x:t>Massage Ayurvedique Abhyanga</x:t>
   </x:si>
   <x:si>
     <x:t>Massage suédois Deep Tissue</x:t>
   </x:si>
   <x:si>
     <x:t>Masseur bien-être</x:t>
   </x:si>
   <x:si>
     <x:t>09/15/2025 00:00:00</x:t>
@@ -971,71 +971,71 @@
   <x:si>
     <x:t>Demandeur d'emploi , Enseignant , Profession libérale , Salarié</x:t>
   </x:si>
   <x:si>
     <x:t>01/05/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Consultant (three in one concepts)</x:t>
   </x:si>
   <x:si>
     <x:t>Demandeur d'emploi , Enseignant , Particulier, individuel , Profession libérale , Salarié</x:t>
   </x:si>
   <x:si>
     <x:t>09/27/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>02/01/2027 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>09/06/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>09/05/2027 00:00:00</x:t>
   </x:si>
   <x:si>
+    <x:t>Santé par le toucher (Proficiency Touch for Health)</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Demandeur d'emploi , Enseignant , Profession libérale</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Gestion stress</x:t>
+  </x:si>
+  <x:si>
+    <x:t>01/08/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>07/14/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
     <x:t>01/03/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>01/02/2028 00:00:00</x:t>
   </x:si>
   <x:si>
-    <x:t>Santé par le toucher (Proficiency Touch for Health)</x:t>
-[...13 lines deleted...]
-  <x:si>
     <x:t>Professeur de Yoga</x:t>
   </x:si>
   <x:si>
     <x:t>Purnata Yoga</x:t>
   </x:si>
   <x:si>
     <x:t>83260</x:t>
   </x:si>
   <x:si>
     <x:t>Particulier, individuel</x:t>
   </x:si>
   <x:si>
     <x:t>LA CRAU</x:t>
   </x:si>
   <x:si>
     <x:t>01/25/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>12/13/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Professeur de Hatha Yoga</x:t>
   </x:si>
   <x:si>
     <x:t>12/12/2026 00:00:00</x:t>
@@ -1073,56 +1073,56 @@
   <x:si>
     <x:t>Module d’acquisition de compétences en médiation artistique</x:t>
   </x:si>
   <x:si>
     <x:t>Agent de la fonction publique , Demandeur d'emploi , Enseignant , Salarié , Tout public</x:t>
   </x:si>
   <x:si>
     <x:t>Acquisition de compétences en médiation artistique</x:t>
   </x:si>
   <x:si>
     <x:t>Agent de la fonction publique , Autre public , Demandeur d'emploi , Salarié , Tout public</x:t>
   </x:si>
   <x:si>
     <x:t>11/02/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Art-thérapeute spécialisé en Art-thérapie Contemporaine (1 année)</x:t>
   </x:si>
   <x:si>
     <x:t>Animer un atelier de ludothérapie</x:t>
   </x:si>
   <x:si>
     <x:t>Praticien spécialisé en danse-thérapie contemporaine : organiser un dispositif de danse-thérapie contemporaine</x:t>
   </x:si>
   <x:si>
+    <x:t>Art-thérapeute spécialisé en Art-thérapie Contemporaine (2 années)</x:t>
+  </x:si>
+  <x:si>
     <x:t>01/02/2024 00:00:00</x:t>
   </x:si>
   <x:si>
-    <x:t>Art-thérapeute spécialisé en Art-thérapie Contemporaine (2 années)</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>Massage sportif</x:t>
   </x:si>
   <x:si>
     <x:t>Prepa-Sports Pro</x:t>
   </x:si>
   <x:si>
     <x:t>13100</x:t>
   </x:si>
   <x:si>
     <x:t>Médecine sportive</x:t>
   </x:si>
   <x:si>
     <x:t>06/13/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Pilates - Utilisation du petit matériel</x:t>
   </x:si>
   <x:si>
     <x:t>Gymnastique douce</x:t>
   </x:si>
   <x:si>
     <x:t>11/28/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>11/29/2026 00:00:00</x:t>
@@ -1145,59 +1145,59 @@
   <x:si>
     <x:t>Demandeur d'emploi , Public sans emploi , Salarié , Tout public</x:t>
   </x:si>
   <x:si>
     <x:t>11/13/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>12/19/2027 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>05/11/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>01/08/2027 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Sophrologie</x:t>
   </x:si>
   <x:si>
     <x:t>Demandeur d'emploi , Elu , Enseignant , Formateur , Handicapé moteur</x:t>
   </x:si>
   <x:si>
     <x:t>01/31/2027 00:00:00</x:t>
   </x:si>
   <x:si>
+    <x:t>Sophrothérapeute</x:t>
+  </x:si>
+  <x:si>
     <x:t>05/18/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>05/25/2027 00:00:00</x:t>
   </x:si>
   <x:si>
-    <x:t>Sophrothérapeute</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>04/09/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>11/24/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>06/24/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Spécialisations en sophrologie</x:t>
   </x:si>
   <x:si>
     <x:t>Enseignant , Formateur , Particulier, individuel , Profession libérale , Tout public</x:t>
   </x:si>
   <x:si>
     <x:t>06/06/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>12/14/2027 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Autre public , Demandeur d'emploi , Enseignant , Formateur , Handicapé moteur</x:t>
   </x:si>
   <x:si>
     <x:t>Educateur de Santé selon l'Ayurveda</x:t>
@@ -1685,59 +1685,59 @@
   <x:si>
     <x:t>06/12/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Hippocratus</x:t>
   </x:si>
   <x:si>
     <x:t>12/02/2024 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>06/05/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Devenir Sophrologue</x:t>
   </x:si>
   <x:si>
     <x:t>06/01/2027 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Apprendre et pratiquer la sophrologie</x:t>
   </x:si>
   <x:si>
     <x:t>06/30/2025 00:00:00</x:t>
   </x:si>
   <x:si>
+    <x:t>Conseil en phytothérapie</x:t>
+  </x:si>
+  <x:si>
+    <x:t>04/24/2025 00:00:00</x:t>
+  </x:si>
+  <x:si>
     <x:t>Demandeur d'emploi , Femme , Particulier, individuel , Public sans emploi , Tout public</x:t>
   </x:si>
   <x:si>
-    <x:t>Conseil en phytothérapie</x:t>
-[...4 lines deleted...]
-  <x:si>
     <x:t>04/01/2027 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>12/01/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>07/01/2027 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>06/02/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>08/02/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>03/03/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>09/03/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Conseil en aromathérapie</x:t>
   </x:si>
   <x:si>
     <x:t>08/01/2025 00:00:00</x:t>
@@ -2057,68 +2057,68 @@
   <x:si>
     <x:t>07/26/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Olfactothérapie</x:t>
   </x:si>
   <x:si>
     <x:t>09/25/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>09/27/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Lithothérapie</x:t>
   </x:si>
   <x:si>
     <x:t>09/04/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Eki-Vie - Harmonika</x:t>
   </x:si>
   <x:si>
     <x:t>78730</x:t>
   </x:si>
   <x:si>
+    <x:t>Praticien en hypnose</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Demandeur d'emploi , Jeune 16-25 ans , Tout public</x:t>
+  </x:si>
+  <x:si>
+    <x:t>09/05/2025 00:00:00</x:t>
+  </x:si>
+  <x:si>
     <x:t>Praticien en sophrologie</x:t>
   </x:si>
   <x:si>
     <x:t>09/09/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>01/14/2028 00:00:00</x:t>
   </x:si>
   <x:si>
-    <x:t>Demandeur d'emploi , Jeune 16-25 ans , Tout public</x:t>
-[...7 lines deleted...]
-  <x:si>
     <x:t>Praticien en EFT (Emotional Freedom Techniques)</x:t>
   </x:si>
   <x:si>
     <x:t>Fleurs de Bach</x:t>
   </x:si>
   <x:si>
     <x:t>Magnétisme</x:t>
   </x:si>
   <x:si>
     <x:t>10/07/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>05/01/2028 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Efth Formations</x:t>
   </x:si>
   <x:si>
     <x:t>05/09/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>06/09/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Technicien en Hypnose Ericksonienne</x:t>
@@ -2153,77 +2153,77 @@
   <x:si>
     <x:t>04/03/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>07/20/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Praticien en Art Thérapie</x:t>
   </x:si>
   <x:si>
     <x:t>E-Faculté de Psychologie et de Psychanalyse</x:t>
   </x:si>
   <x:si>
     <x:t>EFPP</x:t>
   </x:si>
   <x:si>
     <x:t>Praticien en sophrologie EFPP</x:t>
   </x:si>
   <x:si>
     <x:t>Praticien en hypnose EFPP</x:t>
   </x:si>
   <x:si>
     <x:t>09/30/2026 00:00:00</x:t>
   </x:si>
   <x:si>
+    <x:t>Médecine Traditionnelle Chinoise - 2e et 3e année</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Ecole Zhong Li</x:t>
+  </x:si>
+  <x:si>
+    <x:t>13290</x:t>
+  </x:si>
+  <x:si>
+    <x:t>LES MILLES</x:t>
+  </x:si>
+  <x:si>
+    <x:t>09/13/2025 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>07/11/2027 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Médecine traditionnelle chinoise - 1re et 2e année</x:t>
+  </x:si>
+  <x:si>
     <x:t>Médecine Traditionnelle Chinoise - 2e année</x:t>
   </x:si>
   <x:si>
-    <x:t>Ecole Zhong Li</x:t>
-[...10 lines deleted...]
-  <x:si>
     <x:t>07/05/2026 00:00:00</x:t>
   </x:si>
   <x:si>
-    <x:t>Médecine traditionnelle chinoise - 1re et 2e année</x:t>
-[...7 lines deleted...]
-  <x:si>
     <x:t>Médecine Traditionnelle Chinoise - 3e année</x:t>
   </x:si>
   <x:si>
     <x:t>06/21/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Médecine Traditionnelle Chinoise - Cursus complet</x:t>
   </x:si>
   <x:si>
     <x:t>07/09/2028 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Médecine traditionnelle chinoise - 1ère année</x:t>
   </x:si>
   <x:si>
     <x:t>07/12/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Naturopathe, relaxologue, praticien en réflexologie</x:t>
   </x:si>
   <x:si>
     <x:t>Ecole Synergie Naturopathie</x:t>
   </x:si>
   <x:si>
     <x:t>ESN</x:t>
@@ -2699,69 +2699,69 @@
   <x:si>
     <x:t>AVIGNON CEDEX 09</x:t>
   </x:si>
   <x:si>
     <x:t>Technicien en hypnose et communication ericksonienne</x:t>
   </x:si>
   <x:si>
     <x:t>Arche Formation</x:t>
   </x:si>
   <x:si>
     <x:t>75020</x:t>
   </x:si>
   <x:si>
     <x:t>Praticien 2 - Hypnose et communication ericksonienne - Initiale</x:t>
   </x:si>
   <x:si>
     <x:t>06/20/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>04/07/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Praticien 1 - Hypnose et communication ericksonienne - Initiale</x:t>
   </x:si>
   <x:si>
+    <x:t>Praticien en hypnose conversationnelle</x:t>
+  </x:si>
+  <x:si>
+    <x:t>04/19/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Hypnose et stratégies d'accompagnement</x:t>
+  </x:si>
+  <x:si>
+    <x:t>02/02/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Cycle 1 Hypnose et communication ericksonienne</x:t>
+  </x:si>
+  <x:si>
     <x:t>Technicien 2 en hypnose et communication ericksonienne</x:t>
   </x:si>
   <x:si>
-    <x:t>Cycle 1 Hypnose et communication ericksonienne</x:t>
-[...10 lines deleted...]
-  <x:si>
     <x:t>Technicien en hypnose et communication ericksonienne (combiné)</x:t>
-  </x:si>
-[...1 lines deleted...]
-    <x:t>04/19/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Technicien 2 en hypnose et communication ericksonienne (combiné)</x:t>
   </x:si>
   <x:si>
     <x:t>Andralian</x:t>
   </x:si>
   <x:si>
     <x:t>IFS</x:t>
   </x:si>
   <x:si>
     <x:t>75003</x:t>
   </x:si>
   <x:si>
     <x:t>09/22/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Introduction à l'herbalisme</x:t>
   </x:si>
   <x:si>
     <x:t>Althea Conseil</x:t>
   </x:si>
   <x:si>
     <x:t>84440</x:t>
   </x:si>
@@ -3696,100 +3696,100 @@
       <x:c r="K6" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L6" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M6" s="14" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="N6" s="15" t="n">
         <x:v>43445</x:v>
       </x:c>
       <x:c r="O6" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="P6" s="14" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="Q6" s="16" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="R6" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="S6" s="14" t="n">
-        <x:v>577475</x:v>
+        <x:v>577458</x:v>
       </x:c>
       <x:c r="T6" s="16" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="U6" s="16" t="s">
         <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="7" spans="1:21">
       <x:c r="A7" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B7" s="0" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="C7" s="3" t="s"/>
       <x:c r="D7" s="3" t="s"/>
       <x:c r="G7" s="0" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="I7" s="4" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="K7" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L7" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M7" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="N7" s="3" t="n">
         <x:v>43445</x:v>
       </x:c>
       <x:c r="O7" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="P7" s="0" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="Q7" s="4" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="R7" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="S7" s="0" t="n">
-        <x:v>577458</x:v>
+        <x:v>577505</x:v>
       </x:c>
       <x:c r="T7" s="4" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="U7" s="4" t="s">
         <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:21">
       <x:c r="A8" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B8" s="14" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="C8" s="15" t="s"/>
       <x:c r="D8" s="15" t="s"/>
       <x:c r="E8" s="14" t="s"/>
       <x:c r="F8" s="14" t="s"/>
       <x:c r="G8" s="14" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="H8" s="14" t="s"/>
       <x:c r="I8" s="16" t="s">
         <x:v>34</x:v>
@@ -3798,100 +3798,100 @@
       <x:c r="K8" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L8" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M8" s="14" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="N8" s="15" t="n">
         <x:v>43445</x:v>
       </x:c>
       <x:c r="O8" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="P8" s="14" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="Q8" s="16" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="R8" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="S8" s="14" t="n">
-        <x:v>577505</x:v>
+        <x:v>577512</x:v>
       </x:c>
       <x:c r="T8" s="16" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="U8" s="16" t="s">
         <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:21">
       <x:c r="A9" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B9" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="C9" s="3" t="s"/>
       <x:c r="D9" s="3" t="s"/>
       <x:c r="G9" s="0" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="I9" s="4" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="K9" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L9" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M9" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="N9" s="3" t="n">
         <x:v>43445</x:v>
       </x:c>
       <x:c r="O9" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="P9" s="0" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="Q9" s="4" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="R9" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="S9" s="0" t="n">
-        <x:v>577512</x:v>
+        <x:v>577475</x:v>
       </x:c>
       <x:c r="T9" s="4" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="U9" s="4" t="s">
         <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:21">
       <x:c r="A10" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B10" s="14" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="C10" s="15" t="s"/>
       <x:c r="D10" s="15" t="s"/>
       <x:c r="E10" s="14" t="s"/>
       <x:c r="F10" s="14" t="s"/>
       <x:c r="G10" s="14" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="H10" s="14" t="s"/>
       <x:c r="I10" s="16" t="s">
         <x:v>34</x:v>
@@ -4881,297 +4881,297 @@
       </x:c>
       <x:c r="P29" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="Q29" s="4" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="R29" s="0" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="S29" s="0" t="n">
         <x:v>597610</x:v>
       </x:c>
       <x:c r="T29" s="4" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="U29" s="4" t="s">
         <x:v>72</x:v>
       </x:c>
     </x:row>
     <x:row r="30" spans="1:21">
       <x:c r="A30" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B30" s="14" t="s">
-        <x:v>65</x:v>
+        <x:v>73</x:v>
       </x:c>
       <x:c r="C30" s="15" t="s"/>
       <x:c r="D30" s="15" t="s"/>
       <x:c r="E30" s="14" t="s"/>
       <x:c r="F30" s="14" t="s"/>
       <x:c r="G30" s="14" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="H30" s="14" t="s"/>
       <x:c r="I30" s="16" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="J30" s="14" t="s"/>
       <x:c r="K30" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L30" s="14" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="M30" s="14" t="s">
-        <x:v>69</x:v>
+        <x:v>35</x:v>
       </x:c>
       <x:c r="N30" s="15" t="n">
         <x:v>43445</x:v>
       </x:c>
       <x:c r="O30" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="P30" s="14" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="Q30" s="16" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="R30" s="14" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="S30" s="14" t="n">
-        <x:v>566490</x:v>
+        <x:v>597611</x:v>
       </x:c>
       <x:c r="T30" s="16" t="s">
-        <x:v>73</x:v>
+        <x:v>71</x:v>
       </x:c>
       <x:c r="U30" s="16" t="s">
-        <x:v>72</x:v>
+        <x:v>74</x:v>
       </x:c>
     </x:row>
     <x:row r="31" spans="1:21">
       <x:c r="A31" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B31" s="0" t="s">
-        <x:v>74</x:v>
+        <x:v>65</x:v>
       </x:c>
       <x:c r="C31" s="3" t="s"/>
       <x:c r="D31" s="3" t="s"/>
       <x:c r="G31" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="I31" s="4" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="K31" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L31" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="M31" s="0" t="s">
-        <x:v>35</x:v>
+        <x:v>69</x:v>
       </x:c>
       <x:c r="N31" s="3" t="n">
         <x:v>43445</x:v>
       </x:c>
       <x:c r="O31" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="P31" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="Q31" s="4" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="R31" s="0" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="S31" s="0" t="n">
-        <x:v>597611</x:v>
+        <x:v>566490</x:v>
       </x:c>
       <x:c r="T31" s="4" t="s">
-        <x:v>71</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="U31" s="4" t="s">
-        <x:v>75</x:v>
+        <x:v>72</x:v>
       </x:c>
     </x:row>
     <x:row r="32" spans="1:21">
       <x:c r="A32" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B32" s="14" t="s">
-        <x:v>74</x:v>
+        <x:v>73</x:v>
       </x:c>
       <x:c r="C32" s="15" t="s"/>
       <x:c r="D32" s="15" t="s"/>
       <x:c r="E32" s="14" t="s"/>
       <x:c r="F32" s="14" t="s"/>
       <x:c r="G32" s="14" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="H32" s="14" t="s"/>
       <x:c r="I32" s="16" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="J32" s="14" t="s"/>
       <x:c r="K32" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L32" s="14" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="M32" s="14" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="N32" s="15" t="n">
         <x:v>43445</x:v>
       </x:c>
       <x:c r="O32" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="P32" s="14" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="Q32" s="16" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="R32" s="14" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="S32" s="14" t="n">
         <x:v>566786</x:v>
       </x:c>
       <x:c r="T32" s="16" t="s">
-        <x:v>73</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="U32" s="16" t="s">
         <x:v>76</x:v>
       </x:c>
     </x:row>
     <x:row r="33" spans="1:21">
       <x:c r="A33" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B33" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="C33" s="3" t="s"/>
       <x:c r="D33" s="3" t="s"/>
       <x:c r="G33" s="0" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="I33" s="4" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="K33" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L33" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="M33" s="0" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="N33" s="3" t="n">
         <x:v>43445</x:v>
       </x:c>
       <x:c r="O33" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="P33" s="0" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="Q33" s="4" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="R33" s="0" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="S33" s="0" t="n">
         <x:v>552603</x:v>
       </x:c>
       <x:c r="T33" s="4" t="s">
-        <x:v>73</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="U33" s="4" t="s">
         <x:v>72</x:v>
       </x:c>
     </x:row>
     <x:row r="34" spans="1:21">
       <x:c r="A34" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B34" s="14" t="s">
-        <x:v>74</x:v>
+        <x:v>73</x:v>
       </x:c>
       <x:c r="C34" s="15" t="s"/>
       <x:c r="D34" s="15" t="s"/>
       <x:c r="E34" s="14" t="s"/>
       <x:c r="F34" s="14" t="s"/>
       <x:c r="G34" s="14" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="H34" s="14" t="s"/>
       <x:c r="I34" s="16" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="J34" s="14" t="s"/>
       <x:c r="K34" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L34" s="14" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="M34" s="14" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="N34" s="15" t="n">
         <x:v>43445</x:v>
       </x:c>
       <x:c r="O34" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="P34" s="14" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="Q34" s="16" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="R34" s="14" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="S34" s="14" t="n">
         <x:v>552624</x:v>
       </x:c>
       <x:c r="T34" s="16" t="s">
-        <x:v>73</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="U34" s="16" t="s">
         <x:v>72</x:v>
       </x:c>
     </x:row>
     <x:row r="35" spans="1:21">
       <x:c r="A35" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B35" s="0" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="C35" s="3" t="s"/>
       <x:c r="D35" s="3" t="s"/>
       <x:c r="G35" s="0" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="I35" s="4" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="K35" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L35" s="0" t="s">
         <x:v>68</x:v>
@@ -5668,51 +5668,51 @@
       </x:c>
       <x:c r="P44" s="14" t="s">
         <x:v>115</x:v>
       </x:c>
       <x:c r="Q44" s="16" t="s">
         <x:v>116</x:v>
       </x:c>
       <x:c r="R44" s="14" t="s">
         <x:v>117</x:v>
       </x:c>
       <x:c r="S44" s="14" t="n">
         <x:v>543596</x:v>
       </x:c>
       <x:c r="T44" s="16" t="s">
         <x:v>122</x:v>
       </x:c>
       <x:c r="U44" s="16" t="s">
         <x:v>123</x:v>
       </x:c>
     </x:row>
     <x:row r="45" spans="1:21">
       <x:c r="A45" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B45" s="0" t="s">
-        <x:v>44</x:v>
+        <x:v>43</x:v>
       </x:c>
       <x:c r="C45" s="3" t="s"/>
       <x:c r="D45" s="3" t="s"/>
       <x:c r="G45" s="0" t="s">
         <x:v>115</x:v>
       </x:c>
       <x:c r="I45" s="4" t="s">
         <x:v>116</x:v>
       </x:c>
       <x:c r="K45" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L45" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M45" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="N45" s="3" t="n">
         <x:v>43445</x:v>
       </x:c>
       <x:c r="O45" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="P45" s="0" t="s">
@@ -6269,51 +6269,51 @@
       <x:c r="L56" s="14" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="M56" s="14" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="N56" s="15" t="n">
         <x:v>14447</x:v>
       </x:c>
       <x:c r="O56" s="14" t="s">
         <x:v>136</x:v>
       </x:c>
       <x:c r="P56" s="14" t="s">
         <x:v>134</x:v>
       </x:c>
       <x:c r="Q56" s="16" t="s">
         <x:v>135</x:v>
       </x:c>
       <x:c r="R56" s="14" t="s">
         <x:v>137</x:v>
       </x:c>
       <x:c r="S56" s="14" t="n">
         <x:v>566057</x:v>
       </x:c>
       <x:c r="T56" s="16" t="s">
-        <x:v>73</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="U56" s="16" t="s">
         <x:v>145</x:v>
       </x:c>
     </x:row>
     <x:row r="57" spans="1:21">
       <x:c r="A57" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B57" s="0" t="s">
         <x:v>146</x:v>
       </x:c>
       <x:c r="C57" s="3" t="s"/>
       <x:c r="D57" s="3" t="s"/>
       <x:c r="G57" s="0" t="s">
         <x:v>147</x:v>
       </x:c>
       <x:c r="I57" s="4" t="s">
         <x:v>148</x:v>
       </x:c>
       <x:c r="K57" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L57" s="0" t="s">
         <x:v>26</x:v>
@@ -6595,497 +6595,497 @@
       </x:c>
       <x:c r="P62" s="14" t="s">
         <x:v>170</x:v>
       </x:c>
       <x:c r="Q62" s="16" t="s">
         <x:v>171</x:v>
       </x:c>
       <x:c r="R62" s="14" t="s">
         <x:v>174</x:v>
       </x:c>
       <x:c r="S62" s="14" t="n">
         <x:v>546888</x:v>
       </x:c>
       <x:c r="T62" s="16" t="s">
         <x:v>175</x:v>
       </x:c>
       <x:c r="U62" s="16" t="s">
         <x:v>176</x:v>
       </x:c>
     </x:row>
     <x:row r="63" spans="1:21">
       <x:c r="A63" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B63" s="0" t="s">
-        <x:v>64</x:v>
+        <x:v>177</x:v>
       </x:c>
       <x:c r="C63" s="3" t="s"/>
       <x:c r="D63" s="3" t="s"/>
       <x:c r="G63" s="0" t="s">
         <x:v>170</x:v>
       </x:c>
       <x:c r="I63" s="4" t="s">
         <x:v>171</x:v>
       </x:c>
       <x:c r="K63" s="0" t="s">
-        <x:v>177</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="L63" s="0" t="s">
-        <x:v>68</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="M63" s="0" t="s">
-        <x:v>69</x:v>
+        <x:v>35</x:v>
       </x:c>
       <x:c r="N63" s="3" t="n">
         <x:v>43445</x:v>
       </x:c>
       <x:c r="O63" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="P63" s="0" t="s">
         <x:v>170</x:v>
       </x:c>
       <x:c r="Q63" s="4" t="s">
         <x:v>171</x:v>
       </x:c>
       <x:c r="R63" s="0" t="s">
+        <x:v>174</x:v>
+      </x:c>
+      <x:c r="S63" s="0" t="n">
+        <x:v>620789</x:v>
+      </x:c>
+      <x:c r="T63" s="4" t="s">
         <x:v>178</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>179</x:v>
       </x:c>
       <x:c r="U63" s="4" t="s">
         <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="64" spans="1:21">
       <x:c r="A64" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B64" s="14" t="s">
-        <x:v>125</x:v>
+        <x:v>64</x:v>
       </x:c>
       <x:c r="C64" s="15" t="s"/>
       <x:c r="D64" s="15" t="s"/>
       <x:c r="E64" s="14" t="s"/>
       <x:c r="F64" s="14" t="s"/>
       <x:c r="G64" s="14" t="s">
         <x:v>170</x:v>
       </x:c>
       <x:c r="H64" s="14" t="s"/>
       <x:c r="I64" s="16" t="s">
         <x:v>171</x:v>
       </x:c>
       <x:c r="J64" s="14" t="s"/>
       <x:c r="K64" s="14" t="s">
-        <x:v>25</x:v>
+        <x:v>179</x:v>
       </x:c>
       <x:c r="L64" s="14" t="s">
-        <x:v>26</x:v>
+        <x:v>68</x:v>
       </x:c>
       <x:c r="M64" s="14" t="s">
-        <x:v>35</x:v>
+        <x:v>69</x:v>
       </x:c>
       <x:c r="N64" s="15" t="n">
         <x:v>43445</x:v>
       </x:c>
       <x:c r="O64" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="P64" s="14" t="s">
         <x:v>170</x:v>
       </x:c>
       <x:c r="Q64" s="16" t="s">
         <x:v>171</x:v>
       </x:c>
       <x:c r="R64" s="14" t="s">
-        <x:v>174</x:v>
+        <x:v>180</x:v>
       </x:c>
       <x:c r="S64" s="14" t="n">
-        <x:v>551186</x:v>
+        <x:v>551184</x:v>
       </x:c>
       <x:c r="T64" s="16" t="s">
-        <x:v>179</x:v>
+        <x:v>181</x:v>
       </x:c>
       <x:c r="U64" s="16" t="s">
         <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="65" spans="1:21">
       <x:c r="A65" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B65" s="0" t="s">
-        <x:v>42</x:v>
+        <x:v>125</x:v>
       </x:c>
       <x:c r="C65" s="3" t="s"/>
       <x:c r="D65" s="3" t="s"/>
       <x:c r="G65" s="0" t="s">
         <x:v>170</x:v>
       </x:c>
       <x:c r="I65" s="4" t="s">
         <x:v>171</x:v>
       </x:c>
       <x:c r="K65" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L65" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M65" s="0" t="s">
-        <x:v>69</x:v>
+        <x:v>35</x:v>
       </x:c>
       <x:c r="N65" s="3" t="n">
         <x:v>43445</x:v>
       </x:c>
       <x:c r="O65" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="P65" s="0" t="s">
         <x:v>170</x:v>
       </x:c>
       <x:c r="Q65" s="4" t="s">
         <x:v>171</x:v>
       </x:c>
       <x:c r="R65" s="0" t="s">
-        <x:v>178</x:v>
+        <x:v>174</x:v>
       </x:c>
       <x:c r="S65" s="0" t="n">
-        <x:v>551195</x:v>
+        <x:v>551186</x:v>
       </x:c>
       <x:c r="T65" s="4" t="s">
-        <x:v>179</x:v>
+        <x:v>181</x:v>
       </x:c>
       <x:c r="U65" s="4" t="s">
         <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="66" spans="1:21">
       <x:c r="A66" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B66" s="14" t="s">
-        <x:v>180</x:v>
+        <x:v>41</x:v>
       </x:c>
       <x:c r="C66" s="15" t="s"/>
       <x:c r="D66" s="15" t="s"/>
       <x:c r="E66" s="14" t="s"/>
       <x:c r="F66" s="14" t="s"/>
       <x:c r="G66" s="14" t="s">
         <x:v>170</x:v>
       </x:c>
       <x:c r="H66" s="14" t="s"/>
       <x:c r="I66" s="16" t="s">
         <x:v>171</x:v>
       </x:c>
       <x:c r="J66" s="14" t="s"/>
       <x:c r="K66" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L66" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M66" s="14" t="s">
-        <x:v>35</x:v>
+        <x:v>69</x:v>
       </x:c>
       <x:c r="N66" s="15" t="n">
         <x:v>43445</x:v>
       </x:c>
       <x:c r="O66" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="P66" s="14" t="s">
         <x:v>170</x:v>
       </x:c>
       <x:c r="Q66" s="16" t="s">
         <x:v>171</x:v>
       </x:c>
       <x:c r="R66" s="14" t="s">
-        <x:v>174</x:v>
+        <x:v>180</x:v>
       </x:c>
       <x:c r="S66" s="14" t="n">
-        <x:v>620789</x:v>
+        <x:v>551195</x:v>
       </x:c>
       <x:c r="T66" s="16" t="s">
         <x:v>181</x:v>
       </x:c>
       <x:c r="U66" s="16" t="s">
         <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="67" spans="1:21">
       <x:c r="A67" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B67" s="0" t="s">
         <x:v>182</x:v>
       </x:c>
       <x:c r="C67" s="3" t="s"/>
       <x:c r="D67" s="3" t="s"/>
       <x:c r="G67" s="0" t="s">
         <x:v>170</x:v>
       </x:c>
       <x:c r="I67" s="4" t="s">
         <x:v>171</x:v>
       </x:c>
       <x:c r="K67" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L67" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M67" s="0" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="N67" s="3" t="n">
         <x:v>43445</x:v>
       </x:c>
       <x:c r="O67" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="P67" s="0" t="s">
         <x:v>170</x:v>
       </x:c>
       <x:c r="Q67" s="4" t="s">
         <x:v>171</x:v>
       </x:c>
       <x:c r="R67" s="0" t="s">
-        <x:v>178</x:v>
+        <x:v>180</x:v>
       </x:c>
       <x:c r="S67" s="0" t="n">
         <x:v>551214</x:v>
       </x:c>
       <x:c r="T67" s="4" t="s">
-        <x:v>179</x:v>
+        <x:v>181</x:v>
       </x:c>
       <x:c r="U67" s="4" t="s">
         <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="68" spans="1:21">
       <x:c r="A68" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B68" s="14" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="C68" s="15" t="s"/>
       <x:c r="D68" s="15" t="s"/>
       <x:c r="E68" s="14" t="s"/>
       <x:c r="F68" s="14" t="s"/>
       <x:c r="G68" s="14" t="s">
         <x:v>170</x:v>
       </x:c>
       <x:c r="H68" s="14" t="s"/>
       <x:c r="I68" s="16" t="s">
         <x:v>171</x:v>
       </x:c>
       <x:c r="J68" s="14" t="s"/>
       <x:c r="K68" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L68" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M68" s="14" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="N68" s="15" t="n">
         <x:v>43445</x:v>
       </x:c>
       <x:c r="O68" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="P68" s="14" t="s">
         <x:v>170</x:v>
       </x:c>
       <x:c r="Q68" s="16" t="s">
         <x:v>171</x:v>
       </x:c>
       <x:c r="R68" s="14" t="s">
-        <x:v>178</x:v>
+        <x:v>180</x:v>
       </x:c>
       <x:c r="S68" s="14" t="n">
         <x:v>551217</x:v>
       </x:c>
       <x:c r="T68" s="16" t="s">
-        <x:v>179</x:v>
+        <x:v>181</x:v>
       </x:c>
       <x:c r="U68" s="16" t="s">
         <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="69" spans="1:21">
       <x:c r="A69" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B69" s="0" t="s">
         <x:v>183</x:v>
       </x:c>
       <x:c r="C69" s="3" t="s"/>
       <x:c r="D69" s="3" t="s"/>
       <x:c r="G69" s="0" t="s">
         <x:v>170</x:v>
       </x:c>
       <x:c r="I69" s="4" t="s">
         <x:v>171</x:v>
       </x:c>
       <x:c r="K69" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L69" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M69" s="0" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="N69" s="3" t="n">
         <x:v>43445</x:v>
       </x:c>
       <x:c r="O69" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="P69" s="0" t="s">
         <x:v>170</x:v>
       </x:c>
       <x:c r="Q69" s="4" t="s">
         <x:v>171</x:v>
       </x:c>
       <x:c r="R69" s="0" t="s">
         <x:v>174</x:v>
       </x:c>
       <x:c r="S69" s="0" t="n">
         <x:v>551373</x:v>
       </x:c>
       <x:c r="T69" s="4" t="s">
-        <x:v>179</x:v>
+        <x:v>181</x:v>
       </x:c>
       <x:c r="U69" s="4" t="s">
         <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="70" spans="1:21">
       <x:c r="A70" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B70" s="14" t="s">
         <x:v>184</x:v>
       </x:c>
       <x:c r="C70" s="15" t="s"/>
       <x:c r="D70" s="15" t="s"/>
       <x:c r="E70" s="14" t="s"/>
       <x:c r="F70" s="14" t="s"/>
       <x:c r="G70" s="14" t="s">
         <x:v>170</x:v>
       </x:c>
       <x:c r="H70" s="14" t="s"/>
       <x:c r="I70" s="16" t="s">
         <x:v>171</x:v>
       </x:c>
       <x:c r="J70" s="14" t="s"/>
       <x:c r="K70" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L70" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M70" s="14" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="N70" s="15" t="n">
         <x:v>43445</x:v>
       </x:c>
       <x:c r="O70" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="P70" s="14" t="s">
         <x:v>170</x:v>
       </x:c>
       <x:c r="Q70" s="16" t="s">
         <x:v>171</x:v>
       </x:c>
       <x:c r="R70" s="14" t="s">
-        <x:v>178</x:v>
+        <x:v>180</x:v>
       </x:c>
       <x:c r="S70" s="14" t="n">
         <x:v>551205</x:v>
       </x:c>
       <x:c r="T70" s="16" t="s">
-        <x:v>179</x:v>
+        <x:v>181</x:v>
       </x:c>
       <x:c r="U70" s="16" t="s">
         <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="71" spans="1:21">
       <x:c r="A71" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B71" s="0" t="s">
         <x:v>185</x:v>
       </x:c>
       <x:c r="C71" s="3" t="s"/>
       <x:c r="D71" s="3" t="s"/>
       <x:c r="G71" s="0" t="s">
         <x:v>170</x:v>
       </x:c>
       <x:c r="I71" s="4" t="s">
         <x:v>171</x:v>
       </x:c>
       <x:c r="K71" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L71" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M71" s="0" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="N71" s="3" t="n">
         <x:v>43445</x:v>
       </x:c>
       <x:c r="O71" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="P71" s="0" t="s">
         <x:v>170</x:v>
       </x:c>
       <x:c r="Q71" s="4" t="s">
         <x:v>171</x:v>
       </x:c>
       <x:c r="R71" s="0" t="s">
-        <x:v>178</x:v>
+        <x:v>180</x:v>
       </x:c>
       <x:c r="S71" s="0" t="n">
         <x:v>551397</x:v>
       </x:c>
       <x:c r="T71" s="4" t="s">
-        <x:v>179</x:v>
+        <x:v>181</x:v>
       </x:c>
       <x:c r="U71" s="4" t="s">
         <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="72" spans="1:21">
       <x:c r="A72" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B72" s="14" t="s">
         <x:v>186</x:v>
       </x:c>
       <x:c r="C72" s="15" t="s"/>
       <x:c r="D72" s="15" t="s"/>
       <x:c r="E72" s="14" t="s"/>
       <x:c r="F72" s="14" t="s"/>
       <x:c r="G72" s="14" t="s">
         <x:v>170</x:v>
       </x:c>
       <x:c r="H72" s="14" t="s"/>
       <x:c r="I72" s="16" t="s">
         <x:v>171</x:v>
       </x:c>
       <x:c r="J72" s="14" t="s"/>
       <x:c r="K72" s="14" t="s">
@@ -7094,1048 +7094,1047 @@
       <x:c r="L72" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M72" s="14" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="N72" s="15" t="n">
         <x:v>43445</x:v>
       </x:c>
       <x:c r="O72" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="P72" s="14" t="s">
         <x:v>170</x:v>
       </x:c>
       <x:c r="Q72" s="16" t="s">
         <x:v>171</x:v>
       </x:c>
       <x:c r="R72" s="14" t="s">
         <x:v>174</x:v>
       </x:c>
       <x:c r="S72" s="14" t="n">
         <x:v>551406</x:v>
       </x:c>
       <x:c r="T72" s="16" t="s">
-        <x:v>179</x:v>
+        <x:v>181</x:v>
       </x:c>
       <x:c r="U72" s="16" t="s">
         <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="73" spans="1:21">
       <x:c r="A73" s="1" t="s">
-        <x:v>187</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B73" s="0" t="s">
-        <x:v>188</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>41</x:v>
+      </x:c>
+      <x:c r="C73" s="3" t="s"/>
       <x:c r="D73" s="3" t="s"/>
       <x:c r="G73" s="0" t="s">
         <x:v>170</x:v>
       </x:c>
       <x:c r="I73" s="4" t="s">
         <x:v>171</x:v>
       </x:c>
-      <x:c r="J73" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="K73" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L73" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M73" s="0" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="N73" s="3" t="n">
-        <x:v>42032</x:v>
+        <x:v>43445</x:v>
       </x:c>
       <x:c r="O73" s="0" t="s">
-        <x:v>173</x:v>
+        <x:v>36</x:v>
       </x:c>
       <x:c r="P73" s="0" t="s">
         <x:v>170</x:v>
       </x:c>
       <x:c r="Q73" s="4" t="s">
         <x:v>171</x:v>
       </x:c>
       <x:c r="R73" s="0" t="s">
-        <x:v>178</x:v>
+        <x:v>174</x:v>
       </x:c>
       <x:c r="S73" s="0" t="n">
-        <x:v>546857</x:v>
+        <x:v>551197</x:v>
       </x:c>
       <x:c r="T73" s="4" t="s">
-        <x:v>175</x:v>
+        <x:v>181</x:v>
       </x:c>
       <x:c r="U73" s="4" t="s">
-        <x:v>176</x:v>
+        <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="74" spans="1:21">
       <x:c r="A74" s="13" t="s">
-        <x:v>21</x:v>
+        <x:v>187</x:v>
       </x:c>
       <x:c r="B74" s="14" t="s">
-        <x:v>189</x:v>
+        <x:v>188</x:v>
       </x:c>
       <x:c r="C74" s="15" t="n">
         <x:v>39231</x:v>
       </x:c>
       <x:c r="D74" s="15" t="s"/>
       <x:c r="E74" s="14" t="s"/>
       <x:c r="F74" s="14" t="s"/>
       <x:c r="G74" s="14" t="s">
         <x:v>170</x:v>
       </x:c>
       <x:c r="H74" s="14" t="s"/>
       <x:c r="I74" s="16" t="s">
         <x:v>171</x:v>
       </x:c>
       <x:c r="J74" s="14" t="s">
         <x:v>172</x:v>
       </x:c>
       <x:c r="K74" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L74" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M74" s="14" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="N74" s="15" t="n">
         <x:v>42032</x:v>
       </x:c>
       <x:c r="O74" s="14" t="s">
         <x:v>173</x:v>
       </x:c>
       <x:c r="P74" s="14" t="s">
         <x:v>170</x:v>
       </x:c>
       <x:c r="Q74" s="16" t="s">
         <x:v>171</x:v>
       </x:c>
       <x:c r="R74" s="14" t="s">
-        <x:v>174</x:v>
+        <x:v>180</x:v>
       </x:c>
       <x:c r="S74" s="14" t="n">
-        <x:v>546858</x:v>
+        <x:v>546857</x:v>
       </x:c>
       <x:c r="T74" s="16" t="s">
         <x:v>175</x:v>
       </x:c>
       <x:c r="U74" s="16" t="s">
         <x:v>176</x:v>
       </x:c>
     </x:row>
     <x:row r="75" spans="1:21">
       <x:c r="A75" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B75" s="0" t="s">
-        <x:v>190</x:v>
+        <x:v>189</x:v>
       </x:c>
       <x:c r="C75" s="3" t="n">
         <x:v>39231</x:v>
       </x:c>
       <x:c r="D75" s="3" t="s"/>
       <x:c r="G75" s="0" t="s">
         <x:v>170</x:v>
       </x:c>
       <x:c r="I75" s="4" t="s">
         <x:v>171</x:v>
       </x:c>
       <x:c r="J75" s="0" t="s">
         <x:v>172</x:v>
       </x:c>
       <x:c r="K75" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L75" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M75" s="0" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="N75" s="3" t="n">
         <x:v>42032</x:v>
       </x:c>
       <x:c r="O75" s="0" t="s">
         <x:v>173</x:v>
       </x:c>
       <x:c r="P75" s="0" t="s">
         <x:v>170</x:v>
       </x:c>
       <x:c r="Q75" s="4" t="s">
         <x:v>171</x:v>
       </x:c>
       <x:c r="R75" s="0" t="s">
         <x:v>174</x:v>
       </x:c>
       <x:c r="S75" s="0" t="n">
-        <x:v>546874</x:v>
+        <x:v>546858</x:v>
       </x:c>
       <x:c r="T75" s="4" t="s">
         <x:v>175</x:v>
       </x:c>
       <x:c r="U75" s="4" t="s">
         <x:v>176</x:v>
       </x:c>
     </x:row>
     <x:row r="76" spans="1:21">
       <x:c r="A76" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B76" s="14" t="s">
-        <x:v>189</x:v>
+        <x:v>190</x:v>
       </x:c>
       <x:c r="C76" s="15" t="n">
         <x:v>39231</x:v>
       </x:c>
       <x:c r="D76" s="15" t="s"/>
       <x:c r="E76" s="14" t="s"/>
       <x:c r="F76" s="14" t="s"/>
       <x:c r="G76" s="14" t="s">
         <x:v>170</x:v>
       </x:c>
       <x:c r="H76" s="14" t="s"/>
       <x:c r="I76" s="16" t="s">
         <x:v>171</x:v>
       </x:c>
       <x:c r="J76" s="14" t="s">
         <x:v>172</x:v>
       </x:c>
       <x:c r="K76" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L76" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M76" s="14" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="N76" s="15" t="n">
         <x:v>42032</x:v>
       </x:c>
       <x:c r="O76" s="14" t="s">
         <x:v>173</x:v>
       </x:c>
       <x:c r="P76" s="14" t="s">
         <x:v>170</x:v>
       </x:c>
       <x:c r="Q76" s="16" t="s">
         <x:v>171</x:v>
       </x:c>
       <x:c r="R76" s="14" t="s">
-        <x:v>178</x:v>
+        <x:v>174</x:v>
       </x:c>
       <x:c r="S76" s="14" t="n">
-        <x:v>608293</x:v>
+        <x:v>546874</x:v>
       </x:c>
       <x:c r="T76" s="16" t="s">
-        <x:v>191</x:v>
+        <x:v>175</x:v>
       </x:c>
       <x:c r="U76" s="16" t="s">
-        <x:v>192</x:v>
+        <x:v>176</x:v>
       </x:c>
     </x:row>
     <x:row r="77" spans="1:21">
       <x:c r="A77" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B77" s="0" t="s">
-        <x:v>121</x:v>
-[...1 lines deleted...]
-      <x:c r="C77" s="3" t="s"/>
+        <x:v>189</x:v>
+      </x:c>
+      <x:c r="C77" s="3" t="n">
+        <x:v>39231</x:v>
+      </x:c>
       <x:c r="D77" s="3" t="s"/>
       <x:c r="G77" s="0" t="s">
         <x:v>170</x:v>
       </x:c>
       <x:c r="I77" s="4" t="s">
         <x:v>171</x:v>
       </x:c>
+      <x:c r="J77" s="0" t="s">
+        <x:v>172</x:v>
+      </x:c>
       <x:c r="K77" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L77" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M77" s="0" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="N77" s="3" t="n">
-        <x:v>43445</x:v>
+        <x:v>42032</x:v>
       </x:c>
       <x:c r="O77" s="0" t="s">
-        <x:v>36</x:v>
+        <x:v>173</x:v>
       </x:c>
       <x:c r="P77" s="0" t="s">
         <x:v>170</x:v>
       </x:c>
       <x:c r="Q77" s="4" t="s">
         <x:v>171</x:v>
       </x:c>
       <x:c r="R77" s="0" t="s">
-        <x:v>174</x:v>
+        <x:v>180</x:v>
       </x:c>
       <x:c r="S77" s="0" t="n">
-        <x:v>551192</x:v>
+        <x:v>608293</x:v>
       </x:c>
       <x:c r="T77" s="4" t="s">
-        <x:v>179</x:v>
+        <x:v>191</x:v>
       </x:c>
       <x:c r="U77" s="4" t="s">
-        <x:v>31</x:v>
+        <x:v>192</x:v>
       </x:c>
     </x:row>
     <x:row r="78" spans="1:21">
       <x:c r="A78" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B78" s="14" t="s">
-        <x:v>124</x:v>
+        <x:v>121</x:v>
       </x:c>
       <x:c r="C78" s="15" t="s"/>
       <x:c r="D78" s="15" t="s"/>
       <x:c r="E78" s="14" t="s"/>
       <x:c r="F78" s="14" t="s"/>
       <x:c r="G78" s="14" t="s">
         <x:v>170</x:v>
       </x:c>
       <x:c r="H78" s="14" t="s"/>
       <x:c r="I78" s="16" t="s">
         <x:v>171</x:v>
       </x:c>
       <x:c r="J78" s="14" t="s"/>
       <x:c r="K78" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L78" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M78" s="14" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="N78" s="15" t="n">
         <x:v>43445</x:v>
       </x:c>
       <x:c r="O78" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="P78" s="14" t="s">
         <x:v>170</x:v>
       </x:c>
       <x:c r="Q78" s="16" t="s">
         <x:v>171</x:v>
       </x:c>
       <x:c r="R78" s="14" t="s">
-        <x:v>178</x:v>
+        <x:v>174</x:v>
       </x:c>
       <x:c r="S78" s="14" t="n">
-        <x:v>551207</x:v>
+        <x:v>551192</x:v>
       </x:c>
       <x:c r="T78" s="16" t="s">
-        <x:v>179</x:v>
+        <x:v>181</x:v>
       </x:c>
       <x:c r="U78" s="16" t="s">
         <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="79" spans="1:21">
       <x:c r="A79" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B79" s="0" t="s">
-        <x:v>193</x:v>
+        <x:v>124</x:v>
       </x:c>
       <x:c r="C79" s="3" t="s"/>
       <x:c r="D79" s="3" t="s"/>
       <x:c r="G79" s="0" t="s">
         <x:v>170</x:v>
       </x:c>
       <x:c r="I79" s="4" t="s">
         <x:v>171</x:v>
       </x:c>
       <x:c r="K79" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L79" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M79" s="0" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="N79" s="3" t="n">
         <x:v>43445</x:v>
       </x:c>
       <x:c r="O79" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="P79" s="0" t="s">
         <x:v>170</x:v>
       </x:c>
       <x:c r="Q79" s="4" t="s">
         <x:v>171</x:v>
       </x:c>
       <x:c r="R79" s="0" t="s">
-        <x:v>174</x:v>
+        <x:v>180</x:v>
       </x:c>
       <x:c r="S79" s="0" t="n">
-        <x:v>551213</x:v>
+        <x:v>551207</x:v>
       </x:c>
       <x:c r="T79" s="4" t="s">
-        <x:v>179</x:v>
+        <x:v>181</x:v>
       </x:c>
       <x:c r="U79" s="4" t="s">
         <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="80" spans="1:21">
       <x:c r="A80" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B80" s="14" t="s">
-        <x:v>194</x:v>
+        <x:v>193</x:v>
       </x:c>
       <x:c r="C80" s="15" t="s"/>
       <x:c r="D80" s="15" t="s"/>
       <x:c r="E80" s="14" t="s"/>
       <x:c r="F80" s="14" t="s"/>
       <x:c r="G80" s="14" t="s">
         <x:v>170</x:v>
       </x:c>
       <x:c r="H80" s="14" t="s"/>
       <x:c r="I80" s="16" t="s">
         <x:v>171</x:v>
       </x:c>
       <x:c r="J80" s="14" t="s"/>
       <x:c r="K80" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L80" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M80" s="14" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="N80" s="15" t="n">
         <x:v>43445</x:v>
       </x:c>
       <x:c r="O80" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="P80" s="14" t="s">
         <x:v>170</x:v>
       </x:c>
       <x:c r="Q80" s="16" t="s">
         <x:v>171</x:v>
       </x:c>
       <x:c r="R80" s="14" t="s">
-        <x:v>178</x:v>
+        <x:v>174</x:v>
       </x:c>
       <x:c r="S80" s="14" t="n">
-        <x:v>551338</x:v>
+        <x:v>551213</x:v>
       </x:c>
       <x:c r="T80" s="16" t="s">
-        <x:v>179</x:v>
+        <x:v>181</x:v>
       </x:c>
       <x:c r="U80" s="16" t="s">
         <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="81" spans="1:21">
       <x:c r="A81" s="1" t="s">
-        <x:v>195</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B81" s="0" t="s">
-        <x:v>196</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>194</x:v>
+      </x:c>
+      <x:c r="C81" s="3" t="s"/>
       <x:c r="D81" s="3" t="s"/>
-      <x:c r="E81" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="G81" s="0" t="s">
         <x:v>170</x:v>
       </x:c>
       <x:c r="I81" s="4" t="s">
         <x:v>171</x:v>
       </x:c>
-      <x:c r="J81" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="K81" s="0" t="s">
-        <x:v>198</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="L81" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M81" s="0" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="N81" s="3" t="n">
-        <x:v>42032</x:v>
+        <x:v>43445</x:v>
       </x:c>
       <x:c r="O81" s="0" t="s">
-        <x:v>173</x:v>
+        <x:v>36</x:v>
       </x:c>
       <x:c r="P81" s="0" t="s">
         <x:v>170</x:v>
       </x:c>
       <x:c r="Q81" s="4" t="s">
         <x:v>171</x:v>
       </x:c>
       <x:c r="R81" s="0" t="s">
-        <x:v>178</x:v>
+        <x:v>180</x:v>
       </x:c>
       <x:c r="S81" s="0" t="n">
-        <x:v>608388</x:v>
+        <x:v>551338</x:v>
       </x:c>
       <x:c r="T81" s="4" t="s">
-        <x:v>199</x:v>
+        <x:v>181</x:v>
       </x:c>
       <x:c r="U81" s="4" t="s">
-        <x:v>200</x:v>
+        <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="82" spans="1:21">
       <x:c r="A82" s="13" t="s">
-        <x:v>21</x:v>
+        <x:v>195</x:v>
       </x:c>
       <x:c r="B82" s="14" t="s">
-        <x:v>124</x:v>
-[...1 lines deleted...]
-      <x:c r="C82" s="15" t="s"/>
+        <x:v>196</x:v>
+      </x:c>
+      <x:c r="C82" s="15" t="n">
+        <x:v>39231</x:v>
+      </x:c>
       <x:c r="D82" s="15" t="s"/>
-      <x:c r="E82" s="14" t="s"/>
+      <x:c r="E82" s="14" t="s">
+        <x:v>197</x:v>
+      </x:c>
       <x:c r="F82" s="14" t="s"/>
       <x:c r="G82" s="14" t="s">
         <x:v>170</x:v>
       </x:c>
       <x:c r="H82" s="14" t="s"/>
       <x:c r="I82" s="16" t="s">
         <x:v>171</x:v>
       </x:c>
-      <x:c r="J82" s="14" t="s"/>
+      <x:c r="J82" s="14" t="s">
+        <x:v>172</x:v>
+      </x:c>
       <x:c r="K82" s="14" t="s">
-        <x:v>25</x:v>
+        <x:v>198</x:v>
       </x:c>
       <x:c r="L82" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M82" s="14" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="N82" s="15" t="n">
-        <x:v>43445</x:v>
+        <x:v>42032</x:v>
       </x:c>
       <x:c r="O82" s="14" t="s">
-        <x:v>36</x:v>
+        <x:v>173</x:v>
       </x:c>
       <x:c r="P82" s="14" t="s">
         <x:v>170</x:v>
       </x:c>
       <x:c r="Q82" s="16" t="s">
         <x:v>171</x:v>
       </x:c>
       <x:c r="R82" s="14" t="s">
-        <x:v>174</x:v>
+        <x:v>180</x:v>
       </x:c>
       <x:c r="S82" s="14" t="n">
-        <x:v>551208</x:v>
+        <x:v>608388</x:v>
       </x:c>
       <x:c r="T82" s="16" t="s">
-        <x:v>179</x:v>
+        <x:v>199</x:v>
       </x:c>
       <x:c r="U82" s="16" t="s">
-        <x:v>31</x:v>
+        <x:v>200</x:v>
       </x:c>
     </x:row>
     <x:row r="83" spans="1:21">
       <x:c r="A83" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B83" s="0" t="s">
-        <x:v>194</x:v>
+        <x:v>201</x:v>
       </x:c>
       <x:c r="C83" s="3" t="s"/>
       <x:c r="D83" s="3" t="s"/>
       <x:c r="G83" s="0" t="s">
         <x:v>170</x:v>
       </x:c>
       <x:c r="I83" s="4" t="s">
         <x:v>171</x:v>
       </x:c>
       <x:c r="K83" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L83" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M83" s="0" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="N83" s="3" t="n">
         <x:v>43445</x:v>
       </x:c>
       <x:c r="O83" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="P83" s="0" t="s">
         <x:v>170</x:v>
       </x:c>
       <x:c r="Q83" s="4" t="s">
         <x:v>171</x:v>
       </x:c>
       <x:c r="R83" s="0" t="s">
         <x:v>174</x:v>
       </x:c>
       <x:c r="S83" s="0" t="n">
-        <x:v>551341</x:v>
+        <x:v>555357</x:v>
       </x:c>
       <x:c r="T83" s="4" t="s">
-        <x:v>179</x:v>
+        <x:v>181</x:v>
       </x:c>
       <x:c r="U83" s="4" t="s">
         <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="84" spans="1:21">
       <x:c r="A84" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B84" s="14" t="s">
-        <x:v>201</x:v>
+        <x:v>124</x:v>
       </x:c>
       <x:c r="C84" s="15" t="s"/>
       <x:c r="D84" s="15" t="s"/>
       <x:c r="E84" s="14" t="s"/>
       <x:c r="F84" s="14" t="s"/>
       <x:c r="G84" s="14" t="s">
         <x:v>170</x:v>
       </x:c>
       <x:c r="H84" s="14" t="s"/>
       <x:c r="I84" s="16" t="s">
         <x:v>171</x:v>
       </x:c>
       <x:c r="J84" s="14" t="s"/>
       <x:c r="K84" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L84" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M84" s="14" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="N84" s="15" t="n">
         <x:v>43445</x:v>
       </x:c>
       <x:c r="O84" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="P84" s="14" t="s">
         <x:v>170</x:v>
       </x:c>
       <x:c r="Q84" s="16" t="s">
         <x:v>171</x:v>
       </x:c>
       <x:c r="R84" s="14" t="s">
         <x:v>174</x:v>
       </x:c>
       <x:c r="S84" s="14" t="n">
-        <x:v>551404</x:v>
+        <x:v>551208</x:v>
       </x:c>
       <x:c r="T84" s="16" t="s">
-        <x:v>179</x:v>
+        <x:v>181</x:v>
       </x:c>
       <x:c r="U84" s="16" t="s">
         <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="85" spans="1:21">
       <x:c r="A85" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B85" s="0" t="s">
-        <x:v>202</x:v>
+        <x:v>194</x:v>
       </x:c>
       <x:c r="C85" s="3" t="s"/>
       <x:c r="D85" s="3" t="s"/>
       <x:c r="G85" s="0" t="s">
         <x:v>170</x:v>
       </x:c>
       <x:c r="I85" s="4" t="s">
         <x:v>171</x:v>
       </x:c>
       <x:c r="K85" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L85" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M85" s="0" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="N85" s="3" t="n">
         <x:v>43445</x:v>
       </x:c>
       <x:c r="O85" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="P85" s="0" t="s">
         <x:v>170</x:v>
       </x:c>
       <x:c r="Q85" s="4" t="s">
         <x:v>171</x:v>
       </x:c>
       <x:c r="R85" s="0" t="s">
-        <x:v>178</x:v>
+        <x:v>174</x:v>
       </x:c>
       <x:c r="S85" s="0" t="n">
-        <x:v>551415</x:v>
+        <x:v>551341</x:v>
       </x:c>
       <x:c r="T85" s="4" t="s">
-        <x:v>179</x:v>
+        <x:v>181</x:v>
       </x:c>
       <x:c r="U85" s="4" t="s">
         <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="86" spans="1:21">
       <x:c r="A86" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B86" s="14" t="s">
-        <x:v>203</x:v>
+        <x:v>202</x:v>
       </x:c>
       <x:c r="C86" s="15" t="s"/>
       <x:c r="D86" s="15" t="s"/>
       <x:c r="E86" s="14" t="s"/>
       <x:c r="F86" s="14" t="s"/>
       <x:c r="G86" s="14" t="s">
         <x:v>170</x:v>
       </x:c>
       <x:c r="H86" s="14" t="s"/>
       <x:c r="I86" s="16" t="s">
         <x:v>171</x:v>
       </x:c>
       <x:c r="J86" s="14" t="s"/>
       <x:c r="K86" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L86" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M86" s="14" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="N86" s="15" t="n">
         <x:v>43445</x:v>
       </x:c>
       <x:c r="O86" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="P86" s="14" t="s">
         <x:v>170</x:v>
       </x:c>
       <x:c r="Q86" s="16" t="s">
         <x:v>171</x:v>
       </x:c>
       <x:c r="R86" s="14" t="s">
         <x:v>174</x:v>
       </x:c>
       <x:c r="S86" s="14" t="n">
-        <x:v>555357</x:v>
+        <x:v>551404</x:v>
       </x:c>
       <x:c r="T86" s="16" t="s">
-        <x:v>179</x:v>
+        <x:v>181</x:v>
       </x:c>
       <x:c r="U86" s="16" t="s">
         <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="87" spans="1:21">
       <x:c r="A87" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B87" s="0" t="s">
-        <x:v>186</x:v>
+        <x:v>203</x:v>
       </x:c>
       <x:c r="C87" s="3" t="s"/>
       <x:c r="D87" s="3" t="s"/>
       <x:c r="G87" s="0" t="s">
         <x:v>170</x:v>
       </x:c>
       <x:c r="I87" s="4" t="s">
         <x:v>171</x:v>
       </x:c>
       <x:c r="K87" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L87" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M87" s="0" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="N87" s="3" t="n">
         <x:v>43445</x:v>
       </x:c>
       <x:c r="O87" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="P87" s="0" t="s">
         <x:v>170</x:v>
       </x:c>
       <x:c r="Q87" s="4" t="s">
         <x:v>171</x:v>
       </x:c>
       <x:c r="R87" s="0" t="s">
-        <x:v>178</x:v>
+        <x:v>180</x:v>
       </x:c>
       <x:c r="S87" s="0" t="n">
-        <x:v>551405</x:v>
+        <x:v>551415</x:v>
       </x:c>
       <x:c r="T87" s="4" t="s">
-        <x:v>179</x:v>
+        <x:v>181</x:v>
       </x:c>
       <x:c r="U87" s="4" t="s">
         <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="88" spans="1:21">
       <x:c r="A88" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B88" s="14" t="s">
-        <x:v>189</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>186</x:v>
+      </x:c>
+      <x:c r="C88" s="15" t="s"/>
       <x:c r="D88" s="15" t="s"/>
       <x:c r="E88" s="14" t="s"/>
       <x:c r="F88" s="14" t="s"/>
       <x:c r="G88" s="14" t="s">
         <x:v>170</x:v>
       </x:c>
       <x:c r="H88" s="14" t="s"/>
       <x:c r="I88" s="16" t="s">
         <x:v>171</x:v>
       </x:c>
-      <x:c r="J88" s="14" t="s">
-[...1 lines deleted...]
-      </x:c>
+      <x:c r="J88" s="14" t="s"/>
       <x:c r="K88" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L88" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M88" s="14" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="N88" s="15" t="n">
-        <x:v>42032</x:v>
+        <x:v>43445</x:v>
       </x:c>
       <x:c r="O88" s="14" t="s">
-        <x:v>173</x:v>
+        <x:v>36</x:v>
       </x:c>
       <x:c r="P88" s="14" t="s">
         <x:v>170</x:v>
       </x:c>
       <x:c r="Q88" s="16" t="s">
         <x:v>171</x:v>
       </x:c>
       <x:c r="R88" s="14" t="s">
-        <x:v>178</x:v>
+        <x:v>180</x:v>
       </x:c>
       <x:c r="S88" s="14" t="n">
-        <x:v>546860</x:v>
+        <x:v>551405</x:v>
       </x:c>
       <x:c r="T88" s="16" t="s">
-        <x:v>175</x:v>
+        <x:v>181</x:v>
       </x:c>
       <x:c r="U88" s="16" t="s">
-        <x:v>176</x:v>
+        <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="89" spans="1:21">
       <x:c r="A89" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B89" s="0" t="s">
-        <x:v>42</x:v>
-[...1 lines deleted...]
-      <x:c r="C89" s="3" t="s"/>
+        <x:v>189</x:v>
+      </x:c>
+      <x:c r="C89" s="3" t="n">
+        <x:v>39231</x:v>
+      </x:c>
       <x:c r="D89" s="3" t="s"/>
       <x:c r="G89" s="0" t="s">
         <x:v>170</x:v>
       </x:c>
       <x:c r="I89" s="4" t="s">
         <x:v>171</x:v>
       </x:c>
+      <x:c r="J89" s="0" t="s">
+        <x:v>172</x:v>
+      </x:c>
       <x:c r="K89" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L89" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M89" s="0" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="N89" s="3" t="n">
-        <x:v>43445</x:v>
+        <x:v>42032</x:v>
       </x:c>
       <x:c r="O89" s="0" t="s">
-        <x:v>36</x:v>
+        <x:v>173</x:v>
       </x:c>
       <x:c r="P89" s="0" t="s">
         <x:v>170</x:v>
       </x:c>
       <x:c r="Q89" s="4" t="s">
         <x:v>171</x:v>
       </x:c>
       <x:c r="R89" s="0" t="s">
-        <x:v>174</x:v>
+        <x:v>180</x:v>
       </x:c>
       <x:c r="S89" s="0" t="n">
-        <x:v>551197</x:v>
+        <x:v>546860</x:v>
       </x:c>
       <x:c r="T89" s="4" t="s">
-        <x:v>179</x:v>
+        <x:v>175</x:v>
       </x:c>
       <x:c r="U89" s="4" t="s">
-        <x:v>31</x:v>
+        <x:v>176</x:v>
       </x:c>
     </x:row>
     <x:row r="90" spans="1:21">
       <x:c r="A90" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B90" s="14" t="s">
         <x:v>182</x:v>
       </x:c>
       <x:c r="C90" s="15" t="s"/>
       <x:c r="D90" s="15" t="s"/>
       <x:c r="E90" s="14" t="s"/>
       <x:c r="F90" s="14" t="s"/>
       <x:c r="G90" s="14" t="s">
         <x:v>170</x:v>
       </x:c>
       <x:c r="H90" s="14" t="s"/>
       <x:c r="I90" s="16" t="s">
         <x:v>171</x:v>
       </x:c>
       <x:c r="J90" s="14" t="s"/>
       <x:c r="K90" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L90" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M90" s="14" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="N90" s="15" t="n">
         <x:v>43445</x:v>
       </x:c>
       <x:c r="O90" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="P90" s="14" t="s">
         <x:v>170</x:v>
       </x:c>
       <x:c r="Q90" s="16" t="s">
         <x:v>171</x:v>
       </x:c>
       <x:c r="R90" s="14" t="s">
         <x:v>174</x:v>
       </x:c>
       <x:c r="S90" s="14" t="n">
         <x:v>551216</x:v>
       </x:c>
       <x:c r="T90" s="16" t="s">
-        <x:v>179</x:v>
+        <x:v>181</x:v>
       </x:c>
       <x:c r="U90" s="16" t="s">
         <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="91" spans="1:21">
       <x:c r="A91" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B91" s="0" t="s">
         <x:v>204</x:v>
       </x:c>
       <x:c r="C91" s="3" t="s"/>
       <x:c r="D91" s="3" t="s"/>
       <x:c r="G91" s="0" t="s">
         <x:v>170</x:v>
       </x:c>
       <x:c r="I91" s="4" t="s">
         <x:v>171</x:v>
       </x:c>
       <x:c r="K91" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L91" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M91" s="0" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="N91" s="3" t="n">
         <x:v>43445</x:v>
       </x:c>
       <x:c r="O91" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="P91" s="0" t="s">
         <x:v>170</x:v>
       </x:c>
       <x:c r="Q91" s="4" t="s">
         <x:v>171</x:v>
       </x:c>
       <x:c r="R91" s="0" t="s">
-        <x:v>178</x:v>
+        <x:v>180</x:v>
       </x:c>
       <x:c r="S91" s="0" t="n">
         <x:v>551304</x:v>
       </x:c>
       <x:c r="T91" s="4" t="s">
-        <x:v>179</x:v>
+        <x:v>181</x:v>
       </x:c>
       <x:c r="U91" s="4" t="s">
         <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="92" spans="1:21">
       <x:c r="A92" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B92" s="14" t="s">
         <x:v>205</x:v>
       </x:c>
       <x:c r="C92" s="15" t="s"/>
       <x:c r="D92" s="15" t="s"/>
       <x:c r="E92" s="14" t="s"/>
       <x:c r="F92" s="14" t="s"/>
       <x:c r="G92" s="14" t="s">
         <x:v>170</x:v>
       </x:c>
       <x:c r="H92" s="14" t="s"/>
       <x:c r="I92" s="16" t="s">
         <x:v>171</x:v>
       </x:c>
       <x:c r="J92" s="14" t="s"/>
       <x:c r="K92" s="14" t="s">
@@ -8144,100 +8143,100 @@
       <x:c r="L92" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M92" s="14" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="N92" s="15" t="n">
         <x:v>43445</x:v>
       </x:c>
       <x:c r="O92" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="P92" s="14" t="s">
         <x:v>170</x:v>
       </x:c>
       <x:c r="Q92" s="16" t="s">
         <x:v>171</x:v>
       </x:c>
       <x:c r="R92" s="14" t="s">
         <x:v>174</x:v>
       </x:c>
       <x:c r="S92" s="14" t="n">
         <x:v>551390</x:v>
       </x:c>
       <x:c r="T92" s="16" t="s">
-        <x:v>179</x:v>
+        <x:v>181</x:v>
       </x:c>
       <x:c r="U92" s="16" t="s">
         <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="93" spans="1:21">
       <x:c r="A93" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B93" s="0" t="s">
-        <x:v>201</x:v>
+        <x:v>202</x:v>
       </x:c>
       <x:c r="C93" s="3" t="s"/>
       <x:c r="D93" s="3" t="s"/>
       <x:c r="G93" s="0" t="s">
         <x:v>170</x:v>
       </x:c>
       <x:c r="I93" s="4" t="s">
         <x:v>171</x:v>
       </x:c>
       <x:c r="K93" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L93" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M93" s="0" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="N93" s="3" t="n">
         <x:v>43445</x:v>
       </x:c>
       <x:c r="O93" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="P93" s="0" t="s">
         <x:v>170</x:v>
       </x:c>
       <x:c r="Q93" s="4" t="s">
         <x:v>171</x:v>
       </x:c>
       <x:c r="R93" s="0" t="s">
-        <x:v>178</x:v>
+        <x:v>180</x:v>
       </x:c>
       <x:c r="S93" s="0" t="n">
         <x:v>551403</x:v>
       </x:c>
       <x:c r="T93" s="4" t="s">
-        <x:v>179</x:v>
+        <x:v>181</x:v>
       </x:c>
       <x:c r="U93" s="4" t="s">
         <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="94" spans="1:21">
       <x:c r="A94" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B94" s="14" t="s">
         <x:v>206</x:v>
       </x:c>
       <x:c r="C94" s="15" t="s"/>
       <x:c r="D94" s="15" t="s"/>
       <x:c r="E94" s="14" t="s"/>
       <x:c r="F94" s="14" t="s"/>
       <x:c r="G94" s="14" t="s">
         <x:v>170</x:v>
       </x:c>
       <x:c r="H94" s="14" t="s"/>
       <x:c r="I94" s="16" t="s">
         <x:v>171</x:v>
       </x:c>
       <x:c r="J94" s="14" t="s"/>
       <x:c r="K94" s="14" t="s">
@@ -8246,51 +8245,51 @@
       <x:c r="L94" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M94" s="14" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="N94" s="15" t="n">
         <x:v>43445</x:v>
       </x:c>
       <x:c r="O94" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="P94" s="14" t="s">
         <x:v>170</x:v>
       </x:c>
       <x:c r="Q94" s="16" t="s">
         <x:v>171</x:v>
       </x:c>
       <x:c r="R94" s="14" t="s">
         <x:v>174</x:v>
       </x:c>
       <x:c r="S94" s="14" t="n">
         <x:v>551411</x:v>
       </x:c>
       <x:c r="T94" s="16" t="s">
-        <x:v>179</x:v>
+        <x:v>181</x:v>
       </x:c>
       <x:c r="U94" s="16" t="s">
         <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="95" spans="1:21">
       <x:c r="A95" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B95" s="0" t="s">
         <x:v>207</x:v>
       </x:c>
       <x:c r="C95" s="3" t="n">
         <x:v>39231</x:v>
       </x:c>
       <x:c r="D95" s="3" t="s"/>
       <x:c r="G95" s="0" t="s">
         <x:v>170</x:v>
       </x:c>
       <x:c r="I95" s="4" t="s">
         <x:v>171</x:v>
       </x:c>
       <x:c r="J95" s="0" t="s">
         <x:v>172</x:v>
       </x:c>
@@ -8405,51 +8404,51 @@
       <x:c r="J97" s="0" t="s">
         <x:v>172</x:v>
       </x:c>
       <x:c r="K97" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L97" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M97" s="0" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="N97" s="3" t="n">
         <x:v>42032</x:v>
       </x:c>
       <x:c r="O97" s="0" t="s">
         <x:v>173</x:v>
       </x:c>
       <x:c r="P97" s="0" t="s">
         <x:v>170</x:v>
       </x:c>
       <x:c r="Q97" s="4" t="s">
         <x:v>171</x:v>
       </x:c>
       <x:c r="R97" s="0" t="s">
-        <x:v>178</x:v>
+        <x:v>180</x:v>
       </x:c>
       <x:c r="S97" s="0" t="n">
         <x:v>546879</x:v>
       </x:c>
       <x:c r="T97" s="4" t="s">
         <x:v>175</x:v>
       </x:c>
       <x:c r="U97" s="4" t="s">
         <x:v>176</x:v>
       </x:c>
     </x:row>
     <x:row r="98" spans="1:21">
       <x:c r="A98" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B98" s="14" t="s">
         <x:v>208</x:v>
       </x:c>
       <x:c r="C98" s="15" t="n">
         <x:v>39231</x:v>
       </x:c>
       <x:c r="D98" s="15" t="s"/>
       <x:c r="E98" s="14" t="s"/>
       <x:c r="F98" s="14" t="s"/>
       <x:c r="G98" s="14" t="s">
@@ -8490,180 +8489,180 @@
         <x:v>546882</x:v>
       </x:c>
       <x:c r="T98" s="16" t="s">
         <x:v>175</x:v>
       </x:c>
       <x:c r="U98" s="16" t="s">
         <x:v>176</x:v>
       </x:c>
     </x:row>
     <x:row r="99" spans="1:21">
       <x:c r="A99" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B99" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="C99" s="3" t="s"/>
       <x:c r="D99" s="3" t="s"/>
       <x:c r="G99" s="0" t="s">
         <x:v>170</x:v>
       </x:c>
       <x:c r="I99" s="4" t="s">
         <x:v>171</x:v>
       </x:c>
       <x:c r="K99" s="0" t="s">
-        <x:v>177</x:v>
+        <x:v>179</x:v>
       </x:c>
       <x:c r="L99" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="M99" s="0" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="N99" s="3" t="n">
         <x:v>43445</x:v>
       </x:c>
       <x:c r="O99" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="P99" s="0" t="s">
         <x:v>170</x:v>
       </x:c>
       <x:c r="Q99" s="4" t="s">
         <x:v>171</x:v>
       </x:c>
       <x:c r="R99" s="0" t="s">
-        <x:v>178</x:v>
+        <x:v>180</x:v>
       </x:c>
       <x:c r="S99" s="0" t="n">
         <x:v>551163</x:v>
       </x:c>
       <x:c r="T99" s="4" t="s">
-        <x:v>179</x:v>
+        <x:v>181</x:v>
       </x:c>
       <x:c r="U99" s="4" t="s">
         <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="100" spans="1:21">
       <x:c r="A100" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B100" s="14" t="s">
         <x:v>125</x:v>
       </x:c>
       <x:c r="C100" s="15" t="s"/>
       <x:c r="D100" s="15" t="s"/>
       <x:c r="E100" s="14" t="s"/>
       <x:c r="F100" s="14" t="s"/>
       <x:c r="G100" s="14" t="s">
         <x:v>170</x:v>
       </x:c>
       <x:c r="H100" s="14" t="s"/>
       <x:c r="I100" s="16" t="s">
         <x:v>171</x:v>
       </x:c>
       <x:c r="J100" s="14" t="s"/>
       <x:c r="K100" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L100" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M100" s="14" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="N100" s="15" t="n">
         <x:v>43445</x:v>
       </x:c>
       <x:c r="O100" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="P100" s="14" t="s">
         <x:v>170</x:v>
       </x:c>
       <x:c r="Q100" s="16" t="s">
         <x:v>171</x:v>
       </x:c>
       <x:c r="R100" s="14" t="s">
-        <x:v>178</x:v>
+        <x:v>180</x:v>
       </x:c>
       <x:c r="S100" s="14" t="n">
         <x:v>551185</x:v>
       </x:c>
       <x:c r="T100" s="16" t="s">
-        <x:v>179</x:v>
+        <x:v>181</x:v>
       </x:c>
       <x:c r="U100" s="16" t="s">
         <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="101" spans="1:21">
       <x:c r="A101" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B101" s="0" t="s">
         <x:v>209</x:v>
       </x:c>
       <x:c r="C101" s="3" t="s"/>
       <x:c r="D101" s="3" t="s"/>
       <x:c r="G101" s="0" t="s">
         <x:v>170</x:v>
       </x:c>
       <x:c r="I101" s="4" t="s">
         <x:v>171</x:v>
       </x:c>
       <x:c r="K101" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L101" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M101" s="0" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="N101" s="3" t="n">
         <x:v>43445</x:v>
       </x:c>
       <x:c r="O101" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="P101" s="0" t="s">
         <x:v>170</x:v>
       </x:c>
       <x:c r="Q101" s="4" t="s">
         <x:v>171</x:v>
       </x:c>
       <x:c r="R101" s="0" t="s">
         <x:v>174</x:v>
       </x:c>
       <x:c r="S101" s="0" t="n">
         <x:v>551194</x:v>
       </x:c>
       <x:c r="T101" s="4" t="s">
-        <x:v>179</x:v>
+        <x:v>181</x:v>
       </x:c>
       <x:c r="U101" s="4" t="s">
         <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="102" spans="1:21">
       <x:c r="A102" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B102" s="14" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="C102" s="15" t="s"/>
       <x:c r="D102" s="15" t="s"/>
       <x:c r="E102" s="14" t="s"/>
       <x:c r="F102" s="14" t="s"/>
       <x:c r="G102" s="14" t="s">
         <x:v>170</x:v>
       </x:c>
       <x:c r="H102" s="14" t="s"/>
       <x:c r="I102" s="16" t="s">
         <x:v>171</x:v>
       </x:c>
       <x:c r="J102" s="14" t="s"/>
       <x:c r="K102" s="14" t="s">
@@ -8672,304 +8671,304 @@
       <x:c r="L102" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M102" s="14" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="N102" s="15" t="n">
         <x:v>43445</x:v>
       </x:c>
       <x:c r="O102" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="P102" s="14" t="s">
         <x:v>170</x:v>
       </x:c>
       <x:c r="Q102" s="16" t="s">
         <x:v>171</x:v>
       </x:c>
       <x:c r="R102" s="14" t="s">
         <x:v>174</x:v>
       </x:c>
       <x:c r="S102" s="14" t="n">
         <x:v>551199</x:v>
       </x:c>
       <x:c r="T102" s="16" t="s">
-        <x:v>179</x:v>
+        <x:v>181</x:v>
       </x:c>
       <x:c r="U102" s="16" t="s">
         <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="103" spans="1:21">
       <x:c r="A103" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B103" s="0" t="s">
-        <x:v>203</x:v>
+        <x:v>201</x:v>
       </x:c>
       <x:c r="C103" s="3" t="s"/>
       <x:c r="D103" s="3" t="s"/>
       <x:c r="G103" s="0" t="s">
         <x:v>170</x:v>
       </x:c>
       <x:c r="I103" s="4" t="s">
         <x:v>171</x:v>
       </x:c>
       <x:c r="K103" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L103" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M103" s="0" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="N103" s="3" t="n">
         <x:v>43445</x:v>
       </x:c>
       <x:c r="O103" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="P103" s="0" t="s">
         <x:v>170</x:v>
       </x:c>
       <x:c r="Q103" s="4" t="s">
         <x:v>171</x:v>
       </x:c>
       <x:c r="R103" s="0" t="s">
-        <x:v>178</x:v>
+        <x:v>180</x:v>
       </x:c>
       <x:c r="S103" s="0" t="n">
         <x:v>555359</x:v>
       </x:c>
       <x:c r="T103" s="4" t="s">
-        <x:v>179</x:v>
+        <x:v>181</x:v>
       </x:c>
       <x:c r="U103" s="4" t="s">
         <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="104" spans="1:21">
       <x:c r="A104" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B104" s="14" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="C104" s="15" t="s"/>
       <x:c r="D104" s="15" t="s"/>
       <x:c r="E104" s="14" t="s"/>
       <x:c r="F104" s="14" t="s"/>
       <x:c r="G104" s="14" t="s">
         <x:v>170</x:v>
       </x:c>
       <x:c r="H104" s="14" t="s"/>
       <x:c r="I104" s="16" t="s">
         <x:v>171</x:v>
       </x:c>
       <x:c r="J104" s="14" t="s"/>
       <x:c r="K104" s="14" t="s">
-        <x:v>177</x:v>
+        <x:v>179</x:v>
       </x:c>
       <x:c r="L104" s="14" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="M104" s="14" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="N104" s="15" t="n">
         <x:v>43445</x:v>
       </x:c>
       <x:c r="O104" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="P104" s="14" t="s">
         <x:v>170</x:v>
       </x:c>
       <x:c r="Q104" s="16" t="s">
         <x:v>171</x:v>
       </x:c>
       <x:c r="R104" s="14" t="s">
-        <x:v>178</x:v>
+        <x:v>180</x:v>
       </x:c>
       <x:c r="S104" s="14" t="n">
         <x:v>551161</x:v>
       </x:c>
       <x:c r="T104" s="16" t="s">
-        <x:v>179</x:v>
+        <x:v>181</x:v>
       </x:c>
       <x:c r="U104" s="16" t="s">
         <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="105" spans="1:21">
       <x:c r="A105" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B105" s="0" t="s">
         <x:v>209</x:v>
       </x:c>
       <x:c r="C105" s="3" t="s"/>
       <x:c r="D105" s="3" t="s"/>
       <x:c r="G105" s="0" t="s">
         <x:v>170</x:v>
       </x:c>
       <x:c r="I105" s="4" t="s">
         <x:v>171</x:v>
       </x:c>
       <x:c r="K105" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L105" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M105" s="0" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="N105" s="3" t="n">
         <x:v>43445</x:v>
       </x:c>
       <x:c r="O105" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="P105" s="0" t="s">
         <x:v>170</x:v>
       </x:c>
       <x:c r="Q105" s="4" t="s">
         <x:v>171</x:v>
       </x:c>
       <x:c r="R105" s="0" t="s">
-        <x:v>178</x:v>
+        <x:v>180</x:v>
       </x:c>
       <x:c r="S105" s="0" t="n">
         <x:v>551193</x:v>
       </x:c>
       <x:c r="T105" s="4" t="s">
-        <x:v>179</x:v>
+        <x:v>181</x:v>
       </x:c>
       <x:c r="U105" s="4" t="s">
         <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="106" spans="1:21">
       <x:c r="A106" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B106" s="14" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="C106" s="15" t="s"/>
       <x:c r="D106" s="15" t="s"/>
       <x:c r="E106" s="14" t="s"/>
       <x:c r="F106" s="14" t="s"/>
       <x:c r="G106" s="14" t="s">
         <x:v>170</x:v>
       </x:c>
       <x:c r="H106" s="14" t="s"/>
       <x:c r="I106" s="16" t="s">
         <x:v>171</x:v>
       </x:c>
       <x:c r="J106" s="14" t="s"/>
       <x:c r="K106" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L106" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M106" s="14" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="N106" s="15" t="n">
         <x:v>43445</x:v>
       </x:c>
       <x:c r="O106" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="P106" s="14" t="s">
         <x:v>170</x:v>
       </x:c>
       <x:c r="Q106" s="16" t="s">
         <x:v>171</x:v>
       </x:c>
       <x:c r="R106" s="14" t="s">
-        <x:v>178</x:v>
+        <x:v>180</x:v>
       </x:c>
       <x:c r="S106" s="14" t="n">
         <x:v>551198</x:v>
       </x:c>
       <x:c r="T106" s="16" t="s">
-        <x:v>179</x:v>
+        <x:v>181</x:v>
       </x:c>
       <x:c r="U106" s="16" t="s">
         <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="107" spans="1:21">
       <x:c r="A107" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B107" s="0" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="C107" s="3" t="s"/>
       <x:c r="D107" s="3" t="s"/>
       <x:c r="G107" s="0" t="s">
         <x:v>170</x:v>
       </x:c>
       <x:c r="I107" s="4" t="s">
         <x:v>171</x:v>
       </x:c>
       <x:c r="K107" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L107" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M107" s="0" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="N107" s="3" t="n">
         <x:v>43445</x:v>
       </x:c>
       <x:c r="O107" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="P107" s="0" t="s">
         <x:v>170</x:v>
       </x:c>
       <x:c r="Q107" s="4" t="s">
         <x:v>171</x:v>
       </x:c>
       <x:c r="R107" s="0" t="s">
         <x:v>174</x:v>
       </x:c>
       <x:c r="S107" s="0" t="n">
         <x:v>551218</x:v>
       </x:c>
       <x:c r="T107" s="4" t="s">
-        <x:v>179</x:v>
+        <x:v>181</x:v>
       </x:c>
       <x:c r="U107" s="4" t="s">
         <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="108" spans="1:21">
       <x:c r="A108" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B108" s="14" t="s">
         <x:v>185</x:v>
       </x:c>
       <x:c r="C108" s="15" t="s"/>
       <x:c r="D108" s="15" t="s"/>
       <x:c r="E108" s="14" t="s"/>
       <x:c r="F108" s="14" t="s"/>
       <x:c r="G108" s="14" t="s">
         <x:v>170</x:v>
       </x:c>
       <x:c r="H108" s="14" t="s"/>
       <x:c r="I108" s="16" t="s">
         <x:v>171</x:v>
       </x:c>
       <x:c r="J108" s="14" t="s"/>
       <x:c r="K108" s="14" t="s">
@@ -8978,202 +8977,202 @@
       <x:c r="L108" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M108" s="14" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="N108" s="15" t="n">
         <x:v>43445</x:v>
       </x:c>
       <x:c r="O108" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="P108" s="14" t="s">
         <x:v>170</x:v>
       </x:c>
       <x:c r="Q108" s="16" t="s">
         <x:v>171</x:v>
       </x:c>
       <x:c r="R108" s="14" t="s">
         <x:v>174</x:v>
       </x:c>
       <x:c r="S108" s="14" t="n">
         <x:v>551401</x:v>
       </x:c>
       <x:c r="T108" s="16" t="s">
-        <x:v>179</x:v>
+        <x:v>181</x:v>
       </x:c>
       <x:c r="U108" s="16" t="s">
         <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="109" spans="1:21">
       <x:c r="A109" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B109" s="0" t="s">
         <x:v>210</x:v>
       </x:c>
       <x:c r="C109" s="3" t="s"/>
       <x:c r="D109" s="3" t="s"/>
       <x:c r="G109" s="0" t="s">
         <x:v>170</x:v>
       </x:c>
       <x:c r="I109" s="4" t="s">
         <x:v>171</x:v>
       </x:c>
       <x:c r="K109" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L109" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M109" s="0" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="N109" s="3" t="n">
         <x:v>43445</x:v>
       </x:c>
       <x:c r="O109" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="P109" s="0" t="s">
         <x:v>170</x:v>
       </x:c>
       <x:c r="Q109" s="4" t="s">
         <x:v>171</x:v>
       </x:c>
       <x:c r="R109" s="0" t="s">
-        <x:v>178</x:v>
+        <x:v>180</x:v>
       </x:c>
       <x:c r="S109" s="0" t="n">
         <x:v>551407</x:v>
       </x:c>
       <x:c r="T109" s="4" t="s">
-        <x:v>179</x:v>
+        <x:v>181</x:v>
       </x:c>
       <x:c r="U109" s="4" t="s">
         <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="110" spans="1:21">
       <x:c r="A110" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B110" s="14" t="s">
         <x:v>206</x:v>
       </x:c>
       <x:c r="C110" s="15" t="s"/>
       <x:c r="D110" s="15" t="s"/>
       <x:c r="E110" s="14" t="s"/>
       <x:c r="F110" s="14" t="s"/>
       <x:c r="G110" s="14" t="s">
         <x:v>170</x:v>
       </x:c>
       <x:c r="H110" s="14" t="s"/>
       <x:c r="I110" s="16" t="s">
         <x:v>171</x:v>
       </x:c>
       <x:c r="J110" s="14" t="s"/>
       <x:c r="K110" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L110" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M110" s="14" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="N110" s="15" t="n">
         <x:v>43445</x:v>
       </x:c>
       <x:c r="O110" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="P110" s="14" t="s">
         <x:v>170</x:v>
       </x:c>
       <x:c r="Q110" s="16" t="s">
         <x:v>171</x:v>
       </x:c>
       <x:c r="R110" s="14" t="s">
-        <x:v>178</x:v>
+        <x:v>180</x:v>
       </x:c>
       <x:c r="S110" s="14" t="n">
         <x:v>551410</x:v>
       </x:c>
       <x:c r="T110" s="16" t="s">
-        <x:v>179</x:v>
+        <x:v>181</x:v>
       </x:c>
       <x:c r="U110" s="16" t="s">
         <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="111" spans="1:21">
       <x:c r="A111" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B111" s="0" t="s">
-        <x:v>202</x:v>
+        <x:v>203</x:v>
       </x:c>
       <x:c r="C111" s="3" t="s"/>
       <x:c r="D111" s="3" t="s"/>
       <x:c r="G111" s="0" t="s">
         <x:v>170</x:v>
       </x:c>
       <x:c r="I111" s="4" t="s">
         <x:v>171</x:v>
       </x:c>
       <x:c r="K111" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L111" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M111" s="0" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="N111" s="3" t="n">
         <x:v>43445</x:v>
       </x:c>
       <x:c r="O111" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="P111" s="0" t="s">
         <x:v>170</x:v>
       </x:c>
       <x:c r="Q111" s="4" t="s">
         <x:v>171</x:v>
       </x:c>
       <x:c r="R111" s="0" t="s">
         <x:v>174</x:v>
       </x:c>
       <x:c r="S111" s="0" t="n">
         <x:v>551416</x:v>
       </x:c>
       <x:c r="T111" s="4" t="s">
-        <x:v>179</x:v>
+        <x:v>181</x:v>
       </x:c>
       <x:c r="U111" s="4" t="s">
         <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="112" spans="1:21">
       <x:c r="A112" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B112" s="14" t="s">
         <x:v>211</x:v>
       </x:c>
       <x:c r="C112" s="15" t="s"/>
       <x:c r="D112" s="15" t="s"/>
       <x:c r="E112" s="14" t="s"/>
       <x:c r="F112" s="14" t="s"/>
       <x:c r="G112" s="14" t="s">
         <x:v>170</x:v>
       </x:c>
       <x:c r="H112" s="14" t="s"/>
       <x:c r="I112" s="16" t="s">
         <x:v>171</x:v>
       </x:c>
       <x:c r="J112" s="14" t="s"/>
       <x:c r="K112" s="14" t="s">
@@ -9230,51 +9229,51 @@
       <x:c r="J113" s="0" t="s">
         <x:v>172</x:v>
       </x:c>
       <x:c r="K113" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L113" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M113" s="0" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="N113" s="3" t="n">
         <x:v>42032</x:v>
       </x:c>
       <x:c r="O113" s="0" t="s">
         <x:v>173</x:v>
       </x:c>
       <x:c r="P113" s="0" t="s">
         <x:v>170</x:v>
       </x:c>
       <x:c r="Q113" s="4" t="s">
         <x:v>171</x:v>
       </x:c>
       <x:c r="R113" s="0" t="s">
-        <x:v>178</x:v>
+        <x:v>180</x:v>
       </x:c>
       <x:c r="S113" s="0" t="n">
         <x:v>608296</x:v>
       </x:c>
       <x:c r="T113" s="4" t="s">
         <x:v>191</x:v>
       </x:c>
       <x:c r="U113" s="4" t="s">
         <x:v>213</x:v>
       </x:c>
     </x:row>
     <x:row r="114" spans="1:21">
       <x:c r="A114" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B114" s="14" t="s">
         <x:v>121</x:v>
       </x:c>
       <x:c r="C114" s="15" t="s"/>
       <x:c r="D114" s="15" t="s"/>
       <x:c r="E114" s="14" t="s"/>
       <x:c r="F114" s="14" t="s"/>
       <x:c r="G114" s="14" t="s">
         <x:v>170</x:v>
       </x:c>
@@ -9283,361 +9282,361 @@
         <x:v>171</x:v>
       </x:c>
       <x:c r="J114" s="14" t="s"/>
       <x:c r="K114" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L114" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M114" s="14" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="N114" s="15" t="n">
         <x:v>43445</x:v>
       </x:c>
       <x:c r="O114" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="P114" s="14" t="s">
         <x:v>170</x:v>
       </x:c>
       <x:c r="Q114" s="16" t="s">
         <x:v>171</x:v>
       </x:c>
       <x:c r="R114" s="14" t="s">
-        <x:v>178</x:v>
+        <x:v>180</x:v>
       </x:c>
       <x:c r="S114" s="14" t="n">
         <x:v>551191</x:v>
       </x:c>
       <x:c r="T114" s="16" t="s">
-        <x:v>179</x:v>
+        <x:v>181</x:v>
       </x:c>
       <x:c r="U114" s="16" t="s">
         <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="115" spans="1:21">
       <x:c r="A115" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B115" s="0" t="s">
         <x:v>184</x:v>
       </x:c>
       <x:c r="C115" s="3" t="s"/>
       <x:c r="D115" s="3" t="s"/>
       <x:c r="G115" s="0" t="s">
         <x:v>170</x:v>
       </x:c>
       <x:c r="I115" s="4" t="s">
         <x:v>171</x:v>
       </x:c>
       <x:c r="K115" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L115" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M115" s="0" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="N115" s="3" t="n">
         <x:v>43445</x:v>
       </x:c>
       <x:c r="O115" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="P115" s="0" t="s">
         <x:v>170</x:v>
       </x:c>
       <x:c r="Q115" s="4" t="s">
         <x:v>171</x:v>
       </x:c>
       <x:c r="R115" s="0" t="s">
         <x:v>174</x:v>
       </x:c>
       <x:c r="S115" s="0" t="n">
         <x:v>551206</x:v>
       </x:c>
       <x:c r="T115" s="4" t="s">
-        <x:v>179</x:v>
+        <x:v>181</x:v>
       </x:c>
       <x:c r="U115" s="4" t="s">
         <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="116" spans="1:21">
       <x:c r="A116" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B116" s="14" t="s">
         <x:v>193</x:v>
       </x:c>
       <x:c r="C116" s="15" t="s"/>
       <x:c r="D116" s="15" t="s"/>
       <x:c r="E116" s="14" t="s"/>
       <x:c r="F116" s="14" t="s"/>
       <x:c r="G116" s="14" t="s">
         <x:v>170</x:v>
       </x:c>
       <x:c r="H116" s="14" t="s"/>
       <x:c r="I116" s="16" t="s">
         <x:v>171</x:v>
       </x:c>
       <x:c r="J116" s="14" t="s"/>
       <x:c r="K116" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L116" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M116" s="14" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="N116" s="15" t="n">
         <x:v>43445</x:v>
       </x:c>
       <x:c r="O116" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="P116" s="14" t="s">
         <x:v>170</x:v>
       </x:c>
       <x:c r="Q116" s="16" t="s">
         <x:v>171</x:v>
       </x:c>
       <x:c r="R116" s="14" t="s">
-        <x:v>178</x:v>
+        <x:v>180</x:v>
       </x:c>
       <x:c r="S116" s="14" t="n">
         <x:v>551212</x:v>
       </x:c>
       <x:c r="T116" s="16" t="s">
-        <x:v>179</x:v>
+        <x:v>181</x:v>
       </x:c>
       <x:c r="U116" s="16" t="s">
         <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="117" spans="1:21">
       <x:c r="A117" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B117" s="0" t="s">
         <x:v>204</x:v>
       </x:c>
       <x:c r="C117" s="3" t="s"/>
       <x:c r="D117" s="3" t="s"/>
       <x:c r="G117" s="0" t="s">
         <x:v>170</x:v>
       </x:c>
       <x:c r="I117" s="4" t="s">
         <x:v>171</x:v>
       </x:c>
       <x:c r="K117" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L117" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M117" s="0" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="N117" s="3" t="n">
         <x:v>43445</x:v>
       </x:c>
       <x:c r="O117" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="P117" s="0" t="s">
         <x:v>170</x:v>
       </x:c>
       <x:c r="Q117" s="4" t="s">
         <x:v>171</x:v>
       </x:c>
       <x:c r="R117" s="0" t="s">
         <x:v>174</x:v>
       </x:c>
       <x:c r="S117" s="0" t="n">
         <x:v>551305</x:v>
       </x:c>
       <x:c r="T117" s="4" t="s">
-        <x:v>179</x:v>
+        <x:v>181</x:v>
       </x:c>
       <x:c r="U117" s="4" t="s">
         <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="118" spans="1:21">
       <x:c r="A118" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B118" s="14" t="s">
         <x:v>183</x:v>
       </x:c>
       <x:c r="C118" s="15" t="s"/>
       <x:c r="D118" s="15" t="s"/>
       <x:c r="E118" s="14" t="s"/>
       <x:c r="F118" s="14" t="s"/>
       <x:c r="G118" s="14" t="s">
         <x:v>170</x:v>
       </x:c>
       <x:c r="H118" s="14" t="s"/>
       <x:c r="I118" s="16" t="s">
         <x:v>171</x:v>
       </x:c>
       <x:c r="J118" s="14" t="s"/>
       <x:c r="K118" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L118" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M118" s="14" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="N118" s="15" t="n">
         <x:v>43445</x:v>
       </x:c>
       <x:c r="O118" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="P118" s="14" t="s">
         <x:v>170</x:v>
       </x:c>
       <x:c r="Q118" s="16" t="s">
         <x:v>171</x:v>
       </x:c>
       <x:c r="R118" s="14" t="s">
-        <x:v>178</x:v>
+        <x:v>180</x:v>
       </x:c>
       <x:c r="S118" s="14" t="n">
         <x:v>551369</x:v>
       </x:c>
       <x:c r="T118" s="16" t="s">
-        <x:v>179</x:v>
+        <x:v>181</x:v>
       </x:c>
       <x:c r="U118" s="16" t="s">
         <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="119" spans="1:21">
       <x:c r="A119" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B119" s="0" t="s">
         <x:v>205</x:v>
       </x:c>
       <x:c r="C119" s="3" t="s"/>
       <x:c r="D119" s="3" t="s"/>
       <x:c r="G119" s="0" t="s">
         <x:v>170</x:v>
       </x:c>
       <x:c r="I119" s="4" t="s">
         <x:v>171</x:v>
       </x:c>
       <x:c r="K119" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L119" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M119" s="0" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="N119" s="3" t="n">
         <x:v>43445</x:v>
       </x:c>
       <x:c r="O119" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="P119" s="0" t="s">
         <x:v>170</x:v>
       </x:c>
       <x:c r="Q119" s="4" t="s">
         <x:v>171</x:v>
       </x:c>
       <x:c r="R119" s="0" t="s">
-        <x:v>178</x:v>
+        <x:v>180</x:v>
       </x:c>
       <x:c r="S119" s="0" t="n">
         <x:v>551389</x:v>
       </x:c>
       <x:c r="T119" s="4" t="s">
-        <x:v>179</x:v>
+        <x:v>181</x:v>
       </x:c>
       <x:c r="U119" s="4" t="s">
         <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="120" spans="1:21">
       <x:c r="A120" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B120" s="14" t="s">
         <x:v>190</x:v>
       </x:c>
       <x:c r="C120" s="15" t="n">
         <x:v>39231</x:v>
       </x:c>
       <x:c r="D120" s="15" t="s"/>
       <x:c r="E120" s="14" t="s"/>
       <x:c r="F120" s="14" t="s"/>
       <x:c r="G120" s="14" t="s">
         <x:v>170</x:v>
       </x:c>
       <x:c r="H120" s="14" t="s"/>
       <x:c r="I120" s="16" t="s">
         <x:v>171</x:v>
       </x:c>
       <x:c r="J120" s="14" t="s">
         <x:v>172</x:v>
       </x:c>
       <x:c r="K120" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L120" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M120" s="14" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="N120" s="15" t="n">
         <x:v>42032</x:v>
       </x:c>
       <x:c r="O120" s="14" t="s">
         <x:v>173</x:v>
       </x:c>
       <x:c r="P120" s="14" t="s">
         <x:v>170</x:v>
       </x:c>
       <x:c r="Q120" s="16" t="s">
         <x:v>171</x:v>
       </x:c>
       <x:c r="R120" s="14" t="s">
-        <x:v>178</x:v>
+        <x:v>180</x:v>
       </x:c>
       <x:c r="S120" s="14" t="n">
         <x:v>546870</x:v>
       </x:c>
       <x:c r="T120" s="16" t="s">
         <x:v>175</x:v>
       </x:c>
       <x:c r="U120" s="16" t="s">
         <x:v>176</x:v>
       </x:c>
     </x:row>
     <x:row r="121" spans="1:21">
       <x:c r="A121" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B121" s="0" t="s">
         <x:v>208</x:v>
       </x:c>
       <x:c r="C121" s="3" t="n">
         <x:v>39231</x:v>
       </x:c>
       <x:c r="D121" s="3" t="s"/>
       <x:c r="G121" s="0" t="s">
         <x:v>170</x:v>
       </x:c>
@@ -9647,51 +9646,51 @@
       <x:c r="J121" s="0" t="s">
         <x:v>172</x:v>
       </x:c>
       <x:c r="K121" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L121" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M121" s="0" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="N121" s="3" t="n">
         <x:v>42032</x:v>
       </x:c>
       <x:c r="O121" s="0" t="s">
         <x:v>173</x:v>
       </x:c>
       <x:c r="P121" s="0" t="s">
         <x:v>170</x:v>
       </x:c>
       <x:c r="Q121" s="4" t="s">
         <x:v>171</x:v>
       </x:c>
       <x:c r="R121" s="0" t="s">
-        <x:v>178</x:v>
+        <x:v>180</x:v>
       </x:c>
       <x:c r="S121" s="0" t="n">
         <x:v>546881</x:v>
       </x:c>
       <x:c r="T121" s="4" t="s">
         <x:v>175</x:v>
       </x:c>
       <x:c r="U121" s="4" t="s">
         <x:v>176</x:v>
       </x:c>
     </x:row>
     <x:row r="122" spans="1:21">
       <x:c r="A122" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B122" s="14" t="s">
         <x:v>169</x:v>
       </x:c>
       <x:c r="C122" s="15" t="n">
         <x:v>39231</x:v>
       </x:c>
       <x:c r="D122" s="15" t="s"/>
       <x:c r="E122" s="14" t="s"/>
       <x:c r="F122" s="14" t="s"/>
       <x:c r="G122" s="14" t="s">
@@ -9704,51 +9703,51 @@
       <x:c r="J122" s="14" t="s">
         <x:v>172</x:v>
       </x:c>
       <x:c r="K122" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L122" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M122" s="14" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="N122" s="15" t="n">
         <x:v>42032</x:v>
       </x:c>
       <x:c r="O122" s="14" t="s">
         <x:v>173</x:v>
       </x:c>
       <x:c r="P122" s="14" t="s">
         <x:v>170</x:v>
       </x:c>
       <x:c r="Q122" s="16" t="s">
         <x:v>171</x:v>
       </x:c>
       <x:c r="R122" s="14" t="s">
-        <x:v>178</x:v>
+        <x:v>180</x:v>
       </x:c>
       <x:c r="S122" s="14" t="n">
         <x:v>546887</x:v>
       </x:c>
       <x:c r="T122" s="16" t="s">
         <x:v>175</x:v>
       </x:c>
       <x:c r="U122" s="16" t="s">
         <x:v>176</x:v>
       </x:c>
     </x:row>
     <x:row r="123" spans="1:21">
       <x:c r="A123" s="1" t="s">
         <x:v>195</x:v>
       </x:c>
       <x:c r="B123" s="0" t="s">
         <x:v>196</x:v>
       </x:c>
       <x:c r="C123" s="3" t="n">
         <x:v>39231</x:v>
       </x:c>
       <x:c r="D123" s="3" t="s"/>
       <x:c r="E123" s="0" t="s">
         <x:v>197</x:v>
       </x:c>
@@ -11046,51 +11045,51 @@
         <x:v>287</x:v>
       </x:c>
       <x:c r="J148" s="14" t="s"/>
       <x:c r="K148" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L148" s="14" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="M148" s="14" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="N148" s="15" t="n">
         <x:v>43438</x:v>
       </x:c>
       <x:c r="O148" s="14" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="P148" s="14" t="s">
         <x:v>286</x:v>
       </x:c>
       <x:c r="Q148" s="16" t="s">
         <x:v>287</x:v>
       </x:c>
       <x:c r="R148" s="14" t="s">
-        <x:v>178</x:v>
+        <x:v>180</x:v>
       </x:c>
       <x:c r="S148" s="14" t="n">
         <x:v>536395</x:v>
       </x:c>
       <x:c r="T148" s="16" t="s">
         <x:v>288</x:v>
       </x:c>
       <x:c r="U148" s="16" t="s">
         <x:v>289</x:v>
       </x:c>
     </x:row>
     <x:row r="149" spans="1:21">
       <x:c r="A149" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B149" s="0" t="s">
         <x:v>290</x:v>
       </x:c>
       <x:c r="C149" s="3" t="s"/>
       <x:c r="D149" s="3" t="s"/>
       <x:c r="G149" s="0" t="s">
         <x:v>291</x:v>
       </x:c>
       <x:c r="I149" s="4" t="s">
         <x:v>223</x:v>
@@ -11214,192 +11213,192 @@
       </x:c>
       <x:c r="P151" s="0" t="s">
         <x:v>291</x:v>
       </x:c>
       <x:c r="Q151" s="4" t="s">
         <x:v>223</x:v>
       </x:c>
       <x:c r="R151" s="0" t="s">
         <x:v>225</x:v>
       </x:c>
       <x:c r="S151" s="0" t="n">
         <x:v>578935</x:v>
       </x:c>
       <x:c r="T151" s="4" t="s">
         <x:v>298</x:v>
       </x:c>
       <x:c r="U151" s="4" t="s">
         <x:v>299</x:v>
       </x:c>
     </x:row>
     <x:row r="152" spans="1:21">
       <x:c r="A152" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B152" s="14" t="s">
-        <x:v>290</x:v>
+        <x:v>300</x:v>
       </x:c>
       <x:c r="C152" s="15" t="s"/>
       <x:c r="D152" s="15" t="s"/>
       <x:c r="E152" s="14" t="s"/>
       <x:c r="F152" s="14" t="s"/>
       <x:c r="G152" s="14" t="s">
         <x:v>291</x:v>
       </x:c>
       <x:c r="H152" s="14" t="s"/>
       <x:c r="I152" s="16" t="s">
         <x:v>223</x:v>
       </x:c>
       <x:c r="J152" s="14" t="s"/>
       <x:c r="K152" s="14" t="s">
-        <x:v>292</x:v>
+        <x:v>301</x:v>
       </x:c>
       <x:c r="L152" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M152" s="14" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="N152" s="15" t="n">
-        <x:v>43445</x:v>
+        <x:v>15097</x:v>
       </x:c>
       <x:c r="O152" s="14" t="s">
-        <x:v>36</x:v>
+        <x:v>302</x:v>
       </x:c>
       <x:c r="P152" s="14" t="s">
         <x:v>291</x:v>
       </x:c>
       <x:c r="Q152" s="16" t="s">
         <x:v>223</x:v>
       </x:c>
       <x:c r="R152" s="14" t="s">
         <x:v>225</x:v>
       </x:c>
       <x:c r="S152" s="14" t="n">
-        <x:v>546594</x:v>
+        <x:v>614466</x:v>
       </x:c>
       <x:c r="T152" s="16" t="s">
-        <x:v>293</x:v>
+        <x:v>303</x:v>
       </x:c>
       <x:c r="U152" s="16" t="s">
-        <x:v>31</x:v>
+        <x:v>304</x:v>
       </x:c>
     </x:row>
     <x:row r="153" spans="1:21">
       <x:c r="A153" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B153" s="0" t="s">
         <x:v>290</x:v>
       </x:c>
       <x:c r="C153" s="3" t="s"/>
       <x:c r="D153" s="3" t="s"/>
       <x:c r="G153" s="0" t="s">
         <x:v>291</x:v>
       </x:c>
       <x:c r="I153" s="4" t="s">
         <x:v>223</x:v>
       </x:c>
       <x:c r="K153" s="0" t="s">
         <x:v>292</x:v>
       </x:c>
       <x:c r="L153" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M153" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="N153" s="3" t="n">
         <x:v>43445</x:v>
       </x:c>
       <x:c r="O153" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="P153" s="0" t="s">
         <x:v>291</x:v>
       </x:c>
       <x:c r="Q153" s="4" t="s">
         <x:v>223</x:v>
       </x:c>
       <x:c r="R153" s="0" t="s">
         <x:v>225</x:v>
       </x:c>
       <x:c r="S153" s="0" t="n">
-        <x:v>578936</x:v>
+        <x:v>546594</x:v>
       </x:c>
       <x:c r="T153" s="4" t="s">
-        <x:v>300</x:v>
+        <x:v>293</x:v>
       </x:c>
       <x:c r="U153" s="4" t="s">
-        <x:v>301</x:v>
+        <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="154" spans="1:21">
       <x:c r="A154" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B154" s="14" t="s">
-        <x:v>302</x:v>
+        <x:v>290</x:v>
       </x:c>
       <x:c r="C154" s="15" t="s"/>
       <x:c r="D154" s="15" t="s"/>
       <x:c r="E154" s="14" t="s"/>
       <x:c r="F154" s="14" t="s"/>
       <x:c r="G154" s="14" t="s">
         <x:v>291</x:v>
       </x:c>
       <x:c r="H154" s="14" t="s"/>
       <x:c r="I154" s="16" t="s">
         <x:v>223</x:v>
       </x:c>
       <x:c r="J154" s="14" t="s"/>
       <x:c r="K154" s="14" t="s">
-        <x:v>303</x:v>
+        <x:v>292</x:v>
       </x:c>
       <x:c r="L154" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M154" s="14" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="N154" s="15" t="n">
-        <x:v>15097</x:v>
+        <x:v>43445</x:v>
       </x:c>
       <x:c r="O154" s="14" t="s">
-        <x:v>304</x:v>
+        <x:v>36</x:v>
       </x:c>
       <x:c r="P154" s="14" t="s">
         <x:v>291</x:v>
       </x:c>
       <x:c r="Q154" s="16" t="s">
         <x:v>223</x:v>
       </x:c>
       <x:c r="R154" s="14" t="s">
         <x:v>225</x:v>
       </x:c>
       <x:c r="S154" s="14" t="n">
-        <x:v>614466</x:v>
+        <x:v>578936</x:v>
       </x:c>
       <x:c r="T154" s="16" t="s">
         <x:v>305</x:v>
       </x:c>
       <x:c r="U154" s="16" t="s">
         <x:v>306</x:v>
       </x:c>
     </x:row>
     <x:row r="155" spans="1:21">
       <x:c r="A155" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B155" s="0" t="s">
         <x:v>307</x:v>
       </x:c>
       <x:c r="C155" s="3" t="s"/>
       <x:c r="D155" s="3" t="s"/>
       <x:c r="G155" s="0" t="s">
         <x:v>308</x:v>
       </x:c>
       <x:c r="H155" s="0" t="s">
         <x:v>308</x:v>
       </x:c>
       <x:c r="I155" s="4" t="s">
         <x:v>309</x:v>
@@ -11774,51 +11773,51 @@
       <x:c r="L162" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M162" s="14" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="N162" s="15" t="n">
         <x:v>14426</x:v>
       </x:c>
       <x:c r="O162" s="14" t="s">
         <x:v>164</x:v>
       </x:c>
       <x:c r="P162" s="14" t="s">
         <x:v>321</x:v>
       </x:c>
       <x:c r="Q162" s="16" t="s">
         <x:v>110</x:v>
       </x:c>
       <x:c r="R162" s="14" t="s">
         <x:v>112</x:v>
       </x:c>
       <x:c r="S162" s="14" t="n">
         <x:v>535904</x:v>
       </x:c>
       <x:c r="T162" s="16" t="s">
-        <x:v>179</x:v>
+        <x:v>181</x:v>
       </x:c>
       <x:c r="U162" s="16" t="s">
         <x:v>264</x:v>
       </x:c>
     </x:row>
     <x:row r="163" spans="1:21">
       <x:c r="A163" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B163" s="0" t="s">
         <x:v>332</x:v>
       </x:c>
       <x:c r="C163" s="3" t="s"/>
       <x:c r="D163" s="3" t="s"/>
       <x:c r="G163" s="0" t="s">
         <x:v>321</x:v>
       </x:c>
       <x:c r="I163" s="4" t="s">
         <x:v>110</x:v>
       </x:c>
       <x:c r="K163" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L163" s="0" t="s">
         <x:v>26</x:v>
@@ -11887,145 +11886,145 @@
       </x:c>
       <x:c r="P164" s="14" t="s">
         <x:v>321</x:v>
       </x:c>
       <x:c r="Q164" s="16" t="s">
         <x:v>110</x:v>
       </x:c>
       <x:c r="R164" s="14" t="s">
         <x:v>112</x:v>
       </x:c>
       <x:c r="S164" s="14" t="n">
         <x:v>598666</x:v>
       </x:c>
       <x:c r="T164" s="16" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="U164" s="16" t="s">
         <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="165" spans="1:21">
       <x:c r="A165" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B165" s="0" t="s">
-        <x:v>331</x:v>
+        <x:v>334</x:v>
       </x:c>
       <x:c r="C165" s="3" t="s"/>
       <x:c r="D165" s="3" t="s"/>
       <x:c r="G165" s="0" t="s">
         <x:v>321</x:v>
       </x:c>
       <x:c r="I165" s="4" t="s">
         <x:v>110</x:v>
       </x:c>
       <x:c r="K165" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L165" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M165" s="0" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="N165" s="3" t="n">
         <x:v>14426</x:v>
       </x:c>
       <x:c r="O165" s="0" t="s">
         <x:v>164</x:v>
       </x:c>
       <x:c r="P165" s="0" t="s">
         <x:v>321</x:v>
       </x:c>
       <x:c r="Q165" s="4" t="s">
         <x:v>110</x:v>
       </x:c>
       <x:c r="R165" s="0" t="s">
         <x:v>112</x:v>
       </x:c>
       <x:c r="S165" s="0" t="n">
-        <x:v>495568</x:v>
+        <x:v>495575</x:v>
       </x:c>
       <x:c r="T165" s="4" t="s">
-        <x:v>334</x:v>
+        <x:v>335</x:v>
       </x:c>
       <x:c r="U165" s="4" t="s">
-        <x:v>31</x:v>
+        <x:v>264</x:v>
       </x:c>
     </x:row>
     <x:row r="166" spans="1:21">
       <x:c r="A166" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B166" s="14" t="s">
-        <x:v>335</x:v>
+        <x:v>331</x:v>
       </x:c>
       <x:c r="C166" s="15" t="s"/>
       <x:c r="D166" s="15" t="s"/>
       <x:c r="E166" s="14" t="s"/>
       <x:c r="F166" s="14" t="s"/>
       <x:c r="G166" s="14" t="s">
         <x:v>321</x:v>
       </x:c>
       <x:c r="H166" s="14" t="s"/>
       <x:c r="I166" s="16" t="s">
         <x:v>110</x:v>
       </x:c>
       <x:c r="J166" s="14" t="s"/>
       <x:c r="K166" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L166" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M166" s="14" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="N166" s="15" t="n">
         <x:v>14426</x:v>
       </x:c>
       <x:c r="O166" s="14" t="s">
         <x:v>164</x:v>
       </x:c>
       <x:c r="P166" s="14" t="s">
         <x:v>321</x:v>
       </x:c>
       <x:c r="Q166" s="16" t="s">
         <x:v>110</x:v>
       </x:c>
       <x:c r="R166" s="14" t="s">
         <x:v>112</x:v>
       </x:c>
       <x:c r="S166" s="14" t="n">
-        <x:v>495575</x:v>
+        <x:v>495568</x:v>
       </x:c>
       <x:c r="T166" s="16" t="s">
-        <x:v>334</x:v>
+        <x:v>335</x:v>
       </x:c>
       <x:c r="U166" s="16" t="s">
-        <x:v>264</x:v>
+        <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="167" spans="1:21">
       <x:c r="A167" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B167" s="0" t="s">
         <x:v>336</x:v>
       </x:c>
       <x:c r="C167" s="3" t="s"/>
       <x:c r="D167" s="3" t="s"/>
       <x:c r="G167" s="0" t="s">
         <x:v>337</x:v>
       </x:c>
       <x:c r="I167" s="4" t="s">
         <x:v>338</x:v>
       </x:c>
       <x:c r="K167" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L167" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="M167" s="0" t="s">
         <x:v>35</x:v>
@@ -12176,100 +12175,100 @@
         <x:v>287</x:v>
       </x:c>
       <x:c r="J170" s="14" t="s"/>
       <x:c r="K170" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L170" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M170" s="14" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="N170" s="15" t="n">
         <x:v>14426</x:v>
       </x:c>
       <x:c r="O170" s="14" t="s">
         <x:v>164</x:v>
       </x:c>
       <x:c r="P170" s="14" t="s">
         <x:v>347</x:v>
       </x:c>
       <x:c r="Q170" s="16" t="s">
         <x:v>287</x:v>
       </x:c>
       <x:c r="R170" s="14" t="s">
-        <x:v>178</x:v>
+        <x:v>180</x:v>
       </x:c>
       <x:c r="S170" s="14" t="n">
         <x:v>611919</x:v>
       </x:c>
       <x:c r="T170" s="16" t="s">
         <x:v>348</x:v>
       </x:c>
       <x:c r="U170" s="16" t="s">
         <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="171" spans="1:21">
       <x:c r="A171" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B171" s="0" t="s">
         <x:v>349</x:v>
       </x:c>
       <x:c r="C171" s="3" t="s"/>
       <x:c r="D171" s="3" t="s"/>
       <x:c r="G171" s="0" t="s">
         <x:v>347</x:v>
       </x:c>
       <x:c r="I171" s="4" t="s">
         <x:v>287</x:v>
       </x:c>
       <x:c r="K171" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L171" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M171" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="N171" s="3" t="n">
         <x:v>14426</x:v>
       </x:c>
       <x:c r="O171" s="0" t="s">
         <x:v>164</x:v>
       </x:c>
       <x:c r="P171" s="0" t="s">
         <x:v>347</x:v>
       </x:c>
       <x:c r="Q171" s="4" t="s">
         <x:v>287</x:v>
       </x:c>
       <x:c r="R171" s="0" t="s">
-        <x:v>178</x:v>
+        <x:v>180</x:v>
       </x:c>
       <x:c r="S171" s="0" t="n">
         <x:v>611917</x:v>
       </x:c>
       <x:c r="T171" s="4" t="s">
         <x:v>348</x:v>
       </x:c>
       <x:c r="U171" s="4" t="s">
         <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="172" spans="1:21">
       <x:c r="A172" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B172" s="14" t="s">
         <x:v>349</x:v>
       </x:c>
       <x:c r="C172" s="15" t="s"/>
       <x:c r="D172" s="15" t="s"/>
       <x:c r="E172" s="14" t="s"/>
       <x:c r="F172" s="14" t="s"/>
       <x:c r="G172" s="14" t="s">
         <x:v>347</x:v>
       </x:c>
@@ -12278,100 +12277,100 @@
         <x:v>287</x:v>
       </x:c>
       <x:c r="J172" s="14" t="s"/>
       <x:c r="K172" s="14" t="s">
         <x:v>350</x:v>
       </x:c>
       <x:c r="L172" s="14" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="M172" s="14" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="N172" s="15" t="n">
         <x:v>14426</x:v>
       </x:c>
       <x:c r="O172" s="14" t="s">
         <x:v>164</x:v>
       </x:c>
       <x:c r="P172" s="14" t="s">
         <x:v>347</x:v>
       </x:c>
       <x:c r="Q172" s="16" t="s">
         <x:v>287</x:v>
       </x:c>
       <x:c r="R172" s="14" t="s">
-        <x:v>178</x:v>
+        <x:v>180</x:v>
       </x:c>
       <x:c r="S172" s="14" t="n">
         <x:v>579510</x:v>
       </x:c>
       <x:c r="T172" s="16" t="s">
         <x:v>351</x:v>
       </x:c>
       <x:c r="U172" s="16" t="s">
         <x:v>352</x:v>
       </x:c>
     </x:row>
     <x:row r="173" spans="1:21">
       <x:c r="A173" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B173" s="0" t="s">
         <x:v>349</x:v>
       </x:c>
       <x:c r="C173" s="3" t="s"/>
       <x:c r="D173" s="3" t="s"/>
       <x:c r="G173" s="0" t="s">
         <x:v>347</x:v>
       </x:c>
       <x:c r="I173" s="4" t="s">
         <x:v>287</x:v>
       </x:c>
       <x:c r="K173" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L173" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="M173" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="N173" s="3" t="n">
         <x:v>14426</x:v>
       </x:c>
       <x:c r="O173" s="0" t="s">
         <x:v>164</x:v>
       </x:c>
       <x:c r="P173" s="0" t="s">
         <x:v>347</x:v>
       </x:c>
       <x:c r="Q173" s="4" t="s">
         <x:v>287</x:v>
       </x:c>
       <x:c r="R173" s="0" t="s">
-        <x:v>178</x:v>
+        <x:v>180</x:v>
       </x:c>
       <x:c r="S173" s="0" t="n">
         <x:v>612767</x:v>
       </x:c>
       <x:c r="T173" s="4" t="s">
         <x:v>353</x:v>
       </x:c>
       <x:c r="U173" s="4" t="s">
         <x:v>354</x:v>
       </x:c>
     </x:row>
     <x:row r="174" spans="1:21">
       <x:c r="A174" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B174" s="14" t="s">
         <x:v>355</x:v>
       </x:c>
       <x:c r="C174" s="15" t="s"/>
       <x:c r="D174" s="15" t="s"/>
       <x:c r="E174" s="14" t="s"/>
       <x:c r="F174" s="14" t="s"/>
       <x:c r="G174" s="14" t="s">
         <x:v>347</x:v>
       </x:c>
@@ -12380,100 +12379,100 @@
         <x:v>287</x:v>
       </x:c>
       <x:c r="J174" s="14" t="s"/>
       <x:c r="K174" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L174" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M174" s="14" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="N174" s="15" t="n">
         <x:v>43444</x:v>
       </x:c>
       <x:c r="O174" s="14" t="s">
         <x:v>355</x:v>
       </x:c>
       <x:c r="P174" s="14" t="s">
         <x:v>347</x:v>
       </x:c>
       <x:c r="Q174" s="16" t="s">
         <x:v>287</x:v>
       </x:c>
       <x:c r="R174" s="14" t="s">
-        <x:v>178</x:v>
+        <x:v>180</x:v>
       </x:c>
       <x:c r="S174" s="14" t="n">
         <x:v>611923</x:v>
       </x:c>
       <x:c r="T174" s="16" t="s">
         <x:v>348</x:v>
       </x:c>
       <x:c r="U174" s="16" t="s">
         <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="175" spans="1:21">
       <x:c r="A175" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B175" s="0" t="s">
         <x:v>346</x:v>
       </x:c>
       <x:c r="C175" s="3" t="s"/>
       <x:c r="D175" s="3" t="s"/>
       <x:c r="G175" s="0" t="s">
         <x:v>347</x:v>
       </x:c>
       <x:c r="I175" s="4" t="s">
         <x:v>287</x:v>
       </x:c>
       <x:c r="K175" s="0" t="s">
         <x:v>356</x:v>
       </x:c>
       <x:c r="L175" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="M175" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="N175" s="3" t="n">
         <x:v>14426</x:v>
       </x:c>
       <x:c r="O175" s="0" t="s">
         <x:v>164</x:v>
       </x:c>
       <x:c r="P175" s="0" t="s">
         <x:v>347</x:v>
       </x:c>
       <x:c r="Q175" s="4" t="s">
         <x:v>287</x:v>
       </x:c>
       <x:c r="R175" s="0" t="s">
-        <x:v>178</x:v>
+        <x:v>180</x:v>
       </x:c>
       <x:c r="S175" s="0" t="n">
         <x:v>574331</x:v>
       </x:c>
       <x:c r="T175" s="4" t="s">
         <x:v>351</x:v>
       </x:c>
       <x:c r="U175" s="4" t="s">
         <x:v>357</x:v>
       </x:c>
     </x:row>
     <x:row r="176" spans="1:21">
       <x:c r="A176" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B176" s="14" t="s">
         <x:v>349</x:v>
       </x:c>
       <x:c r="C176" s="15" t="s"/>
       <x:c r="D176" s="15" t="s"/>
       <x:c r="E176" s="14" t="s"/>
       <x:c r="F176" s="14" t="s"/>
       <x:c r="G176" s="14" t="s">
         <x:v>347</x:v>
       </x:c>
@@ -12482,304 +12481,304 @@
         <x:v>287</x:v>
       </x:c>
       <x:c r="J176" s="14" t="s"/>
       <x:c r="K176" s="14" t="s">
         <x:v>350</x:v>
       </x:c>
       <x:c r="L176" s="14" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="M176" s="14" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="N176" s="15" t="n">
         <x:v>14426</x:v>
       </x:c>
       <x:c r="O176" s="14" t="s">
         <x:v>164</x:v>
       </x:c>
       <x:c r="P176" s="14" t="s">
         <x:v>347</x:v>
       </x:c>
       <x:c r="Q176" s="16" t="s">
         <x:v>287</x:v>
       </x:c>
       <x:c r="R176" s="14" t="s">
-        <x:v>178</x:v>
+        <x:v>180</x:v>
       </x:c>
       <x:c r="S176" s="14" t="n">
         <x:v>575803</x:v>
       </x:c>
       <x:c r="T176" s="16" t="s">
         <x:v>351</x:v>
       </x:c>
       <x:c r="U176" s="16" t="s">
         <x:v>91</x:v>
       </x:c>
     </x:row>
     <x:row r="177" spans="1:21">
       <x:c r="A177" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B177" s="0" t="s">
-        <x:v>126</x:v>
+        <x:v>358</x:v>
       </x:c>
       <x:c r="C177" s="3" t="s"/>
       <x:c r="D177" s="3" t="s"/>
       <x:c r="G177" s="0" t="s">
         <x:v>347</x:v>
       </x:c>
       <x:c r="I177" s="4" t="s">
         <x:v>287</x:v>
       </x:c>
       <x:c r="K177" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L177" s="0" t="s">
-        <x:v>68</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="M177" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="N177" s="3" t="n">
-        <x:v>14405</x:v>
+        <x:v>43444</x:v>
       </x:c>
       <x:c r="O177" s="0" t="s">
-        <x:v>129</x:v>
+        <x:v>355</x:v>
       </x:c>
       <x:c r="P177" s="0" t="s">
         <x:v>347</x:v>
       </x:c>
       <x:c r="Q177" s="4" t="s">
         <x:v>287</x:v>
       </x:c>
       <x:c r="R177" s="0" t="s">
-        <x:v>178</x:v>
+        <x:v>180</x:v>
       </x:c>
       <x:c r="S177" s="0" t="n">
-        <x:v>612763</x:v>
+        <x:v>611928</x:v>
       </x:c>
       <x:c r="T177" s="4" t="s">
-        <x:v>358</x:v>
+        <x:v>348</x:v>
       </x:c>
       <x:c r="U177" s="4" t="s">
-        <x:v>359</x:v>
+        <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="178" spans="1:21">
       <x:c r="A178" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B178" s="14" t="s">
-        <x:v>360</x:v>
+        <x:v>126</x:v>
       </x:c>
       <x:c r="C178" s="15" t="s"/>
       <x:c r="D178" s="15" t="s"/>
       <x:c r="E178" s="14" t="s"/>
       <x:c r="F178" s="14" t="s"/>
       <x:c r="G178" s="14" t="s">
         <x:v>347</x:v>
       </x:c>
       <x:c r="H178" s="14" t="s"/>
       <x:c r="I178" s="16" t="s">
         <x:v>287</x:v>
       </x:c>
       <x:c r="J178" s="14" t="s"/>
       <x:c r="K178" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L178" s="14" t="s">
-        <x:v>26</x:v>
+        <x:v>68</x:v>
       </x:c>
       <x:c r="M178" s="14" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="N178" s="15" t="n">
-        <x:v>43444</x:v>
+        <x:v>14405</x:v>
       </x:c>
       <x:c r="O178" s="14" t="s">
-        <x:v>355</x:v>
+        <x:v>129</x:v>
       </x:c>
       <x:c r="P178" s="14" t="s">
         <x:v>347</x:v>
       </x:c>
       <x:c r="Q178" s="16" t="s">
         <x:v>287</x:v>
       </x:c>
       <x:c r="R178" s="14" t="s">
-        <x:v>178</x:v>
+        <x:v>180</x:v>
       </x:c>
       <x:c r="S178" s="14" t="n">
-        <x:v>611928</x:v>
+        <x:v>612763</x:v>
       </x:c>
       <x:c r="T178" s="16" t="s">
-        <x:v>348</x:v>
+        <x:v>359</x:v>
       </x:c>
       <x:c r="U178" s="16" t="s">
-        <x:v>31</x:v>
+        <x:v>360</x:v>
       </x:c>
     </x:row>
     <x:row r="179" spans="1:21">
       <x:c r="A179" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B179" s="0" t="s">
         <x:v>349</x:v>
       </x:c>
       <x:c r="C179" s="3" t="s"/>
       <x:c r="D179" s="3" t="s"/>
       <x:c r="G179" s="0" t="s">
         <x:v>347</x:v>
       </x:c>
       <x:c r="I179" s="4" t="s">
         <x:v>287</x:v>
       </x:c>
       <x:c r="K179" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L179" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="M179" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="N179" s="3" t="n">
         <x:v>14426</x:v>
       </x:c>
       <x:c r="O179" s="0" t="s">
         <x:v>164</x:v>
       </x:c>
       <x:c r="P179" s="0" t="s">
         <x:v>347</x:v>
       </x:c>
       <x:c r="Q179" s="4" t="s">
         <x:v>287</x:v>
       </x:c>
       <x:c r="R179" s="0" t="s">
-        <x:v>178</x:v>
+        <x:v>180</x:v>
       </x:c>
       <x:c r="S179" s="0" t="n">
         <x:v>612768</x:v>
       </x:c>
       <x:c r="T179" s="4" t="s">
         <x:v>361</x:v>
       </x:c>
       <x:c r="U179" s="4" t="s">
         <x:v>354</x:v>
       </x:c>
     </x:row>
     <x:row r="180" spans="1:21">
       <x:c r="A180" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B180" s="14" t="s">
-        <x:v>360</x:v>
+        <x:v>358</x:v>
       </x:c>
       <x:c r="C180" s="15" t="s"/>
       <x:c r="D180" s="15" t="s"/>
       <x:c r="E180" s="14" t="s"/>
       <x:c r="F180" s="14" t="s"/>
       <x:c r="G180" s="14" t="s">
         <x:v>347</x:v>
       </x:c>
       <x:c r="H180" s="14" t="s"/>
       <x:c r="I180" s="16" t="s">
         <x:v>287</x:v>
       </x:c>
       <x:c r="J180" s="14" t="s"/>
       <x:c r="K180" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L180" s="14" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="M180" s="14" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="N180" s="15" t="n">
         <x:v>43444</x:v>
       </x:c>
       <x:c r="O180" s="14" t="s">
         <x:v>355</x:v>
       </x:c>
       <x:c r="P180" s="14" t="s">
         <x:v>347</x:v>
       </x:c>
       <x:c r="Q180" s="16" t="s">
         <x:v>287</x:v>
       </x:c>
       <x:c r="R180" s="14" t="s">
-        <x:v>178</x:v>
+        <x:v>180</x:v>
       </x:c>
       <x:c r="S180" s="14" t="n">
         <x:v>575827</x:v>
       </x:c>
       <x:c r="T180" s="16" t="s">
         <x:v>362</x:v>
       </x:c>
       <x:c r="U180" s="16" t="s">
         <x:v>363</x:v>
       </x:c>
     </x:row>
     <x:row r="181" spans="1:21">
       <x:c r="A181" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B181" s="0" t="s">
         <x:v>364</x:v>
       </x:c>
       <x:c r="C181" s="3" t="s"/>
       <x:c r="D181" s="3" t="s"/>
       <x:c r="G181" s="0" t="s">
         <x:v>347</x:v>
       </x:c>
       <x:c r="I181" s="4" t="s">
         <x:v>287</x:v>
       </x:c>
       <x:c r="K181" s="0" t="s">
         <x:v>365</x:v>
       </x:c>
       <x:c r="L181" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M181" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="N181" s="3" t="n">
         <x:v>43444</x:v>
       </x:c>
       <x:c r="O181" s="0" t="s">
         <x:v>355</x:v>
       </x:c>
       <x:c r="P181" s="0" t="s">
         <x:v>347</x:v>
       </x:c>
       <x:c r="Q181" s="4" t="s">
         <x:v>287</x:v>
       </x:c>
       <x:c r="R181" s="0" t="s">
-        <x:v>178</x:v>
+        <x:v>180</x:v>
       </x:c>
       <x:c r="S181" s="0" t="n">
         <x:v>575830</x:v>
       </x:c>
       <x:c r="T181" s="4" t="s">
         <x:v>366</x:v>
       </x:c>
       <x:c r="U181" s="4" t="s">
         <x:v>367</x:v>
       </x:c>
     </x:row>
     <x:row r="182" spans="1:21">
       <x:c r="A182" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B182" s="14" t="s">
         <x:v>355</x:v>
       </x:c>
       <x:c r="C182" s="15" t="s"/>
       <x:c r="D182" s="15" t="s"/>
       <x:c r="E182" s="14" t="s"/>
       <x:c r="F182" s="14" t="s"/>
       <x:c r="G182" s="14" t="s">
         <x:v>347</x:v>
       </x:c>
@@ -12788,51 +12787,51 @@
         <x:v>287</x:v>
       </x:c>
       <x:c r="J182" s="14" t="s"/>
       <x:c r="K182" s="14" t="s">
         <x:v>368</x:v>
       </x:c>
       <x:c r="L182" s="14" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="M182" s="14" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="N182" s="15" t="n">
         <x:v>43444</x:v>
       </x:c>
       <x:c r="O182" s="14" t="s">
         <x:v>355</x:v>
       </x:c>
       <x:c r="P182" s="14" t="s">
         <x:v>347</x:v>
       </x:c>
       <x:c r="Q182" s="16" t="s">
         <x:v>287</x:v>
       </x:c>
       <x:c r="R182" s="14" t="s">
-        <x:v>178</x:v>
+        <x:v>180</x:v>
       </x:c>
       <x:c r="S182" s="14" t="n">
         <x:v>574335</x:v>
       </x:c>
       <x:c r="T182" s="16" t="s">
         <x:v>247</x:v>
       </x:c>
       <x:c r="U182" s="16" t="s">
         <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="183" spans="1:21">
       <x:c r="A183" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B183" s="0" t="s">
         <x:v>369</x:v>
       </x:c>
       <x:c r="C183" s="3" t="s"/>
       <x:c r="D183" s="3" t="s"/>
       <x:c r="G183" s="0" t="s">
         <x:v>370</x:v>
       </x:c>
       <x:c r="I183" s="4" t="s">
         <x:v>371</x:v>
@@ -13718,51 +13717,51 @@
       <x:c r="M200" s="14" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="N200" s="15" t="n">
         <x:v>43445</x:v>
       </x:c>
       <x:c r="O200" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="P200" s="14" t="s">
         <x:v>426</x:v>
       </x:c>
       <x:c r="Q200" s="16" t="s">
         <x:v>427</x:v>
       </x:c>
       <x:c r="R200" s="14" t="s">
         <x:v>428</x:v>
       </x:c>
       <x:c r="S200" s="14" t="n">
         <x:v>574176</x:v>
       </x:c>
       <x:c r="T200" s="16" t="s">
         <x:v>429</x:v>
       </x:c>
       <x:c r="U200" s="16" t="s">
-        <x:v>75</x:v>
+        <x:v>74</x:v>
       </x:c>
     </x:row>
     <x:row r="201" spans="1:21">
       <x:c r="A201" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B201" s="0" t="s">
         <x:v>430</x:v>
       </x:c>
       <x:c r="C201" s="3" t="s"/>
       <x:c r="D201" s="3" t="s"/>
       <x:c r="G201" s="0" t="s">
         <x:v>426</x:v>
       </x:c>
       <x:c r="I201" s="4" t="s">
         <x:v>427</x:v>
       </x:c>
       <x:c r="K201" s="0" t="s">
         <x:v>111</x:v>
       </x:c>
       <x:c r="L201" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M201" s="0" t="s">
         <x:v>69</x:v>
@@ -13919,100 +13918,100 @@
       <x:c r="L204" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M204" s="14" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="N204" s="15" t="n">
         <x:v>43425</x:v>
       </x:c>
       <x:c r="O204" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P204" s="14" t="s">
         <x:v>436</x:v>
       </x:c>
       <x:c r="Q204" s="16" t="s">
         <x:v>437</x:v>
       </x:c>
       <x:c r="R204" s="14" t="s">
         <x:v>439</x:v>
       </x:c>
       <x:c r="S204" s="14" t="n">
         <x:v>508016</x:v>
       </x:c>
       <x:c r="T204" s="16" t="s">
-        <x:v>334</x:v>
+        <x:v>335</x:v>
       </x:c>
       <x:c r="U204" s="16" t="s">
         <x:v>441</x:v>
       </x:c>
     </x:row>
     <x:row r="205" spans="1:21">
       <x:c r="A205" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B205" s="0" t="s">
         <x:v>435</x:v>
       </x:c>
       <x:c r="C205" s="3" t="s"/>
       <x:c r="D205" s="3" t="s"/>
       <x:c r="G205" s="0" t="s">
         <x:v>436</x:v>
       </x:c>
       <x:c r="I205" s="4" t="s">
         <x:v>437</x:v>
       </x:c>
       <x:c r="K205" s="0" t="s">
         <x:v>442</x:v>
       </x:c>
       <x:c r="L205" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M205" s="0" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="N205" s="3" t="n">
         <x:v>43425</x:v>
       </x:c>
       <x:c r="O205" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P205" s="0" t="s">
         <x:v>436</x:v>
       </x:c>
       <x:c r="Q205" s="4" t="s">
         <x:v>437</x:v>
       </x:c>
       <x:c r="R205" s="0" t="s">
         <x:v>439</x:v>
       </x:c>
       <x:c r="S205" s="0" t="n">
         <x:v>507977</x:v>
       </x:c>
       <x:c r="T205" s="4" t="s">
-        <x:v>334</x:v>
+        <x:v>335</x:v>
       </x:c>
       <x:c r="U205" s="4" t="s">
         <x:v>441</x:v>
       </x:c>
     </x:row>
     <x:row r="206" spans="1:21">
       <x:c r="A206" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B206" s="14" t="s">
         <x:v>231</x:v>
       </x:c>
       <x:c r="C206" s="15" t="s"/>
       <x:c r="D206" s="15" t="s"/>
       <x:c r="E206" s="14" t="s"/>
       <x:c r="F206" s="14" t="s"/>
       <x:c r="G206" s="14" t="s">
         <x:v>443</x:v>
       </x:c>
       <x:c r="H206" s="14" t="s">
         <x:v>444</x:v>
       </x:c>
       <x:c r="I206" s="16" t="s">
         <x:v>445</x:v>
       </x:c>
@@ -15898,164 +15897,164 @@
       </x:c>
       <x:c r="P242" s="14" t="s">
         <x:v>531</x:v>
       </x:c>
       <x:c r="Q242" s="16" t="s">
         <x:v>233</x:v>
       </x:c>
       <x:c r="R242" s="14" t="s">
         <x:v>417</x:v>
       </x:c>
       <x:c r="S242" s="14" t="n">
         <x:v>574191</x:v>
       </x:c>
       <x:c r="T242" s="16" t="s">
         <x:v>537</x:v>
       </x:c>
       <x:c r="U242" s="16" t="s">
         <x:v>449</x:v>
       </x:c>
     </x:row>
     <x:row r="243" spans="1:21">
       <x:c r="A243" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B243" s="0" t="s">
-        <x:v>435</x:v>
+        <x:v>538</x:v>
       </x:c>
       <x:c r="C243" s="3" t="s"/>
       <x:c r="D243" s="3" t="s"/>
       <x:c r="G243" s="0" t="s">
         <x:v>531</x:v>
       </x:c>
       <x:c r="I243" s="4" t="s">
         <x:v>233</x:v>
       </x:c>
       <x:c r="K243" s="0" t="s">
-        <x:v>538</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="L243" s="0" t="s">
-        <x:v>68</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="M243" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N243" s="3" t="n">
-        <x:v>43425</x:v>
+        <x:v>43438</x:v>
       </x:c>
       <x:c r="O243" s="0" t="s">
-        <x:v>28</x:v>
+        <x:v>47</x:v>
       </x:c>
       <x:c r="P243" s="0" t="s">
         <x:v>531</x:v>
       </x:c>
       <x:c r="Q243" s="4" t="s">
         <x:v>233</x:v>
       </x:c>
       <x:c r="R243" s="0" t="s">
         <x:v>234</x:v>
       </x:c>
       <x:c r="S243" s="0" t="n">
-        <x:v>540642</x:v>
+        <x:v>571986</x:v>
       </x:c>
       <x:c r="T243" s="4" t="s">
-        <x:v>532</x:v>
+        <x:v>539</x:v>
       </x:c>
       <x:c r="U243" s="4" t="s">
-        <x:v>376</x:v>
+        <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="244" spans="1:21">
       <x:c r="A244" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B244" s="14" t="s">
-        <x:v>539</x:v>
+        <x:v>435</x:v>
       </x:c>
       <x:c r="C244" s="15" t="s"/>
       <x:c r="D244" s="15" t="s"/>
       <x:c r="E244" s="14" t="s"/>
       <x:c r="F244" s="14" t="s"/>
       <x:c r="G244" s="14" t="s">
         <x:v>531</x:v>
       </x:c>
       <x:c r="H244" s="14" t="s"/>
       <x:c r="I244" s="16" t="s">
         <x:v>233</x:v>
       </x:c>
       <x:c r="J244" s="14" t="s"/>
       <x:c r="K244" s="14" t="s">
-        <x:v>25</x:v>
+        <x:v>540</x:v>
       </x:c>
       <x:c r="L244" s="14" t="s">
-        <x:v>26</x:v>
+        <x:v>68</x:v>
       </x:c>
       <x:c r="M244" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N244" s="15" t="n">
-        <x:v>43438</x:v>
+        <x:v>43425</x:v>
       </x:c>
       <x:c r="O244" s="14" t="s">
-        <x:v>47</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="P244" s="14" t="s">
         <x:v>531</x:v>
       </x:c>
       <x:c r="Q244" s="16" t="s">
         <x:v>233</x:v>
       </x:c>
       <x:c r="R244" s="14" t="s">
         <x:v>234</x:v>
       </x:c>
       <x:c r="S244" s="14" t="n">
-        <x:v>571986</x:v>
+        <x:v>540642</x:v>
       </x:c>
       <x:c r="T244" s="16" t="s">
-        <x:v>540</x:v>
+        <x:v>532</x:v>
       </x:c>
       <x:c r="U244" s="16" t="s">
-        <x:v>31</x:v>
+        <x:v>376</x:v>
       </x:c>
     </x:row>
     <x:row r="245" spans="1:21">
       <x:c r="A245" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B245" s="0" t="s">
         <x:v>435</x:v>
       </x:c>
       <x:c r="C245" s="3" t="s"/>
       <x:c r="D245" s="3" t="s"/>
       <x:c r="G245" s="0" t="s">
         <x:v>531</x:v>
       </x:c>
       <x:c r="I245" s="4" t="s">
         <x:v>233</x:v>
       </x:c>
       <x:c r="K245" s="0" t="s">
-        <x:v>538</x:v>
+        <x:v>540</x:v>
       </x:c>
       <x:c r="L245" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="M245" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N245" s="3" t="n">
         <x:v>43425</x:v>
       </x:c>
       <x:c r="O245" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P245" s="0" t="s">
         <x:v>531</x:v>
       </x:c>
       <x:c r="Q245" s="4" t="s">
         <x:v>233</x:v>
       </x:c>
       <x:c r="R245" s="0" t="s">
         <x:v>234</x:v>
       </x:c>
       <x:c r="S245" s="0" t="n">
         <x:v>580114</x:v>
       </x:c>
@@ -16064,51 +16063,51 @@
       </x:c>
       <x:c r="U245" s="4" t="s">
         <x:v>541</x:v>
       </x:c>
     </x:row>
     <x:row r="246" spans="1:21">
       <x:c r="A246" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B246" s="14" t="s">
         <x:v>435</x:v>
       </x:c>
       <x:c r="C246" s="15" t="s"/>
       <x:c r="D246" s="15" t="s"/>
       <x:c r="E246" s="14" t="s"/>
       <x:c r="F246" s="14" t="s"/>
       <x:c r="G246" s="14" t="s">
         <x:v>531</x:v>
       </x:c>
       <x:c r="H246" s="14" t="s"/>
       <x:c r="I246" s="16" t="s">
         <x:v>233</x:v>
       </x:c>
       <x:c r="J246" s="14" t="s"/>
       <x:c r="K246" s="14" t="s">
-        <x:v>538</x:v>
+        <x:v>540</x:v>
       </x:c>
       <x:c r="L246" s="14" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="M246" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N246" s="15" t="n">
         <x:v>43425</x:v>
       </x:c>
       <x:c r="O246" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P246" s="14" t="s">
         <x:v>531</x:v>
       </x:c>
       <x:c r="Q246" s="16" t="s">
         <x:v>233</x:v>
       </x:c>
       <x:c r="R246" s="14" t="s">
         <x:v>234</x:v>
       </x:c>
       <x:c r="S246" s="14" t="n">
         <x:v>580115</x:v>
       </x:c>
@@ -16268,51 +16267,51 @@
       </x:c>
       <x:c r="U249" s="4" t="s">
         <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="250" spans="1:21">
       <x:c r="A250" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B250" s="14" t="s">
         <x:v>435</x:v>
       </x:c>
       <x:c r="C250" s="15" t="s"/>
       <x:c r="D250" s="15" t="s"/>
       <x:c r="E250" s="14" t="s"/>
       <x:c r="F250" s="14" t="s"/>
       <x:c r="G250" s="14" t="s">
         <x:v>531</x:v>
       </x:c>
       <x:c r="H250" s="14" t="s"/>
       <x:c r="I250" s="16" t="s">
         <x:v>233</x:v>
       </x:c>
       <x:c r="J250" s="14" t="s"/>
       <x:c r="K250" s="14" t="s">
-        <x:v>538</x:v>
+        <x:v>540</x:v>
       </x:c>
       <x:c r="L250" s="14" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="M250" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N250" s="15" t="n">
         <x:v>43425</x:v>
       </x:c>
       <x:c r="O250" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P250" s="14" t="s">
         <x:v>531</x:v>
       </x:c>
       <x:c r="Q250" s="16" t="s">
         <x:v>233</x:v>
       </x:c>
       <x:c r="R250" s="14" t="s">
         <x:v>234</x:v>
       </x:c>
       <x:c r="S250" s="14" t="n">
         <x:v>548727</x:v>
       </x:c>
@@ -17075,51 +17074,51 @@
       <x:c r="I265" s="4" t="s">
         <x:v>565</x:v>
       </x:c>
       <x:c r="K265" s="0" t="s">
         <x:v>566</x:v>
       </x:c>
       <x:c r="L265" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M265" s="0" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="N265" s="3" t="n">
         <x:v>43425</x:v>
       </x:c>
       <x:c r="O265" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P265" s="0" t="s">
         <x:v>563</x:v>
       </x:c>
       <x:c r="Q265" s="4" t="s">
         <x:v>565</x:v>
       </x:c>
       <x:c r="R265" s="0" t="s">
-        <x:v>178</x:v>
+        <x:v>180</x:v>
       </x:c>
       <x:c r="S265" s="0" t="n">
         <x:v>576834</x:v>
       </x:c>
       <x:c r="T265" s="4" t="s">
         <x:v>567</x:v>
       </x:c>
       <x:c r="U265" s="4" t="s">
         <x:v>424</x:v>
       </x:c>
     </x:row>
     <x:row r="266" spans="1:21">
       <x:c r="A266" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B266" s="14" t="s">
         <x:v>569</x:v>
       </x:c>
       <x:c r="C266" s="15" t="s"/>
       <x:c r="D266" s="15" t="s"/>
       <x:c r="E266" s="14" t="s"/>
       <x:c r="F266" s="14" t="s"/>
       <x:c r="G266" s="14" t="s">
         <x:v>563</x:v>
       </x:c>
@@ -17130,51 +17129,51 @@
         <x:v>565</x:v>
       </x:c>
       <x:c r="J266" s="14" t="s"/>
       <x:c r="K266" s="14" t="s">
         <x:v>566</x:v>
       </x:c>
       <x:c r="L266" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M266" s="14" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="N266" s="15" t="n">
         <x:v>43425</x:v>
       </x:c>
       <x:c r="O266" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P266" s="14" t="s">
         <x:v>563</x:v>
       </x:c>
       <x:c r="Q266" s="16" t="s">
         <x:v>565</x:v>
       </x:c>
       <x:c r="R266" s="14" t="s">
-        <x:v>178</x:v>
+        <x:v>180</x:v>
       </x:c>
       <x:c r="S266" s="14" t="n">
         <x:v>576857</x:v>
       </x:c>
       <x:c r="T266" s="16" t="s">
         <x:v>567</x:v>
       </x:c>
       <x:c r="U266" s="16" t="s">
         <x:v>424</x:v>
       </x:c>
     </x:row>
     <x:row r="267" spans="1:21">
       <x:c r="A267" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B267" s="0" t="s">
         <x:v>571</x:v>
       </x:c>
       <x:c r="C267" s="3" t="s"/>
       <x:c r="D267" s="3" t="s"/>
       <x:c r="G267" s="0" t="s">
         <x:v>563</x:v>
       </x:c>
       <x:c r="H267" s="0" t="s">
         <x:v>564</x:v>
@@ -17237,51 +17236,51 @@
         <x:v>565</x:v>
       </x:c>
       <x:c r="J268" s="14" t="s"/>
       <x:c r="K268" s="14" t="s">
         <x:v>566</x:v>
       </x:c>
       <x:c r="L268" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M268" s="14" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="N268" s="15" t="n">
         <x:v>43444</x:v>
       </x:c>
       <x:c r="O268" s="14" t="s">
         <x:v>355</x:v>
       </x:c>
       <x:c r="P268" s="14" t="s">
         <x:v>563</x:v>
       </x:c>
       <x:c r="Q268" s="16" t="s">
         <x:v>565</x:v>
       </x:c>
       <x:c r="R268" s="14" t="s">
-        <x:v>178</x:v>
+        <x:v>180</x:v>
       </x:c>
       <x:c r="S268" s="14" t="n">
         <x:v>576826</x:v>
       </x:c>
       <x:c r="T268" s="16" t="s">
         <x:v>567</x:v>
       </x:c>
       <x:c r="U268" s="16" t="s">
         <x:v>424</x:v>
       </x:c>
     </x:row>
     <x:row r="269" spans="1:21">
       <x:c r="A269" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B269" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="C269" s="3" t="s"/>
       <x:c r="D269" s="3" t="s"/>
       <x:c r="G269" s="0" t="s">
         <x:v>563</x:v>
       </x:c>
       <x:c r="H269" s="0" t="s">
         <x:v>564</x:v>
@@ -17289,51 +17288,51 @@
       <x:c r="I269" s="4" t="s">
         <x:v>565</x:v>
       </x:c>
       <x:c r="K269" s="0" t="s">
         <x:v>566</x:v>
       </x:c>
       <x:c r="L269" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M269" s="0" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="N269" s="3" t="n">
         <x:v>43438</x:v>
       </x:c>
       <x:c r="O269" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="P269" s="0" t="s">
         <x:v>563</x:v>
       </x:c>
       <x:c r="Q269" s="4" t="s">
         <x:v>565</x:v>
       </x:c>
       <x:c r="R269" s="0" t="s">
-        <x:v>178</x:v>
+        <x:v>180</x:v>
       </x:c>
       <x:c r="S269" s="0" t="n">
         <x:v>576862</x:v>
       </x:c>
       <x:c r="T269" s="4" t="s">
         <x:v>567</x:v>
       </x:c>
       <x:c r="U269" s="4" t="s">
         <x:v>424</x:v>
       </x:c>
     </x:row>
     <x:row r="270" spans="1:21">
       <x:c r="A270" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B270" s="14" t="s">
         <x:v>569</x:v>
       </x:c>
       <x:c r="C270" s="15" t="s"/>
       <x:c r="D270" s="15" t="s"/>
       <x:c r="E270" s="14" t="s"/>
       <x:c r="F270" s="14" t="s"/>
       <x:c r="G270" s="14" t="s">
         <x:v>563</x:v>
       </x:c>
@@ -17824,51 +17823,51 @@
       <x:c r="I279" s="4" t="s">
         <x:v>565</x:v>
       </x:c>
       <x:c r="K279" s="0" t="s">
         <x:v>566</x:v>
       </x:c>
       <x:c r="L279" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M279" s="0" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="N279" s="3" t="n">
         <x:v>43438</x:v>
       </x:c>
       <x:c r="O279" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="P279" s="0" t="s">
         <x:v>563</x:v>
       </x:c>
       <x:c r="Q279" s="4" t="s">
         <x:v>565</x:v>
       </x:c>
       <x:c r="R279" s="0" t="s">
-        <x:v>178</x:v>
+        <x:v>180</x:v>
       </x:c>
       <x:c r="S279" s="0" t="n">
         <x:v>576809</x:v>
       </x:c>
       <x:c r="T279" s="4" t="s">
         <x:v>567</x:v>
       </x:c>
       <x:c r="U279" s="4" t="s">
         <x:v>424</x:v>
       </x:c>
     </x:row>
     <x:row r="280" spans="1:21">
       <x:c r="A280" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B280" s="14" t="s">
         <x:v>143</x:v>
       </x:c>
       <x:c r="C280" s="15" t="s"/>
       <x:c r="D280" s="15" t="s"/>
       <x:c r="E280" s="14" t="s"/>
       <x:c r="F280" s="14" t="s"/>
       <x:c r="G280" s="14" t="s">
         <x:v>563</x:v>
       </x:c>
@@ -18038,51 +18037,51 @@
       <x:c r="I283" s="4" t="s">
         <x:v>565</x:v>
       </x:c>
       <x:c r="K283" s="0" t="s">
         <x:v>566</x:v>
       </x:c>
       <x:c r="L283" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M283" s="0" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="N283" s="3" t="n">
         <x:v>14426</x:v>
       </x:c>
       <x:c r="O283" s="0" t="s">
         <x:v>164</x:v>
       </x:c>
       <x:c r="P283" s="0" t="s">
         <x:v>563</x:v>
       </x:c>
       <x:c r="Q283" s="4" t="s">
         <x:v>565</x:v>
       </x:c>
       <x:c r="R283" s="0" t="s">
-        <x:v>178</x:v>
+        <x:v>180</x:v>
       </x:c>
       <x:c r="S283" s="0" t="n">
         <x:v>576869</x:v>
       </x:c>
       <x:c r="T283" s="4" t="s">
         <x:v>567</x:v>
       </x:c>
       <x:c r="U283" s="4" t="s">
         <x:v>424</x:v>
       </x:c>
     </x:row>
     <x:row r="284" spans="1:21">
       <x:c r="A284" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B284" s="14" t="s">
         <x:v>349</x:v>
       </x:c>
       <x:c r="C284" s="15" t="s"/>
       <x:c r="D284" s="15" t="s"/>
       <x:c r="E284" s="14" t="s"/>
       <x:c r="F284" s="14" t="s"/>
       <x:c r="G284" s="14" t="s">
         <x:v>563</x:v>
       </x:c>
@@ -18200,51 +18199,51 @@
         <x:v>565</x:v>
       </x:c>
       <x:c r="J286" s="14" t="s"/>
       <x:c r="K286" s="14" t="s">
         <x:v>566</x:v>
       </x:c>
       <x:c r="L286" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M286" s="14" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="N286" s="15" t="n">
         <x:v>14447</x:v>
       </x:c>
       <x:c r="O286" s="14" t="s">
         <x:v>136</x:v>
       </x:c>
       <x:c r="P286" s="14" t="s">
         <x:v>563</x:v>
       </x:c>
       <x:c r="Q286" s="16" t="s">
         <x:v>565</x:v>
       </x:c>
       <x:c r="R286" s="14" t="s">
-        <x:v>178</x:v>
+        <x:v>180</x:v>
       </x:c>
       <x:c r="S286" s="14" t="n">
         <x:v>576838</x:v>
       </x:c>
       <x:c r="T286" s="16" t="s">
         <x:v>567</x:v>
       </x:c>
       <x:c r="U286" s="16" t="s">
         <x:v>424</x:v>
       </x:c>
     </x:row>
     <x:row r="287" spans="1:21">
       <x:c r="A287" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B287" s="0" t="s">
         <x:v>349</x:v>
       </x:c>
       <x:c r="C287" s="3" t="s"/>
       <x:c r="D287" s="3" t="s"/>
       <x:c r="G287" s="0" t="s">
         <x:v>563</x:v>
       </x:c>
       <x:c r="H287" s="0" t="s">
         <x:v>564</x:v>
@@ -18307,51 +18306,51 @@
         <x:v>565</x:v>
       </x:c>
       <x:c r="J288" s="14" t="s"/>
       <x:c r="K288" s="14" t="s">
         <x:v>566</x:v>
       </x:c>
       <x:c r="L288" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M288" s="14" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="N288" s="15" t="n">
         <x:v>43425</x:v>
       </x:c>
       <x:c r="O288" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P288" s="14" t="s">
         <x:v>563</x:v>
       </x:c>
       <x:c r="Q288" s="16" t="s">
         <x:v>565</x:v>
       </x:c>
       <x:c r="R288" s="14" t="s">
-        <x:v>178</x:v>
+        <x:v>180</x:v>
       </x:c>
       <x:c r="S288" s="14" t="n">
         <x:v>576875</x:v>
       </x:c>
       <x:c r="T288" s="16" t="s">
         <x:v>567</x:v>
       </x:c>
       <x:c r="U288" s="16" t="s">
         <x:v>424</x:v>
       </x:c>
     </x:row>
     <x:row r="289" spans="1:21">
       <x:c r="A289" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B289" s="0" t="s">
         <x:v>569</x:v>
       </x:c>
       <x:c r="C289" s="3" t="s"/>
       <x:c r="D289" s="3" t="s"/>
       <x:c r="G289" s="0" t="s">
         <x:v>563</x:v>
       </x:c>
       <x:c r="H289" s="0" t="s">
         <x:v>564</x:v>
@@ -18686,51 +18685,51 @@
       <x:c r="M295" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="N295" s="3" t="n">
         <x:v>15452</x:v>
       </x:c>
       <x:c r="O295" s="0" t="s">
         <x:v>342</x:v>
       </x:c>
       <x:c r="P295" s="0" t="s">
         <x:v>579</x:v>
       </x:c>
       <x:c r="Q295" s="4" t="s">
         <x:v>309</x:v>
       </x:c>
       <x:c r="R295" s="0" t="s">
         <x:v>581</x:v>
       </x:c>
       <x:c r="S295" s="0" t="n">
         <x:v>617969</x:v>
       </x:c>
       <x:c r="T295" s="4" t="s">
         <x:v>582</x:v>
       </x:c>
       <x:c r="U295" s="4" t="s">
-        <x:v>75</x:v>
+        <x:v>74</x:v>
       </x:c>
     </x:row>
     <x:row r="296" spans="1:21">
       <x:c r="A296" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B296" s="14" t="s">
         <x:v>583</x:v>
       </x:c>
       <x:c r="C296" s="15" t="s"/>
       <x:c r="D296" s="15" t="s"/>
       <x:c r="E296" s="14" t="s"/>
       <x:c r="F296" s="14" t="s"/>
       <x:c r="G296" s="14" t="s">
         <x:v>584</x:v>
       </x:c>
       <x:c r="H296" s="14" t="s"/>
       <x:c r="I296" s="16" t="s">
         <x:v>585</x:v>
       </x:c>
       <x:c r="J296" s="14" t="s"/>
       <x:c r="K296" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L296" s="14" t="s">
@@ -19306,51 +19305,51 @@
       </x:c>
       <x:c r="P307" s="0" t="s">
         <x:v>596</x:v>
       </x:c>
       <x:c r="Q307" s="4" t="s">
         <x:v>597</x:v>
       </x:c>
       <x:c r="R307" s="0" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="S307" s="0" t="n">
         <x:v>602507</x:v>
       </x:c>
       <x:c r="T307" s="4" t="s">
         <x:v>604</x:v>
       </x:c>
       <x:c r="U307" s="4" t="s">
         <x:v>345</x:v>
       </x:c>
     </x:row>
     <x:row r="308" spans="1:21">
       <x:c r="A308" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B308" s="14" t="s">
-        <x:v>360</x:v>
+        <x:v>358</x:v>
       </x:c>
       <x:c r="C308" s="15" t="s"/>
       <x:c r="D308" s="15" t="s"/>
       <x:c r="E308" s="14" t="s"/>
       <x:c r="F308" s="14" t="s"/>
       <x:c r="G308" s="14" t="s">
         <x:v>605</x:v>
       </x:c>
       <x:c r="H308" s="14" t="s"/>
       <x:c r="I308" s="16" t="s">
         <x:v>606</x:v>
       </x:c>
       <x:c r="J308" s="14" t="s"/>
       <x:c r="K308" s="14" t="s">
         <x:v>607</x:v>
       </x:c>
       <x:c r="L308" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M308" s="14" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="N308" s="15" t="n">
         <x:v>43444</x:v>
       </x:c>
@@ -20668,51 +20667,51 @@
         <x:v>661</x:v>
       </x:c>
       <x:c r="J334" s="14" t="s"/>
       <x:c r="K334" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L334" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M334" s="14" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="N334" s="15" t="n">
         <x:v>14426</x:v>
       </x:c>
       <x:c r="O334" s="14" t="s">
         <x:v>164</x:v>
       </x:c>
       <x:c r="P334" s="14" t="s">
         <x:v>660</x:v>
       </x:c>
       <x:c r="Q334" s="16" t="s">
         <x:v>661</x:v>
       </x:c>
       <x:c r="R334" s="14" t="s">
-        <x:v>178</x:v>
+        <x:v>180</x:v>
       </x:c>
       <x:c r="S334" s="14" t="n">
         <x:v>598477</x:v>
       </x:c>
       <x:c r="T334" s="16" t="s">
         <x:v>247</x:v>
       </x:c>
       <x:c r="U334" s="16" t="s">
         <x:v>323</x:v>
       </x:c>
     </x:row>
     <x:row r="335" spans="1:21">
       <x:c r="A335" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B335" s="0" t="s">
         <x:v>349</x:v>
       </x:c>
       <x:c r="C335" s="3" t="s"/>
       <x:c r="D335" s="3" t="s"/>
       <x:c r="G335" s="0" t="s">
         <x:v>660</x:v>
       </x:c>
       <x:c r="I335" s="4" t="s">
         <x:v>661</x:v>
@@ -20749,582 +20748,582 @@
       </x:c>
       <x:c r="U335" s="4" t="s">
         <x:v>323</x:v>
       </x:c>
     </x:row>
     <x:row r="336" spans="1:21">
       <x:c r="A336" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B336" s="14" t="s">
         <x:v>662</x:v>
       </x:c>
       <x:c r="C336" s="15" t="s"/>
       <x:c r="D336" s="15" t="s"/>
       <x:c r="E336" s="14" t="s"/>
       <x:c r="F336" s="14" t="s"/>
       <x:c r="G336" s="14" t="s">
         <x:v>660</x:v>
       </x:c>
       <x:c r="H336" s="14" t="s"/>
       <x:c r="I336" s="16" t="s">
         <x:v>661</x:v>
       </x:c>
       <x:c r="J336" s="14" t="s"/>
       <x:c r="K336" s="14" t="s">
-        <x:v>198</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="L336" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M336" s="14" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="N336" s="15" t="n">
-        <x:v>43444</x:v>
+        <x:v>14447</x:v>
       </x:c>
       <x:c r="O336" s="14" t="s">
-        <x:v>355</x:v>
+        <x:v>136</x:v>
       </x:c>
       <x:c r="P336" s="14" t="s">
         <x:v>660</x:v>
       </x:c>
       <x:c r="Q336" s="16" t="s">
         <x:v>661</x:v>
       </x:c>
       <x:c r="R336" s="14" t="s">
         <x:v>417</x:v>
       </x:c>
       <x:c r="S336" s="14" t="n">
-        <x:v>601894</x:v>
+        <x:v>598451</x:v>
       </x:c>
       <x:c r="T336" s="16" t="s">
-        <x:v>663</x:v>
+        <x:v>247</x:v>
       </x:c>
       <x:c r="U336" s="16" t="s">
-        <x:v>664</x:v>
+        <x:v>323</x:v>
       </x:c>
     </x:row>
     <x:row r="337" spans="1:21">
       <x:c r="A337" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B337" s="0" t="s">
-        <x:v>290</x:v>
+        <x:v>658</x:v>
       </x:c>
       <x:c r="C337" s="3" t="s"/>
       <x:c r="D337" s="3" t="s"/>
       <x:c r="G337" s="0" t="s">
         <x:v>660</x:v>
       </x:c>
       <x:c r="I337" s="4" t="s">
         <x:v>661</x:v>
       </x:c>
       <x:c r="K337" s="0" t="s">
-        <x:v>665</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="L337" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M337" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="N337" s="3" t="n">
-        <x:v>43445</x:v>
+        <x:v>43425</x:v>
       </x:c>
       <x:c r="O337" s="0" t="s">
-        <x:v>36</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="P337" s="0" t="s">
         <x:v>660</x:v>
       </x:c>
       <x:c r="Q337" s="4" t="s">
         <x:v>661</x:v>
       </x:c>
       <x:c r="R337" s="0" t="s">
-        <x:v>517</x:v>
+        <x:v>180</x:v>
       </x:c>
       <x:c r="S337" s="0" t="n">
-        <x:v>587179</x:v>
+        <x:v>598454</x:v>
       </x:c>
       <x:c r="T337" s="4" t="s">
-        <x:v>666</x:v>
+        <x:v>247</x:v>
       </x:c>
       <x:c r="U337" s="4" t="s">
-        <x:v>31</x:v>
+        <x:v>323</x:v>
       </x:c>
     </x:row>
     <x:row r="338" spans="1:21">
       <x:c r="A338" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B338" s="14" t="s">
-        <x:v>667</x:v>
+        <x:v>290</x:v>
       </x:c>
       <x:c r="C338" s="15" t="s"/>
       <x:c r="D338" s="15" t="s"/>
       <x:c r="E338" s="14" t="s"/>
       <x:c r="F338" s="14" t="s"/>
       <x:c r="G338" s="14" t="s">
         <x:v>660</x:v>
       </x:c>
       <x:c r="H338" s="14" t="s"/>
       <x:c r="I338" s="16" t="s">
         <x:v>661</x:v>
       </x:c>
       <x:c r="J338" s="14" t="s"/>
       <x:c r="K338" s="14" t="s">
-        <x:v>25</x:v>
+        <x:v>663</x:v>
       </x:c>
       <x:c r="L338" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M338" s="14" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="N338" s="15" t="n">
-        <x:v>14447</x:v>
+        <x:v>43445</x:v>
       </x:c>
       <x:c r="O338" s="14" t="s">
-        <x:v>136</x:v>
+        <x:v>36</x:v>
       </x:c>
       <x:c r="P338" s="14" t="s">
         <x:v>660</x:v>
       </x:c>
       <x:c r="Q338" s="16" t="s">
         <x:v>661</x:v>
       </x:c>
       <x:c r="R338" s="14" t="s">
-        <x:v>417</x:v>
+        <x:v>517</x:v>
       </x:c>
       <x:c r="S338" s="14" t="n">
-        <x:v>598451</x:v>
+        <x:v>587179</x:v>
       </x:c>
       <x:c r="T338" s="16" t="s">
-        <x:v>247</x:v>
+        <x:v>664</x:v>
       </x:c>
       <x:c r="U338" s="16" t="s">
-        <x:v>323</x:v>
+        <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="339" spans="1:21">
       <x:c r="A339" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B339" s="0" t="s">
-        <x:v>658</x:v>
+        <x:v>665</x:v>
       </x:c>
       <x:c r="C339" s="3" t="s"/>
       <x:c r="D339" s="3" t="s"/>
       <x:c r="G339" s="0" t="s">
         <x:v>660</x:v>
       </x:c>
       <x:c r="I339" s="4" t="s">
         <x:v>661</x:v>
       </x:c>
       <x:c r="K339" s="0" t="s">
-        <x:v>25</x:v>
+        <x:v>198</x:v>
       </x:c>
       <x:c r="L339" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M339" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="N339" s="3" t="n">
-        <x:v>43425</x:v>
+        <x:v>43444</x:v>
       </x:c>
       <x:c r="O339" s="0" t="s">
-        <x:v>28</x:v>
+        <x:v>355</x:v>
       </x:c>
       <x:c r="P339" s="0" t="s">
         <x:v>660</x:v>
       </x:c>
       <x:c r="Q339" s="4" t="s">
         <x:v>661</x:v>
       </x:c>
       <x:c r="R339" s="0" t="s">
-        <x:v>178</x:v>
+        <x:v>417</x:v>
       </x:c>
       <x:c r="S339" s="0" t="n">
-        <x:v>598454</x:v>
+        <x:v>601894</x:v>
       </x:c>
       <x:c r="T339" s="4" t="s">
-        <x:v>247</x:v>
+        <x:v>666</x:v>
       </x:c>
       <x:c r="U339" s="4" t="s">
-        <x:v>323</x:v>
+        <x:v>667</x:v>
       </x:c>
     </x:row>
     <x:row r="340" spans="1:21">
       <x:c r="A340" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B340" s="14" t="s">
-        <x:v>668</x:v>
+        <x:v>569</x:v>
       </x:c>
       <x:c r="C340" s="15" t="s"/>
       <x:c r="D340" s="15" t="s"/>
       <x:c r="E340" s="14" t="s"/>
       <x:c r="F340" s="14" t="s"/>
       <x:c r="G340" s="14" t="s">
         <x:v>660</x:v>
       </x:c>
       <x:c r="H340" s="14" t="s"/>
       <x:c r="I340" s="16" t="s">
         <x:v>661</x:v>
       </x:c>
       <x:c r="J340" s="14" t="s"/>
       <x:c r="K340" s="14" t="s">
-        <x:v>198</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="L340" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M340" s="14" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="N340" s="15" t="n">
         <x:v>43425</x:v>
       </x:c>
       <x:c r="O340" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P340" s="14" t="s">
         <x:v>660</x:v>
       </x:c>
       <x:c r="Q340" s="16" t="s">
         <x:v>661</x:v>
       </x:c>
       <x:c r="R340" s="14" t="s">
-        <x:v>417</x:v>
+        <x:v>117</x:v>
       </x:c>
       <x:c r="S340" s="14" t="n">
-        <x:v>598447</x:v>
+        <x:v>598475</x:v>
       </x:c>
       <x:c r="T340" s="16" t="s">
         <x:v>247</x:v>
       </x:c>
       <x:c r="U340" s="16" t="s">
         <x:v>323</x:v>
       </x:c>
     </x:row>
     <x:row r="341" spans="1:21">
       <x:c r="A341" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B341" s="0" t="s">
-        <x:v>667</x:v>
+        <x:v>668</x:v>
       </x:c>
       <x:c r="C341" s="3" t="s"/>
       <x:c r="D341" s="3" t="s"/>
       <x:c r="G341" s="0" t="s">
         <x:v>660</x:v>
       </x:c>
       <x:c r="I341" s="4" t="s">
         <x:v>661</x:v>
       </x:c>
       <x:c r="K341" s="0" t="s">
-        <x:v>25</x:v>
+        <x:v>198</x:v>
       </x:c>
       <x:c r="L341" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M341" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="N341" s="3" t="n">
-        <x:v>14447</x:v>
+        <x:v>43425</x:v>
       </x:c>
       <x:c r="O341" s="0" t="s">
-        <x:v>136</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="P341" s="0" t="s">
         <x:v>660</x:v>
       </x:c>
       <x:c r="Q341" s="4" t="s">
         <x:v>661</x:v>
       </x:c>
       <x:c r="R341" s="0" t="s">
-        <x:v>178</x:v>
+        <x:v>417</x:v>
       </x:c>
       <x:c r="S341" s="0" t="n">
-        <x:v>598450</x:v>
+        <x:v>598447</x:v>
       </x:c>
       <x:c r="T341" s="4" t="s">
         <x:v>247</x:v>
       </x:c>
       <x:c r="U341" s="4" t="s">
         <x:v>323</x:v>
       </x:c>
     </x:row>
     <x:row r="342" spans="1:21">
       <x:c r="A342" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B342" s="14" t="s">
-        <x:v>667</x:v>
+        <x:v>662</x:v>
       </x:c>
       <x:c r="C342" s="15" t="s"/>
       <x:c r="D342" s="15" t="s"/>
       <x:c r="E342" s="14" t="s"/>
       <x:c r="F342" s="14" t="s"/>
       <x:c r="G342" s="14" t="s">
         <x:v>660</x:v>
       </x:c>
       <x:c r="H342" s="14" t="s"/>
       <x:c r="I342" s="16" t="s">
         <x:v>661</x:v>
       </x:c>
       <x:c r="J342" s="14" t="s"/>
       <x:c r="K342" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L342" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M342" s="14" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="N342" s="15" t="n">
         <x:v>14447</x:v>
       </x:c>
       <x:c r="O342" s="14" t="s">
         <x:v>136</x:v>
       </x:c>
       <x:c r="P342" s="14" t="s">
         <x:v>660</x:v>
       </x:c>
       <x:c r="Q342" s="16" t="s">
         <x:v>661</x:v>
       </x:c>
       <x:c r="R342" s="14" t="s">
-        <x:v>396</x:v>
+        <x:v>180</x:v>
       </x:c>
       <x:c r="S342" s="14" t="n">
-        <x:v>598453</x:v>
+        <x:v>598450</x:v>
       </x:c>
       <x:c r="T342" s="16" t="s">
         <x:v>247</x:v>
       </x:c>
       <x:c r="U342" s="16" t="s">
         <x:v>323</x:v>
       </x:c>
     </x:row>
     <x:row r="343" spans="1:21">
       <x:c r="A343" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B343" s="0" t="s">
-        <x:v>669</x:v>
+        <x:v>662</x:v>
       </x:c>
       <x:c r="C343" s="3" t="s"/>
       <x:c r="D343" s="3" t="s"/>
       <x:c r="G343" s="0" t="s">
         <x:v>660</x:v>
       </x:c>
       <x:c r="I343" s="4" t="s">
         <x:v>661</x:v>
       </x:c>
       <x:c r="K343" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L343" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M343" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="N343" s="3" t="n">
-        <x:v>43425</x:v>
+        <x:v>14447</x:v>
       </x:c>
       <x:c r="O343" s="0" t="s">
-        <x:v>28</x:v>
+        <x:v>136</x:v>
       </x:c>
       <x:c r="P343" s="0" t="s">
         <x:v>660</x:v>
       </x:c>
       <x:c r="Q343" s="4" t="s">
         <x:v>661</x:v>
       </x:c>
       <x:c r="R343" s="0" t="s">
-        <x:v>417</x:v>
+        <x:v>396</x:v>
       </x:c>
       <x:c r="S343" s="0" t="n">
-        <x:v>598466</x:v>
+        <x:v>598453</x:v>
       </x:c>
       <x:c r="T343" s="4" t="s">
         <x:v>247</x:v>
       </x:c>
       <x:c r="U343" s="4" t="s">
         <x:v>323</x:v>
       </x:c>
     </x:row>
     <x:row r="344" spans="1:21">
       <x:c r="A344" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B344" s="14" t="s">
-        <x:v>569</x:v>
+        <x:v>669</x:v>
       </x:c>
       <x:c r="C344" s="15" t="s"/>
       <x:c r="D344" s="15" t="s"/>
       <x:c r="E344" s="14" t="s"/>
       <x:c r="F344" s="14" t="s"/>
       <x:c r="G344" s="14" t="s">
         <x:v>660</x:v>
       </x:c>
       <x:c r="H344" s="14" t="s"/>
       <x:c r="I344" s="16" t="s">
         <x:v>661</x:v>
       </x:c>
       <x:c r="J344" s="14" t="s"/>
       <x:c r="K344" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L344" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M344" s="14" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="N344" s="15" t="n">
         <x:v>43425</x:v>
       </x:c>
       <x:c r="O344" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P344" s="14" t="s">
         <x:v>660</x:v>
       </x:c>
       <x:c r="Q344" s="16" t="s">
         <x:v>661</x:v>
       </x:c>
       <x:c r="R344" s="14" t="s">
-        <x:v>117</x:v>
+        <x:v>417</x:v>
       </x:c>
       <x:c r="S344" s="14" t="n">
-        <x:v>598475</x:v>
+        <x:v>598466</x:v>
       </x:c>
       <x:c r="T344" s="16" t="s">
         <x:v>247</x:v>
       </x:c>
       <x:c r="U344" s="16" t="s">
         <x:v>323</x:v>
       </x:c>
     </x:row>
     <x:row r="345" spans="1:21">
       <x:c r="A345" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B345" s="0" t="s">
-        <x:v>662</x:v>
+        <x:v>665</x:v>
       </x:c>
       <x:c r="C345" s="3" t="s"/>
       <x:c r="D345" s="3" t="s"/>
       <x:c r="G345" s="0" t="s">
         <x:v>660</x:v>
       </x:c>
       <x:c r="I345" s="4" t="s">
         <x:v>661</x:v>
       </x:c>
       <x:c r="K345" s="0" t="s">
         <x:v>198</x:v>
       </x:c>
       <x:c r="L345" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M345" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="N345" s="3" t="n">
         <x:v>43444</x:v>
       </x:c>
       <x:c r="O345" s="0" t="s">
         <x:v>355</x:v>
       </x:c>
       <x:c r="P345" s="0" t="s">
         <x:v>660</x:v>
       </x:c>
       <x:c r="Q345" s="4" t="s">
         <x:v>661</x:v>
       </x:c>
       <x:c r="R345" s="0" t="s">
-        <x:v>178</x:v>
+        <x:v>180</x:v>
       </x:c>
       <x:c r="S345" s="0" t="n">
         <x:v>601891</x:v>
       </x:c>
       <x:c r="T345" s="4" t="s">
-        <x:v>663</x:v>
+        <x:v>666</x:v>
       </x:c>
       <x:c r="U345" s="4" t="s">
-        <x:v>664</x:v>
+        <x:v>667</x:v>
       </x:c>
     </x:row>
     <x:row r="346" spans="1:21">
       <x:c r="A346" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B346" s="14" t="s">
         <x:v>668</x:v>
       </x:c>
       <x:c r="C346" s="15" t="s"/>
       <x:c r="D346" s="15" t="s"/>
       <x:c r="E346" s="14" t="s"/>
       <x:c r="F346" s="14" t="s"/>
       <x:c r="G346" s="14" t="s">
         <x:v>660</x:v>
       </x:c>
       <x:c r="H346" s="14" t="s"/>
       <x:c r="I346" s="16" t="s">
         <x:v>661</x:v>
       </x:c>
       <x:c r="J346" s="14" t="s"/>
       <x:c r="K346" s="14" t="s">
         <x:v>198</x:v>
       </x:c>
       <x:c r="L346" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M346" s="14" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="N346" s="15" t="n">
         <x:v>43425</x:v>
       </x:c>
       <x:c r="O346" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P346" s="14" t="s">
         <x:v>660</x:v>
       </x:c>
       <x:c r="Q346" s="16" t="s">
         <x:v>661</x:v>
       </x:c>
       <x:c r="R346" s="14" t="s">
-        <x:v>178</x:v>
+        <x:v>180</x:v>
       </x:c>
       <x:c r="S346" s="14" t="n">
         <x:v>598396</x:v>
       </x:c>
       <x:c r="T346" s="16" t="s">
         <x:v>247</x:v>
       </x:c>
       <x:c r="U346" s="16" t="s">
         <x:v>264</x:v>
       </x:c>
     </x:row>
     <x:row r="347" spans="1:21">
       <x:c r="A347" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B347" s="0" t="s">
         <x:v>670</x:v>
       </x:c>
       <x:c r="C347" s="3" t="s"/>
       <x:c r="D347" s="3" t="s"/>
       <x:c r="G347" s="0" t="s">
         <x:v>660</x:v>
       </x:c>
       <x:c r="I347" s="4" t="s">
         <x:v>661</x:v>
@@ -21346,96 +21345,96 @@
       </x:c>
       <x:c r="P347" s="0" t="s">
         <x:v>660</x:v>
       </x:c>
       <x:c r="Q347" s="4" t="s">
         <x:v>661</x:v>
       </x:c>
       <x:c r="R347" s="0" t="s">
         <x:v>396</x:v>
       </x:c>
       <x:c r="S347" s="0" t="n">
         <x:v>579681</x:v>
       </x:c>
       <x:c r="T347" s="4" t="s">
         <x:v>671</x:v>
       </x:c>
       <x:c r="U347" s="4" t="s">
         <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="348" spans="1:21">
       <x:c r="A348" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B348" s="14" t="s">
-        <x:v>662</x:v>
+        <x:v>665</x:v>
       </x:c>
       <x:c r="C348" s="15" t="s"/>
       <x:c r="D348" s="15" t="s"/>
       <x:c r="E348" s="14" t="s"/>
       <x:c r="F348" s="14" t="s"/>
       <x:c r="G348" s="14" t="s">
         <x:v>660</x:v>
       </x:c>
       <x:c r="H348" s="14" t="s"/>
       <x:c r="I348" s="16" t="s">
         <x:v>661</x:v>
       </x:c>
       <x:c r="J348" s="14" t="s"/>
       <x:c r="K348" s="14" t="s">
         <x:v>198</x:v>
       </x:c>
       <x:c r="L348" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M348" s="14" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="N348" s="15" t="n">
         <x:v>43444</x:v>
       </x:c>
       <x:c r="O348" s="14" t="s">
         <x:v>355</x:v>
       </x:c>
       <x:c r="P348" s="14" t="s">
         <x:v>660</x:v>
       </x:c>
       <x:c r="Q348" s="16" t="s">
         <x:v>661</x:v>
       </x:c>
       <x:c r="R348" s="14" t="s">
         <x:v>117</x:v>
       </x:c>
       <x:c r="S348" s="14" t="n">
         <x:v>601896</x:v>
       </x:c>
       <x:c r="T348" s="16" t="s">
-        <x:v>663</x:v>
+        <x:v>666</x:v>
       </x:c>
       <x:c r="U348" s="16" t="s">
-        <x:v>664</x:v>
+        <x:v>667</x:v>
       </x:c>
     </x:row>
     <x:row r="349" spans="1:21">
       <x:c r="A349" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B349" s="0" t="s">
         <x:v>670</x:v>
       </x:c>
       <x:c r="C349" s="3" t="s"/>
       <x:c r="D349" s="3" t="s"/>
       <x:c r="G349" s="0" t="s">
         <x:v>660</x:v>
       </x:c>
       <x:c r="I349" s="4" t="s">
         <x:v>661</x:v>
       </x:c>
       <x:c r="K349" s="0" t="s">
         <x:v>198</x:v>
       </x:c>
       <x:c r="L349" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M349" s="0" t="s">
         <x:v>35</x:v>
@@ -21484,51 +21483,51 @@
         <x:v>661</x:v>
       </x:c>
       <x:c r="J350" s="14" t="s"/>
       <x:c r="K350" s="14" t="s">
         <x:v>198</x:v>
       </x:c>
       <x:c r="L350" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M350" s="14" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="N350" s="15" t="n">
         <x:v>43425</x:v>
       </x:c>
       <x:c r="O350" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P350" s="14" t="s">
         <x:v>660</x:v>
       </x:c>
       <x:c r="Q350" s="16" t="s">
         <x:v>661</x:v>
       </x:c>
       <x:c r="R350" s="14" t="s">
-        <x:v>178</x:v>
+        <x:v>180</x:v>
       </x:c>
       <x:c r="S350" s="14" t="n">
         <x:v>598446</x:v>
       </x:c>
       <x:c r="T350" s="16" t="s">
         <x:v>247</x:v>
       </x:c>
       <x:c r="U350" s="16" t="s">
         <x:v>323</x:v>
       </x:c>
     </x:row>
     <x:row r="351" spans="1:21">
       <x:c r="A351" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B351" s="0" t="s">
         <x:v>668</x:v>
       </x:c>
       <x:c r="C351" s="3" t="s"/>
       <x:c r="D351" s="3" t="s"/>
       <x:c r="G351" s="0" t="s">
         <x:v>660</x:v>
       </x:c>
       <x:c r="I351" s="4" t="s">
         <x:v>661</x:v>
@@ -21586,51 +21585,51 @@
         <x:v>661</x:v>
       </x:c>
       <x:c r="J352" s="14" t="s"/>
       <x:c r="K352" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L352" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M352" s="14" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="N352" s="15" t="n">
         <x:v>43438</x:v>
       </x:c>
       <x:c r="O352" s="14" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="P352" s="14" t="s">
         <x:v>660</x:v>
       </x:c>
       <x:c r="Q352" s="16" t="s">
         <x:v>661</x:v>
       </x:c>
       <x:c r="R352" s="14" t="s">
-        <x:v>178</x:v>
+        <x:v>180</x:v>
       </x:c>
       <x:c r="S352" s="14" t="n">
         <x:v>598459</x:v>
       </x:c>
       <x:c r="T352" s="16" t="s">
         <x:v>247</x:v>
       </x:c>
       <x:c r="U352" s="16" t="s">
         <x:v>323</x:v>
       </x:c>
     </x:row>
     <x:row r="353" spans="1:21">
       <x:c r="A353" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B353" s="0" t="s">
         <x:v>574</x:v>
       </x:c>
       <x:c r="C353" s="3" t="s"/>
       <x:c r="D353" s="3" t="s"/>
       <x:c r="G353" s="0" t="s">
         <x:v>660</x:v>
       </x:c>
       <x:c r="I353" s="4" t="s">
         <x:v>661</x:v>
@@ -21839,83 +21838,83 @@
       <x:c r="I357" s="4" t="s">
         <x:v>661</x:v>
       </x:c>
       <x:c r="K357" s="0" t="s">
         <x:v>198</x:v>
       </x:c>
       <x:c r="L357" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M357" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="N357" s="3" t="n">
         <x:v>43425</x:v>
       </x:c>
       <x:c r="O357" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P357" s="0" t="s">
         <x:v>660</x:v>
       </x:c>
       <x:c r="Q357" s="4" t="s">
         <x:v>661</x:v>
       </x:c>
       <x:c r="R357" s="0" t="s">
-        <x:v>178</x:v>
+        <x:v>180</x:v>
       </x:c>
       <x:c r="S357" s="0" t="n">
         <x:v>579683</x:v>
       </x:c>
       <x:c r="T357" s="4" t="s">
         <x:v>671</x:v>
       </x:c>
       <x:c r="U357" s="4" t="s">
         <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="358" spans="1:21">
       <x:c r="A358" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B358" s="14" t="s">
         <x:v>290</x:v>
       </x:c>
       <x:c r="C358" s="15" t="s"/>
       <x:c r="D358" s="15" t="s"/>
       <x:c r="E358" s="14" t="s"/>
       <x:c r="F358" s="14" t="s"/>
       <x:c r="G358" s="14" t="s">
         <x:v>660</x:v>
       </x:c>
       <x:c r="H358" s="14" t="s"/>
       <x:c r="I358" s="16" t="s">
         <x:v>661</x:v>
       </x:c>
       <x:c r="J358" s="14" t="s"/>
       <x:c r="K358" s="14" t="s">
-        <x:v>665</x:v>
+        <x:v>663</x:v>
       </x:c>
       <x:c r="L358" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M358" s="14" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="N358" s="15" t="n">
         <x:v>43445</x:v>
       </x:c>
       <x:c r="O358" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="P358" s="14" t="s">
         <x:v>660</x:v>
       </x:c>
       <x:c r="Q358" s="16" t="s">
         <x:v>661</x:v>
       </x:c>
       <x:c r="R358" s="14" t="s">
         <x:v>517</x:v>
       </x:c>
       <x:c r="S358" s="14" t="n">
         <x:v>617273</x:v>
       </x:c>
@@ -21994,79 +21993,79 @@
         <x:v>661</x:v>
       </x:c>
       <x:c r="J360" s="14" t="s"/>
       <x:c r="K360" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L360" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M360" s="14" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="N360" s="15" t="n">
         <x:v>43425</x:v>
       </x:c>
       <x:c r="O360" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P360" s="14" t="s">
         <x:v>660</x:v>
       </x:c>
       <x:c r="Q360" s="16" t="s">
         <x:v>661</x:v>
       </x:c>
       <x:c r="R360" s="14" t="s">
-        <x:v>178</x:v>
+        <x:v>180</x:v>
       </x:c>
       <x:c r="S360" s="14" t="n">
         <x:v>598463</x:v>
       </x:c>
       <x:c r="T360" s="16" t="s">
         <x:v>247</x:v>
       </x:c>
       <x:c r="U360" s="16" t="s">
         <x:v>323</x:v>
       </x:c>
     </x:row>
     <x:row r="361" spans="1:21">
       <x:c r="A361" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B361" s="0" t="s">
         <x:v>290</x:v>
       </x:c>
       <x:c r="C361" s="3" t="s"/>
       <x:c r="D361" s="3" t="s"/>
       <x:c r="G361" s="0" t="s">
         <x:v>660</x:v>
       </x:c>
       <x:c r="I361" s="4" t="s">
         <x:v>661</x:v>
       </x:c>
       <x:c r="K361" s="0" t="s">
-        <x:v>665</x:v>
+        <x:v>663</x:v>
       </x:c>
       <x:c r="L361" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M361" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="N361" s="3" t="n">
         <x:v>43445</x:v>
       </x:c>
       <x:c r="O361" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="P361" s="0" t="s">
         <x:v>660</x:v>
       </x:c>
       <x:c r="Q361" s="4" t="s">
         <x:v>661</x:v>
       </x:c>
       <x:c r="R361" s="0" t="s">
         <x:v>517</x:v>
       </x:c>
       <x:c r="S361" s="0" t="n">
         <x:v>570661</x:v>
       </x:c>
@@ -22247,68 +22246,68 @@
       <x:c r="I365" s="4" t="s">
         <x:v>661</x:v>
       </x:c>
       <x:c r="K365" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L365" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M365" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="N365" s="3" t="n">
         <x:v>43425</x:v>
       </x:c>
       <x:c r="O365" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P365" s="0" t="s">
         <x:v>660</x:v>
       </x:c>
       <x:c r="Q365" s="4" t="s">
         <x:v>661</x:v>
       </x:c>
       <x:c r="R365" s="0" t="s">
-        <x:v>178</x:v>
+        <x:v>180</x:v>
       </x:c>
       <x:c r="S365" s="0" t="n">
         <x:v>598472</x:v>
       </x:c>
       <x:c r="T365" s="4" t="s">
         <x:v>247</x:v>
       </x:c>
       <x:c r="U365" s="4" t="s">
         <x:v>323</x:v>
       </x:c>
     </x:row>
     <x:row r="366" spans="1:21">
       <x:c r="A366" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B366" s="14" t="s">
-        <x:v>667</x:v>
+        <x:v>662</x:v>
       </x:c>
       <x:c r="C366" s="15" t="s"/>
       <x:c r="D366" s="15" t="s"/>
       <x:c r="E366" s="14" t="s"/>
       <x:c r="F366" s="14" t="s"/>
       <x:c r="G366" s="14" t="s">
         <x:v>660</x:v>
       </x:c>
       <x:c r="H366" s="14" t="s"/>
       <x:c r="I366" s="16" t="s">
         <x:v>661</x:v>
       </x:c>
       <x:c r="J366" s="14" t="s"/>
       <x:c r="K366" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L366" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M366" s="14" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="N366" s="15" t="n">
         <x:v>14447</x:v>
       </x:c>
@@ -22570,96 +22569,96 @@
       </x:c>
       <x:c r="P371" s="0" t="s">
         <x:v>660</x:v>
       </x:c>
       <x:c r="Q371" s="4" t="s">
         <x:v>661</x:v>
       </x:c>
       <x:c r="R371" s="0" t="s">
         <x:v>117</x:v>
       </x:c>
       <x:c r="S371" s="0" t="n">
         <x:v>598479</x:v>
       </x:c>
       <x:c r="T371" s="4" t="s">
         <x:v>247</x:v>
       </x:c>
       <x:c r="U371" s="4" t="s">
         <x:v>323</x:v>
       </x:c>
     </x:row>
     <x:row r="372" spans="1:21">
       <x:c r="A372" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B372" s="14" t="s">
-        <x:v>662</x:v>
+        <x:v>665</x:v>
       </x:c>
       <x:c r="C372" s="15" t="s"/>
       <x:c r="D372" s="15" t="s"/>
       <x:c r="E372" s="14" t="s"/>
       <x:c r="F372" s="14" t="s"/>
       <x:c r="G372" s="14" t="s">
         <x:v>660</x:v>
       </x:c>
       <x:c r="H372" s="14" t="s"/>
       <x:c r="I372" s="16" t="s">
         <x:v>661</x:v>
       </x:c>
       <x:c r="J372" s="14" t="s"/>
       <x:c r="K372" s="14" t="s">
         <x:v>198</x:v>
       </x:c>
       <x:c r="L372" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M372" s="14" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="N372" s="15" t="n">
         <x:v>43444</x:v>
       </x:c>
       <x:c r="O372" s="14" t="s">
         <x:v>355</x:v>
       </x:c>
       <x:c r="P372" s="14" t="s">
         <x:v>660</x:v>
       </x:c>
       <x:c r="Q372" s="16" t="s">
         <x:v>661</x:v>
       </x:c>
       <x:c r="R372" s="14" t="s">
         <x:v>396</x:v>
       </x:c>
       <x:c r="S372" s="14" t="n">
         <x:v>601897</x:v>
       </x:c>
       <x:c r="T372" s="16" t="s">
-        <x:v>663</x:v>
+        <x:v>666</x:v>
       </x:c>
       <x:c r="U372" s="16" t="s">
-        <x:v>664</x:v>
+        <x:v>667</x:v>
       </x:c>
     </x:row>
     <x:row r="373" spans="1:21">
       <x:c r="A373" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B373" s="0" t="s">
         <x:v>398</x:v>
       </x:c>
       <x:c r="C373" s="3" t="s"/>
       <x:c r="D373" s="3" t="s"/>
       <x:c r="G373" s="0" t="s">
         <x:v>673</x:v>
       </x:c>
       <x:c r="I373" s="4" t="s">
         <x:v>408</x:v>
       </x:c>
       <x:c r="K373" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L373" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="M373" s="0" t="s">
         <x:v>35</x:v>
@@ -23069,209 +23068,209 @@
       <x:c r="L381" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="M381" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="N381" s="3" t="n">
         <x:v>14447</x:v>
       </x:c>
       <x:c r="O381" s="0" t="s">
         <x:v>136</x:v>
       </x:c>
       <x:c r="P381" s="0" t="s">
         <x:v>679</x:v>
       </x:c>
       <x:c r="Q381" s="4" t="s">
         <x:v>680</x:v>
       </x:c>
       <x:c r="R381" s="0" t="s">
         <x:v>683</x:v>
       </x:c>
       <x:c r="S381" s="0" t="n">
         <x:v>618116</x:v>
       </x:c>
       <x:c r="T381" s="4" t="s">
-        <x:v>358</x:v>
+        <x:v>359</x:v>
       </x:c>
       <x:c r="U381" s="4" t="s">
         <x:v>685</x:v>
       </x:c>
     </x:row>
     <x:row r="382" spans="1:21">
       <x:c r="A382" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B382" s="14" t="s">
         <x:v>676</x:v>
       </x:c>
       <x:c r="C382" s="15" t="s"/>
       <x:c r="D382" s="15" t="s"/>
       <x:c r="E382" s="14" t="s"/>
       <x:c r="F382" s="14" t="s"/>
       <x:c r="G382" s="14" t="s">
         <x:v>679</x:v>
       </x:c>
       <x:c r="H382" s="14" t="s"/>
       <x:c r="I382" s="16" t="s">
         <x:v>680</x:v>
       </x:c>
       <x:c r="J382" s="14" t="s"/>
       <x:c r="K382" s="14" t="s">
         <x:v>395</x:v>
       </x:c>
       <x:c r="L382" s="14" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="M382" s="14" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="N382" s="15" t="n">
         <x:v>14447</x:v>
       </x:c>
       <x:c r="O382" s="14" t="s">
         <x:v>136</x:v>
       </x:c>
       <x:c r="P382" s="14" t="s">
         <x:v>679</x:v>
       </x:c>
       <x:c r="Q382" s="16" t="s">
         <x:v>680</x:v>
       </x:c>
       <x:c r="R382" s="14" t="s">
-        <x:v>683</x:v>
+        <x:v>117</x:v>
       </x:c>
       <x:c r="S382" s="14" t="n">
-        <x:v>618113</x:v>
+        <x:v>617960</x:v>
       </x:c>
       <x:c r="T382" s="16" t="s">
-        <x:v>449</x:v>
+        <x:v>448</x:v>
       </x:c>
       <x:c r="U382" s="16" t="s">
-        <x:v>686</x:v>
+        <x:v>132</x:v>
       </x:c>
     </x:row>
     <x:row r="383" spans="1:21">
       <x:c r="A383" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B383" s="0" t="s">
-        <x:v>676</x:v>
+        <x:v>398</x:v>
       </x:c>
       <x:c r="C383" s="3" t="s"/>
       <x:c r="D383" s="3" t="s"/>
       <x:c r="G383" s="0" t="s">
         <x:v>679</x:v>
       </x:c>
       <x:c r="I383" s="4" t="s">
         <x:v>680</x:v>
       </x:c>
       <x:c r="K383" s="0" t="s">
         <x:v>395</x:v>
       </x:c>
       <x:c r="L383" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="M383" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="N383" s="3" t="n">
         <x:v>14447</x:v>
       </x:c>
       <x:c r="O383" s="0" t="s">
         <x:v>136</x:v>
       </x:c>
       <x:c r="P383" s="0" t="s">
         <x:v>679</x:v>
       </x:c>
       <x:c r="Q383" s="4" t="s">
         <x:v>680</x:v>
       </x:c>
       <x:c r="R383" s="0" t="s">
         <x:v>117</x:v>
       </x:c>
       <x:c r="S383" s="0" t="n">
-        <x:v>617960</x:v>
+        <x:v>617967</x:v>
       </x:c>
       <x:c r="T383" s="4" t="s">
-        <x:v>448</x:v>
+        <x:v>158</x:v>
       </x:c>
       <x:c r="U383" s="4" t="s">
-        <x:v>132</x:v>
+        <x:v>684</x:v>
       </x:c>
     </x:row>
     <x:row r="384" spans="1:21">
       <x:c r="A384" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B384" s="14" t="s">
-        <x:v>398</x:v>
+        <x:v>676</x:v>
       </x:c>
       <x:c r="C384" s="15" t="s"/>
       <x:c r="D384" s="15" t="s"/>
       <x:c r="E384" s="14" t="s"/>
       <x:c r="F384" s="14" t="s"/>
       <x:c r="G384" s="14" t="s">
         <x:v>679</x:v>
       </x:c>
       <x:c r="H384" s="14" t="s"/>
       <x:c r="I384" s="16" t="s">
         <x:v>680</x:v>
       </x:c>
       <x:c r="J384" s="14" t="s"/>
       <x:c r="K384" s="14" t="s">
         <x:v>395</x:v>
       </x:c>
       <x:c r="L384" s="14" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="M384" s="14" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="N384" s="15" t="n">
         <x:v>14447</x:v>
       </x:c>
       <x:c r="O384" s="14" t="s">
         <x:v>136</x:v>
       </x:c>
       <x:c r="P384" s="14" t="s">
         <x:v>679</x:v>
       </x:c>
       <x:c r="Q384" s="16" t="s">
         <x:v>680</x:v>
       </x:c>
       <x:c r="R384" s="14" t="s">
-        <x:v>117</x:v>
+        <x:v>683</x:v>
       </x:c>
       <x:c r="S384" s="14" t="n">
-        <x:v>617967</x:v>
+        <x:v>618113</x:v>
       </x:c>
       <x:c r="T384" s="16" t="s">
-        <x:v>158</x:v>
+        <x:v>449</x:v>
       </x:c>
       <x:c r="U384" s="16" t="s">
-        <x:v>684</x:v>
+        <x:v>686</x:v>
       </x:c>
     </x:row>
     <x:row r="385" spans="1:21">
       <x:c r="A385" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B385" s="0" t="s">
         <x:v>398</x:v>
       </x:c>
       <x:c r="C385" s="3" t="s"/>
       <x:c r="D385" s="3" t="s"/>
       <x:c r="G385" s="0" t="s">
         <x:v>679</x:v>
       </x:c>
       <x:c r="I385" s="4" t="s">
         <x:v>680</x:v>
       </x:c>
       <x:c r="K385" s="0" t="s">
         <x:v>395</x:v>
       </x:c>
       <x:c r="L385" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="M385" s="0" t="s">
         <x:v>35</x:v>
@@ -23535,51 +23534,51 @@
       <x:c r="K390" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L390" s="14" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="M390" s="14" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="N390" s="15" t="n">
         <x:v>43425</x:v>
       </x:c>
       <x:c r="O390" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P390" s="14" t="s">
         <x:v>695</x:v>
       </x:c>
       <x:c r="Q390" s="16" t="s">
         <x:v>696</x:v>
       </x:c>
       <x:c r="R390" s="14" t="s">
         <x:v>697</x:v>
       </x:c>
       <x:c r="S390" s="14" t="n">
-        <x:v>603033</x:v>
+        <x:v>566910</x:v>
       </x:c>
       <x:c r="T390" s="16" t="s">
         <x:v>698</x:v>
       </x:c>
       <x:c r="U390" s="16" t="s">
         <x:v>699</x:v>
       </x:c>
     </x:row>
     <x:row r="391" spans="1:21">
       <x:c r="A391" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B391" s="0" t="s">
         <x:v>700</x:v>
       </x:c>
       <x:c r="C391" s="3" t="s"/>
       <x:c r="D391" s="3" t="s"/>
       <x:c r="G391" s="0" t="s">
         <x:v>695</x:v>
       </x:c>
       <x:c r="I391" s="4" t="s">
         <x:v>696</x:v>
       </x:c>
       <x:c r="K391" s="0" t="s">
         <x:v>25</x:v>
@@ -23590,104 +23589,104 @@
       <x:c r="M391" s="0" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="N391" s="3" t="n">
         <x:v>43425</x:v>
       </x:c>
       <x:c r="O391" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P391" s="0" t="s">
         <x:v>695</x:v>
       </x:c>
       <x:c r="Q391" s="4" t="s">
         <x:v>696</x:v>
       </x:c>
       <x:c r="R391" s="0" t="s">
         <x:v>697</x:v>
       </x:c>
       <x:c r="S391" s="0" t="n">
         <x:v>578993</x:v>
       </x:c>
       <x:c r="T391" s="4" t="s">
         <x:v>296</x:v>
       </x:c>
       <x:c r="U391" s="4" t="s">
-        <x:v>701</x:v>
+        <x:v>699</x:v>
       </x:c>
     </x:row>
     <x:row r="392" spans="1:21">
       <x:c r="A392" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B392" s="14" t="s">
-        <x:v>702</x:v>
+        <x:v>701</x:v>
       </x:c>
       <x:c r="C392" s="15" t="s"/>
       <x:c r="D392" s="15" t="s"/>
       <x:c r="E392" s="14" t="s"/>
       <x:c r="F392" s="14" t="s"/>
       <x:c r="G392" s="14" t="s">
         <x:v>695</x:v>
       </x:c>
       <x:c r="H392" s="14" t="s"/>
       <x:c r="I392" s="16" t="s">
         <x:v>696</x:v>
       </x:c>
       <x:c r="J392" s="14" t="s"/>
       <x:c r="K392" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L392" s="14" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="M392" s="14" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="N392" s="15" t="n">
         <x:v>43425</x:v>
       </x:c>
       <x:c r="O392" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P392" s="14" t="s">
         <x:v>695</x:v>
       </x:c>
       <x:c r="Q392" s="16" t="s">
         <x:v>696</x:v>
       </x:c>
       <x:c r="R392" s="14" t="s">
         <x:v>697</x:v>
       </x:c>
       <x:c r="S392" s="14" t="n">
-        <x:v>566910</x:v>
+        <x:v>603033</x:v>
       </x:c>
       <x:c r="T392" s="16" t="s">
         <x:v>698</x:v>
       </x:c>
       <x:c r="U392" s="16" t="s">
-        <x:v>701</x:v>
+        <x:v>702</x:v>
       </x:c>
     </x:row>
     <x:row r="393" spans="1:21">
       <x:c r="A393" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B393" s="0" t="s">
         <x:v>703</x:v>
       </x:c>
       <x:c r="C393" s="3" t="s"/>
       <x:c r="D393" s="3" t="s"/>
       <x:c r="G393" s="0" t="s">
         <x:v>695</x:v>
       </x:c>
       <x:c r="I393" s="4" t="s">
         <x:v>696</x:v>
       </x:c>
       <x:c r="K393" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L393" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="M393" s="0" t="s">
         <x:v>69</x:v>
@@ -23846,51 +23845,51 @@
       <x:c r="L396" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M396" s="14" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="N396" s="15" t="n">
         <x:v>43425</x:v>
       </x:c>
       <x:c r="O396" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P396" s="14" t="s">
         <x:v>710</x:v>
       </x:c>
       <x:c r="Q396" s="16" t="s">
         <x:v>712</x:v>
       </x:c>
       <x:c r="R396" s="14" t="s">
         <x:v>714</x:v>
       </x:c>
       <x:c r="S396" s="14" t="n">
         <x:v>533559</x:v>
       </x:c>
       <x:c r="T396" s="16" t="s">
-        <x:v>179</x:v>
+        <x:v>181</x:v>
       </x:c>
       <x:c r="U396" s="16" t="s">
         <x:v>98</x:v>
       </x:c>
     </x:row>
     <x:row r="397" spans="1:21">
       <x:c r="A397" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B397" s="0" t="s">
         <x:v>715</x:v>
       </x:c>
       <x:c r="C397" s="3" t="s"/>
       <x:c r="D397" s="3" t="s"/>
       <x:c r="G397" s="0" t="s">
         <x:v>710</x:v>
       </x:c>
       <x:c r="H397" s="0" t="s">
         <x:v>711</x:v>
       </x:c>
       <x:c r="I397" s="4" t="s">
         <x:v>712</x:v>
       </x:c>
       <x:c r="K397" s="0" t="s">
         <x:v>716</x:v>
@@ -24157,51 +24156,51 @@
       <x:c r="L402" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M402" s="14" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="N402" s="15" t="n">
         <x:v>43425</x:v>
       </x:c>
       <x:c r="O402" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P402" s="14" t="s">
         <x:v>723</x:v>
       </x:c>
       <x:c r="Q402" s="16" t="s">
         <x:v>724</x:v>
       </x:c>
       <x:c r="R402" s="14" t="s">
         <x:v>472</x:v>
       </x:c>
       <x:c r="S402" s="14" t="n">
         <x:v>543922</x:v>
       </x:c>
       <x:c r="T402" s="16" t="s">
-        <x:v>179</x:v>
+        <x:v>181</x:v>
       </x:c>
       <x:c r="U402" s="16" t="s">
         <x:v>730</x:v>
       </x:c>
     </x:row>
     <x:row r="403" spans="1:21">
       <x:c r="A403" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B403" s="0" t="s">
         <x:v>731</x:v>
       </x:c>
       <x:c r="C403" s="3" t="s"/>
       <x:c r="D403" s="3" t="s"/>
       <x:c r="G403" s="0" t="s">
         <x:v>732</x:v>
       </x:c>
       <x:c r="I403" s="4" t="s">
         <x:v>733</x:v>
       </x:c>
       <x:c r="K403" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L403" s="0" t="s">
         <x:v>68</x:v>
@@ -24523,145 +24522,145 @@
       </x:c>
       <x:c r="P409" s="0" t="s">
         <x:v>742</x:v>
       </x:c>
       <x:c r="Q409" s="4" t="s">
         <x:v>743</x:v>
       </x:c>
       <x:c r="R409" s="0" t="s">
         <x:v>744</x:v>
       </x:c>
       <x:c r="S409" s="0" t="n">
         <x:v>575160</x:v>
       </x:c>
       <x:c r="T409" s="4" t="s">
         <x:v>748</x:v>
       </x:c>
       <x:c r="U409" s="4" t="s">
         <x:v>749</x:v>
       </x:c>
     </x:row>
     <x:row r="410" spans="1:21">
       <x:c r="A410" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B410" s="14" t="s">
-        <x:v>355</x:v>
+        <x:v>750</x:v>
       </x:c>
       <x:c r="C410" s="15" t="s"/>
       <x:c r="D410" s="15" t="s"/>
       <x:c r="E410" s="14" t="s"/>
       <x:c r="F410" s="14" t="s"/>
       <x:c r="G410" s="14" t="s">
         <x:v>742</x:v>
       </x:c>
       <x:c r="H410" s="14" t="s"/>
       <x:c r="I410" s="16" t="s">
         <x:v>743</x:v>
       </x:c>
       <x:c r="J410" s="14" t="s"/>
       <x:c r="K410" s="14" t="s">
-        <x:v>25</x:v>
+        <x:v>198</x:v>
       </x:c>
       <x:c r="L410" s="14" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="M410" s="14" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="N410" s="15" t="n">
         <x:v>43444</x:v>
       </x:c>
       <x:c r="O410" s="14" t="s">
         <x:v>355</x:v>
       </x:c>
       <x:c r="P410" s="14" t="s">
         <x:v>742</x:v>
       </x:c>
       <x:c r="Q410" s="16" t="s">
         <x:v>743</x:v>
       </x:c>
       <x:c r="R410" s="14" t="s">
         <x:v>744</x:v>
       </x:c>
       <x:c r="S410" s="14" t="n">
-        <x:v>544372</x:v>
+        <x:v>598379</x:v>
       </x:c>
       <x:c r="T410" s="16" t="s">
-        <x:v>255</x:v>
+        <x:v>751</x:v>
       </x:c>
       <x:c r="U410" s="16" t="s">
-        <x:v>620</x:v>
+        <x:v>702</x:v>
       </x:c>
     </x:row>
     <x:row r="411" spans="1:21">
       <x:c r="A411" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B411" s="0" t="s">
-        <x:v>750</x:v>
+        <x:v>355</x:v>
       </x:c>
       <x:c r="C411" s="3" t="s"/>
       <x:c r="D411" s="3" t="s"/>
       <x:c r="G411" s="0" t="s">
         <x:v>742</x:v>
       </x:c>
       <x:c r="I411" s="4" t="s">
         <x:v>743</x:v>
       </x:c>
       <x:c r="K411" s="0" t="s">
-        <x:v>198</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="L411" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="M411" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="N411" s="3" t="n">
         <x:v>43444</x:v>
       </x:c>
       <x:c r="O411" s="0" t="s">
         <x:v>355</x:v>
       </x:c>
       <x:c r="P411" s="0" t="s">
         <x:v>742</x:v>
       </x:c>
       <x:c r="Q411" s="4" t="s">
         <x:v>743</x:v>
       </x:c>
       <x:c r="R411" s="0" t="s">
         <x:v>744</x:v>
       </x:c>
       <x:c r="S411" s="0" t="n">
-        <x:v>598379</x:v>
+        <x:v>544372</x:v>
       </x:c>
       <x:c r="T411" s="4" t="s">
-        <x:v>751</x:v>
+        <x:v>255</x:v>
       </x:c>
       <x:c r="U411" s="4" t="s">
-        <x:v>699</x:v>
+        <x:v>620</x:v>
       </x:c>
     </x:row>
     <x:row r="412" spans="1:21">
       <x:c r="A412" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B412" s="14" t="s">
         <x:v>355</x:v>
       </x:c>
       <x:c r="C412" s="15" t="s"/>
       <x:c r="D412" s="15" t="s"/>
       <x:c r="E412" s="14" t="s"/>
       <x:c r="F412" s="14" t="s"/>
       <x:c r="G412" s="14" t="s">
         <x:v>742</x:v>
       </x:c>
       <x:c r="H412" s="14" t="s"/>
       <x:c r="I412" s="16" t="s">
         <x:v>743</x:v>
       </x:c>
       <x:c r="J412" s="14" t="s"/>
       <x:c r="K412" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L412" s="14" t="s">
@@ -25579,100 +25578,100 @@
         <x:v>781</x:v>
       </x:c>
       <x:c r="J430" s="14" t="s"/>
       <x:c r="K430" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L430" s="14" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="M430" s="14" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="N430" s="15" t="n">
         <x:v>43445</x:v>
       </x:c>
       <x:c r="O430" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="P430" s="14" t="s">
         <x:v>780</x:v>
       </x:c>
       <x:c r="Q430" s="16" t="s">
         <x:v>781</x:v>
       </x:c>
       <x:c r="R430" s="14" t="s">
-        <x:v>178</x:v>
+        <x:v>180</x:v>
       </x:c>
       <x:c r="S430" s="14" t="n">
         <x:v>524937</x:v>
       </x:c>
       <x:c r="T430" s="16" t="s">
         <x:v>782</x:v>
       </x:c>
       <x:c r="U430" s="16" t="s">
         <x:v>479</x:v>
       </x:c>
     </x:row>
     <x:row r="431" spans="1:21">
       <x:c r="A431" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B431" s="0" t="s">
         <x:v>783</x:v>
       </x:c>
       <x:c r="C431" s="3" t="s"/>
       <x:c r="D431" s="3" t="s"/>
       <x:c r="G431" s="0" t="s">
         <x:v>780</x:v>
       </x:c>
       <x:c r="I431" s="4" t="s">
         <x:v>781</x:v>
       </x:c>
       <x:c r="K431" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L431" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="M431" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="N431" s="3" t="n">
         <x:v>43445</x:v>
       </x:c>
       <x:c r="O431" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="P431" s="0" t="s">
         <x:v>780</x:v>
       </x:c>
       <x:c r="Q431" s="4" t="s">
         <x:v>781</x:v>
       </x:c>
       <x:c r="R431" s="0" t="s">
-        <x:v>178</x:v>
+        <x:v>180</x:v>
       </x:c>
       <x:c r="S431" s="0" t="n">
         <x:v>524946</x:v>
       </x:c>
       <x:c r="T431" s="4" t="s">
         <x:v>782</x:v>
       </x:c>
       <x:c r="U431" s="4" t="s">
         <x:v>784</x:v>
       </x:c>
     </x:row>
     <x:row r="432" spans="1:21">
       <x:c r="A432" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B432" s="14" t="s">
         <x:v>785</x:v>
       </x:c>
       <x:c r="C432" s="15" t="s"/>
       <x:c r="D432" s="15" t="s"/>
       <x:c r="E432" s="14" t="s"/>
       <x:c r="F432" s="14" t="s"/>
       <x:c r="G432" s="14" t="s">
         <x:v>786</x:v>
       </x:c>
@@ -26883,51 +26882,51 @@
       <x:c r="I455" s="4" t="s">
         <x:v>844</x:v>
       </x:c>
       <x:c r="K455" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L455" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="M455" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="N455" s="3" t="n">
         <x:v>15452</x:v>
       </x:c>
       <x:c r="O455" s="0" t="s">
         <x:v>342</x:v>
       </x:c>
       <x:c r="P455" s="0" t="s">
         <x:v>843</x:v>
       </x:c>
       <x:c r="Q455" s="4" t="s">
         <x:v>844</x:v>
       </x:c>
       <x:c r="R455" s="0" t="s">
-        <x:v>178</x:v>
+        <x:v>180</x:v>
       </x:c>
       <x:c r="S455" s="0" t="n">
         <x:v>606678</x:v>
       </x:c>
       <x:c r="T455" s="4" t="s">
         <x:v>845</x:v>
       </x:c>
       <x:c r="U455" s="4" t="s">
         <x:v>846</x:v>
       </x:c>
     </x:row>
     <x:row r="456" spans="1:21">
       <x:c r="A456" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B456" s="14" t="s">
         <x:v>842</x:v>
       </x:c>
       <x:c r="C456" s="15" t="s"/>
       <x:c r="D456" s="15" t="s"/>
       <x:c r="E456" s="14" t="s"/>
       <x:c r="F456" s="14" t="s"/>
       <x:c r="G456" s="14" t="s">
         <x:v>843</x:v>
       </x:c>
@@ -26936,100 +26935,100 @@
         <x:v>844</x:v>
       </x:c>
       <x:c r="J456" s="14" t="s"/>
       <x:c r="K456" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L456" s="14" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="M456" s="14" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="N456" s="15" t="n">
         <x:v>15452</x:v>
       </x:c>
       <x:c r="O456" s="14" t="s">
         <x:v>342</x:v>
       </x:c>
       <x:c r="P456" s="14" t="s">
         <x:v>843</x:v>
       </x:c>
       <x:c r="Q456" s="16" t="s">
         <x:v>844</x:v>
       </x:c>
       <x:c r="R456" s="14" t="s">
-        <x:v>178</x:v>
+        <x:v>180</x:v>
       </x:c>
       <x:c r="S456" s="14" t="n">
         <x:v>580162</x:v>
       </x:c>
       <x:c r="T456" s="16" t="s">
         <x:v>537</x:v>
       </x:c>
       <x:c r="U456" s="16" t="s">
         <x:v>500</x:v>
       </x:c>
     </x:row>
     <x:row r="457" spans="1:21">
       <x:c r="A457" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B457" s="0" t="s">
         <x:v>842</x:v>
       </x:c>
       <x:c r="C457" s="3" t="s"/>
       <x:c r="D457" s="3" t="s"/>
       <x:c r="G457" s="0" t="s">
         <x:v>843</x:v>
       </x:c>
       <x:c r="I457" s="4" t="s">
         <x:v>844</x:v>
       </x:c>
       <x:c r="K457" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L457" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="M457" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="N457" s="3" t="n">
         <x:v>15452</x:v>
       </x:c>
       <x:c r="O457" s="0" t="s">
         <x:v>342</x:v>
       </x:c>
       <x:c r="P457" s="0" t="s">
         <x:v>843</x:v>
       </x:c>
       <x:c r="Q457" s="4" t="s">
         <x:v>844</x:v>
       </x:c>
       <x:c r="R457" s="0" t="s">
-        <x:v>178</x:v>
+        <x:v>180</x:v>
       </x:c>
       <x:c r="S457" s="0" t="n">
         <x:v>580163</x:v>
       </x:c>
       <x:c r="T457" s="4" t="s">
         <x:v>537</x:v>
       </x:c>
       <x:c r="U457" s="4" t="s">
         <x:v>500</x:v>
       </x:c>
     </x:row>
     <x:row r="458" spans="1:21">
       <x:c r="A458" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B458" s="14" t="s">
         <x:v>847</x:v>
       </x:c>
       <x:c r="C458" s="15" t="s"/>
       <x:c r="D458" s="15" t="s"/>
       <x:c r="E458" s="14" t="s"/>
       <x:c r="F458" s="14" t="s"/>
       <x:c r="G458" s="14" t="s">
         <x:v>848</x:v>
       </x:c>
@@ -27708,153 +27707,153 @@
       <x:c r="I471" s="4" t="s">
         <x:v>871</x:v>
       </x:c>
       <x:c r="K471" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L471" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="M471" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="N471" s="3" t="n">
         <x:v>14447</x:v>
       </x:c>
       <x:c r="O471" s="0" t="s">
         <x:v>136</x:v>
       </x:c>
       <x:c r="P471" s="0" t="s">
         <x:v>870</x:v>
       </x:c>
       <x:c r="Q471" s="4" t="s">
         <x:v>871</x:v>
       </x:c>
       <x:c r="R471" s="0" t="s">
-        <x:v>178</x:v>
+        <x:v>180</x:v>
       </x:c>
       <x:c r="S471" s="0" t="n">
         <x:v>580517</x:v>
       </x:c>
       <x:c r="T471" s="4" t="s">
         <x:v>91</x:v>
       </x:c>
       <x:c r="U471" s="4" t="s">
-        <x:v>699</x:v>
+        <x:v>702</x:v>
       </x:c>
     </x:row>
     <x:row r="472" spans="1:21">
       <x:c r="A472" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B472" s="14" t="s">
         <x:v>872</x:v>
       </x:c>
       <x:c r="C472" s="15" t="s"/>
       <x:c r="D472" s="15" t="s"/>
       <x:c r="E472" s="14" t="s"/>
       <x:c r="F472" s="14" t="s"/>
       <x:c r="G472" s="14" t="s">
         <x:v>870</x:v>
       </x:c>
       <x:c r="H472" s="14" t="s"/>
       <x:c r="I472" s="16" t="s">
         <x:v>871</x:v>
       </x:c>
       <x:c r="J472" s="14" t="s"/>
       <x:c r="K472" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L472" s="14" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="M472" s="14" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="N472" s="15" t="n">
         <x:v>14447</x:v>
       </x:c>
       <x:c r="O472" s="14" t="s">
         <x:v>136</x:v>
       </x:c>
       <x:c r="P472" s="14" t="s">
         <x:v>870</x:v>
       </x:c>
       <x:c r="Q472" s="16" t="s">
         <x:v>871</x:v>
       </x:c>
       <x:c r="R472" s="14" t="s">
-        <x:v>178</x:v>
+        <x:v>180</x:v>
       </x:c>
       <x:c r="S472" s="14" t="n">
         <x:v>580519</x:v>
       </x:c>
       <x:c r="T472" s="16" t="s">
         <x:v>217</x:v>
       </x:c>
       <x:c r="U472" s="16" t="s">
         <x:v>873</x:v>
       </x:c>
     </x:row>
     <x:row r="473" spans="1:21">
       <x:c r="A473" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B473" s="0" t="s">
         <x:v>869</x:v>
       </x:c>
       <x:c r="C473" s="3" t="s"/>
       <x:c r="D473" s="3" t="s"/>
       <x:c r="G473" s="0" t="s">
         <x:v>870</x:v>
       </x:c>
       <x:c r="I473" s="4" t="s">
         <x:v>871</x:v>
       </x:c>
       <x:c r="K473" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L473" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="M473" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="N473" s="3" t="n">
         <x:v>14447</x:v>
       </x:c>
       <x:c r="O473" s="0" t="s">
         <x:v>136</x:v>
       </x:c>
       <x:c r="P473" s="0" t="s">
         <x:v>870</x:v>
       </x:c>
       <x:c r="Q473" s="4" t="s">
         <x:v>871</x:v>
       </x:c>
       <x:c r="R473" s="0" t="s">
-        <x:v>178</x:v>
+        <x:v>180</x:v>
       </x:c>
       <x:c r="S473" s="0" t="n">
         <x:v>579942</x:v>
       </x:c>
       <x:c r="T473" s="4" t="s">
         <x:v>874</x:v>
       </x:c>
       <x:c r="U473" s="4" t="s">
         <x:v>468</x:v>
       </x:c>
     </x:row>
     <x:row r="474" spans="1:21">
       <x:c r="A474" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B474" s="14" t="s">
         <x:v>875</x:v>
       </x:c>
       <x:c r="C474" s="15" t="s"/>
       <x:c r="D474" s="15" t="s"/>
       <x:c r="E474" s="14" t="s"/>
       <x:c r="F474" s="14" t="s"/>
       <x:c r="G474" s="14" t="s">
         <x:v>870</x:v>
       </x:c>
@@ -27863,51 +27862,51 @@
         <x:v>871</x:v>
       </x:c>
       <x:c r="J474" s="14" t="s"/>
       <x:c r="K474" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L474" s="14" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="M474" s="14" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="N474" s="15" t="n">
         <x:v>14447</x:v>
       </x:c>
       <x:c r="O474" s="14" t="s">
         <x:v>136</x:v>
       </x:c>
       <x:c r="P474" s="14" t="s">
         <x:v>870</x:v>
       </x:c>
       <x:c r="Q474" s="16" t="s">
         <x:v>871</x:v>
       </x:c>
       <x:c r="R474" s="14" t="s">
-        <x:v>178</x:v>
+        <x:v>180</x:v>
       </x:c>
       <x:c r="S474" s="14" t="n">
         <x:v>580512</x:v>
       </x:c>
       <x:c r="T474" s="16" t="s">
         <x:v>376</x:v>
       </x:c>
       <x:c r="U474" s="16" t="s">
         <x:v>139</x:v>
       </x:c>
     </x:row>
     <x:row r="475" spans="1:21">
       <x:c r="A475" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B475" s="0" t="s">
         <x:v>872</x:v>
       </x:c>
       <x:c r="C475" s="3" t="s"/>
       <x:c r="D475" s="3" t="s"/>
       <x:c r="G475" s="0" t="s">
         <x:v>870</x:v>
       </x:c>
       <x:c r="I475" s="4" t="s">
         <x:v>871</x:v>
@@ -27965,357 +27964,357 @@
         <x:v>871</x:v>
       </x:c>
       <x:c r="J476" s="14" t="s"/>
       <x:c r="K476" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L476" s="14" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="M476" s="14" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="N476" s="15" t="n">
         <x:v>14447</x:v>
       </x:c>
       <x:c r="O476" s="14" t="s">
         <x:v>136</x:v>
       </x:c>
       <x:c r="P476" s="14" t="s">
         <x:v>870</x:v>
       </x:c>
       <x:c r="Q476" s="16" t="s">
         <x:v>871</x:v>
       </x:c>
       <x:c r="R476" s="14" t="s">
-        <x:v>178</x:v>
+        <x:v>117</x:v>
       </x:c>
       <x:c r="S476" s="14" t="n">
-        <x:v>580507</x:v>
+        <x:v>585384</x:v>
       </x:c>
       <x:c r="T476" s="16" t="s">
-        <x:v>777</x:v>
+        <x:v>318</x:v>
       </x:c>
       <x:c r="U476" s="16" t="s">
-        <x:v>776</x:v>
+        <x:v>877</x:v>
       </x:c>
     </x:row>
     <x:row r="477" spans="1:21">
       <x:c r="A477" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B477" s="0" t="s">
-        <x:v>877</x:v>
+        <x:v>878</x:v>
       </x:c>
       <x:c r="C477" s="3" t="s"/>
       <x:c r="D477" s="3" t="s"/>
       <x:c r="G477" s="0" t="s">
         <x:v>870</x:v>
       </x:c>
       <x:c r="I477" s="4" t="s">
         <x:v>871</x:v>
       </x:c>
       <x:c r="K477" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L477" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="M477" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="N477" s="3" t="n">
         <x:v>14447</x:v>
       </x:c>
       <x:c r="O477" s="0" t="s">
         <x:v>136</x:v>
       </x:c>
       <x:c r="P477" s="0" t="s">
         <x:v>870</x:v>
       </x:c>
       <x:c r="Q477" s="4" t="s">
         <x:v>871</x:v>
       </x:c>
       <x:c r="R477" s="0" t="s">
         <x:v>117</x:v>
       </x:c>
       <x:c r="S477" s="0" t="n">
-        <x:v>618150</x:v>
+        <x:v>580520</x:v>
       </x:c>
       <x:c r="T477" s="4" t="s">
-        <x:v>448</x:v>
+        <x:v>879</x:v>
       </x:c>
       <x:c r="U477" s="4" t="s">
-        <x:v>873</x:v>
+        <x:v>410</x:v>
       </x:c>
     </x:row>
     <x:row r="478" spans="1:21">
       <x:c r="A478" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B478" s="14" t="s">
-        <x:v>878</x:v>
+        <x:v>880</x:v>
       </x:c>
       <x:c r="C478" s="15" t="s"/>
       <x:c r="D478" s="15" t="s"/>
       <x:c r="E478" s="14" t="s"/>
       <x:c r="F478" s="14" t="s"/>
       <x:c r="G478" s="14" t="s">
         <x:v>870</x:v>
       </x:c>
       <x:c r="H478" s="14" t="s"/>
       <x:c r="I478" s="16" t="s">
         <x:v>871</x:v>
       </x:c>
       <x:c r="J478" s="14" t="s"/>
       <x:c r="K478" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L478" s="14" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="M478" s="14" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="N478" s="15" t="n">
         <x:v>14447</x:v>
       </x:c>
       <x:c r="O478" s="14" t="s">
         <x:v>136</x:v>
       </x:c>
       <x:c r="P478" s="14" t="s">
         <x:v>870</x:v>
       </x:c>
       <x:c r="Q478" s="16" t="s">
         <x:v>871</x:v>
       </x:c>
       <x:c r="R478" s="14" t="s">
         <x:v>117</x:v>
       </x:c>
       <x:c r="S478" s="14" t="n">
-        <x:v>581476</x:v>
+        <x:v>618150</x:v>
       </x:c>
       <x:c r="T478" s="16" t="s">
-        <x:v>353</x:v>
+        <x:v>448</x:v>
       </x:c>
       <x:c r="U478" s="16" t="s">
-        <x:v>582</x:v>
+        <x:v>873</x:v>
       </x:c>
     </x:row>
     <x:row r="479" spans="1:21">
       <x:c r="A479" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B479" s="0" t="s">
-        <x:v>879</x:v>
+        <x:v>876</x:v>
       </x:c>
       <x:c r="C479" s="3" t="s"/>
       <x:c r="D479" s="3" t="s"/>
       <x:c r="G479" s="0" t="s">
         <x:v>870</x:v>
       </x:c>
       <x:c r="I479" s="4" t="s">
         <x:v>871</x:v>
       </x:c>
       <x:c r="K479" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L479" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="M479" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="N479" s="3" t="n">
         <x:v>14447</x:v>
       </x:c>
       <x:c r="O479" s="0" t="s">
         <x:v>136</x:v>
       </x:c>
       <x:c r="P479" s="0" t="s">
         <x:v>870</x:v>
       </x:c>
       <x:c r="Q479" s="4" t="s">
         <x:v>871</x:v>
       </x:c>
       <x:c r="R479" s="0" t="s">
         <x:v>117</x:v>
       </x:c>
       <x:c r="S479" s="0" t="n">
-        <x:v>580520</x:v>
+        <x:v>581476</x:v>
       </x:c>
       <x:c r="T479" s="4" t="s">
-        <x:v>880</x:v>
+        <x:v>353</x:v>
       </x:c>
       <x:c r="U479" s="4" t="s">
-        <x:v>410</x:v>
+        <x:v>582</x:v>
       </x:c>
     </x:row>
     <x:row r="480" spans="1:21">
       <x:c r="A480" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B480" s="14" t="s">
         <x:v>881</x:v>
       </x:c>
       <x:c r="C480" s="15" t="s"/>
       <x:c r="D480" s="15" t="s"/>
       <x:c r="E480" s="14" t="s"/>
       <x:c r="F480" s="14" t="s"/>
       <x:c r="G480" s="14" t="s">
         <x:v>870</x:v>
       </x:c>
       <x:c r="H480" s="14" t="s"/>
       <x:c r="I480" s="16" t="s">
         <x:v>871</x:v>
       </x:c>
       <x:c r="J480" s="14" t="s"/>
       <x:c r="K480" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L480" s="14" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="M480" s="14" t="s">
-        <x:v>69</x:v>
+        <x:v>35</x:v>
       </x:c>
       <x:c r="N480" s="15" t="n">
         <x:v>14447</x:v>
       </x:c>
       <x:c r="O480" s="14" t="s">
         <x:v>136</x:v>
       </x:c>
       <x:c r="P480" s="14" t="s">
         <x:v>870</x:v>
       </x:c>
       <x:c r="Q480" s="16" t="s">
         <x:v>871</x:v>
       </x:c>
       <x:c r="R480" s="14" t="s">
-        <x:v>178</x:v>
+        <x:v>180</x:v>
       </x:c>
       <x:c r="S480" s="14" t="n">
-        <x:v>579939</x:v>
+        <x:v>580507</x:v>
       </x:c>
       <x:c r="T480" s="16" t="s">
-        <x:v>132</x:v>
+        <x:v>777</x:v>
       </x:c>
       <x:c r="U480" s="16" t="s">
-        <x:v>468</x:v>
+        <x:v>776</x:v>
       </x:c>
     </x:row>
     <x:row r="481" spans="1:21">
       <x:c r="A481" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B481" s="0" t="s">
-        <x:v>878</x:v>
+        <x:v>882</x:v>
       </x:c>
       <x:c r="C481" s="3" t="s"/>
       <x:c r="D481" s="3" t="s"/>
       <x:c r="G481" s="0" t="s">
         <x:v>870</x:v>
       </x:c>
       <x:c r="I481" s="4" t="s">
         <x:v>871</x:v>
       </x:c>
       <x:c r="K481" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L481" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="M481" s="0" t="s">
-        <x:v>35</x:v>
+        <x:v>69</x:v>
       </x:c>
       <x:c r="N481" s="3" t="n">
         <x:v>14447</x:v>
       </x:c>
       <x:c r="O481" s="0" t="s">
         <x:v>136</x:v>
       </x:c>
       <x:c r="P481" s="0" t="s">
         <x:v>870</x:v>
       </x:c>
       <x:c r="Q481" s="4" t="s">
         <x:v>871</x:v>
       </x:c>
       <x:c r="R481" s="0" t="s">
-        <x:v>117</x:v>
+        <x:v>180</x:v>
       </x:c>
       <x:c r="S481" s="0" t="n">
-        <x:v>585384</x:v>
+        <x:v>579939</x:v>
       </x:c>
       <x:c r="T481" s="4" t="s">
-        <x:v>318</x:v>
+        <x:v>132</x:v>
       </x:c>
       <x:c r="U481" s="4" t="s">
-        <x:v>882</x:v>
+        <x:v>468</x:v>
       </x:c>
     </x:row>
     <x:row r="482" spans="1:21">
       <x:c r="A482" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B482" s="14" t="s">
         <x:v>875</x:v>
       </x:c>
       <x:c r="C482" s="15" t="s"/>
       <x:c r="D482" s="15" t="s"/>
       <x:c r="E482" s="14" t="s"/>
       <x:c r="F482" s="14" t="s"/>
       <x:c r="G482" s="14" t="s">
         <x:v>870</x:v>
       </x:c>
       <x:c r="H482" s="14" t="s"/>
       <x:c r="I482" s="16" t="s">
         <x:v>871</x:v>
       </x:c>
       <x:c r="J482" s="14" t="s"/>
       <x:c r="K482" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L482" s="14" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="M482" s="14" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="N482" s="15" t="n">
         <x:v>14447</x:v>
       </x:c>
       <x:c r="O482" s="14" t="s">
         <x:v>136</x:v>
       </x:c>
       <x:c r="P482" s="14" t="s">
         <x:v>870</x:v>
       </x:c>
       <x:c r="Q482" s="16" t="s">
         <x:v>871</x:v>
       </x:c>
       <x:c r="R482" s="14" t="s">
-        <x:v>178</x:v>
+        <x:v>180</x:v>
       </x:c>
       <x:c r="S482" s="14" t="n">
         <x:v>580514</x:v>
       </x:c>
       <x:c r="T482" s="16" t="s">
         <x:v>353</x:v>
       </x:c>
       <x:c r="U482" s="16" t="s">
         <x:v>582</x:v>
       </x:c>
     </x:row>
     <x:row r="483" spans="1:21">
       <x:c r="A483" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B483" s="0" t="s">
         <x:v>875</x:v>
       </x:c>
       <x:c r="C483" s="3" t="s"/>
       <x:c r="D483" s="3" t="s"/>
       <x:c r="G483" s="0" t="s">
         <x:v>870</x:v>
       </x:c>
       <x:c r="I483" s="4" t="s">
         <x:v>871</x:v>
@@ -28337,51 +28336,51 @@
       </x:c>
       <x:c r="P483" s="0" t="s">
         <x:v>870</x:v>
       </x:c>
       <x:c r="Q483" s="4" t="s">
         <x:v>871</x:v>
       </x:c>
       <x:c r="R483" s="0" t="s">
         <x:v>117</x:v>
       </x:c>
       <x:c r="S483" s="0" t="n">
         <x:v>599685</x:v>
       </x:c>
       <x:c r="T483" s="4" t="s">
         <x:v>353</x:v>
       </x:c>
       <x:c r="U483" s="4" t="s">
         <x:v>582</x:v>
       </x:c>
     </x:row>
     <x:row r="484" spans="1:21">
       <x:c r="A484" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B484" s="14" t="s">
-        <x:v>876</x:v>
+        <x:v>881</x:v>
       </x:c>
       <x:c r="C484" s="15" t="s"/>
       <x:c r="D484" s="15" t="s"/>
       <x:c r="E484" s="14" t="s"/>
       <x:c r="F484" s="14" t="s"/>
       <x:c r="G484" s="14" t="s">
         <x:v>870</x:v>
       </x:c>
       <x:c r="H484" s="14" t="s"/>
       <x:c r="I484" s="16" t="s">
         <x:v>871</x:v>
       </x:c>
       <x:c r="J484" s="14" t="s"/>
       <x:c r="K484" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L484" s="14" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="M484" s="14" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="N484" s="15" t="n">
         <x:v>14447</x:v>
       </x:c>
@@ -28422,51 +28421,51 @@
       <x:c r="I485" s="4" t="s">
         <x:v>871</x:v>
       </x:c>
       <x:c r="K485" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L485" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="M485" s="0" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="N485" s="3" t="n">
         <x:v>14447</x:v>
       </x:c>
       <x:c r="O485" s="0" t="s">
         <x:v>136</x:v>
       </x:c>
       <x:c r="P485" s="0" t="s">
         <x:v>870</x:v>
       </x:c>
       <x:c r="Q485" s="4" t="s">
         <x:v>871</x:v>
       </x:c>
       <x:c r="R485" s="0" t="s">
-        <x:v>178</x:v>
+        <x:v>180</x:v>
       </x:c>
       <x:c r="S485" s="0" t="n">
         <x:v>580511</x:v>
       </x:c>
       <x:c r="T485" s="4" t="s">
         <x:v>132</x:v>
       </x:c>
       <x:c r="U485" s="4" t="s">
         <x:v>468</x:v>
       </x:c>
     </x:row>
     <x:row r="486" spans="1:21">
       <x:c r="A486" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B486" s="14" t="s">
         <x:v>355</x:v>
       </x:c>
       <x:c r="C486" s="15" t="s"/>
       <x:c r="D486" s="15" t="s"/>
       <x:c r="E486" s="14" t="s"/>
       <x:c r="F486" s="14" t="s"/>
       <x:c r="G486" s="14" t="s">
         <x:v>884</x:v>
       </x:c>
@@ -28529,51 +28528,51 @@
       <x:c r="I487" s="4" t="s">
         <x:v>886</x:v>
       </x:c>
       <x:c r="K487" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L487" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="M487" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="N487" s="3" t="n">
         <x:v>43444</x:v>
       </x:c>
       <x:c r="O487" s="0" t="s">
         <x:v>355</x:v>
       </x:c>
       <x:c r="P487" s="0" t="s">
         <x:v>884</x:v>
       </x:c>
       <x:c r="Q487" s="4" t="s">
         <x:v>886</x:v>
       </x:c>
       <x:c r="R487" s="0" t="s">
-        <x:v>178</x:v>
+        <x:v>180</x:v>
       </x:c>
       <x:c r="S487" s="0" t="n">
         <x:v>520790</x:v>
       </x:c>
       <x:c r="T487" s="4" t="s">
         <x:v>478</x:v>
       </x:c>
       <x:c r="U487" s="4" t="s">
         <x:v>76</x:v>
       </x:c>
     </x:row>
     <x:row r="488" spans="1:21">
       <x:c r="A488" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B488" s="14" t="s">
         <x:v>888</x:v>
       </x:c>
       <x:c r="C488" s="15" t="s"/>
       <x:c r="D488" s="15" t="s"/>
       <x:c r="E488" s="14" t="s"/>
       <x:c r="F488" s="14" t="s"/>
       <x:c r="G488" s="14" t="s">
         <x:v>889</x:v>
       </x:c>
@@ -29333,100 +29332,100 @@
       <x:c r="L502" s="14" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="M502" s="14" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="N502" s="15" t="n">
         <x:v>43425</x:v>
       </x:c>
       <x:c r="O502" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P502" s="14" t="s">
         <x:v>922</x:v>
       </x:c>
       <x:c r="Q502" s="16" t="s">
         <x:v>460</x:v>
       </x:c>
       <x:c r="R502" s="14" t="s">
         <x:v>117</x:v>
       </x:c>
       <x:c r="S502" s="14" t="n">
         <x:v>573270</x:v>
       </x:c>
       <x:c r="T502" s="16" t="s">
-        <x:v>666</x:v>
+        <x:v>664</x:v>
       </x:c>
       <x:c r="U502" s="16" t="s">
         <x:v>923</x:v>
       </x:c>
     </x:row>
     <x:row r="503" spans="1:21">
       <x:c r="A503" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B503" s="0" t="s">
         <x:v>924</x:v>
       </x:c>
       <x:c r="C503" s="3" t="s"/>
       <x:c r="D503" s="3" t="s"/>
       <x:c r="G503" s="0" t="s">
         <x:v>922</x:v>
       </x:c>
       <x:c r="I503" s="4" t="s">
         <x:v>460</x:v>
       </x:c>
       <x:c r="K503" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L503" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="M503" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="N503" s="3" t="n">
         <x:v>43425</x:v>
       </x:c>
       <x:c r="O503" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P503" s="0" t="s">
         <x:v>922</x:v>
       </x:c>
       <x:c r="Q503" s="4" t="s">
         <x:v>460</x:v>
       </x:c>
       <x:c r="R503" s="0" t="s">
         <x:v>117</x:v>
       </x:c>
       <x:c r="S503" s="0" t="n">
         <x:v>573860</x:v>
       </x:c>
       <x:c r="T503" s="4" t="s">
-        <x:v>73</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="U503" s="4" t="s">
         <x:v>91</x:v>
       </x:c>
     </x:row>
     <x:row r="504" spans="1:21">
       <x:c r="A504" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B504" s="14" t="s">
         <x:v>925</x:v>
       </x:c>
       <x:c r="C504" s="15" t="s"/>
       <x:c r="D504" s="15" t="s"/>
       <x:c r="E504" s="14" t="s"/>
       <x:c r="F504" s="14" t="s"/>
       <x:c r="G504" s="14" t="s">
         <x:v>922</x:v>
       </x:c>
       <x:c r="H504" s="14" t="s"/>
       <x:c r="I504" s="16" t="s">
         <x:v>460</x:v>
       </x:c>
       <x:c r="J504" s="14" t="s"/>
       <x:c r="K504" s="14" t="s">